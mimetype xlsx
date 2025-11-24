--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4864">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Deutsch
 # Source: https://hadeethenc.com/de
-# Last update: 2025-08-14 17:58:12 (v1.33.0)
-# Check for updates: https://hadeethenc.com/en/check/de/v1.33.0
+# Last update: 2025-11-16 09:53:18 (v1.40.0)
+# Check for updates: https://hadeethenc.com/en/check/de/v1.40.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -191,50 +191,93 @@
   </si>
   <si>
     <t>Die Gefährten - möge Allah mit ihnen zufrieden sein - sahen das Abmühen auf dem Weg Allahs und den Kampf gegen die Feinde als eine der besten Taten an. Also fragte 'Aischah - möge Allah mit ihr zufrieden sein - den Propheten - Allahs Segen und Frieden auf ihm -, ob sie (die Frauen) sich abmühen sollen.
 Also wies er - Allahs Segen und Frieden auf ihm - sie auf die beste Art der Abmühung für sie hin, nämlich die angenommene Hajj (Pilgerfahrt), die im Einklang mit dem Quran und der Sunnah steht und frei von Sünde und Augendienerei ist.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Das Abmühen ist eine der besten Taten für Männer.
 Die Hajj (Pilgerfahrt) ist für Frauen besser als das Abmühen und gehört zu den besten Taten für sie.
 Die Taten unterscheiden sich in ihrem Wert und ihrer Bedeutung je nach demjenigen, der sie ausführt.
 Die Hajj wird als „Jihad“ bezeichnet, weil sie ein Kampf gegen das eigene Ego (Nafs) ist und sowohl finanzielle Mittel als auch körperliche Anstrengung erfordert. Sie ist also eine körperliche und finanzielle Anbetung, ähnlich dem Abmühen auf dem Weg Allahs.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Überliefert von al-Buchary]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2759</t>
+  </si>
+  <si>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
+  </si>
+  <si>
+    <t>‚O 'Abbas, o Onkel des Gesandten Allahs, bitte Allah um Wohlbefinden im Diesseits und im Jenseits.‘</t>
+  </si>
+  <si>
+    <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
+  </si>
+  <si>
+    <t>Von Al-'Abbas Ibn 'Abd Al-Muttalib - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich sagte: ‚O Gesandter Allahs, lehre mich etwas, worum ich Allah - mächtig und majestätisch ist Er - bitten kann.‘ Er sagte: ‚Bitte Allah um Wohlbefinden (Al-'Afiyah).‘ Ich wartete einige Tage und kam dann wieder und sagte: ‚O Gesandter Allahs, lehre mich etwas, worum ich Allah bitten kann.‘ Er sagte zu mir: ‚O 'Abbas, o Onkel des Gesandten Allahs, bitte Allah um Wohlbefinden im Diesseits und im Jenseits.‘"</t>
+  </si>
+  <si>
+    <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
+  </si>
+  <si>
+    <t>Der Onkel des Propheten - Allahs Segen und Frieden auf ihm -, Al-'Abbas Ibn 'Abd Al-Muttalib - möge Allah mit ihm zufrieden sein -, bat den Propheten - Allahs Segen und Frieden auf ihm -, ihm ein Bittgebet zu lehren, mit dem er Allah bitten kann. Der Prophet - Allahs Segen und Frieden auf ihm - lehrte ihn, Allah um Wohlbefinden und Schutz vor Schaden und Fehlern in der Religion, dem Diesseits und dem Jenseits zu bitten. Al-'Abbas sagte: „Nach einigen Tagen kehrte ich zu ihm - Allahs Segen und Frieden auf ihm - zurück und bat ihn erneut, mich ein Bittgebet zu lehren, womit ich Allah bitten kann.“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihm in liebevoller Weise: „O 'Abbas, o Onkel des Gesandten Allahs, bitte Allah um Wohlbefinden, um alles Schlechte abzuwenden und alles Gute und Nützliche im Diesseits und im Jenseits zu erlangen.“</t>
+  </si>
+  <si>
+    <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
+بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
+حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
+  </si>
+  <si>
+    <t>Die Wiederholung der gleichen Antwort des Propheten - Allahs Segen und Frieden auf ihm - an Al-'Abbas, als er ihn zum zweiten Mal fragte, zeigt, dass das Wohlbefinden das Beste ist, worum ein Diener seinen Herrn bitten kann.
+Die Erklärung des Vorzugs des Wohlbefindens und dass es die Gesamtheit des Guten im Diesseits und im Jenseits umfasst.
+Der Eifer der Gefährten - möge Allah mit ihnen zufrieden sein -, mehr Wissen und Gutes zu erlangen.</t>
+  </si>
+  <si>
+    <t>صحيح لغيره</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وأحمد</t>
+  </si>
+  <si>
+    <t>[Absolut verlässlich durch andere Überlieferung, die sie stützen (Sahih lighairihi)]</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/2932</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>„Soll ich euch nicht über die größten der großen Sünden berichten?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Von Abu Bakrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht über die größten der großen Sünden berichten?“ Er sagte es dreimal. Sie sagten: „Doch, o Gesandter Allahs.“ Er sagte: „Allah etwas beigesellen (Schirk) und sich den Eltern gegenüber schlecht zu benehmen.“ Dann setzte er sich auf, obwohl er sich zuvor zurückgelehnt hatte, und sagte: „Und wahrlich die Falschaussage!“ Er wiederholte dies so oft, dass wir sagten: „Wir wünschten, er würde schweigen.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet seinen Gefährten von den größten Sünden; und er nannte diese drei:
 1. Allah etwas beigesellen: Dies bedeutet, eine Art der Anbetung an jemand anderen als Allah zu richten und jemand anderen Allah in Seiner Göttlichkeit, Seiner Herrschaft sowie Seinen Namen und Eigenschaften gleichzusetzen.
 2. Das schlechte Benehmen gegenüber den Eltern ('Uquq Al-Walidayn): Dies umfasst jede Art von Schädigung der Eltern, sei es durch Worte oder Taten, sowie das Unterlassen der Güte ihnen gegenüber.
 3. Die Falschaussage (Qawl Az-Zur) einschließlich der falschen Zeugenaussage: Dies bezieht sich auf jede verfälschte und unwahre Aussage, die darauf abzielt, demjenigen, gegen den sie getätigt wird, zu schaden, sei es durch den Diebstahl seines Eigentums, den Angriff auf seine Ehre oder Ähnliches.
@@ -421,50 +464,85 @@
   </si>
   <si>
     <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - wurde gefragt über den Mann, der aus Tapferkeit kämpft, und den Mann, der aus Stammesloyalität kämpft, und den Mann, der aus Augendienerei kämpft. Welcher von ihnen kämpft auf dem Weg Allahs? Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Wer kämpft, damit das Wort Allahs das höchste ist, der ist (und kämpft) auf dem Weg Allahs.“</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über die unterschiedlichen Absichten der Kämpfer befragt: Wer aus Tapferkeit, aus Stammesloyalität, um seinen Status unter den Menschen zu beweisen oder aus anderen Gründen kämpft - welcher von ihnen kämpft auf dem Weg Allahs? Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass derjenige, der auf dem Weg Allahs kämpft, derjenige ist, der kämpft, damit das Wort Allahs das höchste ist.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Die Grundlage für die Gültigkeit und Ungültigkeit von Taten ist die Absicht und die Aufrichtigkeit der Tat für Allah.
 Wenn die Absicht hinter dem Abmühen darin besteht, das Wort Allahs zu erhöhen, und sich eine weitere legitime Absicht wie das Erlangen von Kriegsbeute anschließt, schadet dies nicht der ursprünglichen Absicht.
 Die Verteidigung des Heimatlandes und der heiligen Stätten gegen die Feinde ist Teil des Kampfes auf dem Weg Allahs.
 Die besondere Belohnung, die den Kämpfern versprochen wird, gilt nur für diejenigen, die kämpfen, damit das Wort Allahs - erhaben ist Er - das höchste ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2969</t>
+  </si>
+  <si>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
+  </si>
+  <si>
+    <t>„Der Prophet - Allahs Segen und Frieden auf ihm - opferte zwei gehörnte, schwarz-weiße Widder. Er schlachtete sie mit seiner eigenen Hand, sagte ‚Bismillah‘ und ‚Allahu Akbar‘, und legte seinen Fuß auf ihre Seiten.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
+  </si>
+  <si>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - opferte zwei gehörnte, schwarz-weiße Widder. Er schlachtete sie mit seiner eigenen Hand, sagte ‚Bismillah‘ und ‚Allahu Akbar‘, und legte seinen Fuß auf ihre Seiten.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
+  </si>
+  <si>
+    <t>Anas - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - am Tag des Opferfestes mit seiner eigenen Hand zwei gehörnte, schwarz-weiße Widder schlachtete. Er sagte: „Im Namen Allahs, und Allah ist der Größte“, und legte seinen Fuß auf ihren Hals.</t>
+  </si>
+  <si>
+    <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
+الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
+قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
+قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
+استحباب الأضحية بالأقرن ويجوز بغيره.</t>
+  </si>
+  <si>
+    <t>Die Vorschrift des Opferns, über die sich die Muslime einig sind.
+Es ist vorzuziehen, dass das Opfertier von derselben Art ist, wie sie der Prophet - Allahs Segen und Frieden auf ihm - geopfert hat, da sie ein schönes Erscheinungsbild hat und ihr Fett und Fleisch schmackhafter sind.
+An-Nawawi sagte: „Darin ist ein Beweis, dass es empfehlenswert ist, dass der Mensch sein Opfertier selbst schlachtet und es nur im Falle einer Entschuldigung delegiert. In diesem Fall ist es empfehlenswert, bei der Schlachtung anwesend zu sein. Wenn er einen Muslim damit beauftragt, ist es ohne Meinungsverschiedenheit erlaubt.“
+Ibn Hajar sagte: „Darin liegt die Empfehlung, beim Schlachten sowohl ‚Bismillah‘ zu sagen als auch den Takbir zu sprechen, und die Empfehlung, den Fuß auf die rechte Seite des Halses des Opfertiers zu legen. Sie sind sich einig, dass das Tier auf seine linke Seite gelegt werden soll, sodass er (der Schlachter) seinen Fuß auf die rechte Seite (des Tieres) stellt, damit es dem Schlachter erleichtert wird, mit der rechten Hand das Messer zu ergreifen und den Kopf (des Tieres) mit der linken Hand zu halten.“
+Es ist empfehlenswert, ein gehörntes Tier zu opfern, es ist auch erlaubt, ein anderes (Tier) zu opfern.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/2971</t>
   </si>
   <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>‚Tragt weder Seide noch Brokat, und trinkt nicht aus Gefäßen aus Gold und Silber, und esst nicht von ihren Tellern, denn sie sind für sie (die Ungläubigen) im Diesseits und für uns im Jenseits.‘“</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Von 'Abdurrahman Ibn Abi Layla wird überliefert, dass sie bei Hudhayfah waren. Er bat um etwas zu trinken, und ein Zoroastrier (Feueranbeter) gab ihm zu trinken. Als er den Becher in seine Hand nahm, warf er ihn weg und sagte: „Hätte ich ihn nicht schon ein- oder zweimal ermahnt - als wollte er sagen: „, dann hätte ich dies nicht getan.“ - , doch ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Tragt weder Seide noch Brokat, und trinkt nicht aus Gefäßen aus Gold und Silber, und esst nicht von ihren Tellern, denn sie sind für sie (die Ungläubigen) im Diesseits und für uns im Jenseits.‘“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot Männern, Seide in jeglicher Form zu tragen. Und er verbot Männern und Frauen, aus Gefäßen und Behältern aus Gold und Silber zu essen und zu trinken. Und er informierte, dass diese (Gefäße) am Tag der Auferstehung ausschließlich für die Gläubigen sein werden, weil sie diese im Diesseits aus Gehorsam gegenüber Allah vermieden haben. Was die Ungläubigen betrifft, so werden sie diese im Jenseits nicht haben, weil sie sich in ihrem diesseitigen Leben an den guten Dingen erfreut haben, indem sie sie benutzten und Allahs Befehl missachteten.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
@@ -704,51 +782,54 @@
     <t>Wenn jemand seinen Bruder liebt, soll er ihm sagen, dass er ihn liebt</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Von al-Miqdam bin Ma`dykarib wird vom Propheten überliefert, dass er sagte: "Wenn jemand seinen Bruder liebt, soll er ihm sagen, dass er ihn liebt."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Der Prophet erklärt, dass zu den Dingen, die das Verhältnis der Gläubigen zueinander stärken und die Zuneigung unter ihnen verbreiten gehört, dass, wenn sein Bruder von einem geliebt wird, ihm mittgeteilt wird, dass er geliebt wird.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Die aufrichtige Liebe für Allah, ohne diesseitige Interessen, ist etwas Besonderes.
 Es wird empfohlen demjenigen, der um den Willen Allahs geliebt wird, mitzuteilen, dass er geliebt wird, damit diese Liebe und Vertrautheit zunimmt.
 Die Verbreitung der Liebe zwischen den Gläubigen stärkt die Brüderlichkeit im Glauben und schützt die Gesellschaft davor, auseinanderzufallen und sich zu spalten.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>„Dem Propheten - Allahs Segen und Frieden auf ihm - gefiel es, mit rechts zu beginnen; beim Anziehen seiner Sandalen, beim Kämmen seiner Haare, bei seiner Reinigung und bei allen (übrigen) seiner Angelegenheiten.“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Dem Propheten - Allahs Segen und Frieden auf ihm - gefiel es, mit rechts zu beginnen; beim Anziehen seiner Sandalen, beim Kämmen seiner Haare, bei seiner Reinigung und bei allen (übrigen) seiner Angelegenheiten.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - liebte und bevorzugte es, in seinen ehrenwerten Angelegenheiten mit der rechten Seite zu beginnen. Dazu gehören: Dass er beim Anziehen seiner Schuhe mit dem rechten Fuß beginnt, dass er mit der rechten Seite beginnt, wenn er sein Kopfhaar und seinen Bart kämmt, pflegt und ölt, und dass er bei seiner Gebetswaschung die rechte Hand und den rechten Fuß vor der linken Hand und dem linken Fuß wäscht.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
@@ -952,50 +1033,53 @@
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass eines der größten und nützlichsten Arten des Sichabmühens auf dem Wege Allahs - erhaben ist Er - ein Wort der Gerechtigkeit und Wahrheit vor einem ungerechten und tyrannischen Herrscher oder Führer ist. Denn dies ist eine Umsetzung des Prinzips, das Gute zu gebieten und das Schlechte zu verbieten, sei es durch Wort, Schrift, Tat oder auf andere Weise, die zum Nutzen führt und Schaden abwendet.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Das Gebieten des Rechten und das Verbieten des Verwerflichen ist eine Form des Sichabmühens.
 Dem Herrscher guten Rat zu geben ist eines der größten (Formen des) Sichabmühens, aber es muss mit Wissen, Weisheit und Umsicht geschehen.
 Al-Khattabi sagte: „Dies wurde zur besten Form des Sichabmühens, weil derjenige, der gegen den Feind kämpft, zwischen Hoffnung und Furcht schwankt und nicht weiß, ob er siegen oder besiegt werden wird. Derjenige, der vor dem Herrscher steht, ist seiner Macht unterworfen. Wenn er also die Wahrheit sagt und ihn zum Guten auffordert, setzt er sich der Gefahr aus und riskiert sein Leben. Daher wird dies zur besten Art des Sichabmühens, weil die Angst überwunden wird. Es wurde auch gesagt, dass dies die beste Art des Sichabmühens ist, denn wenn der Herrscher auf sein Wort hört, könnte daraus möglicherweise ein Nutzen für eine große Anzahl an Menschen entstehen, und somit würde das Gemeinwohl erlangt werden.“</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Verlässlich durch andere Überlieferung, die sie stützen (Hasan lighairihi)]</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>„Wahrlich, das diesseitige Leben ist süß und grün, und wahrlich, Allah hat euch zu Nachfolgern auf ihr gemacht, damit Er sieht, wie ihr handelt. So hütet euch vor dem diesseitigen Leben und hütet euch vor den Frauen</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, das diesseitige Leben ist süß und grün, und wahrlich, Allah hat euch zu Nachfolgern auf ihr gemacht, damit Er sieht, wie ihr handelt. So hütet euch vor dem diesseitigen Leben und hütet euch vor den Frauen, denn wahrlich, die erste Versuchung der Kinder Israels geschah durch Frauen.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass das diesseitige Leben süß im Geschmack und grün im Anblick ist, sodass der Mensch sich von ihm täuschen lässt, sich darin vertieft und es zu seiner größten Sorge macht. Und dass Allah - gepriesen und erhaben ist Er - einige von uns zu Nachfolgern anderer in diesem diesseitigen Leben gemacht hat, um zu sehen, wie wir handeln. Gehorchen wir Ihm oder widersetzen wir uns Ihm? Dann sagte er: Hütet euch davor, dass euch die Güter des diesseitigen Lebens und sein Schmuck täuschen und euch dazu bringen, das zu verlassen, was Allah euch befohlen hat, und in das zu fallen, was Er euch untersagt hat. Und unter den Versuchungen des diesseitigen Lebens, vor denen man sich am meisten hüten muss, ist die Versuchung der Frauen, denn sie war die erste Versuchung, in die die Kinder Israels verfielen.</t>
   </si>
@@ -1627,50 +1711,53 @@
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass ein Mensch seinem engen Freund und Gefährten in seinem Lebenswandel und seinen Gewohnheiten ähnelt. Die Freundschaft wirkt sich auf die Moral, das Verhalten und das Handeln aus. Deshalb riet er zur Sorgfalt bei der Wahl eines guten Freundes an, denn dieser führt seinen Freund zum Glauben, zur Rechtleitung und zum Guten und ist ihm eine Hilfe.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Das Gebot, sich gute Menschen auszusuchen und sich mit diesen anzufreunden, sowie das Verbot, sich mit schlechten Menschen anzufreunden.
 Der Freund wurde speziell erwähnt, nicht der Verwandte, denn den Freund wählst du selbst aus, während du bei dem Bruder und Verwandtem keine Wahl hast.
 Die Wahl des Weggefährten muss auf Überlegung basieren.
 Der Mensch stärkt seinen Glauben durch die Gesellschaft der Gläubigen und schwächt ihn durch die Gesellschaft der Frevler.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Verlässlich (Hasan)]</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/3122</t>
   </si>
   <si>
     <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>„Das Gleichnis eines guten Gefährten und eines schlechten Gefährten ist wie das eines Verkäufers von Moschus und eines Schmieds</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Gleichnis eines guten Gefährten und eines schlechten Gefährten ist wie das eines Verkäufers von Moschus und eines Schmieds. Der Verkäufer von Moschus: Entweder beschenkt er dich, oder du kaufst von ihm, oder du nimmst von ihm einen angenehmen Duft wahr. Der Schmied: Entweder er verbrennt deine Kleidung, oder du nimmst einen üblen Geruch wahr.“</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - stellte ein Gleichnis für zwei Arten von Menschen auf:
 Die erste Art: Der rechtschaffene Gefährte und Freund, der zu Allah und Seinem Wohlgefallen führt und zum Gehorsam verhilft. Sein Beispiel ist wie der Verkäufer von Moschus: Entweder er schenkt dir etwas, oder du kaufst von ihm, oder du nimmst von ihm einen angenehmen Duft wahr.
 Und die zweite Art: Der schlechte Gefährte und Freund; der vom Weg Allahs abbringt, beim Begehen von Sünden hilft, von dem du üble Taten siehst und für dessen Freundschaft und Begleitung du getadelt wird. Sein Beispiel ist wie der Schmied, der sein Feuer anbläst: Entweder verbrennt er deine Kleidung mit seinen herumfliegenden Funken, oder du nimmst von seiner Nähe einen üblen Geruch wahr.</t>
@@ -1765,53 +1852,50 @@
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs- Allahs Segen und Frieden auf ihm - pflegte oft zu sagen: ‚O Wender der Herzen, festige mein Herz auf Deiner Religion.‘ Ich sagte: ‚O Gesandter Allahs, wir haben an dich und an das geglaubt, womit du gekommen bist. Hast du etwa Angst um uns?‘ Er sagte: ‚Ja, denn die Herzen sind zwischen zwei Fingern der Finger Allahs. Er wendet sie, wie Er will.‘“</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>Das häufigste Bittgebet des Propheten - Allahs Segen und Frieden auf ihm - war, Allah um Standhaftigkeit im Glauben und Gehorsam zu bitten, sowie um Schutz vor Abweichung und Irreleitung. Da wunderte sich Anas Ibn Malik - möge Allah mit ihm zufrieden sein - darüber, wie häufig der Prophet - Allahs Segen und Frieden auf ihm - dieses Bittgebet sprach. Der Prophet - Allahs Segen und Frieden auf ihm - berichtete ihm, dass die Herzen zwischen zwei Fingern der Finger Allahs liegen und Er sie wendet, wie Er will. Das Herz ist der Sitz des Glaubens und des Unglaubens. Es wird „Herz“ genannt, weil es sich so oft verändert/wendet; es ist unbeständiger als ein Topf, der heftig kocht. Wen Allah will, dessen Herz richtet Er auf die Rechtleitung aus und festigt es im Glauben. Wen Allah will, dessen Herz wendet Er von der Rechtleitung ab hin zur Abweichung und Irreleitung.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Die Unterwerfung des Propheten - Allahs Segen und Frieden auf ihm - gegenüber seinem Herrn und seine flehentliche Bitte an Ihn. Er wies auch die Glaubensgemeinschaft darauf hin, darum zu bitten.
 Die Wichtigkeit der Rechtschaffenheit und Standhaftigkeit im Glauben und dass das Ende entscheidend ist.
 Der Diener kommt keinen Augenblick ohne das Festigen durch Allah auf dem Islam aus.
 Der Ansporn dazu, dieses Bittgebet häufig zu sprechen, um dem Propheten - Allahs Segen und Frieden auf ihm - dabei nachzuahmen.
 Die Standhaftigkeit im Islam ist die größte Gnade, nach der der Diener streben und für die er seinem Herrn danken sollte.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3142</t>
   </si>
   <si>
     <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>‚Wenn ein Hund aus dem Gefäß eines von euch trinkt, dann soll er es siebenmal waschen.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wahrlich, der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn ein Hund aus dem Gefäß eines von euch trinkt, dann soll er es siebenmal waschen.‘“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, das Gefäß siebenmal zu waschen, wenn der Hund seine Zunge hineingesteckt hat. Die erste (Waschung) davon soll mit Erde vermischt sein, damit das Wasser danach kommt, um eine vollständige Reinigung von seiner Unreinheit und seinem Schaden zu erreichen.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
@@ -2123,50 +2207,53 @@
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>Von Abu Umamah wird überliefert, dass er sagte: „'Amr Ibn 'Abasah - möge Allah mit ihm zufrieden sein - berichtete mir, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: ‚Am nächsten ist der Herr dem Diener im letzten Teil der Nacht. Wenn du also zu denen gehören kannst, die Allah in dieser Stunde gedenken, dann tu es (und gehöre zu ihnen).‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass der Herr - gepriesen sei Er - Seinem Diener im letzten Drittel der Nacht am nächsten ist. Wenn du also, o Gläubiger, die Möglichkeit und Fähigkeit hast, in dieser Zeit zu den Anbetenden, Betenden, Gedenkenden und Reumütigen zu gehören, dann ist dies eine Gelegenheit, die man ergreifen und sich darin bemühen sollte.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Ein Ansporn für den Muslim, im letzten Drittel der Nacht (Allahs) zu gedenken.
 Manche Zeiten sind gegenüber anderen besonders ausgezeichnet für das Gedenken Allahs, das Bittgebet und das Gebet.
 Mirak sagte: „Der Unterschied zwischen der Aussage ‚Am nächsten ist der Herr dem Diener‘ und der Aussage ‚Am nächsten ist der Diener seinem Herrn, wenn er sich niederwirft‘ besteht darin, dass hier (in der ersten Aussage) die Zeit gemeint ist, in der der Herr dem Diener am nächsten ist, nämlich im letzten Teil der Nacht, während dort (in der zweiten Aussage) die Nähe des Dieners zu seinem Herrn im Zustand der Niederwerfung gemeint ist.“</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3236</t>
   </si>
   <si>
     <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>„Der beste Dinar, den der Mann ausgibt, ist der Dinar, den er für seine Kinder ausgibt, der Dinar, den der Mann für sein Reittier auf dem Wege Allahs ausgibt, und der Dinar, den er für seine Gefährten auf dem Weg Allahs ausgibt.“</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Von Thauban - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der beste Dinar, den der Mann ausgibt, ist der Dinar, den er für seine Kinder ausgibt, der Dinar, den der Mann für sein Reittier auf dem Wege Allahs ausgibt, und der Dinar, den er für seine Gefährten auf dem Weg Allahs ausgibt.“ Abu Qilabah sagte: „Und er begann mit den Kindern.“ Dann sagte Abu Qilabah: „Welcher Mann erhält einen großartigeren Lohn, als derjenige, der für seine kleinen Kinder ausgibt, um sie zu erziehen oder damit Allah sie für ihn nützlich macht und sie reich macht?“</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erläuterte verschiedene Arten des Ausgebens und ordnete sie nach ihrer Wichtigkeit, wenn man dabei Prioritäten setzen muss, beginnend mit dem Wichtigsten und dann dem nächst Wichtigsten. Er erklärte, dass das Geld, das der Muslim für diejenigen ausgibt, die er zu versorgen hat, wie z. B. Ehefrau und Kinder, die größte Belohnung bringt. Dann kommt das Ausgeben für das Reittier, das für den Kampf auf Allahs Weg bereitgestellt wird. Dann das Ausgeben für seine Gefährten und seine Begleitung, während sie auf dem Weg Allahs kämpfen.</t>
   </si>
@@ -2871,50 +2958,56 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verboten, dass ein Muslim im Gespräch sagt: „Was Allah will und was soundso will“ oder „Was Allah und soundso wollen.“ Dies liegt daran, dass Allahs Wille und Absicht absolut sind und niemand an ihnen teilhat, und die Verwendung von „und“ (waw) in der Konjunktion suggeriert, dass jemand mit Allah teilhat und Ihm gleichgestellt ist. Man soll stattdessen sagen „Was Allah will, dann was soundso will.“ Somit ordnet man den Willen des Dieners dem Willen Allahs unter, indem man „dann“ anstelle von „und“ sagt, da „dann“ der Folge und zeitlichen Abfolge dient.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>Das Verbot, zu sagen: „Was Allah will und was du willst“ oder ähnliche Ausdrücke, die mit „und“ mit Allah verbunden werden, da es sich um eine Form des verbalen und sprachlichen Schirk handelt.
 Es ist erlaubt, zu sagen: „Was Allah will, dann was du willst.“ oder ähnliche Ausdrücke, die man mit „dann“ mit Allah verbindet, um das Verbotene zu meiden.
 Die Bestätigung des Willens Allahs und die Bestätigung des Willens des Dieners, und dass der Wille des Dieners dem Willen Allahs - erhaben ist Er - untergeordnet ist.
 Das Verbot, Geschöpfe dem Willen Allahs beizugesellen, sei es auch nur durch Worte.
 Wenn der Redner glaubt, dass der Wille des Dieners wie der Wille Allahs - mächtig und majestätisch ist Er - ist und ihm in Umfang und Absolutheit gleichkommt oder dass der Diener einen unabhängigen Willen hat, dann ist dies großer Schirk. Wenn er jedoch glaubt, dass er darunter steht, dann ist dies kleiner Schirk.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[صحيح بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/3352</t>
   </si>
   <si>
     <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>„Allah ist eifersüchtig, und der Gläubige ist eifersüchtig, und Allahs Eifersucht ist, dass/wenn der Gläubige das tut, was Ihm verboten ist.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Allah ist eifersüchtig, und der Gläubige ist eifersüchtig, und Allahs Eifersucht ist, dass/wenn der Gläubige das tut, was Ihm verboten ist.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert darüber, dass Allah eifersüchtig ist, zornig wird und Dinge hasst, genauso wie der Gläubige eifersüchtig ist, zornig wird und Dinge hasst. Der Grund für Allahs Eifersucht ist, wenn der Gläubige abscheuliche Dinge tut, die Allah ihm verboten hat, wie Unzucht, Homosexualität, Diebstahl, Alkoholkonsum und andere abscheuliche Dinge.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Die Warnung vor Allahs Zorn und Strafe, wenn Seine Verbote verletzt werden.</t>
@@ -3056,51 +3149,51 @@
     <t>Die Taten unterscheiden sich voneinander entsprechend der Liebe Allahs zu ihnen.
 Der Muslim wird dazu ermutigt, sich um die besten Taten zu bemühen.
 Die Antworten des Propheten - Allahs Segen und Frieden auf ihm - auf die Frage nach den besten Taten variieren entsprechend der unterschiedlichen Menschen und ihren Umständen, und was für jeden von ihnen am nützlichsten ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>‚Die schwierigsten Gebete für die Heuchler sind das Nacht- und Morgengebet. Und wenn sie wüssten, was es in beiden (an Belohnung) gibt, so kämen sie wahrlich zu ihnen, selbst wenn sie kriechen müssten</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die schwierigsten Gebete für die Heuchler sind das Nacht- und Morgengebet. Und wenn sie wüssten, was es in beiden (an Belohnung) gibt, so kämen sie wahrlich zu ihnen, selbst wenn sie kriechen müssten. Und ich hatte tatsächlich beinahe vorgehabt, das Gebet zu befehlen, so dass zu ihm (durch die Iqamah) aufgerufen wird. Dann hätte ich einen Mann damit beauftragt, für die Leute vorzubeten. Dann hätte ich mich mit einigen Männern, die Bündel von Brennholz bei sich haben, zu Leuten aufgemacht, die nicht zum (Gemeinschafts-)Gebet anwesend waren, und ich hätte sodann ihre Häuser über ihnen mit Feuer verbrannt.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet über die Heuchler und ihre Faulheit, an den (Gemeinschafts-)Gebeten teilzunehmen, insbesondere am Nacht- und Morgengebet. Er erklärt, dass, wenn sie den Wert und die Belohnung wüssten, die mit dem Besuch dieser Gebete in der Gemeinschaft mit den Gläubigen verbunden sind, sie zu diesen auch kriechend, wie ein Kind, das sich auf Händen und Knien fortbewegt, kommen würden.
- Der Prophet - Allahs Segen und Frieden auf ihm - beschloss, das Gebet anzuordnen, sodass es verrichtet wird, und einen anderen Mann als Vorbeter zu bestimmen, der für die Leute an seiner Stelle vorbetet. Anschließend wollte er mit Männern, die Bündel von Brennholz trugen, zu denen gehen, die nicht am Gemeinschaftsgebet teilnahmen, und ihre Häuser mit Feuer verbrennen, um die Schwere der Sünde, die sie begangen hatten, zu verdeutlichen. Doch er tat dies nicht, da es in den Häusern unschuldige Frauen und Kinder gab und andere entschuldigte Personen, die keine Schuld tragen.</t>
+Der Prophet - Allahs Segen und Frieden auf ihm - beschloss, das Gebet anzuordnen, sodass es verrichtet wird, und einen anderen Mann als Vorbeter zu bestimmen, der für die Leute an seiner Stelle vorbetet. Anschließend wollte er mit Männern, die Bündel von Brennholz trugen, zu denen gehen, die nicht am Gemeinschaftsgebet teilnahmen, und ihre Häuser mit Feuer verbrennen, um die Schwere der Sünde, die sie begangen hatten, zu verdeutlichen. Doch er tat dies nicht, da es in den Häusern unschuldige Frauen und Kinder gab und andere entschuldigte Personen, die keine Schuld tragen.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Die Gefahr, das Gemeinschaftsgebet in der Moschee zu versäumen.
 Die Heuchler beabsichtigen mit ihrem Gebet nur die Augendienerei und Ruhm; daher erscheinen sie nur zu den Gebetszeiten, in denen sie von den Menschen gesehen werden.
 Die gewaltige Belohnung für die Verrichtung des Nacht- und Morgengebets mit der Gemeinschaft und dass sie es wert sind, verrichtet zu werden, selbst wenn man sich kriechend dorthin begibt.
 Die Einhaltung des Nacht- und Morgengebets ist ein Schutz vor Heuchelei, während das Versäumnis dieser Gebete zu den Eigenschaften der Heuchler gehört.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3366</t>
   </si>
   <si>
     <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>Das ist ein Stein, der vor siebzig Jahren ins Feuer geworfen wurde und in der Hölle fiel, bis er ihren Grund erreicht hat.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
@@ -3372,50 +3465,53 @@
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Eine Gruppe von Leuten kam zum Propheten - Allahs Segen und Frieden auf ihm -. Als sie ihn erreichten, sagten sie - ihn lobend - einige Worte, die er - Allahs Segen und Frieden auf ihm - nicht mochte. Sie sagten: „Du bist unser Herr.“ So sagte der Prophet - Allahs Segen und Frieden auf ihm - zu ihnen: „Der Herr ist Allah.“ Denn Ihm gebührt die vollkommene Herrschaft über Seine Schöpfung, und sie sind Seine Diener. Und sie sagten: „Du bist der Vornehmste von uns an Tugend“, und (d. h.) der Höchste an Rang, Ehre und Vorzüglichkeit von uns. Und „der Größte von uns“, und (d. h.) der Großzügigste, der Höchstangesehene und Edelste. Dann wies der Prophet - Allahs Segen und Frieden auf ihm - sie an, ihre gewohnten Worte zu sagen und sich nicht in übertriebenen Formulierungen zu verlieren. Er warnte sie davor, dass der Satan sie zu Übertreibungen und Lobpreisungen verleiten könnte, die zu verbotenem Götzendienst und seinen Mitteln führen könnten.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hatte einen hohen Rang bei seinen Gefährten und sie respektierten ihn.
 Das Verbot der Übertreibung in den Formulierungen und die Empfehlung zur Prägnanz im Ausdruck.
 Der Schutz des Monotheismus (Tauhid) vor allem, was ihn durch Worte und Taten gefährden könnte.
 Das Verbot übertriebenen Lobes, da es eines der Einfallstore des Satan ist.
 Der Prophet - Allahs Segen und Frieden auf ihm - ist der Herr aller Nachkommen Adams. Was im Hadith erwähnt wird, ist aus Bescheidenheit und aus Angst, dass sie in Bezug auf ihn übertreiben könnten.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/3389</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Du wirst zu einem Volk kommen, das zu den schriftkundigen Völkern gehört. Kommst du bei ihnen an, sollst du sie dazu aufrufen zu bezeugen, dass es keinen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Von Ibn `Abbas wird überliefert, dass er sagte: Der Gesandte Allahs sagte zu Mu`adh bin Jabal als er ihn in den Jemen entsandte: "Du wirst zu einem Volk kommen, das zu den schriftkundigen Völkern gehört. Kommst du bei ihnen an, sollst du sie dazu aufrufen zu bezeugen, dass es keinen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist. Hören sie auf dich, sag ihnen, dass Allah ihnen fünf Gebete pro Tag und Nacht zur Pflicht gemacht hat. Hören sie auf dich, sag ihnen, dass Allah ihnen ein Almosen zur Pflicht gemacht, das von den Reichen unter ihnen genommen und den Armen unter ihnen gegeben wird. Hören sie auf dich, dann hüte dich davor ihre wertvollsten Sachen zu nehmen und hüte dich vor dem Bittgebet dessen, der ungerecht behandelt wurde, denn es gibt nichts, das zwischen ihm und Allah stehen würde."</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Als der Prophet Mu`adh bin Jabal in den Jemen schickte, um die Menschen zu Allah zu rufen und zu lehren, erklärte er ihm, dass er es mit einem christlichen Volk zu tun haben wird, damit er sich auf sie vorbereiten kann und dann, wenn er sie zum Islam ruft, mit dem wichtigsten beginnt. Als erstes soll er sie dazu aufrufen ihre Glaubensvorstellungen zu berichtigen, indem sie bezeugen, dass es keinen Gott außer Allah gibt und dass Mohammed der Gesandte Allahs ist. Denn damit nehmen sie den Islam an. Leisten sie dem Folge, soll er sie anweisen zu beten, da das die größte aller Pflichten nach dem "Tauhid", d. h. nach dem reinen Eingottglauben nach islamischen Verständnis, ist. Verrichten sie das Gebet, soll er die Reichen unter ihnen auffordern den Armen unter ihnen die Zakah-Abgabe zu geben. Im Anschluss warnte er ihn davor die wertvollsten Sachen von ihnen zu nehmen, da sie nur dazu verpflichtet sind etwas von den durchschnittlichen Sachen abzugeben. Danach legte er ihm ans Herz Ungerechtigkeit zu vermeiden, damit derjenige, dem Unrecht widerfahren ist, nicht gegen ihn Bittgebete ausspricht, denn seine Bittgebete werden angenommen.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
@@ -3444,50 +3540,53 @@
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte am Morgen von Al-'Aqabah, während er auf seinem Kamel saß: „Sammle für mich Kieselsteine.“ So sammelte ich sieben Kieselsteine für ihn, Steine zum Werfen. Er begann, sie in seiner Handfläche zu schütteln und sagte: „Werft Steine wie diese.“ Dann sagte er: „O ihr Menschen, hütet euch vor Übertreibung in der Religion, denn wahrlich, diejenigen, die vor euch waren, wurden durch Übertreibung in der Religion zerstört.“</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - berichtete, dass er am Tag des Opferfestes, am Morgen des Steinwurfs von Jamrah Al-'Aqabah, während der Abschiedspilgerfahrt, mit dem Propheten - Allahs Segen und Frieden auf ihm - war. Da befahl er ihm, Kieselsteine für das Werfen (der Jamarat) zu sammeln. Er sammelte sieben Kieselsteine, jeder von der Größe einer Kichererbse oder einer kleinen Haselnuss. Der Prophet - Allahs Segen und Frieden auf ihm - legte sie in seine Hand, bewegte sie und sagte: Werft mit solchen, die in der Größe ähnlich sind. Dann warnte der Prophet - Allahs Segen und Frieden auf ihm - vor Übertreibung, Strenge und dem Überschreiten der Grenzen in religiösen Angelegenheiten, denn die früheren Völker wurden durch das Überschreiten der Grenzen, Übertreibung und Strenge in der Religion vernichtet.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Das Verbot der Übertreibung in der Religion, die Erläuterung ihrer schlimmen Folgen und dass sie eine Ursache für den Untergang ist.
 Das Ziehen von Lehren aus den Völkern, die vor uns waren, um die Fehler zu vermeiden, in die sie geraten sind.
 Die Ermutigung, der Sunnah zu folgen.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3395</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم سئل عن النُّشرة؟ فقال: هي من عمل الشيطان</t>
   </si>
   <si>
     <t>Der Gesandte Allahs wurde nach dem Gegenzauber (Nuschrah) gefragt. Darauf sagte er: "Es ist ein Werk des Schaytan!"</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم سئل عن النُّشْرَةِ؟ فقال: هي من عمل الشيطان.</t>
   </si>
   <si>
     <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm -  nach dem Gegenzauber (Nuschrah) gefragt wurde. Darauf sagte er: "Es ist ein Werk des Satans!"</t>
   </si>
   <si>
     <t>أن النبي -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- سئل عن علاج المسحور على الطريقة التي كانت تعملها الجاهلية، مثل: حل السحر بالسحر ما حكم ذلك، فأجاب -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- بأنه من عمل الشيطان أو بواسطته؛ لأنه يكون بأنواع سحرية واستخداماتٍ شيطانيةٍ، فهي شركية ومحرمة.
 أما النشرة الجائزة: فهي فك السحر بالرقية أو بالبحث عنه، وفكه باليد مع قراءة القرآن أو بالأدوية المباحة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde nach der Behandlung einer verzauberten Person gefragt, so wie sie in der vorislamischen Jahiliyah-Zeit üblich war, indem man z. B. den Zauber durch einen anderen Zauber löst und wie so etwas zu beurteilen sei. Darauf antwortete er - Allahs Segen und Frieden auf ihm - , dass das ein Werk des Satans sei, bzw. mit dessen Hilfe vorgenommen werde, da man dazu bestimmte Arten von Zauber verwendet oder Satane gebraucht. Daher ist diese Art von Gegenzauber eine Form des Schirk und verboten. Die erlaubte Art der "Nuschrah"  (d. h. den Zauber aufzulösen) ist den Zauber mit einer "Ruqyah" (d. h. durch die Heilung mit dem Quran) zu lösen oder nach dem Zauber zu suchen und ihn von Hand zu lösen, während man dazu den Quran liest, sowie durch eine erlaubte medikamentöse Behandlung.</t>
   </si>
   <si>
     <t>مشروعية سؤال العلماء عما أشكل حكمه؛ حذرًا من الوقوع في المحذور.
@@ -4136,50 +4235,53 @@
     <t>Abu Bakr As-Siddiq - möge Allah mit ihm zufrieden sein - berichtet, dass die Menschen diesen Vers rezitieren:
 „O ihr, die ihr glaubt, achtet auf euch selbst. Es kann euch nicht schaden, wer irregeht, wenn ihr (selbst) der Rechtleitung folgt.“ [Al-Ma'idah: 105]
 Und sie verstehen daraus, dass der Mensch sich nur um die Besserung seiner eigenen Seele bemühen muss und dass ihm danach das Irregehen anderer nicht schaden kann, und dass sie nicht verpflichtet sind, das Gute zu gebieten und das Verwerfliche zu verbieten!
 Also klärte er sie auf, dass dies nicht der Fall sei, und dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Wenn die Menschen einen Ungerechten sehen und ihn nicht von seinem Unrecht abhalten, obwohl sie die Macht dazu haben, dann ist es nahe, dass Allah alle mit einer Strafe von Ihm erfasst, sowohl den Täter des Unrechts als auch denjenigen, der darüber schweigt.“</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Es ist die Pflicht der Muslime, einander guten Rat zu geben, das Gute zu gebieten und das Verwerfliche zu verbieten.
 Allahs allgemeine Strafe umfasst sowohl den Ungerechten für sein Unrecht als auch denjenigen, der das Unrecht nicht verurteilt, wenn er dazu in der Lage ist.
 Die Allgemeinheit zu unterrichten und ihnen die Verse aus dem Quran auf die richtige Weise zu erklären.
 Der Mensch muss sich darum bemühen, das Buch Allahs - mächtig und majestätisch ist Er - zu verstehen, damit er es nicht anders versteht, als Allah - erhaben ist Er - es beabsichtigt hat.
 Rechtleitung kann nicht erreicht werden, wenn man das Gebieten des Guten und das Verbieten des Verwerflichen unterlässt.
 Die korrekte Interpretation des Verses lautet: Haltet euch selbst von den Sünden fern. Wenn ihr euch selbst bewahrt, wird es euch nicht schaden, wenn ihr nicht imstande seid, das Gute zu gebieten und das Verwerfliche zu verbieten, solange ihr dazu rechtgeleitet wurdet, die verbotenen Dinge zu meiden. Der Irrweg derer, die durch das Begehen der Verbote in die Irre gingen, wird euch dann nicht schaden.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/3470</t>
   </si>
   <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>Wer mir für das zwischen seinen Kiefern und zwischen seinen Beinen garantiert, dem garantiere ich das Paradies!</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Von Sahl bin Sa`d wird vom Gesandten Allahs überliefert, dass er sagte: "Wer mir für das zwischen seinen Kiefern und zwischen seinen Beinen garantiert, dem garantiere ich das Paradies!"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Der Prophet erklärt, dass jeder, der sich an zwei Dinge hält ins Paradies kommt:
 Erstens: Seine Zunge davor hütet etwas zu sagen, das Allah erzürnt.
 Zweitens: Sein Geschlechtsteil davor hütet in verbotene Handlungen zu verfallen.
 Denn gerade mit diesen beiden Körperteilen kommen Sünden besonders häufig vor.</t>
@@ -4404,50 +4506,53 @@
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلَّم بِيَدِ معاذ رضي الله عنه، وقال له: والله إني لَأُحِبُّك، وأُوصيك يا معاذ لا تَدعنَّ أن تقول آخِرَ كلِّ صلاة: 
 (اللهم أَعِنّي على ذكرك) في كلِّ قول وعَمَلٍ يُقَرِّبُ إلى طاعة، 
 (وشُكْرِك) بِحُصُولِ النِّعَم واندفاع النِّقَم، 
 (وحُسْن عبادتك) بالإخلاص لله والمتابعة للنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - nahm die Hand von Mu'adh - möge Allah mit ihm zufrieden sein - und sagte ihm: Bei Allah, ich liebe dich und ich rate dir, o Mu'adh, dass du es nicht unterlässt, nach jedem Gebet folgenden zu sagen: „O Allah, verhilf mir dazu, Dir zu gedenken“: In jeder Aussage und Tat, die zum Gehorsam (Dir gegenüber) nähert. „Dir zu danken“: Durch den Erhalt der Gnaden und die Abwehr von Unheil. und Dich auf beste Weise anzubeten.: Durch die Aufrichtigkeit gegenüber Allah und die Befolgung des Propheten - Allahs Segen und Frieden auf ihm.</t>
   </si>
   <si>
     <t>مَشروعيَّة إِخبار الشَّخص بِحُبِّه في الله.
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Die Erlaubnis, einem Menschen darüber zu berichten, dass man ihn für Allah liebt.
 Es ist empfohlen, dieses Bittgebet nach jedem verpflichtenden und freiwilligen Gebet zu sagen.
 In diesem Bittgebet, welches nur wenige Ausdrücke umfasst, befinden sich alle (bedeutenden) Anliegen des Diesseits und Jenseits.
 Zu den Nutzen der Liebe für Allah gehört, dass man sich eindringlich die Wahrheit empfiehlt, die Güte und die Gottesfurcht rät und sich dabei unterstützt.
 At-Tayyibi sagte: „Das Gedenken Allahs ist eine Einleitung dafür, dass die Brust sich weitet, der Dank Ihm gegenüber ist ein Mittel zu den Gnaden, die erhört werden, und durch die Anbetung auf beste Weise wird erbittet, dass man von dem befreit ist was einen von Allah - erhaben ist Er - ablenkt.“</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>„Fürchtet Allah, euren Herrn, verrichtet eure fünf Gebete, fastet euren Monat, entrichtet die Almosensteuer eures Vermögens und gehorcht eurem Herrscher, dann werdet ihr in das Paradies eures Herrn eintreten.“</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Von Abu Umamah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - in seiner Abschiedspredigt predigen und er sagte: „Fürchtet Allah, euren Herrn, verrichtet eure fünf Gebete, fastet euren Monat, entrichtet die Almosensteuer eures Vermögens und gehorcht eurem Herrscher, dann werdet ihr in das Paradies eures Herrn eintreten.“</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
@@ -4617,50 +4722,53 @@
   <si>
     <t>Der Beste Dhikr ist "laa Ilaaha ilaa Allah" (es gibt keinen Gott außer Allah) und das beste Dua` ist "al-Hamdu lillah" (das Lob gebührt Allah)</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Von Jabir wird überliefet, dass er sagte: Ich hörte den Gesandten Allahs sagen: "Der Beste Dhikr ist "laa Ilaaha ilaa Allah" (es gibt keinen Gott außer Allah) und das beste Dua` ist "al-Hamdu lillah" (das Lob gebührt Allah).</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Der Prophet berichtet uns, dass der beste Dhikr "laa Ilaaha illa Allah" (es gibt keinen Gott außer Allah) ist, was bedeutet, dass es nichts gibt, das mit Recht angebetet wird, außer Allah. Und dass das beste Dua´ "al-Hamdu lillah" (das Lob gebührt Allah) ist, womit man bekennt, dass Derjenige, Der hinter allem Guten steht, Allah ist und dass Er vollkommen ist und absolute die Schönheit besitzt.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Die Ermutigung, häufig derer Allah mit dem Wort des Tauhīd (Einheit Gottes) zu gedenken und im Gebet Lob auszusprechen.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/3567</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>„Soll ich euch nicht auf etwas hinweisen, womit Allah die Sünden auslöscht und die Rangstufen erhöht?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht auf etwas hinweisen, womit Allah die Sünden auslöscht und die Rangstufen erhöht?“ Sie sagten: „Doch, o Gesandter Allahs.“ Er sagte: „Die vollständige Durchführung der Gebetswaschung trotz Widerwillen, das häufige Schreiten zu den Moscheen und das Warten auf das nächste Gebet nach dem Gebet. Dies ist der Ribat (Wache halten im Krieg).“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte seine Gefährten, ob sie möchten, dass er sie auf Taten hinweist, die zur Vergebung der Sünden, ihrer Auslöschung aus den Büchern der Engel und zur Erhöhung der Stufen im Paradies führen.
 Die Gefährten sagten: „Ja, das wollen wir.“ Er sagte:
@@ -4686,78 +4794,81 @@
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>„Soll ich euch nicht über eure besten Taten informieren, die reinsten bei eurem Herrn und die euch in euren Rängen erheben</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Von Abu Ad-Darda' - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht über eure besten Taten informieren, die reinsten bei eurem Herrn und die euch in euren Rängen erheben, und die besser für euch sind als das Ausgeben von Gold und Silber, und besser für euch als eure Feinde zu treffen, sodass ihr auf ihre Hälse schlagt und sie auf eure Hälse schlagen?“ Sie sagten: „Doch.“ Er sagte: „Das Gedenken Allahs - erhaben ist Er.“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte seine Gefährten: .
-„Wollt ihr, dass ich euch über eure besten Taten informiere, die edelsten, reinsten und saubersten bei Allah, dem Besitzer - mächtig und majestätisch ist Er? .
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte seine Gefährten:
+„Wollt ihr, dass ich euch über eure besten Taten informiere, die edelsten, reinsten und saubersten bei Allah, dem Besitzer - mächtig und majestätisch ist Er?
 Und die euch in euren Wohnstätten im Paradies erhöhen?
 Und besser für euch als das Spenden von Gold und Silber sind?
 Und besser für euch, als dass ihr den Ungläubigen im Kampf begegnet, sodass ihr auf ihre Hälse schlagt und sie auf eure Hälse schlagen?“
 Die Gefährten sagten: „Ja, das wollen wir.“
 Er - Allahs Segen und Frieden auf ihm - sagte: Das Gedenken Allahs - erhaben ist Er - zu jeder Zeit und in allen Situationen und Zuständen.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Das beständige Gedenken Allahs - erhaben ist Er - äußerlich und innerlich, gehört zu den gewaltigsten Annäherungen an Allah und ist bei Ihm - erhaben ist Er - am nützlichsten.
 Alle gottesdienstlichen Handlungen wurden nur zur Aufrechterhaltung des Gedenkens Allahs - erhaben ist Er - vorgeschrieben. Allah - erhaben ist Er - sagte: „Und verrichte das Gebet zu Meinem Gedenken.“ Und der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Der Tawaf um das Haus (Allahs), das Gehen zwischen Safa und Marwah und das (Steine-)Werfen der Jamarat wurden nur zur Aufrechterhaltung des Gedenkens Allahs - erhaben ist Er - vorgeschrieben.“ (Überliefert von Abu Dawud und At-Tirmidhi)
 Al-'Izz Ibn 'Abd As-Salam sagte in seinem Werk „Al-Qawa'id“ (die Grundregeln): „Dieser Hadith beweist u. a., dass die Belohnung nicht von der Menge der Anstrengung in allen gottesdienstlichen Handlungen abhängt, sondern dass Allah - erhaben ist Er - für wenige Taten mehr belohnen kann als für viele. Die Belohnung hängt von den unterschiedlichen Rangstufen in der Ehre ab.“
 Al-Manawi sagte in „Fayd Al-Qadir“: „Dieser Hadith ist so zu verstehen, dass das Gedenken Allahs für diejenigen, an die er gerichtet war, am besten war. Wenn ein tapferer Krieger damit angesprochen worden wäre, der durch den Kampf dem Islam Nutzen bringen kann, wäre ihm der Jihad genannt worden. Dem Reichen, der den Armen mit seinem Vermögen Nutzen bringt, wäre die Spende genannt worden. Demjenigen, der zur Pilgerfahrt fähig ist, wäre die Pilgerfahrt genannt worden. Demjenigen, der Eltern hat, wäre die ihnen gegenüber gute Behandlung genannt worden. Dadurch wird die Übereinstimmung zwischen den Überlieferungen erreicht.“
 Der vollständigste Dhikr (Gedenken Allahs) ist das, was mit der Zunge ausgesprochen, wobei das Herz darüber nachsinnt. Dann kommt das Gedenken, was nur im Herzen ist, wie das Nachdenken. Dann das, was nur mit der Zunge ist. Und in jedem gibt es Lohn, so Allah - erhaben ist Er - will.
 Wenn sich ein Muslim an das Gedenken Allahs hält, das mit verschiedenen Situationen verbunden sind, wie z. B. der Dhikr am Morgen und Abend, beim Betreten der Moschee, des Hauses und der Toilette sowie beim Verlassen dieser Orte usw., dann lässt ihn dies zu denjenigen gehören, die Allahs viel gedenken.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Von Ibn Mas`ud wird berichtet, dass er sagte: Der Gesandte Allahs sagte: "Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!"</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Der Prophet berichtet, dass Paradies und Hölle dem Menschen so nahe sind wie die Schnürsenkel auf seinen Füßen, da man jederzeit eine gute Tat vollbringen kann, mit der Allah zufrieden ist, und dafür ins Paradies kommen kann, genauso aber auch eine schlechte Tat, die einen in die Hölle bringt.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
@@ -4774,85 +4885,178 @@
     <t>Der Siwak reinigt den Mund und stellt den Herrn zufrieden</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Von `Aischa wird überliefert, dass sie sagte; Der Gesandte Allahs sagte: "Der Siwak reinigt den Mund und stellt den Herrn zufrieden."</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Der Prophet berichtet, dass seine Zähne mit einem Zweig des als "Araak" bezeichneten Araak-Baums oder mit etwas ähnlichen zu säubern den Mund von Verschmutzungen und üblen Gerüchen reinigt, und dass es gleichzeitig zu den Dingen gehört, die Allah mit einem zufrieden stellen, da es eine Form des Gehorsams Allah gegenüber darstellt, man damit Seinen Geboten Folge leistet und da Allah die damit verbundene Sauberkeit liebt.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Die Zahnreinigung ist etwas wichtiges und der Prophet hält seine Anhänger an es möglichst häufig zu machen.
 Die beste Art seine Zähne zu reinigen ist ein Zweig des als "Araak" bezeichneten Araak-Baum zu verwenden. Eine Zahnbürste und Zahncreme zu verwenden kommt jedoch auf dasselbe heraus.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>Die fünf Gebete, das eine Freitagsgebet zum anderen Freitagsgebet und Ramadan zum nächsten Ramadan, all das sind Dinge, die die Sünden zwischen ihnen auslöschen, soweit man die großen Sünden meidet</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Von Abu Huarairah wird überliefert, dass der Gesandte Allahs zu sagen pflegte: "Die fünf Gebete, das eine Freitagsgebet zum anderen Freitagsgebet und Ramadan zum nächsten Ramadan, all das sind Dinge, die die Sünden zwischen ihnen auslöschen, soweit man die großen Sünden meidet."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Der Prophet berichtet, dass die fünf Pflichtgebete pro Tag und Nacht, das Freitagsgebet jede Woche und das Fasten im Monat Ramadan einmal im Jahr, Dinge sind, die dazu führen, dass einem die kleinen Sünden, die zwischen diesen Dingen liegen, vergeben werden; jedoch nur unter der Voraussetzung, dass man die großen Sünden meidet. Große Sünden wie Unzucht und Alkoholkonsum werden allerdings nur vergeben, wenn man sie explizit bereut.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Es gibt kleine und große Sünden.
 Kleine Sünden werden einem vergeben, wenn man große Sünden meidet.
 Große Sünden sind die Sünden, für die die Scharia im Diesseits eine strafrechtliche Sanktion verhängt, eine Strafe oder der Zorn Allahs im Jenseits angedroht wird, oder es sonst eine Drohung gibt, oder gesagt wird, dass derjenige, der es macht verflucht wird, wie z. B. bei Unzucht oder Alkoholkonsum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3591</t>
+  </si>
+  <si>
+    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
+  </si>
+  <si>
+    <t>'Ich bin bei der Vermutung Meines Dieners über Mich, und Ich bin mit ihm, wenn er Mich erwähnt</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَقُولُ اللهُ عَزَّ وَجَلَّ: أَنَا عِنْدَ ظَنِّ عَبْدِي، وَأَنَا مَعَهُ حِينَ يَذْكُرُنِي، فَإِنْ ذَكَرَنِي فِي نَفْسِهِ ذَكَرْتُهُ فِي نَفْسِي، وَإِنْ ذَكَرَنِي فِي مَلَإٍ ذَكَرْتُهُ فِي مَلَإٍ خَيْرٍ مِنْهُ، وَإِنِ اقْتَرَبَ إِلَيَّ شِبْرًا، تَقَرَّبْتُ إِلَيْهِ ذِرَاعًا، وَإِنِ اقْتَرَبَ إِلَيَّ ذِرَاعًا، اقْتَرَبْتُ إِلَيْهِ بَاعًا، وَإِنْ أَتَانِي يَمْشِي أَتَيْتُهُ هَرْوَلَةً».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs ﷺ sagte: "Allah, der Erhabene und Majestätische, sagt: 'Ich bin bei der Vermutung Meines Dieners über Mich, und Ich bin mit ihm, wenn er Mich erwähnt. Wenn er Mich in seinem Inneren erwähnt, erwähne Ich ihn in Mir Selbst. Und wenn er Mich in einer Versammlung erwähnt, erwähne Ich ihn in einer Versammlung, die besser ist als diese. Und wenn er sich Mir eine Spanne nähert, nähere Ich Mich ihm eine Elle. Und wenn er sich Mir eine Elle nähert, nähere Ich Mich ihm eine Klafter. Und wenn er zu Mir geht, komme Ich zu ihm eilend.'"</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اللهَ تعالى يقول: 
+أنا عند ظن عبدي بي، فأُعَامِلُ عبدي على حسب ظَنِّهِ بي وذلك بالرجاء وتأميل العفو، وأَفْعَل به ما يَتَوَقَّعَه مني من خير أو غير ذلك؛ وأنا معه بالرحمة والتوفيق والهداية والرعاية والتأييد إذا ذكرني.
+فإنْ ذَكَرَني في نفسه مُنفردًا خاليًا بالتسبيح والتهليل أو غيرها؛ ذَكرتُه في نفسي.
+وإنْ ذَكَرَني في جماعة؛ ذكرتُه في جماعة أكثر منهم وأطيب.
+ومَن تَقَرّب إلى الله مقدار شِبْر زاده الله فتقرب إليه بذراع.
+وإن تقرب إليه مقدار ذراع تقرب إليه مقدار باع.
+وإن جاء إلى الله يمشي جاءه هَرولة.
+فالعبد إذا تقرب إلى ربه بطاعته والإقبال عليه، فإن الرب تعالى يَزِيده قُرْبًا إليه جزاءً مِن جنس عمله. 
+فكلما كَمُلَتْ عبودية المؤمن لربه قَرُبَ إليه تعالى، فعطاء الله وثوابه أكثر من عمل العبد وكدحه، والحاصل أنّ ثواب الله راجِحٌ على العمل بطريق الكيف والكم. 
+فالمؤمن يُحسِنُ الظن، ويعمل، ويسارع ويزداد حتى يلقى الله.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah - erhaben ist Er - sagt:
+Ich bin bei der Vermutung Meines Dieners über Mich, und Ich behandle Meinen Diener entsprechend seiner Vermutung über Mich, sei es mit Hoffnung und der Erwartung von Vergebung, und Ich tue mit ihm, was er von Mir erwartet, sei es Gutes oder anderes. Und Ich bin mit ihm durch Barmherzigkeit, Rechtleitung, Führung, Fürsorge, Unterstützung und Bestätigung, wenn er Mich erwähnt.
+Wenn er Mich in seinem Inneren, allein und abgeschieden, durch Tasbih, Tahlil oder ähnliches erwähnt, erwähne Ich ihn in Mir Selbst.
+Und wenn er Mich in einer Versammlung erwähnt, erwähne Ich ihn in einer Versammlung, die größer und besser ist als diese.
+Und wer sich Allah eine Spanne nähert, dem fügt Allah eine Elle hinzu und nähert sich ihm.
+Und wenn er sich Ihm eine Elle nähert, nähert Er sich ihm eine Klafter.
+Und wenn er zu Allah geht, kommt Er zu ihm eilend.
+Wenn sich also der Diener seinem Herrn durch Gehorsam und Zuwendung nähert, dann erhöht ihn der Herr, der Erhabene, als Belohnung für seine Taten.
+Je vollständiger die Dienerschaft des Gläubigen gegenüber seinem Herrn wird, desto näher kommt er Ihm, dem Erhabenen. Allahs Gabe und Belohnung sind also größer als die Taten und Mühen des Dieners. Das Ergebnis ist, dass Allahs Belohnung überwiegt die Taten in Qualität und Quantität.
+Der Gläubige sollte also gute Vermutungen haben, handeln, sich beeilen und zunehmen, bis er Allah trifft.</t>
+  </si>
+  <si>
+    <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمّى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+قال الآجُرِّي: إنّ أهل الحق يَصِفُون الله عز وجل بما وصف به نفسه عز وجل، وبما وصفه به رسوله صلى الله عليه وسلم، وبما وصفه به الصحابة رضي الله عنهم، وهذا مذهب العلماء ممن اتبع ولم يبتدع. انتهى. فأهل السنة يُثْبِتُون لله ما أثبته لنفسه من الأسماء والصفات من غير تحريف ولا تعطيل ولا تكييف ولا تمثيل، ويُنْفُون عن الله ما نفاه عن نفسه، ويَسْكُتُون عما لم يرد به نفي ولا إثبات، قال الله تعالى: (‌لَيْسَ ‌كَمِثْلِهِ شَيْءٌ وَهُوَ السَّمِيعُ الْبَصِيرُ).
+إحسان الظن بالله لا بد معه من العمل، قال الحسن البصري: إنَّ المؤمن أَحْسَنَ الظنَّ بربه فأحسن العمل، وإنّ الفاجر أساء الظن بربه فأساء العمل.
+قال القرطبي: قيل: معنى "ظن عبدي بي" ظن الإجابة عند الدعاء، وظن القبول عند التوبة، وظن المغفرة عند الاستغفار، وظن المجازاة عند فعل العبادة بشروطها تَمَسُّكًا بصادق وعْدِه، ولذلك ينبغي للمرء أن يَجْتَهِدَ في القيام بما عليه موقِنًا بأنَّ الله يقبله ويغفر له؛ لأنه وَعَدَ بذلك وهو لا يُخْلِف الميعاد، فإن اعتقد أو ظن أن الله لا يقبلها وأنها لا تنفعه فهذا هو اليأس من رحمة الله وهو من الكبائر، ومن مات على ذلك وُكِلَ إلى ما ظَنّ كما في بعض طرق الحديث المذكور " فليظن بي عبدي ما شاء"، قال: وأما ظن المغفرة مع الإصرار فذلك مَحْضُ الجهل والغِرّة.
+الحث على الإكثار من ذكر الله في نفسك وبلسانك جميعًا، في نفسه وقلبه يخاف الله ويتذكَّر عظمته وحقه ويرجوه ويعظّمه ويحبه ويحسن به الظن ويخلص له العمل، وينطق باللسان: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله.
+قال ابن أبي جمرة: فمن ذَكَرَه وهو خائف آمَنَه، أو مُسْتَوْحِش آنَسَه.
+الشِّبْر: مسافة ما بين طرف الخِنْصَر إلى طرف الإبهام عند مَدِّ الكَفّ، والذراع: مسافة ما بين طرف الأصبع الوسطى إلى عظم المرفق، والباع: طول ذِرَاعَي الإنسان وعَضُدَيه وعَرْضِ صدره؛ وذلك قدر أربعة أذرع.</t>
+  </si>
+  <si>
+    <t>Dieser Hadith gehört zu den Überlieferungen, die der Prophet ﷺ von seinem Herrn erzählt, und wird als heiliger oder göttlicher Hadith bezeichnet. Er ist derjenige, dessen Wortlaut und Bedeutung von Allah stammen, jedoch ohne die Eigenschaften des Korans, die ihn von anderen unterscheiden, wie die Anbetung durch seine Rezitation, die rituelle Reinheit dafür, die Herausforderung, das Wunder und so weiter.
+Al-Ajurri sagte: "Die Leute der Wahrheit beschreiben Allah, den Erhabenen, mit dem, was Er Selbst über Sich Selbst beschrieben hat, und mit dem, was Sein Gesandter ﷺ über Ihn beschrieben hat, und mit dem, was die Gefährten (möge Allah mit ihnen zufrieden sein) über Ihn beschrieben haben. Dies ist die Rechtsschule der Gelehrten, die folgten und keine Neuerungen einführten. Ende des Zitats. Die Anhänger der Sunnah bestätigen für Allah, was Er für Sich Selbst bestätigt hat, an Namen und Eigenschaften, ohne Verdrehung, Verneinung, Interpretation oder Verkörperung, und sie verneinen von Allah, was Er von Sich Selbst verneint hat, und sie schweigen über das, was weder verneint noch bestätigt wurde. Allah, der Erhabene, sagt: {Nichts ist Ihm gleich, und Er ist der Allhörende, der Allsehende}."
+Gutes Vermuten über Allah muss mit Taten einhergehen. Al-Hasan al-Basri sagte: Der Gläubige hat eine gute Vermutung über seinen Herrn, also handelt er gut. Und der Frevler hat eine schlechte Vermutung über seinen Herrn, also handelt er schlecht.
+Al-Qurtubi sagte: "Es wurde gesagt, dass die Bedeutung von "die Vermutung Meines Dieners über Mich" die Vermutung der Erhörung beim Bittgebet ist, die Vermutung der Annahme bei der Reue, die Vermutung der Vergebung beim Istighfar (um Vergebung bitten) und die Vermutung der Belohnung bei der Ausführung der Anbetung gemäß ihren Bedingungen, indem man sich an Sein wahres Versprechen hält. Deshalb sollte sich der Mensch bemühen, seine Pflichten zu erfüllen, in der Überzeugung, dass Allah sie annehmen und ihm vergeben wird, denn Er hat dies versprochen und Er bricht Sein Versprechen nicht. Wenn er jedoch glaubt oder vermutet, dass Allah es nicht annehmen wird und dass es ihm nicht nützen wird, dann ist dies Verzweiflung an Allahs Barmherzigkeit und gehört zu den großen Sünden. Und wer so stirbt, wird dem überlassen, was er vermutet hat, wie es in einigen Überlieferungen des erwähnten Hadith heißt: "Mein Diener soll von Mir vermuten, was er will." Er sagte: Was aber die Vermutung der Vergebung trotz Beharrens auf Sünden betrifft, so ist das reine Unwissenheit und Täuschung."
+Die Ermutigung, Allah häufig zu erwähnen, sowohl innerlich als auch äußerlich, in seinem Inneren und Herzen, indem man Allah fürchtet, sich Seiner Größe und Seines Rechts erinnert, auf Ihn hofft, Ihn ehrt, Ihn liebt, Gutes über Ihn vermutet und Ihm gegenüber aufrichtig handelt, und mit der Zunge spricht: Subhanallah, Alhamdulillah, La ilaha illallah, Allahu akbar, und La hawla wa la quwwata illa billah.
+Ibn Abi Jamra sagte: "Wer Ihn also in Angst erwähnt, dem gibt Er Sicherheit, oder wenn er einsam ist, tröstet Er ihn."
+Die Spanne ist der Abstand zwischen der Spitze des kleinen Fingers und der Spitze des Daumens, wenn die Hand ausgestreckt ist. Die Elle ist der Abstand zwischen der Spitze des Mittelfingers und dem Ellbogenknochen. Die Klafter ist die Länge beider Arme und Unterarme des Menschen und die Breite seiner Brust, was vier Ellen entspricht.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/3636</t>
+  </si>
+  <si>
+    <t>سألت عائشة، قلت: بأي شيء كان يبدأ النبي صلى الله عليه وسلم إذا دخل بيته؟ قالت: بالسواك</t>
+  </si>
+  <si>
+    <t>Ich fragte 'A'ischa: "Womit begann der Prophet ﷺ, wenn er sein Haus betrat?" Sie sagte: "Mit dem Siwak (Zahnreinigung)</t>
+  </si>
+  <si>
+    <t>عَنِ شُرَيْحٍ بنِ هانِئٍ قَالَ: سَأَلْتُ عَائِشَةَ، قُلْتُ: بِأَيِّ شَيْءٍ كَانَ يَبْدَأُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ بَيْتَهُ؟ قَالَتْ: بِالسِّوَاكِ.</t>
+  </si>
+  <si>
+    <t>Von Schurayh Ibn Hani' wird überliefert, dass er sagte: Ich fragte 'A'ischa: "Womit begann der Prophet ﷺ, wenn er sein Haus betrat?" Sie sagte: "Mit dem Siwak (Zahnreinigung)."</t>
+  </si>
+  <si>
+    <t>كَانَ مِن هَدِيِ النبيِّ صلى الله عليه وسلم أَنْ يَبدأ بالسواك إذا دَخل بيتَه في أيِّ وقتٍ ليلًا أو نهارًا.</t>
+  </si>
+  <si>
+    <t>Es war Teil der Verhaltensweisen des Propheten ﷺ, dass er mit dem Siwak begann, wenn er sein Haus betrat, zu jeder Zeit, Tag oder Nacht.</t>
+  </si>
+  <si>
+    <t>مشروعية السواك عامة في جميع الأوقات، ويتأكّد ذلك: في الأوقات التي نَدَبَ الشارع إليها، ومنها: عند دخول البيت، وعند الصلاة، وعند الوضوء، وبعد الاستيقاظ من النوم، وعند تَغَيُّر رائحة الفم.
+بيان حرص التابعين على السؤال عن أحوال النبيِّ صلى الله عليه وسلم وسُنَنِهِ؛ ليقتدوا به.
+أخْذ العلم من أهله وممن هو أَعْرف به، حيث سُئلت عائشة رضي الله عنها عن حال النبي صلى الله عليه وسلم عند دخول البيت.
+حسن معاشرة النبي صلى الله عليه وسلم لأهله، حيث كان يُطَهِّر فَمَه عند الدخول.</t>
+  </si>
+  <si>
+    <t>Die Legitimität des Siwak zu allen Zeiten im Allgemeinen, und dies wird insbesondere in den Zeiten empfohlen, die der Gesetzgeber dafür festgelegt hat, einschließlich: beim Betreten des Hauses, beim Gebet, bei der Waschung (Wudu), nach dem Aufwachen aus dem Schlaf und bei Veränderung des Mundgeruchs.
+Es zeigt das Bestreben der Nachfolger, nach den Angelegenheiten des Propheten ﷺ und seinen Sunan zu fragen, um ihm nachzueifern.
+Wissen von denen zu nehmen, die es besitzen und die am besten darüber Bescheid wissen, da 'A'ischa (möge Allah mit ihr zufrieden sein) über den Zustand des Propheten ﷺ beim Betreten des Hauses gefragt wurde.
+Der gute Umgang des Propheten ﷺ mit seiner Familie, da er seinen Mund beim Betreten reinigte.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/3652</t>
   </si>
   <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>Verkündet von mir und wenn es auch nur ein einziger Vers sein sollte! Und gebt die Dinge weiter, die die "Banu Israil" überliefern. Das ist kein Problem! Und wer über mich vorsätzlich eine Lüge verbreitet, soll schon einmal seinen Platz im Feuer einnehmen!</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Von `Abdullah bin `Amr wird überliefert, dass der Prophet sagte: "Verkündet von mir und wenn es auch nur ein einziger Vers sein sollte! Und gebt die Dinge weiter, die die "Banu Israil" überliefern. Das ist kein Problem! Und wer über mich vorsätzlich eine Lüge verbreitet, soll schon einmal seinen Platz im Feuer einnehmen!"</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Der Prophet ordnete an das Wissen von Quran und Sunnah, das er gelehrt hat, von ihm weiterzugeben, selbst wenn es nur ganz wenig sein sollte, wie etwa ein einziger Vers aus dem Quran, oder eine einzige Überlieferung. Das jedoch unter der Voraussetzung, dass man Kenntnis von dem hat, was man weitergibt und zu dem man ruft. Im Anschluss verdeutlicht er, dass es kein Problem ist die Dinge weiter zu geben, die den "Banu Israil" geschehen sind, solange sie nicht dem widersprechen, was unsere Scharia lehrt. Abschließend warnt er davor absichtlich eine Lüge über ihn zu verbreiten, sodass, falls man es dennoch wagen sollte, man sich selbst schonmal einen Platz im Feuer nehmen kann.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
@@ -5208,51 +5412,51 @@
     <t>https://hadeethenc.com/de/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>„Wenn einer von euch schläft, bindet der Satan am Ende seines Kopfs drei Knoten, indem er jeden Knoten mit: „Dir steht eine lange Nacht bevor, so schlaf!“ knotet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn einer von euch schläft, bindet der Satan am Ende seines Kopfs drei Knoten, indem er jeden Knoten mit: „Dir steht eine lange Nacht bevor, so schlaf!“ knotet. Wenn er aufsteht und Allahs gedenkt, löst sich ein Knoten. Wenn er die Gebetswaschung verrichtet, löst sich ein (weiterer) Knoten. Wenn er betet, löst sich ein (weiterer) Knoten und er tritt energisch und mit einem guten Gefühl in den Morgen. Anderenfalls tritt er mit einem üblen Gefühl und faul in den Morgen.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet vom Zustand des Schaytan und seinem Kampf mit dem Menschen, der zum freiwilligen Nachtgebet oder zum Morgengebet aufwachen möchte.
 Denn wenn der Gläubige schlafen geht, knotet der Schaytan drei Knoten an seinem Kopfende.
 Wenn der Gläubige aufwacht, Allah - erhaben ist Er - gedenkt und den Einflüsterungen des Schaytan nicht antwortet, löst sich ein Knoten.
-Wenn er dann die Gebetswaschung verrichtet, löst sich der nächste. .
+Wenn er dann die Gebetswaschung verrichtet, löst sich der nächste.
 Wenn er aufsteht und betet, löst sich der dritte Knoten und er wird energisch und fühlt sich gut, da er sich darüber freut, dass Allah ihm zum Gehorsam verholfen hat, und er freut sich auf die Belohnung und Vergebung, die Allah ihm versprochen hat, und darüber, dass die Knoten vom Schaytan von ihm entfernt und gelöst wurden. Wenn er nicht aufsteht, wird er mit einem schlechten Gefühl aufwachen, ein trauriges Herz haben und faul sein, gute und fromme Taten zu verrichten, da er mit einer Fessel des Schaytan gefesselt und von der Nähe zum Allerbarmer entfernt wurde.</t>
   </si>
   <si>
     <t>الشيطان يسعى دائمًا في كل طريق للإنسان؛ لِيَحُوْلَ بينه وبين طاعة الله عز وجل، ولا نجاة للعبد من الشيطان إلا بالاستعانة بالله عز وجل، والأخذ بأسباب الوقاية والحفظ.
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Der Schaytan eilt immer zu jedem Weg des Menschen, um ihn vom Gehorsam gegenüber Allah - mächtig und majestätisch ist Er - abzuhalten. Der Diener kann sich vor dem Schaytan nur erretten, wenn er Hilfe bei Allah - mächtig und majestätisch ist Er - sucht und die Ursachen ergreift, die ihn bewahren und schützen.
 Allah - erhaben ist Er - zu gedenken und Ihm zu dienen führt dazu, dass die Seele aktiv wird, die Brust sich weitet, Faulheit und Schwäche abgewehrt wird und Sorge und Hass verschwinden, da es (das Gedenken und Dienen Allahs) den Schaytan vertreibt. Diese (Knoten) sind von seinen Einflüsterungen.
 Der Gläubige freut sich über den Erfolg, den Allah - erhaben ist Er - ihm gewährt, um Ihm gehorsam zu sein, und ist betrübt, wenn er in den Stufen des Vorzugs und der Vollkommenheit zu kurz kommt.
 Die Unachtsamkeit gegenüber den Gottesdiensten und die Entfernung davon gehören zu den Taten und Verzierungen des Schaytan.
 Diese drei Dinge - das Gedenken Allahs, die rituelle Gebetswaschung und das Gebet - vertreiben den Schaytan.
 Die Knoten des Schaytan sind bewusst am Kopfende, da dort das Zentrum der Kräfte und der Bereich ihrer Wirkung ist. Wenn er dies beherrscht, besitzt er die Kontrolle über die Seele des Menschen und lässt ihn wieder einschlafen.
 Ibn Hajar Al-'Asqalani sagte: „Die Erwähnung der Nacht in der Aussage 'Dir steht eine Nacht bevor' weist äußerlich darauf hin, dass dies nur auf den Schlaf nachts bezogen ist.“
 Ibn Hajar Al-'Asqalani sagte: „Der Dhikr ist nicht auf eine bestimmte, einzige Sache beschränkt. Vielmehr umfasst es alles, was unter das Gedenken Allahs fällt, und darunter fällt die Rezitation des Quran, das Lesen von prophetischen Überlieferungen und das Beschäftigen mit dem islamisch-gesetzlichen Wissen. Und das erste, womit man (Allahs) gedenken sollte, ist die Aussage des Propheten - Allahs Segen und Frieden auf ihm -: „Wer in der Nacht aufwacht und dann sagt: 'La ilaha illa Allah, wahdahu la Scharika lah, lahu Al-Mulk, wa lahu Al-Hamd wa huwa 'ala kulli schay'in qadir. Alhamdulillah wa Subhanallah wa La ilaha illa Allah wa Allahu Akbar wa La hawla wa la quwwata illa billah' und dann sagt: 'O Allah vergib mir!' oder ein Bittgebet spricht, dem wird es erhört. Wenn er die Gebetswaschung verrichtet, wird sein Gebet angenommen.“ [Überliefert von Al-Bukhari]“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3731</t>
   </si>
@@ -5367,50 +5571,53 @@
   <si>
     <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Ich habe Ibrahim in der Nacht angetroffen, in der ich zur Himmelsreise gebracht wurde. Da sagte er: 'O Muhammad, richte deiner Gemeinschaft den Gruß von mir aus und berichte ihnen, dass das Paradies reine Erde und süßes Wasser hat. Es ist eine weite Fläche und seine Pflanzen sind: 'Subhanallah' und 'Alhamdulillah' und 'La ilaha illa Allah' und 'Allahu Akbar'.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه لَقِي إبراهيمَ الخليلَ عليه السلام ليلة الإسراء والمعراج، فقال له يا محمد: أَوْصِل أُمتَك مني السلام، وأَعْلِمْهم أنّ الجنة طيبة التُّرْبة، عذبة الماء لا ملوحة فيه، وأن الجنة واسعة مُسْتَوية خالية من الشجر، وغرسها الكلمات الطيبات، وهنَّ الباقيات الصالحات: سُبْحَانَ اللهِ، وَالحَمْدُ لِلَّهِ، وَلاَ إِلَهَ إِلاَّ اللَّهُ، وَاللَّهُ أَكْبَرُ، كلما قالها المُسلم وكَرَّرَها غُرس له غَرْسٌ في الجنة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass er Ibrahim Al-Khalil - Friede sei auf ihm - in der Nacht- und Himmelsreise antraft und er zu ihm sagte: „O Muhammad, überbringe deiner Gemeinschaft den Gruß von mir und belehre sie, dass das Paradies gute Erde hat und süßes, salzfreies Wasser hat, und dass das Paradies weit, geebnet und frei von Bäumen ist und ihre Pflanzen die guten Worte sind, welche die guten, bleibenden Taten sind: 'Subhanallah' und 'Alhamdulillah' und 'La ilaha illa Allah' und 'Allahu Akbar'. Immer wenn der Muslim diese sagt und wiederholt, wird eine Pflanze im Paradies für ihn gepflanzt.</t>
   </si>
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, beständig Allahs zu gedenken, um seine Pflanzen im Paradies zu vermehren.
 Der Vorzug der islamischen Glaubensgemeinschaft, da Ibrahim - Segen und Frieden auf ihm - ihr den Gruß ausrichtete.
 Ibrahim - Frieden sei auf ihm - spornte die Gemeinschaft Muhammads - Allahs Segen und Frieden auf ihm - dazu an, das Gedenken Allahs - erhaben ist Er - zu vermehren.
 At-Tayyibi sagte: „Das Paradies ist eine weite Fläche und Allah - erhaben ist Er - hat dann durch Seine Gunst Bäume und Paläste, entsprechend der Taten der Handelnden, erbaut. Jeder Handelnde erhält das, was ihm aufgrund seiner Taten zusteht. Daraufhin hat der Erhabene - da Er ihm die Taten leicht machte, für die er erschaffen wurde - diese (Taten) zu Samen für diese Bäume gemacht, damit er dadurch den Lohn dafür erhält.“</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
+    <t>[حسن بشواهده]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/3791</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>Derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist nicht der, der gleiches mit gleichem vergilt,  sondern derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist der, der sie wieder aufnimmt wenn sie abgebrochen wurden!</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>Von `Abdullah bin `Amr wird überliefert, dass der Prophet sagte: "Derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist nicht der, der gleiches mit gleichem vergilt,  sondern derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist der, der sie wieder aufnimmt wenn sie abgebrochen wurden!"</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Der Prophet erklärt, Dass derjenige, der die Verwandtschaftlichen Beziehungen pflegt und den guten Umgang mit den Verwandten so praktiziert, wie es im Idealfall gemacht werden müsste, nicht eine Person ist, die nur denjenigen gut behandelt, der auch sie gut behandelt. Vielmehr ist derjenige, der die Verwandtschaftlichen Beziehungen wirklich vollständig so pflegt, wie sie eigentlich gepflegt werden müssten, derjenige, der, wenn die Beziehung abgebrochen wird, sie wieder aufnimmt und der, wenn er schlecht von seinen Verwandten behandelt wird, trotzdem gut mit ihnen umgeht.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
@@ -5656,473 +5863,727 @@
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Der Gläubige wird im Grab befragt. Die beiden damit beauftragten Engel, Munkar und Nakir, wie sie in mehreren Hadithen genannt werden, befragen ihn. Er bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist. Der Prophet - Allahs Segen und Frieden auf ihm - sagte, dies sei das feste Wort, über das Allah sagte: „Allah festigt diejenigen, die glauben, mit dem festen Wort im diesseitigen Leben und im Jenseits.“ [Ibrahim: 27]</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Hierin ist ein Beweis, dass die Befragung im Grab wahr ist.
 Allahs Gunst gegenüber Seinen gläubigen Dienern im Dies- und im Jenseits besteht darin, sie im festen Wort zu festigen.
 Der Vorzug des Glaubensbekenntnisses (Schahadah) des Tauhids und des Sterbens darauf.
 Allah festigt die Gläubigen im Diesseits durch das Festhalten am Glauben und das Befolgen des geraden Weges, beim Tod durch das Sterben auf dem Monotheismus und im Grab bei der Befragung durch die beiden Engel.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4206</t>
   </si>
   <si>
     <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
-    <t>„Mir wurde befohlen, die Menschen zu bekämpfen, bis sie bezeugen, dass es keinen zu Recht angebeteten Gott gibt außer Allah und dass Muhammad Sein Gesandter ist, und bis sie das Gebet verrichten und die Almosensteuer entrichten</t>
+    <t>„Mir wurde befohlen, die Menschen (so lange) zu bekämpfen, bis sie bezeugen, dass es keine (anbetungswürdige) Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, sie das Gebet verrichten und die Pflichtabgabe („Zakah“)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Mir wurde befohlen, die Menschen zu bekämpfen, bis sie bezeugen, dass es keinen zu Recht angebeteten Gott gibt außer Allah und dass Muhammad Sein Gesandter ist, und bis sie das Gebet verrichten und die Almosensteuer entrichten. Wenn sie dies tun, so sind ihr Blut und ihr Besitz vor mir geschützt, außer durch das Recht des Islam, und ihre Abrechnung obliegt Allah.“</t>
+    <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Mir wurde befohlen, die Menschen (so lange) zu bekämpfen, bis sie bezeugen, dass es keine (anbetungswürdige) Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, sie das Gebet verrichten und die Pflichtabgabe („Zakah“) entrichten. Wenn sie dies tun, so haben sie ihr Blut und ihren Besitz vor mir geschützt - außer (ihr Blut wird vergossen oder ihr Besitz genommen) mit dem Recht des Islams (durch islamische Rechtsprechung) - und ihre Abrechnung liegt bei Allah.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass Allah ihm befohlen hat, die Götzendiener zu bekämpfen, bis sie bezeugen, dass es keine Gottheit gibt, die rechtmäßig angebetet werden darf, außer Allah allein, ohne Partner, und bis sie Muhammad - Allahs Segen und Frieden auf ihm - als Gesandten bezeugen und gemäß den Forderungen dieses Zeugnisses handeln, indem sie die fünf Gebete am Tag und in der Nacht einhalten und die verpflichtende Almosensteuer an ihre Berechtigten entrichten. Wenn sie diese Dinge tun, dann schützt der Islam ihr Blut und ihr Vermögen. Es ist also nicht erlaubt, sie zu töten, es sei denn, sie begehen ein Verbrechen oder eine Straftat, für die sie gemäß den Urteilen des Islam die Bekämpfung verdienen. Am Tag der Auferstehung wird Allah - erhaben ist Er - dann ihre Abrechnung übernehmen, da Er ihre Geheimnisse kennt.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass Allah ihm befohlen hat, die Götzendiener zu bekämpfen, bis sie bezeugen, dass es keine Gottheit gibt, die rechtmäßig angebetet werden darf, außer Allah allein, der keinen Teilhaber hat, und bis sie Muhammad - Allahs Segen und Frieden auf ihm - als Gesandten bezeugen und gemäß den Forderungen dieses Zeugnisses handeln, indem sie die fünf Gebete am Tag und in der Nacht einhalten und die verpflichtende Zakah an ihre Berechtigten entrichten. Wenn sie diese Dinge tun, dann schützt der Islam ihr Blut und ihr Vermögen. Es ist also nicht erlaubt, sie zu bekämpfen, es sei denn, sie begehen ein Verbrechen oder eine Straftat, für die sie gemäß den Urteilen des Islams die Bekämpfung verdienen. Am Tag der Auferstehung wird Allah - erhaben ist Er - dann ihre Abrechnung übernehmen, da Er ihre Geheimnisse kennt.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Die Rechtsprechung erfolgt basierend auf den äußerlichen Erscheinungen. Das Verborgene kennt (und beurteilt) allein Allah.
 Die Wichtigkeit des Aufrufs zum Tauhid und dass damit beim Aufruf (zu Allah) begonnen werden sollte.
-Dieser Hadith bedeutet nicht, dass die Polytheisten gezwungen werden sollen, den Islam anzunehmen. Vielmehr haben sie die Wahl, entweder den Islam anzunehmen oder die Jizyah zu zahlen. Wenn sie sich jedoch weigern und die Einladung zum Islam verhindern wollen, bleibt nur der Kampf gemäß den Bestimmungen des Islam.</t>
+Dieser Hadith bedeutet nicht, dass die Polytheisten gezwungen werden sollen, den Islam anzunehmen. Vielmehr haben sie die Wahl, entweder den Islam anzunehmen oder die Jizyah zu zahlen. Wenn sie sich jedoch weigern und die Einladung zum Islam verhindern wollen, bleibt nur das Vorgehen gegen sie gemäß den Bestimmungen des Islams.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4211</t>
+  </si>
+  <si>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>„Wahrlich, Allah hat meinetwegen meiner Gemeinschaft die Fehler, Vergesslichkeit und wozu sie gezwungen worden sind, nachgesehen.“</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah hat meinetwegen meiner Gemeinschaft die Fehler, Vergesslichkeit und wozu sie gezwungen worden sind, nachgesehen.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah seiner Gemeinschaft in drei Fällen vergeben hat: Erstens: Die Fehler - also alles, was unabsichtlich von ihnen ausgeht. Gemeint ist, dass der Muslim beabsichtigt etwas zu tun, sein Handeln jedoch unbeabsichtigt zu etwas anderem führt. Zweitens: Die Vergesslichkeit. Das bedeutet, dass der Muslim sich an etwas erinnert, es jedoch im Moment der Handlung vergisst. Auch in diesem Fall lastet keine Sünde auf ihm. Drittens: Der Zwang. Der Diener kann gezwungen werden, etwas zu tun, was er nicht will, ohne die Möglichkeit, den Zwang abzuwehren. In diesem Fall lastet keine Sünde oder Last auf ihm. Es sei jedoch anzumerken, dass es im Hadith um das Begehen von Verbotenem geht, es ist also zwischen dem Diener und seinem Herrn. Sollte man etwas Anbefohlenes aus Vergesslichkeit nicht getan haben, entfällt die Pflicht nicht (und man muss es nachholen). Und wenn die Tat ein Verbrechen darstellt, entfällt das Recht des verletzten Geschöpfs nicht. Wenn man beispielsweise versehentlich jemanden getötet hat, muss man das Blutgeld zahlen, oder wenn man ein Auto beschädigt hat, muss man dafür haften.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Die Weite der Barmherzigkeit und Güte Allahs - mächtig und majestätisch ist Er - mit Seinen Dienern, da Er sie von der Schuld befreite, wenn die Sünde in diesen drei Zuständen von ihnen ausgeht.
+Die Gunstgabe Allahs für den Propheten Muhammad - Allahs Segen und Frieden auf ihm - und seine Gemeinschaft.
+Die Aufhebung der Schuld bedeutet nicht, dass das Urteil oder die Haftung aufgehoben wird. Wenn man beispielsweise die Gebetswaschung vergisst und das Gebet verrichtet, dabei denkt, rituell rein zu sein, so lastet keine Sünde auf einem. Jedoch muss man die Gebetswaschung verrichten und das Gebet wiederholen.
+Damit die Schuld im Fall von Zwang aufgehoben wird, müssen bestimmte Bedingungen erfüllt sein, zum Beispiel, dass der Zwingende in der Lage ist, das umzusetzen, womit er gedroht hat.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>„Der Reitende grüßt den Fußgänger, der Fußgänger grüßt den Sitzenden, und die Wenigen grüßen die Vielen.“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der Reitende grüßt den Fußgänger, der Fußgänger grüßt den Sitzenden, und die Wenigen grüßen die Vielen.“</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wies auf die Etikette des Friedensgrußes zwischen den Menschen hin: „As-Salamu 'alaykum wa rahmatullahi wa barakatuh.“(Friede sei mit euch, sowie die Barmherzigkeit Allahs und Sein Segen). So grüßt der Jüngere den Älteren, der Reitende den Fußgänger, der Fußgänger den Sitzenden und die kleinere Gruppe die größere.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, den Friedensgruß gemäß dem Hadith zu sprechen. Wenn jedoch der Fußgänger den Reiter grüßt oder andere Fälle eintreten, ist dies zulässig, aber nicht die bevorzugte oder beste Art.
 Das Verbreiten des Friedensgrußes in der Art und Weise, wie es im Hadith erwähnt wurde, ist eine der Ursachen für Liebe und Harmonie.
 Wenn sie in den genannten Aspekten gleich sind, dann ist derjenige von ihnen besser, der zuerst mit dem Friedensgruß beginnt.
 Die Vollkommenheit dieser (islamischen) Gesetzgebung, da sie alles erläutert, was die Menschen benötigen.
 Die Lehre der Etikette des Friedensgrußes und jedem sein Recht gewähren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4243</t>
   </si>
   <si>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
+  </si>
+  <si>
+    <t>‚Diese beiden sind für die Männer meiner Gemeinschaft verboten, aber für ihre Frauen erlaubt.‘“</t>
+  </si>
+  <si>
+    <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
+  </si>
+  <si>
+    <t>Von 'Ali Ibn Abi Talib - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nahm Seide in seine linke Hand und Gold in seine rechte Hand. Dann hob er beide Hände und sagte: ‚Diese beiden sind für die Männer meiner Gemeinschaft verboten, aber für ihre Frauen erlaubt.‘“</t>
+  </si>
+  <si>
+    <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - nahm ein Seidengewand oder ein Stück davon in seine linke Hand und nahm Gold, sei es Schmuck oder ähnliches, in seine rechte Hand. Dann sagte er: „Seide und Gold sind für Männer verboten zu tragen, aber für Frauen sind sie erlaubt.“</t>
+  </si>
+  <si>
+    <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
+توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
+  </si>
+  <si>
+    <t>As-Sindi sagte: „Verboten: Gemeint ist ihre Verwendung als Kleidung. Ansonsten ist die Verwendung zum Wechseln, Ausgeben und Verkaufen für alle erlaubt. Die Verwendung von Gold zur Herstellung von Gefäßen und deren Gebrauch ist für alle verboten.“
+Die islamische Gesetzgebung (Schari'ah) ist großzügig gegenüber den Frauen, da sie Schmuck und dergleichen benötigen.</t>
+  </si>
+  <si>
+    <t>رواه أبو داود والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4292</t>
+  </si>
+  <si>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
+  </si>
+  <si>
+    <t>„Lasst mich in Ruhe bezüglich dessen, was ich nicht erwähne. Wahrlich, diejenigen vor euch sind zugrunde gegangen durch ihr übermäßiges Fragen und ihre Meinungsverschiedenheiten mit ihren Propheten</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Lasst mich in Ruhe bezüglich dessen, was ich nicht erwähne. Wahrlich, diejenigen vor euch sind zugrunde gegangen durch ihr übermäßiges Fragen und ihre Meinungsverschiedenheiten mit ihren Propheten. Wenn ich euch also etwas verbiete, dann meidet es, und wenn ich euch etwas befehle, dann kommt dem nach, soweit es euch möglich ist.“</t>
+  </si>
+  <si>
+    <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
+فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
+فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
+وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
+الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
+الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erwähnte, dass die religiösen Bestimmungen in drei Kategorien fallen: Dinge, über die geschwiegen wurde, Verbote und Gebote.
+Die erste Kategorie sind Dinge, über die die islamische Gesetzgebung schweigt: Es gibt kein Urteil darüber, und das Grundprinzip bei Dingen ist die Nicht-Verpflichtung. Was seine - Allahs Segen und Frieden auf ihm - Zeit betrifft, so ist es verpflichtend, Fragen über etwas zu unterlassen, das noch nicht geschehen ist, aus Angst, dass dadurch eine Verpflichtung oder ein Verbot entstehen könnte. Allah hat dies aus Barmherzigkeit gegenüber den Menschen unterlassen. Nach seinem - Allahs Segen und Frieden auf ihm - Tod ist es jedoch erlaubt, ja sogar geboten, Fragen zu stellen, wenn es um Rechtsauskünfte oder Belehrungen über religiöse Angelegenheiten geht, die man benötigt. Wenn es jedoch aus Rechthaberei oder Überheblichkeit geschieht, dann ist dies das, was in diesem Hadith mit dem Unterlassen von Fragen gemeint ist. Denn dies kann zu ähnlichen Konsequenzen führen wie bei den Kindern Israels, als ihnen befohlen wurde, eine Kuh zu schlachten. Hätten sie irgendeine Kuh geschlachtet, hätten sie gehorcht. Aber sie machten es schwierig, und so wurde es ihnen erschwert.
+Die zweite Kategorie sind die Verbote. Dies sind Handlungen, für deren Unterlassung man belohnt und für deren Ausführung man bestraft wird. Es ist verpflichtend, sie alle zu meiden.
+Die dritte Kategorie sind die Gebote. Dies sind Handlungen, für deren Ausführung man belohnt und für deren Unterlassung man bestraft wird. Es ist verpflichtend, so viel davon zu tun, wie man kann.</t>
+  </si>
+  <si>
+    <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
+حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
+الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
+الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
+النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
+  </si>
+  <si>
+    <t>Man sollte sich mit dem Wichtigsten beschäftigen, was man benötigt, und das beiseitelassen, was man im Moment nicht benötigt. Man sollte sich nicht mit Fragen über Dinge beschäftigen, die noch nicht geschehen sind.
+Es ist verboten, Fragen zu stellen, die möglicherweise zu einer Verkomplizierung von Angelegenheiten führen und die Tür zu Zweifeln öffnen, die zu vielen Meinungsverschiedenheiten führen können.
+Es ist angeordnet, alle verbotenen Handlungen zu unterlassen, da es keine Schwierigkeit gibt, sie zu unterlassen. Deshalb ist das Verbot allgemein gültig.
+Es ist angeordnet, das Gebotene so weit wie möglich zu erfüllen, da es mit Schwierigkeiten verbunden sein kann oder man dazu nicht in der Lage ist. Daher lautet der Befehl, es nach der Möglichkeit zu tun.
+Es ist untersagt unnötig viele Fragen zu stellen. Die Gelehrten teilen Fragen in zwei Kategorien: Erstens: Fragen die darauf abzielen etwas zu lernen, was in der Religion gebraucht wird. Dazu ist man angehalten und zu dieser Kategorie zählen die Fragen der Sahabah. Zweitens: Fragen, die aus Trotz gestellt werden und um die Dinge zu komplizieren. Diese Fragen sind verboten.
+Die Warnung an diese Gemeinschaft davor, ihrem Propheten zu widersprechen, so wie es bei den früheren Gemeinschaften geschah.
+Übermäßiges Fragen über Dinge, die nicht benötigt werden. Und Meinungsverschiedenheiten mit den Propheten sind Gründe für den Untergang, insbesondere bei Angelegenheiten, die nicht erreichbar sind, wie Fragen über das Verborgene, die nur Allah kennt, und die Zustände am Tag der Auferstehung.
+Das Verbot des Fragens in schwierigen Angelegenheiten. Al-Auza'i sagte: „Wenn Allah einem Seiner Diener den Segen des Wissens entziehen will, legt Er ihm Trugschlüsse auf die Zunge. Ich habe ja gesehen, dass jene die Menschen mit dem geringsten Wissen sind.“ Und Ibn Wahb sagte: „Ich hörte Malik sagen: ‚Streit im Wissen nimmt das Licht des Wissens aus dem Herzen des Mannes.‘“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4295</t>
+  </si>
+  <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Du hast wahrhaftig nach etwas Gewaltigem gefragt, doch es ist tatsächlich leicht für den, dem es Allah erleichtert</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
-    <t>Von Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm . auf einer Reise und bin an einem Tag morgens in seiner Nähe gewesen, während wir am laufen waren. Da sagte ich: „O Gesandter Allahs, berichte mir von einer Tat, die mich ins Paradies eintreten lässt und die mich vom Höllenfeuer entfernt. Er sagte: „Du hast wahrhaftig nach etwas Gewaltigem gefragt, doch es ist tatsächlich leicht für den, dem es Allah erleichtert. Bete Allah an ohne Ihm etwas beizugesellen, verrichte das Gebet, entrichte die Almosensteuer, faste den Ramadan und pilgere zum Haus (Allahs, zur Ka'bah)“. Dann sagte er: „Soll ich dir die Tore des Guten verraten? Das Fasten ist ein Schutzschild, die Almosenspende (Sadaqah) löscht die Sünde aus, so wie Wasser Feuer auslöscht, und (genauso) das Gebet einer Person mitten in der Nacht“. Daraufhin rezitierte er (folgende Verse des Quran): „Ihre Körper weichen von den Schlafstätten“ bis „was sie zu tun pflegten“ [32:16-17]. Anschließend sagte er: „Soll ich dir vom Haupt/ Kopf der Angelegenheit, ihrem Pfeiler und ihrem höchsten Gipfel berichten?“ Ich antwortete daraufhin: „Gewiss, o Gesandter Allahs!“ Er sagte: „Das Haupt/der Kopf der Angelegenheit ist der Islam, ihr Pfeiler ist das Gebet und ihr höchster Gipfel ist der Jihad“. Dann sagte er: „Soll ich dir von dem berichten, wodurch man dies alles erlangen kann?“ Ich antwortete daraufhin: „Gewiss, o Gesandter Allahs!“ Da griff er nach seiner Zunge und sagte: „Zügle diese“. Ich fragte: „O Prophet Allahs, werden wir etwa für alles, was wir sprechen, zur Verantwortung gezogen?“ Er erwiderte: „O Mu'adh, möge deine Mutter dich verlieren! Was sonst lässt die Menschen auf ihre Gesichter“ -oder er sagte: auf ihre Nasen- „(ins Höllenfeuer) stürzen, außer die Ernte ihrer Zungen?!“</t>
+    <t>Von Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm - auf einer Reise und bin an einem Tag morgens in seiner Nähe gewesen, während wir am laufen waren. Da sagte ich: ‚O Gesandter Allahs, berichte mir von einer Tat, die mich ins Paradies eintreten lässt und die mich vom Höllenfeuer entfernt.‘ Er sagte: ‚Du hast wahrhaftig nach etwas Gewaltigem gefragt, doch es ist tatsächlich leicht für den, dem es Allah erleichtert. Bete Allah an ohne Ihm etwas beizugesellen, verrichte das Gebet, entrichte die Pflichtabgabe, faste den Ramadan und pilgere zum Haus (Allahs, zur Ka'bah).‘ Dann sagte er: ‚Soll ich dir die Tore des Guten verraten? Das Fasten ist ein Schutzschild, die Spende („Sadaqah“) löscht die Sünde aus, so wie Wasser Feuer auslöscht, und (genauso) das Gebet einer Person mitten in der Nacht.‘ Daraufhin rezitierte er (folgende Verse des Qurans): ‚Ihre Körper weichen von den Schlafstätten‘ bis ‚was sie zu tun pflegten.‘ [32:16-17]. Anschließend sagte er: ‚Soll ich dir vom Haupt der Angelegenheit, ihrem Pfeiler und ihrem höchsten Gipfel berichten?‘ Ich antwortete daraufhin: ‚Gewiss, o Gesandter Allahs!‘ Er sagte: ‚Das Haupt Kopf der Angelegenheit ist der Islam, ihr Pfeiler ist das Gebet und ihr höchster Gipfel ist das Sich-Abmühen („Jihad“).‘ Dann sagte er: ‚Soll ich dir von dem berichten, wodurch man dies alles erlangen kann?‘ Ich antwortete daraufhin: ‚Gewiss, o Gesandter Allahs!‘ Da griff er nach seiner Zunge und sagte: ‚Zügle diese.‘ Ich fragte: ‚O Prophet Allahs, werden wir etwa für alles, was wir sprechen, zur Verantwortung gezogen?‘ Er erwiderte: ‚O Mu'adh, möge deine Mutter dich verlieren! Was sonst lässt die Menschen auf ihre Gesichter‘ - oder er sagte: ‚auf ihre Nasen - (ins Höllenfeuer) stürzen, außer die Ernte ihrer Zungen?!‘“</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
 قال معاذ رضي الله عنه: بلى يا رسول الله. 
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
 وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
 ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
 قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
 قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
   </si>
   <si>
-    <t>Mu'adh - möge Allah mit ihm zufrieden sein - sagte: „Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm . auf einer Reise und bin an einem Tag morgens in seiner Nähe gewesen, während wir am laufen waren. Da sagte ich: „O Gesandter Allahs, berichte mir von einer Tat, die mich ins Paradies eintreten lässt und die mich vom Höllenfeuer entfernt.“ Er sagte: „Du hast mich nach einer Tat gefragt, die schwer/gewaltig für die Seelen ist, jedoch ist sie einfach und leicht für denjenigen, dem Allah es leicht machte: Verrichte die Pflichten des Islam.“:
+    <t>Mu'adh - möge Allah mit ihm zufrieden sein - sagte: „Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm - auf einer Reise und bin an einem Tag morgens in seiner Nähe gewesen, während wir am laufen waren. Da sagte ich: „O Gesandter Allahs, berichte mir von einer Tat, die mich ins Paradies eintreten lässt und die mich vom Höllenfeuer entfernt.“ Er sagte: „Du hast mich nach einer Tat gefragt, die gewaltig für die Seelen ist, jedoch ist sie einfach und leicht für denjenigen, dem Allah es leicht macht: Verrichte die Pflichten des Islams.“:
 Erstens: Dass du Allah allein dienst und Ihm nichts beigesellt.
 Zweitens: Dass du die fünf verpflichtenden Gebete Fajr, Dhuhr, 'Asr, Maghrib und 'Ischa am Tag und in der Nacht mit ihren Bedingungen, Säulen und Pflichten verrichtest.
-Drittens: Dass du die verpflichtende Almosensteuer entrichtest. Sie ist eine finanzielle und verpflichtende Anbetung bei jedem Besitz, der den Betrag erreicht, der in der Gesetzgebung festgelegt ist. Sie wird an diejenigen gegeben, denen sie zusteht.
-Viertens: Dass du im Ramadan fastest. Das bedeutet, dass du dich vom Essen, Trinken und allem, was das Fasten brichst, mit der Absicht der Anbetung von Sonnenaufgang bis Sonnenuntergang fernhältst.
+Drittens: Dass du die verpflichtende Zakah entrichtest. Sie ist eine finanzielle und verpflichtende Anbetung bei jedem Besitz, der den Betrag erreicht, der in der Gesetzgebung festgelegt ist. Sie wird an diejenigen gegeben, denen sie zusteht.
+Viertens: Dass du im Ramadan fastest. Das bedeutet, dass du dich vom Essen, Trinken und allem, was das Fasten bricht, mit der Absicht der Anbetung von Sonnenaufgang bis Sonnenuntergang fernhältst.
 Fünftens: Dass du zum Hause in Makkah reist, um die Riten auszuführen und Allah - mächtig und majestätisch ist Er - dadurch dienst.
 Daraufhin sagte er - Allahs Segen und Frieden auf ihm -: „Soll ich dir nicht den Weg zeigen, der zu den Toren des Guten führt? Und dies indem du diese Pflichten und freiwilligen Taten befolgst.“:
 Erstens: Das freiwillige Fasten. Es hindert daran, in Sünden zu verfallen, da es die Gelüste bricht und die Kraft mindert.
 Zweitens: Die freiwillige Spende löscht den Fehler aus, nachdem man ihn begangen hat, lässt ihn verschwinden und beseitigt seine Spuren.
-Drittens: Das Nachtgebet im letzten Drittel der Nacht. Daraufhin rezitierte er - Allahs Segen und Frieden auf ihm - die Aussage des Erhabenen: „Ihre Seiten weichen zurück“, d. h. sie entfernen sich, „vor den Schlafstätten“, d. h. den Betten, „sie rufen ihren Herrn an“, durch das Gebet, den Dhikr, das Rezitieren (des Quran) und das Bittgebet, „in Furcht und Begehren, und geben von dem, womit Wir sie versorgt haben, aus. Keine Seele weiß, welche Freuden im Verborgenen für sie bereitgehalten werden“, d. h. die Gnaden, wodurch ihre Augen sich am Tag der Auferstehung im Paradies erfreuen werden, „als Lohn für das, was sie zu tun pflegten.“
+Drittens: Das (freiwillige) Nachtgebet im letzten Drittel der Nacht. Daraufhin rezitierte er - Allahs Segen und Frieden auf ihm - die Aussage des Erhabenen: „Ihre Seiten weichen zurück“, d. h. sie entfernen sich, „vor den Schlafstätten“, d. h. den Betten, „sie rufen ihren Herrn an“, durch das Gebet, den Dhikr, das Rezitieren (des Qurans) und das Bittgebet, „in Furcht und Begehren, und geben von dem, womit Wir sie versorgt haben, aus. Keine Seele weiß, welche Freuden im Verborgenen für sie bereitgehalten werden“, d. h. die Gnaden, wodurch ihre Augen sich am Tag der Auferstehung im Paradies erfreuen werden, „als Lohn für das, was sie zu tun pflegten.“
 Daraufhin sagte er - Allahs Segen und Frieden auf ihm -: „Soll ich dir nicht von der Grundlage der Religion berichten? Und von den Pfeilern, auf die sie sich stützt? Und von ihrem höchsten Gipfel?“
 Mu'adh - möge Allah mit ihm zufrieden sein - sagte: „Gewiss, o Gesandter Allahs.“
-Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Haupt der Angelegenheit: Der Islam und dies sind die zwei Glaubensbekenntnisse. Dadurch erfolgt die Grundlage der Religion beim Menschen. Ihre Pfeiler sind das Gebet, sodass es keinen Islam ohne Gebet gibt, genauso wie es kein Haus ohne Pfeiler gibt! Wer betet, stärkt seine Religion und wird erhöht. Und ihr höchster Gipfel und ihre Erhörung erfolgt durch den Jihad und das Aufbringen von Mühe im Kampf gegen die Feinde der Religion, um das Wort Allahs zu erhöhen.“
+Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Haupt der Angelegenheit: Der Islam und dies sind die zwei Glaubensbekenntnisse. Dadurch erfolgt die Grundlage der Religion beim Menschen. Ihre Pfeiler sind das Gebet, sodass es keinen Islam ohne Gebet gibt, genauso wie es kein Haus ohne Pfeiler gibt! Wer betet, stärkt seine Religion und wird erhöht. Und ihr höchster Gipfel und ihre Erhörung erfolgt durch das Sich-Abmühen („Jihad“) und das Aufbringen von Mühe im Vorgehen gegen die Feinde der Religion, um das Wort Allahs zu erhöhen.“
 Daraufhin sagte er - Allahs Segen und Frieden auf ihm -: „Soll ich dir nicht von der Perfektion und Vollendung dessen, was zuvor war, berichten?“ Da ergriff er - Allahs Segen und Frieden auf ihm - seine Zunge und sagte: „Halte dies zurück und sprich nicht über das, was dich nichts angeht.“ Mu'adh sagte: „Wird unser Herr uns dafür zur Rechenschaft ziehen, mit uns absprechen und uns bestrafen wegen allem, was wir sagen?“
-Er - Allahs Segen und Frieden auf ihm - sagte: „Möge deine Mutter dich verlieren!“ Damit ist jedoch kein Bittgebet gegen ihn gemeint. Vielmehr gehörte das zu den Worten der Arabern, damit man auf eine Angelegenheit aufmerksam macht, der man Aufmerksamkeit schenken sollte und sie kennen sollte. Daraufhin sagte er: „Was sonst lässt die Menschen ins Feuer werfen und fallen, außer die Ernte ihrer Zungen von Unglauben, Schmähung, Beleidigung, Lästerei, üble Nachrede, Verleumdung usw.?“</t>
+Er - Allahs Segen und Frieden auf ihm - sagte: „Möge deine Mutter dich verlieren!“ Damit ist jedoch kein Bittgebet gegen ihn gemeint. Vielmehr gehörte das zu den Worten der Araber, damit man auf eine Angelegenheit aufmerksam macht, der man Aufmerksamkeit schenken sollte und sie zu kennen hat. Daraufhin sagte er: „Was sonst lässt die Menschen ins Feuer werfen und fallen, außer die Ernte ihrer Zungen von Unglauben, Schmähung, Beleidigung, Lästerei, üble Nachrede, Verleumdung usw.?“</t>
   </si>
   <si>
     <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
 فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
 السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
 ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
 رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
 رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
 فضل التقرب بالنوافل بعد أداء الفرائض.
 الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
 وجوب حفظ اللسان عما يضر الإنسان في دينه.
 كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
   </si>
   <si>
     <t>Das Bestreben der Prophetengefährten - möge Allah mit ihnen zufrieden sein - nach Wissen. Aus diesem Grund fragten sie den Propheten - Allahs Segen und Frieden auf ihm - oft danach.
 Das tiefe Verständnis der Prophetengefährten - möge Allah mit ihnen zufrieden sein -, da sie wussten, dass die Taten ein Grund sind, das Paradies zu betreten.
 Die Frage, die von Mu'adh - möge Allah mit ihm zufrieden sein - gestellt wurde, ist eine gewaltige Frage, da sie in Wirklichkeit das Geheimnis des Lebens und der Existenz ist. Alle Söhne Adams und alle Jinn, die sich im Diesseits befinden, enden entweder im Paradies oder in der Hölle. Aus diesem Grund war diese Frage gewaltig.
-Sein Betreten des Paradies baut darauf auf, dass die fünf Säulen des Islams erfüllt werden, nämlich die zwei Glaubensbekenntnisse, das Gebet, die Almosensteuer, das Fasten und die Pilgerfahrt.
+Sein Betreten des Paradiesgartens baut darauf auf, dass die fünf Säulen des Islams erfüllt werden, nämlich die zwei Glaubensbekenntnisse, das Gebet, die Pflichtabgabe, das Fasten und die Pilgerfahrt.
 Das Haupt der Religion und die wertvollste Aufgabe und die höchste Pflicht ist das Bezeugen der Einheit Allahs, indem Er alleine ohne einen Teilhaber neben Ihm angebetet wird.
 Die Barmherzigkeit Allahs mit Seinen Dienern, indem Er ihnen die Tore des Guten öffnet, damit sie Gründe der Belohnung und der Vergebung der Sünden erlangen.
 Der Vorzug, (sich Allah) durch freiwillige Taten zu nähern, nachdem man die Pflichten erfüllt hat.
 Das Gebet nimmt im Islam die Stellung der Pfeiler an, auf denen ein Zelt aufgebaut wird. Der Islam schwindet, wenn es schwindet, genauso wie das Zelt einbricht, wenn seine Pfeiler einbrechen.
 Die Pflicht, seine Zunge vor dem zu bewahren, was dem Menschen in Bezug auf seine Religion schaden könnte.
 Die Zunge im Zaun zu halten, sie zu disziplinieren und zurückzuhalten ist die Ursache von allem Guten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4303</t>
   </si>
   <si>
     <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>‚Treffen zwei Muslime mit ihren Schwertern aufeinander, ist derjenige, der den anderen tötet, und der Getötete im Feuer!‘</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Von Abu Bakrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Treffen zwei Muslime mit ihren Schwertern aufeinander, ist derjenige, der den anderen tötet, und der Getötete im Feuer!‘ Da sagte ich: ‚O Gesandter Allahs, derjenige, der den anderen getötet hat, ist eins (und klar), aber was ist mit demjenigen, der getötet wurde?!‘ Er sagte: ‚Er war darauf bedacht, seinen Gefährten zu töten!‘“</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass, wenn zwei Muslime mit ihren Schwertern aufeinandertreffen und jeder von ihnen beabsichtigt, den anderen umzubringen, derjenige im Feuer ist, der den anderen tötet, da er seinen Gefährten wirklich getötet hat. Die Gefährten des Propheten verstanden jedoch nicht, wieso auch derjenige im Feuer ist, der getötet wurde. Da berichtete ihnen der Prophet - Allahs Segen und Frieden auf ihm -, dass er ebenfalls im Feuer ist, da er bemüht war, den anderen zu töten und ihn nichts davon abgehalten hat, ihn umzubringen, außer dass derjenige, der ihn tötete, ihm zuvorkam und schneller war als er.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Man verdient es, bestraft zu werden, wenn man im Herzen fest dazu entschlossen ist, eine Sünde zu begehen und die Ursachen dafür in die Tat umsetzt.
 Eine strenge Warnung davor, Muslime zu bekämpfen und die Drohung dafür mit dem Feuer.
 Die Drohung gilt nicht bei berechtigten Kämpfen zwischen Muslimen, wie z. B. das Bekämpfen bewaffneter Rebellen und Krimineller.
 Wer eine große Sünde begeht, wird für seine Tat nicht zum Ungläubigen erklärt, da der Prophet - Allahs Segen und Frieden auf ihm - diejenigen, die sich bekämpfen, als Muslime bezeichnete.
 Gleich mit welcher Waffe die Muslime aufeinandertreffen: Tötet der eine den anderen sind sowohl derjenige, der den anderen tötete, als auch derjenige, der getötet wurde, im Feuer. Das „Schwert“ wurde in der Überlieferung nur als Beispiel angeführt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4304</t>
   </si>
   <si>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>‚Sei enthaltsam/genügsam im Diesseits, so liebt dich Allah. Und sei enthaltsam in dem, was die Menschen besitzen, so lieben dich die Menschen.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Al-'Abbas Sahl Ibn Sa'd As-Sa'idi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, weise mich auf eine Tat hin, für die - wenn ich sie ausführe - mich Allah und die Menschen lieben.‘ Da sagte er (also der Prophet): ‚Sei enthaltsam/genügsam im Diesseits, so liebt dich Allah. Und sei enthaltsam in dem, was die Menschen besitzen, so lieben dich die Menschen.‘“</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Ein Mann bat den Propheten - Allahs Segen und Frieden auf ihm - darum, ihn auf eine Tat hinzuweisen, für die Allah und die Menschen ihn lieben werden, wenn er sie ausführt. Da sagte er - Allahs Segen und Frieden auf ihm -: Allah liebt dich, wenn du das Überflüssige vom Diesseits, das, was dir im Jenseits nicht nützt, und das, was deiner Religion schadet, lässt. Und die Menschen lieben dich, wenn du enthaltsam in dem bist, was sie vom Diesseits in ihren Händen besitzen, da sie das Diesseits von Natur aus lieben. Und wer mit ihnen darum konkurriert, den hassen sie; wer es ihnen überlässt, den lieben sie.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Die Vorzüglichkeit der Enthaltsamkeit in Bezug auf das Diesseits, was bedeutet, dass man das ver-/unterlässt, was im Jenseits nicht nützen wird.
+Die Enthaltsamkeit („Zuhd“) ist auf einer höheren Stufe als die Frömmigkeit („Wara'“), da die Frömmigkeit bedeutet, dass man das ver-/unterlässt, was schadet, und die Enthaltsamkeit bedeutet, dass man das ver-/unterlässt, was im Jenseits nicht nützt.
+As-Sindi sagte: „Das Diesseits wird von allen Menschen geliebt. Wer mit ihnen darum konkurriert, wird im Ausmaß der Konkurrenz von ihnen gehasst. Wer jedoch sie und ihren Geliebten (das Diesseits) lässt, wird im Ausmaß dessen in ihren Herzen geliebt.“</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>‚Die Rechtschaffenheit ist der gute Charakter (und die gute Verhaltensweise). Und die Sünde ist das, was dein Herz beunruhigt und was du verabscheust, dass die Menschen es in Erfahrung bringen.‘“</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Von Al-Nawwas Ibn Sam'an Al-Ansari - möge Allah mit ihm zufrieden sein - wurde überliefert, dass er sagte: „Ich fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - über die Rechtschaffenheit und die Sünde, und er sagte: ‚Die Rechtschaffenheit ist der gute Charakter (und die gute Verhaltensweise). Und die Sünde ist das, was dein Herz beunruhigt und was du verabscheust, dass die Menschen es in Erfahrung bringen.‘“</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über die Rechtschaffenheit und die Sünde befragt, und er sagte:
+Die gewaltigste Eigenschaft der Rechtschaffenheit ist das gute Benehmen gegenüber Allah durch die Furcht (vor Allah) und gegenüber den Menschen durch das Ertragen ihres Schadens, geringen Zorn, ein freundliches Gesicht, gute Worte, Verbundenheit, Gehorsam, Freundlichkeit, Güte sowie durch gute Gesellschaft und Freundschaft.
+Die Sünde hingegen besteht in den zweifelhaften Dingen, die die Seele beunruhigen und innerlich zögern lassen - Dinge, die die Brust einengen, Zweifel im Herzen auslösen und die Befürchtung wecken, es könnte sich um eine Sünde handeln. Man möchte diese Sache nicht öffentlich zeigen, da es vor den angesehenen, vorbildlichen und tugendhaftesten Menschen unangenehm wäre. Die Seele liebt es nämlich von Natur aus, dass die Menschen nur das Gute von ihr sehen. Wenn sie es also verabscheut, dass die Menschen einige ihrer Taten mitbekommen, dann handelt es sich um Sünden, die nichts Gutes bergen.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Die Ermutigung zu edlen Charaktereigenschaften, denn ein guter Charakter ist eine der größten Eigenschaften der Rechtschaffenheit.
+Wahrheit und Falschheit sind für den Gläubigen nicht verwirrend, sondern er erkennt die Wahrheit durch das Licht in seinem Herzen und wendet sich vom Falschen ab und lehnt es ab.
+Eines der Anzeichen der Sünde ist die Unruhe und der Aufruhr des Herzens und die Abneigung (gegenüber dem Gedanken), dass die Menschen davon erfahren (könnten).
+As-Sindi sagte: „Dies bezieht sich auf zweifelhafte Angelegenheiten, bei denen die Menschen nicht genau wissen, welche Seite richtig ist. Ansonsten ist das, was in der islamischen Gesetzgebung geboten wird, ohne dass ein gegenteiliger Beweis vorliegt, Rechtschaffenheit, und das, was verboten wird, ist Sünde; und in beiden Fällen besteht keine Notwendigkeit, das Herz zu befragen und seine Beruhigung zu suchen.“
+Diejenigen, die im Hadith angesprochen werden, sind diejenigen mit einer gesunden Natur, nicht diejenigen mit verdrehten Herzen, die weder Gutes erkennen noch Schlechtes ablehnen, außer dem, was von ihren Neigungen getränkt ist.
+At-Tibi sagte: „Es wurde gesagt, (dass der Begriff) ‚Rechtschaffenheit‘ im Hadith auf verschiedene Weisen interpretiert wurde. An einer Stelle wurde sie als das interpretiert, was die Seele und das Herz beruhigt, an einer anderen Stelle als Glaube („Iman“), an einer weiteren Stelle als das, was dich Allah näher bringt, und hier als guter Charakter. Und guter Charakter wurde interpretiert als der geduldige Umgang mit Leid, wenig Zorn, ein freundliches Gesicht und gute Worte - und all diese Bedeutungen sind ähnlich.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4308</t>
+  </si>
+  <si>
     <t>الدين النصيحة</t>
   </si>
   <si>
-    <t>„‚Die Religion ist aufrichtiger Rat (An-Nasihah)!</t>
+    <t>„Die Religion ist aufrichtiger Rat („Nasihah“)!“</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
-    <t>Von Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „‚Die Religion ist aufrichtiger Rat (An-Nasihah)!" Wir sagten: ‚Gegenüber wem?‘ Er sagte: ‚Gegenüber Allah, Seinem Buch, Seinem Gesandten, den Führern der Muslime und ihrer Allgemeinheit!‘“</t>
+    <t>Von Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Die Religion ist aufrichtiger Rat („Nasihah“)!“ Wir fragten: „Gegenüber wem?“ Er sagte: „Gegenüber Allah, Seinem Buch, Seinem Gesandten, den Führern der Muslime und ihrer Allgemeinheit!“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Religion auf Aufrichtigkeit und Ehrlichkeit basiert, sodass sie so ausgeübt wird, wie Allah es vorgeschrieben hat, vollständig, ohne etwas auszulassen oder zu betrügen.
-Da wurde zum Propheten - Allahs Segen und Frieden auf ihm - gesagt: „Für wen ist der aufrichtige Rat?“ Daraufhin sagte er:
-[...2 lines deleted...]
-Drittens: Der aufrichtige Rat gegenüber Seinem Gesandten Muhammad - Allahs Segen und Frieden auf ihm -, indem wir überzeugt sind, dass er der letzte aller Gesandten ist, seine Botschaft für wahr erachten, uns an seine Anordnungen halten, seine Verbote einhalten, Allah nur so dienen, wie er es gelehrt hat, sein Recht ehren, ihn respektieren, seinen Aufruf in Umlauf bringen, seine Gesetzgebung verbreiten und die Anschuldigungen gegen ihn zurückweisen.
+Da wurde zum Propheten - Allahs Segen und Frieden auf ihm - gesagt: „Für wen ist der aufrichtige Rat?“ Er erwiderte:
+„Erstens: Der aufrichtige Rat gegenüber Allah - gepriesen sei Er und erhaben ist Er -, indem man die Taten aufrichtig für Ihn verrichtet, Ihm nichts beigesellt und indem wir an Seine Herrschaft, Göttlichkeit und an Seine Namen und Attribute glauben, Seinen Befehl verherrlichen und zum Glauben an Ihn aufrufen.
+Zweitens: Der aufrichtige Rat gegenüber Seinem Buch, welcher der edle Quran ist, indem wir überzeugt sind, dass er Seine Rede ist, dass er Sein letztes Buch ist und die vorigen Gesetzgebungen aufhebt, indem wir ihn ehren, ihn rezitieren, wie es ihm gebührt, nach seinen eindeutigen Versen handeln, uns seinen mehrdeutigen Versen hingeben, ihn gegen die (falschen) Interpretationen derer, die ihn verfälschen wollen, verteidigen, uns durch seine Ermahnungen ermahnen lassen, das in ihm enthaltene Wissen verbreiten und (die Menschen) zu ihm aufrufen.
+Drittens: Der aufrichtige Rat gegenüber Seinem Gesandten Muhammad - Allahs Segen und Frieden auf ihm -, indem wir überzeugt sind, dass er der letzte aller Gesandten ist, seine Botschaft für wahr erachten, uns an seine Anordnungen halten, seine Verbote meiden, Allah nur so dienen, wie er es gelehrt hat, sein Recht ehren, ihn respektieren, seinen Aufruf in Umlauf bringen, seine Gesetzgebung verbreiten und die Anschuldigungen gegen ihn zurückweisen.
 Viertens: Der aufrichtige Rat gegenüber den muslimischen Führern, indem man sie bei der Wahrheit unterstützt, nicht gegen ihren Befehl rebelliert und ihnen in den Angelegenheiten, in denen man Allah gehorsam ist, gehorcht.
 Fünftens: Der aufrichtige Rat gegenüber den Muslimen, indem man gut mit ihnen umgeht, sie auf den rechten Weg ruft, Schaden von ihnen fernhält, das Gute für sie wünscht und sich mit ihnen gegenseitig darin unterstützt, Gutes zu tun und Allah zu fürchten.“</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
-    <t>Der Befehl, allen gegenüber aufrichtigen Rat zu geben.
+    <t>Die Anordnung, allen gegenüber aufrichtigen Rat zu geben.
 Der große Stellenwert des aufrichtigen Rats in der Religion.
 Die Religion besteht aus Glaubenslehren, Worten und Taten.
 Zum aufrichtigen Ratschlag gehört es, die eigene Seele von Täuschung für den Beratenden zu befreien und Gutes für ihn zu wollen.
-Die gute Belehrung des Gesandten - Allahs Segen und Frieden auf ihm -, da er etwas allgemein erwähnt und es dann im Detail erklärt.
+Die gute Belehrung des Gesandten - Allahs Segen und Frieden auf ihm -, da er etwas zunächst allgemein erwähnt und es dann im Detail erklärt.
 Es wird mit dem wichtigsten begonnen und darauf folgt das nächstwichtige, so wie der Prophet - Allahs Segen und Frieden auf ihm - mit der Aufrichtigkeit Allah gegenüber begann, dann Seinem Buch gegenüber, danach Seinem Gesandten - Allahs Segen und Frieden auf ihm - gegenüber, dann den Führern der Muslime und schließlich ihrer Allgemeinheit gegenüber.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4309</t>
   </si>
   <si>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>„Das Stillen verbietet das, was die Geburt/Verwandtschaft verbietet.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Stillen verbietet das, was die Geburt/Verwandtschaft verbietet.“</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass das Stillen das (gleiche) verbietet, was (auch) die Geburt und die Verwandtschaft (wie etwa) vom Onkel mütterlicherseits oder väterlicherseits, vom Bruder, usw. verbietet. Ebenso gelten durch das Stillen dieselben Rechtsurteile/Bestimmungen für erlaubt wie die der Geburt (und Verwandtschaft).</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Der Hadith stellt eine Grundregel für die Urteile, die mit dem Stillen zusammenhängen, dar.
+Ibn Hajar sagte: „Seine Aussage ‚Das Stillen verbietet das, was die Geburt/Verwandtschaft verbietet‘ bedeutet: Es erlaubt, was sie erlaubt. Laut Konsens bezieht es sich auf das Verbot der Heirat und alles, was damit zusammenhängt. Das Verbot besteht zwischen dem gestillten Kind und den Kindern der stillenden Frau, sodass sie wie Verwandte behandelt werden, die man anschauen darf, mit denen man alleine sein darf und mit denen man reisen darf. Allerdings zieht es nicht die restlichen Urteile der Mutterschaft mit sich, wie die Erbschaft, die Unterhaltspflicht, die Freilassung durch das Eigentum (bei Sklaverei), die Zeugenaussage, das Blutgeld und der Entfall der Vergeltungsstrafe.“
+Die Bestätigung, dass das Verbot aufgrund des Stillens ein dauerhaftes Verbot (zur Heirat) ist.
+Die anderen Überlieferungen belegen, dass das Verbot aufgrund des Stillens erst durch fünfmaliges, nachweisbares Stillen, das in den ersten zwei Lebensjahren erfolgt, zustande kommt.
+Die durch (Bluts)verwandtschaft zur Ehe verbotenen Frauen sind: 
+- Die Mütter, worunter auch die Großmütter väterlicherseits und mütterlicherseits fallen, auch wenn sie weiter oben in der Linie stehen (d. h. die Mütter der Großmütter: Urgroßmütter, Ururgroßmütter usw.). 
+- Alternative: Die Töchter, dazu zählen auch die Töchter der Töchter (Enkeltöchter) und die Töchter der Söhne (Enkelsöhne) sowie alle weiteren (Nachfahrinnen) in absteigender Linie.
+- Die Schwestern - egal ob sie vom Vater und der Mutter stammen oder nur von einem von beiden. 
+- Die Tanten väterlicherseits: Darunter fallen alle Schwestern des Vaters, sowohl die Voll- als auch die Halbschwestern, ebenso alle Schwestern der Großväter, auch wenn sie weiter oben in der Linie stehen.
+- Die Tanten mütterlicherseits: Darunter fallen alle Schwestern der Mutter, sowohl die Voll- als auch Halbschwestern, ebenso alle Schwestern der Großmütter, selbst wenn sie weiter oben in der Linie stehen, unabhängig davon, ob es die Großmütter väterlicherseits oder mütterlicherseits sind.
+- Die Töchter des Bruders und die Töchter der Schwester, einschließlich ihrer Töchter und aller weiteren (weiblichen Nachkommen in absteigender Linie, d.h. Nichten, Großnichten usw.).
+Die durch das Stillen verbotenen Frauen sind: Durch das Stillen wird alles verboten, was auch durch Verwandtschaft verboten ist. Jede Frau, die aufgrund von Verwandtschaft verboten ist, ist gleichermaßen auch durch das Stillen verboten. Ausgenommen ist nur die Stillmutter seines Bruders und die Tochter seines Stillsohns (d. h. die Tochter des Jungen, der von seiner Ehefrau gestillt wurde).</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4311</t>
+  </si>
+  <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>,Wahrlich, das Erlaubte ist deutlich (erkennbar) und das Verbotene ist deutlich (erkennbar)</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
-    <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen - und An-Nu'man zeigte mit seinen beiden Fingern auf sein Ohren -: ,Wahrlich, das Erlaubte ist deutlich (erkennbar) und das Verbotene ist deutlich (erkennbar) und zwischen diesen beiden gibt es zweifelhafte Dinge, über die viele Menschen keine Kenntnis haben. Wer nun die zweifelhaften Dinge meidet, so hat er sich (von Schuld) in seiner Religion und in seiner Würde freigesprochen. Und wer in zweifelhafte Dinge verfällt, fällt in das Verbotene, wie der Hirte, der seine Herde um ein geschütztes (verbotenes) Gebiet herum hütet und Gefahr läuft, dass sie (hineingerät und) darin weidet. Wahrlich, jeder Herrscher hat ein geschütztes (verbotenes) Gebiet und Allahs geschütztes (verbotenes) Gebiet sind die von Ihm verbotenen Dinge. Wahrlich, im Körper (des Menschen) gibt es einen Fleischklumpen: Wenn dieser in Ordnung ist, dann ist der gesamte Körper in Ordnung, und wenn er verdorben ist, dann ist der gesamte Körper verdorben. Wahrlich, dieser (Fleischklumpen) ist das Herz.‘“</t>
+    <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen - und An-Nu'man zeigte mit seinen beiden Fingern auf seine Ohren -: ,Wahrlich, das Erlaubte ist deutlich (erkennbar) und das Verbotene ist deutlich (erkennbar) und zwischen diesen beiden gibt es zweifelhafte Dinge, über die viele Menschen keine Kenntnis haben. Wer nun die zweifelhaften Dinge meidet, so hat er sich (von Schuld) in seiner Religion und in seiner Würde freigesprochen. Und wer in zweifelhafte Dinge verfällt, fällt in das Verbotene, wie der Hirte, der seine Herde um ein geschütztes (verbotenes) Gebiet herum hütet und Gefahr läuft, dass sie (hineingerät und) darin weidet. Wahrlich, jeder Herrscher hat ein geschütztes (verbotenes) Gebiet und Allahs geschütztes (verbotenes) Gebiet sind die von Ihm verbotenen Dinge. Wahrlich, im Körper (des Menschen) gibt es einen Fleischklumpen: Wenn dieser in Ordnung ist, dann ist der gesamte Körper in Ordnung, und wenn er verdorben ist, dann ist der gesamte Körper verdorben. Wahrlich, dieser (Fleischklumpen) ist das Herz.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht eine allgemeine Regel, die für alle Dinge gilt: Die Dinge lassen sich nach der islamischen Gesetzgebung in drei Kategorien unterteilen: (1.) eindeutig erlaubte Dinge, (2.) eindeutig verbotene Dinge und (3.) zweifelhafte Dinge, bei denen nicht klar ist, ob sie als erlaubt oder verboten beurteilt werden sollen und deren Urteil von den meisten Menschen nicht gekannt werden.
-Wer diese zweifelhaften Dinge unterlässt, dessen Religion bleibt unversehrt, da vermieden wird, in verbotene Dinge zu geraten, und dessen guter Ruf bleibt davor bewahrt, dass die Leute für das Ausführen dieser zweifelhaften Dinge Kritik an ihm ausüben. Wer jedoch die Ausführung der zweifelhaften Dinge nicht meidet, setzt sich der Gefahr aus, in verbotene Dinge zu geraten bzw. dass die Leute schlecht über ihn reden. Der Gesandte - Allahs Segen und Frieden auf ihm - führte ein Beispiel an, um die Situation von demjenigen zu verdeutlichen, der zweifelhafte Dinge macht und erklärt, dass er wie ein Hirte ist, der sein Vieh in unmittelbarer Nähe eines Privatgrundstücks weiden lässt, dessen Eigentümer es beschützt, sodass aufgrund der Nähe jederzeit die Möglichkeit besteht, dass das Vieh des Hirten auf diesem Grundstück grast. Genauso verhält es sich bei dem, der etwas macht, das zweifelhaft ist: Er nährt sich damit dem Verbotenen und kann jederzeit hineingeraten. Im Anschluss sagt der Prophet - Allahs Segen und Frieden auf ihm -, dass sich im Körper ein Stückchen Fleisch befindet (und dies ist das Herz); ist es in Ordnung, sorgt es dafür, dass der gesamte Körper in Ordnung ist. Ist es jedoch verdorben, verdirbt dadurch der ganze Körper.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht eine allgemeine Regel, die für alle Dinge gilt: Die Dinge lassen sich nach der islamischen Gesetzgebung in drei Kategorien unterteilen: (1.) eindeutig erlaubte Dinge, (2.) eindeutig verbotene Dinge und (3.) zweifelhafte Dinge, bei denen nicht klar ist, ob sie als erlaubt oder verboten beurteilt werden sollen und deren Urteil den meisten Menschen nicht bekannt ist.
+Wer diese zweifelhaften Dinge unterlässt, dessen Religion bleibt unversehrt, da vermieden wird, in verbotene Dinge zu geraten, und dessen guter Ruf bleibt davor bewahrt, dass die Leute für das Ausführen dieser zweifelhaften Dinge Kritik an ihm ausüben. Wer jedoch die Ausführung der zweifelhaften Dinge nicht meidet, setzt sich der Gefahr aus, in verbotene Dinge zu geraten bzw. dass die Leute schlecht über ihn reden. Der Gesandte - Allahs Segen und Frieden auf ihm - führte ein Beispiel an, um die Situation von demjenigen zu verdeutlichen, der zweifelhafte Dinge begeht und erwähnte, dass er wie ein Hirte ist, der sein Vieh in unmittelbarer Nähe eines Privatgrundstücks weiden lässt, dessen Eigentümer es beschützt, sodass aufgrund der Nähe jederzeit die Möglichkeit besteht, dass das Vieh des Hirten auf diesem Grundstück grast. Genauso verhält es sich bei dem, der etwas begeht, das zweifelhaft ist: Er nährt sich damit dem Verbotenen und kann jederzeit hineingeraten. Im Anschluss berichtete der Prophet - Allahs Segen und Frieden auf ihm -, dass sich im Körper ein Stückchen Fleisch befindet (und dies ist das Herz); ist es in Ordnung, sorgt es dafür, dass der gesamte Körper in Ordnung ist. Ist es jedoch verdorben, verdirbt dadurch der ganze Körper.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Der Ansporn zur Unterlassung zweifelhafter Dinge, dessen Urteil einem nicht bekannt ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4314</t>
   </si>
   <si>
     <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
   </si>
   <si>
-    <t>„Wahrlich, Allah ist gut und nimmt nur das Gute an. Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat</t>
+    <t>‚Wahrlich, Allah ist gut und nimmt nur das Gute an. Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah ist gut und nimmt nur das Gute an. Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat. So sagte der Erhabene: „Oh ihr Gesandten, esst von den guten Dingen und handelt rechtschaffen. Ich weiß über das, was ihr tut, Bescheid.“ [23:51]. Und der Erhabene sagte: „Oh die ihr glaubt, esst von den guten Dingen, mit denen Wir euch versorgt haben.“ [2:172]. Dann erwähnte er (der Prophet) einen Mann, der lange reist, ungepflegt und staubbedeckt ist, und wie dieser seine Hände zum Himmel streckt (und dabei im Bittgebet sagt): „Oh Herr! Oh Herr!“, während seine Speise verboten ist, sein Trank verboten ist, seine Kleidung verboten ist und er von Verbotenem genährt wurde - wie soll er denn erhört werden?“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er berichtete: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, Allah ist gut und nimmt nur das Gute an. Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat. So sagte der Erhabene: ‚O ihr Gesandten, esst von den guten Dingen und handelt rechtschaffen. Ich weiß über das, was ihr tut, Bescheid.‘ [23:51]. Und der Erhabene sagte: ‚O die ihr glaubt, esst von den guten Dingen, mit denen Wir euch versorgt haben.‘ [2:172]. Dann erwähnte er (also der Prophet) einen Mann, der lange reist, ungepflegt und staubbedeckt ist, und wie dieser seine Hände zum Himmel streckt (und dabei im Bittgebet sagt): ‚O Herr! O Herr!‘, während seine Speise verboten ist, sein Trank verboten ist, seine Kleidung verboten ist und er von Verbotenem genährt wurde - wie soll er denn erhört werden?‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
 ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
 أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
 ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
 ثالثًا: يرفع يديه إلى السماء بالدعاء. 
 رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
 ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah gut, heilig und frei von Mängeln und Makeln ist, sowie mit dem Vollkommensten beschrieben wird. Er nimmt von den Taten, Aussagen und Glaubenslehren nur das, was gut ist, an. Dies ist das, was aufrichtig für Allah ist und der Führung des Propheten - Allahs Segen und Frieden auf ihm - entspricht. Es ist nicht erlaubt, dass man sich Allah mit etwas anderem als diesem nähert. Und zu dem gewaltigsten, wodurch man gute Taten erlangt, ist die gute Nahrung und dass diese vom Erlaubten ist. Dadurch werden die Taten rein. Aus diesem Grund befahl Allah den Gläubigen das, was Er den Gesandten befahl; nämlich das Erlaubte zu essen und das Gute zu tun. So sagte Er:  „Oh ihr Gesandten, esst von den guten Dingen und handelt rechtschaffen. Ich weiß über das, was ihr tut, Bescheid.“ [23:51] Und Er sagte: „Oh die ihr glaubt, esst von den guten Dingen, mit denen Wir euch versorgt haben.“ [2:172]
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah gut, allheilig und frei von Mängeln und Makeln ist, sowie mit dem Vollkommensten beschrieben wird. Er nimmt von den Taten, Aussagen und Glaubenslehren nur das, was gut ist, an. Dies ist das, was aufrichtig für Allah ist und der Führung des Propheten - Allahs Segen und Frieden auf ihm - entspricht. Es ist nicht erlaubt, dass man sich Allah mit etwas anderem als diesem nähert. Und zu dem gewaltigsten, wodurch man gute Taten erlangt, ist die gute Nahrung und dass diese vom Erlaubten ist. Dadurch werden die Taten rein. Aus diesem Grund befahl Allah den Gläubigen das, was Er den Gesandten befahl; nämlich das Erlaubte zu essen und das Gute zu tun. So sagte Er: „O ihr Gesandten, esst von den guten Dingen und handelt rechtschaffen. Ich weiß über das, was ihr tut, Bescheid.“ [23:51] Und Er sagte: „O die ihr glaubt, esst von den guten Dingen, mit denen Wir euch versorgt haben.“ [2:172]
 Daraufhin warnte er - Allahs Segen und Frieden auf ihm - davor, Verbotenes zu essen, was die Taten verdirbt und verhindert, dass sie akzeptiert werden, selbst wenn man äußerliche Gründe für die Akzeptanz der Taten erfüllt, wie z. B.:
-1. Das lange Reisen aufgrund von Gottesdiensten, wie der Pilgerfahrt, dem Jihad, dem Pflegen der Verwandtschaftsbande, usw.
+1. Das lange Reisen aufgrund von Gottesdiensten, wie der Pilgerfahrt, das Sich-Abmühen („Jihad“), dem Pflegen der Verwandtschaftsbande, usw.
 2. Zerzaustes Haar, da es nicht gekämmt wurde und eine veränderte Haut- und Kleidungsfarbe aufgrund des Staubs, sodass er in einer Notlage ist.
 3. Man hebt die Hände beim Bittgebet zum Himmel.
-4. Man nähert sich Allah durch Seine Namen und bittet Ihn dringlich: O mein Herr, o mein Herr!
-Trotz dieser Gründe für die Erhörung des Bittgebets wurde er nicht erhört, da sein Essen und Trinken und seine Kleidung verboten sind und er von Verbotenem genährt wurden. So jemand ist weit entfernt davon, dass er erhört wird. Und wie soll er erhört werden?!</t>
+4. Man nähert sich Allah durch (das Bitten mit) Seinen Namen und bittet Ihn dringlich: O mein Herr, o mein Herr!
+Trotz dieser Gründe für die Erhörung des Bittgebets wurde er nicht erhört, da sein Essen und Trinken und seine Kleidung verboten sind und er von Verbotenem genährt wurde. So jemand ist weit entfernt davon, dass er erhört wird. Und wie soll er erhört werden?!</t>
   </si>
   <si>
     <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
 الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
 استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
 من موانع استجابة الدعاء أكل الحرام.
 من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
 أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
 قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
   </si>
   <si>
-    <t>Die Vollkommenheit Allahs - mächtig und majestätisch ist Er - in Seinem Wesen, Seinen Eigenschaften, Seinen Taten und Seinen Urteilen.
+    <t>Die Vollkommenheit Allahs - mächtig und majestätisch ist Er - in Seinem Wesen, Seinen Attributen, Seinen Taten und Seinen Urteilen.
 Der Befehl, aufrichtig für Allah - mächtig und majestätisch ist Er - zu handeln und dem Propheten - Allahs Segen und Frieden auf ihm - zu folgen.
-Man nutzt das, was zum Handeln ermutigt, da der Prophet - Allahs Segen und Frieden auf ihm - sagte: "Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat.", und wenn der Gläubige weiß, dass dies eines der Gebote der Gesandten ist, wird er gestärkt und ermutigt, diesen nachzuahmen.
+Man nutzt das, was zum Handeln ermutigt, da der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat.“, und wenn der Gläubige weiß, dass dies eines der Gebote der Gesandten ist, wird er gestärkt und ermutigt, diesen nachzuahmen.
 Zu den Hinderungsgründen der Erhörung des Bittgebets gehört das Essen von Verbotenem.
 Zu den Gründen der Erhörung des Bittgebets gehören fünf Dinge: 
 1. Das lange Reisen, da man dabei gebrochen ist und dies zu den größten Gründen für die Erhörung zählt.
 2. Ein bedürftiger Zustand.
 3. Das Heben der Hände zum Himmel.
 4. Allah dringlich bitten, indem Seine Herrlichkeit wiederholt erwähnt wird und das ist das Gewaltigste, womit die Erhörung des Bittgebets erwartet wird.
 5. Gutes (erlaubtes) Essen und Trinken.
 Das Essen von Erlaubtem und Gutem ist ein Grund, der zu den rechtschaffenen Taten verhilft.
-Al-Qadi sagte: Das Gute ist das Gegenteil vom Üblen/Hässlichen. Wenn Er - erhaben ist Er - damit beschrieben wird, bedeutet es, dass Er frei von Mängeln und üblen Dinge ist. Wenn der Diener allgemein damit beschrieben wird, bedeutet es, dass er frei von üblen Charakterzügen und abscheulichen Taten ist und sich mit dem Gegenteil dessen ziert. Wenn die Besitztümer damit beschrieben werden, bedeutet es, dass sie erlaubt sind und zu den besten Besitztümern zählen.</t>
+Al-Qadi sagte: „Das Gute ist das Gegenteil vom Üblen. Wenn Er - erhaben ist Er - damit beschrieben wird, bedeutet es, dass Er frei von Mängeln und üblen Dingen ist. Wenn der Diener allgemein damit beschrieben wird, bedeutet es, dass er frei von üblen Charakterzügen und abscheulichen Taten ist und sich mit dem Gegenteil dessen ziert. Wenn die Besitztümer damit beschrieben werden, bedeutet es, dass sie erlaubt sind und zu den besten Besitztümern zählen.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4316</t>
   </si>
   <si>
     <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>„Wahrlich, Allah - mächtig und majestätisch ist Er - streckt Seine Hand in der Nacht aus, damit der Sünder des Tages bereut, und Er streckt Seine Hand am Tag aus, damit der Sünder der Nacht bereut, bis die Sonne im Westen aufgeht.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah - mächtig und majestätisch ist Er - streckt Seine Hand in der Nacht aus, damit der Sünder des Tages bereut, und Er streckt Seine Hand am Tag aus, damit der Sünder der Nacht bereut, bis die Sonne im Westen aufgeht.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass Allah - erhaben ist Er - die Reue Seiner Diener annimmt. Wenn der Diener am Tag eine Sünde begeht und in der Nacht bereut, nimmt Allah seine Reue an. Und wenn er in der Nacht eine Sünde begeht und am Tag bereut, nimmt Allah seine Reue an. Und Er - gepriesen sei Er - streckt Seine Hand zur Reue aus, erfreut darüber und akzeptierend. Das Tor der Reue bleibt offen, bis die Sonne im Westen aufgeht, als Zeichen für das Ende der Welt. Wenn sie dort aufgeht, wird das Tor der Reue geschlossen.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Die Annahme der Reue dauert an, solange ihr Tor offen ist, und ihr Tor schließt sich mit dem Aufgang der Sonne im Westen. Der Mensch sollte bereuen, bevor das Todesröcheln einsetzt, d. h., wenn die Seele den Kehlkopf erreicht.
 Man sollte niemals verzweifeln oder die Hoffnung aufgeben wegen einer Sünde, denn Allahs Vergebung und Barmherzigkeit sind unermesslich, und das Tor der Reue steht offen.
 Die Bedingungen der Reue:
 1. Das Aufhören mit der Sünde.
 2. Die Reue über die begangene Sünde.
 3. Die feste Entschlossenheit, niemals wieder zur Sünde zurückzukehren.
 Diese Bedingungen gelten, wenn die Sünde mit dem Recht Allahs - erhaben ist Er - zusammenhängen. Wenn die Sünde jedoch die Rechte anderer Menschen betrifft, ist es für die Gültigkeit der Reue zusätzlich erforderlich, dass man diese Rechte dem Betroffenen zurückgibt oder dass der Betroffene einem vergibt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4318</t>
   </si>
   <si>
     <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
-    <t>‚Wahrlich, Allah hat bei allen Dingen vorgeschrieben, sie auf die beste Art zu machen!</t>
+    <t>‚Wahrlich, Allah hat die Güte in jeder Sache vorgeschrieben</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
-    <t>Von Schaddad Ibn Aws - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Zwei Dinge habe ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - (auswendig)gelernt; er sagte: ‚Wahrlich, Allah hat bei allen Dingen vorgeschrieben, sie auf die beste Art zu machen! Solltet ihr also jemanden töten müssen, so tötet ihn auf die beste Art. Und schlachtet ihr, so schlachtet auf die beste Art; und man soll sein Messer schärfen und das Tier, das man schlachten will, zur Ruhe bringen!‘“</t>
+    <t>Von Schaddad Ibn Aws - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Zwei Dinge habe ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - (auswendig)gelernt; er sagte: ‚Wahrlich, Allah hat die Güte in jeder Sache vorgeschrieben. Wenn ihr also tötet, so tötet auf beste Weise. Und wenn ihr schlachtet, so schlachtet auf beste Weise. Und ein jeder von euch soll seine Klinge schärfen und sein Schlachttier entlasten (es von unnötiger Angst und vor unnötigem Schmerz verschonen).‘“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah uns dazu verpflichtet hat, alle Dinge auf die beste Art zu machen: d. h. sich stets bewusst zu machen, dass man von Allah gesehen wird. Das gilt sowohl für gottesdienstliche Handlungen, als auch für die Verrichtung von Gutem oder das Abwenden von Übel von anderen Geschöpfen. Dazu gehört auch, auf die beste Art und Weise zu töten und zu schlachten.
-[...1 lines deleted...]
-Die beste Art, nach den islamischen Regeln zu schlachten bedeutet, möglichst sanft mit dem Tier umzugehen, indem man das Schlachtinstrument zunächst schärft. Man schärft es jedoch nicht vor dem Tier, sodass es dabei zusehen muss und man schlachtet es nicht vor anderen Tieren, sodass sie dabei zusehen müssen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah uns dazu verpflichtet hat, alle Dinge auf die beste Art durchzuführen: d. h. sich stets bewusst zu machen, dass man von Allah gesehen wird. Das gilt sowohl für gottesdienstliche Handlungen, als auch für die Verrichtung von Gutem oder das Abwenden von Übel von anderen Geschöpfen. Dazu gehört auch, (ein Tier) auf die beste Art und Weise zu töten und zu schlachten.
+Die (von einem offiziell eingesetzten Richter) verhängte strafrechtliche Vergeltung eines vorsätzlichen Tötungsdelikts („Qisas“) auf die beste Art zu vollstrecken heißt, die leichteste, sanfteste und schnellste Art zu Töten auszuwählen.
+Die beste Art, nach den islamischen Regeln zu schlachten bedeutet, möglichst sanft mit dem Tier umzugehen, indem man das Schlachtinstrument zunächst schärft. Man schärft es jedoch nicht vor dem Tier, sodass es dabei zusehen muss und man schlachtet es auch nicht vor anderen Tieren, sodass sie dabei zusehen müssen.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Die Barmherzigkeit Allahs - mächtig und majestätisch ist Er - und Seine Güte gegenüber der Schöpfung.
 Das gute Töten und Schlachten erfolgt durch die islamisch vorgeschriebene Art.
 Die Vollkommenheit der islamischen Gesetzgebung und dass sie alles Gute einschließt; dies umfasst die Barmherzigkeit gegenüber den Tieren und den sanften Umgang mit ihnen.
 Es ist verboten, Menschen nach der Tötung zu verstümmeln.
 Jede Form der Tierquälerei ist verboten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4319</t>
   </si>
   <si>
     <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
-    <t>„Allah hat die guten und die schlechten Taten festgelegt und es anschließend näher ausgeführt: Beabsichtigt man eine gute Tat, vollbringt sie dann aber doch nicht, wird sie bei Allah als vollständige gute Tat niedergeschrieben. Beabsichtigt man sie und vollbringt sie tatsächlich, wird sie bei Allah als zehn gute Taten, bis zu siebenhundertmal mehr, bis zu vielen Malen mehr, niedergeschrieben. Beabsichtigt man hingegen eine schlechte Tat, begeht sie dann aber doch nicht, wird es bei Allah als vollständige gute Tat niedergeschrieben. Beabsichtigt man sie und begeht sie tatsächlich, schreibt sie Allah einem als eine einzige schlechte Tat nieder.“</t>
+    <t>„Wahrlich, Allah hat die guten und die schlechten Taten (nieder)geschrieben.“ Dann erläuterte er dies: „Wer also eine gute Tat (fest) beabsichtigt, sie aber dann nicht tut, so schreibt Allah diese bei Sich als eine vollständige gute Tat auf. Und wenn er sie (fest) beabsichtigt und sie sodann tut, so schreibt Allah diese bei Sich als zehn gute Taten bis zum 700-fachen und bis zum Vielfachen (von diesem) auf. Und wer eine schlechte Tat (fest) beabsichtigt, sie aber dann nicht tut, so schreibt Allah diese bei Sich als eine vollständige gute Tat auf. Und wenn er sie (fest) beabsichtigt und sodann tut, so schreibt Allah diese als eine einzige schlechte Tat auf.“</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird vom Propheten - Allahs Segen und Frieden auf ihm - unter den Dingen, die er von seinem Herrn berichtet, überliefert, dass er sagte: „Allah hat die guten und die schlechten Taten festgelegt und es anschließend näher ausgeführt: Beabsichtigt man eine gute Tat, vollbringt sie dann aber doch nicht, wird sie bei Allah als vollständige gute Tat niedergeschrieben. Beabsichtigt man sie und vollbringt sie tatsächlich, wird sie bei Allah als zehn gute Taten, bis zu siebenhundertmal mehr, bis zu vielen Malen mehr, niedergeschrieben. Beabsichtigt man hingegen eine schlechte Tat, begeht sie dann aber doch nicht, wird es bei Allah als vollständige gute Tat niedergeschrieben. Beabsichtigt man sie und begeht sie tatsächlich, schreibt sie Allah einem als eine einzige schlechte Tat nieder.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, über die Dinge, die er von seinem Herrn berichtet, dass er sagte: „Wahrlich, Allah hat die guten und die schlechten Taten (nieder)geschrieben.“ Dann erläuterte er dies: „Wer also eine gute Tat (fest) beabsichtigt, sie aber dann nicht tut, so schreibt Allah diese bei Sich als eine vollständige gute Tat auf. Und wenn er sie (fest) beabsichtigt und sie sodann tut, so schreibt Allah diese bei Sich als zehn gute Taten bis zum 700-fachen und bis zum Vielfachen (von diesem) auf. Und wer eine schlechte Tat (fest) beabsichtigt, sie aber dann nicht tut, so schreibt Allah diese bei Sich als eine vollständige gute Tat auf. Und wenn er sie (fest) beabsichtigt und sodann tut, so schreibt Allah diese als eine einzige schlechte Tat auf.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
-    <t>Der Gesandte - Allahs Segen und Frieden auf ihm - erklärt, dass Allah die guten und die schlechten Taten bestimmte/festlegte und dann den beiden Engeln (, die für die Niederschrift der Taten zuständig sind, ) verdeutlichte, wie sie diese niederschreiben sollen:
-[...1 lines deleted...]
-Und wer eine schlechte Tat begehen will, sie beabsichtigt und fest dazu entschlossen ist, sie jedoch um Allahs Willen unterlässt, dem wird dafür eine gute Tat niedergeschrieben. Wird sie unterlassen, weil man davon abgelenkt wurde, ohne die Ursachen dafür getan zu haben, wird nichts niedergeschrieben.  Unterlässt man sie, weil es einem nicht gelingt, wird einem seine schlechte Absicht niedergeschrieben. Begeht man sie tatsächlich, wird einem eine schlechte Tat niedergeschrieben.</t>
+    <t>Der Gesandte - Allahs Segen und Frieden auf ihm - verdeutlicht, dass Allah die guten und die schlechten Taten bestimmte und dann den beiden Engeln (, die für die Niederschrift der Taten zuständig sind,) verdeutlichte, wie sie diese niederschreiben sollen:
+Wer nun eine gute Tat verrichten möchte, sie beabsichtigt und fest dazu entschlossen ist, dem wird einem eine gute Tat niedergeschrieben, selbst wenn sie (am Ende) nicht verrichtet wurde. Erfolgt jedoch ihre Ausführung, wird sie zehn- bis 700-fach oder noch viele Male mehr entlohnt. Die Vermehrung hängt von der Aufrichtigkeit im Herzen und vom Nutzen der Tat etc. ab.
+Und wer eine schlechte Tat begehen will, sie beabsichtigt und fest dazu entschlossen ist, sie jedoch um Allahs Willen unterlässt, dem wird dafür eine gute Tat niedergeschrieben. Wird sie unterlassen, weil man davon abgelenkt wurde, ohne die Ursachen dafür getan zu haben, wird nichts niedergeschrieben. Unterlässt man sie, weil es einem nicht gelingt, wird einem seine schlechte Absicht niedergeschrieben. Begeht man sie tatsächlich, wird einem eine schlechte Tat niedergeschrieben.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
-    <t>Die Verdeutlichung der gewaltigen Gunst Allahs gegenüber dieser Glaubensgemeinschaft (der Muslime), indem die guten Taten bei Ihm vermehrt und niedergeschrieben werden und die Sünden nicht vermehrt werden.
-[...1 lines deleted...]
-Die Gunst, Nachsicht und Güte Allahs - mächtig und majestätisch ist Er -, da Allah demjenigen, der eine gute Tat beabsichtigt, sie aber nicht ausführt, diese als gute Tat niederschreibt.</t>
+    <t>Die Verdeutlichung der gewaltigen Huld Allahs gegenüber dieser Glaubensgemeinschaft (der Muslime), indem die guten Taten bei Ihm vermehrt und niedergeschrieben werden und die Sünden nicht vermehrt werden.
+Die Wichtigkeit der Absicht im Handeln und ihre Auswirkungen.
+Die Huld, Nachsicht und Güte Allahs - mächtig und majestätisch ist Er -, da Allah demjenigen, der eine gute Tat beabsichtigt, sie aber nicht ausführt, diese als gute Tat niederschreibt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4322</t>
   </si>
   <si>
     <t>أوصاني خليلي صلى الله عليه وسلم بثلاث: صيام ثلاثة أيام من كل شهر، وركعتي الضحى، وأن أوتر قبل أن أنام</t>
   </si>
   <si>
     <t>Mein geliebter Freund, Allahs Segen und Frieden auf ihm, empfahl mir drei Sachen: Das Fasten von drei Tagen in jedem Monat, zwei Gebetseinheiten vormittags (zu verrichten) und das Witr-Gebet zu verrichten, bevor ich schlafe</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَوْصَانِي خَلِيلِي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِثَلاَثٍ: صِيَامِ ثَلاَثَةِ أَيَّامٍ مِنْ كُلِّ شَهْرٍ، وَرَكْعَتَيِ الضُّحَى، وَأَنْ أُوتِرَ قَبْلَ أَنْ أَنَامَ.</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: "Mein geliebter Freund, Allahs Segen und Frieden auf ihm, empfahl mir drei Sachen: Das Fasten von drei Tagen in jedem Monat, zwei Gebetseinheiten vormittags (zu verrichten) und das Witr-Gebet zu verrichten, bevor ich schlafe."</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو هريرةَ رضي الله عنه أنَّ حبيبَه وصاحبَه النبيَّ صلى الله عليه وسلم أوصاه وعَهِدَ إليه  بثلاث خصالٍ: 
 الأولى: صوم ثلاثة أيام من كل شهر. 
 الثانية: ركعتي الضُّحَى كل يوم. 
 الثالثة: الوِتْر قبل النوم؛ وذلك لِمَن خاف أن لا يَستيقظ آخر الليل.</t>
   </si>
   <si>
     <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass sein Geliebter und sein Freund, der Prophet - Allahs Segen und Frieden auf ihm -, ihm einen Rat gab und ihn mit drei Eigenschaften/Taten beauftragte:
 Erstens: Das Fasten von drei Tagen in jedem Monat.
@@ -6200,446 +6661,753 @@
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah schaut weder auf euer Aussehen noch auf euer Vermögen, sondern Er schaut auf eure Herzen und Taten!‘“</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass Allah - gepriesen sei Er und erhaben ist Er - nicht schaut, ob Gestalt und Körper der Menschen schön oder hässlich, groß oder klein, gesund oder krank sind. Und er schaut auch nicht, ob ihr Vermögen viel oder wenig ist. Allah - mächtig und majestätisch ist Er - zieht die Menschen für diese Dinge und ihre unterschiedliche Verteilung nicht zur Verantwortung und rechnet nicht mit ihnen aufgrund von ihnen ab. Vielmehr schaut er auf ihre Herzen und darauf, was sie in ihnen an Gottesfurcht, Gewissheit, Ehrlichkeit und Aufrichtigkeit tragen, oder aber an Absicht zur Augendienerei und zum Ruhm. Und Er schaut auf ihre Taten, ob sie gut oder schlecht sind, und belohnt und bestraft sie dementsprechend.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Man muss sich darum kümmern, sein Herz in Ordnung zu bringen und es von allen missbilligten Eigenschaften reinigen.
 Ob das Herz in Ordnung ist, hängt von der Aufrichtigkeit ab und ob die Taten in Ordnung sind, hängt davon ab, inwieweit sie den Lehren des Propheten - Allahs Segen und Frieden auf ihm - entsprechen. Diese beiden Dinge sind das, worauf Allah - erhaben ist Er - schaut und welche Er beachtet.
 Der Mensch darf sich nicht von seinem Vermögen, seiner Schönheit, seinem Körper oder irgendeiner äußerlichen Erscheinung des diesseitigen Lebens täuschen lassen.
 Eine Warnung davor, sich auf die Äußerlichkeiten zu verlassen, ohne das Innere auszubessern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4555</t>
   </si>
   <si>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
+  </si>
+  <si>
+    <t>„Wahrlich, Allah und Sein Gesandter haben den Verkauf von Alkohol, Verendetem, Schwein/Schweinefleisch und Götzen verboten.‘</t>
+  </si>
+  <si>
+    <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
+  </si>
+  <si>
+    <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - im Jahr der Eroberung, als er in Makkah war, sagen hörte: „Wahrlich, Allah und Sein Gesandter haben den Verkauf von Alkohol, Verendetem, Schwein/Schweinefleisch und Götzen verboten.‘ Da wurde gesagt: ‚O Gesandter Allahs, was sagst du zum Fett des Verendeten? Damit werden die Schiffe bestrichen, das Leder eingerieben und die Menschen benutzen es für ihre Lampen?‘ Da sagte er: ‚Nein, es ist verboten.‘ Daraufhin sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: ‚Möge Allah die Juden vernichten! Wahrlich, Allah hat ihnen das Fett verboten. Dann haben sie es (durch Schmelzen) verflüssigt und danach verkauft. So haben sie sich dann seinen Erlös einverleibt.‘“</t>
+  </si>
+  <si>
+    <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
+  </si>
+  <si>
+    <t>Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - hörte den Propheten - Allahs Segen und Frieden auf ihm - im Jahr der Eroberung, als er in Makkah war, sagen: „Allah und Sein Gesandter haben den Verkauf von Alkohol, toten Tieren, Schweinefleisch und Götzen verboten.“ Da wurde gesagt: „O Gesandter Allahs, ist es erlaubt, das Fett von toten Tieren zu verkaufen? Denn es wird zum Beschichten von Schiffen, zum Einfetten von Leder und zum Anzünden von Lampen durch die Menschen verwendet.“ Er sagte: „Nein, sein Verkauf ist verboten.“ Dann sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm - dazu: „Möge Allah die Juden vernichten und verfluchen! Als Allah ihnen das Fett (von toten Tieren) verboten hat, schmolzen sie es ein, verkauften es dann und aßen von seinem Erlös.“</t>
+  </si>
+  <si>
+    <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
+قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
+قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
+كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
+قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
+  </si>
+  <si>
+    <t>An-Nawawi sagte: „Tote Tiere, Alkohol und Schweinefleisch: Die Muslime sind sich einig, dass es verboten ist, jedes einzelne davon zu verkaufen.“
+Al-Qadi sagte: „Dieser Hadith beinhaltet, dass das, was nicht erlaubt ist zu essen und zu nutzen, auch nicht verkauft werden darf, und es ist nicht erlaubt, seinen Erlös zu essen, wie bei den im Hadith erwähnten Fetten.“
+Ibn Hajar sagte: „Und sein Kontext deutet stark darauf hin, dass mit seinen Worten ‚Es ist verboten‘ der Verkauf gemeint ist, nicht die Nutzung.“
+Jede List, (durch die man versucht) etwas Verbotenes für erlaubt zu erklären, ist ungültig.
+An-Nawawi sagte: „Die Gelehrten sagten: Das allgemeine Verbot des Verkaufs von toten Tieren beinhaltet, dass es (ebenfalls) verboten ist, den Körper eines Ungläubigen zu verkaufen, wenn wir ihn getötet haben und die Ungläubigen ihn kaufen oder ein Lösegeld dafür zahlen wollen. Im Hadith heißt es, dass Nufayl Ibn 'Abdillah Al-Khuza'i am Tag des Grabens von den Muslimen getötet wurde, und die Ungläubigen dem Propheten - Allahs Segen und Frieden auf ihm - zehntausend Dirham für seinen Körper boten, aber er nahm sie nicht an und gab ihn ihnen zurück.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4556</t>
+  </si>
+  <si>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>„Hat Allah euch nicht etwas bereitgestellt, wovon ihr spenden könnt? Wahrlich, jede Tasbihah ist eine Spende, jede Takbirah ist eine Spende, jede Tahmidah ist eine Spende, jede Tahlilah ist eine Spende. Und das Gute zu gebieten ist eine Spende und Verwerfliches zu verbieten ist eine Spende. Und im Geschlechtsverkehr mit eurem Ehepartner liegt eine Spende.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Von Abu Dharr - möge Allah mit ihm zufrieden sein - wurde überliefert, dass einige Leute von den Gefährten des Propheten - Allahs Segen und Frieden auf ihm - zum Propheten - Allahs Segen und Frieden auf ihm - sagten: „O Gesandter Allahs, die reichen Leute haben alle Belohnungen an sich genommen. Sie beten, wie wir beten, fasten, wie wir fasten und spenden (dazu) auch noch von ihrem überschüssigen Besitz.“ Er - Allahs Segen und Frieden auf ihm - sagte: „Hat Allah euch nicht etwas bereitgestellt, wovon ihr spenden könnt? Wahrlich, jede Tasbihah ist eine Spende, jede Takbirah ist eine Spende, jede Tahmidah ist eine Spende, jede Tahlilah ist eine Spende. Und das Gute zu gebieten ist eine Spende und Verwerfliches zu verbieten ist eine Spende. Und im Geschlechtsverkehr mit eurem Ehepartner liegt eine Spende.“ Sie sagten: „O Gesandter Allahs, wenn einer von uns seine Lust befriedigt, so liegt für ihn darin eine Belohnung?“ Er sagte: „Was meint ihr, wenn er sein Verlangen auf verbotene Weise befriedigt hätte, würde ihm dann nicht eine Sünde angerechnet werden? Genauso steht ihm eine Belohnung zu, wenn er es auf erlaubte Weise befriedigt.“</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Einige der armen Gefährten beklagten sich beim Propheten - Allahs Segen und Frieden auf ihm - über ihre Situation und ihre Armut und darüber, dass sie keine Almosen mit Geld geben konnten, um große Belohnungen zu erhalten, wie es ihre wohlhabenden Brüder taten, und um Gutes zu tun wie sie. Sie sagten, dass die Reichen beten, wie sie beten, und fasten, wie sie fasten, und Almosen von ihrem überschüssigen Vermögen geben, während sie dies nicht tun können! Der Prophet - Allahs Segen und Frieden auf ihm - wies sie auf die Almosen hin, die sie leisten können; und er - Allahs Segen und Frieden auf ihm - sagte: „Hat Allah euch nicht das gegeben, womit ihr Almosen für euch selbst geben könnt? Wahrlich, eure Aussage ‚SubhanAllah‘ (Tasbih) bringt euch die Belohnung eines Almosens, ebenso ist eure Aussage ‚Allahu Akbar‘ (Takbir) ein Almosen, eure Aussage ‚Alhamdulillah‘ (Tahmid) ist ein Almosen, eure Aussage ‚La ilaha illa Allah‘ (Tahlil) ist ein Almosen, das Gebieten des Rechten ist ein Almosen, das Verbieten des Verwerflichen ist ein Almosen und sogar der Geschlechtsverkehr eines von euch mit seiner Frau ist ein Almosen.“ Sie waren überrascht und sagten: „O Gesandter Allahs, kann einer von uns seine Lust befriedigen und dafür auch noch eine Belohnung erhalten?“ Er sagte: „Was meint ihr, wenn er sie auf verbotene Weise befriedigen würde - wie durch Ehebruch oder ähnliches -, hätte er dafür eine Sünde? Ebenso ist es, wenn er sie auf erlaubte Weise befriedigt, er bekommt dafür eine Belohnung.“</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Das Wetteifern der Gefährten - möge Allah mit ihnen zufrieden sein - um gute Taten und ihr Streben nach großer Belohnung und Gunst von Allah - erhaben ist Er.
+Die Vielzahl der Möglichkeiten, Gutes zu tun, und dass sie jede Handlung umfassen, die ein Muslim mit guter Absicht und aufrichtiger Motivation ausführt.
+Die Leichtigkeit und Einfachheit des Islams, sodass jeder Muslim etwas findet, das er tun kann, um Allah zu gehorchen.
+An-Nawawi sagte: „Dies ist ein Beweis dafür, dass erlaubte Handlungen durch aufrichtige Absichten zu gottesdienstlichen Handlungen werden. So wird der Geschlechtsverkehr zu einer Anbetung, wenn man damit die Rechte der Ehefrau erfüllt und sie auf gute Weise behandelt, so wie Allah - erhaben ist Er - es befohlen hat, oder wenn man damit einen rechtschaffenen Nachkommen erhofft oder sich selbst oder die Ehefrau vor Unkeuschheit bewahrt oder sie beide davon abhält, etwas Verbotenes anzusehen, darüber nachzudenken, sich damit zu beschäftigen, oder andere gute Absichten verfolgt.“
+Das Geben von Beispielen und Analogien, um die Bedeutung für den Zuhörer klarer und einprägsamer zu machen.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4558</t>
+  </si>
+  <si>
     <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
   </si>
   <si>
-    <t>„Wahrlich, zu dem, was die Menschen von den Worten des anfänglichen Prophetentums erreicht hat, gehört: Wenn du dich nicht schämst, so mach, was du willst.“</t>
+    <t>„Wahrlich, zu dem, was die Menschen von den Worten des anfänglichen Prophetentums erreicht hat, gehört: ‚Wenn du dich nicht schämst, so mach, was du willst.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
   </si>
   <si>
-    <t>Von Abi Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, zu dem, was die Menschen von den Worten des anfänglichen Prophetentums erreicht hat, gehört: Wenn du dich nicht schämst, so mach, was du willst.“</t>
+    <t>Abu Mas'ud - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, zu dem, was die Menschen von den Worten des anfänglichen Prophetentums erreicht hat, gehört: ‚Wenn du dich nicht schämst, so mach, was du willst.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass zu den Ratschlägen der früheren Propheten und den Worten, die unter den Menschen Generation für Generation verbreitet und berichtet wurden, bis sie die Ersten dieser Glaubensgemeinschaft erreichten gehört: Schau, was du tun möchtest. Wenn es etwas ist, wofür man sich nicht schämen muss, tu es, und wenn es etwas ist, wofür man sich schämen sollte, lass es, denn die Schamhaftigkeit hält davon ab, Abscheuliches zu begehen. Wer also keine Schamhaftigkeit aufweist, wird in jede Abscheulichkeit und jedes Übel fallen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass zu den Ratschlägen der früheren Propheten und den Worten, die unter den Menschen Generation für Generation verbreitet und berichtet wurden, bis sie die Ersten dieser Glaubensgemeinschaft erreichten gehört: Schau, was du tun möchtest. Wenn es etwas ist, wofür man sich nicht schämen muss, tu es, und wenn es etwas ist, wofür man sich schämen sollte, lass es, denn die Schamhaftigkeit hält davon ab, Abscheuliches zu begehen. Wer also keine Schamhaftigkeit aufweist, wird in jede Abscheulichkeit und jedes Übel fallen.</t>
   </si>
   <si>
     <t>الحياء أصل الأخلاق الكريمة.
 الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
 الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
 قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
   </si>
   <si>
     <t>Die Schamhaftigkeit ist die Grundlage aller edlen Charakterzüge.
 Die Schamhaftigkeit ist eine Charaktereigenschaft der Propheten - Frieden sei auf ihnen - und wurde von ihnen überliefert.
 Die Schamhaftigkeit ist es, die den Muslim das tun lässt, was ihn verschönert und verziert, und das unterlassen lässt, was ihn beschmutzt und entwürdigt.
-An-Nawawi sagte: Der Befehl hierin weist auf die Erlaubnis hin, d. h. wenn du etwas tun möchtest, wofür man sich weder vor Allah noch vor den Menschen schämt, wenn man es tut, so tu es. Wenn es nicht so ist, so tu es nicht. Hierum dreht sich der Islam und damit ist gemeint, dass man sich schämen sollte, die Pflicht und das Erwünschte zu unterlassen, und das Verbotene und das Verpönte zu begehen. Was das Erlaubte angeht, so darf man sich dabei schämen, es zu tun oder zu unterlassen. Dieser Hadith umfasst alle fünf (Bereiche der) Urteile. Es wurde auch gesagt, dass es ein Befehl der Warnung ist und bedeutet: Wenn die Schamhaftigkeit dir entrissen wurde, so tu was du willst, denn Allah wird dir dafür vergelten. Und es wurde auch gesagt, dass der Befehl die Benachrichtigung meint, dass derjenige, der sich nicht schämt, tut was er will.</t>
+An-Nawawi sagte: „Der Befehl hierin weist auf die Erlaubnis hin, d. h. wenn du etwas tun möchtest, wofür man sich weder vor Allah noch vor den Menschen schämt, wenn man es tut, so tu es. Wenn es nicht so ist, so tu es nicht. Hierum dreht sich der Islam und damit ist gemeint, dass man sich schämen sollte, die Pflicht und das Erwünschte zu unterlassen, und das Verbotene und das Verpönte zu begehen. Was das Erlaubte angeht, so darf man sich dabei schämen, es zu tun oder zu unterlassen. Dieser Hadith umfasst alle fünf (Bereiche der) Urteile. Es wurde auch gesagt, dass es ein Befehl der Warnung ist und bedeutet: Wenn die Schamhaftigkeit dir entrissen wurde, so tu was du willst, denn Allah wird dir dafür vergelten. Und es wurde auch gesagt, dass der Befehl die Benachrichtigung meint, dass derjenige, der sich nicht schämt, tut was er will.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4559</t>
   </si>
   <si>
     <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>„Die Taten sind nur entsprechend der Absichten und jedem (Menschen) gebührt nur das, was er beabsichtigte.“</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
-    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Taten sind nur entsprechend der Absicht und jedem (Menschen) gebührt nur das, was er beabsichtigte. Wer also seine Auswanderung zu Allah und Seinem Gesandten vollzog, dessen Auswanderung ist zu Allah und Seinem Gesandten (und wird entsprechend vergolten); und wer seine Auswanderung für einen Teil (einen Vorteil) des diesseitigen Lebens unternimmt oder (für) eine Frau, um sie zu heiraten, so ist seine Auswanderung zu dem, zu dem er ausgewandert ist (und wird entsprechend bewertet).‘
+    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Taten sind nur entsprechend der Absicht und jedem (Menschen) gebührt nur das, was er beabsichtigte. Wer also seine Auswanderung zu Allah und Seinem Gesandten vollzog, dessen Auswanderung ist zu Allah und Seinem Gesandten (und wird entsprechend vergolten); und wer seine Auswanderung für einen Teil (einen Vorteil) des diesseitigen Lebens unternimmt oder (für) eine Frau, um sie zu heiraten, so ist seine Auswanderung zu dem, zu dem er ausgewandert ist (und wird entsprechend bewertet).‘“
 Und in einer Version bei Al-Bukhari heißt es: „Die Taten sind nur entsprechend der Absichten und jedem (Menschen) gebührt nur das, was er beabsichtigte.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass bei jeder Tat die Absicht ausschlaggebend ist und dass diese Regelung allgemein für alle gottesdienstlichen und weltlichen Handlungen gilt. Wer also mit seiner Tat einen bestimmten Nutzen beabsichtigt, wird ausschließlich diesen Nutzen erhalten und es gibt keinen Lohn für ihn, und wer mit seiner Tat beabsichtigt, Allah - erhaben ist Er - näher zu kommen, wird für seine Tat belohnt, selbst wenn es eine reguläre Handlung wie Essen und Trinken sein sollte.
-Im Anschluss nennt er - Allahs Segen und Frieden auf ihm - ein Beispiel, um die Wirkung der Absicht bei äußerlich gleich erscheinenden Taten zu verdeutlichen: Wer, wenn er auswandert und seine Heimat verlässt, die Zufriedenheit seines Herrn sucht, der hat eine gesetzlich anerkannte Auswanderung vollzogen, die von ihm angenommen und für die er belohnt wird, da er eine aufrichtige Absicht hegte. Wer mit seiner Auswanderung einen diesseitigen Nutzen, wie Vermögen, Ansehen, Handel/Geschäfte oder eine Ehefrau beabsichtigt, wird für seine Auswanderung nichts als diesen Nutzen erhalten, den er beabsichtigt hat, und er wird keinen Anteil des Lohns und der Belohnung erhalten.</t>
+Im Anschluss nannte er - Allahs Segen und Frieden auf ihm - ein Beispiel, um die Wirkung der Absicht bei äußerlich gleich erscheinenden Taten zu verdeutlichen: Wer, wenn er auswandert und seine Heimat verlässt, die Zufriedenheit seines Herrn sucht, der hat eine gesetzlich anerkannte Auswanderung vollzogen, die von ihm angenommen und für die er belohnt wird, da er eine aufrichtige Absicht hegte. Wer mit seiner Auswanderung einen diesseitigen Nutzen, wie Vermögen, Ansehen, Handelsgeschäfte oder eine Ehefrau beabsichtigt, wird für seine Auswanderung nichts als diesen Nutzen erhalten, den er beabsichtigt hat, und er wird keinen Anteil des Lohns und der Belohnung erhalten.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Der Ansporn zur Aufrichtigkeit, denn Allah nimmt nur Taten an, die ausschließlich für Sein Angesicht verrichtet werden.
 Die Handlungen, durch die man sich Allah - mächtig und majestätisch ist Er - annähert, bringen keine Belohnung, wenn der Verpflichtete sie nur aus Gewohnheit verrichtet, bis er beabsichtigt, sich damit Allah zu nähern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4560</t>
   </si>
   <si>
     <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
-    <t>Der Islam ist deine Bezeugung, dass es keine anbetungswürdige Gottheit gibt, außer Allah und dass Muhammad der Gesandte Allahs ist, dass du das Gebet verrichtest, die Almosensteuer entrichtest, den Ramadan fastest und zu dem Haus (Allahs, der Ka'bah) pilgerst, sofern dir dies möglich ist</t>
+    <t>Der Islam ist deine Bezeugung, dass es keine anbetungswürdige Gottheit gibt, außer Allah und dass Muhammad der Gesandte Allahs ist, dass du das Gebet verrichtest, die Pflichtabgabe entrichtest, den Ramadan fastest und zu dem Haus (Allahs, der Ka'bah) pilgerst, sofern dir dies möglich ist</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
-    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Während wir an jenem Tag beim Gesandten Allahs - Allahs Segen und Frieden auf ihm - saßen, erschien vor uns ein Mann mit strahlend weißer Kleidung und nachtschwarzem Haar. Weder waren an ihm Spuren der Reise zu erkennen noch war er einem von uns bekannt. Schließlich setzte er sich zum Propheten - Allahs Segen und Frieden auf ihm -, wobei er mit seinen Knien die Knie des Propheten - Allahs Segen und Frieden auf ihm - berührte und die Handflächen auf seine Oberschenkel legte und (zu Ihm) sprach: ‚O Muhammad, berichte mir vom Islam!‘ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - antwortete daraufhin: ‚Der Islam ist deine Bezeugung, dass es keine anbetungswürdige Gottheit gibt, außer Allah und dass Muhammad der Gesandte Allahs ist, dass du das Gebet verrichtest, die Almosensteuer entrichtest, den Ramadan fastest und zu dem Haus (Allahs, der Ka'bah) pilgerst, sofern dir dies möglich ist.‘
-Er (der Mann) sagte: ‚Du hast recht gesprochen,‘ und wir wunderten uns über ihn, dass er ihn (zuerst) fragt und seine Worte dann selbst für wahr erklärt. Er sagte (weiter): ‚So berichte mir von der Überzeugung/dem Glaube (Al-Iman)!‘ Er antwortete: ‚Dass du an Allah, Seine Engel, Seine Bücher, Seine Gesandten und den Jüngsten Tag glaubst und dass du an die göttliche Vorherbestimmung (Al-Qadr), sowohl im Guten als auch im Schlechten glaubst.‘ Er (der Mann) sagte: ‚Du hast recht gesprochen. So berichte mir von der Vollkommenheit im Gottesdienst (Al-Ihsan)!‘ Er (der Prophet) antwortete: ‚Dass du Allah (in solch einer Art und Weise) dienst, als würdest du Ihn sehen, und wenn du Ihn (auch) nicht siehst, so sieht Er doch dich.‘ Er (der Mann)sagte: ‚So berichte mir von der Stunde!‘ Er (der Prophet) antwortete: ‚Der Befragte weiß nicht mehr darüber als der Fragende.‘ Er (der Mann) sagte: ‚So berichte mir von ihren Anzeichen.‘ Er (der Prophet) erwiderte: ‚(Zu ihren Anzeichen gehört), dass die Sklavin ihre eigene Herrin gebärt und dass du siehst, wie barfüßige, nackte und bedürftige Schafhirten sich (mit einem Mal) gegenseitig im Bauen von Hochhäusern zu übertreffen versuchen.‘ Anschließend ging er fort und wir verblieben eine Weile. Dann sagte er (der Prophet): ‚O 'Umar, weißt du wer der Fragende war?‘ Ich antwortete: ‚Allah und Sein Gesandter wissen es am besten.‘ Er sagte: ‚Das war tatsächlich (der Engel) Jibril, der zu euch gekommen ist, um euch in eurer Religion zu belehren.‘“</t>
+    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Während wir an jenem Tag beim Gesandten Allahs - Allahs Segen und Frieden auf ihm - saßen, erschien vor uns ein Mann mit strahlend weißer Kleidung und nachtschwarzem Haar. Weder waren an ihm Spuren der Reise zu erkennen noch war er einem von uns bekannt. Schließlich setzte er sich zum Propheten - Allahs Segen und Frieden auf ihm -, wobei er mit seinen Knien die Knie des Propheten - Allahs Segen und Frieden auf ihm - berührte und die Handflächen auf seine Oberschenkel legte und (zu Ihm) sprach: ‚O Muhammad, berichte mir vom Islam!‘ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - antwortete daraufhin: ‚Der Islam ist deine Bezeugung, dass es keine anbetungswürdige Gottheit gibt, außer Allah und dass Muhammad der Gesandte Allahs ist, dass du das Gebet verrichtest, die Pflichtabgabe entrichtest, den Ramadan fastest und zu dem Haus (Allahs, der Ka'bah) pilgerst, sofern dir dies möglich ist.‘ Er (der Mann) sagte: ‚Du hast recht gesprochen,‘ und wir wunderten uns über ihn, dass er ihn (zuerst) fragt und seine Worte dann selbst für wahr erklärt. Er sagte (weiter): ‚So berichte mir von der Überzeugung/dem Glaube („Iman“)!‘ Er antwortete: ‚Dass du an Allah, Seine Engel, Seine Bücher, Seine Gesandten und den Jüngsten Tag glaubst und dass du an die göttliche Vorherbestimmung („Qadar“), sowohl im Guten als auch im Schlechten glaubst.‘ Er (der Mann) sagte: ‚Du hast recht gesprochen. So berichte mir von der Vollkommenheit im Gottesdienst („Ihsan“)!‘ Er (der Prophet) antwortete: ‚Dass du Allah (in solch einer Art und Weise) dienst, als würdest du Ihn sehen, und wenn du Ihn (auch) nicht siehst, so sieht Er doch dich.‘ Er (der Mann) sagte: ‚So berichte mir von der Stunde!‘ Er (der Prophet) antwortete: ‚Der Befragte weiß nicht mehr darüber als der Fragende.‘ Er (der Mann) sagte: ‚So berichte mir von ihren Anzeichen.‘ Er (der Prophet) erwiderte: ‚(Zu ihren Anzeichen gehört), dass die Sklavin ihre eigene Herrin gebärt und dass du siehst, wie barfüßige, nackte und bedürftige Schafhirten sich (mit einem Mal) gegenseitig im Bauen von Hochhäusern zu übertreffen versuchen.‘ Anschließend ging er fort und wir verblieben eine Weile. Dann sagte er (der Prophet): ‚O 'Umar, weißt du wer der Fragende war?‘ Ich antwortete: ‚Allah und Sein Gesandter wissen es am besten.‘ Er sagte: ‚Das war tatsächlich (der Engel) Jibril, der zu euch gekommen ist, um euch in eurer Religion zu belehren.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
-    <t>'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - berichtet, dass Jibril - Friede sei auf ihm - in der Gestalt eines unbekannten Mannes bei den Gefährten - möge Allah mit ihnen zufrieden sein - erschien. Zu seinen Eigenschaften gehörten strahlend weiße Kleidung und tiefschwarzes Haar. An ihm waren keine Spuren der Reise, wie Müdigkeit, Staub, zerzaustes Haar oder schmutzige Kleidung, zu erkennen, und keiner der Anwesenden kannte ihn. Sie saßen beim Propheten - Allahs Segen und Frieden auf ihm - und er setzte sich in die Haltung eines Lernenden vor den Propheten - Allahs Segen und Frieden auf ihm - und fragte ihn über den Islam. Der Prophet antwortete ihm mit diesen Säulen, die das Bekenntnis zu den beiden Glaubensbekenntnissen, das Einhalten der fünf täglichen Gebete, das Geben der Almosensteuer an diejenigen, die ein Anrecht darauf haben, das Fasten im Monat Ramadan und die Pflicht zur Pilgerfahrt für diejenigen, die dazu in der Lage sind, umfassen.
+    <t>'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - berichtet, dass Jibril - Frieden sei auf ihm - in der Gestalt eines unbekannten Mannes bei den Gefährten - möge Allah mit ihnen zufrieden sein - erschien. Zu seinen (äußeren) Eigenschaften gehörten strahlend weiße Kleidung und tiefschwarzes Haar. An ihm waren keine Spuren der Reise, wie Müdigkeit, Staub, zerzaustes Haar oder schmutzige Kleidung, zu erkennen, und keiner der Anwesenden kannte ihn. Sie saßen beim Propheten - Allahs Segen und Frieden auf ihm - und er setzte sich in die Haltung eines Lernenden vor den Propheten - Allahs Segen und Frieden auf ihm - und fragte ihn über den Islam. Da antwortete er ihm mit diesen Säulen, die das Bekenntnis zu den beiden Glaubensbekenntnissen, das Einhalten der fünf täglichen Gebete, das Geben der Pflichtabgabe an diejenigen, die ein Anrecht darauf haben, das Fasten im Monat Ramadan und die Pflicht zur Pilgerfahrt für diejenigen, die dazu in der Lage sind, umfassen.
 Da sagte der Fragende: „Du hast die Wahrheit gesprochen.“ Die Gefährten waren erstaunt über seine Frage, die darauf hinzudeuten schien, dass er keine Kenntnis davon hatte, und dann die Antwort jedoch bestätigte.
-Dann fragte er ihn nach dem Glauben (Iman), und er antwortete ihm mit diesen sechs Säulen des Glaubens, die den Glauben an die Existenz Allahs - erhaben ist Er -, Seine Eigenschaften und die Einzigkeit Seiner Handlungen wie die Schöpfung und die Einzigkeit Seiner Anbetung beinhalten. Auch (beinhalten sie) den Glauben an die Engel, die Allah aus Licht erschaffen hat und die geehrte Diener sind; sie sind Allah - erhaben ist Er - nicht ungehorsam und handeln nach Seinem Befehl. Weiterhin (umfassen sie) den Glauben an die Bücher, die Allah - erhaben ist Er - den Gesandten offenbart hat, wie den Quran, die Thora, das Evangelium und andere. Ebenso den Glauben an die Gesandten, die Allahs Religion übermitteln, darunter Nuh, Ibrahim, Musa, 'Isa und der letzte von ihnen, Muhammad - Allahs Segen und Friede auf ihnen allen -, sowie andere Propheten und Gesandte. Und den Glauben an den Jüngsten Tag, was auch das beinhaltet, was nach dem Tod kommt, wie das Grab und das Zwischenleben (zwischen Tod und Auferweckung), dass der Mensch nach dem Tod auferweckt und zur Rechenschaft gezogen wird, und sein Ausgang entweder ins Paradies oder in die Hölle führt. (Zu den Säulen gehört) auch der Glauben daran, dass Allah die Dinge gemäß Seinem vorherigen Wissen und Seiner Weisheit bestimmt hat, dass Er sie niedergeschrieben hat, dass sie nach Seinem Willen geschehen und dass Er sie erschaffen hat. Dann fragte er ihn nach dem Ihsan, und er erklärte ihm, dass Ihsan bedeutet, Allah so zu dienen, als ob man Ihn sähe. Wenn man diese Stufe nicht erreichen kann, dann soll man Allah so dienen, als ob Allah einen sieht. Das erste ist die Stufe der Beobachtung (Al-Muschahadah), die höher ist, und das zweite ist die Stufe der Überwachung (Al-Muraqabah).
+Dann fragte er ihn nach dem Glauben („Iman“), und er antwortete ihm mit diesen sechs Säulen des Imans, die den Iman an die Existenz Allahs - erhaben ist Er -, Seine Eigenschaften und die Einzigkeit Seiner Handlungen wie die Schöpfung und die Einzigkeit Seiner Anbetung beinhalten. Auch (beinhalten sie) den Iman an die Engel, die Allah aus Licht erschaffen hat und die geehrte Diener sind; sie sind Allah - erhaben ist Er - nicht ungehorsam und handeln nach Seinem Befehl. Weiterhin (umfassen sie) den Iman an die Bücher, die Allah - erhaben ist Er - den Gesandten offenbart hat, wie den Quran, die Thora, das Evangelium und andere. Ebenso den Iman an die Gesandten, die Allahs Religion übermitteln, darunter Nuh, Ibrahim, Musa, 'Isa und der letzte von ihnen, Muhammad - Allahs Segen und Friede auf ihnen allen -, sowie andere Propheten und Gesandte. Und den Iman an den Jüngsten Tag, was auch das beinhaltet, was nach dem Tod kommt, wie das Grab und das Zwischenleben (zwischen Tod und Auferweckung), dass der Mensch nach dem Tod auferweckt und zur Rechenschaft gezogen wird, und sein Ausgang entweder ins Paradies oder in die Hölle führt. (Zu den Säulen gehört) auch der Iman daran, dass Allah die Dinge gemäß Seinem vorherigen Wissen und Seiner Weisheit bestimmt hat, dass Er sie niedergeschrieben hat, dass sie nach Seinem Willen geschehen und dass Er sie erschaffen hat. Dann fragte er ihn nach dem Ihsan, und er erklärte ihm, dass Ihsan bedeutet, Allah so zu dienen, als ob man Ihn sähe. Wenn man diese Stufe nicht erreichen kann, dann soll man Allah so dienen, als ob Allah einen sieht. Das erste ist die Stufe der Beobachtung („Muschahadah“), die höher ist, und das zweite ist die Stufe der Überwachung („Muraqabah“).
 Dann fragte er ihn: „Wann ist die Stunde (des Jüngsten Gerichts)?“ Der Prophet - Allahs Segen und Frieden auf ihm - erklärte daraufhin, dass das Wissen über die Stunde zu den Dingen gehört, die Allah Sich allein vorbehalten hat. Niemand von den Geschöpfen weiß es, weder derjenige, der gefragt wird, noch der Fragende.
-Dann fragte er ihn nach den Zeichen der Stunde. Er erklärte, dass zu ihren Zeichen gehört, dass die Zahl der Sklavinnen und ihrer Kinder zunehmen wird oder dass die Kinder mit ihren Müttern schlecht umgehen und sie wie Sklavinnen behandeln. Außerdem wird am Ende der Zeit den Hirten und Armen die Welt offenstehen und sie werden sich mit der Verzierung und dem Bau von Gebäuden rühmen.
-Dann berichtete der Prophet - Allahs Segen und Frieden auf ihm - dass der Fragende Jibril war, der gekommen war, um den Gefährten diese reine Religion zu lehren.</t>
+Dann fragte er ihn nach den Zeichen der Stunde. Er erklärte, dass zu ihren Zeichen gehört, dass die Zahl der Sklavinnen und ihrer Kinder zunehmen wird oder dass die Kinder mit ihren Müttern schlecht umgehen und sie wie Sklavinnen behandeln. Außerdem wird am Ende der Zeit den Hirten und Bedürftigen die Welt offenstehen und sie werden sich mit der Verzierung und dem Bau von Gebäuden rühmen.
+Dann berichtete der Prophet - Allahs Segen und Frieden auf ihm - dass der Fragende Jibril war, der erschienen war, um den Gefährten („Sahabah“) diese reine Religion zu lehren.</t>
   </si>
   <si>
     <t>حُسْن خُلُقِ النبي صلى الله عليه وسلم، وأنه يجلس مع أصحابه ويجلسون إليه.
 مشروعية الرفق بالسائل وتقريبه، ليتمكن من السؤال غير مُنْقَبِضٍ ولا خائف.
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Der gute Charakter des Propheten - Allahs Segen und Frieden auf ihm - und dass er mit seinen Gefährten zusammensaß und sie mit ihm zusammensaßen.
 Die Zulässigkeit, freundlich zu den Fragenden zu sein und sie näher heranzulassen, damit sie ihre Fragen stellen können, ohne sich unwohl oder ängstlich zu fühlen.
-Der Anstand gegenüber dem Lehrer, wie es Jibril - Friede sei auf ihm - tat, als er sich ehrerbietig vor den Propheten - Allahs Segen und Frieden auf ihm - setzte, um von ihm zu lernen.
-Die Säulen des Islams sind fünf, und die Grundlagen des Glaubens sind sechs.
+Der Anstand gegenüber dem Lehrer, wie es Jibril - Frieden sei auf ihm - tat, als er sich ehrerbietig vor den Propheten - Allahs Segen und Frieden auf ihm - setzte, um von ihm zu lernen.
+Die Säulen des Islams sind fünf, und die Grundlagen des Imans sind sechs.
 Wenn Islam und Iman zusammen erwähnt werden, wird Islam als die äußeren Handlungen und Iman als die inneren Überzeugungen interpretiert.
 Die Religion hat verschiedene Stufen: Die erste Stufe ist der Islam, die zweite der Iman und die dritte und höchste Stufe ist der Ihsan.
 Die grundlegende Annahme bei einem Fragenden ist, dass er nicht weiß, und Unwissenheit ist der Grund für das Fragen. Daher waren die Gefährten erstaunt über seine Frage und seine anschließende Bestätigung.
-Man beginnt mit dem Wichtigsten und geht dann zum weniger Wichtigen über; daher wurden die beiden Glaubensbekenntnisse zuerst bei der Erklärung des Islams genannt und der Glaube an Allah zuerst bei der Erklärung des Imans.
+Man beginnt mit dem Wichtigsten und geht dann zum weniger Wichtigen über; daher wurden die beiden Glaubensbekenntnisse zuerst bei der Erklärung des Islams genannt und der Iman an Allah zuerst bei der Erklärung des Imans.
 Das Fragen von Gelehrten über Dinge, die der Fragende selbst nicht weiß, um andere zu belehren.
 Das Wissen über die Stunde (des Jüngsten Gerichts) gehört zu dem Wissen, das Allah Sich allein vorbehalten hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4563</t>
   </si>
   <si>
     <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
   </si>
   <si>
-    <t>„Lasse das, was in dir Zweifel weckt, für das, was in dir keine Zweifel weckt, denn die Wahrhaftigkeit ist (innere) Ruhe und die Lüge ist Zweifel.“</t>
+    <t>‚Lasse das, was in dir Zweifel weckt, für das, was in dir keine Zweifel weckt, denn die Wahrhaftigkeit ist (innere) Ruhe und die Lüge ist Zweifel.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
   </si>
   <si>
-    <t>Von Abu Al-Hawra' As-Sa'di wird überliefert, dass er sagte: Ich sagte zu Al-Hasan Ibn 'Ali - möge Allah mit ihm und seinem Vater zufrieden sein: Was hast du vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - gelernt? Er sagte: Ich habe vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - gelernt: „Lasse das, was in dir Zweifel weckt, für das, was in dir keine Zweifel weckt, denn die Wahrhaftigkeit ist (innere) Ruhe und die Lüge ist Zweifel.“</t>
+    <t>Von Abu Al-Hawra' As-Sa'di wird überliefert, dass er sagte: Ich sagte zu Al-Hasan Ibn 'Ali - möge Allah mit ihm und seinem Vater zufrieden sein: Was hast du vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - gelernt? Er sagte: Ich habe vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - gelernt: ‚Lasse das, was in dir Zweifel weckt, für das, was in dir keine Zweifel weckt, denn die Wahrhaftigkeit ist (innere) Ruhe und die Lüge ist Zweifel.‘“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, dass man die Aussagen und Taten unterlassen sollte, bei denen man zweifelt, ob sie untersagt sind oder nicht, ob sie verboten oder erlaubt sind. Stattdessen soll man das tun, wobei man keinen Zweifel hat und sich sicher ist, dass es gut und erlaubt ist, denn das Herz findet dabei Ruhe und Frieden. Das, worin Zweifel liegt, verunsichert dahingegen das Herz und verwirrt es.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - ordnete an, dass man die Aussagen und Taten unterlassen sollte, bei denen man zweifelt, ob sie untersagt sind oder nicht, ob sie verboten oder erlaubt sind. Stattdessen soll man das tun, wobei man keinen Zweifel hat und sich sicher ist, dass es gut und erlaubt ist, denn das Herz findet dabei Ruhe und Frieden. Das, worin Zweifel liegt, verunsichert dahingegen das Herz und verwirrt es.</t>
   </si>
   <si>
     <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
 النهي عن الوقوع في الشبهات.
 إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
 رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
   </si>
   <si>
     <t>Der Muslim sollte seine Angelegenheiten auf Gewissheit aufbauen und das Zweifelhafte unterlassen. Er sollte in Bezug auf seine Religion immer auf einem klaren Weg sein.
 Die Untersagung, Scheinargumenten zu verfallen.
 Wenn du innere Ruhe und Frieden möchtest, musst du das Zweifelhafte unterlassen und beiseite tun.
 Die Barmherzigkeit Allahs mit Seinen Dienern, da Er ihnen das befiehlt, worin der Seelenfrieden und  ein ruhiges Gewissen liegt, und das untersagt, worin Unsicherheit und Zweifel liegt.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/4564</t>
   </si>
   <si>
     <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>„Das Gebet eines Mannes in der Gemeinschaft übertrifft sein Gebet zu Hause oder auf dem Markt um siebenundzwanzig Stufen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Gebet eines Mannes in der Gemeinschaft übertrifft sein Gebet zu Hause oder auf dem Markt um siebenundzwanzig Stufen. Dies liegt daran, dass, wenn einer von euch die Gebetswaschung vornimmt und sie gut verrichtet, dann zur Moschee geht, ohne von etwas anderem als dem Gebet bewegt zu werden und nur das Gebet beabsichtigt, jeder seiner Schritte ihn um eine Stufe erhöht und eine Sünde von ihm tilgt, bis er die Moschee betritt. Wenn er die Moschee betritt, befindet er sich im Gebet, solange das Gebet ihn zurückhält (und er darauf wartet). Und die Engel beten für einen von euch, solange er an seinem Platz bleibt, an dem er gebetet hat, und sagen: ‚O Allah, erbarme Dich seiner. O Allah, vergib ihm. O Allah, nimm seine Reue an.‘, solange er dort keinen Schaden anrichtet oder etwas Unrechtes tut.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass, wenn ein Muslim in Gemeinschaft betet, dieses Gebet siebenundzwanzig Mal besser ist als sein Gebet zu Hause oder auf dem Markt. Dann erwähnte er den Grund dafür: Wenn ein Mann die Gebetswaschung vornimmt und sie vollständig und gut verrichtet, dann zur Moschee geht, nur mit der Absicht zu beten, wird er für jeden Schritt, den er macht, um eine Stufe erhöht und eine Sünde wird ihm getilgt. Wenn er die Moschee betritt und sich hinsetzt, um auf das Gebet zu warten, erhält er die Belohnung des Gebets, solange er darauf wartet. Die Engel beten für ihn, solange er an seinem Platz bleibt, an dem er gebetet hat, und sagen: „O Allah, vergib ihm. O Allah, erbarme Dich seiner. O Allah, nimm seine Reue an.“, solange er seine Gebetswaschung nicht bricht oder etwas tut, das den Menschen oder den Engeln schadet.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Das Gebet eines einzelnen Mannes zu Hause oder auf dem Markt ist gültig, aber er sündigt, wenn er ohne Entschuldigung nicht in der Gemeinschaft betet.
 Das Gemeinschaftsgebet in der Moschee ist besser als das Gebet einer einzelnen Person um fünf-, sechs- oder siebenundzwanzig Stufen.
 Eine der Aufgaben der Engel ist es, für die Gläubigen zu beten.
 Der Vorzug, im Zustand der rituellen Reinheit (Wudu) zur Moschee zu gehen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4566</t>
   </si>
   <si>
+    <t>كل سلامى من الناس عليه صدقة</t>
+  </si>
+  <si>
+    <t>„Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende an jedem Tag, an dem die Sonne aufgeht. Zwischen zwei Menschen Gerechtigkeit zu schaffen, ist eine Spende. Und jemandem mit seinem Reittier zu helfen, sodass du ihm bei dessen Besteigen oder beim Aufladen seiner Ware hilfst, ist eine Spende. Und das gute Wort ist eine Spende. Und jeder Schritt, den du zum Gebet gehst, ist eine Spende. Und das Entfernen schädlicher Dinge vom Weg, ist eine Spende.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
+وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
+عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
+وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
+والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
+وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
+وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass jeder rechtsfähige Muslim jeden Tag eine freiwillige Spende an Allah - erhaben ist Er - in Höhe der Anzahl seiner Gelenke leisten sollte, als Dank für seine Gesundheit und dafür, dass Allah seine Knochen mit Gelenken versehen hat, die ihm ermöglichen, zu greifen und zu bewegen. Und dass diese Spende durch alle guten Taten geleistet werden kann und nicht nur durch das Geben von Geld. Dazu gehören: Deine gerechte Schlichtung und Versöhnung zwischen zwei Streitenden ist eine Spende. Deine Hilfe für einen Schwachen (und Unfähigen) bei seinem Reittier, indem du ihn darauf hilfst oder sein Gepäck für ihn hochhebst, ist eine Spende. Das gute Wort, sei es Gedenken Allahs, Bittgebet, Gruß oder Ähnliches, ist eine Spende. Und jeder Schritt, den du zum Gebet gehst, ist eine Spende. Und das Entfernen von etwas Schädlichem vom Weg ist eine Spende.</t>
+  </si>
+  <si>
+    <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
+الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
+الترغيب في المداومة على النوافل والصدقات كل يوم.
+فضل الإصلاح بين الناس.
+الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
+الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
+وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
+  </si>
+  <si>
+    <t>Die Zusammensetzung der menschlichen Knochen und ihre Unversehrtheit gehören zu den größten Gunstgaben Allahs - erhaben ist Er - an den Menschen. Daher bedarf jeder einzelne Knochen einer besonderen Spende, um diese Gabe gebührend zu würdigen.
+Die Ermutigung, den Dank jeden Tag zu erneuern, um diese Segnungen fortzusetzen.
+Die Ermutigung zur regelmäßigen Ausübung freiwilliger Gebete und Spenden jeden Tag.
+Die Vorzüge der Versöhnung zwischen Menschen.
+Die Ermutigung zur gegenseitigen Hilfe unter Brüdern; denn die Unterstützung für ihn ist eine Spende.
+Die Ermutigung zur Teilnahme an Gebetsgemeinschaften, zum Gehen dorthin und zur Belebung der Moscheen dadurch.
+Die Pflicht, die Gehwege der Muslime zu respektieren, indem man alles vermeidet, was sie belästigt oder ihnen schadet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4568</t>
+  </si>
+  <si>
     <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
   </si>
   <si>
-    <t>„Sei im Diesseits wie ein Fremder oder ein Durchreisender.“</t>
+    <t>‚Sei im Diesseits wie ein Fremder oder ein Durchreisender.‘“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nahm mich an den Schultern und sagte: „Sei im Diesseits wie ein Fremder oder ein Durchreisender.“ Und Ibn 'Umar pflegte zu sagen: „Wenn du den Abend erlebst, dann erwarte nicht den Morgen und wenn du den Morgen erlebst, dann erwarte nicht den Abend. Nimm von deiner Gesundheit für deine Krankheit und von deinem Leben für deinen Tod.“</t>
+    <t>Von 'Abdullah Ibn Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nahm mich an den Schultern und sagte: ‚Sei im Diesseits wie ein Fremder oder ein Durchreisender.‘“ Und Ibn 'Umar pflegte zu sagen: „Wenn du den Abend erlebst, dann erwarte nicht den Morgen und wenn du den Morgen erlebst, dann erwarte nicht den Abend. Nimm von deiner Gesundheit für deine Krankheit und von deinem Leben für deinen Tod.“</t>
   </si>
   <si>
     <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
 فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
 فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
   </si>
   <si>
-    <t>Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - erwähnte, dass der Prophet - Allahs Segen und Frieden auf ihm - seine Schultern ergriff, und zwar die Stelle zwischen Oberarmknochen und Schultergelenk, und ihm sagte: Sei im Diesseits wie ein Fremder, der an einen Ort kam, an dem er keinen Wohnort hat, der ihn beherbergt, und keinen Bewohner, der ihn bewirtet. Er hat keine Familie, keine Kinder und keine Beziehungen (zu Menschen), die ein Grund dafür sind, vom Schöpfer abgelenkt zu werden. Sei vielmehr mehr als der Fremde, nämlich der Durchreisen, der einen Weg beschreitet, um an seinen Wohnort zu gelangen, denn der Fremde könnte an einem fremden Ort leben und sesshaft sein, im Gegensatz zum Durchreisenden, der einen Ort anzielt, sich beeilt, nicht stehen bleibt und bestrebt danach ist, seine Heimat zu erreichen. Genauso wie der Reisende nicht mehr als das, womit er sein Reiseziel erreicht, benötigt, benötigt der Gläubige im Diesseits nicht mehr als das, womit er das Ziel erreicht.
-So handelte Ibn 'Umar nach diesem Ratschlag und pflegte zu sagen: Wenn du den Abend erlebst, dann erwarte nicht den Morgen und wenn du den Morgen erlebst, dann erwarte nicht den Abend und zähle dich zu den Bewohnern der Gräber. Und da das Leben nicht frei von Gesundheit und Krankheit ist, wende die Tage deiner Gesundheit mit dem Gehorsam für deine Krankheit auf und nutze die guten Taten in der Gesundheit, bevor die Krankheit zwischen euch trennt. Nutze dein Leben im Diesseits und sammle darin das an, was dir nach deinem Tod nützen wird.</t>
+    <t>Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - erwähnte, dass der Prophet - Allahs Segen und Frieden auf ihm - seine Schultern ergriff, und zwar die Stelle zwischen Oberarmknochen und Schultergelenk, und ihm sagte: „Sei im Diesseits wie ein Fremder, der an einen Ort kam, an dem er keinen Wohnort hat, der ihn beherbergt, und keinen Bewohner, der ihn bewirtet. Er hat keine Familie, keine Kinder und keine Beziehungen (zu Menschen), die ein Grund dafür sind, vom Schöpfer abgelenkt zu werden. Sei vielmehr mehr als der Fremde, nämlich der Durchreisende, der einen Weg beschreitet, um an seinen Wohnort zu gelangen, denn der Fremde könnte an einem fremden Ort leben und sesshaft sein, im Gegensatz zum Durchreisenden, der einen Ort anzielt, sich beeilt, nicht stehen bleibt und bestrebt danach ist, seine Heimat zu erreichen. Genauso wie der Reisende nicht mehr als das, womit er sein Reiseziel erreicht, benötigt, benötigt der Gläubige im Diesseits nicht mehr als das, womit er das Ziel erreicht.“
+So handelte Ibn 'Umar nach diesem Ratschlag und pflegte zu sagen: „Wenn du den Abend erlebst, dann erwarte nicht den Morgen und wenn du den Morgen erlebst, dann erwarte nicht den Abend und zähle dich zu den Bewohnern der Gräber. Und da das Leben nicht frei von Gesundheit und Krankheit ist, wende die Tage deiner Gesundheit mit dem Gehorsam für deine Krankheit auf und nutze die guten Taten in der Gesundheit, bevor die Krankheit zwischen euch trennt. Nutze dein Leben im Diesseits und sammle darin das an, was dir nach deinem Tod nützen wird.“</t>
   </si>
   <si>
     <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
 الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
 حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
 اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
  بيان قِصَر الأمل، والاستعداد للموت.
  الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
 المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
 فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
 وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
   </si>
   <si>
     <t>Der Lehrende kann seine Hand auf die Schulter des Belehrten legen, um für Vertrautheit und Aufmerksamkeit zu sorgen.
 Man kann mit dem Rat und Hinweis beginnen, selbst wenn nicht darum gebeten wurde.
 Die gute Lehrweise des Propheten - Allahs Segen und Frieden auf ihm - indem er überzeugende Gleichnisse aufstellte und sagte: „Sei im Diesseits wie ein Fremder oder ein Durchreisender.“
 Die Menschen unterscheiden sich auf ihrem Weg zum Jenseits. So ist der Durchreisende auf einer höheren Stufe der Enthaltsamkeit als die Stufe des Fremden.
 Die Verdeutlichung, wenig Hoffnung (auf das Diesseits) zu haben und sich auf den Tod vorzubereiten.
 Der Hadith bedeutet nicht, dass man die Versorgung unterlässt und dass die Genüsse des Diesseits verboten sind. Jedoch belegt er den Ansporn, dabei enthaltsam zu sein und diese zu verringern.
 Man sollte sich zu den guten Taten beeilen bevor man nicht mehr im Stande dazu ist und eine Krankheit oder der Tod eintreffen.
 Der Vorzug von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein -, da ihn diese Ermahnung vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - getroffen hat.
 Die Heimat der Gläubigen ist das Paradies. Somit ist er (der Gläubige) ein Fremder im Diesseits und ein Reisender zur Wohnstätte des Jenseits. Er hängt sein Herz nicht an eine Sache des fremden Orts; vielmehr ist sein Herz gebunden an seine Heimat, zu der er zurückkehrt. Sein Aufenthalt im Diesseits ist, damit er sein Anliegen erledigt und sich auf die Rückkehr zu seiner Heimat vorbereitet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4704</t>
   </si>
   <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>‚Beneidet euch nicht gegenseitig, betrügt euch nicht gegenseitig durch Nennung eines höheren Preises vor anderen Kaufinteressenten ohne Kaufabsicht, hasst euch nicht, wendet euch nicht voneinander ab, macht euch nicht gegenseitig den Handel streitig (durch den Eingriff in eine laufende Kaufverhandlung, indem unaufgefordert über- oder unterboten wird) und seid Diener Allahs in Brüderlichkeit!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Beneidet euch nicht gegenseitig, betrügt euch nicht gegenseitig durch Nennung eines höheren Preises vor anderen Kaufinteressenten ohne Kaufabsicht, hasst euch nicht, wendet euch nicht voneinander ab, macht euch nicht gegenseitig den Handel streitig (durch den Eingriff in eine laufende Kaufverhandlung, indem unaufgefordert über- oder unterboten wird) und seid Diener Allahs in Brüderlichkeit! Der Muslim ist der Bruder des Muslims. Er tut ihm kein Unrecht, lässt ihn nicht im Stich, lügt ihn nicht an und schätzt ihn nicht gering/erniedrigt ihn nicht. Die Gottesfurcht („Taqwa“) befindet sich hier - und er deutete drei Mal auf seine Brust -; es genügt für eine Person an Übel, ihren muslimischen Bruder gering zu schätzen. Der gesamte Muslim ist für den anderen Muslim unantastbar („haram“): sein Blut, sein Besitz und seine Ehre.‘“</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat dem Muslim in Bezug auf seinen muslimischen Bruder Gutes angeordnet. Er verdeutlichte einige Pflichten und Verhaltensweisen im Umgang miteinander, die verpflichtend sind. Dazu gehört: Die erste Anordnung: Beneidet euch nicht gegenseitig, sodass die einen von euch sich wünschen, dass die Gunstgaben der anderen verschwinden. Die zweite (Anordnung): Betrügt euch nicht gegenseitig, indem ihr (als Käufer vor anderen Kaufinteressenten) den Preis einer Ware erhöht, obwohl ihr sie nicht kaufen möchtet; vielmehr möchtet ihr damit dem Verkäufer nützen oder den anderen Käufern schaden. Die dritte (Anordnung): Hasst euch nicht. Hass bedeutet, dass man anderen Schaden wünscht, was das Gegenteil der Liebe darstellt. Ausgenommen ist der Hass um Allahs - erhaben ist Er - Willen, denn dieser ist verpflichtend. Die vierte (Anordnung): Wendet euch nicht voneinander ab, indem jeder seinem Bruder den Rücken und Nacken zukehrt, sodass er sich von ihm abwendet und ihn meidet. Die fünfte (Anordnung): Macht euch nicht gegenseitig den Handel streitig, indem ihr zum Käufer einer Ware sagt: „Ich habe dieselbe Ware für einen geringeren Preis oder eine bessere Ware für denselben Preis.“ Daraufhin befahl er - Allahs Segen und Frieden auf ihm - eine allumfassende Anordnung an, indem er sagte: Seid wie Brüder, indem ihr das unterlasst, was an Verbotenem erwähnt wurde, indem ihr euch Liebe, Sanftmut, Mitgefühl und Freundlichkeit zeigt und indem ihr euch zum Guten verhelft; mit reinen Herzen und aufrichtigem Rat in jedem Zustand. Diese Brüderlichkeit erfordert: dass man seinem muslimischen Bruder kein Unrecht antut und ihn nicht anfeindet; dass man seinen muslimischen Bruder nicht im Stich lassen soll, wenn er ungerecht behandelt wird, wobei man imstande dazu ist, ihm zu helfen und dieses Unrecht von ihm abzuwenden; und dass man ihn nicht verachtet, ihn nicht gering schätzt und ihn nicht herabwürdigend und verachtend anschaut, denn dies ist das Resultat von Hochmut im Herzen. Daraufhin verdeutlichte der Prophet - Allahs Segen und Frieden auf ihm - dreimal, dass die Gottesfurcht/Furcht (vor Allah) im Herzen ist. Wer Gottesfurcht in seinem Herzen hat, welche zu gutem Charakter, Furcht vor Allah und zum Bewusstsein Seiner ständigen Beobachtung führt, der wird niemals einen Muslim verachten. Es genügt als eine der üblen Eigenschaften und einer der verwerflichen Charakterzüge, dass man seinen muslimischen Bruder aufgrund von Hochmut im Herzen verachtet. Dann bekräftigte er - Allahs Segen und Frieden auf ihm - das, was bereits erwähnt wurde, da der gesamte Muslim unantastbar/verboten für den Muslim ist. Sein Blut: Das heißt ihn anzugreifen, indem man ihn tötet, oder geringer als das, indem man ihn verletzt, schlägt oder ähnliches. Außerdem sein Besitz, indem man es unrechtmäßig von ihm nimmt. Und ebenso seine Ehre, indem man ihn wegen seiner Person oder Abstammung tadelt.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Der Befehl all das umzusetzen, was die Brüderlichkeit des Glaubens erfordert, und die Untersagung der Aussagen und Handlungen, die dieser Brüderlichkeit widersprechen.
+Die Grundlage der Gottesfurcht ist die Kenntnis über Allah, die Furcht vor ihm und das Bewusstsein Seiner Beobachtung, die sich im Herzen befinden. Aus dieser Gottesfurcht resultieren die guten Taten.
+Die äußerliche Abweichung deutet auf eine Schwäche der Furcht (vor Allah) im Herzen hin.
+Die Untersagung, dem Muslim auf irgendeine Weise - sei es durch Worte oder Handlungen - zu schaden.
+Es ist kein Neid, wenn der Muslim sich wünscht, wie jemand anderes zu sein - solange man sich nicht wünscht, dass die Gunstgabe des anderen verschwindet. Das wird als „Ghibtah“ bezeichnet und ist erlaubt. Sie hilft dabei, in den guten Dingen zu wetteifern.
+Es liegt in der Natur des Menschen, dass er es nicht mag, wenn jemand ihn in den vorzüglichen Dingen übertrifft. Sollte er sich wünschen, dass diese Gunstgabe beim anderen verschwindet, handelt es sich um den tadelnswerten Neid. Wenn er sich wünscht, (in dieser Sache mit dem anderen) zu wetteifern, handelt es sich um die erlaubte Ghibtah.
+Es gehört nicht zum (verbotenen) Überbieten des Verkaufs eines muslimischen Bruders, wenn man dem Käufer verdeutlicht, dass er bei seinem Kauf erheblich betrogen wurde. Vielmehr gehört das zum aufrichtigen Ratschlag, solange man dabei den guten Rat für den muslimischen Käufer beabsichtigt und nicht beabsichtigt, dem Verkäufer zu schaden - denn die Taten entsprechen den Absichten.
+Es zählt auch nicht zum verbotenen Überbieten des Verkaufs eines muslimischen Bruders, wenn sich die beiden Handelspartner noch nicht geeinigt haben und der Preis noch nicht festgelegt wurde.
+Der Hass um Allahs Willen fällt nicht unter den Hass, der in diesem Hadith untersagt wird, denn dieser Hass ist verpflichtend und gehört zu den festesten Bändern des Glaubens.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4706</t>
+  </si>
+  <si>
     <t>لا تغضب</t>
   </si>
   <si>
-    <t>Werde nicht zornig</t>
+    <t>„Werde nicht wütend.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert: „Ein Mann sagte zum Propheten - Allahs Segen und Frieden auf ihm -: ‚Gib mir einen Rat.‘ Der Prophet antwortete: ‚Werde nicht zornig.‘ Der Mann wiederholte seine Bitte mehrmals, und der Prophet sagte weiterhin: ‚Werde nicht zornig.‘“</t>
+    <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass ein Mann zum Propheten - Allahs Segen und Frieden auf ihm - sagte: „Rate mir an.“ Er antwortete: „Werde nicht wütend.“ Sodann wiederholte er (der Mann) dies (seine Aufforderung) mehrmals und er (also der Prophet) sagte: „Werde nicht wütend.“</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
-    <t>Einer von den Gefährten - möge Allah mit ihnen zufrieden sein - bat den Propheten - Allahs Segen und Frieden auf ihm - um einen Rat, der ihm nützlich sein könnte. Der Prophet befahl ihm, nicht zornig zu werden. Das bedeutet, dass er die Ursachen vermeiden sollte, die ihn zum Zorn bringen könnten, und sich selbst kontrollieren sollte, wenn er wütend wird, sodass er nicht in übermäßige Reaktionen wie Gewalt, Schläge, Beleidigungen o.ä. verfällt.
-Der Mann wiederholte seine Bitte um einen Rat mehrmals, aber der Prophet - Allahs Segen und Frieden auf ihm - fügte für ihn dem Rat „Werde nicht zornig.“ nichts hinzu.</t>
+    <t>Einer von den Gefährten - möge Allah mit ihnen zufrieden sein - bat den Propheten - Allahs Segen und Frieden auf ihm - um einen Rat, der ihm nützlich sein könnte. Der Prophet ordnete ihm an, nicht zornig zu werden. Das bedeutet, dass er die Ursachen vermeiden soll, die ihn zum Zorn bringen könnten, und sich selbst kontrollieren sollte, wenn er wütend wird, sodass er nicht in übermäßige Reaktionen wie Gewalt, Schläge, Beleidigungen o.ä. verfällt.
+Der Mann wiederholte seine Bitte um einen Rat mehrmals, aber der Prophet - Allahs Segen und Frieden auf ihm - fügte für ihn dem Rat „Werde nicht wütend.“ nichts hinzu.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Die Warnung vor Zorn und seinen Ursachen, denn Zorn ist die Wurzel des Übels, und sich davor zu hüten ist die Wurzel des Guten.
 Der Zorn um Allahs Willen, wie etwa der Zorn über die Verletzung von Allahs Geboten, ist ein lobenswerter Zorn.
 Das Wiederholen von Worten bei Bedarf, damit der Zuhörer sie versteht und ihre Wichtigkeit erkennt.
 Die Tugend, einen Rat von einem Gelehrten einzuholen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4709</t>
   </si>
   <si>
     <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
-    <t>„Kein Schaden und keine Schädigung (gegen andere). Wer anderen schadet, dem wird Allah Schaden zufügen, und wer Schwierigkeiten bereitet, dem wird Allah Schwierigkeiten bereiten.“</t>
+    <t>„Es darf weder (anfänglichen) Schaden geben noch (nachfolgende) Schädigung.“</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Kein Schaden und keine Schädigung (gegen andere). Wer anderen schadet, dem wird Allah Schaden zufügen, und wer Schwierigkeiten bereitet, dem wird Allah Schwierigkeiten bereiten.“</t>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es darf weder (anfänglichen) Schaden geben noch (nachfolgende) Schädigung.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es erforderlich ist, jeglichen Schaden in allen seinen Formen und Erscheinungsformen von sich selbst und anderen abzuwenden. Es ist niemandem erlaubt, sich selbst oder anderen zu schaden.
 Es ist nicht erlaubt, Schaden mit weiterem Schaden zu begegnen, da Schaden nicht durch weiteren Schaden beseitigt werden kann, es sei denn auf rechtmäßige Weise durch Vergeltung, ohne Überschreitung der Grenzen.
-Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm - die Warnung vor der Strafe für diejenigen, die anderen Schaden zufügen, und vor der Schwierigkeit, die denen widerfährt, die anderen Schwierigkeiten bereiten.</t>
+Dann verdeutlichte der Prophet - Allahs Segen und Frieden auf ihm - die Warnung vor der Strafe für diejenigen, die anderen Schaden zufügen, und vor der Schwierigkeit, die denen widerfährt, die anderen Schwierigkeiten bereiten.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
-    <t>Das Verbot, mit mehr als dem Gleichen zu vergelten.
+    <t>Die Untersagung, mit mehr als dem Gleichen zu vergelten.
 Allah hat Seinen Dienern nichts befohlen, was ihnen schaden könnte.
-Das Verbot, sich selbst Schaden hinzuzufügen und der Schädigung anderer durch Worte, Taten oder durch Unterlassen.
+Das Verbot, sich selbst Schaden zuzufügen und der Schädigung anderer durch Worte, Taten oder durch Unterlassen.
 Die Vergeltung entspricht der Tat: Wer anderen schadet, dem wird Allah ebenfalls Schaden zufügen, und wer Schwierigkeiten bereitet, dem wird Allah Schwierigkeiten bereiten.
-Eine der Grundsätze der Schari'ah lautet: „Schaden wird beseitigt.“ Die Schari'ah erkennt Schaden nicht an und lehnt das Zufügen von Schaden ab.</t>
+Eine der Grundsätze der islamischen Gesetzgebung („Schari'ah“) lautet: „Schaden wird beseitigt.“ Die islamische Gesetzgebung erkennt Schaden nicht an und lehnt das Zufügen von Schaden ab.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Absolut verlässlich (Sahih) durch die anderen Überlieferungen, die auf dieselbe Bedeutung hindeuten (Schawahid)]</t>
   </si>
   <si>
     <t>[Überliefert von al-Daraqutny]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4711</t>
   </si>
   <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>„Deine Zunge soll immer feucht sein vom Gedenken an Allah.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Busr - möge Allah mit ihm zufrieden sein - wird überliefert, dass ein Mann sagte: „O Gesandter Allahs, die gesetzmäßigen Handlungen des Islam sind für uns viel geworden. Gibt es also etwas umfassendes, an dem wir festhalten können?“ Er sagte: „Deine Zunge soll immer feucht sein vom Gedenken an Allah.“</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
-    <t>Ein Mann klagte beim Propheten - Allahs Segen und Frieden auf ihm -, dass die freiwilligen Gottesdienste ihm zu viel wurden, sodass er sie aufgrund seiner Schwäche nicht ausführen kann. Dann fragte er den Propheten - Allahs Segen und Frieden auf ihm -, ob er ihn auf eine leichte Tat hinweist, die viel Lohn mit sich bringt, und an der er sich klammern und festhalten kann.
+    <t>Ein Mann klagte beim Propheten - Allahs Segen und Frieden auf ihm -, dass die freiwilligen Anbetungen ihm zu viel wurden, sodass er sie aufgrund seiner Schwäche nicht ausführen kann. Dann fragte er den Propheten - Allahs Segen und Frieden auf ihm -, ob er ihn auf eine leichte Tat hinweist, die viel Lohn mit sich bringt, und an der er sich klammern und festhalten kann.
 Daraufhin wies er - Allahs Segen und Frieden auf ihm - ihn darauf hin, dass seine Zunge durch das beständige Gedenken Allahs - gepriesen und erhaben ist Er - zu jeder Zeit und in jedem Zustand frisch und aktiv sein sollte, indem er (Allah) preist, dankt, um Vergebung bittet, Bittgebete spricht, usw.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
   </si>
   <si>
-    <t>Der Vorzug, beständig im Gedenken Allahs - erhaben ist Er - zu sein.
+    <t>Die Vorzüglichkeit, beständig im Gedenken Allahs - erhaben ist Er - zu sein.
 Zu der großen Gunst Allahs zählt, dass er die Gründe der Belohnung leicht machte.
 Die Diener unterscheiden sich, was ihren Anteil an Frömmigkeit und Güte angeht.
-Allah oft mit der Zunge zu gedenken, indem man den Tasbih, Tahmid, Tahlil, Takbir und weiteres ausspricht, wobei das Herz anwesend ist, ist auf einer Stufe mit vielen freiwilligen Gottesdiensten.
+Allah oft mit der Zunge zu gedenken, indem man den Tasbih, Tahmid, Tahlil, Takbir und weiteres ausspricht, wobei das Herz anwesend ist, ist auf einer Stufe mit vielen freiwilligen Anbetungen.
 Die Rücksicht des Propheten - Allahs Segen und Frieden auf ihm - mit den Fragende, da er jedem das antwortet, was zu ihm passt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4716</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>„Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
+  </si>
+  <si>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass der vollkommene Glaube eines Muslims erst dann erreicht wird, wenn er für seinen Bruder das liebt, was er für sich selbst an guten Taten und Wohltaten in der Religion und dem Diesseits liebt, und für ihn das hasst, was er für sich selbst hasst. Wenn er bei seinem muslimischen Bruder einen Mangel in seiner Religion sieht, bemüht er sich, ihn zu verbessern, und wenn er in ihm Gutes sieht, unterstützt und hilft er ihm und berät ihn in Angelegenheiten seiner Religion oder seines weltlichen Lebens.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>Es ist vorgeschrieben, dass man für seinen Bruder das liebt, was man für sich selbst liebt; denn die Verneinung des Glaubens („Iman“) von demjenigen, der für seinen Bruder nicht das liebt, was er für sich selbst liebt, weist auf die Verpflichtung dessen hin.
+Die Brüderlichkeit um Allahs Willen steht über der Brüderlichkeit durch Abstammung/Blutsverwandtschaft, daher ist ihr Recht verpflichtender.
+Es ist verboten, alles zu tun oder zu sagen, was dieser Liebe zuwiderhandelt, wie Betrug, Verleumdung, Neid und Übergriffe auf das Leben, das Eigentum oder die Ehre eines Muslims.
+Verwendung einiger Wörter, die zum Handeln anregen, wie das Wort „für seinen Bruder“.
+Al-Kirmani - möge Allah ihm barmherzig sein - sagte: „Zum Glauben („Iman“) gehört auch, dass man für seinen Bruder das hasst, was man für sich selbst an Schlechtem hasst. Er erwähnte es nicht, weil die Liebe zu einer Sache die Abneigung gegen ihr Gegenteil beinhaltet, sodass er es nicht ausdrücklich erwähnen musste.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4717</t>
   </si>
   <si>
     <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>„Wenn ihr euch auf Allah wahrhaftig (mit wahrhaftem Vertrauen) verlassen würdet, so würde Er euch versorgen, wie Er die Vögel versorgt: Sie fliegen morgens mit leerem Magen hinaus und kehren abends mit vollem zurück.“</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Wenn ihr euch auf Allah wahrhaftig (mit wahrhaftem Vertrauen) verlassen würdet, so würde Er euch versorgen, wie Er die Vögel versorgt: Sie fliegen morgens mit leerem Magen hinaus und kehren abends mit vollem zurück.“</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ermutigt uns, uns auf Allah - mächtig und majestätisch ist Er - zu verlassen, um Nutzen zu erlangen und Schaden in allen diesseitigen und religiösen Angelegenheiten abzuwenden. Denn nur Er - gepriesen sei Er und erhaben ist Er - gibt, verweigert, schadet und nützt. Und (der Prophet - Allahs Segen und Frieden auf ihm - ermutigt uns,) dass wir die Mittel und Wege nutzen sollen, die Nutzen bringen und Schaden abwenden, während wir aufrichtig auf Allah vertrauen. Wenn wir dies tun, wird Allah uns versorgen, wie Er die Vögel versorgt, die morgens hungrig aus ihrem Nest fliegen und abends mit gefüllten Bäuchen zurückkehren. Diese Tat der Vögel stellt eine Art Mittel zum Streben nach Lebensunterhalt dar, ohne in Passivität oder Faulheit zu verfallen.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
-    <t>Die Tugend des Vertrauens auf Allah (At-Tawakkul) und dass es eine der wichtigsten Ursachen ist, durch die man Versorgung erhält.
+    <t>Die Vorzüglichkeit des Vertrauens auf Allah („Tawakkul“) und dass es eine der wichtigsten Ursachen ist, durch die man Versorgung erhält.
 Das Vertrauen auf Allah schließt das Ergreifen von Mitteln und Maßnahmen nicht aus. Der Prophet - Allahs Segen und Frieden auf ihm - hat erklärt, dass wirkliches Vertrauen auf Allah nicht im Widerspruch zum morgigen Rausgehen und zum abendlichen Zurückkehren zur Suche nach Versorgung steht.
 Die islamische Gesetzgebung legt besonderen Wert auf die Taten des Herzens, da das Vertrauen auf Allah eine Tat des Herzens ist.
 Das Festhalten allein an den Mitteln ist ein Mangel im Glauben, während das Vernachlässigen der Mittel ein Mangel an Verstand ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4721</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>„Würde den Menschen entsprechend ihrer Behauptungen gegeben, so würden manche den Besitz und das Blut anderer für sich (als erlaubt) beanspruchen. Jedoch obliegt die Erbringung des Beweises demjenigen, der etwas behauptet, und der Eid obliegt demjenigen, der etwas leugnet.“</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Würde den Menschen entsprechend ihrer Behauptungen gegeben, so würden manche den Besitz und das Blut anderer für sich (als erlaubt) beanspruchen. Jedoch obliegt die Erbringung des Beweises demjenigen, der etwas behauptet, und der Eid obliegt demjenigen, der etwas leugnet.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass, wenn den Menschen allein aufgrund ihrer Behauptungen ohne Beweise oder Indizien gegeben würde, was sie fordern, manche Menschen das Eigentum und das Blut anderer Menschen beanspruchen würden. Aber der Kläger muss Beweise und Belege für seine Forderung vorlegen. Wenn er keine Beweise hat, wird die Klage dem Beklagten vorgelegt, und wenn dieser sie leugnet, muss er schwören und wird freigesprochen.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
+الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
+القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
+كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
+  </si>
+  <si>
+    <t>Ibn Daqiq Al-'Id sagte: „Dieser Hadith ist ein Ursprung der Grundlagen der Regeln/Vorschriften und die gewaltigste Quelle, wenn es zu Konflikten und Streit kommt. Und dies führt dazu, dass für keinen, anhand seiner (bloßen) Behauptung, gerichtet (und geurteilt) wird.“
+Die islamische Gesetzgebung („Schari'ah“) wurde eingeführt, um das Eigentum und das Leben der Menschen vor Manipulation zu schützen.
+Der Richter urteilt nicht nach seinem Wissen, sondern er stützt sich auf Beweise.
+Jede Behauptung, die ohne Beweis aufgestellt wird, ist abzulehnen, sei es in Bezug auf Rechte und Geschäfte oder in Fragen des Glaubens und der Wissenschaft.</t>
+  </si>
+  <si>
+    <t>رواه البيهقي</t>
+  </si>
+  <si>
+    <t>[Überliefert von al-Baihaqy]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4722</t>
+  </si>
+  <si>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>‚Der Mensch füllte nie ein schlimmeres Gefäß als den Magen. Dem Sohn Adams genügen einige (wenige) Bisse, die seinen Rücken aufrechterhalten. Doch wenn es unbedingt sein muss (mehr zu essen), dann soll ein Drittel (seines Magens) für sein Essen sein, ein Drittel für sein Trinken und ein Drittel für sein Atmen (d. h. es soll leer bleiben).‘“</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Von Al-Miqdad Ibn Ma'dikarib - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Der Mensch füllte nie ein schlimmeres Gefäß als den Magen. Dem Sohn Adams genügen einige (wenige) Bisse, die seinen Rücken aufrechterhalten. Doch wenn es unbedingt sein muss (mehr zu essen), dann soll ein Drittel (seines Magens) für sein Essen sein, ein Drittel für sein Trinken und ein Drittel für sein Atmen (d. h. es soll leer bleiben).‘“</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Der edle Prophet - Allahs Segen und Frieden auf ihm - wies uns auf eine Grundregel der Medizin hin, nämlich den gesundheitlichen Schutz des Menschen: das wenige Essen. Man sollte essen, bis der Hunger gestillt ist und man für die notwendigen Tätigkeiten gestärkt ist. Das schlimmste Gefäß, das gefüllt wird, ist der Bauch, da aufgrund der Übersättigung früher oder später unzählige lebensgefährliche Krankheiten im Inneren oder Äußeren auftreten. Daraufhin sagte der Gesandte - Allahs Segen und Frieden auf ihm -: Wenn der Mensch sich unbedingt satt essen muss, sollte er ein Drittel für das Essen, ein Drittel für das Trinken und ein Drittel für das Atmen lassen, sodass er sich nicht überfüllt, sich nicht schadet und auch nicht faul wird, das auszuüben, was Allah ihm in Bezug auf seine Religion und sein diesseitiges Leben zur Pflicht gemacht hat.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Man sollte beim Essen und Trinken nicht übertreiben. Das ist eine Grundregel, die alle medizinischen Regeln zusammenfasst, da Übersättigung zu Krankheiten und Beschwerden führt.
+Das Ziel beim Essen ist, die Gesundheit und Kraft zu bewahren, denn durch diese kann ein gutes (sicheres) Leben geführt werden.
+Ein Magen gefüllt mit Essen zieht körperliche und religiöse Schäden mit sich. 'Umar - möge Allah mit ihm zufrieden sein - sagte: „Hütet euch vor Völlerei (übermäßiges und maßloses Essen und Trinken), denn sie schadet dem Körper und macht träge in Bezug auf das Gebet.“
+Das Urteil des Essens teilt sich in unterschiedliche Kategorien auf:
+1. Verpflichtend: Das Essen, durch welches man am Leben gehalten wird - dessen Unterlassung würde zu Schäden führen.
+2. Erlaubt: Das Essen, was über die verpflichtende Menge hinausgeht und wobei kein Schaden befürchtet wird.
+3. Verpönt: Das Essen, von dem Schaden befürchtet wird.
+4. Verboten: Das Essen, dessen Schaden bekannt ist. 
+5. Empfohlen: Das Essen, was zur Unterstützung bei der Anbetung und dem Gehorsam gegenüber Allah dient.
+All das wurde im Hadith in drei Stufen zusammengefasst:
+Erstens: Das Füllen des Magens.
+Zweitens: Einige Bissen und Happen, die den Rücken aufrecht erhalten.
+Drittens: Seine Aussage „dann soll ein Drittel (seines Magens) für sein Essen sein, ein Drittel für sein Trinken und ein Drittel für sein Atmen.“ Das gilt natürlich nur, wenn das Gegessene erlaubt ist.
+Der Hadith stellt eine der Grundregeln der Medizin dar, da die Medizin sich auf drei grundlegende Prinzipien stützt: die Erhaltung der (körperlichen) Kraft, den Schutz (der Gesundheit) und die Ausleitung (von Schädlichem). Der Hadith umfasst die ersten zwei dieser Grundlagen, so wie es auch in der Aussage des Erhabenen heißt: „Und esst und trinkt, aber seid nicht maßlos! Wahrlich, Er liebt nicht die Maßlosen.“ [Al-A'raf: 31]
+Die Vollkommenheit dieser islamischen Gesetzgebung, da sie das religiöse und diesseitige Wohl des Menschen umfasst.
+Zu den Wissenschaften der islamischen Gesetzgebung gehören auch grundlegende Prinzipien der Medizin und bestimmte Arten davon, wie sie (beispielsweise) im Zusammenhang mit Honig und Schwarzkümmel überliefert sind.
+Die Urteile der islamischen Gesetzgebung umfassen die Weisheit und bauen darauf auf, Schäden abzuwenden und Nutzen herbeizuführen.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4723</t>
   </si>
   <si>
     <t>مانهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>Haltet euch fern von dem, was ich euch verboten habe und macht von dem, was ich euch geboten habe, was ihr könnt.  Diejenigen vor euch gingen durch nichts anderes zu Grunde, als durch ihre vielen Fragen und ihre Abweichungen von ihren Propheten:</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فأْتُوا منه ما استطعتم، فإنما أَهلَكَ الذين من قبلكم كثرةُ مسائلهم واختلافهم على أنبيائهم».</t>
   </si>
   <si>
     <t>Von Abu Hurairah - möge Allah mit ihm zufrieden sein - wird berichtet: "Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: "Haltet euch fern von dem, was ich euch verboten habe und macht von dem, was ich euch geboten habe, was ihr könnt. Diejenigen vor euch gingen durch nichts anderes zu Grunde, als durch ihre vielen Fragen und ihre Abweichungen von ihren Propheten:"</t>
   </si>
   <si>
     <t>دلنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
 ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - zeigt uns, dass wir alles, was er verboten hat, meiden müssen - ohne Ausnahme. Wenn er uns hingegen etwas gebietet, sollen wir es machen, so gut wir können. Im Anschluss warnt er uns, uns nicht so wie bestimmte Völker vor uns zu verhalten, die ihren Propheten zu viele Fragen stellten und ihnen immer widersprachen. Dafür bestrafte sie Allah, indem Er sie auf verschiedene Arten vernichtete und zu Grunde gehen ließ. Wir dürfen uns also nicht wie sie verhalten, um nicht wie sie zu Grunde zu gehen.</t>
   </si>
   <si>
     <t>الأمر بامتثال الأوامر، واجتناب النواهي.
 النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
@@ -6649,167 +7417,214 @@
 لا ينبغي للإنسان إذا سمع أمر الرسول -صلى الله عليه وسلم- أن يقول: هل هو واجب أم مستحبّ؟ لقوله: "فَأْتُوا مِنْهُ مَا استَطَعْتُمْ".
 ما أمر به النبي -صلى الله عليه وسلم- أو نهى عنه فإنه شريعة، سواء كان ذلك في القرآن أم لم يكن، فُيعمل بالسنة الزائدة على القرآن أمراً أو نهياً.
 كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل مسائل الغيب كأسماء الله وصفاته، وأحوال يوم القيامة، لاتكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.
 الأمم السابقة هلكوا بكثرة المسائل، وهلكوا بكثرة الاختلاف على أنبيائهم.</t>
   </si>
   <si>
     <t>Man wird dazu aufgefordert, den Geboten Folge zu leisten und die Verbote zu meiden.
 Bei Verboten gibt es keine Ausnahmen, die erlauben diese Dinge doch zu machen. Gebote sind hingegen daran gebunden, wie weit man dazu in der Lage ist. Der Grund dafür ist, dass man immer dazu im Stande ist etwas zu unterlassen; um etwas zu tun muss man hingegen die Fähigkeit haben das gebotene Verhalten tatsächlich umzusetzen.
 Es ist verboten unnötig viele Fragen zu stellen. Die Gelehrten teilen Fragen in zwei Kategorien: Erstens: Fragen die darauf abzielen etwas zu lernen, was in der Religion gebraucht wird. Dazu ist man angehalten und zu dieser Katagorie zählen die Fragen der Sahaba - der Gefährten des Propheten. Zweitens: Fragen, die aus Trotz gestellt werden und um die Dinge zu komplizieren. Diese Fragen sind verboten.
 Die Glaubensgemeinschaft der Muslime wird gewarnt ihrem Propheten zu widersprechen.
 Verbote gelten in großem und kleinen Umfang, da es denkbar ist sich von etwas fernzuhalten, ohne sich von ihm sowohl im Großen, als auch im Kleinen davon fernzuhalten. Z. B. hat uns der Prophet verboten uns von Zinsen fernzuhalten. Das umfasst sowohl viele, als auch wenige Zinsen.
 Man hat bereits die Dinge zu unterlassen, die zu etwas Verbotenem führen können, da das bedeutet sich davon fernzuhalten.
 Der Mensch hat die Möglichkeit und Fähigkeit zu handeln, aufgrund seiner Aussage "was ihr könnt". Das ist ein Argument gegen die Sekte der "Jabriyah" - der Vertreter des Determinismus, die sagen der Mensch habe keine eigen Handlungsfreiheit und er sei zu all seinen Taten gezwungen. Selbst wenn man nur seine Hand während dem Reden hebt, sagen sie die Hand zu bewegen sei keine freie Handlung, vielmehr sei man dazu gezwungen. Es ist jedoch offensichtlich, dass diese Aussage falsch ist und daraus schwere Fehler folgen.
 Hört man etwas, das der Gesandte  - Allahs Segen und Frieden auf ihm - geboten hat, sollte man nicht fragen: "Ist das jetzt eine Pflicht oder eine Empfehlung?" Da er sagte: "Macht was ihr könnt!"
 Alles was der Prophet - Allahs Segen und Frieden auf ihm - gebietet oder verbietet gehört zur Scharia - d. h. zur islamischen Gesetzgebung, gleich ob es auch im Quran steht oder nicht. Man handelt also zusätzlich zum Quran auch nach der Sunnah, gleich ob es Gebote oder Verbote sind.
 Wenn man viele (irrelevante) Fragen stellt, stürzt einen das ins Verderben, insbesondere wenn es um Dinge geht, bei denen man nicht zu wirklichen Ergebnissen kommen kann, wie Fragen zu den verborgenen Dingen, wie z. B. die Namen und Eigenschaften Allahs und die Ereignisse am Tag der Auferstehung. Solche Fragen sollte man nicht stellen, um sich nicht ins Unheil zu stürzen und penibel zu sein und sich zu vertiefen.
 Die Völker von früher gingen an ihren vielen Fragen und ihrem ständigen Widerspruch zu ihren Propheten zu Grunde.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4725</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
-    <t>„Wer in unserer Angelegenheit etwas Neues einführt, das nicht dazugehört, der wird abgewiesen</t>
+    <t>‚Wer in dieser, unserer Sache (der Religion), etwas (neu) einführt, was nicht von ihr ist, so wird es abgelehnt</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
-    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer in unserer Angelegenheit etwas Neues einführt, das nicht dazugehört, der wird abgewiesen.“ (Überliefert bei Al-Bukhari und Muslim). Bei Muslim heißt es: „Wer eine Tat verrichtet, die nicht auf unserer Anweisung beruht, der wird abgewiesen.“</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer in dieser, unserer Sache (der Religion), etwas (neu) einführt, was nicht von ihr ist, so wird es abgelehnt.‘“ (Überliefert bei Al-Bukhari und Muslim). Und bei Muslim heißt es: „Wer eine Tat ausführt, die nicht von dieser, unserer Angelegenheit (der Religion), ist, so wird diese abgelehnt.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass jeder, der Neuerungen in der Religion einführt oder eine Handlung ausführt, für die es keinen Beweis im Quran oder der Sunnah gibt, abgewiesen wird und seine Tat bei Allah nicht akzeptiert wird.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass jeder, der Neuerungen in der Religion einführt oder eine Handlung ausführt, für die es keinen Beweis aus dem Quran oder der Sunnah gibt, abgewiesen wird und seine Tat bei Allah nicht akzeptiert wird.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
-    <t>Die Gottesdienste basieren auf dem, was im Quran und der Sunna überliefert ist. Wir dürfen Allah - erhaben ist Er - nur mit dem dienen, was Er vorgeschrieben hat, und nicht durch Neuerungen und neu erfundene Praktiken.
-Der Glaube basiert nicht auf persönlicher Meinung oder Wohlgefallen, sondern auf dem Befolgen des Gesandten - Allahs Segen und Frieden auf ihm -.
+    <t>Die Anbetungen basieren auf dem, was im Quran und der Sunnah überliefert ist. Wir dürfen Allah - erhaben ist Er - nur mit dem dienen, was Er vorgeschrieben hat, und nicht durch Neuerungen und neu erfundene Praktiken.
+Die Religion basiert nicht auf persönlicher Meinung oder Wohlgefallen, sondern auf dem Befolgen des Gesandten - Allahs Segen und Frieden auf ihm.
 Dieser Hadith ist ein Beweis für die Vollkommenheit der Religion.
-Eine Neuerung (Bid'ah) ist alles, was in die Religion eingeführt wurde und nicht zur Zeit des Propheten - Allahs Segen und Frieden auf ihm - und seiner Gefährten existierte, sei es in Bezug auf den Glauben, Worte oder Handlungen.
-Dieser Hadith ist ein fundamentaler Grundsatz des Islam und dient als Maßstab für die Taten. So wie jede Tat, die nicht um Allahs  - erhaben ist Er - Willen verrichtet wird, ihrem Vollbringer keine Belohnung einbringt, so wird auch jede Tat, die nicht im Einklang mit dem steht, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - gebracht hat, von ihrem Vollbringer zurückgewiesen.
+Eine Neuerung (arab. „Bid'ah“) ist alles, was in die Religion eingeführt wurde und nicht zur Zeit des Propheten - Allahs Segen und Frieden auf ihm - und seiner Gefährten existierte, sei es in Bezug auf die Glaubenslehre, Worte oder Handlungen.
+Dieser Hadith ist ein fundamentaler Grundsatz des Islams und dient als Maßstab für die Taten. So wie jede Tat, die nicht um Allahs - erhaben ist Er - Willen verrichtet wird, ihrem Vollbringer keine Belohnung einbringt, so wird auch jede Tat, die nicht im Einklang mit dem steht, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - gebracht hat, von ihrem Vollbringer zurückgewiesen.
 Die verbotenen Neuerungen beziehen sich auf Angelegenheiten der Religion und nicht des Diesseits.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4792</t>
   </si>
   <si>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>‚Wer einem Gläubigen eine Sorge des Diesseits nimmt, dem nimmt Allah eine der Sorgen am Tage der Auferstehung</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer einem Gläubigen eine Sorge des Diesseits nimmt, dem nimmt Allah eine der Sorgen am Tage der Auferstehung. Und wer einem Notleidenden seine Erschwernis erleichtert, dem wird Allah Erleichterung im Diesseits und im Jenseits zuteilwerden lassen. Und wer die Fehler eines Muslims bedeckt hält, den wird Allah im Diesseits und im Jenseits bedeckt halten. Und Allah unterstützt den Diener, solange der Diener seinen Bruder unterstützt. Und wer einen Weg beschreitet, um darauf nach Wissen zu streben, dem wird Allah dadurch einen Weg ins Paradies erleichtern. Und niemals versammeln sich Leute in einem Haus der Häuser Allahs, um das Buch Allahs zu lesen und es untereinander und miteinander zu studieren, außer dass die innere Ruhe auf sie herniederkommt, die Barmherzigkeit sie einhüllt, die Engel sie umgeben und Allah sie bei denen erwähnt, die bei Ihm sind. Und wer durch seine Taten (im Erreichen von Erfolg bei Allah) zurückbleibt, den wird seine Abstammung nicht voranbringen‘“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass die Belohnung des Muslims bei Allah von der gleichen Art ist wie das, was der Muslim mit den Muslimen tut. Wer also einem Gläubigen eine Sorge oder Bedrängnis der weltlichen Sorgen nimmt, dem wird Allah eine Sorge von den Sorgen des Jüngsten Tages nehmen. Und wer einem Notleidenden seine Erschwernis erleichtert und ihm hilft, seine Not zu lindern, dem wird Allah es sowohl im Diesseits als auch im Jenseits leicht machen. Und wer einen Muslim bedeckt, indem er seine Fehler und Schwächen nicht offenbart, den wird Allah in dieser Welt und im Jenseits bedecken. Allah wird Seinem Diener beistehen, solange der Diener seinem Bruder in seinen religiösen und weltlichen Angelegenheiten beisteht. Der Beistand kann durch Bittgebete, körperliche Hilfe, finanzielle Unterstützung oder auf andere Wege erfolgen. Und wer sich auf den Weg macht, um islamisches Wissen zu erlangen und dabei Allahs Wohlgefallen sucht, dem erleichtert Allah dadurch einen Weg zum Paradies. Und keine Gruppe versammelt sich in einem der Häuser Allahs, um das Buch Allahs zu rezitieren und es untereinander zu studieren, außer dass innere Ruhe auf sie herabkommt, Allahs Barmherzigkeit sie umhüllt, die Engel sie umgeben und Allah sie unter denen erwähnt, die bei Ihm sind. Und es ist eine große Ehre, dass Allah Seinen Diener in der höchsten Versammlung erwähnt. Und wen seine Taten verlangsamen, den wird seine Abstammung nicht zur höheren Stufe verhelfen. Man sollte sich also nicht auf die Ehre der Abstammung und die Tugend der Vorfahren verlassen und in seinen Taten nachlässig sein.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ibn Daqiq Al-'Id sagte: „Dies ist ein gewaltiger Hadith, der verschiedene Arten von Wissen, Grundlagen und Verhaltensregeln umfasst. Er beinhaltet den Vorzug, die Bedürfnisse der Muslime zu erfüllen und ihnen mit dem zu nützen, was möglich ist, sei es Wissen, Vermögen, Unterstützung, Hinweis auf eine gute Tat, Ratschlag oder etwas anderes.“
+Der Ansporn dazu, es den Bedrängten leicht zu machen.
+Der Ansporn, dem muslimischen Diener zu helfen, und dass Allah - erhaben ist Er - dem Helfenden hilft, entsprechend seiner Hilfe für seinen Bruder.
+Zum Bedecken des Muslims gehört es, seine Fehler nicht aufzuspüren. Es wurde über einen von den Altvorderen („Salaf“) überliefert, dass er sagte: „Ich habe Menschen erlebt, die keine Fehler hatten, aber sie erwähnten die Fehler anderer Menschen, sodass die Menschen ihnen Fehler zuschrieben. Und ich habe Menschen erlebt, die Fehler hatten, aber sie hielten sich von den Fehlern der Menschen fern, sodass ihre Fehler vergessen wurden.“
+Das Bedecken (der Fehler) der Menschen bedeutet nicht, dass man das Verwerfliche unterlässt und es nicht ändert. Vielmehr ändert man es und bedeckt es. Dies gilt für jemanden, der nicht für Verderbtheit und ständiges Übertreten bekannt ist. Was jedoch denjenigen betrifft, der dafür bekannt ist, so ist es nicht empfehlenswert, ihn zu bedecken, sondern seine Angelegenheit sollte denjenigen vorgelegt werden, die Autorität haben, wenn keine negative Konsequenz daraus befürchtet wird. Denn ihn zu bedecken, verleitet ihn zur (weiteren) Verderbtheit und ermutigt ihn, den Dienern Schaden zuzufügen, und ermutigt (ebenfalls) andere Übeltäter und Widerspenstige.
+Die Ermutigung zum Streben nach Wissen, zur Rezitation des Qurans und zu dessen Studium.
+An-Nawawi sagte: „Dies ist ein Beweis für die Vorzüglichkeit des gemeinsamen Rezitierens des Qurans in der Moschee ... Unter diesen Vorzug der Moschee fällt, so Allah - erhaben ist Er - will, auch das Versammeln in einer Schule, einem Ribat und Ähnlichem.
+Die Belohnung bei Allah richtet sich allein nach den Taten, nicht nach der Abstammung.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4801</t>
+  </si>
+  <si>
     <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>„O Meine Diener, ich habe Mir selbst das Unrecht verboten und es unter euch für verboten erklärt, so begeht kein Unrecht untereinander!</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Von Abu Dharr - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - von seinem Herrn - segensreich und erhaben sei Er - berichtete, dass Er sagte:
-„„O Meine Diener, ich habe Mir selbst das Unrecht verboten und es unter euch für verboten erklärt, so begeht kein Unrecht untereinander! O Meine Diener, ihr alle seid irregegangen, außer wen Ich rechtgeleitet habe. So bittet Mich um Rechtleitung und Ich leite euch recht! O Meine Diener, ihr alle seid hungrig, außer wen Ich gespeist habe. So bittet Mich um Speise und Ich speise euch! O Meine Diener, ihr alle seid nackt, außer wen Ich bekleidet habe. So bittet Mich um Kleidung und Ich bekleide euch! O Meine Diener, wahrlich, ihr sündigt bei Tag und bei Nacht, und Ich vergebe alle Sünden. So bittet Mich um Vergebung und Ich vergebe euch! O Meine Diener, wahrlich, niemals werdet ihr im Stande sein, Mir schaden zu können, und niemals werdet Ihr im Stande sein, Mir nutzen zu können. O Meine Diener, sogar wenn die ersten von euch und die letzten von euch, die Menschen von euch und die Jinn von euch alle das Herz der gottesfürchtigsten Person unter euch hätten, so würde dies Meiner Herrschaft nichts hinzufügen. O Meine Diener, sogar wenn die ersten von euch und die letzten von euch, die Menschen von euch und die Jinn von euch alle das Herz der frevelhaftesten Person unter euch hätten, so würde dies meine Herrschaft, um nichts schmälern. O Meine Diener, würden die ersten von euch und die letzten von euch, die Menschen von euch und die Jinn von euch sich allesamt an einem Ort versammeln und mich dann um etwas bitten und würde ich dann jedem geben, um was er bat, so würde dies das, was sich (an Besitz) bei mir befindet, nicht mehr vermindern als das, was eine Nadel vom Meer vermindert, wenn man sie hineintaucht. O Meine Diener, es sind nur eure Taten, die Ich euch anrechne. Sodann erhaltet ihr den Lohn dafür. Wer nun Gutes findet, der soll dann Aḷḷāh preisen (und danken), und wer etwas anderes als dieses (gute) findet, der soll dann niemanden tadeln außer sich selbst.““</t>
+„O Meine Diener, ich habe Mir selbst das Unrecht verboten und es unter euch für verboten erklärt, so begeht kein Unrecht untereinander! O Meine Diener, ihr alle seid irregegangen, außer wen Ich rechtgeleitet habe. So bittet Mich um Rechtleitung und Ich leite euch recht! O Meine Diener, ihr alle seid hungrig, außer wen Ich gespeist habe. So bittet Mich um Speise und Ich speise euch! O Meine Diener, ihr alle seid nackt, außer wen Ich bekleidet habe. So bittet Mich um Kleidung und Ich bekleide euch! O Meine Diener, wahrlich, ihr sündigt bei Tag und bei Nacht, und Ich vergebe alle Sünden. So bittet Mich um Vergebung und Ich vergebe euch! O Meine Diener, wahrlich, niemals werdet ihr im Stande sein, Mir schaden zu können, und niemals werdet Ihr im Stande sein, Mir nutzen zu können. O Meine Diener, sogar wenn die ersten von euch und die letzten von euch, die Menschen von euch und die Jinn von euch alle das Herz der gottesfürchtigsten Person unter euch hätten, so würde dies Meiner Herrschaft nichts hinzufügen. O Meine Diener, sogar wenn die ersten von euch und die letzten von euch, die Menschen von euch und die Jinn von euch alle das Herz der frevelhaftesten Person unter euch hätten, so würde dies meine Herrschaft, um nichts schmälern. O Meine Diener, würden die ersten von euch und die letzten von euch, die Menschen von euch und die Jinn von euch sich allesamt an einem Ort versammeln und mich dann um etwas bitten und würde ich dann jedem geben, um was er bat, so würde dies das, was sich (an Besitz) bei mir befindet, nicht mehr vermindern als das, was eine Nadel vom Meer vermindert, wenn man sie hineintaucht. O Meine Diener, es sind nur eure Taten, die Ich euch anrechne. Sodann erhaltet ihr den Lohn dafür. Wer nun Gutes findet, der soll dann Aḷḷāh preisen (und danken), und wer etwas anderes als dieses (gute) findet, der soll dann niemanden tadeln außer sich selbst.“</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass Allah - gepriesen sei Er und erhaben ist Er - gesagt hat, dass Er Sich Selbst Ungerechtigkeit verboten hat und sie auch unter Seinen Geschöpfen verboten hat, sodass niemand einem anderen Unrecht tun darf. Und (Allah sagt,) dass alle Geschöpfe vom rechten Weg abgekommen sind, außer durch die Führung und Unterstützung Allahs. Wer Allah um diese Führung bittet, dem wird Allah Erfolg und Rechtleitung schenken. Und (Er sagt,) dass die Geschöpfe alle von Allah abhängig und in allen ihren Bedürfnissen auf Ihn angewiesen sind. Wer Allah (um Unterstützung) bittet, dem wird Allah seine Bedürfnisse erfüllen und ihm Genüge sein. Und (Allah sagt,) dass sie Tag und Nacht Sünden begehen, während Allah - erhaben ist Er - ihre Fehler bedeckt und sie vergeben wird, wenn der Diener um Vergebung bittet. Und (Er sagt,) dass sie Allah weder Schaden noch Nutzen bringen können, und dass, selbst wenn sie wie das frommste Herz eines einzigen Menschen wären, dies nichts zu Allahs Herrschaft hinzufügen würde. Und selbst wenn sie wie das übelste Herz eines einzigen Menschen wären, würde ihr Übel nichts von Allahs Herrschaft mindern, da sie in jeder Situation, Zeit und an jedem Ort schwach und bedürftig gegenüber Allah sind und Er - gepriesen sei Er - der Reiche ist. Und selbst wenn alle Menschen und Jinn, die ersten und letzten, sich an einem Ort versammelten und Allah um etwas baten, und Er jedem Einzelnen das geben würde, was er erbeten hat, würde dies nichts von dem verringern, was bei Allah ist, wie eine Nadel, die ins Meer eingetaucht und wieder herausgezogen wird, ohne dass das Meer dadurch an Menge verliert. Dies ist aufgrund der Vollkommenheit Seines Reichtums - gepriesen sei Er -.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass Allah - gepriesen sei Er und erhaben ist Er - gesagt hat, dass Er Sich selbst Ungerechtigkeit verboten hat und sie auch unter Seinen Geschöpfen verboten hat, sodass niemand einem anderen Unrecht tun darf. Und (Allah sagt,) dass alle Geschöpfe vom rechten Weg abgekommen sind, außer durch die Führung und Unterstützung Allahs. Wer Allah um diese Führung bittet, dem wird Allah Erfolg und Rechtleitung schenken. Und (Er sagt,) dass die Geschöpfe alle von Allah abhängig und in allen ihren Bedürfnissen auf Ihn angewiesen sind. Wer Allah (um Unterstützung) bittet, dem wird Allah seine Bedürfnisse erfüllen und ihm Genüge sein. Und (Allah sagt,) dass sie Tag und Nacht Sünden begehen, während Allah - erhaben ist Er - ihre Fehler bedeckt und sie vergeben wird, wenn der Diener um Vergebung bittet. Und (Er sagt,) dass sie Allah weder Schaden noch Nutzen bringen können, und dass, selbst wenn sie wie das frommste Herz eines einzigen Menschen wären, dies nichts zur Herrschaft Allahs hinzufügen würde. Und selbst wenn sie wie das übelste Herz eines einzigen Menschen wären, würde ihr Übel nichts von der Herrschaft Allahs mindern, da sie in jeder Situation, Zeit und an jedem Ort schwach und bedürftig gegenüber Allah sind und Er - gepriesen sei Er - der Reiche ist. Und selbst wenn alle Menschen und Jinn, die ersten und letzten, sich an einem Ort versammelten und Allah um etwas baten, und Er jedem Einzelnen das geben würde, was er erbeten hat, würde dies nichts von dem verringern, was bei Allah ist, wie eine Nadel, die ins Meer eingetaucht und wieder herausgezogen wird, ohne dass das Meer dadurch an Menge verliert. Dies ist aufgrund der Vollkommenheit Seines Reichtums - gepriesen sei Er.
 Und dass Allah- gepriesen sei Er - die Taten der Diener bewahrt und sie am Tag der Auferstehung sorgfältig auflistet. Wer den Lohn für seine Taten als gut vorfindet, soll Allah für Seine Rechtleitung zum Gehorsam Ihm gegenüber loben. Wer jedoch etwas anderes als das vorfindet, soll nur sich selbst verantwortlich machen, da seine eigene schlechte Neigung ihn zum Verlust geführt hat.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
-    <t>Dieser Hadith ist eine Überlieferung des Propheten - Allahs Segen und Frieden auf ihm - die er von seinem Herrn berichtet. Er wird als „Hadith Qudsi“ oder „Hadith Ilahi“ bezeichnet. Der Ausdruck und die Bedeutung stammen von Allah, nur dass es nicht die Eigenschaften des Qurans besitzt, durch die er sich von anderem unterscheidet, wie die Anbetung durch seine Rezitation, die Notwendigkeit der rituellen Reinheit dafür, die Herausforderung (der Menschen, etwas gleichartiges hervorzubringen), das Wunder usw.
+    <t>Dieser Hadith ist eine Überlieferung des Propheten - Allahs Segen und Frieden auf ihm -, die er von seinem Herrn berichtet. Er wird als „Hadith Qudsi“ oder „Hadith Ilahi“ bezeichnet. Der Ausdruck und die Bedeutung stammen von Allah, nur dass es nicht die Eigenschaften des Qurans besitzt, durch die er sich von anderem unterscheidet, wie die Anbetung durch seine Rezitation, die Notwendigkeit der rituellen Reinheit dafür, die Herausforderung (der Menschen, etwas gleichartiges hervorzubringen), das Wunder usw.
 Was immer den Dienern an Wissen oder Rechtleitung zuteilwird, geschieht durch die Führung und das Lehren Allahs.
-Alles Gute, das dem Diener widerfährt, ist eine Gnade von Allah - erhaben ist Er -, während alles Schlechte das Ergebnis seiner Seeele und seiner Neigungen ist.
-Wer Gutes tut, tut dies durch die Erfolgsschenkung Allahs, und sein Lohn ist ein Gnade von Allah, daher gebührt Ihm der Lob. Wer jedoch Unrecht tut, soll nur sich selbst die Schuld geben.</t>
+Alles Gute, das dem Diener widerfährt, ist eine Huld von Allah - erhaben ist Er -, während alles Schlechte das Ergebnis seiner Seele und seiner Neigungen ist.
+Wer Gutes tut, tut dies durch die Erfolgsschenkung Allahs, und sein Lohn ist eine Huld Allahs, daher gebührt Ihm das Lob. Wer jedoch Unrecht tut, soll nur sich selbst die Schuld geben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4810</t>
   </si>
   <si>
     <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>O Junge, ich lehre dir einige Worte: Bewahre Allah (Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Ich war eines Tages hinter dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - und er sagte: „O Junge, ich lehre dir einige Worte: Bewahre Allah (Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah. Und wisse, wenn sich die Menschen der (gesamten) Nation (Ummah) dazu versammeln würden, um dir in einer Sache nützlich zu sein, werden sie dir nicht nutzen (können) außer durch eine Sache, die Allah bereits für dich vorgesehen (geschrieben) hat. Und wenn sie sich dazu versammeln würden, um dir durch eine Sache zu schaden, werden sie dir nicht schaden (können) außer durch eine Sache, die Allah bereits gegen dich vorgesehen (geschrieben) hat. Die Schreibrohre wurden (von den Schreibbogen/ Blättern) gehoben und die (Schreib-)Bogen/ Blätter sind getrocknet.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ich war eines Tages hinter dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - und er sagte: ‚O Junge, ich lehre dir einige Worte: Bewahre Allah (Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah. Und wisse, wenn sich die Menschen der (gesamten) Nation („Ummah“) dazu versammeln würden, um dir in einer Sache nützlich zu sein, werden sie dir nicht nutzen (können) außer durch eine Sache, die Allah bereits für dich vor(geschrieben) hat. Und wenn sie sich dazu versammeln würden, um dir durch eine Sache zu schaden, werden sie dir nicht schaden (können) außer durch eine Sache, die Allah bereits gegen dich vor(geschrieben) hat. Die Schreibrohre wurden (von den Schreibbogen/Blättern) gehoben und die (Schreib-)Bogen/Blätter sind getrocknet.‘“</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibn 'Abbas - möge Allah mit ihm zufrieden sein - berichtete, dass er als Kind einmal hinter dem Propheten - Allahs Segen und Frieden auf ihm - ritt. Er - Segen und Frieden auf ihm - sagte dann zu ihm: „Ich werde dir einige Dinge und Lektionen beibringen, mit denen dir Allah nützlich sein wird.“
-Bewahre Allah, indem du Seine Gebote achtest und Seine Verbote meidest, sodass Er dich in den gottesdienstlichen Handlungen, die dich Ihm nähern, findet und nicht in den Sünden und Verfehlungen. Wenn du dies tust, wird dein Lohn sein, dass Allah dich vor den Schwierigkeiten des Diesseits und des Jenseits bewahren und dir in deinen wichtigen Angelegenheiten, wohin auch immer du gehst, helfen wird.
-Und wenn du etwas erbitten möchtest, bitte niemanden außer Allah Allah, denn Er allein ist Derjenige, Der den Bittenden antwortet.
+Bewahre Allah, indem du Seine Gebote achtest und Seine Verbote meidest, sodass Er dich in den gottesdienstlichen Handlungen, die dich Ihm näher bringen, findet und nicht in den Sünden und Verfehlungen. Wenn du dies tust, wird dein Lohn sein, dass Allah dich vor den Schwierigkeiten des Diesseits und des Jenseits bewahren und dir in deinen wichtigen Angelegenheiten, wohin auch immer du gehst, helfen wird.
+Und wenn du etwas erbitten möchtest, bitte niemanden außer Allah, denn Er allein ist Derjenige, Der die Bittenden erhört.
 Und wenn du Hilfe benötigst, so bitte niemanden um Hilfe außer Allah.
 Und sei dir sicher, dass dir keine Vorteile zuteilwerden können, selbst wenn alle Menschen der Erde sich versammeln, um dir zu nützen, außer in dem, was Allah für dich bestimmt hat. Ebenso wird dir keiner Schaden zufügen können, auch wenn sich alle Menschen der Erde versammeln, um dir zu schaden, außer dem, was Allah für dich bestimmt hat.
 Und (wisse,) dass diese Angelegenheit von Allah - mächtig und majestätisch ist Er - gemäß Seiner Weisheit und Seinem Wissen festgeschrieben und bestimmt ist; es gibt keine Veränderung an dem, was Allah geschrieben hat.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
-    <t>Die Wichtigkeit Jüngeren und Kindern die religiösen Angelegenheiten zu lehren, wie den Tauhid, die Verhaltensweisen usw.
+    <t>Die Wichtigkeit Jüngeren und Kindern die religiösen Angelegenheiten zu lehren, wie den Tauhid, die Verhaltensregeln usw.
 Die Belohnung entspricht der Art der Tat.
 Der Befehl, sich auf Allah zu verlassen und Ihm allein zu vertrauen, denn Er ist der beste Verwalter.
-Der Glaube an das göttliche Schicksal und die Vorherbestimmung sowie die Zufriedenheit damit,  und dass Allah alles bestimmt hat.
+Der Glaube („Iman“) an die Entscheidung und Vorherbestimmung (Allahs) sowie die Zufriedenheit damit,  und dass Allah alles bestimmt hat.
 Wer die Angelegenheit Allahs missachtet, den wird Allah missachten und ihn nicht schützen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4811</t>
   </si>
   <si>
     <t>لا تقتله، فإن قتلته فإنه بمنزلتك قبل أن تقتله، وإنك بمنزلته قبل أن يقول كلمته التي قال</t>
   </si>
   <si>
     <t>Töte ihn nicht, denn wenn du ihn tötest, ist er auf deiner Stufe, (auf der du dich befandest,) bevor du ihn getötet hast und du bist auf seiner Stufe, (auf der er sich befand), bevor er das Wort sagte, das er sagte.“</t>
   </si>
   <si>
     <t>عَنْ المِقْدَادِ بْنَ عَمْرٍو الكِنْدِيَّ رضي الله عنه: أَنَّهُ قَالَ لِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَرَأَيْتَ إِنْ لَقِيتُ رَجُلًا مِنَ الكُفَّارِ فَاقْتَتَلْنَا، فَضَرَبَ إِحْدَى يَدَيَّ بِالسَّيْفِ فَقَطَعَهَا، ثُمَّ لاَذَ مِنِّي بِشَجَرَةٍ، فَقَالَ: أَسْلَمْتُ لِلَّهِ، أَأَقْتُلُهُ يَا رَسُولَ اللَّهِ بَعْدَ أَنْ قَالَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ» فَقَالَ: يَا رَسُولَ اللَّهِ إِنَّهُ قَطَعَ إِحْدَى يَدَيَّ، ثُمَّ قَالَ ذَلِكَ بَعْدَ مَا قَطَعَهَا؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَقْتُلْهُ، فَإِنْ قَتَلْتَهُ فَإِنَّهُ بِمَنْزِلَتِكَ قَبْلَ أَنْ تَقْتُلَهُ، وَإِنَّكَ بِمَنْزِلَتِهِ قَبْلَ أَنْ يَقُولَ كَلِمَتَهُ الَّتِي قَالَ».</t>
   </si>
   <si>
     <t>Von Al-Miqdad Ibn 'Amr Al-Kindi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagte: „Was denkst du darüber, wenn ich einen Mann der Ungläubigen antreffe und wir uns bekämpfen und er eine meiner Hände mit dem Schwert trifft und abtrennt, daraufhin Schutz vor mir unter/hinter einem Baum sucht und sagt: Ich habe mich Allah ergeben? Soll ich ihn noch töten nachdem er dies sagte, o Gesandter Allahs?“
 Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Töte ihn nicht.“
 Da sagte er: „O Gesandter Allahs, er hat eine meiner Hände abgetrennt und hat dies gesagt, nachdem er sie abtrennte.“
 Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Töte ihn nicht, denn wenn du ihn tötest, ist er auf deiner Stufe, (auf der du dich befandest,) bevor du ihn getötet hast und du bist auf seiner Stufe, (auf der er sich befand), bevor er das Wort sagte, das er sagte.“</t>
   </si>
   <si>
     <t>سألَ المقدادُ بن الأسود رضي الله عنه النبيَّ صلى الله عليه وسلم إذا هو لَقِيَ رجلًا من الكفار في المعركة، فتبارزا بالسيوف، حتى أصاب الكافر إحدى يديه بالسيف فقطعها، ثم فَرَّ الكافر منه وتَحَصَّنَ بشجرة، فقال: لا إله إلا الله، أيحل لي قَتْلُه بعد أنْ قَطَعَ يدي؟ 
 فقال له النبي صلى الله عليه وسلم: لا تقتلْه. 
 فقال يا رسول الله، إنه قطع إحدى يديَّ، أَمَعَ هذا لا أقتله؟! 
 فقال صلى الله عليه وسلم: لا تقتلْه، فإنه أصبح حَرامُ الدَّم، فإنك إنْ قَتلتَه بعد إسلامه؛ فإنه بمنزلتِك مَعصومُ الدَّم بإسلامه، وإنك بمنزلته مُباح الدم بقتلك إياه قِصاصًا.</t>
@@ -7298,50 +8113,53 @@
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Die Wahrung des Monotheismus und der Glaubensüberzeugung vor allem, was diese gefährden könnte.
 Das Verbot der Verwendung von Amuletten, Talismanen und Zaubermitteln, die Schirk beinhalten.
 Der Glaube einer Person, dass diese drei Dinge Ursachen (für Schutz) sind, ist kleiner Schirk, da sie etwas, das keine Ursache ist, als Ursache betrachtet. Wenn jedoch geglaubt wird, dass diese Dinge von sich aus Nutzen bringen oder Schaden verursachen, dann ist das großer Schirk.
 Die Warnung davor, Dinge zu tun, die Schirk enthalten und verboten sind.
 Das Verbot von Amuletten und die Tatsache, dass es Schirk ist, es sei denn, sie sind gesetzlich erlaubt.
 Das Herz sollte nur an Allah gebunden sein, denn nur von Ihm allein kommen Nutzen und Schaden, und niemand außer Allah kann Gutes bringen oder Übel abwenden.
 Erlaubte Amulette/Methoden (Ruqa) müssen drei Bedingungen erfüllen:
 (1.) Man muss glauben, dass sie nur eine Ursache sind und nur mit Allahs Erlaubnis wirken.
 (2.) Sie müssen aus dem Quran, den Namen und Eigenschaften Allahs, den prophetischen Bittgebeten und den gesetzlich erlaubten Bittgebeten bestehen.
 (3.) Sie müssen in einer verständlichen Sprache verfasst sein und keine Talismane oder Zauberei enthalten.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>Wisst ihr, was Al-Ghibah ist?“ Sie sagten: „Allah und Sein Gesandter wissen es besser.“ Er sagte: „Es ist, wenn du deinen Bruder mit dem erwähnst, was er nicht mag</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandter Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wisst ihr, was Al-Ghibah ist?“ Sie sagten: „Allah und Sein Gesandter wissen es besser.“ Er sagte: „Es ist, wenn du deinen Bruder mit dem erwähnst, was er nicht mag.“ Man fragte: „Und wenn das, was ich sage, tatsächlich auf meinen Bruder zutrifft?“ Er antwortete: „Wenn es wahr ist, was du sagst, dann hast du üble Nachrede über ihn begangen. Und wenn es nicht zutrifft, dann hast du ihn falsch beschuldigt.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt die wahre Bedeutung der verbotenen Nachrede: Es ist das Erwähnen eines abwesenden Muslims mit etwas, das er nicht mag, sei es hinsichtlich seiner äußeren oder inneren Eigenschaften, wie etwa „der Einäugige“, „der Betrüger“ oder „der Lügner“, und ähnliche abwertende Beschreibungen, selbst wenn diese Eigenschaften tatsächlich bei ihm vorhanden sein sollten.
 Wenn die beschriebene Eigenschaft jedoch nicht bei ihm vorhanden ist, ist das noch schlimmer als Verleumdung; es wäre Falschheit (Al-Buhtan), d. h. die falsche Beschuldigung eines Menschen mit Eigenschaften, die er nicht hat.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
@@ -7586,50 +8404,53 @@
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Jede gute Tat ist eine Spende (Sadaqah).“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jede Art von Güte und Nutzen für andere, sei es in Worten oder Taten, als Spende gilt und es dafür Belohnung und Anerkennung geben wird.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Die Spende ist nicht nur auf das beschränkt, was man aus seinem eigenen Geld gibt, sondern sie umfasst auch jede gute Tat oder jedes gute Wort, was einem anderen zugutekommt.
 Es enthält die Ermutigung, Wohltaten zu erbringen und alles zu tun, was ein Nutzen für andere ist.
 Man sollte nichts von den guten Taten gering schätzen, auch wenn es klein erscheint.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
+    <t>[رواه البخاري من حديث جابر ورواه مسلم من حديث حذيفة]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/5346</t>
   </si>
   <si>
     <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>„Beginnt bei den Juden und Christen nicht mit dem Gruß. Wenn ihr einen von ihnen auf dem Weg antrifft, drängt ihn in die engste (Seite) des Wegs.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Beginnt bei den Juden und Christen nicht mit dem Gruß. Wenn ihr einen von ihnen auf dem Weg antrifft, drängt ihn in die engste (Seite) des Wegs.“</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte, dass man die Juden und Christen zuerst grüßt, selbst wenn sie Schutzbefohlene sind - deshalb gilt dies erst recht bei anderen Ungläubigen. Er - Allahs Segen und Frieden auf ihm - verdeutlichte: Wenn wir einen von ihnen auf dem Weg antreffen, sollen wir ihn in die engste (Seite) des Wegs drängen, da der Gläubige derjenige ist, der in der Mitte des Weges läuft und der Ungläubige ist derjenige, der zur Seite gehen muss. Der Muslim darf unter keinen Umständen erniedrigt sein.</t>
   </si>
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
@@ -7957,50 +8778,53 @@
   </si>
   <si>
     <t>„Nichts wiegt schwerer auf der Waage des Gläubigen am Tag der Auferstehung als ein guter Charakter. Und wahrlich, Allah verabscheut denjenigen, der unzüchtig und obszön ist.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Von Abu Ad-Darda' - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Nichts wiegt schwerer auf der Waage des Gläubigen am Tag der Auferstehung als ein guter Charakter. Und wahrlich, Allah verabscheut denjenigen, der unzüchtig und obszön ist.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass das schwerste, was auf der Waage des Gläubigen am Tag der Auferstehung von den Taten und Worten sein wird, der gute Charakter ist, und dies durch ein freundliches Gesicht, das Verhindern von Schaden und das Erweisen von Wohltaten. Und Allah - erhaben ist Er - verabscheut denjenigen, der hässlich in seinen Taten und Worten ist und obszöne Dinge mit seiner Zunge ausspricht.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Die Tugend des guten Charakters; denn sie bringt ihrem Besitzer die Liebe Allahs und die Liebe Seiner Diener ein, und sie ist das Gewaltigste, was am Tag der Auferstehung gewogen wird.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5371</t>
   </si>
   <si>
     <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>„Wer möchte, dass sein Lebensunterhalt ausgeweitet wird und seine Lebensdauer verlängert wird, der soll seine Verwandtschaftsbande pflegen.“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer möchte, dass sein Lebensunterhalt ausgeweitet wird und seine Lebensdauer verlängert wird, der soll seine Verwandtschaftsbande pflegen.“</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - fordert dazu auf, die Verwandtschaftsbande durch Besuche, körperliche und finanzielle Unterstützung und andere Formen der Anerkennung zu pflegen. Dies ist ein Grund für die Erweiterung des Lebensunterhalts und eine längere Lebensdauer.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
@@ -8291,50 +9115,53 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte vor der Unterlassung des Sprechen der Segenswünsche auf ihm, wenn man seinen Namen, Beinamen oder seine Beschreibung hört. Er sagte: „Der vollkommen Geizige ist derjenige, bei dem ich erwähnt werde und der keine Segenswünsche auf mich spricht.“ Und dies aus unterschiedlichen Gründen:
 Erstens: Es ist Geiz mit etwas, wodurch er weder wenig noch viel verliert, und wobei er kein Geld und keine Mühe aufbringen muss.
 Zweitens: Er ist geizig mit sich selbst und hat sich den Lohn der Segenswünsche auf seinen Gesandten - Allahs Segen und Frieden auf ihm - verwehrt, denn indem er die Segenswünsche auf ihn unterlässt, ist er geizig gewesen und hat sich von der Erfüllung des Rechts enthalten, welches er erfüllen sollte, um dem Befehl zu folgen und den Lohn zu erlangen.
 Drittens: Die Segenswünsche auf ihn erfüllen etwas vom Recht des Propheten - Allahs Segen und Frieden auf ihm -, da er uns gelehrt und geführt hat und uns zu Allah - segensreich und erhaben ist Er - gerufen hat. Er kam mit dieser Offenbarung und dieser Gesetzgebung zu uns, so ist er nach Allah - segensreich und erhaben ist Er - ein Grund für unsere Rechtleitung. Wer nicht die Segenswünsche auf ihn spricht, war geizig mit sich selbst und mit seinem Propheten - Allahs Segen und Frieden auf ihm - in Bezug auf ein Recht seiner geringsten Rechte.</t>
   </si>
   <si>
     <t>تَرْك الصلاة على النبي صلى الله عليه وسلم عنوان الشُّحِّ.
 الصلاة على النبي صلى الله عليه وسلم من أفضل القُرُبات والطاعات في جميع الأوقات، ويتأكّد حالَ ذِكْرِه.
 قال النووي: إذا صلى على النبي صلى الله عليه وسلم فليَجمع بين الصلاة والتسليم، ولا يَقتصر على أحدِهما؛ فلا يَقل: (صلى الله عليه) فقط، ولا: (عليه السلام) فقط.
 قال أبو العالية في قوله: (إن الله وملائكته يصلون على النبي) قال: صلاة الله عز وجل على نبيه: ثناؤه عليه، والصلاة من الملائكة والبشر: الدعاء.
 قال الحليمي: فمعنى «اللهم صلّ على محمد»: اللهم عظّمه في الدنيا بإعلاء ذِكْرِه، وإظهار دينه، وإبقاء شريعته، وفي الآخِرة: بِتَشْفِيْعِهِ في أُمَّتِهِ، وإِجْزَال أجره ومثوبته، وإبداء فضله للأولين والآخرين بالمقام المحمود، وتقديمه على كافة المقربين الشهود.</t>
   </si>
   <si>
     <t>Die Segenswünsche auf den Propheten - Allahs Segen und Frieden auf ihm - zu unterlassen ist die Spitze des Geiz.
 Die Segenswünsche auf den Propheten - Allahs Segen und Frieden auf ihm - gehören zu den vorzüglichsten Taten der Annäherung und des Gehorsams (zu Allah) zu jeder Zeit; insbesondere, wenn er erwähnt wird.
 An-Nawawi sagte: „Wenn man die Segenswünsche auf den Propheten - Allahs Segen und Frieden auf ihm spricht, soll man zwischen dem Segens- und Friedenswunsch vereinen und sich nicht auf eines der beiden beschränken. So soll er nicht nur: 'Allahs Segen auf ihm' und 'Friede sei auf ihm' sagen.“
 Abu Al-'Aliyah sagte über die Aussage Allahs „Wahrlich Allah und Seine Engel sprechen die Segenswünsche auf den Propheten.“: „Die Segenswünsche Allahs - mächtig und majestätisch ist Er - auf Seinen Propheten sind das Lob für ihn. Und die Segenswünsche der Engel und der Menschen sind ein Bittgebet.“
 Al-Halimi sagte: „Die Bedeutung von 'O Allah, segne Muhammad.“ bedeutet: O Allah, ehre ihn im Diesseits, indem seine Erwähnung erhöht wird, seine Religion deutlich gezeigt wird und seine Gesetzgebung bleibt. Im Jenseits bedeutet es, dass er Fürsprache für seine Gemeinschaft einlegen darf, er seinen Lohn und seine Belohnung vollständig erhält, er seinen Vorzug für die ersten und letzten durch 'Al-Maqam Al-Mahmud' ausführen kann, und dass er vor allen nahestehenden Zeugen bevorzugt wird.“</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي في الكبرى وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/5403</t>
   </si>
   <si>
     <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>‚Wer eine Mahlzeit isst und dann sagt: „Alles Lob gebührt Allah, Der mich damit gespeist und versorgt hat, ohne Macht von mir und ohne Kraft“, dem werden seine vergangenen Sünden vergeben.‘“</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Von Sahl Ibn Muadh Ibn Anas wird über seinen Vater überliefert, der sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer eine Mahlzeit isst und dann sagt: „Alles Lob gebührt Allah, Der mich damit gespeist und versorgt hat, ohne Macht von mir und ohne Kraft“, dem werden seine vergangenen Sünden vergeben.‘“</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ermutigt denjenigen, der eine Mahlzeit gegessen hat, Allah zu lobpreisen; denn ich habe keine Kraft, Nahrung zu beschaffen oder zu essen, außer durch Allah - erhaben ist Er - und Seine Hilfe. Dann verkündete der Prophet - Allahs Segen und Frieden auf ihm -, dass derjenige, der dies sagt, die Vergebung Allahs für seine vergangenen kleinen Sünden verdient.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
@@ -8427,117 +9254,157 @@
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer morgens oder abends zur Moschee kommt, dem bereitet Allah im Paradies eine Stellung vor, jedes Mal wenn er morgens oder abends kommt.“</t>
   </si>
   <si>
     <t>بَشَّرَ النبيُّ صلى الله عليه وسلم مَن أتى المَسجدَ للعبادة أو العلم أو لغير ذلك مِن مقاصد الخير في أيِّ وقت؛ أولَ النهار أو آخرَه بأنَّ الله قد هَيَّأَ له مَكانًا وضِيافة في الجنة، كلّما جاء المسجد في ليل أو نهار.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verkündet demjenigen, der für die Anbetung, das Wissen oder ähnliche nützliche Gründe zur Moschee kommt und dies zu jeder Zeit - sei es zu Tagesbeginn oder Tagesende -, dass Allah ihm einen Ort und eine Bleibe im Paradies bereitet, und das jedes Mal wenn er nachts oder tagsüber zur Moschee kommt.</t>
   </si>
   <si>
     <t>فَضْل الذهاب إلى المسجد، والحَثُّ على المحافظة على صلاة الجماعة فيه، فَكَم يَفُوْتُ المُتَخَلِّف عن المساجد من الخير والفضل والأجر والضيافة التي يعدُّها الله تبارك وتعالى لقاصِدِيْ بيته.
 إذا كان الناس يُكرِمُون من جاء بيوتَهم، ويُقَدِّمون له الطعام، فالله تبارك وتعالى أَكْرَمُ مِن خَلْقِه! فمَن قَصَدَ بيتَه أَكرمَه، وأَعَدّ الله له نزلًا عظيمًا وكبيرًا.
 الفرح والغِبْطَة بالذهاب للمساجد؛ لأنه يُعَدّ له نُزُلٌ كلّما غَدَا أو رَاح بِعَدَد ذهابِه.</t>
   </si>
   <si>
     <t>Der Vorzug, zur Moschee zu gehen, und der Ansporn, das Gemeinschaftsgebet zu bewahren. Wie viel Gutes, Vorzug, Lohn und Versorgung, die Allah - segensreich und erhaben ist Er - für diejenigen bereitet, die Sein Haus aufsuchen, entgeht demjenigen, der die Moscheen vernachlässigt?
 Wenn doch die Menschen diejenigen ehren, die zu ihren Häusern kommen, und ihnen Essen bereitstellen, ist Allah - segensreich und erhaben ist Er - großzügiger als Seine Schöpfung! Wer Sein Haus aufsucht, den ehrt Er und dem hat Allah eine gewaltige und große Stellung bereitet.
 Die Freude und Begeisterung, zur Moschee zu gehen, denn jedes Mal wenn man morgens oder abends dorthin geht, werden einem entsprechend der Anzahl der Gänge Stellungen (im Paradies) bereitet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5436</t>
   </si>
   <si>
     <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
-    <t>Wer an Allah und den Jüngsten Tag glaubt, soll Gutes sagen oder schweigen</t>
+    <t>„Wer an Allah und den Jüngsten Tag glaubt, der soll Gutes sprechen oder schweigen</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer an Allah und den Jüngsten Tag glaubt, soll Gutes sagen oder schweigen. Wer an Allah und den Jüngsten Tag glaubt, soll seinen Nachbarn ehren. Und wer an Allah und den Jüngsten Tag glaubt, soll seinen Gast ehren.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer an Allah und den Jüngsten Tag glaubt, der soll Gutes sprechen oder schweigen. Und wer an Allah und den Jüngsten Tag glaubt, der soll seinen Nachbarn ehren. Und wer an Aḷḷāh und den Jüngsten Tag glaubt, der soll seinen Gast ehren.</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass der Diener, der an Allah, zu Dem er zurückkehren wird, und an den Jüngsten Tag glaubt, an dem er für seine Taten belohnt wird, glaubt, durch seinen Glauben ermutigt wird, diese Eigenschaften zu erfüllen:
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass der Diener, der an Allah, zu Dem er zurückkehren wird, und an den Jüngsten Tag glaubt, an dem er für seine Taten belohnt wird, glaubt, durch seinen Glauben ermutigt wird, diese Eigenschaften zu erfüllen:
 Erstens: Gutes Sprechen, wie das Lobpreisen und das Bezeugen der Einheit (Allahs), das Gebieten des Guten, das Verbieten des Schlechten und das Schlichten zwischen den Menschen. Wenn dies nicht möglich ist, so soll man schweigen, Schädliches zurückhalten und seine Zunge hüten.
-Zweitens: Den Nachbarn ehren, indem man ihm Gutes tut und ihm nicht schadet.
-Drittens: Den Gast, der dich besucht, ehren, indem man freundlich spricht, ihm Essen speist und ähnliches.</t>
+Zweitens: Den Nachbarn ehren, indem man ihm Gutes tut und keinen Schaden zufügt.
+Drittens: Den Gast, der dich besucht, ehren, indem man freundlich spricht, ihm Essen zubereitet und ähnliches.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
-    <t>Der Glaube an Allah und den Jüngsten Tag ist die Grundlage für alles Gute und motiviert dazu, Gutes zu tun.
+    <t>Der Glaube („Iman“) an Allah und den Jüngsten Tag ist die Grundlage für alles Gute und motiviert dazu, Gutes zu tun.
 Die Warnung vor den Schäden (mit) der Zunge.
 Der Islam ist eine Religion der Harmonie und der Großzügigkeit.
-Diese Eigenschaften gehören zu den Zweigen des Glaubens und den lobenswerten Verhaltensweisen.
+Diese Eigenschaften gehören zu den Zweigen des Glaubens („Iman“) und den lobenswerten Verhaltensweisen.
 Häufiges Reden kann zu unerwünschtem oder verbotenem Verhalten führen, und die Sicherheit liegt darin, nur das Gute zu sagen oder zu schweigen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5437</t>
   </si>
   <si>
     <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>„Wer den Menschen keine Barmherzigkeit erweist, dem wird Allah - mächtig und majestätisch ist Er - keine Barmherzigkeit erweisen.“</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Von Jarir Ibn Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer den Menschen keine Barmherzigkeit erweist, dem wird Allah - mächtig und majestätisch ist Er - keine Barmherzigkeit erweisen.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jemand, der den Menschen keine Barmherzigkeit erweist, von Allah - mächtig und majestätisch ist Er - ebenfalls keine Barmherzigkeit erfahren wird. Die Barmherzigkeit des Dieners gegenüber den Geschöpfen ist eine der größten Ursachen, durch die man die Barmherzigkeit Allahs - erhaben ist Er - erlangen kann.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Die Barmherzigkeit ist für alle Geschöpfe erforderlich, jedoch wird der Mensch besonders hervorgehoben, um ihm besondere Aufmerksamkeit zu schenken.
 Allah ist der Barmherzige und zeigt Barmherzigkeit gegenüber denjenigen, die Barmherzigkeit gegenüber Seinen Dienern zeigen, denn die Vergeltung entspricht der Art des Handelns.
 Die Barmherzigkeit gegenüber den Menschen umfasst, ihnen Gutes zukommen zu lassen, Schaden von ihnen abzuwenden und sie wohlwollend zu behandeln.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5439</t>
+  </si>
+  <si>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
+  </si>
+  <si>
+    <t>‚O Sohn Adams! Solange du Mich ersuchst und auf Mich hoffst, vergebe Ich dir, was du getan hast, und es kümmert Mich nicht</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
+  </si>
+  <si>
+    <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Allah - erhaben ist Er - sagte: ‚O Sohn Adams! Solange du Mich ersuchst und auf Mich hoffst, vergebe Ich dir, was du getan hast, und es kümmert Mich nicht. O Sohn Adams! Würden deine Sünden den höchsten Teil des Himmels erreichen und du würdest Mich dann um Vergebung bitten, so würde Ich dir vergeben. O Sohn Adams! Würdest du zu Mir kommen mit (einem Ausmaß an) Sünden ähnlich dem Ausmaß der Erde, und du würdest Mich dann treffen, ohne Mir etwas beigesellt zu haben, so würde Ich dir ebenso viel Vergebung entgegenbringen.‘“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
+يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
+يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah - segensreich und erhaben ist Er - im Hadith Qudsi sagte: „O Sohn Adams, solange du Mich anrufst und auf Meine Barmherzigkeit hoffst und nicht verzweifelst, werde Ich deine Sünde verbergen und auslöschen - und es kümmert Mich nicht -, selbst wenn diese Sünde und Übertretung zu den großen Sünden gehört. O Sohn Adams: Selbst wenn deine Sünden so zahlreich wären, dass sie den Raum zwischen Himmel und Erde füllen würden, bis sie ihre Grenzen erreichen und alle ihre Seiten bedecken, und du Mich dann um Vergebung bittest, werde Ich sie auslöschen und dir vergeben, ohne Mich um ihre Anzahl zu kümmern.
+O Sohn Adams: Selbst wenn du nach dem Tod mit Sünden und Übertretungen gefüllt wie die Erde zu Mir kommst und du als Monotheist („Muwahhid“) gestorben bist, ohne Mir etwas beigesellt zu haben, werde Ich diese Sünden und Übertretungen mit ebenso viel Vergebung wie die Erde begegnen, denn Ich bin der Allvergebende und vergebe alle Sünden außer der Beigesellung („Schirk“).“</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله تعالى ومغفرته وفضله.
+فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
+خطر الشرك وأن الله لا يغفر للمشركين.
+قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
+هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
+الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
+  </si>
+  <si>
+    <t>Die Weite der Barmherzigkeit, Vergebung und Huld Allahs.
+Der Vorzug des Monotheismus („Tauhid“) und dass Allah den Monotheisten die Sünden und Übertretungen vergibt.
+Die Gefahr des Schirks und dass Allah den Götzendienern nicht vergibt.
+Ibn Rajab sagte: „Dieser Hadith enthält die drei Gründe, durch die die Sünden vergeben werden: Erstens: das Bittgebet mit Hoffnung, zweitens: die Reue und Bitte um Vergebung, drittens: der Tod im Zustand des Tauhids.“
+Dieser Hadith gehört zu den Überlieferungen, die der Prophet - Allahs Segen und Frieden auf ihm - von seinem Herrn berichtet. Er wird als Qudsi- oder Ilahi-Hadith bezeichnet. Sein Wortlaut und seine Bedeutung stammen von Allah, doch er besitzt nicht die Eigenschaften des Qurans, durch die dieser sich von allen anderen Offenbarungen unterscheidet, wie die Verpflichtung, ihn zu rezitieren, die rituelle Reinheit für ihn, die Herausforderung und das Wunder und andere Dinge.
+Es gibt drei Arten von Sünden: Erstens: Die Beigesellung anderer zu Allah (Schirk). Dies vergibt Allah nicht. Allah - mächtig und majestätisch ist Er - sagte: „Wahrlich, wer Allah etwas beigesellt, dem hat Allah das Paradies verwehrt.“ Zweitens: Wenn der Diener sich selbst Unrecht tut in Bezug auf seine Beziehung zu seinem Herrn durch Sünden und Übertretungen. Allah - mächtig und majestätisch ist Er - vergibt dies und sieht darüber hinweg, wenn Er will. Drittens: Sünden, von denen Allah nichts unbeachtet lässt. Das ist das Unrecht, das die Menschen einander zufügen, und und dafür ist Vergeltung notwendig.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/5456</t>
   </si>
   <si>
     <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>„Wahrlich, der verhassteste Mensch vor Allah ist der streitsüchtige Widersacher.“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, der verhassteste Mensch vor Allah ist der streitsüchtige Widersacher.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah - segensreich und erhaben ist Er - diejenigen unter den Menschen verabscheut, die sehr stark und oft streiten, die es nicht akzeptieren, sich der Wahrheit zu beugen und versuchen, diese durch ihr Streitgespräch abzuwehren oder im Streit zwar im Recht sind, aber die Streiterei übertreiben, die Grenzen des Maß überschreiten und ohne Wissen diskutieren</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
@@ -8830,96 +9697,102 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte es, folgende Bittgebete morgens und abends nicht zu unterlassen:
 „O Allah ich bitte Dich um Wohlbefinden“, und Unversehrtheit vor diesseitigen Krankheiten, Heimsuchungen und Schwierigkeiten und religiösen Gelüsten und Versuchungen „im Diesseits und Jenseits.“ Das vorzeitige und spätere (Leben).
 „O Allah ich bitte Dich um Vergebung“ und die Auslöschung der Sünden und das Hinwegsehen über diese, „und Wohlbefinden“ und Unversehrtheit von Fehlern, „in meiner Religion“ (Unversehrtheit) von Schirk, Neuerungen und Sünden, „und meinem Diesseits“ (Unversehrtheit) von Katastrophen, Schaden und Übeln, „meiner Familie“, meinen Ehefrauen, Kindern und Nahestehenden, „meinem Besitz“ und meinen Besitztümern und meiner Arbeit.
 „O Allah bedecke meine Blöße“ und die Fehler, Mängel und das Kurzkommen in mir und lösche meine Sünden „und beruhige meine Ängste“ meine Furcht und Befürchtung.
 „O Allah beschütze mich“ und wehre das Unheil durch Schaden und Unheil von mir ab, „vor dem, was vor mir ist, und was hinter mir ist, und was zu meiner rechten Seite ist, und was zu meiner linken Seite ist, und was über mir ist.“ Er bat Allah darum, Ihn von allen Seiten zu beschützen, da das Unheil und Übel den Menschen von einer dieser Seiten einholen und überkommen.
 „Und ich suche bei Deiner Macht Zuflucht vor dem Unheil,“ dem plötzlichen Überkommen und unachtsamen Untergang,  „was unter mir ist.“, sodass ich durch Unterdrückung untergehe.</t>
   </si>
   <si>
     <t>المحافظة على هذه الكلمات اقتداءً بالرسول صلى الله عليه وسلم.
 الإنسان كما هو مأمور بسؤال الله العافية في الدين كذلك مأمور بسؤالها في الدنيا.
 قال الطيبي: عَمَّ الجهاتَ الست؛ لأن الآفات منها، وبالَغَ فِي جهة السُّفْلِ لرَدَاءة الآفة منها.
  الأفضل في قراءة الأذكار، في الصباح: من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك يعني: قالها في الصباح بعد ارتفاع الضُّحى أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 ما دَلَّ الدليل على كون الذِّكْر له وقت مُعَيّن في الليل كقراءة آخر آيتين من سورة البقرة فإنها تكون ليلًا بعد غروب الشمس.</t>
   </si>
   <si>
     <t>Man sollte diese Worte bewahren (und regelmäßig sprechen), um dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - nachzuahmen.
 Genauso wie dem Menschen befohlen wurde, Allah um Unversehrtheit in der Religion zu bitten, wurde ihm befohlen, um Unversehrtheit im Diesseits zu bitten.
 At-Tayyibi sagte: „Er nannte alle sechs Richtungen allgemein, da das Unheil von dort kommen, und die untere Seite speziell, da das Unheil von dort übler ist.“
 Der beste Zeitpunkt für das Aufsagen der Adhkar am Morgen ist am Tagesbeginn nach der Morgendämmerung bis zum Sonnenaufgang und (am Abend) nach dem Nachmittag bis zum Sonnenaufgang. Wenn er es danach sagt, sodass er sie vormittags sagt, ist das in Ordnung, wenn er sie nach dem Mittag sagt, ist das in Ordnung und wenn er sie nach dem Sonnenuntergang sagt, ist das in Ordnung da (all) das Zeit für Dhikr ist.
 Wenn es einen Beweis dafür gibt, dass ein Dhikr zu einer bestimmten Zeit in der Nacht gesagt wird, wie die zwei letzten Verse in Surah Al-Baqarah, wird es nachts nach dem Sonnenuntergang aufgesagt.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/5485</t>
   </si>
   <si>
     <t>اللهم إني أسألك من الخير كله، عاجله وآجله، ما علمت منه وما لم أعلم، وأعوذ بك من الشر كله، عاجله وآجله، ما علمت منه وما لم أعلم</t>
   </si>
   <si>
     <t>O Allah ich bitte dich um das gesamte Gute, das Eilige und das Verspätete davon, das, was ich davon kenne, und das, was ich davon nicht kenne. Und ich suche Zuflucht bei dir vor dem gesamten Übel, das Eilige und das Verspätete davon, das, was ich davon kenne, und das, was ich davon nicht kenne</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رضي الله عنها أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ عَلَّمَهَا هَذَا الدُّعَاءَ: «اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ الْخَيْرِ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، وَأَعُوذُ بِكَ مِنْ الشَّرِّ كُلِّهِ، عَاجِلِهِ وَآجِلِهِ، مَا عَلِمْتُ مِنْهُ وَمَا لَمْ أَعْلَمْ، اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ خَيْرِ مَا سَأَلَكَ عَبْدُكَ وَنَبِيُّكَ، وَأَعُوذُ بِكَ مِنْ شَرِّ مَا عَاذَ بِهِ عَبْدُكَ وَنَبِيُّكَ، اللَّهُمَّ إِنِّي أَسْأَلُكَ الْجَنَّةَ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَعُوذُ بِكَ مِنْ النَّارِ، وَمَا قَرَّبَ إِلَيْهَا مِنْ قَوْلٍ أَوْ عَمَلٍ، وَأَسْأَلُكَ أَنْ تَجْعَلَ كُلَّ قَضَاءٍ قَضَيْتَهُ لِي خَيْرًا».</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ihr folgendes Bittgebet lehrte: O Allah ich bitte dich um das gesamte Gute, das Eilige und das Verspätete davon, das, was ich davon kenne, und das, was ich davon nicht kenne. Und ich suche Zuflucht bei dir vor dem gesamten Übel, das Eilige und das Verspätete davon, das, was ich davon kenne, und das, was ich davon nicht kenne. O Allah ich bitte dich um das Gute, worum dich Dein Diener und dein Prophet gebeten hat. Und ich suche Zuflucht bei Dir vor dem Übel, vor dem Dein Diener und dein Prophet Zuflucht gesucht hat. O Allah ich bitte dich um das Paradies und um jene Worte und Taten, die mich diesem nähern. Und ich suche Zuflucht bei Dir vor dem Höllenfeuer, und vor jeglichen Worten und Taten, die mich diesem nähern. Und ich bitte Dich darum, dass Du jede Vorherbestimmung, die Du für mich bestimmt hast, gut sein lässt.</t>
   </si>
   <si>
     <t>علَّم النبيُّ صلى الله عليه وسلم عائشةَ رضي الله عنها جوامِعَ الدعاء وهو أربع دعوات: 
 الأول: دعاء عام لكل خير: (اللهم إني أسألك من الخير كله) وجميعه، (عاجله) القريب في وقته، (وآجله) البعيد، (ما عَلِمتُ منه) مما علّمتني، (وما لم أعلم)، مما يكون في علمك سبحانك، 
 وفيه تفويض الأمر إلى الله العليم الخبير اللطيف؛ فيختار سبحانه للمسلم أفضله وأحسنه، (وأعوذ) وأعتصم وأَحْتَمي (بك من الشر كله عاجله وآجله، ما علمت منه وما لم أعلم). 
 الدعاء الثاني: وهو حِفْظٌ للمسلم مِن أنْ يَعْتَدي في الدعاء (اللهم إني أسألك) وأطلبك (من خير ما سألك عبدك ونبيك) صلى الله عليه وسلم، (وأعوذ) وألتجئ وأعتصم (بك من شر ما عاذ به عبدك ونبيك) صلى الله عليه وسلم، وهذا دعاء وطَلَبٌ من الله أنْ يُعطيَ الداعي مما سأله وطلبه النبيُّ محمد صلى الله عليه وسلم لنفسه، دون تعديد لأنواع ما دعا به صلى الله عليه وسلم. 
 الدعاء الثالث: طلب دخول الجنة والابتعاد عن النار، وهو مَطْلبُ كلِّ مسلم وغايةُ عَمَلِه: (اللهم إني أسألك الجنة) والفوز بها (وما قرّب إليها من قول أو عمل) صالح يرضيك، (وأعوذ بك من النار) حيث لا عصمة من قبائح الأعمال إلا بلطفك، (وما قرّب إليها من قول أو عمل) من المعاصي التي تغضبك. 
 الدعاء الرابع: الدعاء بالرضا بقضاء الله (وأسألك أن تجعل كل قضاء قضيتَه لي خيرًا) وكلّ أمر قضاه الله لي أن يجعله خيرًا لي، وهذا من الدعاء بالرضا بقضاء الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - lehrte 'Aischah - möge Allah mit ihr zufrieden sein - allgemeine Bittgebete und hierunter fallen (folgende) vier Bittgebete:
 Erstens: Ein allgemeines Bittgebet um alles Gute: „O Allah ich bitte dich um das gesamte Gute,“ um alles davon, „das Eilige“, das zeitnah ist, „und das Verspätete davon,“, das Ferne, „das, was ich davon kenne,“ von dem, was Du mich lehrtest, „und das, was ich davon nicht kenne“, was zu Deinem Wissen - gepriesen bist Du - gehört. Hierin ist ein Beweis, dass man seine Angelegenheit Allah, dem Allwissenden, dem Kenner und dem Gütigen überlässt, da Er - gepriesen sei Er - das Beste und Vorzügliche für den Muslim wählt. „Und ich suche Zuflucht“ und halte mich und suche Schutz „bei Dir vor dem gesamten Übel, das Eilige und das Verspätete davon, das, was ich davon kenne, und das, was ich davon nicht kenne.“
 Das zweite Bittgebet: Es ist ein Schutz für den Muslim davor, im Bittgebet zu übertreten. 
 „O Allah ich bitte dich um das Gute,“ und bitte bei Dir,  „worum dich Dein Diener und dein Prophet gebeten hat.“ , Allahs Segen und Frieden auf ihm, „und ich suche Zuflucht“ und fliehe und halte mich „bei Dir vor dem Übel, vor dem Dein Diener und dein Prophet Zuflucht gesucht hat“, Allahs Segen und Frieden auf ihm . Und dies ist ein Bittgebet und eine Bitte Allahs, dass Er dem Bittenden das geben soll, worum der Prophet Muhammad - Allahs Segen und Frieden auf ihm - für sich selbst gebetet und gefragt hat, ohne alles aufzuzählen, worum er - Allahs Segen und Frieden auf ihm - gebeten hat.
 Das dritte Bittgebet ist die Bitte darum, das Paradies zu betreten und vom Höllenfeuer fernzubleiben. Es ist das Ziel jedes Muslims und der Zweck seiner Taten. „O Allah ich bitte dich um das Paradies“ und darum, es zu gewinnen, „und um jene Worte und Taten, die mich diesem nähern.“, die guten (Worte und Taten), die Dich zufriedenstellen. „Und ich suche Zuflucht bei Dir vor dem Höllenfeuer,“, da man nur durch Deine Gnade vor den üblen Taten bewahrt wird, „und vor jeglichen Worten und Taten, die mich diesem nähern.“ von den Sünden, die Dich erzürnen.
 Das vierte Bittgebet: Das Bittgebet um die Zufriedenheit mit der Vorherbestimmung Allahs. „Und ich bitte Dich darum, dass Du jede Vorherbestimmung, die Du für mich bestimmt hast, gut sein lässt.“, und darum dass Allah jede Angelegenheit, die Er mir bestimmte, gut für mich sein lässt. Das gehört zu den Bittgebeten um die Zufriedenheit mit der Vorherbestimmung Allahs.</t>
   </si>
   <si>
     <t>تعليم الرجل أهلَه ما ينفعهم من أمور الدين والدنيا، كما علم النبي صلى الله عليه وسلم عائشة.
 الأفضل للمسلم أن يحفظ الأدعية الواردة عن النبي صلى الله عليه وسلم؛ لأنها من جوامع الدعاء.
 قال العلماء عن هذا الحديث: هو أجمع حديث في سؤال الخير والاستعاذة من الشر، فهو من جوامع الكَلِمِ التي أوتيها النبي صلى الله عليه وسلم.
 من أسباب دخول الجنة بعد رحمه الله: الأعمال والأقوال الصالحة.</t>
   </si>
   <si>
     <t>Der Mann sollte seiner Familie das lehren, was ihnen in den religiösen und weltlichen Angelegenheiten nützt, so wie der Prophet - Allahs Segen und Frieden auf ihm - 'Aischah belehrte.
 Das Beste für den Muslim ist, dass er die Bittgebete auswendig lernt, die über den Propheten - Allahs Segen und Frieden auf ihm - überliefert wurden, da sie allumfassende Bittgebete sind.
 Die Gelehrten sagten über diesen Hadith, dass er der umfassendste Hadith ist, wenn es um das Bitten um Gutes und die Zufluchtsuche vor Schlechtem geht. Er gehört zu den allumfassenden Worten, die dem Propheten - Allahs Segen und Frieden auf ihm - gegeben wurden.
 Nach der Barmherzigkeit Allahs gehören die guten Taten und Aussagen zu den Gründen, das Paradies zu betreten.</t>
   </si>
   <si>
     <t>رواه ابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه ابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/5487</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من زوال نعمتك، وتحول عافيتك، وفجاءة نقمتك، وجميع سخطك</t>
   </si>
   <si>
     <t>„O Allah ich suche Zuflucht bei dir vor dem Verschwinden Deiner Gnaden, und vor dem Vergehen Deines Wohlbefinden, und vor Deiner plötzlichen Strafe und vor Deinem gesamten Zorn.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: كَانَ مِنْ دُعَاءِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ زَوَالِ نِعْمَتِكَ، وَتَحَوُّلِ عَافِيَتِكَ، وَفُجَاءَةِ نِقْمَتِكَ، وَجَمِيعِ سَخَطِكَ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Zu den Bittgebeten des Gesandten Allahs - Allahs Segen und Frieden auf ihm - gehörte: „O Allah ich suche Zuflucht bei dir vor dem Verschwinden Deiner Gnaden, und vor dem Vergehen Deines Wohlbefinden, und vor Deiner plötzlichen Strafe und vor Deinem gesamten Zorn.“</t>
   </si>
   <si>
     <t>اسْتَعاذَ النبيُّ صلى الله عليه وسلم مِن أربعةِ أمور: 
 الأول: (اللهم إني أعوذ بك من زوال نعمتك) الدينيّة والدنيويّة وأنْ أَثْبُتَ على الإسلام، وأبْتَعِدَ عن الوقوع في المعاصي التي تُزيل النِّعَم. 
 الثاني: (وتَحَوُّل عافيتك) بتبديلِها إلى البلاء؛ فأسألك دوام العافية، والسلامة من الآلام والأسقام. 
 الثالث: (وفجأة نقمتك) من بلاء أو مصيبة، فالنقمة والعقوبة إذا جاءت فجأة وبَغْتَة، لم يكن هناك زمانٌ للتوبة والاستدراك، وكان المُصاب بها أعظمَ وأشدَّ. 
 الرابع: (وجميع سخطك) والأسباب المُوجِبَة لغضبك؛ فإنَّ مَن سَخِطْتَ عليه فَقَد خاب وخَسِر. 
 وقد أتى صلى الله عليه وسلم بلفظ الجَمْع؛ لِتشمَلَ جميعَ أسبابِ سَخَطِهِ سبحانه وتعالى من الأقوال والأعمال والاعتقادات.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - suchte Zuflucht vor vier Angelegenheiten:
 Erstens: „O Allah ich suche Zuflucht bei Dir vor dem Verschwinden Deiner Gnaden“, der religiösen und diesseitigen Gnaden, und ich bitte Dich, dass ich standhaft auf dem Islam bleibe und mich davon fern halten, in Sünden zu verfallen, welche die Gnaden verschwinden lassen.
@@ -9002,50 +9875,53 @@
     <t>كان صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دخل عليه الصباحُ وهو أول النهار مع طلوع الفجر يقول: 
 (اللَّهُمَّ بِكَ أَصْبَحْنَا) مُلْتَبِسِيْن بحفظك مَغمُورين بنعمتك، مُشتَغِلين بذكرك، مستعينين باسمك، مَشمولين بتوفيقك، مُتَحَرِّكين بحولك وقوتك، (وَبِكَ أَمْسَيْنَا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ) أي كاللفظ السابق مع جَعْلِه في المساء، فيقول: اللهم بك أمسينا، فباسمك المُحْيِي نَحْيَا، وباسمك المُميت نموت، (وَإِلَيْكَ النُّشُورُ) والبعث بعد الموت، والتفرُّق بعد الجمع، يستمر حالنا على هذا في جميع الأوقات، وسائر الحالات ولا أَنْفَكّ عنه ولا أَهْجُرُه. 
 وإِذَا دخل عليه المساء من بعد العصر قَالَ: (اللَّهُمَّ بِكَ أَمْسَيْنَا، وبكَ أصبحنا، وَبِكَ نَحْيَا، وَبِكَ نَمُوتُ، وَإِلَيْكَ المَصِيْر) والمرجع في الدنيا، والمآب في العُقْبى، فأنت تُحييني وأنت تميتني.</t>
   </si>
   <si>
     <t>Er - Allahs Segen und Frieden auf ihm - pflegte, wenn der Morgen eintrat, d. h. der Tagesbeginn nach der Morgendämmerung, zu sagen:
 „O Allah durch Dich traten wir in den Morgen“ bedeckt mit Deinem Schutz, überflutet von Deinen Gnaden, beschäftigt mit Deinem Gedenken, Hilfe ersuchend bei Deinem Namen, umfasst von Deinem Erfolg, beweglich durch Deinen Willen und Deine Kraft „durch Dich traten wir in den Abend, durch Dich leben wir, durch Dich sterben wir“ genauso, wie der vorige Ausdruck jedoch auf den Abend bezogen, sodass er sagt: O Allah durch Dich traten wir in den Abend, und durch Deinen Namen „der zum Leben Erweckende“ leben wir und durch Deinen Namen „der sterben Lassende“ sterben wir „und zu Dir ist die Auferstehung“ und Versammlung nach dem Tod und die Trennung nach der Versammlung. Unser Zustand ist zu jeder Zeit und in jeder Lage so und ich werde mich nicht davon entfernen und ihn loslassen.
 Wenn dann der Abend nach dem Nachmittag eintrat, sagte er: „O Allah durch Dich traten wir in den Abend ein, durch Dich traten wir in den Morgen ein, durch Dich leben wir, durch Dich sterben wir und zu Dir ist die Rückkehr.“ und das Zurückkommen in das Diesseits und das Zurückkehren zum Ausgang, denn Du lässt mich leben und lässt mich sterben.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء صباحًا ومساءً، تأسيًا بالنبي صلى الله عليه وسلم.
 افتقارُ العبد إلى ربِّه في جميع أحواله وأوقاته.
 الأفضل في قراءة الأذكار، في الصباح من طلوع الفجر إلى طلوع الشمس في أول النَّهار، ومن بعد العصر إلى ما قبل الغروب، فإن قالها بعد ذلك -يعني: قالها في الصباح بعد ارتفاع الضُّحى- أجزأه، وإن قالها بعد الظُّهر أجزأه، وإن قالها بعد المغرب أجزأه، فذلك وقتٌ للذكر.
 مناسبة قوله "وإليك النُّشور" في الصباح، فهذا يُذكره بالإحياء والبعث الأكبر حينما يموت الناس ويُبعثون يوم القيامة، فهذا بعثٌ جديدٌ، ويومٌ جديدٌ تُردُّ فيه الأرواح، وينتشر فيه الناس، ويتنفّس هذا الصَّباح الجديد الذي خلقه الله؛ ليكون شاهدًا على ابن آدم، وتكون أوقاته وآناؤه خزائن لأعمالنا.
 مناسبة قوله "وإليك المصير" في المساء، حين يرجع الناسُ من أعمالهم وانتشارهم في مصالحهم ومعايشهم، يرجعون إلى دورهم، ويخلدون إلى الراحة بعد أن تفرَّقوا، فيذكر بالرجوع إلى الله تبارك وتعالى المرجع، والمآل، والمصير.</t>
   </si>
   <si>
     <t>Die Erwünschtheit dieses Bittgebets morgens und abends, nach dem Vorbild des Propheten - Allahs Segen und Frieden auf ihm -.
 Der Diener braucht seinen Herrn in all seinen Zuständen und Zeiten.
 Der beste Zeitpunkt für das Aufsagen der Adhkar am Morgen ist am Tagesbeginn nach der Morgendämmerung bis zum Sonnenaufgang und (am Abend) nach dem Nachmittag bis zum Sonnenaufgang. Wenn er es danach sagt, sodass er sie vormittags sagt, ist das in Ordnung, wenn er sie nach dem Mittag sagt, ist das in Ordnung und wenn er sie nach dem Sonnenuntergang sagt, ist das in Ordnung da (all) das Zeit für Dhikr ist.
 Es ist geeignet, dass er morgens „und zu Dir ist die Auferstehung“ sagt, da dies ihn an die Wiederbelebung und große Auferstehung erinnert, wenn die Menschen sterben und am Tag der Auferstehung auferweckt werden. So ist dies eine neue Auferweckung, ein neuer Tag, an dem die Seelen zurückkehren, die Menschen sich verbreiten und dieser neue Morgen, den Allah erschaffen hat, aufatmet, damit er ein Zeuge gegen die Söhne Adams ist und damit die Zeiten darin und der ganze Tag ein Lager für unsere Taten sein können.
 Es ist geeignet, dass er abends „und zu Dir ist die Rückkehr“ sagt, da die Menschen von ihren Taten und ihrem Eifer, ihren Angelegenheiten und Versorgungen nachzukommen, zu ihren Häusern zurückkehren und zur Erholung finden, nachdem sie auseinandergingen. So erinnert er sich durch die Rückkehr zu Allahs - segensreich und erhaben ist Er - an das Zurückkehren, den Ausgang und die Rückkehr.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5490</t>
   </si>
   <si>
     <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>„Der starke Gläubige ist besser und lieber bei Allah, als der schwache Gläubige. Und in jedem ist Gutes</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der starke Gläubige ist besser und lieber bei Allah, als der schwache Gläubige. Und in jedem ist Gutes. Sei bestrebt nach dem, was dir nützt, und suche Hilfe bei Allah und gebe nicht nach. Und wenn dich eine Sache trifft, dann sag nicht: ‚Hätte ich nur dies und jenes getan, wäre es so und so.‘ Sag jedoch: ‚Es ist die Vorherbestimmung Allahs und Er tut, was Er möchte.‘, denn ‚hätte‘ öffnet die Taten des Satans.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
@@ -9651,51 +10527,51 @@
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>„Gewiss, die Religion ist Erleichterung. Und niemand überfordert sich in der Religion, außer dass sie ihn überwältigt. So handelt richtig und kommt der Vollkommenheit nahe</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Gewiss, die Religion ist Erleichterung. Und niemand überfordert sich in der Religion, außer dass sie ihn überwältigt. So handelt richtig und kommt der Vollkommenheit nahe. Und verkündet frohe Botschaft! Und sucht Hilfe am Morgen, am Nachmittag und in einem Teil der Nacht!“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass die Religion des Islams auf Erleichterung und Einfachheit in all ihren Angelegenheiten basiert. Die Erleichterung wird noch wichtiger, wenn ein Grund für Unfähigkeit oder Bedürftigkeit vorliegt, denn das Vertiefen in religiöse Handlungen und das Verlassen der Sanftmut führt zur Unfähigkeit und vollständigen oder teilweisen Unterlassung der Handlung. . Dann ermutigte der Prophet - Allahs Segen und Frieden auf ihm - zur Mäßigung ohne Übertreibung. Der Diener soll weder in dem, was ihm befohlen wurde, nachlässig sein, noch soll er sich mit dem belasten, was er nicht ertragen kann. Wenn er nicht in der Lage ist, die Handlung in vollkommener Weise auszuführen, soll er das tun, was ihr am nächsten kommt.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass die Religion des Islams auf Erleichterung und Einfachheit in all ihren Angelegenheiten basiert. Die Erleichterung wird noch wichtiger, wenn ein Grund für Unfähigkeit oder Bedürftigkeit vorliegt, denn das Vertiefen in religiöse Handlungen und das Verlassen der Sanftmut führt zur Unfähigkeit und vollständigen oder teilweisen Unterlassung der Handlung. Dann ermutigte der Prophet - Allahs Segen und Frieden auf ihm - zur Mäßigung ohne Übertreibung. Der Diener soll weder in dem, was ihm befohlen wurde, nachlässig sein, noch soll er sich mit dem belasten, was er nicht ertragen kann. Wenn er nicht in der Lage ist, die Handlung in vollkommener Weise auszuführen, soll er das tun, was ihr am nächsten kommt.
 Und der Prophet - Allahs Segen und Frieden auf ihm - verkündete eine große Belohnung für die beständige Handlung, selbst wenn sie gering ist, für denjenigen, der nicht in der Lage ist, die Handlung in vollkommener Weise auszuführen, denn wenn die Unfähigkeit nicht von ihm selbst verursacht wurde, führt dies nicht zu einer Verringerung seines Lohns.
 Und da das Diesseits in Wirklichkeit ein Ort der Reise und des Übergangs zum Jenseits ist, befahl der Prophet - Allahs Segen und Frieden auf ihm - zur Unterstützung der Beständigkeit in der Anbetung, sie zu den drei belebenden Zeiten zu verrichten:
 Erstens: Al-Ghadwah: Am frühen Morgen; zwischen dem Morgengebet und dem Sonnenaufgang.
 Zweitens: Ar-Rawhah: Am Nachmittag; nach dem Zawal (wenn die Sonne ihren Zenit überschritten hat).
 Drittens: Ad-Duljah: In der ganzen Nacht oder einem Teil davon; und weil die Anbetung in der Nacht schwieriger ist als die Anbetung am Tag, befahl er einen Teil davon (zur Verrichtung der Gottesdienste zu nutzen) mit den Worten: „und in einem Teil der Nacht“.</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Die Leichtigkeit, Toleranz und Mäßigung der islamischen Gesetzgebung (Schari'ah) zwischen Übertreibung und Nachlässigkeit.
 Der Diener soll das Gebot nach seinen Möglichkeiten erfüllen, ohne Nachlässigkeit oder Übertreibung.
 Der Diener sollte die Zeiten wählen, in denen er am aktivsten für die Anbetung ist, und insbesondere diese drei Zeiten sind die Zeiten, in denen der Körper am belebtesten ist, um Gottesdienste zu verrichten.
 Ibn Hajar Al-'Asqalani sagte: „Es ist, als würde der Prophet - Allahs Segen und Frieden auf ihm - einen Reisenden (auf dem Weg) zu einem Ziel ansprechen, und diese drei Zeiten sind die angenehmsten Zeiten für den Reisenden. Er wies ihn also auf die Zeiten seiner Aktivität hin, denn wenn der Reisende Tag und Nacht reist, wird er erschöpft werden und abbrechen. Wenn er sich jedoch darauf beschränkt, in diesen belebenden Zeiten zu reisen, kann er ohne Schwierigkeiten weitermachen.“
 Ibn Hajar sagte: „Die Andeutung in diesem Hadith bezieht sich auf die Inanspruchnahme der gesetzlichen Erleichterungen. Denn die strikte Einhaltung ('Azimah) anstelle der Erleichterung (Rukhsah) ist Übertreibung - wie jemand, der die rituelle Trockenreinigung (Tayammum) unterlässt, obwohl er kein Wasser verwenden kann, und dessen Benutzung des Wassers letztlich zu Schaden führt.“
 Ibn Al-Munir sagte: „In diesem Hadith ist ein Zeichen des Prophetentums. Wir haben gesehen, und die Menschen vor uns haben gesehen, dass jeder, der in der Religion übertreibt, aufhört (zu praktizieren). Es ist nicht beabsichtigt, das Streben nach dem Vollkommensten in der Anbetung zu verhindern, denn das ist eine lobenswerte Sache, sondern es geht darum, Übertreibung zu verhindern, die zu Erschöpfung führt, oder Übertreibung im freiwilligen Gebet, die zum Verlassen des Besseren führt, oder das Verrichten des Pflichtgebets außerhalb seiner Zeit, wie jemand, der die ganze Nacht betet und dann das Morgengebet in der Gemeinschaft verschläft oder bis Sonnenaufgang schläft, sodass die Zeit für das Pflichtgebet verstrichen ist.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5795</t>
   </si>
@@ -10318,50 +11194,53 @@
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Das Verbot, zu sagen: „Was Allah und du willst“ oder ähnliche Ausdrücke, die den Willen des Dieners mit dem Willen Allahs durch die Konjunktion „und“ verbinden, da dies eine kleine Form des Schirk (Götzendienst) ist.
 Die Pflicht, das Verwerfliche zu missbilligen.
 Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - hat die Grenzen des Monotheismus geschützt und die Wege zum Schirk versperrt.
 Beim Missbilligen des Verwerflichen ist es gut, den Angesprochenen auf eine erlaubte Alternative hinzuweisen, um dem Propheten - Allahs Segen und Frieden auf ihm - zu folgen.
 Die Kombination seiner Aussage - Allahs Segen und Frieden auf ihm - in diesem Hadith: „Was Allah allein will“ und seiner Aussage in einem anderen Hadith: „Sag: Was Allah will, dann was du willst“ bedeutet, dass es erlaubt ist, zu sagen: „Was Allah will, dann was du willst“, aber es ist besser zu sagen: „Was Allah allein will“.
 Es ist erlaubt zu sagen: „Was Allah will, dann was du willst“, aber es ist besser zu sagen: „Was Allah allein will“.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Die Überlieferungskette (Isnad) ist verlässlich (Hasan)]</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/5928</t>
   </si>
   <si>
     <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>diejenigen, die am strengsten von Allah am Tag der Auferstehung bestraft werden, sind diejenigen, die versuchen, Allahs Schöpfung nachzuahmen.‘</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - kam zu mir herein, und ich hatte eine Nische von mir mit einem Vorhang bedeckt, auf dem sich Abbildungen befanden. Als er es sah, zerriss er es, und sein Gesicht veränderte sich (aus Missfallen). Er sagte: ‚O 'Aischah, diejenigen, die am strengsten von Allah am Tag der Auferstehung bestraft werden, sind diejenigen, die versuchen, Allahs Schöpfung nachzuahmen.‘“ 'Aischah sagte: „Also zerschnitten wir ihn und machten daraus ein oder zwei Kissen.“</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - betrat das Haus von 'Aischah - möge Allah mit ihr zufrieden sein - und fand, dass sie den kleinen Schrank, in dem Dinge aufbewahrt wurden, mit einem Tuch bedeckt hatte, das Bilder von Lebewesen enthielt. Sein Gesicht veränderte sich vor Zorn für Allah, und er zog es ab und sagte: „Am strengsten werden am Tag der Auferstehung diejenigen Menschen bestraft, die mit ihren Bildern die Schöpfung Allahs nachahmen.“ 'Aischah sagte: „Also machten wir daraus ein oder zwei Kissen.“</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
@@ -10433,74 +11312,74 @@
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ließ seinen Gefährten ausrichten, dass sie keine „Statuen“ – also keine bildlichen Darstellungen von Lebewesen, ob plastisch oder nicht plastisch – bestehen lassen sollten, sondern diese entfernen oder verwischen sollten,
 und dass sie kein erhöhtes Grab bestehen lassen sollten, sondern es dem Erdboden gleich machen sollten und alle darauf befindlichen Bauwerke abreißen sollten. Das Grab sollte eben gemacht werden, so dass es nicht stark erhöht ist, sondern nur etwa eine Handbreit vom Boden abgehoben.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Das Verbot der Darstellung von Lebewesen, da dies ein Mittel des Schirk (Polytheismus) darstellen kann.
 Die Rechtmäßigkeit, das Unrecht mit der Hand zu beseitigen, für diejenigen, die die Autorität oder Fähigkeit dazu haben.
 Der Prophet - Allahs Segen und Frieden auf ihm - war bestrebt, alle Darstellungen, Statuen und Bauwerke auf Gräbern zu entfernen, die auf die Zeichen der Unwissenheit (Jahiliyyah) hinweisen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5934</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
-    <t>„Keiner von euch glaubt wirklich, bis ich ihm lieber bin als sein Vater, sein Kind und alle Menschen.“</t>
+    <t>‚Keiner von euch glaubt (wirklich), bis ich ihm lieber bin als sein Vater, sein Kind und alle Menschen.‘“</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
-    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Keiner von euch glaubt wirklich, bis ich ihm lieber bin als sein Vater, sein Kind und alle Menschen.“</t>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Keiner von euch glaubt (wirklich), bis ich ihm lieber bin als sein Vater, sein Kind und alle Menschen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - teilt uns mit, dass ein Muslim keinen vollständigen Glauben hat, bis er die Liebe des Gesandten Allahs - Allahs Segen und Frieden auf ihm - über die Liebe zu seiner Mutter, seinem Vater, seinem Sohn, seiner Tochter und allen Menschen stellt. Diese Liebe erfordert dem Gehorsam ihm gegenüber, die Unterstützung seiner Sache und das Unterlassen vom Ungehorsam ihm gegenüber.</t>
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - teilt uns mit, dass ein Muslim keinen vollständigen Glauben („Iman“) hat, bis er die Liebe des Gesandten Allahs - Allahs Segen und Frieden auf ihm - über die Liebe zu seiner Mutter, seinem Vater, seinem Sohn, seiner Tochter und allen Menschen stellt. Diese Liebe erfordert den Gehorsam ihm gegenüber, die Unterstützung seiner Sache und das Unterlassen vom Ungehorsam ihm gegenüber.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Die Pflicht, den Gesandten Allahs - Allahs Segen und Frieden auf ihm - zu lieben und diese Liebe über die Liebe zu allen Geschöpfen zu stellen.
 Ein Zeichen vollkommener Liebe ist es, die Sunnah des Gesandten Allahs zu unterstützen und sich selbst und sein Vermögen dafür einzusetzen.
-Die Liebe zum Gesandten - Allahs Segen und Frieden auf ihm - erfordert, ihm in dem, was er befiehlt, Gehorsam zu leisten, seinen Aussagen Glauben zu schenken, das zu meiden, was er verboten hat, ihm zu folgen und die Neurungen zu meiden.
+Die Liebe zum Gesandten - Allahs Segen und Frieden auf ihm - erfordert, ihm in dem, was er befiehlt, Gehorsam zu leisten, seinen Aussagen Glauben zu schenken, das zu meiden, was er verboten hat, ihm zu folgen und die Neuerung zu meiden.
 Das Recht des Propheten - Allahs Segen und Frieden auf ihm - ist größer und dringlicher als das aller Menschen, da er ein Grund dafür ist, dass wir aus dem Irrweg rechtgeleitet werden, vom Feuer bewahrt werden und das Paradies erlangen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5953</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>„Zu uns gehört nicht, wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt, wer Wahrsagerei betreibt oder sich wahrsagen lässt und wer Zauberei betreibt oder für sich Zauberei betreiben lässt</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>Von 'Imran Ibn Husayn - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Zu uns gehört nicht, wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt, wer Wahrsagerei betreibt oder sich wahrsagen lässt und wer Zauberei betreibt oder für sich Zauberei betreiben lässt. Und wer einen Knoten knotet und zu einem Wahrsager geht und dem, was er sagt, Glauben schenkt, glaubt damit nicht mehr an das, was Muhammad - Allahs Segen und Frieden auf ihm - offenbart wurde.“</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat denjenigen aus seiner Gemeinschaft, die bestimmte Handlungen ausführen, gedroht, indem er sagte: „Er gehört nicht zu uns.“ Dazu gehören unter anderem:
@@ -10732,51 +11611,51 @@
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>Fatimah - möge Allah mit ihr zufrieden sein -, die Tochter des Propheten - Allahs Segen und Frieden auf ihm -, beschwerte sich beim Propheten - Allahs Segen und Frieden auf ihm - über die Schmerzen in ihren Händen, die sie aufgrund des Mahlwerks, womit sie (Getreide) mahlt, verspürt. Als sie hörte, dass einige Jünglinge zu ihm gekommen sind, ging sie zu ihm, um ihn um einen Bediensteten von diesen Jünglingen zu bitten, der ihre Hausarbeit übernehmen sollte. Jedoch fand sie ihn nicht in seinem Haus vor. Sie traf 'Aischah - möge Allah mit ihr zufrieden sein - an und berichtete ihr davon. Als der Prophet - Allahs Segen und Frieden auf ihm - kam, informierte 'Aischah ihn über Fatimahs Besuch bei ihm, um ihn um einen Diener zu bitten. Der Prophet - Allahs Segen und Frieden auf ihm - kam zu Fatima und 'Ali - möge Allah mit ihnen beiden zufrieden sein - nach Hause, als sie im Bett lagen und sich zum Schlafen vorbereiteten. Er setzte sich zwischen sie, sodass 'Ali - möge Allah mit ihm zufrieden sein - die Kälte der Füße des Propheten - Allahs Segen und Frieden auf ihm - auf seinem Bauch spürte. Und er sagte: „Soll ich euch nicht etwas Besseres zeigen als das, worum ihr mich gebeten habt, nämlich euch einen Bediensteten zu geben?“ Sie sagten: „Doch.“ So sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Wenn ihr euch nachts zum Schlafen hinlegt, dann sagt vierunddreißig Mal: ‚Allahu Akbar‘, und sagt dreiunddreißig Mal: ‚Subhanallah‘, und sagt dreiunddreißig Mal: ‚Alhamdulillah‘. Dieses Gedenken (Allahs) ist besser für euch als ein Bediensteter.“</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, dieses gesegnete Gedenken Allahs (Dhikr) regelmäßig zu spreche], da überliefert wurde, dass 'Ali - möge Allah mit ihm zufrieden sein - diese prophetische Empfehlung bis zur Nacht von Siffin nicht unterließ.
 Dieser Dhikr wird nur beim Zubettgehen in der Nacht gesagt, und der Wortlaut des Hadiths bei Muslim, überliefert von Mu'adh über Schu'bah, lautet: „Wenn ihr euch nachts zum Schlafen hinlegt“.
 Wenn ein Muslim diesen Dhikr zu Beginn der Nacht vergisst und sich später daran erinnert, ist es in Ordnung, ihn (dann) zu sprechen, denn 'Ali - möge Allah mit ihm zufrieden sein -, der Überlieferer des Hadithes, sagt, dass er ihn in der Nacht von Siffin zu Beginn der Nacht vergessen hatte und sich dann vor dem Morgengrauen daran erinnerte und ihn sprach.
 Al-Muhallab sagte: „Darin liegt die Aufforderung, seine Familie zu dem zu ermutigen, was man selbst tut, nämlich das Jenseits dem Diesseits vorzuziehen, wenn sie dazu in der Lage sind.“
 Ibn Hajar Al-'Asqalani sagte: „Wer sich daran hält, wird weder durch die viele Arbeit beeinträchtigt werden noch wird es ihm schwerfallen, selbst wenn er erschöpft/müde sein sollte.“
-Al-Aini sagte: Der Grund für die Aussage „besser“ ist entweder, dass es sich auf das Jenseits bezieht, während der Diener sich auf das Diesseits bezieht, und das Jenseits ist besser und dauerhafter, oder dass es sich auf das bezieht, was sie erbeten haben, dass sie durch diese Dhikrs mehr Kraft erlangen, um den Dienst besser zu verrichten, als es ein Diener könnte.</t>
+Al-'Ayni sagte: „Der Grund, weshalb dies besser ist, ist entweder, da es sich auf das Jenseits bezieht, während der Diener sich auf das Diesseits bezieht - und das Jenseits ist besser und dauerhafter - oder da es sich auf das bezieht, was sie erbeten haben, weil sie durch dieses Gedenken mehr Kraft erlangen, um den Dienst besser zu verrichten, als es ein Diener könnte.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6076</t>
   </si>
   <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>‚Sag: "Qul Huwa Allahu Ahad" (Surah Al-Ikhlas) und die beiden Schutzsuren (Al-Falaq und An-Nas), wenn du den Abend und den Morgen erreichst dreimal, dann werden sie dich vor allem beschützen.‘“</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Khubayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir gingen in einer regnerischen und sehr dunklen Nacht hinaus, um den Gesandten Allahs - Allahs Segen und Frieden auf ihm - zu suchen, damit er für uns betet.“ Er ('Abdullah) sagte: „Ich erreichte ihn, und er sagte: ‚Sag!‘ Aber ich sagte nichts. Dann sagte er wieder: ‚Sag!‘ Aber ich sagte wieder nichts. Er sagte ein drittes Mal: ‚Sag!‘ Also sagte ich: ‚Was soll ich sagen?‘ Er sagte: ‚Sag: "Qul Huwa Allahu Ahad" (Surah Al-Ikhlas) und die beiden Schutzsuren (Al-Falaq und An-Nas), wenn du den Abend und den Morgen erreichst dreimal, dann werden sie dich vor allem beschützen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Der ehrwürdige Gefährte 'Abdullah Ibn Khubayb - möge Allah mit ihm zufrieden sein - berichtet, dass sie in einer Nacht bei starkem Regen und tiefer Dunkelheit hinausgingen, um den Gesandten Allahs - Allahs Segen und Frieden auf ihm - zu suchen, damit er für sie (vor-)beten möge. Sie fanden ihn und der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihm: „Sag!“, d.h. rezitiere, aber er rezitierte nichts. Der Prophet - Allahs Segen und Frieden auf ihm - wiederholte seine Aussage, und 'Abdullah fragte dann: „Was soll ich rezitieren, o Gesandter Allahs?“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Rezitiere die Surah Al-Ikhlas („Sag: Er ist Allah, der Eine“), und die beiden Schutzsuren („Sag: Ich suche Zuflucht beim Herrn des Morgenlichts“ und „Sag: Ich suche Zuflucht beim Herrn der Menschen“) am Abend und am Morgen jeweils dreimal. Sie werden dich vor allem Bösen schützen und dich vor allem Schlechten bewahren.</t>
   </si>
@@ -10788,67 +11667,64 @@
     <t>Es ist empfehlenswert, die Surah Al-Ikhlas und die beiden Schutzsuren (Mu'awwidhatayn) morgens und abends zu rezitieren, da sie ein Schutz vor allem Bösen sind.
 Der Vorzug, die Surah Al-Ikhlas und die zwei Schutzsuren zu rezitieren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>„Wer ‚Bismillahi-lladhi la yadurru ma'a Ismihie schay'un fil-ardi wa la fis-samai, wa huwa As-Sami'u Al-'Alim‘ (Mit dem Namen Allahs, Desjenigen, mit Dessen Namen weder etwas im Himmel, noch auf der Erde einen Schaden zufügen kann, und Er ist der Allhörende, der Allwissende) drei Mal sagt, so wird ihn bis zum Morgen keine plötzliche Plage treffen</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Von Aban Ibn 'Uthman wird überliefert, dass er sagte: Ich hörte 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - sagen: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Wer ‚Bismillahi-lladhi la yadurru ma'a Ismihie schay'un fil-ardi wa la fis-samai, wa huwa As-Sami'u Al-'Alim‘ (Mit dem Namen Allahs, Desjenigen, mit Dessen Namen weder etwas im Himmel, noch auf der Erde einen Schaden zufügen kann, und Er ist der Allhörende, der Allwissende) drei Mal sagt, so wird ihn bis zum Morgen keine plötzliche Plage treffen. Und wer es morgens drei Mal spricht, so wird ihn bis zum Abend keine plötzliche Plage treffen.“ Da traf Aban Ibn 'Uthman Al-eine halbseitige Lähmung und der Mann, der diesen Hadith von ihm hörte, schaute ihn an. Da sagte er zu ihm: „Weshalb schaust du mich an? Bei Allah, ich habe nicht über 'Uthman gelogen und 'Uthman hat nicht über den Propheten - Allahs Segen und Frieden auf ihm gelogen -. Jedoch bin ich an dem Tag, an dem mich traf, was mich traf, wütend geworden und habe vergessen, dies zu sagen.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في صباح كلِّ يوم بعد طلوع الفجر، ومساء كل ليلة قبل غروب الشمس ثلاث مرات: (بسم الله) أستعينُ وأتحفَّظ من كل مؤذٍ (الذي لا يضر مع) ذِكر (اسمه) أيُّ (شيء) مهما عَظُم (في الأرض) والخارج منها من البلاء (ولا في السماء) والنازل منها من البلاء (وهو السميع) بأقوالنا (العليم) بأحوالنا.
 من قالها حين يُمسي لم يُصِبْه البلاءُ بغتةً حتى يصبح، ومن قالها حين يصبح لم يصبه البلاء بغته حتى يمسي. 
 فأصابَ راويَ الحديثِ أَبَانَ بن عثمان الفَالِجُ؛ وهو استرخاء لأحد شِقَّي البدن، فجعل الرجل الذي سَمِع منه الحديث ينظر إلى أَبَان متعجِّبًا! فقال للرجل: مالك تنظر إلي؟! فوالله ما كَذَبتُ على عثمان، ولا كَذَبَ عثمانُ على النبيِّ صلى الله عليه وسلم، ولكن اليوم الذي أصابني فيه ما قَدَّر الله لي أنْ أقولَه، أصابني غَضبٌ فنَسيتُ أنْ أقولَ هذه الكلمات المذكورة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass derjenige, der am Morgen jedes Tages vor dem Sonnenaufgang und am Abend jeder Nacht vor dem Sonnenuntergang dreimal sagt: „Mit dem Namen Allahs“, suche ich Hilfe und Schutz vor jedem Übel „Desjenigen, mit Dessen... einen Schaden zufügen kann“ Erwähnung Seines „Namen“, kein „weder etwas“, egal wie gewaltig es ist, „auf der Erde“ und die Plagen, die daraus kommen „noch m Himmel“, die Plagen, die davon kommen. „und Er ist der Hörende“ unserer Aussagen, „der Wissende.“ über unsere Zustände.
-.. Wer es abends sagt, den wird keine Plage treffen, bis er den Morgen erreicht. Und wer es morgens sagt, den wird keine Plage treffen, bis er den Abend erreicht.
+Wer es abends sagt, den wird keine Plage treffen, bis er den Morgen erreicht. Und wer es morgens sagt, den wird keine Plage treffen, bis er den Abend erreicht.
 Dann wurde der Überlieferer des Hadith, Aban Ibn 'Uthman, von einer Lähmung getroffen, die einen Teil des Körpers lähmt. Da schaute der Mann, der den Hadith von ihm gehört hat, Aban verwundert an und er sagte zum Mann: „Was schaust du mich an? Bei Allah weder habe ich über 'Uthman gelogen noch hat 'Uthman über den Propheten - Allahs Segen und Frieden auf ihm - gelogen, jedoch hat Allah mir an dem Tag, an dem mich dies traf, nicht bestimmt, dass ich es sage. Ich war wütend und vergaß, diese erwähnten Worte zu sprechen.“</t>
   </si>
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Die Erwünschtheit, diesen Dhikr morgens und abends aufzusagen, damit der Mensch mit dem Willen Allahs - erhaben ist Er - davor bewahrt wird, plötzlich von einem Unheil oder dem Schaden einer Katastrophe o. ä. getroffen zu werden.
 Die starke Gewissheit der ersten Generation über Allah und ihr Glaube an das, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete.
 Zu den Nutzen der zeitlichen Bestimmung für die Gedenken am Morgen und am Abend gehört, dass der Muslim nicht unachtsam wird und ständig daran erinnert wird, dass er ein Diener Allahs - erhaben ist Er - ist.
 Je nachdem wie der Glaube, die Demut und die Anwesenheit des Herzens desjenigen ist, der Allahs gedenkt, sowie wie die Aufrichtigkeit und Gewissheit ist, fällt die Wirkung des Dhikr aus.</t>
-  </si>
-[...1 lines deleted...]
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>„Sag: ‚Es gibt keinen zu Recht angebeteten Gott außer Allah, dem Einzigen, Der keinen Partner hat. Allah ist der Größte, der Allmächtige, und alles Lob gebührt vielmals Allah. Gepriesen sei Allah, der Herr der Weltenbewohner. Es gibt keine Macht und keine Stärke außer durch Allah, den Allmächtigen, den Allweisen.‘“</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Von Sa'd - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ein Beduine kam zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: „Lehre mich Worte, die ich sagen kann.“ Er - Allahs Segen und Frieden auf ihm - sagte: „Sag: ‚Es gibt keinen zu Recht angebeteten Gott außer Allah, dem Einzigen, Der keinen Partner hat. Allah ist der Größte, der Allmächtige, und alles Lob gebührt vielmals Allah. Gepriesen sei Allah, der Herr der Weltenbewohner. Es gibt keine Macht und keine Stärke außer durch Allah, den Allmächtigen, den Allweisen.‘“  Der Beduine sagte: „Diese Worte sind für meinen Herrn, was ist aber für mich?“ Er - Allahs Segen und Frieden auf ihm - sagte: „Sag: ‚O Allah, vergib mir, erbarme Dich meiner, leite mich recht und versorge mich.‘“</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
@@ -10872,69 +11748,69 @@
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Die Ermutigung zum Gedenken Allahs durch Tahlil (La ilaha illallah), Takbir (Allahu Akbar), Tahmid (Alhamdulillah) und Tasbih (Subhanallah).
 Es ist empfehlenswert, Allahs zu gedenken und Ihn zu preisen, bevor man Bittgebete spricht.
 Es ist empfehlenswert, dass der Mensch mit den besten Bittgebeten bittet und mit dem, was überliefert ist und das Gute des Diesseits und des Jenseits umfasst. Er kann auch mit dem bitten, was er möchte.
 Der Diener sollte bestrebt sein, das zu lernen, was ihm im Diesseits und im Jenseits nützt.
 Die Ermutigung, um Vergebung, Barmherzigkeit und Versorgung zu bitten, denn sie sind die Zusammenfassung des Guten.
 Er - Allahs Segen und Frieden auf ihm - war besorgt (und bemüht) darum, seiner Gemeinschaft das zu lehren, was ihnen nützt.
 Die Barmherzigkeit wurde nach der Vergebung erwähnt, damit die Reinigung vollständig ist, denn die Vergebung ist das Verbergen und Auslöschen von Sünden und das Fernhalten vom Feuer, und die Barmherzigkeit ist das Gewähren von guten Dingen und der Eintritt ins Paradies. Dies ist der große Erfolg.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6112</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
-    <t>„Der Gesandte Allahs ﷺ war der großzügigste aller Menschen, und er war am großzügigsten im Ramadan, wenn er Gabriel traf</t>
+    <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war der großzügigste aller Menschen, und am großzügigsten war er im Ramadan, wenn er Jibril traf</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs ﷺ war der großzügigste aller Menschen, und er war am großzügigsten im Ramadan, wenn er Gabriel traf. Er traf ihn in jeder Nacht des Ramadan und sie rezitierten gemeinsam den Koran. Der Gesandte Allahs ﷺ war großzügiger im Guten als der gesandte Wind.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war der großzügigste aller Menschen, und am großzügigsten war er im Ramadan, wenn er Jibril traf. Er traf ihn jede Nacht im Ramadan und er (Jibril) lehrte ihn den Quran. Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war großzügiger im Guten als der gesandte Wind.“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
 والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
 فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
   </si>
   <si>
-    <t>Der Prophet ﷺ war der großzügigste aller Menschen, und seine Großzügigkeit nahm im Monat Ramadan zu, wo er gab, was angemessen war, an wen es angemessen war. Der Grund für die Zunahme seiner Großzügigkeit waren zwei Dinge:
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - war der großzügigste aller Menschen, und seine Großzügigkeit nahm im Monat Ramadan zu, da er gab, was angemessen war, an wen es angemessen war. Der Grund für die Zunahme seiner Großzügigkeit waren zwei Dinge:
 Erstens: Sein Treffen mit Jibril - Frieden sei auf ihm.
 Und der andere Grund: Das Studieren des Qurans, was bedeutet, ihn auswendig zu rezitieren.
-Gabriel (Friede sei mit ihm) rezitierte mit ihm den gesamten offenbarten Koran. Und der Gesandte Allahs ﷺ war großzügiger und freigiebiger im Geben und im Tun des Guten und schneller im Nutzen für die Schöpfung als der gute Wind, den Allah mit Regen und Barmherzigkeit sendet.</t>
+Jibril - Frieden sei auf ihm - lehrte ihn den gesamten herabgesandten Quran. Und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war großzügiger und freigiebiger im Geben und im Tun des Guten, und er war schneller darin, der Schöpfung Nutzen zu bringen, als der gute Wind, den Allah mit Regen und Barmherzigkeit sendet.</t>
   </si>
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Die Verdeutlichung der Großzügigkeit des Propheten - Allahs Segen und Frieden auf ihm - und seines weitreichenden Edelmuts, insbesondere im Ramadan, denn er ist der Monat der Gottesdienste und der guten Taten.
 Der Ansporn zur Großzügigkeit zu jeder Zeit, und es ist erwünscht, im Ramadan noch großzügiger zu sein.
 Die Vermehrung des Gebens, der Großzügigkeit, der Wohltaten und der Quranrezitation im Monat Ramadan.
 Einer der Gründe für die Bewahrung des Wissens ist, es mit den Schülern des Wissens und Gelehrten zu studieren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6179</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war der Mensch mit dem besten Charakter.“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
@@ -11191,50 +12067,53 @@
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Tage, an denen gute Taten Allah lieber sind als an diesen Tagen.“ Gemeint sind die ersten zehn Tage (von Dhul-Hijjah). Sie fragten: „O Gesandter Allahs, nicht einmal das Kämpfen auf dem Weg Allahs?“ Er antwortete: „Nicht einmal das Kämpfen auf dem Weg Allahs, es sei denn, jemand geht mit sich selbst und seinem Vermögen hinaus und kehrt mit nichts davon zurück.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass gute Taten in den ersten zehn Tagen des Monats Dhul-Hijjah besser sind als in allen anderen Tagen des Jahres.
 Die Gefährten - möge Allah mit ihnen zufrieden sein - fragten den Propheten - Allahs Segen und Frieden auf ihm -, ob das Kämpfen (auf dem Weg Allahs) außerhalb dieser zehn Tage besser sei als die guten Taten in diesen zehn Tagen, da ihnen bekannt war, dass das Kämpfen auf dem Weg Allahs eine der besten Taten ist.
 Da antwortete er - Allahs Segen und Frieden auf ihm -, dass gute Taten in diesen Tagen besser sind als das Kämpfen auf dem Weg Allahs zu anderen Zeiten, außer bei einem Mann, der auf dem Weg Allahs auszieht, sein Leben und sein Vermögen riskiert und sodann sein Vermögen verliert und seine Seele auf dem Weg Allahs opfert. Dieser Mann ist derjenige, dessen Tat die guten Taten in diesen vorzüglichen Tagen übertrifft.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Der Vorzug der guten Taten in den ersten zehn Tagen des (Monats) Dhul-Hijjah ist groß. Daher sollte der Muslim diese Tage nutzen und in ihnen viele gute Taten vollbringen, wie das Gedenken Allahs, das Lesen des Quran, das Aussprechen von Takbir ("Allahu Akbar"), Tahlil ("La ilaha illa Allah"), Tahmid ("Alhamdulillah"), das Gebet, das Spenden, das Fasten und alle Arten von Wohltaten.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
+    <t>[رواه البخاري وأبو داود واللفظ له]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/6255</t>
   </si>
   <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>„Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Von Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut. Und das Gleichnis des Heuchlers, welcher den Quran liest, ist das einer Basilikumpflanze; sie riecht gut, jedoch schmeckt sie bitter. Und das Gleichnis eines Heuchlers, welcher den Quran nicht liest, ist das von einer Koloquinte; sie hat keinen Duft und schmeckt bitter.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte die verschiedenen Kategorien von Menschen in Bezug auf das Lesen des Qurans und den Nutzen, den sie daraus ziehen:
 Die erste Kategorie: Der Gläubige, der den Quran liest und davon profitiert. Er ist wie die Frucht der Zitronatzitrone, angenehm im Geschmack und Geruch, mit schöner Farbe und vielen Vorteilen. Er handelt gemäß dem, was er liest, und nützt den Dienern Allahs.
 Die zweite: Der Gläubige, der den Quran nicht liest. Er ist wie die Dattel, ihr Geschmack ist süß, aber sie hat keinen Duft. Sein Herz ist erfüllt von Glauben, so wie die Dattel in ihrem Geschmack und Inneren Süße enthält. Das Fehlen eines Duftes, den die Menschen riechen können, symbolisiert das Fehlen seiner Rezitation, bei deren Hören die Menschen sich wohlfühlen würden.
@@ -11470,98 +12349,98 @@
     <t>Im heiligen Hadith erklärt der Prophet - Allahs Segen und Frieden auf ihm -, dass Allah - mächtig und majestätisch ist Er - über die Götzendiener und Ungläubigen berichtet hat, dass sie Ihn der Lüge bezichtigen und Ihm Mängel und Fehler zuschreiben, obwohl sie dazu nicht berechtigt sind.
 Was ihre Bezichtigung Allahs der Lüge betrifft, so ist es ihre Behauptung, dass Allah sie nach ihrem Tod nicht wieder zum Leben erwecken wird, so wie Er sie zum ersten Mal aus dem Nichts erschaffen hat. Er erwidert darauf, dass Derjenige, der die Schöpfung aus dem Nichts begonnen hat, in der Lage ist, sie wieder zum Leben zu erwecken, und es ist sogar noch einfacher für Ihn. Obwohl Schöpfung und Wiedererweckung für Allah gleichwertig sind, ist Allah zu allem fähig.
 Was ihre Schmähung betrifft, so ist es ihre Aussage, dass Er einen Sohn hat. Er erwidert darauf, dass Er der Eine ist, der Einzige, der in all Seinen Namen, Eigenschaften und Taten mit allen Vollkommenheiten ausgestattet ist, frei von jeglichem Mangel und Fehler. Er ist der Absolute, der Sich Selbst Genügende, der niemanden braucht, während alle anderen Ihn brauchen. Er war weder Vater für jemanden noch Sohn von jemandem, und niemand ist Ihm ebenbürtig, weder in Ähnlichkeit noch in Gleichheit. Gepriesen sei Er und erhaben ist Er.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Die Bestätigung der vollkommenen Macht Allahs - erhaben ist Er.
 Die Bestätigung der Auferstehung nach dem Tod.
 Der Unglaube dessen, der die Auferstehung leugnet oder Allah - erhaben ist Er - ein Kind zuschreibt.
 Allah - erhaben ist Er - hat keinen Vergleichbaren oder Ähnlichen.
 Die Weite der Nachsicht Allahs - gepriesen sei Er - und und dass Er den Ungläubigen Aufschub gewährt - in der Hoffnung, dass sie bereuen und (reumütig) zurückkehren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6327</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
-    <t>‚Wer einen Meiner Nahestehenden (Awliya') zum Feind nimmt, dem habe Ich den Krieg erklärt. Mein Diener nähert sich Mir mit nichts an, was Mir lieber ist als das, was Ich ihm vorgeschrieben habe</t>
+    <t>‚Wer einen Meiner Gefolgsleute („Awliya“) anfeindet, dem habe Ich den Krieg erklärt. Und Mein Diener nähert sich Mir durch nichts, was Mir lieber ist, als durch das, was Ich ihm als Pflicht auferlegt habe</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah hat gesagt: ‚Wer einen Meiner Nahestehenden (Awliya') zum Feind nimmt, dem habe Ich den Krieg erklärt. Mein Diener nähert sich Mir mit nichts an, was Mir lieber ist als das, was Ich ihm vorgeschrieben habe. Und Mein Diener fährt fort, sich Mir durch freiwillige Taten zu nähern, bis Ich ihn liebe. Und wenn Ich ihn liebe, bin Ich sein Gehör, mit dem er hört, sein Augenlicht, mit dem er sieht, seine Hand, mit der er zupackt, und sein Fuß, mit dem er geht. Und wenn er Mich bittet, werde Ich ihm gewiss geben, und wenn er bei Mir Zuflucht sucht, werde Ich ihm gewiss Zuflucht gewähren. Und Ich habe bei nichts, was Ich tun werde, so gezögert wie beim (Tod) des Gläubigen. Er verabscheut den Tod, und Ich verabscheue, ihm Leid zuzufügen.‘“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, Allah der Erhabene sagte: ‚Wer einen Meiner Gefolgsleute („Awliya“) anfeindet, dem habe Ich den Krieg erklärt. Und Mein Diener nähert sich Mir durch nichts, was Mir lieber ist, als durch das, was Ich ihm als Pflicht auferlegt habe. Und Mein Diener nähert sich Mir solange durch die freiwilligen Taten, bis Ich ihn liebe. Wenn Ich ihn dann liebe, werde Ich sein Gehör sein, mit dem er hört, sein Blick, mit dem er sieht, seine Hand, mit der er greift und sein Fuß, mit dem er geht. Und wenn er Mich bittet, so werde Ich ihm sicherlich geben und wenn er Zuflucht bei Mir sucht, so werde Ich ihm sicherlich Zuflucht gewähren. Und Ich habe bei nichts, was Ich tun werde, so gezögert wie beim (Tod) des Gläubigen. Er verabscheut den Tod, und Ich verabscheue, ihm Leid zuzufügen.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete im Hadith Qudsi, dass Allah - mächtig und majestätisch ist Er - sagte: „Wer einen Meiner Nahestehenden (Awliya') verletzt, ihn erzürnt und ihn verabscheut, dem habe Ich Meine Feindschaft kundgetan und sie ihm offenbart.“
-Und der Nahestehende (Wali) ist der gläubige und gottesfürchtige Mensch. Und je nach dem Ausmaß des Glaubens und der Gottesfurcht eines Dieners ist sein Anteil an der Liebe/Nähe Allahs. Und der Muslim nähert sich seinem Herrn mit nichts an, was Ihm lieber ist, als das, was Er ihm an Pflichten und Verpflichtungen auferlegt hat, wie das Ausführen der Gehorsamkeiten und das Unterlassen der Verbote. Und der Muslim nähert sich seinem Herrn solange durch freiwillige gottesdienstliche Handlungen zusätzlich zu den Pflichten, bis er die Liebe Allahs erlangt. Und wenn Allah ihn liebt, wird Allah ihn in diesen vier Gliedmaßen leiten:
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete im Hadith Qudsi, dass Allah - mächtig und majestätisch ist Er - sagte: „Wer einen Meiner Gefolgsleute („Awliya“) verletzt, ihn erzürnt und ihn verabscheut, dem habe Ich Meine Feindschaft kundgetan und sie ihm offenbart.“
+Und der Nahestehende („Wali“) ist der gläubige und gottesfürchtige Mensch. Und je nach dem Ausmaß des Glaubens und der Gottesfurcht eines Dieners ist sein Anteil an der Liebe/Nähe Allahs. Und der Muslim nähert sich seinem Herrn mit nichts an, was Ihm lieber ist, als das, was Er ihm an Pflichten und Verpflichtungen auferlegt hat, wie das Ausführen der Gehorsamkeiten und das Unterlassen der Verbote. Der Muslim nähert sich seinem Herrn solange durch freiwillige Handlungen zusätzlich zu den Pflichten, bis er die Liebe Allahs erlangt. Und wenn Allah ihn liebt, wird Allah ihn in diesen vier Gliedmaßen leiten:
 Er leitet ihn in seinem Gehör, sodass er nur hört, was Allah zufrieden stellt.
 Und Er leitet ihn in seinem Augenlicht, sodass er nur auf das schaut, was Allah gerne ansieht und womit Er zufrieden ist.
 Und Er leitet ihn in seiner Hand, sodass er mit seiner Hand nur das tut, was Allah zufrieden stellt.
 Und Er leitet ihn in seinem Fuß, sodass er nur zu dem geht, was Allah zufrieden stellt, und nur nach dem strebt, worin das Gute liegt.
 Und darüber hinaus: Wenn er Allah um etwas bittet, dann gibt Allah ihm, worum er gebeten hat, sodass sein Bittgebet erhört wird. Und wenn er bei Allah Zuflucht sucht und sich Ihm zuwendet, um Schutz zu erbitten, dann wird Allah - gepriesen sei Er - ihn beschützen und vor dem bewahren, was er fürchtet.
 Dann sagte Allah - erhaben ist Er -: „Und Ich habe bei nichts, was Ich tun werde, so gezögert wie beim Ergreifen der Seele des Gläubigen, aus Barmherzigkeit ihm gegenüber; denn er verabscheut den Tod wegen des Schmerzes, den er beinhaltet, und Allah verabscheut, was dem Gläubigen Leid zufügt.“</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
-    <t>Dieser Hadith gehört zu den Überlieferungen, die der Prophet - Allahs Segen und Frieden auf ihm - von seinem Herrn berichtet, und wird als heiliger oder göttlicher Hadith bezeichnet. Es ist ein Hadith, dessen Wortlaut und Bedeutung von Allah stammen, jedoch ohne die besonderen Eigenschaften des Qurans, die ihn von allem anderen unterscheiden, wie die Verpflichtung, ihn zu rezitieren, die rituelle Reinheit für ihn, die Herausforderung (etwas gleichartiges hervorzubringen), das Wunder und anderes.
-[...5 lines deleted...]
-Der Beweis für die Ehre der Nahestehenden Allahs (Awliya') und ihre hohe Stellung.</t>
+    <t>Dieser Hadith gehört zu den Überlieferungen, die der Prophet - Allahs Segen und Frieden auf ihm - von seinem Herrn berichtet, und wird als heiliger oder Qudsi Hadith bezeichnet. Es ist ein Hadith, dessen Wortlaut und Bedeutung von Allah stammen, jedoch ohne die besonderen Eigenschaften des Qurans, die ihn von allem anderen unterscheiden, wie die Verpflichtung, ihn zu rezitieren, die rituelle Reinheit für ihn, die Herausforderung (etwas gleichartiges hervorzubringen), das Wunder und anderes.
+Das Verbot, Allahs Gefolgsleute („Awliya“) zu verletzen, die Ermutigung, sie zu lieben, und die Anerkennung ihrer Vorzüge.
+Die Anordnung, den Feinden Allahs entgegenzutreten, und die Untersagung, ihnen Loyalität zu erweisen.
+Wer die Nähe Allahs für sich beansprucht, ohne Seinem Gesetz zu folgen, der ist ein Lügner in seiner Behauptung.
+Die Nähe Allahs erlangt man durch das Erfüllen der Pflichten und das Unterlassen der Verbote.
+Eine der Ursachen für Allahs Liebe zum Diener und die Erhörung seines Bittgebets ist das Verrichten freiwilliger Handlungen zusätzlich zur Erfüllung der Pflichten und dem Unterlassen der Verbote.
+Der Beweis für die Ehre der Gefolgsleute Allahs („Awliya“) und ihre hohe Stellung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6337</t>
   </si>
   <si>
     <t>اثنتان في الناس هما بهم كفر: الطعن في النسب، والنياحة على الميت</t>
   </si>
   <si>
     <t>„Zwei Dinge befinden sich unter den Menschen, durch welche sie ungläubig sind: Das Schmähen der Abstammung und die (laute) Klage über den Toten.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اثْنَتَانِ فِي النَّاسِ هُمَا بِهِمْ كُفْرٌ: الطَّعْنُ فِي النَّسَبِ، وَالنِّيَاحَةُ عَلَى الْمَيِّتِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Zwei Dinge befinden sich unter den Menschen, durch welche sie ungläubig sind: Das Schmähen der Abstammung und die (laute) Klage über den Toten.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن خصلَتَين في الناس من أعمال الكفار، وأخلاق الجاهلية، وهما: 
 الأولى: الطَّعْن بأنساب الناس وتَنَقُّصُهم والتكبُّر عليهم. 
 الثانية: رفع الصوت عند المصيبة تَسَخُّطًا على القَدَر، أو قطع الثياب من شِدّة الجَزَع.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet über zwei Eigenschaften der Menschen, die zu den Taten der Ungläubigen und Charakterzügen der Jahiliyah gehören. Diese sind:
 Erstens: Das Schmähen der Abstammungen der Menschen, ihre Bemängelung und die Hochmut ihnen gegenüber.
 Zweitens: Das Erheben der Stimme bei Katastrophen aus Unzufriedenheit mit der Vorherbestimmung, oder das Zerreißen der Kleidung aus starker Unruhe.</t>
@@ -11578,72 +12457,109 @@
 Diese Taten gehören zum kleinen Unglauben und nicht jeder, der einen Zweig des Unglaubens begeht, ist direkt ungläubig und verlässt die Glaubensgemeinschaft, bis er großen Unglauben begeht.
 Der Islam untersagt alles, was zur Trennung unter den Muslimen fällt, wie das Schmähen der Abstammungen und anderer Dinge.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6361</t>
   </si>
   <si>
     <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>‚Wer schwor und in seinem Schwur sagte: „Bei Al-Lat und Al-'Uzza“, soll sagen: „La ilaha illa Allah.“ Und wer zu seinem Gefährten sagte: „Komm, lass uns Glücksspiele spielen“, soll Almosen geben.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer schwor und in seinem Schwur sagte: „Bei Al-Lat und Al-'Uzza“, soll sagen: „La ilaha illa Allah.“ Und wer zu seinem Gefährten sagte: „Komm, lass uns Glücksspiele spielen“, soll Almosen geben.‘“</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte davor, bei etwas anderem als Allah zu schwören, da ein Gläubiger nur bei Allah schwört. Und er teilte mit, dass derjenige, der bei etwas anderem als Allah schwört, wie zum Beispiel bei Al-Lat und Al-'Uzza - zwei Götzen, die in der Zeit der Unwissenheit vor dem Islam angebetet wurden -, als Wiedergutmachung sagen soll: „La ilaha illa Allah“, um sich vom Schirk loszusagen und seinen Schwur zu sühnen.
-Dann teilte der Prophet ﷺ mit, dass derjenige, der zu seinem Gefährten sagt: „Komm, lass uns Glücksspiel spielen“ - was bedeutet, dass zwei oder mehr Personen gegeneinander antreten, wobei ein Geldbetrag zwischen ihnen liegt, den der Gewinner nimmt, und jeder von ihnen entweder gewinnt oder verliert - Almosen geben soll, um das wiedergutzumachen, wozu er aufgerufen hat.</t>
+Dann teilte der Prophet - Allahs Segen und Frieden auf ihm - mit, dass derjenige, der zu seinem Gefährten sagt: „Komm, lass uns Glücksspiele spielen“ - was bedeutet, dass zwei oder mehr Personen gegeneinander antreten, wobei ein Geldbetrag zwischen ihnen liegt, den der Gewinner nimmt, und jeder von ihnen entweder gewinnt oder verliert -, Almosen geben soll, als Sühne für das, wozu er aufgerufen hat.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>Ein Schwur darf nur bei Allah, Seinen Namen und Eigenschaften abgelegt werden.
 Es ist verboten, bei etwas anderem als Allah zu schwören, sei es bei Götzen wie Al-Lat und Al-'Uzza, bei der Vertrauenswürdigkeit, beim Propheten oder bei etwas anderem.
 Al-Khattabi sagte: „Ein Eid wird nur bei dem verehrten und angebeteten Gott abgelegt. Wenn jemand also bei Al-Lat oder dergleichen schwört, hat er den Ungläubigen nachgeahmt, daher wurde befohlen, dies mit dem Wort des Monotheismus wiedergutzumachen.“
 Wer bei etwas anderem als Allah schwört, muss keine Sühne für den Eid leisten, sondern nur Reue zeigen und um Vergebung bitten, denn es ist schwerwiegender, als dass es durch etwas anderes als Reue gesühnt werden könnte.
 Das Glücksspiel ist in all seinen Formen und Erscheinungsformen verboten. Es ist das Glücksspiel (Al-Maysir), das Allah - erhaben ist Er - verboten und mit Berauschendem und Götzen in Verbindung gebracht hat.
 Es ist verpflichtend, von einer Sünde zurückzutreten, wenn man sie begangen hat.
 Wer eine schlechte Tat begangen hat, soll ihr eine gute Tat folgen lassen, denn gute Taten löschen schlechte Taten aus.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6379</t>
+  </si>
+  <si>
+    <t>أتدرون ما المفلس؟</t>
+  </si>
+  <si>
+    <t>„Wisst ihr, wer der Bankrotteur ist?</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wisst ihr, wer der Bankrotteur ist?“ Sie sagten: „Der Bankrotteur unter uns ist derjenige, der weder einen Dirham noch Besitz hat.“ Er sagte: „Der Bankrotteur aus meiner Gemeinschaft ist wahrlich derjenige, der am Tag der Auferstehung mit Gebet, Fasten und Almosen kommt, aber diese Person beschimpft hat, jener Person Unzucht vorgeworfen hat, das Vermögen dieser Person genommen hat, das Blut jener Person vergossen hat und diese Person geschlagen hat. Diesem wird von seinen guten Taten gegeben, und jenem von seinen guten Taten. Wenn seine guten Taten aufgebraucht sind, bevor die Schuld beglichen ist, werden (Sünden) von ihren Sünden genommen und ihm auferlegt. Dann wird er ins Feuer geworfen.“</t>
+  </si>
+  <si>
+    <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte seine Gefährten: „Wisst ihr, wer der Bankrotteur (Al-Muflis) ist?“ Sie sagten: „Der Bankrotteur unter uns ist derjenige, der weder Geld noch Besitz hat.“ Er sagte: „Der Bankrotteur aus meiner Gemeinschaft ist wahrlich derjenige, der am Tag der Auferstehung mit guten Taten kommt - mit Gebet, Fasten und Almosen -, aber diese Person beschimpft und sie beleidigt hat, jener Person Unzucht vorgeworfen hat, das Vermögen dieser Person genommen und es ihr verweigert hat, das Blut jener Person vergossen und sie unterdrückt hat und diese Person geschlagen und gedemütigt hat. Dem Unterdrückten wird dann von seinen guten Taten gegeben. Wenn seine guten Taten aufgebraucht sind, bevor er beglichen hat, was er an Rechten und Unrecht schuldig ist, werden von den Sünden des Unterdrückten  Sünden genommen und dem Unterdrücker auferlegt. Dann wird er ins Feuer geworfen, da er keine guten Taten mehr hat.“</t>
+  </si>
+  <si>
+    <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
+حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
+استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
+بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
+القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
+معاملة الله للخلق قائمة على العدل والحق.</t>
+  </si>
+  <si>
+    <t>Die Warnung davor, verbotene Handlungen zu begehen, insbesondere solche, die die materiellen und moralischen Rechte anderer Menschen betreffen.
+Die Rechte der Menschen untereinander basieren auf dem Prinzip der Vergeltung, während die Rechte des Schöpfers, abgesehen vom Schirk (Götzendienst), auf Vergebung basieren.
+Die Verwendung der Methode des Dialogs, die den Zuhörer fesselt, seine Aufmerksamkeit anregt und sein Interesse weckt, insbesondere in der Erziehung und Führung.
+Die Erklärung der Bedeutung des wahren Bankrotteurs, nämlich derjenige, dessen gute Taten am Tag der Auferstehung von seinen Gläubigern genommen werden.
+Die Vergeltung im Jenseits kann alle guten Taten umfassen, bis nichts mehr davon übrig bleibt.
+Allahs Umgang mit der Schöpfung basiert auf Gerechtigkeit und Wahrheit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/6454</t>
   </si>
   <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>„Wenn ein Mann für seine Familie ausgibt und dabei die Absicht hat, dies als Gottesdienst anzusehen, dann wird es für ihn als Almosen angerechnet.“</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Von Abu Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wenn ein Mann für seine Familie ausgibt und dabei die Absicht hat, dies als Gottesdienst anzusehen, dann wird es für ihn als Almosen angerechnet.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass wenn ein Mann für seine Familie, die er unterhalten muss, wie seine Ehefrau, Eltern, Kinder und andere, ausgibt und dabei beabsichtigt, sich dadurch Allah - erhaben ist Er - zu nähern und die Belohnung bei Ihm erhofft, dann wird diese Ausgabe als Almosen für ihn angerechnet.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
@@ -11940,92 +12856,97 @@
   <si>
     <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>‚Wer über mich etwas berichtet, von dem angenommen wird, dass es eine Lüge ist, so gehört er zu den Lügnern.‘“</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Von Samurah Ibn Jundub und Al-Mughirah Ibn Schu'bah - möge Allah mit ihnen beiden zufrieden sein - wird überliefert, dass sie beide sagten: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer über mich etwas berichtet, von dem angenommen wird, dass es eine Lüge ist, so gehört er zu den Lügnern.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass derjenige, der einen Hadith von ihm überliefert, während er weiß oder vermutet oder stark davon ausgeht, dass es eine Lüge über ihn - Allahs Segen und Frieden auf ihm - ist, an der Lüge desjenigen teilhat, der sie erfunden hat.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Die Notwendigkeit, die über den Propheten - Allahs Segen und Frieden auf ihm - überlieferten Berichte zu überprüfen und ihre Authentizität sicherzustellen, bevor man sie weitergibt.
-Die Beschreibung der Lüge bezieht sich auf jeden, der die Lüge erfindet und auf jeden, der sie überliefert und unter den Menschen verbreitet.
-[Alternative: Die Eigenschaft des Lügens wird sowohl auf denjenigen angewendet, der die Lüge erfunden hat, als auch auf denjenigen, der sie weitergibt und unter den Menschen verbreitet.]
+Die Eigenschaft der Lüge bezieht sich auf jeden, der die Lüge erfindet und auf jeden, der sie überliefert und unter den Menschen verbreitet.
 Es ist verboten, einen erfundenen Hadith zu überliefern, wenn man weiß oder stark vermutet, dass er erfunden ist, außer wenn es dazu dient, vor ihm zu warnen.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في مقدمته]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Denn der Charakter des Propheten Allahs - Allahs Segen und Frieden auf ihm - war der Quran.“</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Von Sa'd Ibn Hischam Ibn 'Amir wird überliefert, dass er, als er bei 'Aischah - möge Allah mit ihr zufrieden sein - eintrat, sagte:: „O Mutter der Gläubigen, erzähle mir vom Charakter des Gesandten Allahs - Allahs Segen und Frieden auf ihm -,“ Sie sagte: „Liest du nicht den Quran?“ Ich antwortete: „Doch.“ Sie sagte: „Denn der Charakter des Propheten Allahs - Allahs Segen und Frieden auf ihm - war der Quran.“</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Als die Mutter der Gläubigen 'Aischah - möge Allah mit ihr zufrieden sein - nach dem Charakter des Propheten - Allahs Segen und Frieden auf ihm - gefragt wurde, antwortete sie mit einer prägnanten Aussage und wies den Fragenden auf den edlen Quran hin, der alle Eigenschaften der Vollkommenheit vereint. Sie sagte, dass er - Allahs Segen und Frieden auf ihm - die Charaktereigenschaften des Quran besaß: Was der Quran befahl, setzte er um, und was der Quran verbot, mied er. Sein Charakter war das Handeln nach ihm (dem Quran), das Einhalten seiner Grenzen, die Befolgung seines Benehmens und die Berücksichtigung seiner Gleichnisse und Geschichten.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Man wird dazu angehalten sich den Propheten - Allahs Segen und Frieden auf ihm -, darin als Vorbild zu nehmen, dass sein Charakter dem (vorgeschriebenen) Charakter im Quran entsprach.
 Der Charakter des Gesandten Allahs - Allahs Segen und Frieden auf ihm - wird gelobt und es wird aufgezeigt, dass er aus der Offenbarung entnommen wird.
 Der Quran ist die Quelle aller edlen Charaktereigenschaften.
 Der Charakter im Islam umfasst die gesamte Religion durch das Befolgen der Gebote und das Vermeiden der Verbote.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
+  </si>
+  <si>
+    <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8265</t>
   </si>
   <si>
     <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>„Die Barmherzigen werden von dem Allerbarmer Barmherzigkeit erfahren. Seid barmherzig mit den Bewohnern der Erde, so ist Derjenige im Himmel barmherzig mit euch.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Die Barmherzigen werden von dem Allerbarmer Barmherzigkeit erfahren. Seid barmherzig mit den Bewohnern der Erde, so ist Derjenige im Himmel barmherzig mit euch.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass diejenigen, die anderen Barmherzigkeit erweisen, von dem Allerbarmer mit Seiner Barmherzigkeit, die alles umfasst, barmherzig behandelt werden; als gerechte Vergeltung (für ihr Handeln).
 Dann befahl der Prophet - Allahs Segen und Frieden auf ihm -, dass man allen auf der Erde Barmherzigkeit erweisen soll, sei es Mensch, Tier, Vogel oder andere Arten von Geschöpfen. Die Belohnung dafür ist, dass Allah euch von oben über Seinen Himmeln Barmherzigkeit erweisen wird.</t>
   </si>
   <si>
@@ -12044,96 +12965,166 @@
   <si>
     <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>wenn er die Moschee betrat, sagte: „Ich suche Zuflucht bei Allah, dem Gewaltigen, und bei Seinem edlen Angesicht und Seiner ewigen Herrschaft vor dem verfluchten Satan</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er, wenn er die Moschee betrat, sagte: „Ich suche Zuflucht bei Allah, dem Gewaltigen, und bei Seinem edlen Angesicht und Seiner ewigen Herrschaft vor dem verfluchten Satan.“ Er sagte: „Nur das?“ Ich sagte: „Ja.“ Er sagte: „Wenn er das sagt, sagt der Satan: ‚Er ist den ganzen (restlichen) Tag vor mir geschützt.‘“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte beim Betreten der Moschee zu sagen: (Ich suche Zuflucht bei Allah, dem Gewaltigen) Ich suche Schutz und Zuflucht bei Allah und Seinen Eigenschaften (und bei Seinem edlen Angesicht) dem großzügigen Gebenden, [?? dem großzügigen Geber / dem großzügig Gebenden / dem Großzügigen, dem Gebenden] (und Seiner Herrschaft) Seiner Überlegenheit, Macht und Kontrolle über wen Er will von Seiner Schöpfung, (der ewigen) dem Ewigen, Zeitlosen, (vor dem verfluchten Satan) dem Verstoßenen und Verbannten von Allahs Barmherzigkeit. Das bedeutet: O Allah, schütze mich vor seinen Einflüsterungen, seiner Verführung, seinen Schritten, seinen Versuchungen, seinen Täuschungen und seinem Irregehen, denn er ist die Ursache für Irreleitung und Anstiftung zu Verirrung und Unwissenheit. Also wurde 'Abdullah 'Ibn 'Amr gefragt: „Nur das?“ Das heißt: Hat der Prophet - Allahs Segen und Frieden auf ihm - nur dies gesagt? Er sagte: „Ja.“
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte beim Betreten der Moschee zu sagen: „Ich suche Zuflucht bei Allah, dem Gewaltigen“, d. h.: Ich suche Schutz und Zuflucht bei Allah und Seinen Eigenschaften, „und bei Seinem edlen Angesicht“, d. h. dem Großzügigen, dem Gebenden, „und Seiner Herrschaft“, d. h.  Seiner Überlegenheit, Macht und Kontrolle über wen Er will von Seiner Schöpfung, „ewigen“, d. h. der ewigen, zeitlosen (Herrschaft), „vor dem verfluchten Satan“, d. h. dem Verstoßenen und Verbannten von Allahs Barmherzigkeit. Das bedeutet: O Allah, schütze mich vor seinen Einflüsterungen, seiner Verführung, seinen Schritten, seinen Versuchungen, seinen Täuschungen und seinem Irreleiten, denn er ist die Ursache für Irreleitung und Anstiftung zu Verirrung und Unwissenheit. Also wurde 'Abdullah 'Ibn 'Amr gefragt: „Nur das?“ Das heißt: Hat der Prophet - Allahs Segen und Frieden auf ihm - nur dies gesagt? Er sagte: „Ja.“
 Wenn derjenige, der die Moschee betritt, dieses Bittgebet spricht, sagt der Satan: „Dieser Eintretende hat sich die ganze Zeit, Tag und Nacht, vor mir geschützt.“</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>Der Vorzug des Bittgebets mit diesem Dhikr beim Betreten der Moschee und dass es den Sprecher für den Rest des Tages vor dem Satan schützt.
-Die Warnung vor dem Satan und dass er dem Muslim auflauert, um ihn in die Irre zuführen und zu verführen.
-Der Mensch erhält Schutz vor der Irreleitung und Verführung des Satans im Maße seines Glaubens an Allah in seinem Herzen, der Vergegenwärtigung dieses Bittgebets und seines Vertrauens in Allahs Versprechen, das damit verbunden ist. [Alternative: und seines Vertrauens in das damit verbundene Versprechen Allahs.]</t>
+Die Warnung vor dem Satan und dass er dem Muslim auflauert, um ihn in die Irre zu führen und zu verführen.
+Der Mensch erhält Schutz vor der Irreleitung und Verführung des Satans im Maße seines Glaubens an Allah in seinem Herzen, der Vergegenwärtigung dieses Bittgebets und seines Vertrauens in Allahs Versprechen, das damit verbunden ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8294</t>
+  </si>
+  <si>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
+  </si>
+  <si>
+    <t>„Allah - erhaben ist Er - wird zu den Menschen mit der geringsten Strafe in der Hölle am Tag der Auferstehung sagen: ‚Wenn du alles besitzen würdest, was auf der Erde ist, würdest du dich damit loskaufen?‘ Er wird sagen: ‚Ja.‘</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
+  </si>
+  <si>
+    <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert,  dass er sagte: „Allah - erhaben ist Er - wird zu den Menschen mit der geringsten Strafe in der Hölle am Tag der Auferstehung sagen: ‚Wenn du alles besitzen würdest, was auf der Erde ist, würdest du dich damit loskaufen?‘ Er wird sagen: ‚Ja.‘ Dann wird Er sagen: ‚Ich wollte von dir etwas Geringeres als das, als du noch im Rücken Adams warst: dass du Mir nichts beigesellst. Aber du hast darauf beharrt, Mir etwas beizugesellen.‘“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
+فيقول: نعم، 
+فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah - erhaben ist Er - zu den Menschen mit der geringsten Strafe in der Hölle nach ihrem Eintritt sagen wird: „Wenn du das Diesseits und alles, was darin ist, besitzen würdest, würdest du dich damit von dieser Strafe loskaufen?“ Er wird sagen: „Ja.“ Allah wird sagen: „Ich habe von dir etwas Leichteres verlangt und dir etwas Leichteres befohlen - als der Bund mit dir geschlossen wurde, während du noch im Rücken Adams warst -, dass du Mir nichts beigesellst. Aber du hast auf dem Schirk beharrt, als Ich dich in das Diesseits (hinaus)brachte.“</t>
+  </si>
+  <si>
+    <t>فضل التوحيد ويُسْر العمل به.
+خطر الشرك بالله تعالى وعاقبته.
+أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
+التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
+  </si>
+  <si>
+    <t>Der Vorzug des Monotheismus (At-Tauhid) und die Leichtigkeit, ihn zu praktizieren.
+Die Gefahr des Polytheismus (Schirk) und seine Konsequenzen.
+Allah schloss mit den Kindern Adams, als sie sich noch im Rücken ihres Vaters Adam befanden, den Bund, dass sie Ihm nichts beigesellen sollen.
+Die Warnung vor dem Schirk und dass das gesamte Diesseits dem Ungläubigen am Tag der Auferstehung nichts nützen wird.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/8315</t>
   </si>
   <si>
     <t>ينادي مناد: إن لكم أن تصحوا فلا تسقموا أبدا، وإن لكم أن تحيوا فلا تموتوا أبدا، وإن لكم أن تشبوا فلا تهرموا أبدا، وإن لكم أن تنعموا فلا تبأسوا أبدا</t>
   </si>
   <si>
     <t>„Ein Rufer wird rufen: Euch steht zu, dass ihr gesund seid und nie wieder erkrankt, dass ihr lebt und nie wieder sterbt, dass ihr jugendlich seid und nie wieder altert und, dass ihr genießt und nie wieder leidet.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَأَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يُنَادِي مُنَادٍ: إِنَّ لَكُمْ أَنْ تَصِحُّوا فَلَا تَسْقَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَحْيَوْا فَلَا تَمُوتُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَشِبُّوا فَلَا تَهْرَمُوا أَبَدًا، وَإِنَّ لَكُمْ أَنْ تَنْعَمُوا فَلَا تَبْأَسُوا أَبَدًا» فَذَلِكَ قَوْلُهُ عَزَّ وَجَلَّ: {وَنُودُوا أَنْ تِلْكُمُ الْجَنَّةُ أُورِثْتُمُوهَا بِمَا كُنْتُمْ تَعْمَلُونَ} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri und Abu Hurayrah - möge Allah mit ihnen beiden zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ein Rufer wird rufen: Euch steht zu, dass ihr gesund seid und nie wieder erkrankt, dass ihr lebt und nie wieder sterbt, dass ihr jugendlich seid und nie wieder altert und, dass ihr genießt und nie wieder leidet.“ Dies ist Seine - mächtig und majestätisch ist Er - Aussage: „Und es wird ihnen zugerufen: 'Siehe, das ist der (Paradies)garten. Er ist euch zum Erbe gegeben worden für das, was ihr zu tun pflegtet.' [7:43]“</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنه ينادي أهلَ الجنة مُنادٍ وهم فيها يتنعمون: إنّ لكم أنْ تَصحوا فلا تمرضوا في الجنة أبدًا مهما قَلَّ المرض، وإنَّ لكم أن تَحْيَوا فلا تموتوا فيها أبدًا ولو كان نومًا وهو موتة صغرى، وإن لكم أن تَشِبُّوا فلا تَشِيْخوا فيها أبدًا، وإن لكم أن تَنْعموا فلا تحزنوا أو تبْأسوا فيها أبدًا، فذلك قوله عز وجل: {ونُودُوا أنْ تلكم الجنة أورثتموها بما كنتم تعملون} [الأعراف: 43].</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erwähnte, dass ein Rufer die Paradiesbewohner rufen wird, während sie sich im Paradies befinden und die Gnaden genießen: „Euch steht zu, dass ihr gesund sei und im Paradies niemals erkrankt, egal wie gering diese Krankheit sein mag, dass ihr lebt und niemals darin sterben werdet, selbst der Schlaf, der als kleiner Tod gilt, nicht, dass ihr jugendlich sei und niemals darin altern werdet, und dass ihr genießt und niemals darin trauert oder leidet. Und dies ist Seine - mächtig und majestätisch ist Er - Aussage: „Und es wird ihnen zugerufen: 'Siehe, das ist der (Paradies)garten. Er ist euch zum Erbe gegeben worden für das, was ihr zu tun pflegtet.' [7:43]“</t>
   </si>
   <si>
     <t>أعظم مُضَيِّقات نعيم الحياة الدنيا مهما بَلَغَ صاحبُه من التَّرَف أربعة أمور: المرض، والموت، والهرم، والبؤس والحزن بسبب الخوف من العدو والفقر والحرب وغير ذلك، وأهل الجنة سالمون منها، فحصل لأهل الجنة النعيم الأكمل.
 اختلاف نعيم الجنة عما في الدنيا من النعيم؛ لأن نعيم الجنة لا خوف فيه، وأما نعيم الدنيا لا يدوم ويعتريه آلام وأسقام.
 الترغيب في العمل الصالح الذي يُتَوَصَّل به إلى نعيم الجنة.</t>
   </si>
   <si>
     <t>Vier Dinge schränken einem die Gnaden des diesseitigen Leben ein, unabhängig davon, wie viel Luxus man besitzt: Die Krankheit, der Tod, die Altersschwäche und das Leid und die Trauer aufgrund von Angst vor dem Feind, vor Armut, vor Krieg usw. Die Paradiesbewohner sind sicher davor und somit erlangen sie die vollkommensten Gnaden.
 Die Gnaden im Paradies unterscheiden sich von den Gnaden im Diesseits, da die Gnaden im Paradies nicht mit Angst begleitet werden. Die Gnaden im Diesseits sind nicht beständig und werden von Schmerzen und Krankheiten begleitet.
 Der Ansporn zu den guten Taten, die einen zu den Gnaden des Paradies führen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8341</t>
+  </si>
+  <si>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
+  </si>
+  <si>
+    <t>‚Wahrlich, Allah - segensreich und erhaben ist Er - wird zu den Bewohnern des Paradieses sagen: „O Bewohner des Paradieses!“ Sie werden antworten: „Hier sind wir, unser Herr, zur Deiner Zufriedenheit.“ Er wird sagen: „Seid ihr zufrieden?“ Sie werden sagen: „Und warum sollten wir nicht zufrieden sein, wo Du uns doch gegeben hast, was Du keinem Deiner Geschöpfe gegeben hast?“ Er wird sagen: „Ich werde euch etwas Besseres geben als das.“ Sie werden sagen: „O Herr, was könnte besser sein als das?“ Er wird sagen</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
+  </si>
+  <si>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, Allah - segensreich und erhaben ist Er - wird zu den Bewohnern des Paradieses sagen: „O Bewohner des Paradieses!“ Sie werden antworten: „Hier sind wir, unser Herr, zur Deiner Zufriedenheit.“ Er wird sagen: „Seid ihr zufrieden?“ Sie werden sagen: „Und warum sollten wir nicht zufrieden sein, wo Du uns doch gegeben hast, was Du keinem Deiner Geschöpfe gegeben hast?“ Er wird sagen: „Ich werde euch etwas Besseres geben als das.“ Sie werden sagen: „O Herr, was könnte besser sein als das?“ Er wird sagen: „Ich gewähre euch Mein Wohlgefallen, sodass Ich danach niemals wieder zornig auf euch sein werde.“‘“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
+فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
+فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
+قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
+فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah - erhaben ist Er - zu den Bewohnern des Paradieses, während sie sich darin befinden, sagen wird: „O Bewohner des Paradieses!“ Sie werden Ihm antworten und sagen: „Hier sind wir, unser Herr, zu Deiner Zufriedenheit.“ Er wird zu ihnen sagen: „Seid ihr zufrieden?“ Sie werden sagen: „Ja, wir sind zufrieden. Und warum sollten wir nicht zufrieden sein, wo Du uns doch gegeben hast, was Du keinem Deiner Geschöpfe gegeben hast!“ Der Erhabene wird sagen: „Soll Ich euch nicht etwas Besseres geben als das?“ Sie werden sagen: „O Herr, was könnte besser sein als das?!“ Er wird sagen: „Ich gewähre euch Mein ewiges Wohlgefallen, sodass Ich danach niemals wieder zornig auf euch sein werde.“</t>
+  </si>
+  <si>
+    <t>كلام الله عز وجل مع أهل الجنة.
+البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
+رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
+  </si>
+  <si>
+    <t>Das Sprechen Allahs - mächtig und majestätisch ist Er - mit den Bewohnern des Paradieses.
+Die frohe Botschaft von Allah für die Bewohner des Paradieses, dass Er mit ihnen zufrieden ist, dass Er ihnen Sein Wohlgefallen gewährt und dass Er niemals wieder zornig auf sie sein wird.
+Die Zufriedenheit aller im Paradies mit ihrem Zustand, trotz der unterschiedlichen Wohnstätten und vielfältigen Stufen, denn alle antworteten mit den gleichen Worten: „Du hast uns gegeben, was Du keinem Deiner Geschöpfe gegeben hast.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/8343</t>
   </si>
   <si>
     <t>إذا دخل أهل الجنة الجنة، قال: يقول الله تبارك وتعالى: تريدون شيئا أزيدكم؟</t>
   </si>
   <si>
     <t>„Wenn die Paradiesbewohner das Paradies betreten, sagt Allah - segensreich und erhaben ist Er -: 'Wollt ihr noch etwas, sodass Ich es euch (noch) mehre?'</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَهْلُ الْجَنَّةِ الْجَنَّةَ، قَالَ: يَقُولُ اللهُ تَبَارَكَ وَتَعَالَى: تُرِيدُونَ شَيْئًا أَزِيدُكُمْ؟ فَيَقُولُونَ: أَلَمْ تُبَيِّضْ وُجُوهَنَا؟ أَلَمْ تُدْخِلْنَا الْجَنَّةَ، وَتُنَجِّنَا مِنَ النَّارِ؟ قَالَ: فَيَكْشِفُ الْحِجَابَ، فَمَا أُعْطُوا شَيْئًا أَحَبَّ إِلَيْهِمْ مِنَ النَّظَرِ إِلَى رَبِّهِمْ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Von Suhayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wenn die Paradiesbewohner das Paradies betreten, sagt Allah - segensreich und erhaben ist Er -: 'Wollt ihr noch etwas, sodass Ich es euch (noch) mehre?' Da sagen sie: Hast Du nicht unsere Gesichter erhellt? Hast Du uns nicht das Paradies betreten lassen und uns vor dem Feuer bewahrt?'“ Er sagte: „Da wird Er den Schleier wegnehmen und ihnen wird nichts gegeben, was ihnen lieber ist, als das Blicken auf ihren Herrn - mächtig und majestätisch ist Er -.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه إذا دَخَلَ أهلُ الجَنةِ الجنةَ، يقول الله تبارك وتعالى لهم: 
 هل تُريدون شيئًا أَزِيْدُكم؟ 
 فيقول أهلُ الجنة كلُّهم: ألم تُبَيِّضْ وجوهَنا؟ ألم تدخلنا الجنة، وتنجِنا من النار؟ 
 فيُزيلُ الله الحِجَابَ ويَرفعه؛ وحِجَابُه النُّور، فما أُعْطوا شيئًا أحبَّ إليهم من النَّظَر إلى ربِّهم عز وجل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass, wenn die Paradiesbewohner das Paradies betreten werden, Allahs - segensreich und erhaben ist Er - zu ihnen sagen wird:
 Wollt ihr noch etwas, sodass Ich es euch (noch) gebe?
 Da sagen alle Paradiesbewohner: Hast Du nicht unsere Gesichter erhellt? Hast Du uns nicht das Paradies betreten lassen und uns vor dem Feuer bewahrt?
 Da wird Allah den Schleier wegnehmen und aufdecken und Sein Schleier ist Licht. Ihnen wurde dann nichts gegeben, was ihnen lieber ist, als das Blicken auf ihren Herrn - mächtig und majestätisch ist Er -.</t>
   </si>
@@ -12166,50 +13157,53 @@
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ein Mann fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, wir besteigen das Meer und tragen nur wenig Wasser mit uns. Wenn wir die Gebetswaschung verrichten würden, würden wir verdursten. Sollen wir die Gebetswaschung aus dem Meer(wasser) verrichten?“ Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Sein Wasser ist rein und sein Verendetes ist erlaubt.“</t>
   </si>
   <si>
     <t>سَألَ رَجلٌ النبي صلى الله عليه وسلم فقال: إنا نَركَب السُّفُنَ في البحر للصيد أو التجارة وما شابه ذلك، ونَحمِل معَنا القليلَ من الماء الصالح للشُّرْب، فإن استعملنا ماءَ الشرب للوضوء والغسل نَفِدَ ولم نَجِدَ ما نَشْرَبُه، فهل يَجوز لنا أنْ نتوضأ من ماء البحر؟ 
 فقال صلى الله عليه وسلم عن ماء البحر: ماؤه طَاهِرٌ مُطَهِّر؛ يجوز الوضوء منه والاغتسال به، وحلالٌ أَكْل ما يَخرج منه من أسماك وحِيْتان وغيرِها، ولو وُجِدَت ميتةً قد طَفَتْ على ظهره من غير صيد.</t>
   </si>
   <si>
     <t>Ein Mann fragte den Propheten - Allahs Segen und Frieden auf ihm - und sagte: „Wir besteigen die Schiffe auf dem Meer zum Fischen, für Handel, o.ä. und tragen nur wenig Trinkwasser mit uns. Wenn wir das Trinkwasser für die Gebetswaschung und Waschung nutzen, wird es ausgehen und wir werden nichts zu trinken haben. Ist es erlaubt, dass wir die Gebetswaschung mit Meerwasser verrichten?“
 Da sagte er - Allahs Segen und Frieden auf ihm - über das Meerwasser: Sein Wasser ist rein und reinigend, es ist erlaubt, damit die Gebetswaschung zu verrichten und sich damit zu waschen. Und das Essen von dem, was aus dem Meer kommt, wie die kleinen und großen Fische usw., ist erlaubt, selbst wenn es tot und auf dem Rücken trabend gefunden wird, ohne dass es gefischt wurde.</t>
   </si>
   <si>
     <t>مَيتةُ حيوان البحر حلال، والمراد بميتته: ما مات فيه من دَوَابِّه مما لا يعيش إلا فيه.
 إجابة السائل بأكثر مما سأل تتميمًا للفائدة.
 الماء إذا تَغَيَّرَ طَعْمُه أو لونُه أو ريحُه بشيء طاهر، فهو باقٍ على طُهُوْرِيَّتِه ما دام ماءً باقيًا على حقيقتِه، ولو اشتدَّت مُلُوْحَتُهُ أو حرارتُه أو بُرودتُه ونحوُها.
 ماء البحر يَرفَع الحَدَثَ الأكبرَ والأصغر، ويُزِيْل النجاسة الطارئة على  طاهر، مِن بَدَنٍ، أو ثَوب، أو غير ذلك.</t>
   </si>
   <si>
     <t>Das Verendete der Meerestiere ist erlaubt und mit Verendetem sind die Tiere gemeint, die nur im Meer leben, und darin gestorben sind.
 Dem Fragenden kann mit mehr geantwortet werden, als dem, wonach er fragte, um den Nutzen zu vervollkommnen.
 Selbst wenn sich der Geschmack, die Farbe oder der Geruch des Wassers durch etwas verändert, bleibt es weiterhin rein, solange das Wasser als Wasser erkenntlich ist, auch wenn es sehr salzig, sehr heiß, sehr kalt o. ä. ist.
 Meereswasser hebt die große und kleine Unreinheit auf und entfernt die Beschmutzung, die auf etwas reinem ist, wie dem Körper, der Kleidung usw.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8355</t>
   </si>
   <si>
     <t>إذا كان الماء قلتين لم يحمل الخبث</t>
   </si>
   <si>
     <t>„Wenn das Wasser Qullatayn erreicht, trägt es keine Unreinheit.“</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما قَالَ: سُئِلَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْمَاءِ وَمَا يَنُوبُهُ مِنَ الدَّوَابِّ وَالسِّبَاعِ، فَقَالَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا كَانَ الْمَاءُ قُلَّتَيْنِ لَمْ يَحْمِلِ الْخَبَثَ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Ich fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - über das Wasser und das Vieh und die Raubtiere, die es häufig aufsuchen. Da sagte er - Allahs Segen und Frieden auf ihm -: „Wenn das Wasser Qullatayn erreicht, trägt es keine Unreinheit.“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن حُكْمِ طَهارة الماء الذي تَرْتَادُه الحيواناتُ والسِّبَاعُ للشُّرْب ونحوِه، فقال صلى الله عليه وسلم: بأنَّ الماء إذا بَلَغَ كَيْلُهُ جَرَّتَيْن كَبِيْرَتَيْن، وهي تَعْدِل: (210) لترًا فإنه ماءٌ كثيرٌ لا يَنْجُس؛ إلا إذا تَغَيَّرَت إحدى أوصافِه الثلاثة لونه أو طعمه أو ريحه بنجاسة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über die Reinheit des Wassers gefragt, welches oft von Tieren und Raubtieren zum Trinken usw. aufgesucht wird. Da sagte er - Allahs Segen und Frieden auf ihm -, dass wenn die Wassermenge zwei große Mengen (Qullatayn) erreicht, welches 210 Liter entspricht, es viel ist und nicht unrein wird, außer eine der drei Eigenschaften ändern sich aufgrund der Unreinheit: Seine Farbe, sein Geschmack und sein Geruch.</t>
   </si>
   <si>
     <t>الماء يَنْجُسُ إذا تَغَيَّر أحد أوصافه الثلاثة بالنجاسة، لونه، أو طعمه، أو ريحه، والحديث خَرَجَ مَخْرَجَ الغَالِب، لا على التحديد.
 أجمع العلماءُ على أنَّ الماءَ إذا غَيَّرَتْه النجاسةُ نَجُسَ مطلقًا، سواء أكان قليلًا أم كثيرًا.</t>
@@ -12272,50 +13266,128 @@
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>'Umar - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - einen Mann sah, der seine Gebetswaschung beendet hatte, aber eine Stelle so groß wie ein Fingernagel an seinem Fuß ausgelassen hatte, sodass das Wasser der Waschung sie nicht erreichte. Er sagte, um auf die Stelle des Versäumnisses hinzuweisen, zu ihm: „Geh zurück und verbessere deine Waschung, vervollständige sie und gib jedem Körperteil seinen Anteil an Wasser.“ Der Mann ging zurück, vervollständigte seine Waschung und betete dann.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Die Verpflichtung, das Gute zu gebieten und den Unwissenden und Vergesslichen zu hinzuweisen, insbesondere wenn das Verwerfliche seine Anbetung ungültig macht.
 Die Verpflichtung, alle Körperteile, die bei der Gebetswaschung gewaschen werden müssen, vollständig mit Wasser zu benetzen. Wenn ein Teil eines Körperteils - auch wenn er klein ist - ausgelassen wird, ist die Gebetswaschung ungültig und muss komplett wiederholt werden, wenn die Unterbrechung lang war.
 Es ist vorgeschrieben, die Gebetswaschung gut zu verrichten, indem man sie vollständig und gründlich durchführt, wie gesetzlich vorgeschrieben ist.
 Die Füße gehören zu den Körperteilen, die bei der Gebetswaschung gewaschen werden müssen. Es reicht nicht aus, sie abzuwischen, sondern sie müssen gewaschen werden.
 Es ist vorgeschrieben, die Körperteile bei der Gebetswaschung nacheinander zu waschen, sodass ein Körperteil gewaschen wird, bevor der vorherige trocknet.
 Unwissenheit und Vergesslichkeit lassen nicht die Pflicht, sondern die Sünde (dabei) entfallen. Der Prophet - Allahs Segen und Frieden auf ihm - hat diesem Mann, der seine Gebetswaschung aufgrund seiner Unwissenheit nicht vollständig verrichtet hat, die Pflicht - nämlich die Gebetswaschung - nicht erlassen, sondern ihm befohlen, sie zu wiederholen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8386</t>
   </si>
   <si>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
+  </si>
+  <si>
+    <t>„Der Prophet - Allahs Segen und Frieden auf ihm - pflegte sich mit einem Sa' bis zu fünf Mudd zu waschen oder zu baden, und er verrichtete die Gebetswaschung mit einem Mudd.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
+  </si>
+  <si>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - pflegte sich mit einem Sa' bis zu fünf Mudd zu waschen oder zu baden, und er verrichtete die Gebetswaschung mit einem Mudd.“</t>
+  </si>
+  <si>
+    <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte die rituelle Ganzkörperwaschung (Ghusl) nach der rituellen Unreinheit (Janabah) mit einem Sa' bis zu fünf Mudd (Wasser) zu vollziehen und er verrichtete die Gebetswaschung (Wudu) mit einem Mudd (Wasser). Ein Sa' entspricht vier Mudd, und ein Mudd ist die Menge, die in die beiden Hände eines Menschen mit durchschnittlicher Statur passt.</t>
+  </si>
+  <si>
+    <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
+استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
+المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
+تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
+الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
+المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
+  </si>
+  <si>
+    <t>Der sparsame Umgang mit Wasser bei der rituellen Gebetswaschung (Wudu) und der rituellen Ganzkörperwaschung (Ghusl) sowie das Vermeiden von Verschwendung, selbst wenn das Wasser reichlich vorhanden sein sollte, sind vorgeschrieben.
+Es ist empfehlenswert, bei der rituellen Gebetswaschung und der rituellen Ganzkörperwaschung so wenig Wasser wie nötig zu verwenden; und dies ist die Lebensführung des Propheten - Allahs Segen und Frieden auf ihm.
+Das Ziel ist es, die Gebetswaschung und die Ganzkörperwaschung vollständig durchzuführen, wobei die Sunan und Verhaltensregeln beachtet werden, ohne zu verschwenden oder zu geizen. Dabei sollten die Zeit, die verfügbare Wassermenge und andere Faktoren berücksichtigt werden.
+Der Begriff „Janabah“ bezieht sich auf jeden, der ejakuliert hat oder Geschlechtsverkehr hatte. Es wird so genannt, weil die betreffende Person das Gebet und andere Gottesdienste unterlassen (auf Arabisch: „Ijtinab“) muss, bis sie sich davon reinigt.
+Ein Sa' ist ein bekanntes Hohlmaß. Gemeint ist der prophetische Sa', der 480 Mithqal von gutem Getreide wiegt und 3 Litern entspricht.
+Ein Mudd ist eine islamische Maßeinheit und entspricht der Menge, die in die beiden Hände eines durchschnittlich gebauten Menschen passt, wenn er sie füllt und seine Hände ausstreckt. Ein Mudd ist - wie die Rechtsgelehrten übereinstimmend sagten - ein Viertel eines Sa', und entspricht 750 Millilitern.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/8387</t>
+  </si>
+  <si>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
+  </si>
+  <si>
+    <t>‚Es gibt keinen Muslim, der die rituelle Gebetswaschung vollzieht und sie gut verrichtet, dann aufsteht und zwei Gebetseinheiten betet, wobei er sich ihnen mit seinem Herzen und seinem Gesicht zuwendet, ohne dass ihm das Paradies garantiert ist/wird</t>
+  </si>
+  <si>
+    <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
+  </si>
+  <si>
+    <t>Von 'Uqbah Ibn 'Amir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir waren dafür verantwortlich, uns um die Kamele zu kümmern. Als ich an der Reihe war, brachte ich sie am Abend zurück und traf den Gesandten Allahs - Allahs Segen und Frieden auf ihm -, der stand und zu den Menschen sprach. Ich erreichte (und hörte) von seinen Worten: ‚Es gibt keinen Muslim, der die rituelle Gebetswaschung vollzieht und sie gut verrichtet, dann aufsteht und zwei Gebetseinheiten betet, wobei er sich ihnen mit seinem Herzen und seinem Gesicht zuwendet, ohne dass ihm das Paradies garantiert ist/wird.‘“ Er sagte: „Ich sagte: ‚Wie großzügig (und vortrefflich) ist das!‘ Da sagte jemand vor mir: ‚Das, was davor kam, ist noch großzügiger (und vortrefflicher).‘ Ich schaute hin und sah, dass es 'Umar war. Er sagte: ‚Ich habe dich vorhin kommen sehen.‘ Er sagte: ‚Keiner von euch vollzieht die rituelle Gebetswaschung vollständig - oder vorschriftsgemäß - und sagt hierauf: „Ich bezeuge, dass es (keine zu Recht angebetete) Gottheit gibt außer Allah und dass Muhammad der Diener Allahs und Sein Gesandter ist“, außer dass ihm die acht Tore des Paradiesgartens geöffnet werden und er eintreten kann, von welchem er will.‘“</t>
+  </si>
+  <si>
+    <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
+الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
+الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, während er zu den Menschen sprach, zwei große Vorzüge:
+Erstens: Demjenigen, der die Gebetswaschung vollzieht und sie gut, vollständig und gründlich auf die empfohlene Weise durchführt und jedem Körperteil seinen Anteil an Wasser gibt, und dann sagt: „Ich bezeuge, dass es (keine zu Recht angebetete) Gottheit gibt außer Allah und dass Muhammad der Diener Allahs und Sein Gesandter ist“, werden die acht Tore des Paradiesgartens geöffnet und er kann eintreten, von welchem er will.
+Zweitens: Demjenigen, der diese vollständige und gründliche Gebetswaschung vollzieht und dann nach dieser Gebetswaschung aufsteht und zwei Gebetseinheiten betet, wobei er sich ihnen mit seinem Herzen in Aufrichtigkeit und Demut zuwendet und sich mit seinem Gesicht und allen seinen Körperteilen Allah unterwirft, wird das Paradies garantiert.</t>
+  </si>
+  <si>
+    <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
+مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
+إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
+استحباب قول هذا الذكر للمغتسل أيضًا.
+حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
+الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
+  </si>
+  <si>
+    <t>Die große Gnade Allahs - erhaben ist Er -, indem Er großen Lohn für kleine Taten gibt.
+Es ist vorgeschrieben, die Gebetswaschung vollständig und gründlich durchzuführen und danach zwei Gebetseinheiten in Demut zu verrichten. Damit ist ein gewaltiger Lohn verbunden.
+Die vollständige Gebetswaschung (Wudu) und das darauffolgende Sprechen dieses Gedenkens (Dhikr) sind Gründe für den Eintritt in den Paradiesgarten.
+Es ist empfehlenswert, diesen Dhikr auch nach der rituellen Ganzkörperwaschung (Ghusl) zu sprechen.
+Der Eifer der Gefährten - möge Allah mit ihnen zufrieden sein - für das Gute, indem sie Wissen lernten und verbreiteten, sowie ihre Zusammenarbeit darin und in ihren Lebensangelegenheiten.
+Der Dhikr nach der Gebetswaschung reinigt das Herz und befreit es vom Schirk (Polytheismus), so wie die Gebetswaschung den Körper reinigt und vom Schmutz befreit.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/8388</t>
+  </si>
+  <si>
     <t>إذا توضأ أحدكم ولبس خفيه فليصل فيهما، وليمسح عليهما ثم لا يخلعهما إن شاء إلا من جنابة</t>
   </si>
   <si>
     <t>„Wenn einer von euch die Gebetswaschung verrichtet und dann seine Ledersocken anzieht, soll er darin beten und er soll wenn er möchte über sie streichen und sie danach nicht ausziehen, außer bei (der Reinigung von) Janabah.“</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ وَلَبِسَ خُفَّيْهِ فَلْيُصَلِّ فِيهِمَا، وَلْيَمْسَحْ عَلَيْهِمَا ثُمَّ لَا يَخْلَعْهُمَا إِنْ شَاءَ إِلَّا مِنْ جَنَابَةٍ».</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn einer von euch die Gebetswaschung verrichtet und dann seine Ledersocken anzieht, soll er darin beten und er soll wenn er möchte über sie streichen und sie danach nicht ausziehen, außer bei (der Reinigung von) Janabah.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنه إذا لَبِسَ المُسلِمُ خُفَّيْه بعد أنْ تَوَضأ، ثم أَحْدَث بعد ذلك وأراد الوضوء، فله المَسْحُ عليهما إن أراد ذلك، ويصلي فيهما ولا يَنزعهما مدة معلومة، إلا إذا أَجْنَبَ لزِمَه خَلعُ الخُفِّ والاغتسال.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass wenn der Muslim seine Ledersocken anzieht, nachdem er die Gebetswaschung verrichtet hat, dann die Gebetswaschung bricht und erneuern möchte, über diese streichen darf, wenn er möchte, und in diesen beten darf und für eine bestimmte Zeit nicht ausziehen muss. Wenn er jedoch im Zustand der großen Unreinheit ist, muss er die Ledersocken ausziehen und seine Füße waschen.</t>
   </si>
   <si>
     <t>لا يجوز المَسحُ على الخُفَّين إلا إذا لُبسَا بعد كمال الطهارة.
 مدة المسح للمقيم: المسحُ يومًا وليلةً، وللمسافر: ثلاثةَ أيام بلياليها.
 المسح على الخفين يَخْتَصُّ بالحَدَث الأصغر لا الأكبر، أما الحدث الأكبر فلا يجوز المسح معه، بل لابد من خَلْع الخُفّين وغسل القدمين.
 يستحَب الصلاة في الحذاء والخفّ ونحوِهما مخالفةً لليهود وذلك إذا كانت طهارة، وليس فيها أذية للمصلين، أو للمسجد مثل المساجد المفروشة فلا يصل بها.
 المسح على الخفين فيه تيسير وتخفيف على هذه الأُمَّة.</t>
   </si>
   <si>
@@ -12336,50 +13408,85 @@
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - pflegte Allah zu all seinen Zeiten zu gedenken.“</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>'Aischah, die Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - berichtet, dass der Prophet - Allahs Segen und Frieden auf ihm - großen Wert auf das Gedenken Allahs -erhaben ist Er - legte und dass er Allah - erhaben ist Er - zu jeder Zeit, an jedem Ort und in allen Situationen gedachte.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Es ist keine Voraussetzung, sich von kleiner oder großer ritueller Unreinheit zu reinigen, um Allah - erhaben ist Er - zu gedenken.
 Der Prophet - Allahs Segen und Frieden auf ihm - pflegte Allah - erhaben ist Er - ständig zu gedenken.
 Die Ermutigung, Allah - erhaben ist Er - in allen Zeiten häufig zu gedenken, um dem Propheten - Allahs Segen und Frieden auf ihm - zu folgen, mit Ausnahme der Situationen, in denen das Gedenken verboten ist, wie zum Beispiel beim Verrichten der Notdurft.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8402</t>
+  </si>
+  <si>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
+  </si>
+  <si>
+    <t>„Ich fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - über den unbeabsichtigten Blick, und er befahl mir, meinen Blick abzuwenden.“</t>
+  </si>
+  <si>
+    <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
+  </si>
+  <si>
+    <t>Von Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - über den unbeabsichtigten Blick, und er befahl mir, meinen Blick abzuwenden.“</t>
+  </si>
+  <si>
+    <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
+  </si>
+  <si>
+    <t>Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - fragte den Propheten - Allahs Segen und Frieden auf ihm - über den Blick eines Mannes auf eine ihm fremde Frau, der plötzlich und unbeabsichtigt erfolgt. Der Prophet - Allahs Segen und Frieden auf ihm - befahl ihm, seinen Blick sofort abzuwenden, sobald er es bemerkt, und dass keine Sünde auf ihm lastet.</t>
+  </si>
+  <si>
+    <t>الحضُّ على غضِّ البَصَر.
+التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
+فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
+فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
+رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
+  </si>
+  <si>
+    <t>Die Aufforderung, den Blick zu senken.
+Die Warnung davor, den Blick auf etwas fortzusetzen, dessen Anblick verboten ist, wenn der Blick plötzlich und unbeabsichtigt darauf fällt.
+Hierin ist ein Beweis, dass das Verbot des Blicks auf Frauen bei den Gefährten eine bestätigte Angelegenheit war. Das wird daraus ersichtlich, dass Jarir - möge Allah mit ihm zufrieden sein - den Propheten - Allahs Segen und Frieden auf ihm - fragte, was passiert, wenn sein Blick unbeabsichtigt auf eine Frau fällt, ob sein Urteil dann dasselbe ist wie das von jemandem, der absichtlich hinschaut.
+Darin liegt die Sorge der islamischen Gesetzgebung (Schari'ah) um das Wohl der Diener, indem sie ihnen das Betrachten von Frauen verbietet, aufgrund der daraus resultierenden Schäden im Diesseits und im Jenseits.
+Die Gefährten wandten sich an den Propheten - Allahs Segen und Frieden auf ihm - und fragten ihn über das, was ihnen unklar war. So sollten auch die einfachen Leute sich an ihre Gelehrten wenden und sie über das fragen, was ihnen unklar ist.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/8902</t>
   </si>
   <si>
     <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>„Zwei Arten von Menschen gehören zu den Bewohnern des Feuers, die ich noch nicht gesehen habe: Menschen, die Peitschen wie die Schwänze von Kühen bei sich haben und damit die Leute schlagen, und Frauen, die bekleidet, aber doch nackt sind, die verführen und sich verführen lassen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Zwei Arten von Menschen gehören zu den Bewohnern des Feuers, die ich noch nicht gesehen habe: Menschen, die Peitschen wie die Schwänze von Kühen bei sich haben und damit die Leute schlagen, und Frauen, die bekleidet, aber doch nackt sind, die verführen und sich verführen lassen, deren Köpfe wie die geneigten Höcker von Kamelen aussehen. Sie werden nicht ins Paradies eingehen und seinen Duft nicht wahrnehmen, obwohl der Duft von so und so weit entfernt wahrgenommen werden kann.“</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt vor zwei Arten von Menschen, die zur Hölle gehören werden. Er hat sie nicht gesehen und sie existierten nicht zu seiner Zeit, sondern werden erst nach ihm erscheinen:
@@ -12518,112 +13625,185 @@
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Wir waren bei 'Umar, als er sagte: „Uns wurde verboten, uns zu übernehmen.“</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>'Umar - möge Allah mit ihm zufrieden sein - berichtet, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ihnen verboten hat, sich ohne Notwendigkeit zu übernehmen, sei es in Wort oder Tat.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Zu den Arten der Anstrengung, die verboten sind, gehören: Übermäßiges Fragen, sich mit Dingen zu befassen, von denen man nichts weiß, oder in einer Angelegenheit Strenge walten zu lassen, in der Allah Erleichterung gewährt hat.
 Ein Muslim sollte sich daran gewöhnen, großzügig zu sein und sich in Wort und Tat nicht zu überanstrengen: in seinem Essen, seinem Trinken, seinen Worten und all seinen Angelegenheiten.
 Der Islam ist eine Religion der Einfachheit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8945</t>
   </si>
   <si>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
+  </si>
+  <si>
+    <t>„Die Engel betreten kein Haus, in dem sich ein Hund oder ein Bild befindet.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
+  </si>
+  <si>
+    <t>Von Abu Talhah - möge Allah mit ihm zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Die Engel betreten kein Haus, in dem sich ein Hund oder ein Bild befindet.“</t>
+  </si>
+  <si>
+    <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
+وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
+وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
+ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Engel der Barmherzigkeit kein Haus betreten, in dem sich ein Hund oder ein Bild von Lebewesen befindet. Dies liegt daran, dass das Bild eines Lebewesens eine abscheuliche Sünde ist, die Nachahmung der Schöpfung Allahs beinhaltet und ein Mittel zum Schirk ist. Einige Bilder stellen sogar Dinge dar, die anstelle von Allah angebetet werden. Der Grund für ihr Fernbleiben von einem Haus, in dem sich ein Hund befindet, ist, dass er viele unreine Dinge frisst und dass einige von ihnen als Satan bezeichnet werden; und die Engel sind das Gegenteil von Satanen. Und wegen des üblen Geruchs des Hundes - und die Engel verabscheuen üble Gerüche -, und weil es verboten ist, sie zu halten. Daher wird derjenige, der sie hält, damit bestraft, dass die Engel der Barmherzigkeit sein Haus nicht betreten, darin nicht beten, nicht für ihn um Vergebung bitten, ihn und sein Haus nicht segnen und das Übel des Satans nicht von ihm abwenden.</t>
+  </si>
+  <si>
+    <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
+اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
+الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
+تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
+قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
+  </si>
+  <si>
+    <t>Es ist verboten, einen Hund zu halten, außer es handelt sich um einen Jagd-, Vieh- oder Wachhund.
+Das Aufnehmen von Bildern ist eines der abscheulichen Dinge, von denen die Engel sich abwenden, und ihre Anwesenheit (d. h. der Bilder) an einem Ort ist ein Grund für den Entzug der Barmherzigkeit - und ebenso verhält es sich mit dem Hund.
+Die Engel, die kein Haus betreten, in dem sich ein Hund oder ein Bild befindet, sind die Engel der Barmherzigkeit. Was die Engel, welche die Taten notieren, und andere Engel betrifft, die eine Aufgabe haben, wie der Engel des Todes, so betreten sie jedes Haus.
+Es ist verboten, Bilder von Lebewesen an Wänden und dergleichen aufzuhängen.
+Al-Khattabi sagte: „Die Engel betreten kein Haus, in dem sich ein Hund oder ein Bild befindet, von den Hunden und Bildern, deren Besitz verboten ist. Was jedoch nicht verboten ist, wie ein Jagd-, Vieh- oder Wachhund oder ein abgenutztes Bild, das auf einem Teppich, einem Kissen oder Ähnlichem ist, hindert die Engel nicht daran, einzutreten.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/8950</t>
+  </si>
+  <si>
     <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>„Die Engel begleiten keine Reisegruppe, in der sich ein Hund oder eine Glocke befindet.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Engel begleiten keine Reisegruppe, in der sich ein Hund oder eine Glocke befindet.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Engel keine Reisegruppe begleiten, wenn sich in ihrer Begleitung ein Hund befindet oder eine Glocke, die an den Reittieren befestigt ist und bei ihrer Bewegung Geräusche verursacht.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Das Verbot, Hunde zu besitzen und mitzunehmen, wobei Jagdhunde oder Wachhunde vom Verbot ausgenommen sind.
 Die Engel, die sich der Begleitung enthalten, sind die Engel der Barmherzigkeit, während die Engel, welche die Taten bewahren (und notieren) die Menschen weder in ihrem Zuhause noch auf ihren Reisen verlassen.
 Das Verbot der Glocke, weil sie eine Flöte der Flöten des Satans ist und darin eine Ähnlichkeit zu der Glocke der Christen liegt.
 Der Muslim sollte darauf achten, sich von allem fernzuhalten, was die Engel von ihm fernhalten könnte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8951</t>
   </si>
   <si>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
+  </si>
+  <si>
+    <t>‚Schwört nicht bei den Tyrannen und (auch) nicht bei euren Vätern.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
+  </si>
+  <si>
+    <t>Von 'Abdurrahman Ibn Samurah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Schwört nicht bei den Tyrannen und (auch) nicht bei euren Vätern.‘“</t>
+  </si>
+  <si>
+    <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
+وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbietet das Schwören bei den „Tawaghi“ (Tyrannen, Götzen), dem Plural von „Taghiyah“, was die Götzen sind, die die Polytheisten anstelle von Allah anbeteten und die die Ursache für ihre Tyrannei und ihren Unglauben waren. Und der Prophet - Allahs Segen und Frieden auf ihm - verbietet das Schwören bei den Vätern, da es bei den Arabern in der Zeit der Unwissenheit üblich war, bei ihren Vätern zu schwören, um sich zu rühmen und sie zu ehren.</t>
+  </si>
+  <si>
+    <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
+تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
+الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
+  </si>
+  <si>
+    <t>Das Schwören ist nur erlaubt (wenn man) bei Allah und Seinen Namen und Eigenschaften (schwört).
+Es ist verboten, bei den Tyrannen, Vätern, Führern, Götzen und jeder (Form von) Falschheit, die ihnen ähnelt, zu schwören.
+Das Schwören bei etwas anderem als Allah ist eine kleinere Form des Schirks (Polytheismus) und kann sogar zu einem größeren Schirk werden, wenn der Schwörende in seinem Herzen das, wobei er schwört, ehrt und es so verherrlicht, wie er Allah verherrlicht, oder wenn er glaubt, dass es irgendeine Form der Anbetung verdient.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/8959</t>
+  </si>
+  <si>
     <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>„Wir pflegten weder das Trübe noch das Gelbe nach der Reinheit als etwas (aufhebendes) zu betrachten.“</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Von Umm 'Atiyyah - möge Allah mit ihr zufrieden sein -, und sie hatte dem Propheten - Allahs Segen und Frieden auf ihm - die Treue geschworen, wird überliefert, dass sie sagte: „Wir pflegten weder das Trübe noch das Gelbe nach der Reinheit als etwas (aufhebendes) zu betrachten.“</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Die Gefährtin Umm 'Atiyyah - möge Allah mit ihr zufrieden sein - berichtete, dass die Frauen zur Zeit des Propheten - Allahs Segen und Frieden auf ihm - den Ausfluss aus der Vagina, der eine dunkle oder gelbliche Farbe hat, nach dem Ende der Menstruation nicht als Menstruationsblut betrachteten. Sie würden deswegen weder das Gebet noch das Fasten unterlassen.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Die Flüssigkeit, die nach der Reinheit von der Menstruation aus dem Intimbereich der Frau austritt, wird nicht berücksichtigt, selbst wenn es Trübungen und Gelbfärbungen enthält, die vom Blut stammen.
 Der Ausfluss von dunklem oder gelblichem Sekret während der Menstruationszeit wird als Menstruationsblut angesehen, da es sich um Blut handelt, das zu diesem Zeitpunkt austritt, auch wenn es mit Flüssigkeit vermischt ist.
 Die Frau unterlässt das Gebet und das Fasten nicht wegen der Trübungen und Gelbfärbungen nach der Reinheit, sondern nimmt die Gebetswaschung (Wudu) vor und betet.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>Bleib so lange, wie dich deine Menstruation normalerweise aufhält, und vollziehe dann die Ganzkörperwaschung</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Umm Habiba Bint Jahsh, die mit 'Abdurrahman Ibn 'Auf verheiratet war, beklagte sich beim Gesandten Allahs - Allahs Segen und Frieden auf ihm - über (anhaltendes) Blut. Da sagte er zu ihr: „Bleib so lange, wie dich deine Menstruation normalerweise aufhält, und vollziehe dann die Ganzkörperwaschung.“ So pflegte sie zu jeder Gebetszeit die Ganzkörperwaschung zu vollziehen.</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Eine der Gefährtinnen beklagte sich beim Propheten - Allahs Segen und Frieden auf ihm - darüber, dass das Blut durchgehend bei ihr fließe. Er befahl ihr, mit dem Gebet so lange auszusetzen, wie ihre Menstruation sie normalerweise zurückgehalten hätte, bevor dieses ungewöhnliche Ereignis eintrat. Danach sollte sie die Ganzkörperwaschung (Ghusl) vollziehen und beten. Sie vollzog dann freiwillig die Ganzkörperwaschung vor jedem Gebet.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
@@ -12662,50 +13842,81 @@
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass die Ganzkörperwaschung am Freitag für jeden erwachsenen männlichen Muslim, für den das Freitagsgebet verpflichtend ist, eine bestätigte Sunnah ist, die fast schon einer Pflicht gleichkommt. Er sollte seine Zähne mit einem Siwak oder etwas Ähnlichem reinigen. Und er sollte sich mit einem angenehmen Duft parfümieren.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Die Bestätigung der Empfehlung, am Freitag Ghusl zu vollziehen, gilt für jeden erwachsenen Muslim.
 Sauberkeit und die Beseitigung unangenehmer Gerüche sind dem Muslim vorgeschrieben.
 Hierin ist ein Beweis dafür, den Freitag zu ehren und sich darauf vorzubereiten.
 Die Bestätigung der Empfehlung, die Zähne für das Freitagsgebet (mit einem Siwak) zu reinigen.
 Die Empfehlung, sich mit einem angenehmen Duft zu parfümieren, bevor man zum Freitagsgebet geht.
 Wenn eine Frau ihr Haus für das Gebet oder andere Zwecke verlässt, ist es ihr nicht erlaubt, sich zu parfümieren, da die Sunnah beweist, dass dies verboten ist.
 Ein „Muhtalim“ (Erwachsener) ist jemand, der die Pubertät erreicht hat. Die Pubertät wird durch verschiedene Anzeichen angezeigt, von denen drei sowohl für Männer als auch für Frauen gelten: Erstens: das Erreichen des 15. Lebensjahres, zweitens: das Wachsen von Schamhaaren um die Genitalien und drittens: die Ejakulation von Samen, entweder durch einen feuchten Traum oder durch sexuelle Erregung, auch ohne einen feuchten Traum. Das vierte Anzeichen betrifft nur Frauen: die Menstruation. Wenn eine Frau ihre Menstruation bekommt, gilt sie als erwachsen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10036</t>
+  </si>
+  <si>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
+  </si>
+  <si>
+    <t>dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er aus dem Ort der Verrichtung der Notdurft (d. h. Toilette) kam, sagte: „(Ich bitte Dich um) Deine Vergebung (Ghufranak).“</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
+  </si>
+  <si>
+    <t>Von 'Aischah, der Mutter der Gläubigen - möge Allah mit ihr zufrieden sein -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er aus dem Ort der Verrichtung der Notdurft (d. h. Toilette) kam, sagte: „(Ich bitte Dich um) Deine Vergebung (Ghufranak).“</t>
+  </si>
+  <si>
+    <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zu sagen, wenn er aus der Toilette kam, nachdem er seine Notdurft verrichtet hatte: „Ich bitte Dich um Deine Vergebung, o Allah.“</t>
+  </si>
+  <si>
+    <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
+استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
+قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
+  </si>
+  <si>
+    <t>Es ist empfehlenswert, nach dem Verlassen der Toilette „(Ich bitte Dich um) Deine Vergebung (Ghufranaka)“ zu sagen.
+Die ständige Bitte des Propheten - Allahs Segen und Frieden auf ihm - um die Vergebung seines Herrn in allen Situationen.
+Es wurde über den Grund für die Bitte um Vergebung nach der Notdurft gesagt: Wegen des Versäumnisses, Allah für Seine vielen Gnadenerweise zu danken, einschließlich der Erleichterung, etwas Lästiges loszuwerden. Und ich bitte um Deine Vergebung, dass ich während der Verrichtung der Notdurft vom Gedenken an Dich abgelenkt war.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/10046</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Es gibt niemanden, der wahrhaftig von Herzen bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist, den Allah nicht vor dem Höllenfeuer bewahren wird</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert: Der Prophet - Allahs Segen und Frieden auf ihm - ritt mit Mu'adh hinter ihm auf dem Reittier. Er sagte: „O Mu'adh Ibn Jabal!“ Mu'adh antwortete: „Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude.“ Er sagte: „O Mu'adh Ibn Jabal!“ Er antwortete: „Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude.“ Der Prophet wiederholte dies insgesamt dreimal. Dann sagte er: „Es gibt niemanden, der wahrhaftig von Herzen bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist, den Allah nicht vor dem Höllenfeuer bewahren wird.“ Mu'adh fragte: „O Gesandter Allahs, soll ich den Menschen nicht davon erzählen, damit sie sich freuen?“ Er antwortete: „Dann werden sie sich darauf verlassen.“ Und Mu'adh erzählte es erst kurz vor seinem Tod aus Angst vor Sünde.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - ritt hinter dem Propheten - Allahs Segen und Frieden auf ihm - auf seinem Reittier. Der Prophet rief ihn dann: „O Mu'adh?“ Und er wiederholte den Ruf dreimal, um die Wichtigkeit dessen, was er ihm sagen würde, zu betonen.
 Und jedes Mal antwortete Mu'adh - möge Allah mit ihm zufrieden sein - mit den Worten: „Labbayka ya Rasulallah wa sa'dayka“ (Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude), was bedeutet: „Ich antworte dir, o Gesandter Allahs, eine Antwort nach der anderen, und ich suche Glückseligkeit in meiner Antwort auf dich.“
 Dann informierte er - Allahs Segen und Frieden auf ihm - dass es niemanden gibt, der bezeugt, dass es keinen anbetungswürdigen Gott gibt außer Allah - d.h. niemand, der rechtmäßig angebetet werden darf, außer Allah - und dass Muhammad der Gesandte Allahs ist, aufrichtig von Herzen und nicht lügend, der, wenn er in diesem Zustand stirbt, von Allah vor dem Höllenfeuer bewahrt wird.
@@ -13091,80 +14302,111 @@
   <si>
     <t>Von Abu Umamah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs -Allahs Segen und Frieden auf ihm- sagte: „Wer den Thronvers (Ayat Al-Kursi) nach jedem vorgeschriebenen Gebet liest, den wird nichts am Eintritt in das Paradies hindern, außer, dass er stirbt.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat mitgeteilt, dass denjenigen, der den Thronvers (Ayat Al-Kursi) nach dem Pflichtgebet rezitiert, nichts vom Eintritt ins Paradies abhalten wird - außer der Tod. Dieser Vers befindet sich in Surah Al-Baqarah, wo Allah - erhaben ist Er - sagt: „Allah – es gibt keinen Gott außer Ihm, dem Lebendigen, dem Beständigen. Ihn ergreift weder Schlummer noch Schlaf. Ihm gehört, was in den Himmeln und was auf der Erde ist. Wer ist es, der bei Ihm Fürsprache einlegt, außer mit Seiner Erlaubnis? Er weiß, was vor ihnen und was hinter ihnen ist, und sie umfassen nichts von Seinem Wissen, außer was Er will. Sein Thron umfasst die Himmel und die Erde, und das Bewahren von beidem beschwert Ihn nicht. Und Er ist der Erhabene, der Gewaltige.“ [Al Baqarah:255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Die Vorzüge dieses gewaltigen Verses liegen in den enthaltenen schönsten Namen und erhabenen Eigenschaften Allahs.
 Es ist empfehlenswert, diesen gewaltigen Vers nach jedem Pflichtgebet zu lesen.
 Gute Taten sind der Grund für das Eintreten ins Paradies.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>„Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.“</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Von 'Imran Ibn Husayn - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich litt an Hämorrhoiden, also fragte ich den Propheten - Allahs Segen und Frieden auf ihm - über das Gebet, und er sagte: „Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass das Gebet grundsätzlich im Stehen zu verrichten ist, außer wenn man dazu nicht in der Lage ist. In diesem Fall darf man im Sitzen beten. Und wenn man nicht im Sitzen beten kann, darf man auf der Seite liegend beten.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Das Gebet wird nicht aufgehoben, solange der Verstand intakt ist. Der Übergang von einer Gebetshaltung zur anderen erfolgt je nach Fähigkeit.
 Die Milde und Leichtigkeit des Islam zeigt sich darin, dass der Diener (Allahs) so viel an Gottesdienst verrichtet, wie er kann.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10951</t>
+  </si>
+  <si>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
+  </si>
+  <si>
+    <t>‚Beschimpft meine Gefährten nicht! Denn selbst wenn einer von euch so viel Gold wie der Berg Uhud ausgeben würde, würde er nicht den Lohn von einem von ihnen erreichen - und nicht einmal die Hälfte davon.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Beschimpft meine Gefährten nicht! Denn selbst wenn einer von euch so viel Gold wie der Berg Uhud ausgeben würde, würde er nicht den Lohn von einem von ihnen erreichen - und nicht einmal die Hälfte davon.‘“</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte das Beschimpfen der Gefährten, insbesondere der ersten Generationen von den Auswanderern (Muhajirun) und den Helfern (Ansar). Er erklärte, dass selbst wenn jemand von den Menschen so viel Gold wie der Berg Uhud spenden würde, dies nicht den Lohn erreichen würde, den die Gefährten für das Spenden eines Mudds an Nahrung oder sogar eines halben Mudds erhält; wobei ein Mudd zwei volle Hände eines durchschnittlichen Mannes entspricht.
+Dies liegt an ihrer vermehrten Aufrichtigkeit, der Wahrhaftigkeit ihrer Absichten und daran, dass sie früh gespendet und gekämpft haben, noch vor der Eroberung von Makkah, als die Not besonders groß war.</t>
+  </si>
+  <si>
+    <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
+  </si>
+  <si>
+    <t>Die Beleidigung der Gefährten - möge Allah mit ihnen zufrieden sein - ist verboten und gehört zu den großen Sünden.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/11000</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>„Dieses Anliegen (d. h. der Islam) wird das erreichen, was die Nacht und der Tag erreicht haben. Allah wird kein Haus aus Lehm oder Tierhaar auslassen, ohne dass Allah diese Religion dort hinbringt</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Von Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Dieses Anliegen (d. h. der Islam) wird das erreichen, was die Nacht und der Tag erreicht haben. Allah wird kein Haus aus Lehm oder Tierhaar auslassen, ohne dass Allah diese Religion dort hinbringt. Entweder mit der Ehre eines Ehrenvollen oder mit der Erniedrigung eines Erniedrigten - Ehre, mit der Allah den Islam ehren wird, und Erniedrigung, mit der Allah den Unglauben erniedrigen wird.“ Und Tamim Ad-Dari pflegte zu sagen: „Ich habe das bei den Bewohnern meines Hauses (d. h. meiner Familie) erfahren. Diejenigen, die von ihnen zum Islam übertreten sind, haben Gutes, Ehre und Ansehen erhalten, während diejenigen, die ungläubig geblieben sind, Erniedrigung, Herabsetzung und die Jizyah erfahren haben.“</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - informiert, dass diese Religion alle Teile der Erde umfassen wird. Jeder Ort, den die Nacht und der Tag erreichen, wird auch von dieser Religion erreicht werden. Und Allah - erhaben ist Er - wird kein Haus in den Städten und Dörfern, und auch in den Wüsten und auf dem Land, auslassen, ohne dass Er diese Religion dort hinbringt. Wer diese Religion annimmt und an sie glaubt, wird durch die Ehre des Islam geehrt. Und wer sie ablehnt und ungläubig ist, wird erniedrigt und verachtet.
 Dann berichtete der Gefährte Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - dass er das, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ihm übermittelt hatte, besonders bei den Bewohner seines Hauses (d. h. seiner Familie) erkannte: Diejenigen, die von ihnen den Islam angenommen haben, haben Gutes, Ehre und Ansehen erlangt, während diejenigen, die ungläubig geblieben sind, Erniedrigung und Herabsetzung erfahren haben, zusätzlich zu den Abgaben, die sie an die Muslimen leisten müssen.</t>
   </si>
   <si>
@@ -13225,91 +14467,179 @@
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ein blinder Mann kam zum Propheten und sagte: „O Gesandter Allahs, ich habe niemanden, der mich zur Moschee führt!“ Darauf bat er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - ihm eine Sondererlaubnis zu erteilen, zu Hause zu beten. Er erlaubte es ihm. Als er sich jedoch zum Gehen wandte rief er ihn: „Hörst du den Ruf zum Gebet?“ Er sagte: „Ja!“ Er sagte: „Dann leiste ihm Folge!“</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Einmal kam ein blinder Mann zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, ich habe niemanden, der mir hilft und mich an der Hand zur Moschee zu den fünf Gebeten führt!“ Er wollte, dass der Prophet - Allahs Segen und Frieden auf ihm - es ihm erlaubt, nicht an den Gemeinschaftsgebeten teilnehmen zu müssen. Zunächst erlaubte er es ihm. Als er sich aber abwandte, rief er ihn noch einmal und sagte: „Hörst du den Gebetsruf?“ Er sagte: „Ja!“ Er sagte: „Dann leiste dem Rufer Folge durch das Gebet!“</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Die Pflicht des Gemeinschaftsgebets, denn die Erlaubnis (zur Erleichterung) wird nur bei etwas Notwendigem und Verpflichtendem gewährt.
 Seine Aussage: „So antworte“ für denjenigen, der den Gebetsruf hört, belegt die Pflicht des Gemeinschaftsgebets, denn grundsätzlich weist der Befehl auf die Pflicht hin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/11287</t>
   </si>
   <si>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
+  </si>
+  <si>
+    <t>‚Die beste Reihe für die Männer ist die erste, und die schlechteste ist die letzte. Die beste Reihe für die Frauen ist die letzte, und die schlechteste ist die erste.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die beste Reihe für die Männer ist die erste, und die schlechteste ist die letzte. Die beste Reihe für die Frauen ist die letzte, und die schlechteste ist die erste.‘“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
+وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
+وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass die beste Reihe für die Männer im Gebet und die mit dem größten Lohn und Vorzug die erste (Reihe) ist, da sie dem Imam am nächsten sind, seine Rezitation hören und weit von den Frauen entfernt sind. Die schlechteste Reihe und die mit dem geringsten Lohn und Vorzug und die am weitesten von dem entfernt ist, was islamisch-gesetzlich verlangt wird, ist die letzte (Reihe). Die beste Reihe für die Frauen ist die letzte, da sie dort verborgener ist und am weitesten von der Vermischung mit den Männern entfernt ist sowie von ihrem Anblick und der Versuchung durch sie. Die schlechteste (Reihe) ist die erste, da sie den Männern am nächsten ist und (somit) der Versuchung stärker ausgesetzt ist.</t>
+  </si>
+  <si>
+    <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
+جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
+النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
+بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
+تفاضل الناس بحسب أعمالهم.
+قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
+قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
+  </si>
+  <si>
+    <t>Die Ermutigung der Männer, sich beim Verrichten guter Taten zu beeilen und beim Gebet die ersten Reihen einzunehmen.
+Es ist den Frauen erlaubt, in getrennten Reihen (gemeinsam) mit den Männern in der Moschee zu beten, jedoch mit Bedeckung und Zurückhaltung.
+Wenn sich Frauen in der Moschee versammeln, dann sollen sie Reihen bilden wie die Männer und sich nicht verteilen. Vielmehr sollen sie in der Reihe dicht beieinander stehen und die Lücken schließen, so wie es bei den Männern der Fall ist.
+Die Gesetzgebung betont stark (und legt großen Wert auf) die Trennung von Frauen und Männern, selbst an Orten der Anbetung.
+Die Menschen unterscheiden sich entsprechend ihrer Taten.
+An-Nawawi sagte: „Was die Reihen der Männer betrifft, so ist die beste allgemein (immer) die erste und die schlechteste immer die letzte. Was die Reihen der Frauen betrifft, so sind mit dem Hadith die Reihen der Frauen gemeint, die mit den Männern beten. Wenn sie jedoch getrennt von den Männern beten, sind sie wie die Männer: Die beste ihrer Reihen ist die erste und die schlechteste die letzte.“
+An-Nawawi sagte: „Die gelobte erste Reihe, deren Vorzüge in den Hadithen erwähnt und zu der ermutigt wird, ist die Reihe, die dem Imam am nächsten ist, unabhängig davon, ob der Stehende (Betende) in der ersten Reihe früh oder spät kommt und ob sie durch einen abgetrennten Bereich oder Ähnliches unterbrochen wird oder nicht.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/11299</t>
+  </si>
+  <si>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
+  </si>
+  <si>
+    <t>Er sagte: ‚Ist Soundso anwesend?‘ Sie sagten: ‚Nein.‘ Er sagte: ‚Diese beiden Gebete sind die schwersten Gebete für die Heuchler. Wenn ihr wüsstet, was sie enthalten, würdet ihr zu ihnen kommen, selbst wenn ihr auf den Knien kriechen müsstet</t>
+  </si>
+  <si>
+    <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
+  </si>
+  <si>
+    <t>Von Ubayy Ibn Ka'b - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - leitete eines Tages das Morgengebet und sagte dann: ‚Ist Soundso anwesend?‘ Sie sagten: ‚Nein.‘  Er sagte: ‚Ist Soundso anwesend?‘ Sie sagten: ‚Nein.‘ Er sagte: ‚Diese beiden Gebete sind die schwersten Gebete für die Heuchler. Wenn ihr wüsstet, was sie enthalten, würdet ihr zu ihnen kommen, selbst wenn ihr auf den Knien kriechen müsstet. Die erste Reihe ist wie die Reihe der Engel. Wenn ihr ihren Vorzug kennen würdet, würdet ihr darum wetteifern. Und das Gebet eines Mannes mit einem anderen Mann ist besser als sein Gebet allein, und sein Gebet mit zwei Männern ist besser als sein Gebet mit einem Mann, und je mehr es sind, desto lieber ist es Allah - erhaben ist Er.‘“</t>
+  </si>
+  <si>
+    <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
+قال الصحابة: لا. 
+ثم قال: أحاضر فلان؟ لشخص آخر، 
+قالوا: لا. 
+قال صلى الله عليه وسلم: 
+إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
+ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
+وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
+وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
+والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
+  </si>
+  <si>
+    <t>Der Prophet Allahs - Allahs Segen und Frieden auf ihm - betete eines Tages das Morgengebet (vor) und fragte dann: „Ist Soundso bei unserem Gebet anwesend?“ Die Gefährten sagten: „Nein.“ Dann fragte er nach einer anderen Person: „Ist Soundso anwesend?“ Sie sagten: „Nein.“ Er - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, das Morgengebet und das Nachtgebet sind die schwersten Gebete für die Heuchler, weil bei diesen beiden (Gebeten) die Faulheit überwiegt und wenig Gelegenheit zur Augendienerei besteht, da sie im Dunkeln nicht gesehen werden können.“
+Wenn ihr, o Gläubige, wüsstet, was die Gebete am Morgen (Fajr) und in der Nacht ('Ischa) an zusätzlichem Lohn und Belohnung enthalten - denn der Lohn entspricht der Anstrengung -, würdet ihr zu ihnen kommen, selbst wenn ihr auf den Händen und Knien kriechen und kommen müsstet.
+Und die Nähe der ersten Reihe zum Imam ist wie die Nähe der Reihe der Engel zu Allah - erhaben ist Er. Wenn die Gläubigen den Vorzug der ersten Reihe kennen würden, würden sie darum wetteifern. Und das Gebet eines Mannes mit einem anderen Mann hat eine größere Belohnung und ist wirkungsvoller als sein Gebet allein, und sein Gebet mit zwei Männern ist besser als sein Gebet mit einem Mann. Und das Gebet, an dem viele Gläubige teilnehmen, ist Allah lieber und besser.</t>
+  </si>
+  <si>
+    <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
+مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
+عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
+صلاة الجماعة تنعقد باثنين فما فوق.
+بيان فضل الصف الأول، والترغيب في المبادرة إليه.
+فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
+الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
+  </si>
+  <si>
+    <t>Es ist empfehlenswert, dass sich der Imam der Moschee nach dem Zustand der Betenden erkundigt und nach denen fragt, die abwesend sind.
+Die regelmäßige Teilnahme am Gemeinschaftsgebet, insbesondere an dem Nacht- und dem Morgengebet, ist ein Zeichen des Glaubens.
+Der große Lohn des Nacht- und Morgengebets liegt darin, dass man sich beim Kommen zu ihnen selbst überwinden und in der Gehorsamkeit standhaft bleiben muss. Daher ist ihr Lohn größer als der (Lohn) für andere Gebete.
+Das Gemeinschaftsgebet kommt mit zwei Personen oder mehr zustande.
+Die Darlegung des Vorzugs der ersten (Gebets)reihe und die Ermutigung, sich darum zu bemühen, sich ihr anzuschließen.
+Der Vorzug einer großen Gemeinschaft, denn je größer die Versammlung, desto größer der Lohn.
+Gute Taten unterscheiden sich im Vorzug je nach der Bevorzugung, die die islamische Gesetzgebung ihnen gibt, und den Umständen, die sie begleiten.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/11306</t>
+  </si>
+  <si>
     <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>Der Gesandte Allahs lehrte uns die die Ansprache für Anlässe ("Khutbah Al-Hajah")</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wurde überliefert, dass er sagte: Der Gesandte Allahs lehrte uns die die Ansprache für Anlässe ("Khutbah Al-Hajah"): „Alles Lob gebührt Allah, bei Ihm suchen wir Beistand, Ihn bitten wir um Vergebung und bei Ihm suchen wir Zuflucht vor dem Schlechten in uns selbst. Wen Allah rechtleitet, den wird niemand in die Irre gehen lassen und wen Er in die Irre gehen lässt, der wird niemanden finden, der ihn rechtleitet. Und ich bezeuge, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad Sein Diener und Gesandter ist. ("Innal-Hamda lillah, nasta'inuh wa nastaghfiruh wa na'uthu bihi min Schururi Anfusina. Man yahdihi Allah, fa la Mudilla lah. Wa man yudlil fala Hadya lah. Wa aschhadu an laa ilaha illa Allah wa aschhadu anna Muhammadan 'Abduhu wa Rasuluh.")  
 'O ihr Menschen, fürchtet euren Herren, Der euch aus einer einzigen Seele erschuf und aus ihr ihren Ehepartner erschaffen hat und aus ihnen beiden viele Männer und Frauen hervorgebracht hat. Und fürchtet Den, in Dessen Namen ihr euch gegenseitig bittet und die Verwandtschaftsbande. Gewiss Allah beobachtet euch genau.' [An-Nisa:1]
 'O ihr, die ihr glaubt, fürchtet Allah so wie es sich gebührt und sterbt nicht als etwas anderes denn als Muslime.' [Al-'Imran:102]
 'O ihr, die ihr glaubt, fürchtet Allah und sprecht wahre Worte. Dann wird euch Allah eure Taten richten und euch eure Sünden vergeben. Und wer Allah und Seinem Gesandten gehorcht, der hat einen gewaltigen Erfolg erzielt.'“ [Al-Ahzab: 70-71]</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ibn Mas'ud - möge Allah mit ihm zufrieden sein - berichtet, dass der Prophet - Allahs Segen und Frieden auf ihm - ihnen die „Khutbah Al-Hajah“ lehrte, die Rede, die zu Beginn einer Ansprache und vor der Darlegung ihrer Bedürfnisse gehalten wird, wie bei der Hochzeitsrede, der Freitagspredigt und anderen. Und diese Rede enthält großartige Bedeutungen, u. a. die Darlegung, dass Allah alle Arten von Lob verdient, die Bitte um Hilfe von Ihm allein, ohne Partner, das Bedecken und Vergeben von Sünden, und die Zuflucht zu Ihm vor allem Übel, dem Übel der Seele und dem Übel anderer.
 Dann informierte der Prophet - Allahs Segen und Frieden auf ihm -, dass die Rechtleitung in der Hand Allahs liegt. Wen Er rechtleitet, den kann niemand in die Irre führen, und wen Er in die Irre gehen lässt, den kann niemand rechtleiten.
 Dann erwähnte er die Bezeugung des Monotheismus, dass es keinen Gott gibt, der rechtmäßig angebetet werden darf, außer Allah, und die Bezeugung des Prophetentums, dass Muhammad der Diener Allahs und Sein Gesandter ist.
 Er schloss diese Rede mit diesen drei Versen ab, die den Befehl enthalten, Allah - majestätisch und erhaben ist Er - zu fürchten, indem man Seine Befehle ausführt und Seine Verbote meidet, um Allahs Angesicht anzustreben, und dass der Lohn für denjenigen, der dies tut, die Rechtschaffenheit der Taten und Worte, die Sühne für schlechte Taten, die Vergebung von Sünden, ein gutes Leben im Diesseits und der Erfolg durch das Paradies am Tag der Auferstehung sein wird.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Die Empfehlung, Hochzeitsreden, Freitagspredigten und andere Reden mit dieser Ansprache zu eröffnen.
 Die Rede sollte Lobpreisungen, die beiden Glaubensbekenntnisse und einige Verse aus dem Quran enthalten.
 Der Prophet - Allahs Segen und Frieden auf ihm - lehrte seinen Gefährten, was sie für ihre Religion benötigen.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/de/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>„Es gibt keine Ehe ohne einen Vormund (Wali).“</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Ehe ohne einen Vormund (Wali).“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass die Ehe einer Frau nur gültig ist, wenn ein Vormund den Ehevertrag abschließt.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
@@ -13368,69 +14698,143 @@
   <si>
     <t>„Wenn einer von euch isst, soll er mit seiner rechten Hand essen, und wenn er trinkt, soll er mit seiner rechten Hand trinken, denn der Satan isst mit seiner linken Hand und trinkt mit seiner linken Hand.“</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn einer von euch isst, soll er mit seiner rechten Hand essen, und wenn er trinkt, soll er mit seiner rechten Hand trinken, denn der Satan isst mit seiner linken Hand und trinkt mit seiner linken Hand.“</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt den Muslimen, mit der rechten Hand zu essen und zu trinken, und verbietet das Essen und Trinken mit der linken Hand, da der Satan mit der linken Hand isst und trinkt.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Das Verbot, dem Satan nachzuahmen, indem man mit der linken Hand isst oder trinkt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/58122</t>
   </si>
   <si>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
+  </si>
+  <si>
+    <t>„Wahrlich, Allah hat meiner Gemeinschaft vergeben, was sie sich innerlich sagen (und denken), solange sie nicht danach handeln oder darüber sprechen.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Wahrlich, Allah hat meiner Gemeinschaft vergeben, was sie sich innerlich sagen (und denken), solange sie nicht danach handeln oder darüber sprechen.“</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass der Muslim nicht für die üblen Gedanken zur Rechenschaft gezogen wird, solange er nicht (tatsächlich) danach handelt oder darüber spricht , da Allah die Härte (von ihm) aufgehoben und (ihm) vergeben hat. Er zieht die Gemeinschaft Muhammads - Allahs Segen und Frieden auf ihm - nicht für das zur Rechenschaft, was im Geist auftaucht und in der Seele schwebt, solange man sich nicht damit zufrieden gibt und es sich nicht im Inneren festigt. Wenn es sich jedoch im Herzen festigt, wie Arroganz, Eitelkeit oder Heuchelei, oder man danach handelt oder es ausspricht, dann wird man dafür zur Rechenschaft gezogen.</t>
+  </si>
+  <si>
+    <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
+الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
+حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
+عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
+  </si>
+  <si>
+    <t>Allah - segensreich und erhaben ist Er - schaut über die Gedanken und Einflüsterungen, die der Seele in den Sinn kommen, über die der Mensch mit sich selbst spricht und die ihm durch den Kopf gehen, hinweg und vergibt sie.
+Wenn ein Mann über die Scheidung nachdenkt und sie ihm in den Sinn kommt, aber er sie weder ausspricht noch aufschreibt, gilt sie nicht als Scheidung.
+Der Mensch wird nicht für Gedanken zur Rechenschaft gezogen, egal wie schwerwiegend sie sind, solange sie sich nicht in seiner Seele festigen und er nicht danach handelt oder darüber spricht.
+Die gewaltige Stellung der Gemeinschaft Muhammads - Allahs Segen und Frieden auf ihm -, da sie im Gegensatz zu den Gemeinschaften vor uns nicht für Gedanken zur Rechenschaft gezogen wird.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/58144</t>
+  </si>
+  <si>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
+  </si>
+  <si>
+    <t>„Der Stift ist von dreien aufgehoben: vom Schlafenden, bis er erwacht, vom Kind, bis es die Pubertät erreicht, und vom Geisteskranken, bis er wieder zu Verstand kommt.“</t>
+  </si>
+  <si>
+    <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
+  </si>
+  <si>
+    <t>Von 'Ali - möge Allah mit ihm zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Der Stift ist von dreien aufgehoben: vom Schlafenden, bis er erwacht, vom Kind, bis es die Pubertät erreicht, und vom Geisteskranken, bis er wieder zu Verstand kommt.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
+الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
+وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
+وعن النائم حتى يَستيقظَ.
+فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilte mit, dass die (religiöse) Verpflichtung für die Kinder Adams gilt, außer für diese drei:
+von dem kleinen Kind, bis es erwachsen wird und die Pubertät erreicht,
+von dem Geisteskranken, der seinen Verstand verloren hat, bis er ihn wiedererlangt,
+und vom Schlafenden, bis er aufwacht.
+Die Verpflichtung ist von ihnen aufgehoben, und ihre sündhaften Handlungen werden ihnen nicht angerechnet (und aufgeschrieben). Dem kleinen Kind jedoch werden gute Taten angerechnet (und aufgeschrieben), nicht aber dem Geisteskranken oder dem Schlafenden, denn sie zählen zu denen, die aufgrund fehlenden Bewusstseins nicht in der Lage sind, gültige gottesdienstliche Handlungen zu verrichten.</t>
+  </si>
+  <si>
+    <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
+عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
+للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
+قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
+  </si>
+  <si>
+    <t>Der Verlust der Rechtsfähigkeit (Al-Ahliyyah) einer Person kann entweder durch Schlaf verursacht werden, der sie daran hindert, wach zu sein und ihre Pflichten zu erfüllen, oder durch ihr junges Alter und ihre Kindheit, in der sie die Rechtsfähigkeit nicht besitzt, oder durch Geisteskrankheit, bei der ihre geistigen Funktionen gestört sind, oder durch etwas, das damit einhergeht, wie Trunkenheit. Wer also die Fähigkeit zur richtigen Unterscheidung und richtigen Wahrnehmung verloren hat, hat aufgrund eines dieser drei Gründe seine Rechtsfähigkeit verloren. Allah - segensreich und erhaben ist Er - hat in Seiner Gerechtigkeit, Seiner Nachsicht und Seiner Großzügigkeit die Verantwortung für jegliche Übertretung oder Verfehlung gegenüber Allah - erhaben ist Er - von ihm genommen.
+Dass ihre Sünden nicht aufgeschrieben werden, schließt nicht aus, dass einige weltliche Bestimmungen für sie gelten. Wenn z. B. ein Geisteskranker jemanden tötet, gibt es keine Vergeltung oder Sühne für ihn, jedoch muss seine Familie das Blutgeld zahlen.
+Es gibt drei Anzeichen für die Pubertät: Samenerguss, sei es durch einen feuchten Traum oder auf andere Weise, oder das Wachsen von Schamhaaren, oder das Erreichen des fünfzehnten Lebensjahres. Bei Frauen kommt ein viertes hinzu: die Menstruation.
+As-Subki sagte: „‚As-Sabi‘ (das Kind) bedeutet/ist ‚Al-Ghulam‘ (der Jüngling).“ Andere sagten: „Das Kind im Mutterleib wird ‚Janin‘ (Fötus oder Embryo) genannt. Wenn es geboren wird, ist es ein ‚Sabi‘. Wenn es abgestillt wird, ist es ein ‚Ghulam‘ bis zum Alter von sieben Jahren. Dann wird es ein ‚Yafi'‘ (Heranwachsender) bis zum Alter von zehn Jahren, dann ein ‚Hazur‘ (Jugendlicher) bis zum Alter von fünfzehn Jahren.“ Was feststeht ist, dass es in all diesen Zuständen als ‚Sabi‘ bezeichnet wird. Dies sagte As-Suyuti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/58148</t>
+  </si>
+  <si>
     <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>„Wer sich der Gehorsamkeit entzieht und sich von der Gemeinschaft trennt und dann stirbt, stirbt den Tod der vorislamischen Zeit der Unwissenheit (Jahiliyyah)</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird vom Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Wer sich der Gehorsamkeit entzieht und sich von der Gemeinschaft trennt und dann stirbt, stirbt den Tod der vorislamischen Zeit der Unwissenheit (Jahiliyyah). Und wer unter einer blinden Fahne kämpft, wütend wegen einer Stammeszugehörigkeit wird, dazu aufruft oder sie unterstützt und dabei getötet wird, stirbt den Tod der Jahiliyyah. Und wer sich gegen meine Gemeinschaft erhebt, die Gerechten und die Übeltäter unter ihnen schlägt, keinen Respekt vor den Gläubigen unter ihnen hat und keine Abmachungen einhält, der gehört nicht zu mir und ich gehöre nicht zu ihm.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass jemand, der sich der Gehorsamkeit gegenüber den Herrschern entzieht und die Gemeinschaft des Islam verlässt, die sich auf die Gefolgschaft zum Führer geeinigt hat, und in diesem Zustand der Abtrennung und Ungehorsamkeit stirbt, den Tod der Leute der Jahiliyyah (die vorislamische Zeit der Unwissenheit) stirbt. Diese gehorchten keinem Anführer und schlossen sich keiner einheitlichen Gemeinschaft an, sondern waren in Gruppen und Stämme gespalten, die sich bekämpften.
- Und er - Allahs Segen und Frieden auf ihm - berichtete, dass jemand, der unter einer Fahne kämpft, unter bei der der wahre Unterschied zwischen Recht und Unrecht nicht erkennbar ist, der nur aus reinem Fanatismus für sein Volk oder seinen Stamm kämpft und nicht für die Unterstützung der Religion und der Wahrheit, sodass er ohne Einsicht und Wissen aus Fanatismus kämpft, und in diesem Zustand getötet wird, so stirbt er, wie man es in der Zeit der Unwissenheit (Jahiliyyah) tat.
+Und er - Allahs Segen und Frieden auf ihm - berichtete, dass jemand, der unter einer Fahne kämpft, unter bei der der wahre Unterschied zwischen Recht und Unrecht nicht erkennbar ist, der nur aus reinem Fanatismus für sein Volk oder seinen Stamm kämpft und nicht für die Unterstützung der Religion und der Wahrheit, sodass er ohne Einsicht und Wissen aus Fanatismus kämpft, und in diesem Zustand getötet wird, so stirbt er, wie man es in der Zeit der Unwissenheit (Jahiliyyah) tat.
 Und wer sich gegen die Gemeinschaft des Propheten - Allahs Segen und Frieden auf ihm - erhebt, die Gerechten und die Übeltäter unter ihnen schlägt/bekämpft, sich keine Gedanken über seine Taten macht, keine Angst vor der Strafe für das Töten eines Gläubigen hat und die Abmachungen mit den Ungläubigen oder den Herrschern nicht einhält, sondern diese Abmachungen bricht, der begeht eine große Sünde. Wer dies tut, hat diese strenge Warnung verdient.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Der Gehorsam gegenüber den Herrschern ist verpflichtend, solange es nicht Ungehorsam gegenüber Allah - mächtig und majestätisch ist Er - ist.
 Hierin ist eine strenge Warnung für denjenigen, der sich der Gehorsamkeit gegenüber dem Führer entzieht und sich von der Gemeinschaft der Muslime trennt. Wenn er in diesem Zustand stirbt, stirbt er auf dem Weg der Leute der Jahiliyyah.
 In dem Hadith ist ein Verbot des Kampfs aufgrund einer Stammeszugehörigkeit.
 Es ist verpflichtend, die Abmachungen einzuhalten.
 In der Gehorsamkeit und der Zugehörigkeit zur Gemeinschaft liegen viel Gutes, Sicherheit, Ruhe und das Wohl der Zustände.
 Das Verbot, den Zuständen der Menschen aus der Jahiliyyah nachzuahmen.
 Der Befehl, sich an die Gemeinschaft der Muslime zu halten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
@@ -13442,185 +14846,295 @@
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>Von 'Arfajah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Wer (auch immer) zu euch kommt, während alle eure Angelegenheiten unter einer einzigen Person stehen, und er beabsichtigt, eure Einheit zu spalten oder eure Gemeinschaft zu zerschlagen, dann tötet ihn.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass, wenn die Muslime sich unter einem einzigen Herrscher und einer einzigen Gemeinschaft vereinen und jemand kommt, der versucht, die Autorität des Herrschers anzufechten oder die Muslime in mehrere Gruppen zu spalten, es ihre Pflicht ist, ihn daran zu hindern und gegen ihn zu kämpfen, um sein Übel abzuwenden und das Blut der Muslime zu schützen.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Es ist verpflichtend, dem Herrscher der Muslime in allem Gehorsam zu leisten, solange es nicht im Ungehorsam (gegenüber Allah) ist, und es ist verboten, sich gegen ihn zu erheben.
 Wer sich gegen den Führer der Muslime und ihre Gemeinschaft erhebt, der muss unabhängig von seiner Stellung oder seinem Stammbaum bekämpft werden.
 Die Aufforderung zur Einheit und zur Vermeidung der Spaltung und der Meinungsverschiedenheit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/58223</t>
   </si>
   <si>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>„Haltet euch von dieser Abscheulichkeit fern, die Allah verboten hat. Und wer davon betroffen wurde, soll sich mit dem Schleier Allahs bedecken und zu Allah reuig zurückkehren. Denn derjenige, der uns sein (verborgenes) Gesicht offenbart, über ihn führen wir das Buch Allahs - mächtig und majestätisch ist Er - aus.“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - aufstand, nachdem er Al-Aslami steinigen ließ, und sagte: „Haltet euch von dieser Abscheulichkeit fern, die Allah verboten hat. Und wer davon betroffen wurde, soll sich mit dem Schleier Allahs bedecken und zu Allah reuig zurückkehren. Denn derjenige, der uns sein (verborgenes) Gesicht offenbart, über ihn führen wir das Buch Allahs - mächtig und majestätisch ist Er - aus.“</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - aufstand, nachdem er Ma'iz Ibn Malik Al-Aslami - möge Allah mit ihm zufrieden sein - aufgrund der Strafe für Unzucht steinigen ließ. Er predigte dann zu den Menschen und sagte: Meidet diese Abscheulichkeit und alle Sünden, die als abscheulich und verwerflich gelten und die Allah untersagte. Wer jedoch in eine dieser Sünden fällt und etwas davon begeht, muss zwei Dinge tun: Erstens: Er muss sie verbergen, da Allah ihn bedeckt hat, und nicht von seiner Sünde berichten. Zweitens: Er muss sich mit der reumütigen Umkehr zu Allah beeilen und darf nicht auf dieser Sünde beharren. Und wessen Sünde uns offenbart wird, dem wird die im Buch Allahs - mächtig und majestätisch ist Er - vorgeschriebene Strafe für diese Sünde verhängt.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Der Ansporn dazu, dass der sündigende Diener sich selbst bedeckt (und seine Sünde verbirgt) und zwischen sich und seinem Herrn von der Sünde bereut.
+Wenn der Herrscher von den zu bestrafenden Sünden erfährt, muss er die Strafe durchführen.
+Die Pflicht, die Sünden zu meiden und sie zu bereuen.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
+  </si>
+  <si>
+    <t>„Jedes berauschende Getränk ist Alkohol, und jedes berauschende Getränk ist verboten. Wer Alkohol im Diesseits trinkt und stirbt, während er süchtig danach ist und nicht bereut, wird ihn im Jenseits nicht trinken.“</t>
+  </si>
+  <si>
+    <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
+  </si>
+  <si>
+    <t>Ibn 'Umar - möge Allah mit beiden zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Jedes berauschende Getränk ist Alkohol, und jedes berauschende Getränk ist verboten. Wer Alkohol im Diesseits trinkt und stirbt, während er süchtig danach ist und nicht bereut, wird ihn im Jenseits nicht trinken.“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
+وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass alles, was den Verstand trübt und ihn raubt, als berauschender Alkohol betrachtet wird, sei es in Form von Trinken, Essen, Inhalieren oder auf andere Weise. Alles, was betäubt und den Verstand raubt, hat Allah, der Erhabene, verboten und davon abgeraten, unabhängig davon, ob es in kleinen oder großen Mengen konsumiert wird. Und dass jeder, der irgendeine Art von berauschendem Getränk konsumiert, es regelmäßig trinkt und nicht davon umkehrt, bis er stirbt, verdient die Strafe Allahs, indem er im Jenseits von dessen Genuss ausgeschlossen wird.</t>
+  </si>
+  <si>
+    <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
+الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
+مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
+ الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
+  </si>
+  <si>
+    <t>Der Grund für das Verbot von Alkohol ist die Betäubung. Alles, was berauscht, egal welcher Art, ist daher verboten.
+Allah - erhaben ist Er - hat Alkohol verboten, und dies wegen der vielen Schäden und großen Übel, die er mit sich bringt.
+Der Konsum von Alkohol im Paradies gehört zur vollendeten Freude und zum vollkommenen Wohlstand.
+Wer sich in dieser Welt nicht davon abhalten kann, Alkohol zu trinken, dem wird Allah im Jenseits den Genuss von Alkohol verwehren. Die Vergeltung entspricht der Art der Tat.
+Der Ansporn, umgehend von den Sünden zu bereuen, bevor man stirbt.</t>
+  </si>
+  <si>
+    <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/58259</t>
+  </si>
+  <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>„Wer einen Schutzbefohlenen tötet, wird den Duft des Paradieses nicht riechen, und wahrlich sein Duft ist bereits aus einer Distanz von vierzig Jahren wahrnehmbar.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer einen Schutzbefohlenen tötet, wird den Duft des Paradieses nicht riechen, und wahrlich sein Duft ist bereits aus einer Distanz von vierzig Jahren wahrnehmbar.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - weist auf die strenge Warnung hin, dass jemand, der einen Schutzbefohlenen tötet - und dieser ist jemand von den Ungläubigen, der mit einem Schutz- und Sicherheitsabkommen in das Land des Islams eingetreten ist -, den Duft des Paradieses nicht riechen wird, obwohl der Duft bereits aus einer Entfernung von vierzig Jahren wahrnehmbar ist.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Das Töten eines „Mu'ahad“ (denjenigen, mit dem ein Vertrag abgeschlossen wurde) , eines „Dhimmis“ (den nicht-muslimischen Bürger unter islamischer Herrschaft) oder eines „Musta'man“ (denjenigen, dem Schutz gewährt wurde) von den Ungläubigen ist verboten und zählt zu den großen Sünden.
 Der Mu’ahad: Er ist derjenige, der von den Ungläubigen ist und mit dem ein Vertrag abgeschlossen wurde. Er lebt in seinem Land, und weder kämpft er gegen die Muslime noch wird er von ihnen bekämpft. 
 Der Dhimmi: Er ist derjenige, der in einem muslimischen Land lebt und die Kopfsteuer (Jizyah) bezahlt. 
 Der Musta'man: Er ist derjenige, der in das Land der Muslime für eine bestimmte Zeit mit einem Vertrag und in Sicherheit eingetreten ist.
 Die Warnung vor dem Brechen der Abmachungen mit Nicht-Muslimen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/64637</t>
   </si>
   <si>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
+  </si>
+  <si>
+    <t>den Verzehr aller Raubtiere, die Fangzähne haben, und aller Vögel, die Krallen haben, verbot</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
+  </si>
+  <si>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - den Verzehr aller Raubtiere, die Fangzähne haben, und aller Vögel, die Krallen haben, verbot.</t>
+  </si>
+  <si>
+    <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot den Verzehr aller Raubtiere, die mit ihren Fangzähnen jagen, und aller Vögel, die mit ihren Krallen reißen und greifen.</t>
+  </si>
+  <si>
+    <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
+الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
+  </si>
+  <si>
+    <t>Der Islam legt Wert auf das Gute in allem, sei es beim Essen, Trinken oder anderen (Dingen).
+Grundsätzlich sind alle Lebensmittel erlaubt, außer diejenigen, für deren Verbot es einen Beweis gibt.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/64643</t>
+  </si>
+  <si>
     <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verfluchte jenen, der jemanden für ein Urteil besticht, und den, der sich dafür bestechen lässt.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verfluchte jenen, der jemanden für ein Urteil besticht, und den, der sich dafür bestechen lässt.“</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - sprach Bittgebete für den Ausschluss und das Entfernen von der Barmherzigkeit Allahs - mächtig und majestätisch ist Er - gegen denjenigen, der Bestechungsgeld anbietet, der es annimmt und der es behält.
 Darunter fällt auch das Bestechungsgeld, das an Richter gezahlt wird, damit sie in dem Urteil, wofür sie verantwortlich sind, ungerecht werden, damit der Geber auf unrechtmäßige Weise zu seinem Ziel gelangen kann.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Es ist verboten, Bestehungsgeld zu zahlen, dies anzunehmen, zu vermitteln und dabei mitzuwirken, da dadurch Hilfe für Unrecht geleistet wird.
 Bestechung ist eine der großen Sünden, da der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sowohl den Empfänger als auch den Geber davon verfluchte.
 Bestechung im Bereich der Rechtsprechung und im Urteil ist ein Verbrechen und eine noch schwerwiegendere Sünde, da sie Unrecht und das Urteil mit etwas anderem als dem, was Allah herabgesandt hat, beinhaltet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/64689</t>
   </si>
   <si>
     <t>بني الإسلام على خمس</t>
   </si>
   <si>
-    <t>„Der Islam wurde auf fünf (Säulen) gebaut</t>
+    <t>‚Der Islam wurde auf fünf (Säulen) gebaut</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der Islam wurde auf fünf (Säulen) gebaut:
-(auf) dem Bekenntnis, dass es keinen anbetungswürdigen Gott gibt, außer Allah und dass Muhammad der Gesandte Allahs ist, dem Verrichten des Gebets, der Abgabe der Almosensteuer, der Pilgerfahrt zum Hause (Allahs) und dem Fasten im Ramadan.“</t>
+    <t>Von 'Abdullah Ibn Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Islam wurde auf fünf (Säulen) gebaut: (auf) dem Bekenntnis, dass es keine anbetungswürdige Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, dem Verrichten des Gebets, dem Entrichten der Pflichtabgabe („Zakah“), der Pilgerfahrt zum Hause (Allahs) und dem Fasten im (Monat) Ramadan.’“</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verglich den Islam mit einem soliden Gebäude, das auf fünf tragenden Säulen ruht, wobei die restlichen Eigenschaften des Islam den Rest des Gebäudes bilden. Die erste dieser Säulen sind die beiden Glaubensbekenntnisse: Das Bekenntnis, dass es keinen anbetungswürdigen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist. Sie sind eine untrennbare Einheit, wobei das eine nicht ohne das andere existiert. Der Diener spricht sie aus, bekennt sich zur Einheit Allahs und Seinem alleinigen Anspruch auf Anbetung und handelt dementsprechend, während er an die Botschaft Muhammads - Allahs Segen und Frieden - glaubt und ihm folgt. Die zweite Säule ist das Verrichten des Gebets, nämlich die fünf vorgeschriebenen Gebete am Tag und in der Nacht: Fajr (Morgengebet), Dhuhr (Mittagsgebet), Asr (Nachmittagsgebet), Maghrib (Abendgebet) und 'Ischa (Nachtgebet), mit ihren Bedingungen, Säulen und Pflichten. Die dritte Säule ist das Entrichten der Almosensteuer, ein obligatorischer finanzieller Gottesdienst, die auf jedes Vermögen, das einen im islamischen Recht festgelegten Wert erreicht, entrichtet und an ihre Berechtigten gegeben wird. Die vierte Säule ist die Hajj, die Pilgerfahrt nach Makkah zur Durchführung der Riten, als Gottesdienst zu Allah mächtig und majestätisch ist Er -. Die fünfte Säule ist das Fasten im Ramadan, was bedeutet, sich von Essen, Trinken und anderen Dingen, die das Fasten brechen, zu enthalten, mit der Absicht, Allah anzubeten, vom Morgengrauen bis zum Sonnenuntergang.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verglich den Islam mit einem soliden Gebäude, das auf fünf tragenden Säulen ruht, wobei die restlichen Eigenschaften des Islams den Rest des Gebäudes bilden. Die erste dieser Säulen sind die beiden Glaubensbekenntnisse: Das Bekenntnis, dass es keinen anbetungswürdigen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist. Sie sind eine untrennbare Einheit, wobei das eine nicht ohne das andere existiert. Der Diener spricht sie aus, bekennt sich zur Einheit Allahs und Seinem alleinigen Anspruch auf Anbetung und handelt dementsprechend, während er an die Botschaft Muhammads - Allahs Segen und Frieden - glaubt und ihm folgt. Die zweite Säule ist das Verrichten des Gebets, nämlich die fünf vorgeschriebenen Gebete am Tag und in der Nacht: Fajr (Morgengebet), Dhuhr (Mittagsgebet), 'Asr (Nachmittagsgebet), Maghrib (Abendgebet) und 'Ischa (Nachtgebet), mit ihren Bedingungen, Säulen und Pflichten. Die dritte Säule ist das Entrichten der Zakah, eine obligatorische finanzielle Anbetung, die auf jedes Vermögen, das einen im islamischen Recht festgelegten Wert erreicht, entrichtet und an ihre Berechtigten gegeben wird. Die vierte Säule ist die Hajj, die Pilgerfahrt nach Makkah zur Durchführung der Riten, als Anbetung Allahs - mächtig und majestätisch ist Er. Die fünfte Säule ist das Fasten im (Monat) Ramadan, was bedeutet, sich von Essen, Trinken und anderen Dingen, die das Fasten brechen, zu enthalten, mit der Absicht, Allah anzubeten, vom Morgengrauen bis zum Sonnenuntergang.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
-    <t>Die beiden Glaubensbekenntnisse sind untrennbar miteinander verbunden, sodass das eine ohne das andere nicht gültig ist; deshalb wurden sie zu einer Säule gemacht.
+    <t>Die beiden Glaubensbekenntnisse sind untrennbar miteinander verbunden, sodass das eine ohne das andere nicht gültig ist; deshalb wurden sie zu einer (einzigen) Säule gemacht.
 Die beiden Glaubensbekenntnisse sind die Grundlage der Religion, und keine Aussage oder Tat wird ohne sie akzeptiert.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65000</t>
   </si>
   <si>
     <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
-    <t>‚Wer von euch ein Übel sieht, der soll es mit seiner Hand ändern. Wenn er das nicht kann, dann mit seiner Zunge. Und wenn er das nicht kann, dann mit seinem Herzen! Und dies ist die niedrigste (Stufe) des Glauben.‘“</t>
+    <t>‚Wer von euch etwas Übles sieht, so soll er es mit seiner Hand ändern. Wenn er dazu nicht imstande ist, dann mit seiner Zunge. Wenn er (auch) dazu nicht imstande ist, dann mit seinem Herzen, und dies ist die schwächste Art des Glaubens.‘“</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wer von euch ein Übel sieht, der soll es mit seiner Hand ändern. Wenn er das nicht kann, dann mit seiner Zunge. Und wenn er das nicht kann, dann mit seinem Herzen! Und dies ist die niedrigste (Stufe) des Glauben.‘“</t>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wer von euch etwas Übles sieht, so soll er es mit seiner Hand ändern. Wenn er dazu nicht imstande ist, dann mit seiner Zunge. Wenn er (auch) dazu nicht imstande ist, dann mit seinem Herzen, und dies ist die schwächste Art des Glaubens.‘“</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt, das Übel - und das ist alles, was Allah und Sein Gesandter verboten haben - zu ändern, so gut man kann. Sieht man also ein Übel, muss man es mit der eigenen Hand ändern, wenn man dazu imstande ist. Wenn man dazu jedoch nicht in der Lage ist, muss man es mit der Zunge ändern, indem man es dem, der es begeht, untersagt, ihm den Schaden davon verdeutlicht und ihn auf etwas Gutes statt diesem Übel hinweist. Ist man auch zu dieser Stufe nicht imstande, muss man es mit seinem Herzen ändern, indem man es verabscheut und fest dazu entschlossen ist, dass man es ändern würde, wenn man dazu in der Lage wäre. Die Veränderung mit dem Herzen ist die schwächste Stufe des Glaubens in Bezug auf die Veränderung des Übel.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt, das Übel - und das ist alles, was Allah und Sein Gesandter verboten haben - zu ändern, so gut man kann. Sieht man also ein Übel, muss man es mit der eigenen Hand ändern, wenn man dazu imstande ist. Wenn man jedoch nicht dazu in der Lage ist, soll man es mit der Zunge ändern, indem man es dem, der es begeht, untersagt, ihm den Schaden davon verdeutlicht und ihn auf etwas Gutes statt diesem Übel hinweist. Ist man auch zu dieser Stufe nicht imstande, soll man es mit seinem Herzen ändern, indem man es verabscheut und fest dazu entschlossen ist, dass man es ändern würde, wenn man dazu in der Lage wäre. Die Veränderung mit dem Herzen ist die schwächste Stufe des Glaubens in Bezug auf die Veränderung des Übel.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
-    <t>Diese Überlieferung ist eine Grundlage für die Verdeutlichung der verschiedenen Stufen beim Ändern des Übel.
+    <t>Diese Überlieferung ist ein Grundsatz für die Verdeutlichung der verschiedenen Stufen beim Ändern des Übel.
 Der Befehl, beim Untersagen schlechter Dinge stufenweise vorzugehen; jeder entsprechend seiner Fähigkeit und seines Könnens.
 Die Untersagung des Übels ist ein sehr wichtiges Thema in der Religion und keiner ist davon befreit; jeder Muslim ist entsprechend seinen Fähigkeiten dazu verpflichtet.
 Das Gute zu gebieten und das Übel zu untersagen gehört zu den Eigenschaften des Glaubens und der Glaube nimmt zu und ab.
 Voraussetzung dafür, dass man ein Übel untersagt, ist die Kenntnis, dass diese Tat wirklich ein Übel ist.
 Voraussetzung dafür, dass man ein Übel ändert, ist, dass daraus nicht noch ein größeres Übel resultiert.
 Für die Untersagung des Übel gibt es bestimmte Verhaltensregeln und Voraussetzungen, die man als Muslim lernen sollte.
 Um Schlechtes zu untersagen bedarf es einer islamisch-gesetzlichen Strategie, Wissen und Weitsicht.
 Ein Übel nicht mit dem Herzen zu verurteilen deutet darauf hin, dass man einen schwachen Glauben hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65001</t>
   </si>
   <si>
     <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Wer sich im Islam gut verhält, wird nicht für das zur Rechenschaft gezogen, was er vor dem Islam gemacht hat! Wer sich aber im Islam schlecht verhält, wird für das Erste und Letzte zur Rechenschaft gezogen!‘“</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann sagte: ‚O Gesandter Allahs, werden wir für das zur Rechenschaft gezogen, was wir vor dem Islam gemacht haben?‘ Er sagte: ‚Wer sich im Islam gut verhält, wird nicht für das zur Rechenschaft gezogen, was er vor dem Islam gemacht hat! Wer sich aber im Islam schlecht verhält, wird für das Erste und Letzte zur Rechenschaft gezogen!‘“</t>
   </si>
   <si>
@@ -13628,106 +15142,106 @@
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht den Vorzug der Annahme des Islams. Und er erklärt, dass jeder, der den Islam annimmt, ihn gut praktiziert und aufrichtig und ehrlich dabei ist, nicht für das zur Rechenschaft gezogen wird, was er in der vorislamischen Zeit an Sünden begangen hat. Wer sich jedoch im Islam schlecht verhält, indem er z. B. nur ein Heuchler ist oder wieder vom Islam abfällt, wird für das zur Rechenschaft gezogen, was er während des Unglauben und während des Islams begangen hat.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Die Gefährten des Propheten - möge Allah mit ihnen zufrieden sein - beschäftigte, was sie vor dem Islam gemacht haben und sie waren besorgt darüber.
 Man wird angehalten, standhaft am Islam festzuhalten.
 Der Vorzug, den Islam anzunehmen, und dass dies die vorangegangen (schlechten) Taten auslöscht.
 Der Abtrünnige (jemand, der vom Islam abfällt) und der Heuchler (jemand, der nur nach außen hin vorgibt, ein Muslim zu sein) wird für alle seine Taten in der vorislamischen Zeit zur Rechenschaft gezogen und auch für jede schlechte Tat, die er begangen hat, nachdem er den Islam angenommen hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65002</t>
   </si>
   <si>
     <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
-    <t>Was meinst du, wenn ich die fünf Gebete bete, im Ramadan faste und die Dinge, die erlaubt sind, als erlaubt behandele und die Dinge, die verboten sind, als verboten behandele</t>
+    <t>‚Was meinst du, wenn ich die vorgeschriebenen Gebete verrichte, den (Monat) Ramaḍan faste, das Erlaubte als erlaubt erkläre und das Verbotene als verboten</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
-    <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert: „Ein Mann befragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: ‚Was meinst du, wenn ich die fünf Gebete bete, im Ramadan faste und die Dinge, die erlaubt sind, als erlaubt behandele und die Dinge, die verboten sind, als verboten behandele und dem nichts hinzufüge, komme ich dann ins Paradies?‘ Er sagte: ‚Ja!‘ Da sagte er: ‚Bei Allah, ich werden dem nichts hinzufügen!‘“</t>
+    <t>Jabir - möge Allah mit ihm zufrieden sein - berichtete: „Ein Mann befragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: ‚Was meinst du, wenn ich die vorgeschriebenen Gebete verrichte, den (Monat) Ramaḍan faste, das Erlaubte als erlaubt erkläre und das Verbotene als verboten und dem nichts Weiteres hinzufüge, trete ich dann in den Paradiesgarten ein?‘ Er antwortete: ‚Ja.‘ Da sagte er: ‚Bei Allah, ich werden dem nichts hinzufügen!‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass jeder ins Paradies kommt, der die fünf Pflichtgebete betet, auch wenn er darüber hinaus keine weiteren freiwilligen Gebete verrichtet, und im Ramadan fastet, auch wenn er nicht noch freiwillig fastet, und daran glaubt, dass die Dinge, die erlaubt sind, tatsächlich erlaubt sind und sie daher macht und glaubt, dass die Dinge, die verboten sind, tatsächlich verboten sind und sie daher unterlässt.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass jeder ins Paradies kommt, der die fünf Pflichtgebete verrichtet, auch wenn er darüber hinaus keine weiteren freiwilligen Gebete verrichten sollte, und im Ramadan fastet, auch wenn er nicht noch freiwillig fastet, und daran glaubt, dass die Dinge, die erlaubt sind, tatsächlich erlaubt sind und sie daher durchführt, und glaubt, dass die Dinge, die verboten sind, tatsächlich verboten sind und sie daher unterlässt.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
-    <t>Der Muslim ist stets bestrebt danach, seine Pflichten zu erfüllen sowie verbotene Dinge zu unterlassen, und sein Ziel ist es, ins Paradies einzutreten.
+    <t>Der Muslim ist stets bestrebt danach, seine Pflichten zu erfüllen sowie verbotene Dinge zu unterlassen, und sein Ziel ist es, in den Paradiesgarten einzugehen.
 Es ist wichtig, dass man nur erlaubte Dinge macht und überzeugt von ihrer Erlaubnis ist, und das Verbotene verbietet und überzeugt von ihrem Verbot ist.
-Die Pflichten zu erfüllen und verbotene Dinge zu meiden ist ein Grund dafür, dass man das Paradies betritt.</t>
+Die Pflichten zu erfüllen und verbotene Dinge zu meiden ist ein Grund dafür, dass man den Paradiesgarten betritt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65003</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>‚Die Reinheit ist die Hälfte des Glaubens. (Die Worte) Alhamdulillah (Alles Lob gebührt Allah) füllt 
 die Waage, und Subhanallah (Gepriesen sei Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Von Abu Malik Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Reinheit ist die Hälfte des Glaubens. (Die Worte) Alhamdulillah (Alles Lob gebührt Allah) füllt 
 die Waage, und Subhanallah (Gepriesen sei Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist. Und das Gebet ist Licht, die Spende ist ein (Glaubens-)Beweis, die Geduld ist Erleuchtung und der Quran ist ein Argument für dich oder gegen dich. Alle Menschen gehen morgens hinaus als Verkäufer ihrer Seele, wobei sie entweder 
 befreit oder ruiniert wird.‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass die äußere Reinigung durch die rituelle Gebetswaschung und rituelle Ganzkörperwaschung die Hälfte der Religion ausmacht. „Alhamdulillah (Alles Lob gebührt Allah) füllt die Waage,“, d. h. Ihn - gepriesen sei Er - zu loben und Ihn mit den Eigenschaften der Vollkommenheit zu beschreiben wird am Tag der Auferstehung gewogen und die Waage der Taten füllen. „Subhanallah und Alhamdulillah“, d .h. Ihn von jedem Mangel freizusprechen und Ihn mit absoluter Vollkommenheit zu beschreiben, so wie es Seiner Erhabenheit gebührt, und Ihn dabei zu lieben und zu verehren füllt alles, was zwischen Himmel und Erde liegt. „Und das Gebet ist Licht“ für den Diener in seinem Herzen, auf seinem Gesicht, in seinem Grab und bei seiner Auferstehung. „Die Spende ist ein Beweis“ und Beleg für die Wahrhaftigkeit des Glaubens eines Gläubigen und seine Unterscheidung vom Heuchler, der nichts gibt, weil er nicht an das glaubt, was dafür versprochen wird. „Die Geduld ist Erleuchtung“: Mit Geduld ist gemeint, sich zu beherrschen, um nicht in Verzweiflung und Wut zu verfallen. „Erleuchtung“ ist ein Licht verbunden mit Hitze und Verbrennung, wie das Glühen der Sonne. Hier wird dieses Wort gewählt, da Geduld schwer ist und fordert, dass man mit sich selbst ringt und seine Neigungen zügelt. Daher leuchtet und glüht jener, der sich geduldet, auf dem rechten Weg bleibt und an dem festhält, was richtig ist. 
-Es ist die Geduld beim Gehorsam gegenüber Allah, beim Fernhalten vom Ungehorsam Ihm gegenüber und beim geduldigen Ertragen der verschiedensten Schicksalsschläge und verhassten Dinge des Diesseits. „Der Quran ist ein Argument für dich“, indem man ihn rezitiert und nach ihm handelt, oder „gegen dich“, indem man ihn dadurch vernachlässigt, dass man weder nach ihm handelt noch ihn rezitiert. Im Anschluss berichtet ee - Allahs Segen und Frieden auf ihm -, dass alle Menschen sich sich bemühen, verbreiten und von ihrem Schlaf aufstehen, um aus ihren Häusern für ihre unterschiedlichen Tätigkeiten rauszugehen. Unter ihnen gibt es einige, die standhaft Allah gehorchen und sich damit selbst vom Feuer freikaufen, während andere (vom rechten Weg) abweichen und in Sünden verfallen und sich damit selbst zugrunde richten, indem sie dafür in die Hölle kommen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass die äußere Reinigung durch die rituelle Gebetswaschung und rituelle Ganzkörperwaschung die Hälfte der Religion ausmacht. Die Aussage „Alhamdulillah (Alles Lob gebührt Allah) füllt die Waage“, d. h. Ihn - gepriesen sei Er - zu loben und Ihn mit den Eigenschaften der Vollkommenheit zu beschreiben wird am Tag der Auferstehung gewogen und die Waage der Taten füllen. Die Aussage „Subhanallah und Alhamdulillah“, d .h. Ihn von jedem Mangel freizusprechen und Ihn mit absoluter Vollkommenheit zu beschreiben, so wie es Seiner Erhabenheit gebührt, und Ihn dabei zu lieben und zu verehren füllt alles, was zwischen Himmel und Erde liegt. Die Aussage „Und das Gebet ist Licht“, also (Licht) für den Diener in seinem Herzen, auf seinem Gesicht, in seinem Grab und bei seiner Auferstehung. Die Aussage „Die Spende ist ein Beweis“, also ein Beleg für die Wahrhaftigkeit des Glaubens eines Gläubigen und seine Unterscheidung vom Heuchler, der nichts hergibt, weil er nicht an das glaubt, was dafür versprochen wird. Die Aussage „Die Geduld ist Erleuchtung“: Mit Geduld ist gemeint, sich zu beherrschen, um nicht in Verzweiflung und Wut zu verfallen. „Erleuchtung“ ist ein Licht verbunden mit Hitze und Verbrennung, wie das Glühen der Sonne. Hier wird dieses Wort gewählt, da Geduld schwer ist und erfordert, dass man mit sich selbst ringt und seine Neigungen zügelt. Daher leuchtet und glüht jener, der sich geduldet, auf dem rechten Weg bleibt und an dem festhält, was richtig ist. 
+Es ist die Geduld beim Gehorsam gegenüber Allah, beim Fernhalten vom Ungehorsam Ihm gegenüber und beim geduldigen Ertragen der verschiedensten Schicksalsschläge und verhassten Dinge des Diesseits. Die Aussage „Der Quran ist ein Argument für dich“, also indem man ihn rezitiert und nach ihm handelt, oder „gegen dich“, indem man ihn dadurch vernachlässigt, dass man weder nach ihm handelt noch ihn rezitiert. Im Anschluss berichtet er - Allahs Segen und Frieden auf ihm -, dass alle Menschen sich sich bemühen, (auf der Erde) verbreiten und von ihrem Schlaf aufstehen, um aus ihren Häusern für ihre unterschiedlichen Tätigkeiten hinauszugehen. Unter ihnen gibt es demnach einige, die standhaft Allah gehorchen und sich damit selbst vom Feuer freikaufen, während andere (vom rechten Weg) abweichen und in Sünden verfallen und sich damit selbst zugrunde richten, indem sie dafür in die Hölle kommen.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Es gibt zwei Arten von „Reinheit“: die äußere Reinheit durch die rituelle Gebetswaschung und die rituelle Ganzkörperwaschung, und die innere Reinheit durch den Tauhid, den Glauben und die guten Taten.
 Die Wichtigkeit, das Gebet einzuhalten, denn das Gebet ist ein Licht für den Diener im Diesseits und am Tag der Auferstehung.
 Die Spende ist ein Beweis für die Wahrhaftigkeit des Glaubens.
 Die Wichtigkeit, nach dem Quran zu handeln und an ihn zu glauben, damit er ein Argument für einen und nicht gegen einen ist.
 Wenn man seine Seele nicht damit beschäftigt, Allah zu gehorchen, wird sie einen mit der Sünde beschäftigen.
 Jeder Mensch handelt zwangsläufig - entweder erlöst man sich damit, indem man (Allah) gehorcht, oder man stürzt sich ins Verderben, indem man sündigt.
 Die Geduld benötigt das Ertragen (der Schwierigkeiten) und Hoffen (auf Lohn) und ist schwierig.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65004</t>
   </si>
   <si>
     <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
@@ -13743,90 +15257,96 @@
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass bald eine Zeit kommen wird, in der es einige Menschen geben wird, die, während sie gemütlich auf dem Bett liegen, von einer Überlieferung des Propheten - Allahs Segen und Frieden auf ihm - hören und sagen werden: „Das, was zwischen uns und euch die Angelegenheiten regelt, ist der Quran und er reicht uns völlig aus. Alles, was wir an Erlaubtem in ihm finden, machen wir und von allem, was wir an Verbotenem in ihm finden, halten wir uns fern.“ Im Anschluss verdeutlicht der Prophet - Allahs Segen und Frieden auf ihm -, dass alles, was er in der Sunnah verboten oder untersagt hat, gleichermaßen zu beurteilen ist wie das, was Allah in Seinem Buch verboten hat, da er die Botschaft seines Herrn überbringt.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Die Sunnah muss genauso wie der Quran geehrt werden und man muss danach handeln.
 Dem Gesandten zu gehorchen bedeutet Allah zu gehorchen und sich ihm zu widersetzen bedeutet sich Allah - erhaben ist Er - zu widersetzen.
 Die Bestätigung für die Beweiskraft der Sunnah und die Widerlegung derjenigen, die die Sunnah ablehnen und leugnen.
 Wer sich von der Sunnah abwendet und behauptet, sich auf den Quran zu beschränken, wendet sich tatsächlich von beiden ab und lügt in seiner Behauptung, dem Quran zu folgen.
 Zu den Beweisen für sein - Allahs Segen und Frieden auf ihm - Prophetentum gehört, dass er berichtet, das etwas in der Zukunft geschehen wird und es ist so geschehen, wie er berichtete.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والترمذي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>O Gesandter Allahs, ich habe nichts Großes und nichts Kleines ausgelassen, ohne es zu begehen!‘ Er sagte: ‚Bezeugst du denn nicht, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!‘</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, ich habe nichts Großes und nichts Kleines ausgelassen, ohne es zu begehen!‘ Er sagte: ‚Bezeugst du denn nicht, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!‘ Er wiederholte es dreimal. Er sagte: ‚Ja!‘ Er sagte: ‚Dies überwiegt das andere!‘“</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, ich habe alle Sünden und Fehltritte begangen und es gibt keine kleine und keine große Sünde, die ich nicht begangen habe... Wird mir vergeben werden?“ Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Bezeugst du denn nicht, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!“ Das wiederholte er dreimal. Darauf antwortete er ihm: „Ja, ich bezeuge es!“ Da berichtete ihm der Prophet - Allahs Segen und Frieden auf ihm - vom Vorzug der zwei Glaubensbekenntnisse, dass es die schlechten Taten auslöscht und dass die Reue alles aufhebt, was davor geschah.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Die Gewaltigkeit der zwei Glaubensbekenntnisse und dass sie alle Sünden überwiegen, für denjenigen, der sie aufrichtig aus dem Herzen sagt.
 Der Islam löscht alles (an Sünden), was davor war.
 Eine aufrichtige Reue löscht alles, was davor war.
 Es gehört zu den Lehren des Propheten - Allahs Segen und Frieden auf ihm - Dinge mehrmals zu wiederholen, wenn er jemandem etwas beibringt.
 Der Vorzug der beiden Glaubensbekenntnisse und dass sie ein Grund für die Errettung vor dem ewigen Verbleib im Feuer sind.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
+  </si>
+  <si>
+    <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65006</t>
   </si>
   <si>
     <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Das Recht Allahs Seinen Dienern gegenüber ist, dass sie Ihm dienen und Ihm nichts beigesellen und das Recht der Diener Allah gegenüber ist, dass Er denjenigen, der Ihm nichts beigesellt, nicht bestraft!</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Von Mu'adh - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Eines Tages saß ich hinter dem Propheten - Allahs Segen und Frieden auf ihm - auf einem Esel, der 'Ufayr hieß. Da sagte er mir: ‚O Mu'adh, weißt du, was das Recht Allahs Seinen Dienern gegenüber und was das Recht der Diener gegenüber Allah ist?‘ Ich sagte: ‚Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚Das Recht Allahs Seinen Dienern gegenüber ist, dass sie Ihm dienen und Ihm nichts beigesellen und das Recht der Diener Allah gegenüber ist, dass Er denjenigen, der Ihm nichts beigesellt, nicht bestraft!‘ Da sagte ich: ‚O Gesandter Allahs, soll ich den Menschen denn nicht diese frohe Botschaft verkünden?!‘ Er sagte: ‚Verkünde sie ihnen nicht, denn dann verlassen sie sich darauf!‘“</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt das Recht Allahs den Dienern gegenüber und das Recht der Diener Allah gegenüber, und dass das Recht Allahs den Dienern gegenüber darin besteht, dass sie Ihm alleine dienen und Ihm nichts beigesellen, und dass das Recht Seiner Diener Allah gegenüber ist, dass Er die Monotheisten, die Ihm nichts beigesellen, nicht bestraft. Daraufhin sagte Mu'adh: „O Gesandter Allahs, soll ich den Menschen denn nicht diese gute Nachricht überbringen, damit sie sich freuen und durch diese Gunst in froher Erwartung sind?“ Der Prophet - Allahs Segen und Frieden auf ihm - verbot es ihm jedoch aus Sorge, dass sie sich darauf verlassen könnten.</t>
   </si>
@@ -14005,50 +15525,53 @@
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, jemand von uns findet etwas in sich - und er deutet die Sache an - bei dem es ihm lieber wäre, ein Häuflein Asche zu sein, als es auszusprechen!‘ Da sagte er: ‚Allah ist der Größte, Allah ist der Größte (Allahu Akbar, Allahu Akbar)! Gelobt sei Allah, Der seine List darauf beschränkt hat, einem etwas einzuflüstern!‘“</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, man findet in sich etwas, das sich in der Seele aufdrängt, aber darüber zu sprechen ist eine sehr große Sache. So groß, dass es einem lieber wäre, zu Asche zu zerfallen, als es auszusprechen!“ Darauf sagte der Gesandte - Allahs Segen und Frieden auf ihm - zweimal „Allah ist der Größte (Allahu Akbar)“ und lobte Allah dafür, dass Er die List des Schaytan darauf reduziert hat, einem etwas einzuflüstern.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Die Darlegung, dass der Schaytan den Gläubigen mit seinen Einflüsterungen auflauert, um sie vom Glauben zum Unglauben zu führen.
 Die Darelgung, dass der Schaytan den Anhängern des Glaubens gegenüber schwach ist, da er nichts vermag, außer (ihnen) einzuflüstern.
 Der Gläubige muss sich von den Einflüsterungen des Schaytan abwenden und sie abwehren.
 Die Gesetzlichkeit des Takbir bei einer Sache, die einen begeistert, wundert oder dergleichen.
 Die Vorschrift, dass der Muslim einen Wissenden über das fragen soll, was ihm unklar ist.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>‚Der Schaytan kommt zu einem von euch und sagt: ›Wer hat das erschaffen? Wer hat das erschaffen?‹ Bis er schließlich sagt: ›Wer hat deinen Herrn erschaffen?‹ Kommt man da an, soll man Zuflucht bei Allah suchen und dies (sofort) lassen!‘“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Schaytan kommt zu einem von euch und sagt: ›Wer hat das erschaffen? Wer hat das erschaffen?‹ Bis er schließlich sagt: ›Wer hat deinen Herrn erschaffen?‹ Kommt man da an, soll man Zuflucht bei Allah suchen und dies (sofort) lassen!‘“</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
@@ -14212,82 +15735,85 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass Allah es liebt, wenn man eine Erleichterung annimmt, die Er bestimmt hat, wenn z. B. bei Rechtsvorschriften und gottesdienstlichen Handlungen etwas leichter gemacht und für rechtsfähige Personen vereinfacht wird, da es einen Grund, der das rechtfertigt, wie z. B. das Kürzen und Zusammenlegen des Gebets auf der Reise. Genauso liebt Er es, dass man sich an die Dinge hält, in denen es keine Erleichterungen gibt und zu denen man verpflichtet ist, denn sowohl bei der Erleichterung, als auch beim Normalfall handelt es sich um ein Gebot von Allah.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Die Barmherzigkeit Allahs - erhaben ist Er - mit Seinen Dienern und dass Er - gepriesen ist Er - es liebt, wenn man die Erleichterungen, die Er zugelassen hat, wahrnimmt.
 Die Vollkommenheit der islamischen Gesetzgebung und die Aufhebung der Erschwernis für den Muslim.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Überliefert von Ibn Hibban]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
-    <t>sage mir etwas über den Islam, wonach ich niemanden außer dich fragen werde.“ Er sagte: „Sag: 'Ich glaube an Allah, und dann bleibe standhaft.“</t>
+    <t>berichte mir etwas vom Islam, worüber ich niemanden außer dich befragen kann.‘ Er sagte: ‚Sag: ‚Ich glaube an Allah‘; und verhalte dich hierauf recht (und sei rechtschaffen).‘“</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
-    <t>Von Sufyan Ibn 'Abdillah Ath-Thaqafi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich sagte: „O Gesandter Allahs, sage mir etwas über den Islam, wonach ich niemanden außer dich fragen werde.“ Er sagte: „Sag: 'Ich glaube an Allah, und dann bleibe standhaft.“</t>
+    <t>Von Sufyan Ibn 'Abdillah Ath-Thaqafi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich sagte: ‚O Gesandter Allahs, berichte mir etwas vom Islam, worüber ich niemanden außer dich befragen kann.‘ Er sagte: ‚Sag: ‚Ich glaube an Allah‘; und verhalte dich hierauf recht (und sei rechtschaffen).‘“</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
-    <t>Der Gefährte Sufyan Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - bat den Propheten - Allahs Segen und Frieden auf ihm - darum, ihm eine umfassende Aussage über die Bedeutung des Islam zu lehren, an der er festhalten konnte, ohne andere danach fragen zu müssen. Also sagte er - Allahs Segen und Frieden auf ihm - zu ihm: „Sag: Ich bezeuge die Einheit Allahs und glaube, dass Er mein Herr, mein Gott, mein Schöpfer und mein wahrhaft Anzubetender ist, ohne Partner.“ Dann unterwirf dich dem Gehorsam Allahs, indem du die Pflichten von Allah erfüllst und Seine Verbote vermeidest, und bleibe dabei standhaft.</t>
+    <t>Der Sahabi Sufyan Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - bat den Propheten - Allahs Segen und Frieden auf ihm - darum, ihm eine umfassende Aussage über die Bedeutung des Islam zu lehren, an der er festhalten konnte, ohne andere danach fragen zu müssen. Also sagte er - Allahs Segen und Frieden auf ihm - zu ihm: „Sag: Ich bezeuge die Einheit Allahs und glaube, dass Er mein Herr, mein Gott, mein Schöpfer und mein wahrhaft Anzubetender ist, der keinen Teilhaber hat.“ Dann unterwirf dich dem Gehorsam Allahs, indem du die Pflichten von Allah erfüllst und Seine Verbote vermeidest, und bleibe dabei standhaft.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
-    <t>Die Grundlage der Religion ist der Glaube an Allah, Seine Herrschaft, Seine Göttlichkeit, Seine Namen und Seine Eigenschaften.
-[...2 lines deleted...]
-Der Glaube an Allah umfasst das, was man an Glaubensgrundsätzen und -prinzipien glauben muss, sowie die darauf folgenden Handlungen des Herzens, die innerliche und äußerliche Unterwerfung und Hingabe zu Allah.
+    <t>Die Grundlage der Religion ist der Glaube („Iman“) an Allah, Seine Herrschaft, Seine Göttlichkeit, Seine Namen und Seine Attribute.
+Die Wichtigkeit, nach dem Iman standhaft zu bleiben, in der Anbetung fortzufahren und dabei beharrlich zu sein.
+Der Iman ist eine Voraussetzung für die Annahme von Taten.
+Der Iman an Allah umfasst das, was man an Glaubensgrundsätzen und -prinzipien glauben muss, sowie die darauf folgenden Handlungen des Herzens, die innerliche und äußerliche Unterwerfung und Hingabe zu Allah.
 Standhaftigkeit bedeutet, dem Weg zu folgen, indem man die Pflichten erfüllt und die Verbote unterlässt.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه مسلم وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65018</t>
   </si>
   <si>
     <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Das Gleichnis eines Heuchlers ist das Gleichnis eines Schafes, das nicht weiß, zu welcher Herde es gehört; mal folgt es dieser, mal jener!“</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Das Gleichnis eines Heuchlers ist das Gleichnis eines Schafes, das nicht weiß, zu welcher Herde es gehört; mal folgt es dieser, mal jener!“</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, den Zustand des Heuchlers und dass er einem Schaf, das sich nicht entscheiden kann und nicht weiß, welcher von zwei Schafsherden es folgen soll, gleicht: Mal geht es zu dieser Herde und ein anderes mal zu der anderen. Genauso sind sie zwischen Glauben und Unglauben hin- und hergerissen; weder sind sie innerlich und äußerlich auf der Seite der Gläubigen, noch sind sie innerlich und äußerlich auf der Seite der Ungläubigen. Vielmehr ist ihr Äußeres mit den Gläubigen und ihr Inneres ist im Zweifel und Zögern. Mal neigen sie zu diesen und mal zu den anderen.</t>
   </si>
   <si>
@@ -14311,50 +15837,53 @@
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Glaube wird im Inneren abgenutzt, genau wie das abgetragene Gewand abgenutzt wird; also bittet Allah darum, den Glauben in euren Herzen zu erneuern!‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass der Glaube im Herzen eines Muslims abgetragen und schwächer wird, genau wie ein neues Kleidungsstück, das mit längerer Zeit abgenutzt wird. Das ist der Grund für den Verlust der Motivation in den Gottesdiensten oder das Begehen von Sünden und dem Versinken in Gelüsten. Daher lehrt uns der Prophet - Allahs Segen und Frieden auf ihm -, Allah - erhaben ist Er - zu bitten, unseren Glauben zu erneuern, indem wir unsere Pflichten erfüllen und Ihm viel gedenken und Ihn um Vergebung bitten.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, Allah darum zu bitten, einen zu festigen und den Glauben im Herzen zu erneuern.
 Der Glaube besteht aus Worten, Taten und Glaubenslehren und nimmt durch Gehorsam zu und durch Ungehorsam ab.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65020</t>
   </si>
   <si>
     <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>,,Zu den Vorzeichen des Jüngsten Tages gehört, dass das Wissen genommen wird, die Unwissenheit sich ausbreitet, die Unzucht sich vermehrt, der Alkoholkonsum sich vermehrt und es wird wenig Männer und viele Frauen geben, sodass es für fünfzig Frauen nur einen Mann gibt, der sich um sie kümmert.“</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich werde euch etwas berichten, das ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - gehört habe und das euch niemand außer mir berichten kann: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ,,Zu den Vorzeichen des Jüngsten Tages gehört, dass das Wissen genommen wird, die Unwissenheit sich ausbreitet, die Unzucht sich vermehrt, der Alkoholkonsum sich vermehrt und es wird wenig Männer und viele Frauen geben, sodass es für fünfzig Frauen nur einen Mann gibt, der sich um sie kümmert.“</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass zu den Zeichen der nahenden Stunde des Jüngsten Tages gehört, dass das Wissen über die islamische Gesetzgebung verloren geht, indem die Gelehrten sterben. Daraus resultiert, dass sich die Unwissenheit mehrt und ausbreitet, Unzucht und andere verwerfliche Taten sich verbreiten und der Alkoholkonsum zunimmt. Die Zahl der Männer nimmt ab und die der Frauen nimmt zu, bis schließlich auf fünfzig Frauen nur ein Mann kommt, der sich um ihre Angelegenheiten kümmert und sich um ihr Wohl sorgt.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
@@ -14683,50 +16212,53 @@
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah am Tag der Auferstehung einen Mann von seiner Gemeinschaft vor der gesamten Schöpfung auserwählt, damit er gerufen wird, um mit ihm abzurechnen. Daraufhin werden ihm neunundneunzig Schriftrollen präsentiert, in denen seine schlechten Taten niedergeschrieben sind, die er im Diesseits zu begehen pflegte. Jede dieser Schriftrollen ist so lang, wie das Auge reicht. Dann sagt Allah - mächtig und majestätisch ist Er - zu diesem Mann: „Streitest du irgendetwas von den Dingen ab, die in diesen Schriftrollen niedergeschrieben sind? Haben dir Meine Engel, die Ich beauftragte, dich zu schützen und deine Taten aufzuzeichnen, Unrecht getan?“ Daraufhin sagt der Mann: „Nein, mein Herr!“ Dann sagt Allah - mächtig und majestätisch ist Er -: „Hast du irgendeine Entschuldigung, mit der du dich für die Taten, die du im Diesseits begangen hast, entschuldigen kannst? Indem du z. B. belegst, dass es aus Unaufmerksamkeit, Irrtum oder Unwissenheit geschehen ist?“ Da sagt der Mann: „Nein, mein Herr, ich habe keine Entschuldigung!“ Da sagt Allah - mächtig und majestätisch ist Er -: „Doch, du hast bei Uns eine gute Tat vorzubringen! Und es wird dir heute kein Unrecht getan werden!“ Er sagt: „Daraufhin wird eine Karte hervorgebracht, auf der steht: ‚Ich bezeuge, dass es keinen Gott außer Allah gibt und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist!‘“ Dann sagt Allah - mächtig und majestätisch ist Er - zu diesem Mann: „Hol deine Waage!“ Da sagt der Mann verwundert: „Mein Herr, was kann denn diese Karte schon gegenüber all diesen Schriftrollen wiegen?!“ Da sagt Allah - mächtig und majestätisch ist Er -: „Es wird dir kein Unrecht geschehen!“ Er sagt: „Daraufhin werden die Schriftrollen in eine Waagschale gelegt und die Karte in die andere. Da wird die Waagschale mit den Schriftrollen die leichtere und die mit der Karte die schwerere sein. Also vergibt Allah ihm.“</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>De Gewaltigkeit des Worts, das den „Tauhid“ ausdrückt - „La Ilaha illa Allah“ (Es gibt keinen anbetungswürdigen Gott außer Allah) - und ihr schweres Gewicht in der Waage.
 Es reicht nicht einfach nur „La Ilaha illa Allah“ zu sagen. Vielmehr muss man auch wissen, was es bedeutet und nach dem handeln, was daraus resultiert.
 Die Aufrichtigkeit und ein starker Tauhid sind ein Grund für die Vergebung der Sünden.
 Der Glaube unterscheidet sich entsprechend der Aufrichtigkeit, die man im Herzen trägt. Es kann also durchaus sein, dass Leute dieses Wort sagen und trotzdem entsprechend ihrer Sünden bestraft werden.</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Als Allah das Paradies und das Feuer erschuf, sandte er Jibril - Frieden sei auf ihm -</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird über den Gesandten Allahs - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Als Allah das Paradies und das Feuer erschuf, sandte er Jibril - Frieden sei auf ihm - zum Paradies und sagte: ‚Schau es dir an und was Ich in ihm für seine Bewohner vorbereitet habe!‘ Also sah er es sich an, kehrte wieder zurück und sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, niemand, der von ihm hört, wird nicht darin hineingehen!‘ Da erließ Er den Befehl, es mit unangenehmen Dingen zu umgeben und sagte: ‚Geh und schaue es dir an und was Ich in ihm für seine Bewohner vorbereitet habe!‘ Also sah er es sich an, doch es war mit lauter unangenehmen Dingen umgeben. Er sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, ich fürchte, dass es niemand betreten wird!‘
 Er sagte: ‚Geh zum Feuer und schaue es dir an und was Ich in ihm für seine Bewohner vorbereitet habe!‘ Also sah er es sich an, wie es sich übereinander türmte. Da kehrte er zurück und sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, niemand würde je hineingehen!‘ Darauf erließ Er den Befehl, es mit Gelüsten zu umgeben. Er sagte: ‚Geh nochmal zurück und schaue es dir an!‘ Also sah er es sich erneut an, doch es war mit Gelüsten umgeben. Da kehrte er zurück und sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, ich fürchte, dass niemand davor errettet wird, es zu betreten!‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
@@ -14818,76 +16350,75 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass das Feuer im Diesseits nur ein Siebzigstel vom Höllenfeuer ist. D. h. die Hitze des Feuers im Jenseits ist neunundsechzigmal stärker als die Hitze im Diesseits. Jeder Teil davon ist genauso heiß wie das Feuer im Diesseits. Es wurde gesagt: „O Gesandter Allahs, das Feuer aus dem Diesseits hätte doch bereits ausgereicht, um denjenigen zu bestrafen, der hineinkommt.“ Da sagte er: „Die Hitze des Feuers in der Hölle ist neunundsiebzigmal stärker als im Diesseits und jeder Anteil ist genauso heiß wie das Feuer im Diesseits.“</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Die Warnung vor dem Höllenfeuer, damit die Menschen sich von den Taten fernhalten, die dazu führen.
 Die Gewaltigkeit des Höllenfeuers, die Schwere seiner Strafe und die Intensität seiner Hitze wird verdeutlicht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65036</t>
   </si>
   <si>
     <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete uns - und er ist der Wahrheitssprechende, der Glaubhafte -: ,Wahrlich, die Schöpfung eines jeden von euch wird im Bauch seiner Mutter zusammengefügt vierzig Tage und vierzig Nächte (als ein Samentropfen)</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete uns - und er ist der Wahrheitssprechende, der Glaubhafte -: ,Wahrlich, die Schöpfung eines jeden von euch wird im Bauch seiner Mutter zusammengefügt vierzig Tage und vierzig Nächte (als ein Samentropfen), dann ist er genauso lange ein Blutklumpen und anschließend wie dieser (Blutklumpen) genauso lange ein Fleischklumpen. Daraufhin wird der Engel zu ihm entsandt (, welcher ihm die Seele einhaucht) und ihm werden vier Wörter befohlen und er schreibt nieder: Seine Versorgung, seine Frist, seine Taten und ob er unglücklich oder glücklich sein wird. Dann wird ihm die Seele eingehaucht. Wahrlich, jemand von euch wird (tatsächlich) die Taten der Bewohner des Paradieses verrichten, bis zwischen ihm und diesem (dem Paradies) nur eine Elle sein wird, ihn sodann (aber) das Geschriebene (das Schicksal) einholt und er dann die Taten der Bewohner des (Höllen-)Feuers vollbringt und dann in dieses eintreten wird. Und wahrlich, jemand von euch wird (tatsächlich) die Taten der Bewohner des (Höllen-)Feuers ausführen, bis zwischen ihm und diesem (dem Höllenfeuer) nur eine Elle sein wird, ihn sodann (aber) das Geschriebene (das Schicksal) einholt und er dann die Taten der Bewohner des Paradieses vollbringt und dann in dieses eintreten wird.‘"</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete uns - und er ist der Wahrheitssprechende, der Glaubhafte -: ,Wahrlich, die Schöpfung eines jeden von euch wird im Bauch seiner Mutter zusammengefügt vierzig Tage und vierzig Nächte (als ein Samentropfen), dann ist er genauso lange ein Blutklumpen und anschließend wie dieser (Blutklumpen) genauso lange ein Fleischklumpen. Daraufhin wird der Engel zu ihm entsandt (, welcher ihm die Seele einhaucht) und ihm werden vier Wörter befohlen und er schreibt nieder: Seine Versorgung, seine Frist, seine Taten und ob er unglücklich oder glücklich sein wird. Dann wird ihm die Seele eingehaucht. Denn wahrlich, jemand von euch wird ja die Taten der Bewohner des Paradieses verrichten, bis zwischen ihm und diesem (dem Paradies) nur eine Elle sein wird, ihn sodann (aber) das Geschriebene (die Vorherbestimmung) einholt und er dann die Taten der Bewohner des (Höllen-)Feuers vollbringt und dann in dieses eintreten wird. Und wahrlich, jemand von euch wird ja die Taten der Bewohner des (Höllen-)Feuers ausführen, bis zwischen ihm und diesem (dem Höllenfeuer) nur eine Elle sein wird, ihn sodann (aber) das Geschriebene (die Vorherbestimmung) einholt und er dann die Taten der Bewohner des Paradieses vollbringt und dann in dieses eintreten wird.‘"</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
-    <t>Ibn Mas'ud - möge Allah mit ihm zufrieden sein - sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete uns - und er ist der Wahrheitssprechenden in seinen Worten, und der Glaubhafte, dessen Wahrhaftigkeit durch Allah - erhaben ist Er - bestätigt wurde: „Er sagte: ,Wahrlich, die Schöpfung eines jeden von euch wird im Bauch seiner Mutter zusammengefügt.‘“ Dies liegt daran, dass, wenn der Mann mit seiner Frau verkehrt, sein verstreuter/verteilter Samen vierzig Tage lang als Samentropfen im Mutterleib/Bauch der Frau zusammengefügt wird.] Dann wird er für die nächsten vierzig Tage zu einer „'Alaqah“, und dies ist ein fester, dicker Blutklumpen. Daraufhin wird er für die nächsten vierzig Tage zu einer „Mudghah“, und dies ist ein Fleischstück, das so groß ist, dass es gekaut werden könnte. Danach entsendet Allah den Engel zu ihm und er haucht ihm nach Ablauf der dritten vierzig Tage die Seele ein. Und dem Engel wird die Niederschrift von vier Wörtern befohlen: seine Versorgung, d.h. das Maß der guten Dinge/Gnaden, die er in seinem Leben empfangen wird, seine Lebensfrist, d. h. die Zeit, die er im Diesseits verweilen wird, und seine Taten, die er ausführen wird, und ob er unglücklich oder glücklich sein wird. Dann schwor der Prophet - Allahs Segen und Frieden auf ihm -, dass manch einer die Taten derer vollbringen wird, die ins Paradies kommen und dass seine Taten gut sein werden - zumindest nach dem, wie es den Leuten nach außen hin erscheint. Und das bleibt so, bis zwischen ihm und dem Paradies nur noch eine Elle liegt. D. h., dass zwischen ihm und dem Erreichen des Paradieses nicht mehr bleibt als bei dem, der von einem Ort auf der Erde nur noch eine Elle entfernt ist. Dann überwältigt ihn jedoch das, was für ihn vorgeschrieben und als Schicksal für ihn bestimmt wurde. Daraufhin handelt er wie diejenigen, die ins Höllenfeuer kommen und sein Leben wird damit beendet und er kommt ins Feuer. Denn die Bedingung dafür, dass die Taten von einem angenommen werden, ist, dass man daran festhält und sich nicht ändert. 
-Andere Leute hingegen vollbringen die Taten derer, die in das Höllenfeuer kommen, bis sie kurz davor stehen, hineingeworfen zu werden, als ob zwischen ihm und dem Feuer nur noch eine Elle auf der Erde stünde. Dann überwältigt ihn jedoch das, was für ihn vorgeschrieben und als Schicksal für ihn bestimmt wurde. Darauf handelt er wie diejenigen, die ins Paradies kommen und kommt ins Paradies.</t>
+    <t>Ibn Mas'ud - möge Allah mit ihm zufrieden sein - sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete uns - und er ist der Wahrheitssprechenden in seinen Worten, und der Glaubhafte, dessen Wahrhaftigkeit durch Allah - erhaben ist Er - bestätigt wurde: „Er sagte: ,Wahrlich, die Schöpfung eines jeden von euch wird im Bauch seiner Mutter zusammengefügt.‘“ Dies liegt daran, dass, wenn der Mann mit seiner Frau verkehrt, sein verteilter Samen vierzig Tage lang als Samentropfen im Mutterleib der Frau zusammengefügt wird. Dann wird er für die nächsten vierzig Tage zu einer „'Alaqah“, und dies ist ein fester, dicker Blutklumpen. Daraufhin wird er für die nächsten vierzig Tage zu einer „Mudghah“, und dies ist ein Fleischstück, das so groß ist, dass es gekaut werden könnte. Danach entsendet Allah den Engel zu ihm und er haucht ihm nach Ablauf der dritten vierzig Tage die Seele ein. Und dem Engel wird die Niederschrift von vier Wörtern (also Dingen) befohlen: seine Versorgung, d.h. das Maß der guten Gunstgaben, die er in seinem Leben empfangen wird, seine Lebensfrist, d. h. die Zeitspanne, die er im Diesseits verbringen wird, und seine Taten, die er ausführen wird, und ob er unglücklich oder glücklich sein wird. Dann schwor der Prophet - Allahs Segen und Frieden auf ihm -, dass manch einer die Taten derer vollbringen wird, die ins Paradies kommen und dass seine Taten gut sein werden - zumindest nach dem, wie es den Leuten nach außen hin erscheint. Und das bleibt so, bis zwischen ihm und dem Paradies nur noch eine Elle liegt. D. h., dass zwischen ihm und dem Erreichen des Paradieses nicht mehr bleibt als bei dem, der von einem Ort auf der Erde nur noch eine Elle entfernt ist. Dann überrollt ihn jedoch das, was für ihn vorgeschrieben und als Vorherbestimmung für ihn bestimmt wurde. Daraufhin handelt er wie diejenigen, die ins Höllenfeuer kommen und sein Leben wird damit beendet und er kommt ins Feuer. Denn die Bedingung dafür, dass die Taten von einem angenommen werden, ist, dass man standhaft darauf beharrt und sich nicht ändert. Andere Leute hingegen vollbringen die Taten derer, die in das Höllenfeuer kommen, bis sie kurz davor stehen, hineingeworfen zu werden, als ob zwischen ihm und dem Feuer nur noch eine Elle auf der Erde stünde. Dann holt ihn jedoch das ein, was für ihn vorgeschrieben und als Vorherbestimmung für ihn bestimmt wurde. Daraufhin handelt er wie diejenigen, die ins Paradies kommen und geht in den Paradiesgarten ein.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
-    <t>Das Ende aller Angelegenheiten wird durch das Schicksal vorherbestimmt und nimmt den festgelegten Verlauf an.
-Es wird davor gewarnt, sich durch die (äußerliche) Erscheinung der Taten täuschen zu lassen, denn die Taten werden von ihrem Ende bestimmt.</t>
+    <t>Das Ende aller Angelegenheiten wird durch die Vorherbestimmung beschlossen und nimmt den festgelegten Verlauf an.
+Es wird davor gewarnt, sich durch die (äußerliche) Erscheinung der Taten täuschen zu lassen, denn die Taten sind ja entsprechend den Enden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65037</t>
   </si>
   <si>
     <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>Allah hat die Vorherbestimmungen der Geschöpfe fünfzigtausend Jahre bevor Er die Himmel und die Erde erschuf niedergeschrieben!</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Allah hat die Vorherbestimmungen der Geschöpfe fünfzigtausend Jahre bevor Er die Himmel und die Erde erschuf niedergeschrieben!‘ Er sagte: ‚Und Sein Thron war über dem Wasser.‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah fünfzigtausend Jahre vor der Erschaffung der Himmel und der Erde in „Al-Lauh Al-Mahfudh“ (der wohlbehüteten Tafel) alles, was für die Geschöpfe bestimmt wurde, dass es jemals geschehen wird, in Bezug auf ihr Leben, ihren Tod, ihre Versorgung usw., bis ins kleinste Detail niedergeschrieben hat. Und alles wird exakt so geschehen, wie es Allah - mächtig und majestätisch ist Er - bestimmt hat. Alles, was existiert, ist durch die Bestimmung und Vorherbestimmung Allahs. Alles, was den Diener trifft, hätte ihn niemals verfehlen können, und alles, was ihn verfehlt, hätte ihn niemals treffen können.</t>
   </si>
   <si>
@@ -15066,57 +16597,51 @@
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - saß zwischen seinen Gefährten und sagte: „Das ist die Zeit, in der das Wissen hinweggenommen und den Menschen entzogen wird!“ Das verwunderte Ziyad Ibn Labid Al-Ansari - möge Allah mit ihm zufrieden sein - und er fragte den Propheten - Allahs Segen und Frieden auf ihm. So sagte er: „Wie soll das gehen, dass das Wissen hinweggenommen und es uns entzogen wird? Wir lesen doch den Quran und haben ihn auswendig gelernt? Bei Allah, wir lesen ihn und bringen ihn unseren Frauen, Kindern und Enkeln bei!“ Daraufhin sagte der Prophet - Allahs Segen und Frieden auf ihm - erstaunt: „Deine Mutter soll dich verlieren, o Ziyad! Ich hatte dich bisher zu den Gelehrten in Al-Madinah gezählt!“ Dann erklärte er ihm, dass das Wissen nicht dadurch verloren geht, dass der Quran selbst verloren geht, sondern dadurch, dass nicht mehr nach ihm gehandelt wird. Die Thora und das Evangelium sind bei den Juden und Christen, und doch kam es ihnen weder zugute, noch haben sie von ihrem Zweck profitiert, nämlich nach dem zu handeln, was sie wissen.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Die Tatsache, dass Menschen Quranausgaben und Bücher haben, ist nutzlos, solange nicht nach ihnen gehandelt wird.
 Für den Verlust des Wissens gibt es unterschiedliche Ursachen, zu denen u. a. der Tod des Propheten - Allahs Segen und Frieden auf ihm - sowie der Tod der Gelehrten gehört und dass man nicht mehr nach dem Wissen handelt.
 Zu den Zeichen des Jüngsten Tages gehört, dass das Wissen verloren geht und dass nicht mehr danach gehandelt wird.
 Man wird dazu angehalten, nach dem Wissen zu handeln, denn das ist, was (mit dem Wissen) beabsichtigt wird.</t>
   </si>
   <si>
-    <t>صحيح لغيره</t>
-[...1 lines deleted...]
-  <si>
     <t>رواه ابن ماجه</t>
-  </si>
-[...1 lines deleted...]
-    <t>[Absolut verlässlich durch andere Überlieferung, die sie stützen (Sahih lighairihi)]</t>
   </si>
   <si>
     <t>[Überliefert von Ibn Majah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65045</t>
   </si>
   <si>
     <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Schenkt den Leuten der Schrift keinen Glauben und bezichtigt sie auch nicht der Lüge, sondern sagt: ‚Wir glauben an Allah und an das, was zu uns hinabgesandt worden ist!‘</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Die Leute der Schrift pflegten die Thora auf Hebräisch zu lesen und erklärten sie den Anhängern des Islams auf Arabisch. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Schenkt den Leuten der Schrift keinen Glauben und bezichtigt sie auch nicht der Lüge, sondern sagt: ‚Wir glauben an Allah und an das, was zu uns hinabgesandt worden ist!‘ [Al-Baqarah:136] Der Vers.“</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
@@ -15307,118 +16832,115 @@
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es wird zum Träger/Gefährten des Quran gesagt: ›Lies, steige empor und rezitiere, wie du im Diesseits zu rezitieren pflegtest, denn deine Stufe ist beim letzten Vers, den du liest.‹‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass zu demjenigen, der den Quran zu lesen pflegte, nach ihm handelte und sich regelmäßig damit beschäftigte, ihn zu rezitieren und auswendig zu lernen beim Betreten des Paradieses gesagt wird: „Lies den Quran und steige damit in den Stufen des Paradieses hinauf; und rezitiere wie im Diesseits, bewusst und mit Ruhe, denn deine Stufe wird beim letzten Vers sein, den du liest.“</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Der Lohn entspricht den Taten in Quantität und Qualität.
 Der Ansporn zur Rezitation des Qurans und dazu, sich darin zu perfektionieren, ihn auswendig zu lernen, über ihn nachzudenken und nach ihm zu handeln.
 Im Paradies gibt es viele Ränge und Stufen und der Träger/Gefährte des Quran erlangt darin die höchsten Stufen.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/de/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>‚Derjenige, der den Quran laut rezitiert, ist wie derjenige, der ein Almosen öffentlich gibt, und derjenige, der den Quran still rezitiert, ist wie derjenige, der ein Almosen im Geheimen gibt.‘“</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Von 'Uqbah Ibn 'Amir Al-Juhani - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Derjenige, der den Quran laut rezitiert, ist wie derjenige, der ein Almosen öffentlich gibt, und derjenige, der den Quran still rezitiert, ist wie derjenige, der ein Almosen im Geheimen gibt.‘“</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass derjenige, der die anderen mitbekommen lässt, wenn er den Quran rezitiert, wie derjenige ist, der die anderen mitbekommen lässt, dass er ein Almosen gibt. Derjenigen, der jedoch seine Rezitation verbirgt, ist wie derjenige, der sein Almosen verbirgt.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Es ist besser, die Quranrezitation zu verbergen, genauso wie es besser ist, das Almosen zu verbergen, da dieses Verhalten aufrichtiger ist und weiter von Augendienerei und Selbstverherrlichung entfernt ist. Das gilt jedoch nicht, wenn es notwendig oder nützlich ist, es öffentlich zu machen, wie z. B. beim Lehren des Quran.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65055</t>
   </si>
   <si>
     <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
-    <t>Euch obliegt die Furcht vor Allah, das Hören und Gehorchen (den Herrschern gegenüber), auch wenn es ein abessinischer Sklave ist. Ihr werdet nach mir heftige Meinungsverschiedenheiten erleben, so haltet euch an meine Sunnah und die Sunnah der rechtgeleiteten Kalifen</t>
+    <t>Ich rate euch zur Furcht gegenüber Allah und zum Gehorsam und zur Folgsamkeit, selbst wenn ein Sklave als Befehlshaber über euch bestimmt wird. Denn wahrlich, wer von euch (lange) leben wird, der wird viel Uneinigkeit sehen. So befolgt meine Sunnah und die Sunnah der rechtgeleiteten Kalifen</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
-    <t>Von Al-'Irbaadh Ibn Sariyah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - stand eines Tages unter uns auf und hielt eine eindringliche Predigt, die die Herzen erzittern und die Augen tränen ließ. Jemand sagte: „O Gesandter Allahs, du hast uns eine Predigt gehalten, wie eines Abschiednehmenden, so gib uns einen Ratschlag.“ Er sagte: „Euch obliegt die Furcht vor Allah, das Hören und Gehorchen (den Herrschern gegenüber), auch wenn es ein abessinischer Sklave ist. Ihr werdet nach mir heftige Meinungsverschiedenheiten erleben, so haltet euch an meine Sunnah und die Sunnah der rechtgeleiteten Kalifen. Haltet daran mit den Zähnen fest, und hütet euch vor Neuerungen, denn jede Neuerung ist eine Irrlehre.“</t>
+    <t>Von Al-'Irbadh Ibn Sariyah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ermahnte uns (eines Tages) durch eine Mahnpredigt, durch die die Herzen mit Furcht erfüllt wurden und durch die sich die Augen mit Tränen füllten. Da sagten wir: ‚O Gesandter Allahs, es klingt, als wäre es die Mahnpredigt eines Sich-Verabschiedenden, so rate uns!‘ Er sagte: ‚Ich rate euch zur Furcht gegenüber Allah und zum Gehorsam und zur Folgsamkeit, selbst wenn ein Sklave als Befehlshaber über euch bestimmt wird. Denn wahrlich, wer von euch (lange) leben wird, der wird viel Uneinigkeit sehen. So befolgt meine Sunnah und die Sunnah der rechtgeleiteten Kalifen! Beißt euch mit euren Backenzähnen daran fest! Und hütet euch vor den Neuerungen, denn wahrlich, jede Neuerung (in der Religion) ist Irreleitung!‘“</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hielt seinen Gefährten eine eindringliche Predigt, die die Herzen erzittern und die Augen tränen ließ. Sie sagten: „O Gesandter Allahs, es scheint wie die Predigt eines Abschiednehmenden“, aufgrund seiner - Allahs Segen und Frieden auf ihm - eindringlichen Art und Weise in der Predigt. Sie baten dann um einen Ratschlag, an dem sie sich nach ihm festhalten konnten. Er sagte: „Ich empfehle euch die Furcht vor Allah - mächtig und majestätisch -.“ und das bedeutet, die Pflichten zu erfüllen und die Verbote zu unterlassen, „Und das Hören und Gehorchen“, d. h. den Herrschern gegenüber, auch wenn ein Sklave über euch herrscht oder die Macht übernimmt, d. h. selbst wenn der Niedrigste der Schöpfung über euch herrscht, so sollt ihr euch nicht dagegen sträuben und ihm gehorchen, aus Angst vor Unruhen. Denn wer von euch weiterlebt, wird viele Meinungsverschiedenheiten sehen, Dann zeigte er ihnen den Ausweg aus diesen Meinungsverschiedenheiten, nämlich durch das Festhalten an seiner Sunnah und der Sunnah der rechtgeleiteten Kalifen nach ihm: Abu Bakr As-Siddiq, 'Umar Ibn Al-Khattab, 'Uthman Ibn Affan und 'Ali bn Abi Talib - möge Allah mit ihnen allen zufrieden sein -. Und „daran mit den Zähnen festzuhalten“ bedeutet, sich ernsthaft an die Sunnah zu halten und sich daran festzuklammern. Und er warnte sie vor Neuerungen und Erfindungen in der Religion, denn jede Neuerung ist eine Irrlehre.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hielt seinen Gefährten eine eindringliche Predigt, die die Herzen erzittern und die Augen tränen ließ. Sie sagten: „O Gesandter Allahs, es scheint wie die Predigt eines Abschiednehmenden“, aufgrund seiner - Allahs Segen und Frieden auf ihm - eindringlichen Art und Weise in der Predigt. Sie baten dann um einen Ratschlag, an dem sie sich nach ihm festhalten konnten. Er sagte: „Ich empfehle euch die Furcht vor Allah - mächtig und majestätisch -.“ und das bedeutet, die Pflichten zu erfüllen und die Verbote zu unterlassen, „Und das Hören und Gehorchen“, d. h. den (muslimischen) Herrschern gegenüber, auch wenn ein Sklave über euch herrscht oder die Macht übernimmt, d. h. selbst wenn der Niedrigste der Schöpfung über euch herrscht, so sollt ihr euch nicht dagegen sträuben und ihm gehorchen, aus Angst vor Unruhen. Denn wer von euch weiterlebt, wird viele Meinungsverschiedenheiten sehen. Dann zeigte er ihnen den Ausweg aus diesen Meinungsverschiedenheiten, nämlich durch das Festhalten an seiner Sunnah und der Sunnah der rechtgeleiteten Kalifen nach ihm: Abu Bakr As-Siddiq, 'Umar Ibn Al-Khattab, 'Uthman Ibn Affan und 'Ali bn Abi Talib - möge Allah mit ihnen allen zufrieden sein. Und „daran mit den Zähnen festzuhalten“ bedeutet, sich ernsthaft an die Sunnah zu halten und sich daran festzuklammern. Und er warnte sie vor Neuerungen und Erfindungen in der Religion, denn jede Neuerung ist eine Irrlehre.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Die Wichtigkeit des Festhaltens an der Sunnah und ihrer Befolgung.
 Die Wichtigkeit von Ermahnungen und dem Erweichen der Herzen.
-Die Anweisung, den vier rechtgeleiteten Kalifen nach ihm zu folgen, nämlich Abu Bakr, 'Umar, 'Uthman und 'Ali - möge Allah mit ihnen zufrieden sein -.
+Die Anweisung, den vier rechtgeleiteten Kalifen nach ihm zu folgen, nämlich Abu Bakr, 'Umar, 'Uthman und 'Ali - möge Allah mit ihnen zufrieden sein.
 Das Verbot von Neuerungen in der Religion und die Feststellung, dass jede Neuerung eine Irrlehre ist.
 Das Hören und Gehorchen gegenüber demjenigen, der die Angelegenheiten der Gläubigen übernimmt, solange es nicht im Ungehorsam (gegenüber Allah) geschieht.
 Die Wichtigkeit der Furcht vor Allah - mächtig und majestätisch ist Er - zu allen Zeiten und unter allen Umständen.
 Die Meinungsverschiedenheiten sind in dieser Gemeinschaft eine Realität, und wenn sie auftreten, ist es notwendig, zur Sunnah des Gesandten Allahs - Allahs Segen und Frieden auf ihm - und der rechtgeleiteten Kalifen zurückzukehren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>ihnen vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - zehn Verse weitergegeben wurden. Darauf wandten sie sich nicht den nächsten zehn zu, bevor sie wussten, was es in ihnen zu wissen und zum Umsetzen gab</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Von Abu 'Abdirrahman As-Sulami - möge Allah Sich seiner erbarmen - wird berichtet, dass er sagte: „Jemand von den Gefährten des Propheten - Allahs Segen und Frieden auf ihm -, der uns den Quran lehrte, berichtete uns, dass ihnen vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - zehn Verse weitergegeben wurden. Darauf wandten sie sich nicht den nächsten zehn zu, bevor sie wussten, was es in ihnen zu wissen und zum Umsetzen gab. Sie sagten: ‚So erlernten wir das Wissen und die Tat!‘“</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Die Gefährten des Propheten - möge Allah mit ihnen zufrieden sein - erhielten/empfingen vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - jeweils zehn Quranverse und wandten sich nichts anderem zu, bevor sie das Wissen in in diesen zehn lernten und es praktizierten. So lernten sie gleichzeitig das Wissen und das Handeln danach.</t>
@@ -15772,50 +17294,53 @@
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - am Tag der Eroberung von Makkah eine Rede an die Menschen hielt und sagte: „O ihr Menschen, Allah hat euch die Arroganz der Zeit der Unwissenheit und ihre Überheblichkeit durch die Vorfahren genommen. So gibt es zwei Arten von Menschen: den guten und frommen, der bei Allah geehrt ist, und den sündigen und unglücklichen, der bei Allah verachtet ist. Alle Menschen sind die Nachkommen Adams, und Allah hat Adam aus Erde erschaffen. Allah sagte: ‚O ihr Menschen, Wir haben euch ja von einem männlichen und einem weiblichen Wesen erschaffen, und Wir haben euch zu Völkern und Stämmen gemacht, damit ihr einander kennenlernt. Gewiss, der Geehrteste von euch bei Allah ist der Gottesfürchtigste von euch. Gewiss, Allah ist allwissend und allkundig.‘ [Al-Hujurat: 13]“</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hielt am Tag der Eroberung von Makkah eine Rede und sagte: „O ihr Menschen, Allah hat die Arroganz der Zeit der Unwissenheit, ihre Überheblichkeit und den Stolz auf die Vorfahren von euch genommen. Es gibt nur zwei Arten von Menschen:
 Entweder ein gläubiger, rechtschaffener, frommer und demütiger Diener Allahs; diese Person ist bei Allah wertvoll, auch wenn sie bei den Menschen keinen besonderen Status oder (eine besondere) Abstammung hat.
 Oder ein ungläubiger, sündiger, unglücklicher Mensch, der bei Allah gering und wertlos ist, auch wenn er einen hohen Status, eine hohe Stellung und Macht hat.
 Und alle Menschen sind Nachkommen Adams, und Allah hat Adam aus Erde erschaffen. Es steht daher keinem, dessen Ursprung aus Erde stammt, zu, sich zu überheben oder sich selbst zu bewundern. Dies ist die Aussage Allahs - mächtig und majestätisch ist Er -: ‚O ihr Menschen, Wir haben euch ja von einem männlichen und einem weiblichen Wesen erschaffen, und Wir haben euch zu Völkern und Stämmen gemacht, damit ihr einander kennenlernt. Gewiss, der Geehrteste von euch bei Allah ist der Gottesfürchtigste von euch. Gewiss, Allah ist allwissend und allkundig.‘  [Al-Hujurat: 13]“</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Das Verbot der Prahlerei mit der Abstammung und dem Status.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
+    <t>[رواه الترمذي وابن حبان]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/65074</t>
   </si>
   <si>
     <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>„Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.“</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Von Az-Zubair Ibn Al-'Awwam wird überliefert, dass er sagte: Als der Vers „Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.“ [At-Takathur: 8] herabgesandt wurde, sagte Az-Zubayr: „O Gesandter Allahs, nach welcher Wonne werden wir gefragt, denn es sind nur zwei schwarze Dinge, Datteln und Wasser?“ Er antwortete: „Ja, so wird es sein.“</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Als der Vers herabgesandt wurde: Der Vers „Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.“ bedeutet: „Ihr werdet am Tag des Jüngsten Gerichts über die Dankbarkeit für die Segnungen, die Allah euch gegeben hat, befragt werden.“ Az-Zubayr Ibn Al-'Awwam - möge Allah mit ihm zufrieden sein - sagte dann: „O Gesandter Allahs, über welche Segnung werden wir befragt? Es sind doch nur zwei Segnungen, die nicht einer Befragung würdig erscheinen: Datteln und Wasser!“
 Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ihr werdet tatsächlich über die Segnungen befragt werden, obwohl ihr euch in dieser Situation befindet. Denn Datteln und Wasser sind zwei große Segnungen von Allah - erhaben ist Er -.“</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
@@ -16369,50 +17894,53 @@
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Von Buraydah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, das Abkommen zwischen uns und ihnen ist das Gebet; wer es verlässt, hat Unglauben begangen.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass das Abkommen und Bündnis zwischen den Muslimen und den Ungläubigen sowie den Heuchlern das Gebet ist. Wer es verlässt, hat Unglauben begangen.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Die gewaltige Stellung des Gebets und dass es den Unterschied zwischen dem Gläubigen und Ungläubigen ausmacht.
 Die Bestätigung der islamischen Urteile anhand des äußeren Zustands eines Menschen und nicht seines inneren Zustands.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
+    <t>[رواه الترمذي والنسائي وابن ماجه وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/de/browse/hadith/65094</t>
   </si>
   <si>
     <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>„O Bilal, rufe zum Gebet, damit wir dadurch Ruhe finden.“</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Von Salim Ibn Abi Al-Ja'd wird überliefert: „Ein Mann sagte: ‚Ich wünschte, ich hätte gebetet und mich ausgeruht.‘ Sie schienen dies zu missbilligen. Da sagte er: ‚Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „O Bilal, rufe zum Gebet, damit wir dadurch Ruhe finden.“</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Ein Mann von den Gefährten sagte: „Ich wünschte, ich hätte gebetet und mich (dadurch) ausgeruht.“ Die Leute um ihn schienen dies zu missbilligen. Da sagte er: „Ich habe den Propheten - Allahs Segen und Frieden auf ihm - sagen hören: ‚O Bilal, rufe den Gebetsruf aus und dann die Iqamah, damit wir dadurch Ruhe finden.‘ Dies liegt daran, dass im Gebet die Anrufung Allahs - erhaben ist Er - enthalten ist und darin Erholung für die Seele und das Herz liegt.“</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
@@ -16716,86 +18244,1247 @@
     <t>Von 'Uthman Ibn Abi Al-'As - möge Allah mit ihm zufrieden sein - wird überliefert, dass er zum Propheten - Allahs Segen und Frieden auf ihm - kam und sagte: „O Gesandter Allahs, der Satan hat sich zwischen mich und mein Gebet und meine Rezitation gedrängt und verwirrt mich hierin.“ Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das ist ein Satan, der Khinzab genannt wird. Wenn du ihn spürst, such Zuflucht bei Allah vor ihm und spuck (trocken) dreimal nach links.“ Er sagte: „Ich tat dies, und Allah nahm ihn von mir weg.“</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>'Uthman Ibn Abi Al-'As - möge Allah mit ihm zufrieden sein - kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, der Satan hat sich zwischen mich und mein Gebet gedrängt; er hat mich davon abgehalten, Demut darin zu empfinden, er hat meine Rezitation durcheinandergebracht und mich darüber zweifeln lassen.“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte ihm: „Das ist ein Satan, der Khinzab genannt wird. Wenn du dies vorfindest und spürst, suche Zuflucht bei Allah, und bitte Allah um Schutz vor ihm. Spucke dreimal nach links mit etwas Speichel.“ 'Uthman sagte: „Ich tat, was der Prophet - Allahs Segen und Frieden auf ihm - mir befohlen hatte, und Allah nahm ihn von mir weg.“</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Die Wichtigkeit der Demut und der Anwesenheit des Herzens im Gebet und dass der Satan sich bemüht, Verwirrung und Zweifel darin zu säen.
 Es wird empfohlen, Zuflucht vor dem Satan zu suchen, wenn er im Gebet einflüstert, und dreimal auf die linke Seite zu spucken.
 Die Erklärung der Zuwendung der Gefährten des Propheten - möge Allah mit ihnen zufrieden sein - an den Propheten - Allahs Segen und Frieden auf ihm -, wenn sie mit Problemen konfrontiert waren, um diese von ihm lösen zu lassen.
 Die Belebtheit der Herzen der Gefährten und ihre Sorge um das Jenseits.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65105</t>
   </si>
   <si>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
+  </si>
+  <si>
+    <t>‚Allah akzeptiert keine Tat, außer sie ist (aufrichtig) Ihm allein gewidmet und Sein Angesicht wird dadurch angestrebt.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
+  </si>
+  <si>
+    <t>Von Abu Umamah Al-Bahili - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚Was sagst du zu einem Mann, der in den Krieg zieht, um Lohn und Anerkennung zu suchen, was bekommt er?‘ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Er bekommt nichts.‘ Er wiederholte es dreimal, und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte ihm jedes Mal: ‚Er bekommt nichts.‘ Dann sagte er: ‚Allah akzeptiert keine Tat, außer sie ist (aufrichtig) Ihm allein gewidmet und Sein Angesicht wird dadurch angestrebt.‘“</t>
+  </si>
+  <si>
+    <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
+  </si>
+  <si>
+    <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm -, um ihn nach einem Mann zu fragen und nach dem Urteil dieses Mannes, der in die Schlacht und den Krieg zieht, um Lohn von Allah zu erlangen und (zugleich) das Verlangen nach Lob und Anerkennung bei den Menschen hat. Erhält dieser einen Lohn? Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - antwortete ihm, dass er nichts erhält, weil er in seiner Absicht jemand anderen als Allah beigesellte. Er wiederholte dem Propheten - Allahs Segen und Frieden auf ihm - seine Frage dreimal, und er - Allahs Segen und Frieden auf ihm - antwortete ihm jedes Mal mit der selben Antwort; dass er nichts erhält. Dann berichtete der Prophet - Allahs Segen und Frieden auf ihm - ihm von der Regel für die Akzeptanz der Tat bei Allah: Allah akzeptiert keine Tat, außer sie ist Ihm allein gewidmet, ohne dass jemand anderes darin beigesellt wird, und sie ist allein für das Angesicht Allahs - gepriesen ist Er .</t>
+  </si>
+  <si>
+    <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
+أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
+تأكيد الأمر العظيم بتكرار السؤال عنه.
+المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
+  </si>
+  <si>
+    <t>Allah akzeptiert nur Taten, die Ihm - erhaben ist Er - allein gewidmet sind und in Übereinstimmung mit der Führung Seines Propheten - Allahs Segen und Frieden auf ihm - stehen.
+Zu einer guten Antwort des Muftis (Gelehrter, der religiöse Rechtsurteile gibt) gehört, dass seine Fatwa (islamisches Rechtsurteil) das Anliegen des Fragenden vollständig beantwortet - und sogar darüber hinausgeht.
+Die Betonung einer gewaltigen Angelegenheit durch das wiederholte Fragen danach.
+Der wahre Kämpfer ist derjenige, der kämpft, damit Allahs Wort das höchste ist, und der mit aufrichtiger Absicht nach dem Lohn und der Belohnung im Jenseits strebt, und nicht derjenige, der des Diesseits willen kämpft.</t>
+  </si>
+  <si>
+    <t>رواه النسائي</t>
+  </si>
+  <si>
+    <t>[Überliefert von al-Nasai]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65107</t>
+  </si>
+  <si>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
+  </si>
+  <si>
+    <t>„Die Süße des Glaubens hat derjenige gekostet, der mit Allah als Herrn, mit dem Islam als Religion und mit Muhammad als Gesandten zufrieden ist.“</t>
+  </si>
+  <si>
+    <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
+  </si>
+  <si>
+    <t>Von Al-'Abbas Ibn 'Abd Al-Muttalib - möge Allah mit ihm zufrieden sein - wird überliefert, dass er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen hörte: „Die Süße des Glaubens hat derjenige gekostet, der mit Allah als Herrn, mit dem Islam als Religion und mit Muhammad als Gesandten zufrieden ist.“</t>
+  </si>
+  <si>
+    <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
+أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
+ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
+ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass der Gläubige, der in seinem Glauben aufrichtig ist und dessen Herz damit erfüllt ist, in seinem Herzen Freude, Weite, Glück, Süße und die Süße der Nähe zu Allah - erhaben ist Er - finden wird, wenn er mit drei Dingen zufrieden ist.
+Erstens: Er ist mit Allah als Herrn zufrieden,  indem sein Herz mit dem erfüllt ist, was von Allah gemäß Seiner Herrschaft über ihn kommt, wie die Verteilung des Lebensunterhalts und der (Lebens)umstände, sodass er in seinem Herzen keinen Einwand gegen irgendetwas davon hat und keinen anderen Herrn als Allah - erhaben ist Er - sucht.
+Zweitens: Er ist mit dem Islam als Religion zufrieden, indem sein Herz sich weitet für das, was der Islam an Pflichten und Geboten beinhaltet, und indem er keinen anderen Weg als den des Islams anstrebt.
+Drittens: Er ist mit Muhammad - Allahs Segen und Frieden auf ihm - als Gesandten zufrieden, indem sein Herz sich öffnet und sich über alles freut, was er gebracht hat, ohne Zweifel oder Zögern, sodass er nur das befolgt, was mit seiner Führung - Allahs Segen und Frieden auf ihm - übereinstimmt.</t>
+  </si>
+  <si>
+    <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
+الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
+الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
+قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
+  </si>
+  <si>
+    <t>Der Glaube hat eine Süße und einen Geschmack, den man mit dem Herzen schmeckt, so wie man die Süße von Essen und Trinken mit dem Mund schmeckt.
+Der Körper kann die Süße von Essen und Trinken nur dann wahrnehmen, wenn er gesund ist. Ebenso kann das Herz, wenn es von der Krankheit der irreführenden Gelüste und verbotenen Begierden frei ist, die Süße des Glaubens schmecken. Wenn es jedoch krank und schwach ist, kann es die Süße des Glaubens nicht wahrnehmen, sondern mag vielleicht das, was zu seinem Untergang führt, nämlich Gelüste und Sünden.
+Wenn ein Mensch mit etwas zufrieden ist und es gutheißt, wird es ihm leicht fallen, und nichts davon wird ihm schwerfallen, und er wird sich über alles freuen, was damit verbunden ist, und seine Freude wird sein Herz erfüllen. Ebenso ist es mit dem Gläubigen: Wenn der Glaube in sein Herz eindringt, wird ihm der Gehorsam gegenüber seinem Herrn leicht fallen und seine Seele wird Freude daran finden, und es wird ihm nicht schwerfallen, sich dafür anzustrengen.
+Ibn Al-Qayyim sagte: „Dieser Hadith beinhaltet die Zufriedenheit mit Seiner Herrschaft - gepriesen sei Er - und Seiner Göttlichkeit, die Zufriedenheit mit Seinem Gesandten und die Unterwerfung unter ihn, und die Zufriedenheit mit Seiner Religion und die Hingabe an sie.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65116</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
+  </si>
+  <si>
+    <t>‚Vier (Eigenschaften), wer sie alle besitzt, ist ein vollkommener Heuchler, und wer eine davon aufweist, hat einen Anteil an der Heuchelei, bis er sie aufgibt: Wenn er spricht, lügt er; wenn er etwas verspricht, hält er es nicht ein, bricht er es; wenn er einen Vertrag schließt, handelt er treulos; und wenn er streitet, überschreitet er das Maß (und wird unverschämt).‘“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Vier (Eigenschaften), wer sie alle besitzt, ist ein vollkommener Heuchler, und wer eine davon aufweist, hat einen Anteil an der Heuchelei, bis er sie aufgibt: Wenn er spricht, lügt er; wenn er etwas verspricht, hält er es nicht ein, bricht er es; wenn er einen Vertrag schließt, handelt er treulos; und wenn er streitet, überschreitet er das Maß (und wird unverschämt).‘“</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte vor vier Eigenschaften. Wenn sie alle in einem Muslim vereint sind, ähnelt er aufgrund dieser Eigenschaften stark den Heuchlern. Dies gilt für jemanden, bei dem diese Eigenschaften vorherrschend sind. Wer sie jedoch selten zeigt, fällt nicht darunter. Diese Eigenschaften sind:
+Die erste (Eigenschaft): Wenn er spricht, lügt er absichtlich und ist nicht wahrhaftig in seinen Worten.
+Die zweite (Eigenschaft): Wenn er ein Versprechen gibt, hält er es nicht ein und betrügt seinen Gefährten.
+Die dritte (Eigenschaft): Wenn er ein Versprechen gibt, erfüllt er es nicht und bricht es.
+Die vierte (Eigenschaft): Wenn er mit jemandem streitet oder sich zankt, ist sein Streit heftig, und er weicht von der Wahrheit ab, versucht sie zu leugnen und zu widerlegen, und erzählt Unwahrheiten und Lügen.
+Heuchelei bedeutet, etwas äußerlich zu zeigen, während man innerlich das Gegenteil davon verbirgt. Diese Bedeutung trifft auf denjenigen zu, der diese Eigenschaften besitzt. Seine Heuchelei zeigt sich gegenüber denjenigen, mit denen er spricht, denen er Versprechungen macht, die ihm vertrauen, mit denen er streitet und mit denen er Verträge schließt; gemeint ist nicht, dass er ein Heuchler im Islam ist, der den Islam äußerlich zeigt, während er innerlich den Unglauben verbirgt. Und wer eine dieser Eigenschaften besitzt, hat eine Eigenschaft der Heuchelei, bis er sie aufgibt.</t>
+  </si>
+  <si>
+    <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
+المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
+قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
+النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
+قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
+قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
+  </si>
+  <si>
+    <t>Die Erklärung einiger Anzeichen von Heuchelei, um davor zu warnen und abzuschrecken.
+Die Bedeutung des Hadithes: Diese Eigenschaften sind Eigenschaften der Heuchelei und diejenigen, die sie besitzen, ähneln den Heuchlern in diesen Eigenschaften und eignen sich ihre Moral an; das bedeutet nicht, dass er ein Heuchler ist, der äußerlich den Islam zeigt, während er innerlich den Unglauben verbirgt. Es wurde gesagt, dass dies für denjenigen gilt, bei dem diese Eigenschaften vorherrschen und der sie leichtfertig behandelt und ihre Angelegenheit gering schätzt. Denn wer so ist, hat meistens einen verdorbenen Glauben.
+Al-Ghazali (damit ist Abu Hamid Al-Ghazali gemeint, ein früherer asch'aritischer Sufi-Gelehrte) sagte: „Die Grundlage der Religion beschränkt sich auf drei Dinge: Worte, Taten und Absichten. So wurde auf die Verderbtheit der Worte durch die Lüge hingewiesen, auf die Verderbtheit der Taten durch den Verrat und auf die Verderbtheit der Absichten durch das Brechen von Versprechen, denn das Brechen eines Versprechens schadet nur dann, wenn beim Versprechen bereits die Absicht bestand, es nicht einzuhalten. Wenn man jedoch die Absicht hatte, es zu erfüllen, und dann ein Hindernis auftrat oder man seine Meinung änderte, dann ist dies kein Anzeichen für Heuchelei.“
+Es gibt zwei Arten von Heuchelei: Die Heuchelei im Glauben, (bzw. die glaubensbezogene Heuchelei), die ihren Umsetzer aus dem Glauben austreten lässt; sie besteht darin, den Islam äußerlich zu zeigen und innerlich den Unglauben zu verbergen. Und es gibt die Heuchelei in den Handlungen, die darin besteht, den Heuchlern in ihrer Moral nachzuahmen. Dies führt ihren Umsetzer nicht aus dem Glauben heraus, aber es ist eine große Sünde.
+Ibn Hajar sagte: „Die Gelehrten sind sich einig, dass jemand, der diese Eigenschaften in seinem Herzen, seiner Zunge und seinen Taten bestätigt, nicht als Ungläubiger verurteilt wird, noch ist er ein Heuchler, der ewig in der Hölle bleiben wird.“
+An-Nawawi sagte: „Eine Gruppe von Gelehrten sagte: Gemeint sind die Heuchler, die zur Zeit des Propheten - Allahs Segen und Frieden auf ihm - lebten und ihren Glauben äußerlich bekannten, aber logen, denen ihr Glaube anvertraut wurde und sie ihn verrieten, die in Bezug auf die Religion und ihre Unterstützung Versprechungen machten und sie brachen, und die in ihren Streitigkeiten ungerecht waren.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65124</t>
+  </si>
+  <si>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>‚Zum guten Islam einer Person gehört, das zu lassen, was ihn nichts angeht.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Zum guten Islam einer Person gehört, das zu lassen, was ihn nichts angeht.‘“</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es zur Vollkommenheit der guten islamischen Eigenschaften des Muslims und zur Vervollständigung seines Glaubens („Iman“) gehört, dass er sich von allen Aussagen und Taten entfernt, die ihn nichts angehen, ihn nicht betreffen, ihn nicht bekümmern und ihm nicht nützen, und ebenso von allen religiösen und diesseitigen Angelegenheiten, die ihn nichts angehen. 
+Wenn der Mensch sich mit Angelegenheiten beschäftigt, die nicht seine sind, lenkt ihn dies von dem ab, was ihn angeht oder führt ihn zu etwas, was er meiden sollte. Der Mensch wird am Tag der Auferstehung nämlich nach seinen Taten befragt.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Die Menschen unterscheiden sich in ihrer Stufe im Islam; und durch einige Taten kann sich der Islam (einer Person) verbessern.
+Wenn man das unnütze Gerede und die überflüssigen Aussagen und Taten unterlässt, ist das ein Beweis für die Vollkommenheit des Islams dieser Person.
+Der Ansporn, dass der Mensch sich mit den Angelegenheiten seiner Religion und seines diesseitigen Lebens, die ihn betreffen, befasst. Wenn es zum guten Islam einer Person gehört, das zu lassen, was einen nichts angeht, dann gehört es auch zum guten Islam einer Person, dass er sich mit dem beschäftigt, was ihn angeht.
+Ibn Al-Qayyim - möge Allah mit ihm barmherzig sein - sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - fasste die Frömmigkeit in einem Satz zusammen, indem er sagte: ‚Zum guten Islam einer Person gehört, das zu lassen, was ihn nichts angeht.‘ Dies umfasst das Meiden von allem, was einen nichts angeht - sei es im Sprechen, Anschauen, Zuhören, Nehmen, Gehen, Nachdenken und in allen anderen sichtbaren und inneren Bewegungen. Dies ist ein ausreichender (und heilender) Satz über die Frömmigkeit.“
+Ibn Rajab sagte: „Dieser Hadith ist eine der Grundlagen des guten Benehmens.“
+Der Ansporn zum Streben nach Wissen, denn dadurch erkennt der Mensch, was ihn angeht und was ihn nicht angeht.
+Das Befehlen des Guten, das Untersagen des Schlechten und der gute Ratschlag gehören zu den Dingen, die den Menschen angehen, da sie ihm anbefohlen wurden.
+Unter die allgemeine Bedeutung des Hadithes fällt auch, dass man sich von allem fernhält, was Allah - mächtig und majestätisch ist Er - untersagte und der Prophet - Allahs Segen und Frieden auf ihm - verabscheute - was einen nichts angeht. Ebenso gehören dazu alle Angelegenheiten des Jenseits, die man nicht benötigt, wie z. B. genaue Informationen über das Verborgene und Details über die Bestimmungen der Schöpfung und Befehle (Allahs). Außerdem gehört dazu das Fragen und Forschen nach hypothetischen und erfundenen Angelegenheiten, die weder eingetreten sind, noch eintreten werden, noch vorstellbar ist, dass sie eintreten werden.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
+  </si>
+  <si>
+    <t>‚Zwischen jeweils zwei Gebetsrufen liegt ein Gebet, zwischen jeweils zwei Gebetsrufen liegt ein Gebet.‘ Dann sagte er beim dritten Mal: ‚Für denjenigen, der will.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn Mughaffal - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Zwischen jeweils zwei Gebetsrufen liegt ein Gebet, zwischen jeweils zwei Gebetsrufen liegt ein Gebet.‘ Dann sagte er beim dritten Mal: ‚Für denjenigen, der will.‘“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass zwischen jedem Adhan (erster Gebetsruf) und der Iqamah (zweiter Gebetsruf) ein freiwilliges Gebet liegt. Er wiederholte dies dreimal und fügte beim dritten Mal hinzu, dass es für denjenigen empfohlen ist, der beten möchte.</t>
+  </si>
+  <si>
+    <t>استحباب الصلاة بين الأذان والإقامة.
+هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
+المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
+الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
+  </si>
+  <si>
+    <t>Es ist empfehlenswert, zwischen dem Adhan und der Iqamah zu beten.
+Die Art und Weise des Propheten - Allahs Segen und Frieden auf ihm - ist, eine Aussage zu wiederholen, um sie zu betonen und ihre Wichtigkeit hervorzuheben.
+Mit den beiden Gebetsrufen sind der Adhan und die Iqamah gemeint. Sie werden als „die beiden Gebetsrufe“ bezeichnet, wobei der Begriff „Adhan“ für beide verwendet wird, ähnlich wie bei „Al-Qamarayn“ (die beiden Lichter: Sonne und Mond) und „Al-'Umarayn“ (die beiden Umars: Abu Bakr und 'Umar).
+Der Adhan kündigt den Beginn der Gebetszeit an, während die Iqamah die Ankündigung für den Beginn des (tatsächlichen) Gebets ist.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65479</t>
+  </si>
+  <si>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
+  </si>
+  <si>
+    <t>„Wenn der Mensch stirbt, enden seine Taten, bis auf drei: eine fortwährende Spende, Wissen, von dem man Nutzen zieht, oder ein rechtschaffenes Kind, welches Bittgebete für ihn spricht.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn der Mensch stirbt, enden seine Taten, bis auf drei: eine fortwährende Spende, Wissen, von dem man Nutzen zieht, oder ein rechtschaffenes Kind, welches Bittgebete für ihn spricht.“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
+الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
+الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
+الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Taten des Verstorbenen mit seinem Tod enden, und dass ihm nach seinem Tod keine guten Taten mehr zukommen, außer in diesen drei Fällen, da er der Grund (für das Zustandekommen von ihnen) war:
+Erstens: Die Spende, deren Lohn kontinuierlich und fortwährend ist, ohne zu enden, wie eine Stiftung, der Bau von Moscheen, das Graben von Brunnen und dergleichen.
+Zweitens: Wissen, von dem die Menschen profitieren, wie das Verfassen von Büchern des Wissens oder das Unterrichten einer Person, die dieses Wissen nach seinem Tod weiterverbreitet.
+Drittens: Das rechtschaffene gläubige Kind, das für seine Eltern Bittgebete spricht.</t>
+  </si>
+  <si>
+    <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
+خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
+كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
+العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
+الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
+الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
+الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
+  </si>
+  <si>
+    <t>Die Gelehrten sind sich einig, dass der Lohn, der den Menschen nach seinem Tod zuteil wird, die fortwährende Spende, das nützliche Wissen sowie das Bittgebet ist, und in anderen Hadithen wird auch die Pilgerfahrt erwähnt.
+Diese drei wurden in diesem Hadith ausdrücklich erwähnt, weil sie die Grundlagen des Guten sind; und (sie sind) das, was rechtschaffene Menschen sich am meisten wünschen, dass es nach ihnen fortbesteht.
+Jedes Wissen, von dem profitiert wird, bringt Lohn, aber an erster Stelle stehen das religiöse Wissen und die Wissenschaften, die es begleiten.
+Das Wissen ist das nützlichste dieser drei, denn der Mensch, der es lernt, profitiert davon. Wissen bewahrt die islamische Gesetzgebung (Schari'ah), es nützt der gesamten Schöpfung, und es ist umfassender und allgemeiner, weil Menschen von deinem Wissen lernen können, sowohl während deines Lebens als auch nach deinem Tod.
+Die Ermutigung zur Erziehung rechtschaffener Kinder, denn sie sind diejenigen, die ihren Eltern im Jenseits nützen; und zu ihrem Nutzen gehört, dass sie für sie Bittgebete sprechen.
+Die Ermutigung, den Eltern nach ihrem Tod Gutes zu tun, was auch zu den guten Taten gehört, von denen das Kind profitiert.
+Das Bittgebet nützt dem Verstorbenen, auch wenn es nicht vom (eigenen) Kind kommt, aber das Kind wurde besonders erwähnt, weil es in der Regel diejenige Person ist, die weiterhin für den Verstorbenen Bittgebete sprich, bis es selbst stirbt.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65566</t>
+  </si>
+  <si>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
+  </si>
+  <si>
+    <t>„O Gesandter Allahs, die Mutter von Sa'd ist gestorben. Welche Spende ist die beste?“ Er sagte: „Wasser.“ Er sagte: „Also grub er einen Brunnen und sagte: ‚Dies ist für die Mutter von Sa'd.‘“</t>
+  </si>
+  <si>
+    <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
+  </si>
+  <si>
+    <t>Von Sa'd Ibn 'Ubadah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „O Gesandter Allahs, die Mutter von Sa'd ist gestorben. Welche Spende ist die beste?“ Er sagte: „Wasser.“ Er sagte: „Also grub er einen Brunnen und sagte: ‚Dies ist für die Mutter von Sa'd.‘“</t>
+  </si>
+  <si>
+    <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
+  </si>
+  <si>
+    <t>Die Mutter von Sa'd Ibn 'Ubadah - möge Allah mit ihm zufrieden sein - starb. Er fragte den Propheten - Allahs Segen und Frieden auf ihm - nach der besten Art von Spende, die er für seine Mutter geben könnte. Er - Allahs Segen und Frieden auf ihm - berichtete ihm dann, dass die beste Spende Wasser sei. Also grub er (Sa'd) einen Brunnen und machte ihn zu einer Spende für seine Mutter.</t>
+  </si>
+  <si>
+    <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
+أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
+الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
+بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
+  </si>
+  <si>
+    <t>Die Erklärung, dass Wasser eine der besten Formen der Spende ist.
+Der Prophet - Allahs Segen und Frieden auf ihm - wies Sa'd zur Spende von Wasser an, weil es den größten Nutzen in religiösen und weltlichen Angelegenheiten hat, sowie wegen der starken Hitze, des Bedarfs (von Wasser) und der Wasserknappheit.
+Der Beweis, dass die Belohnungen von Spenden die Verstorbenen erreichen.
+Die gute Behandlung von Sa'd Ibn 'Ubadah - möge Allah mit ihm zufrieden sein -  gegenüber seiner Mutter - möge Allah mit ihnen beiden zufrieden sein.</t>
+  </si>
+  <si>
+    <t>حسن بمجموع طرقه</t>
+  </si>
+  <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65613</t>
+  </si>
+  <si>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
+  </si>
+  <si>
+    <t>‚Der Gläubige ist nicht jemand, der andere verleumdet oder verflucht, und er ist nicht obszön oder unverschämt.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Gläubige ist nicht jemand, der andere verleumdet oder verflucht, und er ist nicht obszön oder unverschämt.‘“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es nicht zum Charakter eines Gläubigen mit vollkommenem Glauben gehört, andere Menschen in Bezug auf ihre Abstammung zu verleumden, häufig zu beleidigen und zu verfluchen, oder obszön durch schamlose Handlungen und Worte zu sein.</t>
+  </si>
+  <si>
+    <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
+الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
+قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
+  </si>
+  <si>
+    <t>Die Verneinung des Glaubens in den religiösen Texten erfolgt ausschließlich aufgrund einer verbotenen Handlung oder dem Unterlassen einer Pflicht.
+Die Ermutigung, die Körperteile zu schützen und sie von schlechten Dingen fernzuhalten, insbesondere die Zunge.
+As-Sindi sagte: „Die gesteigerte Form in den Worten „At-Ta'an“ (der beständige Verleumder) und „Al-La'an“ (der beständige Verflucher) weist darauf hin, dass gelegentliche Verleumdung oder Verfluchung, wenn sie verdient sind, die Beschreibung mit den Eigenschaften der Anhänger des Glaubens nicht beeinträchtigen.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/65869</t>
+  </si>
+  <si>
     <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>‚Wehe den Fersen vor dem (Höllen)feuer! Verrichtet die Gebetswaschung gründlich!‘“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Wir kehrten mit dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - von Makkah nach Al-Madinah zurück. Als wir auf dem Weg an einer Wasserstelle ankamen, eilten einige Leute zum Nachmittagsgebet und verrichteten hastig die Gebetswaschung. Wir kamen bei ihnen an und ihre Fersen waren sichtbar (trocken), das Wasser hatte sie nicht berührt. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: ‚Wehe den Fersen vor dem (Höllen)feuer! Verrichtet die Gebetswaschung gründlich!‘“</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - reiste von Makkah nach Al-Madinah und mit ihm waren seine Gefährten. Auf ihrem Weg fanden sie Wasser. Einige der Gefährten beeilten sich mit der Gebetswaschung für das Nachmittagsgebet, sodass die Rückseite ihrer Füße für den Betrachter trocken erschienen. Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Qual und Verderben im Feuer für diejenigen, die beim Waschen der Rückseite ihrer Füße während der Gebetswaschung nachlässig sind!“, und er befahl ihnen, bei der vollkommenen Durchführung der Gebetswaschung gründlich zu sein.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Die Verpflichtung, die Füße bei der Gebetswaschung zu waschen; denn wenn das Streichen erlaubt wäre, hätte er demjenigen nicht mit dem Feuer gedroht, der das Waschen der Fersen unterlässt.
 Die Verpflichtung, die zu waschenden Körperteile vollständig zu waschen, und dass das Gebet dessen ungültig ist, der absichtlich und nachlässig einen kleinen Teil von dem auslässt, was gereinigt werden muss.
 Die Wichtigkeit, den Unwissenden zu unterrichten und ihn zu belehren.
 Der Gelehrte missbilligt auf angemessene Weise das, was er an Vernachlässigung der Pflichten und Sunan sieht.
 Muhammad Ishaq Ad-Dahlawi sagte: „Das gründliche Waschen ist von drei Arten:
 Die Pflicht ist es, die Stelle einmal vollständig zu benetzen.
 Die Sunnah ist es, sie dreimal zu waschen.
 Und empfehlenswert ist es, die Stelle über das Pflichtmaß hinaus zu waschen - und das dreimal.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>„Wahrlich, Allah hat Pflichten auferlegt, so vernachlässigt diese nicht. Und Er hat Grenzen festgelegt, so überschreitet diese nicht. Und Er hat Dinge verboten, so begeht diese nicht. Und Er hat zu Dingen geschwiegen - aus Barmherzigkeit zu euch, nicht aus Vergesslichkeit -, so forscht nicht danach.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Von Abu Tha'labah Al-Khuschani Jurthum Ibn Naschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah hat Pflichten auferlegt, so vernachlässigt diese nicht. Und Er hat Grenzen festgelegt, so überschreitet diese nicht. Und Er hat Dinge verboten, so begeht diese nicht. Und Er hat zu Dingen geschwiegen - aus Barmherzigkeit zu euch, nicht aus Vergesslichkeit -, so forscht nicht danach.“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah Dinge zur Pflicht gemacht hat und Pflichten auferlegt hat, so haltet euch daran und seid darin nicht nachlässig, indem ihr sie unterlässt oder nicht beachtet. Und Er hat euch Hindernisse und abschreckende Verbote gesetzt, die euch von dem abhalten und abschrecken sollen, was Ihn nicht zufrieden stellt. Fügt den Pflichten also nicht mehr hinzu als das, was die Gesetzgebung anbefohlen hat. Und Er hat Dinge verboten, begeht sie daher nicht und nähert euch ihnen nicht. Was darüber hinausgeht, das hat Er offengelassen und dazu geschwiegen - aus Barmherzigkeit mit Seinen Dienern. Daher bleiben sie im ursprünglichen Zustand der Erlaubnis - forscht also nicht danach.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Der Hadith ist ein Beweis, dass Allah der Gesetzgeber ist und der Befehl in Seiner - gepriesen sei Er - Hand liegt.
+Der Hadith beinhaltet Gesetzesregeln für Vorschriften und Erlaubnisse: Die islamisch-gesetzliche Vorschrift ist entweder etwas, worüber geschwiegen oder gesprochen wurde. Sie ist entweder (1.) etwas Anbefohlenes, das verpflichtend oder empfohlen ist, oder (2.) etwas Untersagtes, das verboten oder verpönt ist, oder (3.) etwas Erlaubtes.
+Das, worüber Allah geschwiegen hat und es weder zur Pflicht machte, noch eine Grenze dafür gesetzt hat, noch verboten hat, ist das Erlaubte.
+Die schöne Art und Weise der Erklärung des Propheten - Allahs Segen und Frieden auf ihm -, da er den Hadith mit dieser deutlichen und klaren Einteilung anführte.
+Es ist verpflichtend, die Pflichten Allahs - erhaben ist Er - einzuhalten.
+Es ist verboten, die Grenzen Allahs - erhaben ist Er - zu überschreiten.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>‚Die Taten sind nur entsprechend der Absichten und jedem (Menschen) gebührt nur das, was er beabsichtigte</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Vom Führer der Gläubigen Abu Hafs 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein -, wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Die Taten sind nur entsprechend der Absichten und jedem (Menschen) gebührt nur das, was er beabsichtigte. Wer also seine Auswanderung zu Allah und Seinem Gesandten vollzog, dessen Auswanderung ist zu Allah und Seinem Gesandten (und wird entsprechend vergolten); und wer seine Auswanderung für einen Teil (einen Vorteil) des diesseitigen Lebens unternimmt oder (für) eine Frau, um sie zu heiraten, so ist seine Auswanderung zu dem, zu dem er ausgewandert ist (und wird entsprechend bewertet).‘“</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Der Ansporn zur Aufrichtigkeit, denn Allah nimmt nur Taten an, die ausschließlich für Sein Angesicht verrichtet werden.
+Die Handlungen, durch die man sich Allah - mächtig und majestätisch ist Er - annähert, bringen keine Belohnung, wenn der Verpflichtete sie nur aus Gewohnheit verrichtet, bis er beabsichtigt, sich damit Allah zu nähern.
+Alternative: Durch die Absicht wird zwischen den einzelnen Gottesdiensten sowie zwischen den Gottesdiensten und den gewöhnlichen Handlungen unterschieden.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Von Abu 'Abdir-Rahman 'Abdullah Ibn 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen:||‚Der Islam wurde auf fünf (Säulen) gebaut: (auf) dem Bekenntnis, dass es keine anbetungswürdige Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, dem Verrichten des Gebets, dem Entrichten der Pflichtabgabe („Zakah“), der Pilgerfahrt zum Hause (Allahs) und dem Fasten im (Monat) Ramadan.’“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Von Abu 'Abdir-Rahman 'Abdullah Ibn 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Der Islam wurde auf fünf (Säulen) gebaut: (auf) dem Bekenntnis, dass es keine anbetungswürdige Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, dem Verrichten des Gebets, dem Entrichten der Pflichtabgabe („Zakah“), der Pilgerfahrt zum Hause (Allahs) und dem Fasten im (Monat) Ramadan.’“</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>Wahrlich, die Schöpfung eines jeden von euch wird im Bauch seiner Mutter zusammengefügt. Vierzig Tage als ein Samentropfen,</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Von Abu 'Abdir-Rahman 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete uns - und er ist der Wahrheitssprechende, der Glaubhafte -: ‚Wahrlich, die Schöpfung eines jeden von euch wird im Bauch seiner Mutter zusammengefügt. Vierzig Tage als ein Samentropfen, dann ist er genauso lange ein Blutklumpen und anschließend wie dieser (Blutklumpen) genauso lange ein Fleischklumpen. Daraufhin wird der Engel zu ihm entsandt, welcher ihm die Seele einhaucht und welchem vier Wörter befohlen werden: Das Aufschreiben seiner Versorgung, seiner Frist, seiner Taten und ob er unglücklich oder glücklich sein wird. Bei Allah, außer dem es keine anbetungswürdige Gottheit gibt: Wahrlich, jemand von euch wird (tatsächlich) die Taten der Bewohner des Paradieses verrichten, bis zwischen ihm und diesem (dem Paradies) nur eine Elle sein wird, ihn sodann (aber) das Geschriebene (das Schicksal) einholt und er dann die Taten der Bewohner des (Höllen-)Feuers vollbringt und dann in dieses eintreten wird. Und wahrlich, jemand von euch wird (tatsächlich) die Taten der Bewohner des (Höllen-)Feuers ausführen, bis zwischen ihm und diesem (dem Höllenfeuer) nur eine Elle sein wird, ihn sodann (aber) das Geschriebene (das Schicksal) einholt und er dann die Taten der Bewohner des Paradieses vollbringt und dann in dieses eintreten wird.‘“</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Die Darlegung der Phasen der Erschaffung des Menschen.
+Der Iman an die Vorherbestimmung und das Schicksal.
+Das Ende aller Angelegenheiten wird durch die Vorherbestimmung beschlossen und nimmt den festgelegten Verlauf an.
+Es wird davor gewarnt, sich durch die (äußerliche) Erscheinung der Taten täuschen zu lassen, denn die Taten sind ja entsprechend den Enden.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Von der Mutter der Gläubigen Umm 'Abdillah 'Aischah - möge Allah mit ihr zufrieden sein, wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer in dieser, unserer Sache (der Religion), etwas (neu) einführt, was nicht von ihr ist, so wird es abgelehnt.‘“</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Die Anbetungen basieren auf dem, was im Quran und der Sunnah überliefert ist. Wir dürfen Allah - erhaben ist Er - nur mit dem dienen, was Er vorgeschrieben hat, und nicht durch Neuerungen und neu erfundene Praktiken.
+Die Religion basiert nicht auf persönlicher Meinung oder Wohlgefallen, sondern auf dem Befolgen des Gesandten - Allahs Segen und Frieden auf ihm.
+Dieser Hadith ist ein Beweis für die Vollkommenheit der Religion.
+Eine Neuerung (arab. „Bid'ah“) ist alles, was in die Religion eingeführt wurde und nicht zur Zeit des Propheten - Allahs Segen und Frieden auf ihm - und seiner Gefährten existierte, sei es in Bezug auf die Glaubenslehre, Worte oder Handlungen.
+Dieser Hadith ist ein fundamentaler Grundsatz des Islams und dient als Maßstab für die Taten. So wie jede Tat, die nicht um Allahs - erhaben ist Er - Willen verrichtet wird, ihrem Vollbringer keine Belohnung einbringt, so wird auch jede Tat, die nicht im Einklang mit dem steht, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - gebracht hat, von ihrem Vollbringer zurückgewiesen.
+Dieser Hadith stellt eine Grundlage für die Widerlegung erfundener Neuerungen und auftretender Verwerflichkeiten dar.
+Die verbotenen Neuerungen beziehen sich auf Angelegenheiten der Religion und nicht des Diesseits.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Von Abu 'Abdillah An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen:||,Wahrlich, das Erlaubte ist deutlich (erkennbar) und das Verbotene ist deutlich (erkennbar) und zwischen diesen beiden gibt es zweifelhafte Dinge, über die viele Menschen keine Kenntnis haben. Wer nun die zweifelhaften Dinge meidet, so hat er sich (von Schuld) in seiner Religion und in seiner Würde freigesprochen. Und wer in zweifelhafte Dinge verfällt, fällt in das Verbotene, wie der Hirte, der seine Herde um ein geschütztes (verbotenes) Gebiet herum hütet und Gefahr läuft, dass sie (hineingerät und) darin weidet. Wahrlich, jeder Herrscher hat ein geschütztes (verbotenes) Gebiet und Allahs geschütztes (verbotenes) Gebiet sind die von Ihm verbotenen Dinge. Wahrlich, im Körper (des Menschen) gibt es einen Fleischklumpen: Wenn dieser in Ordnung ist, dann ist der gesamte Körper in Ordnung, und wenn er verdorben ist, dann ist der gesamte Körper verdorben. Wahrlich, dieser (Fleischklumpen) ist das Herz.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Von Abu 'Abdillah An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ,Wahrlich, das Erlaubte ist deutlich (erkennbar) und das Verbotene ist deutlich (erkennbar) und zwischen diesen beiden gibt es zweifelhafte Dinge, über die viele Menschen keine Kenntnis haben. Wer nun die zweifelhaften Dinge meidet, so hat er sich (von Schuld) in seiner Religion und in seiner Würde freigesprochen. Und wer in zweifelhafte Dinge verfällt, fällt in das Verbotene, wie der Hirte, der seine Herde um ein geschütztes (verbotenes) Gebiet herum hütet und Gefahr läuft, dass sie (hineingerät und) darin weidet. Wahrlich, jeder Herrscher hat ein geschütztes (verbotenes) Gebiet und Allahs geschütztes (verbotenes) Gebiet sind die von Ihm verbotenen Dinge. Wahrlich, im Körper (des Menschen) gibt es einen Fleischklumpen: Wenn dieser in Ordnung ist, dann ist der gesamte Körper in Ordnung, und wenn er verdorben ist, dann ist der gesamte Körper verdorben. Wahrlich, dieser (Fleischklumpen) ist das Herz.‘“</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Der Hadith stellt eine Grundlage für das Meiden der zweifelhaften Dinge dar.
+Der Ansporn zur Unterlassung zweifelhafter Dinge, dessen Urteil einem nicht bekannt ist.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Von Abu Ruqayyah Tamim Ibn Aus Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte:||„Die Religion ist aufrichtiger Rat („Nasihah“)!“ Wir fragten: „Gegenüber wem?“ Er sagte: „Gegenüber Allah, Seinem Buch, Seinem Gesandten, den Führern der Muslime und ihrer Allgemeinheit!“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Von Abu Ruqayyah Tamim Ibn Aus Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Die Religion ist aufrichtiger Rat („Nasihah“)!“ Wir fragten: „Gegenüber wem?“ Er sagte: „Gegenüber Allah, Seinem Buch, Seinem Gesandten, den Führern der Muslime und ihrer Allgemeinheit!“</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Religion auf Aufrichtigkeit und Ehrlichkeit basiert, sodass sie so ausgeübt wird, wie Allah es vorgeschrieben hat, vollständig, ohne etwas auszulassen oder zu betrügen. Da wurde zum Propheten - Allahs Segen und Frieden auf ihm - gesagt: „Für wen ist der aufrichtige Rat?“ Daraufhin sagte er: „Erstens: Der aufrichtige Rat gegenüber Allah - gepriesen sei Er und erhaben ist Er -, indem man die Taten aufrichtig für Ihn verrichtet, Ihm nichts beigesellt und indem wir an Seine Herrschaft, Göttlichkeit und an Seine Namen und Attribute glauben, Seinen Befehl verherrlichen und zum Glauben („Iman“) an Ihn aufrufen. Zweitens: Der aufrichtige Rat gegenüber Seinem Buch, welcher der edle Quran ist, indem wir überzeugt sind, dass er Seine Worte sind, dass er Sein letztes Buch ist und die vorigen Gesetzgebungen aufhebt, indem wir ihn ehren, ihn rezitieren, wie es ihm gebührt, nach seinen eindeutigen Versen handeln, uns seinen mehrdeutigen Versen hingeben, ihn gegen die (falschen) Interpretationen derer, die ihn verfälschen wollen, verteidigen, uns durch seine Ermahnungen ermahnen lassen, das in ihm enthaltene Wissen verbreiten und (die Menschen) zu ihm aufrufen. Drittens: Der aufrichtige Rat gegenüber Seinem Gesandten Muhammad - Allahs Segen und Frieden auf ihm -, indem wir überzeugt sind, dass er der letzte aller Gesandten ist, seine Botschaft für wahr erachten, uns an seine Anordnungen halten, seine Verbote einhalten, Allah nur so dienen, wie er es gelehrt hat, sein Recht ehren, ihn respektieren, seinen Aufruf in Umlauf bringen, seine Gesetzgebung verbreiten und die Anschuldigungen gegen ihn zurückweisen. Viertens: Der aufrichtige Rat gegenüber den muslimischen Führern, indem man sie bei der Wahrheit unterstützt, nicht gegen ihren Befehl rebelliert und ihnen in den Angelegenheiten, in denen man Allah gehorsam ist, gehorcht und auf sie hört. Fünftens: Der aufrichtige Rat gegenüber den Muslimen, indem man gut mit ihnen umgeht, sie (zu Allah) ruft, Schaden von ihnen fernhält, das Gute für sie wünscht und sich gegenseitig im Guten und in der Gottesfurcht unterstützt.“</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>‚Was ich euch verboten habe, so meidet es. Und was ich euch befohlen habe, so kommt dem nach, soweit es euch möglich ist</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah 'Abdur-Rahman Ibn Sakhr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Was ich euch verboten habe, so meidet es. Und was ich euch befohlen habe, so kommt dem nach, soweit es euch möglich ist. Denn wahrlich, diejenigen vor euch richteten ihre vielen Fragen und ihr vermehrter Widerspruch ihren Propheten gegenüber zu Grunde.‘“</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verdeutlichte uns: Wenn er uns etwas untersagt, müssen wir es ausnahmslos meiden, und wenn er uns etwas befiehlt, sollten wir davon das umsetzen, wozu wir imstande sind. Daraufhin warnte er uns, damit wir nicht wie die früheren Gemeinschaften werden, die ihren Propheten zahlreiche Fragen stellten, sich ihnen jedoch widersetzten. So bestrafte Allah sie mit unterschiedlichen Formen von Untergang und Zerstörung. Aus diesem Grund sollten wir ihnen nicht gleichen, damit wir nicht untergehen, wie sie untergegangen sind.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Der Hadith ist eine Grundlage zur Darlegung der Verpflichtung, den Befehlen nachzukommen und das Verbotene zu meiden.
+Bei Verboten gibt es keine Ausnahmen, die erlauben, etwas davon zu begehen. Gebote sind hingegen daran gebunden, wie weit man dazu in der Lage ist. Der Grund dafür ist, dass man immer dazu imstande ist, etwas zu unterlassen; um etwas zu tun, muss man hingegen die Fähigkeit haben, die gebotene Handlung tatsächlich umzusetzen.
+Es ist untersagt unnötig viele Fragen zu stellen. Die Gelehrten teilen Fragen in zwei Kategorien: Erstens: Fragen die darauf abzielen etwas zu lernen, was in der Religion gebraucht wird. Dazu ist man angehalten und zu dieser Kategorie zählen die Fragen der Sahabah. Zweitens: Fragen, die aus Trotz gestellt werden und um die Dinge zu komplizieren. Diese Fragen sind verboten.
+Die Warnung an diese Gemeinschaft davor, ihrem Propheten zu widersprechen, so wie es bei den früheren Gemeinschaften geschah.
+Das Verbotene umfasst sowohl das Geringe als auch das Zahlreiche, denn es kann nur gemieden werden, wenn man sowohl das Geringe als auch das Zahlreiche davon meidet. Zum Beispiel: Er - Allahs Segen und Frieden auf ihm - untersagte uns den Zins, was sowohl geringe als auch große Mengen davon umfasst.
+Das Unterlassen der Mittel, die zum Verbotenen führen, da dies zur Meidung (des Verbotenen) gehört.
+Wenn der Mensch einen Befehl vom Gesandten - Allahs Segen und Frieden auf ihm - hört, gehört es sich nicht, dass er fragt: „Ist es eine Pflicht oder empfohlen?“. Vielmehr sollte er danach streben, diese Tat umzusetzen, und dies aufgrund seiner Aussage: „Und was ich euch befohlen habe, so kommt dem nach, soweit es euch möglich ist.“
+Das viele Fragenstellen ist ein Grund für den Untergang, insbesondere bei Thematiken, die man nicht begreifen kann, wie die verborgenen Angelegenheiten oder die genaue Art und Weise der Zustände am Tag der Auferstehung. Stelle nicht zu viele Fragen darüber, sonst wirst du zugrunde gehen und zu jemandem werden, der (kompliziert und) detailliert ist und sich zu sehr (in Dinge) vertieft.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er berichtete: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte:||„Wahrlich, Allah ist gut und nimmt nur das Gute an. Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat. So sagte der Erhabene: ‚O ihr Gesandten, esst von den guten Dingen und handelt rechtschaffen‘ [23:51] Und der Erhabene sagte: ‚O die ihr glaubt, esst von den guten Dingen, mit denen Wir euch versorgt haben‘ [2:172] Dann erwähnte er (also der Prophet) einen Mann, der lange reist, ungepflegt und staubbedeckt ist, und wie dieser seine Hände zum Himmel streckt (und dabei im Bittgebet sagt): ‚O Herr! O Herr!‘, während seine Speise verboten ist, sein Trank verboten ist, seine Kleidung verboten ist und er von Verbotenem genährt wurde - wie soll er denn erhört werden?“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er berichtete: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah ist gut und nimmt nur das Gute an. Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat. So sagte der Erhabene: ‚O ihr Gesandten, esst von den guten Dingen und handelt rechtschaffen‘ [23:51] Und der Erhabene sagte: ‚O die ihr glaubt, esst von den guten Dingen, mit denen Wir euch versorgt haben‘ [2:172] Dann erwähnte er (also der Prophet) einen Mann, der lange reist, ungepflegt und staubbedeckt ist, und wie dieser seine Hände zum Himmel streckt (und dabei im Bittgebet sagt): ‚O Herr! O Herr!‘, während seine Speise verboten ist, sein Trank verboten ist, seine Kleidung verboten ist und er von Verbotenem genährt wurde - wie soll er denn erhört werden?“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Die Vollkommenheit Allahs - mächtig und majestätisch ist Er - in Seinem Wesen, Seinen Attributen, Seinen Taten und Seinen Urteilen.
+Der Befehl, aufrichtig für Allah - mächtig und majestätisch ist Er - zu handeln und dem Propheten - Allahs Segen und Frieden auf ihm - zu folgen.
+Man nutzt das, was zum Handeln ermutigt, da der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Und Allah hat den Gläubigen das befohlen, was Er den Gesandten befohlen hat.“, und wenn der Gläubige weiß, dass dies eines der Gebote der Gesandten ist, wird er gestärkt und ermutigt, diesen nachzuahmen.
+Zu den Hinderungsgründen der Erhörung des Bittgebets gehört das Essen von Verbotenem.
+Zu den Gründen der Erhörung des Bittgebets gehören fünf Dinge: 
+1. Das lange Reisen, da man dabei gebrochen ist und dies zu den größten Gründen für die Erhörung zählt.
+Al-Qadi sagte: „Das Gute ist das Gegenteil vom Üblen/Schlechten. Wenn Er - erhaben ist Er - damit beschrieben wird, bedeutet es, dass Er frei von Mängeln und üblen Dingen ist. Wenn der Diener allgemein damit beschrieben wird, bedeutet es, dass er frei von üblen Charakterzügen und abscheulichen Taten ist und sich mit dem Gegenteil dessen ziert. Wenn die Besitztümer damit beschrieben werden, bedeutet es, dass sie erlaubt sind und zu den besten Besitztümern zählen.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>‚Lasse das, was Zweifel in dir weckt, für das, was keine Zweifel in dir weckt.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Von Abu Muhammad Al-Hasan Ibn 'Ali Ibn Abi Talib, der Enkel des Gesandten Allahs - Allahs Segen und Frieden auf ihm - und seine Duftpflanze, wird überliefert, dass er sagte: „Ich lernte vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - (Folgendes) auswendig: ‚Lasse das, was Zweifel in dir weckt, für das, was keine Zweifel in dir weckt.‘“</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, (jene) Aussagen und Taten zu unterlassen, bei denen man Zweifel hat, ob sie untersagt sind oder nicht, ob sie verboten oder erlaubt sind. Stattdessen soll man das wählen, woran kein Zweifel besteht und wobei man sicher ist, dass es gut und erlaubt ist.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Diener des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte:||„Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Diener des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>„Wahrlich, Allah hat die Güte (und Vorzüglichkeit) in jeder Sache vorgeschrieben</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Ya'la Schaddad Ibn Aws - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah hat die Güte (und Vorzüglichkeit) in jeder Sache vorgeschrieben. Wenn ihr also tötet, so tötet auf beste/gütigste Weise. Und wenn ihr schlachtet, so schlachtet auf beste/gütigste Weise. Und ein jeder von euch soll seine Klinge schärfen und sein Schlachttier entlasten (es vor unnötiger Angst und vor unnötigem Schmerz verschonen).“</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>„O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Von Abu Al-'Abbas 'Abdullah Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Eines Tages war ich hinter dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - (auf einem Reittier) und da er sagte: „O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah. Und wisse, wenn sich die Menschen der (gesamten) Nation („Ummah“) dazu versammeln würden, um dir in einer Sache nützlich zu sein, werden sie dir nicht nutzen (können) außer durch eine Sache, die Allah bereits für dich (vor)geschrieben hat. Und wenn sie sich dazu versammeln würden, um dir durch eine Sache zu schaden, werden sie dir nicht schaden (können) außer durch eine Sache, die Allah bereits gegen dich (vor)geschrieben hat. Die Schreibrohre wurden (von den Schreibbogen/Blättern) gehoben und die (Schreib-)Bogen/Blätter sind getrocknet.“</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ibn 'Abbas - möge Allah mit ihm zufrieden sein - berichtete, dass er als Kind einmal hinter dem Propheten - Allahs Segen und Frieden auf ihm - ritt. Er - Segen und Frieden auf ihm - sagte dann zu ihm: Ich werde dir einige Dinge und Angelegenheiten beibringen, durch die Allah dir Nutzen bringen wird. Bewahre Allah, indem du Seine Gebote achtest und Seine Verbote meidest, sodass Er dich in den gottesdienstlichen Handlungen, die dich Ihm nähern, findet und nicht in den Sünden und Verfehlungen. Wenn du dies tust, wird dein Lohn sein, dass Allah dich vor den Schwierigkeiten des Diesseits und des Jenseits bewahren und dir in deinen wichtigen Angelegenheiten, wohin auch immer du gehst, helfen wird. Und wenn du etwas erbitten möchtest, bitte niemanden außer Allah, denn Er allein ist Derjenige, Der den Bittenden antwortet. Und wenn du Beistand benötigst, so bitte niemanden um Beistand außer Allah. Und sei dir gewiss, dass dir keine Vorteile zuteilwerden können, selbst wenn alle Menschen der Erde sich versammeln, um dir zu nützen, außer in dem, was Allah für dich bestimmt hat. Ebenso wird dir keiner Schaden zufügen können, auch wenn sich alle Menschen der Erde versammeln, um dir zu schaden, außer dem, was Allah für dich bestimmt hat. Und (wisse,) dass diese Angelegenheit von Allah - mächtig und majestätisch ist Er - gemäß Seiner Weisheit und Seinem Wissen festgeschrieben und bestimmt ist; es gibt keine Veränderung an dem, was Allah geschrieben hat. Und derjenige, der Allah bewahrt, indem er Seine Befehle achtet und Seine Verbote meidet, so ist Allah - gepriesen sei Er - vor diesem Diener, Er kennt Seine Lage, hilft ihm und unterstützt ihn. Wenn der Mensch Allah in einfachen Zeiten gehorcht, so wird Allah ihm in schwierigen Zeiten Erleichterung und einen Ausweg gewähren. Außerdem sollte jeder Diener mit dem zufrieden sein, was Allah an Gutem und Schlechtem für ihn bestimmt hat. In schwierigen Situationen und Prüfungen muss der Diener geduldig sein, denn die Geduld ist der Schlüssel zur Erleichterung. Wenn das Leid schwerwiegender wird, kommt die Erlösung von Allah, und wenn es zu einer Erschwernis kommt, lässt Allah ihr die Erleichterung folgen.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Die Wichtigkeit Jüngeren und Kindern die religiösen Angelegenheiten zu lehren, wie den Tauhid, die Verhaltensregeln usw.
+Die Belohnung entspricht der Art der Tat.
+Der Befehl, sich auf Allah zu verlassen und Ihm allein zu vertrauen, denn Er ist der beste Verwalter.
+Der Glaube („Iman“) an die Entscheidung und Vorherbestimmung (Allahs) sowie die Zufriedenheit damit,  und dass Allah alles bestimmt hat.
+Wer die Angelegenheit Allahs missachtet, den wird Allah missachten und ihn nicht schützen.
+Die gewaltige frohe Botschaft, dass ein Mensch, wenn er von einer Erschwernis getroffen wird, auf die Erleichterung warten soll.
+Der Trost für den Gläubigen, wenn ihn ein Übel trifft oder ihm etwas Gutes entgeht, durch die Bedeutung eines der beiden Sätze: „Und wisse, dass das, was dich verfehlte, dich nicht hätte treffen sollen, und dass das, was dich traf, dich nicht hätte verfehlen sollen.“ Der erste Satz ist ein Trost, wenn einem etwas Schlechtes widerfährt, der zweite, wenn einem etwas Gutes entgeht.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Von Abu Mas'ud 'Uqbah Ibn 'Amr Al-Ansari Al-Badri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs sagte:||„Wahrlich, zu dem, was die Menschen von den Worten des anfänglichen Prophetentums erreicht hat, gehört: ‚Wenn du dich nicht schämst, so mach, was du willst.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Von Abu Mas'ud 'Uqbah Ibn 'Amr Al-Ansari Al-Badri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs sagte: „Wahrlich, zu dem, was die Menschen von den Worten des anfänglichen Prophetentums erreicht hat, gehört: ‚Wenn du dich nicht schämst, so mach, was du willst.‘“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Von Abu 'Amr - und es wurde auch gesagt Abu 'Amrah - Sufyan Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte:||„Ich sagte: ‚O Gesandter Allahs, berichte mir etwas vom Islam, worüber ich niemanden außer dich befragen kann.‘ Er sagte: ‚Sag: ‚Ich glaube an Allah‘; und verhalte dich hierauf recht (und sei rechtschaffen).‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Von Abu 'Amr - und es wurde auch gesagt Abu 'Amrah - Sufyan Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich sagte: ‚O Gesandter Allahs, berichte mir etwas vom Islam, worüber ich niemanden außer dich befragen kann.‘ Er sagte: ‚Sag: ‚Ich glaube an Allah‘; und verhalte dich hierauf recht (und sei rechtschaffen).‘“</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>Wenn ich die vorgeschriebenen Gebete verrichte, den (Monat) Ramadan faste, das Erlaubte als erlaubt erkläre und das Verbotene als verboten</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Von Abu 'Abdillah Jabir Ibn 'Abdillah Al-Ansari - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass ein Mann den Gesandten Allahs - Allahs Segen und Frieden auf ihm - fragte: „Wenn ich die vorgeschriebenen Gebete verrichte, den (Monat) Ramadan faste, das Erlaubte als erlaubt erkläre und das Verbotene als verboten, und ich dem nichts Weiteres hinzufüge, trete ich dann in den Paradiesgarten ein?“ Er antwortete: „Ja.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>‚Die Reinheit ist die Hälfte des Glaubens („Iman“). (Die Worte) Alhamdulillah (alles Lob gebührt Allah) füllt die Waage, und SubhanAllah (erhaben/gepriesen ist Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Von Abu Malik Al-Harith Ibn 'Asim Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Reinheit ist die Hälfte des Glaubens („Iman“). (Die Worte) Alhamdulillah (alles Lob gebührt Allah) füllt die Waage, und SubhanAllah (erhaben/gepriesen ist Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist. Und das Gebet ist Licht, die Pflichtabgabe („Zakah“) ist ein (Glaubens-)Beweis, die Geduld ist Erleuchtung und der Quran ist ein Argument für dich oder gegen dich. Alle Menschen gehen morgens hinaus als Verkäufer ihrer Seele, wobei sie entweder befreit oder ruiniert wird.‘“</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte:||‚Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende an jedem Tag, an dem die Sonne aufgeht. Zwischen zwei Menschen Gerechtigkeit zu schaffen, ist eine Spende. Und jemandem mit seinem Reittier zu helfen, sodass du ihm bei dessen Besteigen oder beim Aufladen seiner Ware hilfst, ist eine Spende. Und das gute Wort ist eine Spende. Und jeder Schritt, den du zum Gebet gehst, ist eine Spende. Und das Entfernen schädlicher Dinge vom Weg, ist eine Spende.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende an jedem Tag, an dem die Sonne aufgeht. Zwischen zwei Menschen Gerechtigkeit zu schaffen, ist eine Spende. Und jemandem mit seinem Reittier zu helfen, sodass du ihm bei dessen Besteigen oder beim Aufladen seiner Ware hilfst, ist eine Spende. Und das gute Wort ist eine Spende. Und jeder Schritt, den du zum Gebet gehst, ist eine Spende. Und das Entfernen schädlicher Dinge vom Weg, ist eine Spende.‘“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>‚Ich rate euch zur Furcht gegenüber Allah und zum Gehorsam und zur Folgsamkeit, selbst wenn ein Sklave als Befehlshaber über euch bestimmt wird. Denn wahrlich, wer von euch (lange) leben wird, der wird viel Uneinigkeit sehen. So befolgt meine Sunnah und die Sunnah der rechtgeleiteten Kalifen!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Von Abu Najih Al-'Irbad Ibn Sariyah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ermahnte uns (eines 
+Tages) durch eine Mahnpredigt, durch die die Herzen mit Furcht erfüllt wurden und durch die sich die Augen mit Tränen füllten. Da sagten wir: ‚O Gesandter Allahs, es klingt, als wäre es die Mahnpredigt eines Sich-Verabschiedenden, so rate uns!‘ Er sagte: ‚Ich rate euch zur Furcht gegenüber Allah und zum Gehorsam und zur Folgsamkeit, selbst wenn ein Sklave als Befehlshaber über euch bestimmt wird. Denn wahrlich, wer von euch (lange) leben wird, der wird viel Uneinigkeit sehen. So befolgt meine Sunnah und die Sunnah der rechtgeleiteten Kalifen! Beißt euch mit euren Backenzähnen daran fest! Und hütet euch vor den Neuerungen in der Religion; denn wahrlich, jede Neuerung in der Religion ist Irreleitung!‘“</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>‚Du hast wahrhaftig nach etwas Gewaltigem gefragt, doch es ist tatsächlich leicht für den, dem es Allah erleichtert</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Von Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte:  „Ich sagte: ‚O Gesandter Allahs, berichte mir von einer Tat, die mich ins Paradies eintreten lässt 
+und die mich vom Höllenfeuer entfernt.‘ Er sagte: ‚Du hast wahrhaftig nach etwas Gewaltigem gefragt, doch es ist tatsächlich leicht für den, dem es Allah erleichtert. Bete Allah an, ohne Ihm etwas beizugesellen, verrichte das Gebet, entrichte die Pflichtabgabe („Zakah“), faste den (Monat) Ramadan und pilgere zum Haus (Allahs/zur Ka’bah).‘ Dann sagte er: ‚Soll ich dir die Tore des Guten verraten? Das Fasten ist ein Schutzschild, die Almosenspende („Sadaqah“) löscht die Sünde aus, so wie Wasser Feuer auslöscht, und (genauso) das Gebet einer Person mitten in der Nacht.‘ Daraufhin rezitierte er (folgende Verse des Qurans): ‚Ihre Seiten weichen vor den Schlafstätten zurück‘ bis ‚was sie zu tun pflegten.‘ [32:16-17] Anschließend sagte er: ‚Soll ich dir vom Haupt der Angelegenheit, ihrem Pfeiler und ihrem höchsten Gipfel berichten?‘ Ich antwortete daraufhin: ‚Gewiss, o Gesandter Allahs!‘ Er sagte: ‚Das Haupt der Angelegenheit ist der Islam, ihr Pfeiler ist das Gebet und ihr höchster Gipfel ist das Sichabmühen („Jihad“).‘ Dann sagte er: ‚Soll ich dir von dem berichten, wodurch man dies alles erlangen/beherrschen kann?‘ Ich antwortete daraufhin: ‚Gewiss, o Gesandter Allahs!‘ Da fasste er seine Zunge und sagte: ‚Zügle diese.‘ Ich fragte: ‚O Prophet Allahs, werden wir etwa für alles, was wir sprechen, zur Verantwortung gezogen?‘ Er erwiderte: ‚(O Mu'adh), möge deine Mutter dich verlieren! Was sonst lässt die Menschen auf ihre Gesichter - oder er sagte: auf ihre Nasen - (ins Höllenfeuer) stürzen außer die Ernte ihrer Zungen?!‘“</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>„Es darf weder anfänglichen Schaden (Darar) geben noch nachfolgenden Schaden (Dirar, z. B. in Form von Vergeltung).“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Von Abu Sa'id Sa'd Ibn Malik Ibn Sinan Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es darf weder anfänglichen Schaden (Darar) geben noch nachfolgenden Schaden (Dirar, z. B. in Form von Vergeltung).“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es erforderlich ist, jeglichen Schaden in all seinen Arten und Erscheinungsformen von sich selbst und von anderen abzuwenden. Es ist gleichermaßen niemandem erlaubt, sich selbst oder anderen zu schaden. Es ist nicht erlaubt, Schaden mit weiterem Schaden zu begegnen, da Schaden nicht durch weiteren Schaden beseitigt werden kann, es sei denn auf rechtmäßige Weise durch Vergeltung, ohne Überschreitung der Grenzen.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Die Untersagung, mit mehr als dem Gleichen zu vergelten.
+Allah hat Seinen Dienern nichts befohlen, was ihnen schaden könnte.
+Der Hadith stellt eine Grundregel für das Verbot des anfänglichen und nachfolgenden Schadens durch Aussagen, Taten oder Unterlassungen dar.
+Eine der Grundsätze der islamischen Gesetzgebung („Schari'ah“) lautet: „Schaden wird beseitigt.“ Die islamische Gesetzgebung erkennt Schaden nicht an und lehnt das Zufügen von Schaden ab.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte:||„Würde den Menschen entsprechend ihrer Behauptungen gegeben, so würden manche den Besitz und das Blut anderer für sich (als erlaubt) beanspruchen. Jedoch obliegt die Erbringung des Beweises demjenigen, der etwas behauptet, und der Eid obliegt demjenigen, der etwas leugnet.“</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>„Wahrlich, Allah hat die guten und schlechten Taten (nieder)geschrieben.“</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - von seinem Herrn - segensreich und erhaben ist Er - berichtete: „Wahrlich, Allah hat die guten und schlechten Taten (nieder)geschrieben.“ Dann erläuterte er dies: „Wer also eine gute Tat (fest) beabsichtigt, sie aber dann nicht tut, so schreibt Allah diese bei Sich als eine vollständige gute Tat auf. Und wenn er sie (fest) beabsichtigt und sie sodann tut, so schreibt Allah diese bei Sich als zehn gute Taten bis zum 700-fachen und bis zum Vielfachen (von diesem) auf. Und wer eine schlechte Tat (fest) beabsichtigt, sie aber dann nicht tut, so schreibt Allah diese bei Sich als eine vollständige gute Tat auf. Und wenn er sie (fest) beabsichtigt und sodann tut, so schreibt Allah diese als eine einzige schlechte Tat auf.“</t>
+  </si>
+  <si>
+    <t>Die Verdeutlichung der gewaltigen Huld Allahs gegenüber dieser Glaubensgemeinschaft (der Muslime), indem die guten Taten bei Ihm vermehrt und niedergeschrieben werden und die Sünden nicht vermehrt werden.
+Die Wichtigkeit der Absicht im Handeln und ihre Auswirkungen.
+Die Huld, Nachsicht und Güte Allahs - mächtig und majestätisch ist Er -, da Allah demjenigen, der eine gute Tat beabsichtigt, sie aber nicht ausführt, diese als gute Tat niederschreibt.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>‚Wahrlich, Allah der Erhabene sagte: ‚Wer einen Meiner Gefolgsleute anfeindet, dem habe Ich den Krieg erklärt. Und Mein Diener nähert sich Mir durch nichts, was Mir lieber ist, als durch das, was Ich ihm als Pflicht auferlegt habe</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, Allah der Erhabene sagte: ‚Wer einen Meiner Gefolgsleute anfeindet, dem habe Ich den Krieg erklärt. Und Mein Diener nähert sich Mir durch nichts, was Mir lieber ist, als durch das, was Ich ihm als Pflicht auferlegt habe. Und Mein Diener nähert sich Mir solange durch die freiwilligen Taten, bis Ich ihn liebe. Wenn Ich ihn dann liebe, werde Ich sein Gehör sein, mit dem er hört, sein Blick, mit dem er sieht, seine Hand, mit der er greift und sein Fuß, mit dem er geht. Und wenn er Mich bittet, so werde Ich ihm sicherlich geben und wenn er Zuflucht bei Mir sucht, so werde Ich ihm sicherlich Zuflucht gewähren.‘“</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete in diesem Hadith Qudsi, dass Allah - mächtig und majestätisch ist Er - sagte: „Wer einem Meiner Nahestehenden („Wali“) schadet, ihn erzürnt und hasst, dem erkläre und verkünde Ich die Feindschaft.“ Der „Wali“ ist der gottesfürchtige Gläubige. Je nach Ausmaß des Glaubens und der Gottesfurcht, die der Diener besitzt, fällt sein Anteil an der Nähe zu Allah aus. Der Muslim nähert sich seinem Herrn mit nichts, was Ihm lieber ist als das, was Er ihm zur Pflicht gemacht und auferlegt hat - (nämlich) die Verrichtung der Gottesdienste und die Unterlassung der Verbote. Und der Muslim nähert sich solange seinem Herrn durch die freiwilligen und verpflichtenden Taten, bis er die Liebe Allahs erlangt. Wenn Allah ihn liebt, wird Er ihn in folgenden vier Körperteilen leiten: Er leitet ihn in seinem Gehör, sodass er nur hört, was Allah zufrieden stellt. Und Er leitet seinen Blick, sodass er nur auf das schaut, was Allah gerne ansieht und womit Er zufrieden ist. Und Er lenkt seine Hand, sodass er mit seiner Hand nur das tut, was Allah zufrieden stellt. Und Er lenkt seinen Fuß, sodass er nur zu dem geht, was Allah zufrieden stellt, und nur nach dem strebt, worin das Gute liegt. Und darüber hinaus: Wenn er Allah um etwas bittet, dann gibt Allah ihm, worum er gebeten hat, sodass sein Bittgebet erhört wird. Und wenn er bei Allah Zuflucht sucht und sich Ihm zuwendet, um Schutz zu erbitten, dann wird Allah - gepriesen sei Er - ihn beschützen und vor dem bewahren, was er fürchtet.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>‚Keiner von euch glaubt, bis seine Neigung dem untergeordnet ist (und folgt), womit ich gekommen bin.‘“</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Von Abu Muhammad 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Keiner von euch glaubt, bis seine Neigung dem untergeordnet ist (und folgt), womit ich gekommen bin.‘“</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass der Mensch kein Gläubiger mit dem vollkommenem, verpflichtendem Glauben („Iman“) ist, bis seine Liebe den Pflichten, Verboten usw. untergeordnet ist, womit der Gesandte - Allahs Segen und Frieden auf ihm - kam. Somit liebt er, was er anbefahl, und hasst, was er untersagte.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Der Hadith stellt eine Grundregel für die Hingabe und Unterwerfung zum (islamischen) Gesetz dar.
+Die Warnung des Menschen davor, dass derjenige, der den Verstand oder die Gewohnheit (der Menschen) zum Maßstab macht und gegenüber dem bevorzugt, womit der Gesandte - Allahs Segen und Frieden auf ihm - kam, keinen (vollständigen) Iman besitzt.
+Es ist verpflichtend, in jeder Sache mit der islamischen Gesetzgebung zu urteilen, da er sagte: „womit ich gekommen bin.“
+Der Glaube („Iman“) steigt durch die Gottesdienste und sinkt durch die Sünden.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Alles Berauschende ist verboten.</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Von Abu Burdah wird über seinen Vater Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - ihn in den Jemen entsandte und ihn sodann nach Getränken, die dort produziert werden, fragte, indem er sagte: „Und was sind diese?“ Er (also Abu Musa) sagte: „Al-Bit'u und Al-Mizru.“ Abu Burdah wurde dann gefragt: „Was ist Al-Bit'u?“ Er sagte: „Honigwein. Und Al-Mizru ist Gerstenwein.“ Er (also der Prophet - Allahs Segen und Frieden auf ihm) sagte daraufhin: „Alles Berauschende ist verboten.“ (Überliefert von Al-Bukhari)</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - ihn in den Jemen entsandte. Er fragte ihn dann, ob bestimmte Getränke, die dort produziert werden, verboten sind. Der Prophet - Allahs Segen und Frieden auf ihm - fragte genauer nach ihnen. Da sagte Abu Musa - möge Allah mit ihm zufrieden sein, dass es sich bei ihnen um Al-Bitʿu, also Wein („Nabidh“) aus Honig, und um Al-Mizru, also Wein aus Gerste, handelt. Da dem Propheten - Allahs Segen und Frieden auf ihm - die umfassenden Worte verliehen wurden, sagte er dann: „Alles Berauschende ist verboten.“</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Nabidh ist Wasser, in das Datteln, Honig, Gerste o. Ä. eingelegt werden, sodass das Wasser davon einen süßen Geschmack und ein (süßes) Aroma annimmt. Es kann anschließend gären (fermentieren) und berauschend wirken.
+Der Hadith ist eine Grundlage für das Verbot aller berauschenden Mitteln, wie Alkohol, Haschisch und dergleichen.
+Die Wichtigkeit, nach dem zu fragen, was man als Muslim benötigt.
+Zunächst war der Alkohol nur dann verboten, wenn die Gebetszeit nahe war, denn einer der Auswanderer betete und brachte während der Rezitation einiges durcheinander. Da wurde die Aussage des Erhabenen hinabgesandt: „O die ihr glaubt, nähert euch nicht dem Gebet, während ihr (be)trunken seid, bis ihr wisst, was ihr sagt.“ [An-Nisa: 43] Und der Rufer des Gesandten Allahs - Allahs Segen und Frieden auf ihm - pflegte zu rufen: „Kein Betrunkener nähert sich dem Gebet!“ Später hat Allah es vollkommen verboten, indem Er sagte: „O die ihr glaubt, gewiss, berauschender Trank, Glücksspiel, Opfersteine und Lospfeile sind nur ein Gräuel vom Werk des Satans. So meidet ihn, auf dass es euch wohl ergehen möge! Wahrlich, der Satan will (ja) zwischen euch nur Feindschaft und Hass säen durch berauschenden Trank und Glücksspiel und euch vom Gedenken Allahs und vom Gebet abhalten. Werdet ihr (damit) nun wohl aufhören?“ [Al-Maidah: 90-91]
+Allah - erhaben ist Er - hat den Alkohol aufgrund der gewaltigen Schäden und Nachteile, die er mit sich bringt, verboten.
+Entscheidend für das Verbot ist das Vorhandensein der berauschenden Wirkung. Wenn Wein („Nabidh“) also berauschend ist, ist er verboten; wenn er keine berauschende Wirkung hat, ist er erlaubt.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte:||„Vier (Eigenschaften), wer diese besitzt, ist ein Heuchler; und wer eine Eigenschaft dieser (vier) aufweist, besitzt (solange) einen Charakterzug der Heuchelei, bis er sich von dieser (Eigenschaft) trennt: Wenn er spricht, lügt er, wenn er etwas verspricht, hält er es nicht ein, wenn er (mit jemandem) streitet, überschreitet er das Maß, und wenn er eine vertragliche Abmachung schließt, ist er heimtückisch (und hält sich nicht daran).“</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Vier (Eigenschaften), wer diese besitzt, ist ein Heuchler; und wer eine Eigenschaft dieser (vier) aufweist, besitzt (solange) einen Charakterzug der Heuchelei, bis er sich von dieser (Eigenschaft) trennt: Wenn er spricht, lügt er, wenn er etwas verspricht, hält er es nicht ein, wenn er (mit jemandem) streitet, überschreitet er das Maß, und wenn er eine vertragliche Abmachung schließt, ist er heimtückisch (und hält sich nicht daran).“</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wenn ihr euch auf Allah wahrhaftig (mit wahrhaftem Vertrauen) verlassen würdet, so würde Er euch versorgen, wie Er die Vögel versorgt: Sie fliegen morgens mit leerem Magen hinaus und kehren abends mit vollem zurück.“</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>Rechtschaffenheit (bzw. Ehrung) ist der gute Charakter (und gute Verhaltensweise). Und Sünde ist das, was dein Herz beunruhigt und was du verabscheust, dass die Menschen es in Erfahrung bringen</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>Von An-Nawwas Ibn Sam'an - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Rechtschaffenheit (bzw. Ehrung) ist der gute Charakter (und gute Verhaltensweise). Und Sünde ist das, was dein Herz beunruhigt und was du verabscheust, dass die Menschen es in Erfahrung bringen.“</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete über die Rechtschaffenheit und die Sünde und sagte: Die gewaltigste Eigenschaft der Rechtschaffenheit ist das gute Benehmen gegenüber Allah durch die Gottesfurcht und gegenüber den Menschen durch das Ertragen ihres Schadens, geringen Zorn, ein freundliches Gesicht, gute Worte, Verbundenheit, Gehorsam, Freundlichkeit, Güte sowie durch gute Gesellschaft und Freundschaft. Außerdem ist Rechtschaffenheit das, worin das Herz und die Seele Ruhe finden. Die Sünde hingegen besteht in den zweifelhaften Dingen, die die Seele beunruhigen und innerlich zögern lassen - Dinge, die die Brust einengen, Zweifel im Herzen auslösen und die Befürchtung wecken, es könnte sich um eine Sünde handeln. Man möchte diese Sache nicht öffentlich zeigen, da es vor den angesehenen, vorbildlichen und tugendhaftesten Menschen unangenehm wäre. Die Seele liebt es nämlich von Natur aus, dass die Menschen nur das Gute von ihr sehen. Wenn sie es also verabscheut, dass die Menschen einige ihrer Taten mitbekommen, dann handelt es sich um Sünden, die nichts Gutes bergen. Und selbst wenn die Menschen dir Rechtsurteile geben: Nimm ihre Rechtsurteile nicht an, solange Zeichen des Zweifels in dir sind, die Unruhe verursachen, denn das Rechtsurteil lässt das Zweifelhafte nicht wegfallen - wenn die Zweifel korrekt sind und derjenige, der das Urteil gab, es ohne Wissen gab. Wenn das Rechtsurteil jedoch auf einem islamischen Beleg basiert, muss derjenige, dem das Urteil gegeben wurde, es annehmen - selbst wenn sein Inneres dabei keine Ruhe findet.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>‚Deine Zunge soll immer feucht sein vom Gedenken an Allah</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn Busr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten und sagte: ‚O Gesandter Allahs, die gesetzmäßigen Handlungen des Islams sind für uns viel geworden. Gibt es also etwas Umfassendes, an dem wir festhalten können?‘ Er sagte: ‚Deine Zunge soll immer feucht sein vom Gedenken an Allah.‘“</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -17098,51 +19787,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O456"/>
+  <dimension ref="A1:O530"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -17301,21000 +19990,24721 @@
       </c>
       <c r="I5" t="s">
         <v>46</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>47</v>
       </c>
       <c r="L5" t="s">
         <v>26</v>
       </c>
       <c r="M5" t="s">
         <v>48</v>
       </c>
       <c r="N5" t="s">
         <v>28</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6">
-        <v>2941</v>
+        <v>2932</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
         <v>53</v>
       </c>
       <c r="F6" t="s">
         <v>54</v>
       </c>
       <c r="G6" t="s">
         <v>55</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L6" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M6" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N6" t="s">
         <v>28</v>
       </c>
       <c r="O6" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7">
-        <v>2945</v>
+        <v>2941</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I7" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>25</v>
       </c>
       <c r="L7" t="s">
         <v>26</v>
       </c>
       <c r="M7" t="s">
         <v>27</v>
       </c>
       <c r="N7" t="s">
         <v>28</v>
       </c>
       <c r="O7" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8">
-        <v>2949</v>
+        <v>2945</v>
       </c>
       <c r="B8" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G8" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
         <v>25</v>
       </c>
       <c r="L8" t="s">
         <v>26</v>
       </c>
       <c r="M8" t="s">
         <v>27</v>
       </c>
       <c r="N8" t="s">
         <v>28</v>
       </c>
       <c r="O8" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9">
-        <v>2960</v>
+        <v>2949</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C9" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D9" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I9" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
         <v>25</v>
       </c>
       <c r="L9" t="s">
         <v>26</v>
       </c>
       <c r="M9" t="s">
         <v>27</v>
       </c>
       <c r="N9" t="s">
         <v>28</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10">
-        <v>2961</v>
+        <v>2960</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G10" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I10" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
         <v>25</v>
       </c>
       <c r="L10" t="s">
         <v>26</v>
       </c>
       <c r="M10" t="s">
         <v>27</v>
       </c>
       <c r="N10" t="s">
         <v>28</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11">
-        <v>2962</v>
+        <v>2961</v>
       </c>
       <c r="B11" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E11" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G11" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H11" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
         <v>25</v>
       </c>
       <c r="L11" t="s">
         <v>26</v>
       </c>
       <c r="M11" t="s">
         <v>27</v>
       </c>
       <c r="N11" t="s">
         <v>28</v>
       </c>
       <c r="O11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12">
-        <v>2969</v>
+        <v>2962</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E12" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F12" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H12" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I12" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
         <v>25</v>
       </c>
       <c r="L12" t="s">
         <v>26</v>
       </c>
       <c r="M12" t="s">
         <v>27</v>
       </c>
       <c r="N12" t="s">
         <v>28</v>
       </c>
       <c r="O12" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13">
-        <v>2985</v>
+        <v>2969</v>
       </c>
       <c r="B13" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D13" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E13" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F13" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G13" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H13" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="I13" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
         <v>25</v>
       </c>
       <c r="L13" t="s">
         <v>26</v>
       </c>
       <c r="M13" t="s">
         <v>27</v>
       </c>
       <c r="N13" t="s">
         <v>28</v>
       </c>
       <c r="O13" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14">
-        <v>2986</v>
+        <v>2971</v>
       </c>
       <c r="B14" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C14" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D14" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E14" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F14" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G14" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H14" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="I14" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>25</v>
       </c>
       <c r="L14" t="s">
         <v>26</v>
       </c>
       <c r="M14" t="s">
         <v>27</v>
       </c>
       <c r="N14" t="s">
         <v>28</v>
       </c>
       <c r="O14" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15">
-        <v>2997</v>
+        <v>2985</v>
       </c>
       <c r="B15" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C15" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D15" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E15" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F15" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G15" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="H15" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="I15" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>25</v>
       </c>
       <c r="L15" t="s">
         <v>26</v>
       </c>
       <c r="M15" t="s">
         <v>27</v>
       </c>
       <c r="N15" t="s">
         <v>28</v>
       </c>
       <c r="O15" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16">
-        <v>3007</v>
+        <v>2986</v>
       </c>
       <c r="B16" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C16" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D16" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E16" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F16" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G16" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="H16" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="I16" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L16" t="s">
         <v>26</v>
       </c>
       <c r="M16" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N16" t="s">
         <v>28</v>
       </c>
       <c r="O16" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17">
-        <v>3010</v>
+        <v>2997</v>
       </c>
       <c r="B17" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C17" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D17" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E17" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F17" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G17" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H17" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I17" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
         <v>25</v>
       </c>
       <c r="L17" t="s">
         <v>26</v>
       </c>
       <c r="M17" t="s">
         <v>27</v>
       </c>
       <c r="N17" t="s">
         <v>28</v>
       </c>
       <c r="O17" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18">
-        <v>3013</v>
+        <v>3007</v>
       </c>
       <c r="B18" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C18" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D18" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E18" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F18" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="G18" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H18" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="I18" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L18" t="s">
         <v>26</v>
       </c>
       <c r="M18" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N18" t="s">
         <v>28</v>
       </c>
       <c r="O18" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19">
-        <v>3014</v>
+        <v>3010</v>
       </c>
       <c r="B19" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C19" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D19" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E19" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="F19" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="G19" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="H19" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="I19" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
         <v>25</v>
       </c>
       <c r="L19" t="s">
         <v>26</v>
       </c>
       <c r="M19" t="s">
         <v>27</v>
       </c>
       <c r="N19" t="s">
         <v>28</v>
       </c>
       <c r="O19" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20">
-        <v>3017</v>
+        <v>3013</v>
       </c>
       <c r="B20" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C20" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D20" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E20" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="F20" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="G20" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="H20" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="I20" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>186</v>
+        <v>25</v>
       </c>
       <c r="L20" t="s">
         <v>26</v>
       </c>
+      <c r="M20" t="s">
+        <v>27</v>
+      </c>
       <c r="N20" t="s">
         <v>28</v>
       </c>
       <c r="O20" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21">
-        <v>3018</v>
+        <v>3014</v>
       </c>
       <c r="B21" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="C21" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="D21" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="E21" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="F21" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="G21" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="H21" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="I21" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
         <v>25</v>
       </c>
       <c r="L21" t="s">
         <v>26</v>
       </c>
       <c r="M21" t="s">
         <v>27</v>
       </c>
       <c r="N21" t="s">
         <v>28</v>
       </c>
       <c r="O21" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22">
-        <v>3029</v>
+        <v>3017</v>
       </c>
       <c r="B22" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="C22" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D22" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E22" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F22" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="G22" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="H22" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="I22" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
-        <v>27</v>
+        <v>209</v>
       </c>
       <c r="N22" t="s">
         <v>28</v>
       </c>
       <c r="O22" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23">
-        <v>3031</v>
+        <v>3018</v>
       </c>
       <c r="B23" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C23" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D23" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E23" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F23" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="G23" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H23" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="I23" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
         <v>25</v>
       </c>
       <c r="L23" t="s">
         <v>26</v>
       </c>
       <c r="M23" t="s">
         <v>27</v>
       </c>
       <c r="N23" t="s">
         <v>28</v>
       </c>
       <c r="O23" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24">
-        <v>3033</v>
+        <v>3029</v>
       </c>
       <c r="B24" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C24" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="D24" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="E24" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="F24" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="G24" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H24" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="I24" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
         <v>25</v>
       </c>
       <c r="L24" t="s">
         <v>26</v>
       </c>
       <c r="M24" t="s">
         <v>27</v>
       </c>
       <c r="N24" t="s">
         <v>28</v>
       </c>
       <c r="O24" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25">
-        <v>3037</v>
+        <v>3031</v>
       </c>
       <c r="B25" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C25" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E25" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F25" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="G25" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H25" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="I25" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L25" t="s">
         <v>26</v>
       </c>
       <c r="M25" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N25" t="s">
         <v>28</v>
       </c>
       <c r="O25" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26">
-        <v>3044</v>
+        <v>3033</v>
       </c>
       <c r="B26" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C26" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D26" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="E26" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F26" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="G26" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H26" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="I26" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L26" t="s">
         <v>26</v>
       </c>
       <c r="M26" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N26" t="s">
         <v>28</v>
       </c>
       <c r="O26" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27">
-        <v>3045</v>
+        <v>3037</v>
       </c>
       <c r="B27" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="C27" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="D27" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="E27" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F27" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="G27" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="H27" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="I27" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="J27" t="s">
-        <v>250</v>
+        <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>251</v>
+        <v>170</v>
       </c>
       <c r="L27" t="s">
-        <v>252</v>
+        <v>26</v>
+      </c>
+      <c r="M27" t="s">
+        <v>171</v>
       </c>
       <c r="N27" t="s">
         <v>28</v>
       </c>
       <c r="O27" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28">
-        <v>3053</v>
+        <v>3044</v>
       </c>
       <c r="B28" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C28" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D28" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E28" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="F28" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="G28" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H28" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="I28" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L28" t="s">
         <v>26</v>
       </c>
       <c r="M28" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N28" t="s">
         <v>28</v>
       </c>
       <c r="O28" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29">
-        <v>3061</v>
+        <v>3045</v>
       </c>
       <c r="B29" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C29" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D29" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E29" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F29" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="G29" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H29" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="I29" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="J29" t="s">
-        <v>24</v>
+        <v>273</v>
       </c>
       <c r="K29" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L29" t="s">
-        <v>26</v>
+        <v>275</v>
       </c>
       <c r="M29" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N29" t="s">
         <v>28</v>
       </c>
       <c r="O29" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30">
-        <v>3062</v>
+        <v>3053</v>
       </c>
       <c r="B30" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C30" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="D30" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="E30" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="F30" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="G30" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="H30" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="I30" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>280</v>
+        <v>170</v>
       </c>
       <c r="L30" t="s">
         <v>26</v>
       </c>
       <c r="M30" t="s">
-        <v>281</v>
+        <v>171</v>
       </c>
       <c r="N30" t="s">
         <v>28</v>
       </c>
       <c r="O30" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31">
-        <v>3063</v>
+        <v>3061</v>
       </c>
       <c r="B31" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C31" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D31" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="E31" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F31" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="G31" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="H31" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="I31" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>25</v>
       </c>
       <c r="L31" t="s">
         <v>26</v>
       </c>
       <c r="M31" t="s">
         <v>27</v>
       </c>
       <c r="N31" t="s">
         <v>28</v>
       </c>
       <c r="O31" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32">
-        <v>3071</v>
+        <v>3062</v>
       </c>
       <c r="B32" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C32" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D32" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="E32" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F32" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="G32" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H32" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="I32" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>148</v>
+        <v>304</v>
       </c>
       <c r="L32" t="s">
         <v>26</v>
       </c>
       <c r="M32" t="s">
-        <v>149</v>
+        <v>305</v>
       </c>
       <c r="N32" t="s">
         <v>28</v>
       </c>
       <c r="O32" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33">
-        <v>3075</v>
+        <v>3063</v>
       </c>
       <c r="B33" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="C33" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="D33" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="E33" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="F33" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="G33" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="H33" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="I33" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>25</v>
       </c>
       <c r="L33" t="s">
         <v>26</v>
       </c>
       <c r="M33" t="s">
         <v>27</v>
       </c>
       <c r="N33" t="s">
         <v>28</v>
       </c>
       <c r="O33" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34">
-        <v>3078</v>
+        <v>3071</v>
       </c>
       <c r="B34" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="C34" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="D34" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="E34" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="F34" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="G34" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="H34" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="I34" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L34" t="s">
         <v>26</v>
       </c>
       <c r="M34" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N34" t="s">
         <v>28</v>
       </c>
       <c r="O34" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35">
-        <v>3079</v>
+        <v>3075</v>
       </c>
       <c r="B35" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="C35" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="D35" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="E35" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="F35" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="G35" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="H35" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="I35" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>25</v>
       </c>
       <c r="L35" t="s">
         <v>26</v>
       </c>
       <c r="M35" t="s">
         <v>27</v>
       </c>
       <c r="N35" t="s">
         <v>28</v>
       </c>
       <c r="O35" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36">
-        <v>3086</v>
+        <v>3078</v>
       </c>
       <c r="B36" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C36" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="D36" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="E36" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="F36" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="G36" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="H36" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="I36" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>25</v>
       </c>
       <c r="L36" t="s">
         <v>26</v>
       </c>
       <c r="M36" t="s">
         <v>27</v>
       </c>
       <c r="N36" t="s">
         <v>28</v>
       </c>
       <c r="O36" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37">
-        <v>3087</v>
+        <v>3079</v>
       </c>
       <c r="B37" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="C37" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="D37" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="E37" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="F37" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="G37" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="H37" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="I37" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
         <v>25</v>
       </c>
       <c r="L37" t="s">
         <v>26</v>
       </c>
       <c r="M37" t="s">
         <v>27</v>
       </c>
       <c r="N37" t="s">
         <v>28</v>
       </c>
       <c r="O37" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38">
-        <v>3088</v>
+        <v>3086</v>
       </c>
       <c r="B38" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C38" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="D38" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="E38" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="F38" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="G38" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="H38" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="I38" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L38" t="s">
         <v>26</v>
       </c>
       <c r="M38" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N38" t="s">
         <v>28</v>
       </c>
       <c r="O38" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39">
-        <v>3095</v>
+        <v>3087</v>
       </c>
       <c r="B39" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="C39" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="D39" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="E39" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="F39" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="G39" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="H39" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
       <c r="I39" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
         <v>25</v>
       </c>
       <c r="L39" t="s">
         <v>26</v>
       </c>
       <c r="M39" t="s">
         <v>27</v>
       </c>
       <c r="N39" t="s">
         <v>28</v>
       </c>
       <c r="O39" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40">
-        <v>3096</v>
+        <v>3088</v>
       </c>
       <c r="B40" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="C40" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="D40" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="E40" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="F40" t="s">
-        <v>368</v>
+        <v>374</v>
       </c>
       <c r="G40" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="I40" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L40" t="s">
         <v>26</v>
       </c>
       <c r="M40" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N40" t="s">
         <v>28</v>
       </c>
       <c r="O40" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41">
-        <v>3103</v>
+        <v>3095</v>
       </c>
       <c r="B41" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="C41" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="D41" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="E41" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="F41" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="G41" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="H41" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="I41" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>25</v>
       </c>
       <c r="L41" t="s">
         <v>26</v>
       </c>
       <c r="M41" t="s">
         <v>27</v>
       </c>
       <c r="N41" t="s">
         <v>28</v>
       </c>
       <c r="O41" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42">
-        <v>3104</v>
+        <v>3096</v>
       </c>
       <c r="B42" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="C42" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="D42" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="E42" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="F42" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="G42" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>25</v>
       </c>
       <c r="L42" t="s">
         <v>26</v>
       </c>
       <c r="M42" t="s">
         <v>27</v>
       </c>
       <c r="N42" t="s">
         <v>28</v>
       </c>
       <c r="O42" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43">
-        <v>3107</v>
+        <v>3103</v>
       </c>
       <c r="B43" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D43" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="E43" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="F43" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="G43" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="H43" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="I43" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>25</v>
       </c>
       <c r="L43" t="s">
         <v>26</v>
       </c>
       <c r="M43" t="s">
         <v>27</v>
       </c>
       <c r="N43" t="s">
         <v>28</v>
       </c>
       <c r="O43" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44">
-        <v>3110</v>
+        <v>3104</v>
       </c>
       <c r="B44" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C44" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="D44" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="E44" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="F44" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="G44" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="H44" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="I44" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>25</v>
       </c>
       <c r="L44" t="s">
         <v>26</v>
       </c>
       <c r="M44" t="s">
         <v>27</v>
       </c>
       <c r="N44" t="s">
         <v>28</v>
       </c>
       <c r="O44" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45">
-        <v>3122</v>
+        <v>3107</v>
       </c>
       <c r="B45" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="C45" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="D45" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="E45" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="F45" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="G45" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="H45" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="I45" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="J45" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>418</v>
+        <v>25</v>
       </c>
       <c r="L45" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M45" t="s">
+        <v>27</v>
       </c>
       <c r="N45" t="s">
         <v>28</v>
       </c>
       <c r="O45" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46">
-        <v>3127</v>
+        <v>3110</v>
       </c>
       <c r="B46" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C46" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="D46" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="E46" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="F46" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="G46" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="H46" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="I46" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>25</v>
       </c>
       <c r="L46" t="s">
         <v>26</v>
       </c>
       <c r="M46" t="s">
         <v>27</v>
       </c>
       <c r="N46" t="s">
         <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47">
-        <v>3135</v>
+        <v>3122</v>
       </c>
       <c r="B47" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C47" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="D47" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="E47" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="F47" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="G47" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H47" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="I47" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="J47" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K47" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L47" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M47" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N47" t="s">
         <v>28</v>
       </c>
       <c r="O47" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48">
-        <v>3138</v>
+        <v>3127</v>
       </c>
       <c r="B48" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="C48" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="D48" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="E48" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="F48" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="G48" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="H48" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="I48" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L48" t="s">
         <v>26</v>
       </c>
       <c r="M48" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N48" t="s">
         <v>28</v>
       </c>
       <c r="O48" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49">
-        <v>3142</v>
+        <v>3135</v>
       </c>
       <c r="B49" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="C49" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="D49" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="E49" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="F49" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="G49" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="H49" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="I49" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>456</v>
+        <v>25</v>
       </c>
       <c r="L49" t="s">
         <v>26</v>
       </c>
+      <c r="M49" t="s">
+        <v>27</v>
+      </c>
       <c r="N49" t="s">
         <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50">
-        <v>3143</v>
+        <v>3138</v>
       </c>
       <c r="B50" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="C50" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="D50" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="E50" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="F50" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="G50" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="H50" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="I50" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L50" t="s">
         <v>26</v>
       </c>
       <c r="M50" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N50" t="s">
         <v>28</v>
       </c>
       <c r="O50" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51">
-        <v>3144</v>
+        <v>3142</v>
       </c>
       <c r="B51" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="C51" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
       <c r="D51" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="E51" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="F51" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="G51" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="H51" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="I51" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L51" t="s">
         <v>26</v>
       </c>
       <c r="M51" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N51" t="s">
         <v>28</v>
       </c>
       <c r="O51" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52">
-        <v>3145</v>
+        <v>3143</v>
       </c>
       <c r="B52" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="C52" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="D52" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="E52" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="F52" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
       <c r="G52" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="H52" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="I52" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>25</v>
       </c>
       <c r="L52" t="s">
         <v>26</v>
       </c>
       <c r="M52" t="s">
         <v>27</v>
       </c>
       <c r="N52" t="s">
         <v>28</v>
       </c>
       <c r="O52" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53">
-        <v>3150</v>
+        <v>3144</v>
       </c>
       <c r="B53" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="C53" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="D53" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="E53" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="F53" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="G53" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="H53" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="I53" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
         <v>25</v>
       </c>
       <c r="L53" t="s">
         <v>26</v>
       </c>
       <c r="M53" t="s">
         <v>27</v>
       </c>
       <c r="N53" t="s">
         <v>28</v>
       </c>
       <c r="O53" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54">
-        <v>3153</v>
+        <v>3145</v>
       </c>
       <c r="B54" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="C54" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="D54" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="E54" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="F54" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="G54" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="H54" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="I54" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>25</v>
       </c>
       <c r="L54" t="s">
         <v>26</v>
       </c>
       <c r="M54" t="s">
         <v>27</v>
       </c>
       <c r="N54" t="s">
         <v>28</v>
       </c>
       <c r="O54" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55">
-        <v>3156</v>
+        <v>3150</v>
       </c>
       <c r="B55" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="C55" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="D55" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="E55" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="F55" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="G55" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="H55" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="I55" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>25</v>
       </c>
       <c r="L55" t="s">
         <v>26</v>
       </c>
       <c r="M55" t="s">
         <v>27</v>
       </c>
       <c r="N55" t="s">
         <v>28</v>
       </c>
       <c r="O55" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56">
-        <v>3157</v>
+        <v>3153</v>
       </c>
       <c r="B56" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="C56" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="D56" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="E56" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="F56" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="G56" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="H56" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="I56" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L56" t="s">
         <v>26</v>
       </c>
       <c r="M56" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N56" t="s">
         <v>28</v>
       </c>
       <c r="O56" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57">
-        <v>3159</v>
+        <v>3156</v>
       </c>
       <c r="B57" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C57" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="D57" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="E57" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="F57" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="G57" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="H57" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="I57" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="J57" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>456</v>
+        <v>25</v>
       </c>
       <c r="L57" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M57" t="s">
+        <v>27</v>
       </c>
       <c r="N57" t="s">
         <v>28</v>
       </c>
       <c r="O57" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58">
-        <v>3220</v>
+        <v>3157</v>
       </c>
       <c r="B58" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="C58" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="D58" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="E58" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="F58" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="G58" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="H58" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="I58" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L58" t="s">
         <v>26</v>
       </c>
       <c r="M58" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N58" t="s">
         <v>28</v>
       </c>
       <c r="O58" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59">
-        <v>3236</v>
+        <v>3159</v>
       </c>
       <c r="B59" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="C59" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="D59" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="E59" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="F59" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="G59" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="H59" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="I59" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="J59" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K59" t="s">
-        <v>547</v>
+        <v>59</v>
       </c>
       <c r="L59" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M59" t="s">
+        <v>61</v>
       </c>
       <c r="N59" t="s">
         <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60">
-        <v>3267</v>
+        <v>3220</v>
       </c>
       <c r="B60" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="C60" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="D60" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="E60" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="F60" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="G60" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H60" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="I60" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L60" t="s">
         <v>26</v>
       </c>
       <c r="M60" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N60" t="s">
         <v>28</v>
       </c>
       <c r="O60" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61">
-        <v>3272</v>
+        <v>3236</v>
       </c>
       <c r="B61" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="C61" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="D61" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="E61" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="F61" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="G61" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="H61" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="I61" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>148</v>
+        <v>571</v>
       </c>
       <c r="L61" t="s">
         <v>26</v>
       </c>
       <c r="M61" t="s">
-        <v>149</v>
+        <v>572</v>
       </c>
       <c r="N61" t="s">
         <v>28</v>
       </c>
       <c r="O61" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62">
-        <v>3279</v>
+        <v>3267</v>
       </c>
       <c r="B62" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="C62" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="D62" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="E62" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="F62" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="G62" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="H62" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="I62" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L62" t="s">
         <v>26</v>
       </c>
       <c r="M62" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N62" t="s">
         <v>28</v>
       </c>
       <c r="O62" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63">
-        <v>3298</v>
+        <v>3272</v>
       </c>
       <c r="B63" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="C63" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="D63" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="E63" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="F63" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="G63" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="H63" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
       <c r="I63" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L63" t="s">
         <v>26</v>
       </c>
       <c r="M63" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N63" t="s">
         <v>28</v>
       </c>
       <c r="O63" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64">
-        <v>3310</v>
+        <v>3279</v>
       </c>
       <c r="B64" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="C64" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="D64" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="E64" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="F64" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="G64" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="H64" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="I64" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
         <v>25</v>
       </c>
       <c r="L64" t="s">
         <v>26</v>
       </c>
       <c r="M64" t="s">
         <v>27</v>
       </c>
       <c r="N64" t="s">
         <v>28</v>
       </c>
       <c r="O64" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65">
-        <v>3313</v>
+        <v>3298</v>
       </c>
       <c r="B65" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="C65" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="D65" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="E65" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="F65" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="G65" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="H65" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="I65" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L65" t="s">
         <v>26</v>
       </c>
       <c r="M65" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N65" t="s">
         <v>28</v>
       </c>
       <c r="O65" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66">
-        <v>3316</v>
+        <v>3310</v>
       </c>
       <c r="B66" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="C66" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="D66" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="E66" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="F66" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="G66" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="H66" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="I66" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L66" t="s">
         <v>26</v>
       </c>
       <c r="M66" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N66" t="s">
         <v>28</v>
       </c>
       <c r="O66" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67">
-        <v>3317</v>
+        <v>3313</v>
       </c>
       <c r="B67" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="C67" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="D67" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="E67" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="F67" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="G67" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="H67" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="I67" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>418</v>
+        <v>25</v>
       </c>
       <c r="L67" t="s">
         <v>26</v>
       </c>
+      <c r="M67" t="s">
+        <v>27</v>
+      </c>
       <c r="N67" t="s">
         <v>28</v>
       </c>
       <c r="O67" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68">
-        <v>3330</v>
+        <v>3316</v>
       </c>
       <c r="B68" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C68" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="D68" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="E68" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="F68" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="G68" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="H68" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="I68" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L68" t="s">
         <v>26</v>
       </c>
       <c r="M68" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N68" t="s">
         <v>28</v>
       </c>
       <c r="O68" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69">
-        <v>3331</v>
+        <v>3317</v>
       </c>
       <c r="B69" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="C69" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="D69" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="E69" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="F69" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="G69" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="H69" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="I69" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L69" t="s">
         <v>26</v>
       </c>
       <c r="M69" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N69" t="s">
         <v>28</v>
       </c>
       <c r="O69" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70">
-        <v>3336</v>
+        <v>3330</v>
       </c>
       <c r="B70" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="C70" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="D70" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="E70" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="F70" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="G70" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="H70" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="I70" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>647</v>
+        <v>25</v>
       </c>
       <c r="L70" t="s">
         <v>26</v>
       </c>
       <c r="M70" t="s">
-        <v>648</v>
+        <v>27</v>
       </c>
       <c r="N70" t="s">
         <v>28</v>
       </c>
       <c r="O70" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71">
-        <v>3339</v>
+        <v>3331</v>
       </c>
       <c r="B71" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C71" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="D71" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="E71" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="F71" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="G71" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="H71" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="I71" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>658</v>
+        <v>25</v>
       </c>
       <c r="L71" t="s">
         <v>26</v>
       </c>
       <c r="M71" t="s">
-        <v>659</v>
+        <v>27</v>
       </c>
       <c r="N71" t="s">
         <v>28</v>
       </c>
       <c r="O71" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72">
-        <v>3341</v>
+        <v>3336</v>
       </c>
       <c r="B72" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="C72" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D72" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E72" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="F72" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="G72" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="H72" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="I72" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>47</v>
+        <v>672</v>
       </c>
       <c r="L72" t="s">
         <v>26</v>
       </c>
       <c r="M72" t="s">
-        <v>48</v>
+        <v>673</v>
       </c>
       <c r="N72" t="s">
         <v>28</v>
       </c>
       <c r="O72" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73">
-        <v>3342</v>
+        <v>3339</v>
       </c>
       <c r="B73" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="C73" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="D73" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="E73" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="F73" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="G73" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="H73" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="I73" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>148</v>
+        <v>683</v>
       </c>
       <c r="L73" t="s">
         <v>26</v>
       </c>
       <c r="M73" t="s">
-        <v>149</v>
+        <v>684</v>
       </c>
       <c r="N73" t="s">
         <v>28</v>
       </c>
       <c r="O73" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74">
-        <v>3345</v>
+        <v>3341</v>
       </c>
       <c r="B74" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="C74" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="D74" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="E74" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="F74" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="G74" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="H74" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="I74" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L74" t="s">
         <v>26</v>
       </c>
       <c r="M74" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N74" t="s">
         <v>28</v>
       </c>
       <c r="O74" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75">
-        <v>3347</v>
+        <v>3342</v>
       </c>
       <c r="B75" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="C75" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="D75" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="E75" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="F75" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="G75" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="H75" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="I75" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L75" t="s">
         <v>26</v>
       </c>
       <c r="M75" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N75" t="s">
         <v>28</v>
       </c>
       <c r="O75" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76">
-        <v>3348</v>
+        <v>3345</v>
       </c>
       <c r="B76" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="C76" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="D76" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="E76" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="F76" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="G76" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="H76" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="I76" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
         <v>25</v>
       </c>
       <c r="L76" t="s">
         <v>26</v>
       </c>
       <c r="M76" t="s">
         <v>27</v>
       </c>
       <c r="N76" t="s">
         <v>28</v>
       </c>
       <c r="O76" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77">
-        <v>3350</v>
+        <v>3347</v>
       </c>
       <c r="B77" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="C77" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="D77" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="E77" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="F77" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="G77" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="H77" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="I77" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="J77" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>714</v>
+        <v>170</v>
       </c>
       <c r="L77" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M77" t="s">
-        <v>715</v>
+        <v>171</v>
       </c>
       <c r="N77" t="s">
         <v>28</v>
       </c>
       <c r="O77" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78">
-        <v>3352</v>
+        <v>3348</v>
       </c>
       <c r="B78" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C78" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="D78" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="E78" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="F78" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="G78" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="H78" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="I78" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="J78" t="s">
-        <v>725</v>
+        <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>726</v>
+        <v>25</v>
+      </c>
+      <c r="L78" t="s">
+        <v>26</v>
+      </c>
+      <c r="M78" t="s">
+        <v>27</v>
       </c>
       <c r="N78" t="s">
         <v>28</v>
       </c>
       <c r="O78" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79">
-        <v>3354</v>
+        <v>3350</v>
       </c>
       <c r="B79" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C79" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="D79" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="E79" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="F79" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="G79" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="H79" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="I79" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="J79" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K79" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L79" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M79" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N79" t="s">
         <v>28</v>
       </c>
       <c r="O79" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80">
-        <v>3355</v>
+        <v>3352</v>
       </c>
       <c r="B80" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C80" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="D80" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="E80" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="F80" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="G80" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="H80" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="I80" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="J80" t="s">
-        <v>24</v>
+        <v>750</v>
       </c>
       <c r="K80" t="s">
-        <v>25</v>
+        <v>751</v>
       </c>
       <c r="L80" t="s">
-        <v>26</v>
+        <v>752</v>
       </c>
       <c r="M80" t="s">
-        <v>27</v>
+        <v>753</v>
       </c>
       <c r="N80" t="s">
         <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81">
-        <v>3359</v>
+        <v>3354</v>
       </c>
       <c r="B81" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="C81" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="D81" t="s">
-        <v>748</v>
+        <v>757</v>
       </c>
       <c r="E81" t="s">
-        <v>749</v>
+        <v>758</v>
       </c>
       <c r="F81" t="s">
-        <v>750</v>
+        <v>759</v>
       </c>
       <c r="G81" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="H81" t="s">
-        <v>752</v>
+        <v>761</v>
       </c>
       <c r="I81" t="s">
-        <v>753</v>
+        <v>762</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>418</v>
+        <v>25</v>
       </c>
       <c r="L81" t="s">
         <v>26</v>
       </c>
+      <c r="M81" t="s">
+        <v>27</v>
+      </c>
       <c r="N81" t="s">
         <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>754</v>
+        <v>763</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82">
-        <v>3361</v>
+        <v>3355</v>
       </c>
       <c r="B82" t="s">
-        <v>755</v>
+        <v>764</v>
       </c>
       <c r="C82" t="s">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="D82" t="s">
-        <v>757</v>
+        <v>766</v>
       </c>
       <c r="E82" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="F82" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="G82" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="H82" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="I82" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L82" t="s">
         <v>26</v>
       </c>
       <c r="M82" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N82" t="s">
         <v>28</v>
       </c>
       <c r="O82" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83">
-        <v>3365</v>
+        <v>3359</v>
       </c>
       <c r="B83" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="C83" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="D83" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="E83" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="F83" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
       <c r="G83" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="H83" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="I83" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L83" t="s">
         <v>26</v>
       </c>
       <c r="M83" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N83" t="s">
         <v>28</v>
       </c>
       <c r="O83" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84">
-        <v>3366</v>
+        <v>3361</v>
       </c>
       <c r="B84" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
       <c r="C84" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="D84" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="E84" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
       <c r="F84" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="G84" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="H84" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="I84" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L84" t="s">
         <v>26</v>
       </c>
       <c r="M84" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N84" t="s">
         <v>28</v>
       </c>
       <c r="O84" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85">
-        <v>3370</v>
+        <v>3365</v>
       </c>
       <c r="B85" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="C85" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="D85" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="E85" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="F85" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="G85" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="H85" t="s">
-        <v>788</v>
+        <v>797</v>
       </c>
       <c r="I85" t="s">
-        <v>789</v>
+        <v>798</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L85" t="s">
         <v>26</v>
       </c>
       <c r="M85" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N85" t="s">
         <v>28</v>
       </c>
       <c r="O85" t="s">
-        <v>790</v>
+        <v>799</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86">
-        <v>3372</v>
+        <v>3366</v>
       </c>
       <c r="B86" t="s">
-        <v>791</v>
+        <v>800</v>
       </c>
       <c r="C86" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="D86" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
       <c r="E86" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
       <c r="F86" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="G86" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="H86" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="I86" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L86" t="s">
         <v>26</v>
       </c>
       <c r="M86" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N86" t="s">
         <v>28</v>
       </c>
       <c r="O86" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87">
-        <v>3373</v>
+        <v>3370</v>
       </c>
       <c r="B87" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="C87" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="D87" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="E87" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="F87" t="s">
-        <v>804</v>
+        <v>813</v>
       </c>
       <c r="G87" t="s">
-        <v>805</v>
+        <v>814</v>
       </c>
       <c r="H87" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="I87" t="s">
-        <v>807</v>
+        <v>816</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L87" t="s">
         <v>26</v>
       </c>
       <c r="M87" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N87" t="s">
         <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88">
-        <v>3375</v>
+        <v>3372</v>
       </c>
       <c r="B88" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="C88" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="D88" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="E88" t="s">
-        <v>812</v>
+        <v>821</v>
       </c>
       <c r="F88" t="s">
-        <v>813</v>
+        <v>822</v>
       </c>
       <c r="G88" t="s">
-        <v>814</v>
+        <v>823</v>
       </c>
       <c r="H88" t="s">
-        <v>815</v>
+        <v>824</v>
       </c>
       <c r="I88" t="s">
-        <v>816</v>
+        <v>825</v>
       </c>
       <c r="J88" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>647</v>
+        <v>170</v>
       </c>
       <c r="L88" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M88" t="s">
-        <v>648</v>
+        <v>171</v>
       </c>
       <c r="N88" t="s">
         <v>28</v>
       </c>
       <c r="O88" t="s">
-        <v>817</v>
+        <v>826</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89">
-        <v>3381</v>
+        <v>3373</v>
       </c>
       <c r="B89" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="C89" t="s">
-        <v>819</v>
+        <v>828</v>
       </c>
       <c r="D89" t="s">
-        <v>820</v>
+        <v>829</v>
       </c>
       <c r="E89" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="F89" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="G89" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="H89" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="I89" t="s">
-        <v>825</v>
+        <v>834</v>
       </c>
       <c r="J89" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>647</v>
+        <v>170</v>
       </c>
       <c r="L89" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M89" t="s">
-        <v>648</v>
+        <v>171</v>
       </c>
       <c r="N89" t="s">
         <v>28</v>
       </c>
       <c r="O89" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90">
-        <v>3383</v>
+        <v>3375</v>
       </c>
       <c r="B90" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="C90" t="s">
-        <v>828</v>
+        <v>837</v>
       </c>
       <c r="D90" t="s">
-        <v>829</v>
+        <v>838</v>
       </c>
       <c r="E90" t="s">
-        <v>830</v>
+        <v>839</v>
       </c>
       <c r="F90" t="s">
-        <v>831</v>
+        <v>840</v>
       </c>
       <c r="G90" t="s">
-        <v>832</v>
+        <v>841</v>
       </c>
       <c r="H90" t="s">
-        <v>833</v>
+        <v>842</v>
       </c>
       <c r="I90" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="J90" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K90" t="s">
-        <v>251</v>
+        <v>672</v>
       </c>
       <c r="L90" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M90" t="s">
+        <v>673</v>
       </c>
       <c r="N90" t="s">
         <v>28</v>
       </c>
       <c r="O90" t="s">
-        <v>835</v>
+        <v>844</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91">
-        <v>3384</v>
+        <v>3381</v>
       </c>
       <c r="B91" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="C91" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="D91" t="s">
-        <v>838</v>
+        <v>847</v>
       </c>
       <c r="E91" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
       <c r="F91" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
       <c r="G91" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="H91" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="I91" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="J91" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K91" t="s">
-        <v>844</v>
+        <v>672</v>
       </c>
       <c r="L91" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M91" t="s">
-        <v>845</v>
+        <v>673</v>
       </c>
       <c r="N91" t="s">
         <v>28</v>
       </c>
       <c r="O91" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92">
-        <v>3389</v>
+        <v>3383</v>
       </c>
       <c r="B92" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="C92" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="D92" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="E92" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="F92" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="G92" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="H92" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="I92" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>855</v>
+        <v>274</v>
       </c>
       <c r="L92" t="s">
         <v>26</v>
       </c>
+      <c r="M92" t="s">
+        <v>276</v>
+      </c>
       <c r="N92" t="s">
         <v>28</v>
       </c>
       <c r="O92" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93">
-        <v>3390</v>
+        <v>3384</v>
       </c>
       <c r="B93" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="C93" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="D93" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="E93" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="F93" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="G93" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="H93" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="I93" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L93" t="s">
         <v>26</v>
       </c>
       <c r="M93" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N93" t="s">
         <v>28</v>
       </c>
       <c r="O93" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94">
-        <v>3395</v>
+        <v>3389</v>
       </c>
       <c r="B94" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="C94" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="D94" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="E94" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="F94" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="G94" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="H94" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="I94" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="L94" t="s">
         <v>26</v>
       </c>
+      <c r="M94" t="s">
+        <v>883</v>
+      </c>
       <c r="N94" t="s">
         <v>28</v>
       </c>
       <c r="O94" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95">
-        <v>3402</v>
+        <v>3390</v>
       </c>
       <c r="B95" t="s">
-        <v>876</v>
+        <v>885</v>
       </c>
       <c r="C95" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="D95" t="s">
-        <v>878</v>
+        <v>887</v>
       </c>
       <c r="E95" t="s">
-        <v>879</v>
+        <v>888</v>
       </c>
       <c r="F95" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="G95" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="H95" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
       <c r="I95" t="s">
-        <v>883</v>
+        <v>892</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>855</v>
+        <v>25</v>
       </c>
       <c r="L95" t="s">
         <v>26</v>
       </c>
       <c r="M95" t="s">
-        <v>884</v>
+        <v>27</v>
       </c>
       <c r="N95" t="s">
         <v>28</v>
       </c>
       <c r="O95" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96">
-        <v>3406</v>
+        <v>3395</v>
       </c>
       <c r="B96" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="C96" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="D96" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="E96" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="F96" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="G96" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="H96" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="I96" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>47</v>
+        <v>902</v>
       </c>
       <c r="L96" t="s">
         <v>26</v>
       </c>
       <c r="M96" t="s">
-        <v>48</v>
+        <v>903</v>
       </c>
       <c r="N96" t="s">
         <v>28</v>
       </c>
       <c r="O96" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97">
-        <v>3407</v>
+        <v>3402</v>
       </c>
       <c r="B97" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="C97" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="D97" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="E97" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="F97" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="G97" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="H97" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="I97" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>25</v>
+        <v>882</v>
       </c>
       <c r="L97" t="s">
         <v>26</v>
       </c>
       <c r="M97" t="s">
-        <v>27</v>
+        <v>913</v>
       </c>
       <c r="N97" t="s">
         <v>28</v>
       </c>
       <c r="O97" t="s">
-        <v>903</v>
+        <v>914</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98">
-        <v>3409</v>
+        <v>3406</v>
       </c>
       <c r="B98" t="s">
-        <v>904</v>
+        <v>915</v>
       </c>
       <c r="C98" t="s">
-        <v>905</v>
+        <v>916</v>
       </c>
       <c r="D98" t="s">
-        <v>906</v>
+        <v>917</v>
       </c>
       <c r="E98" t="s">
-        <v>907</v>
+        <v>918</v>
       </c>
       <c r="F98" t="s">
-        <v>908</v>
+        <v>919</v>
       </c>
       <c r="G98" t="s">
-        <v>909</v>
+        <v>920</v>
       </c>
       <c r="H98" t="s">
-        <v>910</v>
+        <v>921</v>
       </c>
       <c r="I98" t="s">
-        <v>911</v>
+        <v>922</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L98" t="s">
         <v>26</v>
       </c>
       <c r="M98" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N98" t="s">
         <v>28</v>
       </c>
       <c r="O98" t="s">
-        <v>912</v>
+        <v>923</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99">
-        <v>3410</v>
+        <v>3407</v>
       </c>
       <c r="B99" t="s">
-        <v>913</v>
+        <v>924</v>
       </c>
       <c r="C99" t="s">
-        <v>914</v>
+        <v>925</v>
       </c>
       <c r="D99" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="E99" t="s">
-        <v>916</v>
+        <v>927</v>
       </c>
       <c r="F99" t="s">
-        <v>917</v>
+        <v>928</v>
       </c>
       <c r="G99" t="s">
-        <v>918</v>
+        <v>929</v>
       </c>
       <c r="H99" t="s">
-        <v>919</v>
+        <v>930</v>
       </c>
       <c r="I99" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
         <v>25</v>
       </c>
       <c r="L99" t="s">
         <v>26</v>
       </c>
       <c r="M99" t="s">
         <v>27</v>
       </c>
       <c r="N99" t="s">
         <v>28</v>
       </c>
       <c r="O99" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100">
-        <v>3414</v>
+        <v>3409</v>
       </c>
       <c r="B100" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="C100" t="s">
-        <v>923</v>
+        <v>934</v>
       </c>
       <c r="D100" t="s">
-        <v>924</v>
+        <v>935</v>
       </c>
       <c r="E100" t="s">
-        <v>925</v>
+        <v>936</v>
       </c>
       <c r="F100" t="s">
-        <v>926</v>
+        <v>937</v>
       </c>
       <c r="G100" t="s">
-        <v>927</v>
+        <v>938</v>
       </c>
       <c r="H100" t="s">
-        <v>928</v>
+        <v>939</v>
       </c>
       <c r="I100" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L100" t="s">
         <v>26</v>
       </c>
       <c r="M100" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N100" t="s">
         <v>28</v>
       </c>
       <c r="O100" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101">
-        <v>3416</v>
+        <v>3410</v>
       </c>
       <c r="B101" t="s">
-        <v>931</v>
+        <v>942</v>
       </c>
       <c r="C101" t="s">
-        <v>932</v>
+        <v>943</v>
       </c>
       <c r="D101" t="s">
-        <v>933</v>
+        <v>944</v>
       </c>
       <c r="E101" t="s">
-        <v>934</v>
+        <v>945</v>
       </c>
       <c r="F101" t="s">
-        <v>935</v>
+        <v>946</v>
       </c>
       <c r="G101" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="H101" t="s">
-        <v>937</v>
+        <v>948</v>
       </c>
       <c r="I101" t="s">
-        <v>938</v>
+        <v>949</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>647</v>
+        <v>25</v>
       </c>
       <c r="L101" t="s">
         <v>26</v>
       </c>
       <c r="M101" t="s">
-        <v>648</v>
+        <v>27</v>
       </c>
       <c r="N101" t="s">
         <v>28</v>
       </c>
       <c r="O101" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102">
-        <v>3417</v>
+        <v>3414</v>
       </c>
       <c r="B102" t="s">
-        <v>940</v>
+        <v>951</v>
       </c>
       <c r="C102" t="s">
-        <v>941</v>
+        <v>952</v>
       </c>
       <c r="D102" t="s">
-        <v>942</v>
+        <v>953</v>
       </c>
       <c r="E102" t="s">
-        <v>943</v>
+        <v>954</v>
       </c>
       <c r="F102" t="s">
-        <v>944</v>
+        <v>955</v>
       </c>
       <c r="G102" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="H102" t="s">
-        <v>946</v>
+        <v>957</v>
       </c>
       <c r="I102" t="s">
-        <v>947</v>
+        <v>958</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L102" t="s">
         <v>26</v>
       </c>
       <c r="M102" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N102" t="s">
         <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>948</v>
+        <v>959</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103">
-        <v>3418</v>
+        <v>3416</v>
       </c>
       <c r="B103" t="s">
-        <v>949</v>
+        <v>960</v>
       </c>
       <c r="C103" t="s">
-        <v>950</v>
+        <v>961</v>
       </c>
       <c r="D103" t="s">
-        <v>951</v>
+        <v>962</v>
       </c>
       <c r="E103" t="s">
-        <v>952</v>
+        <v>963</v>
       </c>
       <c r="F103" t="s">
-        <v>953</v>
+        <v>964</v>
       </c>
       <c r="G103" t="s">
-        <v>954</v>
+        <v>965</v>
       </c>
       <c r="H103" t="s">
-        <v>955</v>
+        <v>966</v>
       </c>
       <c r="I103" t="s">
-        <v>956</v>
+        <v>967</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>148</v>
+        <v>672</v>
       </c>
       <c r="L103" t="s">
         <v>26</v>
       </c>
       <c r="M103" t="s">
-        <v>149</v>
+        <v>673</v>
       </c>
       <c r="N103" t="s">
         <v>28</v>
       </c>
       <c r="O103" t="s">
-        <v>957</v>
+        <v>968</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104">
-        <v>3419</v>
+        <v>3417</v>
       </c>
       <c r="B104" t="s">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="C104" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="D104" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="E104" t="s">
-        <v>961</v>
+        <v>972</v>
       </c>
       <c r="F104" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
       <c r="G104" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="H104" t="s">
-        <v>964</v>
+        <v>975</v>
       </c>
       <c r="I104" t="s">
-        <v>965</v>
+        <v>976</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104" t="s">
         <v>25</v>
       </c>
       <c r="L104" t="s">
         <v>26</v>
       </c>
       <c r="M104" t="s">
         <v>27</v>
       </c>
       <c r="N104" t="s">
         <v>28</v>
       </c>
       <c r="O104" t="s">
-        <v>966</v>
+        <v>977</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105">
-        <v>3420</v>
+        <v>3418</v>
       </c>
       <c r="B105" t="s">
-        <v>967</v>
+        <v>978</v>
       </c>
       <c r="C105" t="s">
-        <v>968</v>
+        <v>979</v>
       </c>
       <c r="D105" t="s">
-        <v>969</v>
+        <v>980</v>
       </c>
       <c r="E105" t="s">
-        <v>970</v>
+        <v>981</v>
       </c>
       <c r="F105" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
       <c r="G105" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="H105" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
       <c r="I105" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L105" t="s">
         <v>26</v>
       </c>
       <c r="M105" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N105" t="s">
         <v>28</v>
       </c>
       <c r="O105" t="s">
-        <v>975</v>
+        <v>986</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106">
-        <v>3421</v>
+        <v>3419</v>
       </c>
       <c r="B106" t="s">
-        <v>976</v>
+        <v>987</v>
       </c>
       <c r="C106" t="s">
-        <v>977</v>
+        <v>988</v>
       </c>
       <c r="D106" t="s">
-        <v>978</v>
+        <v>989</v>
       </c>
       <c r="E106" t="s">
-        <v>979</v>
+        <v>990</v>
       </c>
       <c r="F106" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="G106" t="s">
-        <v>981</v>
+        <v>992</v>
       </c>
       <c r="H106" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="I106" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L106" t="s">
         <v>26</v>
       </c>
       <c r="M106" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N106" t="s">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107">
-        <v>3422</v>
+        <v>3420</v>
       </c>
       <c r="B107" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="C107" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
       <c r="D107" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
       <c r="E107" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="F107" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="G107" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="H107" t="s">
-        <v>991</v>
+        <v>1002</v>
       </c>
       <c r="I107" t="s">
-        <v>992</v>
+        <v>1003</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L107" t="s">
         <v>26</v>
       </c>
       <c r="M107" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N107" t="s">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>993</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108">
-        <v>3437</v>
+        <v>3421</v>
       </c>
       <c r="B108" t="s">
-        <v>994</v>
+        <v>1005</v>
       </c>
       <c r="C108" t="s">
-        <v>995</v>
+        <v>1006</v>
       </c>
       <c r="D108" t="s">
-        <v>996</v>
+        <v>1007</v>
       </c>
       <c r="E108" t="s">
-        <v>997</v>
+        <v>1008</v>
       </c>
       <c r="F108" t="s">
-        <v>998</v>
+        <v>1009</v>
       </c>
       <c r="G108" t="s">
-        <v>999</v>
+        <v>1010</v>
       </c>
       <c r="H108" t="s">
-        <v>1000</v>
+        <v>1011</v>
       </c>
       <c r="I108" t="s">
-        <v>1001</v>
+        <v>1012</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L108" t="s">
         <v>26</v>
       </c>
       <c r="M108" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N108" t="s">
         <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109">
-        <v>3438</v>
+        <v>3422</v>
       </c>
       <c r="B109" t="s">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="C109" t="s">
-        <v>1004</v>
+        <v>1015</v>
       </c>
       <c r="D109" t="s">
-        <v>1005</v>
+        <v>1016</v>
       </c>
       <c r="E109" t="s">
-        <v>1006</v>
+        <v>1017</v>
       </c>
       <c r="F109" t="s">
-        <v>1007</v>
+        <v>1018</v>
       </c>
       <c r="G109" t="s">
-        <v>1008</v>
+        <v>1019</v>
       </c>
       <c r="H109" t="s">
-        <v>1009</v>
+        <v>1020</v>
       </c>
       <c r="I109" t="s">
-        <v>1010</v>
+        <v>1021</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
         <v>25</v>
       </c>
       <c r="L109" t="s">
         <v>26</v>
       </c>
       <c r="M109" t="s">
         <v>27</v>
       </c>
       <c r="N109" t="s">
         <v>28</v>
       </c>
       <c r="O109" t="s">
-        <v>1011</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110">
-        <v>3444</v>
+        <v>3437</v>
       </c>
       <c r="B110" t="s">
-        <v>1012</v>
+        <v>1023</v>
       </c>
       <c r="C110" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="D110" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="E110" t="s">
-        <v>1015</v>
+        <v>1026</v>
       </c>
       <c r="F110" t="s">
-        <v>1016</v>
+        <v>1027</v>
       </c>
       <c r="G110" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="H110" t="s">
-        <v>1018</v>
+        <v>1029</v>
       </c>
       <c r="I110" t="s">
-        <v>1019</v>
+        <v>1030</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
         <v>25</v>
       </c>
       <c r="L110" t="s">
         <v>26</v>
       </c>
       <c r="M110" t="s">
         <v>27</v>
       </c>
       <c r="N110" t="s">
         <v>28</v>
       </c>
       <c r="O110" t="s">
-        <v>1020</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111">
-        <v>3461</v>
+        <v>3438</v>
       </c>
       <c r="B111" t="s">
-        <v>1021</v>
+        <v>1032</v>
       </c>
       <c r="C111" t="s">
-        <v>1022</v>
+        <v>1033</v>
       </c>
       <c r="D111" t="s">
-        <v>1023</v>
+        <v>1034</v>
       </c>
       <c r="E111" t="s">
-        <v>1024</v>
+        <v>1035</v>
       </c>
       <c r="F111" t="s">
-        <v>1025</v>
+        <v>1036</v>
       </c>
       <c r="G111" t="s">
-        <v>1026</v>
+        <v>1037</v>
       </c>
       <c r="H111" t="s">
-        <v>1027</v>
+        <v>1038</v>
       </c>
       <c r="I111" t="s">
-        <v>1028</v>
+        <v>1039</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
         <v>25</v>
       </c>
       <c r="L111" t="s">
         <v>26</v>
       </c>
       <c r="M111" t="s">
         <v>27</v>
       </c>
       <c r="N111" t="s">
         <v>28</v>
       </c>
       <c r="O111" t="s">
-        <v>1029</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112">
-        <v>3470</v>
+        <v>3444</v>
       </c>
       <c r="B112" t="s">
-        <v>1030</v>
+        <v>1041</v>
       </c>
       <c r="C112" t="s">
-        <v>1031</v>
+        <v>1042</v>
       </c>
       <c r="D112" t="s">
-        <v>1032</v>
+        <v>1043</v>
       </c>
       <c r="E112" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="F112" t="s">
-        <v>1034</v>
+        <v>1045</v>
       </c>
       <c r="G112" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="H112" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
       <c r="I112" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>1038</v>
+        <v>25</v>
       </c>
       <c r="L112" t="s">
         <v>26</v>
       </c>
+      <c r="M112" t="s">
+        <v>27</v>
+      </c>
       <c r="N112" t="s">
         <v>28</v>
       </c>
       <c r="O112" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113">
-        <v>3475</v>
+        <v>3461</v>
       </c>
       <c r="B113" t="s">
-        <v>1040</v>
+        <v>1050</v>
       </c>
       <c r="C113" t="s">
-        <v>1041</v>
+        <v>1051</v>
       </c>
       <c r="D113" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
       <c r="E113" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
       <c r="F113" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="G113" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="H113" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
       <c r="I113" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L113" t="s">
         <v>26</v>
       </c>
       <c r="M113" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N113" t="s">
         <v>28</v>
       </c>
       <c r="O113" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114">
-        <v>3476</v>
+        <v>3470</v>
       </c>
       <c r="B114" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="C114" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="D114" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="E114" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="F114" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
       <c r="G114" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
       <c r="H114" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
       <c r="I114" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L114" t="s">
         <v>26</v>
       </c>
       <c r="M114" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N114" t="s">
         <v>28</v>
       </c>
       <c r="O114" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115">
-        <v>3480</v>
+        <v>3475</v>
       </c>
       <c r="B115" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="C115" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="D115" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="E115" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="F115" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="G115" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="H115" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="I115" t="s">
-        <v>1065</v>
+        <v>1077</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L115" t="s">
         <v>26</v>
       </c>
       <c r="M115" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N115" t="s">
         <v>28</v>
       </c>
       <c r="O115" t="s">
-        <v>1066</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116">
-        <v>3481</v>
+        <v>3476</v>
       </c>
       <c r="B116" t="s">
-        <v>1067</v>
+        <v>1079</v>
       </c>
       <c r="C116" t="s">
-        <v>1068</v>
+        <v>1080</v>
       </c>
       <c r="D116" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="E116" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="F116" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="G116" t="s">
-        <v>1072</v>
+        <v>1084</v>
       </c>
       <c r="H116" t="s">
-        <v>1073</v>
+        <v>1085</v>
       </c>
       <c r="I116" t="s">
-        <v>1074</v>
+        <v>1086</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L116" t="s">
         <v>26</v>
       </c>
       <c r="M116" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N116" t="s">
         <v>28</v>
       </c>
       <c r="O116" t="s">
-        <v>1075</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117">
-        <v>3503</v>
+        <v>3480</v>
       </c>
       <c r="B117" t="s">
-        <v>1076</v>
+        <v>1088</v>
       </c>
       <c r="C117" t="s">
-        <v>1077</v>
+        <v>1089</v>
       </c>
       <c r="D117" t="s">
-        <v>1078</v>
+        <v>1090</v>
       </c>
       <c r="E117" t="s">
-        <v>1079</v>
+        <v>1091</v>
       </c>
       <c r="F117" t="s">
-        <v>1080</v>
+        <v>1092</v>
       </c>
       <c r="G117" t="s">
-        <v>1081</v>
+        <v>1093</v>
       </c>
       <c r="H117" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="I117" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L117" t="s">
         <v>26</v>
       </c>
       <c r="M117" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N117" t="s">
         <v>28</v>
       </c>
       <c r="O117" t="s">
-        <v>1084</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118">
-        <v>3512</v>
+        <v>3481</v>
       </c>
       <c r="B118" t="s">
-        <v>1085</v>
+        <v>1097</v>
       </c>
       <c r="C118" t="s">
-        <v>1086</v>
+        <v>1098</v>
       </c>
       <c r="D118" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="E118" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="F118" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="G118" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="H118" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="I118" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L118" t="s">
         <v>26</v>
       </c>
       <c r="M118" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N118" t="s">
         <v>28</v>
       </c>
       <c r="O118" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119">
-        <v>3518</v>
+        <v>3503</v>
       </c>
       <c r="B119" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="C119" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
       <c r="D119" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="E119" t="s">
-        <v>1097</v>
+        <v>1109</v>
       </c>
       <c r="F119" t="s">
-        <v>1098</v>
+        <v>1110</v>
       </c>
       <c r="G119" t="s">
-        <v>1099</v>
+        <v>1111</v>
       </c>
       <c r="H119" t="s">
-        <v>1100</v>
+        <v>1112</v>
       </c>
       <c r="I119" t="s">
-        <v>1101</v>
+        <v>1113</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>1102</v>
+        <v>25</v>
       </c>
       <c r="L119" t="s">
         <v>26</v>
       </c>
+      <c r="M119" t="s">
+        <v>27</v>
+      </c>
       <c r="N119" t="s">
         <v>28</v>
       </c>
       <c r="O119" t="s">
-        <v>1103</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120">
-        <v>3520</v>
+        <v>3512</v>
       </c>
       <c r="B120" t="s">
-        <v>1104</v>
+        <v>1115</v>
       </c>
       <c r="C120" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="D120" t="s">
-        <v>1106</v>
+        <v>1117</v>
       </c>
       <c r="E120" t="s">
-        <v>1107</v>
+        <v>1118</v>
       </c>
       <c r="F120" t="s">
-        <v>1108</v>
+        <v>1119</v>
       </c>
       <c r="G120" t="s">
-        <v>1109</v>
+        <v>1120</v>
       </c>
       <c r="H120" t="s">
-        <v>1110</v>
+        <v>1121</v>
       </c>
       <c r="I120" t="s">
-        <v>1111</v>
+        <v>1122</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>456</v>
+        <v>25</v>
       </c>
       <c r="L120" t="s">
         <v>26</v>
       </c>
+      <c r="M120" t="s">
+        <v>27</v>
+      </c>
       <c r="N120" t="s">
         <v>28</v>
       </c>
       <c r="O120" t="s">
-        <v>1112</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121">
-        <v>3534</v>
+        <v>3518</v>
       </c>
       <c r="B121" t="s">
-        <v>1113</v>
+        <v>1124</v>
       </c>
       <c r="C121" t="s">
-        <v>1114</v>
+        <v>1125</v>
       </c>
       <c r="D121" t="s">
-        <v>1115</v>
+        <v>1126</v>
       </c>
       <c r="E121" t="s">
-        <v>1116</v>
+        <v>1127</v>
       </c>
       <c r="F121" t="s">
-        <v>1117</v>
+        <v>1128</v>
       </c>
       <c r="G121" t="s">
-        <v>1118</v>
+        <v>1129</v>
       </c>
       <c r="H121" t="s">
-        <v>1119</v>
+        <v>1130</v>
       </c>
       <c r="I121" t="s">
-        <v>1120</v>
+        <v>1131</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>25</v>
+        <v>1132</v>
       </c>
       <c r="L121" t="s">
         <v>26</v>
       </c>
       <c r="M121" t="s">
-        <v>27</v>
+        <v>1133</v>
       </c>
       <c r="N121" t="s">
         <v>28</v>
       </c>
       <c r="O121" t="s">
-        <v>1121</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="122" spans="1:15">
       <c r="A122">
-        <v>3546</v>
+        <v>3520</v>
       </c>
       <c r="B122" t="s">
-        <v>1122</v>
+        <v>1135</v>
       </c>
       <c r="C122" t="s">
-        <v>1123</v>
+        <v>1136</v>
       </c>
       <c r="D122" t="s">
-        <v>1124</v>
+        <v>1137</v>
       </c>
       <c r="E122" t="s">
-        <v>1125</v>
+        <v>1138</v>
       </c>
       <c r="F122" t="s">
-        <v>1126</v>
+        <v>1139</v>
       </c>
       <c r="G122" t="s">
-        <v>1127</v>
+        <v>1140</v>
       </c>
       <c r="H122" t="s">
-        <v>1128</v>
+        <v>1141</v>
       </c>
       <c r="I122" t="s">
-        <v>1129</v>
+        <v>1142</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L122" t="s">
         <v>26</v>
       </c>
       <c r="M122" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N122" t="s">
         <v>28</v>
       </c>
       <c r="O122" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="123" spans="1:15">
       <c r="A123">
-        <v>3552</v>
+        <v>3534</v>
       </c>
       <c r="B123" t="s">
-        <v>1131</v>
+        <v>1144</v>
       </c>
       <c r="C123" t="s">
-        <v>1132</v>
+        <v>1145</v>
       </c>
       <c r="D123" t="s">
-        <v>1133</v>
+        <v>1146</v>
       </c>
       <c r="E123" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="F123" t="s">
-        <v>1135</v>
+        <v>1148</v>
       </c>
       <c r="G123" t="s">
-        <v>1136</v>
+        <v>1149</v>
       </c>
       <c r="H123" t="s">
-        <v>1137</v>
+        <v>1150</v>
       </c>
       <c r="I123" t="s">
-        <v>1138</v>
+        <v>1151</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>714</v>
+        <v>25</v>
       </c>
       <c r="L123" t="s">
         <v>26</v>
       </c>
       <c r="M123" t="s">
-        <v>715</v>
+        <v>27</v>
       </c>
       <c r="N123" t="s">
         <v>28</v>
       </c>
       <c r="O123" t="s">
-        <v>1139</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="124" spans="1:15">
       <c r="A124">
-        <v>3553</v>
+        <v>3546</v>
       </c>
       <c r="B124" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
       <c r="C124" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
       <c r="D124" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="E124" t="s">
-        <v>1143</v>
+        <v>1156</v>
       </c>
       <c r="F124" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="G124" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
       <c r="H124" t="s">
-        <v>1146</v>
+        <v>1159</v>
       </c>
       <c r="I124" t="s">
-        <v>1147</v>
+        <v>1160</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L124" t="s">
         <v>26</v>
       </c>
       <c r="M124" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N124" t="s">
         <v>28</v>
       </c>
       <c r="O124" t="s">
-        <v>1148</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="125" spans="1:15">
       <c r="A125">
-        <v>3567</v>
+        <v>3552</v>
       </c>
       <c r="B125" t="s">
-        <v>1149</v>
+        <v>1162</v>
       </c>
       <c r="C125" t="s">
-        <v>1150</v>
+        <v>1163</v>
       </c>
       <c r="D125" t="s">
-        <v>1151</v>
+        <v>1164</v>
       </c>
       <c r="E125" t="s">
-        <v>1152</v>
+        <v>1165</v>
       </c>
       <c r="F125" t="s">
-        <v>1153</v>
+        <v>1166</v>
       </c>
       <c r="G125" t="s">
-        <v>1154</v>
+        <v>1167</v>
       </c>
       <c r="H125" t="s">
-        <v>1155</v>
+        <v>1168</v>
       </c>
       <c r="I125" t="s">
-        <v>1156</v>
+        <v>1169</v>
       </c>
       <c r="J125" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>1157</v>
+        <v>739</v>
       </c>
       <c r="L125" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M125" t="s">
+        <v>740</v>
       </c>
       <c r="N125" t="s">
         <v>28</v>
       </c>
       <c r="O125" t="s">
-        <v>1158</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126">
-        <v>3574</v>
+        <v>3553</v>
       </c>
       <c r="B126" t="s">
-        <v>1159</v>
+        <v>1171</v>
       </c>
       <c r="C126" t="s">
-        <v>1160</v>
+        <v>1172</v>
       </c>
       <c r="D126" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="E126" t="s">
-        <v>1162</v>
+        <v>1174</v>
       </c>
       <c r="F126" t="s">
-        <v>1163</v>
+        <v>1175</v>
       </c>
       <c r="G126" t="s">
-        <v>1164</v>
+        <v>1176</v>
       </c>
       <c r="H126" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="I126" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L126" t="s">
         <v>26</v>
       </c>
       <c r="M126" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N126" t="s">
         <v>28</v>
       </c>
       <c r="O126" t="s">
-        <v>1167</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="127" spans="1:15">
       <c r="A127">
-        <v>3575</v>
+        <v>3567</v>
       </c>
       <c r="B127" t="s">
-        <v>1168</v>
+        <v>1180</v>
       </c>
       <c r="C127" t="s">
-        <v>1169</v>
+        <v>1181</v>
       </c>
       <c r="D127" t="s">
-        <v>1170</v>
+        <v>1182</v>
       </c>
       <c r="E127" t="s">
-        <v>1171</v>
+        <v>1183</v>
       </c>
       <c r="F127" t="s">
-        <v>1172</v>
+        <v>1184</v>
       </c>
       <c r="G127" t="s">
-        <v>1173</v>
+        <v>1185</v>
       </c>
       <c r="H127" t="s">
-        <v>1174</v>
+        <v>1186</v>
       </c>
       <c r="I127" t="s">
-        <v>1175</v>
+        <v>1187</v>
       </c>
       <c r="J127" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K127" t="s">
-        <v>1176</v>
+        <v>1188</v>
       </c>
       <c r="L127" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1189</v>
       </c>
       <c r="N127" t="s">
         <v>28</v>
       </c>
       <c r="O127" t="s">
-        <v>1177</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="128" spans="1:15">
       <c r="A128">
-        <v>3581</v>
+        <v>3574</v>
       </c>
       <c r="B128" t="s">
-        <v>1178</v>
+        <v>1191</v>
       </c>
       <c r="C128" t="s">
-        <v>1179</v>
+        <v>1192</v>
       </c>
       <c r="D128" t="s">
-        <v>1180</v>
+        <v>1193</v>
       </c>
       <c r="E128" t="s">
-        <v>1181</v>
+        <v>1194</v>
       </c>
       <c r="F128" t="s">
-        <v>1182</v>
+        <v>1195</v>
       </c>
       <c r="G128" t="s">
-        <v>1183</v>
+        <v>1196</v>
       </c>
       <c r="H128" t="s">
-        <v>1184</v>
+        <v>1197</v>
       </c>
       <c r="I128" t="s">
-        <v>1185</v>
+        <v>1198</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L128" t="s">
         <v>26</v>
       </c>
       <c r="M128" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N128" t="s">
         <v>28</v>
       </c>
       <c r="O128" t="s">
-        <v>1186</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="129" spans="1:15">
       <c r="A129">
-        <v>3588</v>
+        <v>3575</v>
       </c>
       <c r="B129" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="C129" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="D129" t="s">
-        <v>1189</v>
+        <v>1202</v>
       </c>
       <c r="E129" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="F129" t="s">
-        <v>1191</v>
+        <v>1204</v>
       </c>
       <c r="G129" t="s">
-        <v>1192</v>
+        <v>1205</v>
       </c>
       <c r="H129" t="s">
-        <v>1193</v>
+        <v>1206</v>
       </c>
       <c r="I129" t="s">
-        <v>1194</v>
+        <v>1207</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>1195</v>
+        <v>1208</v>
       </c>
       <c r="L129" t="s">
         <v>26</v>
       </c>
+      <c r="M129" t="s">
+        <v>1209</v>
+      </c>
       <c r="N129" t="s">
         <v>28</v>
       </c>
       <c r="O129" t="s">
-        <v>1196</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="130" spans="1:15">
       <c r="A130">
-        <v>3591</v>
+        <v>3581</v>
       </c>
       <c r="B130" t="s">
-        <v>1197</v>
+        <v>1211</v>
       </c>
       <c r="C130" t="s">
-        <v>1198</v>
+        <v>1212</v>
       </c>
       <c r="D130" t="s">
-        <v>1199</v>
+        <v>1213</v>
       </c>
       <c r="E130" t="s">
-        <v>1200</v>
+        <v>1214</v>
       </c>
       <c r="F130" t="s">
-        <v>1201</v>
+        <v>1215</v>
       </c>
       <c r="G130" t="s">
-        <v>1202</v>
+        <v>1216</v>
       </c>
       <c r="H130" t="s">
-        <v>1203</v>
+        <v>1217</v>
       </c>
       <c r="I130" t="s">
-        <v>1204</v>
+        <v>1218</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
-        <v>1205</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3686</v>
+        <v>3588</v>
       </c>
       <c r="B131" t="s">
-        <v>1206</v>
+        <v>1220</v>
       </c>
       <c r="C131" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="D131" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="E131" t="s">
-        <v>1209</v>
+        <v>1223</v>
       </c>
       <c r="F131" t="s">
-        <v>1210</v>
+        <v>1224</v>
       </c>
       <c r="G131" t="s">
-        <v>1211</v>
+        <v>1225</v>
       </c>
       <c r="H131" t="s">
-        <v>1212</v>
+        <v>1226</v>
       </c>
       <c r="I131" t="s">
-        <v>1213</v>
+        <v>1227</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>47</v>
+        <v>1228</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>48</v>
+        <v>1229</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1214</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3689</v>
+        <v>3591</v>
       </c>
       <c r="B132" t="s">
-        <v>1215</v>
+        <v>1231</v>
       </c>
       <c r="C132" t="s">
-        <v>1216</v>
+        <v>1232</v>
       </c>
       <c r="D132" t="s">
-        <v>1217</v>
+        <v>1233</v>
       </c>
       <c r="E132" t="s">
-        <v>1218</v>
+        <v>1234</v>
       </c>
       <c r="F132" t="s">
-        <v>1219</v>
+        <v>1235</v>
       </c>
       <c r="G132" t="s">
-        <v>1220</v>
+        <v>1236</v>
       </c>
       <c r="H132" t="s">
-        <v>1221</v>
+        <v>1237</v>
       </c>
       <c r="I132" t="s">
-        <v>1222</v>
+        <v>1238</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
-        <v>1223</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3700</v>
+        <v>3636</v>
       </c>
       <c r="B133" t="s">
-        <v>1224</v>
+        <v>1240</v>
       </c>
       <c r="C133" t="s">
-        <v>1225</v>
+        <v>1241</v>
       </c>
       <c r="D133" t="s">
-        <v>1226</v>
+        <v>1242</v>
       </c>
       <c r="E133" t="s">
-        <v>1227</v>
+        <v>1243</v>
       </c>
       <c r="F133" t="s">
-        <v>1228</v>
+        <v>1244</v>
       </c>
       <c r="G133" t="s">
-        <v>1229</v>
+        <v>1245</v>
       </c>
       <c r="H133" t="s">
-        <v>1230</v>
+        <v>1246</v>
       </c>
       <c r="I133" t="s">
-        <v>1231</v>
+        <v>1247</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
         <v>25</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
         <v>27</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
-        <v>1232</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3701</v>
+        <v>3652</v>
       </c>
       <c r="B134" t="s">
-        <v>1233</v>
+        <v>1249</v>
       </c>
       <c r="C134" t="s">
-        <v>1234</v>
+        <v>1250</v>
       </c>
       <c r="D134" t="s">
-        <v>1235</v>
+        <v>1251</v>
       </c>
       <c r="E134" t="s">
-        <v>1236</v>
+        <v>1252</v>
       </c>
       <c r="F134" t="s">
-        <v>1237</v>
+        <v>1253</v>
       </c>
       <c r="G134" t="s">
-        <v>1238</v>
+        <v>1254</v>
       </c>
       <c r="H134" t="s">
-        <v>1239</v>
+        <v>1255</v>
       </c>
       <c r="I134" t="s">
-        <v>1240</v>
+        <v>1256</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
-        <v>1241</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3702</v>
+        <v>3686</v>
       </c>
       <c r="B135" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
       <c r="C135" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="D135" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="E135" t="s">
-        <v>1245</v>
+        <v>1261</v>
       </c>
       <c r="F135" t="s">
-        <v>1246</v>
+        <v>1262</v>
       </c>
       <c r="G135" t="s">
-        <v>1247</v>
+        <v>1263</v>
       </c>
       <c r="H135" t="s">
-        <v>1248</v>
+        <v>1264</v>
       </c>
       <c r="I135" t="s">
-        <v>1249</v>
+        <v>1265</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>47</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>48</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
-        <v>1250</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3706</v>
+        <v>3689</v>
       </c>
       <c r="B136" t="s">
-        <v>1251</v>
+        <v>1267</v>
       </c>
       <c r="C136" t="s">
-        <v>1252</v>
+        <v>1268</v>
       </c>
       <c r="D136" t="s">
-        <v>1253</v>
+        <v>1269</v>
       </c>
       <c r="E136" t="s">
-        <v>1254</v>
+        <v>1270</v>
       </c>
       <c r="F136" t="s">
-        <v>1255</v>
+        <v>1271</v>
       </c>
       <c r="G136" t="s">
-        <v>1256</v>
+        <v>1272</v>
       </c>
       <c r="H136" t="s">
-        <v>1257</v>
+        <v>1273</v>
       </c>
       <c r="I136" t="s">
-        <v>1258</v>
+        <v>1274</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>1259</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3711</v>
+        <v>3700</v>
       </c>
       <c r="B137" t="s">
-        <v>1260</v>
+        <v>1276</v>
       </c>
       <c r="C137" t="s">
-        <v>1261</v>
+        <v>1277</v>
       </c>
       <c r="D137" t="s">
-        <v>1262</v>
+        <v>1278</v>
       </c>
       <c r="E137" t="s">
-        <v>1263</v>
+        <v>1279</v>
       </c>
       <c r="F137" t="s">
-        <v>1264</v>
+        <v>1280</v>
       </c>
       <c r="G137" t="s">
-        <v>1265</v>
+        <v>1281</v>
       </c>
       <c r="H137" t="s">
-        <v>1266</v>
+        <v>1282</v>
       </c>
       <c r="I137" t="s">
-        <v>1267</v>
+        <v>1283</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
-        <v>1268</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3716</v>
+        <v>3701</v>
       </c>
       <c r="B138" t="s">
-        <v>1269</v>
+        <v>1285</v>
       </c>
       <c r="C138" t="s">
-        <v>1270</v>
+        <v>1286</v>
       </c>
       <c r="D138" t="s">
-        <v>1271</v>
+        <v>1287</v>
       </c>
       <c r="E138" t="s">
-        <v>1272</v>
+        <v>1288</v>
       </c>
       <c r="F138" t="s">
-        <v>1273</v>
+        <v>1289</v>
       </c>
       <c r="G138" t="s">
-        <v>1274</v>
+        <v>1290</v>
       </c>
       <c r="H138" t="s">
-        <v>1275</v>
+        <v>1291</v>
       </c>
       <c r="I138" t="s">
-        <v>1276</v>
+        <v>1292</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
-        <v>1277</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3718</v>
+        <v>3702</v>
       </c>
       <c r="B139" t="s">
-        <v>1278</v>
+        <v>1294</v>
       </c>
       <c r="C139" t="s">
-        <v>1279</v>
+        <v>1295</v>
       </c>
       <c r="D139" t="s">
-        <v>1280</v>
+        <v>1296</v>
       </c>
       <c r="E139" t="s">
-        <v>1281</v>
+        <v>1297</v>
       </c>
       <c r="F139" t="s">
-        <v>1282</v>
+        <v>1298</v>
       </c>
       <c r="G139" t="s">
-        <v>1283</v>
+        <v>1299</v>
       </c>
       <c r="H139" t="s">
-        <v>1284</v>
+        <v>1300</v>
       </c>
       <c r="I139" t="s">
-        <v>1285</v>
+        <v>1301</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
-        <v>1286</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3719</v>
+        <v>3706</v>
       </c>
       <c r="B140" t="s">
-        <v>1287</v>
+        <v>1303</v>
       </c>
       <c r="C140" t="s">
-        <v>1288</v>
+        <v>1304</v>
       </c>
       <c r="D140" t="s">
-        <v>1289</v>
+        <v>1305</v>
       </c>
       <c r="E140" t="s">
-        <v>1290</v>
+        <v>1306</v>
       </c>
       <c r="F140" t="s">
-        <v>1291</v>
+        <v>1307</v>
       </c>
       <c r="G140" t="s">
-        <v>1292</v>
+        <v>1308</v>
       </c>
       <c r="H140" t="s">
-        <v>1293</v>
+        <v>1309</v>
       </c>
       <c r="I140" t="s">
-        <v>1294</v>
+        <v>1310</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
-        <v>1295</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3731</v>
+        <v>3711</v>
       </c>
       <c r="B141" t="s">
-        <v>1296</v>
+        <v>1312</v>
       </c>
       <c r="C141" t="s">
-        <v>1297</v>
+        <v>1313</v>
       </c>
       <c r="D141" t="s">
-        <v>1298</v>
+        <v>1314</v>
       </c>
       <c r="E141" t="s">
-        <v>1299</v>
+        <v>1315</v>
       </c>
       <c r="F141" t="s">
-        <v>1300</v>
+        <v>1316</v>
       </c>
       <c r="G141" t="s">
-        <v>1301</v>
+        <v>1317</v>
       </c>
       <c r="H141" t="s">
-        <v>1302</v>
+        <v>1318</v>
       </c>
       <c r="I141" t="s">
-        <v>1303</v>
+        <v>1319</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
-        <v>1304</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3732</v>
+        <v>3716</v>
       </c>
       <c r="B142" t="s">
-        <v>1305</v>
+        <v>1321</v>
       </c>
       <c r="C142" t="s">
-        <v>1306</v>
+        <v>1322</v>
       </c>
       <c r="D142" t="s">
-        <v>1307</v>
+        <v>1323</v>
       </c>
       <c r="E142" t="s">
-        <v>1308</v>
+        <v>1324</v>
       </c>
       <c r="F142" t="s">
-        <v>1309</v>
+        <v>1325</v>
       </c>
       <c r="G142" t="s">
-        <v>1310</v>
+        <v>1326</v>
       </c>
       <c r="H142" t="s">
-        <v>1311</v>
+        <v>1327</v>
       </c>
       <c r="I142" t="s">
-        <v>1312</v>
+        <v>1328</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
-        <v>1313</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3753</v>
+        <v>3718</v>
       </c>
       <c r="B143" t="s">
-        <v>1314</v>
+        <v>1330</v>
       </c>
       <c r="C143" t="s">
-        <v>1315</v>
+        <v>1331</v>
       </c>
       <c r="D143" t="s">
-        <v>1316</v>
+        <v>1332</v>
       </c>
       <c r="E143" t="s">
-        <v>1317</v>
+        <v>1333</v>
       </c>
       <c r="F143" t="s">
-        <v>1318</v>
+        <v>1334</v>
       </c>
       <c r="G143" t="s">
-        <v>1319</v>
+        <v>1335</v>
       </c>
       <c r="H143" t="s">
-        <v>1320</v>
+        <v>1336</v>
       </c>
       <c r="I143" t="s">
-        <v>1321</v>
+        <v>1337</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
-        <v>1322</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>3756</v>
+        <v>3719</v>
       </c>
       <c r="B144" t="s">
-        <v>1323</v>
+        <v>1339</v>
       </c>
       <c r="C144" t="s">
-        <v>1324</v>
+        <v>1340</v>
       </c>
       <c r="D144" t="s">
-        <v>1325</v>
+        <v>1341</v>
       </c>
       <c r="E144" t="s">
-        <v>1326</v>
+        <v>1342</v>
       </c>
       <c r="F144" t="s">
-        <v>1327</v>
+        <v>1343</v>
       </c>
       <c r="G144" t="s">
-        <v>1328</v>
+        <v>1344</v>
       </c>
       <c r="H144" t="s">
-        <v>1329</v>
+        <v>1345</v>
       </c>
       <c r="I144" t="s">
-        <v>1330</v>
+        <v>1346</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
-        <v>1331</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>3791</v>
+        <v>3731</v>
       </c>
       <c r="B145" t="s">
-        <v>1332</v>
+        <v>1348</v>
       </c>
       <c r="C145" t="s">
-        <v>1333</v>
+        <v>1349</v>
       </c>
       <c r="D145" t="s">
-        <v>1334</v>
+        <v>1350</v>
       </c>
       <c r="E145" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="F145" t="s">
-        <v>1336</v>
+        <v>1352</v>
       </c>
       <c r="G145" t="s">
-        <v>1337</v>
+        <v>1353</v>
       </c>
       <c r="H145" t="s">
-        <v>1338</v>
+        <v>1354</v>
       </c>
       <c r="I145" t="s">
-        <v>1339</v>
+        <v>1355</v>
       </c>
       <c r="J145" t="s">
-        <v>1340</v>
+        <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>844</v>
+        <v>25</v>
+      </c>
+      <c r="L145" t="s">
+        <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>845</v>
+        <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1341</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>3854</v>
+        <v>3732</v>
       </c>
       <c r="B146" t="s">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="C146" t="s">
-        <v>1343</v>
+        <v>1358</v>
       </c>
       <c r="D146" t="s">
-        <v>1344</v>
+        <v>1359</v>
       </c>
       <c r="E146" t="s">
-        <v>1345</v>
+        <v>1360</v>
       </c>
       <c r="F146" t="s">
-        <v>1346</v>
+        <v>1361</v>
       </c>
       <c r="G146" t="s">
-        <v>1347</v>
+        <v>1362</v>
       </c>
       <c r="H146" t="s">
-        <v>1348</v>
+        <v>1363</v>
       </c>
       <c r="I146" t="s">
-        <v>1349</v>
+        <v>1364</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1350</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4176</v>
+        <v>3753</v>
       </c>
       <c r="B147" t="s">
-        <v>1351</v>
+        <v>1366</v>
       </c>
       <c r="C147" t="s">
-        <v>1352</v>
+        <v>1367</v>
       </c>
       <c r="D147" t="s">
-        <v>1353</v>
+        <v>1368</v>
       </c>
       <c r="E147" t="s">
-        <v>1354</v>
+        <v>1369</v>
       </c>
       <c r="F147" t="s">
-        <v>1355</v>
+        <v>1370</v>
       </c>
       <c r="G147" t="s">
-        <v>1356</v>
+        <v>1371</v>
       </c>
       <c r="H147" t="s">
-        <v>1357</v>
+        <v>1372</v>
       </c>
       <c r="I147" t="s">
-        <v>1358</v>
+        <v>1373</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1359</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4186</v>
+        <v>3756</v>
       </c>
       <c r="B148" t="s">
-        <v>1360</v>
+        <v>1375</v>
       </c>
       <c r="C148" t="s">
-        <v>1361</v>
+        <v>1376</v>
       </c>
       <c r="D148" t="s">
-        <v>1362</v>
+        <v>1377</v>
       </c>
       <c r="E148" t="s">
-        <v>1363</v>
+        <v>1378</v>
       </c>
       <c r="F148" t="s">
-        <v>1364</v>
+        <v>1379</v>
       </c>
       <c r="G148" t="s">
-        <v>1365</v>
+        <v>1380</v>
       </c>
       <c r="H148" t="s">
-        <v>1366</v>
+        <v>1381</v>
       </c>
       <c r="I148" t="s">
-        <v>1367</v>
+        <v>1382</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>456</v>
+        <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
+      <c r="M148" t="s">
+        <v>27</v>
+      </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1368</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4191</v>
+        <v>3791</v>
       </c>
       <c r="B149" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
       <c r="C149" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="D149" t="s">
-        <v>1371</v>
+        <v>1386</v>
       </c>
       <c r="E149" t="s">
-        <v>1372</v>
+        <v>1387</v>
       </c>
       <c r="F149" t="s">
-        <v>1373</v>
+        <v>1388</v>
       </c>
       <c r="G149" t="s">
-        <v>1374</v>
+        <v>1389</v>
       </c>
       <c r="H149" t="s">
-        <v>1375</v>
+        <v>1390</v>
       </c>
       <c r="I149" t="s">
-        <v>1376</v>
+        <v>1391</v>
       </c>
       <c r="J149" t="s">
-        <v>417</v>
+        <v>1392</v>
       </c>
       <c r="K149" t="s">
-        <v>844</v>
+        <v>871</v>
       </c>
       <c r="L149" t="s">
-        <v>419</v>
+        <v>1393</v>
       </c>
       <c r="M149" t="s">
-        <v>845</v>
+        <v>872</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1377</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4196</v>
+        <v>3854</v>
       </c>
       <c r="B150" t="s">
-        <v>1378</v>
+        <v>1395</v>
       </c>
       <c r="C150" t="s">
-        <v>1379</v>
+        <v>1396</v>
       </c>
       <c r="D150" t="s">
-        <v>1380</v>
+        <v>1397</v>
       </c>
       <c r="E150" t="s">
-        <v>1381</v>
+        <v>1398</v>
       </c>
       <c r="F150" t="s">
-        <v>1382</v>
+        <v>1399</v>
       </c>
       <c r="G150" t="s">
-        <v>1383</v>
+        <v>1400</v>
       </c>
       <c r="H150" t="s">
-        <v>1384</v>
+        <v>1401</v>
       </c>
       <c r="I150" t="s">
-        <v>1385</v>
+        <v>1402</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1386</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4198</v>
+        <v>4176</v>
       </c>
       <c r="B151" t="s">
-        <v>1387</v>
+        <v>1404</v>
       </c>
       <c r="C151" t="s">
-        <v>1388</v>
+        <v>1405</v>
       </c>
       <c r="D151" t="s">
-        <v>1389</v>
+        <v>1406</v>
       </c>
       <c r="E151" t="s">
-        <v>1390</v>
+        <v>1407</v>
       </c>
       <c r="F151" t="s">
-        <v>1391</v>
+        <v>1408</v>
       </c>
       <c r="G151" t="s">
-        <v>1392</v>
+        <v>1409</v>
       </c>
       <c r="H151" t="s">
-        <v>1393</v>
+        <v>1410</v>
       </c>
       <c r="I151" t="s">
-        <v>1394</v>
+        <v>1411</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1395</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4202</v>
+        <v>4186</v>
       </c>
       <c r="B152" t="s">
-        <v>1396</v>
+        <v>1413</v>
       </c>
       <c r="C152" t="s">
-        <v>1397</v>
+        <v>1414</v>
       </c>
       <c r="D152" t="s">
-        <v>1398</v>
+        <v>1415</v>
       </c>
       <c r="E152" t="s">
-        <v>1399</v>
+        <v>1416</v>
       </c>
       <c r="F152" t="s">
-        <v>1400</v>
+        <v>1417</v>
       </c>
       <c r="G152" t="s">
-        <v>1401</v>
+        <v>1418</v>
       </c>
       <c r="H152" t="s">
-        <v>1402</v>
+        <v>1419</v>
       </c>
       <c r="I152" t="s">
-        <v>1403</v>
+        <v>1420</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L152" t="s">
         <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1404</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4204</v>
+        <v>4191</v>
       </c>
       <c r="B153" t="s">
-        <v>1405</v>
+        <v>1422</v>
       </c>
       <c r="C153" t="s">
-        <v>1406</v>
+        <v>1423</v>
       </c>
       <c r="D153" t="s">
-        <v>1407</v>
+        <v>1424</v>
       </c>
       <c r="E153" t="s">
-        <v>1408</v>
+        <v>1425</v>
       </c>
       <c r="F153" t="s">
-        <v>1409</v>
+        <v>1426</v>
       </c>
       <c r="G153" t="s">
-        <v>1410</v>
+        <v>1427</v>
       </c>
       <c r="H153" t="s">
-        <v>1411</v>
+        <v>1428</v>
       </c>
       <c r="I153" t="s">
-        <v>1412</v>
+        <v>1429</v>
       </c>
       <c r="J153" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K153" t="s">
-        <v>47</v>
+        <v>871</v>
       </c>
       <c r="L153" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M153" t="s">
-        <v>48</v>
+        <v>872</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1413</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4206</v>
+        <v>4196</v>
       </c>
       <c r="B154" t="s">
-        <v>1414</v>
+        <v>1431</v>
       </c>
       <c r="C154" t="s">
-        <v>1415</v>
+        <v>1432</v>
       </c>
       <c r="D154" t="s">
-        <v>1416</v>
+        <v>1433</v>
       </c>
       <c r="E154" t="s">
-        <v>1417</v>
+        <v>1434</v>
       </c>
       <c r="F154" t="s">
-        <v>1418</v>
+        <v>1435</v>
       </c>
       <c r="G154" t="s">
-        <v>1419</v>
+        <v>1436</v>
       </c>
       <c r="H154" t="s">
-        <v>1420</v>
+        <v>1437</v>
       </c>
       <c r="I154" t="s">
-        <v>1421</v>
+        <v>1438</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1422</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4211</v>
+        <v>4198</v>
       </c>
       <c r="B155" t="s">
-        <v>1423</v>
+        <v>1440</v>
       </c>
       <c r="C155" t="s">
-        <v>1424</v>
+        <v>1441</v>
       </c>
       <c r="D155" t="s">
-        <v>1425</v>
+        <v>1442</v>
       </c>
       <c r="E155" t="s">
-        <v>1426</v>
+        <v>1443</v>
       </c>
       <c r="F155" t="s">
-        <v>1427</v>
+        <v>1444</v>
       </c>
       <c r="G155" t="s">
-        <v>1428</v>
+        <v>1445</v>
       </c>
       <c r="H155" t="s">
-        <v>1429</v>
+        <v>1446</v>
       </c>
       <c r="I155" t="s">
-        <v>1430</v>
+        <v>1447</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1431</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4243</v>
+        <v>4202</v>
       </c>
       <c r="B156" t="s">
-        <v>1432</v>
+        <v>1449</v>
       </c>
       <c r="C156" t="s">
-        <v>1433</v>
+        <v>1450</v>
       </c>
       <c r="D156" t="s">
-        <v>1434</v>
+        <v>1451</v>
       </c>
       <c r="E156" t="s">
-        <v>1435</v>
+        <v>1452</v>
       </c>
       <c r="F156" t="s">
-        <v>1436</v>
+        <v>1453</v>
       </c>
       <c r="G156" t="s">
-        <v>1437</v>
+        <v>1454</v>
       </c>
       <c r="H156" t="s">
-        <v>1438</v>
+        <v>1455</v>
       </c>
       <c r="I156" t="s">
-        <v>1439</v>
+        <v>1456</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1440</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4303</v>
+        <v>4204</v>
       </c>
       <c r="B157" t="s">
-        <v>1441</v>
+        <v>1458</v>
       </c>
       <c r="C157" t="s">
-        <v>1442</v>
+        <v>1459</v>
       </c>
       <c r="D157" t="s">
-        <v>1443</v>
+        <v>1460</v>
       </c>
       <c r="E157" t="s">
-        <v>1444</v>
+        <v>1461</v>
       </c>
       <c r="F157" t="s">
-        <v>1445</v>
+        <v>1462</v>
       </c>
       <c r="G157" t="s">
-        <v>1446</v>
+        <v>1463</v>
       </c>
       <c r="H157" t="s">
-        <v>1447</v>
+        <v>1464</v>
       </c>
       <c r="I157" t="s">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="J157" t="s">
-        <v>725</v>
+        <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>1176</v>
+        <v>47</v>
+      </c>
+      <c r="L157" t="s">
+        <v>26</v>
+      </c>
+      <c r="M157" t="s">
+        <v>48</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1449</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4304</v>
+        <v>4206</v>
       </c>
       <c r="B158" t="s">
-        <v>1450</v>
+        <v>1467</v>
       </c>
       <c r="C158" t="s">
-        <v>1451</v>
+        <v>1468</v>
       </c>
       <c r="D158" t="s">
-        <v>1452</v>
+        <v>1469</v>
       </c>
       <c r="E158" t="s">
-        <v>1453</v>
+        <v>1470</v>
       </c>
       <c r="F158" t="s">
-        <v>1454</v>
+        <v>1471</v>
       </c>
       <c r="G158" t="s">
-        <v>1455</v>
+        <v>1472</v>
       </c>
       <c r="H158" t="s">
-        <v>1456</v>
+        <v>1473</v>
       </c>
       <c r="I158" t="s">
-        <v>1457</v>
+        <v>1474</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1458</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4309</v>
+        <v>4211</v>
       </c>
       <c r="B159" t="s">
-        <v>1459</v>
+        <v>1476</v>
       </c>
       <c r="C159" t="s">
-        <v>1460</v>
+        <v>1477</v>
       </c>
       <c r="D159" t="s">
-        <v>1461</v>
+        <v>1478</v>
       </c>
       <c r="E159" t="s">
-        <v>1462</v>
+        <v>1479</v>
       </c>
       <c r="F159" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
       <c r="G159" t="s">
-        <v>1464</v>
+        <v>1481</v>
       </c>
       <c r="H159" t="s">
-        <v>1465</v>
+        <v>1482</v>
       </c>
       <c r="I159" t="s">
-        <v>1466</v>
+        <v>1483</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1467</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4314</v>
+        <v>4216</v>
       </c>
       <c r="B160" t="s">
-        <v>1468</v>
+        <v>1485</v>
       </c>
       <c r="C160" t="s">
-        <v>1469</v>
+        <v>1486</v>
       </c>
       <c r="D160" t="s">
-        <v>1470</v>
+        <v>1487</v>
       </c>
       <c r="E160" t="s">
-        <v>1471</v>
+        <v>1488</v>
       </c>
       <c r="F160" t="s">
-        <v>1472</v>
+        <v>1489</v>
       </c>
       <c r="G160" t="s">
-        <v>1473</v>
+        <v>1490</v>
       </c>
       <c r="H160" t="s">
-        <v>1474</v>
+        <v>1491</v>
       </c>
       <c r="I160" t="s">
-        <v>1475</v>
+        <v>1492</v>
       </c>
       <c r="J160" t="s">
-        <v>24</v>
+        <v>1493</v>
       </c>
       <c r="K160" t="s">
-        <v>25</v>
+        <v>1494</v>
       </c>
       <c r="L160" t="s">
-        <v>26</v>
+        <v>1495</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>1496</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1476</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4316</v>
+        <v>4243</v>
       </c>
       <c r="B161" t="s">
-        <v>1477</v>
+        <v>1498</v>
       </c>
       <c r="C161" t="s">
-        <v>1478</v>
+        <v>1499</v>
       </c>
       <c r="D161" t="s">
-        <v>1479</v>
+        <v>1500</v>
       </c>
       <c r="E161" t="s">
-        <v>1480</v>
+        <v>1501</v>
       </c>
       <c r="F161" t="s">
-        <v>1481</v>
+        <v>1502</v>
       </c>
       <c r="G161" t="s">
-        <v>1482</v>
+        <v>1503</v>
       </c>
       <c r="H161" t="s">
-        <v>1483</v>
+        <v>1504</v>
       </c>
       <c r="I161" t="s">
-        <v>1484</v>
+        <v>1505</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1485</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4318</v>
+        <v>4292</v>
       </c>
       <c r="B162" t="s">
-        <v>1486</v>
+        <v>1507</v>
       </c>
       <c r="C162" t="s">
-        <v>1487</v>
+        <v>1508</v>
       </c>
       <c r="D162" t="s">
-        <v>1488</v>
+        <v>1509</v>
       </c>
       <c r="E162" t="s">
-        <v>1489</v>
+        <v>1510</v>
       </c>
       <c r="F162" t="s">
-        <v>1490</v>
+        <v>1511</v>
       </c>
       <c r="G162" t="s">
-        <v>1491</v>
+        <v>1512</v>
       </c>
       <c r="H162" t="s">
-        <v>1492</v>
+        <v>1513</v>
       </c>
       <c r="I162" t="s">
-        <v>1493</v>
+        <v>1514</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>148</v>
+        <v>1515</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>149</v>
+        <v>1516</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1494</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4319</v>
+        <v>4295</v>
       </c>
       <c r="B163" t="s">
-        <v>1495</v>
+        <v>1518</v>
       </c>
       <c r="C163" t="s">
-        <v>1496</v>
+        <v>1519</v>
       </c>
       <c r="D163" t="s">
-        <v>1497</v>
+        <v>1520</v>
       </c>
       <c r="E163" t="s">
-        <v>1498</v>
+        <v>1521</v>
       </c>
       <c r="F163" t="s">
-        <v>1499</v>
+        <v>1522</v>
       </c>
       <c r="G163" t="s">
-        <v>1500</v>
+        <v>1523</v>
       </c>
       <c r="H163" t="s">
-        <v>1501</v>
+        <v>1524</v>
       </c>
       <c r="I163" t="s">
-        <v>1502</v>
+        <v>1525</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1503</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4322</v>
+        <v>4303</v>
       </c>
       <c r="B164" t="s">
-        <v>1504</v>
+        <v>1527</v>
       </c>
       <c r="C164" t="s">
-        <v>1505</v>
+        <v>1528</v>
       </c>
       <c r="D164" t="s">
-        <v>1506</v>
+        <v>1529</v>
       </c>
       <c r="E164" t="s">
-        <v>1507</v>
+        <v>1530</v>
       </c>
       <c r="F164" t="s">
-        <v>1508</v>
+        <v>1531</v>
       </c>
       <c r="G164" t="s">
-        <v>1509</v>
+        <v>1532</v>
       </c>
       <c r="H164" t="s">
-        <v>1510</v>
+        <v>1533</v>
       </c>
       <c r="I164" t="s">
-        <v>1511</v>
+        <v>1534</v>
       </c>
       <c r="J164" t="s">
-        <v>24</v>
+        <v>750</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L164" t="s">
-        <v>26</v>
+        <v>752</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1512</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4538</v>
+        <v>4304</v>
       </c>
       <c r="B165" t="s">
-        <v>1513</v>
+        <v>1536</v>
       </c>
       <c r="C165" t="s">
-        <v>1514</v>
+        <v>1537</v>
       </c>
       <c r="D165" t="s">
-        <v>1515</v>
+        <v>1538</v>
       </c>
       <c r="E165" t="s">
-        <v>1516</v>
+        <v>1539</v>
       </c>
       <c r="F165" t="s">
-        <v>1517</v>
+        <v>1540</v>
       </c>
       <c r="G165" t="s">
-        <v>1518</v>
+        <v>1541</v>
       </c>
       <c r="H165" t="s">
-        <v>1519</v>
+        <v>1542</v>
       </c>
       <c r="I165" t="s">
-        <v>1520</v>
+        <v>1543</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1521</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4549</v>
+        <v>4307</v>
       </c>
       <c r="B166" t="s">
-        <v>1522</v>
+        <v>1545</v>
       </c>
       <c r="C166" t="s">
-        <v>1523</v>
+        <v>1546</v>
       </c>
       <c r="D166" t="s">
-        <v>1524</v>
+        <v>1547</v>
       </c>
       <c r="E166" t="s">
-        <v>1525</v>
+        <v>1548</v>
       </c>
       <c r="F166" t="s">
-        <v>1526</v>
+        <v>1549</v>
       </c>
       <c r="G166" t="s">
-        <v>1527</v>
+        <v>1550</v>
       </c>
       <c r="H166" t="s">
-        <v>1528</v>
+        <v>1551</v>
       </c>
       <c r="I166" t="s">
-        <v>1529</v>
+        <v>1552</v>
       </c>
       <c r="J166" t="s">
-        <v>24</v>
+        <v>1493</v>
       </c>
       <c r="K166" t="s">
-        <v>25</v>
+        <v>1553</v>
       </c>
       <c r="L166" t="s">
-        <v>26</v>
+        <v>1495</v>
       </c>
       <c r="M166" t="s">
-        <v>27</v>
+        <v>1554</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1530</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4555</v>
+        <v>4308</v>
       </c>
       <c r="B167" t="s">
-        <v>1531</v>
+        <v>1556</v>
       </c>
       <c r="C167" t="s">
-        <v>1532</v>
+        <v>1557</v>
       </c>
       <c r="D167" t="s">
-        <v>1533</v>
+        <v>1558</v>
       </c>
       <c r="E167" t="s">
-        <v>1534</v>
+        <v>1559</v>
       </c>
       <c r="F167" t="s">
-        <v>1535</v>
+        <v>1560</v>
       </c>
       <c r="G167" t="s">
-        <v>1536</v>
+        <v>1561</v>
       </c>
       <c r="H167" t="s">
-        <v>1537</v>
+        <v>1562</v>
       </c>
       <c r="I167" t="s">
-        <v>1538</v>
+        <v>1563</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1539</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4559</v>
+        <v>4309</v>
       </c>
       <c r="B168" t="s">
-        <v>1540</v>
+        <v>1565</v>
       </c>
       <c r="C168" t="s">
-        <v>1541</v>
+        <v>1566</v>
       </c>
       <c r="D168" t="s">
-        <v>1542</v>
+        <v>1567</v>
       </c>
       <c r="E168" t="s">
-        <v>1543</v>
+        <v>1568</v>
       </c>
       <c r="F168" t="s">
-        <v>1544</v>
+        <v>1569</v>
       </c>
       <c r="G168" t="s">
-        <v>1545</v>
+        <v>1570</v>
       </c>
       <c r="H168" t="s">
-        <v>1546</v>
+        <v>1571</v>
       </c>
       <c r="I168" t="s">
-        <v>1547</v>
+        <v>1572</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1548</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4560</v>
+        <v>4311</v>
       </c>
       <c r="B169" t="s">
-        <v>1549</v>
+        <v>1574</v>
       </c>
       <c r="C169" t="s">
-        <v>1550</v>
+        <v>1575</v>
       </c>
       <c r="D169" t="s">
-        <v>1551</v>
+        <v>1576</v>
       </c>
       <c r="E169" t="s">
-        <v>1552</v>
+        <v>1577</v>
       </c>
       <c r="F169" t="s">
-        <v>1553</v>
+        <v>1578</v>
       </c>
       <c r="G169" t="s">
-        <v>1554</v>
+        <v>1579</v>
       </c>
       <c r="H169" t="s">
-        <v>1555</v>
+        <v>1580</v>
       </c>
       <c r="I169" t="s">
-        <v>1556</v>
+        <v>1581</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1557</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4563</v>
+        <v>4314</v>
       </c>
       <c r="B170" t="s">
-        <v>1558</v>
+        <v>1583</v>
       </c>
       <c r="C170" t="s">
-        <v>1559</v>
+        <v>1584</v>
       </c>
       <c r="D170" t="s">
-        <v>1560</v>
+        <v>1585</v>
       </c>
       <c r="E170" t="s">
-        <v>1561</v>
+        <v>1586</v>
       </c>
       <c r="F170" t="s">
-        <v>1562</v>
+        <v>1587</v>
       </c>
       <c r="G170" t="s">
-        <v>1563</v>
+        <v>1588</v>
       </c>
       <c r="H170" t="s">
-        <v>1564</v>
+        <v>1589</v>
       </c>
       <c r="I170" t="s">
-        <v>1565</v>
+        <v>1590</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1566</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4564</v>
+        <v>4316</v>
       </c>
       <c r="B171" t="s">
-        <v>1567</v>
+        <v>1592</v>
       </c>
       <c r="C171" t="s">
-        <v>1568</v>
+        <v>1593</v>
       </c>
       <c r="D171" t="s">
-        <v>1569</v>
+        <v>1594</v>
       </c>
       <c r="E171" t="s">
-        <v>1570</v>
+        <v>1595</v>
       </c>
       <c r="F171" t="s">
-        <v>1571</v>
+        <v>1596</v>
       </c>
       <c r="G171" t="s">
-        <v>1572</v>
+        <v>1597</v>
       </c>
       <c r="H171" t="s">
-        <v>1573</v>
+        <v>1598</v>
       </c>
       <c r="I171" t="s">
-        <v>1574</v>
+        <v>1599</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>1575</v>
+        <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
+      <c r="M171" t="s">
+        <v>171</v>
+      </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1576</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4566</v>
+        <v>4318</v>
       </c>
       <c r="B172" t="s">
-        <v>1577</v>
+        <v>1601</v>
       </c>
       <c r="C172" t="s">
-        <v>1578</v>
+        <v>1602</v>
       </c>
       <c r="D172" t="s">
-        <v>1579</v>
+        <v>1603</v>
       </c>
       <c r="E172" t="s">
-        <v>1580</v>
+        <v>1604</v>
       </c>
       <c r="F172" t="s">
-        <v>1581</v>
+        <v>1605</v>
       </c>
       <c r="G172" t="s">
-        <v>1582</v>
+        <v>1606</v>
       </c>
       <c r="H172" t="s">
-        <v>1583</v>
+        <v>1607</v>
       </c>
       <c r="I172" t="s">
-        <v>1584</v>
+        <v>1608</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1585</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4704</v>
+        <v>4319</v>
       </c>
       <c r="B173" t="s">
-        <v>1586</v>
+        <v>1610</v>
       </c>
       <c r="C173" t="s">
-        <v>1587</v>
+        <v>1611</v>
       </c>
       <c r="D173" t="s">
-        <v>1588</v>
+        <v>1612</v>
       </c>
       <c r="E173" t="s">
-        <v>1589</v>
+        <v>1613</v>
       </c>
       <c r="F173" t="s">
-        <v>1590</v>
+        <v>1614</v>
       </c>
       <c r="G173" t="s">
-        <v>1591</v>
+        <v>1615</v>
       </c>
       <c r="H173" t="s">
-        <v>1592</v>
+        <v>1616</v>
       </c>
       <c r="I173" t="s">
-        <v>1593</v>
+        <v>1617</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1594</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4709</v>
+        <v>4322</v>
       </c>
       <c r="B174" t="s">
-        <v>1595</v>
+        <v>1619</v>
       </c>
       <c r="C174" t="s">
-        <v>1596</v>
+        <v>1620</v>
       </c>
       <c r="D174" t="s">
-        <v>1597</v>
+        <v>1621</v>
       </c>
       <c r="E174" t="s">
-        <v>1598</v>
+        <v>1622</v>
       </c>
       <c r="F174" t="s">
-        <v>1599</v>
+        <v>1623</v>
       </c>
       <c r="G174" t="s">
-        <v>1600</v>
+        <v>1624</v>
       </c>
       <c r="H174" t="s">
-        <v>1601</v>
+        <v>1625</v>
       </c>
       <c r="I174" t="s">
-        <v>1602</v>
+        <v>1626</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1603</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4711</v>
+        <v>4538</v>
       </c>
       <c r="B175" t="s">
-        <v>1604</v>
+        <v>1628</v>
       </c>
       <c r="C175" t="s">
-        <v>1605</v>
+        <v>1629</v>
       </c>
       <c r="D175" t="s">
-        <v>1606</v>
+        <v>1630</v>
       </c>
       <c r="E175" t="s">
-        <v>1607</v>
+        <v>1631</v>
       </c>
       <c r="F175" t="s">
-        <v>1608</v>
+        <v>1632</v>
       </c>
       <c r="G175" t="s">
-        <v>1609</v>
+        <v>1633</v>
       </c>
       <c r="H175" t="s">
-        <v>1610</v>
+        <v>1634</v>
       </c>
       <c r="I175" t="s">
-        <v>1611</v>
+        <v>1635</v>
       </c>
       <c r="J175" t="s">
-        <v>1612</v>
+        <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>1613</v>
+        <v>25</v>
       </c>
       <c r="L175" t="s">
-        <v>1614</v>
+        <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>1615</v>
+        <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1616</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4716</v>
+        <v>4549</v>
       </c>
       <c r="B176" t="s">
-        <v>1617</v>
+        <v>1637</v>
       </c>
       <c r="C176" t="s">
-        <v>1618</v>
+        <v>1638</v>
       </c>
       <c r="D176" t="s">
-        <v>1619</v>
+        <v>1639</v>
       </c>
       <c r="E176" t="s">
-        <v>1620</v>
+        <v>1640</v>
       </c>
       <c r="F176" t="s">
-        <v>1621</v>
+        <v>1641</v>
       </c>
       <c r="G176" t="s">
-        <v>1622</v>
+        <v>1642</v>
       </c>
       <c r="H176" t="s">
-        <v>1623</v>
+        <v>1643</v>
       </c>
       <c r="I176" t="s">
-        <v>1624</v>
+        <v>1644</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>1176</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
+      <c r="M176" t="s">
+        <v>27</v>
+      </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1625</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4721</v>
+        <v>4555</v>
       </c>
       <c r="B177" t="s">
-        <v>1626</v>
+        <v>1646</v>
       </c>
       <c r="C177" t="s">
-        <v>1627</v>
+        <v>1647</v>
       </c>
       <c r="D177" t="s">
-        <v>1628</v>
+        <v>1648</v>
       </c>
       <c r="E177" t="s">
-        <v>1629</v>
+        <v>1649</v>
       </c>
       <c r="F177" t="s">
-        <v>1630</v>
+        <v>1650</v>
       </c>
       <c r="G177" t="s">
-        <v>1631</v>
+        <v>1651</v>
       </c>
       <c r="H177" t="s">
-        <v>1632</v>
+        <v>1652</v>
       </c>
       <c r="I177" t="s">
-        <v>1633</v>
+        <v>1653</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1176</v>
+        <v>170</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
+      <c r="M177" t="s">
+        <v>171</v>
+      </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1634</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4725</v>
+        <v>4556</v>
       </c>
       <c r="B178" t="s">
-        <v>1635</v>
+        <v>1655</v>
       </c>
       <c r="C178" t="s">
-        <v>1636</v>
+        <v>1656</v>
       </c>
       <c r="D178" t="s">
-        <v>1637</v>
+        <v>1657</v>
       </c>
       <c r="E178" t="s">
-        <v>1638</v>
+        <v>1658</v>
       </c>
       <c r="F178" t="s">
-        <v>1639</v>
+        <v>1659</v>
       </c>
       <c r="G178" t="s">
-        <v>1640</v>
+        <v>1660</v>
       </c>
       <c r="H178" t="s">
-        <v>1641</v>
+        <v>1661</v>
       </c>
       <c r="I178" t="s">
-        <v>1642</v>
+        <v>1662</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
         <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
         <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1643</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4792</v>
+        <v>4558</v>
       </c>
       <c r="B179" t="s">
-        <v>1644</v>
+        <v>1664</v>
       </c>
       <c r="C179" t="s">
-        <v>1645</v>
+        <v>1665</v>
       </c>
       <c r="D179" t="s">
-        <v>1646</v>
+        <v>1666</v>
       </c>
       <c r="E179" t="s">
-        <v>1647</v>
+        <v>1667</v>
       </c>
       <c r="F179" t="s">
-        <v>1648</v>
+        <v>1668</v>
       </c>
       <c r="G179" t="s">
-        <v>1649</v>
+        <v>1669</v>
       </c>
       <c r="H179" t="s">
-        <v>1650</v>
+        <v>1670</v>
       </c>
       <c r="I179" t="s">
-        <v>1651</v>
+        <v>1671</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1652</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4810</v>
+        <v>4559</v>
       </c>
       <c r="B180" t="s">
-        <v>1653</v>
+        <v>1673</v>
       </c>
       <c r="C180" t="s">
-        <v>1654</v>
+        <v>1674</v>
       </c>
       <c r="D180" t="s">
-        <v>1655</v>
+        <v>1675</v>
       </c>
       <c r="E180" t="s">
-        <v>1656</v>
+        <v>1676</v>
       </c>
       <c r="F180" t="s">
-        <v>1657</v>
+        <v>1677</v>
       </c>
       <c r="G180" t="s">
-        <v>1658</v>
+        <v>1678</v>
       </c>
       <c r="H180" t="s">
-        <v>1659</v>
+        <v>1679</v>
       </c>
       <c r="I180" t="s">
-        <v>1660</v>
+        <v>1680</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1661</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4811</v>
+        <v>4560</v>
       </c>
       <c r="B181" t="s">
-        <v>1662</v>
+        <v>1682</v>
       </c>
       <c r="C181" t="s">
-        <v>1663</v>
+        <v>1683</v>
       </c>
       <c r="D181" t="s">
-        <v>1664</v>
+        <v>1684</v>
       </c>
       <c r="E181" t="s">
-        <v>1665</v>
+        <v>1685</v>
       </c>
       <c r="F181" t="s">
-        <v>1666</v>
+        <v>1686</v>
       </c>
       <c r="G181" t="s">
-        <v>1667</v>
+        <v>1687</v>
       </c>
       <c r="H181" t="s">
-        <v>1668</v>
+        <v>1688</v>
       </c>
       <c r="I181" t="s">
-        <v>1669</v>
+        <v>1689</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>844</v>
+        <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>845</v>
+        <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1670</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4815</v>
+        <v>4563</v>
       </c>
       <c r="B182" t="s">
-        <v>1671</v>
+        <v>1691</v>
       </c>
       <c r="C182" t="s">
-        <v>1672</v>
+        <v>1692</v>
       </c>
       <c r="D182" t="s">
-        <v>1673</v>
+        <v>1693</v>
       </c>
       <c r="E182" t="s">
-        <v>1674</v>
+        <v>1694</v>
       </c>
       <c r="F182" t="s">
-        <v>1675</v>
+        <v>1695</v>
       </c>
       <c r="G182" t="s">
-        <v>1676</v>
+        <v>1696</v>
       </c>
       <c r="H182" t="s">
-        <v>1677</v>
+        <v>1697</v>
       </c>
       <c r="I182" t="s">
-        <v>1678</v>
+        <v>1698</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1679</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4817</v>
+        <v>4564</v>
       </c>
       <c r="B183" t="s">
-        <v>1680</v>
+        <v>1700</v>
       </c>
       <c r="C183" t="s">
-        <v>1681</v>
+        <v>1701</v>
       </c>
       <c r="D183" t="s">
-        <v>1682</v>
+        <v>1702</v>
       </c>
       <c r="E183" t="s">
-        <v>1683</v>
+        <v>1703</v>
       </c>
       <c r="F183" t="s">
-        <v>1684</v>
+        <v>1704</v>
       </c>
       <c r="G183" t="s">
-        <v>1685</v>
+        <v>1705</v>
       </c>
       <c r="H183" t="s">
-        <v>1686</v>
+        <v>1706</v>
       </c>
       <c r="I183" t="s">
-        <v>1687</v>
+        <v>1707</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>25</v>
+        <v>1708</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>27</v>
+        <v>1709</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1688</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4850</v>
+        <v>4566</v>
       </c>
       <c r="B184" t="s">
-        <v>1689</v>
+        <v>1711</v>
       </c>
       <c r="C184" t="s">
-        <v>1690</v>
+        <v>1712</v>
       </c>
       <c r="D184" t="s">
-        <v>1691</v>
+        <v>1713</v>
       </c>
       <c r="E184" t="s">
-        <v>1692</v>
+        <v>1714</v>
       </c>
       <c r="F184" t="s">
-        <v>1693</v>
+        <v>1715</v>
       </c>
       <c r="G184" t="s">
-        <v>1694</v>
+        <v>1716</v>
       </c>
       <c r="H184" t="s">
-        <v>1695</v>
+        <v>1717</v>
       </c>
       <c r="I184" t="s">
-        <v>1696</v>
+        <v>1718</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1697</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4935</v>
+        <v>4568</v>
       </c>
       <c r="B185" t="s">
-        <v>1698</v>
+        <v>1720</v>
       </c>
       <c r="C185" t="s">
-        <v>1699</v>
+        <v>1721</v>
       </c>
       <c r="D185" t="s">
-        <v>1700</v>
+        <v>1722</v>
       </c>
       <c r="E185" t="s">
-        <v>1701</v>
+        <v>1723</v>
       </c>
       <c r="F185" t="s">
-        <v>1702</v>
+        <v>1724</v>
       </c>
       <c r="G185" t="s">
-        <v>1703</v>
+        <v>1725</v>
       </c>
       <c r="H185" t="s">
-        <v>1704</v>
+        <v>1726</v>
       </c>
       <c r="I185" t="s">
-        <v>1705</v>
+        <v>1727</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1706</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4939</v>
+        <v>4704</v>
       </c>
       <c r="B186" t="s">
-        <v>1707</v>
+        <v>1729</v>
       </c>
       <c r="C186" t="s">
-        <v>1708</v>
+        <v>1730</v>
       </c>
       <c r="D186" t="s">
-        <v>1709</v>
+        <v>1731</v>
       </c>
       <c r="E186" t="s">
-        <v>1710</v>
+        <v>1732</v>
       </c>
       <c r="F186" t="s">
-        <v>1711</v>
+        <v>1733</v>
       </c>
       <c r="G186" t="s">
-        <v>1712</v>
+        <v>1734</v>
       </c>
       <c r="H186" t="s">
-        <v>1713</v>
+        <v>1735</v>
       </c>
       <c r="I186" t="s">
-        <v>1714</v>
+        <v>1736</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1715</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4947</v>
+        <v>4706</v>
       </c>
       <c r="B187" t="s">
-        <v>1716</v>
+        <v>1738</v>
       </c>
       <c r="C187" t="s">
-        <v>1717</v>
+        <v>1739</v>
       </c>
       <c r="D187" t="s">
-        <v>1718</v>
+        <v>1740</v>
       </c>
       <c r="E187" t="s">
-        <v>1719</v>
+        <v>1741</v>
       </c>
       <c r="F187" t="s">
-        <v>1720</v>
+        <v>1742</v>
       </c>
       <c r="G187" t="s">
-        <v>1721</v>
+        <v>1743</v>
       </c>
       <c r="H187" t="s">
-        <v>1722</v>
+        <v>1744</v>
       </c>
       <c r="I187" t="s">
-        <v>1723</v>
+        <v>1745</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1724</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4950</v>
+        <v>4709</v>
       </c>
       <c r="B188" t="s">
-        <v>1725</v>
+        <v>1747</v>
       </c>
       <c r="C188" t="s">
-        <v>1726</v>
+        <v>1748</v>
       </c>
       <c r="D188" t="s">
-        <v>1727</v>
+        <v>1749</v>
       </c>
       <c r="E188" t="s">
-        <v>1728</v>
+        <v>1750</v>
       </c>
       <c r="F188" t="s">
-        <v>1729</v>
+        <v>1751</v>
       </c>
       <c r="G188" t="s">
-        <v>1730</v>
+        <v>1752</v>
       </c>
       <c r="H188" t="s">
-        <v>1731</v>
+        <v>1753</v>
       </c>
       <c r="I188" t="s">
-        <v>1732</v>
+        <v>1754</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>844</v>
+        <v>47</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>845</v>
+        <v>48</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1733</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4958</v>
+        <v>4711</v>
       </c>
       <c r="B189" t="s">
-        <v>1734</v>
+        <v>1756</v>
       </c>
       <c r="C189" t="s">
-        <v>1735</v>
+        <v>1757</v>
       </c>
       <c r="D189" t="s">
-        <v>1736</v>
+        <v>1758</v>
       </c>
       <c r="E189" t="s">
-        <v>1737</v>
+        <v>1759</v>
       </c>
       <c r="F189" t="s">
-        <v>1738</v>
+        <v>1760</v>
       </c>
       <c r="G189" t="s">
-        <v>1739</v>
+        <v>1761</v>
       </c>
       <c r="H189" t="s">
-        <v>1740</v>
+        <v>1762</v>
       </c>
       <c r="I189" t="s">
-        <v>1741</v>
+        <v>1763</v>
       </c>
       <c r="J189" t="s">
-        <v>24</v>
+        <v>1764</v>
       </c>
       <c r="K189" t="s">
-        <v>148</v>
+        <v>1765</v>
       </c>
       <c r="L189" t="s">
-        <v>26</v>
+        <v>1766</v>
       </c>
       <c r="M189" t="s">
-        <v>149</v>
+        <v>1767</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1742</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4965</v>
+        <v>4716</v>
       </c>
       <c r="B190" t="s">
-        <v>1743</v>
+        <v>1769</v>
       </c>
       <c r="C190" t="s">
-        <v>1744</v>
+        <v>1770</v>
       </c>
       <c r="D190" t="s">
-        <v>1745</v>
+        <v>1771</v>
       </c>
       <c r="E190" t="s">
-        <v>1746</v>
+        <v>1772</v>
       </c>
       <c r="F190" t="s">
-        <v>1747</v>
+        <v>1773</v>
       </c>
       <c r="G190" t="s">
-        <v>1748</v>
+        <v>1774</v>
       </c>
       <c r="H190" t="s">
-        <v>1749</v>
+        <v>1775</v>
       </c>
       <c r="I190" t="s">
-        <v>1750</v>
+        <v>1776</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1751</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4968</v>
+        <v>4717</v>
       </c>
       <c r="B191" t="s">
-        <v>1752</v>
+        <v>1778</v>
       </c>
       <c r="C191" t="s">
-        <v>1753</v>
+        <v>1779</v>
       </c>
       <c r="D191" t="s">
-        <v>1754</v>
+        <v>1780</v>
       </c>
       <c r="E191" t="s">
-        <v>1755</v>
+        <v>1781</v>
       </c>
       <c r="F191" t="s">
-        <v>1756</v>
+        <v>1782</v>
       </c>
       <c r="G191" t="s">
-        <v>1757</v>
+        <v>1783</v>
       </c>
       <c r="H191" t="s">
-        <v>1758</v>
+        <v>1784</v>
       </c>
       <c r="I191" t="s">
-        <v>1759</v>
+        <v>1785</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1760</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4969</v>
+        <v>4721</v>
       </c>
       <c r="B192" t="s">
-        <v>1761</v>
+        <v>1787</v>
       </c>
       <c r="C192" t="s">
-        <v>1762</v>
+        <v>1788</v>
       </c>
       <c r="D192" t="s">
-        <v>1763</v>
+        <v>1789</v>
       </c>
       <c r="E192" t="s">
-        <v>1764</v>
+        <v>1790</v>
       </c>
       <c r="F192" t="s">
-        <v>1765</v>
+        <v>1791</v>
       </c>
       <c r="G192" t="s">
-        <v>1766</v>
+        <v>1792</v>
       </c>
       <c r="H192" t="s">
-        <v>1767</v>
+        <v>1793</v>
       </c>
       <c r="I192" t="s">
-        <v>1768</v>
+        <v>1794</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1769</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5037</v>
+        <v>4722</v>
       </c>
       <c r="B193" t="s">
-        <v>1770</v>
+        <v>1796</v>
       </c>
       <c r="C193" t="s">
-        <v>1771</v>
+        <v>1797</v>
       </c>
       <c r="D193" t="s">
-        <v>1772</v>
+        <v>1798</v>
       </c>
       <c r="E193" t="s">
-        <v>1773</v>
+        <v>1799</v>
       </c>
       <c r="F193" t="s">
-        <v>1774</v>
+        <v>1800</v>
       </c>
       <c r="G193" t="s">
-        <v>1775</v>
+        <v>1801</v>
       </c>
       <c r="H193" t="s">
-        <v>1776</v>
+        <v>1802</v>
       </c>
       <c r="I193" t="s">
-        <v>1777</v>
+        <v>1803</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>148</v>
+        <v>1804</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>149</v>
+        <v>1805</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1778</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5272</v>
+        <v>4723</v>
       </c>
       <c r="B194" t="s">
-        <v>1779</v>
+        <v>1807</v>
       </c>
       <c r="C194" t="s">
-        <v>1780</v>
+        <v>1808</v>
       </c>
       <c r="D194" t="s">
-        <v>1781</v>
+        <v>1809</v>
       </c>
       <c r="E194" t="s">
-        <v>1782</v>
+        <v>1810</v>
       </c>
       <c r="F194" t="s">
-        <v>1783</v>
+        <v>1811</v>
       </c>
       <c r="G194" t="s">
-        <v>1784</v>
+        <v>1812</v>
       </c>
       <c r="H194" t="s">
-        <v>1785</v>
+        <v>1813</v>
       </c>
       <c r="I194" t="s">
-        <v>1786</v>
+        <v>1814</v>
       </c>
       <c r="J194" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>714</v>
+        <v>1815</v>
       </c>
       <c r="L194" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>715</v>
+        <v>1816</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1787</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5273</v>
+        <v>4725</v>
       </c>
       <c r="B195" t="s">
-        <v>1788</v>
+        <v>1818</v>
       </c>
       <c r="C195" t="s">
-        <v>1789</v>
+        <v>1819</v>
       </c>
       <c r="D195" t="s">
-        <v>1790</v>
+        <v>1820</v>
       </c>
       <c r="E195" t="s">
-        <v>1791</v>
+        <v>1821</v>
       </c>
       <c r="F195" t="s">
-        <v>1792</v>
+        <v>1822</v>
       </c>
       <c r="G195" t="s">
-        <v>1793</v>
+        <v>1823</v>
       </c>
       <c r="H195" t="s">
-        <v>1794</v>
+        <v>1824</v>
       </c>
       <c r="I195" t="s">
-        <v>1795</v>
+        <v>1825</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>1796</v>
+        <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
+      <c r="M195" t="s">
+        <v>27</v>
+      </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1797</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5326</v>
+        <v>4792</v>
       </c>
       <c r="B196" t="s">
-        <v>1798</v>
+        <v>1827</v>
       </c>
       <c r="C196" t="s">
-        <v>1799</v>
+        <v>1828</v>
       </c>
       <c r="D196" t="s">
-        <v>1800</v>
+        <v>1829</v>
       </c>
       <c r="E196" t="s">
-        <v>1801</v>
+        <v>1830</v>
       </c>
       <c r="F196" t="s">
-        <v>1802</v>
+        <v>1831</v>
       </c>
       <c r="G196" t="s">
-        <v>1803</v>
+        <v>1832</v>
       </c>
       <c r="H196" t="s">
-        <v>1804</v>
+        <v>1833</v>
       </c>
       <c r="I196" t="s">
-        <v>1805</v>
+        <v>1834</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1806</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5330</v>
+        <v>4801</v>
       </c>
       <c r="B197" t="s">
-        <v>1807</v>
+        <v>1836</v>
       </c>
       <c r="C197" t="s">
-        <v>1808</v>
+        <v>1837</v>
       </c>
       <c r="D197" t="s">
-        <v>1809</v>
+        <v>1838</v>
       </c>
       <c r="E197" t="s">
-        <v>1810</v>
+        <v>1839</v>
       </c>
       <c r="F197" t="s">
-        <v>1811</v>
+        <v>1840</v>
       </c>
       <c r="G197" t="s">
-        <v>1812</v>
+        <v>1841</v>
       </c>
       <c r="H197" t="s">
-        <v>1813</v>
+        <v>1842</v>
       </c>
       <c r="I197" t="s">
-        <v>1814</v>
+        <v>1843</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1815</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5331</v>
+        <v>4810</v>
       </c>
       <c r="B198" t="s">
-        <v>1816</v>
+        <v>1845</v>
       </c>
       <c r="C198" t="s">
-        <v>1817</v>
+        <v>1846</v>
       </c>
       <c r="D198" t="s">
-        <v>1818</v>
+        <v>1847</v>
       </c>
       <c r="E198" t="s">
-        <v>1819</v>
+        <v>1848</v>
       </c>
       <c r="F198" t="s">
-        <v>1820</v>
+        <v>1849</v>
       </c>
       <c r="G198" t="s">
-        <v>1821</v>
+        <v>1850</v>
       </c>
       <c r="H198" t="s">
-        <v>1822</v>
+        <v>1851</v>
       </c>
       <c r="I198" t="s">
-        <v>1823</v>
+        <v>1852</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1824</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5332</v>
+        <v>4811</v>
       </c>
       <c r="B199" t="s">
-        <v>1825</v>
+        <v>1854</v>
       </c>
       <c r="C199" t="s">
-        <v>1826</v>
+        <v>1855</v>
       </c>
       <c r="D199" t="s">
-        <v>1827</v>
+        <v>1856</v>
       </c>
       <c r="E199" t="s">
-        <v>1828</v>
+        <v>1857</v>
       </c>
       <c r="F199" t="s">
-        <v>1829</v>
+        <v>1858</v>
       </c>
       <c r="G199" t="s">
-        <v>1830</v>
+        <v>1859</v>
       </c>
       <c r="H199" t="s">
-        <v>1831</v>
+        <v>1860</v>
       </c>
       <c r="I199" t="s">
-        <v>1832</v>
+        <v>1861</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1833</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5333</v>
+        <v>4815</v>
       </c>
       <c r="B200" t="s">
-        <v>1834</v>
+        <v>1863</v>
       </c>
       <c r="C200" t="s">
-        <v>1835</v>
+        <v>1864</v>
       </c>
       <c r="D200" t="s">
-        <v>1836</v>
+        <v>1865</v>
       </c>
       <c r="E200" t="s">
-        <v>1837</v>
+        <v>1866</v>
       </c>
       <c r="F200" t="s">
-        <v>1838</v>
+        <v>1867</v>
       </c>
       <c r="G200" t="s">
-        <v>1839</v>
+        <v>1868</v>
       </c>
       <c r="H200" t="s">
-        <v>1840</v>
+        <v>1869</v>
       </c>
       <c r="I200" t="s">
-        <v>1841</v>
+        <v>1870</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1842</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5335</v>
+        <v>4817</v>
       </c>
       <c r="B201" t="s">
-        <v>1843</v>
+        <v>1872</v>
       </c>
       <c r="C201" t="s">
-        <v>1844</v>
+        <v>1873</v>
       </c>
       <c r="D201" t="s">
-        <v>1845</v>
+        <v>1874</v>
       </c>
       <c r="E201" t="s">
-        <v>1846</v>
+        <v>1875</v>
       </c>
       <c r="F201" t="s">
-        <v>1847</v>
+        <v>1876</v>
       </c>
       <c r="G201" t="s">
-        <v>1848</v>
+        <v>1877</v>
       </c>
       <c r="H201" t="s">
-        <v>1849</v>
+        <v>1878</v>
       </c>
       <c r="I201" t="s">
-        <v>1850</v>
+        <v>1879</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1851</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5344</v>
+        <v>4850</v>
       </c>
       <c r="B202" t="s">
-        <v>1852</v>
+        <v>1881</v>
       </c>
       <c r="C202" t="s">
-        <v>1853</v>
+        <v>1882</v>
       </c>
       <c r="D202" t="s">
-        <v>1854</v>
+        <v>1883</v>
       </c>
       <c r="E202" t="s">
-        <v>1855</v>
+        <v>1884</v>
       </c>
       <c r="F202" t="s">
-        <v>1856</v>
+        <v>1885</v>
       </c>
       <c r="G202" t="s">
-        <v>1857</v>
+        <v>1886</v>
       </c>
       <c r="H202" t="s">
-        <v>1858</v>
+        <v>1887</v>
       </c>
       <c r="I202" t="s">
-        <v>1859</v>
+        <v>1888</v>
       </c>
       <c r="J202" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>1860</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>1861</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1862</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5346</v>
+        <v>4935</v>
       </c>
       <c r="B203" t="s">
-        <v>1863</v>
+        <v>1890</v>
       </c>
       <c r="C203" t="s">
-        <v>1864</v>
+        <v>1891</v>
       </c>
       <c r="D203" t="s">
-        <v>1865</v>
+        <v>1892</v>
       </c>
       <c r="E203" t="s">
-        <v>1866</v>
+        <v>1893</v>
       </c>
       <c r="F203" t="s">
-        <v>1867</v>
+        <v>1894</v>
       </c>
       <c r="G203" t="s">
-        <v>1868</v>
+        <v>1895</v>
       </c>
       <c r="H203" t="s">
-        <v>1869</v>
+        <v>1896</v>
       </c>
       <c r="I203" t="s">
-        <v>1870</v>
+        <v>1897</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>1871</v>
+        <v>170</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
+      <c r="M203" t="s">
+        <v>171</v>
+      </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1872</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5347</v>
+        <v>4939</v>
       </c>
       <c r="B204" t="s">
-        <v>1873</v>
+        <v>1899</v>
       </c>
       <c r="C204" t="s">
-        <v>1874</v>
+        <v>1900</v>
       </c>
       <c r="D204" t="s">
-        <v>1875</v>
+        <v>1901</v>
       </c>
       <c r="E204" t="s">
-        <v>1876</v>
+        <v>1902</v>
       </c>
       <c r="F204" t="s">
-        <v>1877</v>
+        <v>1903</v>
       </c>
       <c r="G204" t="s">
-        <v>1878</v>
+        <v>1904</v>
       </c>
       <c r="H204" t="s">
-        <v>1879</v>
+        <v>1905</v>
       </c>
       <c r="I204" t="s">
-        <v>1880</v>
+        <v>1906</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1881</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5348</v>
+        <v>4947</v>
       </c>
       <c r="B205" t="s">
-        <v>1882</v>
+        <v>1908</v>
       </c>
       <c r="C205" t="s">
-        <v>1883</v>
+        <v>1909</v>
       </c>
       <c r="D205" t="s">
-        <v>1884</v>
+        <v>1910</v>
       </c>
       <c r="E205" t="s">
-        <v>1885</v>
+        <v>1911</v>
       </c>
       <c r="F205" t="s">
-        <v>1886</v>
+        <v>1912</v>
       </c>
       <c r="G205" t="s">
-        <v>1887</v>
+        <v>1913</v>
       </c>
       <c r="H205" t="s">
-        <v>1888</v>
+        <v>1914</v>
       </c>
       <c r="I205" t="s">
-        <v>1889</v>
+        <v>1915</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1890</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5351</v>
+        <v>4950</v>
       </c>
       <c r="B206" t="s">
-        <v>1891</v>
+        <v>1917</v>
       </c>
       <c r="C206" t="s">
-        <v>1892</v>
+        <v>1918</v>
       </c>
       <c r="D206" t="s">
-        <v>1893</v>
+        <v>1919</v>
       </c>
       <c r="E206" t="s">
-        <v>1894</v>
+        <v>1920</v>
       </c>
       <c r="F206" t="s">
-        <v>1895</v>
+        <v>1921</v>
       </c>
       <c r="G206" t="s">
-        <v>1896</v>
+        <v>1922</v>
       </c>
       <c r="H206" t="s">
-        <v>1897</v>
+        <v>1923</v>
       </c>
       <c r="I206" t="s">
-        <v>1898</v>
+        <v>1924</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1899</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5353</v>
+        <v>4958</v>
       </c>
       <c r="B207" t="s">
-        <v>1900</v>
+        <v>1926</v>
       </c>
       <c r="C207" t="s">
-        <v>1901</v>
+        <v>1927</v>
       </c>
       <c r="D207" t="s">
-        <v>1902</v>
+        <v>1928</v>
       </c>
       <c r="E207" t="s">
-        <v>1903</v>
+        <v>1929</v>
       </c>
       <c r="F207" t="s">
-        <v>1904</v>
+        <v>1930</v>
       </c>
       <c r="G207" t="s">
-        <v>1905</v>
+        <v>1931</v>
       </c>
       <c r="H207" t="s">
-        <v>1906</v>
+        <v>1932</v>
       </c>
       <c r="I207" t="s">
-        <v>1907</v>
+        <v>1933</v>
       </c>
       <c r="J207" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>855</v>
+        <v>170</v>
       </c>
       <c r="L207" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M207" t="s">
+        <v>171</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1908</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5354</v>
+        <v>4965</v>
       </c>
       <c r="B208" t="s">
-        <v>1909</v>
+        <v>1935</v>
       </c>
       <c r="C208" t="s">
-        <v>1910</v>
+        <v>1936</v>
       </c>
       <c r="D208" t="s">
-        <v>1911</v>
+        <v>1937</v>
       </c>
       <c r="E208" t="s">
-        <v>1912</v>
+        <v>1938</v>
       </c>
       <c r="F208" t="s">
-        <v>1913</v>
+        <v>1939</v>
       </c>
       <c r="G208" t="s">
-        <v>1914</v>
+        <v>1940</v>
       </c>
       <c r="H208" t="s">
-        <v>1915</v>
+        <v>1941</v>
       </c>
       <c r="I208" t="s">
-        <v>1916</v>
+        <v>1942</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1917</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5359</v>
+        <v>4968</v>
       </c>
       <c r="B209" t="s">
-        <v>1918</v>
+        <v>1944</v>
       </c>
       <c r="C209" t="s">
-        <v>1919</v>
+        <v>1945</v>
       </c>
       <c r="D209" t="s">
-        <v>1920</v>
+        <v>1946</v>
       </c>
       <c r="E209" t="s">
-        <v>1921</v>
+        <v>1947</v>
       </c>
       <c r="F209" t="s">
-        <v>1922</v>
+        <v>1948</v>
       </c>
       <c r="G209" t="s">
-        <v>1923</v>
+        <v>1949</v>
       </c>
       <c r="H209" t="s">
-        <v>1924</v>
+        <v>1950</v>
       </c>
       <c r="I209" t="s">
-        <v>1925</v>
+        <v>1951</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1926</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5364</v>
+        <v>4969</v>
       </c>
       <c r="B210" t="s">
-        <v>1927</v>
+        <v>1953</v>
       </c>
       <c r="C210" t="s">
-        <v>1928</v>
+        <v>1954</v>
       </c>
       <c r="D210" t="s">
-        <v>1929</v>
+        <v>1955</v>
       </c>
       <c r="E210" t="s">
-        <v>1930</v>
+        <v>1956</v>
       </c>
       <c r="F210" t="s">
-        <v>1931</v>
+        <v>1957</v>
       </c>
       <c r="G210" t="s">
-        <v>1932</v>
+        <v>1958</v>
       </c>
       <c r="H210" t="s">
-        <v>1933</v>
+        <v>1959</v>
       </c>
       <c r="I210" t="s">
-        <v>1934</v>
+        <v>1960</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1935</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5365</v>
+        <v>5037</v>
       </c>
       <c r="B211" t="s">
-        <v>1936</v>
+        <v>1962</v>
       </c>
       <c r="C211" t="s">
-        <v>1937</v>
+        <v>1963</v>
       </c>
       <c r="D211" t="s">
-        <v>1938</v>
+        <v>1964</v>
       </c>
       <c r="E211" t="s">
-        <v>1939</v>
+        <v>1965</v>
       </c>
       <c r="F211" t="s">
-        <v>1940</v>
+        <v>1966</v>
       </c>
       <c r="G211" t="s">
-        <v>1941</v>
+        <v>1967</v>
       </c>
       <c r="H211" t="s">
-        <v>1942</v>
+        <v>1968</v>
       </c>
       <c r="I211" t="s">
-        <v>1943</v>
+        <v>1969</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1944</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5367</v>
+        <v>5272</v>
       </c>
       <c r="B212" t="s">
-        <v>1945</v>
+        <v>1971</v>
       </c>
       <c r="C212" t="s">
-        <v>1946</v>
+        <v>1972</v>
       </c>
       <c r="D212" t="s">
-        <v>1947</v>
+        <v>1973</v>
       </c>
       <c r="E212" t="s">
-        <v>1948</v>
+        <v>1974</v>
       </c>
       <c r="F212" t="s">
-        <v>1949</v>
+        <v>1975</v>
       </c>
       <c r="G212" t="s">
-        <v>1950</v>
+        <v>1976</v>
       </c>
       <c r="H212" t="s">
-        <v>1951</v>
+        <v>1977</v>
       </c>
       <c r="I212" t="s">
-        <v>1952</v>
+        <v>1978</v>
       </c>
       <c r="J212" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K212" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L212" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M212" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1953</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5368</v>
+        <v>5273</v>
       </c>
       <c r="B213" t="s">
-        <v>1954</v>
+        <v>1980</v>
       </c>
       <c r="C213" t="s">
-        <v>1955</v>
+        <v>1981</v>
       </c>
       <c r="D213" t="s">
-        <v>1956</v>
+        <v>1982</v>
       </c>
       <c r="E213" t="s">
-        <v>1957</v>
+        <v>1983</v>
       </c>
       <c r="F213" t="s">
-        <v>1958</v>
+        <v>1984</v>
       </c>
       <c r="G213" t="s">
-        <v>1959</v>
+        <v>1985</v>
       </c>
       <c r="H213" t="s">
-        <v>1960</v>
+        <v>1986</v>
       </c>
       <c r="I213" t="s">
-        <v>1961</v>
+        <v>1987</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>25</v>
+        <v>1988</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>27</v>
+        <v>1989</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1962</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5371</v>
+        <v>5326</v>
       </c>
       <c r="B214" t="s">
-        <v>1963</v>
+        <v>1991</v>
       </c>
       <c r="C214" t="s">
-        <v>1964</v>
+        <v>1992</v>
       </c>
       <c r="D214" t="s">
-        <v>1965</v>
+        <v>1993</v>
       </c>
       <c r="E214" t="s">
-        <v>1966</v>
+        <v>1994</v>
       </c>
       <c r="F214" t="s">
-        <v>1967</v>
+        <v>1995</v>
       </c>
       <c r="G214" t="s">
-        <v>1968</v>
+        <v>1996</v>
       </c>
       <c r="H214" t="s">
-        <v>1969</v>
+        <v>1997</v>
       </c>
       <c r="I214" t="s">
-        <v>1970</v>
+        <v>1998</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1971</v>
+        <v>170</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
+      <c r="M214" t="s">
+        <v>171</v>
+      </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1972</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5372</v>
+        <v>5330</v>
       </c>
       <c r="B215" t="s">
-        <v>1973</v>
+        <v>2000</v>
       </c>
       <c r="C215" t="s">
-        <v>1974</v>
+        <v>2001</v>
       </c>
       <c r="D215" t="s">
-        <v>1975</v>
+        <v>2002</v>
       </c>
       <c r="E215" t="s">
-        <v>1976</v>
+        <v>2003</v>
       </c>
       <c r="F215" t="s">
-        <v>1977</v>
+        <v>2004</v>
       </c>
       <c r="G215" t="s">
-        <v>1978</v>
+        <v>2005</v>
       </c>
       <c r="H215" t="s">
-        <v>1979</v>
+        <v>2006</v>
       </c>
       <c r="I215" t="s">
-        <v>1980</v>
+        <v>2007</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1981</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5375</v>
+        <v>5331</v>
       </c>
       <c r="B216" t="s">
-        <v>1982</v>
+        <v>2009</v>
       </c>
       <c r="C216" t="s">
-        <v>1983</v>
+        <v>2010</v>
       </c>
       <c r="D216" t="s">
-        <v>1984</v>
+        <v>2011</v>
       </c>
       <c r="E216" t="s">
-        <v>1985</v>
+        <v>2012</v>
       </c>
       <c r="F216" t="s">
-        <v>1986</v>
+        <v>2013</v>
       </c>
       <c r="G216" t="s">
-        <v>1987</v>
+        <v>2014</v>
       </c>
       <c r="H216" t="s">
-        <v>1988</v>
+        <v>2015</v>
       </c>
       <c r="I216" t="s">
-        <v>1989</v>
+        <v>2016</v>
       </c>
       <c r="J216" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>251</v>
+        <v>47</v>
       </c>
       <c r="L216" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M216" t="s">
+        <v>48</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>1990</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5377</v>
+        <v>5332</v>
       </c>
       <c r="B217" t="s">
-        <v>1991</v>
+        <v>2018</v>
       </c>
       <c r="C217" t="s">
-        <v>1992</v>
+        <v>2019</v>
       </c>
       <c r="D217" t="s">
-        <v>1993</v>
+        <v>2020</v>
       </c>
       <c r="E217" t="s">
-        <v>1994</v>
+        <v>2021</v>
       </c>
       <c r="F217" t="s">
-        <v>1995</v>
+        <v>2022</v>
       </c>
       <c r="G217" t="s">
-        <v>1996</v>
+        <v>2023</v>
       </c>
       <c r="H217" t="s">
-        <v>1997</v>
+        <v>2024</v>
       </c>
       <c r="I217" t="s">
-        <v>1998</v>
+        <v>2025</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>1999</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5378</v>
+        <v>5333</v>
       </c>
       <c r="B218" t="s">
-        <v>2000</v>
+        <v>2027</v>
       </c>
       <c r="C218" t="s">
-        <v>2001</v>
+        <v>2028</v>
       </c>
       <c r="D218" t="s">
-        <v>2002</v>
+        <v>2029</v>
       </c>
       <c r="E218" t="s">
-        <v>2003</v>
+        <v>2030</v>
       </c>
       <c r="F218" t="s">
-        <v>2004</v>
+        <v>2031</v>
       </c>
       <c r="G218" t="s">
-        <v>2005</v>
+        <v>2032</v>
       </c>
       <c r="H218" t="s">
-        <v>2006</v>
+        <v>2033</v>
       </c>
       <c r="I218" t="s">
-        <v>2007</v>
+        <v>2034</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2008</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5380</v>
+        <v>5335</v>
       </c>
       <c r="B219" t="s">
-        <v>2009</v>
+        <v>2036</v>
       </c>
       <c r="C219" t="s">
-        <v>2010</v>
+        <v>2037</v>
       </c>
       <c r="D219" t="s">
-        <v>2011</v>
+        <v>2038</v>
       </c>
       <c r="E219" t="s">
-        <v>2012</v>
+        <v>2039</v>
       </c>
       <c r="F219" t="s">
-        <v>2013</v>
+        <v>2040</v>
       </c>
       <c r="G219" t="s">
-        <v>2014</v>
+        <v>2041</v>
       </c>
       <c r="H219" t="s">
-        <v>2015</v>
+        <v>2042</v>
       </c>
       <c r="I219" t="s">
-        <v>2016</v>
+        <v>2043</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2017</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5382</v>
+        <v>5344</v>
       </c>
       <c r="B220" t="s">
-        <v>2018</v>
+        <v>2045</v>
       </c>
       <c r="C220" t="s">
-        <v>2019</v>
+        <v>2046</v>
       </c>
       <c r="D220" t="s">
-        <v>2020</v>
+        <v>2047</v>
       </c>
       <c r="E220" t="s">
-        <v>2021</v>
+        <v>2048</v>
       </c>
       <c r="F220" t="s">
-        <v>2022</v>
+        <v>2049</v>
       </c>
       <c r="G220" t="s">
-        <v>2023</v>
+        <v>2050</v>
       </c>
       <c r="H220" t="s">
-        <v>2024</v>
+        <v>2051</v>
       </c>
       <c r="I220" t="s">
-        <v>2025</v>
+        <v>2052</v>
       </c>
       <c r="J220" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K220" t="s">
-        <v>148</v>
+        <v>2053</v>
       </c>
       <c r="L220" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M220" t="s">
-        <v>149</v>
+        <v>2054</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2026</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5393</v>
+        <v>5346</v>
       </c>
       <c r="B221" t="s">
-        <v>2027</v>
+        <v>2056</v>
       </c>
       <c r="C221" t="s">
-        <v>2028</v>
+        <v>2057</v>
       </c>
       <c r="D221" t="s">
-        <v>2029</v>
+        <v>2058</v>
       </c>
       <c r="E221" t="s">
-        <v>2030</v>
+        <v>2059</v>
       </c>
       <c r="F221" t="s">
-        <v>2031</v>
+        <v>2060</v>
       </c>
       <c r="G221" t="s">
-        <v>2032</v>
+        <v>2061</v>
       </c>
       <c r="H221" t="s">
-        <v>2033</v>
+        <v>2062</v>
       </c>
       <c r="I221" t="s">
-        <v>2034</v>
+        <v>2063</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>25</v>
+        <v>2064</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>27</v>
+        <v>2065</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2035</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5394</v>
+        <v>5347</v>
       </c>
       <c r="B222" t="s">
-        <v>2036</v>
+        <v>2067</v>
       </c>
       <c r="C222" t="s">
-        <v>2037</v>
+        <v>2068</v>
       </c>
       <c r="D222" t="s">
-        <v>2038</v>
+        <v>2069</v>
       </c>
       <c r="E222" t="s">
-        <v>2039</v>
+        <v>2070</v>
       </c>
       <c r="F222" t="s">
-        <v>2040</v>
+        <v>2071</v>
       </c>
       <c r="G222" t="s">
-        <v>2041</v>
+        <v>2072</v>
       </c>
       <c r="H222" t="s">
-        <v>2042</v>
+        <v>2073</v>
       </c>
       <c r="I222" t="s">
-        <v>2043</v>
+        <v>2074</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2044</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5403</v>
+        <v>5348</v>
       </c>
       <c r="B223" t="s">
-        <v>2045</v>
+        <v>2076</v>
       </c>
       <c r="C223" t="s">
-        <v>2046</v>
+        <v>2077</v>
       </c>
       <c r="D223" t="s">
-        <v>2047</v>
+        <v>2078</v>
       </c>
       <c r="E223" t="s">
-        <v>2048</v>
+        <v>2079</v>
       </c>
       <c r="F223" t="s">
-        <v>2049</v>
+        <v>2080</v>
       </c>
       <c r="G223" t="s">
-        <v>2050</v>
+        <v>2081</v>
       </c>
       <c r="H223" t="s">
-        <v>2051</v>
+        <v>2082</v>
       </c>
       <c r="I223" t="s">
-        <v>2052</v>
+        <v>2083</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>2053</v>
+        <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
+      <c r="M223" t="s">
+        <v>171</v>
+      </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2054</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5431</v>
+        <v>5351</v>
       </c>
       <c r="B224" t="s">
-        <v>2055</v>
+        <v>2085</v>
       </c>
       <c r="C224" t="s">
-        <v>2056</v>
+        <v>2086</v>
       </c>
       <c r="D224" t="s">
-        <v>2057</v>
+        <v>2087</v>
       </c>
       <c r="E224" t="s">
-        <v>2058</v>
+        <v>2088</v>
       </c>
       <c r="F224" t="s">
-        <v>2059</v>
+        <v>2089</v>
       </c>
       <c r="G224" t="s">
-        <v>2060</v>
+        <v>2090</v>
       </c>
       <c r="H224" t="s">
-        <v>2061</v>
+        <v>2091</v>
       </c>
       <c r="I224" t="s">
-        <v>2062</v>
+        <v>2092</v>
       </c>
       <c r="J224" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>251</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M224" t="s">
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2063</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5433</v>
+        <v>5353</v>
       </c>
       <c r="B225" t="s">
-        <v>2064</v>
+        <v>2094</v>
       </c>
       <c r="C225" t="s">
-        <v>2065</v>
+        <v>2095</v>
       </c>
       <c r="D225" t="s">
-        <v>2066</v>
+        <v>2096</v>
       </c>
       <c r="E225" t="s">
-        <v>2067</v>
+        <v>2097</v>
       </c>
       <c r="F225" t="s">
-        <v>2068</v>
+        <v>2098</v>
       </c>
       <c r="G225" t="s">
-        <v>2069</v>
+        <v>2099</v>
       </c>
       <c r="H225" t="s">
-        <v>2070</v>
+        <v>2100</v>
       </c>
       <c r="I225" t="s">
-        <v>2071</v>
+        <v>2101</v>
       </c>
       <c r="J225" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K225" t="s">
-        <v>148</v>
+        <v>882</v>
       </c>
       <c r="L225" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M225" t="s">
-        <v>149</v>
+        <v>883</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2072</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5435</v>
+        <v>5354</v>
       </c>
       <c r="B226" t="s">
-        <v>2073</v>
+        <v>2103</v>
       </c>
       <c r="C226" t="s">
-        <v>2074</v>
+        <v>2104</v>
       </c>
       <c r="D226" t="s">
-        <v>2075</v>
+        <v>2105</v>
       </c>
       <c r="E226" t="s">
-        <v>2076</v>
+        <v>2106</v>
       </c>
       <c r="F226" t="s">
-        <v>2077</v>
+        <v>2107</v>
       </c>
       <c r="G226" t="s">
-        <v>2078</v>
+        <v>2108</v>
       </c>
       <c r="H226" t="s">
-        <v>2079</v>
+        <v>2109</v>
       </c>
       <c r="I226" t="s">
-        <v>2080</v>
+        <v>2110</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2081</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5436</v>
+        <v>5359</v>
       </c>
       <c r="B227" t="s">
-        <v>2082</v>
+        <v>2112</v>
       </c>
       <c r="C227" t="s">
-        <v>2083</v>
+        <v>2113</v>
       </c>
       <c r="D227" t="s">
-        <v>2084</v>
+        <v>2114</v>
       </c>
       <c r="E227" t="s">
-        <v>2085</v>
+        <v>2115</v>
       </c>
       <c r="F227" t="s">
-        <v>2086</v>
+        <v>2116</v>
       </c>
       <c r="G227" t="s">
-        <v>2087</v>
+        <v>2117</v>
       </c>
       <c r="H227" t="s">
-        <v>2088</v>
+        <v>2118</v>
       </c>
       <c r="I227" t="s">
-        <v>2089</v>
+        <v>2119</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
         <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
         <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2090</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5437</v>
+        <v>5364</v>
       </c>
       <c r="B228" t="s">
-        <v>2091</v>
+        <v>2121</v>
       </c>
       <c r="C228" t="s">
-        <v>2092</v>
+        <v>2122</v>
       </c>
       <c r="D228" t="s">
-        <v>2093</v>
+        <v>2123</v>
       </c>
       <c r="E228" t="s">
-        <v>2094</v>
+        <v>2124</v>
       </c>
       <c r="F228" t="s">
-        <v>2095</v>
+        <v>2125</v>
       </c>
       <c r="G228" t="s">
-        <v>2096</v>
+        <v>2126</v>
       </c>
       <c r="H228" t="s">
-        <v>2097</v>
+        <v>2127</v>
       </c>
       <c r="I228" t="s">
-        <v>2098</v>
+        <v>2128</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2099</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5439</v>
+        <v>5365</v>
       </c>
       <c r="B229" t="s">
-        <v>2100</v>
+        <v>2130</v>
       </c>
       <c r="C229" t="s">
-        <v>2101</v>
+        <v>2131</v>
       </c>
       <c r="D229" t="s">
-        <v>2102</v>
+        <v>2132</v>
       </c>
       <c r="E229" t="s">
-        <v>2103</v>
+        <v>2133</v>
       </c>
       <c r="F229" t="s">
-        <v>2104</v>
+        <v>2134</v>
       </c>
       <c r="G229" t="s">
-        <v>2105</v>
+        <v>2135</v>
       </c>
       <c r="H229" t="s">
-        <v>2106</v>
+        <v>2136</v>
       </c>
       <c r="I229" t="s">
-        <v>2107</v>
+        <v>2137</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2108</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5474</v>
+        <v>5367</v>
       </c>
       <c r="B230" t="s">
-        <v>2109</v>
+        <v>2139</v>
       </c>
       <c r="C230" t="s">
-        <v>2110</v>
+        <v>2140</v>
       </c>
       <c r="D230" t="s">
-        <v>2111</v>
+        <v>2141</v>
       </c>
       <c r="E230" t="s">
-        <v>2112</v>
+        <v>2142</v>
       </c>
       <c r="F230" t="s">
-        <v>2113</v>
+        <v>2143</v>
       </c>
       <c r="G230" t="s">
-        <v>2114</v>
+        <v>2144</v>
       </c>
       <c r="H230" t="s">
-        <v>2115</v>
+        <v>2145</v>
       </c>
       <c r="I230" t="s">
-        <v>2116</v>
+        <v>2146</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2117</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5475</v>
+        <v>5368</v>
       </c>
       <c r="B231" t="s">
-        <v>2118</v>
+        <v>2148</v>
       </c>
       <c r="C231" t="s">
-        <v>2119</v>
+        <v>2149</v>
       </c>
       <c r="D231" t="s">
-        <v>2120</v>
+        <v>2150</v>
       </c>
       <c r="E231" t="s">
-        <v>2121</v>
+        <v>2151</v>
       </c>
       <c r="F231" t="s">
-        <v>2122</v>
+        <v>2152</v>
       </c>
       <c r="G231" t="s">
-        <v>2123</v>
+        <v>2153</v>
       </c>
       <c r="H231" t="s">
-        <v>2124</v>
+        <v>2154</v>
       </c>
       <c r="I231" t="s">
-        <v>2125</v>
+        <v>2155</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2126</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5476</v>
+        <v>5371</v>
       </c>
       <c r="B232" t="s">
-        <v>2127</v>
+        <v>2157</v>
       </c>
       <c r="C232" t="s">
-        <v>2128</v>
+        <v>2158</v>
       </c>
       <c r="D232" t="s">
-        <v>2129</v>
+        <v>2159</v>
       </c>
       <c r="E232" t="s">
-        <v>2130</v>
+        <v>2160</v>
       </c>
       <c r="F232" t="s">
-        <v>2131</v>
+        <v>2161</v>
       </c>
       <c r="G232" t="s">
-        <v>2132</v>
+        <v>2162</v>
       </c>
       <c r="H232" t="s">
-        <v>2133</v>
+        <v>2163</v>
       </c>
       <c r="I232" t="s">
-        <v>2134</v>
+        <v>2164</v>
       </c>
       <c r="J232" t="s">
-        <v>2135</v>
+        <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>1176</v>
+        <v>2165</v>
       </c>
       <c r="L232" t="s">
-        <v>2136</v>
+        <v>26</v>
+      </c>
+      <c r="M232" t="s">
+        <v>2166</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2137</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5478</v>
+        <v>5372</v>
       </c>
       <c r="B233" t="s">
-        <v>2138</v>
+        <v>2168</v>
       </c>
       <c r="C233" t="s">
-        <v>2139</v>
+        <v>2169</v>
       </c>
       <c r="D233" t="s">
-        <v>2140</v>
+        <v>2170</v>
       </c>
       <c r="E233" t="s">
-        <v>2141</v>
+        <v>2171</v>
       </c>
       <c r="F233" t="s">
-        <v>2142</v>
+        <v>2172</v>
       </c>
       <c r="G233" t="s">
-        <v>2143</v>
+        <v>2173</v>
       </c>
       <c r="H233" t="s">
-        <v>2144</v>
+        <v>2174</v>
       </c>
       <c r="I233" t="s">
-        <v>2145</v>
+        <v>2175</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
         <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
         <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2146</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5479</v>
+        <v>5375</v>
       </c>
       <c r="B234" t="s">
-        <v>2147</v>
+        <v>2177</v>
       </c>
       <c r="C234" t="s">
-        <v>2148</v>
+        <v>2178</v>
       </c>
       <c r="D234" t="s">
-        <v>2149</v>
+        <v>2179</v>
       </c>
       <c r="E234" t="s">
-        <v>2150</v>
+        <v>2180</v>
       </c>
       <c r="F234" t="s">
-        <v>2151</v>
+        <v>2181</v>
       </c>
       <c r="G234" t="s">
-        <v>2152</v>
+        <v>2182</v>
       </c>
       <c r="H234" t="s">
-        <v>2153</v>
+        <v>2183</v>
       </c>
       <c r="I234" t="s">
-        <v>2154</v>
+        <v>2184</v>
       </c>
       <c r="J234" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K234" t="s">
-        <v>547</v>
+        <v>274</v>
       </c>
       <c r="L234" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M234" t="s">
+        <v>276</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2155</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5482</v>
+        <v>5377</v>
       </c>
       <c r="B235" t="s">
-        <v>2156</v>
+        <v>2186</v>
       </c>
       <c r="C235" t="s">
-        <v>2157</v>
+        <v>2187</v>
       </c>
       <c r="D235" t="s">
-        <v>2158</v>
+        <v>2188</v>
       </c>
       <c r="E235" t="s">
-        <v>2159</v>
+        <v>2189</v>
       </c>
       <c r="F235" t="s">
-        <v>2160</v>
+        <v>2190</v>
       </c>
       <c r="G235" t="s">
-        <v>2161</v>
+        <v>2191</v>
       </c>
       <c r="H235" t="s">
-        <v>2162</v>
+        <v>2192</v>
       </c>
       <c r="I235" t="s">
-        <v>2163</v>
+        <v>2193</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2164</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5483</v>
+        <v>5378</v>
       </c>
       <c r="B236" t="s">
-        <v>2165</v>
+        <v>2195</v>
       </c>
       <c r="C236" t="s">
-        <v>2166</v>
+        <v>2196</v>
       </c>
       <c r="D236" t="s">
-        <v>2167</v>
+        <v>2197</v>
       </c>
       <c r="E236" t="s">
-        <v>2168</v>
+        <v>2198</v>
       </c>
       <c r="F236" t="s">
-        <v>2169</v>
+        <v>2199</v>
       </c>
       <c r="G236" t="s">
-        <v>2170</v>
+        <v>2200</v>
       </c>
       <c r="H236" t="s">
-        <v>2171</v>
+        <v>2201</v>
       </c>
       <c r="I236" t="s">
-        <v>2172</v>
+        <v>2202</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2173</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5485</v>
+        <v>5380</v>
       </c>
       <c r="B237" t="s">
-        <v>2174</v>
+        <v>2204</v>
       </c>
       <c r="C237" t="s">
-        <v>2175</v>
+        <v>2205</v>
       </c>
       <c r="D237" t="s">
-        <v>2176</v>
+        <v>2206</v>
       </c>
       <c r="E237" t="s">
-        <v>2177</v>
+        <v>2207</v>
       </c>
       <c r="F237" t="s">
-        <v>2178</v>
+        <v>2208</v>
       </c>
       <c r="G237" t="s">
-        <v>2179</v>
+        <v>2209</v>
       </c>
       <c r="H237" t="s">
-        <v>2180</v>
+        <v>2210</v>
       </c>
       <c r="I237" t="s">
-        <v>2181</v>
+        <v>2211</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>2182</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
+      <c r="M237" t="s">
+        <v>27</v>
+      </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2183</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5487</v>
+        <v>5382</v>
       </c>
       <c r="B238" t="s">
-        <v>2184</v>
+        <v>2213</v>
       </c>
       <c r="C238" t="s">
-        <v>2185</v>
+        <v>2214</v>
       </c>
       <c r="D238" t="s">
-        <v>2186</v>
+        <v>2215</v>
       </c>
       <c r="E238" t="s">
-        <v>2187</v>
+        <v>2216</v>
       </c>
       <c r="F238" t="s">
-        <v>2188</v>
+        <v>2217</v>
       </c>
       <c r="G238" t="s">
-        <v>2189</v>
+        <v>2218</v>
       </c>
       <c r="H238" t="s">
-        <v>2190</v>
+        <v>2219</v>
       </c>
       <c r="I238" t="s">
-        <v>2191</v>
+        <v>2220</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>2192</v>
+        <v>170</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
+      <c r="M238" t="s">
+        <v>171</v>
+      </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2193</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5488</v>
+        <v>5393</v>
       </c>
       <c r="B239" t="s">
-        <v>2194</v>
+        <v>2222</v>
       </c>
       <c r="C239" t="s">
-        <v>2195</v>
+        <v>2223</v>
       </c>
       <c r="D239" t="s">
-        <v>2196</v>
+        <v>2224</v>
       </c>
       <c r="E239" t="s">
-        <v>2197</v>
+        <v>2225</v>
       </c>
       <c r="F239" t="s">
-        <v>2198</v>
+        <v>2226</v>
       </c>
       <c r="G239" t="s">
-        <v>2199</v>
+        <v>2227</v>
       </c>
       <c r="H239" t="s">
-        <v>2200</v>
+        <v>2228</v>
       </c>
       <c r="I239" t="s">
-        <v>2201</v>
+        <v>2229</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2202</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5489</v>
+        <v>5394</v>
       </c>
       <c r="B240" t="s">
-        <v>2203</v>
+        <v>2231</v>
       </c>
       <c r="C240" t="s">
-        <v>2204</v>
+        <v>2232</v>
       </c>
       <c r="D240" t="s">
-        <v>2205</v>
+        <v>2233</v>
       </c>
       <c r="E240" t="s">
-        <v>2206</v>
+        <v>2234</v>
       </c>
       <c r="F240" t="s">
-        <v>2207</v>
+        <v>2235</v>
       </c>
       <c r="G240" t="s">
-        <v>2208</v>
+        <v>2236</v>
       </c>
       <c r="H240" t="s">
-        <v>2209</v>
+        <v>2237</v>
       </c>
       <c r="I240" t="s">
-        <v>2210</v>
+        <v>2238</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>1195</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
+      <c r="M240" t="s">
+        <v>27</v>
+      </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2211</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5490</v>
+        <v>5403</v>
       </c>
       <c r="B241" t="s">
-        <v>2212</v>
+        <v>2240</v>
       </c>
       <c r="C241" t="s">
-        <v>2213</v>
+        <v>2241</v>
       </c>
       <c r="D241" t="s">
-        <v>2214</v>
+        <v>2242</v>
       </c>
       <c r="E241" t="s">
-        <v>2215</v>
+        <v>2243</v>
       </c>
       <c r="F241" t="s">
-        <v>2216</v>
+        <v>2244</v>
       </c>
       <c r="G241" t="s">
-        <v>2217</v>
+        <v>2245</v>
       </c>
       <c r="H241" t="s">
-        <v>2218</v>
+        <v>2246</v>
       </c>
       <c r="I241" t="s">
-        <v>2219</v>
+        <v>2247</v>
       </c>
       <c r="J241" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>2220</v>
+        <v>2248</v>
       </c>
       <c r="L241" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M241" t="s">
+        <v>2249</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2221</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5493</v>
+        <v>5431</v>
       </c>
       <c r="B242" t="s">
-        <v>2222</v>
+        <v>2251</v>
       </c>
       <c r="C242" t="s">
-        <v>2223</v>
+        <v>2252</v>
       </c>
       <c r="D242" t="s">
-        <v>2224</v>
+        <v>2253</v>
       </c>
       <c r="E242" t="s">
-        <v>2225</v>
+        <v>2254</v>
       </c>
       <c r="F242" t="s">
-        <v>2226</v>
+        <v>2255</v>
       </c>
       <c r="G242" t="s">
-        <v>2227</v>
+        <v>2256</v>
       </c>
       <c r="H242" t="s">
-        <v>2228</v>
+        <v>2257</v>
       </c>
       <c r="I242" t="s">
-        <v>2229</v>
+        <v>2258</v>
       </c>
       <c r="J242" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K242" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="L242" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M242" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2230</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5496</v>
+        <v>5433</v>
       </c>
       <c r="B243" t="s">
-        <v>2231</v>
+        <v>2260</v>
       </c>
       <c r="C243" t="s">
-        <v>2232</v>
+        <v>2261</v>
       </c>
       <c r="D243" t="s">
-        <v>2233</v>
+        <v>2262</v>
       </c>
       <c r="E243" t="s">
-        <v>2234</v>
+        <v>2263</v>
       </c>
       <c r="F243" t="s">
-        <v>2235</v>
+        <v>2264</v>
       </c>
       <c r="G243" t="s">
-        <v>2236</v>
+        <v>2265</v>
       </c>
       <c r="H243" t="s">
-        <v>2237</v>
+        <v>2266</v>
       </c>
       <c r="I243" t="s">
-        <v>2238</v>
+        <v>2267</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>251</v>
+        <v>170</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
+      <c r="M243" t="s">
+        <v>171</v>
+      </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2239</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5502</v>
+        <v>5435</v>
       </c>
       <c r="B244" t="s">
-        <v>2240</v>
+        <v>2269</v>
       </c>
       <c r="C244" t="s">
-        <v>2241</v>
+        <v>2270</v>
       </c>
       <c r="D244" t="s">
-        <v>2242</v>
+        <v>2271</v>
       </c>
       <c r="E244" t="s">
-        <v>2243</v>
+        <v>2272</v>
       </c>
       <c r="F244" t="s">
-        <v>2244</v>
+        <v>2273</v>
       </c>
       <c r="G244" t="s">
-        <v>2245</v>
+        <v>2274</v>
       </c>
       <c r="H244" t="s">
-        <v>2246</v>
+        <v>2275</v>
       </c>
       <c r="I244" t="s">
-        <v>2247</v>
+        <v>2276</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2248</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5503</v>
+        <v>5436</v>
       </c>
       <c r="B245" t="s">
-        <v>2249</v>
+        <v>2278</v>
       </c>
       <c r="C245" t="s">
-        <v>2250</v>
+        <v>2279</v>
       </c>
       <c r="D245" t="s">
-        <v>2251</v>
+        <v>2280</v>
       </c>
       <c r="E245" t="s">
-        <v>2252</v>
+        <v>2281</v>
       </c>
       <c r="F245" t="s">
-        <v>2253</v>
+        <v>2282</v>
       </c>
       <c r="G245" t="s">
-        <v>2254</v>
+        <v>2283</v>
       </c>
       <c r="H245" t="s">
-        <v>2255</v>
+        <v>2284</v>
       </c>
       <c r="I245" t="s">
-        <v>2256</v>
+        <v>2285</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2257</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5504</v>
+        <v>5437</v>
       </c>
       <c r="B246" t="s">
-        <v>2258</v>
+        <v>2287</v>
       </c>
       <c r="C246" t="s">
-        <v>2259</v>
+        <v>2288</v>
       </c>
       <c r="D246" t="s">
-        <v>2260</v>
+        <v>2289</v>
       </c>
       <c r="E246" t="s">
-        <v>2261</v>
+        <v>2290</v>
       </c>
       <c r="F246" t="s">
-        <v>2262</v>
+        <v>2291</v>
       </c>
       <c r="G246" t="s">
-        <v>2263</v>
+        <v>2292</v>
       </c>
       <c r="H246" t="s">
-        <v>2264</v>
+        <v>2293</v>
       </c>
       <c r="I246" t="s">
-        <v>2265</v>
+        <v>2294</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2266</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5507</v>
+        <v>5439</v>
       </c>
       <c r="B247" t="s">
-        <v>2267</v>
+        <v>2296</v>
       </c>
       <c r="C247" t="s">
-        <v>2268</v>
+        <v>2297</v>
       </c>
       <c r="D247" t="s">
-        <v>2269</v>
+        <v>2298</v>
       </c>
       <c r="E247" t="s">
-        <v>2270</v>
+        <v>2299</v>
       </c>
       <c r="F247" t="s">
-        <v>2271</v>
+        <v>2300</v>
       </c>
       <c r="G247" t="s">
-        <v>2272</v>
+        <v>2301</v>
       </c>
       <c r="H247" t="s">
-        <v>2273</v>
+        <v>2302</v>
       </c>
       <c r="I247" t="s">
-        <v>2274</v>
+        <v>2303</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2275</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5509</v>
+        <v>5456</v>
       </c>
       <c r="B248" t="s">
-        <v>2276</v>
+        <v>2305</v>
       </c>
       <c r="C248" t="s">
-        <v>2277</v>
+        <v>2306</v>
       </c>
       <c r="D248" t="s">
-        <v>2278</v>
+        <v>2307</v>
       </c>
       <c r="E248" t="s">
-        <v>2279</v>
+        <v>2308</v>
       </c>
       <c r="F248" t="s">
-        <v>2280</v>
+        <v>2309</v>
       </c>
       <c r="G248" t="s">
-        <v>2281</v>
+        <v>2310</v>
       </c>
       <c r="H248" t="s">
-        <v>2282</v>
+        <v>2311</v>
       </c>
       <c r="I248" t="s">
-        <v>2283</v>
+        <v>2312</v>
       </c>
       <c r="J248" t="s">
-        <v>417</v>
+        <v>441</v>
       </c>
       <c r="K248" t="s">
-        <v>1176</v>
+        <v>871</v>
       </c>
       <c r="L248" t="s">
-        <v>419</v>
+        <v>443</v>
+      </c>
+      <c r="M248" t="s">
+        <v>872</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2284</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5512</v>
+        <v>5474</v>
       </c>
       <c r="B249" t="s">
-        <v>2285</v>
+        <v>2314</v>
       </c>
       <c r="C249" t="s">
-        <v>2286</v>
+        <v>2315</v>
       </c>
       <c r="D249" t="s">
-        <v>2287</v>
+        <v>2316</v>
       </c>
       <c r="E249" t="s">
-        <v>2288</v>
+        <v>2317</v>
       </c>
       <c r="F249" t="s">
-        <v>2289</v>
+        <v>2318</v>
       </c>
       <c r="G249" t="s">
-        <v>2290</v>
+        <v>2319</v>
       </c>
       <c r="H249" t="s">
-        <v>2291</v>
+        <v>2320</v>
       </c>
       <c r="I249" t="s">
-        <v>2292</v>
+        <v>2321</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2293</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5514</v>
+        <v>5475</v>
       </c>
       <c r="B250" t="s">
-        <v>2294</v>
+        <v>2323</v>
       </c>
       <c r="C250" t="s">
-        <v>2295</v>
+        <v>2324</v>
       </c>
       <c r="D250" t="s">
-        <v>2296</v>
+        <v>2325</v>
       </c>
       <c r="E250" t="s">
-        <v>2297</v>
+        <v>2326</v>
       </c>
       <c r="F250" t="s">
-        <v>2298</v>
+        <v>2327</v>
       </c>
       <c r="G250" t="s">
-        <v>2299</v>
+        <v>2328</v>
       </c>
       <c r="H250" t="s">
-        <v>2300</v>
+        <v>2329</v>
       </c>
       <c r="I250" t="s">
-        <v>2301</v>
+        <v>2330</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>456</v>
+        <v>170</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
+      <c r="M250" t="s">
+        <v>171</v>
+      </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2302</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5516</v>
+        <v>5476</v>
       </c>
       <c r="B251" t="s">
-        <v>2303</v>
+        <v>2332</v>
       </c>
       <c r="C251" t="s">
-        <v>2304</v>
+        <v>2333</v>
       </c>
       <c r="D251" t="s">
-        <v>2305</v>
+        <v>2334</v>
       </c>
       <c r="E251" t="s">
-        <v>2306</v>
+        <v>2335</v>
       </c>
       <c r="F251" t="s">
-        <v>2307</v>
+        <v>2336</v>
       </c>
       <c r="G251" t="s">
-        <v>2308</v>
+        <v>2337</v>
       </c>
       <c r="H251" t="s">
-        <v>2309</v>
+        <v>2338</v>
       </c>
       <c r="I251" t="s">
-        <v>2310</v>
+        <v>2339</v>
       </c>
       <c r="J251" t="s">
-        <v>24</v>
+        <v>2340</v>
       </c>
       <c r="K251" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L251" t="s">
-        <v>26</v>
+        <v>2341</v>
       </c>
       <c r="M251" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2311</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5517</v>
+        <v>5478</v>
       </c>
       <c r="B252" t="s">
-        <v>2312</v>
+        <v>2343</v>
       </c>
       <c r="C252" t="s">
-        <v>2313</v>
+        <v>2344</v>
       </c>
       <c r="D252" t="s">
-        <v>2314</v>
+        <v>2345</v>
       </c>
       <c r="E252" t="s">
-        <v>2315</v>
+        <v>2346</v>
       </c>
       <c r="F252" t="s">
-        <v>2316</v>
+        <v>2347</v>
       </c>
       <c r="G252" t="s">
-        <v>2317</v>
+        <v>2348</v>
       </c>
       <c r="H252" t="s">
-        <v>2318</v>
+        <v>2349</v>
       </c>
       <c r="I252" t="s">
-        <v>2319</v>
+        <v>2350</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2320</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5518</v>
+        <v>5479</v>
       </c>
       <c r="B253" t="s">
-        <v>2321</v>
+        <v>2352</v>
       </c>
       <c r="C253" t="s">
-        <v>2322</v>
+        <v>2353</v>
       </c>
       <c r="D253" t="s">
-        <v>2323</v>
+        <v>2354</v>
       </c>
       <c r="E253" t="s">
-        <v>2324</v>
+        <v>2355</v>
       </c>
       <c r="F253" t="s">
-        <v>2325</v>
+        <v>2356</v>
       </c>
       <c r="G253" t="s">
-        <v>2326</v>
+        <v>2357</v>
       </c>
       <c r="H253" t="s">
-        <v>2327</v>
+        <v>2358</v>
       </c>
       <c r="I253" t="s">
-        <v>2328</v>
+        <v>2359</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2329</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5520</v>
+        <v>5482</v>
       </c>
       <c r="B254" t="s">
-        <v>2330</v>
+        <v>2361</v>
       </c>
       <c r="C254" t="s">
-        <v>2331</v>
+        <v>2362</v>
       </c>
       <c r="D254" t="s">
-        <v>2332</v>
+        <v>2363</v>
       </c>
       <c r="E254" t="s">
-        <v>2333</v>
+        <v>2364</v>
       </c>
       <c r="F254" t="s">
-        <v>2334</v>
+        <v>2365</v>
       </c>
       <c r="G254" t="s">
-        <v>2335</v>
+        <v>2366</v>
       </c>
       <c r="H254" t="s">
-        <v>2336</v>
+        <v>2367</v>
       </c>
       <c r="I254" t="s">
-        <v>2337</v>
+        <v>2368</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>1176</v>
+        <v>170</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
+      <c r="M254" t="s">
+        <v>171</v>
+      </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2338</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5545</v>
+        <v>5483</v>
       </c>
       <c r="B255" t="s">
-        <v>2339</v>
+        <v>2370</v>
       </c>
       <c r="C255" t="s">
-        <v>2340</v>
+        <v>2371</v>
       </c>
       <c r="D255" t="s">
-        <v>2341</v>
+        <v>2372</v>
       </c>
       <c r="E255" t="s">
-        <v>2342</v>
+        <v>2373</v>
       </c>
       <c r="F255" t="s">
-        <v>2343</v>
+        <v>2374</v>
       </c>
       <c r="G255" t="s">
-        <v>2344</v>
+        <v>2375</v>
       </c>
       <c r="H255" t="s">
-        <v>2345</v>
+        <v>2376</v>
       </c>
       <c r="I255" t="s">
-        <v>2346</v>
+        <v>2377</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2347</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5657</v>
+        <v>5485</v>
       </c>
       <c r="B256" t="s">
-        <v>2348</v>
+        <v>2379</v>
       </c>
       <c r="C256" t="s">
-        <v>2349</v>
+        <v>2380</v>
       </c>
       <c r="D256" t="s">
-        <v>2350</v>
+        <v>2381</v>
       </c>
       <c r="E256" t="s">
-        <v>2351</v>
+        <v>2382</v>
       </c>
       <c r="F256" t="s">
-        <v>2352</v>
+        <v>2383</v>
       </c>
       <c r="G256" t="s">
-        <v>2353</v>
+        <v>2384</v>
       </c>
       <c r="H256" t="s">
-        <v>2354</v>
+        <v>2385</v>
       </c>
       <c r="I256" t="s">
-        <v>2355</v>
+        <v>2386</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>25</v>
+        <v>2387</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>27</v>
+        <v>2388</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2356</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5733</v>
+        <v>5487</v>
       </c>
       <c r="B257" t="s">
-        <v>2357</v>
+        <v>2390</v>
       </c>
       <c r="C257" t="s">
-        <v>2358</v>
+        <v>2391</v>
       </c>
       <c r="D257" t="s">
-        <v>2359</v>
+        <v>2392</v>
       </c>
       <c r="E257" t="s">
-        <v>2360</v>
+        <v>2393</v>
       </c>
       <c r="F257" t="s">
-        <v>2361</v>
+        <v>2394</v>
       </c>
       <c r="G257" t="s">
-        <v>2362</v>
+        <v>2395</v>
       </c>
       <c r="H257" t="s">
-        <v>2363</v>
+        <v>2396</v>
       </c>
       <c r="I257" t="s">
-        <v>2364</v>
+        <v>2397</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>47</v>
+        <v>2398</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>48</v>
+        <v>2399</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2365</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5787</v>
+        <v>5488</v>
       </c>
       <c r="B258" t="s">
-        <v>2366</v>
+        <v>2401</v>
       </c>
       <c r="C258" t="s">
-        <v>2367</v>
+        <v>2402</v>
       </c>
       <c r="D258" t="s">
-        <v>2368</v>
+        <v>2403</v>
       </c>
       <c r="E258" t="s">
-        <v>2369</v>
+        <v>2404</v>
       </c>
       <c r="F258" t="s">
-        <v>2370</v>
+        <v>2405</v>
       </c>
       <c r="G258" t="s">
-        <v>2371</v>
+        <v>2406</v>
       </c>
       <c r="H258" t="s">
-        <v>2372</v>
+        <v>2407</v>
       </c>
       <c r="I258" t="s">
-        <v>2373</v>
+        <v>2408</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2374</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5792</v>
+        <v>5489</v>
       </c>
       <c r="B259" t="s">
-        <v>2375</v>
+        <v>2410</v>
       </c>
       <c r="C259" t="s">
-        <v>2376</v>
+        <v>2411</v>
       </c>
       <c r="D259" t="s">
-        <v>2377</v>
+        <v>2412</v>
       </c>
       <c r="E259" t="s">
-        <v>2378</v>
+        <v>2413</v>
       </c>
       <c r="F259" t="s">
-        <v>2379</v>
+        <v>2414</v>
       </c>
       <c r="G259" t="s">
-        <v>2380</v>
+        <v>2415</v>
       </c>
       <c r="H259" t="s">
-        <v>2381</v>
+        <v>2416</v>
       </c>
       <c r="I259" t="s">
-        <v>2382</v>
+        <v>2417</v>
       </c>
       <c r="J259" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>418</v>
+        <v>1228</v>
       </c>
       <c r="L259" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M259" t="s">
+        <v>1229</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2383</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5794</v>
+        <v>5490</v>
       </c>
       <c r="B260" t="s">
-        <v>2384</v>
+        <v>2419</v>
       </c>
       <c r="C260" t="s">
-        <v>2385</v>
+        <v>2420</v>
       </c>
       <c r="D260" t="s">
-        <v>2386</v>
+        <v>2421</v>
       </c>
       <c r="E260" t="s">
-        <v>2387</v>
+        <v>2422</v>
       </c>
       <c r="F260" t="s">
-        <v>2388</v>
+        <v>2423</v>
       </c>
       <c r="G260" t="s">
-        <v>2389</v>
+        <v>2424</v>
       </c>
       <c r="H260" t="s">
-        <v>2390</v>
+        <v>2425</v>
       </c>
       <c r="I260" t="s">
-        <v>2391</v>
+        <v>2426</v>
       </c>
       <c r="J260" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K260" t="s">
-        <v>148</v>
+        <v>2427</v>
       </c>
       <c r="L260" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M260" t="s">
-        <v>149</v>
+        <v>2428</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2392</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5795</v>
+        <v>5493</v>
       </c>
       <c r="B261" t="s">
-        <v>2393</v>
+        <v>2430</v>
       </c>
       <c r="C261" t="s">
-        <v>2394</v>
+        <v>2431</v>
       </c>
       <c r="D261" t="s">
-        <v>2395</v>
+        <v>2432</v>
       </c>
       <c r="E261" t="s">
-        <v>2396</v>
+        <v>2433</v>
       </c>
       <c r="F261" t="s">
-        <v>2397</v>
+        <v>2434</v>
       </c>
       <c r="G261" t="s">
-        <v>2398</v>
+        <v>2435</v>
       </c>
       <c r="H261" t="s">
-        <v>2399</v>
+        <v>2436</v>
       </c>
       <c r="I261" t="s">
-        <v>2400</v>
+        <v>2437</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2401</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5796</v>
+        <v>5496</v>
       </c>
       <c r="B262" t="s">
-        <v>2402</v>
+        <v>2439</v>
       </c>
       <c r="C262" t="s">
-        <v>2403</v>
+        <v>2440</v>
       </c>
       <c r="D262" t="s">
-        <v>2404</v>
+        <v>2441</v>
       </c>
       <c r="E262" t="s">
-        <v>2405</v>
+        <v>2442</v>
       </c>
       <c r="F262" t="s">
-        <v>2406</v>
+        <v>2443</v>
       </c>
       <c r="G262" t="s">
-        <v>2407</v>
+        <v>2444</v>
       </c>
       <c r="H262" t="s">
-        <v>2408</v>
+        <v>2445</v>
       </c>
       <c r="I262" t="s">
-        <v>2409</v>
+        <v>2446</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2410</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5798</v>
+        <v>5502</v>
       </c>
       <c r="B263" t="s">
-        <v>2411</v>
+        <v>2448</v>
       </c>
       <c r="C263" t="s">
-        <v>2412</v>
+        <v>2449</v>
       </c>
       <c r="D263" t="s">
-        <v>2413</v>
+        <v>2450</v>
       </c>
       <c r="E263" t="s">
-        <v>2414</v>
+        <v>2451</v>
       </c>
       <c r="F263" t="s">
-        <v>2415</v>
+        <v>2452</v>
       </c>
       <c r="G263" t="s">
-        <v>2416</v>
+        <v>2453</v>
       </c>
       <c r="H263" t="s">
-        <v>2417</v>
+        <v>2454</v>
       </c>
       <c r="I263" t="s">
-        <v>2418</v>
+        <v>2455</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2419</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5799</v>
+        <v>5503</v>
       </c>
       <c r="B264" t="s">
-        <v>2420</v>
+        <v>2457</v>
       </c>
       <c r="C264" t="s">
-        <v>2421</v>
+        <v>2458</v>
       </c>
       <c r="D264" t="s">
-        <v>2422</v>
+        <v>2459</v>
       </c>
       <c r="E264" t="s">
-        <v>2423</v>
+        <v>2460</v>
       </c>
       <c r="F264" t="s">
-        <v>2424</v>
+        <v>2461</v>
       </c>
       <c r="G264" t="s">
-        <v>2425</v>
+        <v>2462</v>
       </c>
       <c r="H264" t="s">
-        <v>2426</v>
+        <v>2463</v>
       </c>
       <c r="I264" t="s">
-        <v>2427</v>
+        <v>2464</v>
       </c>
       <c r="J264" t="s">
-        <v>1612</v>
+        <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>855</v>
+        <v>47</v>
       </c>
       <c r="L264" t="s">
-        <v>1614</v>
+        <v>26</v>
+      </c>
+      <c r="M264" t="s">
+        <v>48</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2428</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5803</v>
+        <v>5504</v>
       </c>
       <c r="B265" t="s">
-        <v>2429</v>
+        <v>2466</v>
       </c>
       <c r="C265" t="s">
-        <v>2430</v>
+        <v>2467</v>
       </c>
       <c r="D265" t="s">
-        <v>2431</v>
+        <v>2468</v>
       </c>
       <c r="E265" t="s">
-        <v>2432</v>
+        <v>2469</v>
       </c>
       <c r="F265" t="s">
-        <v>2433</v>
+        <v>2470</v>
       </c>
       <c r="G265" t="s">
-        <v>2434</v>
+        <v>2471</v>
       </c>
       <c r="H265" t="s">
-        <v>2435</v>
+        <v>2472</v>
       </c>
       <c r="I265" t="s">
-        <v>2436</v>
+        <v>2473</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2437</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5805</v>
+        <v>5507</v>
       </c>
       <c r="B266" t="s">
-        <v>2438</v>
+        <v>2475</v>
       </c>
       <c r="C266" t="s">
-        <v>2439</v>
+        <v>2476</v>
       </c>
       <c r="D266" t="s">
-        <v>2440</v>
+        <v>2477</v>
       </c>
       <c r="E266" t="s">
-        <v>2441</v>
+        <v>2478</v>
       </c>
       <c r="F266" t="s">
-        <v>2442</v>
+        <v>2479</v>
       </c>
       <c r="G266" t="s">
-        <v>2443</v>
+        <v>2480</v>
       </c>
       <c r="H266" t="s">
-        <v>2444</v>
+        <v>2481</v>
       </c>
       <c r="I266" t="s">
-        <v>2445</v>
+        <v>2482</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2446</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5808</v>
+        <v>5509</v>
       </c>
       <c r="B267" t="s">
-        <v>2447</v>
+        <v>2484</v>
       </c>
       <c r="C267" t="s">
-        <v>2448</v>
+        <v>2485</v>
       </c>
       <c r="D267" t="s">
-        <v>2449</v>
+        <v>2486</v>
       </c>
       <c r="E267" t="s">
-        <v>2450</v>
+        <v>2487</v>
       </c>
       <c r="F267" t="s">
-        <v>2451</v>
+        <v>2488</v>
       </c>
       <c r="G267" t="s">
-        <v>2452</v>
+        <v>2489</v>
       </c>
       <c r="H267" t="s">
-        <v>2453</v>
+        <v>2490</v>
       </c>
       <c r="I267" t="s">
-        <v>2454</v>
+        <v>2491</v>
       </c>
       <c r="J267" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K267" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L267" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M267" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2455</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5811</v>
+        <v>5512</v>
       </c>
       <c r="B268" t="s">
-        <v>2456</v>
+        <v>2493</v>
       </c>
       <c r="C268" t="s">
-        <v>2457</v>
+        <v>2494</v>
       </c>
       <c r="D268" t="s">
-        <v>2458</v>
+        <v>2495</v>
       </c>
       <c r="E268" t="s">
-        <v>2459</v>
+        <v>2496</v>
       </c>
       <c r="F268" t="s">
-        <v>2460</v>
+        <v>2497</v>
       </c>
       <c r="G268" t="s">
-        <v>2461</v>
+        <v>2498</v>
       </c>
       <c r="H268" t="s">
-        <v>2462</v>
+        <v>2499</v>
       </c>
       <c r="I268" t="s">
-        <v>2463</v>
+        <v>2500</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2464</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5819</v>
+        <v>5514</v>
       </c>
       <c r="B269" t="s">
-        <v>2465</v>
+        <v>2502</v>
       </c>
       <c r="C269" t="s">
-        <v>2466</v>
+        <v>2503</v>
       </c>
       <c r="D269" t="s">
-        <v>2467</v>
+        <v>2504</v>
       </c>
       <c r="E269" t="s">
-        <v>2468</v>
+        <v>2505</v>
       </c>
       <c r="F269" t="s">
-        <v>2469</v>
+        <v>2506</v>
       </c>
       <c r="G269" t="s">
-        <v>2470</v>
+        <v>2507</v>
       </c>
       <c r="H269" t="s">
-        <v>2471</v>
+        <v>2508</v>
       </c>
       <c r="I269" t="s">
-        <v>2472</v>
+        <v>2509</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2473</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5830</v>
+        <v>5516</v>
       </c>
       <c r="B270" t="s">
-        <v>2474</v>
+        <v>2511</v>
       </c>
       <c r="C270" t="s">
-        <v>2475</v>
+        <v>2512</v>
       </c>
       <c r="D270" t="s">
-        <v>2476</v>
+        <v>2513</v>
       </c>
       <c r="E270" t="s">
-        <v>2477</v>
+        <v>2514</v>
       </c>
       <c r="F270" t="s">
-        <v>2478</v>
+        <v>2515</v>
       </c>
       <c r="G270" t="s">
-        <v>2479</v>
+        <v>2516</v>
       </c>
       <c r="H270" t="s">
-        <v>2480</v>
+        <v>2517</v>
       </c>
       <c r="I270" t="s">
-        <v>2481</v>
+        <v>2518</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2482</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5863</v>
+        <v>5517</v>
       </c>
       <c r="B271" t="s">
-        <v>2483</v>
+        <v>2520</v>
       </c>
       <c r="C271" t="s">
-        <v>2484</v>
+        <v>2521</v>
       </c>
       <c r="D271" t="s">
-        <v>2485</v>
+        <v>2522</v>
       </c>
       <c r="E271" t="s">
-        <v>2486</v>
+        <v>2523</v>
       </c>
       <c r="F271" t="s">
-        <v>2487</v>
+        <v>2524</v>
       </c>
       <c r="G271" t="s">
-        <v>2488</v>
+        <v>2525</v>
       </c>
       <c r="H271" t="s">
-        <v>2489</v>
+        <v>2526</v>
       </c>
       <c r="I271" t="s">
-        <v>2490</v>
+        <v>2527</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2491</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5866</v>
+        <v>5518</v>
       </c>
       <c r="B272" t="s">
-        <v>2492</v>
+        <v>2529</v>
       </c>
       <c r="C272" t="s">
-        <v>2493</v>
+        <v>2530</v>
       </c>
       <c r="D272" t="s">
-        <v>2494</v>
+        <v>2531</v>
       </c>
       <c r="E272" t="s">
-        <v>2495</v>
+        <v>2532</v>
       </c>
       <c r="F272" t="s">
-        <v>2496</v>
+        <v>2533</v>
       </c>
       <c r="G272" t="s">
-        <v>2497</v>
+        <v>2534</v>
       </c>
       <c r="H272" t="s">
-        <v>2498</v>
+        <v>2535</v>
       </c>
       <c r="I272" t="s">
-        <v>2499</v>
+        <v>2536</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
         <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2500</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5888</v>
+        <v>5520</v>
       </c>
       <c r="B273" t="s">
-        <v>2501</v>
+        <v>2538</v>
       </c>
       <c r="C273" t="s">
-        <v>2502</v>
+        <v>2539</v>
       </c>
       <c r="D273" t="s">
-        <v>2503</v>
+        <v>2540</v>
       </c>
       <c r="E273" t="s">
-        <v>2504</v>
+        <v>2541</v>
       </c>
       <c r="F273" t="s">
-        <v>2505</v>
+        <v>2542</v>
       </c>
       <c r="G273" t="s">
-        <v>2506</v>
+        <v>2543</v>
       </c>
       <c r="H273" t="s">
-        <v>2507</v>
+        <v>2544</v>
       </c>
       <c r="I273" t="s">
-        <v>2508</v>
+        <v>2545</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2509</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5889</v>
+        <v>5545</v>
       </c>
       <c r="B274" t="s">
-        <v>2510</v>
+        <v>2547</v>
       </c>
       <c r="C274" t="s">
-        <v>2511</v>
+        <v>2548</v>
       </c>
       <c r="D274" t="s">
-        <v>2512</v>
+        <v>2549</v>
       </c>
       <c r="E274" t="s">
-        <v>2513</v>
+        <v>2550</v>
       </c>
       <c r="F274" t="s">
-        <v>2514</v>
+        <v>2551</v>
       </c>
       <c r="G274" t="s">
-        <v>2515</v>
+        <v>2552</v>
       </c>
       <c r="H274" t="s">
-        <v>2516</v>
+        <v>2553</v>
       </c>
       <c r="I274" t="s">
-        <v>2517</v>
+        <v>2554</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2518</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5907</v>
+        <v>5657</v>
       </c>
       <c r="B275" t="s">
-        <v>2519</v>
+        <v>2556</v>
       </c>
       <c r="C275" t="s">
-        <v>2520</v>
+        <v>2557</v>
       </c>
       <c r="D275" t="s">
-        <v>2521</v>
+        <v>2558</v>
       </c>
       <c r="E275" t="s">
-        <v>2522</v>
+        <v>2559</v>
       </c>
       <c r="F275" t="s">
-        <v>2523</v>
+        <v>2560</v>
       </c>
       <c r="G275" t="s">
-        <v>2524</v>
+        <v>2561</v>
       </c>
       <c r="H275" t="s">
-        <v>2525</v>
+        <v>2562</v>
       </c>
       <c r="I275" t="s">
-        <v>2526</v>
+        <v>2563</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
         <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
         <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2527</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5913</v>
+        <v>5733</v>
       </c>
       <c r="B276" t="s">
-        <v>2528</v>
+        <v>2565</v>
       </c>
       <c r="C276" t="s">
-        <v>2529</v>
+        <v>2566</v>
       </c>
       <c r="D276" t="s">
-        <v>2530</v>
+        <v>2567</v>
       </c>
       <c r="E276" t="s">
-        <v>2531</v>
+        <v>2568</v>
       </c>
       <c r="F276" t="s">
-        <v>2532</v>
+        <v>2569</v>
       </c>
       <c r="G276" t="s">
-        <v>2533</v>
+        <v>2570</v>
       </c>
       <c r="H276" t="s">
-        <v>2534</v>
+        <v>2571</v>
       </c>
       <c r="I276" t="s">
-        <v>2535</v>
+        <v>2572</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
         <v>47</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
         <v>48</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2536</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5915</v>
+        <v>5787</v>
       </c>
       <c r="B277" t="s">
-        <v>2537</v>
+        <v>2574</v>
       </c>
       <c r="C277" t="s">
-        <v>2538</v>
+        <v>2575</v>
       </c>
       <c r="D277" t="s">
-        <v>2539</v>
+        <v>2576</v>
       </c>
       <c r="E277" t="s">
-        <v>2540</v>
+        <v>2577</v>
       </c>
       <c r="F277" t="s">
-        <v>2541</v>
+        <v>2578</v>
       </c>
       <c r="G277" t="s">
-        <v>2542</v>
+        <v>2579</v>
       </c>
       <c r="H277" t="s">
-        <v>2543</v>
+        <v>2580</v>
       </c>
       <c r="I277" t="s">
-        <v>2544</v>
+        <v>2581</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2545</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5927</v>
+        <v>5792</v>
       </c>
       <c r="B278" t="s">
-        <v>2546</v>
+        <v>2583</v>
       </c>
       <c r="C278" t="s">
-        <v>2547</v>
+        <v>2584</v>
       </c>
       <c r="D278" t="s">
-        <v>2548</v>
+        <v>2585</v>
       </c>
       <c r="E278" t="s">
-        <v>2549</v>
+        <v>2586</v>
       </c>
       <c r="F278" t="s">
-        <v>2550</v>
+        <v>2587</v>
       </c>
       <c r="G278" t="s">
-        <v>2551</v>
+        <v>2588</v>
       </c>
       <c r="H278" t="s">
-        <v>2552</v>
+        <v>2589</v>
       </c>
       <c r="I278" t="s">
-        <v>2553</v>
+        <v>2590</v>
       </c>
       <c r="J278" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K278" t="s">
-        <v>456</v>
+        <v>442</v>
       </c>
       <c r="L278" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M278" t="s">
+        <v>444</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2554</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5928</v>
+        <v>5794</v>
       </c>
       <c r="B279" t="s">
-        <v>2555</v>
+        <v>2592</v>
       </c>
       <c r="C279" t="s">
-        <v>2556</v>
+        <v>2593</v>
       </c>
       <c r="D279" t="s">
-        <v>2557</v>
+        <v>2594</v>
       </c>
       <c r="E279" t="s">
-        <v>2558</v>
+        <v>2595</v>
       </c>
       <c r="F279" t="s">
-        <v>2559</v>
+        <v>2596</v>
       </c>
       <c r="G279" t="s">
-        <v>2560</v>
+        <v>2597</v>
       </c>
       <c r="H279" t="s">
-        <v>2561</v>
+        <v>2598</v>
       </c>
       <c r="I279" t="s">
-        <v>2562</v>
+        <v>2599</v>
       </c>
       <c r="J279" t="s">
-        <v>2563</v>
+        <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>2564</v>
+        <v>170</v>
       </c>
       <c r="L279" t="s">
-        <v>2565</v>
+        <v>26</v>
+      </c>
+      <c r="M279" t="s">
+        <v>171</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2566</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5931</v>
+        <v>5795</v>
       </c>
       <c r="B280" t="s">
-        <v>2567</v>
+        <v>2601</v>
       </c>
       <c r="C280" t="s">
-        <v>2568</v>
+        <v>2602</v>
       </c>
       <c r="D280" t="s">
-        <v>2569</v>
+        <v>2603</v>
       </c>
       <c r="E280" t="s">
-        <v>2570</v>
+        <v>2604</v>
       </c>
       <c r="F280" t="s">
-        <v>2571</v>
+        <v>2605</v>
       </c>
       <c r="G280" t="s">
-        <v>2572</v>
+        <v>2606</v>
       </c>
       <c r="H280" t="s">
-        <v>2573</v>
+        <v>2607</v>
       </c>
       <c r="I280" t="s">
-        <v>2574</v>
+        <v>2608</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2575</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5932</v>
+        <v>5796</v>
       </c>
       <c r="B281" t="s">
-        <v>2576</v>
+        <v>2610</v>
       </c>
       <c r="C281" t="s">
-        <v>2577</v>
+        <v>2611</v>
       </c>
       <c r="D281" t="s">
-        <v>2578</v>
+        <v>2612</v>
       </c>
       <c r="E281" t="s">
-        <v>2579</v>
+        <v>2613</v>
       </c>
       <c r="F281" t="s">
-        <v>2580</v>
+        <v>2614</v>
       </c>
       <c r="G281" t="s">
-        <v>2581</v>
+        <v>2615</v>
       </c>
       <c r="H281" t="s">
-        <v>2582</v>
+        <v>2616</v>
       </c>
       <c r="I281" t="s">
-        <v>2583</v>
+        <v>2617</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2584</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5934</v>
+        <v>5798</v>
       </c>
       <c r="B282" t="s">
-        <v>2585</v>
+        <v>2619</v>
       </c>
       <c r="C282" t="s">
-        <v>2586</v>
+        <v>2620</v>
       </c>
       <c r="D282" t="s">
-        <v>2587</v>
+        <v>2621</v>
       </c>
       <c r="E282" t="s">
-        <v>2588</v>
+        <v>2622</v>
       </c>
       <c r="F282" t="s">
-        <v>2589</v>
+        <v>2623</v>
       </c>
       <c r="G282" t="s">
-        <v>2590</v>
+        <v>2624</v>
       </c>
       <c r="H282" t="s">
-        <v>2591</v>
+        <v>2625</v>
       </c>
       <c r="I282" t="s">
-        <v>2592</v>
+        <v>2626</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2593</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5953</v>
+        <v>5799</v>
       </c>
       <c r="B283" t="s">
-        <v>2594</v>
+        <v>2628</v>
       </c>
       <c r="C283" t="s">
-        <v>2595</v>
+        <v>2629</v>
       </c>
       <c r="D283" t="s">
-        <v>2596</v>
+        <v>2630</v>
       </c>
       <c r="E283" t="s">
-        <v>2597</v>
+        <v>2631</v>
       </c>
       <c r="F283" t="s">
-        <v>2598</v>
+        <v>2632</v>
       </c>
       <c r="G283" t="s">
-        <v>2599</v>
+        <v>2633</v>
       </c>
       <c r="H283" t="s">
-        <v>2600</v>
+        <v>2634</v>
       </c>
       <c r="I283" t="s">
-        <v>2601</v>
+        <v>2635</v>
       </c>
       <c r="J283" t="s">
-        <v>24</v>
+        <v>1764</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>882</v>
       </c>
       <c r="L283" t="s">
-        <v>26</v>
+        <v>1766</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>883</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2602</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5981</v>
+        <v>5803</v>
       </c>
       <c r="B284" t="s">
-        <v>2603</v>
+        <v>2637</v>
       </c>
       <c r="C284" t="s">
-        <v>2604</v>
+        <v>2638</v>
       </c>
       <c r="D284" t="s">
-        <v>2605</v>
+        <v>2639</v>
       </c>
       <c r="E284" t="s">
-        <v>2606</v>
+        <v>2640</v>
       </c>
       <c r="F284" t="s">
-        <v>2607</v>
+        <v>2641</v>
       </c>
       <c r="G284" t="s">
-        <v>2608</v>
+        <v>2642</v>
       </c>
       <c r="H284" t="s">
-        <v>2609</v>
+        <v>2643</v>
       </c>
       <c r="I284" t="s">
-        <v>2610</v>
+        <v>2644</v>
       </c>
       <c r="J284" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>2611</v>
+        <v>25</v>
       </c>
       <c r="L284" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>2612</v>
+        <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2613</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5986</v>
+        <v>5805</v>
       </c>
       <c r="B285" t="s">
-        <v>2614</v>
+        <v>2646</v>
       </c>
       <c r="C285" t="s">
-        <v>2615</v>
+        <v>2647</v>
       </c>
       <c r="D285" t="s">
-        <v>2616</v>
+        <v>2648</v>
       </c>
       <c r="E285" t="s">
-        <v>2617</v>
+        <v>2649</v>
       </c>
       <c r="F285" t="s">
-        <v>2618</v>
+        <v>2650</v>
       </c>
       <c r="G285" t="s">
-        <v>2619</v>
+        <v>2651</v>
       </c>
       <c r="H285" t="s">
-        <v>2620</v>
+        <v>2652</v>
       </c>
       <c r="I285" t="s">
-        <v>2621</v>
+        <v>2653</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2622</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5989</v>
+        <v>5808</v>
       </c>
       <c r="B286" t="s">
-        <v>2623</v>
+        <v>2655</v>
       </c>
       <c r="C286" t="s">
-        <v>2624</v>
+        <v>2656</v>
       </c>
       <c r="D286" t="s">
-        <v>2625</v>
+        <v>2657</v>
       </c>
       <c r="E286" t="s">
-        <v>2626</v>
+        <v>2658</v>
       </c>
       <c r="F286" t="s">
-        <v>2627</v>
+        <v>2659</v>
       </c>
       <c r="G286" t="s">
-        <v>2628</v>
+        <v>2660</v>
       </c>
       <c r="H286" t="s">
-        <v>2629</v>
+        <v>2661</v>
       </c>
       <c r="I286" t="s">
-        <v>2630</v>
+        <v>2662</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
-        <v>1796</v>
+        <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
+      <c r="M286" t="s">
+        <v>27</v>
+      </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2631</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>6018</v>
+        <v>5811</v>
       </c>
       <c r="B287" t="s">
-        <v>2632</v>
+        <v>2664</v>
       </c>
       <c r="C287" t="s">
-        <v>2633</v>
+        <v>2665</v>
       </c>
       <c r="D287" t="s">
-        <v>2634</v>
+        <v>2666</v>
       </c>
       <c r="E287" t="s">
-        <v>2635</v>
+        <v>2667</v>
       </c>
       <c r="F287" t="s">
-        <v>2636</v>
+        <v>2668</v>
       </c>
       <c r="G287" t="s">
-        <v>2637</v>
+        <v>2669</v>
       </c>
       <c r="H287" t="s">
-        <v>2638</v>
+        <v>2670</v>
       </c>
       <c r="I287" t="s">
-        <v>2639</v>
+        <v>2671</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2640</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>6021</v>
+        <v>5819</v>
       </c>
       <c r="B288" t="s">
-        <v>2641</v>
+        <v>2673</v>
       </c>
       <c r="C288" t="s">
-        <v>2642</v>
+        <v>2674</v>
       </c>
       <c r="D288" t="s">
-        <v>2643</v>
+        <v>2675</v>
       </c>
       <c r="E288" t="s">
-        <v>2644</v>
+        <v>2676</v>
       </c>
       <c r="F288" t="s">
-        <v>2645</v>
+        <v>2677</v>
       </c>
       <c r="G288" t="s">
-        <v>2646</v>
+        <v>2678</v>
       </c>
       <c r="H288" t="s">
-        <v>2647</v>
+        <v>2679</v>
       </c>
       <c r="I288" t="s">
-        <v>2648</v>
+        <v>2680</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2649</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>6049</v>
+        <v>5830</v>
       </c>
       <c r="B289" t="s">
-        <v>2650</v>
+        <v>2682</v>
       </c>
       <c r="C289" t="s">
-        <v>2651</v>
+        <v>2683</v>
       </c>
       <c r="D289" t="s">
-        <v>2652</v>
+        <v>2684</v>
       </c>
       <c r="E289" t="s">
-        <v>2653</v>
+        <v>2685</v>
       </c>
       <c r="F289" t="s">
-        <v>2654</v>
+        <v>2686</v>
       </c>
       <c r="G289" t="s">
-        <v>2655</v>
+        <v>2687</v>
       </c>
       <c r="H289" t="s">
-        <v>2656</v>
+        <v>2688</v>
       </c>
       <c r="I289" t="s">
-        <v>2657</v>
+        <v>2689</v>
       </c>
       <c r="J289" t="s">
-        <v>2658</v>
+        <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>2659</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
-        <v>2660</v>
+        <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>2661</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2662</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>6076</v>
+        <v>5863</v>
       </c>
       <c r="B290" t="s">
-        <v>2663</v>
+        <v>2691</v>
       </c>
       <c r="C290" t="s">
-        <v>2664</v>
+        <v>2692</v>
       </c>
       <c r="D290" t="s">
-        <v>2665</v>
+        <v>2693</v>
       </c>
       <c r="E290" t="s">
-        <v>2666</v>
+        <v>2694</v>
       </c>
       <c r="F290" t="s">
-        <v>2667</v>
+        <v>2695</v>
       </c>
       <c r="G290" t="s">
-        <v>2668</v>
+        <v>2696</v>
       </c>
       <c r="H290" t="s">
-        <v>2669</v>
+        <v>2697</v>
       </c>
       <c r="I290" t="s">
-        <v>2670</v>
+        <v>2698</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2671</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>6082</v>
+        <v>5866</v>
       </c>
       <c r="B291" t="s">
-        <v>2672</v>
+        <v>2700</v>
       </c>
       <c r="C291" t="s">
-        <v>2673</v>
+        <v>2701</v>
       </c>
       <c r="D291" t="s">
-        <v>2674</v>
+        <v>2702</v>
       </c>
       <c r="E291" t="s">
-        <v>2675</v>
+        <v>2703</v>
       </c>
       <c r="F291" t="s">
-        <v>2676</v>
+        <v>2704</v>
       </c>
       <c r="G291" t="s">
-        <v>2677</v>
+        <v>2705</v>
       </c>
       <c r="H291" t="s">
-        <v>2678</v>
+        <v>2706</v>
       </c>
       <c r="I291" t="s">
-        <v>2679</v>
+        <v>2707</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>547</v>
+        <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
+      <c r="M291" t="s">
+        <v>27</v>
+      </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2680</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>6093</v>
+        <v>5888</v>
       </c>
       <c r="B292" t="s">
-        <v>2681</v>
+        <v>2709</v>
       </c>
       <c r="C292" t="s">
-        <v>2682</v>
+        <v>2710</v>
       </c>
       <c r="D292" t="s">
-        <v>2683</v>
+        <v>2711</v>
       </c>
       <c r="E292" t="s">
-        <v>2684</v>
+        <v>2712</v>
       </c>
       <c r="F292" t="s">
-        <v>2685</v>
+        <v>2713</v>
       </c>
       <c r="G292" t="s">
-        <v>2686</v>
+        <v>2714</v>
       </c>
       <c r="H292" t="s">
-        <v>2687</v>
+        <v>2715</v>
       </c>
       <c r="I292" t="s">
-        <v>2688</v>
+        <v>2716</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>2689</v>
+        <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
+      <c r="M292" t="s">
+        <v>27</v>
+      </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2690</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>6112</v>
+        <v>5889</v>
       </c>
       <c r="B293" t="s">
-        <v>2691</v>
+        <v>2718</v>
       </c>
       <c r="C293" t="s">
-        <v>2692</v>
+        <v>2719</v>
       </c>
       <c r="D293" t="s">
-        <v>2693</v>
+        <v>2720</v>
       </c>
       <c r="E293" t="s">
-        <v>2694</v>
+        <v>2721</v>
       </c>
       <c r="F293" t="s">
-        <v>2695</v>
+        <v>2722</v>
       </c>
       <c r="G293" t="s">
-        <v>2696</v>
+        <v>2723</v>
       </c>
       <c r="H293" t="s">
-        <v>2697</v>
+        <v>2724</v>
       </c>
       <c r="I293" t="s">
-        <v>2698</v>
+        <v>2725</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2699</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>6179</v>
+        <v>5907</v>
       </c>
       <c r="B294" t="s">
-        <v>2700</v>
+        <v>2727</v>
       </c>
       <c r="C294" t="s">
-        <v>2701</v>
+        <v>2728</v>
       </c>
       <c r="D294" t="s">
-        <v>2702</v>
+        <v>2729</v>
       </c>
       <c r="E294" t="s">
-        <v>2703</v>
+        <v>2730</v>
       </c>
       <c r="F294" t="s">
-        <v>2704</v>
+        <v>2731</v>
       </c>
       <c r="G294" t="s">
-        <v>2705</v>
+        <v>2732</v>
       </c>
       <c r="H294" t="s">
-        <v>2706</v>
+        <v>2733</v>
       </c>
       <c r="I294" t="s">
-        <v>2707</v>
+        <v>2734</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2708</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>6180</v>
+        <v>5913</v>
       </c>
       <c r="B295" t="s">
-        <v>2709</v>
+        <v>2736</v>
       </c>
       <c r="C295" t="s">
-        <v>2710</v>
+        <v>2737</v>
       </c>
       <c r="D295" t="s">
-        <v>2711</v>
+        <v>2738</v>
       </c>
       <c r="E295" t="s">
-        <v>2712</v>
+        <v>2739</v>
       </c>
       <c r="F295" t="s">
-        <v>2713</v>
+        <v>2740</v>
       </c>
       <c r="G295" t="s">
-        <v>2714</v>
+        <v>2741</v>
       </c>
       <c r="H295" t="s">
-        <v>2715</v>
+        <v>2742</v>
       </c>
       <c r="I295" t="s">
-        <v>2716</v>
+        <v>2743</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2717</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>6203</v>
+        <v>5915</v>
       </c>
       <c r="B296" t="s">
-        <v>2718</v>
+        <v>2745</v>
       </c>
       <c r="C296" t="s">
-        <v>2719</v>
+        <v>2746</v>
       </c>
       <c r="D296" t="s">
-        <v>2720</v>
+        <v>2747</v>
       </c>
       <c r="E296" t="s">
-        <v>2721</v>
+        <v>2748</v>
       </c>
       <c r="F296" t="s">
-        <v>2722</v>
+        <v>2749</v>
       </c>
       <c r="G296" t="s">
-        <v>2723</v>
+        <v>2750</v>
       </c>
       <c r="H296" t="s">
-        <v>2724</v>
+        <v>2751</v>
       </c>
       <c r="I296" t="s">
-        <v>2725</v>
+        <v>2752</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2726</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>6208</v>
+        <v>5927</v>
       </c>
       <c r="B297" t="s">
-        <v>2727</v>
+        <v>2754</v>
       </c>
       <c r="C297" t="s">
-        <v>2728</v>
+        <v>2755</v>
       </c>
       <c r="D297" t="s">
-        <v>2729</v>
+        <v>2756</v>
       </c>
       <c r="E297" t="s">
-        <v>2730</v>
+        <v>2757</v>
       </c>
       <c r="F297" t="s">
-        <v>2731</v>
+        <v>2758</v>
       </c>
       <c r="G297" t="s">
-        <v>2732</v>
+        <v>2759</v>
       </c>
       <c r="H297" t="s">
-        <v>2733</v>
+        <v>2760</v>
       </c>
       <c r="I297" t="s">
-        <v>2734</v>
+        <v>2761</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>148</v>
+        <v>59</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>149</v>
+        <v>61</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2735</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>6211</v>
+        <v>5928</v>
       </c>
       <c r="B298" t="s">
-        <v>2736</v>
+        <v>2763</v>
       </c>
       <c r="C298" t="s">
-        <v>2737</v>
+        <v>2764</v>
       </c>
       <c r="D298" t="s">
-        <v>2738</v>
+        <v>2765</v>
       </c>
       <c r="E298" t="s">
-        <v>2739</v>
+        <v>2766</v>
       </c>
       <c r="F298" t="s">
-        <v>2740</v>
+        <v>2767</v>
       </c>
       <c r="G298" t="s">
-        <v>2741</v>
+        <v>2768</v>
       </c>
       <c r="H298" t="s">
-        <v>2742</v>
+        <v>2769</v>
       </c>
       <c r="I298" t="s">
-        <v>2743</v>
+        <v>2770</v>
       </c>
       <c r="J298" t="s">
-        <v>24</v>
+        <v>2771</v>
       </c>
       <c r="K298" t="s">
-        <v>148</v>
+        <v>2772</v>
       </c>
       <c r="L298" t="s">
-        <v>26</v>
+        <v>2773</v>
       </c>
       <c r="M298" t="s">
-        <v>149</v>
+        <v>2774</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2744</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>6215</v>
+        <v>5931</v>
       </c>
       <c r="B299" t="s">
-        <v>2745</v>
+        <v>2776</v>
       </c>
       <c r="C299" t="s">
-        <v>2746</v>
+        <v>2777</v>
       </c>
       <c r="D299" t="s">
-        <v>2747</v>
+        <v>2778</v>
       </c>
       <c r="E299" t="s">
-        <v>2748</v>
+        <v>2779</v>
       </c>
       <c r="F299" t="s">
-        <v>2749</v>
+        <v>2780</v>
       </c>
       <c r="G299" t="s">
-        <v>2750</v>
+        <v>2781</v>
       </c>
       <c r="H299" t="s">
-        <v>2751</v>
+        <v>2782</v>
       </c>
       <c r="I299" t="s">
-        <v>2752</v>
+        <v>2783</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2753</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>6222</v>
+        <v>5932</v>
       </c>
       <c r="B300" t="s">
-        <v>2754</v>
+        <v>2785</v>
       </c>
       <c r="C300" t="s">
-        <v>2755</v>
+        <v>2786</v>
       </c>
       <c r="D300" t="s">
-        <v>2756</v>
+        <v>2787</v>
       </c>
       <c r="E300" t="s">
-        <v>2757</v>
+        <v>2788</v>
       </c>
       <c r="F300" t="s">
-        <v>2758</v>
+        <v>2789</v>
       </c>
       <c r="G300" t="s">
-        <v>2759</v>
+        <v>2790</v>
       </c>
       <c r="H300" t="s">
-        <v>2760</v>
+        <v>2791</v>
       </c>
       <c r="I300" t="s">
-        <v>2761</v>
+        <v>2792</v>
       </c>
       <c r="J300" t="s">
-        <v>2563</v>
+        <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>855</v>
+        <v>170</v>
       </c>
       <c r="L300" t="s">
-        <v>2565</v>
+        <v>26</v>
+      </c>
+      <c r="M300" t="s">
+        <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2762</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>6254</v>
+        <v>5934</v>
       </c>
       <c r="B301" t="s">
-        <v>2763</v>
+        <v>2794</v>
       </c>
       <c r="C301" t="s">
-        <v>2764</v>
+        <v>2795</v>
       </c>
       <c r="D301" t="s">
-        <v>2765</v>
+        <v>2796</v>
       </c>
       <c r="E301" t="s">
-        <v>2766</v>
+        <v>2797</v>
       </c>
       <c r="F301" t="s">
-        <v>2767</v>
+        <v>2798</v>
       </c>
       <c r="G301" t="s">
-        <v>2768</v>
+        <v>2799</v>
       </c>
       <c r="H301" t="s">
-        <v>2769</v>
+        <v>2800</v>
       </c>
       <c r="I301" t="s">
-        <v>2770</v>
+        <v>2801</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2771</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>6255</v>
+        <v>5953</v>
       </c>
       <c r="B302" t="s">
-        <v>2772</v>
+        <v>2803</v>
       </c>
       <c r="C302" t="s">
-        <v>2773</v>
+        <v>2804</v>
       </c>
       <c r="D302" t="s">
-        <v>2774</v>
+        <v>2805</v>
       </c>
       <c r="E302" t="s">
-        <v>2775</v>
+        <v>2806</v>
       </c>
       <c r="F302" t="s">
-        <v>2776</v>
+        <v>2807</v>
       </c>
       <c r="G302" t="s">
-        <v>2777</v>
+        <v>2808</v>
       </c>
       <c r="H302" t="s">
-        <v>2778</v>
+        <v>2809</v>
       </c>
       <c r="I302" t="s">
-        <v>2779</v>
+        <v>2810</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>2780</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
+      <c r="M302" t="s">
+        <v>27</v>
+      </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2781</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>6258</v>
+        <v>5981</v>
       </c>
       <c r="B303" t="s">
-        <v>2782</v>
+        <v>2812</v>
       </c>
       <c r="C303" t="s">
-        <v>2783</v>
+        <v>2813</v>
       </c>
       <c r="D303" t="s">
-        <v>2784</v>
+        <v>2814</v>
       </c>
       <c r="E303" t="s">
-        <v>2785</v>
+        <v>2815</v>
       </c>
       <c r="F303" t="s">
-        <v>2786</v>
+        <v>2816</v>
       </c>
       <c r="G303" t="s">
-        <v>2787</v>
+        <v>2817</v>
       </c>
       <c r="H303" t="s">
-        <v>2788</v>
+        <v>2818</v>
       </c>
       <c r="I303" t="s">
-        <v>2789</v>
+        <v>2819</v>
       </c>
       <c r="J303" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>2820</v>
       </c>
       <c r="L303" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>2821</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2790</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>6259</v>
+        <v>5986</v>
       </c>
       <c r="B304" t="s">
-        <v>2791</v>
+        <v>2823</v>
       </c>
       <c r="C304" t="s">
-        <v>2792</v>
+        <v>2824</v>
       </c>
       <c r="D304" t="s">
-        <v>2793</v>
+        <v>2825</v>
       </c>
       <c r="E304" t="s">
-        <v>2794</v>
+        <v>2826</v>
       </c>
       <c r="F304" t="s">
-        <v>2795</v>
+        <v>2827</v>
       </c>
       <c r="G304" t="s">
-        <v>2796</v>
+        <v>2828</v>
       </c>
       <c r="H304" t="s">
-        <v>2797</v>
+        <v>2829</v>
       </c>
       <c r="I304" t="s">
-        <v>2798</v>
+        <v>2830</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2799</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6261</v>
+        <v>5989</v>
       </c>
       <c r="B305" t="s">
-        <v>2800</v>
+        <v>2832</v>
       </c>
       <c r="C305" t="s">
-        <v>2801</v>
+        <v>2833</v>
       </c>
       <c r="D305" t="s">
-        <v>2802</v>
+        <v>2834</v>
       </c>
       <c r="E305" t="s">
-        <v>2803</v>
+        <v>2835</v>
       </c>
       <c r="F305" t="s">
-        <v>2804</v>
+        <v>2836</v>
       </c>
       <c r="G305" t="s">
-        <v>2805</v>
+        <v>2837</v>
       </c>
       <c r="H305" t="s">
-        <v>2806</v>
+        <v>2838</v>
       </c>
       <c r="I305" t="s">
-        <v>2807</v>
+        <v>2839</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>47</v>
+        <v>1988</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>48</v>
+        <v>1989</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2808</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6263</v>
+        <v>6018</v>
       </c>
       <c r="B306" t="s">
-        <v>2809</v>
+        <v>2841</v>
       </c>
       <c r="C306" t="s">
-        <v>2810</v>
+        <v>2842</v>
       </c>
       <c r="D306" t="s">
-        <v>2811</v>
+        <v>2843</v>
       </c>
       <c r="E306" t="s">
-        <v>2812</v>
+        <v>2844</v>
       </c>
       <c r="F306" t="s">
-        <v>2813</v>
+        <v>2845</v>
       </c>
       <c r="G306" t="s">
-        <v>2814</v>
+        <v>2846</v>
       </c>
       <c r="H306" t="s">
-        <v>2815</v>
+        <v>2847</v>
       </c>
       <c r="I306" t="s">
-        <v>2816</v>
+        <v>2848</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2817</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6272</v>
+        <v>6021</v>
       </c>
       <c r="B307" t="s">
-        <v>2818</v>
+        <v>2850</v>
       </c>
       <c r="C307" t="s">
-        <v>2819</v>
+        <v>2851</v>
       </c>
       <c r="D307" t="s">
-        <v>2820</v>
+        <v>2852</v>
       </c>
       <c r="E307" t="s">
-        <v>2821</v>
+        <v>2853</v>
       </c>
       <c r="F307" t="s">
-        <v>2822</v>
+        <v>2854</v>
       </c>
       <c r="G307" t="s">
-        <v>2823</v>
+        <v>2855</v>
       </c>
       <c r="H307" t="s">
-        <v>2824</v>
+        <v>2856</v>
       </c>
       <c r="I307" t="s">
-        <v>2825</v>
+        <v>2857</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2826</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6274</v>
+        <v>6049</v>
       </c>
       <c r="B308" t="s">
-        <v>2827</v>
+        <v>2859</v>
       </c>
       <c r="C308" t="s">
-        <v>2828</v>
+        <v>2860</v>
       </c>
       <c r="D308" t="s">
-        <v>2829</v>
+        <v>2861</v>
       </c>
       <c r="E308" t="s">
-        <v>2830</v>
+        <v>2862</v>
       </c>
       <c r="F308" t="s">
-        <v>2831</v>
+        <v>2863</v>
       </c>
       <c r="G308" t="s">
-        <v>2832</v>
+        <v>2864</v>
       </c>
       <c r="H308" t="s">
-        <v>2833</v>
+        <v>2865</v>
       </c>
       <c r="I308" t="s">
-        <v>2834</v>
+        <v>2866</v>
       </c>
       <c r="J308" t="s">
-        <v>24</v>
+        <v>2867</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>2868</v>
       </c>
       <c r="L308" t="s">
-        <v>26</v>
+        <v>2869</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>2870</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2835</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6275</v>
+        <v>6076</v>
       </c>
       <c r="B309" t="s">
-        <v>2836</v>
+        <v>2872</v>
       </c>
       <c r="C309" t="s">
-        <v>2837</v>
+        <v>2873</v>
       </c>
       <c r="D309" t="s">
-        <v>2838</v>
+        <v>2874</v>
       </c>
       <c r="E309" t="s">
-        <v>2839</v>
+        <v>2875</v>
       </c>
       <c r="F309" t="s">
-        <v>2840</v>
+        <v>2876</v>
       </c>
       <c r="G309" t="s">
-        <v>2841</v>
+        <v>2877</v>
       </c>
       <c r="H309" t="s">
-        <v>2842</v>
+        <v>2878</v>
       </c>
       <c r="I309" t="s">
-        <v>2843</v>
+        <v>2879</v>
       </c>
       <c r="J309" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>844</v>
+        <v>25</v>
       </c>
       <c r="L309" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>845</v>
+        <v>27</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2844</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6327</v>
+        <v>6082</v>
       </c>
       <c r="B310" t="s">
-        <v>2845</v>
+        <v>2881</v>
       </c>
       <c r="C310" t="s">
-        <v>2846</v>
+        <v>2882</v>
       </c>
       <c r="D310" t="s">
-        <v>2847</v>
+        <v>2883</v>
       </c>
       <c r="E310" t="s">
-        <v>2848</v>
+        <v>2884</v>
       </c>
       <c r="F310" t="s">
-        <v>2849</v>
+        <v>2885</v>
       </c>
       <c r="G310" t="s">
-        <v>2850</v>
+        <v>2886</v>
       </c>
       <c r="H310" t="s">
-        <v>2851</v>
+        <v>2887</v>
       </c>
       <c r="I310" t="s">
-        <v>2852</v>
+        <v>2888</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>47</v>
+        <v>571</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>48</v>
+        <v>572</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2853</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6337</v>
+        <v>6093</v>
       </c>
       <c r="B311" t="s">
-        <v>2854</v>
+        <v>2890</v>
       </c>
       <c r="C311" t="s">
-        <v>2855</v>
+        <v>2891</v>
       </c>
       <c r="D311" t="s">
-        <v>2856</v>
+        <v>2892</v>
       </c>
       <c r="E311" t="s">
-        <v>2857</v>
+        <v>2893</v>
       </c>
       <c r="F311" t="s">
-        <v>2858</v>
+        <v>2894</v>
       </c>
       <c r="G311" t="s">
-        <v>2859</v>
+        <v>2895</v>
       </c>
       <c r="H311" t="s">
-        <v>2860</v>
+        <v>2896</v>
       </c>
       <c r="I311" t="s">
-        <v>2861</v>
+        <v>2897</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>47</v>
+        <v>1067</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>48</v>
+        <v>1068</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2862</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6361</v>
+        <v>6112</v>
       </c>
       <c r="B312" t="s">
-        <v>2863</v>
+        <v>2899</v>
       </c>
       <c r="C312" t="s">
-        <v>2864</v>
+        <v>2900</v>
       </c>
       <c r="D312" t="s">
-        <v>2865</v>
+        <v>2901</v>
       </c>
       <c r="E312" t="s">
-        <v>2866</v>
+        <v>2902</v>
       </c>
       <c r="F312" t="s">
-        <v>2867</v>
+        <v>2903</v>
       </c>
       <c r="G312" t="s">
-        <v>2868</v>
+        <v>2904</v>
       </c>
       <c r="H312" t="s">
-        <v>2869</v>
+        <v>2905</v>
       </c>
       <c r="I312" t="s">
-        <v>2870</v>
+        <v>2906</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2871</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6379</v>
+        <v>6179</v>
       </c>
       <c r="B313" t="s">
-        <v>2872</v>
+        <v>2908</v>
       </c>
       <c r="C313" t="s">
-        <v>2873</v>
+        <v>2909</v>
       </c>
       <c r="D313" t="s">
-        <v>2874</v>
+        <v>2910</v>
       </c>
       <c r="E313" t="s">
-        <v>2875</v>
+        <v>2911</v>
       </c>
       <c r="F313" t="s">
-        <v>2876</v>
+        <v>2912</v>
       </c>
       <c r="G313" t="s">
-        <v>2877</v>
+        <v>2913</v>
       </c>
       <c r="H313" t="s">
-        <v>2878</v>
+        <v>2914</v>
       </c>
       <c r="I313" t="s">
-        <v>2879</v>
+        <v>2915</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
         <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
         <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2880</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6460</v>
+        <v>6180</v>
       </c>
       <c r="B314" t="s">
-        <v>2881</v>
+        <v>2917</v>
       </c>
       <c r="C314" t="s">
-        <v>2882</v>
+        <v>2918</v>
       </c>
       <c r="D314" t="s">
-        <v>2883</v>
+        <v>2919</v>
       </c>
       <c r="E314" t="s">
-        <v>2884</v>
+        <v>2920</v>
       </c>
       <c r="F314" t="s">
-        <v>2885</v>
+        <v>2921</v>
       </c>
       <c r="G314" t="s">
-        <v>2886</v>
+        <v>2922</v>
       </c>
       <c r="H314" t="s">
-        <v>2887</v>
+        <v>2923</v>
       </c>
       <c r="I314" t="s">
-        <v>2888</v>
+        <v>2924</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
         <v>25</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>27</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2889</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6468</v>
+        <v>6203</v>
       </c>
       <c r="B315" t="s">
-        <v>2890</v>
+        <v>2926</v>
       </c>
       <c r="C315" t="s">
-        <v>2891</v>
+        <v>2927</v>
       </c>
       <c r="D315" t="s">
-        <v>2892</v>
+        <v>2928</v>
       </c>
       <c r="E315" t="s">
-        <v>2893</v>
+        <v>2929</v>
       </c>
       <c r="F315" t="s">
-        <v>2894</v>
+        <v>2930</v>
       </c>
       <c r="G315" t="s">
-        <v>2895</v>
+        <v>2931</v>
       </c>
       <c r="H315" t="s">
-        <v>2896</v>
+        <v>2932</v>
       </c>
       <c r="I315" t="s">
-        <v>2897</v>
+        <v>2933</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2898</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6611</v>
+        <v>6208</v>
       </c>
       <c r="B316" t="s">
-        <v>2899</v>
+        <v>2935</v>
       </c>
       <c r="C316" t="s">
-        <v>2900</v>
+        <v>2936</v>
       </c>
       <c r="D316" t="s">
-        <v>2901</v>
+        <v>2937</v>
       </c>
       <c r="E316" t="s">
-        <v>2902</v>
+        <v>2938</v>
       </c>
       <c r="F316" t="s">
-        <v>2903</v>
+        <v>2939</v>
       </c>
       <c r="G316" t="s">
-        <v>2904</v>
+        <v>2940</v>
       </c>
       <c r="H316" t="s">
-        <v>2905</v>
+        <v>2941</v>
       </c>
       <c r="I316" t="s">
-        <v>2906</v>
+        <v>2942</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2907</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6615</v>
+        <v>6211</v>
       </c>
       <c r="B317" t="s">
-        <v>2908</v>
+        <v>2944</v>
       </c>
       <c r="C317" t="s">
-        <v>2909</v>
+        <v>2945</v>
       </c>
       <c r="D317" t="s">
-        <v>2910</v>
+        <v>2946</v>
       </c>
       <c r="E317" t="s">
-        <v>2911</v>
+        <v>2947</v>
       </c>
       <c r="F317" t="s">
-        <v>2912</v>
+        <v>2948</v>
       </c>
       <c r="G317" t="s">
-        <v>2913</v>
+        <v>2949</v>
       </c>
       <c r="H317" t="s">
-        <v>2914</v>
+        <v>2950</v>
       </c>
       <c r="I317" t="s">
-        <v>2915</v>
+        <v>2951</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2916</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6761</v>
+        <v>6215</v>
       </c>
       <c r="B318" t="s">
-        <v>2917</v>
+        <v>2953</v>
       </c>
       <c r="C318" t="s">
-        <v>2918</v>
+        <v>2954</v>
       </c>
       <c r="D318" t="s">
-        <v>2919</v>
+        <v>2955</v>
       </c>
       <c r="E318" t="s">
-        <v>2920</v>
+        <v>2956</v>
       </c>
       <c r="F318" t="s">
-        <v>2921</v>
+        <v>2957</v>
       </c>
       <c r="G318" t="s">
-        <v>2922</v>
+        <v>2958</v>
       </c>
       <c r="H318" t="s">
-        <v>2923</v>
+        <v>2959</v>
       </c>
       <c r="I318" t="s">
-        <v>2924</v>
+        <v>2960</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2925</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6762</v>
+        <v>6222</v>
       </c>
       <c r="B319" t="s">
-        <v>2926</v>
+        <v>2962</v>
       </c>
       <c r="C319" t="s">
-        <v>2927</v>
+        <v>2963</v>
       </c>
       <c r="D319" t="s">
-        <v>2928</v>
+        <v>2964</v>
       </c>
       <c r="E319" t="s">
-        <v>2929</v>
+        <v>2965</v>
       </c>
       <c r="F319" t="s">
-        <v>2930</v>
+        <v>2966</v>
       </c>
       <c r="G319" t="s">
-        <v>2931</v>
+        <v>2967</v>
       </c>
       <c r="H319" t="s">
-        <v>2932</v>
+        <v>2968</v>
       </c>
       <c r="I319" t="s">
-        <v>2933</v>
+        <v>2969</v>
       </c>
       <c r="J319" t="s">
-        <v>417</v>
+        <v>2771</v>
       </c>
       <c r="K319" t="s">
-        <v>647</v>
+        <v>882</v>
       </c>
       <c r="L319" t="s">
-        <v>419</v>
+        <v>2773</v>
       </c>
       <c r="M319" t="s">
-        <v>648</v>
+        <v>883</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2934</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6763</v>
+        <v>6254</v>
       </c>
       <c r="B320" t="s">
-        <v>2935</v>
+        <v>2971</v>
       </c>
       <c r="C320" t="s">
-        <v>2936</v>
+        <v>2972</v>
       </c>
       <c r="D320" t="s">
-        <v>2937</v>
+        <v>2973</v>
       </c>
       <c r="E320" t="s">
-        <v>2938</v>
+        <v>2974</v>
       </c>
       <c r="F320" t="s">
-        <v>2939</v>
+        <v>2975</v>
       </c>
       <c r="G320" t="s">
-        <v>2940</v>
+        <v>2976</v>
       </c>
       <c r="H320" t="s">
-        <v>2941</v>
+        <v>2977</v>
       </c>
       <c r="I320" t="s">
-        <v>2942</v>
+        <v>2978</v>
       </c>
       <c r="J320" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>2943</v>
+        <v>170</v>
       </c>
       <c r="L320" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>2944</v>
+        <v>171</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2945</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6765</v>
+        <v>6255</v>
       </c>
       <c r="B321" t="s">
-        <v>2946</v>
+        <v>2980</v>
       </c>
       <c r="C321" t="s">
-        <v>2947</v>
+        <v>2981</v>
       </c>
       <c r="D321" t="s">
-        <v>2948</v>
+        <v>2982</v>
       </c>
       <c r="E321" t="s">
-        <v>2949</v>
+        <v>2983</v>
       </c>
       <c r="F321" t="s">
-        <v>2950</v>
+        <v>2984</v>
       </c>
       <c r="G321" t="s">
-        <v>2951</v>
+        <v>2985</v>
       </c>
       <c r="H321" t="s">
-        <v>2952</v>
+        <v>2986</v>
       </c>
       <c r="I321" t="s">
-        <v>2953</v>
+        <v>2987</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>148</v>
+        <v>2988</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>149</v>
+        <v>2989</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2954</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6982</v>
+        <v>6258</v>
       </c>
       <c r="B322" t="s">
-        <v>2955</v>
+        <v>2991</v>
       </c>
       <c r="C322" t="s">
-        <v>2956</v>
+        <v>2992</v>
       </c>
       <c r="D322" t="s">
-        <v>2957</v>
+        <v>2993</v>
       </c>
       <c r="E322" t="s">
-        <v>2958</v>
+        <v>2994</v>
       </c>
       <c r="F322" t="s">
-        <v>2959</v>
+        <v>2995</v>
       </c>
       <c r="G322" t="s">
-        <v>2960</v>
+        <v>2996</v>
       </c>
       <c r="H322" t="s">
-        <v>2961</v>
+        <v>2997</v>
       </c>
       <c r="I322" t="s">
-        <v>2962</v>
+        <v>2998</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>2963</v>
+        <v>25</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
+      <c r="M322" t="s">
+        <v>27</v>
+      </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2964</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>8265</v>
+        <v>6259</v>
       </c>
       <c r="B323" t="s">
-        <v>2965</v>
+        <v>3000</v>
       </c>
       <c r="C323" t="s">
-        <v>2966</v>
+        <v>3001</v>
       </c>
       <c r="D323" t="s">
-        <v>2967</v>
+        <v>3002</v>
       </c>
       <c r="E323" t="s">
-        <v>2968</v>
+        <v>3003</v>
       </c>
       <c r="F323" t="s">
-        <v>2969</v>
+        <v>3004</v>
       </c>
       <c r="G323" t="s">
-        <v>2970</v>
+        <v>3005</v>
       </c>
       <c r="H323" t="s">
-        <v>2971</v>
+        <v>3006</v>
       </c>
       <c r="I323" t="s">
-        <v>2972</v>
+        <v>3007</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>2973</v>
+        <v>170</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
+      <c r="M323" t="s">
+        <v>171</v>
+      </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2974</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>8289</v>
+        <v>6261</v>
       </c>
       <c r="B324" t="s">
-        <v>2975</v>
+        <v>3009</v>
       </c>
       <c r="C324" t="s">
-        <v>2976</v>
+        <v>3010</v>
       </c>
       <c r="D324" t="s">
-        <v>2977</v>
+        <v>3011</v>
       </c>
       <c r="E324" t="s">
-        <v>2978</v>
+        <v>3012</v>
       </c>
       <c r="F324" t="s">
-        <v>2979</v>
+        <v>3013</v>
       </c>
       <c r="G324" t="s">
-        <v>2980</v>
+        <v>3014</v>
       </c>
       <c r="H324" t="s">
-        <v>2981</v>
+        <v>3015</v>
       </c>
       <c r="I324" t="s">
-        <v>2982</v>
+        <v>3016</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>418</v>
+        <v>47</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
+      <c r="M324" t="s">
+        <v>48</v>
+      </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2983</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>8294</v>
+        <v>6263</v>
       </c>
       <c r="B325" t="s">
-        <v>2984</v>
+        <v>3018</v>
       </c>
       <c r="C325" t="s">
-        <v>2985</v>
+        <v>3019</v>
       </c>
       <c r="D325" t="s">
-        <v>2986</v>
+        <v>3020</v>
       </c>
       <c r="E325" t="s">
-        <v>2987</v>
+        <v>3021</v>
       </c>
       <c r="F325" t="s">
-        <v>2988</v>
+        <v>3022</v>
       </c>
       <c r="G325" t="s">
-        <v>2989</v>
+        <v>3023</v>
       </c>
       <c r="H325" t="s">
-        <v>2990</v>
+        <v>3024</v>
       </c>
       <c r="I325" t="s">
-        <v>2991</v>
+        <v>3025</v>
       </c>
       <c r="J325" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>714</v>
+        <v>170</v>
       </c>
       <c r="L325" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>715</v>
+        <v>171</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>2992</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>8341</v>
+        <v>6272</v>
       </c>
       <c r="B326" t="s">
-        <v>2993</v>
+        <v>3027</v>
       </c>
       <c r="C326" t="s">
-        <v>2994</v>
+        <v>3028</v>
       </c>
       <c r="D326" t="s">
-        <v>2995</v>
+        <v>3029</v>
       </c>
       <c r="E326" t="s">
-        <v>2996</v>
+        <v>3030</v>
       </c>
       <c r="F326" t="s">
-        <v>2997</v>
+        <v>3031</v>
       </c>
       <c r="G326" t="s">
-        <v>2998</v>
+        <v>3032</v>
       </c>
       <c r="H326" t="s">
-        <v>2999</v>
+        <v>3033</v>
       </c>
       <c r="I326" t="s">
-        <v>3000</v>
+        <v>3034</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3001</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>8344</v>
+        <v>6274</v>
       </c>
       <c r="B327" t="s">
-        <v>3002</v>
+        <v>3036</v>
       </c>
       <c r="C327" t="s">
-        <v>3003</v>
+        <v>3037</v>
       </c>
       <c r="D327" t="s">
-        <v>3004</v>
+        <v>3038</v>
       </c>
       <c r="E327" t="s">
-        <v>3005</v>
+        <v>3039</v>
       </c>
       <c r="F327" t="s">
-        <v>3006</v>
+        <v>3040</v>
       </c>
       <c r="G327" t="s">
-        <v>3007</v>
+        <v>3041</v>
       </c>
       <c r="H327" t="s">
-        <v>3008</v>
+        <v>3042</v>
       </c>
       <c r="I327" t="s">
-        <v>3009</v>
+        <v>3043</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3010</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>8355</v>
+        <v>6275</v>
       </c>
       <c r="B328" t="s">
-        <v>3011</v>
+        <v>3045</v>
       </c>
       <c r="C328" t="s">
-        <v>3012</v>
+        <v>3046</v>
       </c>
       <c r="D328" t="s">
-        <v>3013</v>
+        <v>3047</v>
       </c>
       <c r="E328" t="s">
-        <v>3014</v>
+        <v>3048</v>
       </c>
       <c r="F328" t="s">
-        <v>3015</v>
+        <v>3049</v>
       </c>
       <c r="G328" t="s">
-        <v>3016</v>
+        <v>3050</v>
       </c>
       <c r="H328" t="s">
-        <v>3017</v>
+        <v>3051</v>
       </c>
       <c r="I328" t="s">
-        <v>3018</v>
+        <v>3052</v>
       </c>
       <c r="J328" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K328" t="s">
-        <v>3019</v>
+        <v>871</v>
       </c>
       <c r="L328" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M328" t="s">
+        <v>872</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3020</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>8357</v>
+        <v>6327</v>
       </c>
       <c r="B329" t="s">
-        <v>3021</v>
+        <v>3054</v>
       </c>
       <c r="C329" t="s">
-        <v>3022</v>
+        <v>3055</v>
       </c>
       <c r="D329" t="s">
-        <v>3023</v>
+        <v>3056</v>
       </c>
       <c r="E329" t="s">
-        <v>3024</v>
+        <v>3057</v>
       </c>
       <c r="F329" t="s">
-        <v>3025</v>
+        <v>3058</v>
       </c>
       <c r="G329" t="s">
-        <v>3026</v>
+        <v>3059</v>
       </c>
       <c r="H329" t="s">
-        <v>3027</v>
+        <v>3060</v>
       </c>
       <c r="I329" t="s">
-        <v>3028</v>
+        <v>3061</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>3019</v>
+        <v>47</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
+      <c r="M329" t="s">
+        <v>48</v>
+      </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3029</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>8377</v>
+        <v>6337</v>
       </c>
       <c r="B330" t="s">
-        <v>3030</v>
+        <v>3063</v>
       </c>
       <c r="C330" t="s">
-        <v>3031</v>
+        <v>3064</v>
       </c>
       <c r="D330" t="s">
-        <v>3032</v>
+        <v>3065</v>
       </c>
       <c r="E330" t="s">
-        <v>3033</v>
+        <v>3066</v>
       </c>
       <c r="F330" t="s">
-        <v>3034</v>
+        <v>3067</v>
       </c>
       <c r="G330" t="s">
-        <v>3035</v>
+        <v>3068</v>
       </c>
       <c r="H330" t="s">
-        <v>3036</v>
+        <v>3069</v>
       </c>
       <c r="I330" t="s">
-        <v>3037</v>
+        <v>3070</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3038</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>8386</v>
+        <v>6361</v>
       </c>
       <c r="B331" t="s">
-        <v>3039</v>
+        <v>3072</v>
       </c>
       <c r="C331" t="s">
-        <v>3040</v>
+        <v>3073</v>
       </c>
       <c r="D331" t="s">
-        <v>3041</v>
+        <v>3074</v>
       </c>
       <c r="E331" t="s">
-        <v>3042</v>
+        <v>3075</v>
       </c>
       <c r="F331" t="s">
-        <v>3043</v>
+        <v>3076</v>
       </c>
       <c r="G331" t="s">
-        <v>3044</v>
+        <v>3077</v>
       </c>
       <c r="H331" t="s">
-        <v>3045</v>
+        <v>3078</v>
       </c>
       <c r="I331" t="s">
-        <v>3046</v>
+        <v>3079</v>
       </c>
       <c r="J331" t="s">
-        <v>1612</v>
+        <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L331" t="s">
-        <v>1614</v>
+        <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3047</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>8392</v>
+        <v>6379</v>
       </c>
       <c r="B332" t="s">
-        <v>3048</v>
+        <v>3081</v>
       </c>
       <c r="C332" t="s">
-        <v>3049</v>
+        <v>3082</v>
       </c>
       <c r="D332" t="s">
-        <v>3050</v>
+        <v>3083</v>
       </c>
       <c r="E332" t="s">
-        <v>3051</v>
+        <v>3084</v>
       </c>
       <c r="F332" t="s">
-        <v>3052</v>
+        <v>3085</v>
       </c>
       <c r="G332" t="s">
-        <v>3053</v>
+        <v>3086</v>
       </c>
       <c r="H332" t="s">
-        <v>3054</v>
+        <v>3087</v>
       </c>
       <c r="I332" t="s">
-        <v>3055</v>
+        <v>3088</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>1613</v>
+        <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>1615</v>
+        <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3056</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>8402</v>
+        <v>6454</v>
       </c>
       <c r="B333" t="s">
-        <v>3057</v>
+        <v>3090</v>
       </c>
       <c r="C333" t="s">
-        <v>3058</v>
+        <v>3091</v>
       </c>
       <c r="D333" t="s">
-        <v>3059</v>
+        <v>3092</v>
       </c>
       <c r="E333" t="s">
-        <v>3060</v>
+        <v>3093</v>
       </c>
       <c r="F333" t="s">
-        <v>3061</v>
+        <v>3094</v>
       </c>
       <c r="G333" t="s">
-        <v>3062</v>
+        <v>3095</v>
       </c>
       <c r="H333" t="s">
-        <v>3063</v>
+        <v>3096</v>
       </c>
       <c r="I333" t="s">
-        <v>3064</v>
+        <v>3097</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3065</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>8903</v>
+        <v>6460</v>
       </c>
       <c r="B334" t="s">
-        <v>3066</v>
+        <v>3099</v>
       </c>
       <c r="C334" t="s">
-        <v>3067</v>
+        <v>3100</v>
       </c>
       <c r="D334" t="s">
-        <v>3068</v>
+        <v>3101</v>
       </c>
       <c r="E334" t="s">
-        <v>3069</v>
+        <v>3102</v>
       </c>
       <c r="F334" t="s">
-        <v>3070</v>
+        <v>3103</v>
       </c>
       <c r="G334" t="s">
-        <v>3071</v>
+        <v>3104</v>
       </c>
       <c r="H334" t="s">
-        <v>3072</v>
+        <v>3105</v>
       </c>
       <c r="I334" t="s">
-        <v>3073</v>
+        <v>3106</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3074</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>8904</v>
+        <v>6468</v>
       </c>
       <c r="B335" t="s">
-        <v>3075</v>
+        <v>3108</v>
       </c>
       <c r="C335" t="s">
-        <v>3076</v>
+        <v>3109</v>
       </c>
       <c r="D335" t="s">
-        <v>3077</v>
+        <v>3110</v>
       </c>
       <c r="E335" t="s">
-        <v>3078</v>
+        <v>3111</v>
       </c>
       <c r="F335" t="s">
-        <v>3079</v>
+        <v>3112</v>
       </c>
       <c r="G335" t="s">
-        <v>3080</v>
+        <v>3113</v>
       </c>
       <c r="H335" t="s">
-        <v>3081</v>
+        <v>3114</v>
       </c>
       <c r="I335" t="s">
-        <v>3082</v>
+        <v>3115</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3083</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>8914</v>
+        <v>6611</v>
       </c>
       <c r="B336" t="s">
-        <v>3084</v>
+        <v>3117</v>
       </c>
       <c r="C336" t="s">
-        <v>3085</v>
+        <v>3118</v>
       </c>
       <c r="D336" t="s">
-        <v>3086</v>
+        <v>3119</v>
       </c>
       <c r="E336" t="s">
-        <v>3087</v>
+        <v>3120</v>
       </c>
       <c r="F336" t="s">
-        <v>3088</v>
+        <v>3121</v>
       </c>
       <c r="G336" t="s">
-        <v>3089</v>
+        <v>3122</v>
       </c>
       <c r="H336" t="s">
-        <v>3090</v>
+        <v>3123</v>
       </c>
       <c r="I336" t="s">
-        <v>3091</v>
+        <v>3124</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3092</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>8918</v>
+        <v>6615</v>
       </c>
       <c r="B337" t="s">
-        <v>3093</v>
+        <v>3126</v>
       </c>
       <c r="C337" t="s">
-        <v>3094</v>
+        <v>3127</v>
       </c>
       <c r="D337" t="s">
-        <v>3095</v>
+        <v>3128</v>
       </c>
       <c r="E337" t="s">
-        <v>3096</v>
+        <v>3129</v>
       </c>
       <c r="F337" t="s">
-        <v>3097</v>
+        <v>3130</v>
       </c>
       <c r="G337" t="s">
-        <v>3098</v>
+        <v>3131</v>
       </c>
       <c r="H337" t="s">
-        <v>3099</v>
+        <v>3132</v>
       </c>
       <c r="I337" t="s">
-        <v>3100</v>
+        <v>3133</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3101</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>8945</v>
+        <v>6761</v>
       </c>
       <c r="B338" t="s">
-        <v>3102</v>
+        <v>3135</v>
       </c>
       <c r="C338" t="s">
-        <v>3103</v>
+        <v>3136</v>
       </c>
       <c r="D338" t="s">
-        <v>3104</v>
+        <v>3137</v>
       </c>
       <c r="E338" t="s">
-        <v>3105</v>
+        <v>3138</v>
       </c>
       <c r="F338" t="s">
-        <v>3106</v>
+        <v>3139</v>
       </c>
       <c r="G338" t="s">
-        <v>3107</v>
+        <v>3140</v>
       </c>
       <c r="H338" t="s">
-        <v>3108</v>
+        <v>3141</v>
       </c>
       <c r="I338" t="s">
-        <v>3109</v>
+        <v>3142</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3110</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>8951</v>
+        <v>6762</v>
       </c>
       <c r="B339" t="s">
-        <v>3111</v>
+        <v>3144</v>
       </c>
       <c r="C339" t="s">
-        <v>3112</v>
+        <v>3145</v>
       </c>
       <c r="D339" t="s">
-        <v>3113</v>
+        <v>3146</v>
       </c>
       <c r="E339" t="s">
-        <v>3114</v>
+        <v>3147</v>
       </c>
       <c r="F339" t="s">
-        <v>3115</v>
+        <v>3148</v>
       </c>
       <c r="G339" t="s">
-        <v>3116</v>
+        <v>3149</v>
       </c>
       <c r="H339" t="s">
-        <v>3117</v>
+        <v>3150</v>
       </c>
       <c r="I339" t="s">
-        <v>3118</v>
+        <v>3151</v>
       </c>
       <c r="J339" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K339" t="s">
-        <v>148</v>
+        <v>672</v>
       </c>
       <c r="L339" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M339" t="s">
-        <v>149</v>
+        <v>673</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3119</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>10014</v>
+        <v>6763</v>
       </c>
       <c r="B340" t="s">
-        <v>3120</v>
+        <v>3153</v>
       </c>
       <c r="C340" t="s">
-        <v>3121</v>
+        <v>3154</v>
       </c>
       <c r="D340" t="s">
-        <v>3122</v>
+        <v>3155</v>
       </c>
       <c r="E340" t="s">
-        <v>3123</v>
+        <v>3156</v>
       </c>
       <c r="F340" t="s">
-        <v>3124</v>
+        <v>3157</v>
       </c>
       <c r="G340" t="s">
-        <v>3125</v>
+        <v>3158</v>
       </c>
       <c r="H340" t="s">
-        <v>3126</v>
+        <v>3159</v>
       </c>
       <c r="I340" t="s">
-        <v>3127</v>
+        <v>3160</v>
       </c>
       <c r="J340" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K340" t="s">
-        <v>3128</v>
+        <v>3161</v>
       </c>
       <c r="L340" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M340" t="s">
+        <v>3162</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3129</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>10015</v>
+        <v>6765</v>
       </c>
       <c r="B341" t="s">
-        <v>3130</v>
+        <v>3164</v>
       </c>
       <c r="C341" t="s">
-        <v>3131</v>
+        <v>3165</v>
       </c>
       <c r="D341" t="s">
-        <v>3132</v>
+        <v>3166</v>
       </c>
       <c r="E341" t="s">
-        <v>3133</v>
+        <v>3167</v>
       </c>
       <c r="F341" t="s">
-        <v>3134</v>
+        <v>3168</v>
       </c>
       <c r="G341" t="s">
-        <v>3135</v>
+        <v>3169</v>
       </c>
       <c r="H341" t="s">
-        <v>3136</v>
+        <v>3170</v>
       </c>
       <c r="I341" t="s">
-        <v>3137</v>
+        <v>3171</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3138</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>10036</v>
+        <v>6982</v>
       </c>
       <c r="B342" t="s">
-        <v>3139</v>
+        <v>3173</v>
       </c>
       <c r="C342" t="s">
-        <v>3140</v>
+        <v>3174</v>
       </c>
       <c r="D342" t="s">
-        <v>3141</v>
+        <v>3175</v>
       </c>
       <c r="E342" t="s">
-        <v>3142</v>
+        <v>3176</v>
       </c>
       <c r="F342" t="s">
-        <v>3143</v>
+        <v>3177</v>
       </c>
       <c r="G342" t="s">
-        <v>3144</v>
+        <v>3178</v>
       </c>
       <c r="H342" t="s">
-        <v>3145</v>
+        <v>3179</v>
       </c>
       <c r="I342" t="s">
-        <v>3146</v>
+        <v>3180</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>25</v>
+        <v>3181</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>27</v>
+        <v>3182</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3147</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>10098</v>
+        <v>8265</v>
       </c>
       <c r="B343" t="s">
-        <v>3148</v>
+        <v>3184</v>
       </c>
       <c r="C343" t="s">
-        <v>3149</v>
+        <v>3185</v>
       </c>
       <c r="D343" t="s">
-        <v>3150</v>
+        <v>3186</v>
       </c>
       <c r="E343" t="s">
-        <v>3151</v>
+        <v>3187</v>
       </c>
       <c r="F343" t="s">
-        <v>3152</v>
+        <v>3188</v>
       </c>
       <c r="G343" t="s">
-        <v>3153</v>
+        <v>3189</v>
       </c>
       <c r="H343" t="s">
-        <v>3154</v>
+        <v>3190</v>
       </c>
       <c r="I343" t="s">
-        <v>3155</v>
+        <v>3191</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>25</v>
+        <v>3192</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>27</v>
+        <v>3193</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3156</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>10101</v>
+        <v>8289</v>
       </c>
       <c r="B344" t="s">
-        <v>3157</v>
+        <v>3195</v>
       </c>
       <c r="C344" t="s">
-        <v>3158</v>
+        <v>3196</v>
       </c>
       <c r="D344" t="s">
-        <v>3159</v>
+        <v>3197</v>
       </c>
       <c r="E344" t="s">
-        <v>3160</v>
+        <v>3198</v>
       </c>
       <c r="F344" t="s">
-        <v>3161</v>
+        <v>3199</v>
       </c>
       <c r="G344" t="s">
-        <v>3162</v>
+        <v>3200</v>
       </c>
       <c r="H344" t="s">
-        <v>3163</v>
+        <v>3201</v>
       </c>
       <c r="I344" t="s">
-        <v>3164</v>
+        <v>3202</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>25</v>
+        <v>442</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3165</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>10412</v>
+        <v>8294</v>
       </c>
       <c r="B345" t="s">
-        <v>3166</v>
+        <v>3204</v>
       </c>
       <c r="C345" t="s">
-        <v>3167</v>
+        <v>3205</v>
       </c>
       <c r="D345" t="s">
-        <v>3168</v>
+        <v>3206</v>
       </c>
       <c r="E345" t="s">
-        <v>3169</v>
+        <v>3207</v>
       </c>
       <c r="F345" t="s">
-        <v>3170</v>
+        <v>3208</v>
       </c>
       <c r="G345" t="s">
-        <v>3171</v>
+        <v>3209</v>
       </c>
       <c r="H345" t="s">
-        <v>3172</v>
+        <v>3210</v>
       </c>
       <c r="I345" t="s">
-        <v>3173</v>
+        <v>3211</v>
       </c>
       <c r="J345" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L345" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3174</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>10603</v>
+        <v>8315</v>
       </c>
       <c r="B346" t="s">
-        <v>3175</v>
+        <v>3213</v>
       </c>
       <c r="C346" t="s">
-        <v>3176</v>
+        <v>3214</v>
       </c>
       <c r="D346" t="s">
-        <v>3177</v>
+        <v>3215</v>
       </c>
       <c r="E346" t="s">
-        <v>3178</v>
+        <v>3216</v>
       </c>
       <c r="F346" t="s">
-        <v>3179</v>
+        <v>3217</v>
       </c>
       <c r="G346" t="s">
-        <v>3180</v>
+        <v>3218</v>
       </c>
       <c r="H346" t="s">
-        <v>3181</v>
+        <v>3219</v>
       </c>
       <c r="I346" t="s">
-        <v>3182</v>
+        <v>3220</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
         <v>25</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
         <v>27</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3183</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>10647</v>
+        <v>8341</v>
       </c>
       <c r="B347" t="s">
-        <v>3184</v>
+        <v>3222</v>
       </c>
       <c r="C347" t="s">
-        <v>3185</v>
+        <v>3223</v>
       </c>
       <c r="D347" t="s">
-        <v>3186</v>
+        <v>3224</v>
       </c>
       <c r="E347" t="s">
-        <v>3187</v>
+        <v>3225</v>
       </c>
       <c r="F347" t="s">
-        <v>3188</v>
+        <v>3226</v>
       </c>
       <c r="G347" t="s">
-        <v>3189</v>
+        <v>3227</v>
       </c>
       <c r="H347" t="s">
-        <v>3190</v>
+        <v>3228</v>
       </c>
       <c r="I347" t="s">
-        <v>3191</v>
+        <v>3229</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3192</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>10887</v>
+        <v>8343</v>
       </c>
       <c r="B348" t="s">
-        <v>3193</v>
+        <v>3231</v>
       </c>
       <c r="C348" t="s">
-        <v>3194</v>
+        <v>3232</v>
       </c>
       <c r="D348" t="s">
-        <v>3195</v>
+        <v>3233</v>
       </c>
       <c r="E348" t="s">
-        <v>3196</v>
+        <v>3234</v>
       </c>
       <c r="F348" t="s">
-        <v>3197</v>
+        <v>3235</v>
       </c>
       <c r="G348" t="s">
-        <v>3198</v>
+        <v>3236</v>
       </c>
       <c r="H348" t="s">
-        <v>3199</v>
+        <v>3237</v>
       </c>
       <c r="I348" t="s">
-        <v>3200</v>
+        <v>3238</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
         <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
         <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3201</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>10925</v>
+        <v>8344</v>
       </c>
       <c r="B349" t="s">
-        <v>3202</v>
+        <v>3240</v>
       </c>
       <c r="C349" t="s">
-        <v>3203</v>
+        <v>3241</v>
       </c>
       <c r="D349" t="s">
-        <v>3204</v>
+        <v>3242</v>
       </c>
       <c r="E349" t="s">
-        <v>3205</v>
+        <v>3243</v>
       </c>
       <c r="F349" t="s">
-        <v>3206</v>
+        <v>3244</v>
       </c>
       <c r="G349" t="s">
-        <v>3207</v>
+        <v>3245</v>
       </c>
       <c r="H349" t="s">
-        <v>3208</v>
+        <v>3246</v>
       </c>
       <c r="I349" t="s">
-        <v>3209</v>
+        <v>3247</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3210</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>10930</v>
+        <v>8355</v>
       </c>
       <c r="B350" t="s">
-        <v>3211</v>
+        <v>3249</v>
       </c>
       <c r="C350" t="s">
-        <v>3212</v>
+        <v>3250</v>
       </c>
       <c r="D350" t="s">
-        <v>3213</v>
+        <v>3251</v>
       </c>
       <c r="E350" t="s">
-        <v>3214</v>
+        <v>3252</v>
       </c>
       <c r="F350" t="s">
-        <v>3215</v>
+        <v>3253</v>
       </c>
       <c r="G350" t="s">
-        <v>3216</v>
+        <v>3254</v>
       </c>
       <c r="H350" t="s">
-        <v>3217</v>
+        <v>3255</v>
       </c>
       <c r="I350" t="s">
-        <v>3218</v>
+        <v>3256</v>
       </c>
       <c r="J350" t="s">
-        <v>1340</v>
+        <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>251</v>
+        <v>3257</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
+        <v>3258</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3219</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>10947</v>
+        <v>8357</v>
       </c>
       <c r="B351" t="s">
-        <v>3220</v>
+        <v>3260</v>
       </c>
       <c r="C351" t="s">
-        <v>3221</v>
+        <v>3261</v>
       </c>
       <c r="D351" t="s">
-        <v>3222</v>
+        <v>3262</v>
       </c>
       <c r="E351" t="s">
-        <v>3223</v>
+        <v>3263</v>
       </c>
       <c r="F351" t="s">
-        <v>3224</v>
+        <v>3264</v>
       </c>
       <c r="G351" t="s">
-        <v>3225</v>
+        <v>3265</v>
       </c>
       <c r="H351" t="s">
-        <v>3226</v>
+        <v>3266</v>
       </c>
       <c r="I351" t="s">
-        <v>3227</v>
+        <v>3267</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>148</v>
+        <v>3257</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>149</v>
+        <v>3258</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3228</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>10948</v>
+        <v>8377</v>
       </c>
       <c r="B352" t="s">
-        <v>3229</v>
+        <v>3269</v>
       </c>
       <c r="C352" t="s">
-        <v>3230</v>
+        <v>3270</v>
       </c>
       <c r="D352" t="s">
-        <v>3231</v>
+        <v>3271</v>
       </c>
       <c r="E352" t="s">
-        <v>3232</v>
+        <v>3272</v>
       </c>
       <c r="F352" t="s">
-        <v>3233</v>
+        <v>3273</v>
       </c>
       <c r="G352" t="s">
-        <v>3234</v>
+        <v>3274</v>
       </c>
       <c r="H352" t="s">
-        <v>3235</v>
+        <v>3275</v>
       </c>
       <c r="I352" t="s">
-        <v>3236</v>
+        <v>3276</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3237</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>10950</v>
+        <v>8386</v>
       </c>
       <c r="B353" t="s">
-        <v>3238</v>
+        <v>3278</v>
       </c>
       <c r="C353" t="s">
-        <v>3239</v>
+        <v>3279</v>
       </c>
       <c r="D353" t="s">
-        <v>3240</v>
+        <v>3280</v>
       </c>
       <c r="E353" t="s">
-        <v>3241</v>
+        <v>3281</v>
       </c>
       <c r="F353" t="s">
-        <v>3242</v>
+        <v>3282</v>
       </c>
       <c r="G353" t="s">
-        <v>3243</v>
+        <v>3283</v>
       </c>
       <c r="H353" t="s">
-        <v>3244</v>
+        <v>3284</v>
       </c>
       <c r="I353" t="s">
-        <v>3245</v>
+        <v>3285</v>
       </c>
       <c r="J353" t="s">
-        <v>24</v>
+        <v>1764</v>
       </c>
       <c r="K353" t="s">
-        <v>3246</v>
+        <v>170</v>
       </c>
       <c r="L353" t="s">
-        <v>26</v>
+        <v>1766</v>
+      </c>
+      <c r="M353" t="s">
+        <v>171</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3247</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>10951</v>
+        <v>8387</v>
       </c>
       <c r="B354" t="s">
-        <v>3248</v>
+        <v>3287</v>
       </c>
       <c r="C354" t="s">
-        <v>3249</v>
+        <v>3288</v>
       </c>
       <c r="D354" t="s">
-        <v>3250</v>
+        <v>3289</v>
       </c>
       <c r="E354" t="s">
-        <v>3251</v>
+        <v>3290</v>
       </c>
       <c r="F354" t="s">
-        <v>3252</v>
+        <v>3291</v>
       </c>
       <c r="G354" t="s">
-        <v>3253</v>
+        <v>3292</v>
       </c>
       <c r="H354" t="s">
-        <v>3254</v>
+        <v>3293</v>
       </c>
       <c r="I354" t="s">
-        <v>3255</v>
+        <v>3294</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3256</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>11220</v>
+        <v>8388</v>
       </c>
       <c r="B355" t="s">
-        <v>3257</v>
+        <v>3296</v>
       </c>
       <c r="C355" t="s">
-        <v>3258</v>
+        <v>3297</v>
       </c>
       <c r="D355" t="s">
-        <v>3259</v>
+        <v>3298</v>
       </c>
       <c r="E355" t="s">
-        <v>3260</v>
+        <v>3299</v>
       </c>
       <c r="F355" t="s">
-        <v>3261</v>
+        <v>3300</v>
       </c>
       <c r="G355" t="s">
-        <v>3262</v>
+        <v>3301</v>
       </c>
       <c r="H355" t="s">
-        <v>3263</v>
+        <v>3302</v>
       </c>
       <c r="I355" t="s">
-        <v>3264</v>
+        <v>3303</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>647</v>
+        <v>170</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>648</v>
+        <v>171</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3265</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>11231</v>
+        <v>8392</v>
       </c>
       <c r="B356" t="s">
-        <v>3266</v>
+        <v>3305</v>
       </c>
       <c r="C356" t="s">
-        <v>3267</v>
+        <v>3306</v>
       </c>
       <c r="D356" t="s">
-        <v>3268</v>
+        <v>3307</v>
       </c>
       <c r="E356" t="s">
-        <v>3269</v>
+        <v>3308</v>
       </c>
       <c r="F356" t="s">
-        <v>3270</v>
+        <v>3309</v>
       </c>
       <c r="G356" t="s">
-        <v>3271</v>
+        <v>3310</v>
       </c>
       <c r="H356" t="s">
-        <v>3272</v>
+        <v>3311</v>
       </c>
       <c r="I356" t="s">
-        <v>3273</v>
+        <v>3312</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>148</v>
+        <v>1765</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>149</v>
+        <v>1767</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3274</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>11287</v>
+        <v>8402</v>
       </c>
       <c r="B357" t="s">
-        <v>3275</v>
+        <v>3314</v>
       </c>
       <c r="C357" t="s">
-        <v>3276</v>
+        <v>3315</v>
       </c>
       <c r="D357" t="s">
-        <v>3277</v>
+        <v>3316</v>
       </c>
       <c r="E357" t="s">
-        <v>3278</v>
+        <v>3317</v>
       </c>
       <c r="F357" t="s">
-        <v>3279</v>
+        <v>3318</v>
       </c>
       <c r="G357" t="s">
-        <v>3280</v>
+        <v>3319</v>
       </c>
       <c r="H357" t="s">
-        <v>3281</v>
+        <v>3320</v>
       </c>
       <c r="I357" t="s">
-        <v>3282</v>
+        <v>3321</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3283</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>58060</v>
+        <v>8902</v>
       </c>
       <c r="B358" t="s">
-        <v>3284</v>
+        <v>3323</v>
       </c>
       <c r="C358" t="s">
-        <v>3285</v>
+        <v>3324</v>
       </c>
       <c r="D358" t="s">
-        <v>3286</v>
+        <v>3325</v>
       </c>
       <c r="E358" t="s">
-        <v>3287</v>
+        <v>3326</v>
       </c>
       <c r="F358" t="s">
-        <v>3288</v>
+        <v>3327</v>
       </c>
       <c r="G358" t="s">
-        <v>3289</v>
+        <v>3328</v>
       </c>
       <c r="H358" t="s">
-        <v>3290</v>
+        <v>3329</v>
       </c>
       <c r="I358" t="s">
-        <v>3291</v>
+        <v>3330</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>3292</v>
+        <v>170</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
+      <c r="M358" t="s">
+        <v>171</v>
+      </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3293</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>58066</v>
+        <v>8903</v>
       </c>
       <c r="B359" t="s">
-        <v>3294</v>
+        <v>3332</v>
       </c>
       <c r="C359" t="s">
-        <v>3295</v>
+        <v>3333</v>
       </c>
       <c r="D359" t="s">
-        <v>3296</v>
+        <v>3334</v>
       </c>
       <c r="E359" t="s">
-        <v>3297</v>
+        <v>3335</v>
       </c>
       <c r="F359" t="s">
-        <v>3298</v>
+        <v>3336</v>
       </c>
       <c r="G359" t="s">
-        <v>3299</v>
+        <v>3337</v>
       </c>
       <c r="H359" t="s">
-        <v>3300</v>
+        <v>3338</v>
       </c>
       <c r="I359" t="s">
-        <v>3301</v>
+        <v>3339</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>251</v>
+        <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
+      <c r="M359" t="s">
+        <v>171</v>
+      </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3302</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>58120</v>
+        <v>8904</v>
       </c>
       <c r="B360" t="s">
-        <v>3303</v>
+        <v>3341</v>
       </c>
       <c r="C360" t="s">
-        <v>3304</v>
+        <v>3342</v>
       </c>
       <c r="D360" t="s">
-        <v>3305</v>
+        <v>3343</v>
       </c>
       <c r="E360" t="s">
-        <v>3306</v>
+        <v>3344</v>
       </c>
       <c r="F360" t="s">
-        <v>3307</v>
+        <v>3345</v>
       </c>
       <c r="G360" t="s">
-        <v>3308</v>
+        <v>3346</v>
       </c>
       <c r="H360" t="s">
-        <v>3309</v>
+        <v>3347</v>
       </c>
       <c r="I360" t="s">
-        <v>3310</v>
+        <v>3348</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3311</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>58122</v>
+        <v>8914</v>
       </c>
       <c r="B361" t="s">
-        <v>3312</v>
+        <v>3350</v>
       </c>
       <c r="C361" t="s">
-        <v>3313</v>
+        <v>3351</v>
       </c>
       <c r="D361" t="s">
-        <v>3314</v>
+        <v>3352</v>
       </c>
       <c r="E361" t="s">
-        <v>3315</v>
+        <v>3353</v>
       </c>
       <c r="F361" t="s">
-        <v>3316</v>
+        <v>3354</v>
       </c>
       <c r="G361" t="s">
-        <v>3317</v>
+        <v>3355</v>
       </c>
       <c r="H361" t="s">
-        <v>3318</v>
+        <v>3356</v>
       </c>
       <c r="I361" t="s">
-        <v>3319</v>
+        <v>3357</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3320</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>58218</v>
+        <v>8918</v>
       </c>
       <c r="B362" t="s">
-        <v>3321</v>
+        <v>3359</v>
       </c>
       <c r="C362" t="s">
-        <v>3322</v>
+        <v>3360</v>
       </c>
       <c r="D362" t="s">
-        <v>3323</v>
+        <v>3361</v>
       </c>
       <c r="E362" t="s">
-        <v>3324</v>
+        <v>3362</v>
       </c>
       <c r="F362" t="s">
-        <v>3325</v>
+        <v>3363</v>
       </c>
       <c r="G362" t="s">
-        <v>3326</v>
+        <v>3364</v>
       </c>
       <c r="H362" t="s">
-        <v>3327</v>
+        <v>3365</v>
       </c>
       <c r="I362" t="s">
-        <v>3328</v>
+        <v>3366</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3329</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>58223</v>
+        <v>8945</v>
       </c>
       <c r="B363" t="s">
-        <v>3330</v>
+        <v>3368</v>
       </c>
       <c r="C363" t="s">
-        <v>3331</v>
+        <v>3369</v>
       </c>
       <c r="D363" t="s">
-        <v>3332</v>
+        <v>3370</v>
       </c>
       <c r="E363" t="s">
-        <v>3333</v>
+        <v>3371</v>
       </c>
       <c r="F363" t="s">
-        <v>3334</v>
+        <v>3372</v>
       </c>
       <c r="G363" t="s">
-        <v>3335</v>
+        <v>3373</v>
       </c>
       <c r="H363" t="s">
-        <v>3336</v>
+        <v>3374</v>
       </c>
       <c r="I363" t="s">
-        <v>3337</v>
+        <v>3375</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3338</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>64637</v>
+        <v>8950</v>
       </c>
       <c r="B364" t="s">
-        <v>3339</v>
+        <v>3377</v>
       </c>
       <c r="C364" t="s">
-        <v>3340</v>
+        <v>3378</v>
       </c>
       <c r="D364" t="s">
-        <v>3341</v>
+        <v>3379</v>
       </c>
       <c r="E364" t="s">
-        <v>3342</v>
+        <v>3380</v>
       </c>
       <c r="F364" t="s">
-        <v>3343</v>
+        <v>3381</v>
       </c>
       <c r="G364" t="s">
-        <v>3344</v>
+        <v>3382</v>
       </c>
       <c r="H364" t="s">
-        <v>3345</v>
+        <v>3383</v>
       </c>
       <c r="I364" t="s">
-        <v>3346</v>
+        <v>3384</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3347</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>64689</v>
+        <v>8951</v>
       </c>
       <c r="B365" t="s">
-        <v>3348</v>
+        <v>3386</v>
       </c>
       <c r="C365" t="s">
-        <v>3349</v>
+        <v>3387</v>
       </c>
       <c r="D365" t="s">
-        <v>3350</v>
+        <v>3388</v>
       </c>
       <c r="E365" t="s">
-        <v>3351</v>
+        <v>3389</v>
       </c>
       <c r="F365" t="s">
-        <v>3352</v>
+        <v>3390</v>
       </c>
       <c r="G365" t="s">
-        <v>3353</v>
+        <v>3391</v>
       </c>
       <c r="H365" t="s">
-        <v>3354</v>
+        <v>3392</v>
       </c>
       <c r="I365" t="s">
-        <v>3355</v>
+        <v>3393</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>456</v>
+        <v>170</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
+      <c r="M365" t="s">
+        <v>171</v>
+      </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3356</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65000</v>
+        <v>8959</v>
       </c>
       <c r="B366" t="s">
-        <v>3357</v>
+        <v>3395</v>
       </c>
       <c r="C366" t="s">
-        <v>3358</v>
+        <v>3396</v>
       </c>
       <c r="D366" t="s">
-        <v>3359</v>
+        <v>3397</v>
       </c>
       <c r="E366" t="s">
-        <v>3360</v>
+        <v>3398</v>
       </c>
       <c r="F366" t="s">
-        <v>3361</v>
+        <v>3399</v>
       </c>
       <c r="G366" t="s">
-        <v>3362</v>
+        <v>3400</v>
       </c>
       <c r="H366" t="s">
-        <v>3363</v>
+        <v>3401</v>
       </c>
       <c r="I366" t="s">
-        <v>3364</v>
+        <v>3402</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3365</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65001</v>
+        <v>10014</v>
       </c>
       <c r="B367" t="s">
-        <v>3366</v>
+        <v>3404</v>
       </c>
       <c r="C367" t="s">
-        <v>3367</v>
+        <v>3405</v>
       </c>
       <c r="D367" t="s">
-        <v>3368</v>
+        <v>3406</v>
       </c>
       <c r="E367" t="s">
-        <v>3369</v>
+        <v>3407</v>
       </c>
       <c r="F367" t="s">
-        <v>3370</v>
+        <v>3408</v>
       </c>
       <c r="G367" t="s">
-        <v>3371</v>
+        <v>3409</v>
       </c>
       <c r="H367" t="s">
-        <v>3372</v>
+        <v>3410</v>
       </c>
       <c r="I367" t="s">
-        <v>3373</v>
+        <v>3411</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>148</v>
+        <v>3412</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>149</v>
+        <v>3413</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3374</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65002</v>
+        <v>10015</v>
       </c>
       <c r="B368" t="s">
-        <v>3375</v>
+        <v>3415</v>
       </c>
       <c r="C368" t="s">
-        <v>3376</v>
+        <v>3416</v>
       </c>
       <c r="D368" t="s">
-        <v>3377</v>
+        <v>3417</v>
       </c>
       <c r="E368" t="s">
-        <v>3378</v>
+        <v>3418</v>
       </c>
       <c r="F368" t="s">
-        <v>3379</v>
+        <v>3419</v>
       </c>
       <c r="G368" t="s">
-        <v>3380</v>
+        <v>3420</v>
       </c>
       <c r="H368" t="s">
-        <v>3381</v>
+        <v>3421</v>
       </c>
       <c r="I368" t="s">
-        <v>3382</v>
+        <v>3422</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3383</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65003</v>
+        <v>10036</v>
       </c>
       <c r="B369" t="s">
-        <v>3384</v>
+        <v>3424</v>
       </c>
       <c r="C369" t="s">
-        <v>3385</v>
+        <v>3425</v>
       </c>
       <c r="D369" t="s">
-        <v>3386</v>
+        <v>3426</v>
       </c>
       <c r="E369" t="s">
-        <v>3387</v>
+        <v>3427</v>
       </c>
       <c r="F369" t="s">
-        <v>3388</v>
+        <v>3428</v>
       </c>
       <c r="G369" t="s">
-        <v>3389</v>
+        <v>3429</v>
       </c>
       <c r="H369" t="s">
-        <v>3390</v>
+        <v>3430</v>
       </c>
       <c r="I369" t="s">
-        <v>3391</v>
+        <v>3431</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3392</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65004</v>
+        <v>10046</v>
       </c>
       <c r="B370" t="s">
-        <v>3393</v>
+        <v>3433</v>
       </c>
       <c r="C370" t="s">
-        <v>3394</v>
+        <v>3434</v>
       </c>
       <c r="D370" t="s">
-        <v>3395</v>
+        <v>3435</v>
       </c>
       <c r="E370" t="s">
-        <v>3396</v>
+        <v>3436</v>
       </c>
       <c r="F370" t="s">
-        <v>3397</v>
+        <v>3437</v>
       </c>
       <c r="G370" t="s">
-        <v>3398</v>
+        <v>3438</v>
       </c>
       <c r="H370" t="s">
-        <v>3399</v>
+        <v>3439</v>
       </c>
       <c r="I370" t="s">
-        <v>3400</v>
+        <v>3440</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3401</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65005</v>
+        <v>10098</v>
       </c>
       <c r="B371" t="s">
-        <v>3402</v>
+        <v>3442</v>
       </c>
       <c r="C371" t="s">
-        <v>3403</v>
+        <v>3443</v>
       </c>
       <c r="D371" t="s">
-        <v>3404</v>
+        <v>3444</v>
       </c>
       <c r="E371" t="s">
-        <v>3405</v>
+        <v>3445</v>
       </c>
       <c r="F371" t="s">
-        <v>3406</v>
+        <v>3446</v>
       </c>
       <c r="G371" t="s">
-        <v>3407</v>
+        <v>3447</v>
       </c>
       <c r="H371" t="s">
-        <v>3408</v>
+        <v>3448</v>
       </c>
       <c r="I371" t="s">
-        <v>3409</v>
+        <v>3449</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>3410</v>
+        <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
+      <c r="M371" t="s">
+        <v>27</v>
+      </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3411</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65006</v>
+        <v>10101</v>
       </c>
       <c r="B372" t="s">
-        <v>3412</v>
+        <v>3451</v>
       </c>
       <c r="C372" t="s">
-        <v>3413</v>
+        <v>3452</v>
       </c>
       <c r="D372" t="s">
-        <v>3414</v>
+        <v>3453</v>
       </c>
       <c r="E372" t="s">
-        <v>3415</v>
+        <v>3454</v>
       </c>
       <c r="F372" t="s">
-        <v>3416</v>
+        <v>3455</v>
       </c>
       <c r="G372" t="s">
-        <v>3417</v>
+        <v>3456</v>
       </c>
       <c r="H372" t="s">
-        <v>3418</v>
+        <v>3457</v>
       </c>
       <c r="I372" t="s">
-        <v>3419</v>
+        <v>3458</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>3420</v>
+        <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
+      <c r="M372" t="s">
+        <v>27</v>
+      </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3421</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65007</v>
+        <v>10412</v>
       </c>
       <c r="B373" t="s">
-        <v>3422</v>
+        <v>3460</v>
       </c>
       <c r="C373" t="s">
-        <v>3423</v>
+        <v>3461</v>
       </c>
       <c r="D373" t="s">
-        <v>3424</v>
+        <v>3462</v>
       </c>
       <c r="E373" t="s">
-        <v>3425</v>
+        <v>3463</v>
       </c>
       <c r="F373" t="s">
-        <v>3426</v>
+        <v>3464</v>
       </c>
       <c r="G373" t="s">
-        <v>3427</v>
+        <v>3465</v>
       </c>
       <c r="H373" t="s">
-        <v>3428</v>
+        <v>3466</v>
       </c>
       <c r="I373" t="s">
-        <v>3429</v>
+        <v>3467</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3430</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65008</v>
+        <v>10603</v>
       </c>
       <c r="B374" t="s">
-        <v>3431</v>
+        <v>3469</v>
       </c>
       <c r="C374" t="s">
-        <v>3432</v>
+        <v>3470</v>
       </c>
       <c r="D374" t="s">
-        <v>3433</v>
+        <v>3471</v>
       </c>
       <c r="E374" t="s">
-        <v>3434</v>
+        <v>3472</v>
       </c>
       <c r="F374" t="s">
-        <v>3435</v>
+        <v>3473</v>
       </c>
       <c r="G374" t="s">
-        <v>3436</v>
+        <v>3474</v>
       </c>
       <c r="H374" t="s">
-        <v>3437</v>
+        <v>3475</v>
       </c>
       <c r="I374" t="s">
-        <v>3438</v>
+        <v>3476</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3439</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65009</v>
+        <v>10647</v>
       </c>
       <c r="B375" t="s">
-        <v>3440</v>
+        <v>3478</v>
       </c>
       <c r="C375" t="s">
-        <v>3441</v>
+        <v>3479</v>
       </c>
       <c r="D375" t="s">
-        <v>3442</v>
+        <v>3480</v>
       </c>
       <c r="E375" t="s">
-        <v>3443</v>
+        <v>3481</v>
       </c>
       <c r="F375" t="s">
-        <v>3444</v>
+        <v>3482</v>
       </c>
       <c r="G375" t="s">
-        <v>3445</v>
+        <v>3483</v>
       </c>
       <c r="H375" t="s">
-        <v>3446</v>
+        <v>3484</v>
       </c>
       <c r="I375" t="s">
-        <v>3447</v>
+        <v>3485</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3448</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65010</v>
+        <v>10887</v>
       </c>
       <c r="B376" t="s">
-        <v>3449</v>
+        <v>3487</v>
       </c>
       <c r="C376" t="s">
-        <v>3450</v>
+        <v>3488</v>
       </c>
       <c r="D376" t="s">
-        <v>3451</v>
+        <v>3489</v>
       </c>
       <c r="E376" t="s">
-        <v>3452</v>
+        <v>3490</v>
       </c>
       <c r="F376" t="s">
-        <v>3453</v>
+        <v>3491</v>
       </c>
       <c r="G376" t="s">
-        <v>3454</v>
+        <v>3492</v>
       </c>
       <c r="H376" t="s">
-        <v>3455</v>
+        <v>3493</v>
       </c>
       <c r="I376" t="s">
-        <v>3456</v>
+        <v>3494</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
         <v>25</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
         <v>27</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3457</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65011</v>
+        <v>10925</v>
       </c>
       <c r="B377" t="s">
-        <v>3458</v>
+        <v>3496</v>
       </c>
       <c r="C377" t="s">
-        <v>3459</v>
+        <v>3497</v>
       </c>
       <c r="D377" t="s">
-        <v>3460</v>
+        <v>3498</v>
       </c>
       <c r="E377" t="s">
-        <v>3461</v>
+        <v>3499</v>
       </c>
       <c r="F377" t="s">
-        <v>3462</v>
+        <v>3500</v>
       </c>
       <c r="G377" t="s">
-        <v>3463</v>
+        <v>3501</v>
       </c>
       <c r="H377" t="s">
-        <v>3464</v>
+        <v>3502</v>
       </c>
       <c r="I377" t="s">
-        <v>3465</v>
+        <v>3503</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3466</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65012</v>
+        <v>10930</v>
       </c>
       <c r="B378" t="s">
-        <v>3467</v>
+        <v>3505</v>
       </c>
       <c r="C378" t="s">
-        <v>3468</v>
+        <v>3506</v>
       </c>
       <c r="D378" t="s">
-        <v>3469</v>
+        <v>3507</v>
       </c>
       <c r="E378" t="s">
-        <v>3470</v>
+        <v>3508</v>
       </c>
       <c r="F378" t="s">
-        <v>3471</v>
+        <v>3509</v>
       </c>
       <c r="G378" t="s">
-        <v>3472</v>
+        <v>3510</v>
       </c>
       <c r="H378" t="s">
-        <v>3473</v>
+        <v>3511</v>
       </c>
       <c r="I378" t="s">
-        <v>3474</v>
+        <v>3512</v>
       </c>
       <c r="J378" t="s">
-        <v>24</v>
+        <v>1392</v>
       </c>
       <c r="K378" t="s">
-        <v>3475</v>
+        <v>274</v>
       </c>
       <c r="L378" t="s">
-        <v>26</v>
+        <v>1393</v>
+      </c>
+      <c r="M378" t="s">
+        <v>276</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3476</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65013</v>
+        <v>10947</v>
       </c>
       <c r="B379" t="s">
-        <v>3477</v>
+        <v>3514</v>
       </c>
       <c r="C379" t="s">
-        <v>3478</v>
+        <v>3515</v>
       </c>
       <c r="D379" t="s">
-        <v>3479</v>
+        <v>3516</v>
       </c>
       <c r="E379" t="s">
-        <v>3480</v>
+        <v>3517</v>
       </c>
       <c r="F379" t="s">
-        <v>3481</v>
+        <v>3518</v>
       </c>
       <c r="G379" t="s">
-        <v>3482</v>
+        <v>3519</v>
       </c>
       <c r="H379" t="s">
-        <v>3483</v>
+        <v>3520</v>
       </c>
       <c r="I379" t="s">
-        <v>3484</v>
+        <v>3521</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3485</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65014</v>
+        <v>10948</v>
       </c>
       <c r="B380" t="s">
-        <v>3486</v>
+        <v>3523</v>
       </c>
       <c r="C380" t="s">
-        <v>3487</v>
+        <v>3524</v>
       </c>
       <c r="D380" t="s">
-        <v>3488</v>
+        <v>3525</v>
       </c>
       <c r="E380" t="s">
-        <v>3489</v>
+        <v>3526</v>
       </c>
       <c r="F380" t="s">
-        <v>3490</v>
+        <v>3527</v>
       </c>
       <c r="G380" t="s">
-        <v>3491</v>
+        <v>3528</v>
       </c>
       <c r="H380" t="s">
-        <v>3492</v>
+        <v>3529</v>
       </c>
       <c r="I380" t="s">
-        <v>3493</v>
+        <v>3530</v>
       </c>
       <c r="J380" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>647</v>
+        <v>170</v>
       </c>
       <c r="L380" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>648</v>
+        <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3494</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65015</v>
+        <v>10950</v>
       </c>
       <c r="B381" t="s">
-        <v>3495</v>
+        <v>3532</v>
       </c>
       <c r="C381" t="s">
-        <v>3496</v>
+        <v>3533</v>
       </c>
       <c r="D381" t="s">
-        <v>3497</v>
+        <v>3534</v>
       </c>
       <c r="E381" t="s">
-        <v>3498</v>
+        <v>3535</v>
       </c>
       <c r="F381" t="s">
-        <v>3499</v>
+        <v>3536</v>
       </c>
       <c r="G381" t="s">
-        <v>3500</v>
+        <v>3537</v>
       </c>
       <c r="H381" t="s">
-        <v>3501</v>
+        <v>3538</v>
       </c>
       <c r="I381" t="s">
-        <v>3502</v>
+        <v>3539</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>148</v>
+        <v>3540</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>149</v>
+        <v>3541</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3503</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65016</v>
+        <v>10951</v>
       </c>
       <c r="B382" t="s">
-        <v>3504</v>
+        <v>3543</v>
       </c>
       <c r="C382" t="s">
-        <v>3505</v>
+        <v>3544</v>
       </c>
       <c r="D382" t="s">
-        <v>3506</v>
+        <v>3545</v>
       </c>
       <c r="E382" t="s">
-        <v>3507</v>
+        <v>3546</v>
       </c>
       <c r="F382" t="s">
-        <v>3508</v>
+        <v>3547</v>
       </c>
       <c r="G382" t="s">
-        <v>3509</v>
+        <v>3548</v>
       </c>
       <c r="H382" t="s">
-        <v>3510</v>
+        <v>3549</v>
       </c>
       <c r="I382" t="s">
-        <v>3511</v>
+        <v>3550</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3512</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65017</v>
+        <v>11000</v>
       </c>
       <c r="B383" t="s">
-        <v>3513</v>
+        <v>3552</v>
       </c>
       <c r="C383" t="s">
-        <v>3514</v>
+        <v>3553</v>
       </c>
       <c r="D383" t="s">
-        <v>3515</v>
+        <v>3554</v>
       </c>
       <c r="E383" t="s">
-        <v>3516</v>
+        <v>3555</v>
       </c>
       <c r="F383" t="s">
-        <v>3517</v>
+        <v>3556</v>
       </c>
       <c r="G383" t="s">
-        <v>3518</v>
+        <v>3557</v>
       </c>
       <c r="H383" t="s">
-        <v>3519</v>
+        <v>3558</v>
       </c>
       <c r="I383" t="s">
-        <v>3520</v>
+        <v>3559</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>3521</v>
+        <v>25</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>3522</v>
+        <v>27</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3523</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65018</v>
+        <v>11220</v>
       </c>
       <c r="B384" t="s">
-        <v>3524</v>
+        <v>3561</v>
       </c>
       <c r="C384" t="s">
-        <v>3525</v>
+        <v>3562</v>
       </c>
       <c r="D384" t="s">
-        <v>3526</v>
+        <v>3563</v>
       </c>
       <c r="E384" t="s">
-        <v>3527</v>
+        <v>3564</v>
       </c>
       <c r="F384" t="s">
-        <v>3528</v>
+        <v>3565</v>
       </c>
       <c r="G384" t="s">
-        <v>3529</v>
+        <v>3566</v>
       </c>
       <c r="H384" t="s">
-        <v>3530</v>
+        <v>3567</v>
       </c>
       <c r="I384" t="s">
-        <v>3531</v>
+        <v>3568</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>3532</v>
+        <v>672</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
+      <c r="M384" t="s">
+        <v>673</v>
+      </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3533</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65019</v>
+        <v>11231</v>
       </c>
       <c r="B385" t="s">
-        <v>3534</v>
+        <v>3570</v>
       </c>
       <c r="C385" t="s">
-        <v>3535</v>
+        <v>3571</v>
       </c>
       <c r="D385" t="s">
-        <v>3536</v>
+        <v>3572</v>
       </c>
       <c r="E385" t="s">
-        <v>3537</v>
+        <v>3573</v>
       </c>
       <c r="F385" t="s">
-        <v>3538</v>
+        <v>3574</v>
       </c>
       <c r="G385" t="s">
-        <v>3539</v>
+        <v>3575</v>
       </c>
       <c r="H385" t="s">
-        <v>3540</v>
+        <v>3576</v>
       </c>
       <c r="I385" t="s">
-        <v>3541</v>
+        <v>3577</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3542</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65020</v>
+        <v>11287</v>
       </c>
       <c r="B386" t="s">
-        <v>3543</v>
+        <v>3579</v>
       </c>
       <c r="C386" t="s">
-        <v>3544</v>
+        <v>3580</v>
       </c>
       <c r="D386" t="s">
-        <v>3545</v>
+        <v>3581</v>
       </c>
       <c r="E386" t="s">
-        <v>3546</v>
+        <v>3582</v>
       </c>
       <c r="F386" t="s">
-        <v>3547</v>
+        <v>3583</v>
       </c>
       <c r="G386" t="s">
-        <v>3548</v>
+        <v>3584</v>
       </c>
       <c r="H386" t="s">
-        <v>3549</v>
+        <v>3585</v>
       </c>
       <c r="I386" t="s">
-        <v>3550</v>
+        <v>3586</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>3551</v>
+        <v>170</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
+      <c r="M386" t="s">
+        <v>171</v>
+      </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3552</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65021</v>
+        <v>11299</v>
       </c>
       <c r="B387" t="s">
-        <v>3553</v>
+        <v>3588</v>
       </c>
       <c r="C387" t="s">
-        <v>3554</v>
+        <v>3589</v>
       </c>
       <c r="D387" t="s">
-        <v>3555</v>
+        <v>3590</v>
       </c>
       <c r="E387" t="s">
-        <v>3556</v>
+        <v>3591</v>
       </c>
       <c r="F387" t="s">
-        <v>3557</v>
+        <v>3592</v>
       </c>
       <c r="G387" t="s">
-        <v>3558</v>
+        <v>3593</v>
       </c>
       <c r="H387" t="s">
-        <v>3559</v>
+        <v>3594</v>
       </c>
       <c r="I387" t="s">
-        <v>3560</v>
+        <v>3595</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3561</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65022</v>
+        <v>11306</v>
       </c>
       <c r="B388" t="s">
-        <v>3562</v>
+        <v>3597</v>
       </c>
       <c r="C388" t="s">
-        <v>3563</v>
+        <v>3598</v>
       </c>
       <c r="D388" t="s">
-        <v>3564</v>
+        <v>3599</v>
       </c>
       <c r="E388" t="s">
-        <v>3565</v>
+        <v>3600</v>
       </c>
       <c r="F388" t="s">
-        <v>3566</v>
+        <v>3601</v>
       </c>
       <c r="G388" t="s">
-        <v>3567</v>
+        <v>3602</v>
       </c>
       <c r="H388" t="s">
-        <v>3568</v>
+        <v>3603</v>
       </c>
       <c r="I388" t="s">
-        <v>3569</v>
+        <v>3604</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>25</v>
+        <v>1132</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>27</v>
+        <v>1133</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3570</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65023</v>
+        <v>58060</v>
       </c>
       <c r="B389" t="s">
-        <v>3571</v>
+        <v>3606</v>
       </c>
       <c r="C389" t="s">
-        <v>3572</v>
+        <v>3607</v>
       </c>
       <c r="D389" t="s">
-        <v>3573</v>
+        <v>3608</v>
       </c>
       <c r="E389" t="s">
-        <v>3574</v>
+        <v>3609</v>
       </c>
       <c r="F389" t="s">
-        <v>3575</v>
+        <v>3610</v>
       </c>
       <c r="G389" t="s">
-        <v>3576</v>
+        <v>3611</v>
       </c>
       <c r="H389" t="s">
-        <v>3577</v>
+        <v>3612</v>
       </c>
       <c r="I389" t="s">
-        <v>3578</v>
+        <v>3613</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>25</v>
+        <v>3257</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>27</v>
+        <v>3258</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3579</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65025</v>
+        <v>58066</v>
       </c>
       <c r="B390" t="s">
-        <v>3580</v>
+        <v>3615</v>
       </c>
       <c r="C390" t="s">
-        <v>3581</v>
+        <v>3616</v>
       </c>
       <c r="D390" t="s">
-        <v>3582</v>
+        <v>3617</v>
       </c>
       <c r="E390" t="s">
-        <v>3583</v>
+        <v>3618</v>
       </c>
       <c r="F390" t="s">
-        <v>3584</v>
+        <v>3619</v>
       </c>
       <c r="G390" t="s">
-        <v>3585</v>
+        <v>3620</v>
       </c>
       <c r="H390" t="s">
-        <v>3586</v>
+        <v>3621</v>
       </c>
       <c r="I390" t="s">
-        <v>3587</v>
+        <v>3622</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3588</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65026</v>
+        <v>58120</v>
       </c>
       <c r="B391" t="s">
-        <v>3589</v>
+        <v>3624</v>
       </c>
       <c r="C391" t="s">
-        <v>3590</v>
+        <v>3625</v>
       </c>
       <c r="D391" t="s">
-        <v>3591</v>
+        <v>3626</v>
       </c>
       <c r="E391" t="s">
-        <v>3592</v>
+        <v>3627</v>
       </c>
       <c r="F391" t="s">
-        <v>3593</v>
+        <v>3628</v>
       </c>
       <c r="G391" t="s">
-        <v>3594</v>
+        <v>3629</v>
       </c>
       <c r="H391" t="s">
-        <v>3595</v>
+        <v>3630</v>
       </c>
       <c r="I391" t="s">
-        <v>3596</v>
+        <v>3631</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
         <v>25</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
         <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3597</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65027</v>
+        <v>58122</v>
       </c>
       <c r="B392" t="s">
-        <v>3598</v>
+        <v>3633</v>
       </c>
       <c r="C392" t="s">
-        <v>3599</v>
+        <v>3634</v>
       </c>
       <c r="D392" t="s">
-        <v>3600</v>
+        <v>3635</v>
       </c>
       <c r="E392" t="s">
-        <v>3601</v>
+        <v>3636</v>
       </c>
       <c r="F392" t="s">
-        <v>3602</v>
+        <v>3637</v>
       </c>
       <c r="G392" t="s">
-        <v>3603</v>
+        <v>3638</v>
       </c>
       <c r="H392" t="s">
-        <v>3604</v>
+        <v>3639</v>
       </c>
       <c r="I392" t="s">
-        <v>3605</v>
+        <v>3640</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>647</v>
+        <v>170</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>648</v>
+        <v>171</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3606</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65028</v>
+        <v>58144</v>
       </c>
       <c r="B393" t="s">
-        <v>3607</v>
+        <v>3642</v>
       </c>
       <c r="C393" t="s">
-        <v>3608</v>
+        <v>3643</v>
       </c>
       <c r="D393" t="s">
-        <v>3609</v>
+        <v>3644</v>
       </c>
       <c r="E393" t="s">
-        <v>3610</v>
+        <v>3645</v>
       </c>
       <c r="F393" t="s">
-        <v>3611</v>
+        <v>3646</v>
       </c>
       <c r="G393" t="s">
-        <v>3612</v>
+        <v>3647</v>
       </c>
       <c r="H393" t="s">
-        <v>3613</v>
+        <v>3648</v>
       </c>
       <c r="I393" t="s">
-        <v>3614</v>
+        <v>3649</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
         <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
         <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3615</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65030</v>
+        <v>58148</v>
       </c>
       <c r="B394" t="s">
-        <v>3616</v>
+        <v>3651</v>
       </c>
       <c r="C394" t="s">
-        <v>3617</v>
+        <v>3652</v>
       </c>
       <c r="D394" t="s">
-        <v>3618</v>
+        <v>3653</v>
       </c>
       <c r="E394" t="s">
-        <v>3619</v>
+        <v>3654</v>
       </c>
       <c r="F394" t="s">
-        <v>3620</v>
+        <v>3655</v>
       </c>
       <c r="G394" t="s">
-        <v>3621</v>
+        <v>3656</v>
       </c>
       <c r="H394" t="s">
-        <v>3622</v>
+        <v>3657</v>
       </c>
       <c r="I394" t="s">
-        <v>3623</v>
+        <v>3658</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3624</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65031</v>
+        <v>58218</v>
       </c>
       <c r="B395" t="s">
-        <v>3625</v>
+        <v>3660</v>
       </c>
       <c r="C395" t="s">
-        <v>3626</v>
+        <v>3661</v>
       </c>
       <c r="D395" t="s">
-        <v>3627</v>
+        <v>3662</v>
       </c>
       <c r="E395" t="s">
-        <v>3628</v>
+        <v>3663</v>
       </c>
       <c r="F395" t="s">
-        <v>3629</v>
+        <v>3664</v>
       </c>
       <c r="G395" t="s">
-        <v>3630</v>
+        <v>3665</v>
       </c>
       <c r="H395" t="s">
-        <v>3631</v>
+        <v>3666</v>
       </c>
       <c r="I395" t="s">
-        <v>3632</v>
+        <v>3667</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3633</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65032</v>
+        <v>58223</v>
       </c>
       <c r="B396" t="s">
-        <v>3634</v>
+        <v>3669</v>
       </c>
       <c r="C396" t="s">
-        <v>3635</v>
+        <v>3670</v>
       </c>
       <c r="D396" t="s">
-        <v>3636</v>
+        <v>3671</v>
       </c>
       <c r="E396" t="s">
-        <v>3637</v>
+        <v>3672</v>
       </c>
       <c r="F396" t="s">
-        <v>3638</v>
+        <v>3673</v>
       </c>
       <c r="G396" t="s">
-        <v>3639</v>
+        <v>3674</v>
       </c>
       <c r="H396" t="s">
-        <v>3640</v>
+        <v>3675</v>
       </c>
       <c r="I396" t="s">
-        <v>3641</v>
+        <v>3676</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3642</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65033</v>
+        <v>58240</v>
       </c>
       <c r="B397" t="s">
-        <v>3643</v>
+        <v>3678</v>
       </c>
       <c r="C397" t="s">
-        <v>3644</v>
+        <v>3679</v>
       </c>
       <c r="D397" t="s">
-        <v>3645</v>
+        <v>3680</v>
       </c>
       <c r="E397" t="s">
-        <v>3646</v>
+        <v>3681</v>
       </c>
       <c r="F397" t="s">
-        <v>3647</v>
+        <v>3682</v>
       </c>
       <c r="G397" t="s">
-        <v>3648</v>
+        <v>3683</v>
       </c>
       <c r="H397" t="s">
-        <v>3649</v>
+        <v>3684</v>
       </c>
       <c r="I397" t="s">
-        <v>3650</v>
+        <v>3685</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>658</v>
+        <v>3686</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
+      <c r="M397" t="s">
+        <v>3687</v>
+      </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3651</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65034</v>
+        <v>58259</v>
       </c>
       <c r="B398" t="s">
-        <v>3652</v>
+        <v>3689</v>
       </c>
       <c r="C398" t="s">
-        <v>3653</v>
+        <v>3690</v>
       </c>
       <c r="D398" t="s">
-        <v>3654</v>
+        <v>3691</v>
       </c>
       <c r="E398" t="s">
-        <v>3655</v>
+        <v>3692</v>
       </c>
       <c r="F398" t="s">
-        <v>3656</v>
+        <v>3693</v>
       </c>
       <c r="G398" t="s">
-        <v>3657</v>
+        <v>3694</v>
       </c>
       <c r="H398" t="s">
-        <v>3658</v>
+        <v>3695</v>
       </c>
       <c r="I398" t="s">
-        <v>3659</v>
+        <v>3696</v>
       </c>
       <c r="J398" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>547</v>
+        <v>3697</v>
       </c>
       <c r="L398" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
+        <v>3698</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3660</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65035</v>
+        <v>64637</v>
       </c>
       <c r="B399" t="s">
-        <v>3661</v>
+        <v>3700</v>
       </c>
       <c r="C399" t="s">
-        <v>3662</v>
+        <v>3701</v>
       </c>
       <c r="D399" t="s">
-        <v>3663</v>
+        <v>3702</v>
       </c>
       <c r="E399" t="s">
-        <v>3664</v>
+        <v>3703</v>
       </c>
       <c r="F399" t="s">
-        <v>3665</v>
+        <v>3704</v>
       </c>
       <c r="G399" t="s">
-        <v>3666</v>
+        <v>3705</v>
       </c>
       <c r="H399" t="s">
-        <v>3667</v>
+        <v>3706</v>
       </c>
       <c r="I399" t="s">
-        <v>3668</v>
+        <v>3707</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3669</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65036</v>
+        <v>64643</v>
       </c>
       <c r="B400" t="s">
-        <v>3670</v>
+        <v>3709</v>
       </c>
       <c r="C400" t="s">
-        <v>3671</v>
+        <v>3710</v>
       </c>
       <c r="D400" t="s">
-        <v>3672</v>
+        <v>3711</v>
       </c>
       <c r="E400" t="s">
-        <v>3673</v>
+        <v>3712</v>
       </c>
       <c r="F400" t="s">
-        <v>3674</v>
+        <v>3713</v>
       </c>
       <c r="G400" t="s">
-        <v>3675</v>
+        <v>3714</v>
       </c>
       <c r="H400" t="s">
-        <v>3676</v>
+        <v>3715</v>
       </c>
       <c r="I400" t="s">
-        <v>3677</v>
+        <v>3716</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3678</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65037</v>
+        <v>64689</v>
       </c>
       <c r="B401" t="s">
-        <v>3679</v>
+        <v>3718</v>
       </c>
       <c r="C401" t="s">
-        <v>3680</v>
+        <v>3719</v>
       </c>
       <c r="D401" t="s">
-        <v>3681</v>
+        <v>3720</v>
       </c>
       <c r="E401" t="s">
-        <v>3682</v>
+        <v>3721</v>
       </c>
       <c r="F401" t="s">
-        <v>3683</v>
+        <v>3722</v>
       </c>
       <c r="G401" t="s">
-        <v>3684</v>
+        <v>3723</v>
       </c>
       <c r="H401" t="s">
-        <v>3685</v>
+        <v>3724</v>
       </c>
       <c r="I401" t="s">
-        <v>3686</v>
+        <v>3725</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3687</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65038</v>
+        <v>65000</v>
       </c>
       <c r="B402" t="s">
-        <v>3688</v>
+        <v>3727</v>
       </c>
       <c r="C402" t="s">
-        <v>3689</v>
+        <v>3728</v>
       </c>
       <c r="D402" t="s">
-        <v>3690</v>
+        <v>3729</v>
       </c>
       <c r="E402" t="s">
-        <v>3691</v>
+        <v>3730</v>
       </c>
       <c r="F402" t="s">
-        <v>3692</v>
+        <v>3731</v>
       </c>
       <c r="G402" t="s">
-        <v>3693</v>
+        <v>3732</v>
       </c>
       <c r="H402" t="s">
-        <v>3694</v>
+        <v>3733</v>
       </c>
       <c r="I402" t="s">
-        <v>3695</v>
+        <v>3734</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3696</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65039</v>
+        <v>65001</v>
       </c>
       <c r="B403" t="s">
-        <v>3697</v>
+        <v>3736</v>
       </c>
       <c r="C403" t="s">
-        <v>3698</v>
+        <v>3737</v>
       </c>
       <c r="D403" t="s">
-        <v>3699</v>
+        <v>3738</v>
       </c>
       <c r="E403" t="s">
-        <v>3700</v>
+        <v>3739</v>
       </c>
       <c r="F403" t="s">
-        <v>3701</v>
+        <v>3740</v>
       </c>
       <c r="G403" t="s">
-        <v>3702</v>
+        <v>3741</v>
       </c>
       <c r="H403" t="s">
-        <v>3703</v>
+        <v>3742</v>
       </c>
       <c r="I403" t="s">
-        <v>3704</v>
+        <v>3743</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3705</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65040</v>
+        <v>65002</v>
       </c>
       <c r="B404" t="s">
-        <v>3706</v>
+        <v>3745</v>
       </c>
       <c r="C404" t="s">
-        <v>3707</v>
+        <v>3746</v>
       </c>
       <c r="D404" t="s">
-        <v>3708</v>
+        <v>3747</v>
       </c>
       <c r="E404" t="s">
-        <v>3709</v>
+        <v>3748</v>
       </c>
       <c r="F404" t="s">
-        <v>3710</v>
+        <v>3749</v>
       </c>
       <c r="G404" t="s">
-        <v>3711</v>
+        <v>3750</v>
       </c>
       <c r="H404" t="s">
-        <v>3712</v>
+        <v>3751</v>
       </c>
       <c r="I404" t="s">
-        <v>3713</v>
+        <v>3752</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>844</v>
+        <v>25</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>845</v>
+        <v>27</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3714</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65043</v>
+        <v>65003</v>
       </c>
       <c r="B405" t="s">
-        <v>3715</v>
+        <v>3754</v>
       </c>
       <c r="C405" t="s">
-        <v>3716</v>
+        <v>3755</v>
       </c>
       <c r="D405" t="s">
-        <v>3717</v>
+        <v>3756</v>
       </c>
       <c r="E405" t="s">
-        <v>3718</v>
+        <v>3757</v>
       </c>
       <c r="F405" t="s">
-        <v>3719</v>
+        <v>3758</v>
       </c>
       <c r="G405" t="s">
-        <v>3720</v>
+        <v>3759</v>
       </c>
       <c r="H405" t="s">
-        <v>3721</v>
+        <v>3760</v>
       </c>
       <c r="I405" t="s">
-        <v>3722</v>
+        <v>3761</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3723</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65044</v>
+        <v>65004</v>
       </c>
       <c r="B406" t="s">
-        <v>3724</v>
+        <v>3763</v>
       </c>
       <c r="C406" t="s">
-        <v>3725</v>
+        <v>3764</v>
       </c>
       <c r="D406" t="s">
-        <v>3726</v>
+        <v>3765</v>
       </c>
       <c r="E406" t="s">
-        <v>3727</v>
+        <v>3766</v>
       </c>
       <c r="F406" t="s">
-        <v>3728</v>
+        <v>3767</v>
       </c>
       <c r="G406" t="s">
-        <v>3729</v>
+        <v>3768</v>
       </c>
       <c r="H406" t="s">
-        <v>3730</v>
+        <v>3769</v>
       </c>
       <c r="I406" t="s">
-        <v>3731</v>
+        <v>3770</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3732</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65045</v>
+        <v>65005</v>
       </c>
       <c r="B407" t="s">
-        <v>3733</v>
+        <v>3772</v>
       </c>
       <c r="C407" t="s">
-        <v>3734</v>
+        <v>3773</v>
       </c>
       <c r="D407" t="s">
-        <v>3735</v>
+        <v>3774</v>
       </c>
       <c r="E407" t="s">
-        <v>3736</v>
+        <v>3775</v>
       </c>
       <c r="F407" t="s">
-        <v>3737</v>
+        <v>3776</v>
       </c>
       <c r="G407" t="s">
-        <v>3738</v>
+        <v>3777</v>
       </c>
       <c r="H407" t="s">
-        <v>3739</v>
+        <v>3778</v>
       </c>
       <c r="I407" t="s">
-        <v>3740</v>
+        <v>3779</v>
       </c>
       <c r="J407" t="s">
-        <v>3741</v>
+        <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>3742</v>
+        <v>3780</v>
       </c>
       <c r="L407" t="s">
-        <v>3743</v>
+        <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>3744</v>
+        <v>3781</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3745</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65046</v>
+        <v>65006</v>
       </c>
       <c r="B408" t="s">
-        <v>3746</v>
+        <v>3783</v>
       </c>
       <c r="C408" t="s">
-        <v>3747</v>
+        <v>3784</v>
       </c>
       <c r="D408" t="s">
-        <v>3748</v>
+        <v>3785</v>
       </c>
       <c r="E408" t="s">
-        <v>3749</v>
+        <v>3786</v>
       </c>
       <c r="F408" t="s">
-        <v>3750</v>
+        <v>3787</v>
       </c>
       <c r="G408" t="s">
-        <v>3751</v>
+        <v>3788</v>
       </c>
       <c r="H408" t="s">
-        <v>3752</v>
+        <v>3789</v>
       </c>
       <c r="I408" t="s">
-        <v>3753</v>
+        <v>3790</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>47</v>
+        <v>3791</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>48</v>
+        <v>3792</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3754</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65047</v>
+        <v>65007</v>
       </c>
       <c r="B409" t="s">
-        <v>3755</v>
+        <v>3794</v>
       </c>
       <c r="C409" t="s">
-        <v>3756</v>
+        <v>3795</v>
       </c>
       <c r="D409" t="s">
-        <v>3757</v>
+        <v>3796</v>
       </c>
       <c r="E409" t="s">
-        <v>3758</v>
+        <v>3797</v>
       </c>
       <c r="F409" t="s">
-        <v>3759</v>
+        <v>3798</v>
       </c>
       <c r="G409" t="s">
-        <v>3760</v>
+        <v>3799</v>
       </c>
       <c r="H409" t="s">
-        <v>3761</v>
+        <v>3800</v>
       </c>
       <c r="I409" t="s">
-        <v>3762</v>
+        <v>3801</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>3742</v>
+        <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>3744</v>
+        <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3763</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65049</v>
+        <v>65008</v>
       </c>
       <c r="B410" t="s">
-        <v>3764</v>
+        <v>3803</v>
       </c>
       <c r="C410" t="s">
-        <v>3765</v>
+        <v>3804</v>
       </c>
       <c r="D410" t="s">
-        <v>3766</v>
+        <v>3805</v>
       </c>
       <c r="E410" t="s">
-        <v>3767</v>
+        <v>3806</v>
       </c>
       <c r="F410" t="s">
-        <v>3768</v>
+        <v>3807</v>
       </c>
       <c r="G410" t="s">
-        <v>3769</v>
+        <v>3808</v>
       </c>
       <c r="H410" t="s">
-        <v>3770</v>
+        <v>3809</v>
       </c>
       <c r="I410" t="s">
-        <v>3771</v>
+        <v>3810</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>456</v>
+        <v>170</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
+      <c r="M410" t="s">
+        <v>171</v>
+      </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3772</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65050</v>
+        <v>65009</v>
       </c>
       <c r="B411" t="s">
-        <v>3773</v>
+        <v>3812</v>
       </c>
       <c r="C411" t="s">
-        <v>3774</v>
+        <v>3813</v>
       </c>
       <c r="D411" t="s">
-        <v>3775</v>
+        <v>3814</v>
       </c>
       <c r="E411" t="s">
-        <v>3776</v>
+        <v>3815</v>
       </c>
       <c r="F411" t="s">
-        <v>3777</v>
+        <v>3816</v>
       </c>
       <c r="G411" t="s">
-        <v>3778</v>
+        <v>3817</v>
       </c>
       <c r="H411" t="s">
-        <v>3779</v>
+        <v>3818</v>
       </c>
       <c r="I411" t="s">
-        <v>3780</v>
+        <v>3819</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3781</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65051</v>
+        <v>65010</v>
       </c>
       <c r="B412" t="s">
-        <v>3782</v>
+        <v>3821</v>
       </c>
       <c r="C412" t="s">
-        <v>3783</v>
+        <v>3822</v>
       </c>
       <c r="D412" t="s">
-        <v>3784</v>
+        <v>3823</v>
       </c>
       <c r="E412" t="s">
-        <v>3785</v>
+        <v>3824</v>
       </c>
       <c r="F412" t="s">
-        <v>3786</v>
+        <v>3825</v>
       </c>
       <c r="G412" t="s">
-        <v>3787</v>
+        <v>3826</v>
       </c>
       <c r="H412" t="s">
-        <v>3788</v>
+        <v>3827</v>
       </c>
       <c r="I412" t="s">
-        <v>3789</v>
+        <v>3828</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>714</v>
+        <v>25</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>715</v>
+        <v>27</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3790</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65053</v>
+        <v>65011</v>
       </c>
       <c r="B413" t="s">
-        <v>3791</v>
+        <v>3830</v>
       </c>
       <c r="C413" t="s">
-        <v>3792</v>
+        <v>3831</v>
       </c>
       <c r="D413" t="s">
-        <v>3793</v>
+        <v>3832</v>
       </c>
       <c r="E413" t="s">
-        <v>3794</v>
+        <v>3833</v>
       </c>
       <c r="F413" t="s">
-        <v>3795</v>
+        <v>3834</v>
       </c>
       <c r="G413" t="s">
-        <v>3796</v>
+        <v>3835</v>
       </c>
       <c r="H413" t="s">
-        <v>3797</v>
+        <v>3836</v>
       </c>
       <c r="I413" t="s">
-        <v>3798</v>
+        <v>3837</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3799</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65054</v>
+        <v>65012</v>
       </c>
       <c r="B414" t="s">
-        <v>3800</v>
+        <v>3839</v>
       </c>
       <c r="C414" t="s">
-        <v>3801</v>
+        <v>3840</v>
       </c>
       <c r="D414" t="s">
-        <v>3802</v>
+        <v>3841</v>
       </c>
       <c r="E414" t="s">
-        <v>3803</v>
+        <v>3842</v>
       </c>
       <c r="F414" t="s">
-        <v>3804</v>
+        <v>3843</v>
       </c>
       <c r="G414" t="s">
-        <v>3805</v>
+        <v>3844</v>
       </c>
       <c r="H414" t="s">
-        <v>3806</v>
+        <v>3845</v>
       </c>
       <c r="I414" t="s">
-        <v>3807</v>
+        <v>3846</v>
       </c>
       <c r="J414" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>3808</v>
+        <v>3847</v>
       </c>
       <c r="L414" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M414" t="s">
+        <v>3848</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3809</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65055</v>
+        <v>65013</v>
       </c>
       <c r="B415" t="s">
-        <v>3810</v>
+        <v>3850</v>
       </c>
       <c r="C415" t="s">
-        <v>3811</v>
+        <v>3851</v>
       </c>
       <c r="D415" t="s">
-        <v>3812</v>
+        <v>3852</v>
       </c>
       <c r="E415" t="s">
-        <v>3813</v>
+        <v>3853</v>
       </c>
       <c r="F415" t="s">
-        <v>3814</v>
+        <v>3854</v>
       </c>
       <c r="G415" t="s">
-        <v>3815</v>
+        <v>3855</v>
       </c>
       <c r="H415" t="s">
-        <v>3816</v>
+        <v>3856</v>
       </c>
       <c r="I415" t="s">
-        <v>3817</v>
+        <v>3857</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>547</v>
+        <v>25</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
+      <c r="M415" t="s">
+        <v>27</v>
+      </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3818</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65057</v>
+        <v>65014</v>
       </c>
       <c r="B416" t="s">
-        <v>3819</v>
+        <v>3859</v>
       </c>
       <c r="C416" t="s">
-        <v>3820</v>
+        <v>3860</v>
       </c>
       <c r="D416" t="s">
-        <v>3821</v>
+        <v>3861</v>
       </c>
       <c r="E416" t="s">
-        <v>3822</v>
+        <v>3862</v>
       </c>
       <c r="F416" t="s">
-        <v>3823</v>
+        <v>3863</v>
       </c>
       <c r="G416" t="s">
-        <v>3824</v>
+        <v>3864</v>
       </c>
       <c r="H416" t="s">
-        <v>3825</v>
+        <v>3865</v>
       </c>
       <c r="I416" t="s">
-        <v>3826</v>
+        <v>3866</v>
       </c>
       <c r="J416" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K416" t="s">
-        <v>251</v>
+        <v>672</v>
       </c>
       <c r="L416" t="s">
-        <v>26</v>
+        <v>443</v>
+      </c>
+      <c r="M416" t="s">
+        <v>673</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3827</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65058</v>
+        <v>65015</v>
       </c>
       <c r="B417" t="s">
-        <v>3828</v>
+        <v>3868</v>
       </c>
       <c r="C417" t="s">
-        <v>3829</v>
+        <v>3869</v>
       </c>
       <c r="D417" t="s">
-        <v>3830</v>
+        <v>3870</v>
       </c>
       <c r="E417" t="s">
-        <v>3831</v>
+        <v>3871</v>
       </c>
       <c r="F417" t="s">
-        <v>3832</v>
+        <v>3872</v>
       </c>
       <c r="G417" t="s">
-        <v>3833</v>
+        <v>3873</v>
       </c>
       <c r="H417" t="s">
-        <v>3834</v>
+        <v>3874</v>
       </c>
       <c r="I417" t="s">
-        <v>3835</v>
+        <v>3875</v>
       </c>
       <c r="J417" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>647</v>
+        <v>170</v>
       </c>
       <c r="L417" t="s">
-        <v>419</v>
+        <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>648</v>
+        <v>171</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3836</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65059</v>
+        <v>65016</v>
       </c>
       <c r="B418" t="s">
-        <v>3837</v>
+        <v>3877</v>
       </c>
       <c r="C418" t="s">
-        <v>3838</v>
+        <v>3878</v>
       </c>
       <c r="D418" t="s">
-        <v>3839</v>
+        <v>3879</v>
       </c>
       <c r="E418" t="s">
-        <v>3840</v>
+        <v>3880</v>
       </c>
       <c r="F418" t="s">
-        <v>3841</v>
+        <v>3881</v>
       </c>
       <c r="G418" t="s">
-        <v>3842</v>
+        <v>3882</v>
       </c>
       <c r="H418" t="s">
-        <v>3843</v>
+        <v>3883</v>
       </c>
       <c r="I418" t="s">
-        <v>3844</v>
+        <v>3884</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3845</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65060</v>
+        <v>65017</v>
       </c>
       <c r="B419" t="s">
-        <v>3846</v>
+        <v>3886</v>
       </c>
       <c r="C419" t="s">
-        <v>3847</v>
+        <v>3887</v>
       </c>
       <c r="D419" t="s">
-        <v>3848</v>
+        <v>3888</v>
       </c>
       <c r="E419" t="s">
-        <v>3849</v>
+        <v>3889</v>
       </c>
       <c r="F419" t="s">
-        <v>3850</v>
+        <v>3890</v>
       </c>
       <c r="G419" t="s">
-        <v>3851</v>
+        <v>3891</v>
       </c>
       <c r="H419" t="s">
-        <v>3852</v>
+        <v>3892</v>
       </c>
       <c r="I419" t="s">
-        <v>3853</v>
+        <v>3893</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>47</v>
+        <v>3894</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>48</v>
+        <v>3895</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3854</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65061</v>
+        <v>65018</v>
       </c>
       <c r="B420" t="s">
-        <v>3855</v>
+        <v>3897</v>
       </c>
       <c r="C420" t="s">
-        <v>3856</v>
+        <v>3898</v>
       </c>
       <c r="D420" t="s">
-        <v>3857</v>
+        <v>3899</v>
       </c>
       <c r="E420" t="s">
-        <v>3858</v>
+        <v>3900</v>
       </c>
       <c r="F420" t="s">
-        <v>3859</v>
+        <v>3901</v>
       </c>
       <c r="G420" t="s">
-        <v>3860</v>
+        <v>3902</v>
       </c>
       <c r="H420" t="s">
-        <v>3861</v>
+        <v>3903</v>
       </c>
       <c r="I420" t="s">
-        <v>3862</v>
+        <v>3904</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>844</v>
+        <v>3905</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>845</v>
+        <v>3906</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3863</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65062</v>
+        <v>65019</v>
       </c>
       <c r="B421" t="s">
-        <v>3864</v>
+        <v>3908</v>
       </c>
       <c r="C421" t="s">
-        <v>3865</v>
+        <v>3909</v>
       </c>
       <c r="D421" t="s">
-        <v>3866</v>
+        <v>3910</v>
       </c>
       <c r="E421" t="s">
-        <v>3867</v>
+        <v>3911</v>
       </c>
       <c r="F421" t="s">
-        <v>3868</v>
+        <v>3912</v>
       </c>
       <c r="G421" t="s">
-        <v>3869</v>
+        <v>3913</v>
       </c>
       <c r="H421" t="s">
-        <v>3870</v>
+        <v>3914</v>
       </c>
       <c r="I421" t="s">
-        <v>3871</v>
+        <v>3915</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3872</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65063</v>
+        <v>65020</v>
       </c>
       <c r="B422" t="s">
-        <v>3873</v>
+        <v>3917</v>
       </c>
       <c r="C422" t="s">
-        <v>3874</v>
+        <v>3918</v>
       </c>
       <c r="D422" t="s">
-        <v>3875</v>
+        <v>3919</v>
       </c>
       <c r="E422" t="s">
-        <v>3876</v>
+        <v>3920</v>
       </c>
       <c r="F422" t="s">
-        <v>3877</v>
+        <v>3921</v>
       </c>
       <c r="G422" t="s">
-        <v>3878</v>
+        <v>3922</v>
       </c>
       <c r="H422" t="s">
-        <v>3879</v>
+        <v>3923</v>
       </c>
       <c r="I422" t="s">
-        <v>3880</v>
+        <v>3924</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>1038</v>
+        <v>3925</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
+      <c r="M422" t="s">
+        <v>3926</v>
+      </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3881</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65068</v>
+        <v>65021</v>
       </c>
       <c r="B423" t="s">
-        <v>3882</v>
+        <v>3928</v>
       </c>
       <c r="C423" t="s">
-        <v>3883</v>
+        <v>3929</v>
       </c>
       <c r="D423" t="s">
-        <v>3884</v>
+        <v>3930</v>
       </c>
       <c r="E423" t="s">
-        <v>3885</v>
+        <v>3931</v>
       </c>
       <c r="F423" t="s">
-        <v>3886</v>
+        <v>3932</v>
       </c>
       <c r="G423" t="s">
-        <v>3887</v>
+        <v>3933</v>
       </c>
       <c r="H423" t="s">
-        <v>3888</v>
+        <v>3934</v>
       </c>
       <c r="I423" t="s">
-        <v>3889</v>
+        <v>3935</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>25</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>27</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3890</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65069</v>
+        <v>65022</v>
       </c>
       <c r="B424" t="s">
-        <v>3891</v>
+        <v>3937</v>
       </c>
       <c r="C424" t="s">
-        <v>3892</v>
+        <v>3938</v>
       </c>
       <c r="D424" t="s">
-        <v>3893</v>
+        <v>3939</v>
       </c>
       <c r="E424" t="s">
-        <v>3894</v>
+        <v>3940</v>
       </c>
       <c r="F424" t="s">
-        <v>3895</v>
+        <v>3941</v>
       </c>
       <c r="G424" t="s">
-        <v>3896</v>
+        <v>3942</v>
       </c>
       <c r="H424" t="s">
-        <v>3897</v>
+        <v>3943</v>
       </c>
       <c r="I424" t="s">
-        <v>3898</v>
+        <v>3944</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3899</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65071</v>
+        <v>65023</v>
       </c>
       <c r="B425" t="s">
-        <v>3900</v>
+        <v>3946</v>
       </c>
       <c r="C425" t="s">
-        <v>3901</v>
+        <v>3947</v>
       </c>
       <c r="D425" t="s">
-        <v>3902</v>
+        <v>3948</v>
       </c>
       <c r="E425" t="s">
-        <v>3903</v>
+        <v>3949</v>
       </c>
       <c r="F425" t="s">
-        <v>3904</v>
+        <v>3950</v>
       </c>
       <c r="G425" t="s">
-        <v>3905</v>
+        <v>3951</v>
       </c>
       <c r="H425" t="s">
-        <v>3906</v>
+        <v>3952</v>
       </c>
       <c r="I425" t="s">
-        <v>3907</v>
+        <v>3953</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
         <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
         <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3908</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65073</v>
+        <v>65025</v>
       </c>
       <c r="B426" t="s">
-        <v>3909</v>
+        <v>3955</v>
       </c>
       <c r="C426" t="s">
-        <v>3910</v>
+        <v>3956</v>
       </c>
       <c r="D426" t="s">
-        <v>3911</v>
+        <v>3957</v>
       </c>
       <c r="E426" t="s">
-        <v>3912</v>
+        <v>3958</v>
       </c>
       <c r="F426" t="s">
-        <v>3913</v>
+        <v>3959</v>
       </c>
       <c r="G426" t="s">
-        <v>3914</v>
+        <v>3960</v>
       </c>
       <c r="H426" t="s">
-        <v>3915</v>
+        <v>3961</v>
       </c>
       <c r="I426" t="s">
-        <v>3916</v>
+        <v>3962</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3917</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65074</v>
+        <v>65026</v>
       </c>
       <c r="B427" t="s">
-        <v>3918</v>
+        <v>3964</v>
       </c>
       <c r="C427" t="s">
-        <v>3919</v>
+        <v>3965</v>
       </c>
       <c r="D427" t="s">
-        <v>3920</v>
+        <v>3966</v>
       </c>
       <c r="E427" t="s">
-        <v>3921</v>
+        <v>3967</v>
       </c>
       <c r="F427" t="s">
-        <v>3922</v>
+        <v>3968</v>
       </c>
       <c r="G427" t="s">
-        <v>3923</v>
+        <v>3969</v>
       </c>
       <c r="H427" t="s">
-        <v>3924</v>
+        <v>3970</v>
       </c>
       <c r="I427" t="s">
-        <v>3925</v>
+        <v>3971</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>3926</v>
+        <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
+      <c r="M427" t="s">
+        <v>27</v>
+      </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3927</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65075</v>
+        <v>65027</v>
       </c>
       <c r="B428" t="s">
-        <v>3928</v>
+        <v>3973</v>
       </c>
       <c r="C428" t="s">
-        <v>3929</v>
+        <v>3974</v>
       </c>
       <c r="D428" t="s">
-        <v>3930</v>
+        <v>3975</v>
       </c>
       <c r="E428" t="s">
-        <v>3931</v>
+        <v>3976</v>
       </c>
       <c r="F428" t="s">
-        <v>3932</v>
+        <v>3977</v>
       </c>
       <c r="G428" t="s">
-        <v>3933</v>
+        <v>3978</v>
       </c>
       <c r="H428" t="s">
-        <v>3934</v>
+        <v>3979</v>
       </c>
       <c r="I428" t="s">
-        <v>3935</v>
+        <v>3980</v>
       </c>
       <c r="J428" t="s">
-        <v>417</v>
+        <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="L428" t="s">
-        <v>419</v>
+        <v>26</v>
+      </c>
+      <c r="M428" t="s">
+        <v>673</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3936</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65076</v>
+        <v>65028</v>
       </c>
       <c r="B429" t="s">
-        <v>3937</v>
+        <v>3982</v>
       </c>
       <c r="C429" t="s">
-        <v>3938</v>
+        <v>3983</v>
       </c>
       <c r="D429" t="s">
-        <v>3939</v>
+        <v>3984</v>
       </c>
       <c r="E429" t="s">
-        <v>3940</v>
+        <v>3985</v>
       </c>
       <c r="F429" t="s">
-        <v>3941</v>
+        <v>3986</v>
       </c>
       <c r="G429" t="s">
-        <v>3942</v>
+        <v>3987</v>
       </c>
       <c r="H429" t="s">
-        <v>3943</v>
+        <v>3988</v>
       </c>
       <c r="I429" t="s">
-        <v>3944</v>
+        <v>3989</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3945</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65077</v>
+        <v>65030</v>
       </c>
       <c r="B430" t="s">
-        <v>3946</v>
+        <v>3991</v>
       </c>
       <c r="C430" t="s">
-        <v>3947</v>
+        <v>3992</v>
       </c>
       <c r="D430" t="s">
-        <v>3948</v>
+        <v>3993</v>
       </c>
       <c r="E430" t="s">
-        <v>3949</v>
+        <v>3994</v>
       </c>
       <c r="F430" t="s">
-        <v>3950</v>
+        <v>3995</v>
       </c>
       <c r="G430" t="s">
-        <v>3951</v>
+        <v>3996</v>
       </c>
       <c r="H430" t="s">
-        <v>3952</v>
+        <v>3997</v>
       </c>
       <c r="I430" t="s">
-        <v>3953</v>
+        <v>3998</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>714</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>715</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3954</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65080</v>
+        <v>65031</v>
       </c>
       <c r="B431" t="s">
-        <v>3955</v>
+        <v>4000</v>
       </c>
       <c r="C431" t="s">
-        <v>3956</v>
+        <v>4001</v>
       </c>
       <c r="D431" t="s">
-        <v>3957</v>
+        <v>4002</v>
       </c>
       <c r="E431" t="s">
-        <v>3958</v>
+        <v>4003</v>
       </c>
       <c r="F431" t="s">
-        <v>3959</v>
+        <v>4004</v>
       </c>
       <c r="G431" t="s">
-        <v>3960</v>
+        <v>4005</v>
       </c>
       <c r="H431" t="s">
-        <v>3961</v>
+        <v>4006</v>
       </c>
       <c r="I431" t="s">
-        <v>3962</v>
+        <v>4007</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>3963</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65081</v>
+        <v>65032</v>
       </c>
       <c r="B432" t="s">
-        <v>3964</v>
+        <v>4009</v>
       </c>
       <c r="C432" t="s">
-        <v>3965</v>
+        <v>4010</v>
       </c>
       <c r="D432" t="s">
-        <v>3966</v>
+        <v>4011</v>
       </c>
       <c r="E432" t="s">
-        <v>3967</v>
+        <v>4012</v>
       </c>
       <c r="F432" t="s">
-        <v>3968</v>
+        <v>4013</v>
       </c>
       <c r="G432" t="s">
-        <v>3969</v>
+        <v>4014</v>
       </c>
       <c r="H432" t="s">
-        <v>3970</v>
+        <v>4015</v>
       </c>
       <c r="I432" t="s">
-        <v>3971</v>
+        <v>4016</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>3972</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65082</v>
+        <v>65033</v>
       </c>
       <c r="B433" t="s">
-        <v>3973</v>
+        <v>4018</v>
       </c>
       <c r="C433" t="s">
-        <v>3974</v>
+        <v>4019</v>
       </c>
       <c r="D433" t="s">
-        <v>3975</v>
+        <v>4020</v>
       </c>
       <c r="E433" t="s">
-        <v>3976</v>
+        <v>4021</v>
       </c>
       <c r="F433" t="s">
-        <v>3977</v>
+        <v>4022</v>
       </c>
       <c r="G433" t="s">
-        <v>3978</v>
+        <v>4023</v>
       </c>
       <c r="H433" t="s">
-        <v>3979</v>
+        <v>4024</v>
       </c>
       <c r="I433" t="s">
-        <v>3980</v>
+        <v>4025</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>47</v>
+        <v>683</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>48</v>
+        <v>4026</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>3981</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65083</v>
+        <v>65034</v>
       </c>
       <c r="B434" t="s">
-        <v>3982</v>
+        <v>4028</v>
       </c>
       <c r="C434" t="s">
-        <v>3983</v>
+        <v>4029</v>
       </c>
       <c r="D434" t="s">
-        <v>3984</v>
+        <v>4030</v>
       </c>
       <c r="E434" t="s">
-        <v>3985</v>
+        <v>4031</v>
       </c>
       <c r="F434" t="s">
-        <v>3986</v>
+        <v>4032</v>
       </c>
       <c r="G434" t="s">
-        <v>3987</v>
+        <v>4033</v>
       </c>
       <c r="H434" t="s">
-        <v>3988</v>
+        <v>4034</v>
       </c>
       <c r="I434" t="s">
-        <v>3989</v>
+        <v>4035</v>
       </c>
       <c r="J434" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K434" t="s">
-        <v>148</v>
+        <v>571</v>
       </c>
       <c r="L434" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M434" t="s">
-        <v>149</v>
+        <v>572</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>3990</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65084</v>
+        <v>65035</v>
       </c>
       <c r="B435" t="s">
-        <v>3991</v>
+        <v>4037</v>
       </c>
       <c r="C435" t="s">
-        <v>3992</v>
+        <v>4038</v>
       </c>
       <c r="D435" t="s">
-        <v>3993</v>
+        <v>4039</v>
       </c>
       <c r="E435" t="s">
-        <v>3994</v>
+        <v>4040</v>
       </c>
       <c r="F435" t="s">
-        <v>3995</v>
+        <v>4041</v>
       </c>
       <c r="G435" t="s">
-        <v>3996</v>
+        <v>4042</v>
       </c>
       <c r="H435" t="s">
-        <v>3997</v>
+        <v>4043</v>
       </c>
       <c r="I435" t="s">
-        <v>3998</v>
+        <v>4044</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>3999</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65085</v>
+        <v>65036</v>
       </c>
       <c r="B436" t="s">
-        <v>4000</v>
+        <v>4046</v>
       </c>
       <c r="C436" t="s">
-        <v>4001</v>
+        <v>4047</v>
       </c>
       <c r="D436" t="s">
-        <v>4002</v>
+        <v>4048</v>
       </c>
       <c r="E436" t="s">
-        <v>4003</v>
+        <v>4049</v>
       </c>
       <c r="F436" t="s">
-        <v>4004</v>
+        <v>4050</v>
       </c>
       <c r="G436" t="s">
-        <v>4005</v>
+        <v>4051</v>
       </c>
       <c r="H436" t="s">
-        <v>4006</v>
+        <v>4052</v>
       </c>
       <c r="I436" t="s">
-        <v>4007</v>
+        <v>4053</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>547</v>
+        <v>25</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
+      <c r="M436" t="s">
+        <v>27</v>
+      </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4008</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65086</v>
+        <v>65037</v>
       </c>
       <c r="B437" t="s">
-        <v>4009</v>
+        <v>4055</v>
       </c>
       <c r="C437" t="s">
-        <v>4010</v>
+        <v>4056</v>
       </c>
       <c r="D437" t="s">
-        <v>4011</v>
+        <v>4057</v>
       </c>
       <c r="E437" t="s">
-        <v>4012</v>
+        <v>4058</v>
       </c>
       <c r="F437" t="s">
-        <v>4013</v>
+        <v>4059</v>
       </c>
       <c r="G437" t="s">
-        <v>4014</v>
+        <v>4060</v>
       </c>
       <c r="H437" t="s">
-        <v>4015</v>
+        <v>4061</v>
       </c>
       <c r="I437" t="s">
-        <v>4016</v>
+        <v>4062</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>148</v>
+        <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4017</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65087</v>
+        <v>65038</v>
       </c>
       <c r="B438" t="s">
-        <v>4018</v>
+        <v>4064</v>
       </c>
       <c r="C438" t="s">
-        <v>4019</v>
+        <v>4065</v>
       </c>
       <c r="D438" t="s">
-        <v>4020</v>
+        <v>4066</v>
       </c>
       <c r="E438" t="s">
-        <v>4021</v>
+        <v>4067</v>
       </c>
       <c r="F438" t="s">
-        <v>4022</v>
+        <v>4068</v>
       </c>
       <c r="G438" t="s">
-        <v>4023</v>
+        <v>4069</v>
       </c>
       <c r="H438" t="s">
-        <v>4024</v>
+        <v>4070</v>
       </c>
       <c r="I438" t="s">
-        <v>4025</v>
+        <v>4071</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>149</v>
+        <v>171</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4026</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65088</v>
+        <v>65039</v>
       </c>
       <c r="B439" t="s">
-        <v>4027</v>
+        <v>4073</v>
       </c>
       <c r="C439" t="s">
-        <v>4028</v>
+        <v>4074</v>
       </c>
       <c r="D439" t="s">
-        <v>4029</v>
+        <v>4075</v>
       </c>
       <c r="E439" t="s">
-        <v>4030</v>
+        <v>4076</v>
       </c>
       <c r="F439" t="s">
-        <v>4031</v>
+        <v>4077</v>
       </c>
       <c r="G439" t="s">
-        <v>4032</v>
+        <v>4078</v>
       </c>
       <c r="H439" t="s">
-        <v>4033</v>
+        <v>4079</v>
       </c>
       <c r="I439" t="s">
-        <v>4034</v>
+        <v>4080</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4035</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65089</v>
+        <v>65040</v>
       </c>
       <c r="B440" t="s">
-        <v>4036</v>
+        <v>4082</v>
       </c>
       <c r="C440" t="s">
-        <v>4037</v>
+        <v>4083</v>
       </c>
       <c r="D440" t="s">
-        <v>4038</v>
+        <v>4084</v>
       </c>
       <c r="E440" t="s">
-        <v>4039</v>
+        <v>4085</v>
       </c>
       <c r="F440" t="s">
-        <v>4040</v>
+        <v>4086</v>
       </c>
       <c r="G440" t="s">
-        <v>4041</v>
+        <v>4087</v>
       </c>
       <c r="H440" t="s">
-        <v>4042</v>
+        <v>4088</v>
       </c>
       <c r="I440" t="s">
-        <v>4043</v>
+        <v>4089</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4044</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65090</v>
+        <v>65043</v>
       </c>
       <c r="B441" t="s">
-        <v>4045</v>
+        <v>4091</v>
       </c>
       <c r="C441" t="s">
-        <v>4046</v>
+        <v>4092</v>
       </c>
       <c r="D441" t="s">
-        <v>4047</v>
+        <v>4093</v>
       </c>
       <c r="E441" t="s">
-        <v>4048</v>
+        <v>4094</v>
       </c>
       <c r="F441" t="s">
-        <v>4049</v>
+        <v>4095</v>
       </c>
       <c r="G441" t="s">
-        <v>4050</v>
+        <v>4096</v>
       </c>
       <c r="H441" t="s">
-        <v>4051</v>
+        <v>4097</v>
       </c>
       <c r="I441" t="s">
-        <v>4052</v>
+        <v>4098</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
         <v>25</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
         <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4053</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65091</v>
+        <v>65044</v>
       </c>
       <c r="B442" t="s">
-        <v>4054</v>
+        <v>4100</v>
       </c>
       <c r="C442" t="s">
-        <v>4055</v>
+        <v>4101</v>
       </c>
       <c r="D442" t="s">
-        <v>4056</v>
+        <v>4102</v>
       </c>
       <c r="E442" t="s">
-        <v>4057</v>
+        <v>4103</v>
       </c>
       <c r="F442" t="s">
-        <v>4058</v>
+        <v>4104</v>
       </c>
       <c r="G442" t="s">
-        <v>4059</v>
+        <v>4105</v>
       </c>
       <c r="H442" t="s">
-        <v>4060</v>
+        <v>4106</v>
       </c>
       <c r="I442" t="s">
-        <v>4061</v>
+        <v>4107</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
         <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
         <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4062</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65092</v>
+        <v>65045</v>
       </c>
       <c r="B443" t="s">
-        <v>4063</v>
+        <v>4109</v>
       </c>
       <c r="C443" t="s">
-        <v>4064</v>
+        <v>4110</v>
       </c>
       <c r="D443" t="s">
-        <v>4065</v>
+        <v>4111</v>
       </c>
       <c r="E443" t="s">
-        <v>4066</v>
+        <v>4112</v>
       </c>
       <c r="F443" t="s">
-        <v>4067</v>
+        <v>4113</v>
       </c>
       <c r="G443" t="s">
-        <v>4068</v>
+        <v>4114</v>
       </c>
       <c r="H443" t="s">
-        <v>4069</v>
+        <v>4115</v>
       </c>
       <c r="I443" t="s">
-        <v>4070</v>
+        <v>4116</v>
       </c>
       <c r="J443" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K443" t="s">
-        <v>148</v>
+        <v>4117</v>
       </c>
       <c r="L443" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M443" t="s">
-        <v>149</v>
+        <v>4118</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
-        <v>4071</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65093</v>
+        <v>65046</v>
       </c>
       <c r="B444" t="s">
-        <v>4072</v>
+        <v>4120</v>
       </c>
       <c r="C444" t="s">
-        <v>4073</v>
+        <v>4121</v>
       </c>
       <c r="D444" t="s">
-        <v>4074</v>
+        <v>4122</v>
       </c>
       <c r="E444" t="s">
-        <v>4075</v>
+        <v>4123</v>
       </c>
       <c r="F444" t="s">
-        <v>4076</v>
+        <v>4124</v>
       </c>
       <c r="G444" t="s">
-        <v>4077</v>
+        <v>4125</v>
       </c>
       <c r="H444" t="s">
-        <v>4078</v>
+        <v>4126</v>
       </c>
       <c r="I444" t="s">
-        <v>4079</v>
+        <v>4127</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4080</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65094</v>
+        <v>65047</v>
       </c>
       <c r="B445" t="s">
-        <v>4081</v>
+        <v>4129</v>
       </c>
       <c r="C445" t="s">
-        <v>4082</v>
+        <v>4130</v>
       </c>
       <c r="D445" t="s">
-        <v>4083</v>
+        <v>4131</v>
       </c>
       <c r="E445" t="s">
-        <v>4084</v>
+        <v>4132</v>
       </c>
       <c r="F445" t="s">
-        <v>4085</v>
+        <v>4133</v>
       </c>
       <c r="G445" t="s">
-        <v>4086</v>
+        <v>4134</v>
       </c>
       <c r="H445" t="s">
-        <v>4087</v>
+        <v>4135</v>
       </c>
       <c r="I445" t="s">
-        <v>4088</v>
+        <v>4136</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>4089</v>
+        <v>4117</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
+      <c r="M445" t="s">
+        <v>4118</v>
+      </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4090</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65095</v>
+        <v>65049</v>
       </c>
       <c r="B446" t="s">
-        <v>4091</v>
+        <v>4138</v>
       </c>
       <c r="C446" t="s">
-        <v>4092</v>
+        <v>4139</v>
       </c>
       <c r="D446" t="s">
-        <v>4093</v>
+        <v>4140</v>
       </c>
       <c r="E446" t="s">
-        <v>4094</v>
+        <v>4141</v>
       </c>
       <c r="F446" t="s">
-        <v>4095</v>
+        <v>4142</v>
       </c>
       <c r="G446" t="s">
-        <v>4096</v>
+        <v>4143</v>
       </c>
       <c r="H446" t="s">
-        <v>4097</v>
+        <v>4144</v>
       </c>
       <c r="I446" t="s">
-        <v>4098</v>
+        <v>4145</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>714</v>
+        <v>59</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>715</v>
+        <v>61</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4099</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65096</v>
+        <v>65050</v>
       </c>
       <c r="B447" t="s">
-        <v>4100</v>
+        <v>4147</v>
       </c>
       <c r="C447" t="s">
-        <v>4101</v>
+        <v>4148</v>
       </c>
       <c r="D447" t="s">
-        <v>4102</v>
+        <v>4149</v>
       </c>
       <c r="E447" t="s">
-        <v>4103</v>
+        <v>4150</v>
       </c>
       <c r="F447" t="s">
-        <v>4104</v>
+        <v>4151</v>
       </c>
       <c r="G447" t="s">
-        <v>4105</v>
+        <v>4152</v>
       </c>
       <c r="H447" t="s">
-        <v>4106</v>
+        <v>4153</v>
       </c>
       <c r="I447" t="s">
-        <v>4107</v>
+        <v>4154</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
         <v>25</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
         <v>27</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4108</v>
+        <v>4155</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65097</v>
+        <v>65051</v>
       </c>
       <c r="B448" t="s">
-        <v>4109</v>
+        <v>4156</v>
       </c>
       <c r="C448" t="s">
-        <v>4110</v>
+        <v>4157</v>
       </c>
       <c r="D448" t="s">
-        <v>4111</v>
+        <v>4158</v>
       </c>
       <c r="E448" t="s">
-        <v>4112</v>
+        <v>4159</v>
       </c>
       <c r="F448" t="s">
-        <v>4113</v>
+        <v>4160</v>
       </c>
       <c r="G448" t="s">
-        <v>4114</v>
+        <v>4161</v>
       </c>
       <c r="H448" t="s">
-        <v>4115</v>
+        <v>4162</v>
       </c>
       <c r="I448" t="s">
-        <v>4116</v>
+        <v>4163</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>148</v>
+        <v>739</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>149</v>
+        <v>740</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4117</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65098</v>
+        <v>65053</v>
       </c>
       <c r="B449" t="s">
-        <v>4118</v>
+        <v>4165</v>
       </c>
       <c r="C449" t="s">
-        <v>4119</v>
+        <v>4166</v>
       </c>
       <c r="D449" t="s">
-        <v>4120</v>
+        <v>4167</v>
       </c>
       <c r="E449" t="s">
-        <v>4121</v>
+        <v>4168</v>
       </c>
       <c r="F449" t="s">
-        <v>4122</v>
+        <v>4169</v>
       </c>
       <c r="G449" t="s">
-        <v>4123</v>
+        <v>4170</v>
       </c>
       <c r="H449" t="s">
-        <v>4124</v>
+        <v>4171</v>
       </c>
       <c r="I449" t="s">
-        <v>4125</v>
+        <v>4172</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4126</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65099</v>
+        <v>65054</v>
       </c>
       <c r="B450" t="s">
-        <v>4127</v>
+        <v>4174</v>
       </c>
       <c r="C450" t="s">
-        <v>4128</v>
+        <v>4175</v>
       </c>
       <c r="D450" t="s">
-        <v>4129</v>
+        <v>4176</v>
       </c>
       <c r="E450" t="s">
-        <v>4130</v>
+        <v>4177</v>
       </c>
       <c r="F450" t="s">
-        <v>4131</v>
+        <v>4178</v>
       </c>
       <c r="G450" t="s">
-        <v>4132</v>
+        <v>4179</v>
       </c>
       <c r="H450" t="s">
-        <v>4133</v>
+        <v>4180</v>
       </c>
       <c r="I450" t="s">
-        <v>4134</v>
+        <v>4181</v>
       </c>
       <c r="J450" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K450" t="s">
-        <v>148</v>
+        <v>208</v>
       </c>
       <c r="L450" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M450" t="s">
-        <v>149</v>
+        <v>209</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4135</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65100</v>
+        <v>65055</v>
       </c>
       <c r="B451" t="s">
-        <v>4136</v>
+        <v>4183</v>
       </c>
       <c r="C451" t="s">
-        <v>4137</v>
+        <v>4184</v>
       </c>
       <c r="D451" t="s">
-        <v>4138</v>
+        <v>4185</v>
       </c>
       <c r="E451" t="s">
-        <v>4139</v>
+        <v>4186</v>
       </c>
       <c r="F451" t="s">
-        <v>4140</v>
+        <v>4187</v>
       </c>
       <c r="G451" t="s">
-        <v>4141</v>
+        <v>4188</v>
       </c>
       <c r="H451" t="s">
-        <v>4142</v>
+        <v>4189</v>
       </c>
       <c r="I451" t="s">
-        <v>4143</v>
+        <v>4190</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>3521</v>
+        <v>571</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>3522</v>
+        <v>572</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4144</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65101</v>
+        <v>65057</v>
       </c>
       <c r="B452" t="s">
-        <v>4145</v>
+        <v>4192</v>
       </c>
       <c r="C452" t="s">
-        <v>4146</v>
+        <v>4193</v>
       </c>
       <c r="D452" t="s">
-        <v>4147</v>
+        <v>4194</v>
       </c>
       <c r="E452" t="s">
-        <v>4148</v>
+        <v>4195</v>
       </c>
       <c r="F452" t="s">
-        <v>4149</v>
+        <v>4196</v>
       </c>
       <c r="G452" t="s">
-        <v>4150</v>
+        <v>4197</v>
       </c>
       <c r="H452" t="s">
-        <v>4151</v>
+        <v>4198</v>
       </c>
       <c r="I452" t="s">
-        <v>4152</v>
+        <v>4199</v>
       </c>
       <c r="J452" t="s">
         <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="L452" t="s">
         <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>149</v>
+        <v>276</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4153</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65102</v>
+        <v>65058</v>
       </c>
       <c r="B453" t="s">
-        <v>4154</v>
+        <v>4201</v>
       </c>
       <c r="C453" t="s">
-        <v>4155</v>
+        <v>4202</v>
       </c>
       <c r="D453" t="s">
-        <v>4156</v>
+        <v>4203</v>
       </c>
       <c r="E453" t="s">
-        <v>4157</v>
+        <v>4204</v>
       </c>
       <c r="F453" t="s">
-        <v>4158</v>
+        <v>4205</v>
       </c>
       <c r="G453" t="s">
-        <v>4159</v>
+        <v>4206</v>
       </c>
       <c r="H453" t="s">
-        <v>4160</v>
+        <v>4207</v>
       </c>
       <c r="I453" t="s">
-        <v>4161</v>
+        <v>4208</v>
       </c>
       <c r="J453" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K453" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L453" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M453" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4162</v>
+        <v>4209</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65104</v>
+        <v>65059</v>
       </c>
       <c r="B454" t="s">
-        <v>4163</v>
+        <v>4210</v>
       </c>
       <c r="C454" t="s">
-        <v>4164</v>
+        <v>4211</v>
       </c>
       <c r="D454" t="s">
-        <v>4165</v>
+        <v>4212</v>
       </c>
       <c r="E454" t="s">
-        <v>4166</v>
+        <v>4213</v>
       </c>
       <c r="F454" t="s">
-        <v>4167</v>
+        <v>4214</v>
       </c>
       <c r="G454" t="s">
-        <v>4168</v>
+        <v>4215</v>
       </c>
       <c r="H454" t="s">
-        <v>4169</v>
+        <v>4216</v>
       </c>
       <c r="I454" t="s">
-        <v>4170</v>
+        <v>4217</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>2182</v>
+        <v>170</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
+      <c r="M454" t="s">
+        <v>171</v>
+      </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4171</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65105</v>
+        <v>65060</v>
       </c>
       <c r="B455" t="s">
-        <v>4172</v>
+        <v>4219</v>
       </c>
       <c r="C455" t="s">
-        <v>4173</v>
+        <v>4220</v>
       </c>
       <c r="D455" t="s">
-        <v>4174</v>
+        <v>4221</v>
       </c>
       <c r="E455" t="s">
-        <v>4175</v>
+        <v>4222</v>
       </c>
       <c r="F455" t="s">
-        <v>4176</v>
+        <v>4223</v>
       </c>
       <c r="G455" t="s">
-        <v>4177</v>
+        <v>4224</v>
       </c>
       <c r="H455" t="s">
-        <v>4178</v>
+        <v>4225</v>
       </c>
       <c r="I455" t="s">
-        <v>4179</v>
+        <v>4226</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4180</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
+        <v>65061</v>
+      </c>
+      <c r="B456" t="s">
+        <v>4228</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4229</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4230</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4231</v>
+      </c>
+      <c r="F456" t="s">
+        <v>4232</v>
+      </c>
+      <c r="G456" t="s">
+        <v>4233</v>
+      </c>
+      <c r="H456" t="s">
+        <v>4234</v>
+      </c>
+      <c r="I456" t="s">
+        <v>4235</v>
+      </c>
+      <c r="J456" t="s">
+        <v>24</v>
+      </c>
+      <c r="K456" t="s">
+        <v>871</v>
+      </c>
+      <c r="L456" t="s">
+        <v>26</v>
+      </c>
+      <c r="M456" t="s">
+        <v>872</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
+        <v>4236</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15">
+      <c r="A457">
+        <v>65062</v>
+      </c>
+      <c r="B457" t="s">
+        <v>4237</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4238</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4239</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4240</v>
+      </c>
+      <c r="F457" t="s">
+        <v>4241</v>
+      </c>
+      <c r="G457" t="s">
+        <v>4242</v>
+      </c>
+      <c r="H457" t="s">
+        <v>4243</v>
+      </c>
+      <c r="I457" t="s">
+        <v>4244</v>
+      </c>
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>25</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>27</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
+        <v>4245</v>
+      </c>
+    </row>
+    <row r="458" spans="1:15">
+      <c r="A458">
+        <v>65063</v>
+      </c>
+      <c r="B458" t="s">
+        <v>4246</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4247</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4248</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4249</v>
+      </c>
+      <c r="F458" t="s">
+        <v>4250</v>
+      </c>
+      <c r="G458" t="s">
+        <v>4251</v>
+      </c>
+      <c r="H458" t="s">
+        <v>4252</v>
+      </c>
+      <c r="I458" t="s">
+        <v>4253</v>
+      </c>
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>1068</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
+        <v>4254</v>
+      </c>
+    </row>
+    <row r="459" spans="1:15">
+      <c r="A459">
+        <v>65068</v>
+      </c>
+      <c r="B459" t="s">
+        <v>4255</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4256</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4257</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4258</v>
+      </c>
+      <c r="F459" t="s">
+        <v>4259</v>
+      </c>
+      <c r="G459" t="s">
+        <v>4260</v>
+      </c>
+      <c r="H459" t="s">
+        <v>4261</v>
+      </c>
+      <c r="I459" t="s">
+        <v>4262</v>
+      </c>
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
+        <v>25</v>
+      </c>
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
+        <v>27</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
+        <v>4263</v>
+      </c>
+    </row>
+    <row r="460" spans="1:15">
+      <c r="A460">
+        <v>65069</v>
+      </c>
+      <c r="B460" t="s">
+        <v>4264</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4265</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4266</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4267</v>
+      </c>
+      <c r="F460" t="s">
+        <v>4268</v>
+      </c>
+      <c r="G460" t="s">
+        <v>4269</v>
+      </c>
+      <c r="H460" t="s">
+        <v>4270</v>
+      </c>
+      <c r="I460" t="s">
+        <v>4271</v>
+      </c>
+      <c r="J460" t="s">
+        <v>24</v>
+      </c>
+      <c r="K460" t="s">
+        <v>170</v>
+      </c>
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
+        <v>171</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
+        <v>4272</v>
+      </c>
+    </row>
+    <row r="461" spans="1:15">
+      <c r="A461">
+        <v>65071</v>
+      </c>
+      <c r="B461" t="s">
+        <v>4273</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4274</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4275</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4276</v>
+      </c>
+      <c r="F461" t="s">
+        <v>4277</v>
+      </c>
+      <c r="G461" t="s">
+        <v>4278</v>
+      </c>
+      <c r="H461" t="s">
+        <v>4279</v>
+      </c>
+      <c r="I461" t="s">
+        <v>4280</v>
+      </c>
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>25</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>27</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
+        <v>4281</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15">
+      <c r="A462">
+        <v>65073</v>
+      </c>
+      <c r="B462" t="s">
+        <v>4282</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4283</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4284</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4285</v>
+      </c>
+      <c r="F462" t="s">
+        <v>4286</v>
+      </c>
+      <c r="G462" t="s">
+        <v>4287</v>
+      </c>
+      <c r="H462" t="s">
+        <v>4288</v>
+      </c>
+      <c r="I462" t="s">
+        <v>4289</v>
+      </c>
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>25</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>27</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
+        <v>4290</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15">
+      <c r="A463">
+        <v>65074</v>
+      </c>
+      <c r="B463" t="s">
+        <v>4291</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4292</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4293</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4294</v>
+      </c>
+      <c r="F463" t="s">
+        <v>4295</v>
+      </c>
+      <c r="G463" t="s">
+        <v>4296</v>
+      </c>
+      <c r="H463" t="s">
+        <v>4297</v>
+      </c>
+      <c r="I463" t="s">
+        <v>4298</v>
+      </c>
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
+        <v>4299</v>
+      </c>
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
+        <v>4300</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
+        <v>4301</v>
+      </c>
+    </row>
+    <row r="464" spans="1:15">
+      <c r="A464">
+        <v>65075</v>
+      </c>
+      <c r="B464" t="s">
+        <v>4302</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4303</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4304</v>
+      </c>
+      <c r="E464" t="s">
+        <v>4305</v>
+      </c>
+      <c r="F464" t="s">
+        <v>4306</v>
+      </c>
+      <c r="G464" t="s">
+        <v>4307</v>
+      </c>
+      <c r="H464" t="s">
+        <v>4308</v>
+      </c>
+      <c r="I464" t="s">
+        <v>4309</v>
+      </c>
+      <c r="J464" t="s">
+        <v>441</v>
+      </c>
+      <c r="K464" t="s">
+        <v>683</v>
+      </c>
+      <c r="L464" t="s">
+        <v>443</v>
+      </c>
+      <c r="M464" t="s">
+        <v>4026</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
+        <v>4310</v>
+      </c>
+    </row>
+    <row r="465" spans="1:15">
+      <c r="A465">
+        <v>65076</v>
+      </c>
+      <c r="B465" t="s">
+        <v>4311</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4312</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4313</v>
+      </c>
+      <c r="E465" t="s">
+        <v>4314</v>
+      </c>
+      <c r="F465" t="s">
+        <v>4315</v>
+      </c>
+      <c r="G465" t="s">
+        <v>4316</v>
+      </c>
+      <c r="H465" t="s">
+        <v>4317</v>
+      </c>
+      <c r="I465" t="s">
+        <v>4318</v>
+      </c>
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>170</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>171</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
+        <v>4319</v>
+      </c>
+    </row>
+    <row r="466" spans="1:15">
+      <c r="A466">
+        <v>65077</v>
+      </c>
+      <c r="B466" t="s">
+        <v>4320</v>
+      </c>
+      <c r="C466" t="s">
+        <v>4321</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4322</v>
+      </c>
+      <c r="E466" t="s">
+        <v>4323</v>
+      </c>
+      <c r="F466" t="s">
+        <v>4324</v>
+      </c>
+      <c r="G466" t="s">
+        <v>4325</v>
+      </c>
+      <c r="H466" t="s">
+        <v>4326</v>
+      </c>
+      <c r="I466" t="s">
+        <v>4327</v>
+      </c>
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
+        <v>739</v>
+      </c>
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
+        <v>740</v>
+      </c>
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
+        <v>4328</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15">
+      <c r="A467">
+        <v>65080</v>
+      </c>
+      <c r="B467" t="s">
+        <v>4329</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4330</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4331</v>
+      </c>
+      <c r="E467" t="s">
+        <v>4332</v>
+      </c>
+      <c r="F467" t="s">
+        <v>4333</v>
+      </c>
+      <c r="G467" t="s">
+        <v>4334</v>
+      </c>
+      <c r="H467" t="s">
+        <v>4335</v>
+      </c>
+      <c r="I467" t="s">
+        <v>4336</v>
+      </c>
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>47</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>48</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
+        <v>4337</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15">
+      <c r="A468">
+        <v>65081</v>
+      </c>
+      <c r="B468" t="s">
+        <v>4338</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4339</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4340</v>
+      </c>
+      <c r="E468" t="s">
+        <v>4341</v>
+      </c>
+      <c r="F468" t="s">
+        <v>4342</v>
+      </c>
+      <c r="G468" t="s">
+        <v>4343</v>
+      </c>
+      <c r="H468" t="s">
+        <v>4344</v>
+      </c>
+      <c r="I468" t="s">
+        <v>4345</v>
+      </c>
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>47</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>48</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
+        <v>4346</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15">
+      <c r="A469">
+        <v>65082</v>
+      </c>
+      <c r="B469" t="s">
+        <v>4347</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4348</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4349</v>
+      </c>
+      <c r="E469" t="s">
+        <v>4350</v>
+      </c>
+      <c r="F469" t="s">
+        <v>4351</v>
+      </c>
+      <c r="G469" t="s">
+        <v>4352</v>
+      </c>
+      <c r="H469" t="s">
+        <v>4353</v>
+      </c>
+      <c r="I469" t="s">
+        <v>4354</v>
+      </c>
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>47</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>48</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
+        <v>4355</v>
+      </c>
+    </row>
+    <row r="470" spans="1:15">
+      <c r="A470">
+        <v>65083</v>
+      </c>
+      <c r="B470" t="s">
+        <v>4356</v>
+      </c>
+      <c r="C470" t="s">
+        <v>4357</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4358</v>
+      </c>
+      <c r="E470" t="s">
+        <v>4359</v>
+      </c>
+      <c r="F470" t="s">
+        <v>4360</v>
+      </c>
+      <c r="G470" t="s">
+        <v>4361</v>
+      </c>
+      <c r="H470" t="s">
+        <v>4362</v>
+      </c>
+      <c r="I470" t="s">
+        <v>4363</v>
+      </c>
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>170</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>171</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
+        <v>4364</v>
+      </c>
+    </row>
+    <row r="471" spans="1:15">
+      <c r="A471">
+        <v>65084</v>
+      </c>
+      <c r="B471" t="s">
+        <v>4365</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4366</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4367</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4368</v>
+      </c>
+      <c r="F471" t="s">
+        <v>4369</v>
+      </c>
+      <c r="G471" t="s">
+        <v>4370</v>
+      </c>
+      <c r="H471" t="s">
+        <v>4371</v>
+      </c>
+      <c r="I471" t="s">
+        <v>4372</v>
+      </c>
+      <c r="J471" t="s">
+        <v>24</v>
+      </c>
+      <c r="K471" t="s">
+        <v>25</v>
+      </c>
+      <c r="L471" t="s">
+        <v>26</v>
+      </c>
+      <c r="M471" t="s">
+        <v>27</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
+        <v>4373</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15">
+      <c r="A472">
+        <v>65085</v>
+      </c>
+      <c r="B472" t="s">
+        <v>4374</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4375</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4376</v>
+      </c>
+      <c r="E472" t="s">
+        <v>4377</v>
+      </c>
+      <c r="F472" t="s">
+        <v>4378</v>
+      </c>
+      <c r="G472" t="s">
+        <v>4379</v>
+      </c>
+      <c r="H472" t="s">
+        <v>4380</v>
+      </c>
+      <c r="I472" t="s">
+        <v>4381</v>
+      </c>
+      <c r="J472" t="s">
+        <v>24</v>
+      </c>
+      <c r="K472" t="s">
+        <v>571</v>
+      </c>
+      <c r="L472" t="s">
+        <v>26</v>
+      </c>
+      <c r="M472" t="s">
+        <v>572</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
+        <v>4382</v>
+      </c>
+    </row>
+    <row r="473" spans="1:15">
+      <c r="A473">
+        <v>65086</v>
+      </c>
+      <c r="B473" t="s">
+        <v>4383</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4384</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4385</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4386</v>
+      </c>
+      <c r="F473" t="s">
+        <v>4387</v>
+      </c>
+      <c r="G473" t="s">
+        <v>4388</v>
+      </c>
+      <c r="H473" t="s">
+        <v>4389</v>
+      </c>
+      <c r="I473" t="s">
+        <v>4390</v>
+      </c>
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>170</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>171</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
+        <v>4391</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15">
+      <c r="A474">
+        <v>65087</v>
+      </c>
+      <c r="B474" t="s">
+        <v>4392</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4393</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4394</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4395</v>
+      </c>
+      <c r="F474" t="s">
+        <v>4396</v>
+      </c>
+      <c r="G474" t="s">
+        <v>4397</v>
+      </c>
+      <c r="H474" t="s">
+        <v>4398</v>
+      </c>
+      <c r="I474" t="s">
+        <v>4399</v>
+      </c>
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>170</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>171</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15">
+      <c r="A475">
+        <v>65088</v>
+      </c>
+      <c r="B475" t="s">
+        <v>4401</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4402</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4403</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4404</v>
+      </c>
+      <c r="F475" t="s">
+        <v>4405</v>
+      </c>
+      <c r="G475" t="s">
+        <v>4406</v>
+      </c>
+      <c r="H475" t="s">
+        <v>4407</v>
+      </c>
+      <c r="I475" t="s">
+        <v>4408</v>
+      </c>
+      <c r="J475" t="s">
+        <v>24</v>
+      </c>
+      <c r="K475" t="s">
+        <v>25</v>
+      </c>
+      <c r="L475" t="s">
+        <v>26</v>
+      </c>
+      <c r="M475" t="s">
+        <v>27</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
+        <v>4409</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15">
+      <c r="A476">
+        <v>65089</v>
+      </c>
+      <c r="B476" t="s">
+        <v>4410</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4411</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4412</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4413</v>
+      </c>
+      <c r="F476" t="s">
+        <v>4414</v>
+      </c>
+      <c r="G476" t="s">
+        <v>4415</v>
+      </c>
+      <c r="H476" t="s">
+        <v>4416</v>
+      </c>
+      <c r="I476" t="s">
+        <v>4417</v>
+      </c>
+      <c r="J476" t="s">
+        <v>24</v>
+      </c>
+      <c r="K476" t="s">
+        <v>25</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>27</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
+        <v>4418</v>
+      </c>
+    </row>
+    <row r="477" spans="1:15">
+      <c r="A477">
+        <v>65090</v>
+      </c>
+      <c r="B477" t="s">
+        <v>4419</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4420</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4421</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4422</v>
+      </c>
+      <c r="F477" t="s">
+        <v>4423</v>
+      </c>
+      <c r="G477" t="s">
+        <v>4424</v>
+      </c>
+      <c r="H477" t="s">
+        <v>4425</v>
+      </c>
+      <c r="I477" t="s">
+        <v>4426</v>
+      </c>
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
+        <v>25</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>27</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
+        <v>4427</v>
+      </c>
+    </row>
+    <row r="478" spans="1:15">
+      <c r="A478">
+        <v>65091</v>
+      </c>
+      <c r="B478" t="s">
+        <v>4428</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4429</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4430</v>
+      </c>
+      <c r="E478" t="s">
+        <v>4431</v>
+      </c>
+      <c r="F478" t="s">
+        <v>4432</v>
+      </c>
+      <c r="G478" t="s">
+        <v>4433</v>
+      </c>
+      <c r="H478" t="s">
+        <v>4434</v>
+      </c>
+      <c r="I478" t="s">
+        <v>4435</v>
+      </c>
+      <c r="J478" t="s">
+        <v>24</v>
+      </c>
+      <c r="K478" t="s">
+        <v>25</v>
+      </c>
+      <c r="L478" t="s">
+        <v>26</v>
+      </c>
+      <c r="M478" t="s">
+        <v>27</v>
+      </c>
+      <c r="N478" t="s">
+        <v>28</v>
+      </c>
+      <c r="O478" t="s">
+        <v>4436</v>
+      </c>
+    </row>
+    <row r="479" spans="1:15">
+      <c r="A479">
+        <v>65092</v>
+      </c>
+      <c r="B479" t="s">
+        <v>4437</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4438</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4439</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4440</v>
+      </c>
+      <c r="F479" t="s">
+        <v>4441</v>
+      </c>
+      <c r="G479" t="s">
+        <v>4442</v>
+      </c>
+      <c r="H479" t="s">
+        <v>4443</v>
+      </c>
+      <c r="I479" t="s">
+        <v>4444</v>
+      </c>
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>170</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>171</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
+        <v>4445</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>65093</v>
+      </c>
+      <c r="B480" t="s">
+        <v>4446</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4447</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4448</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4449</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4450</v>
+      </c>
+      <c r="G480" t="s">
+        <v>4451</v>
+      </c>
+      <c r="H480" t="s">
+        <v>4452</v>
+      </c>
+      <c r="I480" t="s">
+        <v>4453</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>170</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>171</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4454</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15">
+      <c r="A481">
+        <v>65094</v>
+      </c>
+      <c r="B481" t="s">
+        <v>4455</v>
+      </c>
+      <c r="C481" t="s">
+        <v>4456</v>
+      </c>
+      <c r="D481" t="s">
+        <v>4457</v>
+      </c>
+      <c r="E481" t="s">
+        <v>4458</v>
+      </c>
+      <c r="F481" t="s">
+        <v>4459</v>
+      </c>
+      <c r="G481" t="s">
+        <v>4460</v>
+      </c>
+      <c r="H481" t="s">
+        <v>4461</v>
+      </c>
+      <c r="I481" t="s">
+        <v>4462</v>
+      </c>
+      <c r="J481" t="s">
+        <v>24</v>
+      </c>
+      <c r="K481" t="s">
+        <v>4463</v>
+      </c>
+      <c r="L481" t="s">
+        <v>26</v>
+      </c>
+      <c r="M481" t="s">
+        <v>4464</v>
+      </c>
+      <c r="N481" t="s">
+        <v>28</v>
+      </c>
+      <c r="O481" t="s">
+        <v>4465</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15">
+      <c r="A482">
+        <v>65095</v>
+      </c>
+      <c r="B482" t="s">
+        <v>4466</v>
+      </c>
+      <c r="C482" t="s">
+        <v>4467</v>
+      </c>
+      <c r="D482" t="s">
+        <v>4468</v>
+      </c>
+      <c r="E482" t="s">
+        <v>4469</v>
+      </c>
+      <c r="F482" t="s">
+        <v>4470</v>
+      </c>
+      <c r="G482" t="s">
+        <v>4471</v>
+      </c>
+      <c r="H482" t="s">
+        <v>4472</v>
+      </c>
+      <c r="I482" t="s">
+        <v>4473</v>
+      </c>
+      <c r="J482" t="s">
+        <v>24</v>
+      </c>
+      <c r="K482" t="s">
+        <v>739</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>740</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
+        <v>4474</v>
+      </c>
+    </row>
+    <row r="483" spans="1:15">
+      <c r="A483">
+        <v>65096</v>
+      </c>
+      <c r="B483" t="s">
+        <v>4475</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4476</v>
+      </c>
+      <c r="D483" t="s">
+        <v>4477</v>
+      </c>
+      <c r="E483" t="s">
+        <v>4478</v>
+      </c>
+      <c r="F483" t="s">
+        <v>4479</v>
+      </c>
+      <c r="G483" t="s">
+        <v>4480</v>
+      </c>
+      <c r="H483" t="s">
+        <v>4481</v>
+      </c>
+      <c r="I483" t="s">
+        <v>4482</v>
+      </c>
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
+        <v>25</v>
+      </c>
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
+        <v>27</v>
+      </c>
+      <c r="N483" t="s">
+        <v>28</v>
+      </c>
+      <c r="O483" t="s">
+        <v>4483</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15">
+      <c r="A484">
+        <v>65097</v>
+      </c>
+      <c r="B484" t="s">
+        <v>4484</v>
+      </c>
+      <c r="C484" t="s">
+        <v>4485</v>
+      </c>
+      <c r="D484" t="s">
+        <v>4486</v>
+      </c>
+      <c r="E484" t="s">
+        <v>4487</v>
+      </c>
+      <c r="F484" t="s">
+        <v>4488</v>
+      </c>
+      <c r="G484" t="s">
+        <v>4489</v>
+      </c>
+      <c r="H484" t="s">
+        <v>4490</v>
+      </c>
+      <c r="I484" t="s">
+        <v>4491</v>
+      </c>
+      <c r="J484" t="s">
+        <v>24</v>
+      </c>
+      <c r="K484" t="s">
+        <v>170</v>
+      </c>
+      <c r="L484" t="s">
+        <v>26</v>
+      </c>
+      <c r="M484" t="s">
+        <v>171</v>
+      </c>
+      <c r="N484" t="s">
+        <v>28</v>
+      </c>
+      <c r="O484" t="s">
+        <v>4492</v>
+      </c>
+    </row>
+    <row r="485" spans="1:15">
+      <c r="A485">
+        <v>65098</v>
+      </c>
+      <c r="B485" t="s">
+        <v>4493</v>
+      </c>
+      <c r="C485" t="s">
+        <v>4494</v>
+      </c>
+      <c r="D485" t="s">
+        <v>4495</v>
+      </c>
+      <c r="E485" t="s">
+        <v>4496</v>
+      </c>
+      <c r="F485" t="s">
+        <v>4497</v>
+      </c>
+      <c r="G485" t="s">
+        <v>4498</v>
+      </c>
+      <c r="H485" t="s">
+        <v>4499</v>
+      </c>
+      <c r="I485" t="s">
+        <v>4500</v>
+      </c>
+      <c r="J485" t="s">
+        <v>24</v>
+      </c>
+      <c r="K485" t="s">
+        <v>25</v>
+      </c>
+      <c r="L485" t="s">
+        <v>26</v>
+      </c>
+      <c r="M485" t="s">
+        <v>27</v>
+      </c>
+      <c r="N485" t="s">
+        <v>28</v>
+      </c>
+      <c r="O485" t="s">
+        <v>4501</v>
+      </c>
+    </row>
+    <row r="486" spans="1:15">
+      <c r="A486">
+        <v>65099</v>
+      </c>
+      <c r="B486" t="s">
+        <v>4502</v>
+      </c>
+      <c r="C486" t="s">
+        <v>4503</v>
+      </c>
+      <c r="D486" t="s">
+        <v>4504</v>
+      </c>
+      <c r="E486" t="s">
+        <v>4505</v>
+      </c>
+      <c r="F486" t="s">
+        <v>4506</v>
+      </c>
+      <c r="G486" t="s">
+        <v>4507</v>
+      </c>
+      <c r="H486" t="s">
+        <v>4508</v>
+      </c>
+      <c r="I486" t="s">
+        <v>4509</v>
+      </c>
+      <c r="J486" t="s">
+        <v>24</v>
+      </c>
+      <c r="K486" t="s">
+        <v>170</v>
+      </c>
+      <c r="L486" t="s">
+        <v>26</v>
+      </c>
+      <c r="M486" t="s">
+        <v>171</v>
+      </c>
+      <c r="N486" t="s">
+        <v>28</v>
+      </c>
+      <c r="O486" t="s">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15">
+      <c r="A487">
+        <v>65100</v>
+      </c>
+      <c r="B487" t="s">
+        <v>4511</v>
+      </c>
+      <c r="C487" t="s">
+        <v>4512</v>
+      </c>
+      <c r="D487" t="s">
+        <v>4513</v>
+      </c>
+      <c r="E487" t="s">
+        <v>4514</v>
+      </c>
+      <c r="F487" t="s">
+        <v>4515</v>
+      </c>
+      <c r="G487" t="s">
+        <v>4516</v>
+      </c>
+      <c r="H487" t="s">
+        <v>4517</v>
+      </c>
+      <c r="I487" t="s">
+        <v>4518</v>
+      </c>
+      <c r="J487" t="s">
+        <v>24</v>
+      </c>
+      <c r="K487" t="s">
+        <v>3894</v>
+      </c>
+      <c r="L487" t="s">
+        <v>26</v>
+      </c>
+      <c r="M487" t="s">
+        <v>3895</v>
+      </c>
+      <c r="N487" t="s">
+        <v>28</v>
+      </c>
+      <c r="O487" t="s">
+        <v>4519</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15">
+      <c r="A488">
+        <v>65101</v>
+      </c>
+      <c r="B488" t="s">
+        <v>4520</v>
+      </c>
+      <c r="C488" t="s">
+        <v>4521</v>
+      </c>
+      <c r="D488" t="s">
+        <v>4522</v>
+      </c>
+      <c r="E488" t="s">
+        <v>4523</v>
+      </c>
+      <c r="F488" t="s">
+        <v>4524</v>
+      </c>
+      <c r="G488" t="s">
+        <v>4525</v>
+      </c>
+      <c r="H488" t="s">
+        <v>4526</v>
+      </c>
+      <c r="I488" t="s">
+        <v>4527</v>
+      </c>
+      <c r="J488" t="s">
+        <v>24</v>
+      </c>
+      <c r="K488" t="s">
+        <v>170</v>
+      </c>
+      <c r="L488" t="s">
+        <v>26</v>
+      </c>
+      <c r="M488" t="s">
+        <v>171</v>
+      </c>
+      <c r="N488" t="s">
+        <v>28</v>
+      </c>
+      <c r="O488" t="s">
+        <v>4528</v>
+      </c>
+    </row>
+    <row r="489" spans="1:15">
+      <c r="A489">
+        <v>65102</v>
+      </c>
+      <c r="B489" t="s">
+        <v>4529</v>
+      </c>
+      <c r="C489" t="s">
+        <v>4530</v>
+      </c>
+      <c r="D489" t="s">
+        <v>4531</v>
+      </c>
+      <c r="E489" t="s">
+        <v>4532</v>
+      </c>
+      <c r="F489" t="s">
+        <v>4533</v>
+      </c>
+      <c r="G489" t="s">
+        <v>4534</v>
+      </c>
+      <c r="H489" t="s">
+        <v>4535</v>
+      </c>
+      <c r="I489" t="s">
+        <v>4536</v>
+      </c>
+      <c r="J489" t="s">
+        <v>24</v>
+      </c>
+      <c r="K489" t="s">
+        <v>25</v>
+      </c>
+      <c r="L489" t="s">
+        <v>26</v>
+      </c>
+      <c r="M489" t="s">
+        <v>27</v>
+      </c>
+      <c r="N489" t="s">
+        <v>28</v>
+      </c>
+      <c r="O489" t="s">
+        <v>4537</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15">
+      <c r="A490">
+        <v>65104</v>
+      </c>
+      <c r="B490" t="s">
+        <v>4538</v>
+      </c>
+      <c r="C490" t="s">
+        <v>4539</v>
+      </c>
+      <c r="D490" t="s">
+        <v>4540</v>
+      </c>
+      <c r="E490" t="s">
+        <v>4541</v>
+      </c>
+      <c r="F490" t="s">
+        <v>4542</v>
+      </c>
+      <c r="G490" t="s">
+        <v>4543</v>
+      </c>
+      <c r="H490" t="s">
+        <v>4544</v>
+      </c>
+      <c r="I490" t="s">
+        <v>4545</v>
+      </c>
+      <c r="J490" t="s">
+        <v>24</v>
+      </c>
+      <c r="K490" t="s">
+        <v>2387</v>
+      </c>
+      <c r="L490" t="s">
+        <v>26</v>
+      </c>
+      <c r="M490" t="s">
+        <v>2388</v>
+      </c>
+      <c r="N490" t="s">
+        <v>28</v>
+      </c>
+      <c r="O490" t="s">
+        <v>4546</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15">
+      <c r="A491">
+        <v>65105</v>
+      </c>
+      <c r="B491" t="s">
+        <v>4547</v>
+      </c>
+      <c r="C491" t="s">
+        <v>4548</v>
+      </c>
+      <c r="D491" t="s">
+        <v>4549</v>
+      </c>
+      <c r="E491" t="s">
+        <v>4550</v>
+      </c>
+      <c r="F491" t="s">
+        <v>4551</v>
+      </c>
+      <c r="G491" t="s">
+        <v>4552</v>
+      </c>
+      <c r="H491" t="s">
+        <v>4553</v>
+      </c>
+      <c r="I491" t="s">
+        <v>4554</v>
+      </c>
+      <c r="J491" t="s">
+        <v>24</v>
+      </c>
+      <c r="K491" t="s">
+        <v>170</v>
+      </c>
+      <c r="L491" t="s">
+        <v>26</v>
+      </c>
+      <c r="M491" t="s">
+        <v>171</v>
+      </c>
+      <c r="N491" t="s">
+        <v>28</v>
+      </c>
+      <c r="O491" t="s">
+        <v>4555</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15">
+      <c r="A492">
+        <v>65107</v>
+      </c>
+      <c r="B492" t="s">
+        <v>4556</v>
+      </c>
+      <c r="C492" t="s">
+        <v>4557</v>
+      </c>
+      <c r="D492" t="s">
+        <v>4558</v>
+      </c>
+      <c r="E492" t="s">
+        <v>4559</v>
+      </c>
+      <c r="F492" t="s">
+        <v>4560</v>
+      </c>
+      <c r="G492" t="s">
+        <v>4561</v>
+      </c>
+      <c r="H492" t="s">
+        <v>4562</v>
+      </c>
+      <c r="I492" t="s">
+        <v>4563</v>
+      </c>
+      <c r="J492" t="s">
+        <v>24</v>
+      </c>
+      <c r="K492" t="s">
+        <v>4564</v>
+      </c>
+      <c r="L492" t="s">
+        <v>26</v>
+      </c>
+      <c r="M492" t="s">
+        <v>4565</v>
+      </c>
+      <c r="N492" t="s">
+        <v>28</v>
+      </c>
+      <c r="O492" t="s">
+        <v>4566</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15">
+      <c r="A493">
+        <v>65116</v>
+      </c>
+      <c r="B493" t="s">
+        <v>4567</v>
+      </c>
+      <c r="C493" t="s">
+        <v>4568</v>
+      </c>
+      <c r="D493" t="s">
+        <v>4569</v>
+      </c>
+      <c r="E493" t="s">
+        <v>4570</v>
+      </c>
+      <c r="F493" t="s">
+        <v>4571</v>
+      </c>
+      <c r="G493" t="s">
+        <v>4572</v>
+      </c>
+      <c r="H493" t="s">
+        <v>4573</v>
+      </c>
+      <c r="I493" t="s">
+        <v>4574</v>
+      </c>
+      <c r="J493" t="s">
+        <v>24</v>
+      </c>
+      <c r="K493" t="s">
+        <v>170</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>171</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
+        <v>4575</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15">
+      <c r="A494">
+        <v>65124</v>
+      </c>
+      <c r="B494" t="s">
+        <v>4576</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4577</v>
+      </c>
+      <c r="D494" t="s">
+        <v>4578</v>
+      </c>
+      <c r="E494" t="s">
+        <v>4579</v>
+      </c>
+      <c r="F494" t="s">
+        <v>4580</v>
+      </c>
+      <c r="G494" t="s">
+        <v>4581</v>
+      </c>
+      <c r="H494" t="s">
+        <v>4582</v>
+      </c>
+      <c r="I494" t="s">
+        <v>4583</v>
+      </c>
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
+        <v>25</v>
+      </c>
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
+        <v>27</v>
+      </c>
+      <c r="N494" t="s">
+        <v>28</v>
+      </c>
+      <c r="O494" t="s">
+        <v>4584</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15">
+      <c r="A495">
+        <v>65255</v>
+      </c>
+      <c r="B495" t="s">
+        <v>4585</v>
+      </c>
+      <c r="C495" t="s">
+        <v>4586</v>
+      </c>
+      <c r="D495" t="s">
+        <v>4587</v>
+      </c>
+      <c r="E495" t="s">
+        <v>4588</v>
+      </c>
+      <c r="F495" t="s">
+        <v>4589</v>
+      </c>
+      <c r="G495" t="s">
+        <v>4590</v>
+      </c>
+      <c r="H495" t="s">
+        <v>4591</v>
+      </c>
+      <c r="I495" t="s">
+        <v>4592</v>
+      </c>
+      <c r="J495" t="s">
+        <v>1493</v>
+      </c>
+      <c r="K495" t="s">
+        <v>4593</v>
+      </c>
+      <c r="L495" t="s">
+        <v>1495</v>
+      </c>
+      <c r="M495" t="s">
+        <v>4594</v>
+      </c>
+      <c r="N495" t="s">
+        <v>28</v>
+      </c>
+      <c r="O495" t="s">
+        <v>4595</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15">
+      <c r="A496">
+        <v>65479</v>
+      </c>
+      <c r="B496" t="s">
+        <v>4596</v>
+      </c>
+      <c r="C496" t="s">
+        <v>4597</v>
+      </c>
+      <c r="D496" t="s">
+        <v>4598</v>
+      </c>
+      <c r="E496" t="s">
+        <v>4599</v>
+      </c>
+      <c r="F496" t="s">
+        <v>4600</v>
+      </c>
+      <c r="G496" t="s">
+        <v>4601</v>
+      </c>
+      <c r="H496" t="s">
+        <v>4602</v>
+      </c>
+      <c r="I496" t="s">
+        <v>4603</v>
+      </c>
+      <c r="J496" t="s">
+        <v>24</v>
+      </c>
+      <c r="K496" t="s">
+        <v>25</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>27</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
+        <v>4604</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15">
+      <c r="A497">
+        <v>65566</v>
+      </c>
+      <c r="B497" t="s">
+        <v>4605</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4606</v>
+      </c>
+      <c r="D497" t="s">
+        <v>4607</v>
+      </c>
+      <c r="E497" t="s">
+        <v>4608</v>
+      </c>
+      <c r="F497" t="s">
+        <v>4609</v>
+      </c>
+      <c r="G497" t="s">
+        <v>4610</v>
+      </c>
+      <c r="H497" t="s">
+        <v>4611</v>
+      </c>
+      <c r="I497" t="s">
+        <v>4612</v>
+      </c>
+      <c r="J497" t="s">
+        <v>24</v>
+      </c>
+      <c r="K497" t="s">
+        <v>170</v>
+      </c>
+      <c r="L497" t="s">
+        <v>26</v>
+      </c>
+      <c r="M497" t="s">
+        <v>171</v>
+      </c>
+      <c r="N497" t="s">
+        <v>28</v>
+      </c>
+      <c r="O497" t="s">
+        <v>4613</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15">
+      <c r="A498">
+        <v>65613</v>
+      </c>
+      <c r="B498" t="s">
+        <v>4614</v>
+      </c>
+      <c r="C498" t="s">
+        <v>4615</v>
+      </c>
+      <c r="D498" t="s">
+        <v>4616</v>
+      </c>
+      <c r="E498" t="s">
+        <v>4617</v>
+      </c>
+      <c r="F498" t="s">
+        <v>4618</v>
+      </c>
+      <c r="G498" t="s">
+        <v>4619</v>
+      </c>
+      <c r="H498" t="s">
+        <v>4620</v>
+      </c>
+      <c r="I498" t="s">
+        <v>4621</v>
+      </c>
+      <c r="J498" t="s">
+        <v>4622</v>
+      </c>
+      <c r="K498" t="s">
+        <v>1515</v>
+      </c>
+      <c r="L498" t="s">
+        <v>4623</v>
+      </c>
+      <c r="M498" t="s">
+        <v>1516</v>
+      </c>
+      <c r="N498" t="s">
+        <v>28</v>
+      </c>
+      <c r="O498" t="s">
+        <v>4624</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15">
+      <c r="A499">
+        <v>65869</v>
+      </c>
+      <c r="B499" t="s">
+        <v>4625</v>
+      </c>
+      <c r="C499" t="s">
+        <v>4626</v>
+      </c>
+      <c r="D499" t="s">
+        <v>4627</v>
+      </c>
+      <c r="E499" t="s">
+        <v>4628</v>
+      </c>
+      <c r="F499" t="s">
+        <v>4629</v>
+      </c>
+      <c r="G499" t="s">
+        <v>4630</v>
+      </c>
+      <c r="H499" t="s">
+        <v>4631</v>
+      </c>
+      <c r="I499" t="s">
+        <v>4632</v>
+      </c>
+      <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>871</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>872</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
+        <v>4633</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15">
+      <c r="A500">
         <v>66392</v>
       </c>
-      <c r="B456" t="s">
-[...26 lines deleted...]
-      <c r="K456" t="s">
+      <c r="B500" t="s">
+        <v>4634</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4635</v>
+      </c>
+      <c r="D500" t="s">
+        <v>4636</v>
+      </c>
+      <c r="E500" t="s">
+        <v>4637</v>
+      </c>
+      <c r="F500" t="s">
+        <v>4638</v>
+      </c>
+      <c r="G500" t="s">
+        <v>4639</v>
+      </c>
+      <c r="H500" t="s">
+        <v>4640</v>
+      </c>
+      <c r="I500" t="s">
+        <v>4641</v>
+      </c>
+      <c r="J500" t="s">
+        <v>24</v>
+      </c>
+      <c r="K500" t="s">
         <v>25</v>
       </c>
-      <c r="L456" t="s">
-[...2 lines deleted...]
-      <c r="M456" t="s">
+      <c r="L500" t="s">
+        <v>26</v>
+      </c>
+      <c r="M500" t="s">
         <v>27</v>
       </c>
-      <c r="N456" t="s">
-[...3 lines deleted...]
-        <v>4189</v>
+      <c r="N500" t="s">
+        <v>28</v>
+      </c>
+      <c r="O500" t="s">
+        <v>4642</v>
+      </c>
+    </row>
+    <row r="501" spans="1:15">
+      <c r="A501">
+        <v>66510</v>
+      </c>
+      <c r="B501" t="s">
+        <v>4643</v>
+      </c>
+      <c r="C501" t="s">
+        <v>4644</v>
+      </c>
+      <c r="D501" t="s">
+        <v>4645</v>
+      </c>
+      <c r="E501" t="s">
+        <v>4646</v>
+      </c>
+      <c r="F501" t="s">
+        <v>4647</v>
+      </c>
+      <c r="G501" t="s">
+        <v>4648</v>
+      </c>
+      <c r="H501" t="s">
+        <v>4649</v>
+      </c>
+      <c r="I501" t="s">
+        <v>4650</v>
+      </c>
+      <c r="J501" t="s">
+        <v>1493</v>
+      </c>
+      <c r="K501" t="s">
+        <v>4651</v>
+      </c>
+      <c r="L501" t="s">
+        <v>1495</v>
+      </c>
+      <c r="M501" t="s">
+        <v>4652</v>
+      </c>
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
+        <v>4653</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15">
+      <c r="A502">
+        <v>66511</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1682</v>
+      </c>
+      <c r="C502" t="s">
+        <v>4654</v>
+      </c>
+      <c r="D502" t="s">
+        <v>4655</v>
+      </c>
+      <c r="E502" t="s">
+        <v>4656</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1686</v>
+      </c>
+      <c r="G502" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H502" t="s">
+        <v>4657</v>
+      </c>
+      <c r="I502" t="s">
+        <v>4658</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
+        <v>4659</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>4660</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
+        <v>4661</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15">
+      <c r="A503">
+        <v>66512</v>
+      </c>
+      <c r="B503" t="s">
+        <v>3727</v>
+      </c>
+      <c r="C503" t="s">
+        <v>4662</v>
+      </c>
+      <c r="D503" t="s">
+        <v>4663</v>
+      </c>
+      <c r="E503" t="s">
+        <v>4664</v>
+      </c>
+      <c r="F503" t="s">
+        <v>4665</v>
+      </c>
+      <c r="G503" t="s">
+        <v>3732</v>
+      </c>
+      <c r="H503" t="s">
+        <v>3733</v>
+      </c>
+      <c r="I503" t="s">
+        <v>3734</v>
+      </c>
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
+        <v>4668</v>
+      </c>
+    </row>
+    <row r="504" spans="1:15">
+      <c r="A504">
+        <v>66513</v>
+      </c>
+      <c r="B504" t="s">
+        <v>4669</v>
+      </c>
+      <c r="C504" t="s">
+        <v>4670</v>
+      </c>
+      <c r="D504" t="s">
+        <v>4671</v>
+      </c>
+      <c r="E504" t="s">
+        <v>4672</v>
+      </c>
+      <c r="F504" t="s">
+        <v>4673</v>
+      </c>
+      <c r="G504" t="s">
+        <v>4060</v>
+      </c>
+      <c r="H504" t="s">
+        <v>4674</v>
+      </c>
+      <c r="I504" t="s">
+        <v>4675</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
+        <v>4676</v>
+      </c>
+    </row>
+    <row r="505" spans="1:15">
+      <c r="A505">
+        <v>66514</v>
+      </c>
+      <c r="B505" t="s">
+        <v>4677</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4678</v>
+      </c>
+      <c r="E505" t="s">
+        <v>4679</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1831</v>
+      </c>
+      <c r="G505" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H505" t="s">
+        <v>4680</v>
+      </c>
+      <c r="I505" t="s">
+        <v>4681</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
+        <v>4682</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15">
+      <c r="A506">
+        <v>66515</v>
+      </c>
+      <c r="B506" t="s">
+        <v>4683</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4684</v>
+      </c>
+      <c r="D506" t="s">
+        <v>4685</v>
+      </c>
+      <c r="E506" t="s">
+        <v>4686</v>
+      </c>
+      <c r="F506" t="s">
+        <v>4687</v>
+      </c>
+      <c r="G506" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4688</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4689</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
+        <v>4690</v>
+      </c>
+    </row>
+    <row r="507" spans="1:15">
+      <c r="A507">
+        <v>66516</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4691</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4692</v>
+      </c>
+      <c r="E507" t="s">
+        <v>4693</v>
+      </c>
+      <c r="F507" t="s">
+        <v>4694</v>
+      </c>
+      <c r="G507" t="s">
+        <v>4695</v>
+      </c>
+      <c r="H507" t="s">
+        <v>4696</v>
+      </c>
+      <c r="I507" t="s">
+        <v>1572</v>
+      </c>
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>170</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>171</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
+        <v>4697</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15">
+      <c r="A508">
+        <v>66517</v>
+      </c>
+      <c r="B508" t="s">
+        <v>4698</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4699</v>
+      </c>
+      <c r="D508" t="s">
+        <v>4700</v>
+      </c>
+      <c r="E508" t="s">
+        <v>4701</v>
+      </c>
+      <c r="F508" t="s">
+        <v>4702</v>
+      </c>
+      <c r="G508" t="s">
+        <v>4703</v>
+      </c>
+      <c r="H508" t="s">
+        <v>4704</v>
+      </c>
+      <c r="I508" t="s">
+        <v>4705</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
+        <v>4706</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15">
+      <c r="A509">
+        <v>66518</v>
+      </c>
+      <c r="B509" t="s">
+        <v>4707</v>
+      </c>
+      <c r="C509" t="s">
+        <v>4708</v>
+      </c>
+      <c r="D509" t="s">
+        <v>4709</v>
+      </c>
+      <c r="E509" t="s">
+        <v>4710</v>
+      </c>
+      <c r="F509" t="s">
+        <v>4711</v>
+      </c>
+      <c r="G509" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H509" t="s">
+        <v>4712</v>
+      </c>
+      <c r="I509" t="s">
+        <v>4713</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
+        <v>170</v>
+      </c>
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
+        <v>171</v>
+      </c>
+      <c r="N509" t="s">
+        <v>28</v>
+      </c>
+      <c r="O509" t="s">
+        <v>4714</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15">
+      <c r="A510">
+        <v>66519</v>
+      </c>
+      <c r="B510" t="s">
+        <v>4715</v>
+      </c>
+      <c r="C510" t="s">
+        <v>4716</v>
+      </c>
+      <c r="D510" t="s">
+        <v>4717</v>
+      </c>
+      <c r="E510" t="s">
+        <v>4718</v>
+      </c>
+      <c r="F510" t="s">
+        <v>4719</v>
+      </c>
+      <c r="G510" t="s">
+        <v>4720</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1706</v>
+      </c>
+      <c r="I510" t="s">
+        <v>1707</v>
+      </c>
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>4721</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>4722</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
+        <v>4723</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15">
+      <c r="A511">
+        <v>66520</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C511" t="s">
+        <v>4724</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4725</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4726</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G511" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1784</v>
+      </c>
+      <c r="I511" t="s">
+        <v>1785</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>25</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>27</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
+        <v>4727</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15">
+      <c r="A512">
+        <v>66521</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1610</v>
+      </c>
+      <c r="C512" t="s">
+        <v>4728</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4729</v>
+      </c>
+      <c r="E512" t="s">
+        <v>4730</v>
+      </c>
+      <c r="F512" t="s">
+        <v>4731</v>
+      </c>
+      <c r="G512" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H512" t="s">
+        <v>4732</v>
+      </c>
+      <c r="I512" t="s">
+        <v>1617</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>170</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>171</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
+        <v>4733</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15">
+      <c r="A513">
+        <v>66522</v>
+      </c>
+      <c r="B513" t="s">
+        <v>4734</v>
+      </c>
+      <c r="C513" t="s">
+        <v>4735</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4736</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4737</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4738</v>
+      </c>
+      <c r="G513" t="s">
+        <v>4739</v>
+      </c>
+      <c r="H513" t="s">
+        <v>4740</v>
+      </c>
+      <c r="I513" t="s">
+        <v>4741</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>4593</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>4594</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
+        <v>4742</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15">
+      <c r="A514">
+        <v>66523</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1673</v>
+      </c>
+      <c r="C514" t="s">
+        <v>4743</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4744</v>
+      </c>
+      <c r="E514" t="s">
+        <v>4745</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G514" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I514" t="s">
+        <v>1680</v>
+      </c>
+      <c r="J514" t="s">
+        <v>24</v>
+      </c>
+      <c r="K514" t="s">
+        <v>47</v>
+      </c>
+      <c r="L514" t="s">
+        <v>26</v>
+      </c>
+      <c r="M514" t="s">
+        <v>48</v>
+      </c>
+      <c r="N514" t="s">
+        <v>28</v>
+      </c>
+      <c r="O514" t="s">
+        <v>4746</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15">
+      <c r="A515">
+        <v>66524</v>
+      </c>
+      <c r="B515" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C515" t="s">
+        <v>4747</v>
+      </c>
+      <c r="D515" t="s">
+        <v>4748</v>
+      </c>
+      <c r="E515" t="s">
+        <v>4749</v>
+      </c>
+      <c r="F515" t="s">
+        <v>4750</v>
+      </c>
+      <c r="G515" t="s">
+        <v>3902</v>
+      </c>
+      <c r="H515" t="s">
+        <v>3903</v>
+      </c>
+      <c r="I515" t="s">
+        <v>3904</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>170</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>171</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
+        <v>4751</v>
+      </c>
+    </row>
+    <row r="516" spans="1:15">
+      <c r="A516">
+        <v>66525</v>
+      </c>
+      <c r="B516" t="s">
+        <v>4752</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4753</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4754</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4755</v>
+      </c>
+      <c r="F516" t="s">
+        <v>3758</v>
+      </c>
+      <c r="G516" t="s">
+        <v>3759</v>
+      </c>
+      <c r="H516" t="s">
+        <v>3760</v>
+      </c>
+      <c r="I516" t="s">
+        <v>3761</v>
+      </c>
+      <c r="J516" t="s">
+        <v>24</v>
+      </c>
+      <c r="K516" t="s">
+        <v>170</v>
+      </c>
+      <c r="L516" t="s">
+        <v>26</v>
+      </c>
+      <c r="M516" t="s">
+        <v>171</v>
+      </c>
+      <c r="N516" t="s">
+        <v>28</v>
+      </c>
+      <c r="O516" t="s">
+        <v>4756</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15">
+      <c r="A517">
+        <v>66526</v>
+      </c>
+      <c r="B517" t="s">
+        <v>4757</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4758</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4759</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4760</v>
+      </c>
+      <c r="F517" t="s">
+        <v>4761</v>
+      </c>
+      <c r="G517" t="s">
+        <v>3768</v>
+      </c>
+      <c r="H517" t="s">
+        <v>3769</v>
+      </c>
+      <c r="I517" t="s">
+        <v>3770</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>170</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>171</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
+        <v>4762</v>
+      </c>
+    </row>
+    <row r="518" spans="1:15">
+      <c r="A518">
+        <v>66527</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4763</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4764</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4765</v>
+      </c>
+      <c r="F518" t="s">
+        <v>4766</v>
+      </c>
+      <c r="G518" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1726</v>
+      </c>
+      <c r="I518" t="s">
+        <v>1727</v>
+      </c>
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
+        <v>4767</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15">
+      <c r="A519">
+        <v>66529</v>
+      </c>
+      <c r="B519" t="s">
+        <v>4768</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4769</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4770</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4771</v>
+      </c>
+      <c r="F519" t="s">
+        <v>4772</v>
+      </c>
+      <c r="G519" t="s">
+        <v>4197</v>
+      </c>
+      <c r="H519" t="s">
+        <v>4198</v>
+      </c>
+      <c r="I519" t="s">
+        <v>4199</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>2165</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>2166</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
+        <v>4773</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15">
+      <c r="A520">
+        <v>66530</v>
+      </c>
+      <c r="B520" t="s">
+        <v>4774</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4775</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4776</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4777</v>
+      </c>
+      <c r="F520" t="s">
+        <v>4778</v>
+      </c>
+      <c r="G520" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I520" t="s">
+        <v>1534</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>871</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>872</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
+        <v>4779</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15">
+      <c r="A521">
+        <v>66531</v>
+      </c>
+      <c r="B521" t="s">
+        <v>4780</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4781</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4782</v>
+      </c>
+      <c r="E521" t="s">
+        <v>4783</v>
+      </c>
+      <c r="F521" t="s">
+        <v>4784</v>
+      </c>
+      <c r="G521" t="s">
+        <v>4785</v>
+      </c>
+      <c r="H521" t="s">
+        <v>4786</v>
+      </c>
+      <c r="I521" t="s">
+        <v>4787</v>
+      </c>
+      <c r="J521" t="s">
+        <v>441</v>
+      </c>
+      <c r="K521" t="s">
+        <v>4788</v>
+      </c>
+      <c r="L521" t="s">
+        <v>443</v>
+      </c>
+      <c r="M521" t="s">
+        <v>4789</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
+        <v>4790</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15">
+      <c r="A522">
+        <v>66532</v>
+      </c>
+      <c r="B522" t="s">
+        <v>4791</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4792</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4793</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F522" t="s">
+        <v>1800</v>
+      </c>
+      <c r="G522" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1802</v>
+      </c>
+      <c r="I522" t="s">
+        <v>1803</v>
+      </c>
+      <c r="J522" t="s">
+        <v>441</v>
+      </c>
+      <c r="K522" t="s">
+        <v>4794</v>
+      </c>
+      <c r="L522" t="s">
+        <v>443</v>
+      </c>
+      <c r="M522" t="s">
+        <v>4795</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
+        <v>4796</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15">
+      <c r="A523">
+        <v>66533</v>
+      </c>
+      <c r="B523" t="s">
+        <v>4797</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4798</v>
+      </c>
+      <c r="D523" t="s">
+        <v>4799</v>
+      </c>
+      <c r="E523" t="s">
+        <v>4800</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1623</v>
+      </c>
+      <c r="G523" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1625</v>
+      </c>
+      <c r="I523" t="s">
+        <v>4801</v>
+      </c>
+      <c r="J523" t="s">
+        <v>24</v>
+      </c>
+      <c r="K523" t="s">
+        <v>4802</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>4803</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
+        <v>4804</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15">
+      <c r="A524">
+        <v>66534</v>
+      </c>
+      <c r="B524" t="s">
+        <v>4805</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4806</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4807</v>
+      </c>
+      <c r="E524" t="s">
+        <v>4808</v>
+      </c>
+      <c r="F524" t="s">
+        <v>4809</v>
+      </c>
+      <c r="G524" t="s">
+        <v>4810</v>
+      </c>
+      <c r="H524" t="s">
+        <v>3069</v>
+      </c>
+      <c r="I524" t="s">
+        <v>3070</v>
+      </c>
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
+        <v>47</v>
+      </c>
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
+        <v>48</v>
+      </c>
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
+        <v>4811</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15">
+      <c r="A525">
+        <v>66535</v>
+      </c>
+      <c r="B525" t="s">
+        <v>4812</v>
+      </c>
+      <c r="C525" t="s">
+        <v>4813</v>
+      </c>
+      <c r="D525" t="s">
+        <v>4814</v>
+      </c>
+      <c r="E525" t="s">
+        <v>4815</v>
+      </c>
+      <c r="F525" t="s">
+        <v>4816</v>
+      </c>
+      <c r="G525" t="s">
+        <v>4817</v>
+      </c>
+      <c r="H525" t="s">
+        <v>4818</v>
+      </c>
+      <c r="I525" t="s">
+        <v>4819</v>
+      </c>
+      <c r="J525" t="s">
+        <v>4820</v>
+      </c>
+      <c r="K525" t="s">
+        <v>4821</v>
+      </c>
+      <c r="L525" t="s">
+        <v>4822</v>
+      </c>
+      <c r="M525" t="s">
+        <v>4823</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
+        <v>4824</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15">
+      <c r="A526">
+        <v>66536</v>
+      </c>
+      <c r="B526" t="s">
+        <v>4825</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4826</v>
+      </c>
+      <c r="D526" t="s">
+        <v>4827</v>
+      </c>
+      <c r="E526" t="s">
+        <v>4828</v>
+      </c>
+      <c r="F526" t="s">
+        <v>4829</v>
+      </c>
+      <c r="G526" t="s">
+        <v>4830</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4831</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4832</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
+        <v>4833</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15">
+      <c r="A527">
+        <v>66537</v>
+      </c>
+      <c r="B527" t="s">
+        <v>4834</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4835</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4836</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4837</v>
+      </c>
+      <c r="F527" t="s">
+        <v>4838</v>
+      </c>
+      <c r="G527" t="s">
+        <v>4581</v>
+      </c>
+      <c r="H527" t="s">
+        <v>4582</v>
+      </c>
+      <c r="I527" t="s">
+        <v>4583</v>
+      </c>
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
+        <v>4666</v>
+      </c>
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
+        <v>4667</v>
+      </c>
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="528" spans="1:15">
+      <c r="A528">
+        <v>66538</v>
+      </c>
+      <c r="B528" t="s">
+        <v>4840</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D528" t="s">
+        <v>4841</v>
+      </c>
+      <c r="E528" t="s">
+        <v>4842</v>
+      </c>
+      <c r="F528" t="s">
+        <v>4843</v>
+      </c>
+      <c r="G528" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I528" t="s">
+        <v>1794</v>
+      </c>
+      <c r="J528" t="s">
+        <v>24</v>
+      </c>
+      <c r="K528" t="s">
+        <v>4844</v>
+      </c>
+      <c r="L528" t="s">
+        <v>26</v>
+      </c>
+      <c r="M528" t="s">
+        <v>4845</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
+        <v>4846</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15">
+      <c r="A529">
+        <v>66540</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4847</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4848</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4849</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4850</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4851</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4852</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4853</v>
+      </c>
+      <c r="I529" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>4854</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>4855</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4856</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>66541</v>
+      </c>
+      <c r="B530" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4857</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4858</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4859</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4860</v>
+      </c>
+      <c r="G530" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1775</v>
+      </c>
+      <c r="I530" t="s">
+        <v>1776</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>4861</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>4862</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4863</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">