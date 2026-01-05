--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4864">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4855">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Deutsch
 # Source: https://hadeethenc.com/de
-# Last update: 2025-11-16 09:53:18 (v1.40.0)
-# Check for updates: https://hadeethenc.com/en/check/de/v1.40.0
+# Last update: 2025-12-04 22:39:40 (v1.42.0)
+# Check for updates: https://hadeethenc.com/en/check/de/v1.42.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -122,74 +122,74 @@
 Die 'Umrah im Ramadan ist in ihrer Belohnung einer Hajj gleichwertig, aber sie lässt nicht die Pflicht der Hajj entfallen.
 Die Belohnung für gute Taten erhöht sich mit der besonderen Bedeutung der Zeit - und dazu gehören die Taten im Ramadan.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Absolut verlässlich (Sahih)]</t>
   </si>
   <si>
     <t>[Sowohl von al-Buchary, als auch von Muslim in ihren "Sahih-Werken" überliefert]</t>
   </si>
   <si>
     <t>de</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2753</t>
   </si>
   <si>
     <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
-    <t>Wer die Hajj für Allah vollzieht und dabei auf sexuelle Anspielungen und Handlungen aller Art und sämtliche schlechte Taten verzichtet, kehrt zurück wie an dem Tag, an dem er von seiner Mutter geboren wurde</t>
+    <t>‚Wer die Pilgerfahrt (Hajj) für Allah vollzieht und dabei auf den Beischlaf (und seine Einleitungen) und den Frevel verzichtet, kehrt zurück wie an dem Tag, an dem er von seiner Mutter geboren wurde.‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird überliefert, dass er sagte: Ich hörte den Propheten sagen: "Wer die Hajj für Allah vollzieht und dabei auf sexuelle Anspielungen und Handlungen aller Art und sämtliche schlechte Taten verzichtet, kehrt zurück wie an dem Tag, an dem er von seiner Mutter geboren wurde."</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Wer die Pilgerfahrt (Hajj) für Allah vollzieht und dabei auf den Beischlaf (und seine Einleitungen) und den Frevel verzichtet, kehrt zurück wie an dem Tag, an dem er von seiner Mutter geboren wurde.‘“</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
-    <t>Der Prophet erklärt, dass jeder, der die Hajj für Allah vollzieht und dabei auf "al-Rafath" und "al-Fusuq" verzichtet, von seiner Pilgerfahrt mit vergebenen Sünden zurückkehrt, genau wie ein Kind, das frei von allen Sünden geboren wird.
-[...1 lines deleted...]
-"Al-Fusuq" sind alle Arten von Sünden und schlechte Taten. Zu "al-Fusuq" gehören jedoch auch alle Dinge, die im "Ihram" - d. h. im Weihezustand der Pilgerfahrt - verboten sind (Mahthuraat al-Ihram). Wer von seiner Hajj zurückkehrt, wird ihm vergeben, so wie ein neugeborenes Kind frei von Sünden zur Welt kommt.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jeder, der die Hajj für Allah - erhaben ist Er - vollzieht und dabei auf „Ar-Rafath“ und „Al-Fusuq“ verzichtet, von seiner Pilgerfahrt mit vergebenen Sünden zurückkehrt, genau wie ein Kind, das frei von allen Sünden geboren wird.
+Das Wort „Ar-Rafath“ bezeichnet im Arabischen sowohl den Geschlechtsverkehr, als auch alle Formen des Vorspiels, wie Küssen oder intime Berührungen. Es wird aber auch für obszöne Worte verwendet. 
+„Al-Fusuq“ sind alle Arten von Sünden und schlechten Taten, und alle Taten, die im „Ihram“ - d. h. im Weihezustand der Pilgerfahrt - verboten sind (Mahthurat Al-Ihram).</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
-    <t>"Al-Fusuq", d. h. Sünden, sind immer verboten. Während der Hajj wird dieses Verbot jedoch zusätzlich betont, um die Hajj-Riten zu würdigen.
-Der Mensch wird ohne Sünden und frei von jeder Schuld geboren. Er trägt somit nicht die Sünden eines anderen.</t>
+    <t>„Al-Fusuq“ d. h. Frevel, ist zwar immer verboten, jedoch wird dieses Verbot während der Hajj zusätzlich betont, um die Hajj-Riten zu würdigen.
+Der Mensch wird ohne Fehler und frei von jeder Sünde geboren. Er trägt somit nicht die Sünden eines anderen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2758</t>
   </si>
   <si>
     <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>„O Gesandter Allahs, wir sehen das Abmühen (Al-Jihad) als die beste Tat an. Sollen wir uns nicht auch abmühen?“ Er sagte: „Nein, für euch Frauen ist die beste Abmühung eine angenommene Pilgerfahrt (Hajj).“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „O Gesandter Allahs, wir sehen das Abmühen (Al-Jihad) als die beste Tat an. Sollen wir uns nicht auch abmühen?“ Er sagte: „Nein, für euch Frauen ist die beste Abmühung eine angenommene Pilgerfahrt (Hajj).“</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Die Gefährten - möge Allah mit ihnen zufrieden sein - sahen das Abmühen auf dem Weg Allahs und den Kampf gegen die Feinde als eine der besten Taten an. Also fragte 'Aischah - möge Allah mit ihr zufrieden sein - den Propheten - Allahs Segen und Frieden auf ihm -, ob sie (die Frauen) sich abmühen sollen.
 Also wies er - Allahs Segen und Frieden auf ihm - sie auf die beste Art der Abmühung für sie hin, nämlich die angenommene Hajj (Pilgerfahrt), die im Einklang mit dem Quran und der Sunnah steht und frei von Sünde und Augendienerei ist.</t>
   </si>
@@ -239,81 +239,85 @@
   </si>
   <si>
     <t>Die Wiederholung der gleichen Antwort des Propheten - Allahs Segen und Frieden auf ihm - an Al-'Abbas, als er ihn zum zweiten Mal fragte, zeigt, dass das Wohlbefinden das Beste ist, worum ein Diener seinen Herrn bitten kann.
 Die Erklärung des Vorzugs des Wohlbefindens und dass es die Gesamtheit des Guten im Diesseits und im Jenseits umfasst.
 Der Eifer der Gefährten - möge Allah mit ihnen zufrieden sein -, mehr Wissen und Gutes zu erlangen.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Absolut verlässlich durch andere Überlieferung, die sie stützen (Sahih lighairihi)]</t>
   </si>
   <si>
     <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2932</t>
   </si>
   <si>
     <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
-    <t>„Soll ich euch nicht über die größten der großen Sünden berichten?</t>
+    <t>‚Soll ich euch nicht über die größten der großen Sünden berichten?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
-    <t>Von Abu Bakrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht über die größten der großen Sünden berichten?“ Er sagte es dreimal. Sie sagten: „Doch, o Gesandter Allahs.“ Er sagte: „Allah etwas beigesellen (Schirk) und sich den Eltern gegenüber schlecht zu benehmen.“ Dann setzte er sich auf, obwohl er sich zuvor zurückgelehnt hatte, und sagte: „Und wahrlich die Falschaussage!“ Er wiederholte dies so oft, dass wir sagten: „Wir wünschten, er würde schweigen.“</t>
+    <t>Von Abu Bakrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Soll ich euch nicht über die größten der großen Sünden berichten?‘ Er sagte es dreimal.
+Sie sagten: ‚Doch, o Gesandter Allahs.‘
+Er sagte: ‚Allah etwas beigesellen (Schirk) und sich den Eltern gegenüber schlecht zu benehmen.‘
+Dann setzte er sich auf, obwohl er sich zuvor zurückgelehnt hatte, und sagte: ‚Und wahrlich, die Falschaussage!‘
+Er wiederholte dies so oft, dass wir sagten: ‚Wir wünschten, er würde schweigen.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet seinen Gefährten von den größten Sünden; und er nannte diese drei:
 1. Allah etwas beigesellen: Dies bedeutet, eine Art der Anbetung an jemand anderen als Allah zu richten und jemand anderen Allah in Seiner Göttlichkeit, Seiner Herrschaft sowie Seinen Namen und Eigenschaften gleichzusetzen.
 2. Das schlechte Benehmen gegenüber den Eltern ('Uquq Al-Walidayn): Dies umfasst jede Art von Schädigung der Eltern, sei es durch Worte oder Taten, sowie das Unterlassen der Güte ihnen gegenüber.
 3. Die Falschaussage (Qawl Az-Zur) einschließlich der falschen Zeugenaussage: Dies bezieht sich auf jede verfälschte und unwahre Aussage, die darauf abzielt, demjenigen, gegen den sie getätigt wird, zu schaden, sei es durch den Diebstahl seines Eigentums, den Angriff auf seine Ehre oder Ähnliches.
 Der Prophet - Allahs Segen und Frieden auf ihm - wiederholte die Warnung vor der Falschaussage mehrmals, um auf deren Verwerflichkeit und die negativen Auswirkungen auf die Gesellschaft aufmerksam zu machen. Die Gefährten sagten schließlich: „Wir wünschten, er würde schweigen“, aus Mitgefühl mit ihm und wegen der Abscheu dessen, was ihn beunruhigte.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Die größte Sünde ist, Allah etwas beigesellen, da Er dies zur schwersten und größten der großen Sünden machte. Dies wird durch die Aussage Allahs - erhaben ist Er - im Quran bestätigt: „Wahrlich, Allah vergibt nicht, dass Ihm Teilhaber zur Seite gestellt werden, doch Er vergibt, was geringer ist als dies, wem Er will“.
 Die Rechte der Eltern sind von großer Bedeutung, da ihr Recht mit dem Recht Allahs - erhaben ist Er - verbunden wurde.
-Die Sünden werden in große Sünden und kleine Sünden unterteilt. Eine große Sünde (Kabirah) ist jede Sünde, die eine diesseitige Strafe nach sich zieht, wie die Hudud (rechtlichen Strafen) und der Fluch, oder eine jenseitige Drohung, wie die Drohung, in die Hölle einzutreten. Die großen Sünden haben unterschiedliche Schweregrade in ihrem Verbot, wobei einige schwerwiegender sind als andere. Kleine Sünden sind all jene Sünden, die nicht zu den großen Sünden zählen.</t>
+Die Sünden werden in große Sünden und kleine Sünden unterteilt. Eine große Sünde (Kabirah) ist jede Sünde, die eine diesseitige Strafe nach sich zieht, wie die rechtlichen Strafen und der Fluch, oder eine jenseitige Drohung, wie die Drohung, in die Hölle einzutreten. Die großen Sünden haben unterschiedliche Schweregrade in ihrem Verbot, wobei einige schwerwiegender sind als andere. Kleine Sünden sind all jene Sünden, die nicht zu den großen Sünden zählen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2941</t>
   </si>
   <si>
     <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>„Wahrlich, Allah - mächtig und majestätisch ist Er - verbietet euch, bei euren Vätern zu schwören</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah - mächtig und majestätisch ist Er - verbietet euch, bei euren Vätern zu schwören.“ 'Umar sagte: „Bei Allah, ich habe nicht mehr bei ihnen geschworen, seit ich den Gesandten Allahs - Allahs Segen und Frieden auf ihm - dies untersagen hörte, weder bewusst noch unbewusst.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah - erhaben ist Er - das Schwören bei den Vätern verbietet. Wer schwören will, soll nur bei Allah schwören und nicht bei etwas anderem. Dann erwähnte 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein -, dass er nicht mehr dabei geschworen hat, seit er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - dies untersagen hörte, weder absichtlich noch indem er den Schwur eines anderen bei etwas anderem als Allah wiederholte.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
@@ -406,71 +410,71 @@
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - berichtet, dass er mit einer Gruppe seinem Stamm zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - kam. Ihr Anliegen war, dass der Prophet - Allahs Segen und Frieden auf ihm - ihnen Kamele zum Reiten zur Verfügung stellt, damit sie am Jihad teilnehmen können. Der Prophet - Allahs Segen und Frieden auf ihm - schwor jedoch, dass er sie nicht versorgen kann, denn er hatte nichts, worauf er sie hätte reiten lassen können. Sie kehrten zurück und blieben eine Weile. Dann kamen drei Kamele zum Propheten - Allahs Segen und Frieden auf ihm -, und er schickte sie zu ihnen. Einige von ihnen sagten zueinander: „Allah wird uns diese Kamele nicht segnen, denn der Prophet - Allahs Segen und Frieden auf ihm - hat geschworen, uns nicht zu versorgen.“ So kamen sie zu ihm und fragten ihn. Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Derjenige, der euch versorgt hat, ist Allah - erhaben ist Er -, denn Er ist es, der Erfolg gewährt und versorgt. Und ich bin nur ein Mittel, durch dessen Hand dies geschah.“ Dann sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Bei Allah, wenn Allah will, werde ich niemals auf etwas schwören, es zu tun oder zu unterlassen, und ich sehe, dass etwas anderes als das, worauf geschworen wurde, besser und vorzüglicher ist, ohne dass ich das Bessere tun und das, worauf geschworen wurde, unterlassen werde und für meinen Schwur die Sühne leiste.“</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>Es ist zulässig, ohne Aufforderung einen Schwur zu leisten, um eine Aussage zu bekräftigen, auch wenn sie sich auf die Zukunft bezieht.
 Es ist zulässig, nach einem Schwur die Einschränkung „wenn Allah will (in scha Allah)“ hinzuzufügen. Wenn die Einschränkung bei der Ablegung des Schwurs beabsichtigt und direkt damit verbunden war, dann ist keine Sühneleistung erforderlich, wenn der Schwur gebrochen wird.
 Es wird empfohlen, einen Schwur zu brechen, wenn man erkennt, dass etwas anderes besser ist als das, worauf man geschworen hat, und dann die entsprechende Sühneleistung zu erbringen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2961</t>
   </si>
   <si>
     <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
-    <t>„Das erste, über das am Tage des Jüngsten Gerichts gerichtet/entschieden wird, ist das Blutvergießen.“</t>
+    <t>‚Das erste, über das am Tage des Jüngsten Gerichts gerichtet/entschieden wird, ist das Blutvergießen.‘“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Aḷḷāh mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das erste, über das am Tage des Jüngsten Gerichts gerichtet/entschieden wird, ist das Blutvergießen.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Aḷḷāh mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Das erste, über das am Tage des Jüngsten Gerichts gerichtet/entschieden wird, ist das Blutvergießen.‘“</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erwähnte, dass das erste, worüber zwischen den Menschen am Tag der Auferstehung gerichtet wird, in Bezug auf das Unrecht, das sie einander angetan haben, das Blutvergießen ist, wie Mord und Verletzungen.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
-    <t>Die Angelegenheit des Blutvergießens ist gewaltig, da man mit dem Wichtigsten beginnt.
-Sünden werden größer, je größer das durch sie verursachte Unheil ist. Das Töten unschuldiger Menschen gehört zu den größten Sünden, und es gibt nichts Größeres als Unglauben und das Beigesellen anderer Götter neben Allah - erhaben ist Er -.</t>
+    <t>Die Angelegenheit des Blutvergießens ist gewaltig, denn es wird immer mit dem Wichtigsten begonnen.
+Sünden werden größer, je größer das durch sie verursachte Unheil ist. Das Töten unschuldiger Menschen gehört zu den größten Sünden, und es gibt nichts Größeres als Unglauben und das Beigesellen anderer Götter neben Allah - erhaben ist Er.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2962</t>
   </si>
   <si>
     <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>„Wer kämpft, damit das Wort Allahs das höchste ist, der ist (und kämpft) auf dem Weg Allahs.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - wurde gefragt über den Mann, der aus Tapferkeit kämpft, und den Mann, der aus Stammesloyalität kämpft, und den Mann, der aus Augendienerei kämpft. Welcher von ihnen kämpft auf dem Weg Allahs? Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Wer kämpft, damit das Wort Allahs das höchste ist, der ist (und kämpft) auf dem Weg Allahs.“</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über die unterschiedlichen Absichten der Kämpfer befragt: Wer aus Tapferkeit, aus Stammesloyalität, um seinen Status unter den Menschen zu beweisen oder aus anderen Gründen kämpft - welcher von ihnen kämpft auf dem Weg Allahs? Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass derjenige, der auf dem Weg Allahs kämpft, derjenige ist, der kämpft, damit das Wort Allahs das höchste ist.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
@@ -579,51 +583,51 @@
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Mit Seide ist reine, natürliche Seide gemeint; künstliche Seide fällt nicht unter dieses Verbot.
 Das Tragen von Seide ist für Männer verboten.
 Das Verbot des Tragens von Seide umfasst sowohl das Tragen als auch das Ausbreiten von Seide (z. B. als Decke).
 Männern ist es erlaubt, geringe Mengen an Seide in der Kleidung zu tragen - solange der Seidenanteil nicht breiter ist als zwei bis vier Finger, der für Zierstreifen oder Besatz am Kleidungsstück verwendet wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2986</t>
   </si>
   <si>
     <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>„Wer die Waffe gegen uns erhebt, der gehört nicht zu uns.“</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
-    <t>Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer die Waffe gegen uns erhebt, der gehört nicht zu uns.“</t>
+    <t>Von Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer die Waffe gegen uns erhebt, der gehört nicht zu uns.“</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt davor, Waffen gegen Muslime zu tragen, um sie einzuschüchtern oder auszurauben. Wer dies unberechtigt tut, begeht eine große Sünde und hat ein schweres Verbrechen begangen, die diese strenge Drohung verdient.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Die strenge Warnung vor dem Kämpfen gegen seine muslimischen Geschwister.
 Eine der größten Verfehlungen und das schwerwiegende Unrecht auf der Erde ist es, Waffen gegen die Muslime zu erheben und durch Mord Verderben zu stiften.
 Die erwähnte Drohung betrifft nicht den berechtigten Kampf, wie den Kampf gegen Rebellen und Verbrecher und andere solcher Fälle.
 Es ist verboten, Muslimen durch Waffen oder auf andere Weise Angst einzuflößen - auch nicht im Scherz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2997</t>
   </si>
   <si>
     <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
@@ -650,179 +654,179 @@
     <t>Mu'awiyah Ibn Abi Sufyan - möge Allah mit ihm und seinem Vater zufrieden sein - ging zu einer Gruppe von Menschen hinaus, die in der Moschee in einem Kreis saßen, und fragte sie, warum sie sich versammelt hätten. Sie antworteten: „Wir gedenken Allahs.“ Er - möge Allah mit ihm zufrieden sein - ließ sie schwören, dass sie mit ihrer Sitzung und Versammlung nur das Gedenken Allahs beabsichtigten. So schworen sie ihm dies. Dann sagte er zu ihnen: „Ich habe euch nicht schwören lassen, weil ich euch einer schlechten Tat verdächtige oder an eurer Wahrhaftigkeit zweifle.“ Dann sprach er über seine Stellung zum Propheten - Allahs Segen und Frieden auf ihm - und dass niemand ihm so nahe stand wie er, da seine Schwester Umm Habibah die Ehefrau des Propheten - Allahs Segen und Frieden auf ihm - war und er zu den Schreibern der Offenbarung gehörte, und dennoch überlieferte er nur wenige Hadithe. Er erzählte ihnen, dass der Prophet - Allahs Segen und Frieden auf ihm - eines Tages aus seinem Haus kam und sie in der Moschee sitzen sah, wie sie Allahs gedachten und Ihn dafür priesen, dass Er sie zum Islam geführt und ihnen damit Seine Gnade erwiesen hatte. Da fragte er - Allahs Segen und Frieden auf ihm - sie und ließ sie schwören, so wie Mu'awiyah - möge Allah mit ihm zufrieden sein - es mit seinen Gefährten getan hatte. Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm - ihnen den Grund für seine Frage und das Schwören lassen: Der Engel Jibril - Friede sei auf ihm - war zu ihm gekommen und hatte ihm mitgeteilt, dass Allah - mächtig und majestätisch ist Er - sich mit euch vor den Engeln rühmt, ihnen eure Vorzüge zeigt, ihnen eure guten Taten aufführt und euch bei ihnen lobt.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Der Vorzug von Mu'awiyah - möge Allah mit ihm zufrieden sein - und sein Eifer, dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - in der Verbreitung des Wissens nachzueifern.
 Es ist zulässig, jemanden ohne Verdacht schwören zu lassen, um auf die Wichtigkeit einer Nachricht hinzuweisen.
 Die Vorzüge von Versammlungen des Gedenkens an Allah und des Wissens, und dass Allah sie liebt und sich mit ihnen vor den Engeln rühmt.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Überliefert von Muslim]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3007</t>
   </si>
   <si>
     <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
-    <t>Wahrlich, diese beiden werden gepeinigt und sie werden nicht wegen etwas großem (einer großen Angelegenheit) gepeinigt. Was einen der beiden angeht, so pflegte er sich während des Urinierens nicht abzuschirmen/ zu schützen. Und was den anderen angeht, so ging er umher und verbreitete üble Nachrede, um die Menschen untereinander zu spalten</t>
+    <t>Wahrlich, diese beiden werden gepeinigt und sie werden nicht wegen etwas Großem (einer großen Angelegenheit) gepeinigt. Was einen der beiden angeht, so pflegte er sich während des Urinierens nicht abzuschirmen/ zu schützen. Und was den anderen angeht, so ging er umher und verbreitete üble Nachrede, um die Menschen untereinander zu spalten</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihnen zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - ging einst an zwei Gräbern vorbei und sagte: „Wahrlich, diese beiden werden gepeinigt und sie werden nicht wegen etwas großem (einer großen Angelegenheit) gepeinigt. Was einen der beiden angeht, so pflegte er sich während des Urinierens nicht abzuschirmen/ zu schützen. Und was den anderen angeht, so ging er umher und verbreitete üble Nachrede, um die Menschen untereinander zu spalten.“Der Prophet nahm dann einen grünen Zweig, brach diesen in zwei Hälften und steckte eine davon in jedes Grab. Sie (die Gefährten) sagten daraufhin: „O Gesandter Allahs, warum hast du dies getan?“ Er sagte: „Auf dass dieses ihnen die Pein erleichtern möge, solange die beiden Zweigstücke nicht trocken werden.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - ging einst an zwei Gräbern vorbei und sagte: ‚Wahrlich, diese beiden werden gepeinigt und sie werden nicht wegen etwas Großem (einer großen Angelegenheit) gepeinigt. Was einen der beiden angeht, so pflegte er sich während des Urinierens nicht abzuschirmen/ zu schützen. Und was den anderen angeht, so ging er umher und verbreitete üble Nachrede, um die Menschen untereinander zu spalten.‘ Der Prophet nahm dann einen grünen Zweig, brach diesen in zwei Hälften und steckte eine davon in jedes Grab. Sie (die Gefährten) sagten daraufhin: ‚O Gesandter Allahs, warum hast du dies getan?‘ Er sagte: ‚Auf dass dieses ihnen die Pein erleichtern möge, solange die beiden Zweigstücke nicht trocken werden.‘“</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - ging an zwei Gräbern vorbei und sagte: Wahrlich, die Insassen dieser beiden Gräber werden bestraft und sie werden nicht für etwas bestraft, das in euren Augen groß ist, obwohl es bei Allah groß ist. Einer von ihnen war nicht darauf bedacht, seinen Körper und seine Kleidung vor Urin zu schützen, wenn er seine Notdurft verrichtete. Und der andere ging mit übler Nachrede zwischen den Menschen umher, indem er die Worte anderer mit der Absicht, ihnen zu schaden und Zwietracht und Streit zwischen den Menschen zu säen, überbrachte.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - ging an zwei Gräbern vorbei und sagte: „Wahrlich, die Insassen dieser beiden Gräber werden bestraft und sie werden nicht für etwas bestraft, das in euren Augen groß ist, obwohl es bei Allah groß ist. Einer von ihnen war nicht darauf bedacht, seinen Körper und seine Kleidung vor Urin zu schützen, wenn er seine Notdurft verrichtete. Und der andere ging mit übler Nachrede zwischen den Menschen umher, indem er die Worte anderer mit der Absicht, ihnen zu schaden und Zwietracht und Streit zwischen den Menschen zu säen, überbrachte.“</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Verleumdung und das Unterlassen der Reinigung von Urin gehören zu den schweren Sünden und den Gründen für die Bestrafung im Grab.
-Allah - gepriesen sei Er - enthüllte einige der verborgenen Dinge - wie die Bestrafung im Grab -, um die Zeichen Seines Prophetentums - Allahs Segen und Frieden auf ihm - zu offenbaren.
+Allah - gepriesen sei Er - enthüllte einige der verborgenen Dinge - wie die Bestrafung im Grab -, um das Zeichen des Prophetentums des Propheten - Allahs Segen und Frieden auf ihm - zu verdeutlichen.
 Die Handlung, zwei Zweige zu spalten und sie auf das Grab zu legen, ist spezifisch für den Propheten - Allahs Segen und Frieden auf ihm -, da Allah ihn über den Zustand der beiden Grabinsassen informiert hat. Niemand sonst kann mit ihm verglichen werden, da niemand den Zustand der Grabinsassen kennt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3010</t>
   </si>
   <si>
     <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>„Wenn ihr den Gebetsruf hört, so sprecht das nach, was der Gebetsrufer sagt.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Friede auf ihm- sagte: „Wenn ihr den Gebetsruf hört, so sprecht das nach, was der Gebetsrufer sagt.“</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ermutigt dazu, dem Gebetsrufer zu antworten, wenn man ihn hört, indem wir genau das, was er sagt, Satz für Satz wiederholen. Wenn er den Takbir spricht, sprechen wir den Takbir nach ihm, und wenn er die zwei Glaubensbekenntnisse spricht, sprechen wir sie auch nach ihm. Die Worte „Hayya 'ala As-Salah, Hayya 'ala Al-Falah“ sind eine Ausnahme, nach ihnen sagt man: „La hawla wa la quwwata illa billah“ (Es gibt keine Macht und keine Kraft außer durch Allah).</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Man spricht dem zweiten Gebetsrufer nach, wenn der erste fertig ist, selbst wenn es mehrere Gebetsrufer gibt, da der Hadith allgemein ist.
 Man soll dem Gebetsrufer in allen Situationen antworten, außer wenn man sich auf einer Toilette befindet oder seine Notdurft erledigt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3013</t>
   </si>
   <si>
     <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Lass sie, denn ich habe sie in einem reinen Zustand angezogen</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
-    <t>Von Al-Mughirah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm - auf einer Reise und ich wollte mich beugen, um ihm die Ledersocken auszuziehen. Da sagte er: „Lass sie, denn ich habe sie in einem reinen Zustand angezogen.“, und er strich über sie.</t>
+    <t>Von Al-Mughirah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm - auf einer Reise und ich wollte mich beugen, um ihm die Ledersocken auszuziehen. Da sagte er: ‚Lass sie, denn ich habe sie in einem reinen Zustand angezogen.‘, und er strich über sie.“</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befand sich auf einer seiner Reisen und verrichtete die rituelle Gebetswaschung. Als er zum Waschen der Füße kam, streckte Al-Mughirah Ibn Schu'bah - möge Allah mit ihm zufrieden sein - seine Hände aus, um die Ledersocken vom Fuß des Propheten - Allahs Segen und Frieden auf ihm - auszuziehen, damit er seine Füße waschen konnte! Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Lass sie und ziehe sie nicht aus, denn ich habe meine Füße in die Ledersocken gesteckt, während ich im Zustand der rituellen Reinheit war.“ Dann strich der Prophet - Allahs Segen und Frieden auf ihm - über seine Ledersocken, anstatt seine Füße zu waschen.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Die Erlaubnis, über die Ledersocken zu wischen, gilt nur bei der rituellen Gebetswaschung (Wudu) nach einer kleinen Unreinheit. Bei der rituellen Ganzkörperwaschung (Ghusl) nach einer großen Unreinheit müssen die Füße gewaschen werden.
 Das Streichen erfolgt einmal, indem die nasse Hand über den oberen Teil der Socke geführt wird, ohne den unteren Teil zu berühren.
 Die Bedingungen für das Streichen über die Ledersocken sind:
 - Sie müssen nach einer vollständigen rituellen Waschung angezogen werden, bei der die Füße mit Wasser gewaschen wurden.
 - Die Ledersocken müssen sauber sein und den obligatorischen Bereich des Fußes bedecken.
 - Das Streichen darf nur bei einer kleinen Unreinheit erfolgen, nicht bei einer großen Unreinheit (Janabah) oder etwas, das eine rituelle Ganzkörperwaschung (Ghusl) erfordert.
 - Das Streichen muss innerhalb der gesetzlich festgelegten Zeit erfolgen, die ein Tag und eine Nacht für Ortsansässige und drei Tage mit den Nächten für Reisende beträgt.
-Alles, was die Füße bedeckt, wie Socken und ähnliches, wird den Ledersocken gleichgestellt, und es ist erlaubt, darüber zu wischen.
+Alles, was die Füße bedeckt, wie Socken und ähnliches, wird den Ledersocken gleichgestellt, und es ist erlaubt, darüber zu streichen.
 Der gute Charakter und die Lehrweise des Propheten - Allahs Segen und Frieden auf ihm - zeigten sich darin, dass er Al-Mughirah davon abhielt, seine Schuhe auszuziehen, und ihm den Grund dafür erklärte, nämlich, dass er sie im Zustand der rituellen Reinheit angezogen hat, damit er sich beruhigt und die Regelung erlernt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3014</t>
   </si>
   <si>
     <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
-    <t>Wenn jemand seinen Bruder liebt, soll er ihm sagen, dass er ihn liebt</t>
+    <t>„Wenn jemand seinen Bruder liebt, soll er ihm sagen, dass er ihn liebt.“</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
-    <t>Von al-Miqdam bin Ma`dykarib wird vom Propheten überliefert, dass er sagte: "Wenn jemand seinen Bruder liebt, soll er ihm sagen, dass er ihn liebt."</t>
+    <t>Von Al-Miqdam Ibn Ma'dikarib - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wenn jemand seinen Bruder liebt, soll er ihm sagen, dass er ihn liebt.“</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
-    <t>Der Prophet erklärt, dass zu den Dingen, die das Verhältnis der Gläubigen zueinander stärken und die Zuneigung unter ihnen verbreiten gehört, dass, wenn sein Bruder von einem geliebt wird, ihm mittgeteilt wird, dass er geliebt wird.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass zu den Ursachen, die das Verhältnis der Gläubigen zueinander stärken und die Zuneigung unter ihnen verbreiten, gehört, dass man seinem Glaubensbruder - wenn man ihn liebt - mitteilen sollte, dass man ihn liebt.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
-    <t>Die aufrichtige Liebe für Allah, ohne diesseitige Interessen, ist etwas Besonderes.
-Es wird empfohlen demjenigen, der um den Willen Allahs geliebt wird, mitzuteilen, dass er geliebt wird, damit diese Liebe und Vertrautheit zunimmt.
+    <t>Der Vorzug der aufrichtigen Liebe um Allahs willen - erhaben ist Er - und nicht aufgrund diesseitiger Interessen.
+Es ist empfohlen, dass demjenigen, der um den Willen Allahs geliebt wird, mitgeteilt wird, dass er geliebt wird, damit die Liebe und Nähe zunimmt.
 Die Verbreitung der Liebe zwischen den Gläubigen stärkt die Brüderlichkeit im Glauben und schützt die Gesellschaft davor, auseinanderzufallen und sich zu spalten.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3017</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>„Dem Propheten - Allahs Segen und Frieden auf ihm - gefiel es, mit rechts zu beginnen; beim Anziehen seiner Sandalen, beim Kämmen seiner Haare, bei seiner Reinigung und bei allen (übrigen) seiner Angelegenheiten.“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Dem Propheten - Allahs Segen und Frieden auf ihm - gefiel es, mit rechts zu beginnen; beim Anziehen seiner Sandalen, beim Kämmen seiner Haare, bei seiner Reinigung und bei allen (übrigen) seiner Angelegenheiten.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
@@ -841,65 +845,65 @@
 „gefiel es, mit rechts zu beginnen“ umfasst: Das Beginnen von Handlungen mit der rechten Hand, dem rechten Fuß, der rechten Seite und das Annehmen (von Dingen) mit rechts.
 An-Nawawi sagte: „Wisse, dass es unter den Gliedmaßen der rituellen Gebetswaschung solche gibt, bei denen die Bevorzugung der rechten Seite nicht empfohlen wird. Dies sind die Ohren, die Hände und die Wangen. Sie sollten vielmehr auf einmal gereinigt werden. Wenn dies jedoch nicht möglich ist, wie bei jemandem, dem ein Körperteil fehlt, oder dergleichen, sollte man mit der rechten Seite beginnen.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3018</t>
   </si>
   <si>
     <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>das ist (nur) eine Ader. Aber unterlasse das Gebet für die Anzahl der Tage, an denen du normalerweise deine Menstruation hattest. Dann wasche dich und bete.“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass Fatimah Bint Abi Hubaisch den Propheten - Allahs Segen und Frieden auf ihm - fragte und sagte: „Ich habe anhaltende Blutungen und werde nicht rein. Soll ich das Gebet unterlassen?“ Er sagte: „Nein, das ist (nur) eine Ader. Aber unterlasse das Gebet für die Anzahl der Tage, an denen du normalerweise deine Menstruation hattest. Dann wasche dich und bete.“</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
-    <t>Fatimah Bint Abi Hubaisch fragte den Propheten - Allahs Segen und Frieden auf ihm -: „Ich habe eine ständige Blutung, die auch außerhalb meiner Menstruationszeit nicht aufhört. Gilt dafür dieselbe Regelung wie für die Menstruation, sodass ich das Gebet unterlassen muss?“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihr: „Das ist Blut der Istihadah (nicht-menstruelle Blutung), ein krankheitsbedingtes Blut, das durch das Platzen eines Gefäßes in der Gebärmutter entsteht, und nicht Menstruationsblut.“ Wenn die Zeit deiner Menstruation kommt, wie du es vor deiner Erkrankung an Istihadah gewohnt warst, dann unterlasse das Gebet, das Fasten und andere Dinge, die einer menstruierenden Frau während ihrer Periode untersagt sind. Wenn diese Zeitspanne abgelaufen ist, bist du von der Menstruation rein. Wasche die Stelle des Blutes und dann wasche deinen ganzen Körper vollständig, um die rituelle Unreinheit zu beseitigen. Dann bete.</t>
+    <t>Fatimah Bint Abi Hubaisch fragte den Propheten - Allahs Segen und Frieden auf ihm -: „Ich habe eine ständige Blutung, die auch außerhalb meiner Menstruationszeit nicht aufhört. Gilt dafür dieselbe Regelung wie für die Menstruation, sodass ich das Gebet unterlassen muss?“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihr: „Das ist Blut der Istihadah (nicht-menstruelle Blutung), ein krankheitsbedingtes Blut, das durch das Platzen eines Gefäßes in der Gebärmutter entsteht, und nicht Menstruationsblut. Wenn die Zeit deiner Menstruation kommt, wie du es vor deiner Erkrankung an Istihadah gewohnt warst, dann unterlasse das Gebet, das Fasten und andere Dinge, die einer menstruierenden Frau während ihrer Periode untersagt sind. Wenn diese Zeitspanne abgelaufen ist, bist du von der Menstruation rein. Wasche die Stelle des Blutes und dann wasche deinen ganzen Körper vollständig, um die rituelle Unreinheit zu beseitigen. Dann bete.“</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Die Verpflichtung der rituellen Ganzkörperwaschung (Ghusl) für die Frau nach dem Ende ihrer Menstruationszeit.
 Die Verpflichtung zum Gebet für die Frau mit Istihadah (nicht-menstrueller Blutung).
 Die Menstruation ist das natürliche Blut, das die Gebärmutter durch die Vagina einer erwachsenen Frau in bestimmten Tagen abgibt.
 Die Istihadah ist das Fließen von Blut außerhalb der Menstruationszeit aus dem unteren Teil der Gebärmutter, nicht aus ihrem Grund.
-Der Unterschied zwischen Menstruationsblut und Blut der Istihadah ist, dass Menstruationsblut dunkel und dick ist und einen unangenehmen Geruch hat, während Blut der Istihadah rot, dünn und keinen unangenehmen Geruch hat.</t>
+Der Unterschied zwischen Menstruationsblut und Blut der Istihadah ist, dass Menstruationsblut dunkel und dick ist und einen unangenehmen Geruch hat, während Blut der Istihadah rot und dünn ist und keinen unangenehmen Geruch hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3029</t>
   </si>
   <si>
     <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>„Richtet eure Reihen gerade, denn das Geraderichten der Reihen gehört zur Vervollständigung des Gebets.“</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Von Anas ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Richtet eure Reihen gerade, denn das Geraderichten der Reihen gehört zur Vervollständigung des Gebets.“</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt den Betenden, ihre Reihen gerade zu richten, sodass keiner von ihnen vor oder hinter den anderen stehen soll, und dass das Geraderichten der Reihen zur Vervollständigung und Vollkommenheit des Gebets gehört, und dass eine schiefe Reihe ein Mangel und eine Unvollkommenheit im Gebet darstellt.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
@@ -917,126 +921,126 @@
   <si>
     <t>„Wenn einer von euch die rituelle Gebetswaschung (Wudu) verrichtet, soll er Wasser in seine Nase nehmen und es dann wieder herausblasen. Und wer sich mit Steinen reinigt (nach dem Stuhlgang), soll es in ungerader Anzahl tun</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn einer von euch die rituelle Gebetswaschung (Wudu) verrichtet, soll er Wasser in seine Nase nehmen und es dann wieder herausblasen. Und wer sich mit Steinen reinigt (nach dem Stuhlgang), soll es in ungerader Anzahl tun. Und wenn einer von euch aus dem Schlaf erwacht, soll er seine Hände waschen, bevor er sie in sein Wassergefäß eintaucht, denn keiner von euch weiß, wo seine Hand die Nacht verbracht hat.“ Und der Wortlaut bei Muslim lautet: „Wenn einer von euch aus dem Schlaf erwacht, soll er seine Hand nicht in das Gefäß tauchen, bis er sie dreimal gewaschen hat, denn er weiß nicht, wo seine Hand die Nacht verbracht hat.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte einige Regeln der rituellen Reinheit (Taharah), darunter: Erstens: Wer die rituelle Gebetswaschung (Wudu) verrichtet, soll Wasser in die Nase einziehen und es dann wieder ausblasen. Zweitens: Wer Verunreinigungen (der Notdurft) ohne Wasser entfernen möchte, wie mit Steinen oder ähnlichem, soll dies in ungerader Anzahl tun, mindestens dreimal und höchstens so oft, bis die Verunreinigung entfernt und die Stelle gereinigt ist. Drittens: Wer aus dem Schlaf erwacht, soll seine Hand nicht in das Wassergefäß tauchen, um die Gebetswaschung zu verrichten, bis er sie dreimal außerhalb des Gefäßes gewaschen hat. Denn er weiß nicht, wo seine Hand die Nacht verbracht hat und kann nicht sicher sein, dass sie nicht verunreinigt ist. Vielleicht hat der Teufel damit gespielt und ihr Dinge gebracht, die dem Menschen schaden oder das Wasser verunreinigen können.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
-    <t>Das Einziehen von Wasser in die Nase durch Atmen und das Ausstoßen des Wassers durch Atmen sind bei der rituellen Gebetswaschung obligatorisch.
+    <t>Das Einziehen von Wasser in die Nase durch (Ein-)Atmen und das Ausstoßen des Wassers durch (Aus-)Atmen sind bei der rituellen Gebetswaschung obligatorisch.
 Die Empfehlung, die Reinigung mit Steinen (oder ähnlichem) nach der Notdurft in ungerader Anzahl durchzuführen.
 Die Empfehlung, die Hände nach dem Schlafen dreimal zu waschen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3033</t>
   </si>
   <si>
     <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
-    <t>„Wenn der Mann sein Haus betritt und Allahs bei seinem Eintreten und bei seinem Essen gedenkt, sagt der Satan: 'Ihr habt keine Unterkunft und kein Abendessen.'</t>
+    <t>„Wenn der Mann sein Haus betritt und Allahs bei seinem Eintreten und bei seinem Essen gedenkt, sagt der Schaytan: ‚Ihr habt keine Unterkunft und kein Abendessen</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
-    <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Wenn der Mann sein Haus betritt und Allahs bei seinem Eintreten und bei seinem Essen gedenkt, sagt der Satan: 'Ihr habt keine Unterkunft und kein Abendessen.' Und wenn er eintritt und Allahs bei seinem Eintreten nicht gedenkt, sagt der Satan: 'Ihr habt die Unterkunft erreicht.' Und wenn er Allahs bei seinem Essen nicht gedenkt, sagt er: 'Ihr habt die Unterkunft und das Abendessen erreicht.'“</t>
+    <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Wenn der Mann sein Haus betritt und Allahs bei seinem Eintreten und bei seinem Essen gedenkt, sagt der Schaytan: ‚Ihr habt keine Unterkunft und kein Abendessen.‘ Und wenn er eintritt und Allahs bei seinem Eintreten nicht gedenkt, sagt der Schaytan: ‚Ihr habt die Unterkunft erreicht.‘ Und wenn er Allahs bei seinem Essen nicht gedenkt, sagt er: ‚Ihr habt die Unterkunft und das Abendessen erreicht.‘“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, Allahs bei Betreten des Hauses und vor dem Essen zu gedenken, und dass, wenn er Allahs gedenkt, indem er sagt: „Im Namen Allahs“, wenn er sein Haus betritt und wenn er mit dem Essen beginnt, der Satan zu seinen Gefährten sagt: Ihr habt kein Recht auf Übernachtung und kein Abendessen in diesem Haus, dessen Besitzer sich vor euch durch das Gedenken Allahs - erhaben ist Er - geschützt hat. Und wenn der Mann sein Haus betritt und Allahs weder bei seinem Eintreten noch beim Essen gedenkt, teilt der Satan seinen Helfern mit, dass sie die Übernachtung und das Abendessen in diesem Haus erreicht haben.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, Allahs bei Betreten des Hauses und vor dem Essen zu gedenken, und dass, wenn er Allahs gedenkt, indem er sagt: „Im Namen Allahs (Bismillah)“, wenn er sein Haus betritt und wenn er mit dem Essen beginnt, der Schaytan zu seinen Gefährten sagt: „Ihr habt kein Recht auf Übernachtung und kein Abendessen in diesem Haus, dessen Besitzer sich vor euch durch das Gedenken Allahs - erhaben ist Er - geschützt hat.“ Und wenn der Mann sein Haus betritt und Allahs weder bei seinem Eintreten noch beim Essen gedenkt, teilt der Schaytan seinen Helfern mit, dass sie die Übernachtung und das Abendessen in diesem Haus erreicht haben.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
-    <t>Es ist empfehlenswert, Allahs bei Betreten des Hauses und beim Essen zu gedenken, da der Satan in den Häusern übernachtet und vom Essen ihrer Bewohner isst, wenn sie nicht den Namen Allahs - erhaben ist Er - erwähnen.
-[...2 lines deleted...]
-Jeder Satan hat Anhänger und Verbündete, die sich über seine Worte freuen und seinem Befehl folgen.</t>
+    <t>Es ist empfehlenswert, Allahs bei Betreten des Hauses und beim Essen zu gedenken, da der Schaytan in den Häusern übernachtet und vom Essen ihrer Bewohner isst, wenn sie nicht den Namen Allahs - erhaben ist Er - erwähnen.
+Der Schaytan beobachtet den Sohn Adams in seinem Handeln und Verhalten und in all seinen Angelegenheiten. Wenn er vom Gedenken (an Allah) abgelenkt ist, erreicht der Schaytan sein Ziel von ihm.
+Das Gedenken (an Allah) vertreibt den Schaytan.
+Jeder Schaytan hat Anhänger und Verbündete, die sich über seine Worte freuen und seinem Befehl folgen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3037</t>
   </si>
   <si>
     <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>„Die großen Sünden sind: Allah etwas beigesellen, das schlechte Benehmen gegenüber den Eltern, der Mord und der Meineid.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Die großen Sünden sind: Allah etwas beigesellen, das schlechte Benehmen gegenüber den Eltern, der Mord und der Meineid.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt die großen Sünden. Derjenige, der sie begeht, wird mit einer schweren Strafe im Diesseits oder im Jenseits bedroht.
 Die erste dieser Sünden ist Allah etwas beigesellen: Dies bedeutet, jede Art von Anbetung an jemand anderen als Allah zu richten und jemanden mit Allah gleichzusetzen in Dingen, die ausschließlich zu Allahs Eigenschaften gehören, wie Seine Göttlichkeit, Herrschaft sowie Namen und Eigenschaften.
 Die zweite große Sünde ist das schlechte Benehmen gegenüber den Eltern: Dies umfasst alles, was den Eltern Schaden zufügt, sei es durch Worte oder Taten, sowie das Unterlassen von Güte ihnen gegenüber.
 Die dritte große Sünde ist der unrechtmäßige Tod einer Seele, wie der Mord aus Ungerechtigkeit oder Feindseligkeit.
 Die vierte große Sünde ist der „Meineid (Al-Yamin Al-Ghamus)“: Dies bedeutet, einen Eid zu leisten, obwohl man weiß, dass man lügt. Es wird so genannt, weil es denjenigen, der diesen Eid leistet, in die Sünde oder in die Hölle stürzt.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Der Meineid kann aufgrund seiner enormen Schwere und Verwerflichkeit nicht durch eine Bußleistung (Kaffarah) gesühnt werden. Das einzige Mittel zur Vergebung ist die aufrichtige Reue.
 Die Erwähnung dieser vier großen Sünden im Hadith dient dem Zweck, ihre enorme Schwere hervorzuheben, und ist nicht dazu gedacht, alle großen Sünden auf diese vier zu beschränken.
-Die Sünden werden in große Sünden und kleine Sünden unterteilt. Eine große Sünde (Kabirah) ist jede Sünde, die eine diesseitige Strafe nach sich zieht, wie die Hudud (rechtlichen Strafen) und der Fluch, oder eine jenseitige Drohung, wie die Drohung, in die Hölle einzutreten. Die großen Sünden haben unterschiedliche Schweregrade in ihrem Verbot, wobei einige schwerwiegender sind als andere. Kleine Sünden sind all jene Sünden, die nicht zu den großen Sünden zählen.</t>
+Die Sünden werden in große Sünden und kleine Sünden unterteilt. Eine große Sünde (Kabirah) ist jede Sünde, die eine diesseitige Strafe nach sich zieht, wie die rechtlichen Strafen und der Fluch, oder eine jenseitige Drohung, wie die Drohung, in die Hölle einzutreten. Die großen Sünden haben unterschiedliche Schweregrade in ihrem Verbot, wobei einige schwerwiegender sind als andere. Kleine Sünden sind all jene Sünden, die nicht zu den großen Sünden zählen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3044</t>
   </si>
   <si>
     <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>„Wahrlich, zu den gewaltigsten Formen des Jihad (Sichabmühen) gehört ein Wort der Gerechtigkeit vor einem ungerechten Herrscher.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, zu den gewaltigsten Formen des Jihad (Sichabmühen) gehört ein Wort der Gerechtigkeit vor einem ungerechten Herrscher.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass eines der größten und nützlichsten Arten des Sichabmühens auf dem Wege Allahs - erhaben ist Er - ein Wort der Gerechtigkeit und Wahrheit vor einem ungerechten und tyrannischen Herrscher oder Führer ist. Denn dies ist eine Umsetzung des Prinzips, das Gute zu gebieten und das Schlechte zu verbieten, sei es durch Wort, Schrift, Tat oder auf andere Weise, die zum Nutzen führt und Schaden abwendet.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
@@ -1059,51 +1063,51 @@
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3045</t>
   </si>
   <si>
     <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>„Wahrlich, das diesseitige Leben ist süß und grün, und wahrlich, Allah hat euch zu Nachfolgern auf ihr gemacht, damit Er sieht, wie ihr handelt. So hütet euch vor dem diesseitigen Leben und hütet euch vor den Frauen</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, das diesseitige Leben ist süß und grün, und wahrlich, Allah hat euch zu Nachfolgern auf ihr gemacht, damit Er sieht, wie ihr handelt. So hütet euch vor dem diesseitigen Leben und hütet euch vor den Frauen, denn wahrlich, die erste Versuchung der Kinder Israels geschah durch Frauen.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass das diesseitige Leben süß im Geschmack und grün im Anblick ist, sodass der Mensch sich von ihm täuschen lässt, sich darin vertieft und es zu seiner größten Sorge macht. Und dass Allah - gepriesen und erhaben ist Er - einige von uns zu Nachfolgern anderer in diesem diesseitigen Leben gemacht hat, um zu sehen, wie wir handeln. Gehorchen wir Ihm oder widersetzen wir uns Ihm? Dann sagte er: Hütet euch davor, dass euch die Güter des diesseitigen Lebens und sein Schmuck täuschen und euch dazu bringen, das zu verlassen, was Allah euch befohlen hat, und in das zu fallen, was Er euch untersagt hat. Und unter den Versuchungen des diesseitigen Lebens, vor denen man sich am meisten hüten muss, ist die Versuchung der Frauen, denn sie war die erste Versuchung, in die die Kinder Israels verfielen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass das diesseitige Leben süß im Geschmack und grün im Anblick ist, sodass der Mensch sich von ihm täuschen lässt, sich darin vertieft und es zu seiner größten Sorge macht. Und dass Allah - gepriesen sei Er und erhaben ist Er - einige von uns zu Nachfolgern anderer in diesem diesseitigen Leben gemacht hat, um zu sehen, wie wir handeln. Gehorchen wir Ihm oder widersetzen wir uns Ihm? Dann sagte er: „Hütet euch davor, dass euch die Güter des diesseitigen Lebens und sein Schmuck täuschen und euch dazu bringen, das zu verlassen, was Allah euch befohlen hat, und in das zu fallen, was Er euch untersagt hat. Und unter den Versuchungen des diesseitigen Lebens, vor denen man sich am meisten hüten muss, ist die Versuchung der Frauen, denn sie war die erste Versuchung, in die die Kinder Israels verfielen.“</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Die Ermahnung, stets gottesfürchtig zu sein und sich nicht mit den äußeren Erscheinungen des diesseitigen Lebens und seinem Schmuck zu beschäftigen.
 Die Warnung davor, sich von Frauen verführen zu lassen, sei es durch Blicke, durch Nachlässigkeit im Vermischen mit fremden Männern oder durch andere Dinge.
 Die Versuchung durch Frauen gehört zu den größten Versuchungen im diesseitigen Leben.
 Aus den Erfahrungen früherer Völker zu lernen und sich dadurch ermahnen zulassen, denn was den Kindern Israels widerfahren ist, kann auch anderen widerfahren.
 Die Versuchung durch Frauen, wenn es sich um eine Ehefrau handelt, kann den Mann dazu bringen, mehr auszugeben, als er sich leisten kann, und ihn von der Suche nach religiösen Angelegenheiten ablenken und ihn dazu bringen, sich auf die Suche nach weltlichen Dingen zu stürzen. Wenn es sich um eine fremde Frau handelt, besteht ihre Versuchung darin, Männer zu verführen und sie vom rechten Weg abzubringen, wenn sie ausgehen und sich unter sie mischen, besonders wenn sie unverhüllt und geschmückt sind. Dies kann dazu führen, dass man in verschiedenen Graden in Unzucht verfällt. Deshalb sollte der Gläubige sich an Allah halten und Ihn um Rettung vor ihren Versuchungen bitten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3053</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>„Wir haben dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue gelobt, in schwierigen und leichten Zeiten, bei Begeisterung und Missfallen</t>
   </si>
   <si>
@@ -1113,76 +1117,76 @@
     <t>Von 'Ubadah Ibn As-Samit - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir haben dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue gelobt, in schwierigen und leichten Zeiten, bei Begeisterung und Missfallen. Wir haben ihm auch die Treue gelobt, uns nicht gegen die Entscheidung der Führenden zu stellen und die Wahrheit zu sprechen, wo auch immer wir uns befinden, und um Allahs Willen keine Angst vor dem Tadel eines Tadelnden zu haben.“</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - nahm von den Gefährten das Versprechen und den Eid ab, den Führern und Herrschern in allen Umständen, ob in Leichtigkeit oder Schwierigkeit, Reichtum oder Armut, Gehorsam zu leisten, selbst wenn deren Anordnungen der eigenen Seele widersprechen oder ihr verhasst sind. Auch wenn die Herrscher sich ungerecht am öffentlichen Vermögen oder an Ämtern bereichern, ist es dennoch Pflicht, ihnen im Guten Gehorsam zu leisten und sich nicht gegen sie zu erheben, da die Unruhe und das Verderben, die durch einen Aufstand entstehen, schlimmer sind als das Unrecht, das sie möglicherweise verüben. Außerdem haben sie versprochen, die Wahrheit an jedem Ort auszusprechen, dabei aufrichtig für Allah zu handeln, ohne sich vor denen zu fürchten, die sie tadeln.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Die Frucht des Gehorsams und der Treue gegenüber den Führern ist die Einheit des Worts der Muslime und die Ablehnung der Spaltung.
 Die Pflicht, den Herrschern in allem Gehorsam zu leisten, außer in der Sünde, in Zeiten der Leichtigkeit und der Schwierigkeit, in Zeiten der Freude und des Zwangs sowie in Bezug auf die Bevorzugung, die sie sich nehmen.
 Die Pflicht, die Wahrheit zu sprechen, wo (auch) immer wir uns befinden, und für das Angesicht Allahs den Tadel des Tadlers nicht zu fürchten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3061</t>
   </si>
   <si>
     <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
-    <t>„Ich habe vom Propheten - Allahs Segen und Frieden auf ihm - zehn Raka'ah (Gebetseinheiten) erlernt</t>
+    <t>„Ich habe vom Propheten - Allahs Segen und Frieden auf ihm - zehn Gebetseinheiten erlernt</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
-    <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ich habe vom Propheten - Allahs Segen und Frieden auf ihm - zehn Raka'ah (Gebetseinheiten) erlernt: Zwei Raka'ah vor dem Mittagsgebet (Dhuhr) und zwei danach, zwei Raka'ah nach dem Abendgebet (Maghrib) in seinem Haus, zwei Raka'ah nach dem Nachtgebet ('Ischa) in seinem Haus und zwei Raka'ah vor dem Morgengebet (Fajr). Es war eine Zeit, in der niemand zum Propheten - Allahs Segen und Frieden auf ihm - vorgelassen wurde. Hafsah berichtete mir, dass er, wenn der Muadhin zum Gebet rief und die Morgendämmerung begann, zwei Raka'ah betete. In einem anderen Wortlaut heißt es, dass der Prophet -Allahs Segen und Frieden auf ihm - nach dem Freitagsgebet zwei Raka'ah betete.“</t>
+    <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ich habe vom Propheten - Allahs Segen und Frieden auf ihm - zehn Gebetseinheiten erlernt: Zwei Gebetseinheiten vor dem Mittagsgebet (Dhuhr) und zwei danach, zwei Gebetseinheiten nach dem Abendgebet (Maghrib) in seinem Haus, zwei Gebetseinheiten nach dem Nachtgebet ('Ischa) in seinem Haus und zwei Gebetseinheiten vor dem Morgengebet (Fajr). Es war eine Zeit, in der niemand zum Propheten - Allahs Segen und Frieden auf ihm - vorgelassen wurde. Hafsah berichtete mir, dass er, wenn der Gebetsrufer zum Gebet rief und die Morgendämmerung begann, zwei Gebetseinheiten betete.“ In einem anderen Wortlaut heißt es, dass der Prophet - Allahs Segen und Frieden auf ihm - nach dem Freitagsgebet zwei Gebetseinheiten betete.</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
-    <t>'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - erklärt, dass zu den freiwilligen Gebeten (Nawafil), die er vom Propheten -Allahs Segen und Frieden auf ihm - erlernt hat, zehn Raka'ah gehören, die als „As-Sunan Ar-Rawatib“ bezeichnet werden. Zwei Raka'ah vor dem Mittagsgebet (Dhuhr) und zwei danach, und zwei Raka'ah nach dem Abendgebet (Maghrib) in seinem Haus, und zwei Raka'ah nach dem Nachtgebet ('Ischa) in seinem Haus, und zwei Raka'ah vor dem Morgengebet (Fajr). So ergeben sich insgesamt zehn Raka'ah. Und was das Freitagsgebet betrifft, so betet man danach zwei Raka'ah.</t>
+    <t>'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - erklärt, dass zu den freiwilligen Gebeten (Nawafil), die er vom Propheten - Allahs Segen und Frieden auf ihm - erlernt hat, zehn Gebetseinheiten gehören, die als „As-Sunan Ar-Rawatib“ bezeichnet werden. Zwei Gebetseinheiten vor dem Mittagsgebet (Dhuhr) und zwei danach, und zwei Gebetseinheiten nach dem Abendgebet (Maghrib) in seinem Haus, und zwei Gebetseinheiten nach dem Nachtgebet ('Ischa) in seinem Haus, und zwei Gebetseinheiten vor dem Morgengebet (Fajr). So ergeben sich insgesamt zehn Gebetseinheiten. Und was das Freitagsgebet betrifft, so betet man danach zwei Gebetseinheiten.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
-    <t>Die Empfehlung, diese "Rawatib"-Gebete zu verrichten und sie regelmäßig zu pflegen.
+    <t>1.	Die Empfehlung, diese „Rawatib“-Gebete zu verrichten und sie regelmäßig zu pflegen.
 Die Legitimität, die freiwilligen Gebete im eigenen Haus zu verrichten.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Alle Versionen sowohl von al-Buchary, als auch Muslim in ihren "Sahih-Werken" überliefert]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3062</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte seinen Mund mit einem Siwak (Hölzchen zum Reinigen der Zähne) zu säubern, wenn er nachts (für das Gebet) aufstand.“</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Von Hudhayfah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte seinen Mund mit einem Siwak (Hölzchen zum Reinigen der Zähne) zu säubern, wenn er nachts (für das Gebet) aufstand.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
@@ -1336,51 +1340,51 @@
   <si>
     <t>Der Beweis, dass der Islam in Bezug auf Anstand und Sauberkeit fortgeschritten war/ist.
 Die Vermeidung schmutziger Dinge. Wenn es notwendig ist, sie (direkt) zu berühren, sollte man die linke Hand benutzen.
 Die Verdeutlichung der Ehre der rechten Hand und ihrer Vorzüge gegenüber der linken.
 Die islamische Gesetzgebung ist vollkommen und ihre Lehren sind allumfassend.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3079</t>
   </si>
   <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>„Fürchtet keiner von euch, wenn er seinen Kopf vor dem Imam erhebt, dass Allah seinen Kopf in den eines Esels verwandeln könnte, oder dass Allah seine Gestalt in die eines Esels verwandeln könnte?“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Fürchtet keiner von euch, wenn er seinen Kopf vor dem Imam erhebt, dass Allah seinen Kopf in den eines Esels verwandeln könnte, oder dass Allah seine Gestalt in die eines Esels verwandeln könnte?“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
-    <t>Der Prophet -Allahs Segen und Frieden auf ihm - verdeutlicht die strenge Warnung an denjenigen, der seinen Kopf vor dem Imam erhebt, dass Allah seinen Kopf in den eines Esels verwandeln könnte oder seine Gestalt in die eines Esels.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht die strenge Warnung an denjenigen, der seinen Kopf vor dem Imam erhebt, dass Allah seinen Kopf in den eines Esels verwandeln könnte oder seine Gestalt in die eines Esels.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Der Mitbetende kann sich gegenüber dem Imam in vier Situationen befinden: Drei davon sind verboten, nämlich das Vorausgehen, das Übereinstimmen und das Zurückbleiben. Erlaubt ist für den Mitbetenden nur das Folgen.
 Der Mitbetende ist verpflichtet, dem Imam im Gebet zu folgen.
 Die Androhung, die Gestalt desjenigen, der seinen Kopf vor dem Imam erhebt, in die eines Esels zu verwandeln, ist möglich und fällt unter die Kategorie der Verwandlung (Maskh).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3086</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>dass ein Mann den Propheten - Allahs Segen und Frieden auf ihm - nach der Stunde fragte, und er sagte: „Wann ist die Stunde?“ Der Prophet - Allahs Segen und Frieden auf ihm - antwortete: „Und was hast du für sie vorbereitet?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass ein Mann den Propheten - Allahs Segen und Frieden auf ihm - nach der Stunde fragte, und er sagte: „Wann ist die Stunde?“ Der Prophet - Allahs Segen und Frieden auf ihm - antwortete: „Und was hast du für sie vorbereitet?“ Der Mann sagte: „Nichts, außer dass ich Allah und Seinen Gesandten - Allahs Segen und Frieden auf ihm - liebe.“ Daraufhin sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Du wirst mit denen sein, die du liebst.“ Anas sagte: „Wir haben uns über nichts so sehr gefreut wie über diese Worte des Propheten - Allahs Segen und Frieden auf ihm -: ‚Du wirst mit denen sein, die du liebst.‘“ Anas sagte weiter: „Ich liebe den Propheten - Allahs Segen und Frieden auf ihm -, Abu Bakr und 'Umar, und ich hoffe, dass ich durch meine Liebe zu ihnen mit ihnen sein werde, auch wenn ich nicht die gleichen Taten verrichte wie sie.“</t>
@@ -1400,64 +1404,64 @@
 Der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihm: „Du wirst im Paradies mit denen sein, die du liebst.“
 Die Gefährten des Propheten - Allahs Segen und Frieden auf ihm - freuten sich sehr über diese frohe Botschaft.
 Dann berichtete Anas - möge Allah mit ihm zufrieden sein -, dass er den Propheten - Allahs Segen und Frieden auf ihm -, Abu Bakr und 'Umar liebt, und er hofft, mit ihnen zu sein, auch wenn seine Taten nicht wie ihre sind.</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>Die Weisheit des Gesandten Allahs - Allahs Segen und Frieden auf ihm - in seiner Antwort an den Fragenden bestand darin, dass er ihn auf das hinwies, was für ihn wichtig ist und ihn retten würde, nämlich: sich auf das Jenseits mit dem vorzubereiten, was nützt, und gute Taten zu verrichten.
 Allah hat das Wissen über die Stunde vor Seinen Dienern verborgen, damit jeder Mensch sich stets auf die Begegnung mit Allah vorbereitet und bereitmacht.
 Die Vorzüge der Liebe zu Allah, Seinem Gesandten und den rechtschaffenen Gläubigen; und die Warnung vor der Liebe zu den Götzendienern.
 Seine Aussage - Allahs Segen und Frieden auf ihm -: „Du wirst mit denen sein, die du liebst“ bedeutet nicht Gleichheit in Rang und Stellung. Vielmehr bedeutet es, dass sie alle im Paradies sein werden, sodass jeder von ihnen den anderen sehen kann, selbst wenn der Ort weit entfernt ist.
 Der Muslim wird dazu angeleitet, sich mit dem zu beschäftigen, was für ihn am besten und nützlichsten ist, und Fragen zu vermeiden, die ihm nicht nützen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3087</t>
   </si>
   <si>
     <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
-    <t>„Es gibt kein Gebet, wenn das Essen serviert wird, und auch nicht, wenn man die beiden natürlichen Bedürfnisse (den Stuhlgang und das Urinieren) zurückhält.“</t>
+    <t>‚Es gibt kein Gebet, wenn das Essen serviert wird, und auch nicht, wenn man die beiden natürlichen Bedürfnisse (den Stuhlgang und das Urinieren) zurückhält.‘“</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
-    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Es gibt kein Gebet, wenn das Essen serviert wird, und auch nicht, wenn man die beiden natürlichen Bedürfnisse (den Stuhlgang und das Urinieren) zurückhält.“</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Es gibt kein Gebet, wenn das Essen serviert wird, und auch nicht, wenn man die beiden natürlichen Bedürfnisse (den Stuhlgang und das Urinieren) zurückhält.‘“</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verbot das Gebet, wenn das Essen, nach dem sich das Herz des Betenden sehnt und an dem sein Herz hängt, serviert wird.
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verbot das Gebet, wenn das Essen, nach dem die Seele des Betenden verlangt und an dem sein Herz hängt, serviert wird.
 Ebenso verbot er das Gebet, wenn man die beiden natürlichen Bedürfnisse - das Urinieren und den Stuhlgang - zurückhalten muss, weil das Unterdrücken dieses Schaden einen ablenkt.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Der Betende sollte alles, was ihn während des Gebets ablenken könnte, vor dem Beginn des Gebets entfernen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3088</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - seine beiden Hände auf Höhe seiner Schultern hob, wenn er das Gebet eröffnete</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - seine beiden Hände auf Höhe seiner Schultern hob, wenn er das Gebet eröffnete. Und wenn er den Takbir zur Verbeugung (Ruku') sprach, und wenn er seinen Kopf von der Verbeugung hob, hob er sie ebenfalls so hoch und sagte: „Sami'a Allahu liman hamidah, Rabbana wa lakal-hamd“ (Allah hört denjenigen, der Ihn preist. Unser Herr, Dir gebührt alles Lob). Und er tat dies nicht während der Niederwerfung (Sujud).</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
@@ -1472,139 +1476,139 @@
 Die zweite Stelle: Wenn er den Takbir zur Verbeugung spricht.
 Die dritte Stelle: Wenn er seinen Kopf von der Verbeugung hebt und sagt: „Sami'a Allahu liman hamidah, Rabbana wa lakal-hamd“ (Allah hört denjenigen, der Ihn preist. Unser Herr, Dir gebührt alles Lob).
 Und er hob seine Hände nicht, wenn er mit der Niederwerfung (Sujud) begann oder wenn er sich daraus erhob.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Eine der Weisheiten hinter dem Erheben der Hände im Gebet ist, dass es das Gebet verschönert und eine Verherrlichung Allahs - gepriesen sei Er - ist.
 Es wird authentisch vom Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er seine Hände an einer vierten Stelle erhob, wie in der Überlieferung von Abu Humayd Al-Sa'idi bei Abu Dawud und anderen, nämlich beim Aufstehen vom ersten Taschahhud (dem ersten Sitzen im Gebet) im Gebet mit drei und vier Gebetseinheiten.
 Außerdem wird von ihm - Allahs Segen und Frieden auf ihm - authentisch überliefert, dass er seine Hände auf Höhe seiner Ohren hob, ohne sie zu berühren, wie es in der Überlieferung von Malik Ibn Al-Huwayrith in den beiden Sahih-Werken (Al-Bukhari und Muslim) heißt: „Dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - wenn er den Takbir sprach, seine Hände hob, bis sie auf gleicher Höhe mit seinen Ohren waren.“
 Die Kombination von „Sami'a Allahu liman hamidah“ (Allah hört denjenigen, der Ihn preist) und „Rabbana wa lakal-hamd“ (Unser Herr, Dir gebührt alles Lob) ist spezifisch für den Imam (Vorbeter) und denjenigen, der alleine betet. Derjenige, der hinter einem Imam betet, sagt nur: „Rabbana wa lakal-hamd“.
 Die Aussage „Rabbana wa lakal-hamd“ nach der Verbeugung ist vom Propheten - Allahs Segen und Frieden auf ihm - in vier verschiedenen Formulierungen überliefert worden, und dies ist eine davon. Es ist am besten, dass man all diese Formulierungen sagt, sodass man mal diese und mal jene auswählt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3095</t>
   </si>
   <si>
     <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
-    <t>Abdullah lbn Mas'ud - möge Allah mit ihm zufrieden sein - berichtete: „Der Gesandte Allahs -Allahs Segen und Frieden auf ihm -lehrte mich den Taschahhud - und meine Handfläche war zwischen seinen beiden Handflächen - so wie er mich eine Surah aus dem Qur'an lehrte</t>
+    <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - lehrte mich den Taschahhud - und meine Handfläche war zwischen seinen beiden Handflächen - so wie er mich eine Surah aus dem Qur'an lehrte</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
-    <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Abdullah lbn Mas'ud - möge Allah mit ihm zufrieden sein - berichtete: „Der Gesandte Allahs -Allahs Segen und Frieden auf ihm -lehrte mich den Taschahhud - und meine Handfläche war zwischen seinen beiden Handflächen - so wie er mich eine Surah aus dem Qur'an lehrte: ,At-Tahiyyatu Lillahi was-Salawatu wat-Tayyibatu, As-Salamu 'alayka ayyuhan-Nabiyyu wa Rahmatullahi wa Barakatuhu, As-Salamu 'alayna wa 'ala 'Ibadillahi As-Salihin. Aschhadu an la ilaha illa Allah wa Aschhadu anna Muhammadan Abduhu wa Rasuluhu.‘ (Alle Ehrerweisungen, Gebete und schöne Worte gebühren Allah. Der Friede sei auf dir, o Prophet, die Barmherzigkeit Allahs und Sein Segen. Der Friede sei auf uns und den rechtschaffenen Dienern Allahs. Ich bezeuge, dass niemand würdig ist angebetet zu werden außer Allah und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist.)“
+    <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - lehrte mich den Taschahhud - und meine Handfläche war zwischen seinen beiden Handflächen - so wie er mich eine Surah aus dem Qur'an lehrte: ,At-Tahiyyatu Lillahi was-Salawatu wat-Tayyibatu, As-Salamu 'alayka ayyuhan-Nabiyyu wa Rahmatullahi wa Barakatuhu, As-Salamu 'alayna wa 'ala 'Ibadillahi As-Salihin. Aschhadu an la ilaha illa Allah wa Aschhadu anna Muhammadan Abduhu wa Rasuluhu.‘ (Alle Ehrerweisungen, Gebete und schöne Worte gebühren Allah. Der Friede sei auf dir, o Prophet, die Barmherzigkeit Allahs und Sein Segen. Der Friede sei auf uns und den rechtschaffenen Dienern Allahs. Ich bezeuge, dass niemand würdig ist angebetet zu werden außer Allah und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist.)“
 Und in einem Wortlaut der beiden heißt es: „Wahrlich Allah ist der Friede. Wenn einer von euch nun im Gebet sitzt, soll er sagen:  ,At-Tahiyyatu Lillahi was-Salawatu wat-Tayyibatu, As-Salamu 'alayka ayyuhan-Nabiyyu wa Rahmatullahi wa Barakatuhu, As-Salamu 'alayna wa 'ala 'Ibadillahi As-Salihin.‘ - Wenn er dies sagt, trifft es jeden rechtschaffenen Diener im Himmel und auf der Erde. - ,Aschhadu an la ilaha illa Allah wa Aschhadu anna Muhammadan Abduhu wa Rasuluhu.‘ Daraufhin wählt er von den Bitten aus, was er möchte.“</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
 "السلام علينا وعلى عباد الله الصالحين": 
 دعاء بالسلامة للمُصلي ولكل عبد صالح في السماء والأرض. 
 "أشهد أن لا إله إلا الله": 
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - lehrte Ibn Mas'ud - möge Allah mit ihm zufrieden sein - den Taschahhud, der im Gebet gesprochen wird. Er legte seine Hand in die Hände von Ibn Mas'ud, um seine Aufmerksamkeit auf sich zu lenken. Dies geschah auf die gleiche Weise, wie er ihm eine Sure aus dem Quran lehrte, was die Sorgfalt des Propheten - Allahs Segen und Frieden auf ihm - bezüglich des Wortlauts und der Bedeutung dieses Taschahhud unterstreicht. Und er sagte: „At-Tahiyyatu Lillahi“ (Alle Ehrerweisungen gebühren Allah) Das bezieht sich auf jedes Wort oder jede Handlung, die Erhabenheit ausdrückt. All dies gebührt Allah - mächtig und majestätisch ist Er -. „As-Salawatu“ (Gebete) Das bezieht sich auf das bekannte Gebet, sowohl die Pflichtgebete (Fard) als auch die freiwilligen Gebete (Nafl), die für Allah - erhaben ist Er - verrichtet werden. „At-Tayyibatu“ (und schöne Worte) Das bezieht sich auf die guten Worte, Taten und Eigenschaften, die auf die Vollkommenheit hinweisen und alle Allah - erhaben ist Er - gebühren. „As-Salamu 'alayka ayyuhan-Nabiyyu wa Rahmatullahi wa Barakatuhu“ (Der Friede sei auf dir, o Prophet, die Barmherzigkeit Allahs und Sein Segen.) Das ist ein Bittgebet für seine Sicherheit vor jeglichem Schaden und Verhasstem sowie für die Vermehrung und Fülle von allem Guten. „As-Salamu 'alayna wa 'ala 'Ibadillahi As-Salihin.“ (Der Friede sei auf uns und den rechtschaffenen Dienern Allahs.) Das ist ein Bittgebet für die Sicherheit des Betenden und jedes rechtschaffenen Dieners (Allahs) im Himmel und auf Erden. „Aschhadu an la ilaha illa Allah“ (Ich bezeuge, dass niemand würdig ist angebetet zu werden außer Allah) Das bedeutet, dass ich mit fester Überzeugung bestätige, dass es keinen anbetungswürdigen Gott gibt außer Allah. „wa Aschhadu anna Muhammadan Abduhu wa Rasuluhu.“ (und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist.) Ich bestätige für ihn die Dienerschaft und die abschließende Botschaft.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - lehrte Ibn Mas'ud - möge Allah mit ihm zufrieden sein - den Taschahhud, der im Gebet gesprochen wird. Er legte seine (Ibn Mas'uds) Hand in seine Hände, um seine Aufmerksamkeit auf sich zu lenken. Dies geschah auf die gleiche Weise, wie er ihm eine Surah aus dem Quran lehrte, was die Sorgfalt des Propheten - Allahs Segen und Frieden auf ihm - bezüglich des Wortlauts und der Bedeutung dieses Taschahhud unterstreicht. Und er sagte: „At-Tahiyyatu Lillahi“ (Alle Ehrerweisungen gebühren Allah): Das bezieht sich auf jedes Wort oder jede Handlung, die Erhabenheit ausdrückt. All dies gebührt Allah - mächtig und majestätisch ist Er. „As-Salawatu“ (Gebete): Das bezieht sich auf das bekannte Gebet, sowohl die Pflichtgebete (Fard) als auch die freiwilligen Gebete (Nafl), die für Allah - erhaben ist Er - verrichtet werden. „At-Tayyibatu“ (und schöne Worte): Das bezieht sich auf die guten Worte, Taten und Eigenschaften, die auf die Vollkommenheit hinweisen und alle Allah - erhaben ist Er - gebühren. „As-Salamu 'alayka ayyuhan-Nabiyyu wa Rahmatullahi wa Barakatuhu“ (Der Friede sei auf dir, o Prophet, die Barmherzigkeit Allahs und Sein Segen.): Das ist ein Bittgebet für seine Sicherheit vor jeglichem Schaden und Verhasstem sowie für die Vermehrung und Fülle von allem Guten. „As-Salamu 'alayna wa 'ala 'Ibadillahi As-Salihin.“ (Der Friede sei auf uns und den rechtschaffenen Dienern Allahs.) Das ist ein Bittgebet für die Sicherheit des Betenden und jedes rechtschaffenen Dieners (Allahs) im Himmel und auf Erden. „Aschhadu an la ilaha illa Allah“ (Ich bezeuge, dass niemand würdig ist angebetet zu werden außer Allah): Das bedeutet, dass ich mit fester Überzeugung bestätige, dass es keinen gibt, der zu Recht angebetet wird, außer Allah. „wa Aschhadu anna Muhammadan Abduhu wa Rasuluhu.“ (und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist.): Ich bestätige für ihn die Dienerschaft und die abschließende Botschaft.
 Dann ermutigte der Prophet - Allahs Segen und Frieden auf ihm - den Betenden, aus den Bittgebeten zu wählen, was er möchte.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Der Zeitpunkt für diesen Taschahhud ist das Sitzen nach der letzten Niederwerfung (Sujud) in jedem Gebet und nach der zweiten Gebetseinheit (Raka'ah) in Gebeten mit drei oder vier Gebetseinheiten.
 Die Tahiyyat sind beim Taschahhud verpflichtend und es ist erlaubt, den Taschahhud auf eine der Ausdrücke des Taschahhud zu sagen, die über den Propheten - Allahs Segen und Frieden auf ihm - bestätigt wurden.
 Es ist erlaubt im Gebet um alles zu bitten, solange es keine Sünde ist.
 Es ist empfohlen, beim Bittgebet mit sich selbst zu beginnen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3096</t>
   </si>
   <si>
     <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>O Allah, ich suche Zuflucht bei Dir vor der Strafe des Grabes, vor der Strafe des Feuers, vor der Versuchung im Leben und im Tod und vor der Versuchung des falschen Messias (Dajjal)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte zu beten und zu sagen: „O Allah, ich suche Zuflucht bei Dir vor der Strafe des Grabes, vor der Strafe des Feuers, vor der Versuchung im Leben und im Tod und vor der Versuchung des falschen Messias (Dajjal).“
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte zu beten und zu sagen: ‚O Allah, ich suche Zuflucht bei Dir vor der Strafe des Grabes, vor der Strafe des Feuers, vor der Versuchung im Leben und im Tod und vor der Versuchung des falschen Messias (Dajjal).‘“
 In einem Wortlaut von Muslim heißt es: „Wenn einer von euch den letzten Taschahhud beendet hat, soll er bei Allah Zuflucht suchen vor vier Dingen: vor der Strafe der Hölle, vor der Strafe des Grabes, vor der Versuchung im Leben und im Tod und vor dem Übel des falschen Messias (Dajjal).“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - suchte nach dem letzten Taschahhud und vor dem Friedensgruß im Gebet Zuflucht bei Allah vor vier Dingen und befahl uns, dies ebenfalls zu tun.
 Das Erste: Vor der Strafe des Grabes.
 Das Zweite: Vor der Strafe des Höllenfeuers am Tag der Auferstehung.
-Das Dritte: Vor der Versuchung des Leben durch die verbotenen Begierden des Diesseits und seinen irreführenden Zweifel, und vor der Versuchung des Tods, d.h. in der Stunde des Todeskampfes, durch das Abweichen vom Islam oder der Sunna, oder der Versuchung im Grab durch die Befragung der beiden Engel.
+Das Dritte: Vor der Versuchung des Lebens durch die verbotenen Begierden des Diesseits und seinen irreführenden Zweifel, und vor der Versuchung des Tods, d. h. in der Stunde des Todeskampfes, durch das Abweichen vom Islam oder der Sunna, oder der Versuchung im Grab durch die Befragung der beiden Engel.
 Das Vierte: Vor der Versuchung des falschen Messias (Dajjal), der am Ende der Zeiten erscheinen wird und mit dem Allah Seine Diener prüfen wird. Er wurde aufgrund seiner gewaltigen Versuchung und Irreführung besonders erwähnt.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Diese Zufluchtsuche gehört zu den wichtigsten und umfassendsten Bittgebeten, da sie die Zufluchtsuche vor den Übeln des Dies- und des Jenseits beinhalten.
 Die Bestätigung der Existenz der Strafe des Grabes und dass sie wahr ist.
-Die Gefahr der Versuchungen und die Wichtigkeit, Allahs Hilfe zu suchen und für die Rettung vor ihnen zu beten.
-Die Bestätigung des Erscheinens des Dajjal und die Größe seiner Versuchung.
+Die Gefahr der Versuchungen und die Wichtigkeit, Allahs Hilfe zu suchen und um die Rettung vor ihnen zu bitten.
+Die Bestätigung des Erscheinens des Dajjal und der Größe seiner Versuchung.
 Es ist empfohlen, dieses Bittgebet nach dem letzten Taschahhud zu sprechen.
 Es ist empfohlen, nach einer guten Tat ein Bittgebet zu sprechen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3103</t>
   </si>
   <si>
     <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>‚O Allah, entferne mich von meinen Sünden, so wie Du den Osten vom Westen entfernt hast</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte, wenn er im Gebet den (Eröffnungs-)Takbir sprach, eine kurze Weile zu schweigen, bevor er las. Da sagte ich: „O Gesandter Allahs - mögen mein Vater und meine Mutter für dich geopfert werden -, siehst du dein Schweigen zwischen dem Takbir und der Rezitation? Was sagst du (während diesem)?“ Er sagte: „Ich sage: ‚O Allah, entferne mich von meinen Sünden, so wie Du den Osten vom Westen entfernt hast. O Allah, reinige mich von meinen Sünden, wie das weiße Kleid von Schmutz gereinigt wird. O Allah, wasche mich von meinen Sünden mit Schnee, Wasser und Hagel.‘“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte, wenn er für das Gebet den (Eröffnungs-)Takbir sprach, eine kurze Weile zu schweigen, bevor er mit der Rezitation der Al-Fatihah begann. Er eröffnete sein Gebet mit einigen Bittgebeten, und eines dieser Bittgebete lautet: „O Allah, entferne mich von meinen Sünden, so wie Du den Osten vom Westen entfernt hast. O Allah, reinige mich von meinen Sünden, wie das weiße Kleid von Schmutz gereinigt wird. O Allah, wasche mich von meinen Sünden mit Schnee, Wasser und Hagel.“ Er bittet Allah - mächtig und majestätisch ist Er - ihn von Sünden fernzuhalten, indem er nicht in sie verfällt, eine Entfernung, bei der es keine Begegnung gibt, so wie es niemals eine Begegnung zwischen Osten und Westen gibt. Und falls er doch in Sünden verfällt, bittet er darum, dass Er ihn davon reinigt und sie entfernt, so wie Schmutz von einem weißen Kleid entfernt wird, und dass Er ihn von seinen Sünden wäscht und die Hitze und das Brennen davon mit diesen kalten Reinigern - Wasser, Schnee und Hagel - kühlt.</t>
@@ -1628,51 +1632,51 @@
   <si>
     <t>„Wenn du am Freitag zu deinem Sitznachbarn sagst: ‚Hör zu‘, während der Imam predigt, dann hast du sinnlose Rede geführt.“</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn du am Freitag zu deinem Sitznachbarn sagst: ‚Hör zu‘, während der Imam predigt, dann hast du sinnlose Rede geführt.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass zu den notwendigen Verhaltensregeln für diejenigen, die zur Freitagspredigt kommen, das Zuhören des Predigers gehört, um über die Ermahnungen nachzudenken. Wer jedoch spricht - selbst wenn es nur wenig ist - während der Imam predigt, und anderen sagt: „Sei still“ oder „Hör zu“, hat den Vorzug des Freitagsgebets verpasst.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Es ist verboten, während der Predigt zu sprechen, selbst wenn es darum geht, Unrecht zu verhindern, den Friedensgruß zu erwidern oder das Bittgebet für den Niesenden zu sprechen.
 Ausgenommen von diesem Verbot ist, wenn jemand den Imam anspricht oder wenn der Imam ihn anspricht.
 Es ist erlaubt, zwischen den beiden Predigten (des Freitagsgebets) zu sprechen, wenn es notwendig ist.
-Wenn der Prophet - Allahs Segen und Frieden auf ihm - erwähnt wird, während der Imam predigt, solltest du leise Segen und Frieden auf ihn wünschen. Ebenso solltest du leise „Amin“ zu den Bittgebeten sagen.</t>
+Wenn der Prophet - Allahs Segen und Frieden auf ihm - erwähnt wird, während der Imam predigt, solltest du die Segens- und Friedenswünsche für ihn leise sprechen. Ebenso solltest du leise „Amin“ zu den Bittgebeten sagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3107</t>
   </si>
   <si>
     <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>„Soll ich euch nicht etwas über den Dajjal erzählen, was kein Prophet vor mir seinem Volk erzählt hat? Er ist einäugig, und er wird mit etwas kommen, das wie das Paradies und das Höllenfeuer aussieht</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht etwas über den Dajjal erzählen, was kein Prophet vor mir seinem Volk erzählt hat? Er ist einäugig, und er wird mit etwas kommen, das wie das Paradies und das Höllenfeuer aussieht. Doch das, was er als Paradies bezeichnet, ist in Wirklichkeit das Höllenfeuer. Ich warne euch vor ihm, so wie Nuh sein Volk vor ihm gewarnt hat.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert seine Gefährten über den Dajjal, seine Eigenschaften und seine Zeichen, auf eine Weise, wie es kein Prophet vor ihm getan hat. Dazu gehört:
@@ -1755,57 +1759,57 @@
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - stellte ein Gleichnis für zwei Arten von Menschen auf:
 Die erste Art: Der rechtschaffene Gefährte und Freund, der zu Allah und Seinem Wohlgefallen führt und zum Gehorsam verhilft. Sein Beispiel ist wie der Verkäufer von Moschus: Entweder er schenkt dir etwas, oder du kaufst von ihm, oder du nimmst von ihm einen angenehmen Duft wahr.
 Und die zweite Art: Der schlechte Gefährte und Freund; der vom Weg Allahs abbringt, beim Begehen von Sünden hilft, von dem du üble Taten siehst und für dessen Freundschaft und Begleitung du getadelt wird. Sein Beispiel ist wie der Schmied, der sein Feuer anbläst: Entweder verbrennt er deine Kleidung mit seinen herumfliegenden Funken, oder du nimmst von seiner Nähe einen üblen Geruch wahr.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Die Zulässigkeit, Gleichnisse zu verwenden, um dem Zuhörer die Bedeutung näher zu bringen.
 Der Ermutigung und Ansporn, sich mit den Menschen des Gehorsams und der Rechtschaffenheit zu umgeben und sich von den Menschen des Verderbens und schlechten Charakters fernzuhalten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3127</t>
   </si>
   <si>
     <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
-    <t>„Derjenige, der sich um eine Witwe und einen Armen kümmert, ist wie der Kämpfer auf dem Wege Allahs oder wie der, der in der Nacht (im Gebet) steht und tagsüber fastet.“</t>
+    <t>‚Derjenige, der sich um eine Witwe und einen Armen kümmert, ist wie der Kämpfer auf dem Wege Allahs oder wie der, der in der Nacht (im Gebet) steht und tagsüber fastet.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet- Allahs Segen und Frieden auf ihm - sagte: „Derjenige, der sich um eine Witwe und einen Armen kümmert, ist wie der Kämpfer auf dem Wege Allahs oder wie der, der in der Nacht (im Gebet) steht und tagsüber fastet.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Derjenige, der sich um eine Witwe und einen Armen kümmert, ist wie der Kämpfer auf dem Wege Allahs oder wie der, der in der Nacht (im Gebet) steht und tagsüber fastet.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige, der sich um die Angelegenheiten einer Frau kümmert, deren Ehemann gestorben ist und die niemanden hat, der sich um ihre Angelegenheiten kümmert, und derjenige, der sich um die Armen und Bedürftigen kümmert und für sie sorgt, in der Hoffnung auf Belohnung von Allah - erhaben ist Er -, in der Belohnung wie derjenige ist, der auf dem Weg Allahs kämpft, oder wie derjenige, der die Nacht im Gebet verbringt, ohne müde zu werden, oder wie derjenige, der fastet, ohne das Fasten zu brechen.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Die Ermutigung zur Zusammenarbeit, Solidarität und Erfüllung der Bedürfnisse der Schwachen.
 Der Gottesdienst umfasst jede gute Tat, und sich um Witwen und Bedürftige zu kümmern, ist eine Form des Gottesdienstes.
 Ibn Hubayrah sagte: „Die Bedeutung ist, dass Allah - erhaben ist Er - ihm die Belohnung des Fastenden, des Betenden und des Kämpfers auf dem Weg Allahs in einem Zug zusammenfasst; denn er hat für die Witwe die Stellung ihres Ehemannes eingenommen... und er hat sich um den Bedürftigen gekümmert, der nicht in der Lage war, für sich selbst zu sorgen. So hat er seine überschüssige Kraft ausgegeben und seine Geduld als Almosen gegeben. Sein Nutzen war also dem Fasten, Beten und Kämpfen gleich.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3135</t>
   </si>
   <si>
     <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>„Beeilt euch mit guten Taten, denn es werden Prüfungen kommen wie Stücke der dunklen Nacht</t>
@@ -1918,126 +1922,125 @@
   </si>
   <si>
     <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>‚Die natürliche Veranlagung (Fitrah) liegt in fünf: Die Beschneidung, das Rasieren der Schamhaare, das Kürzen des Schnurrbarts, das Schneiden der Nägel und das Zupfen der Achselhaare.‘“</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Die natürliche Veranlagung (Fitrah) liegt in fünf: Die Beschneidung, das Rasieren der Schamhaare, das Kürzen des Schnurrbarts, das Schneiden der Nägel und das Zupfen der Achselhaare.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erläuterte fünf Merkmale der islamischen Religion und der Sunnah der Gesandten:
 Das erste ist die Beschneidung, bei der die überschüssige Haut am Penis oberhalb der Eichel entfernt wird, und bei Frauen ist es das Entfernen der Hautspitze am Scheideneingang der Schamlippen.
 Das zweite ist das Rasieren der Schambehaarung, also das Entfernen der Haare um den Schambereich.
-Das dritte ist das Kürzen des Schnurrbarts, d. h. dass die Haare über der Oberlippe des Mannes so geschnitten werden, dass die Lippe sichtbar wird.
+Das dritte ist das Kürzen des Schnurrbarts, d. h., dass die Haare über der Oberlippe des Mannes so geschnitten werden, dass die Lippe sichtbar wird.
 Das vierte ist das Schneiden der Nägel.
 Das fünfte ist das Zupfen der Achselhaare.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Die Traditionen der Gesandten, die Allah liebt, mit denen Er zufrieden ist und die Er befiehlt, fördern Vollkommenheit, Reinheit und Schönheit.
 Die Gesetzmäßigkeit, sich um diese Dinge zu kümmern und (darin) nicht nachlässig zu werden.
 Diese Eigenschaften haben sowohl religiöse als auch weltliche Vorteile, darunter: Die Verbesserung des äußeren Erscheinungsbildes, die Reinigung des Körpers, die Sicherstellung der Reinheit, die Unterscheidung von den Ungläubigen und die Befolgung des Gebots Allahs.
-In anderen Hadithen werden weitere Eigenschaften der natürlichen Veranlagung (Fitrah) erwähnt, die über diese fünf hinausgehen, wie das Wachsenlassen des Bartes, die Verwendung des Siwak und andere.</t>
+In anderen Überlieferungen werden weitere Eigenschaften der natürlichen Veranlagung (Fitrah) erwähnt, die über diese fünf hinausgehen, wie das Wachsenlassen des Bartes, die Verwendung des Siwaks und andere.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3144</t>
   </si>
   <si>
     <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>„Es gibt keinen Gott außer Allah! Wehe den Arabern vor einem nahenden Unheil! Heute wurde eine Bresche in der Mauer von Gog und Magog geöffnet, so groß wie diese.“</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Von Zaynab Bint Jahsch - möge Allah mit ihr zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - eines Tages ängstlich zu ihr kam und sagte: „Es gibt keinen Gott außer Allah! Wehe den Arabern vor einem nahenden Unheil! Heute wurde eine Bresche in der Mauer von Gog und Magog geöffnet, so groß wie diese.“ Und er formte einen Kreis mit seinem Daumen und dem Zeigefinger. Zaynab Bint Jahsch sagte: „Ich sagte: ‚O Gesandter Allahs, werden wir vernichtet, obwohl es unter uns Rechtschaffene gibt?‘“ Er sagte: „Ja, wenn das Übel überhandnimmt zunimmt.“</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - kam zu Zaynab Bint Jahsch - möge Allah mit ihr zufrieden sein -, voller Angst und Schrecken, und sagte: „Es gibt keinen Gott außer Allah!“, was auf die Erwartung eines verhassten Ereignisses hinweist, vor dem es keine Rettung gibt, außer durch die Zuflucht bei Allah - gepriesen sei Er. Dann sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Wehe den Arabern vor einem nahenden Unheil! Heute wurde eine Bresche in der Mauer von Gog und Magog geöffnet“, und das ist der Damm, den Dhul-Qarnayn gebaut hat. „So groß wie diese“, und er formte einen Kreis mit seinem Daumen und dem Zeigefinger. Zaynab - möge Allah mit ihr zufrieden sein - sagte: „Wie kann Allah uns der Vernichtung aussetzen, obwohl es unter uns gläubige und rechtschaffene Menschen gibt?“ Der Prophet - Allahs Segen und Frieden auf ihm - antwortete ihr: „Wenn das Übel , wie Frevel, Laster, Sünden, Unzucht, Alkohol und dergleichen, zunimmt, dann wird die Vernichtung alle erfassen.“</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Die Angst hält das Herz des Gläubigen nicht davon ab, Allahs zu gedenken, wenn er sich fürchtet, denn durch das Gedenken Allahs finden die Herzen Ruhe.
 Die Aufforderung, Sünden zu missbilligen und ihr Auftreten zu verhindern.
 Die allgemeine Zerstörung geschieht aufgrund der Zunahme und Verbreitung von Sünden und dem Ausbleiben ihrer Missbilligung, selbst wenn die Rechtschaffenen zahlreich sind.
 Die Katastrophen betreffen alle Menschen, sowohl die Rechtschaffenen als auch die Frevler, aber sie werden gemäß ihren Absichten (am Tag der Auferstehung) wiedererweckt.
 Er erwähnte die Araber speziell in seiner Aussage: „Wehe den Arabern vor einem nahenden Unheil!“, weil sie zum Zeitpunkt dieser Aussage die Mehrheit derjenigen bildeten, die den Islam angenommen hatten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3145</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
-    <t>Der Prophet -Allahs Segen und Frieden auf ihm - pflegte, wenn er die Toilette betrat, zu sagen: „O Allah, ich suche Zuflucht bei Dir vor den männlichen und weiblichen unreinen Jinn.“</t>
+    <t>„Der Prophet -Allahs Segen und Frieden auf ihm - pflegte, wenn er die Toilette betrat, zu sagen: ‚O Allah, ich suche Zuflucht bei Dir vor den männlichen und weiblichen unreinen Jinn.‘“</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
-    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet -Allahs Segen und Frieden auf ihm - pflegte, wenn er die Toilette betrat, zu sagen: „O Allah, ich suche Zuflucht bei Dir vor den männlichen und weiblichen unreinen Jinn.“</t>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet -Allahs Segen und Frieden auf ihm - pflegte, wenn er die Toilette betrat, zu sagen: ‚O Allah, ich suche Zuflucht bei Dir vor den männlichen und weiblichen unreinen Jinn.‘“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte, wenn er den Ort betreten wollte, an dem er seine Notdurft verrichten wollte, sei es Wasserlassen oder Stuhlgang, Zuflucht bei Allah zu suchen und Ihn darum zu bitten, ihn vor dem Bösen der männlichen und weiblichen Satane 
-zu bewahren. Und „Al-Khubth wal-Khaba'ith“ wurde auch als das Böse und die Unreinheiten interpretiert.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte, wenn er den Ort betreten wollte, an dem er seine Notdurft verrichten wollte, sei es fürs Urinieren oder Stuhlgang, Zuflucht bei Allah zu suchen und Ihn darum zu bitten, ihn vor dem Bösen der männlichen und weiblichen Satane (arab.: „Al-Khubth wal-Khaba'ith“) zu bewahren. Und „Al-Khubth wal-Khaba'ith“ wurde auch als das Böse und die Unreinheiten interpretiert.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Die Empfehlung dieses Bittgebets wenn man die Toilette betreten möchte.
 Alle Geschöpfe sind auf ihren Herrn angewiesen, um abzuwenden, was ihnen in all ihren Zuständen schadet oder schaden könnte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3150</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>„Der Prophet - Allahs Segen und Frieden auf ihm - war schamhafter als eine Jungfrau in ihrer Kammer. Wenn er etwas sah, das er missbilligte, erkannten wir es an seinem Gesicht.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - war schamhafter als eine Jungfrau in ihrer Kammer. Wenn er etwas sah, das er missbilligte, erkannten wir es an seinem Gesicht.“</t>
   </si>
   <si>
@@ -2056,69 +2059,69 @@
 Die Schamhaftigkeit des Propheten - Allahs Segen und Frieden auf ihm - bestand, solange die Grenzen Allahs nicht verletzt wurden. Wenn sie jedoch verletzt wurden, wurde er - Allahs Segen und Frieden auf ihm - zornig und befahl seinen Gefährten das Gute und verbot ihnen das Verwerfliche.
 Die Ermutigung, sich mit Schamhaftigkeit zu schmücken, da sie die Seele dazu bringt, das Gute zu tun und das Schlechte zu unterlassen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3153</t>
   </si>
   <si>
     <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>„Es wird Spuren und Dinge geben, die ihr missbilligen werdet.“ Sie sagten: „O Gesandter Allahs, was befiehlst du uns?“ Er sagte: „Ihr erfüllt die Pflichten, die euch obliegen, und bittet Allah um das, was euch zusteht.“</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Es wird Spuren und Dinge geben, die ihr missbilligen werdet.“ Sie sagten: „O Gesandter Allahs, was befiehlst du uns?“ Er sagte: „Ihr erfüllt die Pflichten, die euch obliegen, und bittet Allah um das, was euch zusteht.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass es nach ihm Herrscher über die Muslime geben wird, die sich die Gelder der Muslime und andere weltliche Dinge für sich beanspruchen, sie nach Belieben ausgeben und den Muslimen ihr Recht daran vorenthalten werden. Sie werden in der Religion Dinge tun, die missbilligt werden. Die Gefährten - möge Allah mit ihnen zufrieden sein - fragten: Was sollen sie in dieser Situation tun? Da informierte er - Allahs Segen und Frieden auf ihm - sie darüber, dass ihre Vereinnahmung des Geldes euch nicht davon abhalten sollte, ihnen gegenüber gehorsam und folgsam zu sein. Vielmehr sollt ihr geduldig sein, hören und gehorchen und ihnen nicht die Angelegenheit streitig machen. Und bittet Allah um das Recht, das euch zusteht, und darum, dass Er sie bessert und ihr Böses und ihre Unterdrückung abwendet.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass es nach ihm Herrscher über die Muslime geben wird, die die Gelder der Muslime und andere weltliche Dinge für sich beanspruchen, sie nach Belieben ausgeben und den Muslimen ihr Recht daran vorenthalten werden. Sie werden in der Religion Dinge tun, die missbilligt werden. Die Gefährten - möge Allah mit ihnen zufrieden sein - fragten: Was sollen sie in dieser Situation tun? Da informierte er - Allahs Segen und Frieden auf ihm - sie darüber, dass ihre Vereinnahmung des Geldes euch nicht davon abhalten sollte, ihnen gegenüber gehorsam und folgsam zu sein. Vielmehr sollt ihr geduldig sein, hören und gehorchen und ihnen nicht die Angelegenheit streitig machen. Und bittet Allah um das Recht, das euch zusteht, und darum, dass Er sie bessert und ihr Böses und ihre Unterdrückung abwendet.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
-    <t>Der Hadith ist ein Beweis für sein Prophetentum - Allahs Segen und Frieden auf ihm -, da er über das berichtete, was in seiner Gemeinschaft geschehen würde, und es so geschah, wie er es berichtete.
+    <t>Diese Überlieferung ist ein Beweis für sein Prophetentum - Allahs Segen und Frieden auf ihm -, da er über das berichtete, was in seiner Gemeinschaft geschehen wird. Und es geschah so, wie er es berichtete.
 Die Zulässigkeit, den Geprüften über das zu erwartende Leid zu informieren, damit er sich innerlich darauf einstellen kann und, wenn es ihn trifft, geduldig ist und Lohn dafür erhofft.
 Das Festhalten am Quran und der Sunnah ist ein Ausweg aus Versuchungen und Meinungsverschiedenheiten.
-Die Ermahnung, den Herrschern in dem, was rechtens ist, zuzuhören und zu gehorchen, und nicht gegen sie zu rebellieren, selbst wenn von ihnen Ungerechtigkeit ausgeht.
+Die Ermahnung, auf die Herrscher in dem, was rechtens ist, zu hören und ihnen zu gehorchen, und nicht gegen sie zu rebellieren - selbst, wenn von ihnen Ungerechtigkeit ausgeht.
 Die Anwendung von Weisheit und das Befolgen der Sunnah in Zeiten der Versuchung.
 Der Mensch muss das Richtige, was ihm obliegt, tun, auch wenn ihm dadurch Unrecht widerfährt.
-Hierin gibt es einen Hinweis auf die Regel: Man wählt das kleinere Übel oder den geringeren Schaden.</t>
+Hierin ist ein Beweis für die Regel: Man wählt das kleinere Übel oder den geringeren Schaden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3156</t>
   </si>
   <si>
     <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>„Wer Allah aufrichtig um das Märtyrertum bittet, den wird Allah die Stufen der Märtyrer erreichen lassen, auch wenn er auf seinem Bett stirbt.“</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Von Sahl Ibn Hunayf - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer Allah aufrichtig um das Märtyrertum bittet, den wird Allah die Stufen der Märtyrer erreichen lassen, auch wenn er auf seinem Bett stirbt.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass wer das Märtyrertum und den Tod auf Allahs Weg anstrebt und in dieser Absicht aufrichtig und ehrlich gegenüber Allah - mächtig und majestätisch ist Er - ist, dem wird Allah die Stufen der Märtyrer aufgrund seiner aufrichtigen Absicht gewähren, selbst wenn er in seinem Bett stirbt und nicht im Kampf.</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
@@ -2278,55 +2281,55 @@
   <si>
     <t>„Bei Dem, in Dessen Hand die Seele Muhammads ist, es gibt keinen von dieser Gemeinschaft - gleich ob Jude oder Christ -, der von mir hört und stirbt, ohne an das geglaubt zu haben, mit dem ich entsandt wurde, der nicht zu den Bewohnern des (Höllen-)Feuers gehört.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Bei Dem, in Dessen Hand die Seele Muhammads ist, es gibt keinen von dieser Gemeinschaft - gleich ob Jude oder Christ -, der von mir hört und stirbt, ohne an das geglaubt zu haben, mit dem ich entsandt wurde, der nicht zu den Bewohnern des (Höllen-)Feuers gehört.“</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - schwört bei Allah, dass jeder aus dieser Gemeinschaft, sei es ein Jude, ein Christ oder jemand anderes, der von ihm hört und den die Botschaft des Propheten - Allahs Segen und Frieden auf ihm - erreicht, dann aber stirbt, ohne an ihn zu glauben, zu den Bewohnern des Höllenfeuers gehört, ewig darin bleibend.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Die universelle Botschaft des Propheten - Allahs Segen und Frieden auf ihm - an die gesamte Menschheit, die Verpflichtung, ihm zu folgen, und die Aufhebung aller früheren Gesetze durch sein Gesetz.
-Wer nicht an den Propheten - Allahs Segen und Frieden auf ihm - glaubt, dem nützt es nichts, zu behaupten, er glaube an andere Propheten - Allahs Segen und Frieden auf ihnen allen -.
-[...1 lines deleted...]
-Man kann vom Islam profitieren, auch wenn man ihn kurz vor dem Tod annimmt, selbst bei schwerer Krankheit, solange die Seele noch nicht den Kehlkopf erreicht hat (d.h. solange man noch bei Bewusstsein ist).
+Wer nicht an den Propheten - Allahs Segen und Frieden auf ihm - glaubt, dem nützt es nichts, zu behaupten, er glaube an andere Propheten - Allahs Segen und Frieden auf ihnen allen.
+Wer nicht vom Propheten - Allahs Segen und Frieden auf ihm - gehört hat und den die Botschaft des Islam nicht erreicht hat, ist entschuldigt, und seine Angelegenheit im Jenseits liegt bei Allah - erhaben ist Er.
+Man kann vom Islam profitieren, auch wenn man ihn kurz vor dem Tod annimmt, selbst bei schwerer Krankheit, solange die Seele noch nicht den Kehlkopf erreicht hat (d. h., solange man noch bei Bewusstsein ist).
 Die Bestätigung der Religion der Ungläubigen - einschließlich der Juden und Christen - ist Unglaube.
-Die Erwähnung des Juden und Christs im Hadith dient als Warnung für andere, da Juden und Christen Schriften haben. Wenn dies ihre Stellung ist, dann sind diejenigen ohne Schriften eher davon betroffen. Daher muss jeder seine - Allahs Segen und Frieden auf ihm - Religion annehmen und ihm gehorchen.</t>
+Die Erwähnung des Juden und Christen im Hadith dient als Warnung für andere, da Juden und Christen Schriften haben. Wenn dies ihre Stellung ist, dann sind diejenigen ohne Schriften eher davon betroffen. Daher muss jeder seine - Allahs Segen und Frieden auf ihm - Religion annehmen und ihm gehorchen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3272</t>
   </si>
   <si>
     <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>„Kürzt die Schnurrbärte und lasst die Bärte wachsen.“</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Kürzt die Schnurrbärte und lasst die Bärte wachsen.“</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt, den Schnurrbart zu kürzen und ihn nicht wachsen zu lassen, sondern viel davon abzuschneiden.
 Im Gegenzug befiehlt er, den Bart wachsen zu lassen und ihn in seiner natürlichen Form zu belassen.</t>
   </si>
   <si>
@@ -2410,105 +2413,105 @@
 Dann brachte sie ihm ein Tuch, damit er sich abtrocknen konnte, aber er nahm es nicht und begann stattdessen, das Wasser mit seiner Hand von seinem Körper abzuwischen und abzuschütteln.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Die Ehefrauen des Propheten - Allahs Segen und Frieden auf ihm - legten großen Wert darauf, selbst die feinsten Details aus seinem Leben zu beschreiben - um die Gemeinschaft (Ummah) zu lehren.
 Diese Beschreibung der rituellen Ganzkörperwaschung ist eine der Arten, die vom Propheten - Allahs Segen und Frieden auf ihm - für die vollständige Waschung nach dem Zustand der großen Unreinheit (Janabah) überliefert wurden. Die ausreichende Waschung hingegen besteht darin, den gesamten Körper mit Wasser zu benetzen, einschließlich des Ausspülens des Munds und der Nase.
 Nach der Ganzkörperwaschung oder der Gebetswaschung ist es erlaubt, den Körper mit einem Tuch abzutrocknen oder es zu lassen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3310</t>
   </si>
   <si>
     <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Wer die Gebetswaschung so vornimmt, wie ich diese meine Gebetswaschung vorgenommen habe, und anschließend zwei Gebetseinheiten verrichtet, ohne dass er sich mit anderen Gedanken beschäftigt, dem wird Allah seine vergangenen Sünden vergeben</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
-    <t>Humran, der Sklave von 'Uthman Ibn 'Affan, berichtete, wie er sah, dass 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - für sich Wasser holen ließ. Er goss dann aus seinem Gefäß etwas in seine beiden Hände und wusch sie dreimal. Danach führte er seine rechte Hand in das Gefäß, führte Wasser in den Mund und in die Nase ein und blies es wieder aus. Danach wusch er sein Gesicht dreimal und seine Hände bis zu den Ellenbogen dreimal, dann strich er über seinen Kopf und wusch danach seine beiden Füße dreimal. Anschließend sagte er: „Ich sah den Propheten - Allahs Segen und Frieden auf ihm - wie er in dieser Art und Weise die Gebetswaschung vollzog und sagte: ,Wer die Gebetswaschung so vornimmt, wie ich diese meine Gebetswaschung vorgenommen habe, und anschließend zwei Gebetseinheiten verrichtet, ohne dass er sich mit anderen Gedanken beschäftigt, dem wird Allah seine vergangenen Sünden vergeben."</t>
+    <t>Humran, der Sklave von 'Uthman Ibn 'Affan, berichtete, wie er sah, dass 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - für sich Wasser holen ließ. Er goss dann aus seinem Gefäß etwas in seine beiden Hände und wusch sie dreimal. Danach führte er seine rechte Hand in das Gefäß, führte Wasser in den Mund und in die Nase ein und blies es wieder aus. Danach wusch er sein Gesicht dreimal und seine Hände bis zu den Ellenbogen dreimal, dann strich er über seinen Kopf und wusch danach seine beiden Füße dreimal. Anschließend sagte er: „Ich sah den Propheten - Allahs Segen und Frieden auf ihm - wie er in dieser Art und Weise die Gebetswaschung vollzog und sagte: ,Wer die Gebetswaschung so vornimmt, wie ich diese meine Gebetswaschung vorgenommen habe, und anschließend zwei Gebetseinheiten verrichtet, ohne dass er sich mit anderen Gedanken beschäftigt, dem wird Allah seine vergangenen Sünden vergeben.‘“</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>'Uthman - möge Allah mit ihm zufrieden sein - lehrte die Art der Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - auf praktische Weise, um sie klarer zu machen. Er bat um Wasser in einem Gefäß, goss es dreimal über seine Hände, tauchte dann seine rechte Hand in das Wasser, führte es in seinen Mund, spülte ihn aus und zog Wasser mit seiner Nase in die Nasenlöcher, um es dann auszuschnäuzen. Danach wusch er sein Gesicht dreimal, seine Hände bis zu den Ellenbogen dreimal, wischte einmal mit nasser Hand über seinen Kopf und wusch seine Füße einschließlich der Knöchel dreimal.
 Als er fertig war - möge Allah mit ihm zufrieden sein -, berichtete er, dass er sah, wie der Propheten - Allahs Segen und Frieden auf ihm - die Waschung auf diese Weise vollzog. Er - Allahs Segen und Frieden auf ihm - verkündete ihnen, dass jeder, der die Gebetswaschung wie seine durchführt und dann zwei Gebetseinheiten betet, wobei er in diesen demütig und mit aufrichtigem Herzen vor seinem Herrn - mächtig und majestätisch ist Er - steht, Allah ihm für diese vollständige Gebetswaschung und dieses aufrichtige Gebet seine früheren Sünden vergeben wird.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Es ist empfohlen, beim Beginn der Gebetswaschung die Hände vor dem Eintauchen in das Gefäß zu waschen, auch wenn man nicht aus dem Schlaf erwacht ist. Wenn man jedoch aus dem Nachtschlaf aufwacht, ist das Waschen der Hände verpflichtend.
 Der Lehrer sollte den nächsten Weg zum Verständnis und zur Festigung des Wissens beim Lernenden wählen, und dazu gehört auch die praktische Vermittlung des Wissens.
 Der Betende sollte die Gedanken an weltliche Beschäftigungen abwehren. Die Vollkommenheit und Vollständigkeit des Gebets liegen in der Anwesenheit des Herzens. Da es schwierig ist, Gedanken ganz zu vermeiden, sollte man sich bemühen und sich nicht von ihnen mitreißen lassen.
 Es ist empfohlen, bei der rituellen Gebetswaschung mit der rechten Seite zu beginnen.
 Die Vorschrift, das Spülen des Mundes, das Einziehen von Wasser in die Nase und das Auspusten in der Reihenfolge durchzuführen.
 Es ist empfohlen, das Gesicht, die Hände und die Füße dreimal zu waschen; und verpflichtend ist, dies einmal zu tun.
 Die Vergebung der früheren Sünden von Allah ist an die Erfüllung beider Angelegenheiten geknüpft: Die Gebetswaschung und das Beten von zwei Gebetseinheiten auf die im Hadith beschriebene Weise.
 Jedes Körperteil der Gebetswaschung hat seine eigene Grenze: Die Grenze des Gesichts: vom üblichen Haaransatz an der Stirn bis zum unteren Teil des Bartes und des Kinns in der Länge, und von Ohr zu Ohr in der Breite.
 Die Grenze der Hände: von den Fingerspitzen bis zum Ellbogen, d. h. dem Gelenk zwischen dem Unterarm und dem Oberarm.
 Die Grenze des Kopfes: vom üblichen Haaransatz an den Seiten des Gesichts bis zum oberen Nackenbereich. Zum Kopf gehört auch das Streichen über die Ohren.
 Die Grenze des Fußes: der gesamte Fuß einschließlich des Gelenks zwischen Fuß und Unterschenkel.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3313</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
-    <t>Wenn der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nach einer rituellen Unreinheit die rituelle Ganzkörperwaschung vollzog, wusch er seine Hände, verrichtete die rituelle Gebetswaschung wie für das Gebet, dann vollzog er die rituelle Ganzkörperwaschung</t>
+    <t>„Wenn der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nach einer rituellen Unreinheit die rituelle Ganzkörperwaschung vollzog, wusch er seine Hände, verrichtete die rituelle Gebetswaschung wie für das Gebet, dann vollzog er die rituelle Ganzkörperwaschung</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
-    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Wenn der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nach einer rituellen Unreinheit die rituelle Ganzkörperwaschung vollzog, wusch er seine Hände, verrichtete die rituelle Gebetswaschung wie für das Gebet, dann vollzog er die rituelle Ganzkörperwaschung. Danach fuhr er mit seinen Händen durch sein Haar, bis er glaubte, dass er seine Haut ausreichend angefeuchtet hatte. Dann goss er dreimal Wasser über sich, wusch den Rest seines Körpers und sagte: „Ich und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - vollzogen die rituelle Ganzkörperwaschung aus einem einzigen Gefäß und schöpften gemeinsam daraus.“</t>
+    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Wenn der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nach einer rituellen Unreinheit die rituelle Ganzkörperwaschung vollzog, wusch er seine Hände, verrichtete die rituelle Gebetswaschung wie für das Gebet, dann vollzog er die rituelle Ganzkörperwaschung. Danach fuhr er mit seinen Händen durch sein Haar, bis er glaubte, dass er seine Haut ausreichend angefeuchtet hatte. Dann goss er dreimal Wasser über sich, wusch den Rest seines Körpers.“ Und sie sagte: „Ich und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - vollzogen die rituelle Ganzkörperwaschung aus einem einzigen Gefäß und schöpften gemeinsam daraus.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - begann, wenn er die rituelle Ganzkörperwaschung von Janabah durchführen wollte, mit dem Waschen seiner Hände. Dann verrichtete er die rituelle Gebetswaschung wie für das Gebet, goss dann Wasser über seinen Körper und fuhr mit seinen Händen durch sein Kopfhaar, bis er glaubte, dass das Wasser die Haarwurzeln erreicht und die Haut benetzt hatte. Dann goss er dreimal Wasser über seinen Kopf und wusch anschließend den Rest seines Körpers. Und 'Aischah - möge Allah mit ihr zufrieden sein - sagte: „Ich und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - vollzogen die rituelle Ganzkörperwaschung aus einem einzigen Gefäß und schöpften gemeinsam daraus.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - begann, wenn er die rituelle Ganzkörperwaschung von großer Unreinheit (Janabah) durchführen wollte, mit dem Waschen seiner Hände. Dann verrichtete er die rituelle Gebetswaschung wie für das Gebet, goss dann Wasser über seinen Körper und fuhr mit seinen Händen durch sein Kopfhaar, bis er glaubte, dass das Wasser die Haarwurzeln erreicht und die Haut benetzt hatte. Dann goss er dreimal Wasser über seinen Kopf und wusch anschließend den Rest seines Körpers. Und 'Aischah - möge Allah mit ihr zufrieden sein - sagte: „Ich und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - vollzogen die rituelle Ganzkörperwaschung aus einem einzigen Gefäß und schöpften gemeinsam daraus.“</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Es gibt zwei Arten der rituellen Ganzkörperwaschung: die ausreichende und die vollständige. Bei der ausreichenden beabsichtigt die Person die rituelle Reinheit, benetzt dann ihren gesamten Körper mit Wasser, spült den Mund aus und reinigt die Nase. Bei der vollständigen Ganzkörperwaschung wäscht man sich so, wie es der Prophet - Allahs Segen und Frieden auf ihm - in diesem Hadith getan hat.
 Der Begriff Janabah bezieht sich auf jeden, der Sperma ejakuliert hat oder Geschlechtsverkehr hatte, auch wenn keine Ejakulation erfolgte.
 Die Zulässigkeit, dass einer der Ehepartner die Blöße ('Aurah) des anderen sieht, und dass sie sich aus einem Gefäß waschen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3316</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>„Wenn der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nieste, legte er seine Hand oder sein Gewand über seinen Mund und senkte - oder dämpfte - damit seine Stimme.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wenn der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nieste, legte er seine Hand oder sein Gewand über seinen Mund und senkte - oder dämpfte - damit seine Stimme.“</t>
@@ -2524,149 +2527,149 @@
 Zweitens: Er senkte seine Stimme und erhob sie nicht.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Die Vorgehensweise, wie er - Allahs Segen und Frieden auf ihm - geniest hat und wie ihm darin gefolgt werden soll, wird dargelegt.
 Es ist empfehlenswert, einen Teil der Kleidung, ein Tuch oder ähnliches über Mund und Nase zu legen, wenn man niest, um zu verhindern, dass etwas herauskommt, das den Sitzpartner stören könnte.
 Das Senken der Stimme beim Niesen ist erwünscht und zeugt von gutem Benehmen und edlem Charakter.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3317</t>
   </si>
   <si>
     <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Möge der Fluch Allahs auf die Juden und die Christen fallen! Sie haben die Gräber ihrer Propheten zu Gebetsstätten gemacht</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
-    <t>Von 'Aischah und 'Abdullah Ibn 'Abbas - möge Allah mit beiden zufrieden sein - wird überliefert, dass sie beide sagten: Als der Gesandte Allahs - Allahs Segen und Frieden auf ihm - in seinen letzten Momenten war, legte er ein Tuch über sein Gesicht. Wenn er sich dadurch noch mehr bedrückt fühlte, zog er das Tuch wieder von seinem Gesicht. Dann sagte er, während er so war: „Möge der Fluch Allahs auf die Juden und die Christen fallen! Sie haben die Gräber ihrer Propheten zu Gebetsstätten gemacht.“ Er warnte damit vor dem, was sie getan hatten.</t>
+    <t>Von 'Aischah und 'Abdullah Ibn 'Abbas - möge Allah mit beiden zufrieden sein - wird überliefert, dass sie beide sagten: „Als der Gesandte Allahs - Allahs Segen und Frieden auf ihm - in seinen letzten Momenten war, legte er ein Tuch über sein Gesicht. Wenn er sich dadurch noch mehr bedrückt fühlte, zog er das Tuch wieder von seinem Gesicht. Dann sagte er, während er so war: ‚Möge der Fluch Allahs auf die Juden und die Christen fallen! Sie haben die Gräber ihrer Propheten zu Gebetsstätten gemacht.‘ Er warnte damit vor dem, was sie getan hatten.“</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
-    <t>'Aischah und 'Abdullah Ibn 'Abbas - möge Allah mit ihnen zufrieden sein - berichten uns, dass als der Tod des Propheten - Allahs Segen und Frieden auf ihm - nahte, er ein Stück Stoff über sein Gesicht legte. Wenn ihm das Atmen wegen der Trunkenheit des Todes schwer fiel, nahm er es wieder ab. In diesem schwierigen Moment sagte er: „Möge Allah die Juden und die Christen verfluchen und sie aus Seiner Barmherzigkeit vertreiben, weil sie auf den Gräbern ihrer Propheten Gebetsstätten errichtet haben.“ Und wenn diese Angelegenheit nicht so gefährlich wäre, hätte er es nicht in solch einer Situation erwähnt. Deshalb verbot der Prophet - Allahs Segen und Frieden auf ihm - seiner Glaubensgemeinschaft, dieser Tat nachzuahmen, da es eine Handlung der Juden und Christen war und auch ein möglicher Weg dazu, Allah - mächtig und majestätisch ist Er - etwas beizugesellen.</t>
+    <t>'Aischah und 'Abdullah Ibn 'Abbas - möge Allah mit ihnen zufrieden sein - berichten uns, dass als der Tod des Propheten - Allahs Segen und Frieden auf ihm - nahte, er ein Stück Stoff über sein Gesicht legte. Wenn ihm das Atmen wegen der Trunkenheit des Todes schwerfiel, nahm er es wieder ab. In diesem schwierigen Moment sagte er: „Möge Allah die Juden und die Christen verfluchen und sie aus Seiner Barmherzigkeit vertreiben, weil sie auf den Gräbern ihrer Propheten Gebetsstätten errichtet haben.“ Und wenn diese Angelegenheit nicht so gefährlich wäre, hätte er es nicht in solch einer Situation erwähnt. Deshalb verbot der Prophet - Allahs Segen und Frieden auf ihm - seiner Glaubensgemeinschaft, dieser Tat nachzuahmen, da es eine Handlung der Juden und Christen war und auch ein möglicher Weg dazu, Allah - mächtig und majestätisch ist Er - etwas beizugesellen.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Es ist verboten, die Gräber der Propheten und Rechtschaffenen zu Gebetsstätten zu machen, an denen zu Allah gebetet wird, da dies ein mögliches Mittel zum Schirk ist.
 Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war sehr besorgt und kümmerte sich um den Tauhid und fürchtete sich vor der Verherrlichung der Gräber, da dies zum Schirk führt.
 Die Erlaubnis, die Juden, die Christen und diejenigen, die dasselbe wie sie tun, nämlich auf Gräbern Bauten zu erbauen und sie zu Gebetsstätten zu nehmen, zu verfluchen.
-Das Bauen auf Gräbern ist eine Praxis der Juden und der Christen, und im Hadith wird ihre Nachahmung untersagt.
+Das Bauen auf Gräbern ist eine Praxis der Juden und der Christen, und in der Überlieferung wird ihre Nachahmung untersagt.
 Das Beten bei und zu Gräber fällt darunter, sie zu Gebetsstätten zu nehmen, selbst wenn keine (wirkliche) Gebetsstätte darauf errichtet wurde.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3330</t>
   </si>
   <si>
     <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
-    <t>Meidet die sieben Todsünden!</t>
+    <t>„Meidet die sieben vernichtenden Sünden!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird vom Propheten überliefert, dass er sagte: "Meidet die sieben Todsünden!". Sie sagten: "Gesandter Allahs, was sind diese?". Er sagte: "Schirk, d. h. Allah etwas beizugesellen, Zauberei, ohne Grund einen Menschen zu töten, der nicht getötet werden darf, Zinsen zu nehmen, das Vermögen eines Waisen zu unterschlagen, aus der Schlacht zu fliehen und keusche, gläubige, unschuldige Frauen der Unzucht zu bezichtigen.</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Meidet die sieben vernichtenden Sünden!“. Sie sagten: „O Gesandter Allahs, was sind diese?“ Er sagte: „Die Beigesellung (Schirk) Allahs, die Zauberei, die Tötung einer Seele, die Allah verboten hat, außer gemäß dem Recht, das Verzehren der Zinsen, das Verzehren des Vermögens der Waise, die Flucht am Tage der Schlacht und die Verleumdung der ehrbaren unachtsamen gläubigen Frauen.“</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs gebietet seinen Anhängern sich von sieben Verbrechen und Sünden, die einen zugrunde richten, fernzuhalten. 
-[...3 lines deleted...]
-Drittens: Das Töten eines Menschen, von dem Allah es untersagt hat, ihn zu töten, ohne dass es dafür einen von der Scharia anerkannten Grund gibt und ohne dass die Vollstreckung der Hinrichtung vom islamischen Herrscher angeordnet wird.
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - befehlt seiner Gemeinschaft, sich von sieben vernichtenden Verbrechen und Sünden fernzuhalten. 
+Als er gefragt wurde, welche diese sind, verdeutlichte er sie:
+Erstens: Schirk, d. h. Allah etwas beigesellen, indem Ihm - gepriesen sei Er -, in welcher Form auch immer, etwas ebenbürtig gemacht und Ihm etwas gleichgesetzt wird, und indem irgendeine gottesdienstliche Handlung für jemand anderen als Allah - erhaben ist Er - verrichtet wird. Er begann mit dem „Schirk“, da er die größte aller Sünden ist.
+Zweitens: Zauberei. Darunter fallen gebundene Knoten, Beschwörungen, Mittel und Räucherungen. Sie haben Einfluss auf den Körper des Verzauberten und können ihn töten oder erkranken lassen, oder Ehepartner voneinander trennen. Die Zauberei ist ein Werk des Schaytans und vieles davon kann nur durch den Schirk erreicht werden und indem man sich den üblen Seelen (und Jinn) mit Dingen nähert, die sie lieben.
+Drittens: Das Töten einer Seele, deren Tötung Allah verboten hat - außer es liegt ein rechtlicher Grund vor und es wird vom Herrscher (Richter) durchgeführt.
 Viertens: Zinsen zu nehmen oder in irgendeiner anderen Form von ihnen zu profitieren.
 Fünftens: Übergriffe auf das Vermögen eines Kindes, dessen Vater verstorben ist, bevor das Kind die Geschlechtsreife erlangt hat.
 Sechstens: Die Flucht aus einer Schlacht gegen die Ungläubigen.
 Siebtens: Keusche freie Frauen der Unzucht zu bezichtigen. Dasselbe gilt auch für Männer.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
-    <t>Die großen Sünden sind nicht auf Sieben beschränkt. Die hier genannten Sieben werden gesondert erwähnt, da sie besonders groß und schwerwiegend sind.
-Ein Mensch kann u. U. hingerichtet werden, wenn dazu eine Vorschrift vorliegt, wie bei "al-Qisas", d. h. der strafrechtlichen Vergeltung eines Tötungsdelikts, Apostasie und Unzucht einer verheirateten Person. Diese Strafen können jedoch nur von einem qualifizierten und offiziell ernannten  Schariarichter verhängt werden.</t>
+    <t>Die großen Sünden sind nicht auf sieben begrenzt. Die hier genannten sieben werden gesondert erwähnt, da sie besonders schwerwiegend und gefährlich sind.
+Es ist u. U. erlaubt, dass ein Mensch getötet wird, wenn dies rechtmäßig erfolgt, wie bei „Al-Qisas“, d. h. der strafrechtlichen Vergeltung eines Tötungsdelikts, bei Apostasie und bei der Unzucht einer verheirateten Person. Diese Strafen werden jedoch nur von einem Richter (in einem muslimischen Land) vollzogen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3331</t>
   </si>
   <si>
     <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
-    <t>Oh Allah, mache mein Grab nicht zu einem Götzen!</t>
+    <t>„O Allah, mache mein Grab nicht zu einem Götzen!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird vom Propheten überliefert: "Oh Allah, mache mein Grab nicht zu einem Götzen!. Allah verflucht die Leute, welche die Gräber ihrer Propheten zu Gebetsstätten machen!"</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „O Allah, mache mein Grab nicht zu einem Götzen! Allah verfluchte ein Volk, welches die Gräber seiner Propheten zu Gebetsstätten nahm!“</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
-    <t>Der Prophet bat seinen Herrn darum,  sein Grab nicht zu etwas werden zu lassen, das einem Götzen gleicht, den die Menschen anbeten, verehren und vor dem sie sich niederwerfen. Im Anschluss verkündet er, dass Allah diejenigen, welche die Gräber ihrer Propheten zu Gebetsstätten machen, verstößt und aus seiner Barmherzigkeit ausschließt. Denn Gräber zu Gebetsstätten zu machen führt dazu, dass sie schließlich angebetet werden und die Leute glauben, dass diese Orte besondere Kräfte hätten.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - bat seinen Herrn darum, sein Grab nicht zu etwas werden zu lassen, das einem Götzen gleicht, den die Menschen anbeten, indem sie es verehren und vor dem sie sich niederwerfen. Im Anschluss verkündete er - Allahs Segen und Frieden auf ihm -, dass Allah diejenigen, welche die Gräber ihrer Propheten zu Gebetsstätten machen, verstößt und aus seiner Barmherzigkeit ausschließt, denn Gräber zu Gebetsstätten zu machen führt dazu, dass sie schließlich angebetet und an sie geglaubt wird.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
-    <t>Die Überschreitung der von der Scharia vorgegebenen Grenzen im Umgang mit den Gräbern der Propheten und rechtschaffenen Menschen führt dazu, dass sie neben Allah angebetet werden. Daher muss sich vor den Dingen gehütet werden, die zum "Schirk" führen können, d. h. dazu, dass etwas neben Allah angebetet wird.
-[...2 lines deleted...]
-Es ist verboten an Gräbern zu beten, selbst wenn auf ihnen keine Moscheen errichtet wurden. Ausnahme ist das Totengebet, wenn es nicht zuvor bereits verrichtet wurde.</t>
+    <t>Das Überschreiten der rechtlich vorgeschriebenen Grenze im Umgang mit den Gräbern der Propheten und Rechtschaffenen führt dazu, dass sie anstelle von Allah angebetet werden. Daher muss man sich vor den Mitteln (und Wegen), die zum Götzendienst (Schirk) führen, in Acht nehmen.
+Es ist nicht erlaubt, dass Gräber aufgesucht werden, um sie zu verehren und an ihnen gottesdienstliche Handlungen zu vollziehen, gleich wie nahe diese Personen in diesen Gräbern Allah - erhaben ist Er - waren.
+Es ist verboten, Moscheen auf Gräbern zu errichten.
+Es ist verboten an Gräbern zu beten, selbst wenn auf ihnen keine Moscheen errichtet wurden. Ausgenommen ist das Totengebet, wenn es nicht zuvor verrichtet wurde.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Überliefert von Ahmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3336</t>
   </si>
   <si>
     <t>إن عظم الجزاء مع عظم البلاء، وإن الله تعالى إذا أحب قوما ابتلاهم؛ فمن رضي فله الرضى، ومن سخط فله السخط</t>
   </si>
   <si>
     <t>Der Lohn wird umso größer, je größer die Not ist. Und wenn Allah - erhaben ist Er - ein Volk liebt, prüft Er sie. Wer sich zufrieden zeigt, erlangt Zufriedenheit (von Allah) und wer zürnt, den trifft der Zorn.</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: "إن عِظَمَ الجزاءِ مع عِظَمِ البلاءِ، وإن الله تعالى إذا أحب قوما ابتلاهم، فمن رَضِيَ فله الرِضا، ومن سَخِطَ فله السُّخْطُ".</t>
   </si>
   <si>
     <t>Anas bin Malik - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: "Der Lohn wird umso größer, je größer die Not ist.Und wenn Allah - erhaben ist Er - ein Volk liebt, prüft Er sie. Wer sich zufrieden zeigt, erlangt Zufriedenheit (von Allah) und wer zürnt, den trifft der Zorn."</t>
   </si>
   <si>
     <t>يخبرنا النبي صلى الله عليه وسلم في هذا الحديث أن المؤمن قد يحل به شيء من المصائب في نفسه أو ماله أو غير ذلك، وأن الله سيثيبه على تلك المصائب إذا هو صبر، وأنه كلما عظمت المصيبة وعظم خطرها عظم ثوابها من الله، ثم يبين صلى الله عليه وسلم بأن المصائب من علامات حب الله للمؤمن، وأن قضاء الله وقدره نافذان لا محالة، ولكن من صبر ورضي، فإن الله سيثيبه على ذلك برضاه عنه وكفى به ثوابا، وأن من سخط وكره قضاء الله وقدره، فإن الله يسخط عليه وكفى به عقوبة.</t>
   </si>
@@ -2694,333 +2697,333 @@
 Es ist verboten dem zu zürnen, was Allah vorherbestimmt hat und dem, was er bestimmt.
 Man wird dazu angehalten sich bei Schicksalsschlägen geduldig zu zeigen.
 Es mag sein, dass man etwas verabscheut, es aber besser für einen ist.
 Die Überlieferung bestätigt, dass Allah - erhaben ist Er - in Seinen Handlungen weise ist.
 Die Belohnung gehört zum Ursprung der Tat.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Überliefert von Ibn Majah - Überliefert von al-Tirmithy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3339</t>
   </si>
   <si>
     <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>„Das Gleichnis derer, die die Grenzen Allahs einhalten und derer, die sie übertreten, ist wie das Gleichnis von Leuten, die auf einem Schiff das Los geworfen haben. Einige von ihnen erhielten den oberen Teil, andere den unteren</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
-    <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm und seinem Vater zufrieden sein -  wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Gleichnis derer, die die Grenzen Allahs einhalten und derer, die sie übertreten, ist wie das Gleichnis von Leuten, die auf einem Schiff das Los geworfen haben. Einige von ihnen erhielten den oberen Teil, andere den unteren. Wenn diejenigen im unteren Teil Wasser holen wollten, mussten sie an denen vorbeigehen, die sich über ihnen befanden. Sie sagten: „Wenn wir doch in unserem Teil ein Loch bohren könnten, ohne diejenigen über uns zu stören.“ Wenn sie sie in Ruhe lassen und sie tun, was sie wollen, werden sie alle umkommen. Wenn sie sie jedoch davon abhalten, werden sie gerettet und alle werden gerettet.“</t>
+    <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm und seinem Vater zufrieden sein -  wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Gleichnis derer, die die Grenzen Allahs einhalten und derer, die sie übertreten, ist wie das Gleichnis von Leuten, die auf einem Schiff das Los geworfen haben. Einige von ihnen erhielten den oberen Teil, andere den unteren. Wenn diejenigen im unteren Teil Wasser holen wollten, mussten sie an denen vorbeigehen, die sich über ihnen befanden. Sie sagten: ‚Wenn wir doch in unserem Teil ein Loch bohren könnten, ohne diejenigen über uns zu stören.‘ Wenn sie sie in Ruhe lassen und sie tun, was sie wollen, werden sie alle umkommen. Wenn sie sie jedoch davon abhalten, werden sie gerettet und alle werden gerettet.“</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - gab ein Gleichnis für diejenigen, die die Grenzen Allahs einhalten, sich an den Befehl Allahs halten, das Gute gebieten und das Schlechte verbieten, und ein Gleichnis für diejenigen, die die Grenzen Allahs übertreten, das Gute unterlassen, das Schlechte begehen, und die Auswirkungen davon auf die Errettung der Gesellschaft. Es ist wie das Gleichnis von Leuten, die auf einem Schiff fuhren und Lose zogen, um zu bestimmen, wer oben und wer unten sitzt. Einige bekamen den oberen Teil, andere den unteren. Wenn diejenigen unten Wasser holen wollten, mussten sie an denen oben vorbeigehen. Diejenigen unten sagten: „Wenn wir doch ein Loch in unseren Bereich bohren könnten, um Wasser zu holen, ohne diejenigen über uns zu stören.“ Wenn diejenigen oben sie dies tun lassen würden, würde das Schiff mit allen an Bord sinken. Doch wenn sie sie davon abhalten und sie daran hindern würden, würden beide Gruppen gerettet werden.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Die Wichtigkeit des Gebieten des Guten und des Verbietens des Schlechten für den Erhalt und die Rettung von Gemeinschaften.
 Eine der Lehrmethoden ist das Verwenden von Gleichnissen, um abstrakte Konzepte durch greifbare Bilder für den Verstand verständlicher zu machen.
 Das Begehen einer offenkundigen Sünde, ohne dass jemand dagegen vorgeht, ist ein Übel, das allen schadet.
 Der Untergang einer Gesellschaft ist die Folge davon, wenn man diejenigen, die Unheil stiften, lässt und sie auf der Erde Verderben anrichten.
 Falsches Handeln und gute Absichten reichen nicht aus, um eine Tat richtig zu machen.
 Die Verantwortung in der muslimischen Gemeinschaft ist geteilt und kann nicht auf ein einzelnes Individuum reduziert werden.
 Die Bestrafung der Allgemeinheit für die Sünden der Minderheit, wenn sie nicht missbilligt werden.
 Diejenigen, die Unheil stiften, präsentieren ihr Unheil oft als etwas Gutes für die Gesellschaft, ähnlich wie die Heuchler.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3341</t>
   </si>
   <si>
     <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
-    <t>Ich bin unter allen Partnern derjenige, der am wenigsten auf einen Partner angewiesen ist</t>
+    <t>Ich bin frei davon, Teilhaber zu bedürfen bei (jeder erdenklichen Form von) Schirk. Wer nun eine Tat verrichtet und Mir dabei etwas beigesellt, so verlassen Ich ihn und seinen Schirk</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird überliefert, dass er sagte: Der Gesandte Allahs sagte: "Allah sagt: Ich bin unter allen Partnern derjenige, der am wenigsten auf einen Partner angewiesen ist. Wer etwas macht und Mir dabei einen Partner zur Seite stellt, den überlasse Ich mitsamt seinem Partner sich selbst."</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah sagt: &gt;Ich bin frei davon, Teilhaber zu bedürfen bei (jeder erdenklichen Form von) Schirk. Wer nun eine Tat verrichtet und Mir dabei etwas beigesellt, so verlassen Ich ihn und seinen Schirk.&lt;‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
-    <t>Der Prophet berichtet, dass Allah sagt, dass Er unter allen derjenige ist, der am wenigsten auf einen Partner angewiesen ist. Er braucht also nichts und niemand. Wenn jemand jedoch eine gottesdienstliche Handlung vollbringt und sie sowohl Allah, als auch jemand anderem zukommen lässt, lässt ihn Allah unbeachtet, nimmt von ihm seine Tat nicht an und weist sie zurück. Folglich müssen alle Taten aufrichtig für Allah allein vollbracht werden, da Er nur das annimmt, was aufrichtig für Ihn allein gemacht wurde.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah - segensreich und erhaben ist Er - sagt, dass Er unter allen derjenige ist, Der am wenigsten auf einen Teilhaber angewiesen ist. Er braucht nichts und niemanden. Wenn der Mensch jedoch eine gottesdienstliche Handlung vollbringt und sie sowohl für Allah als auch für jemand anderen verrichtet, lässt ihn Allah unbeachtet, nimmt von ihm seine Tat nicht an und weist sie an ihn zurück. Folglich müssen alle Taten aufrichtig für Allah - erhaben ist Er - allein vollbracht werden, da Er - gepriesen sei Er - nur das annimmt, was aufrichtig für Sein edles Angesicht allein verrichtet wird.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
-    <t>Das ist eine Warnung vor "Schirk", d. h. davor, Allah etwas beizugesellen, in welcher Form auch immer und es wird klargestellt, dass darin ein Grund liegt, der verhindert, dass die Taten angenommen werden.
-Das Bewusstsein für Allahs Reichtum und Seine Erhabenheit hilft dabei, Aufrichtigkeit im Handeln zu erreichen.</t>
+    <t>Hierin ist eine Warnung vor jeglichen Formen des Schirks und ein Beweis, dass er die Akzeptanz der Tat verhindert.
+Das Bewusstsein für Allahs Reichtum und Seine Allmacht hilft dabei, Aufrichtigkeit im Handeln zu erreichen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3342</t>
   </si>
   <si>
     <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>‚Ein Mann wird am Tag der Auferstehung gebracht und ins Feuer geworfen. Seine Eingeweide werden herausquellen, und er wird sie um sich herumschleppen, wie ein Esel einen Mühlstein dreht</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Von Usamah Ibn Zayd - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Es wurde zu ihm gesagt: „Warum gehst du nicht zu 'Uthman und sprichst mit ihm?“ Er sagte: „Denkt ihr, ich spreche nicht mit ihm, ohne dass ihr es hört? Bei Allah, ich habe mit ihm unter vier Augen gesprochen, aber ich möchte keine Angelegenheit eröffnen, die ich nicht als Erster eröffnen möchte. Und ich werde zu niemandem, der über mich herrscht, sagen: ‚Er ist der beste Mensch‘, nachdem ich den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen hörte: ‚Ein Mann wird am Tag der Auferstehung gebracht und ins Feuer geworfen. Seine Eingeweide werden herausquellen, und er wird sie um sich herumschleppen, wie ein Esel einen Mühlstein dreht. Die Bewohner der Hölle werden sich um ihn versammeln und sagen: „O Soundso, was ist mit dir? Hast du nicht das Gute befohlen und das Schlechte verboten?“ Er wird sagen: „Doch, ich habe das Gute befohlen, aber es selbst nicht getan, und ich habe das Schlechte verboten, aber es selbst getan.“‘“</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>Es wurde zu Usamah Ibn Zayd - möge Allah mit ihm zufrieden sein - gesagt: „Warum gehst du nicht zu 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - und sprichst mit ihm über die Unruhen, die unter den Menschen entstanden sind, und bemühst dich, sie vollständig zu beenden?“ Usamah antwortete: „Ich teile euch mit, dass ich mit ihm vertraulich gesprochen habe, um das Wohl zu fördern, nicht um die Unruhen zu schüren. Mein Ziel ist es, die Herrscher nicht öffentlich zu kritisieren, da dies zu Respektlosigkeit gegenüber dem Kalifen führen und eine Tür zur Versuchung und zum Bösen öffnen könnte, die ich nicht als Erster öffnen möchte.“
 Dann sagte Usamah - möge Allah mit ihm zufrieden sein -, dass er die Herrscher im Geheimen berät und niemandem schmeichelt, auch wenn es ein Herrscher ist. Und er schmeichelt ihnen nicht, indem er sie ins Gesicht mit Unwahrheiten lobt. Dies, nachdem er vom Propheten - Allahs Segen und Frieden auf ihm - gehört hatte, dass am Tag der Auferstehung ein Mann gebracht wird, der ins Feuer geworfen wird. Seine Eingeweide werden aufgrund der intensiven Hitze und der schweren Qual schnell aus seinem Bauch herauskommen. Er wird in diesem Zustand mit seinen Eingeweiden im Feuer kreisen, wie ein Esel um seinen Mühlstein kreist, der der Stein der Mühle ist. Die Bewohner der Hölle werden sich um ihn herum versammeln, wie ein Kreis, der ihn umgibt, und ihn fragen: „O Soundso, hast du nicht das Gute befohlen und das Schlechte verboten?“
 Er wird antworten: „Ich habe zwar das Gute befohlen, es aber selbst nicht getan, und ich habe das Schlechte verboten, es aber selbst getan.“</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Das Grundprinzip beim Erteilen von Ratschlägen an die Herrscher ist, dass dies unter vier Augen geschieht und man nicht (öffentlich) unter den einfachen Leuten darüber spricht.
 Die strenge Warnung für diejenigen, deren Taten ihren Worten widersprechen.
 Der Anstand gegenüber den Herrschern, der freundliche Umgang mit ihnen und dass man ihnen das Gute gebietet und das Schlechte verbietet.
 Es wird getadelt, den Herrschenden in Bezug auf die Wahrheit zu schmeicheln und etwas zu zeigen, das im Widerspruch zu dem steht, was man innerlich glaubt, wie jemand, der mit Unwahrheiten schmeichelt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3345</t>
   </si>
   <si>
     <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
-    <t>Ich sage mich vor Allah davon los unter euch einen "Chalil" zu haben</t>
+    <t>Wahrlich, ich sage mich bei Allah davon los, dass einer von euch ein nahestehender Freund („Khalil“) von mir ist, denn Allah - erhaben ist Er - nahm mich ja als seinen nahestehenden Freund, genauso wie Er sich auch Ibrahim als nahestehenden Freund nahm</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Von Jundub wird überliefert, dass er sagte: Ich habe den Propheten gehört, wie er fünf Dinge vor seinem Tod erwähnte: "Ich sage mich vor Allah davon los unter euch einen "Chalil" zu haben, denn Allah hat mich zu Seinem "Chalil" gemacht, sowie Er Ibrahim zu Seinem "Chalil" (1) machte. Hätte ich mir jedoch von meinen Anhängern einen "Chalil" genommen, hätte ich mir Abu Bakr zum "Chalil" gemacht! Diejenigen, die vor euch waren, machten die Gräber ihrer Propheten und der rechtschaffenen Menschen unter ihnen zu Gebetsstätten. Macht ihr die Gräber also nicht zu Gebetsstätten. Ich verbiete es euch.</t>
+    <t>Von Jundub - möge Allah mit ihm zufrieden sein -wird überliefert, dass er sagte: ,,Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - fünf Tage bevor er starb, sagen: ,Wahrlich, ich sage mich bei Allah davon los, dass einer von euch ein nahestehender Freund („Khalil“) von mir ist, denn Allah - erhaben ist Er - nahm mich ja als seinen nahestehenden Freund, genauso wie Er sich auch Ibrahim als nahestehenden Freund nahm. Und würde ich einen aus meiner Gemeinschaft zu einem nahestehenden Freund nehmen, dann hätte ich ja Abu Bakr als nahestehenden Freund genommen. Und diejenigen, die vor euch waren, pflegten ja die Gräber ihrer Propheten und Rechtschaffenen zu Gebetsstätten zu nehmen. Wahrlich, nehmt ja nicht die Gräber zu Gebetsstätten, denn ich untersage euch das.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
-    <t>Der Prophet spricht über seine Stellung bei Allah und darüber, dass er genau wie Ibrahim die absolut höchste Stufe der Liebe erreicht hat. Daher erklärt er keinen "Chalil" außer Allah zu haben, da sein Herz vollkommen mit der Liebe zu Allah, Seiner Verehrung und der Kenntnis von Ihm angefüllt ist, sodass es in ihm keinen Platz mehr für etwas anderes außer Allah gibt. Hätte der Prophet einen "Chalil" unter den Geschöpfen, wäre es Abu Bakr al-Siddiq Der Prophet warnt davor, die Grenzen der erlaubten Form der Liebe zu überschreiten, so wie sie die Juden und Christen bei den Gräbern ihrer Propheten und der rechtschaffenen Menschen unter ihnen überschritten, bis sie diese schließlich zu polytheistischen Götzen erhoben, die an der Stelle Allahs angebetet werden und über ihnen Gebetsstätten und Orte der Anbetung errichteten. Der Prophet untersagte jedoch seinen Anhängern das Gleiche zu tun.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - spricht über seine Stellung bei Allah - erhaben ist Er - und darüber, dass sie die absolut höchste Stufe der Liebe erreicht hat, genau wie bei Ibrahim - Frieden sei auf ihm. Aus diesem Grund erklärte er, dass er keinen Khalil außer Allah hat, da sein Herz vollkommen mit der Liebe zu Allah - erhaben ist Er -, Seiner Verehrung und der Kenntnis von Ihm gefüllt ist, sodass es in ihm keinen Platz mehr für etwas anderes außer Allah gibt. Hätte der Prophet einen Khalil unter den Geschöpfen, wäre es Abu Bakr As-Siddiq - möge Allah mit ihm zufrieden sein. Daraufhin warnte er davor, die Grenzen der erlaubten Form der Liebe zu überschreiten, so wie es die Juden und Christen bei den Gräbern ihrer Propheten und der rechtschaffenen Menschen unter ihnen taten, bis sie diese schließlich zu polytheistischen Götzen machten, die anstelle Allahs angebetet werden. Sie errichteten über ihnen Gebetsstätten und Orte der Anbetung. er - Allahs Segen und Frieden auf ihm - untersagte jedoch seiner Gemeinschaft das Gleiche zu tun.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
-    <t>Abu Bakr al-Siddiq hat eine besondere Stellung, ist der beste der Gefährten und hat den größten Anspruch, den Propheten nach dessen Tod als sein Kalif darin zu vertreten, die Religion zu schützen und die Vorschriften der Scharia umzusetzen.
+    <t>Der Vorzug von Abu Bakr As-Siddiq - möge Allah mit ihm zufrieden sein - und der Beweis, dass er der vorzüglichste Gefährte ist und den größten Anspruch auf das Kalifat des Gesandten Allahs - Allahs Segen und Frieden auf ihm - nach seinem Tod hat.
 Das Errichten von Moscheen über Gräbern gehört zu den Fehlern früherer Völker.
-Es ist verboten Gräber zu Orten zu machen, an denen gottesdienstliche Handlungen vollzogen werden, indem auf ihnen, oder in ihre Richtung, gebetet wird, und Moscheen oder Kuppeln auf ihnen errichtet werden. Damit soll vermieden werden, dass aufgrund dieser Dinge dem "Schirk" verfallen wird, d. h. dem, Allah etwas beizugesellen.
-[...1 lines deleted...]
-Das, wovor der Prophet hier warnt, ist von großer Bedeutung, da er ihm nur fünf Nächte vor seinem Tod nochmal Nachdruck verleiht.</t>
+Es ist verboten Gräber zu Orten zu machen, an denen gottesdienstliche Handlungen vollzogen werden, indem auf ihnen oder in ihre Richtung gebetet wird, und Moscheen oder Kuppeln auf ihnen errichtet werden. Damit soll vermieden werden, dass man aufgrund dessen in den Schirk fällt.
+Es wird davor gewarnt im Umgang mit den rechtschaffenen Menschen zu übertreiben, da dieses Handeln zum Schirk führen kann.
+Das, wovor der Prophet - Allahs Segen und Frieden auf ihm - warnt, ist sehr gefährlich, da er es fünf Nächte vor seinem Tod betonte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3347</t>
   </si>
   <si>
     <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
-    <t>Ich war ein Mann, der an häufigem Austreten von Lusttropfen litt, und ich schämte mich, den Propheten - Allahs Segen und Frieden auf ihm - zu fragen, aufgrund der Stellung seiner Tochter (bei mir). Also wies ich Al-Miqdad Ibn Al-Aswad an, ihn zu fragen. Er sagte: „Er wäscht sein Geschlechtsteil und verrichtet die Gebetswaschung.“</t>
+    <t>„Ich war ein Mann, der an häufigem Austreten von Lusttropfen litt, und ich schämte mich, den Propheten - Allahs Segen und Frieden auf ihm - zu fragen, aufgrund der Stellung seiner Tochter (bei mir). Also wies ich Al-Miqdad Ibn Al-Aswad an, ihn zu fragen. Er sagte: ‚Er wäscht sein Geschlechtsteil und verrichtet die Gebetswaschung</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
-    <t>Von 'Ali - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich war ein Mann, der an häufigem Austreten von Lusttropfen litt, und ich schämte mich, den Propheten - Allahs Segen und Frieden auf ihm - zu fragen, aufgrund der Stellung seiner Tochter (bei mir). Also wies ich Al-Miqdad Ibn Al-Aswad an, ihn zu fragen. Er sagte: „Er wäscht sein Geschlechtsteil und verrichtet die Gebetswaschung.“ Und bei Al-Bukhari heißt es: Er sagte: „Verrichte die Gebetswaschung und wasche dein Geschlechtsteil."</t>
+    <t>Von 'Ali - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich war ein Mann, der an häufigem Austreten von Lusttropfen litt, und ich schämte mich, den Propheten - Allahs Segen und Frieden auf ihm - zu fragen, aufgrund der Stellung seiner Tochter (bei mir). Also wies ich Al-Miqdad Ibn Al-Aswad an, ihn zu fragen. Er sagte: ‚Er wäscht sein Geschlechtsteil und verrichtet die Gebetswaschung.‘“ Und bei Al-Bukhari heißt es: „Er sagte: ‚Verrichte die Gebetswaschung und wasche dein Geschlechtsteil.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>'Ali Ibn Abi Talib - möge Allah mit ihm zufrieden sein - berichtete, dass er häufig Madhiy (eine klebrige, dünne, weiße Flüssigkeit, die bei Erregung oder vor dem Geschlechtsverkehr aus dem Geschlechtsteil austritt) absonderte. Er wusste nicht, wie er damit umgehen sollte, und schämte sich, den Propheten - Allahs Segen und Frieden auf ihm - zu fragen, weil er der Ehemann von Fatimah, der Tochter des Propheten - Allahs Segen und Frieden auf ihm -, war. Also bat er Al-Miqdad Ibn Al-Aswad, den Propheten - Allahs Segen und Frieden auf ihm - danach zu fragen. So antwortete er - Allahs Segen und Frieden auf ihm - ihm, dass er sein Geschlechtsteil waschen und dann die rituelle Gebetswaschung (Wudu) verrichten solle.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
-    <t>Der Vorzug von 'Ali Ibn Abi Talib - möge Allah mit ihm zufrieden sein - , da er sich nicht durch Scham davon abhalten ließ, die Frage über einen Mittler zu stellen.
+    <t>Der Vorzug von 'Ali Ibn Abi Talib - möge Allah mit ihm zufrieden sein -, da er sich nicht durch Scham davon abhalten ließ, die Frage über einen Mittler zu stellen.
 Die Zulässigkeit der Stellvertretung bei der Rechtsberatung (Fatwa).
 Die Erlaubnis für einen Menschen, etwas über sich selbst preiszugeben, wofür er sich schämt, wenn es um einen Nutzen geht.
 Die Unreinheit von Madhiy und die Verpflichtung, es vom Körper und der Kleidung abzuwaschen.
 Das Austreten von Madhiy ist einer der Faktoren, die die rituelle Gebetswaschung (Wudu) ungültig machen.
-Die Verpflichtung, das Geschlechtsteil und die Hoden zu waschen, da dies in einem anderen Hadith überliefert wird.</t>
+Die Verpflichtung, das Geschlechtsteil und die Hoden zu waschen, da dies in einer anderen Überlieferung überliefert wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3348</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
-    <t>Macht eure Häuser nicht zu Gräbern und macht mein Grab nicht zu einem Wallfahrtsort und sprecht die Segenswünsche für mich aus, denn eure Segenswünsche kommen bei mir an, wo auch immer ihr seid</t>
+    <t>‚Macht eure Häuser nicht zu Gräbern und macht mein Grab nicht zu einem Ort der Feierlichkeiten. Und sprecht Segenswünsche über mich, denn eure Segenswünsche erreichen mich, wo immer ihr auch sein solltet.‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird überliefert, dass er sagte: Der Gesandte Allahs sagte: "Macht eure Häuser nicht zu Gräbern und macht mein Grab nicht zu einem Wallfahrtsort und sprecht die Segenswünsche für mich aus, denn eure Segenswünsche kommen bei mir an, wo auch immer ihr seid."</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Macht eure Häuser nicht zu Gräbern und macht mein Grab nicht zu einem Ort der Feierlichkeiten. Und sprecht Segenswünsche über mich, denn eure Segenswünsche erreichen mich, wo immer ihr auch sein solltet.‘“</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
-    <t>Der Prophet verbietet es zu unterlassen, zuhause zu beten, da dies dazu führen würde, dass die Häuser den Friedhöfen gleichen, an denen nicht gebetet wird. Der Prophet verbietet sein Grab ständig zu besuchen und sich regelmäßig an ihm zu versammeln, da dies zum "Schirk" führen könnte, d. h. dazu Allah etwas beizugesellen. Der Prophet ordnet an Segenswünsche für ihn auszusprechen, egal wo sich jemand auf der Welt befindet, da diese bei ihm von nah und fern ankommen. Es besteht also kein Grund, ständig sein Grab zu besuchen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagt es, in den Häusern keine Gebete zu verrichten, sodass sie wie Friedhöfe werden, in denen nicht gebetet wird. Er untersagte, dass man sein Grab oft besucht und sich regelmäßig dort versammelt, da dies zum Schirk (d. h. Allah etwas beigesellen) führen könnte. Außerdem befahl er, dass man die Friedens- und Segenswünsche über ihn an jedem Ort der Welt aussprechen sollte, da diese ihn von nah und fern erreichen. Es besteht also keine Notwendigkeit, ständig sein Grab zu besuchen.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
-    <t>Es ist verboten vollständig darauf zu verzichten, zuhause Gottesdienste zu verrichten.
-[...3 lines deleted...]
-Da das Verbot des Propheten, an Gräbern zu beten, bei seinen Gefährten zu einer Selbstverständlichkeit geworden war, verbat er die Häuser wie Friedhöfen werden zu lassen, in denen nicht gebetet wird.</t>
+    <t>Es ist verboten, das Zuhause zu einem Ort ohne jegliche Anbetung für Allah - erhaben ist Er - werden zu lassen.
+Die Untersagung, zu reisen, um das Grab des Propheten - Segen und Frieden auf ihm - zu besuchen, da er befahl, dass man die Segenswünsche über ihn sprechen sollte, und berichtete, dass sie ihn erreichen. Die Reise sollte unternommen (und beabsichtigt) werden, um die Prophetenmoschee zu besuchen und darin zu beten.
+Es ist verboten, das Grab des Propheten - Allahs Segen und Frieden auf ihm - zu einem Ort der Feierlichkeit (und der regelmäßigen Versammlung) zu machen, indem es immer wieder zu bestimmten Zeiten mit speziellen Absichten besucht wird. Dasselbe gilt für alle anderen Gräber.
+Die Ehre, die der Prophet - Allahs Segen und Frieden auf ihm - bei seinem Herrn besitzt, da es vorgeschrieben (und empfohlen) ist, die Friedens- und Segenswünsche zu jeder Zeit und an jedem Ort zu sprechen.
+Da das Verbot des Gebets an Gräbern bei den Gefährten bereits verankert (und bekannt) war, untersagte der Prophet - Allahs Segen und Frieden auf ihm -, die Häuser wie Friedhöfe werden zu lassen, in denen nicht gebetet wird.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Überliefert von Abu Dawud]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3350</t>
   </si>
   <si>
     <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
-    <t>„Sagt nicht: 'Was Allah will und was soundso will', sondern sagt: 'Was Allah will, dann was soundso will'.“</t>
+    <t>„Sagt nicht: ‚Was Allah will und was soundso will‘, sondern sagt: ‚Was Allah will, dann was soundso will.‘“</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
-    <t>Von Hudhayfah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Sagt nicht: 'Was Allah will und was soundso will', sondern sagt: 'Was Allah will, dann was soundso will'.“</t>
+    <t>Von Hudhayfah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Sagt nicht: ‚Was Allah will und was soundso will‘, sondern sagt: ‚Was Allah will, dann was soundso will.‘“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verboten, dass ein Muslim im Gespräch sagt: „Was Allah will und was soundso will“ oder „Was Allah und soundso wollen.“ Dies liegt daran, dass Allahs Wille und Absicht absolut sind und niemand an ihnen teilhat, und die Verwendung von „und“ (waw) in der Konjunktion suggeriert, dass jemand mit Allah teilhat und Ihm gleichgestellt ist. Man soll stattdessen sagen „Was Allah will, dann was soundso will.“ Somit ordnet man den Willen des Dieners dem Willen Allahs unter, indem man „dann“ anstelle von „und“ sagt, da „dann“ der Folge und zeitlichen Abfolge dient.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verboten, dass ein Muslim im Gespräch sagt: „Was Allah will und was soundso will“ oder „Was Allah und soundso wollen.“ Dies liegt daran, dass Allahs Wille und Absicht absolut sind und niemand an ihnen teilhat, und die Verwendung von „und“ (waw) in der Konjunktion suggeriert, dass jemand mit Allah teilhat und Ihm gleichgestellt ist. Man soll stattdessen sagen „Was Allah will, dann was soundso will.“ Somit ordnet man den Willen des Dieners dem Willen Allahs unter, indem man „dann“ (thumma) anstelle von „und“ sagt, da „dann“ der Folge und zeitlichen Abfolge dient.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
 النهي عن إشراك الخلق في مشيئة الله ولو باللفظ.
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
-    <t>Das Verbot, zu sagen: „Was Allah will und was du willst“ oder ähnliche Ausdrücke, die mit „und“ mit Allah verbunden werden, da es sich um eine Form des verbalen und sprachlichen Schirk handelt.
+    <t>Das Verbot, zu sagen: „Was Allah will und was du willst“ oder ähnliche Ausdrücke, die mit „und“ mit Allah verbunden werden, da es sich um eine Form des verbalen und sprachlichen Schirks handelt.
 Es ist erlaubt, zu sagen: „Was Allah will, dann was du willst.“ oder ähnliche Ausdrücke, die man mit „dann“ mit Allah verbindet, um das Verbotene zu meiden.
 Die Bestätigung des Willens Allahs und die Bestätigung des Willens des Dieners, und dass der Wille des Dieners dem Willen Allahs - erhaben ist Er - untergeordnet ist.
 Das Verbot, Geschöpfe dem Willen Allahs beizugesellen, sei es auch nur durch Worte.
 Wenn der Redner glaubt, dass der Wille des Dieners wie der Wille Allahs - mächtig und majestätisch ist Er - ist und ihm in Umfang und Absolutheit gleichkommt oder dass der Diener einen unabhängigen Willen hat, dann ist dies großer Schirk. Wenn er jedoch glaubt, dass er darunter steht, dann ist dies kleiner Schirk.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[صحيح بمجموع طرقه]</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3352</t>
   </si>
   <si>
     <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
-    <t>„Allah ist eifersüchtig, und der Gläubige ist eifersüchtig, und Allahs Eifersucht ist, dass/wenn der Gläubige das tut, was Ihm verboten ist.“</t>
+    <t>‚Allah ist eifersüchtig, und der Gläubige ist eifersüchtig, und Allahs Eifersucht ist, dass/wenn der Gläubige das tut, was Ihm verboten ist.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Allah ist eifersüchtig, und der Gläubige ist eifersüchtig, und Allahs Eifersucht ist, dass/wenn der Gläubige das tut, was Ihm verboten ist.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah ist eifersüchtig, und der Gläubige ist eifersüchtig, und Allahs Eifersucht ist, dass/wenn der Gläubige das tut, was Ihm verboten ist.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert darüber, dass Allah eifersüchtig ist, zornig wird und Dinge hasst, genauso wie der Gläubige eifersüchtig ist, zornig wird und Dinge hasst. Der Grund für Allahs Eifersucht ist, wenn der Gläubige abscheuliche Dinge tut, die Allah ihm verboten hat, wie Unzucht, Homosexualität, Diebstahl, Alkoholkonsum und andere abscheuliche Dinge.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Die Warnung vor Allahs Zorn und Strafe, wenn Seine Verbote verletzt werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3354</t>
   </si>
   <si>
     <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>„Ihr werdet gewiss den Sitten derer folgen, die vor euch waren, Schritt für Schritt und Elle für Elle</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
@@ -3030,147 +3033,147 @@
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert uns darüber, wie der Zustand einiger Menschen seiner Gemeinschaft nach seiner Zeit sein wird. Sie werden den Juden und Christen in ihren Überzeugungen, Handlungen, Gewohnheiten und Traditionen genau folgen, Schritt für Schritt und Elle für Elle, bis zu dem Punkt, dass, wenn sie in ein Eidechsenloch hineingehen würden, diese ihnen folgen würden.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Dies ist ein Zeichen seines Prophetentums, da er darüber informierte, bevor es geschah, und es dann genauso eintraf, wie er es vorhergesagt hatte.
 Das Verbot für Muslime, den Ungläubigen zu ähneln, sei es in ihren Überzeugungen, ihren Gottesdiensten, ihren Festen oder ihrer Kleidung.
 Die Veranschaulichung abstrakter Dinge durch konkrete Beispiele ist eine der Lehrmethoden im Islam.
 Die Eidechse: Ein Tier, dessen Bau sehr dunkel und übelriechend ist. Sie gehört zu den Reptilien und ist in Wüstengebieten weit verbreitet. Der Grund für die besondere Erwähnung des Baus der Eidechse liegt in seiner extremen Enge und seiner schlechten Beschaffenheit. Dennoch würden sie - aufgrund ihres Nachahmens und Folgens ihrer Spuren und Wege - selbst in solch eine enge und schlechte Situation eintreten, um ihnen zu folgen! Und bei Allah ist Hilfe zu ersuchen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
-    <t>Wer bei etwas anderem als bei Allah schwört hat Unglauben oder Shirk begangen!</t>
+    <t>‚Wer bei etwas anderem als bei Allah schwört, hat Unglauben oder Schirk begangen!‘“</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>Von Ibn Omar wird überliefert, dass er einen Mann "Nein, bei der Kabaa!" sagen hörte. Da sagte Ibn Omar: "Es wird nicht bei etwas anderem als bei Allah geschworen! Ich habe den Gesandten Allahs sagen hören: "Wer bei etwas anderem als bei Allah schwört hat Unglauben oder Shirk begangen!"</t>
+    <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er einen Mann sagen hörte: „Nein, bei der Ka'bah!“ Da sagte Ibn 'Umar: „Es wird nicht bei etwas anderem als bei Allah geschworen, denn ich habe den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen hören: ‚Wer bei etwas anderem als bei Allah schwört, hat Unglauben oder Schirk begangen!‘“</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
-    <t>Der Prophet verkündet, dass, wenn bei etwas anderem als bei Allah, Seinen Namen und Seinen Eigenschaften geschworen wird, eine Form des Unglaubens gegenüber Allah begangen oder Ihm etwas beigesellt wird, da daraus, dass bei etwas geschworen wird folgt, dass das, wobei geschworen wird, verehrt wird: Diese Verehrung gebührt jedoch nur Allah allein. Daher darf nur bei Allah, Seinen Namen und Seinen Eigenschaften geschworen werden. Der Schwur bei etwas anderem als bei Allah gehört zur kleinen Form des "Schirk", d. h. zu einer weniger schwerwiegenden Form Allah etwas beizugesellen, die zwar verboten ist, einen jedoch nicht zum Ungläubigen macht. Verehrt derjenige, der schwört, das bei dem er schwört, jedoch sowie Allah oder noch mehr, liegt in diesem Fall eine Form des großen "Schirk" vor, der einen zum Ungläubigen macht.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige, der bei etwas anderem als Allah, Seinen Namen und Eigenschaften schwört, Unglauben gegenüber Allah begangen oder Ihm etwas beigesellt hat. Der Schwur bedingt, dass derjenige, bei dem geschworen wird, verherrlicht wird. Die Verherrlichung gebührt jedoch nur Allah allein. Daher darf nur bei Allah - gepriesen sei Er -, Seinen Namen und Seinen Eigenschaften geschworen werden. Dieser Schwur (bei etwas anderem als Allah) fällt unter den kleinen Schirk. Verehrt derjenige, der schwört, das, bei dem er schwört, so wie er Allah - erhaben ist Er - verehrt oder noch mehr, fällt dies unter den großen Schirk.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
-    <t>Die Verehrung einer Sache, indem bei ihr geschworen wird, ist ein Recht von Allah. Daher darf bei nichts außer bei Allah, Seinen Namen und Eigenschaften geschworen werden.
-Hier zeigt sich, wie sehr die Gefährten des Propheten darauf bedacht waren, das Gute zu gebieten und das Schlechte zu verbieten, v. a. wenn das Übel etwas mit "Schirk" und "Kufr" zu tun hat, d. h. damit, dass Allah etwas beigesellt, oder eine Form des Unglaubens begangen wird.</t>
+    <t>Die Verehrung einer Sache, indem bei ihr geschworen wird, ist ein Recht von Allah - gepriesen sei Er und erhaben ist Er. Daher darf bei nichts außer bei Allah, Seinen Namen und Eigenschaften geschworen werden.
+Der Eifer der Gefährten, das Gute zu gebieten und das Schlechte zu verbieten, vor allem, wenn das Schlechte mit dem Schirk oder Unglauben zusammenhängt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3359</t>
   </si>
   <si>
     <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
-    <t>„Ihr werdet das Paradies nicht betreten, bis ihr gläubig seid und ihr werdet nicht (vollkommen) gläubig sein, bis ihr einander liebt. Soll ich euch denn nicht auf eine Sache hinweisen, durch die ihr euch gegenseitig liebt, wenn ihr sie ausführt? Verbreitet den Friedensgruß untereinander!“</t>
+    <t>‚Ihr werdet das Paradies nicht betreten, bis ihr gläubig seid und ihr werdet nicht (vollkommen) gläubig sein, bis ihr einander liebt. Soll ich euch denn nicht auf eine Sache hinweisen, durch die ihr euch gegenseitig liebt, wenn ihr sie ausführt? Verbreitet den Friedensgruß untereinander!‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Ihr werdet das Paradies nicht betreten, bis ihr gläubig seid und ihr werdet nicht (vollkommen) gläubig sein, bis ihr einander liebt. Soll ich euch denn nicht auf eine Sache hinweisen, durch die ihr euch gegenseitig liebt, wenn ihr sie ausführt? Verbreitet den Friedensgruß untereinander!“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Ihr werdet das Paradies nicht betreten, bis ihr gläubig seid und ihr werdet nicht (vollkommen) gläubig sein, bis ihr einander liebt. Soll ich euch denn nicht auf eine Sache hinweisen, durch die ihr euch gegenseitig liebt, wenn ihr sie ausführt? Verbreitet den Friedensgruß untereinander!‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass nur die Gläubigen in das Paradies eintreten werden und dass der Glaube nicht vollständig ist und der Zustand der muslimischen Gemeinschaft nicht in Ordnung kommt, bis sie sich gegenseitig lieben. Dann wies der Prophet - Allahs Segen und Frieden auf ihm - auf die besten Dinge hin, durch die sich die Liebe verbreitet, nämlich die Verbreitung des Friedensgrußes (Salam) unter den Muslimen, den Allah als Gruß für Seine Diener bestimmt hat.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass nur die Gläubigen in das Paradies eintreten werden und dass der Glaube nicht vollständig ist und der Zustand der muslimischen Gemeinschaft nicht in Ordnung sein wird, bis sie sich gegenseitig lieben. Dann wies der Prophet - Allahs Segen und Frieden auf ihm - auf die besten Dinge hin, durch die sich die Liebe verbreitet, nämlich die Verbreitung des Friedensgrußes (Salam) unter den Muslimen, den Allah als Gruß für Seine Diener bestimmt hat.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Der Eintritt ins Paradies erfolgt nur durch den Glauben.
 Zur Vollkommenheit des Glaubens gehört, dass der Muslim für seinen Bruder liebt, was er für sich selbst liebt.
 Es ist empfehlenswert, den Friedensgruß unter den Muslimen zu verbreiten und zu geben, da dies Liebe und Sicherheit unter den Menschen verbreitet.
 Der Friedensgruß wird nur an einen Muslim gerichtet, da der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Unter euch.“
 Das Geben des Friedensgrußes beseitigt die Trennung, das Fernhalten und den Hass.
 Die Wichtigkeit der Liebe zwischen Muslimen und dass sie zur Vollkommenheit des Glaubens gehört.
 In einem anderen Hadith wird erwähnt, dass die vollständige Form des Friedensgrußes lautet: „As-Salamu alaykum wa rahmatullahi wa barakatuh“ (Friede sei mit euch, die Barmherzigkeit Allahs und Sein Segen). Es reicht jedoch aus, „As-Salamu alaykum“ (Friede sei mit euch) zu sagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3361</t>
   </si>
   <si>
     <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
-    <t>Welche Tat ist Allah am liebsten?“ Er sagte: „Das Gebet zur rechten Zeit.“ Ich fragte: „Und dann welche?“ Er sagte: „Dann die gute Behandlung der Eltern.“ Ich fragte: „Und dann welche?“ Er sagte: „Dann der Jihad auf dem Weg Allahs.“</t>
+    <t>Welche Tat ist Allah am liebsten?‘ Er sagte: ‚Das Gebet zur rechten Zeit.‘ Ich fragte: ‚Und dann welche?‘ Er sagte: ‚Dann die gute Behandlung der Eltern.‘ Ich fragte: ‚Und dann welche?‘ Er sagte: ‚Dann der Jihad auf dem Weg Allahs</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich fragte den Propheten - Allahs Segen und Frieden auf ihm -: „Welche Tat ist Allah am liebsten?“ Er sagte: „Das Gebet zur rechten Zeit.“ Ich fragte: „Und dann welche?“ Er sagte: „Dann die gute Behandlung der Eltern.“ Ich fragte: „Und dann welche?“ Er sagte: „Dann der Jihad auf dem Weg Allahs.“ Er sagte: „Er hat mir diese (Taten) genannt, und wenn ich ihn weiter gefragt hätte, hätte er mir mehr genannt.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich fragte den Propheten - Allahs Segen und Frieden auf ihm -: ‚Welche Tat ist Allah am liebsten?‘ Er sagte: ‚Das Gebet zur rechten Zeit.‘ Ich fragte: ‚Und dann welche?‘ Er sagte: ‚Dann die gute Behandlung der Eltern.‘ Ich fragte: ‚Und dann welche?‘ Er sagte: ‚Dann der Jihad auf dem Weg Allahs.‘“ Er (Abdullah) sagte: „Er hat mir diese (Taten) genannt, und wenn ich ihn weiter gefragt hätte, hätte er mir mehr genannt.“</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde gefragt: „Welche Tat ist Allah am liebsten?“ Er antwortete: Das vorgeschriebene Gebet zu seiner festgelegten Zeit, die der Gesetzgeber bestimmt hat. Dann die gute Behandlung der Eltern, indem man ihnen Gutes tut, ihre Rechte erfüllt und sie nicht missachtet. Dann der Jihad auf dem Weg Allahs, um das Wort Allahs - mächtig und majestätisch ist Er - zu erhöhen, die Religion des Islam und ihre Anhänger zu verteidigen und ihre Zeichen zu zeigen, sowohl mit dem Leben als auch mit dem Vermögen.
-Ibn Mas'ud - möge Allah mit ihm zufrieden sein - sagte: „Er (der Prophet) hat mir diese Taten genannt, und wenn ich ihn weiter gefragt hätte: 'Und dann welche?', hätte er mir mehr genannt.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde gefragt: „Welche Tat ist Allah am liebsten?“ Er antwortete: Das vorgeschriebene Gebet zu seiner festgelegten Zeit, die der Gesetzgeber bestimmt hat. Dann die gute Behandlung der Eltern, indem man ihnen Gutes tut, ihre Rechte erfüllt und sie nicht missachtet. Dann der Jihad auf dem Weg Allahs, um das Wort Allahs - mächtig und majestätisch ist Er - zu erhöhen, die Religion des Islams und ihre Anhänger zu verteidigen und ihre Zeichen zu zeigen - sowohl mit dem Leben als auch mit dem Vermögen.
+Ibn Mas'ud - möge Allah mit ihm zufrieden sein - sagte: „Er (der Prophet) hat mir diese Taten genannt, und wenn ich ihn weiter gefragt hätte: ‚Und dann welche?‘, hätte er mir mehr genannt.“</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>Die Taten unterscheiden sich voneinander entsprechend der Liebe Allahs zu ihnen.
 Der Muslim wird dazu ermutigt, sich um die besten Taten zu bemühen.
-Die Antworten des Propheten - Allahs Segen und Frieden auf ihm - auf die Frage nach den besten Taten variieren entsprechend der unterschiedlichen Menschen und ihren Umständen, und was für jeden von ihnen am nützlichsten ist.</t>
+Die Antworten des Propheten - Allahs Segen und Frieden auf ihm - auf die Frage nach den besten Taten variieren entsprechend der unterschiedlichen Charaktere und ihren Umständen, und was für jeden von ihnen am nützlichsten ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3365</t>
   </si>
   <si>
     <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>‚Die schwierigsten Gebete für die Heuchler sind das Nacht- und Morgengebet. Und wenn sie wüssten, was es in beiden (an Belohnung) gibt, so kämen sie wahrlich zu ihnen, selbst wenn sie kriechen müssten</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die schwierigsten Gebete für die Heuchler sind das Nacht- und Morgengebet. Und wenn sie wüssten, was es in beiden (an Belohnung) gibt, so kämen sie wahrlich zu ihnen, selbst wenn sie kriechen müssten. Und ich hatte tatsächlich beinahe vorgehabt, das Gebet zu befehlen, so dass zu ihm (durch die Iqamah) aufgerufen wird. Dann hätte ich einen Mann damit beauftragt, für die Leute vorzubeten. Dann hätte ich mich mit einigen Männern, die Bündel von Brennholz bei sich haben, zu Leuten aufgemacht, die nicht zum (Gemeinschafts-)Gebet anwesend waren, und ich hätte sodann ihre Häuser über ihnen mit Feuer verbrannt.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet über die Heuchler und ihre Faulheit, an den (Gemeinschafts-)Gebeten teilzunehmen, insbesondere am Nacht- und Morgengebet. Er erklärt, dass, wenn sie den Wert und die Belohnung wüssten, die mit dem Besuch dieser Gebete in der Gemeinschaft mit den Gläubigen verbunden sind, sie zu diesen auch kriechend, wie ein Kind, das sich auf Händen und Knien fortbewegt, kommen würden.
 Der Prophet - Allahs Segen und Frieden auf ihm - beschloss, das Gebet anzuordnen, sodass es verrichtet wird, und einen anderen Mann als Vorbeter zu bestimmen, der für die Leute an seiner Stelle vorbetet. Anschließend wollte er mit Männern, die Bündel von Brennholz trugen, zu denen gehen, die nicht am Gemeinschaftsgebet teilnahmen, und ihre Häuser mit Feuer verbrennen, um die Schwere der Sünde, die sie begangen hatten, zu verdeutlichen. Doch er tat dies nicht, da es in den Häusern unschuldige Frauen und Kinder gab und andere entschuldigte Personen, die keine Schuld tragen.</t>
   </si>
   <si>
@@ -3252,150 +3255,150 @@
     <t>Die Pflicht, mit der rechten Hand zu essen, und das Verbot, mit der linken Hand zu essen.
 Die Weigerung, islamische Vorschriften aus Hochmut anzuwenden, verdient eine Strafe.
 Die Ehrung Allahs für Seinen Propheten Muhammad - Allahs Segen und Frieden auf ihm - durch die Erhörung seines Bittgebets.
 Die Vorschrift, das Gute zu gebieten und das Schlechte zu verbieten, ist in jedem Fall gegeben, sogar beim Essen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3372</t>
   </si>
   <si>
     <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>„Wer zu Rechtleitung aufruft, erhält den gleichen Lohn wie diejenigen, die ihm folgen, ohne dass dies ihren Lohn im Geringsten schmälert</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer zu Rechtleitung aufruft, erhält den gleichen Lohn wie diejenigen, die ihm folgen, ohne dass dies ihren Lohn im Geringsten schmälert. Und wer zu Irreleitung aufruft, trägt die gleiche Sünde wie diejenigen, die ihm folgen, ohne dass dies ihre Sünden im Geringsten schmälert.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass derjenige, der die Menschen durch Wort oder Tat zu einem Weg führt, der Wahrheit und Gutes enthält, den gleichen Lohn erhält wie diejenigen, die ihm folgen, ohne dass dies den Lohn der Nachfolger im Geringsten schmälert. Und wer die Menschen zu einem falschen und schlechtem Weg führt, in dem es Sünde und Übel gibt oder etwas, das nicht erlaubt ist, durch Wort oder Tat, auf dem lastet die gleiche Bürde und Sünde wie auf denen, die ihm folgen, ohne dass dies von ihren Sünden etwas vermindert.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass derjenige, der die Menschen durch Wort oder Tat zu einem Weg führt, der Wahrheit und Gutes enthält, den gleichen Lohn erhält wie diejenigen, die ihm folgen, ohne dass dies den Lohn der Nachfolger im Geringsten schmälert. Und wer die Menschen zu einem falschen und schlechtem Weg führt, auf dem es Sünde und Übel gibt oder etwas, das nicht erlaubt ist, durch Wort oder Tat, auf dem lastet die gleiche Bürde und Sünde wie auf denen, die ihm folgen, ohne dass dies von ihren Sünden etwas vermindert.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Der Vorzug des Aufrufs zur Rechtleitung, sei es in geringem oder großem Maß, und dass derjenige, der dazu aufruft, den gleichen Lohn erhält wie derjenige, der danach handelt. Dies ist aufgrund der großen Gnade und vollkommenen Großzügigkeit Allahs.
 Die Gefahr des Aufrufs zum Irrweg, sei es in geringem oder großem Maß, und dass derjenige, der dazu aufruft, die gleiche Sünde trägt wie derjenige, der danach handelt.
 Die Vergeltung entspricht der Art der Tat: Wer zum Guten aufruft, erhält den gleichen Lohn wie derjenige, der es tut, und wer zum Schlechten aufruft, trägt die gleiche Sünde wie derjenige, der es tut.
-Ein Muslim sollte sich davor hüten, dass andere ihm in seiner offenen Sünde nacheifern, wenn sie ihn dabei sehen. Denn er trägt die Sünde derjenigen, die ihm folgen, auch wenn er sie nicht dazu ermutigt hat.</t>
+Ein Muslim sollte sich davor hüten, dass andere ihm in seiner öffentlichen Sünde nacheifern, wenn sie ihn dabei sehen, denn er trägt die Sünde derjenigen, die ihm folgen, auch wenn er sie nicht dazu ermutigt hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3373</t>
   </si>
   <si>
     <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>„Zu den schlimmsten Menschen gehören diejenigen, die von der Stunde (das Jüngste Gericht) lebend erfasst werden, und diejenigen, die Gräber zu Moscheen machen.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Zu den schlimmsten Menschen gehören diejenigen, die von der Stunde (das Jüngste Gericht) lebend erfasst werden, und diejenigen, die Gräber zu Moscheen machen.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert über die schlimmsten Menschen und dass es diejenigen sind, über die die Stunde (des Gerichts) kommen wird, während sie noch leben, und diejenigen, die Gräber zu Moscheen machen, an denen und zu denen sie beten.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Das Verbot, Moscheen auf Gräbern zu bauen, da es ein Mittel zum Schirk ist.
 Das Verbot, bei Gräbern zu beten, auch ohne Gebäude, da „Moschee“ ein Begriff für jeden Ort ist, an dem man sich niederwirft, auch wenn es dort kein Gebäude gibt.
 Wer die Gräber der Rechtschaffenen zu Moscheen macht, um darin zu beten, ist einer der schlimmsten Geschöpfe, auch wenn er behauptet, dass seine Absicht darin besteht, sich Allah - erhaben ist Er - zu nähern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3375</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>„Das, wovor ich für euch am meisten Angst habe, ist der kleine Schirk.“ Sie sagten: „Und was ist der kleine Schirk, o Gesandter Allahs?“ Er sagte: „Die Augendienerei</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
-    <t>Von Mahmud Ibn Labid - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das, wovor ich für euch am meisten Angst habe, ist der kleine Schirk.“ Sie sagten: „Und was ist der kleine Schirk, o Gesandter Allahs?“ Er sagte: „Die Augendienerei. Allah - mächtig und majestätisch ist Er - wird am Tag der Auferstehung, wenn die Menschen für ihre Taten belohnt werden, zu ihnen sagen: 'Geht zu denen, denen ihr im Diesseits Augendienerei erwiesen habt, und schaut, ob ihr bei ihnen eine Belohnung findet.'“</t>
+    <t>Von Mahmud Ibn Labid - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das, wovor ich für euch am meisten Angst habe, ist der kleine Schirk.“ Sie sagten: „Und was ist der kleine Schirk, o Gesandter Allahs?“ Er sagte: „Die Augendienerei. Allah - mächtig und majestätisch ist Er - wird am Tag der Auferstehung, wenn die Menschen für ihre Taten belohnt werden, zu ihnen sagen: ‚Geht zu denen, denen ihr im Diesseits Augendienerei erwiesen habt, und schaut, ob ihr bei ihnen eine Belohnung findet.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass die Sache, die er am meisten für seine Gemeinschaft befürchtet, der kleine Schirk ist, nämlich die Augendienerei, d. h. dass man wegen der Menschen handelt. Dann informierte er über die Strafe der Augendiener am Tag der Auferstehung, indem zu ihnen gesagt wird: „Geht zu denen, für die ihr gehandelt habt, und schaut, ob sie euch belohnen und euch für diese Arbeit einen Lohn geben können?!"</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass die Sache, die er am meisten für seine Gemeinschaft befürchtet, der kleine Schirk ist, nämlich die Augendienerei, d. h., dass man wegen der Menschen handelt. Dann informierte er über die Strafe der Augendiener am Tag der Auferstehung, indem zu ihnen gesagt wird: „Geht zu denen, für die ihr gehandelt habt, und schaut, ob sie euch belohnen und euch für diese Arbeit einen Lohn geben können?!"</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Die Verpflichtung, die Taten aufrichtig für Allah - mächtig und majestätisch ist Er - zu tun, und sich vor der Augendienerei zu hüten.
 Die tiefe Zuneigung und Fürsorge des Propheten - Allahs Segen und Frieden auf ihm - für seine Gemeinschaft, sein Eifer, sie zur Rechtleitung zu führen, und sein aufrichtiger Rat an sie.
 Wenn dies seine - Allahs Segen und Frieden auf ihm - Angst ist, während er die Gefährten anspricht, die die Führer der Rechtschaffenen sind, dann ist die Angst um diejenigen nach ihnen noch größer.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3381</t>
   </si>
   <si>
     <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
-    <t>„Aberglaube ist Schirk (Götzendienst), Aberglaube ist Schirk, Aberglaube ist Schirk“ – dreimal – „und es gibt niemanden unter uns, der davon völlig frei ist, aber Allah - mächtig und majestätisch ist Er - entfernt es durch das Vertrauen auf Ihn.“</t>
+    <t>„Aberglaube ist Schirk (Götzendienst), Aberglaube ist Schirk, Aberglaube ist Schirk“ – dreimal. (Ibn Mas'ud sagte:) „Und es gibt niemanden unter uns, der davon völlig frei ist, aber Allah - mächtig und majestätisch ist Er - entfernt es durch das Vertrauen auf Ihn.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Aberglaube ist Schirk (Götzendienst), Aberglaube ist Schirk, Aberglaube ist Schirk“ – dreimal – „und es gibt niemanden unter uns, der davon völlig frei ist, aber Allah - mächtig und majestätisch ist Er - entfernt es durch das Vertrauen auf Ihn.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Aberglaube ist Schirk (Götzendienst), Aberglaube ist Schirk, Aberglaube ist Schirk“ – dreimal. (Ibn Mas'ud sagte:) „Und es gibt niemanden unter uns, der davon völlig frei ist, aber Allah - mächtig und majestätisch ist Er - entfernt es durch das Vertrauen auf Ihn.“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte vor „At-Tiyarah“ (Aberglaube), also dem Unglücksdenken in Bezug auf irgendetwas, sei es etwas Gehörtes oder Gesehenes, wie Vögel, Tiere, behinderte Menschen, Zahlen, Tage oder Ähnliches. Er erwähnte die Vögel, weil diese (in Bezug auf den Aberglauben) in der vorislamischen Zeit weit verbreitet waren. Der Ursprung davon liegt darin, dass sie einen Vogel fliegen ließen, bevor sie eine Handlung wie eine Reise oder ein Geschäft begannen. Wenn der Vogel nach rechts flog, deuteten sie es als gutes Omen und setzten ihre Vorhaben fort. Flog er jedoch nach links, betrachteten sie es als schlechtes Omen und ließen von ihrem Vorhaben ab. Er berichtete, dass dies Schirk ist. Der Grund, warum Aberglaube als Schirk gilt, liegt darin, dass nur Allah allein Gutes bringt und nur Allah allein Böses abwehren kann, ohne irgendeinen Teilhaber.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte vor „At-Tiyarah“ (Aberglaube), also dem Unglücksdenken in Bezug auf irgendetwas, sei es etwas Hörbares oder Sichtbares, wie Vögel, Tiere, behinderte Menschen, Zahlen, Tage oder Ähnliches. Er erwähnte die Vögel, weil diese (in Bezug auf den Aberglauben) in der vorislamischen Zeit weit verbreitet waren. Der Ursprung davon liegt darin, dass sie einen Vogel fliegen ließen, bevor sie eine Handlung wie eine Reise oder ein Geschäft begannen. Wenn der Vogel nach rechts flog, deuteten sie es als gutes Omen und setzten ihr Vorhaben fort. Flog er jedoch nach links, betrachteten sie es als schlechtes Omen und ließen von ihrem Vorhaben ab. Er berichtete, dass dies Schirk ist. Der Grund, warum Aberglaube als Schirk gilt, liegt darin, dass nur Allah allein Gutes bringt und nur Allah allein Böses abwehren kann, ohne irgendeinen Teilhaber.
 Und Ibn Mas'ud - möge Allah mit ihm zufrieden sein - erwähnte, dass manchmal ein Gefühl des Pessimismus im Herzen eines Muslims aufkommen kann. Es ist jedoch seine Pflicht, dies durch Vertrauen auf Allah und das Ergreifen der notwendigen Maßnahmen abzuwehren.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Der Aberglaube ist Schirk, weil dabei das Herz an etwas anderem als Allah hängt.
 Die Wichtigkeit der Wiederholung bedeutender Angelegenheiten liegt darin, dass sie dadurch im Gedächtnis bleiben und sich in den Herzen festigen.
 Das Vertrauen auf Allah - erhaben ist Er - beseitigt den Aberglauben.
 Die Pflicht, sich allein auf Allah zu verlassen und das Herz an Ihn - gepriesen sei Er - zu binden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3383</t>
   </si>
   <si>
     <t>أليس يحرمون ما أحل الله فتحرمونه؟ ويحلون ما حرم الله فتحلونه؟ فقلت: بلى، قال: فتلك عبادتهم</t>
   </si>
   <si>
     <t>Trifft es denn nicht zu, dass sie das verbieten, was Allah erlaubt hat, und ihr es dann tatsächlich als verboten betrachtet und sie das erlauben, was Allah verboten hat, und ihr es dann tatsächlich als erlaubt betrachtet? Ich sagte: Doch! Er sagte: Genau damit habt ihr sie angebetet!</t>
   </si>
   <si>
     <t>عن عدي بن حاتم رضي الله عنه : "أنه سمع النبي صلى الله عليه وسلم يقرأ هذه الآية: "اتَّخَذُوا أَحْبَارَهُمْ وَرُهْبَانَهُمْ أَرْبَابًا مِنْ دُونِ اللَّهِ وَالْمَسِيحَ ابْنَ مَرْيَمَ وَمَا أُمِرُوا إِلاَّ لِيَعْبُدُوا إِلَهًا وَاحِدًا لا إِلَهَ إِلاَّ هُوَ سُبْحَانَهُ عَمَّا يُشْرِكُونَ" فقلت له: إنا لسنا نعبدهم، قال: أليس يُحَرِّمُونَ ما أحل الله فتُحَرِّمُونَهُ؟ ويُحِلُّونَ ما حَرَّمَ الله فتُحِلُّونَهُ؟ فقلت: بلى، قال: فتلك عبادتهم".</t>
@@ -3474,79 +3477,79 @@
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hatte einen hohen Rang bei seinen Gefährten und sie respektierten ihn.
 Das Verbot der Übertreibung in den Formulierungen und die Empfehlung zur Prägnanz im Ausdruck.
 Der Schutz des Monotheismus (Tauhid) vor allem, was ihn durch Worte und Taten gefährden könnte.
 Das Verbot übertriebenen Lobes, da es eines der Einfallstore des Satan ist.
 Der Prophet - Allahs Segen und Frieden auf ihm - ist der Herr aller Nachkommen Adams. Was im Hadith erwähnt wird, ist aus Bescheidenheit und aus Angst, dass sie in Bezug auf ihn übertreiben könnten.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3389</t>
   </si>
   <si>
     <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
-    <t>Du wirst zu einem Volk kommen, das zu den schriftkundigen Völkern gehört. Kommst du bei ihnen an, sollst du sie dazu aufrufen zu bezeugen, dass es keinen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist</t>
+    <t>Wahrlich, du kommst zu Leuten der Schrift. Wenn du sie erreichst, ruf sie dazu auf, dass sie bezeugen, dass es keinen gibt, der zu Recht angebetet wird, außer Allah und dass Muhammad der Gesandte Allahs ist</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
-    <t>Von Ibn `Abbas wird überliefert, dass er sagte: Der Gesandte Allahs sagte zu Mu`adh bin Jabal als er ihn in den Jemen entsandte: "Du wirst zu einem Volk kommen, das zu den schriftkundigen Völkern gehört. Kommst du bei ihnen an, sollst du sie dazu aufrufen zu bezeugen, dass es keinen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist. Hören sie auf dich, sag ihnen, dass Allah ihnen fünf Gebete pro Tag und Nacht zur Pflicht gemacht hat. Hören sie auf dich, sag ihnen, dass Allah ihnen ein Almosen zur Pflicht gemacht, das von den Reichen unter ihnen genommen und den Armen unter ihnen gegeben wird. Hören sie auf dich, dann hüte dich davor ihre wertvollsten Sachen zu nehmen und hüte dich vor dem Bittgebet dessen, der ungerecht behandelt wurde, denn es gibt nichts, das zwischen ihm und Allah stehen würde."</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu Mu'adh Ibn Jabal, als er ihn in den Jemen entsandte: ‚Wahrlich, du kommst zu Leuten der Schrift. Wenn du sie erreichst, ruf sie dazu auf, dass sie bezeugen, dass es keinen gibt, der zu Recht angebetet wird, außer Allah und dass Muhammad der Gesandte Allahs ist. Wenn sie dir dann darin gehorchen, dann lasse sie wissen, dass Allah ihnen fünf Gebete an jedem Tag und in jeder Nacht vorgeschrieben hat. Wenn sie dir dann darin (auch) gehorchen, dann lasse sie wissen, dass Allah ihnen die Pflichtabgabe vorgeschrieben hat, welche von den Reichen von ihnen genommen wird und an die Armen unter ihnen entrichtet wird. Wenn sie dir dann darin (auch) gehorchen, dann achte ja darauf, dass du (hierbei) nicht ihren besten Besitz nimmst. Und hüte dich vor dem Bittgebet des Unterdrückten, denn zwischen ihm (also dem Bittgebet) und Allah ist fürwahr kein Schleier.‘“</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
-    <t>Als der Prophet Mu`adh bin Jabal in den Jemen schickte, um die Menschen zu Allah zu rufen und zu lehren, erklärte er ihm, dass er es mit einem christlichen Volk zu tun haben wird, damit er sich auf sie vorbereiten kann und dann, wenn er sie zum Islam ruft, mit dem wichtigsten beginnt. Als erstes soll er sie dazu aufrufen ihre Glaubensvorstellungen zu berichtigen, indem sie bezeugen, dass es keinen Gott außer Allah gibt und dass Mohammed der Gesandte Allahs ist. Denn damit nehmen sie den Islam an. Leisten sie dem Folge, soll er sie anweisen zu beten, da das die größte aller Pflichten nach dem "Tauhid", d. h. nach dem reinen Eingottglauben nach islamischen Verständnis, ist. Verrichten sie das Gebet, soll er die Reichen unter ihnen auffordern den Armen unter ihnen die Zakah-Abgabe zu geben. Im Anschluss warnte er ihn davor die wertvollsten Sachen von ihnen zu nehmen, da sie nur dazu verpflichtet sind etwas von den durchschnittlichen Sachen abzugeben. Danach legte er ihm ans Herz Ungerechtigkeit zu vermeiden, damit derjenige, dem Unrecht widerfahren ist, nicht gegen ihn Bittgebete ausspricht, denn seine Bittgebete werden angenommen.</t>
+    <t>Als der Prophet - Allahs Segen und Frieden auf ihm - Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - in den Jemen schickte, um die Menschen zu Allah zu rufen und zu lehren, erklärte er ihm, dass er ein christliches Volk antreffen wird, damit er sich auf sie vorbereiten kann und dann, wenn er sie zum Islam ruft, mit dem wichtigsten beginnt. Als erstes soll er sie dazu aufrufen ihre Glaubenslehre zu berichtigen, indem sie bezeugen, dass es keinen gibt, der zu Recht angebetet wird, außer Allah, und dass Muhammad der Gesandte Allahs ist. Dadurch nehmen sie den Islam an. Wenn sie sich dem (Islam) ergeben, soll er ihnen die Verrichtung des Pflichtgebets befehlen, da es die gewaltigste Pflicht nach dem Tauhid (d. h. Monotheismus) ist. Verrichten sie das Gebet, soll er die Reichen unter ihnen auffordern, die Pflichtabgabe aus ihrem Besitz an die Armen unter ihnen zu entrichten. Im Anschluss warnte er ihn davor, den wertvollsten Besitz von ihnen zu nehmen, da sie nur dazu verpflichtet sind, etwas von ihrem durchschnittlichen Besitz abzugeben. Danach gab er ihm den Rat, Ungerechtigkeit zu vermeiden, damit derjenige, dem Unrecht widerfahren ist, nicht gegen ihn Bittgebete ausspricht, denn seine Bittgebete werden angenommen.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Das Zeugnis, dass es keinen Gott außer Allah gibt, bedeutet, dass man nur Allah alleine anbetet und es unterlässt irgendetwas außer Ihm anzubeten.
-[...3 lines deleted...]
-Juden- und Christentum sind nach der Entsendung des Gesandten keine gültigen Religionen mehr und ihre Anhänger werden am Tag der Auferstehung nicht zu denen gehören, die gerettet werden, außer wenn sie den Islam annehmen und an den Propheten glauben.</t>
+    <t>Das Zeugnis, dass es keinen gibt, der zu Recht angebetet wird, außer Allah, bedeutet, dass man nur Allah alleine anbetet und es unterlässt irgendetwas außer Ihm anzubeten.
+Das Zeugnis, dass Muhammad der Gesandte Allahs ist, bedeutet, dass man an das glaubt, was er lehrt, und es für wahr hält, und dass man glaubt, dass er der letzte der Gesandten ist, die Allah zur Menschheit entsandte.
+Man spricht mit dem Wissenden und demjenigen, der Scheinargumente hat, nicht auf dieselbe Weise, wie man mit einem Unwissenden spricht. Aus diesem Grund machte er Mu'adh darauf aufmerksam, indem er sagte: „Wahrlich, du kommst zu Leuten der Schrift.“
+Es ist wichtig, dass der Muslim tiefgründiges Wissen über seine Religion besitzt, um sich von den Zweifeln derjenigen, die Scheinargumente aufstellen, zu befreien. Dies erfolgt durch das Streben nach Wissen.
+Das Juden- und Christentum sind nach der Entsendung des Gesandten - Allahs Segen und Frieden auf ihm - falsch, und ihre Anhänger werden am Tag der Auferstehung nicht zu denen gehören, die gerettet werden - außer wenn sie den Islam annehmen und an den Propheten - Allahs Segen und Frieden auf ihm - glauben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3390</t>
   </si>
   <si>
     <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>„O ihr Menschen, hütet euch vor Übertreibung in der Religion, denn wahrlich, diejenigen, die vor euch waren, wurden durch Übertreibung in der Religion zerstört.“</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte am Morgen von Al-'Aqabah, während er auf seinem Kamel saß: „Sammle für mich Kieselsteine.“ So sammelte ich sieben Kieselsteine für ihn, Steine zum Werfen. Er begann, sie in seiner Handfläche zu schütteln und sagte: „Werft Steine wie diese.“ Dann sagte er: „O ihr Menschen, hütet euch vor Übertreibung in der Religion, denn wahrlich, diejenigen, die vor euch waren, wurden durch Übertreibung in der Religion zerstört.“</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - berichtete, dass er am Tag des Opferfestes, am Morgen des Steinwurfs von Jamrah Al-'Aqabah, während der Abschiedspilgerfahrt, mit dem Propheten - Allahs Segen und Frieden auf ihm - war. Da befahl er ihm, Kieselsteine für das Werfen (der Jamarat) zu sammeln. Er sammelte sieben Kieselsteine, jeder von der Größe einer Kichererbse oder einer kleinen Haselnuss. Der Prophet - Allahs Segen und Frieden auf ihm - legte sie in seine Hand, bewegte sie und sagte: Werft mit solchen, die in der Größe ähnlich sind. Dann warnte der Prophet - Allahs Segen und Frieden auf ihm - vor Übertreibung, Strenge und dem Überschreiten der Grenzen in religiösen Angelegenheiten, denn die früheren Völker wurden durch das Überschreiten der Grenzen, Übertreibung und Strenge in der Religion vernichtet.</t>
   </si>
@@ -3586,76 +3589,76 @@
 أما النشرة الجائزة: فهي فك السحر بالرقية أو بالبحث عنه، وفكه باليد مع قراءة القرآن أو بالأدوية المباحة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde nach der Behandlung einer verzauberten Person gefragt, so wie sie in der vorislamischen Jahiliyah-Zeit üblich war, indem man z. B. den Zauber durch einen anderen Zauber löst und wie so etwas zu beurteilen sei. Darauf antwortete er - Allahs Segen und Frieden auf ihm - , dass das ein Werk des Satans sei, bzw. mit dessen Hilfe vorgenommen werde, da man dazu bestimmte Arten von Zauber verwendet oder Satane gebraucht. Daher ist diese Art von Gegenzauber eine Form des Schirk und verboten. Die erlaubte Art der "Nuschrah"  (d. h. den Zauber aufzulösen) ist den Zauber mit einer "Ruqyah" (d. h. durch die Heilung mit dem Quran) zu lösen oder nach dem Zauber zu suchen und ihn von Hand zu lösen, während man dazu den Quran liest, sowie durch eine erlaubte medikamentöse Behandlung.</t>
   </si>
   <si>
     <t>مشروعية سؤال العلماء عما أشكل حكمه؛ حذرًا من الوقوع في المحذور.
 النهي عن النشرة على الصفة التي تعملها الجاهلية؛ لأنها سحر والسحر كفر.
 أن أعمال الشيطان كلها محرمة.</t>
   </si>
   <si>
     <t>Man soll die Gelehrten nach Dingen fragen, von denen man nicht weiß, wie sie zu beurteilen sind, um nicht in Dinge zu fallen, vor denen gewarnt wird.
 Es ist verboten einen Gegenzauber (Nuschrah) vorzunehmen, so wie es in der vorislamischen Jahiliyah-Zeit üblich war, da es sich dabei ebenfalls um einen Zauber handelt und Zauberei eine Form des Unglaubens (Kufr) ist.
 Alles, was ein Werk des Schaytan ist, ist verboten.</t>
   </si>
   <si>
     <t>[Überliefert von Abu Dawud - Überliefert von Ahmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3402</t>
   </si>
   <si>
     <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
-    <t>Übertreibt nicht darin mich zu loben, sowie die Christen übertrieben haben den Sohn der Maryam zu loben! Sagt: der Knecht Allahs und Sein Gesandter!</t>
+    <t>‚Übertreibt nicht in meiner Verehrung, so wie die Christen in der Verehrung des Sohne Maryams übertrieben haben. Vielmehr bin ich Sein (d. h. Allahs) Diener, also sagt: &gt;Der Diener Allahs und Sein Gesandter!&lt;‘“</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
-    <t>Von Umar bin al-Khattab wird überliefert, dass er sagte: Ich hörte den Propheten sagen: "Übertreibt nicht darin mich zu loben, sowie die Christen übertrieben haben den Sohn der Maryam zu loben! Sagt: der Knecht Allahs und Sein Gesandter!"</t>
+    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Übertreibt nicht in meiner Verehrung, so wie die Christen in der Verehrung des Sohne Maryams übertrieben haben. Vielmehr bin ich Sein (d. h. Allahs) Diener, also sagt: &gt;Der Diener Allahs und Sein Gesandter!&lt;‘“</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
-    <t>Der Prophet hat verboten darin zu übertreiben ihn zu loben und dabei die von der Scharia vorgegebenen Grenzen zu überschreiten, indem man ihm Eigenschaften und Taten zuschreibt, die nur Allah gebühren, oder behauptet er habe Kenntnis über die verborgenen Dinge, oder ihn mit Allah anbetet, sowie es die Christen mit `Isa dem Sohn der Maryam taten. Im Anschluss stellt er klar, dass er nichts weiter als ein Knecht unter den Knechten Allahs ist und gebot ihn als "Diener Allahs und Sein Gesandten" zu bezeichnen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verboten, dass man darin übertreibt, ihn zu loben, und dabei die islamisch-gesetzliche Grenze überschreitet, indem man ihn (beispielsweise) mit Eigenschaften und Handlungen beschreibt, die Allah - erhaben ist Er - allein gebühren, oder indem man behauptet, er habe Kenntnis über das Verborgene, oder indem man ihn mit Allah anbetet, so wie es die Christen mit 'Isa - Friede sei auf ihm -, dem Sohn Maryams, taten. Im Anschluss verdeutlichte er, dass er ein Diener unter den Dienern Allahs ist und befahl, dass wir ihn „der Diener Allahs und Sein Gesandter“ nennen.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
-    <t>Es wird davor gewarnt die von der Scharia vorgeschriebene Grenze bei der Verehrung und beim Lob zu überschreiten, da das zum "Schirk" führt, d. h. dazu, dass Allah etwas beigesellt wird.
-[...2 lines deleted...]
-Der Gesandte Allahs hat sich selbst als "Gesandter Allahs" bezeichnet, um klarzustellen, dass er ein Gesandter ist, der von Allah entsandt wurde, daher muss man ihm Glauben schenken und folgen.</t>
+    <t>Die Warnung davor, die islamisch-gesetzliche Grenze bei der Verehrung und beim Lob zu überschreiten, da dies zum Schirk führen kann.
+Das, wovor der Prophet - Allahs Segen und Frieden auf ihm - warnte, ist tatsächlich in dieser Glaubensgemeinschaft geschehen. Eine Gruppe hat bei der Verehrung des Gesandten Allahs - Allahs Segen und Frieden auf ihm - übertrieben, eine andere bei der Familie des Propheten („Ahl Al-Bayt“) und eine andere bei den Allah nahestehenden (rechtschaffenen) Menschen. Somit haben sie Schirk begangen.
+Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - bezeichnete sich selbst als Diener Allahs, um zu verdeutlichen, dass er ein Diener ist, der sich Allah als seinem Herrn unterworfen hat, und es nicht erlaubt ist, ihm Eigenschaften des Herrn zuzuschreiben.
+Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - hat sich selbst als Gesandter Allahs bezeichnet, um klarzustellen, dass er ein Gesandter ist, der von Allah entsandt wurde. Daher muss man ihm glauben und folgen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3406</t>
   </si>
   <si>
     <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>„Es gibt keine Ansteckung (durch bloße Berührung), kein böses Omen, keinen Aberglauben bezüglich Eulen und keinen Aberglauben bezüglich (des Monats) Safar. Und fliehe vor dem Leprakranken, wie du vor einem Löwen fliehen würdest.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Ansteckung (durch bloße Berührung), kein böses Omen, keinen Aberglauben bezüglich Eulen und keinen Aberglauben bezüglich (des Monats) Safar. Und fliehe vor dem Leprakranken, wie du vor einem Löwen fliehen würdest.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
@@ -3767,77 +3770,78 @@
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Das Verbot, für Polytheisten um Vergebung zu bitten, gilt unabhängig von ihrer Verwandtschaft, ihren Taten oder ihrer Güte.
 Die blinde Befolgung der Vorfahren und Ältesten in ihren falschen Überzeugungen zählt zu den Taten der Menschen aus der vorislamischen Zeit (Jahiliyyah).
 Die vollkommene Fürsorge und der Eifer des Propheten - Allahs Segen und Frieden auf ihm -, die Menschen (zu Allah) zu rufen und zur Rechtleitung zu führen.
 Die Widerlegung derjenigen, die behaupten, dass Abu Talib Muslim geworden sei.
 Die Taten werden nach ihrem Ende beurteilt.
 Die Unzulässigkeit, sich auf den Propheten - Allahs Segen und Frieden auf ihm - oder andere zu verlassen, um Nutzen zu erlangen oder Schaden abzuwenden.
 Wer sagt „Es gibt keinen Gott außer Allah“ aus Wissen und Gewissheit und Überzeugung, tritt in den Islam ein.
 Der schädliche Einfluss schlechter Gesellschaft und übler Gefährten auf den Menschen.
 Die Bedeutung von „La ilaha illa Allah“ (Es gibt keinen Gott außer Allah) ist: Die Unterlassung der Anbetung von Götzen, Heiligen und rechtschaffenen Menschen, und Allah allein anzubeten. Hierin ist ein Beweis, dass die Polytheisten ihre Bedeutung kannten.
 Die Zulässigkeit, einen kranken Polytheisten zu besuchen, wenn die Hoffnung besteht, dass er zum Islam konvertiert.
 Die Rechtleitung zum Erfolg liegt allein in Allahs Hand, Er hat keinen Partner darin. Dem Gesandten - Allahs Segen und Frieden auf ihm - obliegt lediglich die Rechtleitung durch Erläuterung, Führung und Überbringung der Botschaft.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3410</t>
   </si>
   <si>
     <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
-    <t>Am glücklichsten unter den Menschen am Tag der Auferstehung durch meine Fürsprache wird, wer "laa Ilaaha illa Allah" (es gibt keinen Gott außer Allah) aus aufrichtigem Herzen oder von sich selbst sagt!</t>
+    <t>Die glücklichsten Menschen hinsichtlich meiner Fürsprache am Tag der Auferstehung: Wer aufrichtig aus seinem Herzen oder Inneren heraus &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) sagte.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah, möge Allah mit ihm zufrieden sein, wird überliefert, dass er sagte: Es wurde gesagt: "Oh Gesandter Allahs, wer von den Menschen wird am Tag der Auferstehung durch deine Fürsprache am glücklichsten werden?" Der Gesandte Allahs sagte: "Ich habe mir schon gedacht, Abu Hurairah, dass mich niemand vor dir nach dieser Überlieferung fragen würde, wegen dem, was ich von dir gesehen habe wie du um Überlieferungen bemüht bist. Am glücklichsten unter den Menschen am Tag der Auferstehung durch meine Fürsprache wird, wer "laa Ilaaha illa Allah" (es gibt keinen Gott außer Allah) aus aufrichtigem Herzen oder von sich selbst sagt!"</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Es wurde gesagt: ‚O Gesandter Allahs, wer sind die glücklichsten Menschen hinsichtlich  
+deiner Fürsprache?‘ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Ich habe mir schon gedacht, o Abu Hurayrah, dass mich niemand vor dir nach dieser Überlieferung fragen würde, wegen deines Eifers für diese Überlieferung, den ich bemerkte. Die glücklichsten Menschen hinsichtlich meiner Fürsprache am Tag der Auferstehung: Wer aufrichtig aus seinem Herzen oder Inneren heraus &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) sagte.‘“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
-    <t>Der Prophet teilt mit, dass derjenige unter den Menschen am Tag der Auferstehung am glücklichsten durch seine Fürsprache werden wird, der aus aufrichtigem Herzen "laa Ilaaaha illa Allah" sagt, d. h. der bezeugt, dass es nichts gibt, dem das Recht zusteht angebetet zu werden, außer Allah und keinen "Schirk" begeht, d. h. Allah nichts beigesellt und nichts nur aus "Riya" macht, d. h. nur um dabei von anderen gesehen zu werden.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige unter den Menschen, der am Tag der Auferstehung am glücklichsten wegen seiner Fürsprache sein wird, jener ist, der aus aufrichtigem Herzen „La ilaha illa Allah“ sagte, d. h. es gibt keinen, der zu Recht angebetet wird, außer Allah, und (dabei) frei von Schirk und Augendienerei ist.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
-    <t>Hier wird bestätigt, dass dem Propheten im Jenseits eine Fürsprache zusteht und dass sie nur zu Gunsten derer ist, die wahrhaftige Monotheisten sind.
-[...3 lines deleted...]
-Abu Hurairah genießt eine besondere Stellung und war aufs Äußerste darauf bedacht sich Wissen anzueignen.</t>
+    <t>Die Bestätigung, dass dem Propheten - Allahs Segen und Frieden auf ihm - im Jenseits eine Fürsprache zusteht und dass sie ausschließlich für die Monotheisten (, die den Tauhid bezeugen,) sein wird.
+Die Fürsprache des Propheten - Allahs Segen und Frieden auf ihm - bedeutet: Er wendet sich Allah - erhaben ist Er - zu, damit Er diejenigen Monotheisten, die das Höllenfeuer (aufgrund ihrer zahlreichen Sünden) verdient hätten, nicht dort eintreten lässt, und damit Er diejenigen, die es bereits betraten, aus dem Höllenfeuer rausholt.
+Der Vorzug und die gewaltige Wirkung des aufrichtig für Allah - erhaben ist Er - gesprochene Worts des Tauhids.
+Die Verwirklichung des Worts des Tauhids erfolgt durch das Wissen über seine Bedeutung und das Handeln nach seinen Erfordernissen.
+Der Vorzug von Abu Hurayrah - möge Allah mit ihm zufrieden sein - und sein Eifer für das Wissen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3414</t>
   </si>
   <si>
     <t>مَن ردته الطيرة عن حاجته فقد أشرك، قالوا: فما كفارة ذلك؟ قال: أن تقول: اللهم لا خير إلا خيرك، ولا طير إلا طيرك، ولا إله غيرك</t>
   </si>
   <si>
     <t>Wen der Glaube an ein schlechtes Omen davon abhält etwas zu tun, der hat Schirk begangen (d. h. Allah etwas beigesellt)! Sie sagten: Was ist die Sühne dafür? Er sagte: Dass du sagst: "Allahumma la Chaira illa Chairuk wa laa Taira illa Tairuk wa laa Ilaha ghairuk! (Oh Allah, es gibts nichts gutes, außer das gute von Dir und kein schlechtes Omen, außer dein schlechte Omen und es gibt keinen Gott außer Dir)</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص - رضي الله عنه- مرفوعاً: "مَن ردته الطِّيَرَة عن حاجته فقد أشرك، قالوا: فما كفارة ذلك؟ قال: أن تقول: اللهم لا خير إلا خيرك، ولا طَيْرَ إِلَّا طَيْرُكَ ولا إله غيرك".</t>
   </si>
   <si>
     <t>Von `Abdullah bin `Amr bin al-`As wird vom Propheten überliefert: Wen der Glaube an ein schlechtes Omen davon abhält etwas zu tun, der hat Schirk begangen (d. h. Allah etwas beigesellt)! Sie sagten: Was ist die Sühne dafür? Er sagte: Dass du sagst: "Allahumma la Chaira illa Chairuk wa laa Taira illa Tairuk wa laa Ilaha ghairuk! (Oh Allah, es gibts nichts gutes, außer das gute von Dir und kein schlechtes Omen, außer dein schlechte Omen und es gibt keinen Gott außer Dir)</t>
   </si>
   <si>
     <t>يخبرنا رسول الله صلى الله عليه وسلم في هذا الحديث أن من منعه التشاؤم عن المضي فيما يعتزم فإنه قد أتى نوعًا من الشرك، ولما سأله الصحابة عن كفارة هذا الإثم الكبير أرشدهم إلى هذه العبارات الكريمة في الحديث التي تتضمن تفويض الأمر إلى الله تعالى ونفي القدرة عمن سواه.</t>
   </si>
   <si>
     <t>In dieser Überlieferung teilt uns der Gesandte Allahs mit, dass derjenige, den der Glaube an ein schlechtes Vorzeichen davon abhält etwas zu machen, von dem er eigentlich entschlossen war es zu tun, eine Form des Schirk begangen (d. h. Allah etwas beigesellt) hat. Als die Gefährten des Propheten - die Sahaba - ihn nach der Sühne fragten, mit der man diese große Sünde auslöschen könne, lehrte er sie die wertvollen Worte, die in der Überlieferung vorkommen und die beinhalten, dass man seine Angelegenheiten Allah überlässt und verneint, dass irgendjemand außer Ihm die Macht hat etwas zu bewirken.</t>
   </si>
   <si>
     <t>إثبات شرك من ردته الطيرة عن حاجته.
 قبول توبة المشرك.
@@ -3910,100 +3914,100 @@
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Der "Tauhid", d. h. der reine islamische Eingottglauben, hat eine besondere Bedeutung und ist der Grund für die Rettung davor auf ewig im Feuer zu bleiben.
 Sowohl das Paradies, als auch das Feuer sind einem ganz nah und nichts steht zwischen einem und ihnen außer der Tod.
 Es wird hier vom "Schirk" gewarnt, d. h. davor Allah etwas beizugesellen, gleich ob es viel oder wenig ist, denn man wird vom Feuer gerettet indem man ihn meidet.
 Entscheidend bei jeder Tat ist wie man sie beendet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3418</t>
   </si>
   <si>
     <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Wer stirbt und dabei neben Allah einen anderen anruft, kommt ins Höllenfeuer</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte einen Satz, und ich sagte einen anderen. Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer stirbt und dabei neben Allah einen anderen anruft, kommt ins Höllenfeuer.“ Und ich sagte: „Wer stirbt und dabei keinen anderen neben Allah anruft, kommt ins Paradies.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte einen Satz, und ich sagte einen anderen. Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Wer stirbt und dabei neben Allah einen anderen anruft, kommt ins Höllenfeuer.‘ Und ich sagte: ‚Wer stirbt und dabei keinen anderen neben Allah anruft, kommt ins Paradies.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass wer etwas, das Allah gebührt, einem anderen zuwendet, wie das Anrufen eines anderen neben Allah - erhaben ist Er - oder das Flehen um Hilfe bei einem anderen, und in diesem Zustand stirbt, zu den Bewohnern des Höllenfeuers gehört. Und Ibn Mas'ud - möge Allah mit ihm zufrieden sein - fügte hinzu, dass der Ausgang desjenigen, der stirbt, ohne Allah etwas beizugesellen, das Paradies ist.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Das Bittgebet ist eine Anbetung, die nur an Allah - erhaben ist Er - gerichtet werden darf.
-Die Vorzüglichkeit des Tauhid besteht darin, dass jeder, der darauf stirbt, ins Paradies eingeht, auch wenn er für einige seiner Sünden bestraft wird.
-Die Gefahr des Schirk und dass jeder, der darauf stirbt, ins Höllenfeuer eingeht.</t>
+Die Vorzüglichkeit des Tauhids besteht darin, dass jeder, der darauf stirbt, ins Paradies eingeht, auch wenn er für einige seiner Sünden bestraft wird.
+Die Gefahr des Schirks und dass jeder, der darauf stirbt, ins Höllenfeuer eingeht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3419</t>
   </si>
   <si>
     <t>هلك المتنطعون</t>
   </si>
   <si>
-    <t>Diejenigen, die die Dinge verkomplizieren, gehen zu Grunde!</t>
+    <t>‚Diejenigen, die übertreiben (und verkomplizieren), gehen zu Grunde!</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
-    <t>Von Abdullah bin Mas`ud wird überliefert, dass er sagte: Der Gesandte Allahs sagte: "Diejenigen, die die Dinge verkomplizieren, gehen zu Grunde!" Er sagte es dreimal.</t>
+    <t>Von 'Abdullah Ibn Mas'ud wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Diejenigen, die übertreiben (und verkomplizieren), gehen zu Grunde!‘ Er sagte es dreimal.“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Der Prophet spricht über die Erfolglosigkeit und den Verlust derjenigen, die die Dinge in ihren religiösen und diesseitigen Angelegenheiten und in ihren Worten und Taten unnötig erschweren, ohne dabei der Rechtleitung des Propheten zu folgen und ohne über ausreichendes Wissen zu verfügen, sodass sie die Grenzen der Scharia überschreiten, die vom Propheten festgelegt wurden.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet über die Erfolglosigkeit und den Verlust derjenigen, die in ihren religiösen und diesseitigen Angelegenheiten und in ihren Worten und Taten unnötig erschweren, ohne dabei der Rechtleitung zu folgen und Wissen zu besitzen, sodass sie die islamisch-gesetzlichen Grenzen überschreiten, die vom Propheten - Allahs Segen und Frieden auf ihm - festgelegt wurden.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
-    <t>Es ist bei allem verboten zu übertreiben und sich gestellt zu verhalten und man ist immer angehalten das zu vermeiden; vor allem jedoch bei gottesdienstlichen Handlungen und bei der Verehrung rechtschaffener Menschen.
-[...1 lines deleted...]
-Es wird empfohlen wichtige Dinge zu betonen, da der Prophet den Satz hier dreimal wiederholte.
+    <t>Das Verbot der Übertreibung und (unnötiger) Belastung in allen Angelegenheiten, und der Ansporn dazu, diese in jeder Sache zu vermeiden - vor allem jedoch bei gottesdienstlichen Handlungen und bei der Verehrung rechtschaffener Menschen.
+Es ist lobenswert, in den Gottesdiensten und anderen Angelegenheiten nach dem Vollkommenen zu streben. Dies erfolgt (jedoch) durch das Befolgen der islamischen Vorschrift.
+Es ist empfohlen, wichtige Angelegenheiten zu betonen, da der Prophet - Allahs Segen und Frieden auf ihm - diesen Satz dreimal wiederholte.
 Der Islam ist von Nachsicht geprägt und einfach.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3420</t>
   </si>
   <si>
     <t>في قول الله تعالى : (وَقَالُوا لا تَذَرُنَّ آلِهَتَكُمْ وَلا تَذَرُنَّ وَدًّا وَلا سُوَاعًا وَلا يَغُوثَ وَيَعُوقَ وَنَسْرًا) قال ابن عباس رضي الله عنهما : هذه أسماء رجال صالحين من قوم نوح</t>
   </si>
   <si>
     <t>Zu den Worten Allahs -erhaben ist Er - : "Und sie sagten lasst auf keinen Fall von Wadd ab und auch nicht von Schuwa' und Yaghuth, Ya'uq und Nasr" [71:23] sagte Ibn 'Abbas - möge Allah mit ihnen zufrieden sein - : "Das sind Namen rechtschaffener Männer aus dem Volk Nuhs."</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما في قول الله تعالى : (وَقَالُوا لا تَذَرُنَّ آلِهَتَكُمْ وَلا تَذَرُنَّ وَدًّا وَلا سُوَاعًا وَلا يَغُوثَ وَيَعُوقَ وَنَسْرًا) قال: "هذه أسماء رجال صالحين من قوم نوح، فلما هَلَكوا أَوحى الشَّيطان إلى قَومِهِم أنِ انْصِبُوا إلى مَجَالِسِهِم الَّتي كانوا يَجْلِسون فيها أنصَابًا، وسَمُّوها بأسمَائِهِم، فَفَعَلُوا، ولم تُعْبَد، حتَّى إِذَا هَلَك أُولئك ونُسِيَ العلم عُبِدت".</t>
   </si>
   <si>
     <t>Von Ibn `Abbas wird überliefert zu folgenden Worten Allahs "Und sie sagten: Lasst auf keinen Fall von Wadd ab und auch nicht von Schuwa` und Yaghuth, Ya`uq und Nasr." (Nuh: 71/ 23) Ibn `Abbas sagt: Das sind die Namen rechtschaffener Männer aus dem Volk Nuhs. Als sie starben, gab der Schaytan ihrem Volk ein an den Orten der Versammlungen, in denen sie zu sitzen pflegten, Statuen aufzustellen und sie mit ihren Namen zu benennen. Das machten sie. Die Statuen wurden jedoch nicht angebetet. Erst als die Leute verstarben und das Wissen in Vergessenheit gerat, wurden sie angebetet.</t>
   </si>
   <si>
     <t>يفسر ابن عباس رضي الله عنهما هذه الآية الكريمة بأن هذه الآلهة التي ذكر الله تعالى أن قوم نوح تواصوا بالاستمرار على عبادتها بعدما نهاهم نبيهم نوح -عليه السلام- عن الشرك بالله- أنها في الأصل أسماء رجال صالحين منهم، غلوا فيهم بتسويل الشيطان لهم حتى نصبوا صورهم، فآل الأمر بهذه الصور إلى أن صارت أصناماً تعبد من دون الله.</t>
   </si>
   <si>
     <t>Ibn `Abbas erklärt diesen Koranvers damit, dass die Götter, bei denen das Volk Nuhs sich gegenseitig anhielt daran festzuhalten sie anzubeten, nachdem ihr Prophet Nuh ihnen den Schirk (d. h. Allah etwas beizugesellen) untersagt hatte, eigentlich Namen rechtschaffener Männer unter ihnen gewesen seien. Sie verehrten sie jedoch in übertriebener Weise, da es ihnen der Schaytan ausschmückte, bis sie schließlich Abbilder von ihnen aufstellten. Das führte am Ende soweit, dass die Abbilder zu Götzen wurden, die man statt Allah anbetete.</t>
   </si>
   <si>
     <t>أن الغلو في الصالحين سببٌ لعبادتهم من دون الله وترك الدين بالكلية.
@@ -4244,77 +4248,77 @@
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Es ist die Pflicht der Muslime, einander guten Rat zu geben, das Gute zu gebieten und das Verwerfliche zu verbieten.
 Allahs allgemeine Strafe umfasst sowohl den Ungerechten für sein Unrecht als auch denjenigen, der das Unrecht nicht verurteilt, wenn er dazu in der Lage ist.
 Die Allgemeinheit zu unterrichten und ihnen die Verse aus dem Quran auf die richtige Weise zu erklären.
 Der Mensch muss sich darum bemühen, das Buch Allahs - mächtig und majestätisch ist Er - zu verstehen, damit er es nicht anders versteht, als Allah - erhaben ist Er - es beabsichtigt hat.
 Rechtleitung kann nicht erreicht werden, wenn man das Gebieten des Guten und das Verbieten des Verwerflichen unterlässt.
 Die korrekte Interpretation des Verses lautet: Haltet euch selbst von den Sünden fern. Wenn ihr euch selbst bewahrt, wird es euch nicht schaden, wenn ihr nicht imstande seid, das Gute zu gebieten und das Verwerfliche zu verbieten, solange ihr dazu rechtgeleitet wurdet, die verbotenen Dinge zu meiden. Der Irrweg derer, die durch das Begehen der Verbote in die Irre gingen, wird euch dann nicht schaden.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3470</t>
   </si>
   <si>
     <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
-    <t>Wer mir für das zwischen seinen Kiefern und zwischen seinen Beinen garantiert, dem garantiere ich das Paradies!</t>
+    <t>„Wer mir für das garantiert, was zwischen seinen Kiefern und zwischen seinen Beinen ist, dem garantiere ich das Paradies!“</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Von Sahl bin Sa`d wird vom Gesandten Allahs überliefert, dass er sagte: "Wer mir für das zwischen seinen Kiefern und zwischen seinen Beinen garantiert, dem garantiere ich das Paradies!"</t>
+    <t>Von Sahl Ibn Sa'd - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer mir für das garantiert, was zwischen seinen Kiefern und zwischen seinen Beinen ist, dem garantiere ich das Paradies!“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
-    <t>Der Prophet erklärt, dass jeder, der sich an zwei Dinge hält ins Paradies kommt:
-[...1 lines deleted...]
-Zweitens: Sein Geschlechtsteil davor hütet in verbotene Handlungen zu verfallen.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass der Muslim, wenn er sich an zwei Dinge hält, ins Paradies eintreten wird:
+Erstens: Die Zunge davor hüten, etwas zu sagen, das Allah - erhaben ist Er - erzürnt.
+Zweitens: Das Geschlechtsteil davor hüten, in die Schändlichkeit (d. h. Unzucht) zu fallen.
 Denn gerade mit diesen beiden Körperteilen kommen Sünden besonders häufig vor.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
-    <t>Seine Zunge und sein Geschlechtsteil zu hüten ist eine Ursache dafür, dass man ins Paradies kommt.
-Zunge und Geschlechtsteile wurden hier gesondert erwähnt, da sie der größte Grund dafür sind dem Menschen im Dies- und Jenseits Katastrophen zu bescheren.</t>
+    <t>Die Zunge und das Geschlechtsteil zu hüten ist ein Weg, das Paradies zu betreten.
+Die Zunge und das Geschlechtsteil wurden hier gesondert erwähnt, da sie der größte Grund dafür sind, dem Menschen im Dies- und Jenseits Plagen zu bescheren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3475</t>
   </si>
   <si>
     <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>„Ich pflegte mit dem Propheten - Allahs Segen und Frieden auf ihm - aus demselben Gefäß zu baden, wenn wir beide im Zustand der großen rituellen Unreinheit (nach Geschlechtsverkehr) waren. Und er pflegte mir während meiner Menstruation zu befehlen, einen Lendenschurz anzuziehen, und berührte mich dann</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich pflegte mit dem Propheten - Allahs Segen und Frieden auf ihm - aus demselben Gefäß zu baden, wenn wir beide im Zustand der großen rituellen Unreinheit (nach Geschlechtsverkehr) waren. Und er pflegte mir während meiner Menstruation zu befehlen, einen Lendenschurz anzuziehen, und berührte mich dann. Er pflegte auch seinen Kopf zu mir herauszustrecken, während er sich im Zustand der rituellen Abgeschiedenheit (I'tikaf) befand, und ich wusch ihn, obwohl ich menstruierte.“</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>'Aischah, die Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - berichtete über einige ihrer privaten Angelegenheiten mit dem Propheten - Allahs Segen und Frieden auf ihm -. Dazu gehört, dass sie sich mit ihm - Allahs Segen und Frieden auf ihm - aus demselben Gefäß von der großen rituellen Unreinheit reinigte, und sie beide daraus gemeinsam schöpften. Und dazu gehört auch, dass er - Allahs Segen und Frieden auf ihm - wenn er während ihrer Menstruation zu ihr kommen wollte, ihr befahl, ihren Körper vom Nabel bis zu den Knien zu bedecken, und er sie dann ohne Geschlechtsverkehr berührte. Und dass er - Allahs Segen und Frieden auf ihm -, wenn er sich in der Moschee in den I'tikaf begab, seinen Kopf zu 'Aischah herausstreckte, damit sie ihn wusch, während sie in ihrem Haus war und ihre Menstruation hatte.</t>
   </si>
   <si>
@@ -4375,51 +4379,51 @@
 Die Pflicht, das Gute zu befehlen und das Übel zu untersagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3480</t>
   </si>
   <si>
     <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>„Es werden Herrscher kommen, deren Taten ihr billigen und missbilligen werdet. Wer (das Schlechte) missbilligt, ist freigesprochen, und wer (es) ablehnt, ist in Sicherheit. Doch wer (damit) zufrieden ist und (ihnen) folgt...“ Sie fragten: „Sollen wir sie nicht bekämpfen?“</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Von Umm Salamah, der Mutter der Gläubigen - möge Allah mit ihr zufrieden sein -, wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es werden Herrscher kommen, deren Taten ihr billigen und missbilligen werdet. Wer (das Schlechte) missbilligt, ist freigesprochen, und wer (es) ablehnt, ist in Sicherheit. Doch wer (damit) zufrieden ist und (ihnen) folgt...“ Sie fragten: „Sollen wir sie nicht bekämpfen?“ Er sagte: „Nein, solange sie (noch) beten.“</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
-    <t>Er - Segen und Frieden auf ihm - informierte darüber, dass über uns Herrscher eingesetzt werden, deren Handlungen wir teilweise billigen werden, weil sie mit dem übereinstimmen, was vom islamischen Gesetz bekannt ist, und andere werden wir missbilligen, weil sie dem widersprechen. Wer also das Schlechte in seinem Herzen hasst und nicht in der Lage ist, es (öffentlich) zu missbilligen, ist von der Sünde und Heuchelei freigesprochen. Und wer in der Lage ist, mit Hand oder Zunge dagegen vorzugehen und sie dafür zurechtweist, ist vor dem Ungehorsam und der Teilnahme daran sicher. Aber wer mit ihren Taten zufrieden ist und ihnen darin folgt, wird zugrunde gehen, so wie sie zugrunde gegangen sind.
+    <t>Er - Segen und Frieden auf ihm - informierte darüber, dass über uns Herrscher eingesetzt werden, deren Handlungen wir teilweise billigen werden, weil sie mit dem übereinstimmen, was vom islamischen Gesetz bekannt ist, und andere werden wir missbilligen, weil sie dem widersprechen. Wer also das Schlechte mit seinem Herzen hasst und nicht in der Lage ist, es (öffentlich) zu missbilligen, ist von der Sünde und Heuchelei freigesprochen. Und wer in der Lage ist, mit Hand oder Zunge dagegen vorzugehen und sie dafür zurechtweist, ist vor dem Ungehorsam und der Teilnahme daran sicher. Aber wer mit ihren Taten zufrieden ist und ihnen darin folgt, wird zugrunde gehen, so wie sie zugrunde gegangen sind.
 Dann fragten sie den Propheten - Allahs Segen und Frieden auf ihm -: „Sollen wir nicht die Herrscher bekämpfen, die diese Eigenschaften haben?“ Er verbot ihnen dies und sagte: „Nein, solange sie unter euch das Gebet verrichten.“</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Ein Beweis für das Prophetentum des Propheten - Allahs Segen und Frieden auf ihm - ist seine Fähigkeit, über verborgene Ereignisse zu berichten, die dann genau so eintreten, wie er es berichtet hat.
 Es ist nicht erlaubt, mit dem Schlechten zufrieden zu sein oder daran teilzunehmen, und es ist verpflichtend, es zu missbilligen.
 Wenn die Herrscher etwas einführen, das dem islamischen Gesetz widerspricht, ist es nicht erlaubt, ihnen darin zu gehorchen.
 Es ist nicht erlaubt, sich gegen die muslimischen Herrscher zu erheben, aufgrund der daraus resultierenden Unruhen, des Blutvergießens und des Verlusts der Sicherheit. Daher ist es leichter, das Übel der ungerechten Herrscher zu ertragen und ihre Unterdrückung zu erdulden (, als sich gegen sie zu erheben).
 Das Gebet hat eine gewaltige Stellung, denn es ist das Unterscheidungsmerkmal zwischen dem Unglauben und Islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3481</t>
   </si>
   <si>
     <t>أعطيت خمسا لم يعطهن أحد قبلي</t>
   </si>
   <si>
     <t>„Mir wurden fünf (Dinge) gegeben, die niemandem vor mir gegeben wurden</t>
   </si>
@@ -4562,51 +4566,51 @@
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Diese Taten gehören zu den Gründen für den Eintritt ins Paradies.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3520</t>
   </si>
   <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>„Allah nimmt das Gebet von einem von euch nicht an, wenn er den Zustand der (rituellen) Reinheit verlor, bis er die rituelle Gebetswaschung vollzogen hat.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Allah nimmt das Gebet von einem von euch nicht an, wenn er den Zustand der (rituellen) Reinheit verlor, bis er die rituelle Gebetswaschung vollzogen hat.“</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass eine der Bedingungen für die Gültigkeit des Gebets die rituelle Reinheit ist. Wer also beten möchte, muss die rituelle Gebetswaschung vollziehen, wenn vorher eine Handlung von ihm ausgegangen ist, die die rituelle Gebetswaschung ungültig macht, wie z.B. Stuhlgang, Urinieren, Schlafen oder Ähnliches.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass eine der Bedingungen für die Gültigkeit des Gebets die rituelle Reinheit ist. Wer also beten möchte, muss die rituelle Gebetswaschung vollziehen, wenn vorher eine Handlung von ihm ausgegangen ist, die die rituelle Gebetswaschung ungültig macht, wie z. B. Stuhlgang, Urinieren, Schlafen oder Ähnliches.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Das Gebet einer Person im Zustand ritueller Unreinheit wird nicht angenommen, bis sie sich durch die rituelle Ganzkörperwaschung (Ghusl) von der größeren Unreinheit und durch die rituelle Gebetswaschung (Wudu) von der kleineren Unreinheit reinigt.
 Die rituelle Gebetswaschung ist die Aufnahme von Wasser und dessen Bewegung im Mund und Ausspucken, dann das Hochziehen des Wassers in die Nase und dieses Ausführen und -atmen, dann das dreimalige Waschen des Gesichts, dann das dreimalige Waschen der Hände bis zu den Ellenbogen, dann das einmalige Streichen über den gesamten Kopf, dann das dreimalige Waschen der Füße inklusive der Knöchel.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3534</t>
   </si>
   <si>
     <t>قال الله: كل عمل ابن آدم له، إلا الصيام، فإنه لي وأنا أجزي به</t>
   </si>
   <si>
     <t>„Jede (gute) Tat, die der Sohn Adams begeht, ist für ihn selbst (vorteilhaft). Nur das Fasten begeht er Meinetwegen und die Belohnung dafür wird nach Meinem Ermessen gemacht</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قَالَ اللَّهُ: كُلُّ عَمَلِ ابْنِ آدَمَ لَهُ، إِلَّا الصِّيَامَ، فَإِنَّهُ لِي وَأَنَا أَجْزِي بِهِ، وَالصِّيَامُ جُنَّةٌ، وَإِذَا كَانَ يَوْمُ صَوْمِ أَحَدِكُمْ فَلاَ يَرْفُثْ وَلاَ يَصْخَبْ، فَإِنْ سَابَّهُ أَحَدٌ أَوْ قَاتَلَهُ، فَلْيَقُلْ إِنِّي امْرُؤٌ صَائِمٌ، وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ، لَخُلُوفُ فَمِ الصَّائِمِ أَطْيَبُ عِنْدَ اللَّهِ مِنْ رِيحِ المِسْكِ، لِلصَّائِمِ فَرْحَتَانِ يَفْرَحُهُمَا: إِذَا أَفْطَرَ فَرِحَ، وَإِذَا لَقِيَ رَبَّهُ فَرِحَ بِصَوْمِهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Jede (gute) Tat, die der Sohn Adams begeht, ist für ihn selbst (vorteilhaft). Nur das Fasten begeht er Meinetwegen und die Belohnung dafür wird nach Meinem Ermessen gemacht. Das Fasten ist (für den Menschen) ein Schutz. So soll derjenige von euch, der an einem Tag fastet, keine unanständigen Worte sprechen und nicht laut streiten und wenn jemand ihn zum Zweikampf auffordert oder beschimpft, soll er ihm sagen: „Ich bin ein fastender.“ Ich schwöre bei Dem, in Dessen Hand die Seele Muhammads ist, dass der Geruch aus dem Mund eines Fastenden bei Allah besser ist als der von Moschus. Dem Fastenden stehen zwei Freuden bevor, über die er sich freut: Wenn er sein Fasten bricht, freut er sich und wenn er seinem Herrn (am Tage des Jüngsten Gerichts) begegnet, freut er sich über das von ihm geleistete Fasten!“</t>
   </si>
   <si>
@@ -4669,92 +4673,92 @@
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المُسلمَ بالسلام على أخيه المسلمِ كلّما لَقِيَه، حتى وإنْ كانا يَسيران معًا وفَصَلَ بينهما فاصلٌ كشجرة أو جِدار أو حَجَر كبير، ثم لقيه بعدُ فلْيسلِّم عليه مرة أخرى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - spornt den Muslim dazu an, seinen muslimischen Bruder zu grüßen, wenn er ihn antrifft. Selbst wenn sie nur kurz miteinander verweilen und sie dann (auf dem Weg) etwas trennt, wie dass ein Baum, eine Mauer oder ein großer Stein zwischen ihnen ist, und sie dann erneut aufeinandertreffen, sollen sie sich erneut grüßen.</t>
   </si>
   <si>
     <t>استحباب إفْشاء السلام، وأنْ يُكَرَّر عند كل تَغَيُّر حال.
 شدَّة حرصِه صلى الله عليه وسلم على إفشاء سنة السلام والمبالغة فيه؛ لما فيه من جَلْبِ المودّة والأُلفة بين المسلمين.
 السلام هو قول: (السلام عليكم) أو (السلام عليكم ورحمة الله وبركاته)، غير المصافحة التي تَحدُث عند التلاقي أول مرة.
 السلام دعاء، والمسلمون بحاجة إلى أن يدعو بعضهم لبعض ولو تَكرَّر ذلك.</t>
   </si>
   <si>
     <t>Das Verbreiten des Friedensgruß ist empfohlen und sollte bei einer Veränderung der Situation wiederholt werden.
 Das starke Bestreben des Propheten - Allahs Segen und Frieden auf ihm - darum, die Sunnah des Friedensgruß zu verbreiten und zu vermehren, da dies zur Liebe und Vertrautheit zwischen den Muslimen führt.
 Der Friedensgruß ist, dass man "As-Salamu 'alaykum" oder "As-Salamu 'alaykum wa rahmatullahi wa barakatuh" sagt, und nicht das Schütteln der Hände, welches am Anfang des Treffens erfolgt.
 Der Friedensgruß ist ein Bittgebet und die Muslime benötigen es, dass sie füreinander Bittgebete sprechen, selbst wenn dies sich wiederholt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3552</t>
   </si>
   <si>
     <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
-    <t>Erkrankt man oder begibt sich auf Reisen, erhält man denselben Lohn gutgeschrieben wie für das, was man zu tun pflegte während man gesund und sesshaft war</t>
+    <t>‚Erkrankt der Diener oder verreist, erhält er denselben Lohn gutgeschrieben wie für das, was er zu tun pflegte, als er gesund und sesshaft war.‘“</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
-    <t>Von Abu Musa al-Asch`ary wird überliefert, dass er sagte: der Gesandte Allahs sagte: "Erkrankt man oder begibt sich auf Reisen, erhält man denselben Lohn gutgeschrieben wie für das, was man zu tun pflegte während man gesund und sesshaft war."</t>
+    <t>Von Abu Musa Al-Asch’ari – möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs – Allahs Segen und Frieden auf ihm - sagte: ‚Erkrankt der Diener oder verreist, erhält er denselben Lohn gutgeschrieben wie für das, was er zu tun pflegte, als er gesund und sesshaft war.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
-    <t>Der Prophet berichtet über die Gunst und Barmherzigkeit Allahs und erklärt, dass ein Muslim, wenn er, solange er gesund und nicht verreist ist, pflegt eine bestimmte gute Tat zu vollbringen, dann jedoch entschuldigt ist, da er z. B. erkrankt und sie nicht mehr vollbringen kann, oder wegen einer Reise zu beschäftigt ist, erhält er dennoch den kompletten Lohn gutgeschrieben, als ob er er sie vollbringen würde, wenn er gesund und nicht auf Reisen ist.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet von Allahs Gunst und Barmherzigkeit und erklärt, dass ein Muslim, der es sich zur Gewohnheit gemacht hat, in Zeiten von Gesundheit und Ansässigkeit eine bestimmte gute Tat zu verrichten, dann jedoch durch einen Entschuldigungsgrund verhindert ist - , da er z. B. erkrankt und sie nicht mehr vollbringen kann, oder wegen einer Reise zu beschäftigt ist, oder wegen eines anderen Grunds - er dennoch den kompletten Lohn gutgeschrieben bekommt; so, als hätte er diese Tat verrichtet, während er gesund und sesshaft ist.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Die Gunst Allahs seinen Dienern gegenüber ist gewaltig.
-Man wird dazu angehalten sich beim Gottesdienst abzumühen und die Zeit zu nutzen, in der man gesund ist und Zeit hat.</t>
+Der Ansporn, sich bei gottesdienstlichen Handlungen zu bemühen und die Zeit zu nutzen, wenn man gesund ist und Zeit hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3553</t>
   </si>
   <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
-    <t>Der Beste Dhikr ist "laa Ilaaha ilaa Allah" (es gibt keinen Gott außer Allah) und das beste Dua` ist "al-Hamdu lillah" (das Lob gebührt Allah)</t>
+    <t>‚Der beste Dhikr ist &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) und das beste Bittgebet ist &gt;Alhamdulillah&lt; (Alles Lob gebührt Allah).‘“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
-    <t>Von Jabir wird überliefet, dass er sagte: Ich hörte den Gesandten Allahs sagen: "Der Beste Dhikr ist "laa Ilaaha ilaa Allah" (es gibt keinen Gott außer Allah) und das beste Dua` ist "al-Hamdu lillah" (das Lob gebührt Allah).</t>
+    <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Der beste Dhikr ist &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) und das beste Bittgebet ist &gt;Alhamdulillah&lt; (Alles Lob gebührt Allah).‘“</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
-    <t>Der Prophet berichtet uns, dass der beste Dhikr "laa Ilaaha illa Allah" (es gibt keinen Gott außer Allah) ist, was bedeutet, dass es nichts gibt, das mit Recht angebetet wird, außer Allah. Und dass das beste Dua´ "al-Hamdu lillah" (das Lob gebührt Allah) ist, womit man bekennt, dass Derjenige, Der hinter allem Guten steht, Allah ist und dass Er vollkommen ist und absolute die Schönheit besitzt.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet uns, dass der beste Dhikr „La ilaha illa Allah“ ist, was bedeutet, dass es keinen gibt, der mit Recht angebetet wird, außer Allah, und dass das beste Bittgebet „Alhamdulillah“ ist, womit man bekennt, dass Derjenige, Der die Gnaden gewährt, Allah - gepriesen sei Er - ist und dass es Ihm allein zusteht, auf vollkommene und schönste Weise beschrieben zu werden.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Die Ermutigung, häufig derer Allah mit dem Wort des Tauhīd (Einheit Gottes) zu gedenken und im Gebet Lob auszusprechen.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3567</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>„Soll ich euch nicht auf etwas hinweisen, womit Allah die Sünden auslöscht und die Rangstufen erhöht?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
@@ -4831,264 +4835,209 @@
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Das beständige Gedenken Allahs - erhaben ist Er - äußerlich und innerlich, gehört zu den gewaltigsten Annäherungen an Allah und ist bei Ihm - erhaben ist Er - am nützlichsten.
 Alle gottesdienstlichen Handlungen wurden nur zur Aufrechterhaltung des Gedenkens Allahs - erhaben ist Er - vorgeschrieben. Allah - erhaben ist Er - sagte: „Und verrichte das Gebet zu Meinem Gedenken.“ Und der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Der Tawaf um das Haus (Allahs), das Gehen zwischen Safa und Marwah und das (Steine-)Werfen der Jamarat wurden nur zur Aufrechterhaltung des Gedenkens Allahs - erhaben ist Er - vorgeschrieben.“ (Überliefert von Abu Dawud und At-Tirmidhi)
 Al-'Izz Ibn 'Abd As-Salam sagte in seinem Werk „Al-Qawa'id“ (die Grundregeln): „Dieser Hadith beweist u. a., dass die Belohnung nicht von der Menge der Anstrengung in allen gottesdienstlichen Handlungen abhängt, sondern dass Allah - erhaben ist Er - für wenige Taten mehr belohnen kann als für viele. Die Belohnung hängt von den unterschiedlichen Rangstufen in der Ehre ab.“
 Al-Manawi sagte in „Fayd Al-Qadir“: „Dieser Hadith ist so zu verstehen, dass das Gedenken Allahs für diejenigen, an die er gerichtet war, am besten war. Wenn ein tapferer Krieger damit angesprochen worden wäre, der durch den Kampf dem Islam Nutzen bringen kann, wäre ihm der Jihad genannt worden. Dem Reichen, der den Armen mit seinem Vermögen Nutzen bringt, wäre die Spende genannt worden. Demjenigen, der zur Pilgerfahrt fähig ist, wäre die Pilgerfahrt genannt worden. Demjenigen, der Eltern hat, wäre die ihnen gegenüber gute Behandlung genannt worden. Dadurch wird die Übereinstimmung zwischen den Überlieferungen erreicht.“
 Der vollständigste Dhikr (Gedenken Allahs) ist das, was mit der Zunge ausgesprochen, wobei das Herz darüber nachsinnt. Dann kommt das Gedenken, was nur im Herzen ist, wie das Nachdenken. Dann das, was nur mit der Zunge ist. Und in jedem gibt es Lohn, so Allah - erhaben ist Er - will.
 Wenn sich ein Muslim an das Gedenken Allahs hält, das mit verschiedenen Situationen verbunden sind, wie z. B. der Dhikr am Morgen und Abend, beim Betreten der Moschee, des Hauses und der Toilette sowie beim Verlassen dieser Orte usw., dann lässt ihn dies zu denjenigen gehören, die Allahs viel gedenken.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
-    <t>Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!</t>
+    <t>‚Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!‘“</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Von Ibn Mas`ud wird berichtet, dass er sagte: Der Gesandte Allahs sagte: "Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!"</t>
+    <t>Von Ibn Mas‘ud - möge Allah mit ihm zufrieden sein - wird berichtet, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!‘“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
-    <t>Der Prophet berichtet, dass Paradies und Hölle dem Menschen so nahe sind wie die Schnürsenkel auf seinen Füßen, da man jederzeit eine gute Tat vollbringen kann, mit der Allah zufrieden ist, und dafür ins Paradies kommen kann, genauso aber auch eine schlechte Tat, die einen in die Hölle bringt.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass das Paradies und die Hölle dem Menschen so nahe sind, wie die Schnürsenkel auf der Vorderseite seiner Füße, da man jederzeit eine gute Tat vollbringen kann, mit der Allah - mächtig und majestätisch ist Er - zufrieden ist, und dafür ins Paradies kommen kann, genauso aber auch eine schlechte Tat, die einen in die Hölle bringt.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
-    <t>Man wird motiviert gutes zu tun, auch wenn es nur etwas geringes sein sollte und von schlechtem abgeschreckt, auch wenn es nur etwas geringes sein sollte.
-Als Muslim muss man immer mit einer Mischung aus Hoffnung und Furcht leben und Allah stets bitten einen zu festigen dem zu folgen, was richtig ist, damit man verschont bleibt und sich nicht ändert.</t>
+    <t>Man wird zum Guten angespornt, selbst wenn es gering ist, und vom Schlechten abgehalten, selbst wenn es gering ist.
+Der Muslim muss in seinem Leben immer zwischen Hoffnung und Furcht vereinen und Allah - gepriesen sei Er - stets um Standhaftigkeit auf der Wahrheit bitten, damit man in Sicherheit ist und sich nicht durch seinen eigenen Zustand täuschen lässt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3581</t>
   </si>
   <si>
+    <t>الرؤيا الصالحة من الله، والحلم من الشيطان، فإذا حلم أحدكم حلما يخافه فليبصق عن يساره، وليتعوذ بالله من شرها، فإنها لا تضره</t>
+  </si>
+  <si>
+    <t>Ein guter Traum ist von Allah, und ein böser Traum ist vom Satan. Wenn also jemand von euch einen bösen Traum hat, vor dem er sich fürchtet, soll er nach links spucken und bei Allah Zuflucht vor seinem Übel suchen, denn es wird ihm nicht schaden</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الرُّؤْيَا الصَّالِحَةُ مِنَ اللَّهِ، وَالحُلُمُ مِنَ الشَّيْطَانِ، فَإِذَا حَلَمَ أَحَدُكُمْ حُلُمًا يَخَافُهُ فَلْيَبْصُقْ عَنْ يَسَارِهِ، وَلْيَتَعَوَّذْ بِاللَّهِ مِنْ شَرِّهَا، فَإِنَّهَا لاَ تَضُرُّهُ».</t>
+  </si>
+  <si>
+    <t>Von Abu Qatada - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: "Ein guter Traum ist von Allah, und ein böser Traum ist vom Satan. Wenn also jemand von euch einen bösen Traum hat, vor dem er sich fürchtet, soll er nach links spucken und bei Allah Zuflucht vor seinem Übel suchen, denn es wird ihm nicht schaden."</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الرؤيا الصالحةَ المُفْرِحةَ في المنام مِن الله، والحُلُم وهو رؤيا ما يَكرَه ويُحْزِن فمِن الشيطان. 
+فمَن رأى ما يَكره فَلْيَبْزُق جهة يساره، ولْيَسْتَعِذ بالله مِن شرها؛ فإنها لا تَضُرّه حيث جَعَلَ الله ما ذُكر سببًا للسلامة مِن المَكروه المُتَرَتِّب على الرؤيا.</t>
+  </si>
+  <si>
+    <t>Der Prophet ﷺ erklärte, dass ein guter und erfreulicher Traum im Schlaf von Allah kommt, und ein böser Traum, der etwas Unangenehmes und Trauriges zeigt, vom Satan kommt.
+Wer also etwas sieht, das er nicht mag, soll nach links spucken und bei Allah Zuflucht vor seinem Übel suchen, denn es wird ihm nicht schaden, da Allah das Erwähnte zu einem Grund für die Sicherheit vor dem Übel gemacht hat, das sich aus dem Traum ergibt.</t>
+  </si>
+  <si>
+    <t>الرؤيا والحُلُم عبارة عمّا يراه النائم في نومِهِ مِن الأشياء، لكن غَلَبت الرؤيا على ما يراه من الخير والشيء الحسن، وغَلَب الحلم على ما يراه من الشر والقبيح ويُستعمل كلُّ واحد منهما موضع الآخر.
+أقسام الرؤيا: 1- الرؤيا الصالحة، وهي رؤيا حق وبشرى من الله يراها أو ترى له، 2- حديث النَّفْس، وهي ما يُحدِّث بها الرجل نفسه في اليقظة، 3- تحزين وتخويف الشيطان وأهاويل منه ليحزن ابن آدم.
+حاصل ما ذُكر من أبواب الرؤيا الصالحة ثلاث أشياء: أنْ يَحمدَ اللهَ عليها، وأن يَستبشرَ بها، وأن يَتحدث بها لكن لِمَن يُحب دون مَن يكره.
+حاصل ما ذكر من أدب الرؤيا المكروهة خمسة أشياء: أن يتعوذ بالله من شرها، ومن شر الشيطان، وأن يَتْفُل حين يَهُبُّ من نومه عن يساره ثلاثًا، ولا يَذكرها لأحد أصلًا، وإذا أراد أن يَرجع لنومه يَتَحَوّل عن جنبه الذي كان عليه؛ فإنها لا تضره.</t>
+  </si>
+  <si>
+    <t>Traum und böser Traum sind Ausdrücke für das, was der Schlafende im Schlaf von Dingen sieht. Aber der Begriff "Traum" wird hauptsächlich für das verwendet, was man von Gutem und Schönem sieht, und der Begriff "böser Traum" für das, was man von Schlechtem und Hässlichem sieht. Jeder von ihnen kann jedoch anstelle des anderen verwendet werden.
+Arten von Träumen: 1- Der gute Traum, ein wahrer Traum und eine gute Nachricht von Allah, die man sieht oder die einem gezeigt wird. 2- Selbstgespräch, was man sich im Wachzustand selbst erzählt. 3- Traurigkeit und Angst, die der Satan verursacht, um den Sohn Adams traurig zu machen.
+Das Ergebnis dessen, was über die guten Träume erwähnt wurde, sind drei Dinge: Allah dafür zu preisen, sich darüber zu freuen und davon zu erzählen, aber nur denen, die man mag, nicht denen, die man nicht mag.
+Das Ergebnis dessen, was über den schlechten Traum erwähnt wurde, sind fünf Dinge: Bei Allah Zuflucht vor seinem Übel und vor dem Übel des Satans zu suchen, dreimal nach links zu spucken, wenn man aus dem Schlaf erwacht, es niemandem zu erzählen, und wenn man wieder schlafen möchte, sich von der Seite abzuwenden, auf der man lag; denn es wird einem nicht schaden.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/3586</t>
+  </si>
+  <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
-    <t>Der Siwak reinigt den Mund und stellt den Herrn zufrieden</t>
+    <t>‚Der Siwak reinigt den Mund und stellt den Herrn zufrieden.‘“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
-    <t>Von `Aischa wird überliefert, dass sie sagte; Der Gesandte Allahs sagte: "Der Siwak reinigt den Mund und stellt den Herrn zufrieden."</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Siwak reinigt den Mund und stellt den Herrn zufrieden.‘“</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
-    <t>Der Prophet berichtet, dass seine Zähne mit einem Zweig des als "Araak" bezeichneten Araak-Baums oder mit etwas ähnlichen zu säubern den Mund von Verschmutzungen und üblen Gerüchen reinigt, und dass es gleichzeitig zu den Dingen gehört, die Allah mit einem zufrieden stellen, da es eine Form des Gehorsams Allah gegenüber darstellt, man damit Seinen Geboten Folge leistet und da Allah die damit verbundene Sauberkeit liebt.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet uns, dass das Reinigen der Zähne mit einem Zweig des Arak-Baums oder eines anderen Baums den Mund von Verschmutzungen und üblen Gerüchen reinigt, und dass es gleichzeitig zu den Ursachen der Zufriedenheit Allahs mit dem Diener gehört, da es eine Form des Gehorsams Allah gegenüber darstellt, man damit Seinem Befehl Folge leistet und da Allah - erhaben ist Er - die damit verbundene Sauberkeit liebt.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
-    <t>Die Zahnreinigung ist etwas wichtiges und der Prophet hält seine Anhänger an es möglichst häufig zu machen.
-Die beste Art seine Zähne zu reinigen ist ein Zweig des als "Araak" bezeichneten Araak-Baum zu verwenden. Eine Zahnbürste und Zahncreme zu verwenden kommt jedoch auf dasselbe heraus.</t>
+    <t>Das Benutzen des Siwaks ist etwas Vorzügliches und der Prophet - Allahs Segen und Frieden auf ihm - spornte seine Gemeinschaft dazu an, es häufig zu tun.
+Beim Benutzen des Siwaks ist die Nutzung eines Zweigs vom Arak-Baum am besten. Eine Zahnbürste und Zahncreme zu verwenden könnte dies ersetzen (, wenn kein Siwak vorhanden ist).</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3588</t>
   </si>
   <si>
     <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
-    <t>Die fünf Gebete, das eine Freitagsgebet zum anderen Freitagsgebet und Ramadan zum nächsten Ramadan, all das sind Dinge, die die Sünden zwischen ihnen auslöschen, soweit man die großen Sünden meidet</t>
+    <t>„Die fünf Pflichtgebete, das eine Freitagsgebet zum nächsten Freitagsgebet und Ramadan zum nächsten Ramadan sind eine Sühne für die Sünden, die zwischen ihnen liegen, wenn die großen Sünden gemieden werden.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
-    <t>Von Abu Huarairah wird überliefert, dass der Gesandte Allahs zu sagen pflegte: "Die fünf Gebete, das eine Freitagsgebet zum anderen Freitagsgebet und Ramadan zum nächsten Ramadan, all das sind Dinge, die die Sünden zwischen ihnen auslöschen, soweit man die großen Sünden meidet."</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - zu sagen pflegte: „Die fünf Pflichtgebete, das eine Freitagsgebet zum nächsten Freitagsgebet und Ramadan zum nächsten Ramadan sind eine Sühne für die Sünden, die zwischen ihnen liegen, wenn die großen Sünden gemieden werden.“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
-    <t>Der Prophet berichtet, dass die fünf Pflichtgebete pro Tag und Nacht, das Freitagsgebet jede Woche und das Fasten im Monat Ramadan einmal im Jahr, Dinge sind, die dazu führen, dass einem die kleinen Sünden, die zwischen diesen Dingen liegen, vergeben werden; jedoch nur unter der Voraussetzung, dass man die großen Sünden meidet. Große Sünden wie Unzucht und Alkoholkonsum werden allerdings nur vergeben, wenn man sie explizit bereut.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass die fünf Pflichtgebete am Tag und in der Nacht, das Freitagsgebet jede Woche und das Fasten im Monat Ramadan einmal im Jahr eine Sühne für die kleinen Sünden dazwischen darstellen - jedoch nur unter der Voraussetzung, dass man die großen Sünden meidet. Große Sünden wie Unzucht und Alkoholkonsum werden allerdings nur vergeben, wenn man sie explizit bereut.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Es gibt kleine und große Sünden.
-Kleine Sünden werden einem vergeben, wenn man große Sünden meidet.
-Große Sünden sind die Sünden, für die die Scharia im Diesseits eine strafrechtliche Sanktion verhängt, eine Strafe oder der Zorn Allahs im Jenseits angedroht wird, oder es sonst eine Drohung gibt, oder gesagt wird, dass derjenige, der es macht verflucht wird, wie z. B. bei Unzucht oder Alkoholkonsum.</t>
+Kleine Sünden werden einem (durch die genannten Handlungen) vergeben, wenn man große Sünden meidet.
+Die großen Sünden sind die Sünden, bei denen eine islamisch-gesetzliche Strafe im Diesseits berichtet wurde, oder für die es eine strenge Warnung, z. B. mit der Strafe oder dem Zorn (Allahs), in Bezug das Jenseits gibt, oder bei der eine Drohung oder ein Fluch für den Täter vorliegt, wie z. B. die Unzucht oder der Alkoholkonsum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3591</t>
   </si>
   <si>
-    <t>أنا عند ظن عبدي، وأنا معه حين يذكرني</t>
-[...88 lines deleted...]
-  <si>
     <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
-    <t>Verkündet von mir und wenn es auch nur ein einziger Vers sein sollte! Und gebt die Dinge weiter, die die "Banu Israil" überliefern. Das ist kein Problem! Und wer über mich vorsätzlich eine Lüge verbreitet, soll schon einmal seinen Platz im Feuer einnehmen!</t>
+    <t>„Verkündet von mir und wenn es auch nur ein einziger Vers sein sollte! Und berichtet von den Banu Israil und darin liegt kein Problem! Und wer über mich vorsätzlich lügt, soll seinen Platz im Feuer einnehmen!“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
-    <t>Von `Abdullah bin `Amr wird überliefert, dass der Prophet sagte: "Verkündet von mir und wenn es auch nur ein einziger Vers sein sollte! Und gebt die Dinge weiter, die die "Banu Israil" überliefern. Das ist kein Problem! Und wer über mich vorsätzlich eine Lüge verbreitet, soll schon einmal seinen Platz im Feuer einnehmen!"</t>
+    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Verkündet von mir und wenn es auch nur ein einziger Vers sein sollte! Und berichtet von den Banu Israil und darin liegt kein Problem! Und wer über mich vorsätzlich lügt, soll seinen Platz im Feuer einnehmen!“</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
-    <t>Der Prophet ordnete an das Wissen von Quran und Sunnah, das er gelehrt hat, von ihm weiterzugeben, selbst wenn es nur ganz wenig sein sollte, wie etwa ein einziger Vers aus dem Quran, oder eine einzige Überlieferung. Das jedoch unter der Voraussetzung, dass man Kenntnis von dem hat, was man weitergibt und zu dem man ruft. Im Anschluss verdeutlicht er, dass es kein Problem ist die Dinge weiter zu geben, die den "Banu Israil" geschehen sind, solange sie nicht dem widersprechen, was unsere Scharia lehrt. Abschließend warnt er davor absichtlich eine Lüge über ihn zu verbreiten, sodass, falls man es dennoch wagen sollte, man sich selbst schonmal einen Platz im Feuer nehmen kann.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - ordnete an, das Wissen von Quran und Sunnah, das er gelehrt hat, von ihm weiterzugeben, selbst wenn es nur ganz wenig sein sollte, wie etwa ein einziger Vers aus dem Quran, oder eine einzige Überlieferung. Dies jedoch unter der Voraussetzung, dass man Wissen über das hat, was man weitergibt und zu dem man ruft. Im Anschluss verdeutlichte er - Allahs Segen und Frieden auf ihm -, dass es kein Problem ist, die Ereignisse weiterzugeben, die den Banu Israil (d. h. den Nachfahren Ya'qubs) widerfahren sind, solange sie nicht unserer islamischen Gesetzgebung widersprechen. Abschließend warnt er davor, über ihn zu lügen. Wer absichtlich über ihn gelogen hat, soll für sich selbst einen Wohnort im Höllenfeuer einnehmen.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
-    <t>Das ist eine Motivation die Scharia Allahs zu verbreiten und jeder soll das weitergeben, was er gelernt und verstanden hat, selbst wenn es nur wenig sein sollte.
-[...2 lines deleted...]
-Die Ermutigung zur Wahrhaftigkeit im Sprechen und zur Vorsicht in der Rede, um nicht in Lügen zu verfallen, insbesondere in Angelegenheiten der Religion Allahs, des Allmächtigen.</t>
+    <t>Hierin ist ein Ansporn, die Gesetzgebung Allahs zu verbreiten und jeder soll das weitergeben, was er gelernt und verstanden hat, selbst wenn es nur wenig sein sollte.
+Die Pflicht, sich religiöses Wissen anzueignen, damit man Allah dienen und Seine Gesetzgebung auf korrekte Weise weitergeben kann.
+Die Pflicht, sich zu vergewissern, ob eine Überlieferung authentisch ist, bevor man sie weitergibt oder verbreitet, um nicht unter diese strenge Warnung zu fallen.
+Die Ermutigung zur Wahrhaftigkeit im Sprechen und zur Vorsicht in der Rede, um nicht in Lügen zu verfallen, insbesondere in Angelegenheiten der Religion Allahs - mächtig und majestätisch ist Er.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3686</t>
   </si>
   <si>
     <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>Weise mich auf eine Tat hin, die mich, wenn ich sie vollbringe, ins Paradies bringt.“ Er antwortete: „Du sollst Allah dienen und Ihm nichts beigesellen, das vorgeschriebene Gebet verrichten, die verpflichtende Almosensteuer entrichten und den Ramadan fasten</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass ein Wüstenaraber zum Propheten - Allahs Segen und Frieden auf ihm - kam und sagte: „Weise mich auf eine Tat hin, die mich, wenn ich sie vollbringe, ins Paradies bringt.“ Er antwortete: „Du sollst Allah dienen und Ihm nichts beigesellen, das vorgeschriebene Gebet verrichten, die verpflichtende Almosensteuer entrichten und den Ramadan fasten.“ Der Beduine sagte: „Bei Dem, in Dessen Hand meine Seele ist, ich werde diesem nichts hinzufügen.“ Als er wegging, sagte der Prophet - Allahs Segen und Frieden auf ihm - : „Wen es erfreut, einen Mann aus den Leuten des Paradieses zu sehen, der soll diesen ansehen.“</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
@@ -5187,179 +5136,179 @@
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri und Abu Hurayrah - möge Allah mit ihnen beiden zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Strapaze, die den Muslim trifft, keine Krankheit, Sorge, Trauer, nichts, was ihn stört und keinen Kummer - selbst ein Stachel, der ihn sticht - ,außer dass Allah ihm damit etwas von seinen Sünden vergibt.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - erklärt, dass alles, was den Muslim an Krankheiten, Sorgen, Kummer, Nöten, Unglück, Schwierigkeiten, Angst und Hunger trifft - selbst wenn es nur ein Dorn ist, der ihn sticht und schmerzt -, als Sühne für seine Sünden und als Tilgung seiner Fehler dient.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Die Darlegung der Großzügigkeit Allahs gegenüber Seinen gläubigen Dienern und Seiner Barmherzigkeit ihnen gegenüber, indem Er ihre Sünden durch den geringsten Schaden, der sie trifft, vergibt.
 Der Muslim sollte bei Allah für das, was ihn trifft, Belohnung erhoffen und bei jeder kleinen und großen Sache geduldig sein, damit es für ihn als eine Erhöhung der Stufen und eine Sühne für die schlechten Taten gilt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3701</t>
   </si>
   <si>
     <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
-    <t>Das Feuer ist umgeben mit Gelüsten und das Paradies ist umgeben mit Dingen, die einem verhasst sind!</t>
+    <t>„Das Feuer ist umgeben von Gelüsten und das Paradies ist umgeben von verhassten (unangenehmen) Dingen!“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird überliefert, dass der Gesandte Allahs sagte: "Das Feuer ist umgeben mit Gelüsten und das Paradies ist umgeben mit Dingen, die einem verhasst sind!"</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Feuer ist umgeben von Gelüsten und das Paradies ist umgeben von verhassten (unangenehmen) Dingen!“</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
-    <t>Der Prophet verdeutlicht, dass das Feuer umgeben ist von Dingen, die einem gefallen und die darin bestehen, dass man entweder verbotene Ding tun, oder Pflichten vernachlässigen möchte. Wer dabei seinen Gelüsten nachgibt, verdient es ins Feuer zu kommen. Das Paradies hingegen ist umgeben von Dingen, die man verabscheut, wie sich stets an die Pflichten zu halten und darauf zu verzichten verbotene Dinge zu tun und dabei geduldig zu bleiben. Wer sich jedoch bemüht und gegen seine eigenen inneren Neigungen kämpft, der hat es verdient ins Paradies zu kommen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass das Höllenfeuer von Dingen umgeben ist, nach denen die Seele begehrt; wie dem Begehen von Verbotenem oder dem Vernachlässigen von Pflichten. Wer dabei seiner Seele folgt, verdient es ins Feuer zu kommen. Das Paradies hingegen ist umgeben von Dingen, die die Seele verabscheut, wie sich stets an die Pflichten zu halten, darauf zu verzichten verbotene Dinge zu tun und dabei geduldig zu bleiben. Wer sich jedoch bemüht und gegen seine Seele kämpft, der verdient es, ins Paradies zu kommen.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
-    <t>Zu den Gründen, die dazu führen, dass man sich seinen Gelüsten hingibt, gehört, dass der Schaytan einem das Schlechte und Hässliche ausschmückt, sodass man es als etwas gutes ansieht und sich davon angezogen fühlt.
-[...1 lines deleted...]
-Gegen seine eigenen Gelüste anzukämpfen, sich beim Gottesdienst abzumühen und sich den Dingen, die man verabscheut, und den mit dem Gottesdienst verbundenen Mühen gegenüber zu gedulden ist eine bedeutende Sache.</t>
+    <t>Zu den Gründen, die dazu führen, dass man sich den Gelüsten hingibt, gehört, dass der Schaytan einem das Schlechte und Hässliche ausschmückt, sodass man es als etwas Gutes ansieht und sich dazu angezogen fühlt.
+Man muss sich von verbotenen Gelüsten fernhalten, da sie der Weg ins Feuer sind, und sich den Dingen gegenüber gedulden, die einem nicht gefallen, da sie der Weg zum Paradies sind.
+Gegen seine eigenen Gelüste anzukämpfen, sich beim Gottesdienst abzumühen und sich den Dingen, die man verabscheut, und den mit dem Gottesdienst verbundenen Mühen gegenüber zu gedulden ist eine vorzügliche Sache.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3702</t>
   </si>
   <si>
     <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
-    <t>Die Rechte eines jeden Muslims gegenüber einem anderen Muslim sind fünf: dass er seinen Gruss erwidert, ihn besucht, wenn er krank ist, seinem Beerdigungszug folgt, seine Einladung annimmt und wenn er niest ihm "Yarhamukallah" (Allah soll Sich dir erbarmen) sagt</t>
+    <t>‚Das Recht des Muslims gegenüber einem anderen Muslim sind fünf: den Friedensgruß erwidern, den Kranken besuchen, dem Beerdigungszug folgen, die Einladung annehmen und für den Niesenden das Bittgebet (um Barmherzigkeit) sprechen.‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs sagen: "Die Rechte eines jeden Muslims gegenüber einem anderen Muslim sind fünf: dass er seinen Gruss erwidert, ihn besucht, wenn er krank ist, seinem Beerdigungszug folgt, seine Einladung annimmt und wenn er niest ihm "Yarhamukallah" (Allah soll Sich dir erbarmen) sagt."</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Das Recht des Muslims gegenüber einem anderen Muslim sind fünf: den Friedensgruß erwidern, den Kranken besuchen, dem Beerdigungszug folgen, die Einladung annehmen und für den Niesenden das Bittgebet (um Barmherzigkeit) sprechen.‘“</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
-    <t>Der Prophet stellt klar, dass ein Muslime seinem muslimischen Bruder gegenüber bestimmte Rechte hat: Das erste dieser Rechte ist: dass man mit "`alaikum al-Salam" erwidert, wenn jemand einen mit "al-Salamu `alaikum" begrüsst.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass ein Muslim seinem muslimischen Bruder gegenüber bestimmte Rechte hat: Das erste dieser Rechte ist: dass man dem den Friedensgruß erwidert, der einen grüßt.
 Das zweite Recht: Der Krankenbesuch.
 Das dritte Recht ist, dass man einem Beerdigungszug vom Haus des Verstorbenen bis zum Ort, an dem das Totengebet verrichtet wird, und von dort bis zum Friedhof folgt und bleibt, bis er beerdigt ist.
-Das vierte Recht ist, das man die Einladung annimmt, wenn man zu einem Hochtzeitsmahl oder dergleichen eingeladen wird.
-Das fünfte Recht: Das Erwidern auf das Niesen, indem man zu demjenigen, der "Alhamdulillah" (Alles Lob gebührt Allah) gesagt hat, sagt: "Yarhamuk Allah" (Möge Allah dir Barmherzigkeit erweisen). Daraufhin antwortet der Niesende: "Yahdikum Allah wa yuslih balakum" (Möge Allah euch rechtleiten und eure Angelegenheiten ordnen).</t>
+Das vierte Recht ist, dass man die Einladung annimmt, wenn man zu einem Hochzeitsmahl oder dergleichen eingeladen wird.
+Das fünfte Recht ist das Bittgebet für den Niesenden, indem man, nachdem er ‚Alhamdulillah‘ (Alles Lob gebührt Allah) gesagt hat, sagt: ‚Yarhamuk Allah‘ (Möge Allah mit dir barmherzig sein). Daraufhin antwortet der Niesende: ‚Yahdikum Allah wa yuslih balakum‘ (Möge Allah euch rechtleiten und eure Angelegenheit bessern).</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
-    <t>Der Islam ist eine wunderbare Religion, da er betont, dass die Muslime untereinander Rechte besitzen und die Brüderlichkeit und Liebe zwischen ihnen festigt.</t>
+    <t>Die Größe des Islams zeigt sich in der Betonung der gegenseitigen Rechte unter den Muslimen und in der Stärkung der Brüderlichkeit und Liebe zwischen ihnen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3706</t>
   </si>
   <si>
     <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>„Der beste Tag, an dem die Sonne aufging, ist der Freitag</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Der beste Tag, an dem die Sonne aufging, ist der Freitag. An diesem Tag wurde Adam erschaffen, an diesem Tag wurde er ins Paradies eingelassen und an diesem Tag wurde er daraus vertrieben. Und die Stunde wird nur an einem Freitag eintreten.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass der beste Tag, an dem die Sonne aufgegangen ist, der Freitag ist. Und zu seinen besonderen Merkmalen gehört, dass Allah an diesem Tag Adam - Friede sei auf ihm - erschuf, ihn ins Paradies eintreten ließ und ihn daraus vertrieb und auf die Erde hinabsandte. Und die Stunde wird nur an einem Freitag eintreten.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Der Vorzug des Freitags gegenüber den anderen Wochentagen.
 Die Ermutigung und das häufige Verrichten guter Taten am Freitag, sowie die Vorbereitung darauf, Allahs - erhaben ist Er - Barmherzigkeit zu erlangen und Seine Strafe abzuwenden.
 Es wurde gesagt, dass diese im Hadith erwähnten Eigenschaften des Freitags nicht dazu dienen, die Vorzüge des Freitags hervorzuheben, da die Vertreibung Adams und das Eintreten der Stunde keine Vorzüge darstellen. 
 Es wurde jedoch auch gesagt, dass all diese Ereignisse tatsächlich Vorzüge sind. Die Vertreibung Adams führte zur Existenz seiner Nachkommen, einschließlich der Gesandten, Propheten und rechtschaffenen Menschen. Das Eintreten der Stunde führt zur Beschleunigung der Belohnung der Rechtschaffenen und dazu, dass sie die von Allah für sie vorbereiteten Ehren erlangen.
 Es wurden weitere besondere Eigenschaften des Freitags erwähnt, die nicht in dieser Überlieferung enthalten sind, darunter: An ihm wurde Adam vergeben, an ihm wurde er (Adam) genommen (und ist gestorben), und es gibt eine Stunde an ihm, in der kein gläubiger Diener Allah um etwas im Gebet bittet, ohne dass Er es ihm gewährt.
 Der beste Tag des Jahres ist der Tag von 'Arafah, und es wurde gesagt: der Tag des Opfers. Der beste Tag der Woche ist der Freitag, und die beste Nacht ist die Nacht der Bestimmung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3711</t>
   </si>
   <si>
     <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
-    <t>Allah soll Sich dem erbarmen, der nachsichtig ist, wenn er verkauft und wenn er kauft und wenn er eine Schuld einfordert!</t>
+    <t>„Möge Allah mit dem Mann barmherzig sein, der nachsichtig ist, wenn er verkauft, wenn er kauft und wenn er eine Schuld einfordert!“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
-    <t>Von Jabir wird überliefert, dass der Gesandte Allahs sagte: "Allah soll Sich dem erbarmen, der nachsichtig ist, wenn er verkauft und wenn er kauft und wenn er eine Schuld einfordert!"</t>
+    <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Möge Allah mit dem Mann barmherzig sein, der nachsichtig ist, wenn er verkauft, wenn er kauft und wenn er eine Schuld einfordert!“</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
-    <t>Der Prophet sprach ein Bittgebet, in dem er um Barmherzigkeit bittet für jeden, der, wenn er etwas verkauft unkompliziert, großzügig und freigiebig ist, Daher sollte er den Käufer nicht mit überhöhten Preisen belasten und ihn mit gutem Benehmen behandeln. Genauso derjenige, der unkompliziert, großzügig und freigiebig ist, wenn er etwas kauft und nicht knausert und den Wert der Ware herabspielt. Und ebenso unkompliziert, großzügig und freigiebig ist, wenn er eine Schuld einfordert, die ihm jemand anderem gegenüber zusteht, sodass er  es einem Armen und Bedürftigen nicht schwer macht, sondern vielmehr sanft  und nachsichtig sein Recht einfordert und jemandem, der kein Geld hat, Aufschub gewährt.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - sprach ein Bittgebet, in dem er um Barmherzigkeit für jeden bittet, der, wenn er etwas verkauft, unkompliziert, großzügig und freigiebig ist. Er erschwert es dem Käufer nicht beim Preis und behandelt ihn gut. Genauso ist er unkompliziert, großzügig und freigiebig, wenn er etwas kauft, sodass er weder geizig ist noch den Wert der Ware herabsetzt. Und ebenso ist er unkompliziert, großzügig und freigiebig, wenn er eine Schuld einfordert, die ihm jemand anderes schuldet, sodass er es einem Armen und Bedürftigen nicht schwer macht. Vielmehr ist er sanft und nachsichtig und gewährt demjenigen Aufschub, der in finanzieller Not ist.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
-    <t>Zu den Zielen, die die Scharia stets zu verwirklichen sucht, gehört es auf die Dinge zu achten, die zu guten Beziehungen zwischen den Menschen führen.
-Man ist angehalten beim Umgang mit anderen Menschen wie bei Kauf und Verkauf, etc. immer den besten Charakter an den Tag zu legen.</t>
+    <t>Zu den Zielen der islamischen Gesetzgebung gehört es, das zu bewahren, was die Beziehungen zwischen den Menschen verbessert.
+Der Ansporn dazu, beim Umgang mit anderen Menschen wie bei Kauf und Verkauf, etc. immer den besten Charakter an den Tag zu legen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3716</t>
   </si>
   <si>
     <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>„Möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften.“ Es wurde gefragt: „Wer, o Gesandter Allahs?“ Er sagte: „Derjenige, der seine Eltern im hohen Alter erreicht, einen von ihnen oder beide, und (dadurch) nicht ins Paradies eingeht.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften.“ Es wurde gefragt: „Wer, o Gesandter Allahs?“ Er sagte: „Derjenige, der seine Eltern im hohen Alter erreicht, einen von ihnen oder beide, und (dadurch) nicht ins Paradies eingeht.“</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - betete um Erniedrigung und Schande, bis er so weit ging, als hätte man seine Nase in den Staub gesteckt - er wiederholte dies dreimal. Dann wurde er gefragt: „Wer ist das, o Gesandter Allahs, gegen den du Bittgebete gesprochen hast?“
 Er - Allahs Segen und Frieden auf ihm - sagte: „Derjenige, der seine Eltern im hohen Alter erreicht – einen von ihnen oder beide – und sie kein Grund für seinen Eintritt ins Paradies sind; und das aufgrund des Mangels an gutem Verhalten ihnen gegenüber und ihrer Missachtung.“</t>
   </si>
   <si>
@@ -5475,73 +5424,73 @@
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde nach der Tat gefragt, die zum Eintritt ins Paradies führt, oder nach der Tat, die Allah am liebsten ist.
 Er - Allahs Segen und Frieden auf ihm - sagte zum Fragenden: „Halte dich an häufige Niederwerfungen im Gebet, denn du machst keine Niederwerfung vor Allah, ohne dass Er dich dadurch einen Rang erhöht und dir dadurch eine Sünde vergibt.“</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Der Muslim wird dazu ermutigt, sowohl die Pflichtgebete als auch die freiwilligen Gebete eifrig zu verrichten, da sie Niederwerfungen beinhalten.
 Die tiefe Einsicht der Gefährten und ihr Verständnis, dass das Paradies – nach der Barmherzigkeit Allahs – nur durch Taten erreicht werden kann, wird verdeutlicht.
 Die Niederwerfung im Gebet ist einer der gewaltigsten Gründe für die Erhöhung der Ränge und die Vergebung von Sünden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3732</t>
   </si>
   <si>
     <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
-    <t>Es gab einmal einen Mann, der Kredite an die Leute vergab und seinem Burschen zu sagen pflegte: Kommst du zu jemand, der nichts hat, sei nachsichtig, möglicherweise ist dann Allah auch nachsichtig mit uns</t>
+    <t>„Es gab einmal einen Mann, der Kredite an die Leute vergab und seinem Burschen zu sagen pflegte: ‚Wenn du zu jemandem gehst, der in einer (finanziellen) Notlage ist, dann sei nachsichtig mit ihm, möglicherweise ist dann Allah auch nachsichtig mit uns!‘</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
-    <t>Von Abu Hurairah wird überliefert, dass der Gesandte Allahs sagte: "Es gab einmal einen Mann, der Kredite an die Leute vergab und seinem Burschen zu sagen pflegte: Kommst du zu jemand, der nichts hat, sei nachsichtig, möglicherweise ist dann Allah auch nachsichtig mit uns! Da traf er auf Allah und Er war nachsichtig mit ihm."</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gab einmal einen Mann, der Kredite an die Leute vergab und seinem Burschen zu sagen pflegte: ‚Wenn du zu jemandem gehst, der in einer (finanziellen) Notlage ist, dann sei nachsichtig mit ihm, möglicherweise ist dann Allah auch nachsichtig mit uns!‘ Da traf er auf Allah und Er war nachsichtig mit ihm.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
-    <t>Der Prophet erzählt von einem Mann, der den Leuten Kredite vergab und Waren verkaufte und akzeptierte, dass sie später zahlten. Er pflegte dem Burschen, der für ihn seine Schulden bei den Leuten einholte, zu sagen: Kommst du zu jemand, der nichts hat, um die Schuld zu begleichen, die gegen ihn besteht, da er zahlungsunfähig ist, dann "sei nachsichtig mit ihm", indem du ihm entweder weiter Aufschub gibst und nicht mit Nachdruck die Zahlung verlangst, oder indem das annimmst, was er hat, selbst wenn es weniger ist. Das tat er in der Hoffnung, dass Allah auch nachsichtig mit ihm ist und ihm vergibt. Als er dann starb vergab ihm Allah und war mit ihm nachsichtig.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet von einem Mann, der mit den Menschen durch Kreditvergabe oder durch Verkauf mit späterer Zahlung handelte. Er pflegte dem Jüngling, der für ihn seine Schulden bei den Leuten einholte, zu sagen: „Kommst du zu jemandem, der nichts hat, um seine Schuld zu begleichen, da er zahlungsunfähig ist, dann ‚sei nachsichtig mit ihm‘, indem du ihm entweder weiter Aufschub gewährst und nicht mit Nachdruck die Zahlung verlangst oder indem du das annimmst, was er hat, selbst wenn es weniger ist.“ Das tat er in der Hoffnung, dass Allah auch nachsichtig mit ihm ist und ihm vergibt. Als er dann starb, vergab ihm Allah und schaute über seine Sünden hinweg.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
-    <t>Guter Umgang mit den Menschen, ihnen zu vergeben und nachsichtig mit dem zu sein, der nicht zahlungsfähig ist, gehört mit zu den wichtigsten Gründen dafür, dass man am Tag der Auferstehung gerettet wird.
-Gut mit den Geschöpfen umzugehen, Allah gegenüber aufrichtig zu sein und auf die Barmherzigkeit von Allah zu hoffen gehört zu den Gründen dafür, dass einem seine Sünden vergeben werden.</t>
+    <t>Guter Umgang mit den Menschen, ihnen zu vergeben und nachsichtig mit dem zu sein, der in einer Notlage ist, gehört mit zu den wichtigsten Gründen dafür, dass man am Tag der Auferstehung gerettet wird.
+Gut mit den Geschöpfen umzugehen, Allah gegenüber aufrichtig zu sein und auf die Barmherzigkeit von Allah zu hoffen gehört zu den Gründen für die Vergebung der Sünden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3753</t>
   </si>
   <si>
     <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>„Meine gesamte Gemeinschaft wird (von Allah) begnadigt – mit Ausnahme derjenigen, die ihre Sünden offen zur Schau stellen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Meine gesamte Gemeinschaft wird (von Allah) begnadigt – mit Ausnahme derjenigen, die ihre Sünden offen zur Schau stellen. Zur Zurschaustellung gehört es, dass jemand nachts eine Sünde begeht, die Allah ihm verborgen hat, und er dann am Morgen sagt: ‚Oh du Soundso, ich habe gestern Nacht dies und das getan‘ - obwohl sein Herr ihn in der Nacht bedeckt hat, reißt er am Morgen selbst den Schleier Allahs von sich.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass der sündige Muslim auf Allahs Vergebung und Gnade hoffen kann, außer demjenigen, der seine Sünde offen zur Schau stellt, aus Stolz und Unverschämtheit. Dieser verdient keine Vergebung, da er die Sünde in der Nacht begeht und Allah ihn bis zum Morgen verhüllt hat, und er dann anderen erzählt, dass er diese bestimmte Sünde gestern begangen hat, obwohl sein Herr ihn die ganze Nacht über bedeckt gehalten hat. Er erreicht den Morgen und deckt Allahs Verhüllung für ihn auf!</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
@@ -5580,139 +5529,139 @@
   <si>
     <t>الحث على مداومة الذِّكر للإكثار من غِرَاس الجنة.
 فضل الأمة الإسلامية؛ حيث بَلَّغَها السلامَ إبراهيمُ عليه الصلاة والسلامُ.
 ترغيب إبراهيم عليه السلام أمة محمد صلى الله عليه وسلم في الإكثار من ذكر الله تعالى.
 قال الطيبي: الجنة قيعان، ثم إن الله تعالى أوجد بفضله فيها أشجارًا وقصورًا بحسب أعمال العاملين؛ لكل عامل ما يختص به بسبب عمله، ثم إنه تعالى لما يَسَّره لما خُلِق له من العمل لِينال بذلك الثواب جعله كالغارس لتلك الأشجار.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, beständig Allahs zu gedenken, um seine Pflanzen im Paradies zu vermehren.
 Der Vorzug der islamischen Glaubensgemeinschaft, da Ibrahim - Segen und Frieden auf ihm - ihr den Gruß ausrichtete.
 Ibrahim - Frieden sei auf ihm - spornte die Gemeinschaft Muhammads - Allahs Segen und Frieden auf ihm - dazu an, das Gedenken Allahs - erhaben ist Er - zu vermehren.
 At-Tayyibi sagte: „Das Paradies ist eine weite Fläche und Allah - erhaben ist Er - hat dann durch Seine Gunst Bäume und Paläste, entsprechend der Taten der Handelnden, erbaut. Jeder Handelnde erhält das, was ihm aufgrund seiner Taten zusteht. Daraufhin hat der Erhabene - da Er ihm die Taten leicht machte, für die er erschaffen wurde - diese (Taten) zu Samen für diese Bäume gemacht, damit er dadurch den Lohn dafür erhält.“</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>[حسن بشواهده]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3791</t>
   </si>
   <si>
     <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
-    <t>Derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist nicht der, der gleiches mit gleichem vergilt,  sondern derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist der, der sie wieder aufnimmt wenn sie abgebrochen wurden!</t>
+    <t>„Derjenige, der die verwandtschaftlichen Beziehungen pflegt, ist nicht der, der gleiches mit gleichem vergilt! Vielmehr ist derjenige, der die verwandtschaftlichen Beziehungen pflegt, der, der sie pflegt, wenn sie abgebrochen wurden!“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
-    <t>Von `Abdullah bin `Amr wird überliefert, dass der Prophet sagte: "Derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist nicht der, der gleiches mit gleichem vergilt,  sondern derjenige, der die Verwandtschaftlichen Beziehungen pflegt, ist der, der sie wieder aufnimmt wenn sie abgebrochen wurden!"</t>
+    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Derjenige, der die verwandtschaftlichen Beziehungen pflegt, ist nicht der, der gleiches mit gleichem vergilt! Vielmehr ist derjenige, der die verwandtschaftlichen Beziehungen pflegt, der, der sie pflegt, wenn sie abgebrochen wurden!“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
-    <t>Der Prophet erklärt, Dass derjenige, der die Verwandtschaftlichen Beziehungen pflegt und den guten Umgang mit den Verwandten so praktiziert, wie es im Idealfall gemacht werden müsste, nicht eine Person ist, die nur denjenigen gut behandelt, der auch sie gut behandelt. Vielmehr ist derjenige, der die Verwandtschaftlichen Beziehungen wirklich vollständig so pflegt, wie sie eigentlich gepflegt werden müssten, derjenige, der, wenn die Beziehung abgebrochen wird, sie wieder aufnimmt und der, wenn er schlecht von seinen Verwandten behandelt wird, trotzdem gut mit ihnen umgeht.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige, der auf vollkommene Weise die verwandtschaftlichen Beziehungen pflegt und gut zu den Verwandten ist, nicht die Person ist, die nur denjenigen gut behandelt, der auch sie gut behandelt. Vielmehr ist derjenige, der die verwandtschaftlichen Beziehungen wirklich auf vollständige Weise pflegt, derjenige ist, der, wenn die Beziehung abgebrochen wird, sie dennoch pflegt (und wieder aufnimmt), und der, wenn er schlecht von seinen Verwandten behandelt wird, trotzdem gut mit ihnen umgeht.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
-    <t>Die Pflege der Verwandtschaftlichen Beziehungen, die in der Scharia als relevant angesehen wird ist, dass man mit demjenigen Kontakt pflegt, der ihn abgebrochen hat, dem vergibt, der einem Unrecht getan hat und dem gibt, der einen selbst nicht berücksichtigt und nicht einfach gutes zu erwidern und zurückzugeben.
-Man pflegt seine Verwandtschaftlichen Beziehungen wirklich, indem man die Verwandten, soweit man dazu in der Lage ist, mit Gutem, Vermögen und Bittgebeten bedenkt, ihnen das Gute gebietet und das Schlechte verbietet und von ihnen so gut man kann alles Schlechte abwendet.</t>
+    <t>Das Pflegen der verwandtschaftlichen Beziehungen aus Sicht der islamischen Gesetzgebung bedeutet, dass du mit demjenigen den Kontakt pflegst, der ihn abgebrochen hat, dass du demjenigen vergibst, der dir Unrecht getan hat und dass du demjenigen gibst, der dir (Dinge) verwehrt. Es besteht nicht darin, auf Gleiches mit Gleichem zu antworten und es zu erwidern.
+Das Pflegen der verwandtschaftlichen Beziehungen besteht darin, ihnen so viel Gutes wie möglich zukommen zu lassen - sei es durch finanzielle Unterstützung, Bittgebete, das Gebieten des Guten und das Verbieten des Schlechten und Ähnliches - sowie darin, so viel Schaden wie möglich von ihnen fernzuhalten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3854</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>Worauf sollen wir dir denn (nochmals) die Treue schwören?‘ Er sagte: ‚Darauf, dass ihr Allah dient und Ihm nichts beigesellt, die fünf Gebete verrichtet, dass ihr - und er flüsterte ein Wort, das ich nicht verstehen konnte - gehorcht und die Menschen um nichts bittet</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Von Abu Muslim Al-Khaulani wird überliefert, dass er sagte: Mir berichtete der Geliebte und Vertrauenswürdige - und er ist mir wahrlich lieb und bei mir vertrauenswürdig - , nämlich 'Auf ibn Malik Al-Aschja'i - möge Allah mit ihm zufrieden sein -: „Wir waren beim Gesandten Allahs - Allahs Segen und Frieden auf ihm -, neun oder acht oder sieben (von uns). Da sagte er: ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Und wir hatten (ihm) erst kürzlich einen Treueeid geleistet. Also sagten wir: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs.‘ Dann sagte er (erneut): ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Wir sagten wieder: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs.‘ Dann sagte er (erneut): ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Da streckten wir unsere Hände aus und sagten: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs. Worauf sollen wir dir denn (nochmals) die Treue schwören?‘ Er sagte: ‚Darauf, dass ihr Allah dient und Ihm nichts beigesellt, die fünf Gebete verrichtet, dass ihr - und er flüsterte ein Wort, das ich nicht verstehen konnte - gehorcht und die Menschen um nichts bittet.‘ Bei Allah, ich habe einige dieser Männer gesehen, deren Peitsche herunterfiel, und sie baten niemanden darum, sie ihnen aufzuheben.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - war mit einer Gruppe von Gefährten und bat sie dreimal, ihm die Treue zu schwören und ihm zu versprechen, sich an folgende Dinge zu halten:
 Erstens: Die Anbetung Allahs allein, indem man Seinen Geboten gehorcht und Seine Verbote meidet, und Ihm nichts beigesellt.
 Zweitens: Das Verrichten der fünf Pflichtgebete am Tag und in der Nacht.
 Drittens: Auf denjenigen hören und demjenigen im Guten gehorchen, der über die Muslime herrscht.
 Viertens: All ihre Bedürfnisse Allah anzuvertrauen und die Menschen um nichts davon zu bitten. Der Prophet - Allahs Segen und Frieden auf ihm - senkte dabei seine Stimme.
 Und die Gefährten - möge Allah mit ihnen zufrieden sein - handelten gemäß dem, worauf sie ihren Treueid geleistet hatten, bis der Überlieferer des Hadith sagte: „Ich habe einige dieser Gefährten gesehen, wie die Peitsche eines von ihnen herunterfiel, und er bat niemanden, sie ihm zu reichen, sondern stieg ab und nahm sie selbst.“</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, davon Abstand zu nehmen, die Menschen um etwas zu bitten, und sich von allem fernzuhalten, was als Bitten bezeichnet wird, und unabhängig von den Menschen zu sein, selbst wenn es um eine kleine Angelegenheit geht.
 Die Art des Bittens, die untersagt ist, bezieht sich auf Bitten um weltliche Dinge. Es schließt jedoch nicht das Fragen nach Wissen und Angelegenheiten der Religion aus.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4176</t>
   </si>
   <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
-    <t>‚Wer jemandem in Zahlungsnot Aufschub gewährt, oder ihm etwas erlässt, dem gewährt Allah Schatten unter Seinem Thron am Tag der Auferstehung, am Tag an dem es keinen Schatten gibt, außer Seinem Schatten!‘“</t>
+    <t>‚Wer jemandem in Zahlungsnot Aufschub gewährt, oder ihm etwas erlässt, dem gewährt Allah Schatten unter Seinem Thron am Tag der Auferstehung, am Tag, an dem es keinen Schatten gibt, außer Seinem Schatten!‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer jemandem in Zahlungsnot Aufschub gewährt, oder ihm etwas erlässt, dem gewährt Allah Schatten unter Seinem Thron am Tag der Auferstehung, am Tag an dem es keinen Schatten gibt, außer Seinem Schatten!‘“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer jemandem in Zahlungsnot Aufschub gewährt, oder ihm etwas erlässt, dem gewährt Allah Schatten unter Seinem Thron am Tag der Auferstehung, am Tag, an dem es keinen Schatten gibt, außer Seinem Schatten!‘“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige, der einem Schuldner einen Zahlungsaufschub gewährt oder etwas von seinen Schulen erlässt, dafür belohnt wird, indem Allah ihm am Tag der Auferstehung, wenn die Sonne sich den Köpfen der Menschen nähert und ihre starke/intensive Hitze sie quält, Schatten unter Seinem Thron spendet. Niemand wird dann einen Schatten finden, außer derjenige, dem Allah Schatten spendet.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige, der einem Schuldner einen Zahlungsaufschub gewährt oder etwas von seinen Schulden erlässt, dafür belohnt wird, indem Allah ihm am Tag der Auferstehung, wenn die Sonne sich den Köpfen der Menschen nähert und ihre starke/intensive Hitze sie quält, Schatten unter Seinem Thron spendet. Niemand wird dann einen Schatten finden, außer derjenige, dem Allah Schatten spendet.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
-    <t>Der Vorzug der Erleichterung für die Diener Allahs - erhaben ist Er -, und dass sie eine der Ursachen sind, die vor den Schrecken des Jüngsten Tages retten.
+    <t>Der Vorzug es den Dienern Allahs - erhaben ist Er - leicht zu machen, und dass dies eine Ursache ist, die vor den Schrecken des Jüngsten Tages rettet.
 Die Belohnung entspricht der Art der Tat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4186</t>
   </si>
   <si>
     <t>من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع</t>
   </si>
   <si>
     <t>Wer hinauszieht, um Wissen zu erlangen, ist auf dem Wege Allahs unterwegs, bis er zurückkehrt.</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه مرفوعاً: «من خَرج في طلب العلم فهو في سَبِيلِ الله حتى يرجع».</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird vom Propheten - Allahs Segen und Frieden auf ihm - überliefert: "Wer hinauszieht, um Wissen zu erlangen, ist auf dem Wege Allahs unterwegs, bis er zurückkehrt. "</t>
   </si>
   <si>
     <t>معنى الحديث: أن مَنْ خَرج من بيته أو بلده؛ بَحثا عن العلم الشرعي، فهو في حكم من خرج للجهاد في سبيل الله تعالى ، حتى يعود إلى أهله؛ لأنه كالمجاهد في إحياء الدِّين وإذلال الشيطان وإتعاب النَفْس.</t>
   </si>
   <si>
     <t>Die Überlieferung bedeutet: Wer sein Haus oder Land verlässt und nach Wissen in den islamischen Wissenschaften sucht, wird so behandelt, wie jemand der im Jihad auf dem Wege Allahs in den Kampf zieht, bis er zu seiner Familie zurückkehrt. Da man dem Kämpfer im Jihad darin gleicht, dass man die Religion am Leben erhält, den Satan bezwingt und sich selbst ermüdet.</t>
   </si>
   <si>
     <t>أن طلب العلم جهاد في سبيل الله.
@@ -5721,51 +5670,51 @@
   </si>
   <si>
     <t>Nach Wissen zu streben bedeutet im Jihad auf dem Wege Allahs zu kämpfen.
 Derjenige, der nach Wissen strebt, erhält denselben Lohn wie jemand der auf dem Schlachtfeld im Jihad kämpft, da beide etwas leisten, womit sie die Schariah von Allah stärken und sie vor dem verteidigen, was nicht zu ihr gehört.
 Es wird in der Überlieferung gesagt, dass man, wenn man auszieht, um nach Wissen zu streben, den Lohn für seinen Weg - hin und zurück - erhält, bis man wieder zu seiner Familie zurückkehrt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4191</t>
   </si>
   <si>
     <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>‚Wer den Ramadan aus Glauben heraus und in Hoffnung auf den Lohn fastend verbringt, dessen vergangene Sünden werden vergeben.‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer den Ramadan aus Glauben heraus und in Hoffnung auf den Lohn fastend verbringt, dessen vergangene Sünden werden vergeben.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verkündet, dass jener, der den Monat Ramadan aus Glauben an Allah fastet und der festen Überzeugung ist, dass es eine Pflicht ist und Gewissheit über den gewaltigen Lohn und die gewaltigen Belohnungen hat, die Allah - erhaben ist Er - den Fastenden bereitet, und dabei ausschließlich das Angesicht Allahs - erhaben ist Er - anstrebt und nicht fastet um gesehen zu werden oder um gelobt zu werden, dem werden alle vergangenen Sünden vergeben.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verkündet, dass jener, der den Monat Ramadan aus Glauben an Allah fastet und der festen Überzeugung ist, dass es eine Pflicht ist, und Gewissheit über den gewaltigen Lohn und die gewaltigen Belohnungen hat, die Allah - erhaben ist Er - den Fastenden bereitet, und dabei ausschließlich das Angesicht Allahs - erhaben ist Er - anstrebt und nicht fastet um gesehen zu werden oder um gelobt zu werden, dem werden alle vergangenen Sünden vergeben.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Der Vorzug der Aufrichtigkeit (Al-Ikhlas) und die Wichtigkeit des Fastens im Ramadan sowie weiterer rechtschaffener Taten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4196</t>
   </si>
   <si>
     <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>„Wer die beiden kühlen Gebete verrichtet, wird das Paradies betreten.“</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Von Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer die beiden kühlen Gebete verrichtet, wird das Paradies betreten.“</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
@@ -6166,52 +6115,52 @@
     <t>‚Treffen zwei Muslime mit ihren Schwertern aufeinander, ist derjenige, der den anderen tötet, und der Getötete im Feuer!‘</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Von Abu Bakrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Treffen zwei Muslime mit ihren Schwertern aufeinander, ist derjenige, der den anderen tötet, und der Getötete im Feuer!‘ Da sagte ich: ‚O Gesandter Allahs, derjenige, der den anderen getötet hat, ist eins (und klar), aber was ist mit demjenigen, der getötet wurde?!‘ Er sagte: ‚Er war darauf bedacht, seinen Gefährten zu töten!‘“</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass, wenn zwei Muslime mit ihren Schwertern aufeinandertreffen und jeder von ihnen beabsichtigt, den anderen umzubringen, derjenige im Feuer ist, der den anderen tötet, da er seinen Gefährten wirklich getötet hat. Die Gefährten des Propheten verstanden jedoch nicht, wieso auch derjenige im Feuer ist, der getötet wurde. Da berichtete ihnen der Prophet - Allahs Segen und Frieden auf ihm -, dass er ebenfalls im Feuer ist, da er bemüht war, den anderen zu töten und ihn nichts davon abgehalten hat, ihn umzubringen, außer dass derjenige, der ihn tötete, ihm zuvorkam und schneller war als er.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Man verdient es, bestraft zu werden, wenn man im Herzen fest dazu entschlossen ist, eine Sünde zu begehen und die Ursachen dafür in die Tat umsetzt.
 Eine strenge Warnung davor, Muslime zu bekämpfen und die Drohung dafür mit dem Feuer.
-Die Drohung gilt nicht bei berechtigten Kämpfen zwischen Muslimen, wie z. B. das Bekämpfen bewaffneter Rebellen und Krimineller.
-Wer eine große Sünde begeht, wird für seine Tat nicht zum Ungläubigen erklärt, da der Prophet - Allahs Segen und Frieden auf ihm - diejenigen, die sich bekämpfen, als Muslime bezeichnete.
+Die Drohung gilt nicht bei berechtigten Kämpfen zwischen Muslimen, wie z. B. beim Bekämpfen bewaffneter Rebellen und Krimineller.
+Wer eine große Sünde begeht, wird für seine Tat nicht zum Ungläubigen erklärt, da der Prophet - Allahs Segen und Frieden auf ihm - die beiden, die sich bekämpfen, als Muslime bezeichnete.
 Gleich mit welcher Waffe die Muslime aufeinandertreffen: Tötet der eine den anderen sind sowohl derjenige, der den anderen tötete, als auch derjenige, der getötet wurde, im Feuer. Das „Schwert“ wurde in der Überlieferung nur als Beispiel angeführt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4304</t>
   </si>
   <si>
     <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
   </si>
   <si>
     <t>‚Sei enthaltsam/genügsam im Diesseits, so liebt dich Allah. Und sei enthaltsam in dem, was die Menschen besitzen, so lieben dich die Menschen.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
   </si>
   <si>
     <t>Von Abu Al-'Abbas Sahl Ibn Sa'd As-Sa'idi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, weise mich auf eine Tat hin, für die - wenn ich sie ausführe - mich Allah und die Menschen lieben.‘ Da sagte er (also der Prophet): ‚Sei enthaltsam/genügsam im Diesseits, so liebt dich Allah. Und sei enthaltsam in dem, was die Menschen besitzen, so lieben dich die Menschen.‘“</t>
   </si>
   <si>
     <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
   </si>
   <si>
     <t>Ein Mann bat den Propheten - Allahs Segen und Frieden auf ihm - darum, ihn auf eine Tat hinzuweisen, für die Allah und die Menschen ihn lieben werden, wenn er sie ausführt. Da sagte er - Allahs Segen und Frieden auf ihm -: Allah liebt dich, wenn du das Überflüssige vom Diesseits, das, was dir im Jenseits nicht nützt, und das, was deiner Religion schadet, lässt. Und die Menschen lieben dich, wenn du enthaltsam in dem bist, was sie vom Diesseits in ihren Händen besitzen, da sie das Diesseits von Natur aus lieben. Und wer mit ihnen darum konkurriert, den hassen sie; wer es ihnen überlässt, den lieben sie.</t>
   </si>
   <si>
     <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
@@ -7646,63 +7595,63 @@
 Wenn einer der Ungläubigen während des Kampfs den Islam annimmt, ist sein Blut beschützt und man muss sich von (seiner Tötung) fern halten, außer es zeigt sich etwas, was dem widerspricht.
 Die Neigung des Muslims muss entsprechend der islamischen Gesetzgebung sein und nicht entsprechend von Nationalismus und Rachsucht.
 Ibn Hajar sagte: „Es ist erlaubt über Ereignisse zu fragen, bevor sie eintreten, da man davon ausgeht, dass diese Geschichte nicht passiert ist. Was über einige Salaf überliefert wurde, dass dies verpönt ist, so betrifft dies (Ereignisse), die unwahrscheinlich eintreten. Das, was gewöhnlich passieren könnte, so ist es erlaubt, danach zu fragen, um Wissen darüber zu besitzen.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4815</t>
   </si>
   <si>
     <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Ein Diener beging eine Sünde und sagte: ‚O Allah, vergib mir meine Sünde</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - berichtete, was sein Herr - mächtig und majestätisch ist Er - sagte: „Ein Diener beging eine Sünde und sagte: ‚O Allah, vergib mir meine Sünde.‘ Da sprach der Segensreiche und Erhabene: ‚Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünden vergibt und wegen der Sünden bestraft.‘ Dann beging der Diener erneut eine Sünde und sagte: ‚O mein Herr, vergib mir meine Sünde.‘ Da sprach der Segensreiche und Erhabene: ‚Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünden vergibt und wegen der Sünden bestraft.‘ Dann beging der Diener erneut eine Sünde und sagte: ‚O mein Herr, vergib mir meine Sünde.‘ Da sprach der Segensreiche und Erhabene: ‚Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünden vergibt und wegen der Sünden bestraft. Tue, was du willst, denn Ich habe dir vergeben.‘“</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - überlieferte von seinem Herrn, dass, wenn ein Diener eine Sünde begeht und dann sagt: „O Allah, vergib mir meine Sünde“, dann spricht Allah: „Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünde vergibt, sodass Er sie bedeckt und darüber darüber hinwegsieht, oder wegen dieser bestraft. Ich habe ihm vergeben.“ Wenn der Diener dann erneut eine Sünde begeht und sagt: „O mein Herr, vergib mir meine Sünde,“ spricht Allah: „Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünde vergibt, sodass Er sie bedeckt und darüber darüber hinwegsieht, oder wegen dieser bestraft. Ich habe Meinem Diener vergeben.“ Dann beging der Diener erneut eine Sünde und sagte: „O mein Herr, vergib mir meine Sünde.“ Da sprach Allah: „Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünde vergibt, sodass Er sie bedeckt und darüber darüber hinwegsieht, oder wegen dieser bestraft. Ich habe Meinem Diener vergeben. Er kann tun, was er will, solange er immer wenn er eine Sünde begeht, die Sünde verlässt, bereut und sich vornimmt, nicht zurückzukehren. Jedoch überwältigt ihn seien Seele und er fällt erneut in die Sünde. Solange er auf diese Weise fortfährt, dass er sündigt und bereut, werde Ich ihm vergeben, denn die Reue tilgt das, was zuvor war.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - überlieferte von seinem Herrn, dass, wenn ein Diener eine Sünde begeht und dann sagt: „O Allah, vergib mir meine Sünde“, dann spricht Allah: „Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünde vergibt, sodass Er sie bedeckt und darüber hinwegsieht, oder wegen dieser bestraft. Ich habe ihm vergeben.“ Wenn der Diener dann erneut eine Sünde begeht und sagt: „O mein Herr, vergib mir meine Sünde,“ spricht Allah: „Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünde vergibt, sodass Er sie bedeckt und darüber hinwegsieht, oder wegen dieser bestraft. Ich habe Meinem Diener vergeben.“ Dann beging der Diener erneut eine Sünde und sagte: „O mein Herr, vergib mir meine Sünde.“ Da sprach Allah: „Mein Diener hat eine Sünde begangen und weiß, dass er einen Herrn hat, Der die Sünde vergibt, sodass Er sie bedeckt und darüber hinwegsieht, oder wegen dieser bestraft. Ich habe Meinem Diener vergeben. Er kann tun, was er will, solange er immer, wenn er eine Sünde begeht, die Sünde verlässt, bereut und sich vornimmt, nicht zurückzukehren. Jedoch überwältigt ihn seine Seele und er fällt erneut in die Sünde. Solange er auf diese Weise fortfährt, dass er sündigt und bereut, werde Ich ihm vergeben, denn die Reue tilgt das, was zuvor war.“</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Die weite Barmherzigkeit Allahs gegenüber Seinen Dienern und dass der Mensch, egal wie viele Sünden er begangen hat oder was er getan hat, wenn er bereut und aufrichtig zu Ihm zurückkehrt, Allah ihm verzeiht.
 Derjenige, der an Allah - erhaben ist Er - glaubt, hofft auf die Vergebung seines Herrn und fürchtet Seine Strafe. Deshalb eilt er zur Reue und verharrt nicht in der Sünde.
 Die Bedingungen für eine korrekte Reue sind: Das Aufhören mit der Sünde, diese zu bereuen und fest entschlossen sein, nicht mehr zur Sünde zurückzukehren. Wenn man Unrecht gegenüber Menschen in Bezug auf (ihren) Besitz, (ihre) Würde oder Seele bereut, kommt eine vierte Bedingung hinzu, nämlich die Wiedergutmachung gegenüber dem Betroffenen oder die Rückgabe seines Rechts.
-Die Wichtigkeit des Wissens über Allah, das dem Gläubigen dazu verhilft, sich mit den Angelegenheiten seines Glaubens auszukennen, sodass er bereut, wenn er Fehler begeht und weder die Hoffnung aufgibt noch damit fortfährt.</t>
+Die Wichtigkeit des Wissens über Allah, das dem Gläubigen dazu verhilft, sich mit den Angelegenheiten seines Glaubens auszukennen, sodass er bereut, wenn er Fehler begeht und nicht die Hoffnung aufgibt oder damit fortfährt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4817</t>
   </si>
   <si>
     <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>„Wer Knoblauch oder Zwiebel gegessen hat, der soll sich von uns fern halten - oder er sagte: „der soll sich von unserer Moschee fern halten“ - und in seinem Haus bleiben.“</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
     <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer Knoblauch oder Zwiebel gegessen hat, der soll sich von uns fern halten - oder er sagte: „der soll sich von unserer Moschee fern halten“ - und in seinem Haus bleiben.“ Und (er überliefert), dass dem Propheten - Allahs Segen und Frieden auf ihm - ein Topf gebracht wurde, in dem Gemüse und Kräuter waren. Er nahm einen Geruch daraus wahr und fragte danach. Dann wurden ihm die Kräuter genannt, die darin waren. Da sagte er, dass sie es einem seiner Gefährten geben sollen, der mit ihm war. Als dieser es sah, verabscheute er, es zu essen. Er (der Prophet) sagte: „Iss, denn ich führe vertrauliche Gespräche mit jemandem, mit dem du keine vertrauliche Gespräche führst.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte demjenigen, der Knoblauch oder Zwiebeln gegessen hatte, zur Moschee zu kommen, damit er seine Brüder, die zum Gemeinschaftsgebet kommen, nicht durch diesen Geruch stört. Diese Untersagung bezieht sich nur auf das Kommen zur Moschee und nicht auf das Verzehren dieser beiden, da sie zu den erlaubten Speisen gehören. So wurde dem Propheten - Allahs Segen und Frieden auf ihm - einst ein Topf mit Gemüse gebracht und als er einen Geruch davon wahrnahm und ihm gesagt wurde, was sich darin befindet, hat er es nicht gegessen und einem seiner Gefährten gegeben, damit er davon isst. Er wollte es jedoch nicht essen, um ihm nachzuahmen. Als er - Allahs Segen und Frieden auf ihm - dies sah, sagte er: "Iss! Denn ich spreche vertraut mit den Engeln durch die Offenbarung."
 So berichtete der Prophet - Allahs Segen und Frieden auf ihm - auch, dass die Engel durch unangenehme Gerüche gestört werden, wie die Menschen dadurch gestört werden.</t>
   </si>
@@ -7717,72 +7666,72 @@
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>Die Untersagung zur Moschee zu kommen, wenn man Knoblauch, Zwiebeln oder Lauch gegessen hat.
 Diesen Dingen wird alles hinzugefügt, was einen unangenehmen Geruch hat und die Betenden stört, wie der Geruch von Zigaretten, Tabak usw.
 Der Grund der Untersagung (zur Moschee zu kommen) ist der Geruch. Wenn dieser vergeht, da man diese (Dinge) lange gekocht hat o. ä., fällt die Verpöntheit weg.
 Es ist für denjenigen, der dazu verpflichtet ist das Gebet in der Moschee zu verrichten, verpönt diese Dinge zu essen, damit er das Gemeinschaftsgebet in der Moschee nicht verpasst. Wenn er es jedoch isst, damit er nicht (zur Moschee) gehen darf, wird es verboten.
 Der Prophet - Allahs Segen und Frieden auf ihm - unterließ es, Knoblauch usw. zu verzehren; nicht weil es verboten ist, sondern weil er zu Jibril - Friede sei auf ihm - spricht.
 Die gute Lehrweise des Propheten - Allahs Segen und Frieden auf ihm -, da er das Urteil gemeinsam mit der Erklärung des Grunds nannte, damit der Angesprochene Ruhe empfindet, da er die Weisheit dahinter kennt.
 Al-Qadi sagte: Die Gelehrten beziehen dies auf alle Versammlungen zum Gebet, auch wenn es nicht in der Moschee ist, wie am Gebetsort für das Festgebet, das Totengebet, und andere Sitzungen der Gottesdienste, des Wissens, des Gedenken Allahs, Festmahle usw. Die Märkte usw. fallen nicht darunter.
 Die Gelehrten sagen, dass in diesem Hadith ein Beweis dafür ist, dass es verboten ist, Knoblauch und dergleichen zu essen, um die Moschee zu betreten - selbst wenn sie leer ist - weil sie der Ort der Engel ist, und weil die Überlieferungen dazu allgemein sind.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4850</t>
   </si>
   <si>
     <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>Wahrlich, die Gerechten sind bei Allah auf Stufen aus Licht, zur Rechten des Allerbarmers, und beide Seine Hände sind rechts</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, die Gerechten sind bei Allah auf Stufen aus Licht, zur Rechten des Allerbarmers, und beide Seine Hände sind rechts. Dies sind diejenigen, die in ihrem Urteil, mit ihren Angehörigen und in allem, was ihnen anvertraut wurde, gerecht sind.“</t>
+    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, die Gerechten sind bei Allah auf Stufen aus Licht, zur Rechten des Allerbarmers, und beide Seine Hände sind rechts. Dies sind diejenigen, die in ihrem Urteil, mit ihren Angehörigen und in allem, was ihnen anvertraut wurde, gerecht sind.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass diejenigen, die gerecht und rechtschaffen zwischen den Menschen, die unter ihrem Befehl und Urteil stehen, und zwischen ihren Familien urteilen, am Tag des Jüngsten Gerichts auf hohen und erhabenen Sitzen aus Licht sitzen werden, als eine Ehrung für sie. Und diese Podeste befinden sich zur Rechten des Allerbarmers - erhaben ist Er -, und beide Hände von Ihm - gepriesen sei Er - sind rechts.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Der Vorzug der Gerechtigkeit und die Ermutigung dazu.
 Die Gerechtigkeit ist allgemein und umfasst alle Herrschaftsbereiche und das Richten zwischen den Menschen, einschließlich der Gerechtigkeit zwischen den Ehefrauen, Kindern usw.
 Die Darlegung des hohen Ranges der Gerechten am Tag der Auferstehung.
 Die unterschiedlichen Stufen der Gläubigen am Tag der Auferstehung, je nach ihren Taten.
-Der Ansatz der Ermutigung ist eine Methode des Aufrufs, die den Eingeladenen zum Gehorsam anspornt.</t>
+Die Methode der Ermutigung ist eine Methode der Einladung (zur Religion), die den Eingeladenen zum Gehorsam anspornt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4935</t>
   </si>
   <si>
     <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>„Wem Sanftmut verwehrt wird, dem wird alles Gute verwehrt.“</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>Von Jarir - möge Allah mit ihm zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Wem Sanftmut verwehrt wird, dem wird alles Gute verwehrt.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass demjenigen, dem Sanftmut verwehrt wird und der weder in religiösen noch in diesseitigen Angelegenheiten, weder im Umgang mit sich selbst noch mit anderen dazu befähigt ist, alles Gute vorenthalten wurde.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
@@ -7796,63 +7745,63 @@
 Sufyan Ath-Thawri - möge Allah ihm barmherzig sein - sagte zu seinen Gefährten: „Wisst ihr, was Sanftmut ist? Es bedeutet, die Dinge an ihren richtigen Platz zu setzen: Strenge an ihrem Platz, Milde an ihrem Platz, das Schwert an seinem Platz und die Peitsche an ihrem Platz.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4939</t>
   </si>
   <si>
     <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>Meine gesamte Glaubensgemeinschaft wird ins Paradies eintreten, außer diejenigen, die es ablehnen</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Meine gesamte Glaubensgemeinschaft wird ins Paradies eintreten, außer diejenigen, die es ablehnen.“ Sie fragten: „O Gesandter Allahs, und wer lehnt es ab?“ Er sagte: „Wer mir gehorcht, wird ins Paradies eintreten, und wer mir nicht gehorcht, hat es abgelehnt.“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass jeder aus seiner Gemeinschaft ins Paradies eintreten werden, außer diejenigen, die sich weigern!
 Da fragten die Gefährten - möge Allah mit ihnen zufrieden sein -: „Und wer weigert sich, o Gesandter Allahs?!“
-Der Prophet - Allahs Segen und Frieden auf ihm - antwortete ihnen: Wer sich dem Gesandten - Allahs Segen und Frieden auf ihm - fügt, ihm folgt und ihm gehorcht, wird ins Paradies eintreten. Wer sich jedoch widersetzt und sich dem Gesetz nicht beugt, hat sich durch seine schlechten Taten den Eintritt ins Paradies verwehrt.</t>
+Der Prophet - Allahs Segen und Frieden auf ihm - antwortete ihnen: „Wer sich dem Gesandten - Allahs Segen und Frieden auf ihm - fügt, ihm folgt und ihm gehorcht, wird ins Paradies eintreten. Wer sich jedoch widersetzt und sich dem Gesetz nicht beugt, hat sich durch seine schlechten Taten den Eintritt ins Paradies verwehrt.“</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Der Gehorsam gegenüber dem Gesandten - Allahs Segen und Frieden auf ihm - ist Gehorsam gegenüber Allah, und der Ungehorsam gegenüber ihm ist Ungehorsam gegenüber Allah.
 Der Gehorsam gegenüber dem Propheten - Allahs Segen und Frieden auf ihm - führt zum Paradies, und sein Ungehorsam führt zur Hölle.
 Eine frohe Botschaft für die Gehorsamen aus dieser Gemeinschaft, und (diese ist,) dass alle von ihnen ins Paradies eintreten werden, außer denjenigen, die sich Allah und Seinem Gesandten widersetzen.
-Sein - Allahs Segen und Frieden auf ihm - Mitgefühl mit seiner Gemeinschaft und sein Eifer, sie zu führen/leiten.</t>
+Seine - Allahs Segen und Frieden auf ihm - Fürsorge um seine Gemeinschaft und sein Eifer, sie zur Rechtleitung zu führen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4947</t>
   </si>
   <si>
     <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>„Die Füße eines Menschen werden sich am Tag der Auferstehung nicht von ihrem Platz bewegen, bis er gefragt wird über sein Leben, wie er es verbracht hat, über sein Wissen, was er damit getan hat, über sein Vermögen, woher er es erworben und wofür er es ausgegeben hat, und über seinen Körper, wofür er ihn genutzt hat.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Von Abu Barzah Al-Aslami wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Füße eines Menschen werden sich am Tag der Auferstehung nicht von ihrem Platz bewegen, bis er gefragt wird über sein Leben, wie er es verbracht hat, über sein Wissen, was er damit getan hat, über sein Vermögen, woher er es erworben und wofür er es ausgegeben hat, und über seinen Körper, wofür er ihn genutzt hat.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass niemand am Tag der Auferstehung den Ort der Abrechnung überschreiten wird, weder in Richtung Paradies noch Hölle, bis er über folgende Dinge befragt wird:
@@ -7907,75 +7856,75 @@
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، حيث أخبر عن فتح خيبر فكان كما أخبر.
 الحث على الإقدام والمبادرة إلى ما أمر به رسول الله صلى الله عليه وسلم.
 لا يجوز قتل من نطق بالشهادتين إلا إذا ظهر منه ما يستوجب القتل.
 تجري أحكام الإسلام على ما يظهر من الناس والله يتولى سرائرهم.
  المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.</t>
   </si>
   <si>
     <t>Die Prophetengefährten verabscheuten die Führung, da die Verantwortung darin gewaltig ist.
 Es ist erlaubt, bestrebt nach einer Angelegenheit zu sein und sich für diese bereitzustellen, wenn man sich vergewissert hat, dass sie gut ist.
 Der Führer wies den Armeekommandeur an, wie er sich auf dem Schlachtfeld zu verhalten hat.
 Die Gefährten des Gesandten - Allahs Segen und Frieden auf ihm - hielten an seinen Ratschlägen fest und beeilten sich, diese auszuführen.
 Wenn einem etwas von dem, worum man gebeten wurde, unklar ist, muss man danach fragen.
 Zu den Beweisen seines Prophetentums - Allahs Segen und Frieden auf ihm . gehört, dass er über den Sieg gegen die Juden berichtete, da er berichtete, dass Khaybar erobert wird und es so war, wie er berichtete.
 Der Ansporn zu dem, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - befohlen hat, zu eilen und dies zu befolgen.
 Es ist nicht erlaubt denjenigen zu töten, der die zwei Glaubensbekenntnisse ausspricht, außer man sieht von ihm etwas, was seine Tötung verpflichtend macht.
 Die Urteile des Islams werden auf das bezogen, was man von den Menschen sieht. Allah kümmert sich um ihr Verborgenes.
 Das gewaltigste Ziel beim Kampf ist, dass die Menschen den Islam annehmen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4958</t>
   </si>
   <si>
     <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
-    <t>„Jibril hörte nicht auf, mich (zur Güte) mit dem Nachbarn zu ermahnen, bis ich dachte, dass er ihn für erbberechtigt erklärt.“</t>
+    <t>‚Jibril hörte nicht auf, mich (zur Güte) mit dem Nachbarn zu ermahnen, bis ich dachte, dass er ihn für erbberechtigt erklärt.‘“</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
-    <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Jibril hörte nicht auf, mich (zur Güte) mit dem Nachbarn zu ermahnen, bis ich dachte, dass er ihn für erbberechtigt erklärt.“</t>
+    <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Jibril hörte nicht auf, mich (zur Güte) mit dem Nachbarn zu ermahnen, bis ich dachte, dass er ihn für erbberechtigt erklärt.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Jibril ihm immer wieder befahl, sich um den Nachbarn zu kümmern, unabhängig davon, ob er Muslim oder Nicht-Muslim, nahe oder weit ist. Er soll sein Recht achten, ihm keinen Schaden zufügen, gütig zu ihm sein und seinen (möglichen) Schaden geduldig ertragen. So sehr bestärkte Jibril das Recht des Nachbarn und wiederholte es, dass der Prophet - Allahs Segen und Frieden auf ihm - dachte, dass die Offenbarung ihm befehlen würde, von dem Vermögen seines Nachbarn zu erben, das dieser nach seinem Tod hinterlässt.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Die große Bedeutung des Rechts des Nachbarn und die Verpflichtung, dies zu beachten.
 Die Betonung des Rechts des Nachbarn durch die Mahnung erfordert, dass man ihm Ehre erweist, freundlich und gütig zu ihm ist, ihm keinen Schaden zufügt, ihn im Krankheitsfall besucht, ihm bei Freude gratuliert und ihm im Falle eines Unglücks Beileid ausspricht.
 Je näher die Tür des Nachbarn ist, desto dringlicher ist sein Recht.
-Die Vollkommenheit der Gesetzgebung liegt in dem, was sie anordnet, um das Wohl der Gemeinschaft zu fördern, wie etwa durch durch die Wohltätigkeit gegenüber den Nachbarn und das Abwenden von Schaden von ihnen.</t>
+Die Vollkommenheit der islamischen Gesetzgebung liegt in dem, was sie anordnet, um das Wohl der Gemeinschaft zu fördern, wie etwa durch die Wohltätigkeit gegenüber den Nachbarn und das Abwenden von Schaden von ihnen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4965</t>
   </si>
   <si>
     <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>„Was meint ihr, wenn vor der Tür eines von euch ein Fluss wäre, in dem er sich jeden Tag fünfmal wäscht, würde das etwas von seinem Schmutz übriglassen?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen hörte: „Was meint ihr, wenn vor der Tür eines von euch ein Fluss wäre, in dem er sich jeden Tag fünfmal wäscht, würde das etwas von seinem Schmutz übriglassen?“ Sie sagten: „Es würde nichts von seinem Schmutz übriglassen.“ Er sagte: „So ist es mit den fünf Gebeten, Allah tilgt damit die Sünden.“</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verglich die fünf Gebete jeden Tag und jede Nacht in ihrer Fähigkeit, kleinere Sünden und Verfehlungen zu entfernen und zu sühnen, mit einem Fluss vor der Tür eines Menschen, in dem er sich jeden Tag fünfmal wäscht, sodass nichts von seiner Unreinheit und seinem Schmutz zurückbleibt.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
@@ -8065,193 +8014,193 @@
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass es die Pflicht des Vaters ist, seinen Kindern - sowohl Jungen als auch Mädchen - im Alter von sieben Jahren das Gebet anzuordnen und ihnen beizubringen, was sie für dessen Verrichtung benötigen. Und wenn sie zehn Jahre alt werden, verstärkt er die Anweisung und kann sie leicht schlagen, wenn sie hierbei Mängel aufweisen. Außerdem trennt er die Schlafplätze der Jungen und Mädchen.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Die Erziehung der kleinen Kinder vor der Pubertät in Angelegenheiten der Religion, und eine der wichtigsten davon ist das Gebet.
 Das Schlagen dient der Erziehung, nicht der Folter, so dass er in einer (leichten) Weise geschlagen wird, die angemessen für seinen Zustand ist.
 Die islamische Gesetzgebung legt großen Wert auf den Schutz der Ehre und blockiert jeden Weg, der zu Verderbnis führen könnte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5272</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
-    <t>„Wahrlich, Amulette, Talismane und Zauberei sind Schirk.“</t>
+    <t>‚Wahrlich, Amulette, Talismane und Zauberei sind Schirk.‘“</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Wahrlich, Amulette, Talismane und Zauberei sind Schirk.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wahrlich, Amulette, Talismane und Zauberei sind Schirk.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass bestimmte Handlungen zum Schirk gehören, darunter:
-Erstens: Amulette (Ar-Ruqa): Worte, die von den Menschen der Unwissenheit zur Heilung verwendet werden und Schirk enthalten.
+Erstens: Amulette (Ar-Ruqa): Worte, die von den Menschen (zur Zeit) der Unwissenheit zur Heilung verwendet werden und Schirk enthalten.
 Zweitens: Amulette aus Perlen und ähnlichem, die an Kinder, Tiere und andere angebracht werden, um den bösen Blick abzuwehren.
-Drittens: Die Zaubermittel (At-Tiwalah), die hergestellt werden, damit einer von den Ehepartner den anderen liebt.
-Diese Dinge sind Schirk, weil sie Dinge als Ursachen betrachten, die weder durch rechtmäßige Beweise (Schari'ah) noch durch tatsächliche Erfahrung (fühlbare Wahrnehmung) bestätigt sind. Was jedoch die rechtmäßigen Ursachen angeht, wie das Lesen des Qurans oder die fühlbaren Ursachen wie Medikamente, die durch Erfahrung bestätigt wurden, so sind sie erlaubt, solange man glaubt, dass sie Ursachen sind und dass Nutzen und Schaden allein in der Hand Allahs liegen.</t>
+Drittens: Die Zaubermittel (At-Tiwalah), die hergestellt werden, damit einer von den Ehepartnern den anderen liebt.
+Diese Sachen fallen unter den Schirk, weil sie Dinge als Ursachen betrachten, die weder eine rechtmäßige Ursache, belegt durch einen islamischen Beweis, darstellen, noch eine fühlbare Ursache, bestätigt durch Erfahrungen, darstellen. Was jedoch die rechtmäßigen Ursachen angeht, wie das Lesen des Qurans, oder die fühlbaren Ursachen, wie Medikamente, die durch Erfahrung bestätigt wurden, so sind sie erlaubt, solange man glaubt, dass sie Ursachen sind und dass Nutzen und Schaden allein in der Hand Allahs liegen.</t>
   </si>
   <si>
     <t>صيانة التوحيد والعقيدة عما يُخِلُّ بها.
 تحريم استعمال الرقى الشركية والتمائم والتولة.
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
-    <t>Die Wahrung des Monotheismus und der Glaubensüberzeugung vor allem, was diese gefährden könnte.
+    <t>Die Wahrung des Monotheismus (Tauhids) und der Glaubensüberzeugung vor allem, was diese gefährden könnte.
 Das Verbot der Verwendung von Amuletten, Talismanen und Zaubermitteln, die Schirk beinhalten.
 Der Glaube einer Person, dass diese drei Dinge Ursachen (für Schutz) sind, ist kleiner Schirk, da sie etwas, das keine Ursache ist, als Ursache betrachtet. Wenn jedoch geglaubt wird, dass diese Dinge von sich aus Nutzen bringen oder Schaden verursachen, dann ist das großer Schirk.
 Die Warnung davor, Dinge zu tun, die Schirk enthalten und verboten sind.
 Das Verbot von Amuletten und die Tatsache, dass es Schirk ist, es sei denn, sie sind gesetzlich erlaubt.
 Das Herz sollte nur an Allah gebunden sein, denn nur von Ihm allein kommen Nutzen und Schaden, und niemand außer Allah kann Gutes bringen oder Übel abwenden.
 Erlaubte Amulette/Methoden (Ruqa) müssen drei Bedingungen erfüllen:
 (1.) Man muss glauben, dass sie nur eine Ursache sind und nur mit Allahs Erlaubnis wirken.
 (2.) Sie müssen aus dem Quran, den Namen und Eigenschaften Allahs, den prophetischen Bittgebeten und den gesetzlich erlaubten Bittgebeten bestehen.
 (3.) Sie müssen in einer verständlichen Sprache verfasst sein und keine Talismane oder Zauberei enthalten.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5273</t>
   </si>
   <si>
     <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
-    <t>Wisst ihr, was Al-Ghibah ist?“ Sie sagten: „Allah und Sein Gesandter wissen es besser.“ Er sagte: „Es ist, wenn du deinen Bruder mit dem erwähnst, was er nicht mag</t>
+    <t>Wisst ihr, was üble Nachrede (arab.: Al-Ghibah) ist?“ Sie sagten: „Allah und Sein Gesandter wissen es besser.“ Er sagte: „Es ist, wenn du deinen Bruder mit dem erwähnst, was er nicht mag</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandter Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wisst ihr, was Al-Ghibah ist?“ Sie sagten: „Allah und Sein Gesandter wissen es besser.“ Er sagte: „Es ist, wenn du deinen Bruder mit dem erwähnst, was er nicht mag.“ Man fragte: „Und wenn das, was ich sage, tatsächlich auf meinen Bruder zutrifft?“ Er antwortete: „Wenn es wahr ist, was du sagst, dann hast du üble Nachrede über ihn begangen. Und wenn es nicht zutrifft, dann hast du ihn falsch beschuldigt.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandter Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wisst ihr, was üble Nachrede (arab.: Al-Ghibah) ist?“ Sie sagten: „Allah und Sein Gesandter wissen es besser.“ Er sagte: „Es ist, wenn du deinen Bruder mit dem erwähnst, was er nicht mag.“ Man fragte: „Und wenn das, was ich sage, tatsächlich auf meinen Bruder zutrifft?“ Er antwortete: „Wenn es wahr ist, was du sagst, dann hast du üble Nachrede über ihn begangen. Und wenn es nicht zutrifft, dann hast du ihn falsch beschuldigt.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt die wahre Bedeutung der verbotenen Nachrede: Es ist das Erwähnen eines abwesenden Muslims mit etwas, das er nicht mag, sei es hinsichtlich seiner äußeren oder inneren Eigenschaften, wie etwa „der Einäugige“, „der Betrüger“ oder „der Lügner“, und ähnliche abwertende Beschreibungen, selbst wenn diese Eigenschaften tatsächlich bei ihm vorhanden sein sollten.
 Wenn die beschriebene Eigenschaft jedoch nicht bei ihm vorhanden ist, ist das noch schlimmer als Verleumdung; es wäre Falschheit (Al-Buhtan), d. h. die falsche Beschuldigung eines Menschen mit Eigenschaften, die er nicht hat.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Die schöne Lehrmethode des Propheten - Allahs Segen und Frieden auf ihm -, bei der er Fragen stellt, um die Themen zu vermitteln.
 Das gute Benehmen der Gefährten gegenüber dem Propheten - Allahs Segen und Frieden auf ihm - als sie sagten: „Allah und Sein Gesandter wissen es am besten.“
 Die Antwort des Befragten auf Fragen, deren Antwort er nicht kennt, mit „Allah weiß es am besten.“
-Die Wahrung der Schariah für die Gemeinschaft durch den Schutz der Rechte und der Brüderlichkeit untereinander.
+Die Wahrung der islamischen Gesetzgebung für die Gemeinschaft durch den Schutz der Rechte und der Brüderlichkeit untereinander.
 Die Nachrede ist grundsätzlich verboten, es sei denn, in bestimmten Fällen wegen eines Nutzens. Dazu gehört:
 - Abwehr von Unrecht: Der zu Unterdrückte kann den Namen desjenigen nennen, der ihm Unrecht tat, um Gerechtigkeit zu erlangen, indem er zum Beispiel sagt: „Der Soundso hat mir Unrecht getan“ oder „Er hat mir dies und das angetan“, wenn er dies bei jemandem tut, der ihm sein Recht geben kann.
 - Die Beratung bei der Wahl eines Ehepartners, eines Geschäftspartners, eines Nachbarn usw.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5326</t>
   </si>
   <si>
     <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>‚O Allah, wer immer von meiner Gemeinschaft Verantwortung für etwas übernimmt und es ihnen schwer macht, mache es ihm ebenfalls schwer. Und wer immer von meiner Gemeinschaft Verantwortung für etwas übernimmt und es ihnen erleichtert, erleichtere es ihm.‘“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich habe den Gesandten Allahs - Allahs Segen und Frieden auf ihm - in diesem meinem Haus sagen hören: ‚O Allah, wer immer von meiner Gemeinschaft Verantwortung für etwas übernimmt und es ihnen schwer macht, mache es ihm ebenfalls schwer. Und wer immer von meiner Gemeinschaft Verantwortung für etwas übernimmt und es ihnen erleichtert, erleichtere es ihm.‘“</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sprach Bittgebete gegen jeden, der Verantwortung für etwas unter den Muslimen übernimmt, sei es eine große oder kleine Aufgabe, sei es allgemein oder spezifisch, - wenn diese Person den Menschen Schwierigkeiten bereitet und nicht gütig zu ihnen ist - , dass Allah sie entsprechend ihrem Handeln mit Schwierigkeiten strafen soll.
 Und dass derjenige, der gütig mit ihnen ist und ihre Angelegenheiten erleichtert, Allah ebenfalls gütig mit ihm umgehen wird und seine Angelegenheiten erleichtern wird.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
-    <t>Wer auch immer Verantwortung für etwas von den Angelegenheiten der Muslime übernimmt, sollte ihnen soweit er kann mit Fürsorge begegnen.
+    <t>Wer auch immer Verantwortung für etwas von den Angelegenheiten der Muslime übernimmt, sollte ihnen, soweit er kann, mit Güte begegnen.
 Die Belohnung entspricht der Art der Tat.
-Das Maß dafür, was als Fürsorglichkeit oder Strenge gilt, ist das, was im Einklang mit dem Buch (dem Quran) und der Sunnah steht.</t>
+Das Maß dafür, was als Güte oder Strenge gilt, ist das, was im Einklang mit dem Buch (dem Quran) und der Sunnah steht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5330</t>
   </si>
   <si>
     <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>‚Wahrlich, es gibt Männer, die sich unrechtmäßig an dem Vermögen Allahs vergreifen; für sie ist das Feuer am Tag der Auferstehung bestimmt.‘“</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Von Khawlah Al-Ansariyyah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Wahrlich, es gibt Männer, die sich unrechtmäßig an dem Vermögen Allahs vergreifen; für sie ist das Feuer am Tag der Auferstehung bestimmt.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete über Menschen, die sich unrechtmäßig an dem Vermögen der Muslime vergreifen und es ohne Rechtmäßigkeit aneignen. Dies umfasst allgemein das unrechtmäßige Sammeln und Verdienen von Geld, das Ausgeben in unzulässige Bereiche sowie das Verlangen nach unverdienten Mitteln. Dazu gehört auch das unrechtmäßige Verzehren von Waisenvermögen, von Stiftungsvermögen, das Verwehren von Treuhandgeldern und das Erhalten von öffentlichen Geldern ohne Anspruch.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete über Menschen, die sich unrechtmäßig an dem Vermögen der Muslime vergreifen und es sich ohne Rechtmäßigkeit aneignen. Dies umfasst allgemein das unrechtmäßige Sammeln und Verdienen von Geld, das Ausgeben in unzulässige Bereiche sowie das Verlangen nach unverdienten Mitteln. Dazu gehört auch das unrechtmäßige Verzehren von Waisenvermögen, von Stiftungsvermögen, das Verwehren von Treuhandgeldern und das Erhalten von öffentlichen Geldern ohne Anspruch.
 Dann berichtete er - Allahs Segen und Frieden auf ihm -, dass ihre Strafe am Tag der Auferstehung das Feuer sein wird.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Das Geld, das sich in den Händen der Menschen befindet, ist das Vermögen Allahs. Er hat ihnen die Verwaltung dieses Geldes anvertraut, damit sie es auf rechtmäßige Weise ausgeben und unrechtmäßige Handlungen vermeiden. Dies gilt sowohl für die Herrscher als auch für alle anderen Menschen.
 Der Islam ist streng im Umgang mit öffentlichen Geldern und betont, dass jeder, der Verantwortung für solche Mittel übernimmt, am Tag der Auferstehung für deren Verwaltung und Verwendung Rechenschaft ablegen muss.
 Diese Warnung gilt für jeden, der sich auf unrechtmäßige Weise am Vermögen vergreift, sei es sein eigenes Geld oder das Geld anderer.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5331</t>
   </si>
   <si>
     <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>„Hütet euch vor (bösen) Vermutungen, denn Vermutungen sind die größten Lügen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
@@ -8264,120 +8213,120 @@
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbietet und warnt vor einigen Dingen, die zu Zwietracht und Feindschaft unter den Muslimen führen können. Zu diesen Dingen gehören:
 Die (bösen) Vermutungen, die eine Anschuldigung sind, die ohne Beweis im Herzen entsteht. Er verdeutlichte, dass es zu den größten Lügen gehört.
 Und das Ausspionieren, was die Suche nach den Fehlern der Menschen mit Augen oder Ohren ist.
 Und das Belauern, was die Suche nach verborgenen Dingen ist, und meist im Zusammenhang mit dem Bösen verwendet wird.
 Und der Neid, d. h. die Abneigung, dass andere Gnaden erhalten.
 Und das Abwenden, indem sich einige von anderen abwenden, und ihren muslimischen Bruder weder grüßen noch besuchen.
 Und der Hass, die Abscheu und die Abneigung, wie das Schaden anderer, das Stirnrunzeln und die schlechte Begegnung.
 Dann sagte er einen umfassenden Satz, der die Beziehungen der Muslime untereinander verbessert: „Und seid Diener Allahs als Brüder.“ Die Brüderlichkeit ist ein Band, das die Beziehungen zwischen den Menschen stärkt und die Liebe und Zuneigung zwischen ihnen vermehrt.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
-    <t>Schlechte Vermutungen gegenüber jemandem, der Anzeichen dafür zeigt, schaden ihm nicht. Ein Gläubiger sollte jedoch klug und scharfsinnig sein und sich nicht von schlechten und frevlerischen Menschen täuschen lassen.
+    <t>Schlechte Vermutungen gegenüber jemandem, der Anzeichen dafür zeigt, schaden nicht. Ein Gläubiger sollte klug und scharfsinnig sein und sich nicht von schlechten und frevlerischen Menschen täuschen lassen.
 Gemeint ist die Warnung vor der Anschuldigung, die sich in der Seele festsetzt, und davor, auf dieser zu beharren. Was jedoch nur vorübergehend in der Seele auftaucht und sich nicht festsetzt, dafür wird man nicht zur Rechenschaft gezogen.
 Das Verbot der Ursachen von Zwietracht und Trennung zwischen den Mitgliedern der muslimischen Gemeinschaft, wie Spionage, Neid und dergleichen.
 Die Empfehlung, den Muslim in Bezug auf den guten Rat und die Zuneigung wie einen Bruder zu behandeln.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5332</t>
   </si>
   <si>
     <t>سباب المسلم فسوق، وقتاله كفر</t>
   </si>
   <si>
     <t>„Das Beleidigen des Muslim ist Frevel, und ihn zu töten ist Unglaube.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سِبَابُ المُسْلِمِ فُسُوقٌ، وَقِتَالُهُ كُفْرٌ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Beleidigen des Muslim ist Frevel, und ihn zu töten ist Unglaube.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم المُسلمَ أنْ يَشْتُمَ ويَسُبَّ أخاه المسلمَ، وأنَّ ذلك من الفسوق وهو الخروج عن طاعة الله ورسوله صلى الله عليه وسلم، وأنَّ مُقاتَلَةَ المسلمِ أخاه المسلمَ من الأعمال الكُفْرِيّة، لكنه كُفْرٌ أصغر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte es dem Muslim, dass er seinen muslimischen Bruder beleidigt oder schmäht. Dies gehört zum Frevel, d. h. zum Verlassen des Gehorsams gegenüber Allah und Seinem Gesandten - Allahs Segen und Frieden auf ihm -. Dass der Muslim seinen muslimischen Bruder tötet, gehört zu den Taten des Unglaubens, jedoch ist der kleine Unglauben hier gemeint.</t>
   </si>
   <si>
     <t>وجوب احترام عِرْضِ المسلم ودمِهِ.
 عِظَم مآل سابِّ المسلم بغير حق؛ فالسابُّ بغير حق فاسق.
 سباب المسلم وقتاله يُضْعِفُ الإيمان وينقصه.
 بعض الأعمال تُسمى كُفْرًا؛ وإنْ لم تَصِل إلى الكفر الأكبر المخرج عن مِلَّة الإسلام.
 المراد بالكفر هنا الكفر الأصغر الذي لا يُخْرِج مِن المِلّة باتفاق أهل السنة؛ لأن الله عز وجل أثبت أُخُوَّةَ الإيمان للمؤمنين حال اقتتالِهم ونزاعِهم، فقال تعالى: (وَإِنْ طَائِفَتَانِ مِنَ الْمُؤْمِنِينَ اقْتَتَلُوا فَأَصْلِحُوا بَيْنَهُمَا) إلى قوله: ( إِنَّمَا الْمُؤْمِنُونَ إِخْوَةٌ).</t>
   </si>
   <si>
     <t>Die Pflicht, die Ehre und das Blut des Muslim zu ehren.
 Die Sünde, einen Muslim zu Unrecht zu beleidigen, ist gewaltig. Derjenige, der zu Unrecht beleidigt, ist ein Frevler.
 Das Beleidigen und Töten des Muslim schwächt und verringert den Glauben.
 Einige Taten werden als Unglaube bezeichnet, auch wenn es nicht die Stufe des großen Unglauben erreicht, der einen die Glaubensgemeinschaft des Islam verlassen lässt.
 Mit dem Unglauben ist hier der kleine Unglaube gemeint, der einen laut Übereinstimmung von Ahlu Sunnah nicht die Glaubensgemeinschaft verlassen lässt, denn Allah - mächtig und majestätisch ist Er - bestätigte die Brüderlichkeit des Glaubens für die Gläubigen, selbst wenn sie sich bekämpfen und streiten. So sagte der Erhabene: "Und wenn zwei Gruppen von den Gläubigen miteinander kämpfen, so stiftet Frieden zwischen ihnen." [Al-Hujurat:9] bis zu Seiner Aussage: "Die Gläubigen sind doch Brüder." [Al-Hujurat:10]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5333</t>
   </si>
   <si>
     <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
-    <t>‚Kein Diener, dem Allah Verantwortung für eine Gemeinschaft übertragen hat, wird sterben, während er seine Verantwortung gegenüber dieser Gemeinschaft falsch erfüllt, ohne dass Allah ihm das Paradies verwehrt.‘“</t>
+    <t>‚Kein Diener, dem Allah Verantwortung für eine Gemeinschaft übertragen hat, wird sterben, während er seiner Verantwortung gegenüber betrügerisch ist, ohne dass Allah ihm das Paradies verwehrt.‘“</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
-    <t>Von Ma'qil Ibn Yasar Al-Muzani - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Kein Diener, dem Allah Verantwortung für eine Gemeinschaft übertragen hat, wird sterben, während er seine Verantwortung gegenüber dieser Gemeinschaft falsch erfüllt, ohne dass Allah ihm das Paradies verwehrt.‘“</t>
+    <t>Von Ma'qil Ibn Yasar Al-Muzani - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Kein Diener, dem Allah Verantwortung für eine Gemeinschaft übertragen hat, wird sterben, während er seiner Verantwortung gegenüber betrügerisch ist, ohne dass Allah ihm das Paradies verwehrt.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet darüber, dass jeder, dem Allah Verantwortung für andere Menschen übertragen hat - sei es eine allgemeine Verantwortung wie die eines Herrschers oder eine spezifische Verantwortung wie die eines Mannes in seiner Familie oder einer Frau in ihrem Haus - und der seine Pflicht gegenüber seiner Gemeinschaft vernachlässigt, sie getäuscht und nicht beraten hat, indem er ihre religiösen und weltlichen Rechte missachtet hat, diese strenge Strafe verdient.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet darüber, dass jeder, dem Allah Verantwortung für andere Menschen übertragen hat - sei es eine allgemeine Verantwortung, wie die eines Herrschers, oder eine spezifische Verantwortung, wie die eines Mannes in seiner Familie oder einer Frau in ihrem Haus - und der seine Pflicht gegenüber seiner Gemeinschaft vernachlässigt, sie getäuscht und nicht beraten hat, indem er ihre religiösen und weltlichen Rechte missachtet hat, diese strenge Strafe verdient.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Diese Warnung gilt nicht nur für den höchsten Herrscher und seine Vertreter, sondern ist allgemein für jeden, dem Allah Verantwortung für eine Gemeinschaft übertragen hat.
-Es ist die Pflicht eines jeden, der Verantwortung für eine Angelegenheit der Muslime übernimmt, ihnen aufrichtig zu dienen, sich in der Erfüllung der Verantwortung zu bemühen und sich vor Betrug zu hüten.
-Die Gewaltigkeit der Verantwortung jedes Einzelnen, der für eine Gemeinschaft, sei es allgemein oder spezifisch, groß oder klein, Verantwortung trägt.</t>
+Es ist die Pflicht eines jeden, der Verantwortung für eine Angelegenheit der Muslime übernimmt, ihnen Gutes zu raten (und zu wollen), sich in der Erfüllung der Verantwortung zu bemühen und sich vor Betrug zu hüten.
+Die Gewaltigkeit der Verantwortung jedes Einzelnen, der eine allgemeine oder spezifische, große oder kleine Verantwortung trägt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5335</t>
   </si>
   <si>
     <t>كل بني آدم خطاء، وخير الخطائين التوابون</t>
   </si>
   <si>
     <t>Alle Kinder Adams begehen Fehler und die besten unter denen, die Fehler begehen, sind die, die es immer gleich bereuen</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم : «كلُّ بني آدم خَطَّاءٌ، وخيرُ الخَطَّائِينَ التوابون».</t>
   </si>
   <si>
     <t>Von Anas ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm -sagte: "Alle Kinder Adams begehen Fehler und die besten unter denen, die Fehler begehen, sind die, die es immer gleich bereuen!"</t>
   </si>
   <si>
     <t>لا يخلو الإنسان من الخطيئة، لما فُطر عليه من الضعف، وعدم الانقياد لمولاه في فعل ما دعاه إليه، وترك ما نهاه عنه، لكنه تعالى فتح باب التوبة لعباده، وأخبر أن خير الخطائين هم المكثرون من التوبة.</t>
   </si>
   <si>
     <t>Kein Mensch ist frei von Fehlern, da er von Natur aus schwach ist, seinem Herrn nicht gehorcht in den Dingen, zu denen Er ihn ruft und nicht unterlässt, was Er ihm verboten hat. Doch Allah - erhaben ist Er - öffnete Seinen Dienern das Tor der Reue und verkündete, dass die besten unter denen, die Fehler begehen, diejenigen sind, die häufig bereuen.</t>
   </si>
   <si>
     <t>من شأن ابن آدم الخطأ والوقوع في الذنب.
 الواجب على المؤمن إذا تلبس بمعصية أن يبادر بالتوبة.</t>
@@ -8397,52 +8346,52 @@
   <si>
     <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>„Jede gute Tat ist eine Spende (Sadaqah).“</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Jede gute Tat ist eine Spende (Sadaqah).“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jede Art von Güte und Nutzen für andere, sei es in Worten oder Taten, als Spende gilt und es dafür Belohnung und Anerkennung geben wird.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Die Spende ist nicht nur auf das beschränkt, was man aus seinem eigenen Geld gibt, sondern sie umfasst auch jede gute Tat oder jedes gute Wort, was einem anderen zugutekommt.
-Es enthält die Ermutigung, Wohltaten zu erbringen und alles zu tun, was ein Nutzen für andere ist.
-Man sollte nichts von den guten Taten gering schätzen, auch wenn es klein erscheint.</t>
+Hierin ist eine Ermutigung, Wohltaten zu erbringen und alles zu tun, was ein Nutzen für andere ist.
+Man sollte nichts von den guten Taten geringschätzen, auch wenn es wenig ist.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[رواه البخاري من حديث جابر ورواه مسلم من حديث حذيفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5346</t>
   </si>
   <si>
     <t>لا تبدؤوا اليهود ولا النصارى بالسلام، فإذا لقيتم أحدهم في طريق فاضطروه إلى أضيقه</t>
   </si>
   <si>
     <t>„Beginnt bei den Juden und Christen nicht mit dem Gruß. Wenn ihr einen von ihnen auf dem Weg antrifft, drängt ihn in die engste (Seite) des Wegs.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَبْدَؤوا الْيَهُودَ وَلَا النَّصَارَى بِالسَّلَامِ، فَإِذَا لَقِيتُمْ أَحَدَهُمْ فِي طَرِيقٍ فَاضْطَرُّوهُ إِلَى أَضْيَقِهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Beginnt bei den Juden und Christen nicht mit dem Gruß. Wenn ihr einen von ihnen auf dem Weg antrifft, drängt ihn in die engste (Seite) des Wegs.“</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن بَدْءِ اليهودِ والنصارى بالسلام ولو كانوا ذِمِّيِّيْن، فضلًا عن غيرهم من الكفار، وبَيَّن صلى الله عليه وسلم أننا إذا لقينا أحدَهم في طريق فنَضْطَرّه إلى أَضيَق الطريق، فالمؤمن هو الذي يَمشي في وسط الطريق، والذي يَتَنَحَّى هو الكافر، ولا يكون المسلم ذليلًا بحال من الأحوال.</t>
   </si>
@@ -8452,345 +8401,345 @@
   <si>
     <t>لا يجوز للمسلم أن يبتدئ أحدًا من اليهود والنصارى وغيرهم من الكفار بالسلام.
 يجوز رد السلام عليهم إنْ هم بَدؤوا بالسلام بأن يقول: وعليكم.
 لا يجوز للمسلم أنْ يَتَقَصَّدَ أَذيّة الكافر بأن يُضَيِّقَ عليه قصدًا من غير موجب؛ ليضطره إلى أضيق الطريق؛ لكن إن كان الطريق ضيقًا أو مزدحمًا فالمسلم أحق به، والكافر يَتَنَحّى عنه.
 إظهار عزة المسلمين وصَغَار غيرهم، دون ظلم أو بَذَاءة في القول.
 التضييق على الكفار بسبب ما هم عليه من كفر بالله تعالى، قد يكون ذلك سببًا في إسلامهم؛ فينجوا من النار، إذا حملهم ذلك على معرفة السبب.
 لا بأس أن يقول المسلم للكافر ابتداءً كيف حالُك، كيف أصبحتَ، كيف أمسيتَ؟ ونحو ذلك إذا دعت الحاجة إلى ذلك؛ لأن النهي محمول على السلام.
 قال الطيبي: المُختار أنَّ المُبتدع لا يُبدأ بالسلام، ولو سلَّم على مَن لا يعرفه فظهر ذِميًّا أو مبتدعًا يقول: استرجعت سلامي تحقيرًا له.</t>
   </si>
   <si>
     <t>Es ist dem Muslim nicht erlaubt, einen Juden, Christen, oder anderen Ungläubigen zuerst zu grüßen.
 Es ist erlaubt, ihren Gruß zu erwidern, wenn sie zuerst grüßen, indem man „Wa 'alaykum“ sagt.
 Der Muslim darf nicht beabsichtigen, dem Ungläubigen zu schaden, indem er ihn absichtlich und ohne Grund einengt und ihn in die engste (Seite) des Weges drängt. Wenn der Weg jedoch eng oder gefüllt ist, hat der Muslim mehr Anrecht darauf und der Ungläubige muss zur Seite gehen.
 Das Zeigen der Ehre der Muslime und die Schwäche der anderen, ohne dabei ungerecht zu sein oder unanständig zu sprechen.
 Die Ungläubigen aufgrund der Leugnung Allahs - erhaben ist Er -, auf der sie sich befinden, einzuengen, kann ein Grund dafür sein, dass sie den Islam annehmen und vor dem Höllenfeuer errettet werden, wenn dies sie dazu bringt, den Grund zu erfahren.
 Es ist kein Problem, dass der Muslim den Ungläubigen zuerst fragt: „Wie geht es dir? Wie bist du in den Morgen getreten? Wie bist du in den Abend getreten?“ usw., wenn eine Notwendigkeit dafür besteht, da die Untersagung auf den Friedensgruß bezogen ist.
 At-Tayyibi sagte: „Das Bevorzugte ist, dass man den Neuerungsträger nicht zuerst grüßt. Wenn man jemanden grüßt, den man nicht kennt, und dann deutlich wird, dass er ein Schutzbefohlener oder ein Neuerungsträger ist, soll man sagen: „Ich nehme meinen Friedensgruß zurück.“, aus Verachtung ihm gegenüber.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5347</t>
   </si>
   <si>
     <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
-    <t>„Schätze keine gute Tat gering, selbst wenn es nur ist, dass du deinem Bruder mit einem freundlichen Gesicht begegnest.“</t>
+    <t>‚Schätze keine gute Tat gering, selbst wenn es nur ist, dass du deinem Bruder mit einem freundlichen Gesicht begegnest.‘“</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
-    <t>Von Abu Dharr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte zu mir: „Schätze keine gute Tat gering, selbst wenn es nur ist, dass du deinem Bruder mit einem freundlichen Gesicht begegnest.“</t>
+    <t>Von Abu Dharr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte zu mir: ‚Schätze keine gute Tat gering, selbst wenn es nur ist, dass du deinem Bruder mit einem freundlichen Gesicht begegnest.‘“</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ermutigte dazu, Gutes zu tun und es nicht als gering zu betrachten, auch wenn es klein erscheint. Dazu gehört auch, beim Treffen mit anderen fröhlich zu sein, indem man lächelt. Ein Muslim sollte darauf achten, da dies den muslimischen Bruder erfreut und ihm Freude bereitet.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
-    <t>Der Vorzug der gegenseitigen Liebe unter den Gläubigen und des Lächeln und der Freundlichkeit beim Treffen.
+    <t>Der Vorzug der gegenseitigen Liebe unter den Gläubigen und des Lächelns und der Freundlichkeit beim Treffen.
 Die Vollkommenheit und umfassende Natur dieser Gesetzgebung, die alles umfasst, was für das Wohl der Muslime und die Einheit ihres Worts erforderlich ist.
 Die Ermutigung, gutes zu verrichten, auch wenn es gering ist.
 Es ist erwünscht, den Muslimen Freude zu bereiten, da dies die Einheit unter ihnen fördert.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5348</t>
   </si>
   <si>
     <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
-    <t>„Der Starke ist nicht derjenige, der jemanden im Ringen besiegt, sondern der Starke ist derjenige, der sich selbst bei Zorn beherrschen kann.“</t>
+    <t>„Der Starke ist nicht derjenige, der jemanden im Ringen besiegt, sondern der Starke ist derjenige, der sich selbst beim Zorn beherrschen kann.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der Starke ist nicht derjenige, der jemanden im Ringen besiegt, sondern der Starke ist derjenige, der sich selbst bei Zorn beherrschen kann.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der Starke ist nicht derjenige, der jemanden im Ringen besiegt, sondern der Starke ist derjenige, der sich selbst beim Zorn beherrschen kann.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass wahre Stärke nicht durch körperliche Kraft oder die Fähigkeit, andere im Ringen zu besiegen, definiert wird. Vielmehr ist der wahre Starke derjenige, der in Zeiten intensiven Zorns seine eigene Seele zügeln und sich selbst beherrschen kann. Dies weist auf die Stärke seiner Selbstbeherrschung und seine Überlegenheit über den Schaytan hin.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Die Tugend der Geduld und der Selbstbeherrschung bei Zorn, und dass dies zu den guten Taten gehört, zu denen der Islam ermutigt.
 Der Kampf gegen die eigene Seele bei Zorn ist schwieriger als der Kampf gegen einen Feind.
-Der Islam veränderte das vorislamische Verständnis von Stärke hin zu edlen Eigenschaften. Der stärkste Mensch ist somit derjenige, der sich selbst unter Kontrolle hat.
+Der Islam veränderte das vorislamische Verständnis der Stärke zu edlen Eigenschaften. Der stärkste Mensch ist somit derjenige, der sich selbst unter Kontrolle hat.
 Die Vermeidung von Zorn, da dieser sowohl Einzelpersonen als auch der Gemeinschaft Schaden zufügen kann.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5351</t>
   </si>
   <si>
     <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>‚Wer einem Volk nachahmt, gehört zu ihnen.‘“</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer einem Volk nachahmt, gehört zu ihnen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jemand, der einem Volk der Ungläubigen, Frevler oder auch den Frommen ähnelt - indem er ihre speziellen Glaubensüberzeugungen, Gottesdienste oder Gewohnheiten nachahmt -, zu ihnen gehört. Das äußerliche Nachahmen kann zu einer inneren Nachahmung führen. Es gibt keinen Zweifel, dass das Streben nach Ähnlichkeit mit einem Volk oft auf Bewunderung beruht, was zu Liebe, Verehrung und Neigung zu ihnen führen kann. Dies könnte dazu führen, dass man ihnen auch innerlich und in der Anbetung nachahmt - und bei Allah ist Zuflucht zu ersuchen -.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jemand, der einem Volk der Ungläubigen, Frevler oder auch den Frommen ähnelt - indem er ihre speziellen Glaubensüberzeugungen, Gottesdienste oder Gewohnheiten nachahmt -, zu ihnen gehört. Das äußerliche Nachahmen kann zu einer inneren Nachahmung führen. Es gibt keinen Zweifel, dass das Streben nach Ähnlichkeit mit einem Volk oft auf Bewunderung beruht, was zu Liebe, Verehrung und Neigung zu ihnen führen kann. Dies könnte dazu führen, dass man ihnen auch innerlich und in der Anbetung nachahmt - und bei Allah ist Zuflucht zu ersuchen.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Die Warnung vor der Nachahmung von Ungläubigen und Frevlern.
-Die Ermutigung, die Frommen nachzuahmen und sie zu Vorbildern zu nehmen.
+Die Ermutigung, die rechtschaffenen Menschen nachzuahmen und sie zu Vorbildern zu nehmen.
 Das äußere Nachahmen kann zu einer inneren Liebe führen.
 Der Mensch erleidet Strafe und trägt Sünde je nach dem Ausmaß und der Art seiner Nachahmung.
 Es ist untersagt, den Ungläubigen in ihrer Religion und ihren spezifischen Gewohnheiten nachzuahmen. Was jedoch nicht darunter fällt, wie das Erlernen von Handwerken und ähnlichen Tätigkeiten, ist von diesem Verbot ausgenommen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5353</t>
   </si>
   <si>
     <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Wer auf Gutes hinweist, erhält den gleichen Lohn wie derjenige, der es tut</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Von Abu Mas'ud Al-Ansari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚Ich bin in Not, so trage mich.‘ Der Prophet antwortete: ‚Ich habe nichts (was ich dir als Reittier geben könnte).‘ Ein anderer Mann sagte: ‚O Gesandter Allahs, ich werde ihm den Weg zu jemandem zeigen, der ihm helfen kann.‘ Daraufhin sagte der Gesandte Allahs: ‚Wer auf Gutes hinweist, erhält den gleichen Lohn wie derjenige, der es tut.‘“</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „Mein Reittier ist verendet, trage mich auf einem anderen Tier und gib mir ein Reittier, das mich ans Ziel bringt.“ Der Prophet - Allahs Segen und Frieden auf ihm - entschuldigte sich bei ihm und sagte, dass er nichts habe, worauf er ihn reiten lassen könnte. Ein anwesender Mann sagte daraufhin: „O Gesandter Allahs, ich werde ihm den Weg zu jemandem zeigen, der ihm ein Reittier geben könnte.“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - erklärte, dass dieser Mann den gleichen Lohn wie der Wohltäter erhält, weil er den Bedürftigen darauf hingewiesen hat.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Die Ermutigung, auf Gutes hinzuweisen.
 Die Ermutigung, Gutes zu tun, ist ein Grundpfeiler für die Solidarität und den Zusammenhalt der muslimischen Gemeinschaft.
 Die Weite der Gnade Allahs - erhaben ist Er -.
 Das Hadith stellt eine allgemeine Regel dar, die alle Arten von guten Taten einschließt.
 Wenn der Mensch nicht dazu in der Lage ist, das Anliegen des Fragenden zu erfüllen, sollte er ihn zu jemand anderem weiterleiten, der ihm helfen kann.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5354</t>
   </si>
   <si>
     <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
-    <t>Ich fragte den Propheten - Allahs Segen und Frieden auf ihm - : „Welche Sünde ist bei Allah die größte?“ Er sagte: „Dass du Allah etwas beigesellst, obwohl Er dich erschaffen hat.“</t>
+    <t>„Ich fragte den Propheten - Allahs Segen und Frieden auf ihm -: ‚Welche Sünde ist bei Allah die größte?‘ Er sagte: ‚Dass du Allah etwas beigesellst, obwohl Er dich erschaffen hat</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich fragte den Propheten - Allahs Segen und Frieden auf ihm - : „Welche Sünde ist bei Allah die größte?“ Er sagte: „Dass du Allah etwas beigesellst, obwohl Er dich erschaffen hat.“ Ich sagte: „Das ist wahrlich gewaltig. Welche dann?“ Er sagte: „Dass du dein Kind tötest, aus Angst, dass es mit dir essen wird.“ Ich sagte: „Welche dann?“ Er sagte: „Dass du Ehebruch mit der Frau deines Nachbarn begehst.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich fragte den Propheten - Allahs Segen und Frieden auf ihm -: ‚Welche Sünde ist bei Allah die größte?‘ Er sagte: ‚Dass du Allah etwas beigesellst, obwohl Er dich erschaffen hat.‘ Ich sagte: ‚Das ist wahrlich gewaltig. Welche dann?‘ Er sagte: ‚Dass du dein Kind tötest, aus Angst, dass es mit dir essen wird.‘ Ich sagte: ‚Welche dann?‘ Er sagte: ‚Dass du Ehebruch mit der Frau deines Nachbarn begehst.‘“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde nach den größten Sünden gefragt und antwortete: Die größte Sünde ist der große Schirk, dass man Allah einen gleichgestellten Partner oder Ähnliches in Seiner Göttlichkeit, Herrschaft oder Seinen Namen und Eigenschaften beigesellt. Diese Sünde vergibt Allah - erhaben ist Er - nur durch Reue. Wenn jemand in diesem Zustand stirbt, wird er ewig im Höllenfeuer bleiben. Dann folgt das Töten des eigenen Kindes aus Angst, dass es mit einem essen wird. Das Töten einer Seele ist verboten, aber die Sünde wird noch größer, wenn der Getötete ein Verwandter des Mörders ist. Die Sünde wird auch größer, wenn die Absicht des Mörders die Angst ist, dass der Getötete mit ihm an der Versorgung von Allah teilhat. Dann folgt der Ehebruch eines Mannes mit der Frau seines Nachbarn, indem er versucht, die Frau seines Nachbarn zu verführen, bis er Ehebruch mit ihr begeht und sie ihm nachgibt. Ehebruch ist verboten, aber die Sünde wird noch größer, wenn die Ehebrecherin die Frau des Nachbarn ist, zu dessen gute Behandlung, Güte und gute Gesellschaft die (islamische) Gesetzgebung aufgerufen hat.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde nach den größten Sünden gefragt und antwortete: Die größte Sünde ist der große Schirk, dass man Allah einen gleichgestellten Partner oder Ähnliches in Seiner Göttlichkeit, Herrschaft oder Seinen Namen und Eigenschaften beigesellt. Diese Sünde vergibt Allah - erhaben ist Er - nur durch Reue. Wenn jemand in diesem Zustand stirbt, wird er ewig im Höllenfeuer bleiben. Dann folgt das Töten des eigenen Kindes aus Angst, dass es mit einem essen wird. Das Töten einer Seele ist verboten, aber die Sünde wird noch größer, wenn der Getötete ein Verwandter des Mörders ist. Die Sünde wird auch größer, wenn die Absicht des Mörders die Angst ist, dass der Getötete mit ihm an der Versorgung von Allah teilhat. Dann folgt der Ehebruch eines Mannes mit der Frau seines Nachbarn, indem er versucht, die Frau seines Nachbarn zu verführen, bis er Ehebruch mit ihr begeht und sie ihm nachgibt. Ehebruch ist verboten, aber die Sünde wird noch größer, wenn die Ehebrecherin die Frau des Nachbarn ist - jenem, zu dessen guter Behandlung, Güte ihm gegenüber und guter Nachbarschaft die (islamische) Gesetzgebung aufgerufen hat.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Die Sünden sind verschieden schwer; genau wie die guten Taten sich in der Vorzüglichkeit unterscheiden.
 Die größten Sünden: Allah - erhaben ist Er - etwas beigesellen, dann das eigene Kind aus Angst davor, dass es mit einem isst, töten, dann Ehebruch mit der Frau des Nachbarn begehen.
-Die Versorgung liegt in Allahs Hand und Er - gepriesen ist Er - hat die Verantwortung der Versorgungen aller Geschöpfe übernommen.
+Die Versorgung liegt in Allahs Hand und Er - gepriesen sei Er - hat die Verantwortung der Versorgungen aller Geschöpfe übernommen.
 Die große Bedeutung der Rechte des Nachbarn und dass es eine größere Sünde ist, ihm Schaden zuzufügen als anderen.
 Der Schöpfer ist der Einzige, Der die Anbetung verdient, und Er hat keinen Partner.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5359</t>
   </si>
   <si>
     <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
-    <t>„Beschimpft nicht die Toten, denn sie sind bereits zu dem gelangt, was sie (zu Lebzeiten) vorausgeschickt haben.“</t>
+    <t>‚Beschimpft nicht die Toten, denn sie sind bereits zu dem gelangt, was sie (zu Lebzeiten) vorausgeschickt haben.‘“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
-    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Beschimpft nicht die Toten, denn sie sind bereits zu dem gelangt, was sie (zu Lebzeiten) vorausgeschickt haben.“</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Beschimpft nicht die Toten, denn sie sind bereits zu dem gelangt, was sie (zu Lebzeiten) vorausgeschickt haben.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt die Unzulässigkeit, die Toten zu beschimpfen oder ihre Ehre zu verletzen. Solches Verhalten wird als unsittlich angesehen, da die Verstorbenen bereits das erreicht haben, was sie durch ihre Taten verdient haben, seien es gute oder schlechte Taten. Das Beschimpfen der Toten erreicht sie nicht, sondern schadet eher den Lebendigen.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
-    <t>Das Hadith ist ein Beweis für das Verbot, die Toten zu beschimpfen.
+    <t>Die Überlieferung ist ein Beweis für das Verbot, die Toten zu beschimpfen.
 Die Unterlassung des Beschimpfens der Toten dient dem Wohl der Lebenden und hilft, die Gesellschaft vor Feindseligkeiten und gegenseitigem Hass zu schützen.
 Die Weisheit für das Verbot, die Toten zu beschimpfen, liegt darin, dass sie bereits das erreicht haben, was sie sich durch ihre Taten verdient haben, und dass es keinen Nutzen hat, sie zu beschimpfen. Darüber hinaus verursacht es nur Schmerz bei ihren lebenden Verwandten.
-Der Mensch sollte keine Dinge zu sagen, die keinen Nutzen bringen.</t>
+Der Mensch sollte keine unnützlichen Dinge sagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5364</t>
   </si>
   <si>
     <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>„Es ist nicht erlaubt für einen Mann, seinen Bruder für mehr als drei Nächte zu meiden. Sie treffen sich, und dieser wendet sich ab, und jener wendet sich ab. Der Beste von diese beiden ist derjenige, der mit dem Friedensgruß beginnt.“</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Von Abu Ayyub Al-Ansari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es ist nicht erlaubt für einen Mann, seinen Bruder für mehr als drei Nächte zu meiden. Sie treffen sich, und dieser wendet sich ab, und jener wendet sich ab. Der Beste von diese beiden ist derjenige, der mit dem Friedensgruß beginnt.“</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot es, einen muslimischen Bruder für mehr als drei Nächte zu meiden, wobei sich beide begegnen, sich aber nicht grüßen oder miteinander sprechen.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot es, einen muslimischen Bruder für mehr als drei Nächte zu meiden, sodass sich beide begegnen, sich aber nicht grüßen oder miteinander sprechen.
 Der Beste von den beiden Streitenden ist derjenige, der versucht, das Meiden zu überwinden und den ersten Schritt macht, indem er mit dem Friedensgruß beginnt. Das hier gemeinte Meiden bezieht sich auf das persönliche Meiden aus eigenem Antrieb. Hingegen ist das Meiden wegen des Rechts Allahs - erhaben ist Er -, wie das Meiden von Sündern, Neuerungsträgern oder schlechten Gefährten, nicht auf eine bestimmte Zeit begrenzt, sondern hängt vom Nutzen des Meidens ab und endet, sobald dieser Nutzen nicht mehr besteht.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Das Meiden für bis zu drei Tage und weniger ist erlaubt, um die menschliche Natur zu berücksichtigen. Das dreitägige Meiden ist erlaubt, damit das Missverständnis (in der Zeit) beseitigt wird.
-Der Vorzug des Friedensgruß: Es entfernt Spannungen aus den Seelen und ist ein Zeichen der Liebe .
+Der Vorzug des Friedensgruß, denn er entfernt Spannungen aus den Seelen und ist ein Zeichen der Liebe .
 Der Islam legt großen Wert auf die Brüderlichkeit und den Zusammenhalt unter seinen Anhängern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5365</t>
   </si>
   <si>
     <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
-    <t>„Derjenige, der die familiären Beziehungen abbricht, wird nicht ins Paradies eintreten.“</t>
+    <t>„Derjenige, der die verwandtschaftlichen Beziehungen abbricht, wird nicht ins Paradies eintreten.“</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
-    <t>Von Jubair Ibn Mut'im - möge Allah mit ihm zufrieden sein - wird überliefert, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Derjenige, der die familiären Beziehungen abbricht, wird nicht ins Paradies eintreten.“</t>
+    <t>Von Jubair Ibn Mut'im - möge Allah mit ihm zufrieden sein - wird überliefert, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Derjenige, der die verwandtschaftlichen Beziehungen abbricht, wird nicht ins Paradies eintreten.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass jemand, der seine Verwandten von den ihnen zustehenden Rechten ausschließt oder ihnen schadet und schlecht mit ihnen umgeht, es verdient, nicht ins Paradies einzutreten.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
-    <t>Das Abbrechen der familiären Beziehungen zählt zu den großen Sünden.
-[...1 lines deleted...]
-Das Pflegen familiärer Beziehungen erfolgt durch: Besuche, Spenden, ihnen Gutes tun, die Kranken besuchen, sie zum Guten aufzurufen, ihnen das Schlechte zu verbieten und ähnliche Handlungen.
+    <t>Das Abbrechen der verwandtschaftlichen Beziehungen zählt zu den großen Sünden.
+Das Pflegen verwandtschaftlicher Beziehungen richtet sich nach den jeweils üblichen Normen und variiert je nach Ort, Zeit und Personen.
+Das Pflegen verwandtschaftlicher Beziehungen erfolgt durch: Besuche, Spenden, ihnen Gutes tun, die Kranken besuchen, sie zum Guten aufzurufen, ihnen das Schlechte zu verbieten und ähnliche Handlungen.
 Je näher die Verwandtschaft, desto schwerer wiegt die Sünde des Brechens der Verwandtschaftsbande.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5367</t>
   </si>
   <si>
     <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>‚Der Verleumder wird nicht ins Paradies eintreten.‘“</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Von Hudhayfah - möge Allah mit ihm zufrieden sein - wurde überliefert, dass er sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Der Verleumder wird nicht ins Paradies eintreten.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert uns, dass der Verleumder, der absichtlich Worte zwischen den Menschen verbreitet, um Unfrieden zu stiften, es verdient, bestraft zu werden, indem er nicht ins Paradies eintritt.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
-    <t>Die Verleumdung gehört zu den großen Sünden.
-Das Verbot der Verleumdung, da sie Unheil und Schaden zwischen Einzelpersonen und Gruppen verursacht.</t>
+    <t>Die Verleumdung/ Das Lästern gehört zu den großen Sünden.
+Das Verbot der Verleumdung/ des Lästerns, da sie Unheil und Schaden zwischen Einzelpersonen und Gruppen verursacht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5368</t>
   </si>
   <si>
     <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>„Nichts wiegt schwerer auf der Waage des Gläubigen am Tag der Auferstehung als ein guter Charakter. Und wahrlich, Allah verabscheut denjenigen, der unzüchtig und obszön ist.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Von Abu Ad-Darda' - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Nichts wiegt schwerer auf der Waage des Gläubigen am Tag der Auferstehung als ein guter Charakter. Und wahrlich, Allah verabscheut denjenigen, der unzüchtig und obszön ist.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass das schwerste, was auf der Waage des Gläubigen am Tag der Auferstehung von den Taten und Worten sein wird, der gute Charakter ist, und dies durch ein freundliches Gesicht, das Verhindern von Schaden und das Erweisen von Wohltaten. Und Allah - erhaben ist Er - verabscheut denjenigen, der hässlich in seinen Taten und Worten ist und obszöne Dinge mit seiner Zunge ausspricht.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
@@ -8811,51 +8760,51 @@
     <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>„Wer möchte, dass sein Lebensunterhalt ausgeweitet wird und seine Lebensdauer verlängert wird, der soll seine Verwandtschaftsbande pflegen.“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer möchte, dass sein Lebensunterhalt ausgeweitet wird und seine Lebensdauer verlängert wird, der soll seine Verwandtschaftsbande pflegen.“</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - fordert dazu auf, die Verwandtschaftsbande durch Besuche, körperliche und finanzielle Unterstützung und andere Formen der Anerkennung zu pflegen. Dies ist ein Grund für die Erweiterung des Lebensunterhalts und eine längere Lebensdauer.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Die Verwandtschaftsbande (Ar-Rahim) umfasst die Angehörigen vonseiten des Vaters und der Mutter. Je näher sie verwandt sind, desto mehr sollte man die Bande pflegen.
 Der Lohn entspricht der Art des Handelns. Wer seine Verwandtschaftsbande durch Wohltätigkeit und Güte pflegt, dem wird Allah im Alter und im Lebensunterhalt wohlgesonnen sein.
-Das Pflegen der Verwandtschaft(sbande) ist ein Grund für die Erweiterung und Vermehrung des Lebensunterhalts sowie für eine längere Lebensdauer. Auch wenn die Lebensdauer und der Lebensunterhalt vorbestimmt sind, können sie dennoch durch Segen in der Versorgung und Lebenszeit beeinflusst werden. Jemand könnte in seinem Leben mehr und Nützlicheres tun als andere. Es wird auch gesagt, dass die Vermehrung der Versorgung und Lebensdauer eine tatsächliche Vermehrung ist. Und Allah weiß es am besten.</t>
+Das Pflegen der Verwandtschaftsbande ist ein Grund für die Erweiterung und Vermehrung des Lebensunterhalts sowie für eine längere Lebensdauer. Auch wenn die Lebensdauer und der Lebensunterhalt vorbestimmt sind, können sie dennoch durch Segen in der Versorgung und Lebenszeit beeinflusst werden. Jemand könnte in seinem Leben mehr und Nützlicheres tun als andere. Es wird auch gesagt, dass die Vermehrung der Versorgung und Lebensdauer eine tatsächliche Vermehrung ist. Und Allah weiß es am besten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5372</t>
   </si>
   <si>
     <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>„Wer (jemandem) Schaden zufügt, dem wird Allah ebenfalls Schaden zufügen, und wer (jemandem) Schwierigkeiten bereitet, dem wird Allah Schwierigkeiten bereiten.“</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Von Abu Sirmah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer (jemandem) Schaden zufügt, dem wird Allah ebenfalls Schaden zufügen, und wer (jemandem) Schwierigkeiten bereitet, dem wird Allah Schwierigkeiten bereiten.“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte davor, einem Muslim Schaden zuzufügen oder ihm in einer seiner Angelegenheiten, sei es in Bezug auf seine Person, sein Vermögen oder seine Familie, Schwierigkeiten zu bereiten. Wer dies tut, wird von Allah entsprechend seiner Tat belohnt und bestraft.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
@@ -8977,59 +8926,59 @@
 Es ist verboten, der Jahiliyah in Angelegenheiten zu folgen, die der Gesetzgeber (Allah) nicht bestätigt hat.
 Es ist kein Problem, traurig zu sein und zu weinen, und dies widerspricht nicht der Geduld gegenüber der Vorherbestimmung Allahs - erhaben ist Er -. Vielmehr ist das eine Barmherzigkeit, die Allah in die Herzen der Nahestehenden und Geliebten (des Verstorbenen) setzte.
 Der Muslim muss mit der Vorherbestimmung Allahs zufrieden sein. Wenn er nicht zufrieden ist, muss er diese geduldig ertragen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5380</t>
   </si>
   <si>
     <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>„Der Diener ist seinem Herrn am nächsten, wenn er sich im Zustand der Niederwerfung (As-Sujud) befindet, so vermehrt das Bittgebet.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der Diener ist seinem Herrn am nächsten, wenn er sich im Zustand der Niederwerfung (As-Sujud) befindet, so vermehrt das Bittgebet.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass der Diener seinem Herrn am nächsten ist, wenn er sich im Zustand der Niederwerfung befindet. Dies liegt daran, dass der Betende das Höchste und Ehrwürdigste an seinem Körper aus Demut, Unterwerfung und Bescheidenheit gegenüber Allah - mächtig und majestätisch ist Er - auf den Boden legt.
-Der Prophet - Allahs Segen und Frieden auf ihm - befahl, das Bittgebet in der Niederwerfung zu vermehren. Dadurch wird die Demut gegenüber Allah in Wort und Tat vereint.</t>
+Er - Allahs Segen und Frieden auf ihm - befahl, das Bittgebet in der Niederwerfung zu vermehren. Dadurch wird die Demut gegenüber Allah in Wort und Tat vereint.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Der Gehorsam (gegenüber Allah) bringt den Diener Allah - gepriesen sei Er und erhaben ist Er - näher.
-Die Empfehlung, das Bittgebet in der Niederwerfung zu vermehren, da es eine der Situationen ist, an denen die (Bitt-)Gebete erhört werden.</t>
+Die Empfehlung, das Bittgebet in der Niederwerfung zu vermehren, da sie eine der Situationen ist, an denen man erhört wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5382</t>
   </si>
   <si>
     <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>„Wer am Freitag die Ganzkörperwaschung wie bei der Janabah (Zustand der großen rituellen Unreinheit) vornimmt und dann frühzeitig (zum Gebet) geht, so ist es, als hätte er ein Kamel geopfert</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer am Freitag die Ganzkörperwaschung wie bei der Janabah (Zustand der großen rituellen Unreinheit) vornimmt und dann frühzeitig (zum Gebet) geht, so ist es, als hätte er ein Kamel geopfert. Und wer in der zweiten Stunde geht, so ist es, als hätte er eine Kuh geopfert. Und wer in der dritten Stunde geht, so ist es, als hätte er einen gehörnten Widder geopfert. Und wer in der vierten Stunde geht, so ist es, als hätte er ein Huhn geopfert. Und wer in der fünften Stunde geht, so ist es, als hätte er ein Ei geopfert. Und wenn der Imam herauskommt, kommen die Engel, um dem Gedenken zuzuhören.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
@@ -9190,65 +9139,65 @@
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass Allah demjenigen, der die Gebetswaschung vornimmt und sie gut verrichtet, indem er ihre Pflichten vollständig durchführt und ihre Sunan und Verhaltensregeln beachtet, dann zum Freitagsgebet kommt, dem Prediger schweigend und aufmerksam zuhört und nichts Nichtiges sagt, die kleinen Sünden von zehn Tagen vergibt, vom Freitagsgebet bis zum nächsten Freitag und zusätzlich drei Tage, denn eine gute Tat wird mit Zehnfachem belohnt. Dann warnte der Prophet - Allahs Segen und Frieden auf ihm - davor, dass das Herz sich nicht dem zuwendet, was in der Predigt an Ermahnungen gesagt wird, und davor, dass die Glieder mit dem Berühren von Kieselsteinen und anderen Arten der Ablenkung und Beschäftigung unnütz beschäftigt sind. Derjenige, der dies tut, hat Nichtiges getan, und wer Nichtiges tut, hat keinen Anteil am Lohn eines vollständigen Freitagsgebets.</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, die Gebetswaschung durchzuführen und vollständig zu verrichten, sowie dazu, das Freitagsgebet beständig einzuhalten.
 Der Vorzug des Freitagsgebets.
 Die Verpflichtung, der Freitagspredigt zuzuhören und sich nicht durch Gespräche oder anderes ablenken zu lassen.
 Wer während der Predigt Nichtiges tut/spricht, dessen Freitagsgebet ist nur teilweise gültig und erfüllt die Pflicht, jedoch mit verringertem Lohn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5433</t>
   </si>
   <si>
     <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
-    <t>Wer das Morgengebet betet, der ist unter dem Schutz Allahs</t>
+    <t>‚Wer das Morgengebet betet, der ist unter dem Schutz Allahs</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
-    <t>Von Jundub Ibn 'Abdillah Al-Qasri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer das Morgengebet betet, der ist unter dem Schutz Allahs. So möge Allah euch nicht aus Seinem Schutz aufgrund einer Sache entfernen, denn wer aus Seinem Schutz aufgrund einer Sache entfernt wird, den wird Er erreichen und wird ihn auf seinem Gesicht in das Höllenfeuer werfen.“</t>
+    <t>Von Jundub Ibn 'Abdillah Al-Qasri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer das Morgengebet betet, der ist unter dem Schutz Allahs. So möge Allah euch nicht aus Seinem Schutz aufgrund einer Sache entfernen, denn wer aus Seinem Schutz aufgrund einer Sache entfernt wird, den wird Er erreichen und wird ihn auf seinem Gesicht in das Höllenfeuer werfen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert darüber, dass jemand, der das Morgengebet betet, unter dem Schutz, der Bewachung und der Verteidigung Allahs steht. Er wird ihn verteidigen und ihm helfen.
-Dann warnte der Prophet - Allahs Segen und Frieden auf ihm - davor, diesen Schutz zu brechen oder zu missachten, sei es durch das Unterlassen des Morgengebets oder durch das Angehen und Angreifen derjenigen, die es beten. Wer dies tut, hat diesen Schutz verletzt und verdient die schwere Drohung, dass Allah ihn für seine Versäumnisse zur Rechenschaft ziehen wird. Und wer von Allah ersucht wird, den wird Er erreichen und ihn dann auf seinem Gesicht ins Feuer werfen.</t>
+Dann warnte er - Allahs Segen und Frieden auf ihm - davor, diesen Schutz zu brechen oder zu missachten, sei es durch das Unterlassen des Morgengebets oder durch das Angehen und Angreifen derjenigen, die es beten. Wer dies tut, hat diesen Schutz verletzt und verdient die schwere Drohung, dass Allah ihn für seine Versäumnisse zur Rechenschaft ziehen wird. Und wer von Allah ersucht wird, den wird Er erreichen und ihn dann auf seinem Gesicht ins Feuer werfen.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Die Darlegung der Wichtigkeit und des Vorzugs des Morgengebets.
 Die eindringliche Warnung vor dem schlechten Verhalten gegenüber denjenigen, die das Morgengebet beten.
 Die Rache Allahs - erhaben ist Er - an denen, die sich schlecht gegenüber Seinen rechtschaffenen Dienern verhalten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5435</t>
   </si>
   <si>
     <t>من غدا إلى المسجد أو راح أعد الله له في الجنة نزلا، كلما غدا أو راح</t>
   </si>
   <si>
     <t>„Wer morgens oder abends zur Moschee kommt, dem bereitet Allah im Paradies eine Stellung vor, jedes Mal wenn er morgens oder abends kommt.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ غَدَا إِلَى الْمَسْجِدِ أَوْ رَاحَ أَعَدَّ اللهُ لَهُ فِي الْجَنَّةِ نُزُلًا، كُلَّمَا غَدَا أَوْ رَاحَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer morgens oder abends zur Moschee kommt, dem bereitet Allah im Paradies eine Stellung vor, jedes Mal wenn er morgens oder abends kommt.“</t>
@@ -9295,57 +9244,57 @@
 Erstens: Gutes Sprechen, wie das Lobpreisen und das Bezeugen der Einheit (Allahs), das Gebieten des Guten, das Verbieten des Schlechten und das Schlichten zwischen den Menschen. Wenn dies nicht möglich ist, so soll man schweigen, Schädliches zurückhalten und seine Zunge hüten.
 Zweitens: Den Nachbarn ehren, indem man ihm Gutes tut und keinen Schaden zufügt.
 Drittens: Den Gast, der dich besucht, ehren, indem man freundlich spricht, ihm Essen zubereitet und ähnliches.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Der Glaube („Iman“) an Allah und den Jüngsten Tag ist die Grundlage für alles Gute und motiviert dazu, Gutes zu tun.
 Die Warnung vor den Schäden (mit) der Zunge.
 Der Islam ist eine Religion der Harmonie und der Großzügigkeit.
 Diese Eigenschaften gehören zu den Zweigen des Glaubens („Iman“) und den lobenswerten Verhaltensweisen.
 Häufiges Reden kann zu unerwünschtem oder verbotenem Verhalten führen, und die Sicherheit liegt darin, nur das Gute zu sagen oder zu schweigen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5437</t>
   </si>
   <si>
     <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
-    <t>„Wer den Menschen keine Barmherzigkeit erweist, dem wird Allah - mächtig und majestätisch ist Er - keine Barmherzigkeit erweisen.“</t>
+    <t>‚Wer den Menschen keine Barmherzigkeit erweist, dem wird Allah - mächtig und majestätisch ist Er - keine Barmherzigkeit erweisen.‘“</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
-    <t>Von Jarir Ibn Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer den Menschen keine Barmherzigkeit erweist, dem wird Allah - mächtig und majestätisch ist Er - keine Barmherzigkeit erweisen.“</t>
+    <t>Von Jarir Ibn Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer den Menschen keine Barmherzigkeit erweist, dem wird Allah - mächtig und majestätisch ist Er - keine Barmherzigkeit erweisen.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jemand, der den Menschen keine Barmherzigkeit erweist, von Allah - mächtig und majestätisch ist Er - ebenfalls keine Barmherzigkeit erfahren wird. Die Barmherzigkeit des Dieners gegenüber den Geschöpfen ist eine der größten Ursachen, durch die man die Barmherzigkeit Allahs - erhaben ist Er - erlangen kann.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Die Barmherzigkeit ist für alle Geschöpfe erforderlich, jedoch wird der Mensch besonders hervorgehoben, um ihm besondere Aufmerksamkeit zu schenken.
 Allah ist der Barmherzige und zeigt Barmherzigkeit gegenüber denjenigen, die Barmherzigkeit gegenüber Seinen Dienern zeigen, denn die Vergeltung entspricht der Art des Handelns.
 Die Barmherzigkeit gegenüber den Menschen umfasst, ihnen Gutes zukommen zu lassen, Schaden von ihnen abzuwenden und sie wohlwollend zu behandeln.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5439</t>
   </si>
   <si>
     <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>‚O Sohn Adams! Solange du Mich ersuchst und auf Mich hoffst, vergebe Ich dir, was du getan hast, und es kümmert Mich nicht</t>
@@ -9397,57 +9346,57 @@
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, der verhassteste Mensch vor Allah ist der streitsüchtige Widersacher.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah - segensreich und erhaben ist Er - diejenigen unter den Menschen verabscheut, die sehr stark und oft streiten, die es nicht akzeptieren, sich der Wahrheit zu beugen und versuchen, diese durch ihr Streitgespräch abzuwehren oder im Streit zwar im Recht sind, aber die Streiterei übertreiben, die Grenzen des Maß überschreiten und ohne Wissen diskutieren</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>In den Bereich der verwerflichen Streitigkeiten fällt nicht, dass der Unterdrückte durch gesetzlich erlaubte Handlungen sein Recht einfordert.
 Streitgespräche und Streitigkeiten sind Schaden der Zunge, die Spaltung und Feindseligkeit unter den Muslimen verursachen.
 Streitgespräche sind lobenswert, wenn es um die Wahrheit geht und wenn sie auf eine gute Art geführt werden. Sie sind jedoch verwerflich, wenn sie dazu dienen, die Wahrheit zu leugnen und Unrecht zu bestätigen, oder wenn sie ohne Beweise und Argumente geführt werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5474</t>
   </si>
   <si>
     <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
-    <t>„Die liebsten/beliebtesten Worte bei Allah sind vier: ‚Subhanallah, Alhamdulillah, La ilaha illa Allah und Allahu Akbar. Es schadet dir nicht (d. h. es spielt keine Rolle), mit welchem du beginnst.“</t>
+    <t>‚Die liebsten/beliebtesten Worte bei Allah sind vier: &gt;Subhanallah&lt; (Gepriesen sei Allah), &gt;Alhamdulillah&lt; (Alles Lob gebührt Allah), &gt;La Ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) und &gt;Allahu Akbar&lt; (Allah ist am größten). Es schadet dir nicht (d. h. es spielt keine Rolle), mit welchem du beginnst.‘“</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
-    <t>Von Samurah Ibn Jundub - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die liebsten/beliebtesten Worte bei Allah sind vier: ‚Subhanallah, Alhamdulillah, La ilaha illa Allah und Allahu Akbar. Es schadet dir nicht (d. h. es spielt keine Rolle), mit welchem du beginnst.“</t>
+    <t>Von Samurah Ibn Jundub - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die liebsten/beliebtesten Worte bei Allah sind vier: &gt;Subhanallah&lt; (Gepriesen sei Allah), &gt;Alhamdulillah&lt; (Alles Lob gebührt Allah), &gt;La Ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) und &gt;Allahu Akbar&lt; (Allah ist am größten). Es schadet dir nicht (d. h. es spielt keine Rolle), mit welchem du beginnst.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass die liebsten/beliebtesten Äußerungen bei Allah - erhaben ist Er - vier sind:
 „Subhanallah“ bedeutet, Allah - erhaben ist Er - von jeglichem Mangel oder Unvollkommenheit frei zu sprechen.
 „Alhamdulillah“ bedeutet, Allah mit Vollkommenheit zu beschreiben, zusammen mit Liebe und Ehrfurcht gegenüber Ihm.
 „La ilaha illa Allah“ bedeutet: Es gibt keinen, der zu Recht angebetet wird, außer Allah.
 „Allahu Akbar“ bedeutet: Allah ist erhabener, größer und mächtiger als alles andere.
 Und ihre Vorzüge und der Erhalt der Belohnung erfordern nicht, dass sie in einer bestimmten Reihenfolge ausgesprochen werden.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Die Erleichterung der islamischen Gesetzgebung, da es keine Rolle spielt, mit welchem dieser Worte man beginnt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5475</t>
@@ -10135,166 +10084,166 @@
   </si>
   <si>
     <t>Der Vorzug des Bittgebets und dass derjenige, der Allah anruft, Ihn verherrlicht und anerkennt, dass Er reich ist, denn der Bedürftige wird nicht angerufen, dass Er allhörend ist, denn der Taubstumme nicht angerufen, dass Er großzügig ist, denn der Geizige wird nicht angerufen, dass Er barmherzig ist, denn der Hartherzige wird nicht angerufen, dass Er allmächtig ist, denn der Unfähige wird nicht angerufen, und dass nahe ist, denn der Entfernte wird nicht gehört. Dies gilt auch für die anderen Attribute der Majestät und Schönheit, die Allah - gepriesen sei Er und erhaben ist Er - besitzt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5509</t>
   </si>
   <si>
     <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>„Wohlstand wird nicht durch Spenden verringert, und Allah mehrt einem Diener durch Vergebung nur an Ehre, und niemand demütigt sich vor Allah, außer dass Allah ihn erhöht.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wohlstand wird nicht durch Spenden verringert, und Allah mehrt einem Diener durch Vergebung nur an Ehre, und niemand demütigt sich vor Allah, außer dass Allah ihn erhöht.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass die Spende das Vermögen nicht verringern, sondern vor Übeln schützt und dass Allah denjenigen, der Almosen gibt, mit großem Segen belohnt, sodass es eine Vermehrung und keine Verringerung darstellt.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass die Spende das Vermögen nicht verringert, sondern vor Übeln schützt und dass Allah denjenigen, der Almosen gibt, mit großem Segen belohnt, sodass es eine Vermehrung und keine Verringerung darstellt.
 Und das Verzeihen, obwohl man die Fähigkeit zur Rache oder Bestrafung hat, mehrt demjenigen, der verzeiht, nur Stärke und Ehre.
 Und niemand demütigt und erniedrigt sich für Allah, weder aus Angst vor jemandem noch aus Höflichkeit oder um einen Vorteil zu erlangen, ohne dass seine Belohnung Erhöhung und Stolz ist.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Das Wohl und der Erfolg liegen im Befolgen der islamischen Gesetzgebung und im Verrichten von Gutem, auch wenn manche Menschen das anders sehen mögen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5512</t>
   </si>
   <si>
     <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>„Wer den Ruf seines Bruders verteidigt, dessen Gesicht wird Allah am Tag der Auferstehung vor dem Feuer schützen.“</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Von Abu Ad-Darda' - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer den Ruf seines Bruders verteidigt, dessen Gesicht wird Allah am Tag der Auferstehung vor dem Feuer schützen.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass wer den Ruf seines muslimischen Bruders in seiner Abwesenheit verteidigt, indem er dessen Beschimpfung oder Beleidigung abwehrt, von Allah am Tag der Auferstehung vor der Strafe geschützt wird.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Das Verbot, über die Ehre der Muslime zu sprechen.
 Die Belohnung entspricht der Handlung: Wer den Ruf seines Bruders verteidigt, den wird Allah vor dem Feuer schützen.
 Der Islam ist eine Religion der Brüderlichkeit und der gegenseitigen Unterstützung unter ihren Anhängern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5514</t>
   </si>
   <si>
     <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
-    <t>„Wer am Tag hundertmal 'Gepriesen sei Allah und Ihm gebührt das Lob' ("Subhanallahi wa bihamdih") sagt, von dem werden seine Sünden genommen, selbst wenn sie wie der Meeresschaum sein sollten.“</t>
+    <t>„Wer am Tag hundertmal ‚Gepriesen sei Allah und Ihm gebührt das Lob‘ (‚Subhanallahi wa bihamdih‘) sagt, von dem werden seine Sünden genommen, selbst wenn sie wie der Meeresschaum sein sollten.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer am Tag hundertmal 'Gepriesen sei Allah und Ihm gebührt das Lob' ("Subhanallahi wa bihamdih") sagt, von dem werden seine Sünden genommen, selbst wenn sie wie der Meeresschaum sein sollten.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer am Tag hundertmal ‚Gepriesen sei Allah und Ihm gebührt das Lob‘ (‚Subhanallahi wa bihamdih‘) sagt, von dem werden seine Sünden genommen, selbst wenn sie wie der Meeresschaum sein sollten.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass wer an einem Tag hundertmal „Subhanallahi wa bihamdih“ (Gepriesen sei Allah und Ihm gebührt das Lob) sagt, dessen Sünden werden ausgelöscht und vergeben, auch wenn sie so zahlreich sind wie der weiße Schaum, der über dem Meer liegt, wenn es wellig und unruhig ist.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Dieser Lohn wird demjenigen zuteil, der es im Laufe des Tages sagt, sei es hintereinander oder verteilt.
-At-Tasbih ("Subhanallah") bedeutet: Allah von jeglichem Mangel freizusprechen. Al-Hamd ("wa bihamdihi) bedeutet: Ihn mit Vollkommenheit zu beschreiben, verbunden mit Liebe und Ehrfurcht.
+2.	At-Tasbih („Subhanallah“) bedeutet: Allah von jeglichem Mangel freizusprechen. Al-Hamd („wa bihamdih“) bedeutet: Ihn mit Vollkommenheit zu beschreiben, verbunden mit Liebe und Ehrfurcht.
 In dem Hadith ist gemeint, dass damit die kleinen Sünden vergeben werden. Für große Sünden ist jedoch eine aufrichtige Reue erforderlich.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5516</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
-    <t>„Wer "Es gibt keinen anbetungswürdigen Gott außer Allah, Ihm allein, keinen Partner hat Er. Ihm gehört die Herrschaft und Ihm gebührt das Lob und Er hat zu allem die Macht" ("La Ilaha illa Allah, wahdahu la Scharika lahu. Lahul-Mulku wa lahul-Hamdu wa huwa 'ala kulli Schay'in qadir")zehnmal sagt</t>
+    <t>„Wer ‚Es gibt keinen anbetungswürdigen Gott außer Allah, Ihm allein, keinen Partner hat Er. Ihm gehört die Herrschaft und Ihm gebührt das Lob und Er hat zu allem die Macht‘ (‚La Ilaha illa Allah, wahdahu la Scharika lahu. Lahul-Mulku wa lahul-Hamdu wa huwa 'ala kulli Schay'in qadir‘) zehnmal sagt,</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
-    <t>Von Abu Ayyub - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer "Es gibt keinen anbetungswürdigen Gott außer Allah, Ihm allein, keinen Partner hat Er. Ihm gehört die Herrschaft und Ihm gebührt das Lob und Er hat zu allem die Macht" ("La Ilaha illa Allah, wahdahu la Scharika lahu. Lahul-Mulku wa lahul-Hamdu wa huwa 'ala kulli Schay'in qadir")zehnmal sagt, gleicht jemandem, der vier Personen von den Nachkommen Isma'ils aus der Sklaverei befreit hat.“</t>
+    <t>Von Abu Ayyub - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer ‚Es gibt keinen anbetungswürdigen Gott außer Allah, Ihm allein, keinen Partner hat Er. Ihm gehört die Herrschaft und Ihm gebührt das Lob und Er hat zu allem die Macht‘ (‚La Ilaha illa Allah, wahdahu la Scharika lahu. Lahul-Mulku wa lahul-Hamdu wa huwa 'ala kulli Schay'in qadir‘) zehnmal sagt, gleicht jemandem, der vier Personen von den Nachkommen Isma'ils aus der Sklaverei befreit hat.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - sagte, dass wer sagt: „La Ilaha illa Allah, wahdahu la Scharika lahu. Lahul-Mulku wa lahul-Hamdu wa huwa 'ala kulli Schay'in qadir“, und dies bedeutet, dass es keine anbetungswürdige Gottheit außer Allah allein gibt, Er hat keinen Partner, dass Ihm - gepriesen sei Er - die vollkommene Herrschaft gehört und Er allein das Lob und den Preis mit Liebe und Ehrfurcht verdient, und dass Er allmächtig ist und nichts Ihn überwältigen kann. Wer diesen großartigen Dhikr zehnmal am Tag wiederholt, dem wird eine Belohnung zuteil, die dem Lohn desjenigen entspricht, der vier Sklaven aus der Nachkommenschaft von Isma'il, dem Sohn von Ibrahim - Segen und Frieden sei auf ihnen beiden - befreit. Die Nachkommenschaft von Isma'il - Friede sei auf ihm - wurde besonders erwähnt, weil sie ehrenvoller als andere ist.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
-    <t>Die Vorzüglichkeit dieses Dhikr, der die Einzigartigkeit Allahs in der Göttlichkeit, der Herrschaft, dem Lob und der vollkommenen Macht beinhaltet.
+    <t>Die Vorzüglichkeit dieses Dhikrs, der die Einzigartigkeit Allahs in der Göttlichkeit, der Herrschaft, dem Lob und der vollkommenen Macht beinhaltet.
 Den Lohn für diesen Dhikr erhält jeder, der ihn sagt, sei es hintereinander oder verteilt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5517</t>
   </si>
   <si>
     <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
-    <t>„Wem Allah Gutes will, lässt er die Religion verstehen</t>
+    <t>‚Wem Allah Gutes will, lässt er die Religion verstehen</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
-    <t>Von Mu'awiyah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: „Wem Allah Gutes will, lässt er die Religion verstehen. Und ich bin nur der Verteiler und Allah gibt. Diese Gemeinschaft wird weiterhin auf dem Befehl Allahs bestehen bleiben, es wird ihnen nicht schaden, wer auch immer gegen sie sein mag, bis Allahs Befehl eintritt.“</t>
+    <t>Von Mu'awiyah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Wem Allah Gutes will, lässt er die Religion verstehen. Und ich bin nur der Verteiler und Allah gibt. Diese Gemeinschaft wird weiterhin auf dem Befehl Allahs bestehen bleiben, es wird ihnen nicht schaden, wer auch immer gegen sie sein mag, bis Allahs Befehl eintritt.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass wem Allah Gutes will, dem gibt Er - gepriesen sei Er - Verständnis für Seine Religion, und dass er - Segen und Frieden sei auf ihm - der Verteiler ist, der das verteilt, was Allah - erhaben ist Er - ihm an Versorgung, Wissen und anderem gegeben hat. Der wahre Geber ist jedoch Allah; andere sind nur Mittel, die nur durch Allahs Erlaubnis nützlich sind. Außerdem (berichtete er), dass diese Gemeinschaft weiterhin auf dem Befehl Allahs bestehen bleibt und ihnen nicht schadet, wer auch immer gegen sie sein mag, bis die Stunde kommt.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Die Gewaltigkeit und der Vorzug des islamischen Wissens, dieses zu erlernen und dazu zu ermutigen.
 Das Einhalten der Wahrheit muss in dieser Gemeinschaft vorhanden sein. Falls eine Gruppe davon ablässt, wird eine andere sie einhalten.
 Das Verständnis in der Religion ist ein Zeichen dafür, dass Allah - erhaben ist Er - Gutes für Seinen Diener beabsichtigt.
 Der Prophet - Allahs Segen und Frieden auf ihm - gibt nur durch Allahs Befehl und Willen, und er besitzt nichts aus sich selbst heraus.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5518</t>
   </si>
   <si>
     <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
@@ -10352,70 +10301,70 @@
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass Allah - mächtig und majestätisch ist Er - einige Seiner Diener liebt.
 Unter ihnen ist der Fromme, der den Geboten Allahs folgt und sich von Seinen Verboten fernhält.
 Und Er liebt den Begnügsamen; denjenigen, der sich durch Allah - mächtig und majestätisch ist Er - allein genügt und nicht auf andere Menschen angewiesen ist.
 Und Er liebt den Verborgenen; den Bescheidenen, der seinem Herrn dient, sich mit dem beschäftigt, was ihm nützt, und dem es gleichgültig ist, ob ihn jemand kennt, lobt oder preist.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Die Darlegung einiger Eigenschaften, die zur Liebe Allahs für Seine Diener führen, nämlich die Frömmigkeit, die Bescheidenheit und die Zufriedenheit mit dem, was Allah bestimmt hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5545</t>
   </si>
   <si>
     <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Wahrlich, ihr werdet euren Herrn sehen, so wie ihr diesen Mond seht, ohne dass euch etwas an Seiner Sicht hindert</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
-    <t>Von Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Wir waren beim Propheten - Allahs Segen und Frieden auf ihm - und er schaute in einer Nacht zum Mond – er meinte den Vollmond – und sagte: „Wahrlich, ihr werdet euren Herrn sehen, so wie ihr diesen Mond seht, ohne dass euch etwas an Seiner Sicht hindert. Wenn ihr also in der Lage seid, euch nicht vom Gebet vor Sonnenaufgang und vor Sonnenuntergang abhalten zu lassen, dann tut es.“ Dann rezitierte er: „Und preise deinen Herrn vor dem Aufgang der Sonne und vor ihrem Untergang.“</t>
+    <t>Von Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir waren beim Propheten - Allahs Segen und Frieden auf ihm - und er schaute in einer Nacht zum Mond – er meinte den Vollmond – und sagte: ‚Wahrlich, ihr werdet euren Herrn sehen, so wie ihr diesen Mond seht, ohne dass euch etwas an Seiner Sicht hindert. Wenn ihr also in der Lage seid, euch nicht vom Gebet vor Sonnenaufgang und vor Sonnenuntergang abhalten zu lassen, dann tut es.‘ Dann rezitierte er: ‚Und preise deinen Herrn vor dem Aufgang der Sonne und vor ihrem Untergang.‘“</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
-    <t>Die Gefährten waren eines Nachts beim Propheten - Allahs Segen und Frieden auf ihm - und er schaute zum Mond - in der Nacht des vierzehnten (Tages des Monats) - und sagte: Die Gläubigen werden ihren Herrn wahrhaftig mit ihren Augen sehen, ohne Zweifel, und sie werden sich nicht drängen, noch werden sie Schwäche oder Härte erleiden, wenn sie Ihn - erhaben ist Er - sehen. Dann sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: Wenn ihr in der Lage seid, die Gründe zu beseitigen, die euch vom Morgengebet und vom Nachmittagsgebet abhalten, dann tut dies und kommt zu beiden Gebeten vollständig und rechtzeitig in der Gemeinschaft, denn dies ist einer der Gründe, das Angesicht Allahs - mächtig und majestätisch ist Er - zu sehen. Dann rezitierte er - Allahs Segen und Frieden auf ihm - den Vers: „Und preise deinen Herrn vor dem Aufgang der Sonne und vor ihrem Untergang.“</t>
+    <t>Die Gefährten waren eines Nachts beim Propheten - Allahs Segen und Frieden auf ihm - und er schaute zum Mond - in der Nacht des vierzehnten (Tages des Monats) - und sagte: Die Gläubigen werden ihren Herrn wahrhaftig mit ihren Augen sehen, ohne Zweifel, und sie werden sich nicht drängen, noch werden sie Schwäche oder Härte erleiden, wenn sie Ihn - erhaben ist Er - sehen. Dann sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Wenn ihr in der Lage seid, die Gründe zu beseitigen, die euch vom Morgengebet und vom Nachmittagsgebet abhalten, dann tut dies und kommt zu beiden Gebeten vollständig und rechtzeitig in der Gemeinschaft, denn dies ist einer der Gründe, das Angesicht Allahs - mächtig und majestätisch ist Er - zu sehen.“ Dann rezitierte er - Allahs Segen und Frieden auf ihm - den Vers: „Und preise deinen Herrn vor dem Aufgang der Sonne und vor ihrem Untergang.“</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Die frohe Botschaft für die Gläubigen, Allah - erhaben ist Er - im Paradies zu sehen.
-Zu den Benimmregeln der Da'wah gehören: Die Bestätigung, die Ermutigung und das Verwenden von Gleichnissen.</t>
+Zu den Methoden des Aufrufs zur Religion gehören: Die Bestätigung, die Ermutigung und das Verwenden von Gleichnissen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5657</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>„Der Prophet - Allahs Segen und Frieden auf ihm - lehnte niemals Parfüm ab.“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert: „Der Prophet - Allahs Segen und Frieden auf ihm - lehnte niemals Parfüm ab.“</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Es war eine Gewohnheit des Propheten Muhammad - Allahs Segen und Frieden auf ihm -, dass er Parfüm nicht ablehnte und es annahm, da es leicht zu tragen und angenehm duftend ist.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
@@ -10445,105 +10394,105 @@
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte vor der Ungerechtigkeit, darunter: Ungerechtigkeit gegenüber den Menschen, Ungerechtigkeit gegenüber sich selbst und Ungerechtigkeit im Recht Allahs - erhaben ist Er. Sie bedeutet, jedem, dem ein Recht zusteht, sein Recht nicht zu geben. Außerdem wird Ungerechtigkeit Finsternisse über ihre Täter am Tag der Auferstehung bringen, durch das Eintreten von Schwierigkeiten und Schrecken. Und er verbot Geiz, d. h. extremer Geiz mit Gier. Dazu gehört auch das Versäumnis, finanzielle Verpflichtungen zu erfüllen, und die übermäßige Liebe zum Diesseits. Und diese Art von Ungerechtigkeit hat die Völker vor uns zugrunde gerichtet, da sie sie dazu brachte, sich gegenseitig zu töten und das zu erlauben, was Allah an Verbotenem verboten hat.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Das Ausgeben von Geld und die Unterstützung der Brüder sind Gründe für Liebe und Verbundenheit.
 Geiz und Gier führen zu Sünden, Schandtaten und Missetaten.
 Das Ziehen von Lehren aus den früheren Völkern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5787</t>
   </si>
   <si>
     <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
-    <t>„Die vollkommensten Gläubigen im Glauben sind die, die die besten Charaktereigenschaften haben, und die besten von euch sind die, die am besten zu ihren Frauen sind.“</t>
+    <t>‚Die vollkommensten Gläubigen im Glauben sind die, die die besten Charaktereigenschaften haben, und die besten von euch sind die, die am besten zu ihren Frauen sind.‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird berichtetet, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die vollkommensten Gläubigen im Glauben sind die, die die besten Charaktereigenschaften haben, und die besten von euch sind die, die am besten zu ihren Frauen sind.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird berichtetet, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die vollkommensten Gläubigen im Glauben sind die, die die besten Charaktereigenschaften haben, und die besten von euch sind die, die am besten zu ihren Frauen sind.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass die Menschen mit dem vollkommensten Glauben diejenigen sind, die einen guten Charakter haben, was sich in einem freundlichen Gesichtsausdruck, dem Geben von Wohltaten, freundlichen Worten und dem Vermeiden von Schaden zeigt.
 Der beste Gläubige ist der, der sich seinen Frauen gegenüber am besten verhält, wie gegenüber seiner Frau, seinen Töchtern, seinen Schwestern und weiblichen Verwandten, denn sie haben am meisten Anspruch auf gute Umgangsformen.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Der Vorzug der guten Charakterzüge und dass sie Teil des Glaubens ist.
 Die Tat ist Teil des Glaubens (Iman), und der Glauben (Iman) steigt und sinkt.
 Die Ehrung der Frau im Islam und die Ermutigung, gut zu ihr zu sein.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5792</t>
   </si>
   <si>
     <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
-    <t>„Die Welt ist ein Genuss, und der beste Genuss der Welt ist eine fromme Frau.“</t>
+    <t>„Die Welt ist ein Genuss, und der beste Genuss der Welt ist eine rechtschaffene Frau.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn ‘Amr - möge Allah mit ihnen zufrieden sein - wird  überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Welt ist ein Genuss, und der beste Genuss der Welt ist eine fromme Frau.“</t>
+    <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Welt ist ein Genuss, und der beste Genuss der Welt ist eine rechtschaffene Frau.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
-    <t>Der Prophet Muhammad - Allahs Segen und Frieden auf ihm - berichtet, dass die Welt und alles, was in ihr ist, lediglich ein vorübergehender Genuss ist, der irgendwann vergeht. Und das beste Vergnügen dieser Welt ist eine fromme Frau, die, wenn er (der Ehemann) sie ansieht, sie ihn erfreut, wenn er ihr etwas befehlt, sie ihm gehorcht und wenn er von ihr abwesend ist, sie sich selbst und sein Vermögen bewahrt.</t>
+    <t>Der Prophet Muhammad - Allahs Segen und Frieden auf ihm - berichtet, dass die Welt und alles, was in ihr ist, lediglich ein vorübergehender Genuss ist, der irgendwann vergeht. Und das beste Vergnügen dieser Welt ist eine rechtschaffene Frau, die, wenn er (der Ehemann) sie ansieht, sie ihn erfreut, wenn er ihr etwas befehlt, sie ihm gehorcht und wenn er von ihr abwesend ist, sie sich selbst und sein Vermögen bewahrt.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Allah erlaubte Seinen Dienern den Genuss der guten Dinge im Diesseits ohne Übermaß und Hochmut.
-Die Ermunterung zur Wahl einer frommen Frau, da sie dem Ehemann eine Hilfe bei der Anbetung seines Herrn ist.
+Der Ansporn zur Wahl einer rechtschaffenen Frau, da sie dem Ehemann eine Hilfe bei der Anbetung seines Herrn ist.
 Der beste Genuss im Diesseits ist alles, mit dem man Allah gehorcht oder was einen dabei unterstützt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5794</t>
   </si>
   <si>
     <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>„Gewiss, die Religion ist Erleichterung. Und niemand überfordert sich in der Religion, außer dass sie ihn überwältigt. So handelt richtig und kommt der Vollkommenheit nahe</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Gewiss, die Religion ist Erleichterung. Und niemand überfordert sich in der Religion, außer dass sie ihn überwältigt. So handelt richtig und kommt der Vollkommenheit nahe. Und verkündet frohe Botschaft! Und sucht Hilfe am Morgen, am Nachmittag und in einem Teil der Nacht!“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
@@ -10588,222 +10537,222 @@
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein -, der Ehefrau des Propheten - Allahs Segen und Frieden auf ihm - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Güte befindet sich in keiner Angelegenheit ohne sie zu verschönern und wird keiner Angelegenheit beraubt ohne sie zu entstellen.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass Güte, Sanftmut und Geduld in Worten und Taten die Dinge schöner, vollständiger und besser machen, und dass es wahrscheinlicher ist, dass derjenige, der diese Eigenschaften besitzt, seine Bedürfnisse erfüllt bekommt.
 Das Fehlen von Güte macht die Dinge fehlerhaft und unansehnlich und hindert den Besitzer daran, seine Bedürfnisse zu erfüllen. Falls er sie dennoch erfüllt, geschieht dies nur mit großer Mühe.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Die Ermahnung, sich durch Güte auszuzeichnen.
 Güte verschönert den Menschen und ist die Ursache für alles Gute in den religiösen und weltlichen Angelegenheiten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5796</t>
   </si>
   <si>
     <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
-    <t>„Wahrlich, Allah ist zufrieden mit dem Diener, der einen Bissen isst und Ihn dafür lobt, oder einen Schluck trinkt und Ihn dafür lobt.“</t>
+    <t>‚Wahrlich, Allah ist zufrieden mit dem Diener, der einen Bissen isst und Ihn dafür lobt, oder einen Schluck trinkt und Ihn dafür lobt.‘“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
-    <t>Über Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah ist zufrieden mit dem Diener, der einen Bissen isst und Ihn dafür lobt, oder einen Schluck trinkt und Ihn dafür lobt.“</t>
+    <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, Allah ist zufrieden mit dem Diener, der einen Bissen isst und Ihn dafür lobt, oder einen Schluck trinkt und Ihn dafür lobt.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass das Lob des Dieners für seinen Herrn aufgrund von Seiner Gnade und Seiner Gunstgaben eine der Angelegenheiten ist, durch die Allahs Zufriedenheit erreicht wird, sodass man beim Essen von Nahrung ‚Alles Lob gebührt Allah‘ ("Alhamdulillah") sagt und beim Trinken eines Getränk ‚Alles Lob gebührt Allah‘ ("Alhamdulillah").</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass das Lob des Dieners für seinen Herrn aufgrund von Seiner Gnade und Seiner Gunstgaben eine der Angelegenheiten ist, durch die Allahs Zufriedenheit erreicht wird, sodass man beim Essen von Nahrung „Alles Lob gebührt Allah“ (Alhamdulillah) sagt und beim Trinken eines Getränks „Alles Lob gebührt Allah“ (Alhamdulillah).</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Die Großzügigkeit Allahs - mächtig und majestätisch ist Er -, der sich in der Versorgung großzügig gezeigt hat und mit dem Lob zufrieden ist.
 Allahs Zufriedenheit kann durch die einfachsten Mittel erreicht werden, wie zum Beispiel durch das Lob nach dem Essen und Trinken.
 Zu den Umgangsformen beim Essen und Trinken gehört es, Allah - erhaben ist Er - nach dem Essen und Trinken zu loben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5798</t>
   </si>
   <si>
     <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
-    <t>„Ein Gläubiger erreicht durch seinen guten Charakter die Stufe der Person, die fastet und im Gebet steht.“</t>
+    <t>‚Ein Gläubiger erreicht durch seinen guten Charakter die Stufe der Person, die fastet und im Gebet steht.‘“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
-    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Ein Gläubiger erreicht durch seinen guten Charakter die Stufe der Person, die fastet und im Gebet steht.“</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Ein Gläubiger erreicht durch seinen guten Charakter die Stufe der Person, die fastet und im Gebet steht.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass der gute Charakter den Menschen auf das Niveau desjenigen erhebt, der ständig fastet und die Nächte im Gebet verbringt. Zu den Merkmalen guten Charakters gehören: Das Erweisen von Güte, das gute/freundliche Sprechen, ein freundliches Gesicht und das Vermeiden sowie Ertragen von Unannehmlichkeiten von anderen.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Die große Bedeutung, die der Islam der Verfeinerung und Vollkommenheit der Charaktereigenschaften beimisst.
-Der Vorzug des guten Charakter, sodass der Diener dadurch sogar das Niveau eines Fastenden erreicht, der sein Fasten nicht bricht, und eines Betenden, der nicht ermüdet.
+Der Vorzug des guten Charakters, sodass der Diener dadurch sogar das Niveau eines Fastenden erreicht, der sein Fasten nicht bricht, und eines Betenden, der nicht ermüdet.
 Das Fasten am Tag und das Gebet in der Nacht sind zwei großartige Taten, die mit Mühe der Seele verbunden sind. Derjenige, der einen guten Charakter hat, erreicht jedoch das gleiche Niveau, indem er sich selbst durch gutes Verhalten im Zaum hält.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5799</t>
   </si>
   <si>
     <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Wahrlich, von euren besten Menschen sind die, die die besten Charaktereigenschaften haben.‘“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird berichtet, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - war weder unzüchtig noch unangemessen in seinem Verhalten. Er sagte: ‚Wahrlich, von euren besten Menschen sind die, die die besten Charaktereigenschaften haben.‘“</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Zu den Eigenschaften des Propheten - Allahs Segen und Frieden auf ihm - gehörten weder üble Worte noch üble Taten und er hatte weder die Absicht noch die Neigung dazu. Er - Allahs Segen und Frieden auf ihm - hatte einen gewaltigen Charakter.
-Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zu sagen: ‚Die besten unter euch bei Allah sind die, die die besten Charaktereigenschaften haben, durch das Erweisen von Freundlichkeit, ein freundliches Gesicht, das Vermeiden und Ertragen von Unannehmlichkeiten sowie durch eine schöne Umgangsform mit den Menschen.‘</t>
+Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zu sagen: „Die besten unter euch bei Allah sind die, die die besten Charaktereigenschaften haben, durch das Erweisen von Freundlichkeit, ein freundliches Gesicht, das Vermeiden und Ertragen von Unannehmlichkeiten sowie durch eine schöne Umgangsform mit den Menschen.“</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Der Gläubige sollte sich von unzüchtigen Worten und unangemessenen Taten fernhalten.
 Die Vollkommenheit des Charakters des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, sodass nur gute Taten und edle Worte von ihm ausgehen.
 Der gute Charakter ist ein Feld des Wettbewerbs. Wer darin vorauseilt, gehört zu den besten Gläubigen und denjenigen mit dem vollständigsten Glauben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5803</t>
   </si>
   <si>
     <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
-    <t>„Allah hat gesagt: 'Gib aus, o Sohn Adams, und Ich werde für dich ausgeben.'“</t>
+    <t>„Allah hat gesagt: ‚Gib aus, o Sohn Adams, und Ich werde für dich ausgeben.‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden seien auf ihm - sagte: „Allah hat gesagt: 'Gib aus, o Sohn Adams, und Ich werde für dich ausgeben.'“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden seien auf ihm - sagte: „Allah hat gesagt: ‚Gib aus, o Sohn Adams, und Ich werde für dich ausgeben.‘“</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - überliefert, dass Allah - segensreich und erhaben ist Er - gesagt hat: „Gib aus, o Sohn Adams - von den obligatorischen und freiwilligen Ausgaben -, und Ich werde es dir erweitern, dir dafür eine Entschädigung geben und es für dich segnen.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - überliefert, dass Allah - segensreich und erhaben ist Er - gesagt hat: „Gib aus, o Sohn Adams - von den obligatorischen und freiwilligen Ausgaben -, und Ich werde dir (deine Versorgung) erweitern, dir dafür eine Entschädigung geben und es für dich segnen.“</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
-    <t>Die Ermutigung zur Spende und zum Ausgeben im Wege Allahs.
+    <t>Die Ermutigung zur Spende und zum Ausgeben auf dem Wege Allahs.
 Das Ausgeben für gute Zwecke ist eine der größten Ursachen für Segen im Unterhalt und dessen Vermehrung, und dass Allah dem Diener das ersetzt, was er ausgegeben hat.
 Dieser Hadith ist eine Überlieferung des Propheten - Allahs Segen und Frieden auf ihm -,die er von seinem Herrn berichtet. Dies wird als „Hadith Qudsi“ (heiliger Hadith) oder „Hadith Ilahi“ (göttlicher Hadith) bezeichnet. Der Ausdruck und die Bedeutung stammen von Allah, jedoch befinden sich die speziellen Eigenschaften des Quran nicht darin, wie die Anbetung (Allahs) durch seine Rezitation, die Notwendigkeit der rituellen Reinheit dafür, die Herausforderung (der Ungläubigen, etwas gleichartiges hervorzubringen), das Wunder und weiteres.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5805</t>
   </si>
   <si>
     <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>dass ein Mann den Propheten - Allahs Segen und Frieden auf ihm - fragte : „Welche Form des Islam ist die beste?“ Er - Allahs Segen und Frieden auf ihm - antwortete: „Dass du Essen speist und den Friedensgruß (Salam) sowohl denen sagst, die du kennst, als auch denen, die du nicht kennst.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass ein Mann den Propheten - Allahs Segen und Frieden auf ihm - fragte : „Welche Form des Islam ist die beste?“ Er - Allahs Segen und Frieden auf ihm - antwortete: „Dass du Essen speist und den Friedensgruß (Salam) sowohl denen sagst, die du kennst, als auch denen, die du nicht kennst.“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde gefragt: „Welche Eigenschaften des Islam sind die besten?“ Da erwähnte er zwei Eigenschaften:
 Erstens: Häufig die Armen zu speisen. Dazu gehören Almosen, Geschenke, Bewirtung und Festessen. Die Tugend des Speisens wird in Zeiten von Hungersnot und hohen Preisen besonders betont.
 Und zweitens: Den Friedensgruß (Salam) an jeden Muslim zu richten, ob du ihn kennst oder nicht.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Die Gefährten des Propheten waren bestrebt, die Eigenschaften zu kennen, die im Diesseits und im Jenseits nützen.
 Der Friedensgruß (Salam) und das Speisen von Essen gehören zu den besten Taten im Islam, aufgrund ihres Vorzugs und des ständigen Bedarfs der Menschen danach.
 Mit diesen beiden Eigenschaften vereinen sich Güte im Wort und in der Tat, und dies ist die vollkommenste Form der Güte.
 Diese Eigenschaften beziehen sich auf den Umgang der Muslime untereinander. Es gibt auch Eigenschaften, die den Umgang des Dieners mit seinem Herrn betreffen.
 Das Ergreifen der Initiative, den Friedensgruß (Salam) zu geben, ist speziell unter Muslimen vorgesehen. Man sollte einen Nicht-Muslim nicht zuerst grüßen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5808</t>
   </si>
   <si>
     <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
-    <t>„Allah gewährt dem Übeltäter Zeit, bis Er ihn ergreift, und wenn Er ihn ergreift, entkommt er ihm nicht</t>
+    <t>‚Allah gewährt dem Übeltäter Zeit, bis Er ihn ergreift, und wenn Er ihn ergreift, entkommt er ihm nicht</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
-    <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Allah gewährt dem Übeltäter Zeit, bis Er ihn ergreift, und wenn Er ihn ergreift, entkommt er ihm nicht.“ Dann las er: „Und ebenso ist das Ergreifen deines Herrn, wenn Er die Städte ergreift, während sie ungerecht sind; wahrlich, Sein Ergreifen ist schmerzhaft und heftig“ [Hud:102].“</t>
+    <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah gewährt dem Übeltäter Zeit, bis Er ihn ergreift, und wenn Er ihn ergreift, entkommt er ihm nicht.‘ Dann las er: ‚Und ebenso ist das Ergreifen deines Herrn, wenn Er die Städte ergreift, während sie ungerecht sind; wahrlich, Sein Ergreifen ist schmerzhaft und heftig.‘ [Hud:102].“</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt davor, im Unrecht durch Sünden, Polytheismus und Ungerechtigkeit gegenüber den Rechten der Menschen fortzufahren, denn Allah - erhaben ist Er - gewährt dem Ungerechten Zeit, verschiebt (die Strafe) und gewährt ihm eine längere Lebensspanne und mehr Wohlstand, ohne ihn sofort zu bestrafen. Wenn er jedoch nicht bereut, wird Allah ihn ergreifen, ohne ihn freizulassen, und Er wird ihn nicht loslassen, aufgrund seiner großen Ungerechtigkeit.
 Dann las er - Allahs Segen und Frieden auf ihm -: „Und ebenso ist das Ergreifen deines Herrn, wenn Er die Städte ergreift, während sie ungerecht sind; wahrlich, Sein Ergreifen ist schmerzhaft und heftig“ [Hud:102].</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Der Vernünftige sollte zur Reue eilen und sich nicht sicher vor der List Allahs fühlen, wenn er weiterhin im Unrecht verweilt.
 Allah - mächtig und majestätisch ist Er - gewährt den Ungerechten Zeit und bestraft sie nicht sofort, um sie tiefer sinken zu lassen und die Strafe zu vervielfachen, falls sie nicht bereuen.
 Ungerechtigkeit ist eine Ursache für die Strafe Allahs gegen Völker.
 Wenn Allah eine Stadt zugrunde richtet, kann es darin Rechtschaffene geben. Diese werden am Tag der Auferstehung nach der Rechtschaffenheit beurteilt, auf der sie gestorben sind, und es schadet ihnen nicht, dass sie von der Strafe betroffen waren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5811</t>
   </si>
   <si>
@@ -10822,63 +10771,63 @@
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass jeder Muslim in der Gesellschaft eine Verantwortung trägt, die er hüten und übernehmen muss. So sind der Imam und der Herrscher Hirten über das, was Allah ihnen anvertraut hat. Es ist ihre Pflicht, ihre Gesetze zu bewahren, sie vor denen zu schützen, die ihnen Unrecht tun, ihre Feinde zu bekämpfen und ihre Rechte nicht zu vernachlässigen. Und der Mann in seiner Familie ist beauftragt, für sie zu sorgen, indem er ihnen Unterhalt gewährt, sie gut behandelt, sie unterrichtet und erzieht. Und die Frau im Haus ihres Mannes ist eine Hirtin, indem sie ihr Haus gut führt und ihre Kinder erzieht, und sie ist dafür verantwortlich. Und der Diener, ob Sklave oder Angestellter, ist verantwortlich für das Vermögen seines Herrn, indem er das, was er davon in seiner Hand hat, bewahrt und es pflegt, und er ist dafür verantwortlich. So ist jeder ein Hirte über das, was ihm anvertraut wurde, und jeder ist verantwortlich für seine Herde.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Verantwortung besteht in der muslimischen Gesellschaft im Allgemeinen, und jeder trägt sie entsprechend seiner Stellung, Fähigkeit und Verantwortlichkeit.
 Die große Verantwortung der Frau, indem sie die Rechte des Hauses ihres Mannes und ihre Pflichten gegenüber ihren Kindern erfüllt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5819</t>
   </si>
   <si>
     <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
-    <t>„Ich habe nach mir keine Versuchung hinterlassen, die schädlicher für die Männer ist, als die Frauen.“</t>
+    <t>„Ich habe nach mir keine Versuchung hinterlassen, die schädlicher für die Männer ist als die Frauen.“</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
-    <t>Von Usama Ibn Zayd - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ich habe nach mir keine Versuchung hinterlassen, die schädlicher für die Männer ist, als die Frauen.“</t>
+    <t>Von Usama Ibn Zayd - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ich habe nach mir keine Versuchung hinterlassen, die schädlicher für die Männer ist als die Frauen.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass es nach ihm keine Heimsuchung oder Prüfung gibt, die für Männer schädlicher ist als Frauen. Wenn sie zu seinen Angehörigen gehört, könnte es dazu führen, dass er ihr in der Missachtung der religiösen Vorschriften nachahmt. Wenn sie fremd ist, kann es durch das Zusammenkommen und Alleinsein mit ihr zu weiteren Verwerflichkeiten kommen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass es nach ihm keine Heimsuchung oder Prüfung gibt, die für Männer schädlicher ist als Frauen. Wenn sie zu seinen Angehörigen gehört, könnte es dazu führen, dass er ihr in der Missachtung der religiösen Vorschriften nachahmt. Wenn sie fremd ist, kann es durch das Zusammenkommen und Alleinsein mit ihr zu weiteren verwerflichen Dingen kommen.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Der Muslim sollte sich vor der Versuchung der Frauen hüten und jeden Weg vermeiden, der zu dieser Versuchung führen könnte.
 Der Gläubige sollte an Allah festhalten und zu Ihm eilen, um vor Versuchungen bewahrt zu werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5830</t>
   </si>
   <si>
     <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>‚Wer in der Lage ist zu heiraten, der soll heiraten, denn es senkt den Blick und schützt die Keuschheit. Wer dazu nicht in der Lage ist, soll fasten, denn es ist ein Schutz für ihn.‘“</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir waren mit dem Propheten - Allahs Segen und Frieden auf ihm - und er sagte: ‚Wer in der Lage ist zu heiraten, der soll heiraten, denn es senkt den Blick und schützt die Keuschheit. Wer dazu nicht in der Lage ist, soll fasten, denn es ist ein Schutz für ihn.‘“</t>
   </si>
   <si>
@@ -11021,80 +10970,80 @@
   </si>
   <si>
     <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>„Macht euch diesen Quran zur Angewohnheit, denn bei Dem, in Dessen Hand die Seele Muhammeds liegt, er (der Quran) entflieht einem schneller als Kamele in ihren Fußfesseln.“</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Von Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Macht euch diesen Quran zur Angewohnheit, denn bei Dem, in Dessen Hand die Seele Muhammeds liegt, er (der Quran) entflieht einem schneller als Kamele in ihren Fußfesseln.“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, den Quran regelmäßig zu wiederholen und ihn fortlaufend zu rezitieren, damit man ihn nicht vergisst, nachdem man ihn auswendig gelernt hat. Er bekräftigte dies, indem er  - Allahs Segen und Frieden auf ihm - schwor, dass der Quran schneller aus dem Gedächtnis verschwindet als ein an ein Seil gebundenes Kamel von einem festen Platz verschwinden kann: Wenn man es festhält, bleibt es, aber wenn man es loslässt, verschwindet es und geht verloren.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Wenn derjenige, der den Quran auswendig kennt, ihn regelmäßig und kontinuierlich rezitiert, bleibt er in seinem Herzen bewahrt. Andernfalls wird er verloren gehen und er wird ihn vergessen.
-Zu den Vorteilen der regelmäßigen Wiederholung des Quran gehören die Belohnung und das Lob sowie die Erhöhung der Stufen am Tag der Auferstehung.</t>
+Zu den Vorteilen der regelmäßigen Wiederholung des Qurans gehören die Belohnung und das Lob sowie die Erhöhung der Stufen am Tag der Auferstehung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5907</t>
   </si>
   <si>
     <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>„Der Beste unter euch ist derjenige, der den Quran lernt und ihn lehrt.“</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
-    <t>Von 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet -Allahs Segen und Frieden auf ihm - sagte: „Der Beste unter euch ist derjenige, der den Quran lernt und ihn lehrt.“</t>
+    <t>Von 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Der Beste unter euch ist derjenige, der den Quran lernt und ihn lehrt.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass die besten und am höchsten stehenden Muslime bei Allah diejenigen sind, die den Quran lernen – in seiner Rezitation, seinem Auswendiglernen, seiner Aussprache, seinem Verständnis und seiner Auslegung – und die ihr Wissen darüber an andere weitergeben, während sie selbst danach handeln.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
-    <t>Dies verdeutlicht die Ehre des Quran und dass er das beste Wort ist, weil es das Wort Allahs ist.
+    <t>Dies verdeutlicht die Ehre des Qurans und dass er das beste Wort ist, weil es das Wort Allahs ist.
 Die besten Lernenden sind diejenigen, die ihr Wissen an andere weitergeben, nicht diejenigen, die sich nur auf sich selbst beschränken.
 Das Lernen und Lehren des Qurans umfasst die Rezitation, die Bedeutungen und die Rechtsurteile.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5913</t>
   </si>
   <si>
     <t>قل اللهم اهدني وسددني، واذكر بالهدى هدايتك الطريق، والسداد سداد السهم</t>
   </si>
   <si>
     <t>„Sag: 'O Allah leite mich recht und festige mich.' Erwähne durch die Rechtleitung die Rechtleitung deines Weges und durch die Festigung die Festigung des Pfeils.“</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: قَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «قُلِ اللهُمَّ اهْدِنِي وَسَدِّدْنِي، وَاذْكُرْ بِالْهُدَى هِدَايَتَكَ الطَّرِيقَ، وَالسَّدَادِ سَدَادَ السَّهْمِ».</t>
   </si>
   <si>
     <t>Von 'Ali - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu mir: „Sag: 'O Allah leite mich recht und festige mich.' Erwähne durch die Rechtleitung die Rechtleitung deines Weges und durch die Festigung die Festigung des Pfeils.“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم عليَّ بن أبي طالب رضي الله عنه أنْ يَدعوَ اللهَ ويسألَه فيقول: (اللهم اهدني) وأرشدني ودلني (وسددني) ووفقني، واجعلني مستقيمًا في جميع أموري. 
 فالهُدَى: هو مَعرفةُ الحقِّ تفصيلًا وإجمالًا، والتوفيق لاتّباعه ظاهرًا وباطنًا. 
 والسّداد: هو التوفيق والاستقامة في جميع الأمور بما يكون صوابًا على الحق، وهو الطريق المستقيم في القول والفعل والاعتقاد. 
 ولأن الأمر المعنوي يَتَّضِح بالمَحْسُوس؛ تَذَكَّر وأنت تدعو هذا الدعاء بأنَّ: (الهدى: هدايتك الطريق) فأحضِر بقلبِك وأنت تسأل هدايةً كهداية مَن سافر، فإنه لا يَنحرِف عن الطريق يَمْنة أو يسرة؛ وذلك لِيَسْلَمَ مِن الضياع، وبذلك يَنال السلامة، ويَصِل إلى غايته سريعًا. 
 (والسداد: سداد السهم) فأنت تلاحظ عند تَسْديدِك السَّهْمَ في سرعة وصوله وإصابته للهدف، فالرامي إذا رمى غرضًا سدَّد بالسهم نحو الغَرَض، فكذلك تسأل الله تعالى أنَّ ما تَنويه من السداد على شاكلة السهم؛ فتكون في سؤالك طالبًا غاية الهدى، ونهاية السداد.
 فأحضر هذا المعنى بقلبك حتى تسأل الله السداد ليكون ما تنويه من ذلك على مشاكلة ما تستعمله من الرمي.</t>
@@ -11242,209 +11191,209 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - betrat das Haus von 'Aischah - möge Allah mit ihr zufrieden sein - und fand, dass sie den kleinen Schrank, in dem Dinge aufbewahrt wurden, mit einem Tuch bedeckt hatte, das Bilder von Lebewesen enthielt. Sein Gesicht veränderte sich vor Zorn für Allah, und er zog es ab und sagte: „Am strengsten werden am Tag der Auferstehung diejenigen Menschen bestraft, die mit ihren Bildern die Schöpfung Allahs nachahmen.“ 'Aischah sagte: „Also machten wir daraus ein oder zwei Kissen.“</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Das Verwerfliche (Al-Munkar) muss sofort missbilligt werden, wenn man es sieht, und man darf dabei nicht zögern, es sei denn, es führt zu einem größeren Schaden.
 Die Bestrafung am Tag der Auferstehung variiert je nach Schwere der Sünde.
 Das Abbilden von Lebewesen gehört zu den größten Sünden.
 Eine der Weisheiten hinter dem Verbot der bildlichen Darstellung ist die Vermeidung der Nachahmung von Allahs Schöpfung, unabhängig davon, ob der Künstler die Absicht hatte, nachzuahmen oder nicht.
 Das islamische Gesetz legt Wert auf den Erhalt von Vermögen, indem es genutzt wird, nachdem alles Verbotene davon gemieden wurde.
 Das Verbot, Bilder von Lebewesen in jeglicher Form herzustellen, auch wenn sie mit Füßen getreten werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5931</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
-    <t>„Wer sich an einem Ort niederlässt und sagt: 'Ich suche Zuflucht bei den vollkommenen Worten Allahs vor dem Schlechten, das Er erschuf' ("A'udhu bikalimati Allahi At-Tamat min Scharri ma khalaq."), dem wird nichts schlechtes widerfahren, bis er den Ort wieder verlässt.“</t>
+    <t>‚Wer sich an einem Ort niederlässt und sagt: &gt;Ich suche Zuflucht bei den vollkommenen Worten Allahs vor dem Schlechten, das Er erschuf.&lt; („A'udhu bikalimati Allahi At-Tamat min Scharri ma khalaq“), dem wird nichts Schlechtes widerfahren, bis er den Ort wieder verlässt.‘“</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
-    <t>Über Khawlah Bint Hakim As-Sulamiyyah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden  auf ihm - sagen: „Wer sich an einem Ort niederlässt und sagt: 'Ich suche Zuflucht bei den vollkommenen Worten Allahs vor dem Schlechten, das Er erschuf' ("A'udhu bikalimati Allahi At-Tamat min Scharri ma khalaq."), dem wird nichts schlechtes widerfahren, bis er den Ort wieder verlässt.“</t>
+    <t>Von Khawlah Bint Hakim As-Sulamiyyah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wer sich an einem Ort niederlässt und sagt: &gt;Ich suche Zuflucht bei den vollkommenen Worten Allahs vor dem Schlechten, das Er erschuf.&lt; („A'udhu bikalimati Allahi At-Tamat min Scharri ma khalaq“), dem wird nichts Schlechtes widerfahren, bis er den Ort wieder verlässt.‘“</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - weist seine Gemeinschaft auf die nützliche Zuflucht und Hilfesuche hin, die jede Gefahr abwehren kann, vor der sich ein Mensch fürchtet, wenn er sich an einem Ort aufhält, sei es auf Reisen, bei einem Ausflug oder anderswo. Er rät dazu, sich mit den Worten Allahs, die in ihrem Vorzug, Segen und Nutzen vollkommen und frei von jedem Fehler und Mangel sind, vor dem Übel aller Geschöpfe, die Böses in sich tragen, zu schützen. Auf diese Weise kann man an dem Ort, an dem man sich aufhält, in Sicherheit sein.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
-    <t>Die Zufluchtnahme ist eine Form der Anbetung und sie erfolgt entweder bei Allah - erhaben ist Er -,  bei Seinen Namen und bei Seinen Eigenschaften.
+    <t>Die Zufluchtnahme ist eine Form der Anbetung und sie erfolgt entweder bei Allah - erhaben ist Er - oder bei Seinen Namen und bei Seinen Eigenschaften.
 Es ist zulässig, Zuflucht bei den Worten Allahs zu suchen, da sie eine Seiner Eigenschaften - gepriesen sei Er - ist, im Gegensatz zur Zufluchtnahme bei irgendeinem Geschöpf, die als Beigesellung (Schirk) zählt.
 Der Vorzug und der Segen dieses Bittgebets.
 Das Schutzsuchen durch das Gedenken (Allahs) ist ein Mittel, um den Diener vor Übeln zu bewahren.
-Die Ungültigkeit der Zufluchtnahme bei anderen als Allah, wie bei den Dschinn, Zauberern, Betrügern und anderen.
+Die Ungültigkeit der Zufluchtnahme bei anderen als Allah, wie bei den Jinn, Zauberern, Betrügern und anderen.
 Dieses Bittgebet ist für denjenigen vorgeschrieben, der sich an einem Ort niederlässt, sei es sesshaft oder reisend.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5932</t>
   </si>
   <si>
     <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
-    <t>Soll ich dich nicht mit dem beauftragen, womit mich der Gesandte Allahs - Allahs Segen und Frieden auf ihm - beauftragt hat? Nämlich, dass du keine Statue stehen lässt, ohne sie zu beseitigen, und kein überhöhtes Grab, ohne es zu ebnen.“</t>
+    <t>Soll ich dich nicht mit dem beauftragen, womit mich der Gesandte Allahs - Allahs Segen und Frieden auf ihm - beauftragt hat? Nämlich, dass du keine Statue stehen lässt, ohne sie zu beseitigen, und kein überhöhtes Grab, ohne es zu ebnen.‘“</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
-    <t>Über Abu Al-Hayyaj Al-Asadi wird überliefert, dass er sagte: 'Ali Ibn Abi Talib sagte zu mir: „Soll ich dich nicht mit dem beauftragen, womit mich der Gesandte Allahs - Allahs Segen und Frieden auf ihm - beauftragt hat? Nämlich, dass du keine Statue stehen lässt, ohne sie zu beseitigen, und kein überhöhtes Grab, ohne es zu ebnen.“</t>
+    <t>Von Abu Al-Hayyaj Al-Asadi wird überliefert, dass er sagte: „'Ali Ibn Abi Talib sagte zu mir: ‚Soll ich dich nicht mit dem beauftragen, womit mich der Gesandte Allahs - Allahs Segen und Frieden auf ihm - beauftragt hat? Nämlich, dass du keine Statue stehen lässt, ohne sie zu beseitigen, und kein überhöhtes Grab, ohne es zu ebnen.‘“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ließ seinen Gefährten ausrichten, dass sie keine „Statuen“ – also keine bildlichen Darstellungen von Lebewesen, ob plastisch oder nicht plastisch – bestehen lassen sollten, sondern diese entfernen oder verwischen sollten,
-und dass sie kein erhöhtes Grab bestehen lassen sollten, sondern es dem Erdboden gleich machen sollten und alle darauf befindlichen Bauwerke abreißen sollten. Das Grab sollte eben gemacht werden, so dass es nicht stark erhöht ist, sondern nur etwa eine Handbreit vom Boden abgehoben.</t>
+und dass sie kein erhöhtes Grab bestehen lassen sollten, sondern es dem Erdboden gleich machen sollten und alle darauf befindlichen Bauwerke abreißen sollten. Das Grab sollte eben gemacht werden, sodass es nicht stark erhöht ist, sondern nur etwa eine Handbreit vom Boden abgehoben.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
-    <t>Das Verbot der Darstellung von Lebewesen, da dies ein Mittel des Schirk (Polytheismus) darstellen kann.
+    <t>Das Verbot der Darstellung von Lebewesen, da dies ein Mittel des Schirks (Polytheismus) darstellen kann.
 Die Rechtmäßigkeit, das Unrecht mit der Hand zu beseitigen, für diejenigen, die die Autorität oder Fähigkeit dazu haben.
 Der Prophet - Allahs Segen und Frieden auf ihm - war bestrebt, alle Darstellungen, Statuen und Bauwerke auf Gräbern zu entfernen, die auf die Zeichen der Unwissenheit (Jahiliyyah) hinweisen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5934</t>
   </si>
   <si>
     <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>‚Keiner von euch glaubt (wirklich), bis ich ihm lieber bin als sein Vater, sein Kind und alle Menschen.‘“</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Keiner von euch glaubt (wirklich), bis ich ihm lieber bin als sein Vater, sein Kind und alle Menschen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - teilt uns mit, dass ein Muslim keinen vollständigen Glauben („Iman“) hat, bis er die Liebe des Gesandten Allahs - Allahs Segen und Frieden auf ihm - über die Liebe zu seiner Mutter, seinem Vater, seinem Sohn, seiner Tochter und allen Menschen stellt. Diese Liebe erfordert den Gehorsam ihm gegenüber, die Unterstützung seiner Sache und das Unterlassen vom Ungehorsam ihm gegenüber.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Die Pflicht, den Gesandten Allahs - Allahs Segen und Frieden auf ihm - zu lieben und diese Liebe über die Liebe zu allen Geschöpfen zu stellen.
 Ein Zeichen vollkommener Liebe ist es, die Sunnah des Gesandten Allahs zu unterstützen und sich selbst und sein Vermögen dafür einzusetzen.
 Die Liebe zum Gesandten - Allahs Segen und Frieden auf ihm - erfordert, ihm in dem, was er befiehlt, Gehorsam zu leisten, seinen Aussagen Glauben zu schenken, das zu meiden, was er verboten hat, ihm zu folgen und die Neuerung zu meiden.
 Das Recht des Propheten - Allahs Segen und Frieden auf ihm - ist größer und dringlicher als das aller Menschen, da er ein Grund dafür ist, dass wir aus dem Irrweg rechtgeleitet werden, vom Feuer bewahrt werden und das Paradies erlangen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5953</t>
   </si>
   <si>
     <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
-    <t>„Zu uns gehört nicht, wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt, wer Wahrsagerei betreibt oder sich wahrsagen lässt und wer Zauberei betreibt oder für sich Zauberei betreiben lässt</t>
+    <t>‚Zu uns gehört nicht, wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt, wer Wahrsagerei betreibt oder sich wahrsagen lässt und wer Zauberei betreibt oder für sich Zauberei betreiben lässt</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
-    <t>Von 'Imran Ibn Husayn - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Zu uns gehört nicht, wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt, wer Wahrsagerei betreibt oder sich wahrsagen lässt und wer Zauberei betreibt oder für sich Zauberei betreiben lässt. Und wer einen Knoten knotet und zu einem Wahrsager geht und dem, was er sagt, Glauben schenkt, glaubt damit nicht mehr an das, was Muhammad - Allahs Segen und Frieden auf ihm - offenbart wurde.“</t>
+    <t>Von 'Imran Ibn Husayn - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Zu uns gehört nicht, wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt, wer Wahrsagerei betreibt oder sich wahrsagen lässt und wer Zauberei betreibt oder für sich Zauberei betreiben lässt. Und wer einen Knoten knotet und zu einem Wahrsager geht und dem, was er sagt, Glauben schenkt, glaubt damit nicht mehr an das, was Muhammad - Allahs Segen und Frieden auf ihm - offenbart wurde.‘“</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat denjenigen aus seiner Gemeinschaft, die bestimmte Handlungen ausführen, gedroht, indem er sagte: „Er gehört nicht zu uns.“ Dazu gehören unter anderem:
-Erstens: „Wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt.“ Damit ist gemeint, dass man einen Vogel fliegen ließ, bevor man mit einer Arbeit, einer Reise, einem Handel oder dergleichen beginnen wollte. Wenn er nach rechts flog, betrachtete man das als gutes Zeichen und setzte die Absicht fort. Flog er nach links, betrachtete man das als schlechtes Zeichen und brach die Absicht ab. Es ist nicht erlaubt, solche Handlungen selbst zu vollziehen oder andere damit zu beauftragen, und das gilt für jeglichen Aberglauben, sei es durch Geräusche oder sichtbare Zeichen, wie Tiere, Menschen mit Behinderungen, Zahlen, Tage oder andere Dinge.
+Erstens: „Wer in Vögeln ein schlechtes Omen ausmacht oder danach fragt.“ Damit ist gemeint, dass man einen Vogel fliegen ließ, bevor man mit einer Arbeit, einer Reise, einem Handel oder dergleichen beginnen wollte. Wenn er nach rechts flog, betrachtete man das als gutes Zeichen und setzte die Absicht fort. Flog er nach links, betrachtete man das als schlechtes Zeichen und brach die Absicht ab. Es ist nicht erlaubt, solche Handlungen selbst zu vollziehen oder andere damit zu beauftragen, und das gilt für jeglichen Aberglauben, sei es durch hörbare oder sichtbare Zeichen, wie Tiere, Menschen mit Behinderungen, Zahlen, Tage oder andere Dinge.
 Zweitens: „Wer Wahrsagerei betreibt oder sich wahrsagen lässt.“ Diejenigen, die behaupten, das verborgene Wissen durch die Sterne oder andere Methoden zu erkennen, oder diejenigen, die zu einem Wahrsager oder ähnlichem gehen, der behauptet verborgenes Wissen zu haben, und dieser Behauptung glauben, haben das abgelehnt, was Muhammad - Allahs Segen und Frieden auf ihm - offenbart wurde.
-Drittens: „Wer Zauberei betreibt oder für sich Zauberei betreiben lässt“ Damit sind diejenigen gemeint, die selbst Zauberei ausüben oder jemanden damit beauftragen, Zauberei zu betreiben, um jemandem zu nutzen oder zu schaden, oder die Zauber durch Knotenbinden betreiben, indem sie eine Schnur binden und diese durch das Rezitieren von verbotenen Zaubersprüchen und das Pusten darauf verzaubern.</t>
+Drittens: „Wer Zauberei betreibt oder für sich Zauberei betreiben lässt.“ Damit sind diejenigen gemeint, die selbst Zauberei ausüben oder jemanden damit beauftragen, Zauberei zu betreiben, um jemandem zu nutzen oder zu schaden, oder die Zauber durch Knotenbinden betreiben, indem sie eine Schnur binden und diese durch das Rezitieren von verbotenen Zaubersprüchen und das Pusten darauf verzaubern.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Es ist verpflichtend, sich auf Allah zu verlassen und an Sein Schicksal und Seine Vorherbestimmung zu glauben. Es ist verboten, sich durch Aberglaube, Pessimismus, Zauberei und Wahrsagerei beeinflussen zu lassen oder solche Praktiken zu erfragen.
 Die Behauptung, das Verborgene zu kennen, ist Schirk, der im Widerspruch zum Tauhid steht.
 Es ist verboten, Wahrsagern zu glauben und sie aufzusuchen. Dies schließt auch das Lesen vom sogenannten „Hand- und Kaffeesatz“, Horoskopen und das Anschauen solcher Dinge, selbst wenn es nur aus Neugier geschieht, ein.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Überliefert von al-Bazzar]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5981</t>
   </si>
   <si>
     <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>„Wer einen Wahrsager aufsucht und ihn nach etwas fragt, dessen Gebet wird vierzig Nächte lang nicht angenommen.“</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Von einigen Ehefrauen des Propheten - Allahs Segen und Frieden auf ihm - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer einen Wahrsager aufsucht und ihn nach etwas fragt, dessen Gebet wird vierzig Nächte lang nicht angenommen.“</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt davor, Wahrsager aufzusuchen – ein allgemeiner Begriff für Wahrsager, Sternkundige, Hellseher und ähnliche Personen, die sich auf bestimmte Methoden stützen, und behaupten, dadurch das Verborgene zu erkennen. Allein die Frage nach etwas aus dem Bereich des Verborgenen führt dazu, dass Allah ihm den Lohn seiner Gebete für vierzig Tage vorenthalten wird. Dies ist eine Strafe für diese schwere Sünde und Verfehlung.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt davor, Wahrsager aufzusuchen – ein allgemeiner Begriff für Wahrsager, Sternkundige, Hellseher und ähnliche Personen, die sich auf bestimmte Methoden stützen, und behaupten, dadurch das Verborgene zu erkennen. Allein die Frage nach etwas aus dem Bereich des Verborgenen führt dazu, dass Allah einem den Lohn der Gebete für vierzig Tage vorenthalten wird. Dies ist eine Strafe für diese schwere Sünde und Verfehlung.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Das Verbot der Wahrsagerei, des Aufsuchen von Wahrsagern und des Fragen nach dem Verborgenen bei ihnen.
 Ein Mensch kann von der Belohnung für seine Gehorsamkeit ausgeschlossen werden als Strafe für seine Sünden.
 In die Aussage fallen auch sogenannte Horoskope und das Anschauen solcher Dinge, sowie das Lesen der Hand oder der Tasse – selbst wenn es nur aus Neugier geschieht –, da all dies zur Wahrsagerei gehört und den Anspruch auf Wissen des Verborgenen darstellt.
 Wenn dies die Strafe für jemanden ist, der einen Wahrsager aufsucht, wie groß muss dann die Strafe für den Wahrsager selbst sein?
 Das Gebet von vierzig Tagen ist gültig und muss nicht nachgeholt werden, aber es bringt keine Belohnung ein.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5986</t>
   </si>
   <si>
     <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>„Wer etwas von der Sternenkunde erlernt, hat damit etwas von der Zauberei erlernt - je mehr es ist, desto mehr wird es.“</t>
   </si>
   <si>
@@ -11491,57 +11440,57 @@
   </si>
   <si>
     <t>'Uthman Ibn Al-'As - möge Allah mit ihm zufrieden sein - hatte Schmerzen, die ihn beinahe zugrunde gehen ließen. So kam der Prophet - Allahs Segen und Frieden auf ihm - zu ihm, stattete ihm einen Krankenbesuch ab und lehrte ihm ein Bittgebet, durch das Allah die Krankheit von ihm abwendet: Er soll seine Hand auf die schmerzende Stelle legen und dreimal 'Bismillah' (Im Namen Allahs); und siebenmal 'Audhu' (Ich suche Zuflucht), d. h. ich fliehe, halte mich und suche Schutz 'billahi wa qudratihi min scharri ma ajidu' (bei Allah und Seiner Allmacht vor dem Übel, das ich vorfinde', d. h. vor jedem gegenwärtigen Schmerzen, 'wa uhadhir' (und das ich befürchte), d. h. jede Kummer und jede Angst, die ich zukünftig befürchte, oder dass diese Krankheit bestehen bleibt und sich der Schmerz im Körper verbreitet.</t>
   </si>
   <si>
     <t>استحبابُ رُقْيَةِ الإنسانِ نفسَه كما جاء في الحديث.
 الشكوى -من غير تَضَجُّرٍ ولا اعتراض- لا تنافي التوكُّلَ والصبر.
 الدعاء من جُملةِ تَعاطِي الأسباب، ولذا ينبغي التَّقيُّدَ بألفاظِهِ وأعدادِه.
 هذا الدعاء يكونُ لكلِّ أَلَمٍ عُضْوُيٍّ.
 وضع اليد على موضع الألم عند الرقية بهذا الدعاء.</t>
   </si>
   <si>
     <t>Es ist empfohlen, dass man sich selbst beliest, wie es im Hadith berichtet wurde.
 Das Beschweren - ohne zu murren oder sich zu widersetzen - widerspricht nicht dem Vertrauen (auf Allah) und der Geduld.
 Das Bittgebet gehört zum Ergreifen der Ursachen. Aus diesem Grund soll man sich an die Ausdrücke und Vielzahl (des Bittgebets) halten.
 Dieses Bittgebet ist für jeden körperlichen Schmerz geeignet.
 Man legt seine Hand beim Belesen mit diesem Bittgebet auf die schmerzende Stelle.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6018</t>
   </si>
   <si>
     <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
-    <t>„Wahrlich, die Bedingungen, die am ehesten von euch erfüllt werden sollten, sind die, durch die euch die Schamteile (der Frauen durch Heirat) erlaubt worden sind.“</t>
+    <t>‚Wahrlich, die Bedingungen, die am ehesten von euch erfüllt werden sollten, sind die, durch die euch die Schamteile (der Frauen durch Heirat) erlaubt worden sind.‘“</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
-    <t>Von 'Uqbah Ibn 'Amir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, die Bedingungen, die am ehesten von euch erfüllt werden sollten, sind die, durch die euch die Schamteile (der Frauen durch Heirat) erlaubt worden sind.“</t>
+    <t>Von 'Uqbah Ibn 'Amir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, die Bedingungen, die am ehesten von euch erfüllt werden sollten, sind die, durch die euch die Schamteile (der Frauen durch Heirat) erlaubt worden sind.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass die Bedingungen, die am ehesten erfüllt werden müssen, die sind, die zur Erlaubnis des Genuss von Frau (im Sinne der ehelichen Beziehung) führen. Diese sind die erlaubten Bedingungen, die die Frau im Ehevertrag verlangt.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Es ist verpflichtend, die Bedingungen einzuhalten, die einer der Ehepartner dem anderen auferlegt hat, außer wenn eine Bedingung etwas erlaubt, was verboten ist, oder etwas verbietet, was erlaubt ist.
 Das Einhalten der Bedingungen des Ehevertrags ist wichtiger als andere Bedingungen, da es im Austausch für die Erlaubnis des ehelichen Zusammenseins steht.
 Die hohe Bedeutung der Ehe im Islam wird dadurch unterstrichen, dass besonders auf die Erfüllung der Bedingungen des Ehevertrags Wert gelegt wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6021</t>
   </si>
   <si>
     <t>أكبر الكبائر: الإشراك بالله، والأمن من مكر الله، والقنوط من رحمة الله، واليأس من روح الله</t>
   </si>
   <si>
     <t>Die schwersten der großen Sünden sind: Allah etwas beizugesellen, sich vor der List Allahs in Sicherheit zu fühlen, an der Barmherzigkeit Allahs zu zweifeln und die Hoffgnung auf Allah zu verlieren.</t>
@@ -11799,176 +11748,176 @@
   <si>
     <t>Die Verdeutlichung der Großzügigkeit des Propheten - Allahs Segen und Frieden auf ihm - und seines weitreichenden Edelmuts, insbesondere im Ramadan, denn er ist der Monat der Gottesdienste und der guten Taten.
 Der Ansporn zur Großzügigkeit zu jeder Zeit, und es ist erwünscht, im Ramadan noch großzügiger zu sein.
 Die Vermehrung des Gebens, der Großzügigkeit, der Wohltaten und der Quranrezitation im Monat Ramadan.
 Einer der Gründe für die Bewahrung des Wissens ist, es mit den Schülern des Wissens und Gelehrten zu studieren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6179</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war der Mensch mit dem besten Charakter.“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war der Mensch mit dem besten Charakter.“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - war der Mensch mit dem vollkommensten Charakter und führte in allen guten Eigenschaften und Tugenden. Dazu gehören freundliche Worte, das Geben von Wohltaten, ein freundliches Gesicht, das Zurückhalten von Schaden und das Ertragen von Unannehmlichkeiten von anderen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - war der Mensch mit dem vollkommensten Charakter und geht in allen guten Eigenschaften und Tugenden voraus. Dazu gehören freundliche Worte, das Geben von Wohltaten, ein freundliches Gesicht, das Zurückhalten von Schaden und das Ertragen von Unannehmlichkeiten von anderen.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
-    <t>Die Vollkommenheit des Charakters des Propheten - Allahs Segen und Frieden auf ihm -.
+    <t>Die Vollkommenheit des Charakters des Propheten - Allahs Segen und Frieden auf ihm.
 Der Prophet - Allahs Segen und Frieden auf ihm - ist das vollkommene Vorbild für gute Charaktereigenschaften.
 Es wird dazu ermutigt, sich am guten Charakter des Propheten - Allahs Segen und Frieden auf ihm - ein Beispiel zu nehmen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6180</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte es, nach jedem Gebet (Allah) dadurch zu preisen.“</t>
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte es, nach jedem Gebet (Allah) dadurch zu preisen.‘“</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
-    <t>Von Abu Az-Zubayr wird überliefert, dass er sagte: Ibn Az-Zubayr pflegte nach jedem Gebet, wenn er den Friedensgruß (zur Beendigung) sprach, zu sagen: „Es gibt keinen anbetungswürdigen Gott außer Allah, Ihm allein, keinen Partner hat Er. Ihm gehört die Herrschaft und Ihm gebührt das Lob und Er hat zu allem die Macht. Es gibt keine Macht und keine Kraft außer durch Allah. Es gibt keinen anbetungswürdigen Gott außer Allah und wir dienen niemandem außer Ihm. Ihm gehören die Gaben und die Wohltaten und Ihm gebührt das schönste Lob. Es gibt keinen anbetungswürdigen Gott außer Allah, wir widmen Ihm den Glauben aufrichtig, selbst wenn es den Ungläubigen zuwider ist. ("La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulku wa lahul-Hamdu wa huwa 'ala kulli Schay'in qadir. La Hawla wa la Quwwatah illa billah. La ilaha illa Allah, wa la na'budu illa iyyah, lahun-Ni'matu wa lahul-Fadl, wa lahuth-Thana'ul-Hasan. La ilaha illa Allah, Mukhlisina lahud-Din wa law karihal-Kafirun.")“ Und er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte es, nach jedem Gebet (Allah) dadurch zu preisen.“</t>
+    <t>Von Abu Az-Zubayr wird überliefert, dass er sagte: „Ibn Az-Zubayr pflegte nach jedem Gebet, wenn er den Friedensgruß (zur Beendigung) sprach, zu sagen: ‚Es gibt keinen anbetungswürdigen Gott außer Allah, Ihm allein, keinen Partner hat Er. Ihm gehört die Herrschaft und Ihm gebührt das Lob und Er hat zu allem die Macht. Es gibt keine Macht und keine Kraft außer durch Allah. Es gibt keinen anbetungswürdigen Gott außer Allah und wir dienen niemandem außer Ihm. Ihm gehören die Gaben und die Wohltaten und Ihm gebührt das schönste Lob. Es gibt keinen anbetungswürdigen Gott außer Allah, wir widmen Ihm den Glauben aufrichtig, selbst wenn es den Ungläubigen zuwider ist. („La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulku wa lahul-Hamdu wa huwa 'ala kulli Schay'in qadir. La Hawla wa la Quwwatah illa billah. La ilaha illa Allah, wa la na'budu illa iyyah, lahun-Ni'matu wa lahul-Fadl, wa lahuth-Thana'ul-Hasan. La ilaha illa Allah, Mukhlisina lahud-Din wa law karihal-Kafirun.“)‘ Und er sagte: ‚Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte es, nach jedem Gebet (Allah) dadurch zu preisen.‘“</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - pflegte nach dem Abschluss jedes Pflichtgebets (Allah) zu preisen, indem er diesen großartigen Dhikr aufsagte. Seine Bedeutung ist:
 „Es gibt keinen anbetungswürdigen Gott außer Allah“ bedeutet, dass niemand mit Recht angebetet wird, außer Allah.
 „Ihm Allein, keinen Partner hat Er“ bedeutet, dass niemand mit Allah an Seiner Göttlichkeit, Seiner Herrschaft und Seinen Namen und Eigenschaften beteiligt ist.
 „Ihm gehört die Herrschaft“ bedeutet, dass ihm die uneingeschränkte und umfassende Herrschaft gehört, die Herrschaft über die Himmel und die Erde und alles, was zwischen diesen beiden liegt.
 „Und Ihm gebührt das Lob“ bedeutet, dass Allah mit der absoluten Vollkommenheit beschrieben wird und für alle Umstände, sowohl in guten als auch in schlechten Zeiten, aus Liebe und Verherrlichung für die Vollkommenheit gelobt wird.
 „Und Er hat zu allem die Macht“ bedeutet, dass Seine Macht vollkommen und in jeder Hinsicht umfassend ist. Er ist zu allem im Stande und kein Anliegen ist Ihm unmöglich.
 „Es gibt keine Macht und keine Kraft außer durch Allah“ bedeutet, dass kein Wandel von einem Zustand in einen anderen und von Ungehorsam zu Gehorsam und keine Kraft möglich ist, außer durch Allah. Er ist der Helfer und auf Ihn muss man sich verlassen.
-„Es gibt keinen anbetungswürdigen Gott außer Allah, und wir dienen niemandem außer Ihm“ bestätigt die Bedeutung der Göttlichkeit (Allahs), die Verneinung des Schirk und dass niemandem außer Ihm (Allah) die Anbetung zusteht.
+„Es gibt keinen anbetungswürdigen Gott außer Allah, und wir dienen niemandem außer Ihm“ bestätigt die Bedeutung der Göttlichkeit (Allahs), die Verneinung des Schirks und dass niemandem außer Ihm (Allah) die Anbetung zusteht.
 „Ihm gehören die Gaben und die Wohltaten“ bedeutet, dass Allah derjenige ist, der die Segnungen erschafft und besitzt und sie nach Seinem Ermessen Seinen Dienern gewährt.
 „Und Ihm gebührt das Lob“ für Sein Wesen, Seine Eigenschaften, Handlungen und Gnaden in jeder Situation.
 „Es gibt keinen anbetungswürdigen Gott außer Allah, wir widmen Ihm den Glauben aufrichtig“ bedeutet, dass wir Allah allein dienen, ohne Augendienerei oder Prahlerei im Gehorsam gegenüber Allah.
 „Selbst wenn es den Ungläubigen zuwider ist“ bedeutet, dass wir fest an der Einzigkeit Allah und an Seiner Anbetung festhalten, auch wenn die Ungläubigen es nicht mögen.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Es ist empfohlen, diesen Dhikr regelmäßig nach jedem Pflichtgebet aufzusagen.
 Der Muslim ist stolz auf seinen Glauben und zeigt seine Riten, selbst wenn es den Ungläubigen zuwider ist.
-Wenn im Hadith der Ausdruck „nach dem Gebet“ in Bezug auf einen Dhikr vorkommt, bedeutet dies, dass es nach dem Friedensgruß (d. h. dem Abschluss des Gebets) erfolgen sollte. Wenn es sich um ein Bittgebet handelt, sollte es vor dem Friedensgruß zum Abschluss des Gebets gesprochen werden.</t>
+Wenn in der Überlieferung der Ausdruck „nach dem Gebet“ in Bezug auf einen Dhikr vorkommt, bedeutet dies, dass es nach dem Friedensgruß (d. h. dem Abschluss des Gebets) erfolgen sollte. Wenn es sich um ein Bittgebet handelt, sollte es vor dem Friedensgruß zum Abschluss des Gebets gesprochen werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6203</t>
   </si>
   <si>
     <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>„Macht eure Häuser nicht zu Friedhöfen. Wahrlich, der Schaytan (Satan) flieht aus einem Haus, in dem Surah Al-Baqarah gelesen wird.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Macht eure Häuser nicht zu Friedhöfen. Wahrlich, der Schaytan (Satan) flieht aus einem Haus, in dem Surah Al-Baqarah gelesen wird.“</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbietet es, dass in den Häusern keine Gebete verrichtet werden, da sie dann Friedhöfen gleichen würden, an denen nicht gebetet wird.
-Daraufhin berichtete er - Allahs Segen und Frieden auf ihm -, dass der Schaytan aus einem Haus flieht, in dem die Sure Al-Baqarah rezitiert wird.</t>
+Daraufhin berichtete er - Allahs Segen und Frieden auf ihm -, dass der Schaytan aus einem Haus flieht, in dem Surah Al-Baqarah rezitiert wird.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Es wird empfohlen, viele Anbetungen und freiwillige Gebete in den eigenen Häusern zu verrichten.
-Es ist nicht erlaubt, in Friedhöfen zu beten, da dies eine Möglichkeit des Schirk und der Überhöhung der Verstorbenen darstellen kann, mit Ausnahme des Totengebets.
+Es ist nicht erlaubt, in Friedhöfen zu beten, da dies eine Möglichkeit des Schirks und der Überhöhung der Verstorbenen darstellen kann, mit Ausnahme des Totengebets.
 Da das Verbot an Gräbern zu beten bei den Prophetengefährten zu einer Selbstverständlichkeit geworden war, verbat der Prophet - Allahs Segen und Frieden auf ihm - die Häuser wie Friedhöfe werden zu lassen, in denen nicht gebetet wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6208</t>
   </si>
   <si>
     <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
-    <t>„Dass ich sage: ‚Gepriesen sei Allah‘ ("Subhanallah"), ‚Alles Lob gebührt Allah‘ ("Alhamdulillah"), ‚Es gibt keinen anbetungswürdigen Gott außer Allah‘ (La ilaha illa Allah) und ‚Allah ist der Größte‘ ("Allahu Akbar"), ist mir lieber als alles, worüber die Sonne aufgeht.“</t>
+    <t>Dass ich sage: &gt;Gepriesen sei Allah&lt; (Subhanallah), &gt;Alles Lob gebührt Allah&lt; (Alhamdulillah), &gt;Es gibt keinen anbetungswürdigen Gott außer Allah&lt; (La ilaha illa Allah) und &gt;Allah ist der Größte&lt; (Allahu Akbar), ist mir lieber als alles, worüber die Sonne aufgeht.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Dass ich sage: ‚Gepriesen sei Allah‘ ("Subhanallah"), ‚Alles Lob gebührt Allah‘ ("Alhamdulillah"), ‚Es gibt keinen anbetungswürdigen Gott außer Allah‘ (La ilaha illa Allah) und ‚Allah ist der Größte‘ ("Allahu Akbar"), ist mir lieber als alles, worüber die Sonne aufgeht.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: Dass ich sage: &gt;Gepriesen sei Allah&lt; (Subhanallah), &gt;Alles Lob gebührt Allah&lt; (Alhamdulillah), &gt;Es gibt keinen anbetungswürdigen Gott außer Allah&lt; (La ilaha illa Allah) und &gt;Allah ist der Größte&lt; (Allahu Akbar), ist mir lieber als alles, worüber die Sonne aufgeht.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass das Gedenken Allahs - erhaben ist Er - mit diesen großartigen Worten besser ist als die ganze Welt und alles, was darin ist. Diese Worte sind:
 „Subhanallah“, was bedeutet, Allah von jeglichen Mängeln freizusprechen.
 „Alhamdulillah“, was bedeutet, Allah für Seine Eigenschaften der Vollkommenheit zu loben, Ihn zu lieben und zu verehren.
 „La ilaha illa Allah“, was bedeutet, dass niemand mit Recht angebetet wird, außer Allah.
-„Allahu Akbar“ bedeutet, dass Allah größer und erhabener ist als alles andere.</t>
+„Allahu Akbar“, was bedeutet, dass Allah größer und erhabener ist als alles andere.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Es wird ermutigt, Allahs zu gedenken, und dies ist lieber als alles, worüber die Sonne aufgeht.
 Es wird empfohlen, sich häufig des Gedenkens Allahs zu widmen, aufgrund der Belohnung und des Vorzugs darin.
 Die Versorgung des Diesseits ist nur gering und all seine Genüsse sind vergänglich.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6211</t>
   </si>
   <si>
     <t>لن يلج النار أحد صلى قبل طلوع الشمس وقبل غروبها</t>
   </si>
   <si>
     <t>„Niemand wird das Höllenfeuer betreten, der vor Sonnenaufgang und vor Sonnenuntergang betet.“</t>
   </si>
   <si>
     <t>عَنِ أبي زُهير عُمَارَةَ بْنِ رُؤَيْبَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «لَنْ يَلِجَ النَّارَ أَحَدٌ صَلَّى قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا»</t>
   </si>
   <si>
     <t>Von Abu Zuhayr Ibn 'Umarah Ibn Ru'aybah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Niemand wird das Höllenfeuer betreten, der vor Sonnenaufgang und vor Sonnenuntergang betet.“</t>
@@ -12038,74 +11987,74 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es keinen Muslim gibt, der zur Zeit des Pflichtgebets kommt, seine Gebetswaschung (Wudu) vollständig und korrekt durchführt und dann in seinem Gebet demütig ist, indem sein Herz und alle seine Glieder Allah zugewandt sind und Seine Allmacht vergegenwärtigen, und der die Handlungen des Gebets wie die Verbeugung (Ruku') und Niederwerfung (Sujud) usw. vollständig ausführt, ohne dass dieses Gebet eine Sühne für seine vorherigen kleinen Sünden ist, solange er keine große Sünde begeht. Und diese Gunst erstreckt sich über die gesamte Zeit und auf jedes Gebet.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Das Gebet, das Sünden sühnt, ist jenes, bei dem der Diener die Gebetswaschung gut verrichtet und es in Demut verrichtet, wobei er damit das Angesicht Allahs - erhaben ist Er - anstrebt.
 Der Vorzug der Beharrlichkeit in gottesdienstlichen Handlungen und dass sie ein Grund für die Vergebung kleiner Sünden sind.
 Der Vorzug der guten Ausführung der Gebetswaschung, der guten Ausführung des Gebets und der Demut darin.
 Die Wichtigkeit, große Sünden zu vermeiden, damit die kleinen Sünden vergeben werden.
 Große Sünden werden nur durch Reue (Tawba) vergeben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6254</t>
   </si>
   <si>
     <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
-    <t>„Es gibt keine Tage, an denen gute Taten Allah lieber sind als an diesen Tagen</t>
+    <t>‚Es gibt keine Tage, an denen gute Taten Allah lieber sind als an diesen Tagen.‘“ Gemeint sind die ersten zehn Tage (von Dhul-Hijjah)</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Tage, an denen gute Taten Allah lieber sind als an diesen Tagen.“ Gemeint sind die ersten zehn Tage (von Dhul-Hijjah). Sie fragten: „O Gesandter Allahs, nicht einmal das Kämpfen auf dem Weg Allahs?“ Er antwortete: „Nicht einmal das Kämpfen auf dem Weg Allahs, es sei denn, jemand geht mit sich selbst und seinem Vermögen hinaus und kehrt mit nichts davon zurück.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es gibt keine Tage, an denen gute Taten Allah lieber sind als an diesen Tagen.‘“ Gemeint sind die ersten zehn Tage (von Dhul-Hijjah). Sie fragten: „O Gesandter Allahs, nicht einmal das Kämpfen auf dem Weg Allahs?“ Er antwortete: „Nicht einmal das Kämpfen auf dem Weg Allahs, es sei denn, jemand geht mit sich selbst und seinem Vermögen hinaus und kehrt mit nichts davon zurück.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass gute Taten in den ersten zehn Tagen des Monats Dhul-Hijjah besser sind als in allen anderen Tagen des Jahres.
 Die Gefährten - möge Allah mit ihnen zufrieden sein - fragten den Propheten - Allahs Segen und Frieden auf ihm -, ob das Kämpfen (auf dem Weg Allahs) außerhalb dieser zehn Tage besser sei als die guten Taten in diesen zehn Tagen, da ihnen bekannt war, dass das Kämpfen auf dem Weg Allahs eine der besten Taten ist.
 Da antwortete er - Allahs Segen und Frieden auf ihm -, dass gute Taten in diesen Tagen besser sind als das Kämpfen auf dem Weg Allahs zu anderen Zeiten, außer bei einem Mann, der auf dem Weg Allahs auszieht, sein Leben und sein Vermögen riskiert und sodann sein Vermögen verliert und seine Seele auf dem Weg Allahs opfert. Dieser Mann ist derjenige, dessen Tat die guten Taten in diesen vorzüglichen Tagen übertrifft.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
-    <t>Der Vorzug der guten Taten in den ersten zehn Tagen des (Monats) Dhul-Hijjah ist groß. Daher sollte der Muslim diese Tage nutzen und in ihnen viele gute Taten vollbringen, wie das Gedenken Allahs, das Lesen des Quran, das Aussprechen von Takbir ("Allahu Akbar"), Tahlil ("La ilaha illa Allah"), Tahmid ("Alhamdulillah"), das Gebet, das Spenden, das Fasten und alle Arten von Wohltaten.</t>
+    <t>Der Vorzug der guten Taten in den ersten zehn Tagen des (Monats) Dhul-Hijjah ist groß. Daher sollte der Muslim diese Tage nutzen und in ihnen viele gute Taten vollbringen, wie das Gedenken Allahs, das Lesen des Quran, das Aussprechen von Takbir (Allahu Akbar), Tahlil (La ilaha illa Allah), Tahmid (Alhamdulillah), das Gebet, das Spenden, das Fasten und alle Arten von Wohltaten.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[رواه البخاري وأبو داود واللفظ له]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6255</t>
   </si>
   <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>„Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Von Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut. Und das Gleichnis des Heuchlers, welcher den Quran liest, ist das einer Basilikumpflanze; sie riecht gut, jedoch schmeckt sie bitter. Und das Gleichnis eines Heuchlers, welcher den Quran nicht liest, ist das von einer Koloquinte; sie hat keinen Duft und schmeckt bitter.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
@@ -12148,204 +12097,204 @@
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informierte über Bittgebete; derjenige, der sie spricht wird weder verlieren noch bereuen. Vielmehr erhält er für diese Worte Belohnung. Sie folgen aufeinander und werden nach dem Pflichtgebet gesprochen, und zwar:
 „Subhanallah“ dreiunddreißig Mal, was bedeutet, Ihn (Allah) - erhaben ist Er - von jedem Mangel freizusprechen.
 „Alhamdulillah“ dreiunddreißig Mal, was bedeutet, Allah mit vollkommener Vollkommenheit zu beschreiben, zusammen mit Seiner Liebe und Seiner Verherrlichung.
 „Allahu Akbar“ vierunddreißig Mal, denn Allah ist größer, gewaltiger und mächtiger als alles andere.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Die Vorzüge von Tasbih (Subhanallah), Tahmid (Alhamdulillah) und Takbir (Allahu Akbar), denn sie gehören zu den bleibenden guten Taten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6259</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
-    <t>Wer das Nachmittagsgebet vernachlässigt, dessen Taten sind nichtig.“</t>
+    <t>Wer das Nachmittagsgebet vernachlässigt, dessen Taten sind nichtig.‘“</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
-    <t>Von Buraydah Ibn Al-Husayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Verrichtet das Nachmittagsgebet früh, denn der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer das Nachmittagsgebet vernachlässigt, dessen Taten sind nichtig.“</t>
+    <t>Von Buraydah Ibn Al-Husayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Verrichtet das Nachmittagsgebet früh, denn der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Wer das Nachmittagsgebet vernachlässigt, dessen Taten sind nichtig.‘“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte davor, das Nachmittagsgebet absichtlich über seine Zeit hinaus zu verschieben. Wer dies tut, dessen Taten werden ungültig und verfallen, und seine Bemühungen sind vergeblich.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Die Ermutigung, das Nachmittagsgebet zu Beginn seiner Zeit zu verrichten und dazu zu eilen.
-Die schwere Warnung für denjenigen, der das Nachmittagsgebet unterlässt/verpasst, und dass das Versäumen dieses Gebets gewaltiger ist als das Versäumen anderer Gebete. Es ist das "mittlere Gebet", das besonders in der Aussage des Erhabenen erwähnt wird: "Haltet fest an den Gebeten und dem mittleren Gebet." [Al-Baqarah:238]</t>
+Die schwere Warnung für denjenigen, der das Nachmittagsgebet unterlässt/verpasst, und dass das Versäumen dieses Gebets gewaltiger ist als das Versäumen anderer Gebete. Es ist das „mittlere Gebet“, das besonders in der Aussage des Erhabenen erwähnt wird: „Haltet fest an den Gebeten und dem mittleren Gebet.“ [Al-Baqarah:238]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6261</t>
   </si>
   <si>
     <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
-    <t>„Wer die Gebetswaschung verrichtet und die Waschung gut macht, dessen Fehler verlassen seinen Körper, bis sie sogar unter seinen Nägeln herauskommen.“</t>
+    <t>‚Wer die Gebetswaschung verrichtet und die Waschung gut macht, dessen Fehler verlassen seinen Körper, bis sie sogar unter seinen Nägeln herauskommen.‘“</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
-    <t>Von 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer die Gebetswaschung verrichtet und die Waschung gut macht, dessen Fehler verlassen seinen Körper, bis sie sogar unter seinen Nägeln herauskommen.“</t>
+    <t>Von 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer die Gebetswaschung verrichtet und die Waschung gut macht, dessen Fehler verlassen seinen Körper, bis sie sogar unter seinen Nägeln herauskommen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert uns, dass jemand, der die rituelle Gebetswaschung mit Beachtung der freiwilligen Handlungen ("Sunan") und der Etikette der rituellen Gebetswaschung verrichtet, dies zu einem Grund der Vergebung von Sünden und zur Tilgung von Verfehlungen macht, sodass sogar seine Sünden unter den Nägeln seiner Hände und Füße herauskommen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert uns, dass jemand, der die rituelle Gebetswaschung mit Beachtung der freiwilligen Handlungen („Sunan“) und der Etikette der rituellen Gebetswaschung verrichtet, dies zu einem Grund der Vergebung von Sünden und zur Tilgung von Verfehlungen macht, sodass sogar seine Sünden unter den Nägeln seiner Hände und Füße herauskommen.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
-    <t>Man wird dazu angehalten, sich um die Erlernung der freiwilligen Handlungen und der Etikette der rituellen Gebetswaschung zu kümmern und nach diesen zu handeln.
+    <t>Der Ansporn, sich um die Erlernung der freiwilligen Handlungen und der Etikette der rituellen Gebetswaschung zu kümmern und nach diesen zu handeln.
 Der Vorzug der rituellen Gebetswaschung und dass es die kleinen Sünden tilgt. Die großen Sünden erfordern jedoch Reue.
 Die Bedingung für das Vergeben der Sünden ist, dass die rituelle Gebetswaschung vollständig und ohne Mängel durchgeführt wird, wie es der Prophet - Allahs Segen und Frieden auf ihm - erklärt hat.
 Die Vergebung der Sünden in diesem Hadith ist bedingt durch das Vermeiden der großen Sünden und die Reue davon. Der Erhabene sagt: „Wenn ihr die großen Sünden meidet, von denen euch abgeraten wird, werden Wir eure kleinen Sünden tilgen.“ [An-Nisa:31]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6263</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>„Wer, wenn er den Gebetsrufer hört, sagt: ‚Ich bezeuge, dass es keinen Gott gibt außer Allah, Er ist einzig und hat keinen Partner, und dass Muhammad Sein Diener und Gesandter ist. Ich bin zufrieden mit Allah als (meinem) Herrn, mit Muhammad als (meinem) Gesandten und mit dem Islam als (meiner) Religion.‘, dem werden seine Sünden vergeben.“</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Von Sa'd Ibn Abi Waqqas - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer, wenn er den Gebetsrufer hört, sagt: ‚Ich bezeuge, dass es keinen Gott gibt außer Allah, Er ist einzig und hat keinen Partner, und dass Muhammad Sein Diener und Gesandter ist. Ich bin zufrieden mit Allah als (meinem) Herrn, mit Muhammad als (meinem) Gesandten und mit dem Islam als (meiner) Religion.‘, dem werden seine Sünden vergeben.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informierte darüber, dass wer, wenn er den Gebetsrufer hört, sagt: „Ich bezeuge, dass es keinen Gott gibt außer Allah, Er ist einzig und hat keinen Partner“, was bedeutet: Ich bestätige, erkenne an und erkläre, dass es keinen zu Recht angebeteten Gott gibt außer Allah, und alles andere Angebetete ist falsch. „Und dass Muhammad Sein Diener und Gesandter ist“, was bedeutet: Dass er ein Diener ist, der nicht angebetet werden darf, und ein Gesandter, der nicht lügt. „Ich bin zufrieden mit Allah als (meinem) Herrn“, was bedeutet: Mit Seiner Herrschaft, Seiner Göttlichkeit, Seinen Namen und Seinen Eigenschaften. „Und mit Muhammad als (meinem) Gesandten“, was bedeutet: Mit allem, womit er gesandt wurde und was er uns überbracht hat. „Und mit dem Islam“, was bedeutet: Mit allen Bestimmungen des Islam, den Geboten und Verboten. „Als (meiner) Religion“, was bedeutet: Als Überzeugung und Unterwerfung. „Dem werden seine Sünden vergeben“, was bedeutet: Von den kleineren Sünden.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Das Wiederholen dieses Bittgebets beim Hören des Gebetsrufs gehört zu den Handlungen, die die Sünden tilgen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6272</t>
   </si>
   <si>
     <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
-    <t>„Wer in einer Nacht die beiden Verse vom Ende der Sure "Al-Baqarah" liest, dem sind sie genug.“</t>
+    <t>‚Wer in einer Nacht die beiden Verse vom Ende der Surah Al-Baqarah liest, dem sind sie genug.‘“</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
-    <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer in einer Nacht die beiden Verse vom Ende der Sure "Al-Baqarah" liest, dem sind sie genug.“</t>
+    <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Wer in einer Nacht die beiden Verse vom Ende der Surah Al-Baqarah liest, dem sind sie genug.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass wer die letzten beiden Verse der Sure Al-Baqarah in der Nacht liest, von Allah vor Übel und Verhasstem bewahrt wird. Es wurde gesagt, dass sie ihn von dem nächtlichen Gebet (Qiyam Al-Layl) entlasten, oder dass sie ihn von anderen regelmäßigen Gebeten abhalten können. Einige sagen auch, dass diese Verse das Minimum an Quran-Lesung im nächtlichen Gebet darstellen. Es gibt verschiedene Interpretationen, und es ist möglich, dass jede dieser Erklärungen zutrifft und die Worte des Hadith umfassen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass wer die letzten beiden Verse der Surah Al-Baqarah in der Nacht liest, von Allah vor Übel und Verhasstem bewahrt wird. Es wurde gesagt, dass sie ihn von dem nächtlichen Gebet (Qiyam Al-Layl) entlasten, oder dass sie ihn von anderen regelmäßigen Gottesdiensten entlasten. Einige sagen auch, dass diese Verse das Minimum an Quran-Lesung im nächtlichen Gebet darstellen. Es gibt verschiedene Interpretationen, und es ist möglich, dass jede dieser Erklärungen zutrifft und die Worte der Überlieferung umfassen.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
-    <t>Die letzten Verse der Sure Al-Baqarah, beginnend von der Aussage des Erhabenen: „Der Gesandte glaubt an das, was ihm von seinem Herrn offenbart wurde ...“, bis zum Ende der Surah, sind von besonderem Nutzen.
-Das Ende der Sure Al-Baqarah schützt einen vor allem Schlechten, allen Übeln und dem Schaytan, wenn man es in einer Nacht liest.
+    <t>Die letzten Verse der Surah Al-Baqarah, beginnend von der Aussage des Erhabenen: „Der Gesandte glaubt an das, was ihm von seinem Herrn offenbart wurde ...“, bis zum Ende der Surah, sind von besonderem Nutzen.
+Das Ende der Surah Al-Baqarah schützt einen vor allem Schlechten, allen Übeln und dem Schaytan, wenn man es nachts liest.
 Die Nacht beginnt mit dem Sonnenuntergang und endet mit der Morgendämmerung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6274</t>
   </si>
   <si>
     <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
-    <t>„Wer auch immer einen Buchstaben aus dem Quran liest, wird eine Belohnung (gute Tat) dafür bekommen und die Belohnung wird verzehnfacht</t>
+    <t>‚Wer auch immer einen Buchstaben aus dem Quran liest, wird eine Belohnung (gute Tat) dafür bekommen und die Belohnung wird verzehnfacht</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer auch immer einen Buchstaben aus dem Quran liest, wird eine Belohnung (gute Tat) dafür bekommen und die Belohnung wird verzehnfacht. Ich sage nicht, dass "Alif Lam Mim" ein Buchstabe ist, sondern 'Alif' ist ein Buchstabe, 'Lam' ist ein Buchstabe und 'Mim' ist ein Buchstabe.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer auch immer einen Buchstaben aus dem Quran liest, wird eine Belohnung (gute Tat) dafür bekommen und die Belohnung wird verzehnfacht. Ich sage nicht, dass &gt;Alif Lam Mim&lt; ein Buchstabe ist, sondern &gt;Alif&lt; ist ein Buchstabe, &gt;Lam&lt; ist ein Buchstabe und &gt;Mim&lt; ist ein Buchstabe.‘“</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass jeder Muslim, der einen Buchstaben aus dem Buch Allahs liest, dafür eine Belohnung erhält, und dass die Belohnung auf das Zehnfache vervielfacht wird.
-Dann erklärte er das mit den Worten: „Ich sage nicht, dass 'Alif-Lam-Mim' ein Buchstabe ist, sondern 'Alif' ist ein Buchstabe, 'Lam' ist ein Buchstabe und 'Mim' ist ein Buchstabe.“ So ergibt sich, dass es drei Buchstaben mit dreißig Belohnungen sind.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass jeder Muslim, der einen Buchstaben aus dem Buch Allahs liest, dafür eine Belohnung erhält, und dass die Belohnung um das Zehnfache vervielfacht wird.
+Dann erklärte er das mit den Worten: „Ich sage nicht, dass ‚Alif-Lam-Mim‘ ein Buchstabe ist, sondern ‚Alif‘ ist ein Buchstabe, ‚Lam‘ ist ein Buchstabe und ‚Mim‘ ist ein Buchstabe.“ So ergibt sich, dass es drei Buchstaben mit dreißig Belohnungen sind.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
-    <t>Die Ermutigung, den Quran häufig zu rezitieren.
+    <t>Der Ansporn dazu, den Quran häufig zu rezitieren.
 Liest man den Quran, erhält man für jeden Buchstaben aus jedem Wort, das man rezitiert, einen verzehnfachten Lohn.
 Die Barmherzigkeit und Großzügigkeit Allahs ist weit, da Er Seinen Dienern aus reiner Gunst und Großzügigkeit von Ihm den Lohn vermehrt.
-Der Vorzug des Quran im Vergleich zu anderen Worten und die Anbetung durch seine Rezitation, da es das Wort Allahs - erhaben ist Er - ist.</t>
+Der Vorzug des Quran im Vergleich zu anderen Worten und die Anbetung (Allahs) durch seine Rezitation, da es das Wort Allahs - erhaben ist Er - ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6275</t>
   </si>
   <si>
     <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>‚Der Sohn Adams hat Mich der Lüge bezichtigt, obwohl er dazu kein Recht hatte, und er hat Mich geschmäht, obwohl er dazu kein Recht hatte</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Allah sprach: ‚Der Sohn Adams hat Mich der Lüge bezichtigt, obwohl er dazu kein Recht hatte, und er hat Mich geschmäht, obwohl er dazu kein Recht hatte. Was Sein Bezichtigen Mich der Lüge angeht, so ist es seine Aussage: 'Er wird mich nicht wieder zum Leben erwecken, so wie Er mich erschaffen hat.' Und doch ist die erste Schöpfung für Mich nicht schwieriger als seine Wiederholung. Was sein Schmähen Mich angeht, so ist es seine Aussage: 'Allah hat sich Kinder genommen.' Dabei bin Ich der Eine, der Absolute. Ich habe nicht gezeugt und bin nicht gezeugt worden, und niemand ist Mir ebenbürtig.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Im heiligen Hadith erklärt der Prophet - Allahs Segen und Frieden auf ihm -, dass Allah - mächtig und majestätisch ist Er - über die Götzendiener und Ungläubigen berichtet hat, dass sie Ihn der Lüge bezichtigen und Ihm Mängel und Fehler zuschreiben, obwohl sie dazu nicht berechtigt sind.
 Was ihre Bezichtigung Allahs der Lüge betrifft, so ist es ihre Behauptung, dass Allah sie nach ihrem Tod nicht wieder zum Leben erwecken wird, so wie Er sie zum ersten Mal aus dem Nichts erschaffen hat. Er erwidert darauf, dass Derjenige, der die Schöpfung aus dem Nichts begonnen hat, in der Lage ist, sie wieder zum Leben zu erwecken, und es ist sogar noch einfacher für Ihn. Obwohl Schöpfung und Wiedererweckung für Allah gleichwertig sind, ist Allah zu allem fähig.
 Was ihre Schmähung betrifft, so ist es ihre Aussage, dass Er einen Sohn hat. Er erwidert darauf, dass Er der Eine ist, der Einzige, der in all Seinen Namen, Eigenschaften und Taten mit allen Vollkommenheiten ausgestattet ist, frei von jeglichem Mangel und Fehler. Er ist der Absolute, der Sich Selbst Genügende, der niemanden braucht, während alle anderen Ihn brauchen. Er war weder Vater für jemanden noch Sohn von jemandem, und niemand ist Ihm ebenbürtig, weder in Ähnlichkeit noch in Gleichheit. Gepriesen sei Er und erhaben ist Er.</t>
@@ -12533,99 +12482,99 @@
 Die Rechte der Menschen untereinander basieren auf dem Prinzip der Vergeltung, während die Rechte des Schöpfers, abgesehen vom Schirk (Götzendienst), auf Vergebung basieren.
 Die Verwendung der Methode des Dialogs, die den Zuhörer fesselt, seine Aufmerksamkeit anregt und sein Interesse weckt, insbesondere in der Erziehung und Führung.
 Die Erklärung der Bedeutung des wahren Bankrotteurs, nämlich derjenige, dessen gute Taten am Tag der Auferstehung von seinen Gläubigern genommen werden.
 Die Vergeltung im Jenseits kann alle guten Taten umfassen, bis nichts mehr davon übrig bleibt.
 Allahs Umgang mit der Schöpfung basiert auf Gerechtigkeit und Wahrheit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6454</t>
   </si>
   <si>
     <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>„Wenn ein Mann für seine Familie ausgibt und dabei die Absicht hat, dies als Gottesdienst anzusehen, dann wird es für ihn als Almosen angerechnet.“</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Von Abu Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wenn ein Mann für seine Familie ausgibt und dabei die Absicht hat, dies als Gottesdienst anzusehen, dann wird es für ihn als Almosen angerechnet.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass wenn ein Mann für seine Familie, die er unterhalten muss, wie seine Ehefrau, Eltern, Kinder und andere, ausgibt und dabei beabsichtigt, sich dadurch Allah - erhaben ist Er - zu nähern und die Belohnung bei Ihm erhofft, dann wird diese Ausgabe als Almosen für ihn angerechnet.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass wenn ein Mann für seine Familie, die er unterhalten muss, wie seine Ehefrau, Eltern, Kinder und andere, ausgibt und dabei beabsichtigt, sich dadurch Allah - erhaben ist Er - zu nähern, und dabei die Belohnung bei Ihm erhofft, dann wird diese Ausgabe als Almosen für ihn angerechnet.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Das Verdienen von Belohnung und Lohn durch die Ausgaben für die Familie.
-Der Gläubige sucht in seinen Handlungen das Angesicht Allahs und die Belohnung und Anerkennung von Ihm.
+Der Gläubige strebt in seinen Handlungen das Angesicht Allahs und die Belohnung und Anerkennung von Ihm an.
 Man sollte bei jeder guten Handlung, einschließlich des Ausgebens für die Familie, eine gute Absicht haben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6460</t>
   </si>
   <si>
     <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
-    <t>„Der Glaube besteht aus 71-73 Zweigen.“ Oder: „61-63 Zweigen.“ „Der höchste ist die Aussage ‚Es gibt keinen anbetungswürdigen Gott außer Allah‘ ("La ilaha illa Allah"). Und der niedrigste ist das Beseitigen des Schadens vom Weg</t>
+    <t>‚Der Glaube besteht aus 71-73 Zweigen.‘ Oder: ‚61-63 Zweigen.‘ ‚Der höchste ist die Aussage &gt;Es gibt keinen der zu Recht angebetet wird, außer Allah&lt; (La ilaha illa Allah). Und der niedrigste ist das Beseitigen des Schadens vom Weg</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der Glaube besteht aus 71-73 Zweigen.“ Oder: „61-63 Zweigen.“ „Der höchste ist die Aussage ‚Es gibt keinen anbetungswürdigen Gott außer Allah‘ ("La ilaha illa Allah"). Und der niedrigste ist das Beseitigen des Schadens vom Weg. Und die Schamhaftigkeit ist ein Zweig des Glaubens.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Glaube besteht aus 71-73 Zweigen.‘ Oder: ‚61-63 Zweigen.‘ ‚Der höchste ist die Aussage &gt;Es gibt keinen der zu Recht angebetet wird, außer Allah&lt; (La ilaha illa Allah). Und der niedrigste ist das Beseitigen des Schadens vom Weg. Und die Schamhaftigkeit ist ein Zweig des Glaubens.‘“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert, dass der Glaube viele Zweige und Eigenschaften umfasst, die sowohl Handlungen, Überzeugungen als auch Aussagen beinhalten.
 Und er berichtet, dass die höchste und beste Eigenschaft des Glaubens die Aussage „La ilaha illa Allah“ ist, wobei man sich der Bedeutung dessen bewusst ist und dementsprechend handelt, nämlich dass Allah der alleinige, einzige Gott ist, der alleiniger Anbetung würdig ist.
 Und dass die geringste Tat des Glaubens darin besteht, alles von den Wegen zu entfernen, was den Menschen schaden könnte.
 Dann berichtete er - Allahs Segen und Frieden auf ihm - , dass das Schamgefühl zu den Eigenschaften des Glaubens gehört. Es ist eine Tugend, die dazu anregt, das Gute zu tun und das Schlechte zu meiden.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Der Glaube hat verschiedene Stufen, von denen einige höher und besser sind als andere.
 Der Glaube besteht aus Aussage, Tat und Überzeugung.
-Die Scham vor Allah erfordert, dass Er dich nicht dort sieht, wo Er es dir verboten hat, und dass Er dich nicht vermisst, wo Er dir befohlen hat zu sein.
+Die Scham vor Allah erfordert, dass Er dich nicht dort sieht, wo Er es dir verboten hat, und dass Er dich nicht dort auffindet, wo Er dir befohlen hat zu sein.
 Die Nennung einer Anzahl bedeutet nicht, dass diese darauf beschränkt ist, sondern belegt vielmehr die Vielzahl der Handlungen des Glaubens. Die Araber erwähnen oft eine Anzahl, ohne damit mehr als das auszuschließen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6468</t>
   </si>
   <si>
     <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>„Es gibt keinen Besitzer von Gold oder Silber, der nicht dessen Rechte entrichtet, außer dass am Tag der Auferstehung für ihn Bleche aus Feuer geglüht werden</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keinen Besitzer von Gold oder Silber, der nicht dessen Rechte entrichtet, außer dass am Tag der Auferstehung für ihn Bleche aus Feuer geglüht werden. Diese werden in der Hölle erhitzt, und seine Seite, seine Stirn und sein Rücken werden damit verbrannt. Wann immer sie abkühlen, werden sie wieder für ihn erhitzt, an einem Tag, dessen Dauer fünfzigtausend Jahre beträgt, bis unter den Dienern geurteilt wird. Dann wird er seinen Weg sehen, entweder zum Paradies oder zur Hölle.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
@@ -12798,64 +12747,64 @@
 أن الجزاء من جنس العمل.
 أن نتيجة العمل ترجع إلى العامل خيرا أو شرا.
 خذلان من انصرف عن الله وطلب النفع من غيره.</t>
   </si>
   <si>
     <t>Es ist verboten an etwas anderem als Allah zu hängen.
 Man muss in allen Dingen an Allah hängen.
 Es wird gezeigt, dass der Schirk - d. h. Allah etwas beizugesellen - schlechte Folgen hat.
 Wie man handelt, wird man behandelt.
 Die Konsequenz einer Tat hängt von der Tat selbst ab, ob sie gut oder schlecht ist.
 Wer sich von Allah abwendet und bei etwas oder jemandem anderen Nutzen sucht , wird enttäuscht werden.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي</t>
   </si>
   <si>
     <t>[Überliefert von al-Tirmithy - Überliefert von Ahmed]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6763</t>
   </si>
   <si>
     <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
-    <t>„Wer 'Es gibt keinen anbetungswürdigen Gott außer Allah' ("La ilaha illa Allah") sagt und alles, was außer Allah angebetet wird, verleugnet (und nicht daran glaubt), dessen Vermögen und Blut ist geschützt und seine Abrechnung obliegt Allah.“</t>
+    <t>‚Wer &lt;Es gibt keinen, der zu Recht angebetet wird, außer Allah&lt; (La ilaha illa Allah) sagt und alles, was außer Allah angebetet wird, verleugnet (und nicht daran glaubt), dessen Vermögen und Blut ist geschützt und seine Abrechnung obliegt Allah.‘“</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
-    <t>Von Tariq Ibn Aschim Al-Aschja'i - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: ‚Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Wer 'Es gibt keinen anbetungswürdigen Gott außer Allah' ("La ilaha illa Allah") sagt und alles, was außer Allah angebetet wird, verleugnet (und nicht daran glaubt), dessen Vermögen und Blut ist geschützt und seine Abrechnung obliegt Allah.“</t>
+    <t>Von Tariq Ibn Aschim Al-Aschja'i - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wer &lt;Es gibt keinen, der zu Recht angebetet wird, außer Allah&lt; (La ilaha illa Allah) sagt und alles, was außer Allah angebetet wird, verleugnet (und nicht daran glaubt), dessen Vermögen und Blut ist geschützt und seine Abrechnung obliegt Allah.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass wer mit seiner Zunge bezeugt und sagt „es gibt keinen anbetungswürdigen Gott außer Allah“ - das heißt, es gibt keinen, der zu Recht angebetet wird, außer Allah - und der das, was außer Allah angebetet wird, verleugnet und sich von allen Religionen außer dem Islam lossagt, dessen Besitz und Leben ist für die Muslime verboten und man urteilt nach dem Äußeren seiner Taten. Man darf seinen Besitz nicht wegnehmen oder sein Blut vergießen, es sei denn, er begeht eine Straftat oder ein Verbrechen, das gemäß den islamischen Gesetzen bestraft werden muss.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass wer mit seiner Zunge „La ilaha illa Allah“ bezeugt und sagt - das heißt, es gibt keinen, der zu Recht angebetet wird, außer Allah - und der das, was außer Allah angebetet wird, verleugnet und sich von allen Religionen außer dem Islam lossagt, dessen Besitz und Leben ist für die Muslime verboten und man urteilt nach dem Äußeren seiner Taten. Man darf seinen Besitz nicht wegnehmen oder sein Blut vergießen, es sei denn, er begeht eine Straftat oder ein Verbrechen, das gemäß den islamischen Gesetzen bestraft werden muss.
 Und Allah wird seine Abrechnung am Tag der Auferstehung übernehmen. Wenn er ehrlich ist, wird Er ihn belohnen und wenn er ein Heuchler ist, wird Er ihn bestrafen.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Das Aussprechen von „La ilaha illa Allah“ und das Verleugnen von allem, was außer Allah angebetet wird, ist eine Bedingung für den Eintritt in den Islam.
 Die Bedeutung von „La ilaha illa Allah“ besteht darin, dass man alle Götzen, Gräber u. ä., die außer Allah angebetet werden, verleugnet und Ihm - gepriesen sei Er - allein die Anbetung widmet.
 Wer den Tauhid befolgt und sich sichtbar an seine Vorschriften hält, muss in Ruhe gelassen werden, bis eindeutig wird, dass er gegen diese Vorschriften verstößt.
 Die Unantastbarkeit des Vermögens, Lebens und der Ehre eines Muslims, es sei denn im Falle eines rechtmäßigen Anlasses.
 Das Urteil im Diesseits erfolgt nach dem Äußeren, während im Jenseits die Absichten und Ziele beurteilt werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6765</t>
   </si>
   <si>
     <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>‚Wer über mich etwas berichtet, von dem angenommen wird, dass es eine Lüge ist, so gehört er zu den Lügnern.‘“</t>
   </si>
@@ -12878,108 +12827,108 @@
   </si>
   <si>
     <t>Die Notwendigkeit, die über den Propheten - Allahs Segen und Frieden auf ihm - überlieferten Berichte zu überprüfen und ihre Authentizität sicherzustellen, bevor man sie weitergibt.
 Die Eigenschaft der Lüge bezieht sich auf jeden, der die Lüge erfindet und auf jeden, der sie überliefert und unter den Menschen verbreitet.
 Es ist verboten, einen erfundenen Hadith zu überliefern, wenn man weiß oder stark vermutet, dass er erfunden ist, außer wenn es dazu dient, vor ihm zu warnen.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
     <t>[رواه مسلم في مقدمته]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6982</t>
   </si>
   <si>
     <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Denn der Charakter des Propheten Allahs - Allahs Segen und Frieden auf ihm - war der Quran.“</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
-    <t>Von Sa'd Ibn Hischam Ibn 'Amir wird überliefert, dass er, als er bei 'Aischah - möge Allah mit ihr zufrieden sein - eintrat, sagte:: „O Mutter der Gläubigen, erzähle mir vom Charakter des Gesandten Allahs - Allahs Segen und Frieden auf ihm -,“ Sie sagte: „Liest du nicht den Quran?“ Ich antwortete: „Doch.“ Sie sagte: „Denn der Charakter des Propheten Allahs - Allahs Segen und Frieden auf ihm - war der Quran.“</t>
+    <t>Von Sa'd Ibn Hischam Ibn 'Amir wird überliefert, dass er, als er bei 'Aischah - möge Allah mit ihr zufrieden sein - eintrat, sagte: „O Mutter der Gläubigen, erzähle mir vom Charakter des Gesandten Allahs - Allahs Segen und Frieden auf ihm.“ Sie sagte: „Liest du nicht den Quran?“ Ich antwortete: „Doch.“ Sie sagte: „Denn der Charakter des Propheten Allahs - Allahs Segen und Frieden auf ihm - war der Quran.“</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
-    <t>Als die Mutter der Gläubigen 'Aischah - möge Allah mit ihr zufrieden sein - nach dem Charakter des Propheten - Allahs Segen und Frieden auf ihm - gefragt wurde, antwortete sie mit einer prägnanten Aussage und wies den Fragenden auf den edlen Quran hin, der alle Eigenschaften der Vollkommenheit vereint. Sie sagte, dass er - Allahs Segen und Frieden auf ihm - die Charaktereigenschaften des Quran besaß: Was der Quran befahl, setzte er um, und was der Quran verbot, mied er. Sein Charakter war das Handeln nach ihm (dem Quran), das Einhalten seiner Grenzen, die Befolgung seines Benehmens und die Berücksichtigung seiner Gleichnisse und Geschichten.</t>
+    <t>Als die Mutter der Gläubigen 'Aischah - möge Allah mit ihr zufrieden sein - nach dem Charakter des Propheten - Allahs Segen und Frieden auf ihm - gefragt wurde, antwortete sie mit einer prägnanten Aussage und wies den Fragenden auf den edlen Quran hin, der alle Eigenschaften der Vollkommenheit vereint. Sie sagte, dass er - Allahs Segen und Frieden auf ihm - die Charaktereigenschaften des Qurans besaß: Was der Quran befahl, setzte er um, und was der Quran verbot, mied er. Sein Charakter war das Handeln nach ihm (dem Quran), das Einhalten seiner Grenzen, die Befolgung seiner Benimmregeln und die Berücksichtigung seiner Gleichnisse und Geschichten.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Man wird dazu angehalten sich den Propheten - Allahs Segen und Frieden auf ihm -, darin als Vorbild zu nehmen, dass sein Charakter dem (vorgeschriebenen) Charakter im Quran entsprach.
 Der Charakter des Gesandten Allahs - Allahs Segen und Frieden auf ihm - wird gelobt und es wird aufgezeigt, dass er aus der Offenbarung entnommen wird.
 Der Quran ist die Quelle aller edlen Charaktereigenschaften.
 Der Charakter im Islam umfasst die gesamte Religion durch das Befolgen der Gebote und das Vermeiden der Verbote.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8265</t>
   </si>
   <si>
     <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>„Die Barmherzigen werden von dem Allerbarmer Barmherzigkeit erfahren. Seid barmherzig mit den Bewohnern der Erde, so ist Derjenige im Himmel barmherzig mit euch.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Die Barmherzigen werden von dem Allerbarmer Barmherzigkeit erfahren. Seid barmherzig mit den Bewohnern der Erde, so ist Derjenige im Himmel barmherzig mit euch.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass diejenigen, die anderen Barmherzigkeit erweisen, von dem Allerbarmer mit Seiner Barmherzigkeit, die alles umfasst, barmherzig behandelt werden; als gerechte Vergeltung (für ihr Handeln).
 Dann befahl der Prophet - Allahs Segen und Frieden auf ihm -, dass man allen auf der Erde Barmherzigkeit erweisen soll, sei es Mensch, Tier, Vogel oder andere Arten von Geschöpfen. Die Belohnung dafür ist, dass Allah euch von oben über Seinen Himmeln Barmherzigkeit erweisen wird.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Der Islam ist eine Religion der Barmherzigkeit, die vollkommen auf dem Gehorsam gegenüber Allah und der Güte gegenüber den Geschöpfen basiert.
 Allah - mächtig und majestätisch ist Er - wird mit der Barmherzigkeit beschrieben. Er - gepriesen sei Er - ist der Allerbarmer, der Barmherzige und Derjenige, Der Seinen Dienern Barmherzigkeit zuteilwerden lässt.
-Die Belohnung entspricht der Tat; die Barmherzigen werden von Allah barmherzig behandelt.</t>
+Die Belohnung entspricht der Tat; somit werden die Barmherzigen von Allah barmherzig behandelt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8289</t>
   </si>
   <si>
     <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>wenn er die Moschee betrat, sagte: „Ich suche Zuflucht bei Allah, dem Gewaltigen, und bei Seinem edlen Angesicht und Seiner ewigen Herrschaft vor dem verfluchten Satan</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er, wenn er die Moschee betrat, sagte: „Ich suche Zuflucht bei Allah, dem Gewaltigen, und bei Seinem edlen Angesicht und Seiner ewigen Herrschaft vor dem verfluchten Satan.“ Er sagte: „Nur das?“ Ich sagte: „Ja.“ Er sagte: „Wenn er das sagt, sagt der Satan: ‚Er ist den ganzen (restlichen) Tag vor mir geschützt.‘“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
@@ -13533,121 +13482,121 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot, dass ein Mann auf die Blöße eines anderen Mannes schaut oder dass eine Frau auf die Blöße einer anderen Frau schaut.
 Und die 'Aurah ist alles, was Scham hervorruft, wenn es enthüllt wird. Die 'Aurah des Mannes ist der Bereich zwischen seinem Bauchnabel und seinen Knien. Die Frau ist vollständig 'Aurah gegenüber fremden Männern. Gegenüber Frauen und ihren Maharim (der Ehemann und männliche Verwandte, die nicht geheiratet werden können) darf sie das zeigen, was normalerweise bei ihrer Arbeit im Haus sichtbar ist.
 Der Prophet - Allahs Segen und Frieden auf ihm - verbot auch, dass ein Mann mit einem anderen Mann unter einer Decke oder einem anderen Tuch allein ist, wenn beide unbekleidet sind. Ebenso verbot er, dass eine Frau mit einer anderen Frau unter einer Decke oder einem anderen Tuch allein ist, wenn beide unbekleidet sind. Der Grund dafür ist, dass dies dazu führen könnte, dass jeder von ihnen die Blöße des anderen berührt. Das Berühren der Blöße ist ebenso verboten wie das Schauen darauf. Vielmehr ist es sogar noch strenger verboten, da es zu größeren Schäden führen kann.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Das Verbot, auf die Blöße anderer zu schauen, außer im Falle von Ehemann und Ehefrau.
 Der Islam legt großen Wert auf die Reinheit der Gesellschaft und das Verschließen der Wege, die zu Abscheulichkeiten führen.
 Es ist erlaubt, auf die Blöße zu schauen, wenn es eine Notwendigkeit dafür gibt, wie z. B. bei einer medizinischen Behandlung, vorausgesetzt, es geschieht ohne Begierde.
 Ein Muslim ist verpflichtet, seine eigenen Blöße zu bedecken und seinen Blick von den Blößen anderer abzuwenden.
 Das Verbot wurde speziell auf Männer unter Männern und Frauen unter Frauen erwähnt, da dies eher dazu verleitet, hinzuschauen und die Blöße zu enthüllen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8904</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verbot den „Qaza'“</t>
+    <t>dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - den „Qaza'“ verbot</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verbot den „Qaza'“. (Eine Frisur, bei der Teile des Kopfes bei der Rasur ausgelassen werden.)</t>
+    <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - den „Qaza'“ verbot.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
-    <t>Der Prophet  - Allahs Segen und Frieden auf ihm - verbot es, einen Teil des Kopfhaares zu rasieren und einen anderen Teil zu belassen.
-Das Verbot gilt allgemein für Männer, sowohl für kleine als auch für große. Frauen hingegen ist es nicht gestattet, ihr Kopfhaar zu rasieren.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot es, einen Teil des Kopfhaares zu rasieren und einen anderen Teil zu belassen (arab.: „Qaza'“).
+Das Verbot gilt allgemein für Männer, sowohl für kleine als auch für große. Frauen hingegen ist es überhaupt nicht gestattet, ihr Kopfhaar zu rasieren.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Die islamische Gesetzgebung misst dem äußeren Erscheinungsbild des Menschen Wichtigkeit bei.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8914</t>
   </si>
   <si>
     <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Dieses eine Wort der Wahrheit wird vom Jinni geraubt und er flüstert es seinem Freund/Nahestehenden ins Ohr, so wie ein Hahn kräht. Dann mischen sie mehr als hundert Lügen darunter.“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Einige Leute fragten den Gesandten Allahs - Allahs Segen und Frieden auf ihm - über Wahrsager. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu ihnen: „Sie sind nichts.“ Sie sagten: „O Gesandter Allahs, manchmal erzählen sie etwas, das wahr ist.“ Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Dieses eine Wort der Wahrheit wird vom Jinni geraubt und er flüstert es seinem Freund/Nahestehenden ins Ohr, so wie ein Hahn kräht. Dann mischen sie mehr als hundert Lügen darunter.“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über diejenigen befragt, die über verborgene Ereignisse in der Zukunft berichten. Er sagte: "Kümmert euch nicht um sie, nehmt ihre Worte nicht ernst und ihre Angelegenheit sollte euch nicht interessieren."
 Sie sagten: „Aber manchmal stimmt ihre Aussage mit der Realität überein, wie dass sie über das Eintreten eines verborgenen Ereignisses in einem bestimmten Monat an einem bestimmten Tag berichten und es dann gemäß ihrer Aussage geschieht.“
 Da sagte er - Allahs Segen und Frieden auf ihm -: „Die Jinn stehlen, was sie an Berichten vom Himmel hören, und kommen dann zu ihren Nahestehenden, den Wahrsagern, herab, um ihnen zu berichten, was sie gehört haben. Dann fügt der Wahrsager zu dem, was er vom Himmel gehört hat, hundert Lügen hinzu.“</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Es ist verboten einem Wahrsager zu glauben. Das, was sie sagen, sind Lügen und freie Erfindungen, auch wenn es manchmal zutreffen mag.
 Mit der Entsendung des Propheten - Allahs Segen und Frieden auf ihm - wurde der Himmel vor den Satanen geschützt, sodass sie nichts von der Offenbarung oder anderem hören können, außer wer heimlich lauscht und den Meteoren entkommt.
 Die Jinn nehmen sich Verbündete unter den Menschen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8918</t>
   </si>
   <si>
     <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
-    <t>Wir waren bei 'Umar, als er sagte: „Uns wurde verboten, uns zu übernehmen.“</t>
+    <t>„Wir waren bei 'Umar, als er sagte: ‚Uns wurde verboten, uns zu übernehmen.‘“</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
-    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Wir waren bei 'Umar, als er sagte: „Uns wurde verboten, uns zu übernehmen.“</t>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir waren bei 'Umar, als er sagte: ‚Uns wurde verboten, uns zu übernehmen.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>'Umar - möge Allah mit ihm zufrieden sein - berichtet, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ihnen verboten hat, sich ohne Notwendigkeit zu übernehmen, sei es in Wort oder Tat.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Zu den Arten der Anstrengung, die verboten sind, gehören: Übermäßiges Fragen, sich mit Dingen zu befassen, von denen man nichts weiß, oder in einer Angelegenheit Strenge walten zu lassen, in der Allah Erleichterung gewährt hat.
 Ein Muslim sollte sich daran gewöhnen, großzügig zu sein und sich in Wort und Tat nicht zu überanstrengen: in seinem Essen, seinem Trinken, seinen Worten und all seinen Angelegenheiten.
 Der Islam ist eine Religion der Einfachheit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8945</t>
   </si>
   <si>
     <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>„Die Engel betreten kein Haus, in dem sich ein Hund oder ein Bild befindet.“</t>
@@ -13884,137 +13833,137 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zu sagen, wenn er aus der Toilette kam, nachdem er seine Notdurft verrichtet hatte: „Ich bitte Dich um Deine Vergebung, o Allah.“</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, nach dem Verlassen der Toilette „(Ich bitte Dich um) Deine Vergebung (Ghufranaka)“ zu sagen.
 Die ständige Bitte des Propheten - Allahs Segen und Frieden auf ihm - um die Vergebung seines Herrn in allen Situationen.
 Es wurde über den Grund für die Bitte um Vergebung nach der Notdurft gesagt: Wegen des Versäumnisses, Allah für Seine vielen Gnadenerweise zu danken, einschließlich der Erleichterung, etwas Lästiges loszuwerden. Und ich bitte um Deine Vergebung, dass ich während der Verrichtung der Notdurft vom Gedenken an Dich abgelenkt war.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10046</t>
   </si>
   <si>
     <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Es gibt niemanden, der wahrhaftig von Herzen bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist, den Allah nicht vor dem Höllenfeuer bewahren wird</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
-    <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert: Der Prophet - Allahs Segen und Frieden auf ihm - ritt mit Mu'adh hinter ihm auf dem Reittier. Er sagte: „O Mu'adh Ibn Jabal!“ Mu'adh antwortete: „Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude.“ Er sagte: „O Mu'adh Ibn Jabal!“ Er antwortete: „Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude.“ Der Prophet wiederholte dies insgesamt dreimal. Dann sagte er: „Es gibt niemanden, der wahrhaftig von Herzen bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist, den Allah nicht vor dem Höllenfeuer bewahren wird.“ Mu'adh fragte: „O Gesandter Allahs, soll ich den Menschen nicht davon erzählen, damit sie sich freuen?“ Er antwortete: „Dann werden sie sich darauf verlassen.“ Und Mu'adh erzählte es erst kurz vor seinem Tod aus Angst vor Sünde.</t>
+    <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert: „Der Prophet - Allahs Segen und Frieden auf ihm - ritt mit Mu'adh hinter ihm auf dem Reittier. Er sagte: ‚O Mu'adh Ibn Jabal!‘ Mu'adh antwortete: ‚Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude.‘ Er sagte: ‚O Mu'adh Ibn Jabal!‘ Er antwortete: ‚Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude.‘ Der Prophet wiederholte dies insgesamt dreimal. Dann sagte er: ‚Es gibt niemanden, der wahrhaftig von Herzen bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist, den Allah nicht vor dem Höllenfeuer bewahren wird.‘ Mu'adh fragte: ‚O Gesandter Allahs, soll ich den Menschen nicht davon erzählen, damit sie sich freuen‘“ Er antwortete: ‚Dann werden sie sich darauf verlassen‘ Und Mu'adh erzählte es erst kurz vor seinem Tod aus Angst vor Sünde.“</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - ritt hinter dem Propheten - Allahs Segen und Frieden auf ihm - auf seinem Reittier. Der Prophet rief ihn dann: „O Mu'adh?“ Und er wiederholte den Ruf dreimal, um die Wichtigkeit dessen, was er ihm sagen würde, zu betonen.
 Und jedes Mal antwortete Mu'adh - möge Allah mit ihm zufrieden sein - mit den Worten: „Labbayka ya Rasulallah wa sa'dayka“ (Hier bin ich, o Gesandter Allahs, zu deinen Diensten und deiner Freude), was bedeutet: „Ich antworte dir, o Gesandter Allahs, eine Antwort nach der anderen, und ich suche Glückseligkeit in meiner Antwort auf dich.“
-Dann informierte er - Allahs Segen und Frieden auf ihm - dass es niemanden gibt, der bezeugt, dass es keinen anbetungswürdigen Gott gibt außer Allah - d.h. niemand, der rechtmäßig angebetet werden darf, außer Allah - und dass Muhammad der Gesandte Allahs ist, aufrichtig von Herzen und nicht lügend, der, wenn er in diesem Zustand stirbt, von Allah vor dem Höllenfeuer bewahrt wird.
+Dann informierte er - Allahs Segen und Frieden auf ihm - dass es niemanden gibt, der bezeugt, dass es keinen anbetungswürdigen Gott gibt außer Allah - d. h. niemand, der rechtmäßig angebetet werden darf, außer Allah - und dass Muhammad der Gesandte Allahs ist, aufrichtig von Herzen und nicht lügend, der, wenn er in diesem Zustand stirbt, von Allah vor dem Höllenfeuer bewahrt wird.
 Mu'adh - möge Allah mit ihm zufrieden sein - bat den Propheten - Allahs Segen und Frieden auf ihm - darum, den Menschen davon zu erzählen, damit sie sich freuen und gute Nachrichten erhalten würden.
 Der Prophet - Allahs Segen und Frieden auf ihm - befürchtete jedoch, dass sie sich darauf verlassen und ihre guten Taten weniger werden.
 Mu'adh erzählte es niemandem, bis kurz vor seinem Tod, aus Angst, in die Sünde des Verbergens von Wissen zu fallen.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Die Bescheidenheit des Propheten - Allahs Segen und Frieden auf ihm -, da er Mu'adh hinter sich auf seinem Reittier sitzen ließ.
 Die Lehrmethode des Propheten - Allahs Segen und Frieden auf ihm - , da er Mu'adh wiederholt rief, damit er aufmerksam dem zuhört, was er (ihm) sagen wird.
 Zu den Voraussetzungen für das Zeugnis, dass es keinen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist, gehört, dass derjenige, der es sagt, ehrlich und überzeugt ist und nicht lügt oder zweifelt.
-Die Anhänger des Tauhid werden nicht ewig im Höllenfeuer bleiben, auch wenn sie aufgrund ihrer Sünden eintreten; sie werden herausgebracht, nachdem sie gereinigt wurden.
+Die Anhänger des Tauhids werden nicht ewig im Höllenfeuer bleiben, auch wenn sie aufgrund ihrer Sünden eintreten; sie werden herausgebracht, nachdem sie gereinigt wurden.
 Der Vorzug der beiden Glaubensbekenntnisse für denjenigen, der sie aufrichtig ausspricht.
 Die Zulässigkeit, in bestimmten Fällen darauf zu verzichten, etwas zu sagen, wenn dies zu Schaden führt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10098</t>
   </si>
   <si>
     <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>„Ein Muslim ist derjenige, vor dessen Zunge und Hand die Muslime sicher sind. Und ein Auswanderer (Muhajir) ist derjenige, der das verlässt, was Allah verboten hat.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ein Muslim ist derjenige, vor dessen Zunge und Hand die Muslime sicher sind. Und ein Auswanderer (Muhajir) ist derjenige, der das verlässt, was Allah verboten hat.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass ein Muslim, dessen Islam vollständig ist, derjenige ist, vor dessen Zunge die Muslime sicher sind. Er beschimpft sie nicht, verflucht sie nicht, verleumdet sie nicht und stiftet keinen Streit zwischen ihnen durch irgendeine Art von verbalem Schaden. Und sie sind auch vor seiner Hand sicher. Er greift sie nicht an und nimmt ihr Eigentum nicht unrechtmäßig an sich, und dergleichen. Und ein Auswanderer (Muhajir) ist derjenige, der das verlässt, was Allah - erhaben ist Er - verboten hat.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Die Vollkommenheit des Islam kann nur erreicht werden, indem man anderen weder materiellen noch moralischen Schaden zufügt.
 Die Zunge und die Hand werden besonders erwähnt, weil sie häufig Fehler machen und Schaden anrichten, denn die meisten Übel gehen von ihnen aus.
 Die Ermutigung dazu, die Sünden zu unterlassen und das zu befolgen, was Allah - erhaben ist Er -befohlen hat.
 Der beste Muslim ist derjenige, der die Rechte Allahs - erhaben ist Er - und die Rechte der Muslime erfüllt.
 Übergriffe können durch Worte oder Taten erfolgen.
 Die vollständige Auswanderung (Hijrah) besteht darin, das zu verlassen, was Allah - erhaben ist Er - verboten hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10101</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
-    <t>Unser Herr kommt jede Nacht zum irdischen Himmel hinab, wenn nur noch das letzte Drittel der Nacht bleibt</t>
+    <t>„Unser Herr kommt jede Nacht zum irdischen Himmel hinab, wenn nur noch das letzte Drittel der Nacht bleibt</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: Unser Herr kommt jede Nacht zum irdischen Himmel hinab, wenn nur noch das letzte Drittel der Nacht bleibt und sagt: „Wer ruft Mich mit seinen Bittgebeten an, auf dass Ich es ihm gewähre? Wer bittet Mich, auf dass Ich es ihm gebe? Wer bittet Mich um Vergebung, auf dass Ich ihm vergebe?“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Unser Herr kommt jede Nacht zum irdischen Himmel hinab, wenn nur noch das letzte Drittel der Nacht bleibt und sagt: ‚Wer ruft Mich mit seinen Bittgebeten an, auf dass Ich es ihm gewähre? Wer bittet Mich, auf dass Ich es ihm gebe? Wer bittet Mich um Vergebung, auf dass Ich ihm vergebe?‘“</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass Allah - segensreich und erhaben ist Er - jede Nacht zum irdischen (untersten) Himmel herabsteigt, wenn das letzte Drittel der Nacht verbleibt. Er ermutigt Seine Diener, Ihn anzurufen, denn Er antwortet demjenigen, der Ihn ruft. Er fordert sie auf, Ihn um das zu bitten, was sie wollen, denn Er gibt demjenigen, der Ihn bittet. Und Er empfiehlt ihnen, Ihn um Vergebung ihrer Sünden zu bitten, denn Er vergibt Seinen gläubigen Dienern.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Der Vorzug des letzten Drittels der Nacht, des Gebets, der Bittgebete und der Suche nach Vergebung in dieser Zeit.
 Hört man diese Überlieferung, sollte man aufs Äußerste darauf aus sein, die Zeiten, in denen die Bittgebet angenommen werden, zu nutzen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10412</t>
   </si>
   <si>
     <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>„Eine Frau soll keine Reise von zwei Tagen Dauer unternehmen, es sei denn, sie wird von ihrem Ehemann oder einem Mahram (männlichen Verwandten, den sie nicht heiraten darf) begleitet</t>
   </si>
   <si>
@@ -14048,116 +13997,116 @@
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Es ist einer Frau nicht erlaubt, ohne einen Mahram zu reisen.
 Eine Frau kann nicht als Mahram für eine andere Frau auf Reisen dienen, da es heißt: „Ihr Ehemann oder ein Mahram.“
 Alles, was als Reise bezeichnet wird, ist einer Frau ohne ihren Ehemann oder einen Mahram verboten. Dieser Hadith bezog sich auf die Situation und den Wohnort des Fragenden.
 Der Mahram einer Frau ist ihr Ehemann oder jemand, den sie aufgrund von Verwandtschaft niemals heiraten darf, wie der Vater, der Sohn, der Onkel väterlicherseits und der Onkel mütterlicherseits, oder aufgrund von Stillen, wie der Milchvater oder der Milchonkel, oder aufgrund von Schwägerschaft, wie der Schwiegervater. Er muss ein erwachsener, vernünftiger und vertrauenswürdiger Muslim sein, da der Zweck des Mahram darin besteht, die Frau zu schützen, zu bewahren und sich um sie zu kümmern.
 Die islamische Gesetzgebung kümmert sich um die Frau, schützt sie und bewahrt sie.
 Es ist nicht erlaubt, freiwillige Gebete unmittelbar nach dem Morgen- (Fajr) und Nachmittagsgebet ('Asr) zu verrichten, mit Ausnahme vom Nachholen der Pflichtgebete, Gebeten mit besonderem Anlass, wie dem Begrüßungsgebet in der Moschee, und dergleichen.
 Das Gebet unmittelbar nach Sonnenaufgang ist verboten. Die Sonne muss sich mindestens eine Speerlänge hoch bewegt haben, was etwa zehn bis fünfzehn Minuten entspricht.
 Die Zeit für das Nachmittagsgebet ('Asr) dauert bis zum Sonnenuntergang.
 Es ist erlaubt eine Reise zu den drei Moscheen zu beabsichtigen.
 Die Vorzüge und Besonderheiten der drei Moscheen gegenüber anderen.
 Es ist nicht erlaubt, zu reisen, um Gräber zu besuchen, selbst wenn es das Grab des Propheten - Allahs Segen und Frieden auf ihm - ist. Es ist jedoch erlaubt, ihn zu besuchen, wenn man sich in Al-Madinah befindet oder aus einem legitimen oder zulässigen Grund dorthin gekommen ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10603</t>
   </si>
   <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
-    <t>„Setzt euch nicht auf Gräber und betet nicht in ihre Richtung.“</t>
+    <t>‚Setzt euch nicht auf Gräber und betet nicht in ihre Richtung.‘“</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
-    <t>Von Abu Marthad Al-Ghanawi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden seien auf ihm - sagte: „Setzt euch nicht auf Gräber und betet nicht in ihre Richtung.“</t>
+    <t>Von Abu Marthad Al-Ghanawi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Setzt euch nicht auf Gräber und betet nicht in ihre Richtung.‘“</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Der Prophet  - Allahs Segen und Frieden auf ihm - verbot es, auf Gräbern zu sitzen.
-Er verbot auch, in Richtung der Gräber zu beten, d.h. dass das Grab in Richtung der Gebetsrichtung des Betenden ist, da dies zu den Mitteln des Schirk gehört.</t>
+Er verbot auch, in Richtung der Gräber zu beten, d. h., dass das Grab in Richtung der Gebetsrichtung des Betenden ist, da dies zu den Mitteln des Schirks gehört.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Das Verbot bei Gräbern, zwischen ihnen oder in ihre Richtung zu beten, außer dem Totengebet, wie es in der Sunnah authentisch berichtet ist.
 Das Verbot, in Richtung der Gräber zu beten, ist eine Maßnahme, um den Weg zum Schirk zu versperren.
-Der Islam verbietet Übertreibung in Bezug auf Gräber und deren Missachtung. Man soll weder übertreiben noch sie vernachlässigen.
+Der Islam verbietet Übertreibung in Bezug auf Gräber und ihre Missachtung. Man soll weder übertreiben noch sie vernachlässigen.
 Die Unantastbarkeit eines Muslims bleibt auch nach seinem Tod bestehen, aufgrund seiner Aussage - Allahs Segen und Frieden auf ihm - : „Das Brechen des Knochens eines Verstorbenen ist wie das Brechen seines Knochens, wenn er lebendig ist.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10647</t>
   </si>
   <si>
     <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Sie sind ein Volk, das wenn ein rechtschaffener Diener - oder rechtschaffener Mann - bei ihnen starb, eine Gebetsstätte auf seinem Grab errichteten</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
-    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass Umm Salamah dem Gesandten Allahs von einer Kirche erzählte, die sie in Abessinien gesehen hat und die Maria hieß. Und sie erzählte ihm was sie darin für Abbilder gesehen hat. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Sie sind ein Volk, das wenn ein rechtschaffener Diener - oder rechtschaffener Mann - bei ihnen starb, eine Gebetsstätte auf seinem Grab errichteten und in ihr diese Abbilder schufen. Das sind die schlechtesten Geschöpfe bei Allah!“</t>
+    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass Umm Salamah dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - von einer Kirche erzählte, die sie in Abessinien gesehen hat und die Maria hieß. Und sie erzählte ihm was sie darin für Abbilder gesehen hat. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Sie sind ein Volk, das wenn ein rechtschaffener Diener - oder rechtschaffener Mann - bei ihnen starb, eine Gebetsstätte auf seinem Grab errichteten und in ihr diese Abbilder schufen. Das sind die schlechtesten Geschöpfe bei Allah!“</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
-    <t>Die Mutter der Gläubigen Umm Salamah - möge Allah mit ihr zufrieden sein - erwähnte dem Propheten - Allahs Segen und Frieden auf ihm - dass sie, als sie im Land Abessinien war, eine Kirche sah, die Maria genannt wurde und in der es Bilder, Verzierungen und Gemälde gab; sie wunderte sich darüber! Der Prophet - Allahs Segen und Frieden auf ihm - erklärte die Gründe für das Anbringen dieser Bilder: Er sagte: „Diese, die du erwähnst, pflegten, wenn ein rechtschaffener Mann unter ihnen starb, über seinem Grab eine Moschee zu bauen, in der sie beteten, und malten diese Bilder.“ Und er erklärte, dass derjenige, der dies tut, bei Allah - erhaben ist Er - zur übelsten Schöpfung gehört, denn seine Tat führt dazu, dass Allah - erhaben ist Er - etwas beigesellt wird.</t>
+    <t>Die Mutter der Gläubigen Umm Salamah - möge Allah mit ihr zufrieden sein - erwähnte beim Propheten - Allahs Segen und Frieden auf ihm - dass sie, als sie im Land Abessinien war, eine Kirche sah, die Maria genannt wurde und in der es Bilder, Verzierungen und Gemälde gab. Sie wunderte sich darüber! Der Prophet - Allahs Segen und Frieden auf ihm - erklärte die Gründe für das Anbringen dieser Bilder: Er sagte: „Diese, die du erwähnst, pflegten, wenn ein rechtschaffener Mann unter ihnen starb, über seinem Grab eine Moschee zu bauen, in der sie beteten, und malten diese Bilder.“ Und er erklärte, dass derjenige, der dies tut, bei Allah - erhaben ist Er - zur übelsten Schöpfung gehört, denn seine Tat führt dazu, dass Allah - erhaben ist Er - etwas beigesellt wird.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Das Verbot, Moscheen auf Gräbern zu bauen, in ihrer Nähe zu beten oder Tote in Moscheen zu begraben, dient dazu, den Weg zum Schirk zu versperren.
 Der Bau von Moscheen auf Gräbern und das Aufstellen von Bildern darin ist eine Praxis der Juden und Christen, und wer dies tut, gleicht ihnen.
 Das Verbot, Bilder von Lebewesen zu machen.
-Wer eine Moschee auf einem Grab baut und darin Bilder malt, gehört zu den übelsten Geschöpfen Allahs - erhaben ist Er -.
-Die (islamische) Gesetzgebung schützt die Reinheit des Tauhid vollständig, indem sie alle Mittel versperrt, die zum Schirk führen könnten.
+Wer eine Moschee auf einem Grab baut und darin Bilder malt, gehört zu den übelsten Geschöpfen Allahs - erhaben ist Er.
+Die (islamische) Gesetzgebung schützt die Reinheit des Tauhids vollständig, indem sie alle Mittel versperrt, die zum Schirk führen könnten.
 Das Verbot der Übertreibung gegenüber den Rechtschaffenen, da dies ein Grund für den Fall in den Schirk ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10887</t>
   </si>
   <si>
     <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>„Mir wurde befohlen mich auf sieben Knochen niederzuwerfen</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Mir wurde befohlen mich auf sieben Knochen niederzuwerfen; auf der Stirn - und er zeigte mit seiner Hand auf seine Nase - , den beiden Händen, beiden Knien und den Zehenspitzen. Und wir sollen weder Kleider noch Haare zusammenbinden.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
@@ -14167,94 +14116,94 @@
 Erstens: Die Stirn: Sie ist der Bereich des Gesichts oberhalb der Nase und der Augen. Und er - Allahs Segen und Frieden auf ihm - zeigte mit seiner Hand auf seine Nase, um zu verdeutlichen, dass die Stirn und die Nase zusammen ein Körperteil der sieben sind, und um zu betonen, dass der sich Niederwerfende mit seiner Nase den Boden berührt.
 Das zweite und dritte Körperteil: Die beiden Hände.
 Das vierte und fünfte Körperteil: Die beiden Knie.
 Das sechste und siebte Körperteil: Die Fußzehen.
 Und er befahl uns, unsere Haare nicht zu binden oder unsere Kleidung beim Niederwerfen auf den Boden zusammenzuziehen, um sie zu schützen; sondern sie locker zu lassen, damit sie auf den Boden fallen und sich zusammen mit den Körperteilen niederwerfen.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Die Verpflichtung, sich im Gebet auf die sieben Körperteile niederzuwerfen.
 Die Verpöntheit, die Kleidung und Haare während des Gebets zusammenzuziehen oder zu binden.
 Der Betende muss in seinem Gebet Ruhe finden, indem er die sieben Körperteile der Niederwerfung auf den Boden legt und sich auf ihnen niederlässt, damit er den darin vorgeschriebenen Dhikr sagt.
 Das Verbot, das Haar zurückzuhalten, gilt nur für Männer und nicht für Frauen, da Frauen im Gebet dazu angehalten sind, sich zu bedecken.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10925</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zwischen den beiden Niederwerfungen zu sagen: „O Allah, vergib mir, erbarme Dich mir, verschone mich, leite mich auf den rechten Weg und versorge mich! ("Allahumma ighfir li wa irhamni wa 'afini wa ihdini wa irzuqni").“</t>
+    <t>„Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zwischen den beiden Niederwerfungen zu sagen: ‚O Allah, vergib mir, erbarme Dich mir, verschone mich, leite mich auf den rechten Weg und versorge mich!‘ (Allahumma ighfir li wa irhamni wa 'afini wa ihdini wa irzuqni).“</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert (, dass er sagte): Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zwischen den beiden Niederwerfungen zu sagen: „O Allah, vergib mir, erbarme Dich mir, verschone mich, leite mich auf den rechten Weg und versorge mich! ("Allahumma ighfir li wa irhamni wa 'afini wa ihdini wa irzuqni").“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert (, dass er sagte): „Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zwischen den beiden Niederwerfungen zu sagen: ‚O Allah, vergib mir, erbarme Dich mir, verschone mich, leite mich auf den rechten Weg und versorge mich!‘ (Allahumma ighfir li wa irhamni wa 'afini wa ihdini wa irzuqni).“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte zwischen den beiden Niederwerfungen in seinem Gebet diese fünf Bittgebete, die der Muslim dringend benötigt, zu sprechen. Sie umfassen das Gute des Dies- und des Jenseits, wie die Bitte um Vergebung, das Bedecken und Vergeben von Sünden, die Gewährung von Barmherzigkeit, die Heilung von Zweifeln, Begierden, Krankheiten und Leiden, sowie die Bitte an Allah um die Rechtleitung zur Wahrheit und zur Standhaftigkeit darauf, und um Versorgung mit Glauben, Wissen, guten Taten und gutem, erlaubtem Geld.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Die Legitimität dieses Bittgebets in der Sitzposition zwischen den beiden Niederwerfungen.
-Der Vorzug dieser Bittgebete liegt in dem, was sie an Gutem für das Dies- und das Jenseits beinhalten.</t>
+Der Vorzug dieser Bittgebete, da sie das Gute für das Dies- und das Jenseits beinhalten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10930</t>
   </si>
   <si>
     <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
-    <t>O Allah, Du bist der Friede, und von Dir kommt der Friede. Gepriesen seist Du, o Besitzer der Majestät und der Ehre("Allahuma Antas-Salam, wa minkas-Salam, tabarakta ya Dhal-Jalali wal-Ikram")</t>
+    <t>O Allah, Du bist der Friede, und von Dir kommt der Friede. Gepriesen seist Du, o Besitzer der Majestät und der Ehre</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
-    <t>Von Thawban - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden seien auf ihm - pflegte, wenn er sein Gebet beendet hatte, dreimal um Vergebung zu bitten und zu sagen: „O Allah, Du bist der Friede, und von Dir kommt der Friede. Gepriesen seist Du, o Besitzer der Majestät und der Ehre("Allahuma Antas-Salam, wa minkas-Salam, tabarakta ya Dhal-Jalali wal-Ikram").“
-Al-Walid sagte: „Ich fragte Al-Awza'i: 'Wie bittet man um Vergebung?' Er antwortete: 'Du sagst: Ich bitte Allah um Vergebung, ich bitte Allah um Vergebung.'“</t>
+    <t>Von Thawban - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden seien auf ihm - pflegte, wenn er sein Gebet beendet hatte, dreimal um Vergebung zu bitten und zu sagen: ‚O Allah, Du bist der Friede, und von Dir kommt der Friede. Gepriesen seist Du, o Besitzer der Majestät und der Ehre (Allahuma Antas-Salam, wa minkas-Salam, tabarakta ya Dhal-Jalali wal-Ikram).‘“
+Al-Walid sagte: „Ich fragte Al-Awza'i: ‚Wie bittet man um Vergebung?‘ Er antwortete: ‚Du sagst: &gt;Ich bitte Allah um Vergebung, ich bitte Allah um Vergebung (Astaghfirullah, Astaghfirullah).&lt;‘“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte nach Beendigung seines Gebets zu sagen: „Ich bitte Allah um Vergebung, ich bitte Allah um Vergebung, ich bitte Allah um Vergebung.("Astaghfirullah, astaghfirullah, astaghfirullah").“
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte nach Beendigung seines Gebets zu sagen: „Ich bitte Allah um Vergebung, ich bitte Allah um Vergebung, ich bitte Allah um Vergebung (Astaghfirullah, Astaghfirullah, Astaghfirullah).“
 Dann pries er seinen Herrn, indem er sagte: „O Allah, Du bist der Friede, und von Dir kommt der Friede. Gepriesen seist Du, o Besitzer der Majestät und der Ehre.“ Allah ist der vollkommen Friedvolle in Seinen Eigenschaften, frei von jedem Mangel und Makel. Man bittet Ihn - erhaben ist Er - um Schutz vor den Übeln des Dies- und des Jenseits, und nicht jemand anderen. Er - gepriesen sei Er - ist derjenige, Dessen Güte in beiden Welten viel ist, Er ist der Besitzer von Größe und Güte.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Die Empfehlung, nach dem Gebet um Vergebung zu bitten und dies regelmäßig zu tun.
 Die Empfehlung, um Vergebung zu bitten, um den Mangel in der Anbetung zu vervollständigen und den Gehorsam zu verbessern und die Versäumnisse darin zu kompensieren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10947</t>
   </si>
   <si>
     <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>„Wer nach jedem Gebet den Tasbih 33-mal aufsagt, den Tahmid 33-mal und den Takbir 33-mal, so sind das 99 und dann die 100 vollständig macht, indem er sagt: ‚La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulk wa lahul-Hamd wa huwa 'ala kulli schay'in qadir‘ (Es gibt keinen Gott außer Allah, Er ist einzig, Er hat keinen Partner, Ihm gehört die Herrschaft und Ihm gebührt das Lob, und Er hat Macht über alle Dinge.), dem werden seine Sünden vergeben, auch wenn sie wie der Schaum des Meeres sein sollten.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer nach jedem Gebet den Tasbih 33-mal aufsagt, den Tahmid 33-mal und den Takbir 33-mal, so sind das 99 und dann die 100 vollständig macht, indem er sagt: ‚La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulk wa lahul-Hamd wa huwa 'ala kulli schay'in qadir‘ (Es gibt keinen Gott außer Allah, Er ist einzig, Er hat keinen Partner, Ihm gehört die Herrschaft und Ihm gebührt das Lob, und Er hat Macht über alle Dinge.), dem werden seine Sünden vergeben, auch wenn sie wie der Schaum des Meeres sein sollten.“</t>
   </si>
@@ -14311,71 +14260,71 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat mitgeteilt, dass denjenigen, der den Thronvers (Ayat Al-Kursi) nach dem Pflichtgebet rezitiert, nichts vom Eintritt ins Paradies abhalten wird - außer der Tod. Dieser Vers befindet sich in Surah Al-Baqarah, wo Allah - erhaben ist Er - sagt: „Allah – es gibt keinen Gott außer Ihm, dem Lebendigen, dem Beständigen. Ihn ergreift weder Schlummer noch Schlaf. Ihm gehört, was in den Himmeln und was auf der Erde ist. Wer ist es, der bei Ihm Fürsprache einlegt, außer mit Seiner Erlaubnis? Er weiß, was vor ihnen und was hinter ihnen ist, und sie umfassen nichts von Seinem Wissen, außer was Er will. Sein Thron umfasst die Himmel und die Erde, und das Bewahren von beidem beschwert Ihn nicht. Und Er ist der Erhabene, der Gewaltige.“ [Al Baqarah:255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Die Vorzüge dieses gewaltigen Verses liegen in den enthaltenen schönsten Namen und erhabenen Eigenschaften Allahs.
 Es ist empfehlenswert, diesen gewaltigen Vers nach jedem Pflichtgebet zu lesen.
 Gute Taten sind der Grund für das Eintreten ins Paradies.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه النسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
-    <t>„Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.“</t>
+    <t>‚Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.‘“</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
-    <t>Von 'Imran Ibn Husayn - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich litt an Hämorrhoiden, also fragte ich den Propheten - Allahs Segen und Frieden auf ihm - über das Gebet, und er sagte: „Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.“</t>
+    <t>Von 'Imran Ibn Husayn - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich litt an Hämorrhoiden, also fragte ich den Propheten - Allahs Segen und Frieden auf ihm - über das Gebet, und er sagte: ‚Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass das Gebet grundsätzlich im Stehen zu verrichten ist, außer wenn man dazu nicht in der Lage ist. In diesem Fall darf man im Sitzen beten. Und wenn man nicht im Sitzen beten kann, darf man auf der Seite liegend beten.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Das Gebet wird nicht aufgehoben, solange der Verstand intakt ist. Der Übergang von einer Gebetshaltung zur anderen erfolgt je nach Fähigkeit.
-Die Milde und Leichtigkeit des Islam zeigt sich darin, dass der Diener (Allahs) so viel an Gottesdienst verrichtet, wie er kann.</t>
+Die Milde und Leichtigkeit des Islams zeigt sich darin, dass der Diener (Allahs) so viel an Gottesdienst verrichtet, wie er kann.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10951</t>
   </si>
   <si>
     <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>‚Beschimpft meine Gefährten nicht! Denn selbst wenn einer von euch so viel Gold wie der Berg Uhud ausgeben würde, würde er nicht den Lohn von einem von ihnen erreichen - und nicht einmal die Hälfte davon.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Beschimpft meine Gefährten nicht! Denn selbst wenn einer von euch so viel Gold wie der Berg Uhud ausgeben würde, würde er nicht den Lohn von einem von ihnen erreichen - und nicht einmal die Hälfte davon.‘“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte das Beschimpfen der Gefährten, insbesondere der ersten Generationen von den Auswanderern (Muhajirun) und den Helfern (Ansar). Er erklärte, dass selbst wenn jemand von den Menschen so viel Gold wie der Berg Uhud spenden würde, dies nicht den Lohn erreichen würde, den die Gefährten für das Spenden eines Mudds an Nahrung oder sogar eines halben Mudds erhält; wobei ein Mudd zwei volle Hände eines durchschnittlichen Mannes entspricht.
 Dies liegt an ihrer vermehrten Aufrichtigkeit, der Wahrhaftigkeit ihrer Absichten und daran, dass sie früh gespendet und gekämpft haben, noch vor der Eroberung von Makkah, als die Not besonders groß war.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
@@ -14441,71 +14390,71 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass derjenige, der beim Gebet unsicher ist und nicht weiß, ob er drei oder vier Gebetseinheiten gebetet hat, die zweifelhafte höhere Anzahl ignorieren und sich auf die sichere Zahl, also drei, verlassen soll. Er soll eine vierte Gebetseinheit beten und sich dann durch zwei zusätzliche Niederwerfungen (Sujud) vor dem Taslim des Gebets niederwerfen.
 Wenn er tatsächlich vier Einheiten gebetet hat, wird die zusätzliche Einheit zur fünften, und die zwei Niederwerfungen ersetzen eine Einheit. Dadurch ergibt sich eine gerade und keine ungerade Anzahl. Wenn er jedoch durch die zusätzliche Einheit insgesamt vier Einheiten gebetet hat, hat er sein Gebet ohne Hinzufügungen oder Kürzungen korrekt abgeschlossen.
 Die zwei Niederwerfungen dienen als Demütigung für den Satan und als Abwehr gegen ihn, indem sie ihn zurückweisen und seine Absichten vereiteln. Denn der Satan hat versucht, ihn in seinem Gebet zu verwirren und es zu verderben. Das Gebet des Menschen wird vervollständigt, wenn er dem Befehl Allahs - erhaben ist Er - folgt, indem er sich niederwirft - und der Satan sündigte aufgrund der Niederwerfung, da er sich weigerte dem Befehl Allahs zu folgen, sich vor Adam niederzuwerfen.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Wenn der Betende beim Gebet unsicher ist und sich keine der beiden Möglichkeiten eindeutig ergibt, soll er den Zweifel beiseite lassen und sich auf das Gewisse, also die geringere Anzahl, verlassen. Er vervollständigt sein Gebet, verrichtet zwei Niederwerfungen vor dem Taslim des Gebets und vollendet dann sein Gebet durch den Taslim.
 Diese beiden Niederwerfungen sind ein Weg, um das Gebet zu vervollständigen und den Satan erniedrigt und zurückgewiesen von seinen Absichten fernzuhalten.
 Der Zweifel, der in dem Hadith erwähnt wird, ist das Zögern ohne klare Entscheidung. Wenn jedoch eine Vermutung besteht und diese überwiegt, soll man sich danach richten.
 Die Ermutigung, die Einflüsterungen zu bekämpfen und abzuwenden, indem man den Anweisungen der (islamischen) Gesetzgebung folgt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/11231</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
-    <t>Hörst du den Ruf zum Gebet?“ Er sagte: „Ja!“ Er sagte: „Dann leiste ihm Folge!“</t>
+    <t>Hörst du den Ruf zum Gebet?‘ Er sagte: ‚Ja!‘ Er sagte: ‚Dann leiste (ihm) Folge!‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ein blinder Mann kam zum Propheten und sagte: „O Gesandter Allahs, ich habe niemanden, der mich zur Moschee führt!“ Darauf bat er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - ihm eine Sondererlaubnis zu erteilen, zu Hause zu beten. Er erlaubte es ihm. Als er sich jedoch zum Gehen wandte rief er ihn: „Hörst du den Ruf zum Gebet?“ Er sagte: „Ja!“ Er sagte: „Dann leiste ihm Folge!“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein blinder Mann kam zum Propheten und sagte: ‚O Gesandter Allahs, ich habe niemanden, der mich zur Moschee führt!‘ Darauf bat er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - ihm eine Sondererlaubnis zu erteilen, zu Hause zu beten. Er erlaubte es ihm. Als er sich jedoch zum Gehen wandte, rief er ihn: ‚Hörst du den Ruf zum Gebet?‘ Er sagte: ‚Ja!‘ Er sagte: ‚Dann leiste (ihm) Folge!‘“</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Einmal kam ein blinder Mann zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, ich habe niemanden, der mir hilft und mich an der Hand zur Moschee zu den fünf Gebeten führt!“ Er wollte, dass der Prophet - Allahs Segen und Frieden auf ihm - es ihm erlaubt, nicht an den Gemeinschaftsgebeten teilnehmen zu müssen. Zunächst erlaubte er es ihm. Als er sich aber abwandte, rief er ihn noch einmal und sagte: „Hörst du den Gebetsruf?“ Er sagte: „Ja!“ Er sagte: „Dann leiste dem Rufer Folge durch das Gebet!“</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Die Pflicht des Gemeinschaftsgebets, denn die Erlaubnis (zur Erleichterung) wird nur bei etwas Notwendigem und Verpflichtendem gewährt.
-Seine Aussage: „So antworte“ für denjenigen, der den Gebetsruf hört, belegt die Pflicht des Gemeinschaftsgebets, denn grundsätzlich weist der Befehl auf die Pflicht hin.</t>
+Seine Aussage „Dann leiste (ihm) Folge!“ für denjenigen, der den Gebetsruf hört, belegt die Pflicht des Gemeinschaftsgebets, denn grundsätzlich weist der Befehl auf die Pflicht hin.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/11287</t>
   </si>
   <si>
     <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>‚Die beste Reihe für die Männer ist die erste, und die schlechteste ist die letzte. Die beste Reihe für die Frauen ist die letzte, und die schlechteste ist die erste.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die beste Reihe für die Männer ist die erste, und die schlechteste ist die letzte. Die beste Reihe für die Frauen ist die letzte, und die schlechteste ist die erste.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
 وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass die beste Reihe für die Männer im Gebet und die mit dem größten Lohn und Vorzug die erste (Reihe) ist, da sie dem Imam am nächsten sind, seine Rezitation hören und weit von den Frauen entfernt sind. Die schlechteste Reihe und die mit dem geringsten Lohn und Vorzug und die am weitesten von dem entfernt ist, was islamisch-gesetzlich verlangt wird, ist die letzte (Reihe). Die beste Reihe für die Frauen ist die letzte, da sie dort verborgener ist und am weitesten von der Vermischung mit den Männern entfernt ist sowie von ihrem Anblick und der Versuchung durch sie. Die schlechteste (Reihe) ist die erste, da sie den Männern am nächsten ist und (somit) der Versuchung stärker ausgesetzt ist.</t>
   </si>
   <si>
@@ -15337,89 +15286,89 @@
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Von Mu'adh - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Eines Tages saß ich hinter dem Propheten - Allahs Segen und Frieden auf ihm - auf einem Esel, der 'Ufayr hieß. Da sagte er mir: ‚O Mu'adh, weißt du, was das Recht Allahs Seinen Dienern gegenüber und was das Recht der Diener gegenüber Allah ist?‘ Ich sagte: ‚Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚Das Recht Allahs Seinen Dienern gegenüber ist, dass sie Ihm dienen und Ihm nichts beigesellen und das Recht der Diener Allah gegenüber ist, dass Er denjenigen, der Ihm nichts beigesellt, nicht bestraft!‘ Da sagte ich: ‚O Gesandter Allahs, soll ich den Menschen denn nicht diese frohe Botschaft verkünden?!‘ Er sagte: ‚Verkünde sie ihnen nicht, denn dann verlassen sie sich darauf!‘“</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt das Recht Allahs den Dienern gegenüber und das Recht der Diener Allah gegenüber, und dass das Recht Allahs den Dienern gegenüber darin besteht, dass sie Ihm alleine dienen und Ihm nichts beigesellen, und dass das Recht Seiner Diener Allah gegenüber ist, dass Er die Monotheisten, die Ihm nichts beigesellen, nicht bestraft. Daraufhin sagte Mu'adh: „O Gesandter Allahs, soll ich den Menschen denn nicht diese gute Nachricht überbringen, damit sie sich freuen und durch diese Gunst in froher Erwartung sind?“ Der Prophet - Allahs Segen und Frieden auf ihm - verbot es ihm jedoch aus Sorge, dass sie sich darauf verlassen könnten.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
-    <t>Die Darlegung des Recht Allahs - erhaben ist Er - ist, zu dem Er Seine Diener verpflichtete, und zwar, dass sie Ihn anbeten und Ihm nichts beigesellen.
-[...1 lines deleted...]
-Darin  ist eine gewaltige frohe Botschaft für alle Monotheisten, die Allah - erhaben ist Er - nichts beigesellen -, nämlich dass ihr Ausgang der Eintritt ins Paradies ist.
+    <t>Die Darlegung des Rechts Allahs - erhaben ist Er - ist, zu dem Er Seine Diener verpflichtete, und zwar, dass sie Ihn anbeten und Ihm nichts beigesellen.
+Die Verdeutlichung des Rechts der Diener gegenüber Allah  - erhaben ist Er -, zu dem Er Sich aus Seiner Gunst und Großzügigkeit Selbst verpflichtete, und zwar, dass Er sie ins Paradies treten lässt und sie nicht bestraft.
+Darin ist eine gewaltige frohe Botschaft für alle Monotheisten, die Allah - erhaben ist Er - nichts beigesellen -, nämlich dass ihr Ausgang der Eintritt ins Paradies ist.
 Mu'adh gab diese Überlieferung erst kurz vor seinem Tod weiter, aus Furcht, sich einer Sünde schuldig zu machen, indem er Wissen zurückhält.
 Der Hinweis, dass man einige Überlieferungen bestimmten Leuten nicht weitergeben sollte, aus Furcht, dass sie sie nicht richtig verstehen werden. Dies gilt jedoch nur, wenn es nicht mit einer bestimmten Tat verbunden ist und keine Vorschrift der islamischen Gesetzgebung darin enthalten ist.
 Die Monotheisten, die Sünden begehen, sind dem Willen Allahs unterworfen; wenn Er will, bestraft Er sie, und wenn Er will, vergibt Er ihnen. Am Ende treten sie jedoch alle ins Paradies ein.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65007</t>
   </si>
   <si>
     <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Wer stirbt und Allah nichts beigesellt, kommt ins Paradies, und wer stirbt und Allah etwas beigesellt, kommt ins Feuer!‘“</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, was sind die beiden Konsequenzen?‘ Er sagte: ‚Wer stirbt und Allah nichts beigesellt, kommt ins Paradies, und wer stirbt und Allah etwas beigesellt, kommt ins Feuer!‘“</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Ein Mann fragte den Propheten - Allahs Segen und Frieden auf ihm -, was die beiden Eigenschaften sind, die zur Konsequenz haben, dass man ins Paradies eintritt oder dass man ins Höllenfeuer kommt. Er - Allahs Segen und Frieden auf ihm - antwortete ihm, dass die Eigenschaft, dessen Konsequenz der Eintritt ins Paradies ist, ist, dass man stirbt und Allah allein angebetet und Ihm nichts beigesellt hat. Und dass die Eigenschaft, die zur Konsequenz hat, dass man ins Höllenfeuer kommt, ist, dass man stirbt und Allah einen Partner beigesellt und Ihm etwas gleichgestellt hat in Seiner Göttlichkeit (Uluhiyyah), Seiner Herrschaft (Rububiyyah) und Seinen Namen und Eigenschaften.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Der Vorzug des „Tauhid“ (d. h. der reine islamische Eingottglauben/Monotheismus) und dass derjenige, der als Gläubiger stirbt und Allah nichts beigesellt, ins Paradies eintritt.
 Die Gefahr des „Schirk“ (d. h. Allah etwas beizugesellen) und dass derjenige, der Allah etwas beigesellt, in die Hölle kommt.
-Die Sünder unter den Anhängern des islamischen Eingottglaubens unterliegen dem Willen Allahs; wenn Er will, bestraft Er sie, und wenn Er will, vergibt Er ihnen. Am Ende kommen sie jedoch alle ins Paradies.</t>
+Die Sünder unter den Anhängern des Tauhid unterliegen dem Willen Allahs; wenn Er will, bestraft Er sie, und wenn Er will, vergibt Er ihnen. Am Ende kommen sie jedoch alle ins Paradies.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65008</t>
   </si>
   <si>
     <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>Er hat kein einziges Mal gesagt: ›Mein Herr, vergib mir meine Sünde am Tag der Abrechnung!‹‘“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich sagte: ‚O Gesandter Allahs, Ibn Jud'an pflegt in der Jahiliyyah - d. h. in der Zeit der Unwissenheit vor dem Islam - die Verwandtschaftsbande zu pflegen und die Armen zu speisen. Nützt ihm das etwas?‘ Er sagte: ‚Das nützt ihm nichts! Er hat kein einziges Mal gesagt: ›Mein Herr, vergib mir meine Sünde am Tag der Abrechnung!‹‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet von 'Abdullah Ibn Jud'an, der vor dem Islam zu den Anführern (des Stammes) der Quraysch zählte. Zu dessen guten Taten gehörte, dass er den Kontakt zu seinen Verwandten pflegte und sie gut behandelte, (dass er) die Armen speiste und andere lobenswerte Dinge, zu denen der Islam aufruft, ausführte. Diese Taten werden ihm jedoch nicht im Jenseits nützen, da er nicht an Allah glaubte und niemals sagte: „Mein Herr vergib mir meine Sünden am Tag der Abrechnung!“</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
@@ -15436,51 +15385,51 @@
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65009</t>
   </si>
   <si>
     <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>‚Wisst ihr, was euer Herr sagt?‘ Sie sagten: ‚Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚Unter Meinen Dienern gibt es die, die als Gläubige den Morgen erlebt haben und (es gibt unter ihnen) Ungläubige!</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Von Zayd Ibn Khalid Al-Juhani - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - betete für uns nach einem Regenschauer, der in der Nacht niedergekommen war, das Morgengebet in Al-Hudaybiyyah vor. Als er sich zum Gehen wandte, drehte er sich zu den Leuten und sagte: ‚Wisst ihr, was euer Herr sagt?‘ Sie sagten: ‚Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚Unter Meinen Dienern gibt es die, die als Gläubige den Morgen erlebt haben und (es gibt unter ihnen) Ungläubige! Wer gesagt hat: ›Der Regen ist auf uns durch die Gunst Allahs und durch Seine Barmherzigkeit hinabgekommen!‹, der glaubt an Mich und nicht an die Sterne! Wer jedoch gesagt hat: ›... durch den Untergang des Sternes Soundso‹, glaubt nicht an Mich, sondern an die Sterne!‘“</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - betete das Morgengebet in Al-Hudaybiyyah, einem Dorf in der Nähe von Makkah, nachdem es in der Nacht geregnet hatte. Nachdem er „As-Salamu 'alaykum“ gesagt und das Gebet beendet hatte, wandte er sich mit seinem Gesicht den Leuten zu und fragte sie: „Wisst ihr, was euer Herr - mächtig und majestätisch ist Er - gesagt hat?“ Sie antworteten ihm:  „Allah und Sein Gesandter wissen es am besten!“ Da sagt er: „Allah - erhaben ist Er - verdeutlichte, dass die Menschen sich in zwei Gruppen spalten, wenn es regnet: Eine Gruppe glaubt an Allah - erhaben ist Er - und eine Gruppe glaubt nicht an Allah - erhaben ist Er -. Wer gesagt hat: „Der Regen ist auf uns durch die Gunst Allahs und durch Seine Barmherzigkeit hinabgekommen!“ und das Hinabkommen des Regens Allah - erhaben ist Er - zuschrieb, der glaubt an Allah, den Schöpfer, Der über das Universum verfügt, und glaubt nicht an die Sterne. Und wer gesagt hat: „Der Regen kam wegen des Sternes Soundso auf uns hinab“, der glaubt nicht an Allah, sondern an die Sterne. Das Hinabkommen des Regens den Sternen zuzuschreiben ist kleiner Unglaube (Kufr Asghar) und Sterne sind weder eine gesetzliche noch eine bestimmte Ursache für Regen. Wer jedoch das Hinabkommen des Regens und andere Naturphänomene den Bewegungen der Sterne, wenn sie auf- und untergehen, zuschreibt und daran glaubt, dass diese Dinge der tatsächliche Verursacher sind, der hat großen Unglauben (Kufr Akbar) begangen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - betete das Morgengebet in Al-Hudaybiyyah, einem Dorf in der Nähe von Makkah, nachdem es in der Nacht geregnet hatte. Nachdem er „As-Salamu 'alaykum“ gesagt und das Gebet beendet hatte, wandte er sich mit seinem Gesicht den Leuten zu und fragte sie: „Wisst ihr, was euer Herr - mächtig und majestätisch ist Er - gesagt hat?“ Sie antworteten ihm:  „Allah und Sein Gesandter wissen es am besten!“ Da sagt er: „Allah - erhaben ist Er - verdeutlichte, dass die Menschen sich in zwei Gruppen spalten, wenn es regnet: Eine Gruppe glaubt an Allah - erhaben ist Er - und eine Gruppe glaubt nicht an Allah - erhaben ist Er -. Wer gesagt hat: „Der Regen ist auf uns durch die Gunst Allahs und durch Seine Barmherzigkeit hinabgekommen!“ und das Hinablassen des Regens Allah - erhaben ist Er - zuschrieb, der glaubt an Allah, den Schöpfer, Der über das Universum verfügt, und glaubt nicht an die Sterne. Und wer gesagt hat: „Der Regen kam wegen des Sternes Soundso auf uns hinab“, der glaubt nicht an Allah, sondern an die Sterne. Das Hinabkommen des Regens den Sternen zuzuschreiben ist kleiner Unglaube (Kufr Asghar) und Allah bestimmte die Sterne weder zu gesetzlichen noch zu vorherbestimmten Ursachen für Regen. Wer jedoch das Hinabkommen des Regens selbst und andere Naturphänomene den Bewegungen der Sterne, wenn sie auf- und untergehen, zuschreibt und daran glaubt, dass diese Dinge der tatsächliche Verursacher sind, der hat großen Unglauben (Kufr Akbar) begangen.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Es ist empfohlen, nach dem Regen zu sagen: „Der Regen ist auf uns durch die Gunst Allahs und durch Seine Barmherzigkeit hinabgekommen!“
 Wer die Gunst des Regenfalls und dergleichen den Sternen zuschreibt, im Glauben, dass sie die tatsächlichen Schöpfer und Verursacher davon seien, der ist durch großen Unglauben ungläubig geworden. Schreibt man ihnen jedoch nur zu, eine Ursache zu sein, hat man kleinen Unglauben begangen, da diese Dinge weder gesetzlicher noch wirklicher Grund (für Regen) sind.
 Eine Gunst kann der Grund für den Unglauben sein, wenn man undankbar ist, und für den Glauben, wenn man dankbar ist.
 Es ist verboten zu sagen: „Der Regen ist auf uns hinabgekommen wegen dem Auf-/Untergehen des Sternes Soundso“, selbst wenn man damit nur die Zeit (des Auf-/Untergehens) meint, um den Weg zum Schirk zu versperren.
 Die Pflicht, sein Herz an Allah - erhaben ist Er - zu binden, wenn es darum geht, einen Nutzen zu erlangen oder einen Schaden abzuwehren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65010</t>
   </si>
   <si>
     <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Wir finden in unseren Seelen Dinge, von denen wir so entsetzt sind, dass wir sie gar nicht aussprechen können!‘ Er sagte: ‚Ist das wirklich so, dass ihr solche Dinge findet?‘ Sie sagten: ‚Ja!‘ Er sagte: ‚Das ist der wahre Glaube!‘“</t>
   </si>
@@ -15555,62 +15504,62 @@
     <t>https://hadeethenc.com/de/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>‚Der Schaytan kommt zu einem von euch und sagt: ›Wer hat das erschaffen? Wer hat das erschaffen?‹ Bis er schließlich sagt: ›Wer hat deinen Herrn erschaffen?‹ Kommt man da an, soll man Zuflucht bei Allah suchen und dies (sofort) lassen!‘“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Schaytan kommt zu einem von euch und sagt: ›Wer hat das erschaffen? Wer hat das erschaffen?‹ Bis er schließlich sagt: ›Wer hat deinen Herrn erschaffen?‹ Kommt man da an, soll man Zuflucht bei Allah suchen und dies (sofort) lassen!‘“</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtet über das wirksamste Mittel bei den Fragen, die der Schaytan einem Gläubigen einflüstert; wenn der Schaytan sagt: „Wer hat das erschaffen? Wer hat das erschaffen? Wer hat den Himmel erschaffen? Wer hat die Erde erschaffen?“, so antwortet ihm der Gläubige entsprechend der Religion, der natürlichen Veranlagung und dem Verstand: „Allah!“ Der Schaytan bleibt jedoch nicht an dieser Stelle stehen, sondern macht weiter, bis er schließlich sagt: „Wer hat deinen Herrn erschaffen?“ In diesem Moment wehrt der Gläubige diese Einflüsterung durch drei Dinge ab:
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtet über das wirksamste Mittel bei den Fragen, die der Schaytan einem Gläubigen einflüstert. Wenn der Schaytan sagt: „Wer hat das erschaffen? Wer hat das erschaffen? Wer hat den Himmel erschaffen? Wer hat die Erde erschaffen?“, so antwortet ihm der Gläubige entsprechend der Religion, der natürlichen Veranlagung und dem Verstand: „Allah!“ Der Schaytan bleibt jedoch nicht an dieser Stelle stehen, sondern macht weiter, bis er schließlich sagt: „Wer hat deinen Herrn erschaffen?“ In diesem Moment wehrt der Gläubige diese Einflüsterung durch drei Dinge ab:
 (1.) durch den Glauben an Allah,
 (2.) indem man bei Allah Zuflucht vor dem Schaytan sucht
 (3.) und indem man aufhört, sich der Einflüsterung weiter hinzugeben.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
-    <t>Man soll sich von den Einflüsterungen des Schaytan und seinen Ideen abwenden, nicht darüber nachdenken und sich an Allah - erhaben ist Er - wenden, um sie loszuwerden.
+    <t>Man soll sich von den Einflüsterungen des Schaytans und seinen Ideen abwenden, nicht darüber nachdenken und sich an Allah - erhaben ist Er - wenden, um sie loszuwerden.
 Jede Einflüsterung, die im Herzen des Menschen ist und der islamischen Gesetzgebung widerspricht, ist vom Schaytan.
 Das Verbot, über das Wesen Allahs nachzudenken, und der Ansporn dazu, über Seine Geschöpfe und Seine Zeichen nachzusinnen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65013</t>
   </si>
   <si>
     <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>Es gibt sechs Arten von Taten und vier Arten von Menschen. Davon gibt es zwei Konsequenzen und Taten, die eins zu eins vergolten werden, und gute Taten, die zehnfach belohnt werden und andere, die siebenhundertfach belohnt werden</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Von Juraym Ibn Fatik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es gibt sechs Arten von Taten und vier Arten von Menschen. Davon gibt es zwei Konsequenzen und Taten, die eins zu eins vergolten werden, und gute Taten, die zehnfach belohnt werden und andere, die siebenhundertfach belohnt werden.
 Die beiden Konsequenzen sind: Wer stirbt, ohne Allah etwas beigesellt zu haben, kommt ins Paradies und wer stirbt und Allah etwas beigesellt hat, kommt ins Höllenfeuer. Die Taten, die eins zu eins vergolten werden, sind: Wer beabsichtigt, eine gute Tat zu vollbringen, sodass er es im Herzen fühlt und Allah es von ihm weiß, dem wird eine gute Tat gutgeschrieben und wer eine schlechte Tat begeht, dem wird eine schlechte Tat zur Last geschrieben. Wer eine gute Tat tatsächlich begeht, dem wird sie zehnfach vergolten. Und wer etwas von seinem Vermögen auf dem Weg Allahs ausgibt, dem wird es siebenhundertfach vergolten. Was die Arten der Menschen betrifft, so gibt es den, dem im Diesseits viel und im Jenseits wenig gegeben wird, den, dem im Diesseits wenig und im Jenseits viel gegeben wird, den, dem im Dies- und Jenseits wenig gegeben wird und den, dem im Dies- und Jenseits viel gegeben wird.‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
@@ -15657,106 +15606,106 @@
 Der Lohn dafür, etwas auf dem Wege Allah auszugeben, beginnt mit dem siebenhundertfachen Lohn, da es hilft, das Wort Allahs zu erhöhen.
 Die Erklärung der Kategorien der Menschen und ihre Unterschiede.
 Im Diesseits kann es sowohl dem Gläubigen als auch dem Ungläubigen gut gehen. Im Jenseits hingegen wird es nur dem Gläubigen gut gehen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65014</t>
   </si>
   <si>
     <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Allah tut einem Gläubigen in Bezug auf (seine) gute Tat kein Unrecht. Ihm wird dafür im Diesseits gegeben und im Jenseits wird er dafür belohnt werden</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah tut einem Gläubigen in Bezug auf (seine) gute Tat kein Unrecht. Ihm wird dafür im Diesseits gegeben und im Jenseits wird er dafür belohnt werden. Was den Ungläubigen betrifft, so wird er die Belohnung für die guten Taten erhalten, die er nicht um Allahs willen in dieser Welt vollbracht hat, und wenn er ins Jenseits kommt, wird es keine gute Tat geben, für die er belohnt werden kann.‘“</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht die gewaltige Gunst Allahs gegenüber den Gläubigen und Seine Gerechtigkeit gegenüber den Ungläubigen. Alternative: Was den Gläubigen betrifft, so wird die Belohnung für seine guten Taten nicht gemindert; vielmehr werden ihm im Diesseits gute Taten für seinen Gehorsam zuteil, zusammen mit der Belohnung, die im Jenseits für ihn bereitgehalten wird. Und manchmal kann der ganze Lohn für ihn im Jenseits aufbewahrt werden. Dem Ungläubigen hingegen gibt Allah den Lohn der guten Taten, die er ausgeführt hat, durch gute Dinge im Diesseits. Wenn er schließlich ins Jenseits kommt, gibt es nichts, für das er noch belohnt werden könnte, da die gute Tat, die sowohl im Dies- als auch im Jenseits nützt, nur von Gläubigen vollbracht werden kann.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht die gewaltige Gunst Allahs gegenüber den Gläubigen und Seine Gerechtigkeit gegenüber den Ungläubigen. Was den Gläubigen betrifft, so wird die Belohnung für seine guten Taten nicht gemindert; vielmehr werden ihm im Diesseits gute Taten für seinen Gehorsam zuteil, zusammen mit der Belohnung, die im Jenseits für ihn bereitgehalten wird. Manchmal kann der ganze Lohn für ihn im Jenseits aufbewahrt werden. Dem Ungläubigen hingegen gibt Allah den Lohn der guten Taten, die er ausgeführt hat, durch gute Dinge im Diesseits. Wenn er schließlich ins Jenseits kommt, gibt es nichts, für das er noch belohnt werden könnte, da die gute Tat, die sowohl im Dies- als auch im Jenseits nützt, nur von Gläubigen vollbracht werden kann.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Wer als Ungläubiger stirbt, dem nützt keine Tat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65015</t>
   </si>
   <si>
     <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Du hast den Islam angenommen mit dem Guten, was vorausgegangen ist!</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Von Hakim Ibn Hizam - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich sagte: ‚O Gesandter Allahs, was meinst du zu den guten Taten, die ich in der Jahiliyyah (vorislamischen Zeit) verrichtet habe, seien es Almosen, die Befreiung von Sklaven und die Pflege der verwandtschaftlichen Beziehungen; werde ich dafür belohnt?‘ Das sagte der Prophet - Allahs Segen und Frieden auf ihm -: ‚Du hast den Islam angenommen mit dem Guten, was vorausgegangen ist!‘“</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass der Ungläubige, wenn er den Islam annimmt, für die guten Taten belohnt wird, die er in seiner Zeit vor dem Islam vollbracht hat, wie z.B. das Geben von Almosen, die Befreiung von Sklaven und das Pflegen der Verwandtschaftsbande.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass der Ungläubige, wenn er den Islam annimmt, für die guten Taten belohnt wird, die er in seiner Zeit vor dem Islam vollbracht hat, wie z. B. das Geben von Almosen, die Befreiung von Sklaven und das Pflegen der Verwandtschaftsbande.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
-    <t>Die guten Taten des Ungläubigen, die im Diesseits getätigt wurden, werden im Jenseits nicht belohnt, wenn er im Zustand seines Unglauben stirbt.</t>
+    <t>Die guten Taten des Ungläubigen, die im Diesseits getätigt wurden, werden im Jenseits nicht belohnt, wenn er im Zustand seines Unglaubens stirbt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65016</t>
   </si>
   <si>
     <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>‚Wahrlich, Allah liebt es, dass man Seinen Erleichterungen nachkommt, so wie Er es liebt, dass man den Dingen nachkommt, in denen einem keine Erleichterung zugestanden wurde!‘“</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, Allah liebt es, dass man Seinen Erleichterungen nachkommt, so wie Er es liebt, dass man den Dingen nachkommt, in denen einem keine Erleichterung zugestanden wurde!‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass Allah es liebt, wenn man eine Erleichterung annimmt, die Er bestimmt hat, wenn z. B. bei Rechtsvorschriften und gottesdienstlichen Handlungen etwas leichter gemacht und für rechtsfähige Personen vereinfacht wird, da es einen Grund, der das rechtfertigt, wie z. B. das Kürzen und Zusammenlegen des Gebets auf der Reise. Genauso liebt Er es, dass man sich an die Dinge hält, in denen es keine Erleichterungen gibt und zu denen man verpflichtet ist, denn sowohl bei der Erleichterung, als auch beim Normalfall handelt es sich um ein Gebot von Allah.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass Allah es liebt, wenn man eine Erleichterung annimmt, die Er bestimmt hat, wenn z. B. bei Rechtsvorschriften und gottesdienstlichen Handlungen etwas leichter gemacht und für rechtsfähige Personen vereinfacht wird, da ein Grund vorliegt, der das rechtfertigt, wie z. B. das Kürzen und Zusammenlegen des Gebets auf der Reise. Genauso liebt Er es, dass man sich an die Dinge hält, in denen es keine Erleichterungen gibt und zu denen man verpflichtet ist, denn sowohl bei der Erleichterung als auch beim Normalfall handelt es sich um ein Gebot von Allah.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Die Barmherzigkeit Allahs - erhaben ist Er - mit Seinen Dienern und dass Er - gepriesen ist Er - es liebt, wenn man die Erleichterungen, die Er zugelassen hat, wahrnimmt.
 Die Vollkommenheit der islamischen Gesetzgebung und die Aufhebung der Erschwernis für den Muslim.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Überliefert von Ibn Hibban]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65017</t>
   </si>
   <si>
     <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>berichte mir etwas vom Islam, worüber ich niemanden außer dich befragen kann.‘ Er sagte: ‚Sag: ‚Ich glaube an Allah‘; und verhalte dich hierauf recht (und sei rechtschaffen).‘“</t>
   </si>
   <si>
@@ -15825,51 +15774,51 @@
     <t>Zu den Lehren des Propheten - Allahs Segen und Frieden auf ihm - gehört, Gleichnisse aufzustellen, um die Bedeutungen (einer Sache) zu verdeutlichen.
 Es wird dargelegt, dass die Heuchler sich ständig im Zustand des Zögerns und Zweifelns befinden und keinen festen Standpunkt haben.
 Die Warnung vor dem Zustand der Heuchler und der Ansporn zur Wahrhaftigkeit und Entschlossenheit im Glauben, sowohl äußerlich als auch innerlich.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65019</t>
   </si>
   <si>
     <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>bittet Allah darum, den Glauben in euren Herzen zu erneuern!</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Glaube wird im Inneren abgenutzt, genau wie das abgetragene Gewand abgenutzt wird; also bittet Allah darum, den Glauben in euren Herzen zu erneuern!‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass der Glaube im Herzen eines Muslims abgetragen und schwächer wird, genau wie ein neues Kleidungsstück, das mit längerer Zeit abgenutzt wird. Das ist der Grund für den Verlust der Motivation in den Gottesdiensten oder das Begehen von Sünden und dem Versinken in Gelüsten. Daher lehrt uns der Prophet - Allahs Segen und Frieden auf ihm -, Allah - erhaben ist Er - zu bitten, unseren Glauben zu erneuern, indem wir unsere Pflichten erfüllen und Ihm viel gedenken und Ihn um Vergebung bitten.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass der Glaube im Herzen eines Muslims abgetragen und schwächer wird, genau wie ein neues Kleidungsstück, das mit längerer Zeit abgenutzt wird. Das ist der Grund für den Verlust der Motivation in den Gottesdiensten oder für das Begehen von Sünden und das Versinken in Gelüsten. Daher lehrt uns der Prophet - Allahs Segen und Frieden auf ihm -, Allah - erhaben ist Er - zu bitten, unseren Glauben zu erneuern, indem wir unsere Pflichten erfüllen und Ihm viel gedenken und Ihn um Vergebung bitten.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, Allah darum zu bitten, einen zu festigen und den Glauben im Herzen zu erneuern.
 Der Glaube besteht aus Worten, Taten und Glaubenslehren und nimmt durch Gehorsam zu und durch Ungehorsam ab.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65020</t>
   </si>
   <si>
     <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>,,Zu den Vorzeichen des Jüngsten Tages gehört, dass das Wissen genommen wird, die Unwissenheit sich ausbreitet, die Unzucht sich vermehrt, der Alkoholkonsum sich vermehrt und es wird wenig Männer und viele Frauen geben, sodass es für fünfzig Frauen nur einen Mann gibt, der sich um sie kümmert.“</t>
   </si>
   <si>
@@ -15943,76 +15892,76 @@
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass die Stunde nicht eintreffen wird, bis die Muslime gegen die Juden kämpfen werden und bis Allah den Stein, hinter dem ein Jude geflohen ist, um sich vor den Muslimen zu verbergen, zu den Muslimen sprechen und zu ihnen rufen wird, dass hinter ihm ein Jude ist, damit sie kommen und ihn töten.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt hier einige verborgene Dinge und Ereignisse der Zukunft mit, so wie Allah - erhaben ist Er - es ihm offenbart hat. Und es wird unausweichlich eintreffen.
 Es wird in der Endzeit einen Krieg zwischen den Muslimen und den Juden geben, und das ist eines der Zeichen der Stunde.
 Der Islam wird bis zum Tag der Auferstehung weiter bestehen und er steht über allen anderen Religionen.
 Allah verhilft den Muslimen zum Sieg gegen ihre Feinde. Dazu gehört, dass Er in der Endzeit einen Stein sprechen lässt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65023</t>
   </si>
   <si>
     <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
-    <t>„Bei Dem, in Dessen Hand meine Seele ist, wahrlich, der Sohn Maryams wird bald als gerechter Richter unter euch herabsteigen. Er wird das Kreuz brechen, das Schwein töten, die Jizyah abschaffen, und der Reichtum wird überfließen, bis niemand ihn mehr annehmen wird.“</t>
+    <t>‚Bei Dem, in Dessen Hand meine Seele ist, wahrlich, der Sohn Maryams wird bald als gerechter Richter unter euch herabsteigen. Er wird das Kreuz brechen, das Schwein töten, die Jizyah abschaffen, und der Reichtum wird überfließen, bis niemand ihn mehr annehmen wird.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird berichtet, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Bei Dem, in Dessen Hand meine Seele ist, wahrlich, der Sohn Maryams wird bald als gerechter Richter unter euch herabsteigen. Er wird das Kreuz brechen, das Schwein töten, die Jizyah abschaffen, und der Reichtum wird überfließen, bis niemand ihn mehr annehmen wird.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird berichtet, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Bei Dem, in Dessen Hand meine Seele ist, wahrlich, der Sohn Maryams wird bald als gerechter Richter unter euch herabsteigen. Er wird das Kreuz brechen, das Schwein töten, die Jizyah abschaffen, und der Reichtum wird überfließen, bis niemand ihn mehr annehmen wird.‘“</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - schwört, dass das Kommen von 'Isa - Friede sei auf ihm - bald ist und er unter den Menschen mit der Gesetzgebung Muhammads richten wird, dass er das Kreuz brechen wird, das die Christen verehren, dass 'Isa - Friede sei auf ihm - das Schwein töten wird, dass er - Friede sei auf ihm - die Jizyah abschaffen und alle Menschen dazu bringen wird, den Islam anzunehmen, und dass der Reichtum überfließen wird, sodass niemand ihn mehr annehmen wird; dies aufgrund seiner Fülle und weil jeder mit dem, was er besitzt, zufrieden sein wird. Außerdem werden Segnungen herabkommen und das Gute wird sich fortsetzen.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
-    <t>Der Beweis für das Herunterkommen von 'Isa - Friede sei auf ihm - in der Endzeit und dass er eines der Zeichen der Stunde ist.
+    <t>Die Bestätigung für das Herunterkommen von 'Isa - Friede sei auf ihm - in der Endzeit und dass er eines der Zeichen der Stunde ist.
 Das Gesetz des Propheten - Allahs Segen und Frieden auf ihm - kann von keinem anderen Gesetz aufgehoben werden.
 In der Endzeit wird der Segen im Reichtum herabkommen, während die Menschen enthaltsam sein werden.
 Die frohe Botschaft, dass die islamische Religion bestehen bleibt, da 'Isa - Friede sei auf ihm - in der Endzeit mit ihr richten wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65025</t>
   </si>
   <si>
     <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>Die Stunde wird nicht eintreffen, bis die Sonne aus dem Westen aufgeht. Geht sie auf und sehen die Leute sie, werden alle glauben</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Stunde wird nicht eintreffen, bis die Sonne aus dem Westen aufgeht. Geht sie auf und sehen die Leute sie, werden alle glauben. Das ist, wenn: ‚einer Seele ihr Glaube nichts hilft, wenn sie nicht zuvor schon glaubte oder in ihrem Glauben Gutes vollbracht hat.‘ [Al-An'am:158] Und die Stunde wird eintreffen, während zwei Männer ein Stück Stoff zwischen sich ausgebreitet haben, doch sie werden weder dazu kommen, ihren Kauf abzuschließen noch es wieder zusammenzulegen. Und die Stunde wird kommen, während ein Mann mit der Milch davon geht, die er frisch von seinem Kamel gemolken hat, doch er wird nicht dazu kommen, sie zu trinken. Und die Stunde wird kommen, während er seine Tränke ausbessert, doch er wird nicht dazu kommen, daraus zu tränken. Und die Stunde wird kommen, während einer von euch einen Bissen an seinen Mund führt, doch er wird nicht dazu kommen, ihn zu verspeisen!“</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
@@ -16047,70 +15996,70 @@
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat uns berichtet, dass eines der Zeichen der Stunde die Beschleunigung der Zeit ist. So wird ein Jahr so schnell vergehen wie ein Monat, und der Monat so schnell wie eine Woche, und die Woche so schnell wie ein Tag, und der Tag so schnell wie eine Stunde, und eine Stunde so schnell wie das Verbrennen eines Palmblattes.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Eines der Zeichen der Stunde ist das Entfernen des Segens aus der Zeit oder ihre Beschleunigung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65027</t>
   </si>
   <si>
     <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
-    <t>„Allah wird die Erde zusammenhalten und die Himmel mit Seiner rechten Hand zusammenrollen, dann wird Er sagen: 'Ich bin der König, wo sind die Könige der Erde?'“</t>
+    <t>‚Allah wird die Erde zusammenhalten und die Himmel mit Seiner rechten Hand zusammenrollen, dann wird Er sagen: &gt;Ich bin der König, wo sind die Könige der Erde?&lt;‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Allah wird die Erde zusammenhalten und die Himmel mit Seiner rechten Hand zusammenrollen, dann wird Er sagen: 'Ich bin der König, wo sind die Könige der Erde?'“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Allah wird die Erde zusammenhalten und die Himmel mit Seiner rechten Hand zusammenrollen, dann wird Er sagen: &gt;Ich bin der König, wo sind die Könige der Erde?&lt;‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat uns berichtet, dass Allah - erhaben ist Er - am Tag der Auferstehung die Erde ergreifen und zusammenfassen wird. Er wird den Himmel mit Seiner rechten Hand zusammenrollen, einen Teil über den anderen legen, ihn wegnehmen und vernichten. Dann wird Er sagen: „Ich bin der König, wo sind die Könige der Erde?“</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
-    <t>Die Erinnerung daran, dass nur Allahs Herrschaft ewig währt, während die Herrschaft aller anderen vergänglich ist.
+    <t>Die Erinnerung daran, dass nur Allahs Herrschaft ewig besteht, während die Herrschaft aller anderen vergänglich ist.
 Die Erhabenheit Allahs, die Größe Seiner Macht und Herrschaft, und die Vollkommenheit Seines Königreichs.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65028</t>
   </si>
   <si>
     <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>‚Mein Becken hat die Größe einer Monatsreise, sein Wasser ist weißer als Milch, sein Duft schöner als Moschus</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Mein Becken hat die Größe einer Monatsreise, sein Wasser ist weißer als Milch, sein Duft schöner als Moschus und seine Becher sind wie die Sterne im Himmel. Wer daraus trinkt, wird danach nie wieder Durst verspüren!‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
@@ -16775,95 +16724,95 @@
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - kannte nicht den Beginn einer Surah, bis ihm ‚Im Namen Allahs, des Allerbarmers, des Barmherzigen‘ (Bismilllahi-r-Rahmani-r-Rahim) offenbart wurde.“</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ibn 'Abbas - möge Allah mit ihm zufrieden sein - verdeutlicht, dass die Suren des edlen Qurans dem Propheten - Allahs Segen und Frieden auf ihm - offenbart wurden und er nicht wusste, wo sie anfing und wo sie aufhörte, bis ihm „Im Namen Allahs, des Allerbarmers, des Barmherzigen“ (Bismilllahi-r-Rahmani-r-Rahim) offenbart wurde. Dann wusste er, dass damit die vorangegangene Surah beendet ist und dass es der Anfang einer neuen Surah ist.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Die „Basmalah“ trennt die Suren voneinander, außer bei Surah „Al-Anfal“ und Surah „At-Taubah“.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65051</t>
   </si>
   <si>
     <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
-    <t>‚Würde es jemanden von euch gefallen, dass er, wenn er zu seiner Familie zurückkehrt, dort drei gewaltige, fette, schwangere Kamelstuten vorfinden würde?‘</t>
+    <t>‚Würde es jemandem von euch gefallen, dass er, wenn er zu seiner Familie zurückkehrt, dort drei gewaltige, fette, schwangere Kamelstuten vorfinden würde?‘</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Würde es jemanden von euch gefallen, dass er, wenn er zu seiner Familie zurückkehrt, dort drei gewaltige, fette, schwangere Kamelstuten vorfinden würde?‘ Wir sagten: ‚Ja!‘ Er sagte: ‚Drei Verse, die jemand von euch in seinem Gebet liest, sind besser für ihn als drei gewaltige, fette, schwangere Kamelstuten!‘“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Würde es jemandem von euch gefallen, dass er, wenn er zu seiner Familie zurückkehrt, dort drei gewaltige, fette, schwangere Kamelstuten vorfinden würde?‘ Wir sagten: ‚Ja!‘ Er sagte: ‚Drei Verse, die jemand von euch in seinem Gebet liest, sind besser für ihn als drei gewaltige, fette, schwangere Kamelstuten!‘“</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass der Lohn für das Rezitieren von drei Versen im Gebet besser ist als in seinem Haus drei gewaltige, fette schwangere Kamelstuten vorzufinden.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Der Vorzug der Quranrezitation im Gebet wird verdeutlicht.
 Gute Taten sind besser und beständiger als die Versorgung im vergänglichen Diesseits.
 Dieser Vorzug ist nicht nur auf die Rezitation von drei Versen beschränkt. Rezitiert man mehr Verse im Gebet, erhält man jedes Mal einen Lohn, der besser ist als dieselbe Anzahl an schwangeren Kamelen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65053</t>
   </si>
   <si>
     <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>‚Es wird zum Träger/Gefährten des Quran gesagt: ›Lies, steige empor und rezitiere, wie du im Diesseits zu rezitieren pflegtest, denn deine Stufe ist beim letzten Vers, den du liest.‹‘“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es wird zum Träger/Gefährten des Quran gesagt: ›Lies, steige empor und rezitiere, wie du im Diesseits zu rezitieren pflegtest, denn deine Stufe ist beim letzten Vers, den du liest.‹‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass zu demjenigen, der den Quran zu lesen pflegte, nach ihm handelte und sich regelmäßig damit beschäftigte, ihn zu rezitieren und auswendig zu lernen beim Betreten des Paradieses gesagt wird: „Lies den Quran und steige damit in den Stufen des Paradieses hinauf; und rezitiere wie im Diesseits, bewusst und mit Ruhe, denn deine Stufe wird beim letzten Vers sein, den du liest.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass zu demjenigen, der den Quran zu lesen pflegte, nach ihm handelte und sich regelmäßig damit beschäftigte, ihn zu rezitieren und auswendig zu lernen, beim Betreten des Paradieses gesagt wird: „Lies den Quran und steige damit in den Stufen des Paradieses hinauf; und rezitiere wie im Diesseits, bewusst und mit Ruhe, denn deine Stufe wird beim letzten Vers sein, den du liest.“</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Der Lohn entspricht den Taten in Quantität und Qualität.
 Der Ansporn zur Rezitation des Qurans und dazu, sich darin zu perfektionieren, ihn auswendig zu lernen, über ihn nachzudenken und nach ihm zu handeln.
 Im Paradies gibt es viele Ränge und Stufen und der Träger/Gefährte des Quran erlangt darin die höchsten Stufen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65054</t>
   </si>
   <si>
     <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>‚Derjenige, der den Quran laut rezitiert, ist wie derjenige, der ein Almosen öffentlich gibt, und derjenige, der den Quran still rezitiert, ist wie derjenige, der ein Almosen im Geheimen gibt.‘“</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>Von 'Uqbah Ibn 'Amir Al-Juhani - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Derjenige, der den Quran laut rezitiert, ist wie derjenige, der ein Almosen öffentlich gibt, und derjenige, der den Quran still rezitiert, ist wie derjenige, der ein Almosen im Geheimen gibt.‘“</t>
@@ -16915,90 +16864,90 @@
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Die Wichtigkeit des Festhaltens an der Sunnah und ihrer Befolgung.
 Die Wichtigkeit von Ermahnungen und dem Erweichen der Herzen.
 Die Anweisung, den vier rechtgeleiteten Kalifen nach ihm zu folgen, nämlich Abu Bakr, 'Umar, 'Uthman und 'Ali - möge Allah mit ihnen zufrieden sein.
 Das Verbot von Neuerungen in der Religion und die Feststellung, dass jede Neuerung eine Irrlehre ist.
 Das Hören und Gehorchen gegenüber demjenigen, der die Angelegenheiten der Gläubigen übernimmt, solange es nicht im Ungehorsam (gegenüber Allah) geschieht.
 Die Wichtigkeit der Furcht vor Allah - mächtig und majestätisch ist Er - zu allen Zeiten und unter allen Umständen.
 Die Meinungsverschiedenheiten sind in dieser Gemeinschaft eine Realität, und wenn sie auftreten, ist es notwendig, zur Sunnah des Gesandten Allahs - Allahs Segen und Frieden auf ihm - und der rechtgeleiteten Kalifen zurückzukehren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65057</t>
   </si>
   <si>
     <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>ihnen vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - zehn Verse weitergegeben wurden. Darauf wandten sie sich nicht den nächsten zehn zu, bevor sie wussten, was es in ihnen zu wissen und zum Umsetzen gab</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
-    <t>Von Abu 'Abdirrahman As-Sulami - möge Allah Sich seiner erbarmen - wird berichtet, dass er sagte: „Jemand von den Gefährten des Propheten - Allahs Segen und Frieden auf ihm -, der uns den Quran lehrte, berichtete uns, dass ihnen vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - zehn Verse weitergegeben wurden. Darauf wandten sie sich nicht den nächsten zehn zu, bevor sie wussten, was es in ihnen zu wissen und zum Umsetzen gab. Sie sagten: ‚So erlernten wir das Wissen und die Tat!‘“</t>
+    <t>Von Abu 'Abdirrahman As-Sulami - möge Allah mit ihm barmherzig sein - wird berichtet, dass er sagte: „Jemand von den Gefährten des Propheten - Allahs Segen und Frieden auf ihm -, der uns den Quran lehrte, berichtete uns, dass ihnen vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - zehn Verse weitergegeben wurden. Darauf wandten sie sich nicht den nächsten zehn zu, bevor sie wussten, was es in ihnen zu wissen und zum Umsetzen gab. Sie sagten: ‚So erlernten wir das Wissen und die Tat!‘“</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Die Gefährten des Propheten - möge Allah mit ihnen zufrieden sein - erhielten/empfingen vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - jeweils zehn Quranverse und wandten sich nichts anderem zu, bevor sie das Wissen in in diesen zehn lernten und es praktizierten. So lernten sie gleichzeitig das Wissen und das Handeln danach.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Der Vorzug der Gefährten des Propheten - möge Allah mit ihnen zufrieden sein - und ihr Bemühen den Quran zu lernen.
-Das Erlernen des Quran erfolgt durch das Wissen und das Handeln nach dem, was darin steht, und nicht nur durch das Lesen und das Auswendiglernen von ihm.
+Das Erlernen des Qurans erfolgt durch das Wissen und das Handeln nach dem, was darin steht, und nicht nur durch das Lesen und das Auswendiglernen von ihm.
 Das Wissen kommt vor den Worten und den Taten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65058</t>
   </si>
   <si>
     <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>‚O Abu Mundhir, weißt du welcher Vers im Buch Allahs am gewaltigsten ist?‘“ Er sagte: „Ich sagte: ,Allah - es gibt keine (zu Recht angebetete) Gottheit außer Ihm, dem Lebendigen, dem Beständigen!‘“ [Al-Baqarah:255] Er sagte: „Da schlug er mir auf die Brust und sagte: ‚Allah soll dir das Wissen wohl bekommen lassen, o Abu Al-Mundhir!‘“</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
-    <t>Von Ubay Ibn Ka'b - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚O Abu Al-Mundhir, weißt du, welcher Vers im Buch Allahs der gewaltigste ist?‘“ Er sagte: „Ich sagte: ,Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚O Abu Mundhir, weißt du welcher Vers im Buch Allahs am gewaltigsten ist?‘“ Er sagte: „Ich sagte: ,Allah - es gibt keine (zu Recht angebetete) Gottheit außer Ihm, dem Lebendigen, dem Beständigen!‘“ [Al-Baqarah:255] Er sagte: „Da schlug er mir auf die Brust und sagte: ‚Allah soll dir das Wissen wohl bekommen lassen, o Abu Al-Mundhir!‘“</t>
+    <t>Von Ubay Ibn Ka'b - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚O Abu Al-Mundhir, weißt du, welcher Vers im Buch Allahs am gewaltigsten ist?‘“ Er sagte: „Ich sagte: ,Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚O Abu Mundhir, weißt du welcher Vers im Buch Allahs am gewaltigsten ist?‘“ Er sagte: „Ich sagte: ,Allah - es gibt keine (zu Recht angebetete) Gottheit außer Ihm, dem Lebendigen, dem Beständigen!‘“ [Al-Baqarah:255] Er sagte: „Da schlug er mir auf die Brust und sagte: ‚Allah soll dir das Wissen wohl bekommen lassen, o Abu Al-Mundhir!‘“</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte Ubay Ibn Ka'b nach dem gewaltigsten Vers im Buch Allahs. Zunächst zögerte er mit der Antwort, dann nannte er jedoch den Thronschemelvers („Ayatul Kursi“): „Allah - es gibt keine (zu Recht angebetete) Gottheit außer Ihm, dem Lebendigen, dem Beständigen.“ [Al-Baqarah:255]. Der Prophet - Allahs Segen und Frieden auf ihm - gab ihm Recht, schlug ihm auf die Brust, als Zeichen dafür, dass sie voller Wissen und Weisheit ist, und sprach ein Bittgebet für ihn, dass ihm dieses Wissen zum Glück verhelfen und ihm leicht zugänglich gemacht werden solle.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte Ubay Ibn Ka'b nach dem gewaltigsten Vers im Buch Allahs. Zunächst zögerte er mit der Antwort, dann nannte er jedoch den Thronschemelvers („Ayatul Kursi“): „Allah - es gibt keine (zu Recht angebetete) Gottheit außer Ihm, dem Lebendigen, dem Beständigen.“ [Al-Baqarah:255]. Der Prophet - Allahs Segen und Frieden auf ihm - gab ihm Recht, schlug ihm auf die Brust, als Zeichen dafür, dass sie voller Wissen und Weisheit ist, und sprach ein Bittgebet für ihn, dass ihm dieses Wissen zur Glückseligkeit verhelfen und ihm leicht zugänglich gemacht werden solle.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Die gewaltige Stellung von Ubay Ibn Ka'b - möge Allah mit ihm zufrieden sein -.
 Der Thronschemelvers (Ayatul Kursi) ist der gewaltigste Vers im Buch Allahs - erhaben ist Er -. Daher sollte man ihn unbedingt auswendig lernen, über seine Bedeutung nachdenken und nach ihm handeln.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65059</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er sich auf sein Bett niederzulegen pflegte, in jeder Nacht seine Hände zusammen hielt und mit etwas Speichel hinein pustete und in sie hinein rezitierte: „Sag: ‚Er ist Allah, ein Einer‘“ (Al-Ikhlas), „Sag: ‚Ich nehme Zuflucht beim Herrn des Tagesanbruchs‘“ (Al-Falaq) und „Sag: ‚Ich nehme Zuflucht beim Herrn der Menschen‘“ (An-Nas)</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er sich auf sein Bett niederzulegen pflegte, in jeder Nacht seine Hände zusammen hielt und mit etwas Speichel hinein pustete und in sie hinein rezitierte: „Sag: ‚Er ist Allah, ein Einer‘“ (Al-Ikhlas), „Sag: ‚Ich nehme Zuflucht beim Herrn des Tagesanbruchs‘“ (Al-Falaq) und „Sag: ‚Ich nehme Zuflucht beim Herrn der Menschen‘“ (An-Nas). Dann bestrich er damit, so gut er konnte, seinen gesamtem Körper, indem er mit seinem Kopf, seinem Gesicht und der Vorderseite seines Körpers begann. Das machte er dreimal.</t>
   </si>
   <si>
@@ -17034,132 +16983,133 @@
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat uns berichtet, dass die Juden ein Volk sind, auf das Allah zornig ist, weil sie die Wahrheit kannten, aber nicht danach handelten. Und die Christen sind ein Volk der Irreleitung, weil sie ohne Wissen handelten.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Das Vereinen zwischen Wissen und Handeln ist die Rettung vor dem Weg derer, auf die (Allahs) Zorn herabgerufen wurde, und der Irregeleiteten.
 Die Warnung vor dem Weg der Juden und Christen und die Pflicht, dem geraden Weg zu folgen, der der Islam ist.
 Alle Juden als auch Christen sind irregeleitet und verdienen den Zorn (Allahs), aber das hervorstechendste Merkmal der Juden ist der Zorn (Allahs), während das hervorstechendste Merkmal der Christen die Irreleitung ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65061</t>
   </si>
   <si>
     <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
-    <t>Siehst du diejenigen, die in ihm dem folgen, was mehrdeutig ist, dann sind das jene, die Allah genannt hat, also hütet euch vor ihnen!</t>
+    <t>Wenn du diejenigen siehst, die dem folgen, was davon mehrdeutig ist, dann sind das jene, die Allah genannt hat. Also hütet euch vor ihnen!</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
-    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - rezitierte folgenden Vers: ‚Er ist es, Der das Buch (als Offenbarung) auf dich hinabgesandt hat. Dazu gehören eindeutige Verse - sie sind der Kern des Buches - und andere, mehrdeutige (Verse). Was nun diejenigen angeht, in deren Herzen (Neigung zum) Abschweifen ist, so folgen sie dem, was davon mehrdeutig ist, (und dies) im Trachten nach Irreführung und im Trachten nach ihrer Missdeutung. Aber niemand weiß ihre Deutung außer Allah. Diejenigen aber/Und diejenigen, die im Wissen fest gegründet sind, sagen: ›Wir glauben daran; alles ist von unserem Herrn!‹ Und nur diejenigen bedenken, die Verstand besitzen.‘“ [Al-'Imran:7] Sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Siehst du diejenigen, die in ihm dem folgen, was mehrdeutig ist, dann sind das jene, die Allah genannt hat, also hütet euch vor ihnen!‘“</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - rezitierte folgenden Vers: ‚Er ist es, Der das Buch (als Offenbarung) auf dich hinabgesandt hat. Dazu gehören eindeutige Verse - sie sind der Kern des Buches - und andere, mehrdeutige (Verse). Was nun diejenigen angeht, in deren Herzen (Neigung zum) Abschweifen ist, so folgen sie dem, was davon mehrdeutig ist, (und dies) im Trachten nach Irreführung und im Trachten nach ihrer Missdeutung. Aber niemand weiß ihre Deutung außer Allah. Diejenigen aber/Und diejenigen, die im Wissen fest gegründet sind, sagen: ›Wir glauben daran; alles ist von unserem Herrn!‹ Und nur diejenigen bedenken, die Verstand besitzen.‘“ [Al-'Imran:7] Sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn du diejenigen siehst, die dem folgen, was davon mehrdeutig ist, dann sind das jene, die Allah genannt hat. Also hütet euch vor ihnen!‘“</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - las folgenden Vers: „Er ist es, Der das Buch (als Offenbarung) auf dich hinabgesandt hat. Dazu gehören eindeutige Verse - sie sind der Kern des Buches - und andere, mehrdeutige (Verse). Was nun diejenigen angeht, in deren Herzen (Neigung zum) Abschweifen ist, so folgen sie dem, was davon mehrdeutig ist, (und dies) im Trachten nach Irreführung und im Trachten nach ihrer Missdeutung. Aber niemand weiß ihre Deutung außer Allah. Diejenigen aber/Und diejenigen, die im Wissen fest gegründet sind, sagen: ‚Wir glauben daran; alles ist von unserem Herrn.‘ Und nur diejenigen bedenken, die Verstand besitzen.“ [Al-'Imran:7] Hier erklärt Allah - gepriesen ist Er -, dass Er es ist, Der Seinem Propheten den Quran offenbarte, der Verse mit eindeutiger Bedeutung und allseitig bekannten Vorschriften enthält, in denen es keinerlei Unklarheiten gibt. Sie sind das Fundament des Buches, auf sie muss alles zurückgeführt werden, und kommt es zu einer Meinungsverschiedenheit, muss man sich auf sie stützen.
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - las folgenden Vers: „Er ist es, Der das Buch (als Offenbarung) auf dich hinabgesandt hat. Dazu gehören eindeutige Verse - sie sind der Kern des Buches - und andere, mehrdeutige (Verse). Was nun diejenigen angeht, in deren Herzen (Neigung zum) Abschweifen ist, so folgen sie dem, was davon mehrdeutig ist, (und dies) im Trachten nach Irreführung und im Trachten nach ihrer Missdeutung. Aber niemand weiß ihre Deutung außer Allah. Diejenigen aber/Und diejenigen, die im Wissen fest gegründet sind, sagen: ‚Wir glauben daran; alles ist von unserem Herrn.‘ Und nur diejenigen bedenken, die Verstand besitzen.“ [Al-'Imran:7] 
+Hier erklärt Allah - gepriesen ist Er -, dass Er es ist, Der Seinem Propheten den Quran offenbarte, der Verse mit eindeutiger Bedeutung und allseitig bekannten Vorschriften enthält, in denen es keinerlei Unklarheiten gibt. Sie sind das Fundament des Buches und auf sie muss alles zurückgeführt werden. Kommt es zu einer Meinungsverschiedenheit, muss man sich auf sie stützen.
 Darüber hinaus gibt es andere Verse, die mehr als eine Bedeutung zulassen und deren Bedeutung einigen Leuten unklar ist oder sie denken, sie stünden im Widerspruch zu anderen Versen.
 Daraufhin verdeutlicht Allah, wie die Leute mit diesen Versen umgehen: Diejenigen, deren Herzen dazu neigen, sich von der Wahrheit abzuwenden, lassen die eindeutigen Verse außer Acht und stützen sich auf die mehrdeutigen, die unterschiedliche Interpretationen zulassen. Damit wollen sie Zweifel schüren, die Leute in die Irre führen und sie entsprechend ihrer Neigungen auslegen.
 Diejenigen mit fundiertem Wissen hingegen wissen, dass diese Verse mehrdeutig sind und verstehen sie im Licht der eindeutigen Verse. Sie glauben an diese Verse und daran, dass sie von Allah - gepriesen und erhaben ist Er - sind und unmöglich missverständlich oder widersprüchlich sein können. Das bedenken jedoch nur Leute mit gesundem Verstand, die sich davon ermahnen lassen. 
 Im Anschluss sagt der Prophet - Allahs Segen und Frieden auf ihm - zu 'Aischah, der Mutter der Gläubigen - möge Allah mit ihr zufrieden sein -: „Wenn du diejenigen siehst, die dem folgen, was mehrdeutig ist, dann sind das genau diejenigen, die Allah in Seinen Worten ‚Was nun diejenigen angeht, in deren Herzen (Neigung zum) Abschweifen ist‘ genannt hat; also hütet euch vor ihnen und wendet euch ihnen auf keinen Fall zu!"</t>
   </si>
   <si>
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Die Verse des Qurans, die eindeutig (muhkam) sind, sind Verse, deren Bedeutung klar ist und bei denen offensichtlich ist, was gemeint ist. Die Verse, die mehrdeutig (mutaschabih) sind, sind Verse, die mehr als eine Bedeutung zulassen und bei denen man genauer schauen und verstehen muss.
 Die Warnung vor dem Kontakt mit den Leuten der Neigung und Neuerung und Leuten, die Probleme aufwerfen, um die Menschen in die Irre zu führen und in ihnen Zweifel zu wecken.
-Am Ende des Verses heißt es: „Und nur diejenigen bedenken, die Verstand besitzen.“ Dies ist eine Anspielung auf jene, deren Herzen dazu neigen, sich von der Wahrheit abzuwenden; und es werden diejenigen gelobt, die tiefgründiges Wissen besitzen. D. h. wer nicht bedenkt und sich nicht ermahnen lässt, sondern seinen Neigungen folgt, gehört nicht zu denen mit Verstand.
+Am Ende des Verses heißt es: „Und nur diejenigen bedenken, die Verstand besitzen.“ Dies ist eine Anspielung gegen jene, deren Herzen dazu neigen, sich von der Wahrheit abzuwenden, und ein Lob derjenigen, die tiefgründiges Wissen besitzen. D. h. wer nicht bedenkt und sich nicht ermahnen lässt, sondern seinen Neigungen folgt, gehört nicht zu denen mit Verstand.
 Folgt man den mehrdeutigen Dingen führt das dazu, dass sich das Herz von der Wahrheit abwendet.
 Man muss Verse, die mehrdeutig (mutaschabih) sind und deren Bedeutung man u. U. nicht versteht, im Lichte der Verse verstehen, die eindeutig (muhkam) sind.
 Allah - gepriesen sei Er - hat einige Teile des Qurans eindeutig und andere mehrdeutig sein lassen, als Prüfung für die Menschen und damit die Anhänger des Glaubens von den Anhängern der Irreführung unterschieden werden können.
 Das Vorhandensein mehrdeutiger Verse im Quran lässt den Vorzug der Gelehrten vor anderen Leuten erkennen und verdeutlicht die Grenzen des menschlichen Verstandes, damit er sich seinem Schöpfer unterwirft und seine Unzulänglichkeit eingesteht.
-Der Vorzug, fest im Wissen verankert zu sein und der Notwendigkeit, darin standhaft zu sein.
+Der Vorzug, fest im Wissen verankert zu sein und die Notwendigkeit, darin standhaft zu sein.
 Die „Tafsirgelehrten“ haben zwei unterschiedliche Ansichten dazu, ob man beim Wort „Allah“ stehen bleiben muss im Vers: „Aber niemand weiß ihre Deutung außer Allah. Diejenigen aber/Und diejenigen, die im Wissen fest gegründet sind, [...].“
-Diejenigen, die nach „Allah" pausieren, verstehen unter „Ta'wil“ - „Auslegung“ - die wahre Beschaffenheit der Dinge und ihre echte Natur, was man nicht wahrnehmen kann, wie z. B. was es mit der Seele auf sich hat, wann der Jüngste Tag einbricht und alles, was Allah an Wissen für Sich behalten hat. Diejenigen, die tiefgründiges Wissen besitzen, glauben an diese Dinge und überlassen ihre tatsächliche Beschaffenheit Allah, sie ergeben sich diesen Dingen und sind dadurch in Sicherheit.
-Wer hingegen weiterliest und nach „Allah“ nicht pausiert, (und sagt: „Aber niemand weiß ihre Deutung außer Allah und diejenigen, die im Wissen fest gegründet sind, [...].“), der versteht unter „Ta'wil“ die Interpretation, die Offenbarung und die Verdeutlichung, sodass sowohl Allah diese Dinge kennt, als auch diejenigen, die tiefgründiges Wissen besitzen und daran glauben und sie im Licht der Verse verstehen, die eindeutig sind.</t>
+Diejenigen, die nach „Allah" pausieren, verstehen unter „Ta'wil“ - „Auslegung“ - die wahre Beschaffenheit der Dinge und ihre wirkliche Natur, die man nicht wahrnehmen kann, wie z. B. was es mit der Seele auf sich hat, wann der Jüngste Tag einbricht und alles, was Allah an Wissen für Sich behalten hat. Diejenigen, die tiefgründiges Wissen besitzen, glauben an diese Dinge und überlassen ihre tatsächliche Beschaffenheit Allah. Sie ergeben sich diesen Dingen und sind dadurch in Sicherheit.
+Wer hingegen weiterliest und nach „Allah“ nicht pausiert, (und sagt: „Aber niemand weiß ihre Deutung außer Allah und diejenigen, die im Wissen fest gegründet sind, [...].“), der versteht unter „Ta'wil“ die Interpretation, die Offenbarung und die Verdeutlichung, sodass sowohl Allah diese Dinge kennt als auch diejenigen, die tiefgründiges Wissen besitzen und daran glauben und sie im Licht der Verse verstehen, die eindeutig sind.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65062</t>
   </si>
   <si>
     <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
-    <t>„Es gibt keinen Menschen, der eine Sünde begeht, sich dann erhebt und sich reinigt, dann betet und dann Allah um Vergebung bittet, dem Allah nicht vergeben wird.“</t>
+    <t>Es gibt keinen Menschen, der eine Sünde begeht, sich dann erhebt und sich reinigt, dann betet und dann Allah um Vergebung bittet, dem Allah nicht vergeben wird</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
-    <t>Von 'Ali wird überliefert, dass er sagte: Ich war ein Mann, wenn ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - einen Hadith hörte, ließ Allah mich davon profitieren, so wie Er es wollte, und wenn mir ein Mann von seinen Gefährten etwas berichtete, ließ ich ihn schwören, und wenn er mir schwor, glaubte ich ihm. Und dies berichtete mir Abu Bakr und Abu Bakr sprach die Wahrheit und sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Es gibt keinen Menschen, der eine Sünde begeht, sich dann erhebt und sich reinigt, dann betet und dann Allah um Vergebung bittet, dem Allah nicht vergeben wird.“ Dann rezitierte er diesen Vers: „Und diejenigen, die, wenn sie eine Abscheulichkeit begehen oder sich selbst Unrecht zufügen, Allahs gedenken und dann um Vergebung für ihre Sünden bitten.“ [Al Imran:135].</t>
+    <t>„Ich war ein Mann, wenn ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - einen Hadith hörte, ließ Allah mich davon profitieren, so wie Er es wollte, und wenn mir ein Mann von seinen Gefährten etwas berichtete, ließ ich ihn schwören, und wenn er mir schwor, glaubte ich ihm. Und dies berichtete mir Abu Bakr, und Abu Bakr sprach die Wahrheit, und sagte: ‚Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: &gt;Es gibt keinen Menschen, der eine Sünde begeht, sich dann erhebt und sich reinigt, dann betet und dann Allah um Vergebung bittet, dem Allah nicht vergeben wird.&lt; Dann rezitierte er diesen Vers: &gt;Und diejenigen, die, wenn sie eine Abscheulichkeit begehen oder sich selbst Unrecht zufügen, Allahs gedenken und dann um Vergebung für ihre Sünden bitten.&lt; [Al Imran:135]‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informierte uns, dass, wenn ein Diener eine Sünde begeht, dann die rituelle Gebetswaschung (Wudu) ordnungsgemäß verrichtet, dann aufsteht und zwei Gebetseinheiten mit der Absicht der Reue für diese Sünde betet und dann Allah um Vergebung bittet, Allah ihm vergeben wird. Dann rezitierte der Prophet - Allahs Segen und Frieden auf ihm - Allahs - erhaben ist Er - Aussage: „Und diejenigen, die, wenn sie eine Abscheulichkeit begehen oder sich selbst Unrecht zufügen, Allahs gedenken und dann um Vergebung für ihre Sünden bitten - und wer vergibt die Sünden außer Allah? - und die nicht auf dem beharren, was sie wissentlich getan haben.“ [Al 'Imran:135]</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Die Ermutigung dazu, nach einer Sünde zu beten und um Vergebung zu bitten.
-Die Weite von Allahs - mächtig und majestätisch ist Er - Vergebung und Seine Annahme der Reue und dem Bitten um Vergebung.</t>
+Die Weite von Allahs - mächtig und majestätisch ist Er - Vergebung und Seine Annahme der Reue und des Bittens um Vergebung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65063</t>
   </si>
   <si>
     <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Ist Derjenige, Der ihn im Diesseits auf zwei Beinen laufen ließ, nicht auch dazu im Stande, ihn am Tage der Auferstehung auf seinem Gesicht laufen zu lassen?!</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Von Qatadah - möge Allah mit ihm barmherzig sein - wird überliefert, dass er sagte: „Uns berichtete Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, dass ein Mann sagte: ‚O Prophet Allahs, wie kann der Ungläubige auf seinem Gesicht wiedererweckt werden?!‘ Er sagte: ‚Ist Derjenige, Der ihn im Diesseits auf zwei Beinen laufen ließ, nicht auch dazu im Stande, ihn am Tage der Auferstehung auf seinem Gesicht laufen zu lassen?!‘“ Qatadah sagte: „Doch, bei der Macht unseres Herren!“</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Der Prophet wurde gefragt: „Wie kann es sein, dass der Ungläubige am Tag der Auferstehung auf seinem Gesicht wieder zum Leben erweckt wird?“ Daraufhin sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Hat denn Allah, Der ihn im Diesseits hat auf zwei Beinen gehen lassen, nicht auch dazu die Macht, ihn am Tage der Auferstehung auf seinem Gesicht gehen zu lassen?! Denn Allah hat zu allem die Macht!“</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
@@ -17171,62 +17121,62 @@
     <t>https://hadeethenc.com/de/browse/hadith/65068</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Sag: ›Es gibt keinen anbetungswürdigen Gott außer Allah (La Ilaha illa Allah)‹, sodass ich damit am Tage der Auferstehung für dich ein Zeugnis ablegen kann!</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu seinem Onkel: ‚Sag: ›Es gibt keinen anbetungswürdigen Gott außer Allah (La Ilaha illa Allah)‹, sodass ich damit am Tage der Auferstehung für dich ein Zeugnis ablegen kann!‘
 Er sagte: ‚Würde mich der Stamm der Quraysch nicht dafür kritisieren und sagen: ›Er hat es nur aus Furcht gemacht‹, hätte ich dich damit erfreut!‘
 Da offenbarte Allah: ‚Du kannst nicht rechtleiten wen du willst, sondern Allah leitet recht wen Er will!" [Al-Qasas:56]</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - bat seinen Onkel Abu Talib, während er im Sterben lag, zu sagen: „Es gibt keinen anbetungswürdigen Gott außer Allah (La Ilaha illa Allah)“, um für ihn damit am Tag der Auferstehung Fürsprache einlegen und bezeugen zu können, dass er den Islam angenommen hat. Er lehnte es jedoch ab, das Glaubenszeugnis abzulegen, aus Furcht, dass der Stamm der Quraysch ihn beleidigen und über ihn sagen würde, er habe den Islam nur aus Angst vor dem Tod und aus Schwäche angenommen. Da sagte er zum Propheten: „Wäre das nicht der Fall, hätte ich dein Herz damit erfreut, das Glaubensbekenntnis auszusprechen und hätte dir damit deinen Wunsch erfüllt, damit du zufrieden bist!“
-Daraufhin offenbarte Allah - erhaben ist Er - den Vers, der besagt, dass der Prophet  - Allahs Segen und Frieden auf ihm - nicht die Art von Rechtleitung in der Hand hat, die es einem ermöglicht, den Islam tatsächlich anzunehmen (Hidayah At-Taufiq). Das ermöglicht nur Allah - mächtig und majestätisch ist Er - allein wem Er will. Der Prophet  - Allahs Segen und Frieden auf ihm - hingegen leitet die Menschen ausschließlich auf den rechten Weg, indem er ihnen zeigt, was richtig ist, erklärt, aufklärt und zum geraden Weg ruft.</t>
+Daraufhin offenbarte Allah - erhaben ist Er - den Vers, der besagt, dass der Prophet  - Allahs Segen und Frieden auf ihm - nicht die Art von Rechtleitung in der Hand hat, die es einem ermöglicht, den Islam tatsächlich anzunehmen (Hidayah At-Taufiq). Das ermöglicht nur Allah - mächtig und majestätisch ist Er - allein wem Er will. Der Prophet - Allahs Segen und Frieden auf ihm - hingegen leitet die Menschen ausschließlich zum rechten Weg, indem er ihnen zeigt, was richtig ist, erklärt, aufklärt und zum geraden Weg ruft.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Die Wahrheit wird nicht aus Furcht vor den Worten der Menschen verlassen.
 Der Prophet - Allahs Segen und Frieden auf ihm - kann nur den rechten Weg zeigen und aufklären - was als „Hidayah Ad-Dalalah wa Al-Irschad“ (die Rechtleitung, die in Anweisung und Aufklärung besteht) bezeichnet wird. Er kann es jedoch niemandem ermöglichen, dass er den Islam tatsächlich annimmt - was „Hidayah At-Taufiq“ (die Rechtleitung zum Erfolg) genannt wird.
-Die Vorschrift, den kranken Ungläubigen zu besuchen und ihn zum Islam zu rufen.
+Die Vorschrift, den kranken Ungläubigen zu besuchen, um ihn zum Islam zu rufen.
 Der Prophet - Allahs Segen und Frieden auf ihm - war in sämtlichen Situationen darauf bedacht, (die Menschen) zu Allah - erhaben ist Er - zu rufen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65069</t>
   </si>
   <si>
     <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>Was du sagst und wozu du einlädst, ist gut. Wenn du uns doch bloß berichten könntest, dass es eine Sühne für das gibt, was wir getan haben</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass einige Leute von den Anhängern des Schirk viele Menschen getötet hatten und viel Unzucht begangen. Sie kamen zu Muhammad - Allahs Segen und Frieden auf ihm - und sagten: „Was du sagst und wozu du einlädst, ist gut. Wenn du uns doch bloß berichten könntest, dass es eine Sühne für das gibt, was wir getan haben.“ So wurde (der folgende Vers) herabgesandt: „Diejenigen, die keine andere Gottheit neben Allah anrufen, keine Seele töten, die Allah verboten hat, es sei denn, aus rechtmäßigen Gründen, und keine Unzucht begehen.“ [Al-Furqan: 68] Und es wurde herabgesandt: „Sag: ‚O meine Diener, die ihr gegen euch selbst über die Maßen gesündigt habt, verzweifelt nicht an der Barmherzigkeit Allahs.‘“ [Az-Zumar: 53]</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Einige Männer von den Götzendienern kamen zum Propheten Muhammad - Allahs Segen und Frieden auf ihm -, und sie hatten viel Mord und Unzucht begangen. Sie sagten zum Propheten: „Das, wozu du einlädst, nämlich den Islam und seine Lehren, ist gut. Aber was ist mit unserem Zustand und dem, was wir an Götzendienst (Schirk) und großen Sünden begangen haben? Gibt es dafür eine Sühne?“
 So wurden die beiden Verse offenbart, in denen Allah die Reue der Menschen trotz ihrer vielen und schweren Sünden annahm. Andernfalls wären sie in ihrem Unglauben und Ungehorsam geblieben und wären dieser Religion nicht beigetreten.</t>
   </si>
@@ -18803,51 +18753,51 @@
     <t>Der Hadith stellt eine Grundlage für das Meiden der zweifelhaften Dinge dar.
 Der Ansporn zur Unterlassung zweifelhafter Dinge, dessen Urteil einem nicht bekannt ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66515</t>
   </si>
   <si>
     <t>Von Abu Ruqayyah Tamim Ibn Aus Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte:||„Die Religion ist aufrichtiger Rat („Nasihah“)!“ Wir fragten: „Gegenüber wem?“ Er sagte: „Gegenüber Allah, Seinem Buch, Seinem Gesandten, den Führern der Muslime und ihrer Allgemeinheit!“</t>
   </si>
   <si>
     <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Von Abu Ruqayyah Tamim Ibn Aus Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Die Religion ist aufrichtiger Rat („Nasihah“)!“ Wir fragten: „Gegenüber wem?“ Er sagte: „Gegenüber Allah, Seinem Buch, Seinem Gesandten, den Führern der Muslime und ihrer Allgemeinheit!“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Religion auf Aufrichtigkeit und Ehrlichkeit basiert, sodass sie so ausgeübt wird, wie Allah es vorgeschrieben hat, vollständig, ohne etwas auszulassen oder zu betrügen. Da wurde zum Propheten - Allahs Segen und Frieden auf ihm - gesagt: „Für wen ist der aufrichtige Rat?“ Daraufhin sagte er: „Erstens: Der aufrichtige Rat gegenüber Allah - gepriesen sei Er und erhaben ist Er -, indem man die Taten aufrichtig für Ihn verrichtet, Ihm nichts beigesellt und indem wir an Seine Herrschaft, Göttlichkeit und an Seine Namen und Attribute glauben, Seinen Befehl verherrlichen und zum Glauben („Iman“) an Ihn aufrufen. Zweitens: Der aufrichtige Rat gegenüber Seinem Buch, welcher der edle Quran ist, indem wir überzeugt sind, dass er Seine Worte sind, dass er Sein letztes Buch ist und die vorigen Gesetzgebungen aufhebt, indem wir ihn ehren, ihn rezitieren, wie es ihm gebührt, nach seinen eindeutigen Versen handeln, uns seinen mehrdeutigen Versen hingeben, ihn gegen die (falschen) Interpretationen derer, die ihn verfälschen wollen, verteidigen, uns durch seine Ermahnungen ermahnen lassen, das in ihm enthaltene Wissen verbreiten und (die Menschen) zu ihm aufrufen. Drittens: Der aufrichtige Rat gegenüber Seinem Gesandten Muhammad - Allahs Segen und Frieden auf ihm -, indem wir überzeugt sind, dass er der letzte aller Gesandten ist, seine Botschaft für wahr erachten, uns an seine Anordnungen halten, seine Verbote einhalten, Allah nur so dienen, wie er es gelehrt hat, sein Recht ehren, ihn respektieren, seinen Aufruf in Umlauf bringen, seine Gesetzgebung verbreiten und die Anschuldigungen gegen ihn zurückweisen. Viertens: Der aufrichtige Rat gegenüber den muslimischen Führern, indem man sie bei der Wahrheit unterstützt, nicht gegen ihren Befehl rebelliert und ihnen in den Angelegenheiten, in denen man Allah gehorsam ist, gehorcht und auf sie hört. Fünftens: Der aufrichtige Rat gegenüber den Muslimen, indem man gut mit ihnen umgeht, sie (zu Allah) ruft, Schaden von ihnen fernhält, das Gute für sie wünscht und sich gegenseitig im Guten und in der Gottesfurcht unterstützt.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Religion auf Aufrichtigkeit und Ehrlichkeit basiert, sodass sie so ausgeübt wird, wie Allah es vorgeschrieben hat, vollständig, ohne etwas auszulassen oder zu betrügen. Da wurde zum Propheten - Allahs Segen und Frieden auf ihm - gesagt: „Für wen ist der aufrichtige Rat?“ Daraufhin sagte er: Erstens: Der aufrichtige Rat gegenüber Allah - gepriesen sei Er und erhaben ist Er -, indem man die Taten aufrichtig für Ihn verrichtet, Ihm nichts beigesellt und indem wir an Seine Herrschaft, Göttlichkeit und an Seine Namen und Attribute glauben, Seinen Befehl verherrlichen und zum Glauben („Iman“) an Ihn aufrufen. Zweitens: Der aufrichtige Rat gegenüber Seinem Buch, welcher der edle Quran ist, indem wir überzeugt sind, dass er Seine Worte sind, dass er Sein letztes Buch ist und die vorigen Gesetzgebungen aufhebt, indem wir ihn ehren, ihn rezitieren, wie es ihm gebührt, nach seinen eindeutigen Versen handeln, uns seinen mehrdeutigen Versen hingeben, ihn gegen die (falschen) Interpretationen derer, die ihn verfälschen wollen, verteidigen, uns durch seine Ermahnungen ermahnen lassen, das in ihm enthaltene Wissen verbreiten und (die Menschen) zu ihm aufrufen. Drittens: Der aufrichtige Rat gegenüber Seinem Gesandten Muhammad - Allahs Segen und Frieden auf ihm -, indem wir überzeugt sind, dass er der letzte aller Gesandten ist, seine Botschaft für wahr erachten, uns an seine Anordnungen halten, seine Verbote einhalten, Allah nur so dienen, wie er es gelehrt hat, sein Recht ehren, ihn respektieren, seinen Aufruf in Umlauf bringen, seine Gesetzgebung verbreiten und die Anschuldigungen gegen ihn zurückweisen. Viertens: Der aufrichtige Rat gegenüber den muslimischen Führern, indem man sie bei der Wahrheit unterstützt, nicht gegen ihren Befehl rebelliert und ihnen in den Angelegenheiten, in denen man Allah gehorsam ist, gehorcht und auf sie hört. Fünftens: Der aufrichtige Rat gegenüber den Muslimen, indem man gut mit ihnen umgeht, sie (zu Allah) ruft, Schaden von ihnen fernhält, das Gute für sie wünscht und sich gegenseitig im Guten und in der Gottesfurcht unterstützt.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع. 
 عِظَم منزلة النصيحة من الدين. 
 اشتمال الدين على الاعتقادات والأقوال والأعمال. 
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66516</t>
   </si>
   <si>
     <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
   </si>
   <si>
     <t>‚Was ich euch verboten habe, so meidet es. Und was ich euch befohlen habe, so kommt dem nach, soweit es euch möglich ist</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah 'Abdur-Rahman Ibn Sakhr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Was ich euch verboten habe, so meidet es. Und was ich euch befohlen habe, so kommt dem nach, soweit es euch möglich ist. Denn wahrlich, diejenigen vor euch richteten ihre vielen Fragen und ihr vermehrter Widerspruch ihren Propheten gegenüber zu Grunde.‘“</t>
   </si>
   <si>
@@ -18946,79 +18896,79 @@
   <si>
     <t>[رواه الترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66519</t>
   </si>
   <si>
     <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Diener des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte:||„Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
     <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Diener des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66520</t>
   </si>
   <si>
     <t>„Wahrlich, Allah hat die Güte (und Vorzüglichkeit) in jeder Sache vorgeschrieben</t>
   </si>
   <si>
     <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
-    <t>Von Abu Ya'la Schaddad Ibn Aws - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah hat die Güte (und Vorzüglichkeit) in jeder Sache vorgeschrieben. Wenn ihr also tötet, so tötet auf beste/gütigste Weise. Und wenn ihr schlachtet, so schlachtet auf beste/gütigste Weise. Und ein jeder von euch soll seine Klinge schärfen und sein Schlachttier entlasten (es vor unnötiger Angst und vor unnötigem Schmerz verschonen).“</t>
+    <t>Von Abu Ya'la Schaddad Ibn Aus - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah hat die Güte (und Vorzüglichkeit) in jeder Sache vorgeschrieben. Wenn ihr also tötet, so tötet auf beste/gütigste Weise. Und wenn ihr schlachtet, so schlachtet auf beste/gütigste Weise. Und ein jeder von euch soll seine Klinge schärfen und sein Schlachttier entlasten (es vor unnötiger Angst und vor unnötigem Schmerz verschonen).“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
 إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66521</t>
   </si>
   <si>
     <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
-    <t>„O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah</t>
+    <t>‚ O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
 وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
   </si>
   <si>
-    <t>Von Abu Al-'Abbas 'Abdullah Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Eines Tages war ich hinter dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - (auf einem Reittier) und da er sagte: „O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah. Und wisse, wenn sich die Menschen der (gesamten) Nation („Ummah“) dazu versammeln würden, um dir in einer Sache nützlich zu sein, werden sie dir nicht nutzen (können) außer durch eine Sache, die Allah bereits für dich (vor)geschrieben hat. Und wenn sie sich dazu versammeln würden, um dir durch eine Sache zu schaden, werden sie dir nicht schaden (können) außer durch eine Sache, die Allah bereits gegen dich (vor)geschrieben hat. Die Schreibrohre wurden (von den Schreibbogen/Blättern) gehoben und die (Schreib-)Bogen/Blätter sind getrocknet.“</t>
+    <t>Von Abu Al-'Abbas 'Abdullah Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Eines Tages war ich hinter dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - (auf einem Reittier) und er sagte: ‚ O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah. Und wisse, wenn sich die Menschen der (gesamten) Nation („Ummah“) dazu versammeln würden, um dir in einer Sache nützlich zu sein, werden sie dir nicht nutzen (können) außer durch eine Sache, die Allah bereits für dich (vor)geschrieben hat. Und wenn sie sich dazu versammeln würden, um dir durch eine Sache zu schaden, werden sie dir nicht schaden (können) außer durch eine Sache, die Allah bereits gegen dich (vor)geschrieben hat. Die Schreibrohre wurden (von den Schreibbogen/Blättern) gehoben und die (Schreib-)Bogen/Blätter sind getrocknet.‘“</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
 وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
   </si>
   <si>
     <t>Ibn 'Abbas - möge Allah mit ihm zufrieden sein - berichtete, dass er als Kind einmal hinter dem Propheten - Allahs Segen und Frieden auf ihm - ritt. Er - Segen und Frieden auf ihm - sagte dann zu ihm: Ich werde dir einige Dinge und Angelegenheiten beibringen, durch die Allah dir Nutzen bringen wird. Bewahre Allah, indem du Seine Gebote achtest und Seine Verbote meidest, sodass Er dich in den gottesdienstlichen Handlungen, die dich Ihm nähern, findet und nicht in den Sünden und Verfehlungen. Wenn du dies tust, wird dein Lohn sein, dass Allah dich vor den Schwierigkeiten des Diesseits und des Jenseits bewahren und dir in deinen wichtigen Angelegenheiten, wohin auch immer du gehst, helfen wird. Und wenn du etwas erbitten möchtest, bitte niemanden außer Allah, denn Er allein ist Derjenige, Der den Bittenden antwortet. Und wenn du Beistand benötigst, so bitte niemanden um Beistand außer Allah. Und sei dir gewiss, dass dir keine Vorteile zuteilwerden können, selbst wenn alle Menschen der Erde sich versammeln, um dir zu nützen, außer in dem, was Allah für dich bestimmt hat. Ebenso wird dir keiner Schaden zufügen können, auch wenn sich alle Menschen der Erde versammeln, um dir zu schaden, außer dem, was Allah für dich bestimmt hat. Und (wisse,) dass diese Angelegenheit von Allah - mächtig und majestätisch ist Er - gemäß Seiner Weisheit und Seinem Wissen festgeschrieben und bestimmt ist; es gibt keine Veränderung an dem, was Allah geschrieben hat. Und derjenige, der Allah bewahrt, indem er Seine Befehle achtet und Seine Verbote meidet, so ist Allah - gepriesen sei Er - vor diesem Diener, Er kennt Seine Lage, hilft ihm und unterstützt ihn. Wenn der Mensch Allah in einfachen Zeiten gehorcht, so wird Allah ihm in schwierigen Zeiten Erleichterung und einen Ausweg gewähren. Außerdem sollte jeder Diener mit dem zufrieden sein, was Allah an Gutem und Schlechtem für ihn bestimmt hat. In schwierigen Situationen und Prüfungen muss der Diener geduldig sein, denn die Geduld ist der Schlüssel zur Erleichterung. Wenn das Leid schwerwiegender wird, kommt die Erlösung von Allah, und wenn es zu einer Erschwernis kommt, lässt Allah ihr die Erleichterung folgen.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
 البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
 تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
   </si>
   <si>
     <t>Die Wichtigkeit Jüngeren und Kindern die religiösen Angelegenheiten zu lehren, wie den Tauhid, die Verhaltensregeln usw.
 Die Belohnung entspricht der Art der Tat.
@@ -19140,75 +19090,75 @@
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
 الأول: تعبد الله وحده ولا تشرك به شيئًا.
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
 ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
 قال معاذ رضي الله عنه: بلى يا رسول الله.
 قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
 ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
 قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66530</t>
   </si>
   <si>
     <t>لا ضرر ولا ضرار</t>
   </si>
   <si>
-    <t>„Es darf weder anfänglichen Schaden (Darar) geben noch nachfolgenden Schaden (Dirar, z. B. in Form von Vergeltung).“</t>
+    <t>„Es darf weder anfänglichen Schaden (Darar) geben noch nachfolgenden Schaden (Dirar).“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Sa'd Ibn Malik Ibn Sinan Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es darf weder anfänglichen Schaden (Darar) geben noch nachfolgenden Schaden (Dirar, z. B. in Form von Vergeltung).“</t>
+    <t>Von Abu Sa'id Sa'd Ibn Malik Ibn Sinan Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es darf weder anfänglichen Schaden (Darar) geben noch nachfolgenden Schaden (Dirar).“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es erforderlich ist, jeglichen Schaden in all seinen Arten und Erscheinungsformen von sich selbst und von anderen abzuwenden. Es ist gleichermaßen niemandem erlaubt, sich selbst oder anderen zu schaden. Es ist nicht erlaubt, Schaden mit weiterem Schaden zu begegnen, da Schaden nicht durch weiteren Schaden beseitigt werden kann, es sei denn auf rechtmäßige Weise durch Vergeltung, ohne Überschreitung der Grenzen.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Die Untersagung, mit mehr als dem Gleichen zu vergelten.
 Allah hat Seinen Dienern nichts befohlen, was ihnen schaden könnte.
-Der Hadith stellt eine Grundregel für das Verbot des anfänglichen und nachfolgenden Schadens durch Aussagen, Taten oder Unterlassungen dar.
+Die Überlieferung stellt eine Grundregel für das Verbot des anfänglichen und nachfolgenden Schadens durch Aussagen, Taten oder Unterlassungen dar.
 Eine der Grundsätze der islamischen Gesetzgebung („Schari'ah“) lautet: „Schaden wird beseitigt.“ Die islamische Gesetzgebung erkennt Schaden nicht an und lehnt das Zufügen von Schaden ab.</t>
   </si>
   <si>
     <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66531</t>
   </si>
   <si>
     <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte:||„Würde den Menschen entsprechend ihrer Behauptungen gegeben, so würden manche den Besitz und das Blut anderer für sich (als erlaubt) beanspruchen. Jedoch obliegt die Erbringung des Beweises demjenigen, der etwas behauptet, und der Eid obliegt demjenigen, der etwas leugnet.“</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
   </si>
   <si>
     <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
@@ -19787,51 +19737,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O530"/>
+  <dimension ref="A1:O529"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -25865,18846 +25815,18799 @@
       </c>
       <c r="I130" t="s">
         <v>1218</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>47</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>48</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3588</v>
+        <v>3586</v>
       </c>
       <c r="B131" t="s">
         <v>1220</v>
       </c>
       <c r="C131" t="s">
         <v>1221</v>
       </c>
       <c r="D131" t="s">
         <v>1222</v>
       </c>
       <c r="E131" t="s">
         <v>1223</v>
       </c>
       <c r="F131" t="s">
         <v>1224</v>
       </c>
       <c r="G131" t="s">
         <v>1225</v>
       </c>
       <c r="H131" t="s">
         <v>1226</v>
       </c>
       <c r="I131" t="s">
         <v>1227</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
+        <v>25</v>
+      </c>
+      <c r="L131" t="s">
+        <v>26</v>
+      </c>
+      <c r="M131" t="s">
+        <v>27</v>
+      </c>
+      <c r="N131" t="s">
+        <v>28</v>
+      </c>
+      <c r="O131" t="s">
         <v>1228</v>
-      </c>
-[...10 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3591</v>
+        <v>3588</v>
       </c>
       <c r="B132" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D132" t="s">
         <v>1231</v>
       </c>
-      <c r="C132" t="s">
+      <c r="E132" t="s">
         <v>1232</v>
       </c>
-      <c r="D132" t="s">
+      <c r="F132" t="s">
         <v>1233</v>
       </c>
-      <c r="E132" t="s">
+      <c r="G132" t="s">
         <v>1234</v>
       </c>
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>1235</v>
       </c>
-      <c r="G132" t="s">
+      <c r="I132" t="s">
         <v>1236</v>
       </c>
-      <c r="H132" t="s">
+      <c r="J132" t="s">
+        <v>24</v>
+      </c>
+      <c r="K132" t="s">
         <v>1237</v>
       </c>
-      <c r="I132" t="s">
+      <c r="L132" t="s">
+        <v>26</v>
+      </c>
+      <c r="M132" t="s">
         <v>1238</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3636</v>
+        <v>3591</v>
       </c>
       <c r="B133" t="s">
         <v>1240</v>
       </c>
       <c r="C133" t="s">
         <v>1241</v>
       </c>
       <c r="D133" t="s">
         <v>1242</v>
       </c>
       <c r="E133" t="s">
         <v>1243</v>
       </c>
       <c r="F133" t="s">
         <v>1244</v>
       </c>
       <c r="G133" t="s">
         <v>1245</v>
       </c>
       <c r="H133" t="s">
         <v>1246</v>
       </c>
       <c r="I133" t="s">
         <v>1247</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3652</v>
+        <v>3686</v>
       </c>
       <c r="B134" t="s">
         <v>1249</v>
       </c>
       <c r="C134" t="s">
         <v>1250</v>
       </c>
       <c r="D134" t="s">
         <v>1251</v>
       </c>
       <c r="E134" t="s">
         <v>1252</v>
       </c>
       <c r="F134" t="s">
         <v>1253</v>
       </c>
       <c r="G134" t="s">
         <v>1254</v>
       </c>
       <c r="H134" t="s">
         <v>1255</v>
       </c>
       <c r="I134" t="s">
         <v>1256</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3686</v>
+        <v>3689</v>
       </c>
       <c r="B135" t="s">
         <v>1258</v>
       </c>
       <c r="C135" t="s">
         <v>1259</v>
       </c>
       <c r="D135" t="s">
         <v>1260</v>
       </c>
       <c r="E135" t="s">
         <v>1261</v>
       </c>
       <c r="F135" t="s">
         <v>1262</v>
       </c>
       <c r="G135" t="s">
         <v>1263</v>
       </c>
       <c r="H135" t="s">
         <v>1264</v>
       </c>
       <c r="I135" t="s">
         <v>1265</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3689</v>
+        <v>3700</v>
       </c>
       <c r="B136" t="s">
         <v>1267</v>
       </c>
       <c r="C136" t="s">
         <v>1268</v>
       </c>
       <c r="D136" t="s">
         <v>1269</v>
       </c>
       <c r="E136" t="s">
         <v>1270</v>
       </c>
       <c r="F136" t="s">
         <v>1271</v>
       </c>
       <c r="G136" t="s">
         <v>1272</v>
       </c>
       <c r="H136" t="s">
         <v>1273</v>
       </c>
       <c r="I136" t="s">
         <v>1274</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3700</v>
+        <v>3701</v>
       </c>
       <c r="B137" t="s">
         <v>1276</v>
       </c>
       <c r="C137" t="s">
         <v>1277</v>
       </c>
       <c r="D137" t="s">
         <v>1278</v>
       </c>
       <c r="E137" t="s">
         <v>1279</v>
       </c>
       <c r="F137" t="s">
         <v>1280</v>
       </c>
       <c r="G137" t="s">
         <v>1281</v>
       </c>
       <c r="H137" t="s">
         <v>1282</v>
       </c>
       <c r="I137" t="s">
         <v>1283</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
         <v>25</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
         <v>27</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3701</v>
+        <v>3702</v>
       </c>
       <c r="B138" t="s">
         <v>1285</v>
       </c>
       <c r="C138" t="s">
         <v>1286</v>
       </c>
       <c r="D138" t="s">
         <v>1287</v>
       </c>
       <c r="E138" t="s">
         <v>1288</v>
       </c>
       <c r="F138" t="s">
         <v>1289</v>
       </c>
       <c r="G138" t="s">
         <v>1290</v>
       </c>
       <c r="H138" t="s">
         <v>1291</v>
       </c>
       <c r="I138" t="s">
         <v>1292</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3702</v>
+        <v>3706</v>
       </c>
       <c r="B139" t="s">
         <v>1294</v>
       </c>
       <c r="C139" t="s">
         <v>1295</v>
       </c>
       <c r="D139" t="s">
         <v>1296</v>
       </c>
       <c r="E139" t="s">
         <v>1297</v>
       </c>
       <c r="F139" t="s">
         <v>1298</v>
       </c>
       <c r="G139" t="s">
         <v>1299</v>
       </c>
       <c r="H139" t="s">
         <v>1300</v>
       </c>
       <c r="I139" t="s">
         <v>1301</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3706</v>
+        <v>3711</v>
       </c>
       <c r="B140" t="s">
         <v>1303</v>
       </c>
       <c r="C140" t="s">
         <v>1304</v>
       </c>
       <c r="D140" t="s">
         <v>1305</v>
       </c>
       <c r="E140" t="s">
         <v>1306</v>
       </c>
       <c r="F140" t="s">
         <v>1307</v>
       </c>
       <c r="G140" t="s">
         <v>1308</v>
       </c>
       <c r="H140" t="s">
         <v>1309</v>
       </c>
       <c r="I140" t="s">
         <v>1310</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3711</v>
+        <v>3716</v>
       </c>
       <c r="B141" t="s">
         <v>1312</v>
       </c>
       <c r="C141" t="s">
         <v>1313</v>
       </c>
       <c r="D141" t="s">
         <v>1314</v>
       </c>
       <c r="E141" t="s">
         <v>1315</v>
       </c>
       <c r="F141" t="s">
         <v>1316</v>
       </c>
       <c r="G141" t="s">
         <v>1317</v>
       </c>
       <c r="H141" t="s">
         <v>1318</v>
       </c>
       <c r="I141" t="s">
         <v>1319</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3716</v>
+        <v>3718</v>
       </c>
       <c r="B142" t="s">
         <v>1321</v>
       </c>
       <c r="C142" t="s">
         <v>1322</v>
       </c>
       <c r="D142" t="s">
         <v>1323</v>
       </c>
       <c r="E142" t="s">
         <v>1324</v>
       </c>
       <c r="F142" t="s">
         <v>1325</v>
       </c>
       <c r="G142" t="s">
         <v>1326</v>
       </c>
       <c r="H142" t="s">
         <v>1327</v>
       </c>
       <c r="I142" t="s">
         <v>1328</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3718</v>
+        <v>3719</v>
       </c>
       <c r="B143" t="s">
         <v>1330</v>
       </c>
       <c r="C143" t="s">
         <v>1331</v>
       </c>
       <c r="D143" t="s">
         <v>1332</v>
       </c>
       <c r="E143" t="s">
         <v>1333</v>
       </c>
       <c r="F143" t="s">
         <v>1334</v>
       </c>
       <c r="G143" t="s">
         <v>1335</v>
       </c>
       <c r="H143" t="s">
         <v>1336</v>
       </c>
       <c r="I143" t="s">
         <v>1337</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
         <v>170</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
         <v>171</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>3719</v>
+        <v>3731</v>
       </c>
       <c r="B144" t="s">
         <v>1339</v>
       </c>
       <c r="C144" t="s">
         <v>1340</v>
       </c>
       <c r="D144" t="s">
         <v>1341</v>
       </c>
       <c r="E144" t="s">
         <v>1342</v>
       </c>
       <c r="F144" t="s">
         <v>1343</v>
       </c>
       <c r="G144" t="s">
         <v>1344</v>
       </c>
       <c r="H144" t="s">
         <v>1345</v>
       </c>
       <c r="I144" t="s">
         <v>1346</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>3731</v>
+        <v>3732</v>
       </c>
       <c r="B145" t="s">
         <v>1348</v>
       </c>
       <c r="C145" t="s">
         <v>1349</v>
       </c>
       <c r="D145" t="s">
         <v>1350</v>
       </c>
       <c r="E145" t="s">
         <v>1351</v>
       </c>
       <c r="F145" t="s">
         <v>1352</v>
       </c>
       <c r="G145" t="s">
         <v>1353</v>
       </c>
       <c r="H145" t="s">
         <v>1354</v>
       </c>
       <c r="I145" t="s">
         <v>1355</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>3732</v>
+        <v>3753</v>
       </c>
       <c r="B146" t="s">
         <v>1357</v>
       </c>
       <c r="C146" t="s">
         <v>1358</v>
       </c>
       <c r="D146" t="s">
         <v>1359</v>
       </c>
       <c r="E146" t="s">
         <v>1360</v>
       </c>
       <c r="F146" t="s">
         <v>1361</v>
       </c>
       <c r="G146" t="s">
         <v>1362</v>
       </c>
       <c r="H146" t="s">
         <v>1363</v>
       </c>
       <c r="I146" t="s">
         <v>1364</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>3753</v>
+        <v>3756</v>
       </c>
       <c r="B147" t="s">
         <v>1366</v>
       </c>
       <c r="C147" t="s">
         <v>1367</v>
       </c>
       <c r="D147" t="s">
         <v>1368</v>
       </c>
       <c r="E147" t="s">
         <v>1369</v>
       </c>
       <c r="F147" t="s">
         <v>1370</v>
       </c>
       <c r="G147" t="s">
         <v>1371</v>
       </c>
       <c r="H147" t="s">
         <v>1372</v>
       </c>
       <c r="I147" t="s">
         <v>1373</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
         <v>25</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
         <v>27</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>3756</v>
+        <v>3791</v>
       </c>
       <c r="B148" t="s">
         <v>1375</v>
       </c>
       <c r="C148" t="s">
         <v>1376</v>
       </c>
       <c r="D148" t="s">
         <v>1377</v>
       </c>
       <c r="E148" t="s">
         <v>1378</v>
       </c>
       <c r="F148" t="s">
         <v>1379</v>
       </c>
       <c r="G148" t="s">
         <v>1380</v>
       </c>
       <c r="H148" t="s">
         <v>1381</v>
       </c>
       <c r="I148" t="s">
         <v>1382</v>
       </c>
       <c r="J148" t="s">
-        <v>24</v>
+        <v>1383</v>
       </c>
       <c r="K148" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L148" t="s">
-        <v>26</v>
+        <v>1384</v>
       </c>
       <c r="M148" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>3791</v>
+        <v>3854</v>
       </c>
       <c r="B149" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="C149" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="D149" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="E149" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="F149" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="G149" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="H149" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="I149" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="J149" t="s">
-        <v>1392</v>
+        <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>871</v>
+        <v>47</v>
       </c>
       <c r="L149" t="s">
-        <v>1393</v>
+        <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>872</v>
+        <v>48</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>3854</v>
+        <v>4176</v>
       </c>
       <c r="B150" t="s">
         <v>1395</v>
       </c>
       <c r="C150" t="s">
         <v>1396</v>
       </c>
       <c r="D150" t="s">
         <v>1397</v>
       </c>
       <c r="E150" t="s">
         <v>1398</v>
       </c>
       <c r="F150" t="s">
         <v>1399</v>
       </c>
       <c r="G150" t="s">
         <v>1400</v>
       </c>
       <c r="H150" t="s">
         <v>1401</v>
       </c>
       <c r="I150" t="s">
         <v>1402</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4176</v>
+        <v>4186</v>
       </c>
       <c r="B151" t="s">
         <v>1404</v>
       </c>
       <c r="C151" t="s">
         <v>1405</v>
       </c>
       <c r="D151" t="s">
         <v>1406</v>
       </c>
       <c r="E151" t="s">
         <v>1407</v>
       </c>
       <c r="F151" t="s">
         <v>1408</v>
       </c>
       <c r="G151" t="s">
         <v>1409</v>
       </c>
       <c r="H151" t="s">
         <v>1410</v>
       </c>
       <c r="I151" t="s">
         <v>1411</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4186</v>
+        <v>4191</v>
       </c>
       <c r="B152" t="s">
         <v>1413</v>
       </c>
       <c r="C152" t="s">
         <v>1414</v>
       </c>
       <c r="D152" t="s">
         <v>1415</v>
       </c>
       <c r="E152" t="s">
         <v>1416</v>
       </c>
       <c r="F152" t="s">
         <v>1417</v>
       </c>
       <c r="G152" t="s">
         <v>1418</v>
       </c>
       <c r="H152" t="s">
         <v>1419</v>
       </c>
       <c r="I152" t="s">
         <v>1420</v>
       </c>
       <c r="J152" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K152" t="s">
-        <v>59</v>
+        <v>871</v>
       </c>
       <c r="L152" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M152" t="s">
-        <v>61</v>
+        <v>872</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4191</v>
+        <v>4196</v>
       </c>
       <c r="B153" t="s">
         <v>1422</v>
       </c>
       <c r="C153" t="s">
         <v>1423</v>
       </c>
       <c r="D153" t="s">
         <v>1424</v>
       </c>
       <c r="E153" t="s">
         <v>1425</v>
       </c>
       <c r="F153" t="s">
         <v>1426</v>
       </c>
       <c r="G153" t="s">
         <v>1427</v>
       </c>
       <c r="H153" t="s">
         <v>1428</v>
       </c>
       <c r="I153" t="s">
         <v>1429</v>
       </c>
       <c r="J153" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L153" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4196</v>
+        <v>4198</v>
       </c>
       <c r="B154" t="s">
         <v>1431</v>
       </c>
       <c r="C154" t="s">
         <v>1432</v>
       </c>
       <c r="D154" t="s">
         <v>1433</v>
       </c>
       <c r="E154" t="s">
         <v>1434</v>
       </c>
       <c r="F154" t="s">
         <v>1435</v>
       </c>
       <c r="G154" t="s">
         <v>1436</v>
       </c>
       <c r="H154" t="s">
         <v>1437</v>
       </c>
       <c r="I154" t="s">
         <v>1438</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4198</v>
+        <v>4202</v>
       </c>
       <c r="B155" t="s">
         <v>1440</v>
       </c>
       <c r="C155" t="s">
         <v>1441</v>
       </c>
       <c r="D155" t="s">
         <v>1442</v>
       </c>
       <c r="E155" t="s">
         <v>1443</v>
       </c>
       <c r="F155" t="s">
         <v>1444</v>
       </c>
       <c r="G155" t="s">
         <v>1445</v>
       </c>
       <c r="H155" t="s">
         <v>1446</v>
       </c>
       <c r="I155" t="s">
         <v>1447</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1448</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4202</v>
+        <v>4204</v>
       </c>
       <c r="B156" t="s">
         <v>1449</v>
       </c>
       <c r="C156" t="s">
         <v>1450</v>
       </c>
       <c r="D156" t="s">
         <v>1451</v>
       </c>
       <c r="E156" t="s">
         <v>1452</v>
       </c>
       <c r="F156" t="s">
         <v>1453</v>
       </c>
       <c r="G156" t="s">
         <v>1454</v>
       </c>
       <c r="H156" t="s">
         <v>1455</v>
       </c>
       <c r="I156" t="s">
         <v>1456</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4204</v>
+        <v>4206</v>
       </c>
       <c r="B157" t="s">
         <v>1458</v>
       </c>
       <c r="C157" t="s">
         <v>1459</v>
       </c>
       <c r="D157" t="s">
         <v>1460</v>
       </c>
       <c r="E157" t="s">
         <v>1461</v>
       </c>
       <c r="F157" t="s">
         <v>1462</v>
       </c>
       <c r="G157" t="s">
         <v>1463</v>
       </c>
       <c r="H157" t="s">
         <v>1464</v>
       </c>
       <c r="I157" t="s">
         <v>1465</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4206</v>
+        <v>4211</v>
       </c>
       <c r="B158" t="s">
         <v>1467</v>
       </c>
       <c r="C158" t="s">
         <v>1468</v>
       </c>
       <c r="D158" t="s">
         <v>1469</v>
       </c>
       <c r="E158" t="s">
         <v>1470</v>
       </c>
       <c r="F158" t="s">
         <v>1471</v>
       </c>
       <c r="G158" t="s">
         <v>1472</v>
       </c>
       <c r="H158" t="s">
         <v>1473</v>
       </c>
       <c r="I158" t="s">
         <v>1474</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
         <v>25</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
         <v>27</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4211</v>
+        <v>4216</v>
       </c>
       <c r="B159" t="s">
         <v>1476</v>
       </c>
       <c r="C159" t="s">
         <v>1477</v>
       </c>
       <c r="D159" t="s">
         <v>1478</v>
       </c>
       <c r="E159" t="s">
         <v>1479</v>
       </c>
       <c r="F159" t="s">
         <v>1480</v>
       </c>
       <c r="G159" t="s">
         <v>1481</v>
       </c>
       <c r="H159" t="s">
         <v>1482</v>
       </c>
       <c r="I159" t="s">
         <v>1483</v>
       </c>
       <c r="J159" t="s">
-        <v>24</v>
+        <v>1484</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>1485</v>
       </c>
       <c r="L159" t="s">
-        <v>26</v>
+        <v>1486</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>1487</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4216</v>
+        <v>4243</v>
       </c>
       <c r="B160" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="C160" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="D160" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="E160" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="F160" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="G160" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="H160" t="s">
-        <v>1491</v>
+        <v>1495</v>
       </c>
       <c r="I160" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="J160" t="s">
-        <v>1493</v>
+        <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>1494</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
-        <v>1495</v>
+        <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>1496</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4243</v>
+        <v>4292</v>
       </c>
       <c r="B161" t="s">
         <v>1498</v>
       </c>
       <c r="C161" t="s">
         <v>1499</v>
       </c>
       <c r="D161" t="s">
         <v>1500</v>
       </c>
       <c r="E161" t="s">
         <v>1501</v>
       </c>
       <c r="F161" t="s">
         <v>1502</v>
       </c>
       <c r="G161" t="s">
         <v>1503</v>
       </c>
       <c r="H161" t="s">
         <v>1504</v>
       </c>
       <c r="I161" t="s">
         <v>1505</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>25</v>
+        <v>1506</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>27</v>
+        <v>1507</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4292</v>
+        <v>4295</v>
       </c>
       <c r="B162" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="C162" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D162" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="E162" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="F162" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="G162" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="H162" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="I162" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
-        <v>1515</v>
+        <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
-        <v>1516</v>
+        <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4295</v>
+        <v>4303</v>
       </c>
       <c r="B163" t="s">
         <v>1518</v>
       </c>
       <c r="C163" t="s">
         <v>1519</v>
       </c>
       <c r="D163" t="s">
         <v>1520</v>
       </c>
       <c r="E163" t="s">
         <v>1521</v>
       </c>
       <c r="F163" t="s">
         <v>1522</v>
       </c>
       <c r="G163" t="s">
         <v>1523</v>
       </c>
       <c r="H163" t="s">
         <v>1524</v>
       </c>
       <c r="I163" t="s">
         <v>1525</v>
       </c>
       <c r="J163" t="s">
-        <v>24</v>
+        <v>750</v>
       </c>
       <c r="K163" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L163" t="s">
-        <v>26</v>
+        <v>752</v>
       </c>
       <c r="M163" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4303</v>
+        <v>4304</v>
       </c>
       <c r="B164" t="s">
         <v>1527</v>
       </c>
       <c r="C164" t="s">
         <v>1528</v>
       </c>
       <c r="D164" t="s">
         <v>1529</v>
       </c>
       <c r="E164" t="s">
         <v>1530</v>
       </c>
       <c r="F164" t="s">
         <v>1531</v>
       </c>
       <c r="G164" t="s">
         <v>1532</v>
       </c>
       <c r="H164" t="s">
         <v>1533</v>
       </c>
       <c r="I164" t="s">
         <v>1534</v>
       </c>
       <c r="J164" t="s">
-        <v>750</v>
+        <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
-        <v>752</v>
+        <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1535</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4304</v>
+        <v>4307</v>
       </c>
       <c r="B165" t="s">
         <v>1536</v>
       </c>
       <c r="C165" t="s">
         <v>1537</v>
       </c>
       <c r="D165" t="s">
         <v>1538</v>
       </c>
       <c r="E165" t="s">
         <v>1539</v>
       </c>
       <c r="F165" t="s">
         <v>1540</v>
       </c>
       <c r="G165" t="s">
         <v>1541</v>
       </c>
       <c r="H165" t="s">
         <v>1542</v>
       </c>
       <c r="I165" t="s">
         <v>1543</v>
       </c>
       <c r="J165" t="s">
-        <v>24</v>
+        <v>1484</v>
       </c>
       <c r="K165" t="s">
-        <v>25</v>
+        <v>1544</v>
       </c>
       <c r="L165" t="s">
-        <v>26</v>
+        <v>1486</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>1545</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4307</v>
+        <v>4308</v>
       </c>
       <c r="B166" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="C166" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="D166" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="E166" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="F166" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="G166" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="H166" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="I166" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="J166" t="s">
-        <v>1493</v>
+        <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>1553</v>
+        <v>170</v>
       </c>
       <c r="L166" t="s">
-        <v>1495</v>
+        <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>1554</v>
+        <v>171</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4308</v>
+        <v>4309</v>
       </c>
       <c r="B167" t="s">
         <v>1556</v>
       </c>
       <c r="C167" t="s">
         <v>1557</v>
       </c>
       <c r="D167" t="s">
         <v>1558</v>
       </c>
       <c r="E167" t="s">
         <v>1559</v>
       </c>
       <c r="F167" t="s">
         <v>1560</v>
       </c>
       <c r="G167" t="s">
         <v>1561</v>
       </c>
       <c r="H167" t="s">
         <v>1562</v>
       </c>
       <c r="I167" t="s">
         <v>1563</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>170</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>171</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1564</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4309</v>
+        <v>4311</v>
       </c>
       <c r="B168" t="s">
         <v>1565</v>
       </c>
       <c r="C168" t="s">
         <v>1566</v>
       </c>
       <c r="D168" t="s">
         <v>1567</v>
       </c>
       <c r="E168" t="s">
         <v>1568</v>
       </c>
       <c r="F168" t="s">
         <v>1569</v>
       </c>
       <c r="G168" t="s">
         <v>1570</v>
       </c>
       <c r="H168" t="s">
         <v>1571</v>
       </c>
       <c r="I168" t="s">
         <v>1572</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4311</v>
+        <v>4314</v>
       </c>
       <c r="B169" t="s">
         <v>1574</v>
       </c>
       <c r="C169" t="s">
         <v>1575</v>
       </c>
       <c r="D169" t="s">
         <v>1576</v>
       </c>
       <c r="E169" t="s">
         <v>1577</v>
       </c>
       <c r="F169" t="s">
         <v>1578</v>
       </c>
       <c r="G169" t="s">
         <v>1579</v>
       </c>
       <c r="H169" t="s">
         <v>1580</v>
       </c>
       <c r="I169" t="s">
         <v>1581</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1582</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4314</v>
+        <v>4316</v>
       </c>
       <c r="B170" t="s">
         <v>1583</v>
       </c>
       <c r="C170" t="s">
         <v>1584</v>
       </c>
       <c r="D170" t="s">
         <v>1585</v>
       </c>
       <c r="E170" t="s">
         <v>1586</v>
       </c>
       <c r="F170" t="s">
         <v>1587</v>
       </c>
       <c r="G170" t="s">
         <v>1588</v>
       </c>
       <c r="H170" t="s">
         <v>1589</v>
       </c>
       <c r="I170" t="s">
         <v>1590</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4316</v>
+        <v>4318</v>
       </c>
       <c r="B171" t="s">
         <v>1592</v>
       </c>
       <c r="C171" t="s">
         <v>1593</v>
       </c>
       <c r="D171" t="s">
         <v>1594</v>
       </c>
       <c r="E171" t="s">
         <v>1595</v>
       </c>
       <c r="F171" t="s">
         <v>1596</v>
       </c>
       <c r="G171" t="s">
         <v>1597</v>
       </c>
       <c r="H171" t="s">
         <v>1598</v>
       </c>
       <c r="I171" t="s">
         <v>1599</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>171</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1600</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4318</v>
+        <v>4319</v>
       </c>
       <c r="B172" t="s">
         <v>1601</v>
       </c>
       <c r="C172" t="s">
         <v>1602</v>
       </c>
       <c r="D172" t="s">
         <v>1603</v>
       </c>
       <c r="E172" t="s">
         <v>1604</v>
       </c>
       <c r="F172" t="s">
         <v>1605</v>
       </c>
       <c r="G172" t="s">
         <v>1606</v>
       </c>
       <c r="H172" t="s">
         <v>1607</v>
       </c>
       <c r="I172" t="s">
         <v>1608</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>170</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>171</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4319</v>
+        <v>4322</v>
       </c>
       <c r="B173" t="s">
         <v>1610</v>
       </c>
       <c r="C173" t="s">
         <v>1611</v>
       </c>
       <c r="D173" t="s">
         <v>1612</v>
       </c>
       <c r="E173" t="s">
         <v>1613</v>
       </c>
       <c r="F173" t="s">
         <v>1614</v>
       </c>
       <c r="G173" t="s">
         <v>1615</v>
       </c>
       <c r="H173" t="s">
         <v>1616</v>
       </c>
       <c r="I173" t="s">
         <v>1617</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4322</v>
+        <v>4538</v>
       </c>
       <c r="B174" t="s">
         <v>1619</v>
       </c>
       <c r="C174" t="s">
         <v>1620</v>
       </c>
       <c r="D174" t="s">
         <v>1621</v>
       </c>
       <c r="E174" t="s">
         <v>1622</v>
       </c>
       <c r="F174" t="s">
         <v>1623</v>
       </c>
       <c r="G174" t="s">
         <v>1624</v>
       </c>
       <c r="H174" t="s">
         <v>1625</v>
       </c>
       <c r="I174" t="s">
         <v>1626</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4538</v>
+        <v>4549</v>
       </c>
       <c r="B175" t="s">
         <v>1628</v>
       </c>
       <c r="C175" t="s">
         <v>1629</v>
       </c>
       <c r="D175" t="s">
         <v>1630</v>
       </c>
       <c r="E175" t="s">
         <v>1631</v>
       </c>
       <c r="F175" t="s">
         <v>1632</v>
       </c>
       <c r="G175" t="s">
         <v>1633</v>
       </c>
       <c r="H175" t="s">
         <v>1634</v>
       </c>
       <c r="I175" t="s">
         <v>1635</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
         <v>1636</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4549</v>
+        <v>4555</v>
       </c>
       <c r="B176" t="s">
         <v>1637</v>
       </c>
       <c r="C176" t="s">
         <v>1638</v>
       </c>
       <c r="D176" t="s">
         <v>1639</v>
       </c>
       <c r="E176" t="s">
         <v>1640</v>
       </c>
       <c r="F176" t="s">
         <v>1641</v>
       </c>
       <c r="G176" t="s">
         <v>1642</v>
       </c>
       <c r="H176" t="s">
         <v>1643</v>
       </c>
       <c r="I176" t="s">
         <v>1644</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4555</v>
+        <v>4556</v>
       </c>
       <c r="B177" t="s">
         <v>1646</v>
       </c>
       <c r="C177" t="s">
         <v>1647</v>
       </c>
       <c r="D177" t="s">
         <v>1648</v>
       </c>
       <c r="E177" t="s">
         <v>1649</v>
       </c>
       <c r="F177" t="s">
         <v>1650</v>
       </c>
       <c r="G177" t="s">
         <v>1651</v>
       </c>
       <c r="H177" t="s">
         <v>1652</v>
       </c>
       <c r="I177" t="s">
         <v>1653</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1654</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4556</v>
+        <v>4558</v>
       </c>
       <c r="B178" t="s">
         <v>1655</v>
       </c>
       <c r="C178" t="s">
         <v>1656</v>
       </c>
       <c r="D178" t="s">
         <v>1657</v>
       </c>
       <c r="E178" t="s">
         <v>1658</v>
       </c>
       <c r="F178" t="s">
         <v>1659</v>
       </c>
       <c r="G178" t="s">
         <v>1660</v>
       </c>
       <c r="H178" t="s">
         <v>1661</v>
       </c>
       <c r="I178" t="s">
         <v>1662</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4558</v>
+        <v>4559</v>
       </c>
       <c r="B179" t="s">
         <v>1664</v>
       </c>
       <c r="C179" t="s">
         <v>1665</v>
       </c>
       <c r="D179" t="s">
         <v>1666</v>
       </c>
       <c r="E179" t="s">
         <v>1667</v>
       </c>
       <c r="F179" t="s">
         <v>1668</v>
       </c>
       <c r="G179" t="s">
         <v>1669</v>
       </c>
       <c r="H179" t="s">
         <v>1670</v>
       </c>
       <c r="I179" t="s">
         <v>1671</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4559</v>
+        <v>4560</v>
       </c>
       <c r="B180" t="s">
         <v>1673</v>
       </c>
       <c r="C180" t="s">
         <v>1674</v>
       </c>
       <c r="D180" t="s">
         <v>1675</v>
       </c>
       <c r="E180" t="s">
         <v>1676</v>
       </c>
       <c r="F180" t="s">
         <v>1677</v>
       </c>
       <c r="G180" t="s">
         <v>1678</v>
       </c>
       <c r="H180" t="s">
         <v>1679</v>
       </c>
       <c r="I180" t="s">
         <v>1680</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4560</v>
+        <v>4563</v>
       </c>
       <c r="B181" t="s">
         <v>1682</v>
       </c>
       <c r="C181" t="s">
         <v>1683</v>
       </c>
       <c r="D181" t="s">
         <v>1684</v>
       </c>
       <c r="E181" t="s">
         <v>1685</v>
       </c>
       <c r="F181" t="s">
         <v>1686</v>
       </c>
       <c r="G181" t="s">
         <v>1687</v>
       </c>
       <c r="H181" t="s">
         <v>1688</v>
       </c>
       <c r="I181" t="s">
         <v>1689</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4563</v>
+        <v>4564</v>
       </c>
       <c r="B182" t="s">
         <v>1691</v>
       </c>
       <c r="C182" t="s">
         <v>1692</v>
       </c>
       <c r="D182" t="s">
         <v>1693</v>
       </c>
       <c r="E182" t="s">
         <v>1694</v>
       </c>
       <c r="F182" t="s">
         <v>1695</v>
       </c>
       <c r="G182" t="s">
         <v>1696</v>
       </c>
       <c r="H182" t="s">
         <v>1697</v>
       </c>
       <c r="I182" t="s">
         <v>1698</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>170</v>
+        <v>1699</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>171</v>
+        <v>1700</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4564</v>
+        <v>4566</v>
       </c>
       <c r="B183" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="C183" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="D183" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="E183" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="F183" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="G183" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="H183" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="I183" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1708</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>1709</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4566</v>
+        <v>4568</v>
       </c>
       <c r="B184" t="s">
         <v>1711</v>
       </c>
       <c r="C184" t="s">
         <v>1712</v>
       </c>
       <c r="D184" t="s">
         <v>1713</v>
       </c>
       <c r="E184" t="s">
         <v>1714</v>
       </c>
       <c r="F184" t="s">
         <v>1715</v>
       </c>
       <c r="G184" t="s">
         <v>1716</v>
       </c>
       <c r="H184" t="s">
         <v>1717</v>
       </c>
       <c r="I184" t="s">
         <v>1718</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4568</v>
+        <v>4704</v>
       </c>
       <c r="B185" t="s">
         <v>1720</v>
       </c>
       <c r="C185" t="s">
         <v>1721</v>
       </c>
       <c r="D185" t="s">
         <v>1722</v>
       </c>
       <c r="E185" t="s">
         <v>1723</v>
       </c>
       <c r="F185" t="s">
         <v>1724</v>
       </c>
       <c r="G185" t="s">
         <v>1725</v>
       </c>
       <c r="H185" t="s">
         <v>1726</v>
       </c>
       <c r="I185" t="s">
         <v>1727</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
         <v>1728</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4704</v>
+        <v>4706</v>
       </c>
       <c r="B186" t="s">
         <v>1729</v>
       </c>
       <c r="C186" t="s">
         <v>1730</v>
       </c>
       <c r="D186" t="s">
         <v>1731</v>
       </c>
       <c r="E186" t="s">
         <v>1732</v>
       </c>
       <c r="F186" t="s">
         <v>1733</v>
       </c>
       <c r="G186" t="s">
         <v>1734</v>
       </c>
       <c r="H186" t="s">
         <v>1735</v>
       </c>
       <c r="I186" t="s">
         <v>1736</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4706</v>
+        <v>4709</v>
       </c>
       <c r="B187" t="s">
         <v>1738</v>
       </c>
       <c r="C187" t="s">
         <v>1739</v>
       </c>
       <c r="D187" t="s">
         <v>1740</v>
       </c>
       <c r="E187" t="s">
         <v>1741</v>
       </c>
       <c r="F187" t="s">
         <v>1742</v>
       </c>
       <c r="G187" t="s">
         <v>1743</v>
       </c>
       <c r="H187" t="s">
         <v>1744</v>
       </c>
       <c r="I187" t="s">
         <v>1745</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1746</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4709</v>
+        <v>4711</v>
       </c>
       <c r="B188" t="s">
         <v>1747</v>
       </c>
       <c r="C188" t="s">
         <v>1748</v>
       </c>
       <c r="D188" t="s">
         <v>1749</v>
       </c>
       <c r="E188" t="s">
         <v>1750</v>
       </c>
       <c r="F188" t="s">
         <v>1751</v>
       </c>
       <c r="G188" t="s">
         <v>1752</v>
       </c>
       <c r="H188" t="s">
         <v>1753</v>
       </c>
       <c r="I188" t="s">
         <v>1754</v>
       </c>
       <c r="J188" t="s">
-        <v>24</v>
+        <v>1755</v>
       </c>
       <c r="K188" t="s">
-        <v>47</v>
+        <v>1756</v>
       </c>
       <c r="L188" t="s">
-        <v>26</v>
+        <v>1757</v>
       </c>
       <c r="M188" t="s">
-        <v>48</v>
+        <v>1758</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4711</v>
+        <v>4716</v>
       </c>
       <c r="B189" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="C189" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
       <c r="D189" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="E189" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="F189" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="G189" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="H189" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="I189" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="J189" t="s">
-        <v>1764</v>
+        <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1765</v>
+        <v>1208</v>
       </c>
       <c r="L189" t="s">
-        <v>1766</v>
+        <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>1767</v>
+        <v>1209</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1768</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4716</v>
+        <v>4717</v>
       </c>
       <c r="B190" t="s">
         <v>1769</v>
       </c>
       <c r="C190" t="s">
         <v>1770</v>
       </c>
       <c r="D190" t="s">
         <v>1771</v>
       </c>
       <c r="E190" t="s">
         <v>1772</v>
       </c>
       <c r="F190" t="s">
         <v>1773</v>
       </c>
       <c r="G190" t="s">
         <v>1774</v>
       </c>
       <c r="H190" t="s">
         <v>1775</v>
       </c>
       <c r="I190" t="s">
         <v>1776</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4717</v>
+        <v>4721</v>
       </c>
       <c r="B191" t="s">
         <v>1778</v>
       </c>
       <c r="C191" t="s">
         <v>1779</v>
       </c>
       <c r="D191" t="s">
         <v>1780</v>
       </c>
       <c r="E191" t="s">
         <v>1781</v>
       </c>
       <c r="F191" t="s">
         <v>1782</v>
       </c>
       <c r="G191" t="s">
         <v>1783</v>
       </c>
       <c r="H191" t="s">
         <v>1784</v>
       </c>
       <c r="I191" t="s">
         <v>1785</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4721</v>
+        <v>4722</v>
       </c>
       <c r="B192" t="s">
         <v>1787</v>
       </c>
       <c r="C192" t="s">
         <v>1788</v>
       </c>
       <c r="D192" t="s">
         <v>1789</v>
       </c>
       <c r="E192" t="s">
         <v>1790</v>
       </c>
       <c r="F192" t="s">
         <v>1791</v>
       </c>
       <c r="G192" t="s">
         <v>1792</v>
       </c>
       <c r="H192" t="s">
         <v>1793</v>
       </c>
       <c r="I192" t="s">
         <v>1794</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>1208</v>
+        <v>1795</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>1209</v>
+        <v>1796</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4722</v>
+        <v>4723</v>
       </c>
       <c r="B193" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="C193" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="D193" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="E193" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="F193" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="G193" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="H193" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="I193" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4723</v>
+        <v>4725</v>
       </c>
       <c r="B194" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="C194" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="D194" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="E194" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="F194" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="G194" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="H194" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="I194" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1815</v>
+        <v>25</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>1816</v>
+        <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4725</v>
+        <v>4792</v>
       </c>
       <c r="B195" t="s">
         <v>1818</v>
       </c>
       <c r="C195" t="s">
         <v>1819</v>
       </c>
       <c r="D195" t="s">
         <v>1820</v>
       </c>
       <c r="E195" t="s">
         <v>1821</v>
       </c>
       <c r="F195" t="s">
         <v>1822</v>
       </c>
       <c r="G195" t="s">
         <v>1823</v>
       </c>
       <c r="H195" t="s">
         <v>1824</v>
       </c>
       <c r="I195" t="s">
         <v>1825</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
         <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
         <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1826</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4792</v>
+        <v>4801</v>
       </c>
       <c r="B196" t="s">
         <v>1827</v>
       </c>
       <c r="C196" t="s">
         <v>1828</v>
       </c>
       <c r="D196" t="s">
         <v>1829</v>
       </c>
       <c r="E196" t="s">
         <v>1830</v>
       </c>
       <c r="F196" t="s">
         <v>1831</v>
       </c>
       <c r="G196" t="s">
         <v>1832</v>
       </c>
       <c r="H196" t="s">
         <v>1833</v>
       </c>
       <c r="I196" t="s">
         <v>1834</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
         <v>1835</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4801</v>
+        <v>4810</v>
       </c>
       <c r="B197" t="s">
         <v>1836</v>
       </c>
       <c r="C197" t="s">
         <v>1837</v>
       </c>
       <c r="D197" t="s">
         <v>1838</v>
       </c>
       <c r="E197" t="s">
         <v>1839</v>
       </c>
       <c r="F197" t="s">
         <v>1840</v>
       </c>
       <c r="G197" t="s">
         <v>1841</v>
       </c>
       <c r="H197" t="s">
         <v>1842</v>
       </c>
       <c r="I197" t="s">
         <v>1843</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>170</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>171</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1844</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4810</v>
+        <v>4811</v>
       </c>
       <c r="B198" t="s">
         <v>1845</v>
       </c>
       <c r="C198" t="s">
         <v>1846</v>
       </c>
       <c r="D198" t="s">
         <v>1847</v>
       </c>
       <c r="E198" t="s">
         <v>1848</v>
       </c>
       <c r="F198" t="s">
         <v>1849</v>
       </c>
       <c r="G198" t="s">
         <v>1850</v>
       </c>
       <c r="H198" t="s">
         <v>1851</v>
       </c>
       <c r="I198" t="s">
         <v>1852</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>170</v>
+        <v>871</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>171</v>
+        <v>872</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4811</v>
+        <v>4815</v>
       </c>
       <c r="B199" t="s">
         <v>1854</v>
       </c>
       <c r="C199" t="s">
         <v>1855</v>
       </c>
       <c r="D199" t="s">
         <v>1856</v>
       </c>
       <c r="E199" t="s">
         <v>1857</v>
       </c>
       <c r="F199" t="s">
         <v>1858</v>
       </c>
       <c r="G199" t="s">
         <v>1859</v>
       </c>
       <c r="H199" t="s">
         <v>1860</v>
       </c>
       <c r="I199" t="s">
         <v>1861</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4815</v>
+        <v>4817</v>
       </c>
       <c r="B200" t="s">
         <v>1863</v>
       </c>
       <c r="C200" t="s">
         <v>1864</v>
       </c>
       <c r="D200" t="s">
         <v>1865</v>
       </c>
       <c r="E200" t="s">
         <v>1866</v>
       </c>
       <c r="F200" t="s">
         <v>1867</v>
       </c>
       <c r="G200" t="s">
         <v>1868</v>
       </c>
       <c r="H200" t="s">
         <v>1869</v>
       </c>
       <c r="I200" t="s">
         <v>1870</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
         <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
         <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1871</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4817</v>
+        <v>4850</v>
       </c>
       <c r="B201" t="s">
         <v>1872</v>
       </c>
       <c r="C201" t="s">
         <v>1873</v>
       </c>
       <c r="D201" t="s">
         <v>1874</v>
       </c>
       <c r="E201" t="s">
         <v>1875</v>
       </c>
       <c r="F201" t="s">
         <v>1876</v>
       </c>
       <c r="G201" t="s">
         <v>1877</v>
       </c>
       <c r="H201" t="s">
         <v>1878</v>
       </c>
       <c r="I201" t="s">
         <v>1879</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1880</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4850</v>
+        <v>4935</v>
       </c>
       <c r="B202" t="s">
         <v>1881</v>
       </c>
       <c r="C202" t="s">
         <v>1882</v>
       </c>
       <c r="D202" t="s">
         <v>1883</v>
       </c>
       <c r="E202" t="s">
         <v>1884</v>
       </c>
       <c r="F202" t="s">
         <v>1885</v>
       </c>
       <c r="G202" t="s">
         <v>1886</v>
       </c>
       <c r="H202" t="s">
         <v>1887</v>
       </c>
       <c r="I202" t="s">
         <v>1888</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4935</v>
+        <v>4939</v>
       </c>
       <c r="B203" t="s">
         <v>1890</v>
       </c>
       <c r="C203" t="s">
         <v>1891</v>
       </c>
       <c r="D203" t="s">
         <v>1892</v>
       </c>
       <c r="E203" t="s">
         <v>1893</v>
       </c>
       <c r="F203" t="s">
         <v>1894</v>
       </c>
       <c r="G203" t="s">
         <v>1895</v>
       </c>
       <c r="H203" t="s">
         <v>1896</v>
       </c>
       <c r="I203" t="s">
         <v>1897</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
         <v>170</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
         <v>171</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1898</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4939</v>
+        <v>4947</v>
       </c>
       <c r="B204" t="s">
         <v>1899</v>
       </c>
       <c r="C204" t="s">
         <v>1900</v>
       </c>
       <c r="D204" t="s">
         <v>1901</v>
       </c>
       <c r="E204" t="s">
         <v>1902</v>
       </c>
       <c r="F204" t="s">
         <v>1903</v>
       </c>
       <c r="G204" t="s">
         <v>1904</v>
       </c>
       <c r="H204" t="s">
         <v>1905</v>
       </c>
       <c r="I204" t="s">
         <v>1906</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4947</v>
+        <v>4950</v>
       </c>
       <c r="B205" t="s">
         <v>1908</v>
       </c>
       <c r="C205" t="s">
         <v>1909</v>
       </c>
       <c r="D205" t="s">
         <v>1910</v>
       </c>
       <c r="E205" t="s">
         <v>1911</v>
       </c>
       <c r="F205" t="s">
         <v>1912</v>
       </c>
       <c r="G205" t="s">
         <v>1913</v>
       </c>
       <c r="H205" t="s">
         <v>1914</v>
       </c>
       <c r="I205" t="s">
         <v>1915</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>47</v>
+        <v>871</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>48</v>
+        <v>872</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1916</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4950</v>
+        <v>4958</v>
       </c>
       <c r="B206" t="s">
         <v>1917</v>
       </c>
       <c r="C206" t="s">
         <v>1918</v>
       </c>
       <c r="D206" t="s">
         <v>1919</v>
       </c>
       <c r="E206" t="s">
         <v>1920</v>
       </c>
       <c r="F206" t="s">
         <v>1921</v>
       </c>
       <c r="G206" t="s">
         <v>1922</v>
       </c>
       <c r="H206" t="s">
         <v>1923</v>
       </c>
       <c r="I206" t="s">
         <v>1924</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>871</v>
+        <v>170</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>872</v>
+        <v>171</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1925</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4958</v>
+        <v>4965</v>
       </c>
       <c r="B207" t="s">
         <v>1926</v>
       </c>
       <c r="C207" t="s">
         <v>1927</v>
       </c>
       <c r="D207" t="s">
         <v>1928</v>
       </c>
       <c r="E207" t="s">
         <v>1929</v>
       </c>
       <c r="F207" t="s">
         <v>1930</v>
       </c>
       <c r="G207" t="s">
         <v>1931</v>
       </c>
       <c r="H207" t="s">
         <v>1932</v>
       </c>
       <c r="I207" t="s">
         <v>1933</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1934</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4965</v>
+        <v>4968</v>
       </c>
       <c r="B208" t="s">
         <v>1935</v>
       </c>
       <c r="C208" t="s">
         <v>1936</v>
       </c>
       <c r="D208" t="s">
         <v>1937</v>
       </c>
       <c r="E208" t="s">
         <v>1938</v>
       </c>
       <c r="F208" t="s">
         <v>1939</v>
       </c>
       <c r="G208" t="s">
         <v>1940</v>
       </c>
       <c r="H208" t="s">
         <v>1941</v>
       </c>
       <c r="I208" t="s">
         <v>1942</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
         <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
         <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4968</v>
+        <v>4969</v>
       </c>
       <c r="B209" t="s">
         <v>1944</v>
       </c>
       <c r="C209" t="s">
         <v>1945</v>
       </c>
       <c r="D209" t="s">
         <v>1946</v>
       </c>
       <c r="E209" t="s">
         <v>1947</v>
       </c>
       <c r="F209" t="s">
         <v>1948</v>
       </c>
       <c r="G209" t="s">
         <v>1949</v>
       </c>
       <c r="H209" t="s">
         <v>1950</v>
       </c>
       <c r="I209" t="s">
         <v>1951</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4969</v>
+        <v>5037</v>
       </c>
       <c r="B210" t="s">
         <v>1953</v>
       </c>
       <c r="C210" t="s">
         <v>1954</v>
       </c>
       <c r="D210" t="s">
         <v>1955</v>
       </c>
       <c r="E210" t="s">
         <v>1956</v>
       </c>
       <c r="F210" t="s">
         <v>1957</v>
       </c>
       <c r="G210" t="s">
         <v>1958</v>
       </c>
       <c r="H210" t="s">
         <v>1959</v>
       </c>
       <c r="I210" t="s">
         <v>1960</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
         <v>1961</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5037</v>
+        <v>5272</v>
       </c>
       <c r="B211" t="s">
         <v>1962</v>
       </c>
       <c r="C211" t="s">
         <v>1963</v>
       </c>
       <c r="D211" t="s">
         <v>1964</v>
       </c>
       <c r="E211" t="s">
         <v>1965</v>
       </c>
       <c r="F211" t="s">
         <v>1966</v>
       </c>
       <c r="G211" t="s">
         <v>1967</v>
       </c>
       <c r="H211" t="s">
         <v>1968</v>
       </c>
       <c r="I211" t="s">
         <v>1969</v>
       </c>
       <c r="J211" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K211" t="s">
-        <v>170</v>
+        <v>739</v>
       </c>
       <c r="L211" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M211" t="s">
-        <v>171</v>
+        <v>740</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1970</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5272</v>
+        <v>5273</v>
       </c>
       <c r="B212" t="s">
         <v>1971</v>
       </c>
       <c r="C212" t="s">
         <v>1972</v>
       </c>
       <c r="D212" t="s">
         <v>1973</v>
       </c>
       <c r="E212" t="s">
         <v>1974</v>
       </c>
       <c r="F212" t="s">
         <v>1975</v>
       </c>
       <c r="G212" t="s">
         <v>1976</v>
       </c>
       <c r="H212" t="s">
         <v>1977</v>
       </c>
       <c r="I212" t="s">
         <v>1978</v>
       </c>
       <c r="J212" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>739</v>
+        <v>1979</v>
       </c>
       <c r="L212" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>740</v>
+        <v>1980</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5273</v>
+        <v>5326</v>
       </c>
       <c r="B213" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="C213" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="D213" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="E213" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="F213" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="G213" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="H213" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="I213" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>1988</v>
+        <v>170</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>1989</v>
+        <v>171</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
         <v>1990</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5326</v>
+        <v>5330</v>
       </c>
       <c r="B214" t="s">
         <v>1991</v>
       </c>
       <c r="C214" t="s">
         <v>1992</v>
       </c>
       <c r="D214" t="s">
         <v>1993</v>
       </c>
       <c r="E214" t="s">
         <v>1994</v>
       </c>
       <c r="F214" t="s">
         <v>1995</v>
       </c>
       <c r="G214" t="s">
         <v>1996</v>
       </c>
       <c r="H214" t="s">
         <v>1997</v>
       </c>
       <c r="I214" t="s">
         <v>1998</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
         <v>170</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
         <v>171</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>1999</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5330</v>
+        <v>5331</v>
       </c>
       <c r="B215" t="s">
         <v>2000</v>
       </c>
       <c r="C215" t="s">
         <v>2001</v>
       </c>
       <c r="D215" t="s">
         <v>2002</v>
       </c>
       <c r="E215" t="s">
         <v>2003</v>
       </c>
       <c r="F215" t="s">
         <v>2004</v>
       </c>
       <c r="G215" t="s">
         <v>2005</v>
       </c>
       <c r="H215" t="s">
         <v>2006</v>
       </c>
       <c r="I215" t="s">
         <v>2007</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>2008</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5331</v>
+        <v>5332</v>
       </c>
       <c r="B216" t="s">
         <v>2009</v>
       </c>
       <c r="C216" t="s">
         <v>2010</v>
       </c>
       <c r="D216" t="s">
         <v>2011</v>
       </c>
       <c r="E216" t="s">
         <v>2012</v>
       </c>
       <c r="F216" t="s">
         <v>2013</v>
       </c>
       <c r="G216" t="s">
         <v>2014</v>
       </c>
       <c r="H216" t="s">
         <v>2015</v>
       </c>
       <c r="I216" t="s">
         <v>2016</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2017</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5332</v>
+        <v>5333</v>
       </c>
       <c r="B217" t="s">
         <v>2018</v>
       </c>
       <c r="C217" t="s">
         <v>2019</v>
       </c>
       <c r="D217" t="s">
         <v>2020</v>
       </c>
       <c r="E217" t="s">
         <v>2021</v>
       </c>
       <c r="F217" t="s">
         <v>2022</v>
       </c>
       <c r="G217" t="s">
         <v>2023</v>
       </c>
       <c r="H217" t="s">
         <v>2024</v>
       </c>
       <c r="I217" t="s">
         <v>2025</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2026</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5333</v>
+        <v>5335</v>
       </c>
       <c r="B218" t="s">
         <v>2027</v>
       </c>
       <c r="C218" t="s">
         <v>2028</v>
       </c>
       <c r="D218" t="s">
         <v>2029</v>
       </c>
       <c r="E218" t="s">
         <v>2030</v>
       </c>
       <c r="F218" t="s">
         <v>2031</v>
       </c>
       <c r="G218" t="s">
         <v>2032</v>
       </c>
       <c r="H218" t="s">
         <v>2033</v>
       </c>
       <c r="I218" t="s">
         <v>2034</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2035</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5335</v>
+        <v>5344</v>
       </c>
       <c r="B219" t="s">
         <v>2036</v>
       </c>
       <c r="C219" t="s">
         <v>2037</v>
       </c>
       <c r="D219" t="s">
         <v>2038</v>
       </c>
       <c r="E219" t="s">
         <v>2039</v>
       </c>
       <c r="F219" t="s">
         <v>2040</v>
       </c>
       <c r="G219" t="s">
         <v>2041</v>
       </c>
       <c r="H219" t="s">
         <v>2042</v>
       </c>
       <c r="I219" t="s">
         <v>2043</v>
       </c>
       <c r="J219" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K219" t="s">
-        <v>25</v>
+        <v>2044</v>
       </c>
       <c r="L219" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M219" t="s">
-        <v>27</v>
+        <v>2045</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5344</v>
+        <v>5346</v>
       </c>
       <c r="B220" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="C220" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="D220" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="E220" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="F220" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="G220" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="H220" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="I220" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="J220" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K220" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="L220" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M220" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5346</v>
+        <v>5347</v>
       </c>
       <c r="B221" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C221" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D221" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="E221" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="F221" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="G221" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="H221" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="I221" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="J221" t="s">
         <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>2064</v>
+        <v>170</v>
       </c>
       <c r="L221" t="s">
         <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>2065</v>
+        <v>171</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2066</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5347</v>
+        <v>5348</v>
       </c>
       <c r="B222" t="s">
         <v>2067</v>
       </c>
       <c r="C222" t="s">
         <v>2068</v>
       </c>
       <c r="D222" t="s">
         <v>2069</v>
       </c>
       <c r="E222" t="s">
         <v>2070</v>
       </c>
       <c r="F222" t="s">
         <v>2071</v>
       </c>
       <c r="G222" t="s">
         <v>2072</v>
       </c>
       <c r="H222" t="s">
         <v>2073</v>
       </c>
       <c r="I222" t="s">
         <v>2074</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
         <v>170</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
         <v>171</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2075</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5348</v>
+        <v>5351</v>
       </c>
       <c r="B223" t="s">
         <v>2076</v>
       </c>
       <c r="C223" t="s">
         <v>2077</v>
       </c>
       <c r="D223" t="s">
         <v>2078</v>
       </c>
       <c r="E223" t="s">
         <v>2079</v>
       </c>
       <c r="F223" t="s">
         <v>2080</v>
       </c>
       <c r="G223" t="s">
         <v>2081</v>
       </c>
       <c r="H223" t="s">
         <v>2082</v>
       </c>
       <c r="I223" t="s">
         <v>2083</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2084</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5351</v>
+        <v>5353</v>
       </c>
       <c r="B224" t="s">
         <v>2085</v>
       </c>
       <c r="C224" t="s">
         <v>2086</v>
       </c>
       <c r="D224" t="s">
         <v>2087</v>
       </c>
       <c r="E224" t="s">
         <v>2088</v>
       </c>
       <c r="F224" t="s">
         <v>2089</v>
       </c>
       <c r="G224" t="s">
         <v>2090</v>
       </c>
       <c r="H224" t="s">
         <v>2091</v>
       </c>
       <c r="I224" t="s">
         <v>2092</v>
       </c>
       <c r="J224" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K224" t="s">
-        <v>25</v>
+        <v>882</v>
       </c>
       <c r="L224" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M224" t="s">
-        <v>27</v>
+        <v>883</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2093</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5353</v>
+        <v>5354</v>
       </c>
       <c r="B225" t="s">
         <v>2094</v>
       </c>
       <c r="C225" t="s">
         <v>2095</v>
       </c>
       <c r="D225" t="s">
         <v>2096</v>
       </c>
       <c r="E225" t="s">
         <v>2097</v>
       </c>
       <c r="F225" t="s">
         <v>2098</v>
       </c>
       <c r="G225" t="s">
         <v>2099</v>
       </c>
       <c r="H225" t="s">
         <v>2100</v>
       </c>
       <c r="I225" t="s">
         <v>2101</v>
       </c>
       <c r="J225" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>882</v>
+        <v>170</v>
       </c>
       <c r="L225" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2102</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5354</v>
+        <v>5359</v>
       </c>
       <c r="B226" t="s">
         <v>2103</v>
       </c>
       <c r="C226" t="s">
         <v>2104</v>
       </c>
       <c r="D226" t="s">
         <v>2105</v>
       </c>
       <c r="E226" t="s">
         <v>2106</v>
       </c>
       <c r="F226" t="s">
         <v>2107</v>
       </c>
       <c r="G226" t="s">
         <v>2108</v>
       </c>
       <c r="H226" t="s">
         <v>2109</v>
       </c>
       <c r="I226" t="s">
         <v>2110</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2111</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5359</v>
+        <v>5364</v>
       </c>
       <c r="B227" t="s">
         <v>2112</v>
       </c>
       <c r="C227" t="s">
         <v>2113</v>
       </c>
       <c r="D227" t="s">
         <v>2114</v>
       </c>
       <c r="E227" t="s">
         <v>2115</v>
       </c>
       <c r="F227" t="s">
         <v>2116</v>
       </c>
       <c r="G227" t="s">
         <v>2117</v>
       </c>
       <c r="H227" t="s">
         <v>2118</v>
       </c>
       <c r="I227" t="s">
         <v>2119</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2120</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5364</v>
+        <v>5365</v>
       </c>
       <c r="B228" t="s">
         <v>2121</v>
       </c>
       <c r="C228" t="s">
         <v>2122</v>
       </c>
       <c r="D228" t="s">
         <v>2123</v>
       </c>
       <c r="E228" t="s">
         <v>2124</v>
       </c>
       <c r="F228" t="s">
         <v>2125</v>
       </c>
       <c r="G228" t="s">
         <v>2126</v>
       </c>
       <c r="H228" t="s">
         <v>2127</v>
       </c>
       <c r="I228" t="s">
         <v>2128</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2129</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5365</v>
+        <v>5367</v>
       </c>
       <c r="B229" t="s">
         <v>2130</v>
       </c>
       <c r="C229" t="s">
         <v>2131</v>
       </c>
       <c r="D229" t="s">
         <v>2132</v>
       </c>
       <c r="E229" t="s">
         <v>2133</v>
       </c>
       <c r="F229" t="s">
         <v>2134</v>
       </c>
       <c r="G229" t="s">
         <v>2135</v>
       </c>
       <c r="H229" t="s">
         <v>2136</v>
       </c>
       <c r="I229" t="s">
         <v>2137</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2138</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5367</v>
+        <v>5368</v>
       </c>
       <c r="B230" t="s">
         <v>2139</v>
       </c>
       <c r="C230" t="s">
         <v>2140</v>
       </c>
       <c r="D230" t="s">
         <v>2141</v>
       </c>
       <c r="E230" t="s">
         <v>2142</v>
       </c>
       <c r="F230" t="s">
         <v>2143</v>
       </c>
       <c r="G230" t="s">
         <v>2144</v>
       </c>
       <c r="H230" t="s">
         <v>2145</v>
       </c>
       <c r="I230" t="s">
         <v>2146</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>2147</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5368</v>
+        <v>5371</v>
       </c>
       <c r="B231" t="s">
         <v>2148</v>
       </c>
       <c r="C231" t="s">
         <v>2149</v>
       </c>
       <c r="D231" t="s">
         <v>2150</v>
       </c>
       <c r="E231" t="s">
         <v>2151</v>
       </c>
       <c r="F231" t="s">
         <v>2152</v>
       </c>
       <c r="G231" t="s">
         <v>2153</v>
       </c>
       <c r="H231" t="s">
         <v>2154</v>
       </c>
       <c r="I231" t="s">
         <v>2155</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>25</v>
+        <v>2156</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>27</v>
+        <v>2157</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2156</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5371</v>
+        <v>5372</v>
       </c>
       <c r="B232" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="C232" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="D232" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="E232" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="F232" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="G232" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="H232" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="I232" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>2165</v>
+        <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>2166</v>
+        <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5372</v>
+        <v>5375</v>
       </c>
       <c r="B233" t="s">
         <v>2168</v>
       </c>
       <c r="C233" t="s">
         <v>2169</v>
       </c>
       <c r="D233" t="s">
         <v>2170</v>
       </c>
       <c r="E233" t="s">
         <v>2171</v>
       </c>
       <c r="F233" t="s">
         <v>2172</v>
       </c>
       <c r="G233" t="s">
         <v>2173</v>
       </c>
       <c r="H233" t="s">
         <v>2174</v>
       </c>
       <c r="I233" t="s">
         <v>2175</v>
       </c>
       <c r="J233" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K233" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L233" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M233" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5375</v>
+        <v>5377</v>
       </c>
       <c r="B234" t="s">
         <v>2177</v>
       </c>
       <c r="C234" t="s">
         <v>2178</v>
       </c>
       <c r="D234" t="s">
         <v>2179</v>
       </c>
       <c r="E234" t="s">
         <v>2180</v>
       </c>
       <c r="F234" t="s">
         <v>2181</v>
       </c>
       <c r="G234" t="s">
         <v>2182</v>
       </c>
       <c r="H234" t="s">
         <v>2183</v>
       </c>
       <c r="I234" t="s">
         <v>2184</v>
       </c>
       <c r="J234" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L234" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5377</v>
+        <v>5378</v>
       </c>
       <c r="B235" t="s">
         <v>2186</v>
       </c>
       <c r="C235" t="s">
         <v>2187</v>
       </c>
       <c r="D235" t="s">
         <v>2188</v>
       </c>
       <c r="E235" t="s">
         <v>2189</v>
       </c>
       <c r="F235" t="s">
         <v>2190</v>
       </c>
       <c r="G235" t="s">
         <v>2191</v>
       </c>
       <c r="H235" t="s">
         <v>2192</v>
       </c>
       <c r="I235" t="s">
         <v>2193</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>2194</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5378</v>
+        <v>5380</v>
       </c>
       <c r="B236" t="s">
         <v>2195</v>
       </c>
       <c r="C236" t="s">
         <v>2196</v>
       </c>
       <c r="D236" t="s">
         <v>2197</v>
       </c>
       <c r="E236" t="s">
         <v>2198</v>
       </c>
       <c r="F236" t="s">
         <v>2199</v>
       </c>
       <c r="G236" t="s">
         <v>2200</v>
       </c>
       <c r="H236" t="s">
         <v>2201</v>
       </c>
       <c r="I236" t="s">
         <v>2202</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5380</v>
+        <v>5382</v>
       </c>
       <c r="B237" t="s">
         <v>2204</v>
       </c>
       <c r="C237" t="s">
         <v>2205</v>
       </c>
       <c r="D237" t="s">
         <v>2206</v>
       </c>
       <c r="E237" t="s">
         <v>2207</v>
       </c>
       <c r="F237" t="s">
         <v>2208</v>
       </c>
       <c r="G237" t="s">
         <v>2209</v>
       </c>
       <c r="H237" t="s">
         <v>2210</v>
       </c>
       <c r="I237" t="s">
         <v>2211</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2212</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5382</v>
+        <v>5393</v>
       </c>
       <c r="B238" t="s">
         <v>2213</v>
       </c>
       <c r="C238" t="s">
         <v>2214</v>
       </c>
       <c r="D238" t="s">
         <v>2215</v>
       </c>
       <c r="E238" t="s">
         <v>2216</v>
       </c>
       <c r="F238" t="s">
         <v>2217</v>
       </c>
       <c r="G238" t="s">
         <v>2218</v>
       </c>
       <c r="H238" t="s">
         <v>2219</v>
       </c>
       <c r="I238" t="s">
         <v>2220</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2221</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5393</v>
+        <v>5394</v>
       </c>
       <c r="B239" t="s">
         <v>2222</v>
       </c>
       <c r="C239" t="s">
         <v>2223</v>
       </c>
       <c r="D239" t="s">
         <v>2224</v>
       </c>
       <c r="E239" t="s">
         <v>2225</v>
       </c>
       <c r="F239" t="s">
         <v>2226</v>
       </c>
       <c r="G239" t="s">
         <v>2227</v>
       </c>
       <c r="H239" t="s">
         <v>2228</v>
       </c>
       <c r="I239" t="s">
         <v>2229</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
         <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
         <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
         <v>2230</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5394</v>
+        <v>5403</v>
       </c>
       <c r="B240" t="s">
         <v>2231</v>
       </c>
       <c r="C240" t="s">
         <v>2232</v>
       </c>
       <c r="D240" t="s">
         <v>2233</v>
       </c>
       <c r="E240" t="s">
         <v>2234</v>
       </c>
       <c r="F240" t="s">
         <v>2235</v>
       </c>
       <c r="G240" t="s">
         <v>2236</v>
       </c>
       <c r="H240" t="s">
         <v>2237</v>
       </c>
       <c r="I240" t="s">
         <v>2238</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>25</v>
+        <v>2239</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>27</v>
+        <v>2240</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2239</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5403</v>
+        <v>5431</v>
       </c>
       <c r="B241" t="s">
-        <v>2240</v>
+        <v>2242</v>
       </c>
       <c r="C241" t="s">
-        <v>2241</v>
+        <v>2243</v>
       </c>
       <c r="D241" t="s">
-        <v>2242</v>
+        <v>2244</v>
       </c>
       <c r="E241" t="s">
-        <v>2243</v>
+        <v>2245</v>
       </c>
       <c r="F241" t="s">
-        <v>2244</v>
+        <v>2246</v>
       </c>
       <c r="G241" t="s">
-        <v>2245</v>
+        <v>2247</v>
       </c>
       <c r="H241" t="s">
-        <v>2246</v>
+        <v>2248</v>
       </c>
       <c r="I241" t="s">
-        <v>2247</v>
+        <v>2249</v>
       </c>
       <c r="J241" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K241" t="s">
-        <v>2248</v>
+        <v>274</v>
       </c>
       <c r="L241" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M241" t="s">
-        <v>2249</v>
+        <v>276</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
         <v>2250</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5431</v>
+        <v>5433</v>
       </c>
       <c r="B242" t="s">
         <v>2251</v>
       </c>
       <c r="C242" t="s">
         <v>2252</v>
       </c>
       <c r="D242" t="s">
         <v>2253</v>
       </c>
       <c r="E242" t="s">
         <v>2254</v>
       </c>
       <c r="F242" t="s">
         <v>2255</v>
       </c>
       <c r="G242" t="s">
         <v>2256</v>
       </c>
       <c r="H242" t="s">
         <v>2257</v>
       </c>
       <c r="I242" t="s">
         <v>2258</v>
       </c>
       <c r="J242" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L242" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5433</v>
+        <v>5435</v>
       </c>
       <c r="B243" t="s">
         <v>2260</v>
       </c>
       <c r="C243" t="s">
         <v>2261</v>
       </c>
       <c r="D243" t="s">
         <v>2262</v>
       </c>
       <c r="E243" t="s">
         <v>2263</v>
       </c>
       <c r="F243" t="s">
         <v>2264</v>
       </c>
       <c r="G243" t="s">
         <v>2265</v>
       </c>
       <c r="H243" t="s">
         <v>2266</v>
       </c>
       <c r="I243" t="s">
         <v>2267</v>
       </c>
       <c r="J243" t="s">
         <v>24</v>
       </c>
       <c r="K243" t="s">
         <v>170</v>
       </c>
       <c r="L243" t="s">
         <v>26</v>
       </c>
       <c r="M243" t="s">
         <v>171</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5435</v>
+        <v>5436</v>
       </c>
       <c r="B244" t="s">
         <v>2269</v>
       </c>
       <c r="C244" t="s">
         <v>2270</v>
       </c>
       <c r="D244" t="s">
         <v>2271</v>
       </c>
       <c r="E244" t="s">
         <v>2272</v>
       </c>
       <c r="F244" t="s">
         <v>2273</v>
       </c>
       <c r="G244" t="s">
         <v>2274</v>
       </c>
       <c r="H244" t="s">
         <v>2275</v>
       </c>
       <c r="I244" t="s">
         <v>2276</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5436</v>
+        <v>5437</v>
       </c>
       <c r="B245" t="s">
         <v>2278</v>
       </c>
       <c r="C245" t="s">
         <v>2279</v>
       </c>
       <c r="D245" t="s">
         <v>2280</v>
       </c>
       <c r="E245" t="s">
         <v>2281</v>
       </c>
       <c r="F245" t="s">
         <v>2282</v>
       </c>
       <c r="G245" t="s">
         <v>2283</v>
       </c>
       <c r="H245" t="s">
         <v>2284</v>
       </c>
       <c r="I245" t="s">
         <v>2285</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
         <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
         <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
         <v>2286</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5437</v>
+        <v>5439</v>
       </c>
       <c r="B246" t="s">
         <v>2287</v>
       </c>
       <c r="C246" t="s">
         <v>2288</v>
       </c>
       <c r="D246" t="s">
         <v>2289</v>
       </c>
       <c r="E246" t="s">
         <v>2290</v>
       </c>
       <c r="F246" t="s">
         <v>2291</v>
       </c>
       <c r="G246" t="s">
         <v>2292</v>
       </c>
       <c r="H246" t="s">
         <v>2293</v>
       </c>
       <c r="I246" t="s">
         <v>2294</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5439</v>
+        <v>5456</v>
       </c>
       <c r="B247" t="s">
         <v>2296</v>
       </c>
       <c r="C247" t="s">
         <v>2297</v>
       </c>
       <c r="D247" t="s">
         <v>2298</v>
       </c>
       <c r="E247" t="s">
         <v>2299</v>
       </c>
       <c r="F247" t="s">
         <v>2300</v>
       </c>
       <c r="G247" t="s">
         <v>2301</v>
       </c>
       <c r="H247" t="s">
         <v>2302</v>
       </c>
       <c r="I247" t="s">
         <v>2303</v>
       </c>
       <c r="J247" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K247" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L247" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M247" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2304</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5456</v>
+        <v>5474</v>
       </c>
       <c r="B248" t="s">
         <v>2305</v>
       </c>
       <c r="C248" t="s">
         <v>2306</v>
       </c>
       <c r="D248" t="s">
         <v>2307</v>
       </c>
       <c r="E248" t="s">
         <v>2308</v>
       </c>
       <c r="F248" t="s">
         <v>2309</v>
       </c>
       <c r="G248" t="s">
         <v>2310</v>
       </c>
       <c r="H248" t="s">
         <v>2311</v>
       </c>
       <c r="I248" t="s">
         <v>2312</v>
       </c>
       <c r="J248" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K248" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L248" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M248" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5474</v>
+        <v>5475</v>
       </c>
       <c r="B249" t="s">
         <v>2314</v>
       </c>
       <c r="C249" t="s">
         <v>2315</v>
       </c>
       <c r="D249" t="s">
         <v>2316</v>
       </c>
       <c r="E249" t="s">
         <v>2317</v>
       </c>
       <c r="F249" t="s">
         <v>2318</v>
       </c>
       <c r="G249" t="s">
         <v>2319</v>
       </c>
       <c r="H249" t="s">
         <v>2320</v>
       </c>
       <c r="I249" t="s">
         <v>2321</v>
       </c>
       <c r="J249" t="s">
         <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L249" t="s">
         <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
         <v>2322</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5475</v>
+        <v>5476</v>
       </c>
       <c r="B250" t="s">
         <v>2323</v>
       </c>
       <c r="C250" t="s">
         <v>2324</v>
       </c>
       <c r="D250" t="s">
         <v>2325</v>
       </c>
       <c r="E250" t="s">
         <v>2326</v>
       </c>
       <c r="F250" t="s">
         <v>2327</v>
       </c>
       <c r="G250" t="s">
         <v>2328</v>
       </c>
       <c r="H250" t="s">
         <v>2329</v>
       </c>
       <c r="I250" t="s">
         <v>2330</v>
       </c>
       <c r="J250" t="s">
-        <v>24</v>
+        <v>2331</v>
       </c>
       <c r="K250" t="s">
-        <v>170</v>
+        <v>1208</v>
       </c>
       <c r="L250" t="s">
-        <v>26</v>
+        <v>2332</v>
       </c>
       <c r="M250" t="s">
-        <v>171</v>
+        <v>1209</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5476</v>
+        <v>5478</v>
       </c>
       <c r="B251" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="C251" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="D251" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="E251" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="F251" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
       <c r="G251" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="H251" t="s">
-        <v>2338</v>
+        <v>2340</v>
       </c>
       <c r="I251" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="J251" t="s">
-        <v>2340</v>
+        <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L251" t="s">
-        <v>2341</v>
+        <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5478</v>
+        <v>5479</v>
       </c>
       <c r="B252" t="s">
         <v>2343</v>
       </c>
       <c r="C252" t="s">
         <v>2344</v>
       </c>
       <c r="D252" t="s">
         <v>2345</v>
       </c>
       <c r="E252" t="s">
         <v>2346</v>
       </c>
       <c r="F252" t="s">
         <v>2347</v>
       </c>
       <c r="G252" t="s">
         <v>2348</v>
       </c>
       <c r="H252" t="s">
         <v>2349</v>
       </c>
       <c r="I252" t="s">
         <v>2350</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5479</v>
+        <v>5482</v>
       </c>
       <c r="B253" t="s">
         <v>2352</v>
       </c>
       <c r="C253" t="s">
         <v>2353</v>
       </c>
       <c r="D253" t="s">
         <v>2354</v>
       </c>
       <c r="E253" t="s">
         <v>2355</v>
       </c>
       <c r="F253" t="s">
         <v>2356</v>
       </c>
       <c r="G253" t="s">
         <v>2357</v>
       </c>
       <c r="H253" t="s">
         <v>2358</v>
       </c>
       <c r="I253" t="s">
         <v>2359</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>571</v>
+        <v>170</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>572</v>
+        <v>171</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
         <v>2360</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5482</v>
+        <v>5483</v>
       </c>
       <c r="B254" t="s">
         <v>2361</v>
       </c>
       <c r="C254" t="s">
         <v>2362</v>
       </c>
       <c r="D254" t="s">
         <v>2363</v>
       </c>
       <c r="E254" t="s">
         <v>2364</v>
       </c>
       <c r="F254" t="s">
         <v>2365</v>
       </c>
       <c r="G254" t="s">
         <v>2366</v>
       </c>
       <c r="H254" t="s">
         <v>2367</v>
       </c>
       <c r="I254" t="s">
         <v>2368</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
         <v>2369</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5483</v>
+        <v>5485</v>
       </c>
       <c r="B255" t="s">
         <v>2370</v>
       </c>
       <c r="C255" t="s">
         <v>2371</v>
       </c>
       <c r="D255" t="s">
         <v>2372</v>
       </c>
       <c r="E255" t="s">
         <v>2373</v>
       </c>
       <c r="F255" t="s">
         <v>2374</v>
       </c>
       <c r="G255" t="s">
         <v>2375</v>
       </c>
       <c r="H255" t="s">
         <v>2376</v>
       </c>
       <c r="I255" t="s">
         <v>2377</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>25</v>
+        <v>2378</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>27</v>
+        <v>2379</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5485</v>
+        <v>5487</v>
       </c>
       <c r="B256" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
       <c r="C256" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="D256" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="E256" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="F256" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="G256" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="H256" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
       <c r="I256" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5487</v>
+        <v>5488</v>
       </c>
       <c r="B257" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="C257" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="D257" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="E257" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="F257" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="G257" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="H257" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="I257" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>2398</v>
+        <v>170</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>2399</v>
+        <v>171</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2400</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5488</v>
+        <v>5489</v>
       </c>
       <c r="B258" t="s">
         <v>2401</v>
       </c>
       <c r="C258" t="s">
         <v>2402</v>
       </c>
       <c r="D258" t="s">
         <v>2403</v>
       </c>
       <c r="E258" t="s">
         <v>2404</v>
       </c>
       <c r="F258" t="s">
         <v>2405</v>
       </c>
       <c r="G258" t="s">
         <v>2406</v>
       </c>
       <c r="H258" t="s">
         <v>2407</v>
       </c>
       <c r="I258" t="s">
         <v>2408</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>170</v>
+        <v>1237</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>171</v>
+        <v>1238</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
         <v>2409</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5489</v>
+        <v>5490</v>
       </c>
       <c r="B259" t="s">
         <v>2410</v>
       </c>
       <c r="C259" t="s">
         <v>2411</v>
       </c>
       <c r="D259" t="s">
         <v>2412</v>
       </c>
       <c r="E259" t="s">
         <v>2413</v>
       </c>
       <c r="F259" t="s">
         <v>2414</v>
       </c>
       <c r="G259" t="s">
         <v>2415</v>
       </c>
       <c r="H259" t="s">
         <v>2416</v>
       </c>
       <c r="I259" t="s">
         <v>2417</v>
       </c>
       <c r="J259" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K259" t="s">
-        <v>1228</v>
+        <v>2418</v>
       </c>
       <c r="L259" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M259" t="s">
-        <v>1229</v>
+        <v>2419</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2418</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5490</v>
+        <v>5493</v>
       </c>
       <c r="B260" t="s">
-        <v>2419</v>
+        <v>2421</v>
       </c>
       <c r="C260" t="s">
-        <v>2420</v>
+        <v>2422</v>
       </c>
       <c r="D260" t="s">
-        <v>2421</v>
+        <v>2423</v>
       </c>
       <c r="E260" t="s">
-        <v>2422</v>
+        <v>2424</v>
       </c>
       <c r="F260" t="s">
-        <v>2423</v>
+        <v>2425</v>
       </c>
       <c r="G260" t="s">
-        <v>2424</v>
+        <v>2426</v>
       </c>
       <c r="H260" t="s">
-        <v>2425</v>
+        <v>2427</v>
       </c>
       <c r="I260" t="s">
-        <v>2426</v>
+        <v>2428</v>
       </c>
       <c r="J260" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>2427</v>
+        <v>170</v>
       </c>
       <c r="L260" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>2428</v>
+        <v>171</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
         <v>2429</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5493</v>
+        <v>5496</v>
       </c>
       <c r="B261" t="s">
         <v>2430</v>
       </c>
       <c r="C261" t="s">
         <v>2431</v>
       </c>
       <c r="D261" t="s">
         <v>2432</v>
       </c>
       <c r="E261" t="s">
         <v>2433</v>
       </c>
       <c r="F261" t="s">
         <v>2434</v>
       </c>
       <c r="G261" t="s">
         <v>2435</v>
       </c>
       <c r="H261" t="s">
         <v>2436</v>
       </c>
       <c r="I261" t="s">
         <v>2437</v>
       </c>
       <c r="J261" t="s">
         <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L261" t="s">
         <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
         <v>2438</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5496</v>
+        <v>5502</v>
       </c>
       <c r="B262" t="s">
         <v>2439</v>
       </c>
       <c r="C262" t="s">
         <v>2440</v>
       </c>
       <c r="D262" t="s">
         <v>2441</v>
       </c>
       <c r="E262" t="s">
         <v>2442</v>
       </c>
       <c r="F262" t="s">
         <v>2443</v>
       </c>
       <c r="G262" t="s">
         <v>2444</v>
       </c>
       <c r="H262" t="s">
         <v>2445</v>
       </c>
       <c r="I262" t="s">
         <v>2446</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5502</v>
+        <v>5503</v>
       </c>
       <c r="B263" t="s">
         <v>2448</v>
       </c>
       <c r="C263" t="s">
         <v>2449</v>
       </c>
       <c r="D263" t="s">
         <v>2450</v>
       </c>
       <c r="E263" t="s">
         <v>2451</v>
       </c>
       <c r="F263" t="s">
         <v>2452</v>
       </c>
       <c r="G263" t="s">
         <v>2453</v>
       </c>
       <c r="H263" t="s">
         <v>2454</v>
       </c>
       <c r="I263" t="s">
         <v>2455</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
         <v>2456</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5503</v>
+        <v>5504</v>
       </c>
       <c r="B264" t="s">
         <v>2457</v>
       </c>
       <c r="C264" t="s">
         <v>2458</v>
       </c>
       <c r="D264" t="s">
         <v>2459</v>
       </c>
       <c r="E264" t="s">
         <v>2460</v>
       </c>
       <c r="F264" t="s">
         <v>2461</v>
       </c>
       <c r="G264" t="s">
         <v>2462</v>
       </c>
       <c r="H264" t="s">
         <v>2463</v>
       </c>
       <c r="I264" t="s">
         <v>2464</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5504</v>
+        <v>5507</v>
       </c>
       <c r="B265" t="s">
         <v>2466</v>
       </c>
       <c r="C265" t="s">
         <v>2467</v>
       </c>
       <c r="D265" t="s">
         <v>2468</v>
       </c>
       <c r="E265" t="s">
         <v>2469</v>
       </c>
       <c r="F265" t="s">
         <v>2470</v>
       </c>
       <c r="G265" t="s">
         <v>2471</v>
       </c>
       <c r="H265" t="s">
         <v>2472</v>
       </c>
       <c r="I265" t="s">
         <v>2473</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
         <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
         <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5507</v>
+        <v>5509</v>
       </c>
       <c r="B266" t="s">
         <v>2475</v>
       </c>
       <c r="C266" t="s">
         <v>2476</v>
       </c>
       <c r="D266" t="s">
         <v>2477</v>
       </c>
       <c r="E266" t="s">
         <v>2478</v>
       </c>
       <c r="F266" t="s">
         <v>2479</v>
       </c>
       <c r="G266" t="s">
         <v>2480</v>
       </c>
       <c r="H266" t="s">
         <v>2481</v>
       </c>
       <c r="I266" t="s">
         <v>2482</v>
       </c>
       <c r="J266" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K266" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L266" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M266" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
         <v>2483</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5509</v>
+        <v>5512</v>
       </c>
       <c r="B267" t="s">
         <v>2484</v>
       </c>
       <c r="C267" t="s">
         <v>2485</v>
       </c>
       <c r="D267" t="s">
         <v>2486</v>
       </c>
       <c r="E267" t="s">
         <v>2487</v>
       </c>
       <c r="F267" t="s">
         <v>2488</v>
       </c>
       <c r="G267" t="s">
         <v>2489</v>
       </c>
       <c r="H267" t="s">
         <v>2490</v>
       </c>
       <c r="I267" t="s">
         <v>2491</v>
       </c>
       <c r="J267" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>1208</v>
+        <v>170</v>
       </c>
       <c r="L267" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>1209</v>
+        <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
         <v>2492</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5512</v>
+        <v>5514</v>
       </c>
       <c r="B268" t="s">
         <v>2493</v>
       </c>
       <c r="C268" t="s">
         <v>2494</v>
       </c>
       <c r="D268" t="s">
         <v>2495</v>
       </c>
       <c r="E268" t="s">
         <v>2496</v>
       </c>
       <c r="F268" t="s">
         <v>2497</v>
       </c>
       <c r="G268" t="s">
         <v>2498</v>
       </c>
       <c r="H268" t="s">
         <v>2499</v>
       </c>
       <c r="I268" t="s">
         <v>2500</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
         <v>2501</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5514</v>
+        <v>5516</v>
       </c>
       <c r="B269" t="s">
         <v>2502</v>
       </c>
       <c r="C269" t="s">
         <v>2503</v>
       </c>
       <c r="D269" t="s">
         <v>2504</v>
       </c>
       <c r="E269" t="s">
         <v>2505</v>
       </c>
       <c r="F269" t="s">
         <v>2506</v>
       </c>
       <c r="G269" t="s">
         <v>2507</v>
       </c>
       <c r="H269" t="s">
         <v>2508</v>
       </c>
       <c r="I269" t="s">
         <v>2509</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
         <v>2510</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5516</v>
+        <v>5517</v>
       </c>
       <c r="B270" t="s">
         <v>2511</v>
       </c>
       <c r="C270" t="s">
         <v>2512</v>
       </c>
       <c r="D270" t="s">
         <v>2513</v>
       </c>
       <c r="E270" t="s">
         <v>2514</v>
       </c>
       <c r="F270" t="s">
         <v>2515</v>
       </c>
       <c r="G270" t="s">
         <v>2516</v>
       </c>
       <c r="H270" t="s">
         <v>2517</v>
       </c>
       <c r="I270" t="s">
         <v>2518</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
         <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
         <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>2519</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5517</v>
+        <v>5518</v>
       </c>
       <c r="B271" t="s">
         <v>2520</v>
       </c>
       <c r="C271" t="s">
         <v>2521</v>
       </c>
       <c r="D271" t="s">
         <v>2522</v>
       </c>
       <c r="E271" t="s">
         <v>2523</v>
       </c>
       <c r="F271" t="s">
         <v>2524</v>
       </c>
       <c r="G271" t="s">
         <v>2525</v>
       </c>
       <c r="H271" t="s">
         <v>2526</v>
       </c>
       <c r="I271" t="s">
         <v>2527</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
         <v>2528</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5518</v>
+        <v>5520</v>
       </c>
       <c r="B272" t="s">
         <v>2529</v>
       </c>
       <c r="C272" t="s">
         <v>2530</v>
       </c>
       <c r="D272" t="s">
         <v>2531</v>
       </c>
       <c r="E272" t="s">
         <v>2532</v>
       </c>
       <c r="F272" t="s">
         <v>2533</v>
       </c>
       <c r="G272" t="s">
         <v>2534</v>
       </c>
       <c r="H272" t="s">
         <v>2535</v>
       </c>
       <c r="I272" t="s">
         <v>2536</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
         <v>2537</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5520</v>
+        <v>5545</v>
       </c>
       <c r="B273" t="s">
         <v>2538</v>
       </c>
       <c r="C273" t="s">
         <v>2539</v>
       </c>
       <c r="D273" t="s">
         <v>2540</v>
       </c>
       <c r="E273" t="s">
         <v>2541</v>
       </c>
       <c r="F273" t="s">
         <v>2542</v>
       </c>
       <c r="G273" t="s">
         <v>2543</v>
       </c>
       <c r="H273" t="s">
         <v>2544</v>
       </c>
       <c r="I273" t="s">
         <v>2545</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>1208</v>
+        <v>170</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>1209</v>
+        <v>171</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2546</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5545</v>
+        <v>5657</v>
       </c>
       <c r="B274" t="s">
         <v>2547</v>
       </c>
       <c r="C274" t="s">
         <v>2548</v>
       </c>
       <c r="D274" t="s">
         <v>2549</v>
       </c>
       <c r="E274" t="s">
         <v>2550</v>
       </c>
       <c r="F274" t="s">
         <v>2551</v>
       </c>
       <c r="G274" t="s">
         <v>2552</v>
       </c>
       <c r="H274" t="s">
         <v>2553</v>
       </c>
       <c r="I274" t="s">
         <v>2554</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
         <v>2555</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5657</v>
+        <v>5733</v>
       </c>
       <c r="B275" t="s">
         <v>2556</v>
       </c>
       <c r="C275" t="s">
         <v>2557</v>
       </c>
       <c r="D275" t="s">
         <v>2558</v>
       </c>
       <c r="E275" t="s">
         <v>2559</v>
       </c>
       <c r="F275" t="s">
         <v>2560</v>
       </c>
       <c r="G275" t="s">
         <v>2561</v>
       </c>
       <c r="H275" t="s">
         <v>2562</v>
       </c>
       <c r="I275" t="s">
         <v>2563</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
         <v>2564</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5733</v>
+        <v>5787</v>
       </c>
       <c r="B276" t="s">
         <v>2565</v>
       </c>
       <c r="C276" t="s">
         <v>2566</v>
       </c>
       <c r="D276" t="s">
         <v>2567</v>
       </c>
       <c r="E276" t="s">
         <v>2568</v>
       </c>
       <c r="F276" t="s">
         <v>2569</v>
       </c>
       <c r="G276" t="s">
         <v>2570</v>
       </c>
       <c r="H276" t="s">
         <v>2571</v>
       </c>
       <c r="I276" t="s">
         <v>2572</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2573</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5787</v>
+        <v>5792</v>
       </c>
       <c r="B277" t="s">
         <v>2574</v>
       </c>
       <c r="C277" t="s">
         <v>2575</v>
       </c>
       <c r="D277" t="s">
         <v>2576</v>
       </c>
       <c r="E277" t="s">
         <v>2577</v>
       </c>
       <c r="F277" t="s">
         <v>2578</v>
       </c>
       <c r="G277" t="s">
         <v>2579</v>
       </c>
       <c r="H277" t="s">
         <v>2580</v>
       </c>
       <c r="I277" t="s">
         <v>2581</v>
       </c>
       <c r="J277" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K277" t="s">
-        <v>170</v>
+        <v>442</v>
       </c>
       <c r="L277" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M277" t="s">
-        <v>171</v>
+        <v>444</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2582</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5792</v>
+        <v>5794</v>
       </c>
       <c r="B278" t="s">
         <v>2583</v>
       </c>
       <c r="C278" t="s">
         <v>2584</v>
       </c>
       <c r="D278" t="s">
         <v>2585</v>
       </c>
       <c r="E278" t="s">
         <v>2586</v>
       </c>
       <c r="F278" t="s">
         <v>2587</v>
       </c>
       <c r="G278" t="s">
         <v>2588</v>
       </c>
       <c r="H278" t="s">
         <v>2589</v>
       </c>
       <c r="I278" t="s">
         <v>2590</v>
       </c>
       <c r="J278" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>442</v>
+        <v>170</v>
       </c>
       <c r="L278" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>444</v>
+        <v>171</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5794</v>
+        <v>5795</v>
       </c>
       <c r="B279" t="s">
         <v>2592</v>
       </c>
       <c r="C279" t="s">
         <v>2593</v>
       </c>
       <c r="D279" t="s">
         <v>2594</v>
       </c>
       <c r="E279" t="s">
         <v>2595</v>
       </c>
       <c r="F279" t="s">
         <v>2596</v>
       </c>
       <c r="G279" t="s">
         <v>2597</v>
       </c>
       <c r="H279" t="s">
         <v>2598</v>
       </c>
       <c r="I279" t="s">
         <v>2599</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2600</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5795</v>
+        <v>5796</v>
       </c>
       <c r="B280" t="s">
         <v>2601</v>
       </c>
       <c r="C280" t="s">
         <v>2602</v>
       </c>
       <c r="D280" t="s">
         <v>2603</v>
       </c>
       <c r="E280" t="s">
         <v>2604</v>
       </c>
       <c r="F280" t="s">
         <v>2605</v>
       </c>
       <c r="G280" t="s">
         <v>2606</v>
       </c>
       <c r="H280" t="s">
         <v>2607</v>
       </c>
       <c r="I280" t="s">
         <v>2608</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
         <v>2609</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5796</v>
+        <v>5798</v>
       </c>
       <c r="B281" t="s">
         <v>2610</v>
       </c>
       <c r="C281" t="s">
         <v>2611</v>
       </c>
       <c r="D281" t="s">
         <v>2612</v>
       </c>
       <c r="E281" t="s">
         <v>2613</v>
       </c>
       <c r="F281" t="s">
         <v>2614</v>
       </c>
       <c r="G281" t="s">
         <v>2615</v>
       </c>
       <c r="H281" t="s">
         <v>2616</v>
       </c>
       <c r="I281" t="s">
         <v>2617</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
         <v>170</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
         <v>171</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2618</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5798</v>
+        <v>5799</v>
       </c>
       <c r="B282" t="s">
         <v>2619</v>
       </c>
       <c r="C282" t="s">
         <v>2620</v>
       </c>
       <c r="D282" t="s">
         <v>2621</v>
       </c>
       <c r="E282" t="s">
         <v>2622</v>
       </c>
       <c r="F282" t="s">
         <v>2623</v>
       </c>
       <c r="G282" t="s">
         <v>2624</v>
       </c>
       <c r="H282" t="s">
         <v>2625</v>
       </c>
       <c r="I282" t="s">
         <v>2626</v>
       </c>
       <c r="J282" t="s">
-        <v>24</v>
+        <v>1755</v>
       </c>
       <c r="K282" t="s">
-        <v>170</v>
+        <v>882</v>
       </c>
       <c r="L282" t="s">
-        <v>26</v>
+        <v>1757</v>
       </c>
       <c r="M282" t="s">
-        <v>171</v>
+        <v>883</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2627</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5799</v>
+        <v>5803</v>
       </c>
       <c r="B283" t="s">
         <v>2628</v>
       </c>
       <c r="C283" t="s">
         <v>2629</v>
       </c>
       <c r="D283" t="s">
         <v>2630</v>
       </c>
       <c r="E283" t="s">
         <v>2631</v>
       </c>
       <c r="F283" t="s">
         <v>2632</v>
       </c>
       <c r="G283" t="s">
         <v>2633</v>
       </c>
       <c r="H283" t="s">
         <v>2634</v>
       </c>
       <c r="I283" t="s">
         <v>2635</v>
       </c>
       <c r="J283" t="s">
-        <v>1764</v>
+        <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>882</v>
+        <v>25</v>
       </c>
       <c r="L283" t="s">
-        <v>1766</v>
+        <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>883</v>
+        <v>27</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2636</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5803</v>
+        <v>5805</v>
       </c>
       <c r="B284" t="s">
         <v>2637</v>
       </c>
       <c r="C284" t="s">
         <v>2638</v>
       </c>
       <c r="D284" t="s">
         <v>2639</v>
       </c>
       <c r="E284" t="s">
         <v>2640</v>
       </c>
       <c r="F284" t="s">
         <v>2641</v>
       </c>
       <c r="G284" t="s">
         <v>2642</v>
       </c>
       <c r="H284" t="s">
         <v>2643</v>
       </c>
       <c r="I284" t="s">
         <v>2644</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
         <v>25</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
         <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2645</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5805</v>
+        <v>5808</v>
       </c>
       <c r="B285" t="s">
         <v>2646</v>
       </c>
       <c r="C285" t="s">
         <v>2647</v>
       </c>
       <c r="D285" t="s">
         <v>2648</v>
       </c>
       <c r="E285" t="s">
         <v>2649</v>
       </c>
       <c r="F285" t="s">
         <v>2650</v>
       </c>
       <c r="G285" t="s">
         <v>2651</v>
       </c>
       <c r="H285" t="s">
         <v>2652</v>
       </c>
       <c r="I285" t="s">
         <v>2653</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5808</v>
+        <v>5811</v>
       </c>
       <c r="B286" t="s">
         <v>2655</v>
       </c>
       <c r="C286" t="s">
         <v>2656</v>
       </c>
       <c r="D286" t="s">
         <v>2657</v>
       </c>
       <c r="E286" t="s">
         <v>2658</v>
       </c>
       <c r="F286" t="s">
         <v>2659</v>
       </c>
       <c r="G286" t="s">
         <v>2660</v>
       </c>
       <c r="H286" t="s">
         <v>2661</v>
       </c>
       <c r="I286" t="s">
         <v>2662</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
         <v>2663</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5811</v>
+        <v>5819</v>
       </c>
       <c r="B287" t="s">
         <v>2664</v>
       </c>
       <c r="C287" t="s">
         <v>2665</v>
       </c>
       <c r="D287" t="s">
         <v>2666</v>
       </c>
       <c r="E287" t="s">
         <v>2667</v>
       </c>
       <c r="F287" t="s">
         <v>2668</v>
       </c>
       <c r="G287" t="s">
         <v>2669</v>
       </c>
       <c r="H287" t="s">
         <v>2670</v>
       </c>
       <c r="I287" t="s">
         <v>2671</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5819</v>
+        <v>5830</v>
       </c>
       <c r="B288" t="s">
         <v>2673</v>
       </c>
       <c r="C288" t="s">
         <v>2674</v>
       </c>
       <c r="D288" t="s">
         <v>2675</v>
       </c>
       <c r="E288" t="s">
         <v>2676</v>
       </c>
       <c r="F288" t="s">
         <v>2677</v>
       </c>
       <c r="G288" t="s">
         <v>2678</v>
       </c>
       <c r="H288" t="s">
         <v>2679</v>
       </c>
       <c r="I288" t="s">
         <v>2680</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2681</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5830</v>
+        <v>5863</v>
       </c>
       <c r="B289" t="s">
         <v>2682</v>
       </c>
       <c r="C289" t="s">
         <v>2683</v>
       </c>
       <c r="D289" t="s">
         <v>2684</v>
       </c>
       <c r="E289" t="s">
         <v>2685</v>
       </c>
       <c r="F289" t="s">
         <v>2686</v>
       </c>
       <c r="G289" t="s">
         <v>2687</v>
       </c>
       <c r="H289" t="s">
         <v>2688</v>
       </c>
       <c r="I289" t="s">
         <v>2689</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
         <v>2690</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5863</v>
+        <v>5866</v>
       </c>
       <c r="B290" t="s">
         <v>2691</v>
       </c>
       <c r="C290" t="s">
         <v>2692</v>
       </c>
       <c r="D290" t="s">
         <v>2693</v>
       </c>
       <c r="E290" t="s">
         <v>2694</v>
       </c>
       <c r="F290" t="s">
         <v>2695</v>
       </c>
       <c r="G290" t="s">
         <v>2696</v>
       </c>
       <c r="H290" t="s">
         <v>2697</v>
       </c>
       <c r="I290" t="s">
         <v>2698</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
         <v>2699</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5866</v>
+        <v>5888</v>
       </c>
       <c r="B291" t="s">
         <v>2700</v>
       </c>
       <c r="C291" t="s">
         <v>2701</v>
       </c>
       <c r="D291" t="s">
         <v>2702</v>
       </c>
       <c r="E291" t="s">
         <v>2703</v>
       </c>
       <c r="F291" t="s">
         <v>2704</v>
       </c>
       <c r="G291" t="s">
         <v>2705</v>
       </c>
       <c r="H291" t="s">
         <v>2706</v>
       </c>
       <c r="I291" t="s">
         <v>2707</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
         <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
         <v>2708</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5888</v>
+        <v>5889</v>
       </c>
       <c r="B292" t="s">
         <v>2709</v>
       </c>
       <c r="C292" t="s">
         <v>2710</v>
       </c>
       <c r="D292" t="s">
         <v>2711</v>
       </c>
       <c r="E292" t="s">
         <v>2712</v>
       </c>
       <c r="F292" t="s">
         <v>2713</v>
       </c>
       <c r="G292" t="s">
         <v>2714</v>
       </c>
       <c r="H292" t="s">
         <v>2715</v>
       </c>
       <c r="I292" t="s">
         <v>2716</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
         <v>2717</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5889</v>
+        <v>5907</v>
       </c>
       <c r="B293" t="s">
         <v>2718</v>
       </c>
       <c r="C293" t="s">
         <v>2719</v>
       </c>
       <c r="D293" t="s">
         <v>2720</v>
       </c>
       <c r="E293" t="s">
         <v>2721</v>
       </c>
       <c r="F293" t="s">
         <v>2722</v>
       </c>
       <c r="G293" t="s">
         <v>2723</v>
       </c>
       <c r="H293" t="s">
         <v>2724</v>
       </c>
       <c r="I293" t="s">
         <v>2725</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
         <v>2726</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5907</v>
+        <v>5913</v>
       </c>
       <c r="B294" t="s">
         <v>2727</v>
       </c>
       <c r="C294" t="s">
         <v>2728</v>
       </c>
       <c r="D294" t="s">
         <v>2729</v>
       </c>
       <c r="E294" t="s">
         <v>2730</v>
       </c>
       <c r="F294" t="s">
         <v>2731</v>
       </c>
       <c r="G294" t="s">
         <v>2732</v>
       </c>
       <c r="H294" t="s">
         <v>2733</v>
       </c>
       <c r="I294" t="s">
         <v>2734</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
         <v>2735</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5913</v>
+        <v>5915</v>
       </c>
       <c r="B295" t="s">
         <v>2736</v>
       </c>
       <c r="C295" t="s">
         <v>2737</v>
       </c>
       <c r="D295" t="s">
         <v>2738</v>
       </c>
       <c r="E295" t="s">
         <v>2739</v>
       </c>
       <c r="F295" t="s">
         <v>2740</v>
       </c>
       <c r="G295" t="s">
         <v>2741</v>
       </c>
       <c r="H295" t="s">
         <v>2742</v>
       </c>
       <c r="I295" t="s">
         <v>2743</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2744</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5915</v>
+        <v>5927</v>
       </c>
       <c r="B296" t="s">
         <v>2745</v>
       </c>
       <c r="C296" t="s">
         <v>2746</v>
       </c>
       <c r="D296" t="s">
         <v>2747</v>
       </c>
       <c r="E296" t="s">
         <v>2748</v>
       </c>
       <c r="F296" t="s">
         <v>2749</v>
       </c>
       <c r="G296" t="s">
         <v>2750</v>
       </c>
       <c r="H296" t="s">
         <v>2751</v>
       </c>
       <c r="I296" t="s">
         <v>2752</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
         <v>2753</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5927</v>
+        <v>5928</v>
       </c>
       <c r="B297" t="s">
         <v>2754</v>
       </c>
       <c r="C297" t="s">
         <v>2755</v>
       </c>
       <c r="D297" t="s">
         <v>2756</v>
       </c>
       <c r="E297" t="s">
         <v>2757</v>
       </c>
       <c r="F297" t="s">
         <v>2758</v>
       </c>
       <c r="G297" t="s">
         <v>2759</v>
       </c>
       <c r="H297" t="s">
         <v>2760</v>
       </c>
       <c r="I297" t="s">
         <v>2761</v>
       </c>
       <c r="J297" t="s">
-        <v>24</v>
+        <v>2762</v>
       </c>
       <c r="K297" t="s">
-        <v>59</v>
+        <v>2763</v>
       </c>
       <c r="L297" t="s">
-        <v>26</v>
+        <v>2764</v>
       </c>
       <c r="M297" t="s">
-        <v>61</v>
+        <v>2765</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5928</v>
+        <v>5931</v>
       </c>
       <c r="B298" t="s">
-        <v>2763</v>
+        <v>2767</v>
       </c>
       <c r="C298" t="s">
-        <v>2764</v>
+        <v>2768</v>
       </c>
       <c r="D298" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="E298" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="F298" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="G298" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="H298" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="I298" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
       <c r="J298" t="s">
-        <v>2771</v>
+        <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>2772</v>
+        <v>25</v>
       </c>
       <c r="L298" t="s">
-        <v>2773</v>
+        <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>2774</v>
+        <v>27</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
         <v>2775</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5931</v>
+        <v>5932</v>
       </c>
       <c r="B299" t="s">
         <v>2776</v>
       </c>
       <c r="C299" t="s">
         <v>2777</v>
       </c>
       <c r="D299" t="s">
         <v>2778</v>
       </c>
       <c r="E299" t="s">
         <v>2779</v>
       </c>
       <c r="F299" t="s">
         <v>2780</v>
       </c>
       <c r="G299" t="s">
         <v>2781</v>
       </c>
       <c r="H299" t="s">
         <v>2782</v>
       </c>
       <c r="I299" t="s">
         <v>2783</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
         <v>2784</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5932</v>
+        <v>5934</v>
       </c>
       <c r="B300" t="s">
         <v>2785</v>
       </c>
       <c r="C300" t="s">
         <v>2786</v>
       </c>
       <c r="D300" t="s">
         <v>2787</v>
       </c>
       <c r="E300" t="s">
         <v>2788</v>
       </c>
       <c r="F300" t="s">
         <v>2789</v>
       </c>
       <c r="G300" t="s">
         <v>2790</v>
       </c>
       <c r="H300" t="s">
         <v>2791</v>
       </c>
       <c r="I300" t="s">
         <v>2792</v>
       </c>
       <c r="J300" t="s">
         <v>24</v>
       </c>
       <c r="K300" t="s">
         <v>170</v>
       </c>
       <c r="L300" t="s">
         <v>26</v>
       </c>
       <c r="M300" t="s">
         <v>171</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5934</v>
+        <v>5953</v>
       </c>
       <c r="B301" t="s">
         <v>2794</v>
       </c>
       <c r="C301" t="s">
         <v>2795</v>
       </c>
       <c r="D301" t="s">
         <v>2796</v>
       </c>
       <c r="E301" t="s">
         <v>2797</v>
       </c>
       <c r="F301" t="s">
         <v>2798</v>
       </c>
       <c r="G301" t="s">
         <v>2799</v>
       </c>
       <c r="H301" t="s">
         <v>2800</v>
       </c>
       <c r="I301" t="s">
         <v>2801</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2802</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5953</v>
+        <v>5981</v>
       </c>
       <c r="B302" t="s">
         <v>2803</v>
       </c>
       <c r="C302" t="s">
         <v>2804</v>
       </c>
       <c r="D302" t="s">
         <v>2805</v>
       </c>
       <c r="E302" t="s">
         <v>2806</v>
       </c>
       <c r="F302" t="s">
         <v>2807</v>
       </c>
       <c r="G302" t="s">
         <v>2808</v>
       </c>
       <c r="H302" t="s">
         <v>2809</v>
       </c>
       <c r="I302" t="s">
         <v>2810</v>
       </c>
       <c r="J302" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K302" t="s">
-        <v>25</v>
+        <v>2811</v>
       </c>
       <c r="L302" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M302" t="s">
-        <v>27</v>
+        <v>2812</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2811</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5981</v>
+        <v>5986</v>
       </c>
       <c r="B303" t="s">
-        <v>2812</v>
+        <v>2814</v>
       </c>
       <c r="C303" t="s">
-        <v>2813</v>
+        <v>2815</v>
       </c>
       <c r="D303" t="s">
-        <v>2814</v>
+        <v>2816</v>
       </c>
       <c r="E303" t="s">
-        <v>2815</v>
+        <v>2817</v>
       </c>
       <c r="F303" t="s">
-        <v>2816</v>
+        <v>2818</v>
       </c>
       <c r="G303" t="s">
-        <v>2817</v>
+        <v>2819</v>
       </c>
       <c r="H303" t="s">
-        <v>2818</v>
+        <v>2820</v>
       </c>
       <c r="I303" t="s">
-        <v>2819</v>
+        <v>2821</v>
       </c>
       <c r="J303" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>2820</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>2821</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5986</v>
+        <v>5989</v>
       </c>
       <c r="B304" t="s">
         <v>2823</v>
       </c>
       <c r="C304" t="s">
         <v>2824</v>
       </c>
       <c r="D304" t="s">
         <v>2825</v>
       </c>
       <c r="E304" t="s">
         <v>2826</v>
       </c>
       <c r="F304" t="s">
         <v>2827</v>
       </c>
       <c r="G304" t="s">
         <v>2828</v>
       </c>
       <c r="H304" t="s">
         <v>2829</v>
       </c>
       <c r="I304" t="s">
         <v>2830</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>170</v>
+        <v>1979</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>171</v>
+        <v>1980</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
         <v>2831</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5989</v>
+        <v>6018</v>
       </c>
       <c r="B305" t="s">
         <v>2832</v>
       </c>
       <c r="C305" t="s">
         <v>2833</v>
       </c>
       <c r="D305" t="s">
         <v>2834</v>
       </c>
       <c r="E305" t="s">
         <v>2835</v>
       </c>
       <c r="F305" t="s">
         <v>2836</v>
       </c>
       <c r="G305" t="s">
         <v>2837</v>
       </c>
       <c r="H305" t="s">
         <v>2838</v>
       </c>
       <c r="I305" t="s">
         <v>2839</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>1988</v>
+        <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>1989</v>
+        <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
         <v>2840</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6018</v>
+        <v>6021</v>
       </c>
       <c r="B306" t="s">
         <v>2841</v>
       </c>
       <c r="C306" t="s">
         <v>2842</v>
       </c>
       <c r="D306" t="s">
         <v>2843</v>
       </c>
       <c r="E306" t="s">
         <v>2844</v>
       </c>
       <c r="F306" t="s">
         <v>2845</v>
       </c>
       <c r="G306" t="s">
         <v>2846</v>
       </c>
       <c r="H306" t="s">
         <v>2847</v>
       </c>
       <c r="I306" t="s">
         <v>2848</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2849</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6021</v>
+        <v>6049</v>
       </c>
       <c r="B307" t="s">
         <v>2850</v>
       </c>
       <c r="C307" t="s">
         <v>2851</v>
       </c>
       <c r="D307" t="s">
         <v>2852</v>
       </c>
       <c r="E307" t="s">
         <v>2853</v>
       </c>
       <c r="F307" t="s">
         <v>2854</v>
       </c>
       <c r="G307" t="s">
         <v>2855</v>
       </c>
       <c r="H307" t="s">
         <v>2856</v>
       </c>
       <c r="I307" t="s">
         <v>2857</v>
       </c>
       <c r="J307" t="s">
-        <v>24</v>
+        <v>2858</v>
       </c>
       <c r="K307" t="s">
-        <v>25</v>
+        <v>2859</v>
       </c>
       <c r="L307" t="s">
-        <v>26</v>
+        <v>2860</v>
       </c>
       <c r="M307" t="s">
-        <v>27</v>
+        <v>2861</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2858</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6049</v>
+        <v>6076</v>
       </c>
       <c r="B308" t="s">
-        <v>2859</v>
+        <v>2863</v>
       </c>
       <c r="C308" t="s">
-        <v>2860</v>
+        <v>2864</v>
       </c>
       <c r="D308" t="s">
-        <v>2861</v>
+        <v>2865</v>
       </c>
       <c r="E308" t="s">
-        <v>2862</v>
+        <v>2866</v>
       </c>
       <c r="F308" t="s">
-        <v>2863</v>
+        <v>2867</v>
       </c>
       <c r="G308" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="H308" t="s">
-        <v>2865</v>
+        <v>2869</v>
       </c>
       <c r="I308" t="s">
-        <v>2866</v>
+        <v>2870</v>
       </c>
       <c r="J308" t="s">
-        <v>2867</v>
+        <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>2868</v>
+        <v>25</v>
       </c>
       <c r="L308" t="s">
-        <v>2869</v>
+        <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>2870</v>
+        <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
         <v>2871</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6076</v>
+        <v>6082</v>
       </c>
       <c r="B309" t="s">
         <v>2872</v>
       </c>
       <c r="C309" t="s">
         <v>2873</v>
       </c>
       <c r="D309" t="s">
         <v>2874</v>
       </c>
       <c r="E309" t="s">
         <v>2875</v>
       </c>
       <c r="F309" t="s">
         <v>2876</v>
       </c>
       <c r="G309" t="s">
         <v>2877</v>
       </c>
       <c r="H309" t="s">
         <v>2878</v>
       </c>
       <c r="I309" t="s">
         <v>2879</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
         <v>2880</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6082</v>
+        <v>6093</v>
       </c>
       <c r="B310" t="s">
         <v>2881</v>
       </c>
       <c r="C310" t="s">
         <v>2882</v>
       </c>
       <c r="D310" t="s">
         <v>2883</v>
       </c>
       <c r="E310" t="s">
         <v>2884</v>
       </c>
       <c r="F310" t="s">
         <v>2885</v>
       </c>
       <c r="G310" t="s">
         <v>2886</v>
       </c>
       <c r="H310" t="s">
         <v>2887</v>
       </c>
       <c r="I310" t="s">
         <v>2888</v>
       </c>
       <c r="J310" t="s">
         <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>571</v>
+        <v>1067</v>
       </c>
       <c r="L310" t="s">
         <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>572</v>
+        <v>1068</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
         <v>2889</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6093</v>
+        <v>6112</v>
       </c>
       <c r="B311" t="s">
         <v>2890</v>
       </c>
       <c r="C311" t="s">
         <v>2891</v>
       </c>
       <c r="D311" t="s">
         <v>2892</v>
       </c>
       <c r="E311" t="s">
         <v>2893</v>
       </c>
       <c r="F311" t="s">
         <v>2894</v>
       </c>
       <c r="G311" t="s">
         <v>2895</v>
       </c>
       <c r="H311" t="s">
         <v>2896</v>
       </c>
       <c r="I311" t="s">
         <v>2897</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>1067</v>
+        <v>170</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>1068</v>
+        <v>171</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
         <v>2898</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6112</v>
+        <v>6179</v>
       </c>
       <c r="B312" t="s">
         <v>2899</v>
       </c>
       <c r="C312" t="s">
         <v>2900</v>
       </c>
       <c r="D312" t="s">
         <v>2901</v>
       </c>
       <c r="E312" t="s">
         <v>2902</v>
       </c>
       <c r="F312" t="s">
         <v>2903</v>
       </c>
       <c r="G312" t="s">
         <v>2904</v>
       </c>
       <c r="H312" t="s">
         <v>2905</v>
       </c>
       <c r="I312" t="s">
         <v>2906</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
         <v>2907</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6179</v>
+        <v>6180</v>
       </c>
       <c r="B313" t="s">
         <v>2908</v>
       </c>
       <c r="C313" t="s">
         <v>2909</v>
       </c>
       <c r="D313" t="s">
         <v>2910</v>
       </c>
       <c r="E313" t="s">
         <v>2911</v>
       </c>
       <c r="F313" t="s">
         <v>2912</v>
       </c>
       <c r="G313" t="s">
         <v>2913</v>
       </c>
       <c r="H313" t="s">
         <v>2914</v>
       </c>
       <c r="I313" t="s">
         <v>2915</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
         <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
         <v>27</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
         <v>2916</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6180</v>
+        <v>6203</v>
       </c>
       <c r="B314" t="s">
         <v>2917</v>
       </c>
       <c r="C314" t="s">
         <v>2918</v>
       </c>
       <c r="D314" t="s">
         <v>2919</v>
       </c>
       <c r="E314" t="s">
         <v>2920</v>
       </c>
       <c r="F314" t="s">
         <v>2921</v>
       </c>
       <c r="G314" t="s">
         <v>2922</v>
       </c>
       <c r="H314" t="s">
         <v>2923</v>
       </c>
       <c r="I314" t="s">
         <v>2924</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
         <v>2925</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6203</v>
+        <v>6208</v>
       </c>
       <c r="B315" t="s">
         <v>2926</v>
       </c>
       <c r="C315" t="s">
         <v>2927</v>
       </c>
       <c r="D315" t="s">
         <v>2928</v>
       </c>
       <c r="E315" t="s">
         <v>2929</v>
       </c>
       <c r="F315" t="s">
         <v>2930</v>
       </c>
       <c r="G315" t="s">
         <v>2931</v>
       </c>
       <c r="H315" t="s">
         <v>2932</v>
       </c>
       <c r="I315" t="s">
         <v>2933</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>170</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>171</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
         <v>2934</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6208</v>
+        <v>6211</v>
       </c>
       <c r="B316" t="s">
         <v>2935</v>
       </c>
       <c r="C316" t="s">
         <v>2936</v>
       </c>
       <c r="D316" t="s">
         <v>2937</v>
       </c>
       <c r="E316" t="s">
         <v>2938</v>
       </c>
       <c r="F316" t="s">
         <v>2939</v>
       </c>
       <c r="G316" t="s">
         <v>2940</v>
       </c>
       <c r="H316" t="s">
         <v>2941</v>
       </c>
       <c r="I316" t="s">
         <v>2942</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
         <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
         <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
         <v>2943</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6211</v>
+        <v>6215</v>
       </c>
       <c r="B317" t="s">
         <v>2944</v>
       </c>
       <c r="C317" t="s">
         <v>2945</v>
       </c>
       <c r="D317" t="s">
         <v>2946</v>
       </c>
       <c r="E317" t="s">
         <v>2947</v>
       </c>
       <c r="F317" t="s">
         <v>2948</v>
       </c>
       <c r="G317" t="s">
         <v>2949</v>
       </c>
       <c r="H317" t="s">
         <v>2950</v>
       </c>
       <c r="I317" t="s">
         <v>2951</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>170</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>171</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
         <v>2952</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6215</v>
+        <v>6222</v>
       </c>
       <c r="B318" t="s">
         <v>2953</v>
       </c>
       <c r="C318" t="s">
         <v>2954</v>
       </c>
       <c r="D318" t="s">
         <v>2955</v>
       </c>
       <c r="E318" t="s">
         <v>2956</v>
       </c>
       <c r="F318" t="s">
         <v>2957</v>
       </c>
       <c r="G318" t="s">
         <v>2958</v>
       </c>
       <c r="H318" t="s">
         <v>2959</v>
       </c>
       <c r="I318" t="s">
         <v>2960</v>
       </c>
       <c r="J318" t="s">
-        <v>24</v>
+        <v>2762</v>
       </c>
       <c r="K318" t="s">
-        <v>170</v>
+        <v>882</v>
       </c>
       <c r="L318" t="s">
-        <v>26</v>
+        <v>2764</v>
       </c>
       <c r="M318" t="s">
-        <v>171</v>
+        <v>883</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
         <v>2961</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6222</v>
+        <v>6254</v>
       </c>
       <c r="B319" t="s">
         <v>2962</v>
       </c>
       <c r="C319" t="s">
         <v>2963</v>
       </c>
       <c r="D319" t="s">
         <v>2964</v>
       </c>
       <c r="E319" t="s">
         <v>2965</v>
       </c>
       <c r="F319" t="s">
         <v>2966</v>
       </c>
       <c r="G319" t="s">
         <v>2967</v>
       </c>
       <c r="H319" t="s">
         <v>2968</v>
       </c>
       <c r="I319" t="s">
         <v>2969</v>
       </c>
       <c r="J319" t="s">
-        <v>2771</v>
+        <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>882</v>
+        <v>170</v>
       </c>
       <c r="L319" t="s">
-        <v>2773</v>
+        <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
         <v>2970</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6254</v>
+        <v>6255</v>
       </c>
       <c r="B320" t="s">
         <v>2971</v>
       </c>
       <c r="C320" t="s">
         <v>2972</v>
       </c>
       <c r="D320" t="s">
         <v>2973</v>
       </c>
       <c r="E320" t="s">
         <v>2974</v>
       </c>
       <c r="F320" t="s">
         <v>2975</v>
       </c>
       <c r="G320" t="s">
         <v>2976</v>
       </c>
       <c r="H320" t="s">
         <v>2977</v>
       </c>
       <c r="I320" t="s">
         <v>2978</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>170</v>
+        <v>2979</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>171</v>
+        <v>2980</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6255</v>
+        <v>6258</v>
       </c>
       <c r="B321" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
       <c r="C321" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="D321" t="s">
-        <v>2982</v>
+        <v>2984</v>
       </c>
       <c r="E321" t="s">
-        <v>2983</v>
+        <v>2985</v>
       </c>
       <c r="F321" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="G321" t="s">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="H321" t="s">
-        <v>2986</v>
+        <v>2988</v>
       </c>
       <c r="I321" t="s">
-        <v>2987</v>
+        <v>2989</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>2988</v>
+        <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>2989</v>
+        <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
         <v>2990</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6258</v>
+        <v>6259</v>
       </c>
       <c r="B322" t="s">
         <v>2991</v>
       </c>
       <c r="C322" t="s">
         <v>2992</v>
       </c>
       <c r="D322" t="s">
         <v>2993</v>
       </c>
       <c r="E322" t="s">
         <v>2994</v>
       </c>
       <c r="F322" t="s">
         <v>2995</v>
       </c>
       <c r="G322" t="s">
         <v>2996</v>
       </c>
       <c r="H322" t="s">
         <v>2997</v>
       </c>
       <c r="I322" t="s">
         <v>2998</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
         <v>2999</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6259</v>
+        <v>6261</v>
       </c>
       <c r="B323" t="s">
         <v>3000</v>
       </c>
       <c r="C323" t="s">
         <v>3001</v>
       </c>
       <c r="D323" t="s">
         <v>3002</v>
       </c>
       <c r="E323" t="s">
         <v>3003</v>
       </c>
       <c r="F323" t="s">
         <v>3004</v>
       </c>
       <c r="G323" t="s">
         <v>3005</v>
       </c>
       <c r="H323" t="s">
         <v>3006</v>
       </c>
       <c r="I323" t="s">
         <v>3007</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
         <v>3008</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6261</v>
+        <v>6263</v>
       </c>
       <c r="B324" t="s">
         <v>3009</v>
       </c>
       <c r="C324" t="s">
         <v>3010</v>
       </c>
       <c r="D324" t="s">
         <v>3011</v>
       </c>
       <c r="E324" t="s">
         <v>3012</v>
       </c>
       <c r="F324" t="s">
         <v>3013</v>
       </c>
       <c r="G324" t="s">
         <v>3014</v>
       </c>
       <c r="H324" t="s">
         <v>3015</v>
       </c>
       <c r="I324" t="s">
         <v>3016</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6263</v>
+        <v>6272</v>
       </c>
       <c r="B325" t="s">
         <v>3018</v>
       </c>
       <c r="C325" t="s">
         <v>3019</v>
       </c>
       <c r="D325" t="s">
         <v>3020</v>
       </c>
       <c r="E325" t="s">
         <v>3021</v>
       </c>
       <c r="F325" t="s">
         <v>3022</v>
       </c>
       <c r="G325" t="s">
         <v>3023</v>
       </c>
       <c r="H325" t="s">
         <v>3024</v>
       </c>
       <c r="I325" t="s">
         <v>3025</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>170</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>171</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
         <v>3026</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6272</v>
+        <v>6274</v>
       </c>
       <c r="B326" t="s">
         <v>3027</v>
       </c>
       <c r="C326" t="s">
         <v>3028</v>
       </c>
       <c r="D326" t="s">
         <v>3029</v>
       </c>
       <c r="E326" t="s">
         <v>3030</v>
       </c>
       <c r="F326" t="s">
         <v>3031</v>
       </c>
       <c r="G326" t="s">
         <v>3032</v>
       </c>
       <c r="H326" t="s">
         <v>3033</v>
       </c>
       <c r="I326" t="s">
         <v>3034</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
         <v>3035</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6274</v>
+        <v>6275</v>
       </c>
       <c r="B327" t="s">
         <v>3036</v>
       </c>
       <c r="C327" t="s">
         <v>3037</v>
       </c>
       <c r="D327" t="s">
         <v>3038</v>
       </c>
       <c r="E327" t="s">
         <v>3039</v>
       </c>
       <c r="F327" t="s">
         <v>3040</v>
       </c>
       <c r="G327" t="s">
         <v>3041</v>
       </c>
       <c r="H327" t="s">
         <v>3042</v>
       </c>
       <c r="I327" t="s">
         <v>3043</v>
       </c>
       <c r="J327" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K327" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L327" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M327" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
         <v>3044</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6275</v>
+        <v>6327</v>
       </c>
       <c r="B328" t="s">
         <v>3045</v>
       </c>
       <c r="C328" t="s">
         <v>3046</v>
       </c>
       <c r="D328" t="s">
         <v>3047</v>
       </c>
       <c r="E328" t="s">
         <v>3048</v>
       </c>
       <c r="F328" t="s">
         <v>3049</v>
       </c>
       <c r="G328" t="s">
         <v>3050</v>
       </c>
       <c r="H328" t="s">
         <v>3051</v>
       </c>
       <c r="I328" t="s">
         <v>3052</v>
       </c>
       <c r="J328" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>871</v>
+        <v>47</v>
       </c>
       <c r="L328" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>872</v>
+        <v>48</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
         <v>3053</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6327</v>
+        <v>6337</v>
       </c>
       <c r="B329" t="s">
         <v>3054</v>
       </c>
       <c r="C329" t="s">
         <v>3055</v>
       </c>
       <c r="D329" t="s">
         <v>3056</v>
       </c>
       <c r="E329" t="s">
         <v>3057</v>
       </c>
       <c r="F329" t="s">
         <v>3058</v>
       </c>
       <c r="G329" t="s">
         <v>3059</v>
       </c>
       <c r="H329" t="s">
         <v>3060</v>
       </c>
       <c r="I329" t="s">
         <v>3061</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
         <v>47</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
         <v>48</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
         <v>3062</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6337</v>
+        <v>6361</v>
       </c>
       <c r="B330" t="s">
         <v>3063</v>
       </c>
       <c r="C330" t="s">
         <v>3064</v>
       </c>
       <c r="D330" t="s">
         <v>3065</v>
       </c>
       <c r="E330" t="s">
         <v>3066</v>
       </c>
       <c r="F330" t="s">
         <v>3067</v>
       </c>
       <c r="G330" t="s">
         <v>3068</v>
       </c>
       <c r="H330" t="s">
         <v>3069</v>
       </c>
       <c r="I330" t="s">
         <v>3070</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3071</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6361</v>
+        <v>6379</v>
       </c>
       <c r="B331" t="s">
         <v>3072</v>
       </c>
       <c r="C331" t="s">
         <v>3073</v>
       </c>
       <c r="D331" t="s">
         <v>3074</v>
       </c>
       <c r="E331" t="s">
         <v>3075</v>
       </c>
       <c r="F331" t="s">
         <v>3076</v>
       </c>
       <c r="G331" t="s">
         <v>3077</v>
       </c>
       <c r="H331" t="s">
         <v>3078</v>
       </c>
       <c r="I331" t="s">
         <v>3079</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
         <v>3080</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6379</v>
+        <v>6454</v>
       </c>
       <c r="B332" t="s">
         <v>3081</v>
       </c>
       <c r="C332" t="s">
         <v>3082</v>
       </c>
       <c r="D332" t="s">
         <v>3083</v>
       </c>
       <c r="E332" t="s">
         <v>3084</v>
       </c>
       <c r="F332" t="s">
         <v>3085</v>
       </c>
       <c r="G332" t="s">
         <v>3086</v>
       </c>
       <c r="H332" t="s">
         <v>3087</v>
       </c>
       <c r="I332" t="s">
         <v>3088</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
         <v>3089</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6454</v>
+        <v>6460</v>
       </c>
       <c r="B333" t="s">
         <v>3090</v>
       </c>
       <c r="C333" t="s">
         <v>3091</v>
       </c>
       <c r="D333" t="s">
         <v>3092</v>
       </c>
       <c r="E333" t="s">
         <v>3093</v>
       </c>
       <c r="F333" t="s">
         <v>3094</v>
       </c>
       <c r="G333" t="s">
         <v>3095</v>
       </c>
       <c r="H333" t="s">
         <v>3096</v>
       </c>
       <c r="I333" t="s">
         <v>3097</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
         <v>3098</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6460</v>
+        <v>6468</v>
       </c>
       <c r="B334" t="s">
         <v>3099</v>
       </c>
       <c r="C334" t="s">
         <v>3100</v>
       </c>
       <c r="D334" t="s">
         <v>3101</v>
       </c>
       <c r="E334" t="s">
         <v>3102</v>
       </c>
       <c r="F334" t="s">
         <v>3103</v>
       </c>
       <c r="G334" t="s">
         <v>3104</v>
       </c>
       <c r="H334" t="s">
         <v>3105</v>
       </c>
       <c r="I334" t="s">
         <v>3106</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
         <v>3107</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6468</v>
+        <v>6611</v>
       </c>
       <c r="B335" t="s">
         <v>3108</v>
       </c>
       <c r="C335" t="s">
         <v>3109</v>
       </c>
       <c r="D335" t="s">
         <v>3110</v>
       </c>
       <c r="E335" t="s">
         <v>3111</v>
       </c>
       <c r="F335" t="s">
         <v>3112</v>
       </c>
       <c r="G335" t="s">
         <v>3113</v>
       </c>
       <c r="H335" t="s">
         <v>3114</v>
       </c>
       <c r="I335" t="s">
         <v>3115</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
         <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
         <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
         <v>3116</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6611</v>
+        <v>6615</v>
       </c>
       <c r="B336" t="s">
         <v>3117</v>
       </c>
       <c r="C336" t="s">
         <v>3118</v>
       </c>
       <c r="D336" t="s">
         <v>3119</v>
       </c>
       <c r="E336" t="s">
         <v>3120</v>
       </c>
       <c r="F336" t="s">
         <v>3121</v>
       </c>
       <c r="G336" t="s">
         <v>3122</v>
       </c>
       <c r="H336" t="s">
         <v>3123</v>
       </c>
       <c r="I336" t="s">
         <v>3124</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3125</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6615</v>
+        <v>6761</v>
       </c>
       <c r="B337" t="s">
         <v>3126</v>
       </c>
       <c r="C337" t="s">
         <v>3127</v>
       </c>
       <c r="D337" t="s">
         <v>3128</v>
       </c>
       <c r="E337" t="s">
         <v>3129</v>
       </c>
       <c r="F337" t="s">
         <v>3130</v>
       </c>
       <c r="G337" t="s">
         <v>3131</v>
       </c>
       <c r="H337" t="s">
         <v>3132</v>
       </c>
       <c r="I337" t="s">
         <v>3133</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3134</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6761</v>
+        <v>6762</v>
       </c>
       <c r="B338" t="s">
         <v>3135</v>
       </c>
       <c r="C338" t="s">
         <v>3136</v>
       </c>
       <c r="D338" t="s">
         <v>3137</v>
       </c>
       <c r="E338" t="s">
         <v>3138</v>
       </c>
       <c r="F338" t="s">
         <v>3139</v>
       </c>
       <c r="G338" t="s">
         <v>3140</v>
       </c>
       <c r="H338" t="s">
         <v>3141</v>
       </c>
       <c r="I338" t="s">
         <v>3142</v>
       </c>
       <c r="J338" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K338" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L338" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M338" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
         <v>3143</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6762</v>
+        <v>6763</v>
       </c>
       <c r="B339" t="s">
         <v>3144</v>
       </c>
       <c r="C339" t="s">
         <v>3145</v>
       </c>
       <c r="D339" t="s">
         <v>3146</v>
       </c>
       <c r="E339" t="s">
         <v>3147</v>
       </c>
       <c r="F339" t="s">
         <v>3148</v>
       </c>
       <c r="G339" t="s">
         <v>3149</v>
       </c>
       <c r="H339" t="s">
         <v>3150</v>
       </c>
       <c r="I339" t="s">
         <v>3151</v>
       </c>
       <c r="J339" t="s">
         <v>441</v>
       </c>
       <c r="K339" t="s">
-        <v>672</v>
+        <v>3152</v>
       </c>
       <c r="L339" t="s">
         <v>443</v>
       </c>
       <c r="M339" t="s">
-        <v>673</v>
+        <v>3153</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3152</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6763</v>
+        <v>6765</v>
       </c>
       <c r="B340" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
       <c r="C340" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="D340" t="s">
-        <v>3155</v>
+        <v>3157</v>
       </c>
       <c r="E340" t="s">
-        <v>3156</v>
+        <v>3158</v>
       </c>
       <c r="F340" t="s">
-        <v>3157</v>
+        <v>3159</v>
       </c>
       <c r="G340" t="s">
-        <v>3158</v>
+        <v>3160</v>
       </c>
       <c r="H340" t="s">
-        <v>3159</v>
+        <v>3161</v>
       </c>
       <c r="I340" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
       <c r="J340" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>3161</v>
+        <v>170</v>
       </c>
       <c r="L340" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>3162</v>
+        <v>171</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3163</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6765</v>
+        <v>6982</v>
       </c>
       <c r="B341" t="s">
         <v>3164</v>
       </c>
       <c r="C341" t="s">
         <v>3165</v>
       </c>
       <c r="D341" t="s">
         <v>3166</v>
       </c>
       <c r="E341" t="s">
         <v>3167</v>
       </c>
       <c r="F341" t="s">
         <v>3168</v>
       </c>
       <c r="G341" t="s">
         <v>3169</v>
       </c>
       <c r="H341" t="s">
         <v>3170</v>
       </c>
       <c r="I341" t="s">
         <v>3171</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
-        <v>170</v>
+        <v>3172</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
-        <v>171</v>
+        <v>3173</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3172</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6982</v>
+        <v>8265</v>
       </c>
       <c r="B342" t="s">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="C342" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="D342" t="s">
-        <v>3175</v>
+        <v>3177</v>
       </c>
       <c r="E342" t="s">
-        <v>3176</v>
+        <v>3178</v>
       </c>
       <c r="F342" t="s">
-        <v>3177</v>
+        <v>3179</v>
       </c>
       <c r="G342" t="s">
-        <v>3178</v>
+        <v>3180</v>
       </c>
       <c r="H342" t="s">
-        <v>3179</v>
+        <v>3181</v>
       </c>
       <c r="I342" t="s">
-        <v>3180</v>
+        <v>3182</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>3181</v>
+        <v>3183</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8265</v>
+        <v>8289</v>
       </c>
       <c r="B343" t="s">
-        <v>3184</v>
+        <v>3186</v>
       </c>
       <c r="C343" t="s">
-        <v>3185</v>
+        <v>3187</v>
       </c>
       <c r="D343" t="s">
-        <v>3186</v>
+        <v>3188</v>
       </c>
       <c r="E343" t="s">
-        <v>3187</v>
+        <v>3189</v>
       </c>
       <c r="F343" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
       <c r="G343" t="s">
-        <v>3189</v>
+        <v>3191</v>
       </c>
       <c r="H343" t="s">
-        <v>3190</v>
+        <v>3192</v>
       </c>
       <c r="I343" t="s">
-        <v>3191</v>
+        <v>3193</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>3192</v>
+        <v>442</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>3193</v>
+        <v>444</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
         <v>3194</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8289</v>
+        <v>8294</v>
       </c>
       <c r="B344" t="s">
         <v>3195</v>
       </c>
       <c r="C344" t="s">
         <v>3196</v>
       </c>
       <c r="D344" t="s">
         <v>3197</v>
       </c>
       <c r="E344" t="s">
         <v>3198</v>
       </c>
       <c r="F344" t="s">
         <v>3199</v>
       </c>
       <c r="G344" t="s">
         <v>3200</v>
       </c>
       <c r="H344" t="s">
         <v>3201</v>
       </c>
       <c r="I344" t="s">
         <v>3202</v>
       </c>
       <c r="J344" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K344" t="s">
-        <v>442</v>
+        <v>739</v>
       </c>
       <c r="L344" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M344" t="s">
-        <v>444</v>
+        <v>740</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
         <v>3203</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8294</v>
+        <v>8315</v>
       </c>
       <c r="B345" t="s">
         <v>3204</v>
       </c>
       <c r="C345" t="s">
         <v>3205</v>
       </c>
       <c r="D345" t="s">
         <v>3206</v>
       </c>
       <c r="E345" t="s">
         <v>3207</v>
       </c>
       <c r="F345" t="s">
         <v>3208</v>
       </c>
       <c r="G345" t="s">
         <v>3209</v>
       </c>
       <c r="H345" t="s">
         <v>3210</v>
       </c>
       <c r="I345" t="s">
         <v>3211</v>
       </c>
       <c r="J345" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>739</v>
+        <v>25</v>
       </c>
       <c r="L345" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>740</v>
+        <v>27</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3212</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8315</v>
+        <v>8341</v>
       </c>
       <c r="B346" t="s">
         <v>3213</v>
       </c>
       <c r="C346" t="s">
         <v>3214</v>
       </c>
       <c r="D346" t="s">
         <v>3215</v>
       </c>
       <c r="E346" t="s">
         <v>3216</v>
       </c>
       <c r="F346" t="s">
         <v>3217</v>
       </c>
       <c r="G346" t="s">
         <v>3218</v>
       </c>
       <c r="H346" t="s">
         <v>3219</v>
       </c>
       <c r="I346" t="s">
         <v>3220</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3221</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8341</v>
+        <v>8343</v>
       </c>
       <c r="B347" t="s">
         <v>3222</v>
       </c>
       <c r="C347" t="s">
         <v>3223</v>
       </c>
       <c r="D347" t="s">
         <v>3224</v>
       </c>
       <c r="E347" t="s">
         <v>3225</v>
       </c>
       <c r="F347" t="s">
         <v>3226</v>
       </c>
       <c r="G347" t="s">
         <v>3227</v>
       </c>
       <c r="H347" t="s">
         <v>3228</v>
       </c>
       <c r="I347" t="s">
         <v>3229</v>
       </c>
       <c r="J347" t="s">
         <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L347" t="s">
         <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3230</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8343</v>
+        <v>8344</v>
       </c>
       <c r="B348" t="s">
         <v>3231</v>
       </c>
       <c r="C348" t="s">
         <v>3232</v>
       </c>
       <c r="D348" t="s">
         <v>3233</v>
       </c>
       <c r="E348" t="s">
         <v>3234</v>
       </c>
       <c r="F348" t="s">
         <v>3235</v>
       </c>
       <c r="G348" t="s">
         <v>3236</v>
       </c>
       <c r="H348" t="s">
         <v>3237</v>
       </c>
       <c r="I348" t="s">
         <v>3238</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
         <v>3239</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8344</v>
+        <v>8355</v>
       </c>
       <c r="B349" t="s">
         <v>3240</v>
       </c>
       <c r="C349" t="s">
         <v>3241</v>
       </c>
       <c r="D349" t="s">
         <v>3242</v>
       </c>
       <c r="E349" t="s">
         <v>3243</v>
       </c>
       <c r="F349" t="s">
         <v>3244</v>
       </c>
       <c r="G349" t="s">
         <v>3245</v>
       </c>
       <c r="H349" t="s">
         <v>3246</v>
       </c>
       <c r="I349" t="s">
         <v>3247</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>170</v>
+        <v>3248</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>171</v>
+        <v>3249</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3248</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8355</v>
+        <v>8357</v>
       </c>
       <c r="B350" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C350" t="s">
+        <v>3252</v>
+      </c>
+      <c r="D350" t="s">
+        <v>3253</v>
+      </c>
+      <c r="E350" t="s">
+        <v>3254</v>
+      </c>
+      <c r="F350" t="s">
+        <v>3255</v>
+      </c>
+      <c r="G350" t="s">
+        <v>3256</v>
+      </c>
+      <c r="H350" t="s">
+        <v>3257</v>
+      </c>
+      <c r="I350" t="s">
+        <v>3258</v>
+      </c>
+      <c r="J350" t="s">
+        <v>24</v>
+      </c>
+      <c r="K350" t="s">
+        <v>3248</v>
+      </c>
+      <c r="L350" t="s">
+        <v>26</v>
+      </c>
+      <c r="M350" t="s">
         <v>3249</v>
-      </c>
-[...31 lines deleted...]
-        <v>3258</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3259</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8357</v>
+        <v>8377</v>
       </c>
       <c r="B351" t="s">
         <v>3260</v>
       </c>
       <c r="C351" t="s">
         <v>3261</v>
       </c>
       <c r="D351" t="s">
         <v>3262</v>
       </c>
       <c r="E351" t="s">
         <v>3263</v>
       </c>
       <c r="F351" t="s">
         <v>3264</v>
       </c>
       <c r="G351" t="s">
         <v>3265</v>
       </c>
       <c r="H351" t="s">
         <v>3266</v>
       </c>
       <c r="I351" t="s">
         <v>3267</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>3257</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>3258</v>
+        <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
         <v>3268</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8377</v>
+        <v>8386</v>
       </c>
       <c r="B352" t="s">
         <v>3269</v>
       </c>
       <c r="C352" t="s">
         <v>3270</v>
       </c>
       <c r="D352" t="s">
         <v>3271</v>
       </c>
       <c r="E352" t="s">
         <v>3272</v>
       </c>
       <c r="F352" t="s">
         <v>3273</v>
       </c>
       <c r="G352" t="s">
         <v>3274</v>
       </c>
       <c r="H352" t="s">
         <v>3275</v>
       </c>
       <c r="I352" t="s">
         <v>3276</v>
       </c>
       <c r="J352" t="s">
-        <v>24</v>
+        <v>1755</v>
       </c>
       <c r="K352" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L352" t="s">
-        <v>26</v>
+        <v>1757</v>
       </c>
       <c r="M352" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3277</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8386</v>
+        <v>8387</v>
       </c>
       <c r="B353" t="s">
         <v>3278</v>
       </c>
       <c r="C353" t="s">
         <v>3279</v>
       </c>
       <c r="D353" t="s">
         <v>3280</v>
       </c>
       <c r="E353" t="s">
         <v>3281</v>
       </c>
       <c r="F353" t="s">
         <v>3282</v>
       </c>
       <c r="G353" t="s">
         <v>3283</v>
       </c>
       <c r="H353" t="s">
         <v>3284</v>
       </c>
       <c r="I353" t="s">
         <v>3285</v>
       </c>
       <c r="J353" t="s">
-        <v>1764</v>
+        <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L353" t="s">
-        <v>1766</v>
+        <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
         <v>3286</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8387</v>
+        <v>8388</v>
       </c>
       <c r="B354" t="s">
         <v>3287</v>
       </c>
       <c r="C354" t="s">
         <v>3288</v>
       </c>
       <c r="D354" t="s">
         <v>3289</v>
       </c>
       <c r="E354" t="s">
         <v>3290</v>
       </c>
       <c r="F354" t="s">
         <v>3291</v>
       </c>
       <c r="G354" t="s">
         <v>3292</v>
       </c>
       <c r="H354" t="s">
         <v>3293</v>
       </c>
       <c r="I354" t="s">
         <v>3294</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3295</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8388</v>
+        <v>8392</v>
       </c>
       <c r="B355" t="s">
         <v>3296</v>
       </c>
       <c r="C355" t="s">
         <v>3297</v>
       </c>
       <c r="D355" t="s">
         <v>3298</v>
       </c>
       <c r="E355" t="s">
         <v>3299</v>
       </c>
       <c r="F355" t="s">
         <v>3300</v>
       </c>
       <c r="G355" t="s">
         <v>3301</v>
       </c>
       <c r="H355" t="s">
         <v>3302</v>
       </c>
       <c r="I355" t="s">
         <v>3303</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>170</v>
+        <v>1756</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>171</v>
+        <v>1758</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3304</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8392</v>
+        <v>8402</v>
       </c>
       <c r="B356" t="s">
         <v>3305</v>
       </c>
       <c r="C356" t="s">
         <v>3306</v>
       </c>
       <c r="D356" t="s">
         <v>3307</v>
       </c>
       <c r="E356" t="s">
         <v>3308</v>
       </c>
       <c r="F356" t="s">
         <v>3309</v>
       </c>
       <c r="G356" t="s">
         <v>3310</v>
       </c>
       <c r="H356" t="s">
         <v>3311</v>
       </c>
       <c r="I356" t="s">
         <v>3312</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>1765</v>
+        <v>170</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>1767</v>
+        <v>171</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3313</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8402</v>
+        <v>8902</v>
       </c>
       <c r="B357" t="s">
         <v>3314</v>
       </c>
       <c r="C357" t="s">
         <v>3315</v>
       </c>
       <c r="D357" t="s">
         <v>3316</v>
       </c>
       <c r="E357" t="s">
         <v>3317</v>
       </c>
       <c r="F357" t="s">
         <v>3318</v>
       </c>
       <c r="G357" t="s">
         <v>3319</v>
       </c>
       <c r="H357" t="s">
         <v>3320</v>
       </c>
       <c r="I357" t="s">
         <v>3321</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3322</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8902</v>
+        <v>8903</v>
       </c>
       <c r="B358" t="s">
         <v>3323</v>
       </c>
       <c r="C358" t="s">
         <v>3324</v>
       </c>
       <c r="D358" t="s">
         <v>3325</v>
       </c>
       <c r="E358" t="s">
         <v>3326</v>
       </c>
       <c r="F358" t="s">
         <v>3327</v>
       </c>
       <c r="G358" t="s">
         <v>3328</v>
       </c>
       <c r="H358" t="s">
         <v>3329</v>
       </c>
       <c r="I358" t="s">
         <v>3330</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
         <v>170</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
         <v>171</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
         <v>3331</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8903</v>
+        <v>8904</v>
       </c>
       <c r="B359" t="s">
         <v>3332</v>
       </c>
       <c r="C359" t="s">
         <v>3333</v>
       </c>
       <c r="D359" t="s">
         <v>3334</v>
       </c>
       <c r="E359" t="s">
         <v>3335</v>
       </c>
       <c r="F359" t="s">
         <v>3336</v>
       </c>
       <c r="G359" t="s">
         <v>3337</v>
       </c>
       <c r="H359" t="s">
         <v>3338</v>
       </c>
       <c r="I359" t="s">
         <v>3339</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
         <v>3340</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8904</v>
+        <v>8914</v>
       </c>
       <c r="B360" t="s">
         <v>3341</v>
       </c>
       <c r="C360" t="s">
         <v>3342</v>
       </c>
       <c r="D360" t="s">
         <v>3343</v>
       </c>
       <c r="E360" t="s">
         <v>3344</v>
       </c>
       <c r="F360" t="s">
         <v>3345</v>
       </c>
       <c r="G360" t="s">
         <v>3346</v>
       </c>
       <c r="H360" t="s">
         <v>3347</v>
       </c>
       <c r="I360" t="s">
         <v>3348</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
         <v>3349</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8914</v>
+        <v>8918</v>
       </c>
       <c r="B361" t="s">
         <v>3350</v>
       </c>
       <c r="C361" t="s">
         <v>3351</v>
       </c>
       <c r="D361" t="s">
         <v>3352</v>
       </c>
       <c r="E361" t="s">
         <v>3353</v>
       </c>
       <c r="F361" t="s">
         <v>3354</v>
       </c>
       <c r="G361" t="s">
         <v>3355</v>
       </c>
       <c r="H361" t="s">
         <v>3356</v>
       </c>
       <c r="I361" t="s">
         <v>3357</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
         <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
         <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
         <v>3358</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8918</v>
+        <v>8945</v>
       </c>
       <c r="B362" t="s">
         <v>3359</v>
       </c>
       <c r="C362" t="s">
         <v>3360</v>
       </c>
       <c r="D362" t="s">
         <v>3361</v>
       </c>
       <c r="E362" t="s">
         <v>3362</v>
       </c>
       <c r="F362" t="s">
         <v>3363</v>
       </c>
       <c r="G362" t="s">
         <v>3364</v>
       </c>
       <c r="H362" t="s">
         <v>3365</v>
       </c>
       <c r="I362" t="s">
         <v>3366</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
         <v>3367</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8945</v>
+        <v>8950</v>
       </c>
       <c r="B363" t="s">
         <v>3368</v>
       </c>
       <c r="C363" t="s">
         <v>3369</v>
       </c>
       <c r="D363" t="s">
         <v>3370</v>
       </c>
       <c r="E363" t="s">
         <v>3371</v>
       </c>
       <c r="F363" t="s">
         <v>3372</v>
       </c>
       <c r="G363" t="s">
         <v>3373</v>
       </c>
       <c r="H363" t="s">
         <v>3374</v>
       </c>
       <c r="I363" t="s">
         <v>3375</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3376</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8950</v>
+        <v>8951</v>
       </c>
       <c r="B364" t="s">
         <v>3377</v>
       </c>
       <c r="C364" t="s">
         <v>3378</v>
       </c>
       <c r="D364" t="s">
         <v>3379</v>
       </c>
       <c r="E364" t="s">
         <v>3380</v>
       </c>
       <c r="F364" t="s">
         <v>3381</v>
       </c>
       <c r="G364" t="s">
         <v>3382</v>
       </c>
       <c r="H364" t="s">
         <v>3383</v>
       </c>
       <c r="I364" t="s">
         <v>3384</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3385</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8951</v>
+        <v>8959</v>
       </c>
       <c r="B365" t="s">
         <v>3386</v>
       </c>
       <c r="C365" t="s">
         <v>3387</v>
       </c>
       <c r="D365" t="s">
         <v>3388</v>
       </c>
       <c r="E365" t="s">
         <v>3389</v>
       </c>
       <c r="F365" t="s">
         <v>3390</v>
       </c>
       <c r="G365" t="s">
         <v>3391</v>
       </c>
       <c r="H365" t="s">
         <v>3392</v>
       </c>
       <c r="I365" t="s">
         <v>3393</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
         <v>170</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
         <v>171</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
         <v>3394</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8959</v>
+        <v>10014</v>
       </c>
       <c r="B366" t="s">
         <v>3395</v>
       </c>
       <c r="C366" t="s">
         <v>3396</v>
       </c>
       <c r="D366" t="s">
         <v>3397</v>
       </c>
       <c r="E366" t="s">
         <v>3398</v>
       </c>
       <c r="F366" t="s">
         <v>3399</v>
       </c>
       <c r="G366" t="s">
         <v>3400</v>
       </c>
       <c r="H366" t="s">
         <v>3401</v>
       </c>
       <c r="I366" t="s">
         <v>3402</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>170</v>
+        <v>3403</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>171</v>
+        <v>3404</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3403</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>10014</v>
+        <v>10015</v>
       </c>
       <c r="B367" t="s">
-        <v>3404</v>
+        <v>3406</v>
       </c>
       <c r="C367" t="s">
-        <v>3405</v>
+        <v>3407</v>
       </c>
       <c r="D367" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
       <c r="E367" t="s">
-        <v>3407</v>
+        <v>3409</v>
       </c>
       <c r="F367" t="s">
-        <v>3408</v>
+        <v>3410</v>
       </c>
       <c r="G367" t="s">
-        <v>3409</v>
+        <v>3411</v>
       </c>
       <c r="H367" t="s">
-        <v>3410</v>
+        <v>3412</v>
       </c>
       <c r="I367" t="s">
-        <v>3411</v>
+        <v>3413</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
-        <v>3412</v>
+        <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
-        <v>3413</v>
+        <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
         <v>3414</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>10015</v>
+        <v>10036</v>
       </c>
       <c r="B368" t="s">
         <v>3415</v>
       </c>
       <c r="C368" t="s">
         <v>3416</v>
       </c>
       <c r="D368" t="s">
         <v>3417</v>
       </c>
       <c r="E368" t="s">
         <v>3418</v>
       </c>
       <c r="F368" t="s">
         <v>3419</v>
       </c>
       <c r="G368" t="s">
         <v>3420</v>
       </c>
       <c r="H368" t="s">
         <v>3421</v>
       </c>
       <c r="I368" t="s">
         <v>3422</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
         <v>3423</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>10036</v>
+        <v>10046</v>
       </c>
       <c r="B369" t="s">
         <v>3424</v>
       </c>
       <c r="C369" t="s">
         <v>3425</v>
       </c>
       <c r="D369" t="s">
         <v>3426</v>
       </c>
       <c r="E369" t="s">
         <v>3427</v>
       </c>
       <c r="F369" t="s">
         <v>3428</v>
       </c>
       <c r="G369" t="s">
         <v>3429</v>
       </c>
       <c r="H369" t="s">
         <v>3430</v>
       </c>
       <c r="I369" t="s">
         <v>3431</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
         <v>3432</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>10046</v>
+        <v>10098</v>
       </c>
       <c r="B370" t="s">
         <v>3433</v>
       </c>
       <c r="C370" t="s">
         <v>3434</v>
       </c>
       <c r="D370" t="s">
         <v>3435</v>
       </c>
       <c r="E370" t="s">
         <v>3436</v>
       </c>
       <c r="F370" t="s">
         <v>3437</v>
       </c>
       <c r="G370" t="s">
         <v>3438</v>
       </c>
       <c r="H370" t="s">
         <v>3439</v>
       </c>
       <c r="I370" t="s">
         <v>3440</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
         <v>3441</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>10098</v>
+        <v>10101</v>
       </c>
       <c r="B371" t="s">
         <v>3442</v>
       </c>
       <c r="C371" t="s">
         <v>3443</v>
       </c>
       <c r="D371" t="s">
         <v>3444</v>
       </c>
       <c r="E371" t="s">
         <v>3445</v>
       </c>
       <c r="F371" t="s">
         <v>3446</v>
       </c>
       <c r="G371" t="s">
         <v>3447</v>
       </c>
       <c r="H371" t="s">
         <v>3448</v>
       </c>
       <c r="I371" t="s">
         <v>3449</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
         <v>3450</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>10101</v>
+        <v>10412</v>
       </c>
       <c r="B372" t="s">
         <v>3451</v>
       </c>
       <c r="C372" t="s">
         <v>3452</v>
       </c>
       <c r="D372" t="s">
         <v>3453</v>
       </c>
       <c r="E372" t="s">
         <v>3454</v>
       </c>
       <c r="F372" t="s">
         <v>3455</v>
       </c>
       <c r="G372" t="s">
         <v>3456</v>
       </c>
       <c r="H372" t="s">
         <v>3457</v>
       </c>
       <c r="I372" t="s">
         <v>3458</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
         <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
         <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
         <v>3459</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>10412</v>
+        <v>10603</v>
       </c>
       <c r="B373" t="s">
         <v>3460</v>
       </c>
       <c r="C373" t="s">
         <v>3461</v>
       </c>
       <c r="D373" t="s">
         <v>3462</v>
       </c>
       <c r="E373" t="s">
         <v>3463</v>
       </c>
       <c r="F373" t="s">
         <v>3464</v>
       </c>
       <c r="G373" t="s">
         <v>3465</v>
       </c>
       <c r="H373" t="s">
         <v>3466</v>
       </c>
       <c r="I373" t="s">
         <v>3467</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
         <v>3468</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>10603</v>
+        <v>10647</v>
       </c>
       <c r="B374" t="s">
         <v>3469</v>
       </c>
       <c r="C374" t="s">
         <v>3470</v>
       </c>
       <c r="D374" t="s">
         <v>3471</v>
       </c>
       <c r="E374" t="s">
         <v>3472</v>
       </c>
       <c r="F374" t="s">
         <v>3473</v>
       </c>
       <c r="G374" t="s">
         <v>3474</v>
       </c>
       <c r="H374" t="s">
         <v>3475</v>
       </c>
       <c r="I374" t="s">
         <v>3476</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
         <v>3477</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>10647</v>
+        <v>10887</v>
       </c>
       <c r="B375" t="s">
         <v>3478</v>
       </c>
       <c r="C375" t="s">
         <v>3479</v>
       </c>
       <c r="D375" t="s">
         <v>3480</v>
       </c>
       <c r="E375" t="s">
         <v>3481</v>
       </c>
       <c r="F375" t="s">
         <v>3482</v>
       </c>
       <c r="G375" t="s">
         <v>3483</v>
       </c>
       <c r="H375" t="s">
         <v>3484</v>
       </c>
       <c r="I375" t="s">
         <v>3485</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
         <v>3486</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10887</v>
+        <v>10925</v>
       </c>
       <c r="B376" t="s">
         <v>3487</v>
       </c>
       <c r="C376" t="s">
         <v>3488</v>
       </c>
       <c r="D376" t="s">
         <v>3489</v>
       </c>
       <c r="E376" t="s">
         <v>3490</v>
       </c>
       <c r="F376" t="s">
         <v>3491</v>
       </c>
       <c r="G376" t="s">
         <v>3492</v>
       </c>
       <c r="H376" t="s">
         <v>3493</v>
       </c>
       <c r="I376" t="s">
         <v>3494</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
         <v>25</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
         <v>27</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
         <v>3495</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10925</v>
+        <v>10930</v>
       </c>
       <c r="B377" t="s">
         <v>3496</v>
       </c>
       <c r="C377" t="s">
         <v>3497</v>
       </c>
       <c r="D377" t="s">
         <v>3498</v>
       </c>
       <c r="E377" t="s">
         <v>3499</v>
       </c>
       <c r="F377" t="s">
         <v>3500</v>
       </c>
       <c r="G377" t="s">
         <v>3501</v>
       </c>
       <c r="H377" t="s">
         <v>3502</v>
       </c>
       <c r="I377" t="s">
         <v>3503</v>
       </c>
       <c r="J377" t="s">
-        <v>24</v>
+        <v>1383</v>
       </c>
       <c r="K377" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L377" t="s">
-        <v>26</v>
+        <v>1384</v>
       </c>
       <c r="M377" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
         <v>3504</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10930</v>
+        <v>10947</v>
       </c>
       <c r="B378" t="s">
         <v>3505</v>
       </c>
       <c r="C378" t="s">
         <v>3506</v>
       </c>
       <c r="D378" t="s">
         <v>3507</v>
       </c>
       <c r="E378" t="s">
         <v>3508</v>
       </c>
       <c r="F378" t="s">
         <v>3509</v>
       </c>
       <c r="G378" t="s">
         <v>3510</v>
       </c>
       <c r="H378" t="s">
         <v>3511</v>
       </c>
       <c r="I378" t="s">
         <v>3512</v>
       </c>
       <c r="J378" t="s">
-        <v>1392</v>
+        <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L378" t="s">
-        <v>1393</v>
+        <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
         <v>3513</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10947</v>
+        <v>10948</v>
       </c>
       <c r="B379" t="s">
         <v>3514</v>
       </c>
       <c r="C379" t="s">
         <v>3515</v>
       </c>
       <c r="D379" t="s">
         <v>3516</v>
       </c>
       <c r="E379" t="s">
         <v>3517</v>
       </c>
       <c r="F379" t="s">
         <v>3518</v>
       </c>
       <c r="G379" t="s">
         <v>3519</v>
       </c>
       <c r="H379" t="s">
         <v>3520</v>
       </c>
       <c r="I379" t="s">
         <v>3521</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
         <v>170</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
         <v>171</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
         <v>3522</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10948</v>
+        <v>10950</v>
       </c>
       <c r="B380" t="s">
         <v>3523</v>
       </c>
       <c r="C380" t="s">
         <v>3524</v>
       </c>
       <c r="D380" t="s">
         <v>3525</v>
       </c>
       <c r="E380" t="s">
         <v>3526</v>
       </c>
       <c r="F380" t="s">
         <v>3527</v>
       </c>
       <c r="G380" t="s">
         <v>3528</v>
       </c>
       <c r="H380" t="s">
         <v>3529</v>
       </c>
       <c r="I380" t="s">
         <v>3530</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>170</v>
+        <v>3531</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>171</v>
+        <v>3532</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3531</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10950</v>
+        <v>10951</v>
       </c>
       <c r="B381" t="s">
-        <v>3532</v>
+        <v>3534</v>
       </c>
       <c r="C381" t="s">
-        <v>3533</v>
+        <v>3535</v>
       </c>
       <c r="D381" t="s">
-        <v>3534</v>
+        <v>3536</v>
       </c>
       <c r="E381" t="s">
-        <v>3535</v>
+        <v>3537</v>
       </c>
       <c r="F381" t="s">
-        <v>3536</v>
+        <v>3538</v>
       </c>
       <c r="G381" t="s">
-        <v>3537</v>
+        <v>3539</v>
       </c>
       <c r="H381" t="s">
-        <v>3538</v>
+        <v>3540</v>
       </c>
       <c r="I381" t="s">
-        <v>3539</v>
+        <v>3541</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>3540</v>
+        <v>47</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>3541</v>
+        <v>48</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>3542</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10951</v>
+        <v>11000</v>
       </c>
       <c r="B382" t="s">
         <v>3543</v>
       </c>
       <c r="C382" t="s">
         <v>3544</v>
       </c>
       <c r="D382" t="s">
         <v>3545</v>
       </c>
       <c r="E382" t="s">
         <v>3546</v>
       </c>
       <c r="F382" t="s">
         <v>3547</v>
       </c>
       <c r="G382" t="s">
         <v>3548</v>
       </c>
       <c r="H382" t="s">
         <v>3549</v>
       </c>
       <c r="I382" t="s">
         <v>3550</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
         <v>3551</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>11000</v>
+        <v>11220</v>
       </c>
       <c r="B383" t="s">
         <v>3552</v>
       </c>
       <c r="C383" t="s">
         <v>3553</v>
       </c>
       <c r="D383" t="s">
         <v>3554</v>
       </c>
       <c r="E383" t="s">
         <v>3555</v>
       </c>
       <c r="F383" t="s">
         <v>3556</v>
       </c>
       <c r="G383" t="s">
         <v>3557</v>
       </c>
       <c r="H383" t="s">
         <v>3558</v>
       </c>
       <c r="I383" t="s">
         <v>3559</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
         <v>3560</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>11220</v>
+        <v>11231</v>
       </c>
       <c r="B384" t="s">
         <v>3561</v>
       </c>
       <c r="C384" t="s">
         <v>3562</v>
       </c>
       <c r="D384" t="s">
         <v>3563</v>
       </c>
       <c r="E384" t="s">
         <v>3564</v>
       </c>
       <c r="F384" t="s">
         <v>3565</v>
       </c>
       <c r="G384" t="s">
         <v>3566</v>
       </c>
       <c r="H384" t="s">
         <v>3567</v>
       </c>
       <c r="I384" t="s">
         <v>3568</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
         <v>3569</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>11231</v>
+        <v>11287</v>
       </c>
       <c r="B385" t="s">
         <v>3570</v>
       </c>
       <c r="C385" t="s">
         <v>3571</v>
       </c>
       <c r="D385" t="s">
         <v>3572</v>
       </c>
       <c r="E385" t="s">
         <v>3573</v>
       </c>
       <c r="F385" t="s">
         <v>3574</v>
       </c>
       <c r="G385" t="s">
         <v>3575</v>
       </c>
       <c r="H385" t="s">
         <v>3576</v>
       </c>
       <c r="I385" t="s">
         <v>3577</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
         <v>170</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
         <v>171</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
         <v>3578</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>11287</v>
+        <v>11299</v>
       </c>
       <c r="B386" t="s">
         <v>3579</v>
       </c>
       <c r="C386" t="s">
         <v>3580</v>
       </c>
       <c r="D386" t="s">
         <v>3581</v>
       </c>
       <c r="E386" t="s">
         <v>3582</v>
       </c>
       <c r="F386" t="s">
         <v>3583</v>
       </c>
       <c r="G386" t="s">
         <v>3584</v>
       </c>
       <c r="H386" t="s">
         <v>3585</v>
       </c>
       <c r="I386" t="s">
         <v>3586</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
         <v>170</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
         <v>171</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
         <v>3587</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>11299</v>
+        <v>11306</v>
       </c>
       <c r="B387" t="s">
         <v>3588</v>
       </c>
       <c r="C387" t="s">
         <v>3589</v>
       </c>
       <c r="D387" t="s">
         <v>3590</v>
       </c>
       <c r="E387" t="s">
         <v>3591</v>
       </c>
       <c r="F387" t="s">
         <v>3592</v>
       </c>
       <c r="G387" t="s">
         <v>3593</v>
       </c>
       <c r="H387" t="s">
         <v>3594</v>
       </c>
       <c r="I387" t="s">
         <v>3595</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>170</v>
+        <v>1132</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>171</v>
+        <v>1133</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
         <v>3596</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>11306</v>
+        <v>58060</v>
       </c>
       <c r="B388" t="s">
         <v>3597</v>
       </c>
       <c r="C388" t="s">
         <v>3598</v>
       </c>
       <c r="D388" t="s">
         <v>3599</v>
       </c>
       <c r="E388" t="s">
         <v>3600</v>
       </c>
       <c r="F388" t="s">
         <v>3601</v>
       </c>
       <c r="G388" t="s">
         <v>3602</v>
       </c>
       <c r="H388" t="s">
         <v>3603</v>
       </c>
       <c r="I388" t="s">
         <v>3604</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>1132</v>
+        <v>3248</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>1133</v>
+        <v>3249</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
         <v>3605</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>58060</v>
+        <v>58066</v>
       </c>
       <c r="B389" t="s">
         <v>3606</v>
       </c>
       <c r="C389" t="s">
         <v>3607</v>
       </c>
       <c r="D389" t="s">
         <v>3608</v>
       </c>
       <c r="E389" t="s">
         <v>3609</v>
       </c>
       <c r="F389" t="s">
         <v>3610</v>
       </c>
       <c r="G389" t="s">
         <v>3611</v>
       </c>
       <c r="H389" t="s">
         <v>3612</v>
       </c>
       <c r="I389" t="s">
         <v>3613</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>3257</v>
+        <v>274</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>3258</v>
+        <v>276</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
         <v>3614</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>58066</v>
+        <v>58120</v>
       </c>
       <c r="B390" t="s">
         <v>3615</v>
       </c>
       <c r="C390" t="s">
         <v>3616</v>
       </c>
       <c r="D390" t="s">
         <v>3617</v>
       </c>
       <c r="E390" t="s">
         <v>3618</v>
       </c>
       <c r="F390" t="s">
         <v>3619</v>
       </c>
       <c r="G390" t="s">
         <v>3620</v>
       </c>
       <c r="H390" t="s">
         <v>3621</v>
       </c>
       <c r="I390" t="s">
         <v>3622</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
         <v>3623</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>58120</v>
+        <v>58122</v>
       </c>
       <c r="B391" t="s">
         <v>3624</v>
       </c>
       <c r="C391" t="s">
         <v>3625</v>
       </c>
       <c r="D391" t="s">
         <v>3626</v>
       </c>
       <c r="E391" t="s">
         <v>3627</v>
       </c>
       <c r="F391" t="s">
         <v>3628</v>
       </c>
       <c r="G391" t="s">
         <v>3629</v>
       </c>
       <c r="H391" t="s">
         <v>3630</v>
       </c>
       <c r="I391" t="s">
         <v>3631</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
         <v>3632</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>58122</v>
+        <v>58144</v>
       </c>
       <c r="B392" t="s">
         <v>3633</v>
       </c>
       <c r="C392" t="s">
         <v>3634</v>
       </c>
       <c r="D392" t="s">
         <v>3635</v>
       </c>
       <c r="E392" t="s">
         <v>3636</v>
       </c>
       <c r="F392" t="s">
         <v>3637</v>
       </c>
       <c r="G392" t="s">
         <v>3638</v>
       </c>
       <c r="H392" t="s">
         <v>3639</v>
       </c>
       <c r="I392" t="s">
         <v>3640</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
         <v>3641</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>58144</v>
+        <v>58148</v>
       </c>
       <c r="B393" t="s">
         <v>3642</v>
       </c>
       <c r="C393" t="s">
         <v>3643</v>
       </c>
       <c r="D393" t="s">
         <v>3644</v>
       </c>
       <c r="E393" t="s">
         <v>3645</v>
       </c>
       <c r="F393" t="s">
         <v>3646</v>
       </c>
       <c r="G393" t="s">
         <v>3647</v>
       </c>
       <c r="H393" t="s">
         <v>3648</v>
       </c>
       <c r="I393" t="s">
         <v>3649</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
         <v>3650</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>58148</v>
+        <v>58218</v>
       </c>
       <c r="B394" t="s">
         <v>3651</v>
       </c>
       <c r="C394" t="s">
         <v>3652</v>
       </c>
       <c r="D394" t="s">
         <v>3653</v>
       </c>
       <c r="E394" t="s">
         <v>3654</v>
       </c>
       <c r="F394" t="s">
         <v>3655</v>
       </c>
       <c r="G394" t="s">
         <v>3656</v>
       </c>
       <c r="H394" t="s">
         <v>3657</v>
       </c>
       <c r="I394" t="s">
         <v>3658</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>1067</v>
+        <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>1068</v>
+        <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
         <v>3659</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>58218</v>
+        <v>58223</v>
       </c>
       <c r="B395" t="s">
         <v>3660</v>
       </c>
       <c r="C395" t="s">
         <v>3661</v>
       </c>
       <c r="D395" t="s">
         <v>3662</v>
       </c>
       <c r="E395" t="s">
         <v>3663</v>
       </c>
       <c r="F395" t="s">
         <v>3664</v>
       </c>
       <c r="G395" t="s">
         <v>3665</v>
       </c>
       <c r="H395" t="s">
         <v>3666</v>
       </c>
       <c r="I395" t="s">
         <v>3667</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
         <v>170</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
         <v>171</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
         <v>3668</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>58223</v>
+        <v>58240</v>
       </c>
       <c r="B396" t="s">
         <v>3669</v>
       </c>
       <c r="C396" t="s">
         <v>3670</v>
       </c>
       <c r="D396" t="s">
         <v>3671</v>
       </c>
       <c r="E396" t="s">
         <v>3672</v>
       </c>
       <c r="F396" t="s">
         <v>3673</v>
       </c>
       <c r="G396" t="s">
         <v>3674</v>
       </c>
       <c r="H396" t="s">
         <v>3675</v>
       </c>
       <c r="I396" t="s">
         <v>3676</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>170</v>
+        <v>3677</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>171</v>
+        <v>3678</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3677</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>58240</v>
+        <v>58259</v>
       </c>
       <c r="B397" t="s">
-        <v>3678</v>
+        <v>3680</v>
       </c>
       <c r="C397" t="s">
-        <v>3679</v>
+        <v>3681</v>
       </c>
       <c r="D397" t="s">
-        <v>3680</v>
+        <v>3682</v>
       </c>
       <c r="E397" t="s">
-        <v>3681</v>
+        <v>3683</v>
       </c>
       <c r="F397" t="s">
-        <v>3682</v>
+        <v>3684</v>
       </c>
       <c r="G397" t="s">
-        <v>3683</v>
+        <v>3685</v>
       </c>
       <c r="H397" t="s">
-        <v>3684</v>
+        <v>3686</v>
       </c>
       <c r="I397" t="s">
-        <v>3685</v>
+        <v>3687</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>3686</v>
+        <v>3688</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>3687</v>
+        <v>3689</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3688</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>58259</v>
+        <v>64637</v>
       </c>
       <c r="B398" t="s">
-        <v>3689</v>
+        <v>3691</v>
       </c>
       <c r="C398" t="s">
-        <v>3690</v>
+        <v>3692</v>
       </c>
       <c r="D398" t="s">
-        <v>3691</v>
+        <v>3693</v>
       </c>
       <c r="E398" t="s">
-        <v>3692</v>
+        <v>3694</v>
       </c>
       <c r="F398" t="s">
-        <v>3693</v>
+        <v>3695</v>
       </c>
       <c r="G398" t="s">
-        <v>3694</v>
+        <v>3696</v>
       </c>
       <c r="H398" t="s">
-        <v>3695</v>
+        <v>3697</v>
       </c>
       <c r="I398" t="s">
-        <v>3696</v>
+        <v>3698</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>3697</v>
+        <v>47</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>3698</v>
+        <v>48</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
         <v>3699</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>64637</v>
+        <v>64643</v>
       </c>
       <c r="B399" t="s">
         <v>3700</v>
       </c>
       <c r="C399" t="s">
         <v>3701</v>
       </c>
       <c r="D399" t="s">
         <v>3702</v>
       </c>
       <c r="E399" t="s">
         <v>3703</v>
       </c>
       <c r="F399" t="s">
         <v>3704</v>
       </c>
       <c r="G399" t="s">
         <v>3705</v>
       </c>
       <c r="H399" t="s">
         <v>3706</v>
       </c>
       <c r="I399" t="s">
         <v>3707</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
         <v>3708</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>64643</v>
+        <v>64689</v>
       </c>
       <c r="B400" t="s">
         <v>3709</v>
       </c>
       <c r="C400" t="s">
         <v>3710</v>
       </c>
       <c r="D400" t="s">
         <v>3711</v>
       </c>
       <c r="E400" t="s">
         <v>3712</v>
       </c>
       <c r="F400" t="s">
         <v>3713</v>
       </c>
       <c r="G400" t="s">
         <v>3714</v>
       </c>
       <c r="H400" t="s">
         <v>3715</v>
       </c>
       <c r="I400" t="s">
         <v>3716</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
         <v>3717</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>64689</v>
+        <v>65000</v>
       </c>
       <c r="B401" t="s">
         <v>3718</v>
       </c>
       <c r="C401" t="s">
         <v>3719</v>
       </c>
       <c r="D401" t="s">
         <v>3720</v>
       </c>
       <c r="E401" t="s">
         <v>3721</v>
       </c>
       <c r="F401" t="s">
         <v>3722</v>
       </c>
       <c r="G401" t="s">
         <v>3723</v>
       </c>
       <c r="H401" t="s">
         <v>3724</v>
       </c>
       <c r="I401" t="s">
         <v>3725</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
         <v>3726</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65000</v>
+        <v>65001</v>
       </c>
       <c r="B402" t="s">
         <v>3727</v>
       </c>
       <c r="C402" t="s">
         <v>3728</v>
       </c>
       <c r="D402" t="s">
         <v>3729</v>
       </c>
       <c r="E402" t="s">
         <v>3730</v>
       </c>
       <c r="F402" t="s">
         <v>3731</v>
       </c>
       <c r="G402" t="s">
         <v>3732</v>
       </c>
       <c r="H402" t="s">
         <v>3733</v>
       </c>
       <c r="I402" t="s">
         <v>3734</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
         <v>3735</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65001</v>
+        <v>65002</v>
       </c>
       <c r="B403" t="s">
         <v>3736</v>
       </c>
       <c r="C403" t="s">
         <v>3737</v>
       </c>
       <c r="D403" t="s">
         <v>3738</v>
       </c>
       <c r="E403" t="s">
         <v>3739</v>
       </c>
       <c r="F403" t="s">
         <v>3740</v>
       </c>
       <c r="G403" t="s">
         <v>3741</v>
       </c>
       <c r="H403" t="s">
         <v>3742</v>
       </c>
       <c r="I403" t="s">
         <v>3743</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
         <v>3744</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65002</v>
+        <v>65003</v>
       </c>
       <c r="B404" t="s">
         <v>3745</v>
       </c>
       <c r="C404" t="s">
         <v>3746</v>
       </c>
       <c r="D404" t="s">
         <v>3747</v>
       </c>
       <c r="E404" t="s">
         <v>3748</v>
       </c>
       <c r="F404" t="s">
         <v>3749</v>
       </c>
       <c r="G404" t="s">
         <v>3750</v>
       </c>
       <c r="H404" t="s">
         <v>3751</v>
       </c>
       <c r="I404" t="s">
         <v>3752</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
         <v>3753</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65003</v>
+        <v>65004</v>
       </c>
       <c r="B405" t="s">
         <v>3754</v>
       </c>
       <c r="C405" t="s">
         <v>3755</v>
       </c>
       <c r="D405" t="s">
         <v>3756</v>
       </c>
       <c r="E405" t="s">
         <v>3757</v>
       </c>
       <c r="F405" t="s">
         <v>3758</v>
       </c>
       <c r="G405" t="s">
         <v>3759</v>
       </c>
       <c r="H405" t="s">
         <v>3760</v>
       </c>
       <c r="I405" t="s">
         <v>3761</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
         <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
         <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
         <v>3762</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65004</v>
+        <v>65005</v>
       </c>
       <c r="B406" t="s">
         <v>3763</v>
       </c>
       <c r="C406" t="s">
         <v>3764</v>
       </c>
       <c r="D406" t="s">
         <v>3765</v>
       </c>
       <c r="E406" t="s">
         <v>3766</v>
       </c>
       <c r="F406" t="s">
         <v>3767</v>
       </c>
       <c r="G406" t="s">
         <v>3768</v>
       </c>
       <c r="H406" t="s">
         <v>3769</v>
       </c>
       <c r="I406" t="s">
         <v>3770</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>170</v>
+        <v>3771</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>171</v>
+        <v>3772</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3771</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65005</v>
+        <v>65006</v>
       </c>
       <c r="B407" t="s">
-        <v>3772</v>
+        <v>3774</v>
       </c>
       <c r="C407" t="s">
-        <v>3773</v>
+        <v>3775</v>
       </c>
       <c r="D407" t="s">
-        <v>3774</v>
+        <v>3776</v>
       </c>
       <c r="E407" t="s">
-        <v>3775</v>
+        <v>3777</v>
       </c>
       <c r="F407" t="s">
-        <v>3776</v>
+        <v>3778</v>
       </c>
       <c r="G407" t="s">
-        <v>3777</v>
+        <v>3779</v>
       </c>
       <c r="H407" t="s">
-        <v>3778</v>
+        <v>3780</v>
       </c>
       <c r="I407" t="s">
-        <v>3779</v>
+        <v>3781</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>3780</v>
+        <v>3782</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>3781</v>
+        <v>3783</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3782</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65006</v>
+        <v>65007</v>
       </c>
       <c r="B408" t="s">
-        <v>3783</v>
+        <v>3785</v>
       </c>
       <c r="C408" t="s">
-        <v>3784</v>
+        <v>3786</v>
       </c>
       <c r="D408" t="s">
-        <v>3785</v>
+        <v>3787</v>
       </c>
       <c r="E408" t="s">
-        <v>3786</v>
+        <v>3788</v>
       </c>
       <c r="F408" t="s">
-        <v>3787</v>
+        <v>3789</v>
       </c>
       <c r="G408" t="s">
-        <v>3788</v>
+        <v>3790</v>
       </c>
       <c r="H408" t="s">
-        <v>3789</v>
+        <v>3791</v>
       </c>
       <c r="I408" t="s">
-        <v>3790</v>
+        <v>3792</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>3791</v>
+        <v>25</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>3792</v>
+        <v>27</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
         <v>3793</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65007</v>
+        <v>65008</v>
       </c>
       <c r="B409" t="s">
         <v>3794</v>
       </c>
       <c r="C409" t="s">
         <v>3795</v>
       </c>
       <c r="D409" t="s">
         <v>3796</v>
       </c>
       <c r="E409" t="s">
         <v>3797</v>
       </c>
       <c r="F409" t="s">
         <v>3798</v>
       </c>
       <c r="G409" t="s">
         <v>3799</v>
       </c>
       <c r="H409" t="s">
         <v>3800</v>
       </c>
       <c r="I409" t="s">
         <v>3801</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
         <v>3802</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65008</v>
+        <v>65009</v>
       </c>
       <c r="B410" t="s">
         <v>3803</v>
       </c>
       <c r="C410" t="s">
         <v>3804</v>
       </c>
       <c r="D410" t="s">
         <v>3805</v>
       </c>
       <c r="E410" t="s">
         <v>3806</v>
       </c>
       <c r="F410" t="s">
         <v>3807</v>
       </c>
       <c r="G410" t="s">
         <v>3808</v>
       </c>
       <c r="H410" t="s">
         <v>3809</v>
       </c>
       <c r="I410" t="s">
         <v>3810</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
         <v>170</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
         <v>171</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
         <v>3811</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65009</v>
+        <v>65010</v>
       </c>
       <c r="B411" t="s">
         <v>3812</v>
       </c>
       <c r="C411" t="s">
         <v>3813</v>
       </c>
       <c r="D411" t="s">
         <v>3814</v>
       </c>
       <c r="E411" t="s">
         <v>3815</v>
       </c>
       <c r="F411" t="s">
         <v>3816</v>
       </c>
       <c r="G411" t="s">
         <v>3817</v>
       </c>
       <c r="H411" t="s">
         <v>3818</v>
       </c>
       <c r="I411" t="s">
         <v>3819</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
         <v>3820</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65010</v>
+        <v>65011</v>
       </c>
       <c r="B412" t="s">
         <v>3821</v>
       </c>
       <c r="C412" t="s">
         <v>3822</v>
       </c>
       <c r="D412" t="s">
         <v>3823</v>
       </c>
       <c r="E412" t="s">
         <v>3824</v>
       </c>
       <c r="F412" t="s">
         <v>3825</v>
       </c>
       <c r="G412" t="s">
         <v>3826</v>
       </c>
       <c r="H412" t="s">
         <v>3827</v>
       </c>
       <c r="I412" t="s">
         <v>3828</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
         <v>3829</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65011</v>
+        <v>65012</v>
       </c>
       <c r="B413" t="s">
         <v>3830</v>
       </c>
       <c r="C413" t="s">
         <v>3831</v>
       </c>
       <c r="D413" t="s">
         <v>3832</v>
       </c>
       <c r="E413" t="s">
         <v>3833</v>
       </c>
       <c r="F413" t="s">
         <v>3834</v>
       </c>
       <c r="G413" t="s">
         <v>3835</v>
       </c>
       <c r="H413" t="s">
         <v>3836</v>
       </c>
       <c r="I413" t="s">
         <v>3837</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>170</v>
+        <v>3838</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>171</v>
+        <v>3839</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3838</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65012</v>
+        <v>65013</v>
       </c>
       <c r="B414" t="s">
-        <v>3839</v>
+        <v>3841</v>
       </c>
       <c r="C414" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="D414" t="s">
-        <v>3841</v>
+        <v>3843</v>
       </c>
       <c r="E414" t="s">
-        <v>3842</v>
+        <v>3844</v>
       </c>
       <c r="F414" t="s">
-        <v>3843</v>
+        <v>3845</v>
       </c>
       <c r="G414" t="s">
-        <v>3844</v>
+        <v>3846</v>
       </c>
       <c r="H414" t="s">
-        <v>3845</v>
+        <v>3847</v>
       </c>
       <c r="I414" t="s">
-        <v>3846</v>
+        <v>3848</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>3847</v>
+        <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>3848</v>
+        <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
         <v>3849</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65013</v>
+        <v>65014</v>
       </c>
       <c r="B415" t="s">
         <v>3850</v>
       </c>
       <c r="C415" t="s">
         <v>3851</v>
       </c>
       <c r="D415" t="s">
         <v>3852</v>
       </c>
       <c r="E415" t="s">
         <v>3853</v>
       </c>
       <c r="F415" t="s">
         <v>3854</v>
       </c>
       <c r="G415" t="s">
         <v>3855</v>
       </c>
       <c r="H415" t="s">
         <v>3856</v>
       </c>
       <c r="I415" t="s">
         <v>3857</v>
       </c>
       <c r="J415" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K415" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L415" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M415" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
         <v>3858</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65014</v>
+        <v>65015</v>
       </c>
       <c r="B416" t="s">
         <v>3859</v>
       </c>
       <c r="C416" t="s">
         <v>3860</v>
       </c>
       <c r="D416" t="s">
         <v>3861</v>
       </c>
       <c r="E416" t="s">
         <v>3862</v>
       </c>
       <c r="F416" t="s">
         <v>3863</v>
       </c>
       <c r="G416" t="s">
         <v>3864</v>
       </c>
       <c r="H416" t="s">
         <v>3865</v>
       </c>
       <c r="I416" t="s">
         <v>3866</v>
       </c>
       <c r="J416" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L416" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
         <v>3867</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65015</v>
+        <v>65016</v>
       </c>
       <c r="B417" t="s">
         <v>3868</v>
       </c>
       <c r="C417" t="s">
         <v>3869</v>
       </c>
       <c r="D417" t="s">
         <v>3870</v>
       </c>
       <c r="E417" t="s">
         <v>3871</v>
       </c>
       <c r="F417" t="s">
         <v>3872</v>
       </c>
       <c r="G417" t="s">
         <v>3873</v>
       </c>
       <c r="H417" t="s">
         <v>3874</v>
       </c>
       <c r="I417" t="s">
         <v>3875</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
         <v>3876</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65016</v>
+        <v>65017</v>
       </c>
       <c r="B418" t="s">
         <v>3877</v>
       </c>
       <c r="C418" t="s">
         <v>3878</v>
       </c>
       <c r="D418" t="s">
         <v>3879</v>
       </c>
       <c r="E418" t="s">
         <v>3880</v>
       </c>
       <c r="F418" t="s">
         <v>3881</v>
       </c>
       <c r="G418" t="s">
         <v>3882</v>
       </c>
       <c r="H418" t="s">
         <v>3883</v>
       </c>
       <c r="I418" t="s">
         <v>3884</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>25</v>
+        <v>3885</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>27</v>
+        <v>3886</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3885</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65017</v>
+        <v>65018</v>
       </c>
       <c r="B419" t="s">
-        <v>3886</v>
+        <v>3888</v>
       </c>
       <c r="C419" t="s">
-        <v>3887</v>
+        <v>3889</v>
       </c>
       <c r="D419" t="s">
-        <v>3888</v>
+        <v>3890</v>
       </c>
       <c r="E419" t="s">
-        <v>3889</v>
+        <v>3891</v>
       </c>
       <c r="F419" t="s">
-        <v>3890</v>
+        <v>3892</v>
       </c>
       <c r="G419" t="s">
-        <v>3891</v>
+        <v>3893</v>
       </c>
       <c r="H419" t="s">
-        <v>3892</v>
+        <v>3894</v>
       </c>
       <c r="I419" t="s">
-        <v>3893</v>
+        <v>3895</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>3894</v>
+        <v>3896</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>3895</v>
+        <v>3897</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3896</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65018</v>
+        <v>65019</v>
       </c>
       <c r="B420" t="s">
-        <v>3897</v>
+        <v>3899</v>
       </c>
       <c r="C420" t="s">
-        <v>3898</v>
+        <v>3900</v>
       </c>
       <c r="D420" t="s">
-        <v>3899</v>
+        <v>3901</v>
       </c>
       <c r="E420" t="s">
-        <v>3900</v>
+        <v>3902</v>
       </c>
       <c r="F420" t="s">
-        <v>3901</v>
+        <v>3903</v>
       </c>
       <c r="G420" t="s">
-        <v>3902</v>
+        <v>3904</v>
       </c>
       <c r="H420" t="s">
-        <v>3903</v>
+        <v>3905</v>
       </c>
       <c r="I420" t="s">
-        <v>3904</v>
+        <v>3906</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>3905</v>
+        <v>170</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>3906</v>
+        <v>171</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
         <v>3907</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65019</v>
+        <v>65020</v>
       </c>
       <c r="B421" t="s">
         <v>3908</v>
       </c>
       <c r="C421" t="s">
         <v>3909</v>
       </c>
       <c r="D421" t="s">
         <v>3910</v>
       </c>
       <c r="E421" t="s">
         <v>3911</v>
       </c>
       <c r="F421" t="s">
         <v>3912</v>
       </c>
       <c r="G421" t="s">
         <v>3913</v>
       </c>
       <c r="H421" t="s">
         <v>3914</v>
       </c>
       <c r="I421" t="s">
         <v>3915</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>170</v>
+        <v>3916</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>171</v>
+        <v>3917</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3916</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65020</v>
+        <v>65021</v>
       </c>
       <c r="B422" t="s">
-        <v>3917</v>
+        <v>3919</v>
       </c>
       <c r="C422" t="s">
-        <v>3918</v>
+        <v>3920</v>
       </c>
       <c r="D422" t="s">
-        <v>3919</v>
+        <v>3921</v>
       </c>
       <c r="E422" t="s">
-        <v>3920</v>
+        <v>3922</v>
       </c>
       <c r="F422" t="s">
-        <v>3921</v>
+        <v>3923</v>
       </c>
       <c r="G422" t="s">
-        <v>3922</v>
+        <v>3924</v>
       </c>
       <c r="H422" t="s">
-        <v>3923</v>
+        <v>3925</v>
       </c>
       <c r="I422" t="s">
-        <v>3924</v>
+        <v>3926</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>3925</v>
+        <v>25</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>3926</v>
+        <v>27</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
         <v>3927</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65021</v>
+        <v>65022</v>
       </c>
       <c r="B423" t="s">
         <v>3928</v>
       </c>
       <c r="C423" t="s">
         <v>3929</v>
       </c>
       <c r="D423" t="s">
         <v>3930</v>
       </c>
       <c r="E423" t="s">
         <v>3931</v>
       </c>
       <c r="F423" t="s">
         <v>3932</v>
       </c>
       <c r="G423" t="s">
         <v>3933</v>
       </c>
       <c r="H423" t="s">
         <v>3934</v>
       </c>
       <c r="I423" t="s">
         <v>3935</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>25</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>27</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
         <v>3936</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65022</v>
+        <v>65023</v>
       </c>
       <c r="B424" t="s">
         <v>3937</v>
       </c>
       <c r="C424" t="s">
         <v>3938</v>
       </c>
       <c r="D424" t="s">
         <v>3939</v>
       </c>
       <c r="E424" t="s">
         <v>3940</v>
       </c>
       <c r="F424" t="s">
         <v>3941</v>
       </c>
       <c r="G424" t="s">
         <v>3942</v>
       </c>
       <c r="H424" t="s">
         <v>3943</v>
       </c>
       <c r="I424" t="s">
         <v>3944</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
         <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
         <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
         <v>3945</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65023</v>
+        <v>65025</v>
       </c>
       <c r="B425" t="s">
         <v>3946</v>
       </c>
       <c r="C425" t="s">
         <v>3947</v>
       </c>
       <c r="D425" t="s">
         <v>3948</v>
       </c>
       <c r="E425" t="s">
         <v>3949</v>
       </c>
       <c r="F425" t="s">
         <v>3950</v>
       </c>
       <c r="G425" t="s">
         <v>3951</v>
       </c>
       <c r="H425" t="s">
         <v>3952</v>
       </c>
       <c r="I425" t="s">
         <v>3953</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
         <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
         <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
         <v>3954</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65025</v>
+        <v>65026</v>
       </c>
       <c r="B426" t="s">
         <v>3955</v>
       </c>
       <c r="C426" t="s">
         <v>3956</v>
       </c>
       <c r="D426" t="s">
         <v>3957</v>
       </c>
       <c r="E426" t="s">
         <v>3958</v>
       </c>
       <c r="F426" t="s">
         <v>3959</v>
       </c>
       <c r="G426" t="s">
         <v>3960</v>
       </c>
       <c r="H426" t="s">
         <v>3961</v>
       </c>
       <c r="I426" t="s">
         <v>3962</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
         <v>3963</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65026</v>
+        <v>65027</v>
       </c>
       <c r="B427" t="s">
         <v>3964</v>
       </c>
       <c r="C427" t="s">
         <v>3965</v>
       </c>
       <c r="D427" t="s">
         <v>3966</v>
       </c>
       <c r="E427" t="s">
         <v>3967</v>
       </c>
       <c r="F427" t="s">
         <v>3968</v>
       </c>
       <c r="G427" t="s">
         <v>3969</v>
       </c>
       <c r="H427" t="s">
         <v>3970</v>
       </c>
       <c r="I427" t="s">
         <v>3971</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
         <v>3972</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65027</v>
+        <v>65028</v>
       </c>
       <c r="B428" t="s">
         <v>3973</v>
       </c>
       <c r="C428" t="s">
         <v>3974</v>
       </c>
       <c r="D428" t="s">
         <v>3975</v>
       </c>
       <c r="E428" t="s">
         <v>3976</v>
       </c>
       <c r="F428" t="s">
         <v>3977</v>
       </c>
       <c r="G428" t="s">
         <v>3978</v>
       </c>
       <c r="H428" t="s">
         <v>3979</v>
       </c>
       <c r="I428" t="s">
         <v>3980</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
         <v>3981</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65028</v>
+        <v>65030</v>
       </c>
       <c r="B429" t="s">
         <v>3982</v>
       </c>
       <c r="C429" t="s">
         <v>3983</v>
       </c>
       <c r="D429" t="s">
         <v>3984</v>
       </c>
       <c r="E429" t="s">
         <v>3985</v>
       </c>
       <c r="F429" t="s">
         <v>3986</v>
       </c>
       <c r="G429" t="s">
         <v>3987</v>
       </c>
       <c r="H429" t="s">
         <v>3988</v>
       </c>
       <c r="I429" t="s">
         <v>3989</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
         <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
         <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
         <v>3990</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65030</v>
+        <v>65031</v>
       </c>
       <c r="B430" t="s">
         <v>3991</v>
       </c>
       <c r="C430" t="s">
         <v>3992</v>
       </c>
       <c r="D430" t="s">
         <v>3993</v>
       </c>
       <c r="E430" t="s">
         <v>3994</v>
       </c>
       <c r="F430" t="s">
         <v>3995</v>
       </c>
       <c r="G430" t="s">
         <v>3996</v>
       </c>
       <c r="H430" t="s">
         <v>3997</v>
       </c>
       <c r="I430" t="s">
         <v>3998</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
         <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
         <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
         <v>3999</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65031</v>
+        <v>65032</v>
       </c>
       <c r="B431" t="s">
         <v>4000</v>
       </c>
       <c r="C431" t="s">
         <v>4001</v>
       </c>
       <c r="D431" t="s">
         <v>4002</v>
       </c>
       <c r="E431" t="s">
         <v>4003</v>
       </c>
       <c r="F431" t="s">
         <v>4004</v>
       </c>
       <c r="G431" t="s">
         <v>4005</v>
       </c>
       <c r="H431" t="s">
         <v>4006</v>
       </c>
       <c r="I431" t="s">
         <v>4007</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
         <v>4008</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65032</v>
+        <v>65033</v>
       </c>
       <c r="B432" t="s">
         <v>4009</v>
       </c>
       <c r="C432" t="s">
         <v>4010</v>
       </c>
       <c r="D432" t="s">
         <v>4011</v>
       </c>
       <c r="E432" t="s">
         <v>4012</v>
       </c>
       <c r="F432" t="s">
         <v>4013</v>
       </c>
       <c r="G432" t="s">
         <v>4014</v>
       </c>
       <c r="H432" t="s">
         <v>4015</v>
       </c>
       <c r="I432" t="s">
         <v>4016</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>170</v>
+        <v>683</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>171</v>
+        <v>4017</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>4017</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65033</v>
+        <v>65034</v>
       </c>
       <c r="B433" t="s">
-        <v>4018</v>
+        <v>4019</v>
       </c>
       <c r="C433" t="s">
-        <v>4019</v>
+        <v>4020</v>
       </c>
       <c r="D433" t="s">
-        <v>4020</v>
+        <v>4021</v>
       </c>
       <c r="E433" t="s">
-        <v>4021</v>
+        <v>4022</v>
       </c>
       <c r="F433" t="s">
-        <v>4022</v>
+        <v>4023</v>
       </c>
       <c r="G433" t="s">
-        <v>4023</v>
+        <v>4024</v>
       </c>
       <c r="H433" t="s">
-        <v>4024</v>
+        <v>4025</v>
       </c>
       <c r="I433" t="s">
-        <v>4025</v>
+        <v>4026</v>
       </c>
       <c r="J433" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K433" t="s">
-        <v>683</v>
+        <v>571</v>
       </c>
       <c r="L433" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M433" t="s">
-        <v>4026</v>
+        <v>572</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
         <v>4027</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65034</v>
+        <v>65035</v>
       </c>
       <c r="B434" t="s">
         <v>4028</v>
       </c>
       <c r="C434" t="s">
         <v>4029</v>
       </c>
       <c r="D434" t="s">
         <v>4030</v>
       </c>
       <c r="E434" t="s">
         <v>4031</v>
       </c>
       <c r="F434" t="s">
         <v>4032</v>
       </c>
       <c r="G434" t="s">
         <v>4033</v>
       </c>
       <c r="H434" t="s">
         <v>4034</v>
       </c>
       <c r="I434" t="s">
         <v>4035</v>
       </c>
       <c r="J434" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>571</v>
+        <v>25</v>
       </c>
       <c r="L434" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>572</v>
+        <v>27</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
         <v>4036</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65035</v>
+        <v>65036</v>
       </c>
       <c r="B435" t="s">
         <v>4037</v>
       </c>
       <c r="C435" t="s">
         <v>4038</v>
       </c>
       <c r="D435" t="s">
         <v>4039</v>
       </c>
       <c r="E435" t="s">
         <v>4040</v>
       </c>
       <c r="F435" t="s">
         <v>4041</v>
       </c>
       <c r="G435" t="s">
         <v>4042</v>
       </c>
       <c r="H435" t="s">
         <v>4043</v>
       </c>
       <c r="I435" t="s">
         <v>4044</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
         <v>25</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
         <v>27</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
         <v>4045</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65036</v>
+        <v>65037</v>
       </c>
       <c r="B436" t="s">
         <v>4046</v>
       </c>
       <c r="C436" t="s">
         <v>4047</v>
       </c>
       <c r="D436" t="s">
         <v>4048</v>
       </c>
       <c r="E436" t="s">
         <v>4049</v>
       </c>
       <c r="F436" t="s">
         <v>4050</v>
       </c>
       <c r="G436" t="s">
         <v>4051</v>
       </c>
       <c r="H436" t="s">
         <v>4052</v>
       </c>
       <c r="I436" t="s">
         <v>4053</v>
       </c>
       <c r="J436" t="s">
         <v>24</v>
       </c>
       <c r="K436" t="s">
         <v>25</v>
       </c>
       <c r="L436" t="s">
         <v>26</v>
       </c>
       <c r="M436" t="s">
         <v>27</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
         <v>4054</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65037</v>
+        <v>65038</v>
       </c>
       <c r="B437" t="s">
         <v>4055</v>
       </c>
       <c r="C437" t="s">
         <v>4056</v>
       </c>
       <c r="D437" t="s">
         <v>4057</v>
       </c>
       <c r="E437" t="s">
         <v>4058</v>
       </c>
       <c r="F437" t="s">
         <v>4059</v>
       </c>
       <c r="G437" t="s">
         <v>4060</v>
       </c>
       <c r="H437" t="s">
         <v>4061</v>
       </c>
       <c r="I437" t="s">
         <v>4062</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
         <v>4063</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65038</v>
+        <v>65039</v>
       </c>
       <c r="B438" t="s">
         <v>4064</v>
       </c>
       <c r="C438" t="s">
         <v>4065</v>
       </c>
       <c r="D438" t="s">
         <v>4066</v>
       </c>
       <c r="E438" t="s">
         <v>4067</v>
       </c>
       <c r="F438" t="s">
         <v>4068</v>
       </c>
       <c r="G438" t="s">
         <v>4069</v>
       </c>
       <c r="H438" t="s">
         <v>4070</v>
       </c>
       <c r="I438" t="s">
         <v>4071</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
         <v>170</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
         <v>171</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
         <v>4072</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65039</v>
+        <v>65040</v>
       </c>
       <c r="B439" t="s">
         <v>4073</v>
       </c>
       <c r="C439" t="s">
         <v>4074</v>
       </c>
       <c r="D439" t="s">
         <v>4075</v>
       </c>
       <c r="E439" t="s">
         <v>4076</v>
       </c>
       <c r="F439" t="s">
         <v>4077</v>
       </c>
       <c r="G439" t="s">
         <v>4078</v>
       </c>
       <c r="H439" t="s">
         <v>4079</v>
       </c>
       <c r="I439" t="s">
         <v>4080</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>170</v>
+        <v>871</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>171</v>
+        <v>872</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
         <v>4081</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65040</v>
+        <v>65043</v>
       </c>
       <c r="B440" t="s">
         <v>4082</v>
       </c>
       <c r="C440" t="s">
         <v>4083</v>
       </c>
       <c r="D440" t="s">
         <v>4084</v>
       </c>
       <c r="E440" t="s">
         <v>4085</v>
       </c>
       <c r="F440" t="s">
         <v>4086</v>
       </c>
       <c r="G440" t="s">
         <v>4087</v>
       </c>
       <c r="H440" t="s">
         <v>4088</v>
       </c>
       <c r="I440" t="s">
         <v>4089</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
         <v>4090</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65043</v>
+        <v>65044</v>
       </c>
       <c r="B441" t="s">
         <v>4091</v>
       </c>
       <c r="C441" t="s">
         <v>4092</v>
       </c>
       <c r="D441" t="s">
         <v>4093</v>
       </c>
       <c r="E441" t="s">
         <v>4094</v>
       </c>
       <c r="F441" t="s">
         <v>4095</v>
       </c>
       <c r="G441" t="s">
         <v>4096</v>
       </c>
       <c r="H441" t="s">
         <v>4097</v>
       </c>
       <c r="I441" t="s">
         <v>4098</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
         <v>25</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
         <v>27</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
         <v>4099</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65044</v>
+        <v>65045</v>
       </c>
       <c r="B442" t="s">
         <v>4100</v>
       </c>
       <c r="C442" t="s">
         <v>4101</v>
       </c>
       <c r="D442" t="s">
         <v>4102</v>
       </c>
       <c r="E442" t="s">
         <v>4103</v>
       </c>
       <c r="F442" t="s">
         <v>4104</v>
       </c>
       <c r="G442" t="s">
         <v>4105</v>
       </c>
       <c r="H442" t="s">
         <v>4106</v>
       </c>
       <c r="I442" t="s">
         <v>4107</v>
       </c>
       <c r="J442" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K442" t="s">
-        <v>25</v>
+        <v>4108</v>
       </c>
       <c r="L442" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M442" t="s">
-        <v>27</v>
+        <v>4109</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
-        <v>4108</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65045</v>
+        <v>65046</v>
       </c>
       <c r="B443" t="s">
-        <v>4109</v>
+        <v>4111</v>
       </c>
       <c r="C443" t="s">
-        <v>4110</v>
+        <v>4112</v>
       </c>
       <c r="D443" t="s">
-        <v>4111</v>
+        <v>4113</v>
       </c>
       <c r="E443" t="s">
-        <v>4112</v>
+        <v>4114</v>
       </c>
       <c r="F443" t="s">
-        <v>4113</v>
+        <v>4115</v>
       </c>
       <c r="G443" t="s">
-        <v>4114</v>
+        <v>4116</v>
       </c>
       <c r="H443" t="s">
-        <v>4115</v>
+        <v>4117</v>
       </c>
       <c r="I443" t="s">
-        <v>4116</v>
+        <v>4118</v>
       </c>
       <c r="J443" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>4117</v>
+        <v>47</v>
       </c>
       <c r="L443" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>4118</v>
+        <v>48</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
         <v>4119</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65046</v>
+        <v>65047</v>
       </c>
       <c r="B444" t="s">
         <v>4120</v>
       </c>
       <c r="C444" t="s">
         <v>4121</v>
       </c>
       <c r="D444" t="s">
         <v>4122</v>
       </c>
       <c r="E444" t="s">
         <v>4123</v>
       </c>
       <c r="F444" t="s">
         <v>4124</v>
       </c>
       <c r="G444" t="s">
         <v>4125</v>
       </c>
       <c r="H444" t="s">
         <v>4126</v>
       </c>
       <c r="I444" t="s">
         <v>4127</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>47</v>
+        <v>4108</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>48</v>
+        <v>4109</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
         <v>4128</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65047</v>
+        <v>65049</v>
       </c>
       <c r="B445" t="s">
         <v>4129</v>
       </c>
       <c r="C445" t="s">
         <v>4130</v>
       </c>
       <c r="D445" t="s">
         <v>4131</v>
       </c>
       <c r="E445" t="s">
         <v>4132</v>
       </c>
       <c r="F445" t="s">
         <v>4133</v>
       </c>
       <c r="G445" t="s">
         <v>4134</v>
       </c>
       <c r="H445" t="s">
         <v>4135</v>
       </c>
       <c r="I445" t="s">
         <v>4136</v>
       </c>
       <c r="J445" t="s">
         <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>4117</v>
+        <v>59</v>
       </c>
       <c r="L445" t="s">
         <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>4118</v>
+        <v>61</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
         <v>4137</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65049</v>
+        <v>65050</v>
       </c>
       <c r="B446" t="s">
         <v>4138</v>
       </c>
       <c r="C446" t="s">
         <v>4139</v>
       </c>
       <c r="D446" t="s">
         <v>4140</v>
       </c>
       <c r="E446" t="s">
         <v>4141</v>
       </c>
       <c r="F446" t="s">
         <v>4142</v>
       </c>
       <c r="G446" t="s">
         <v>4143</v>
       </c>
       <c r="H446" t="s">
         <v>4144</v>
       </c>
       <c r="I446" t="s">
         <v>4145</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
         <v>4146</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65050</v>
+        <v>65051</v>
       </c>
       <c r="B447" t="s">
         <v>4147</v>
       </c>
       <c r="C447" t="s">
         <v>4148</v>
       </c>
       <c r="D447" t="s">
         <v>4149</v>
       </c>
       <c r="E447" t="s">
         <v>4150</v>
       </c>
       <c r="F447" t="s">
         <v>4151</v>
       </c>
       <c r="G447" t="s">
         <v>4152</v>
       </c>
       <c r="H447" t="s">
         <v>4153</v>
       </c>
       <c r="I447" t="s">
         <v>4154</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
         <v>4155</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65051</v>
+        <v>65053</v>
       </c>
       <c r="B448" t="s">
         <v>4156</v>
       </c>
       <c r="C448" t="s">
         <v>4157</v>
       </c>
       <c r="D448" t="s">
         <v>4158</v>
       </c>
       <c r="E448" t="s">
         <v>4159</v>
       </c>
       <c r="F448" t="s">
         <v>4160</v>
       </c>
       <c r="G448" t="s">
         <v>4161</v>
       </c>
       <c r="H448" t="s">
         <v>4162</v>
       </c>
       <c r="I448" t="s">
         <v>4163</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>739</v>
+        <v>170</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>740</v>
+        <v>171</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
         <v>4164</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65053</v>
+        <v>65054</v>
       </c>
       <c r="B449" t="s">
         <v>4165</v>
       </c>
       <c r="C449" t="s">
         <v>4166</v>
       </c>
       <c r="D449" t="s">
         <v>4167</v>
       </c>
       <c r="E449" t="s">
         <v>4168</v>
       </c>
       <c r="F449" t="s">
         <v>4169</v>
       </c>
       <c r="G449" t="s">
         <v>4170</v>
       </c>
       <c r="H449" t="s">
         <v>4171</v>
       </c>
       <c r="I449" t="s">
         <v>4172</v>
       </c>
       <c r="J449" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K449" t="s">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="L449" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M449" t="s">
-        <v>171</v>
+        <v>209</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
         <v>4173</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65054</v>
+        <v>65055</v>
       </c>
       <c r="B450" t="s">
         <v>4174</v>
       </c>
       <c r="C450" t="s">
         <v>4175</v>
       </c>
       <c r="D450" t="s">
         <v>4176</v>
       </c>
       <c r="E450" t="s">
         <v>4177</v>
       </c>
       <c r="F450" t="s">
         <v>4178</v>
       </c>
       <c r="G450" t="s">
         <v>4179</v>
       </c>
       <c r="H450" t="s">
         <v>4180</v>
       </c>
       <c r="I450" t="s">
         <v>4181</v>
       </c>
       <c r="J450" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>208</v>
+        <v>571</v>
       </c>
       <c r="L450" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>209</v>
+        <v>572</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
         <v>4182</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65055</v>
+        <v>65057</v>
       </c>
       <c r="B451" t="s">
         <v>4183</v>
       </c>
       <c r="C451" t="s">
         <v>4184</v>
       </c>
       <c r="D451" t="s">
         <v>4185</v>
       </c>
       <c r="E451" t="s">
         <v>4186</v>
       </c>
       <c r="F451" t="s">
         <v>4187</v>
       </c>
       <c r="G451" t="s">
         <v>4188</v>
       </c>
       <c r="H451" t="s">
         <v>4189</v>
       </c>
       <c r="I451" t="s">
         <v>4190</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>571</v>
+        <v>274</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>572</v>
+        <v>276</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
         <v>4191</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65057</v>
+        <v>65058</v>
       </c>
       <c r="B452" t="s">
         <v>4192</v>
       </c>
       <c r="C452" t="s">
         <v>4193</v>
       </c>
       <c r="D452" t="s">
         <v>4194</v>
       </c>
       <c r="E452" t="s">
         <v>4195</v>
       </c>
       <c r="F452" t="s">
         <v>4196</v>
       </c>
       <c r="G452" t="s">
         <v>4197</v>
       </c>
       <c r="H452" t="s">
         <v>4198</v>
       </c>
       <c r="I452" t="s">
         <v>4199</v>
       </c>
       <c r="J452" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K452" t="s">
-        <v>274</v>
+        <v>672</v>
       </c>
       <c r="L452" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M452" t="s">
-        <v>276</v>
+        <v>673</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
         <v>4200</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65058</v>
+        <v>65059</v>
       </c>
       <c r="B453" t="s">
         <v>4201</v>
       </c>
       <c r="C453" t="s">
         <v>4202</v>
       </c>
       <c r="D453" t="s">
         <v>4203</v>
       </c>
       <c r="E453" t="s">
         <v>4204</v>
       </c>
       <c r="F453" t="s">
         <v>4205</v>
       </c>
       <c r="G453" t="s">
         <v>4206</v>
       </c>
       <c r="H453" t="s">
         <v>4207</v>
       </c>
       <c r="I453" t="s">
         <v>4208</v>
       </c>
       <c r="J453" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L453" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
         <v>4209</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65059</v>
+        <v>65060</v>
       </c>
       <c r="B454" t="s">
         <v>4210</v>
       </c>
       <c r="C454" t="s">
         <v>4211</v>
       </c>
       <c r="D454" t="s">
         <v>4212</v>
       </c>
       <c r="E454" t="s">
         <v>4213</v>
       </c>
       <c r="F454" t="s">
         <v>4214</v>
       </c>
       <c r="G454" t="s">
         <v>4215</v>
       </c>
       <c r="H454" t="s">
         <v>4216</v>
       </c>
       <c r="I454" t="s">
         <v>4217</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
         <v>4218</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65060</v>
+        <v>65061</v>
       </c>
       <c r="B455" t="s">
         <v>4219</v>
       </c>
       <c r="C455" t="s">
         <v>4220</v>
       </c>
       <c r="D455" t="s">
         <v>4221</v>
       </c>
       <c r="E455" t="s">
         <v>4222</v>
       </c>
       <c r="F455" t="s">
         <v>4223</v>
       </c>
       <c r="G455" t="s">
         <v>4224</v>
       </c>
       <c r="H455" t="s">
         <v>4225</v>
       </c>
       <c r="I455" t="s">
         <v>4226</v>
       </c>
       <c r="J455" t="s">
         <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>47</v>
+        <v>871</v>
       </c>
       <c r="L455" t="s">
         <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>48</v>
+        <v>872</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
         <v>4227</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65061</v>
+        <v>65062</v>
       </c>
       <c r="B456" t="s">
         <v>4228</v>
       </c>
       <c r="C456" t="s">
         <v>4229</v>
       </c>
       <c r="D456" t="s">
         <v>4230</v>
       </c>
       <c r="E456" t="s">
         <v>4231</v>
       </c>
       <c r="F456" t="s">
         <v>4232</v>
       </c>
       <c r="G456" t="s">
         <v>4233</v>
       </c>
       <c r="H456" t="s">
         <v>4234</v>
       </c>
       <c r="I456" t="s">
         <v>4235</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
         <v>4236</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65062</v>
+        <v>65063</v>
       </c>
       <c r="B457" t="s">
         <v>4237</v>
       </c>
       <c r="C457" t="s">
         <v>4238</v>
       </c>
       <c r="D457" t="s">
         <v>4239</v>
       </c>
       <c r="E457" t="s">
         <v>4240</v>
       </c>
       <c r="F457" t="s">
         <v>4241</v>
       </c>
       <c r="G457" t="s">
         <v>4242</v>
       </c>
       <c r="H457" t="s">
         <v>4243</v>
       </c>
       <c r="I457" t="s">
         <v>4244</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
         <v>4245</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65063</v>
+        <v>65068</v>
       </c>
       <c r="B458" t="s">
         <v>4246</v>
       </c>
       <c r="C458" t="s">
         <v>4247</v>
       </c>
       <c r="D458" t="s">
         <v>4248</v>
       </c>
       <c r="E458" t="s">
         <v>4249</v>
       </c>
       <c r="F458" t="s">
         <v>4250</v>
       </c>
       <c r="G458" t="s">
         <v>4251</v>
       </c>
       <c r="H458" t="s">
         <v>4252</v>
       </c>
       <c r="I458" t="s">
         <v>4253</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>1067</v>
+        <v>25</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>1068</v>
+        <v>27</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
         <v>4254</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65068</v>
+        <v>65069</v>
       </c>
       <c r="B459" t="s">
         <v>4255</v>
       </c>
       <c r="C459" t="s">
         <v>4256</v>
       </c>
       <c r="D459" t="s">
         <v>4257</v>
       </c>
       <c r="E459" t="s">
         <v>4258</v>
       </c>
       <c r="F459" t="s">
         <v>4259</v>
       </c>
       <c r="G459" t="s">
         <v>4260</v>
       </c>
       <c r="H459" t="s">
         <v>4261</v>
       </c>
       <c r="I459" t="s">
         <v>4262</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
         <v>4263</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65069</v>
+        <v>65071</v>
       </c>
       <c r="B460" t="s">
         <v>4264</v>
       </c>
       <c r="C460" t="s">
         <v>4265</v>
       </c>
       <c r="D460" t="s">
         <v>4266</v>
       </c>
       <c r="E460" t="s">
         <v>4267</v>
       </c>
       <c r="F460" t="s">
         <v>4268</v>
       </c>
       <c r="G460" t="s">
         <v>4269</v>
       </c>
       <c r="H460" t="s">
         <v>4270</v>
       </c>
       <c r="I460" t="s">
         <v>4271</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
         <v>4272</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65071</v>
+        <v>65073</v>
       </c>
       <c r="B461" t="s">
         <v>4273</v>
       </c>
       <c r="C461" t="s">
         <v>4274</v>
       </c>
       <c r="D461" t="s">
         <v>4275</v>
       </c>
       <c r="E461" t="s">
         <v>4276</v>
       </c>
       <c r="F461" t="s">
         <v>4277</v>
       </c>
       <c r="G461" t="s">
         <v>4278</v>
       </c>
       <c r="H461" t="s">
         <v>4279</v>
       </c>
       <c r="I461" t="s">
         <v>4280</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
         <v>25</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
         <v>27</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
         <v>4281</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65073</v>
+        <v>65074</v>
       </c>
       <c r="B462" t="s">
         <v>4282</v>
       </c>
       <c r="C462" t="s">
         <v>4283</v>
       </c>
       <c r="D462" t="s">
         <v>4284</v>
       </c>
       <c r="E462" t="s">
         <v>4285</v>
       </c>
       <c r="F462" t="s">
         <v>4286</v>
       </c>
       <c r="G462" t="s">
         <v>4287</v>
       </c>
       <c r="H462" t="s">
         <v>4288</v>
       </c>
       <c r="I462" t="s">
         <v>4289</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>25</v>
+        <v>4290</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>27</v>
+        <v>4291</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
-        <v>4290</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65074</v>
+        <v>65075</v>
       </c>
       <c r="B463" t="s">
-        <v>4291</v>
+        <v>4293</v>
       </c>
       <c r="C463" t="s">
-        <v>4292</v>
+        <v>4294</v>
       </c>
       <c r="D463" t="s">
-        <v>4293</v>
+        <v>4295</v>
       </c>
       <c r="E463" t="s">
-        <v>4294</v>
+        <v>4296</v>
       </c>
       <c r="F463" t="s">
-        <v>4295</v>
+        <v>4297</v>
       </c>
       <c r="G463" t="s">
-        <v>4296</v>
+        <v>4298</v>
       </c>
       <c r="H463" t="s">
-        <v>4297</v>
+        <v>4299</v>
       </c>
       <c r="I463" t="s">
-        <v>4298</v>
+        <v>4300</v>
       </c>
       <c r="J463" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K463" t="s">
-        <v>4299</v>
+        <v>683</v>
       </c>
       <c r="L463" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M463" t="s">
-        <v>4300</v>
+        <v>4017</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
         <v>4301</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65075</v>
+        <v>65076</v>
       </c>
       <c r="B464" t="s">
         <v>4302</v>
       </c>
       <c r="C464" t="s">
         <v>4303</v>
       </c>
       <c r="D464" t="s">
         <v>4304</v>
       </c>
       <c r="E464" t="s">
         <v>4305</v>
       </c>
       <c r="F464" t="s">
         <v>4306</v>
       </c>
       <c r="G464" t="s">
         <v>4307</v>
       </c>
       <c r="H464" t="s">
         <v>4308</v>
       </c>
       <c r="I464" t="s">
         <v>4309</v>
       </c>
       <c r="J464" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>683</v>
+        <v>170</v>
       </c>
       <c r="L464" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>4026</v>
+        <v>171</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
         <v>4310</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65076</v>
+        <v>65077</v>
       </c>
       <c r="B465" t="s">
         <v>4311</v>
       </c>
       <c r="C465" t="s">
         <v>4312</v>
       </c>
       <c r="D465" t="s">
         <v>4313</v>
       </c>
       <c r="E465" t="s">
         <v>4314</v>
       </c>
       <c r="F465" t="s">
         <v>4315</v>
       </c>
       <c r="G465" t="s">
         <v>4316</v>
       </c>
       <c r="H465" t="s">
         <v>4317</v>
       </c>
       <c r="I465" t="s">
         <v>4318</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
-        <v>170</v>
+        <v>739</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
-        <v>171</v>
+        <v>740</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
         <v>4319</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65077</v>
+        <v>65080</v>
       </c>
       <c r="B466" t="s">
         <v>4320</v>
       </c>
       <c r="C466" t="s">
         <v>4321</v>
       </c>
       <c r="D466" t="s">
         <v>4322</v>
       </c>
       <c r="E466" t="s">
         <v>4323</v>
       </c>
       <c r="F466" t="s">
         <v>4324</v>
       </c>
       <c r="G466" t="s">
         <v>4325</v>
       </c>
       <c r="H466" t="s">
         <v>4326</v>
       </c>
       <c r="I466" t="s">
         <v>4327</v>
       </c>
       <c r="J466" t="s">
         <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>739</v>
+        <v>47</v>
       </c>
       <c r="L466" t="s">
         <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>740</v>
+        <v>48</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
         <v>4328</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65080</v>
+        <v>65081</v>
       </c>
       <c r="B467" t="s">
         <v>4329</v>
       </c>
       <c r="C467" t="s">
         <v>4330</v>
       </c>
       <c r="D467" t="s">
         <v>4331</v>
       </c>
       <c r="E467" t="s">
         <v>4332</v>
       </c>
       <c r="F467" t="s">
         <v>4333</v>
       </c>
       <c r="G467" t="s">
         <v>4334</v>
       </c>
       <c r="H467" t="s">
         <v>4335</v>
       </c>
       <c r="I467" t="s">
         <v>4336</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
         <v>47</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
         <v>48</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
         <v>4337</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65081</v>
+        <v>65082</v>
       </c>
       <c r="B468" t="s">
         <v>4338</v>
       </c>
       <c r="C468" t="s">
         <v>4339</v>
       </c>
       <c r="D468" t="s">
         <v>4340</v>
       </c>
       <c r="E468" t="s">
         <v>4341</v>
       </c>
       <c r="F468" t="s">
         <v>4342</v>
       </c>
       <c r="G468" t="s">
         <v>4343</v>
       </c>
       <c r="H468" t="s">
         <v>4344</v>
       </c>
       <c r="I468" t="s">
         <v>4345</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
         <v>47</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
         <v>48</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
         <v>4346</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65082</v>
+        <v>65083</v>
       </c>
       <c r="B469" t="s">
         <v>4347</v>
       </c>
       <c r="C469" t="s">
         <v>4348</v>
       </c>
       <c r="D469" t="s">
         <v>4349</v>
       </c>
       <c r="E469" t="s">
         <v>4350</v>
       </c>
       <c r="F469" t="s">
         <v>4351</v>
       </c>
       <c r="G469" t="s">
         <v>4352</v>
       </c>
       <c r="H469" t="s">
         <v>4353</v>
       </c>
       <c r="I469" t="s">
         <v>4354</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
         <v>4355</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65083</v>
+        <v>65084</v>
       </c>
       <c r="B470" t="s">
         <v>4356</v>
       </c>
       <c r="C470" t="s">
         <v>4357</v>
       </c>
       <c r="D470" t="s">
         <v>4358</v>
       </c>
       <c r="E470" t="s">
         <v>4359</v>
       </c>
       <c r="F470" t="s">
         <v>4360</v>
       </c>
       <c r="G470" t="s">
         <v>4361</v>
       </c>
       <c r="H470" t="s">
         <v>4362</v>
       </c>
       <c r="I470" t="s">
         <v>4363</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
         <v>4364</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65084</v>
+        <v>65085</v>
       </c>
       <c r="B471" t="s">
         <v>4365</v>
       </c>
       <c r="C471" t="s">
         <v>4366</v>
       </c>
       <c r="D471" t="s">
         <v>4367</v>
       </c>
       <c r="E471" t="s">
         <v>4368</v>
       </c>
       <c r="F471" t="s">
         <v>4369</v>
       </c>
       <c r="G471" t="s">
         <v>4370</v>
       </c>
       <c r="H471" t="s">
         <v>4371</v>
       </c>
       <c r="I471" t="s">
         <v>4372</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
         <v>4373</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65085</v>
+        <v>65086</v>
       </c>
       <c r="B472" t="s">
         <v>4374</v>
       </c>
       <c r="C472" t="s">
         <v>4375</v>
       </c>
       <c r="D472" t="s">
         <v>4376</v>
       </c>
       <c r="E472" t="s">
         <v>4377</v>
       </c>
       <c r="F472" t="s">
         <v>4378</v>
       </c>
       <c r="G472" t="s">
         <v>4379</v>
       </c>
       <c r="H472" t="s">
         <v>4380</v>
       </c>
       <c r="I472" t="s">
         <v>4381</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>571</v>
+        <v>170</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>572</v>
+        <v>171</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
         <v>4382</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65086</v>
+        <v>65087</v>
       </c>
       <c r="B473" t="s">
         <v>4383</v>
       </c>
       <c r="C473" t="s">
         <v>4384</v>
       </c>
       <c r="D473" t="s">
         <v>4385</v>
       </c>
       <c r="E473" t="s">
         <v>4386</v>
       </c>
       <c r="F473" t="s">
         <v>4387</v>
       </c>
       <c r="G473" t="s">
         <v>4388</v>
       </c>
       <c r="H473" t="s">
         <v>4389</v>
       </c>
       <c r="I473" t="s">
         <v>4390</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
         <v>170</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
         <v>171</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
         <v>4391</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65087</v>
+        <v>65088</v>
       </c>
       <c r="B474" t="s">
         <v>4392</v>
       </c>
       <c r="C474" t="s">
         <v>4393</v>
       </c>
       <c r="D474" t="s">
         <v>4394</v>
       </c>
       <c r="E474" t="s">
         <v>4395</v>
       </c>
       <c r="F474" t="s">
         <v>4396</v>
       </c>
       <c r="G474" t="s">
         <v>4397</v>
       </c>
       <c r="H474" t="s">
         <v>4398</v>
       </c>
       <c r="I474" t="s">
         <v>4399</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
         <v>4400</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65088</v>
+        <v>65089</v>
       </c>
       <c r="B475" t="s">
         <v>4401</v>
       </c>
       <c r="C475" t="s">
         <v>4402</v>
       </c>
       <c r="D475" t="s">
         <v>4403</v>
       </c>
       <c r="E475" t="s">
         <v>4404</v>
       </c>
       <c r="F475" t="s">
         <v>4405</v>
       </c>
       <c r="G475" t="s">
         <v>4406</v>
       </c>
       <c r="H475" t="s">
         <v>4407</v>
       </c>
       <c r="I475" t="s">
         <v>4408</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
         <v>25</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
         <v>27</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
         <v>4409</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65089</v>
+        <v>65090</v>
       </c>
       <c r="B476" t="s">
         <v>4410</v>
       </c>
       <c r="C476" t="s">
         <v>4411</v>
       </c>
       <c r="D476" t="s">
         <v>4412</v>
       </c>
       <c r="E476" t="s">
         <v>4413</v>
       </c>
       <c r="F476" t="s">
         <v>4414</v>
       </c>
       <c r="G476" t="s">
         <v>4415</v>
       </c>
       <c r="H476" t="s">
         <v>4416</v>
       </c>
       <c r="I476" t="s">
         <v>4417</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
         <v>25</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
         <v>27</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
         <v>4418</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65090</v>
+        <v>65091</v>
       </c>
       <c r="B477" t="s">
         <v>4419</v>
       </c>
       <c r="C477" t="s">
         <v>4420</v>
       </c>
       <c r="D477" t="s">
         <v>4421</v>
       </c>
       <c r="E477" t="s">
         <v>4422</v>
       </c>
       <c r="F477" t="s">
         <v>4423</v>
       </c>
       <c r="G477" t="s">
         <v>4424</v>
       </c>
       <c r="H477" t="s">
         <v>4425</v>
       </c>
       <c r="I477" t="s">
         <v>4426</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
         <v>4427</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65091</v>
+        <v>65092</v>
       </c>
       <c r="B478" t="s">
         <v>4428</v>
       </c>
       <c r="C478" t="s">
         <v>4429</v>
       </c>
       <c r="D478" t="s">
         <v>4430</v>
       </c>
       <c r="E478" t="s">
         <v>4431</v>
       </c>
       <c r="F478" t="s">
         <v>4432</v>
       </c>
       <c r="G478" t="s">
         <v>4433</v>
       </c>
       <c r="H478" t="s">
         <v>4434</v>
       </c>
       <c r="I478" t="s">
         <v>4435</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
         <v>4436</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65092</v>
+        <v>65093</v>
       </c>
       <c r="B479" t="s">
         <v>4437</v>
       </c>
       <c r="C479" t="s">
         <v>4438</v>
       </c>
       <c r="D479" t="s">
         <v>4439</v>
       </c>
       <c r="E479" t="s">
         <v>4440</v>
       </c>
       <c r="F479" t="s">
         <v>4441</v>
       </c>
       <c r="G479" t="s">
         <v>4442</v>
       </c>
       <c r="H479" t="s">
         <v>4443</v>
       </c>
       <c r="I479" t="s">
         <v>4444</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>170</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>171</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
         <v>4445</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65093</v>
+        <v>65094</v>
       </c>
       <c r="B480" t="s">
         <v>4446</v>
       </c>
       <c r="C480" t="s">
         <v>4447</v>
       </c>
       <c r="D480" t="s">
         <v>4448</v>
       </c>
       <c r="E480" t="s">
         <v>4449</v>
       </c>
       <c r="F480" t="s">
         <v>4450</v>
       </c>
       <c r="G480" t="s">
         <v>4451</v>
       </c>
       <c r="H480" t="s">
         <v>4452</v>
       </c>
       <c r="I480" t="s">
         <v>4453</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>170</v>
+        <v>4454</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>171</v>
+        <v>4455</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
-        <v>4454</v>
+        <v>4456</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65094</v>
+        <v>65095</v>
       </c>
       <c r="B481" t="s">
-        <v>4455</v>
+        <v>4457</v>
       </c>
       <c r="C481" t="s">
-        <v>4456</v>
+        <v>4458</v>
       </c>
       <c r="D481" t="s">
-        <v>4457</v>
+        <v>4459</v>
       </c>
       <c r="E481" t="s">
-        <v>4458</v>
+        <v>4460</v>
       </c>
       <c r="F481" t="s">
-        <v>4459</v>
+        <v>4461</v>
       </c>
       <c r="G481" t="s">
-        <v>4460</v>
+        <v>4462</v>
       </c>
       <c r="H481" t="s">
-        <v>4461</v>
+        <v>4463</v>
       </c>
       <c r="I481" t="s">
-        <v>4462</v>
+        <v>4464</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>4463</v>
+        <v>739</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>4464</v>
+        <v>740</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
         <v>4465</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65095</v>
+        <v>65096</v>
       </c>
       <c r="B482" t="s">
         <v>4466</v>
       </c>
       <c r="C482" t="s">
         <v>4467</v>
       </c>
       <c r="D482" t="s">
         <v>4468</v>
       </c>
       <c r="E482" t="s">
         <v>4469</v>
       </c>
       <c r="F482" t="s">
         <v>4470</v>
       </c>
       <c r="G482" t="s">
         <v>4471</v>
       </c>
       <c r="H482" t="s">
         <v>4472</v>
       </c>
       <c r="I482" t="s">
         <v>4473</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>739</v>
+        <v>25</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>740</v>
+        <v>27</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
         <v>4474</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65096</v>
+        <v>65097</v>
       </c>
       <c r="B483" t="s">
         <v>4475</v>
       </c>
       <c r="C483" t="s">
         <v>4476</v>
       </c>
       <c r="D483" t="s">
         <v>4477</v>
       </c>
       <c r="E483" t="s">
         <v>4478</v>
       </c>
       <c r="F483" t="s">
         <v>4479</v>
       </c>
       <c r="G483" t="s">
         <v>4480</v>
       </c>
       <c r="H483" t="s">
         <v>4481</v>
       </c>
       <c r="I483" t="s">
         <v>4482</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
         <v>4483</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65097</v>
+        <v>65098</v>
       </c>
       <c r="B484" t="s">
         <v>4484</v>
       </c>
       <c r="C484" t="s">
         <v>4485</v>
       </c>
       <c r="D484" t="s">
         <v>4486</v>
       </c>
       <c r="E484" t="s">
         <v>4487</v>
       </c>
       <c r="F484" t="s">
         <v>4488</v>
       </c>
       <c r="G484" t="s">
         <v>4489</v>
       </c>
       <c r="H484" t="s">
         <v>4490</v>
       </c>
       <c r="I484" t="s">
         <v>4491</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
         <v>4492</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65098</v>
+        <v>65099</v>
       </c>
       <c r="B485" t="s">
         <v>4493</v>
       </c>
       <c r="C485" t="s">
         <v>4494</v>
       </c>
       <c r="D485" t="s">
         <v>4495</v>
       </c>
       <c r="E485" t="s">
         <v>4496</v>
       </c>
       <c r="F485" t="s">
         <v>4497</v>
       </c>
       <c r="G485" t="s">
         <v>4498</v>
       </c>
       <c r="H485" t="s">
         <v>4499</v>
       </c>
       <c r="I485" t="s">
         <v>4500</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
         <v>4501</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65099</v>
+        <v>65100</v>
       </c>
       <c r="B486" t="s">
         <v>4502</v>
       </c>
       <c r="C486" t="s">
         <v>4503</v>
       </c>
       <c r="D486" t="s">
         <v>4504</v>
       </c>
       <c r="E486" t="s">
         <v>4505</v>
       </c>
       <c r="F486" t="s">
         <v>4506</v>
       </c>
       <c r="G486" t="s">
         <v>4507</v>
       </c>
       <c r="H486" t="s">
         <v>4508</v>
       </c>
       <c r="I486" t="s">
         <v>4509</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>170</v>
+        <v>3885</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>171</v>
+        <v>3886</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
         <v>4510</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65100</v>
+        <v>65101</v>
       </c>
       <c r="B487" t="s">
         <v>4511</v>
       </c>
       <c r="C487" t="s">
         <v>4512</v>
       </c>
       <c r="D487" t="s">
         <v>4513</v>
       </c>
       <c r="E487" t="s">
         <v>4514</v>
       </c>
       <c r="F487" t="s">
         <v>4515</v>
       </c>
       <c r="G487" t="s">
         <v>4516</v>
       </c>
       <c r="H487" t="s">
         <v>4517</v>
       </c>
       <c r="I487" t="s">
         <v>4518</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
-        <v>3894</v>
+        <v>170</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
-        <v>3895</v>
+        <v>171</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
         <v>4519</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65101</v>
+        <v>65102</v>
       </c>
       <c r="B488" t="s">
         <v>4520</v>
       </c>
       <c r="C488" t="s">
         <v>4521</v>
       </c>
       <c r="D488" t="s">
         <v>4522</v>
       </c>
       <c r="E488" t="s">
         <v>4523</v>
       </c>
       <c r="F488" t="s">
         <v>4524</v>
       </c>
       <c r="G488" t="s">
         <v>4525</v>
       </c>
       <c r="H488" t="s">
         <v>4526</v>
       </c>
       <c r="I488" t="s">
         <v>4527</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
         <v>4528</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65102</v>
+        <v>65104</v>
       </c>
       <c r="B489" t="s">
         <v>4529</v>
       </c>
       <c r="C489" t="s">
         <v>4530</v>
       </c>
       <c r="D489" t="s">
         <v>4531</v>
       </c>
       <c r="E489" t="s">
         <v>4532</v>
       </c>
       <c r="F489" t="s">
         <v>4533</v>
       </c>
       <c r="G489" t="s">
         <v>4534</v>
       </c>
       <c r="H489" t="s">
         <v>4535</v>
       </c>
       <c r="I489" t="s">
         <v>4536</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>25</v>
+        <v>2378</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>27</v>
+        <v>2379</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
         <v>4537</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65104</v>
+        <v>65105</v>
       </c>
       <c r="B490" t="s">
         <v>4538</v>
       </c>
       <c r="C490" t="s">
         <v>4539</v>
       </c>
       <c r="D490" t="s">
         <v>4540</v>
       </c>
       <c r="E490" t="s">
         <v>4541</v>
       </c>
       <c r="F490" t="s">
         <v>4542</v>
       </c>
       <c r="G490" t="s">
         <v>4543</v>
       </c>
       <c r="H490" t="s">
         <v>4544</v>
       </c>
       <c r="I490" t="s">
         <v>4545</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
-        <v>2387</v>
+        <v>170</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
-        <v>2388</v>
+        <v>171</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
         <v>4546</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65105</v>
+        <v>65107</v>
       </c>
       <c r="B491" t="s">
         <v>4547</v>
       </c>
       <c r="C491" t="s">
         <v>4548</v>
       </c>
       <c r="D491" t="s">
         <v>4549</v>
       </c>
       <c r="E491" t="s">
         <v>4550</v>
       </c>
       <c r="F491" t="s">
         <v>4551</v>
       </c>
       <c r="G491" t="s">
         <v>4552</v>
       </c>
       <c r="H491" t="s">
         <v>4553</v>
       </c>
       <c r="I491" t="s">
         <v>4554</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>170</v>
+        <v>4555</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>171</v>
+        <v>4556</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
-        <v>4555</v>
+        <v>4557</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65107</v>
+        <v>65116</v>
       </c>
       <c r="B492" t="s">
-        <v>4556</v>
+        <v>4558</v>
       </c>
       <c r="C492" t="s">
-        <v>4557</v>
+        <v>4559</v>
       </c>
       <c r="D492" t="s">
-        <v>4558</v>
+        <v>4560</v>
       </c>
       <c r="E492" t="s">
-        <v>4559</v>
+        <v>4561</v>
       </c>
       <c r="F492" t="s">
-        <v>4560</v>
+        <v>4562</v>
       </c>
       <c r="G492" t="s">
-        <v>4561</v>
+        <v>4563</v>
       </c>
       <c r="H492" t="s">
-        <v>4562</v>
+        <v>4564</v>
       </c>
       <c r="I492" t="s">
-        <v>4563</v>
+        <v>4565</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>4564</v>
+        <v>170</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>4565</v>
+        <v>171</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
         <v>4566</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65116</v>
+        <v>65124</v>
       </c>
       <c r="B493" t="s">
         <v>4567</v>
       </c>
       <c r="C493" t="s">
         <v>4568</v>
       </c>
       <c r="D493" t="s">
         <v>4569</v>
       </c>
       <c r="E493" t="s">
         <v>4570</v>
       </c>
       <c r="F493" t="s">
         <v>4571</v>
       </c>
       <c r="G493" t="s">
         <v>4572</v>
       </c>
       <c r="H493" t="s">
         <v>4573</v>
       </c>
       <c r="I493" t="s">
         <v>4574</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
         <v>4575</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65124</v>
+        <v>65255</v>
       </c>
       <c r="B494" t="s">
         <v>4576</v>
       </c>
       <c r="C494" t="s">
         <v>4577</v>
       </c>
       <c r="D494" t="s">
         <v>4578</v>
       </c>
       <c r="E494" t="s">
         <v>4579</v>
       </c>
       <c r="F494" t="s">
         <v>4580</v>
       </c>
       <c r="G494" t="s">
         <v>4581</v>
       </c>
       <c r="H494" t="s">
         <v>4582</v>
       </c>
       <c r="I494" t="s">
         <v>4583</v>
       </c>
       <c r="J494" t="s">
-        <v>24</v>
+        <v>1484</v>
       </c>
       <c r="K494" t="s">
-        <v>25</v>
+        <v>4584</v>
       </c>
       <c r="L494" t="s">
-        <v>26</v>
+        <v>1486</v>
       </c>
       <c r="M494" t="s">
-        <v>27</v>
+        <v>4585</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
-        <v>4584</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65255</v>
+        <v>65479</v>
       </c>
       <c r="B495" t="s">
-        <v>4585</v>
+        <v>4587</v>
       </c>
       <c r="C495" t="s">
-        <v>4586</v>
+        <v>4588</v>
       </c>
       <c r="D495" t="s">
-        <v>4587</v>
+        <v>4589</v>
       </c>
       <c r="E495" t="s">
-        <v>4588</v>
+        <v>4590</v>
       </c>
       <c r="F495" t="s">
-        <v>4589</v>
+        <v>4591</v>
       </c>
       <c r="G495" t="s">
-        <v>4590</v>
+        <v>4592</v>
       </c>
       <c r="H495" t="s">
-        <v>4591</v>
+        <v>4593</v>
       </c>
       <c r="I495" t="s">
-        <v>4592</v>
+        <v>4594</v>
       </c>
       <c r="J495" t="s">
-        <v>1493</v>
+        <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>4593</v>
+        <v>25</v>
       </c>
       <c r="L495" t="s">
-        <v>1495</v>
+        <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>4594</v>
+        <v>27</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
         <v>4595</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65479</v>
+        <v>65566</v>
       </c>
       <c r="B496" t="s">
         <v>4596</v>
       </c>
       <c r="C496" t="s">
         <v>4597</v>
       </c>
       <c r="D496" t="s">
         <v>4598</v>
       </c>
       <c r="E496" t="s">
         <v>4599</v>
       </c>
       <c r="F496" t="s">
         <v>4600</v>
       </c>
       <c r="G496" t="s">
         <v>4601</v>
       </c>
       <c r="H496" t="s">
         <v>4602</v>
       </c>
       <c r="I496" t="s">
         <v>4603</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
         <v>4604</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65566</v>
+        <v>65613</v>
       </c>
       <c r="B497" t="s">
         <v>4605</v>
       </c>
       <c r="C497" t="s">
         <v>4606</v>
       </c>
       <c r="D497" t="s">
         <v>4607</v>
       </c>
       <c r="E497" t="s">
         <v>4608</v>
       </c>
       <c r="F497" t="s">
         <v>4609</v>
       </c>
       <c r="G497" t="s">
         <v>4610</v>
       </c>
       <c r="H497" t="s">
         <v>4611</v>
       </c>
       <c r="I497" t="s">
         <v>4612</v>
       </c>
       <c r="J497" t="s">
-        <v>24</v>
+        <v>4613</v>
       </c>
       <c r="K497" t="s">
-        <v>170</v>
+        <v>1506</v>
       </c>
       <c r="L497" t="s">
-        <v>26</v>
+        <v>4614</v>
       </c>
       <c r="M497" t="s">
-        <v>171</v>
+        <v>1507</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
-        <v>4613</v>
+        <v>4615</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65613</v>
+        <v>65869</v>
       </c>
       <c r="B498" t="s">
-        <v>4614</v>
+        <v>4616</v>
       </c>
       <c r="C498" t="s">
-        <v>4615</v>
+        <v>4617</v>
       </c>
       <c r="D498" t="s">
-        <v>4616</v>
+        <v>4618</v>
       </c>
       <c r="E498" t="s">
-        <v>4617</v>
+        <v>4619</v>
       </c>
       <c r="F498" t="s">
-        <v>4618</v>
+        <v>4620</v>
       </c>
       <c r="G498" t="s">
-        <v>4619</v>
+        <v>4621</v>
       </c>
       <c r="H498" t="s">
-        <v>4620</v>
+        <v>4622</v>
       </c>
       <c r="I498" t="s">
-        <v>4621</v>
+        <v>4623</v>
       </c>
       <c r="J498" t="s">
-        <v>4622</v>
+        <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>1515</v>
+        <v>871</v>
       </c>
       <c r="L498" t="s">
-        <v>4623</v>
+        <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>1516</v>
+        <v>872</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
         <v>4624</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65869</v>
+        <v>66392</v>
       </c>
       <c r="B499" t="s">
         <v>4625</v>
       </c>
       <c r="C499" t="s">
         <v>4626</v>
       </c>
       <c r="D499" t="s">
         <v>4627</v>
       </c>
       <c r="E499" t="s">
         <v>4628</v>
       </c>
       <c r="F499" t="s">
         <v>4629</v>
       </c>
       <c r="G499" t="s">
         <v>4630</v>
       </c>
       <c r="H499" t="s">
         <v>4631</v>
       </c>
       <c r="I499" t="s">
         <v>4632</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L499" t="s">
         <v>26</v>
       </c>
       <c r="M499" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
         <v>4633</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>66392</v>
+        <v>66510</v>
       </c>
       <c r="B500" t="s">
         <v>4634</v>
       </c>
       <c r="C500" t="s">
         <v>4635</v>
       </c>
       <c r="D500" t="s">
         <v>4636</v>
       </c>
       <c r="E500" t="s">
         <v>4637</v>
       </c>
       <c r="F500" t="s">
         <v>4638</v>
       </c>
       <c r="G500" t="s">
         <v>4639</v>
       </c>
       <c r="H500" t="s">
         <v>4640</v>
       </c>
       <c r="I500" t="s">
         <v>4641</v>
       </c>
       <c r="J500" t="s">
-        <v>24</v>
+        <v>1484</v>
       </c>
       <c r="K500" t="s">
-        <v>25</v>
+        <v>4642</v>
       </c>
       <c r="L500" t="s">
-        <v>26</v>
+        <v>1486</v>
       </c>
       <c r="M500" t="s">
-        <v>27</v>
+        <v>4643</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
-        <v>4642</v>
+        <v>4644</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>66510</v>
+        <v>66511</v>
       </c>
       <c r="B501" t="s">
-        <v>4643</v>
+        <v>1673</v>
       </c>
       <c r="C501" t="s">
-        <v>4644</v>
+        <v>4645</v>
       </c>
       <c r="D501" t="s">
-        <v>4645</v>
+        <v>4646</v>
       </c>
       <c r="E501" t="s">
-        <v>4646</v>
+        <v>4647</v>
       </c>
       <c r="F501" t="s">
-        <v>4647</v>
+        <v>1677</v>
       </c>
       <c r="G501" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H501" t="s">
         <v>4648</v>
       </c>
-      <c r="H501" t="s">
+      <c r="I501" t="s">
         <v>4649</v>
       </c>
-      <c r="I501" t="s">
+      <c r="J501" t="s">
+        <v>24</v>
+      </c>
+      <c r="K501" t="s">
         <v>4650</v>
       </c>
-      <c r="J501" t="s">
-[...2 lines deleted...]
-      <c r="K501" t="s">
+      <c r="L501" t="s">
+        <v>26</v>
+      </c>
+      <c r="M501" t="s">
         <v>4651</v>
       </c>
-      <c r="L501" t="s">
-[...2 lines deleted...]
-      <c r="M501" t="s">
+      <c r="N501" t="s">
+        <v>28</v>
+      </c>
+      <c r="O501" t="s">
         <v>4652</v>
-      </c>
-[...4 lines deleted...]
-        <v>4653</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>66511</v>
+        <v>66512</v>
       </c>
       <c r="B502" t="s">
-        <v>1682</v>
+        <v>3718</v>
       </c>
       <c r="C502" t="s">
+        <v>4653</v>
+      </c>
+      <c r="D502" t="s">
         <v>4654</v>
       </c>
-      <c r="D502" t="s">
+      <c r="E502" t="s">
         <v>4655</v>
       </c>
-      <c r="E502" t="s">
+      <c r="F502" t="s">
         <v>4656</v>
       </c>
-      <c r="F502" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G502" t="s">
-        <v>1687</v>
+        <v>3723</v>
       </c>
       <c r="H502" t="s">
+        <v>3724</v>
+      </c>
+      <c r="I502" t="s">
+        <v>3725</v>
+      </c>
+      <c r="J502" t="s">
+        <v>24</v>
+      </c>
+      <c r="K502" t="s">
         <v>4657</v>
       </c>
-      <c r="I502" t="s">
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
         <v>4658</v>
       </c>
-      <c r="J502" t="s">
-[...2 lines deleted...]
-      <c r="K502" t="s">
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
         <v>4659</v>
-      </c>
-[...10 lines deleted...]
-        <v>4661</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>66512</v>
+        <v>66513</v>
       </c>
       <c r="B503" t="s">
-        <v>3727</v>
+        <v>4660</v>
       </c>
       <c r="C503" t="s">
+        <v>4661</v>
+      </c>
+      <c r="D503" t="s">
         <v>4662</v>
       </c>
-      <c r="D503" t="s">
+      <c r="E503" t="s">
         <v>4663</v>
       </c>
-      <c r="E503" t="s">
+      <c r="F503" t="s">
         <v>4664</v>
       </c>
-      <c r="F503" t="s">
+      <c r="G503" t="s">
+        <v>4051</v>
+      </c>
+      <c r="H503" t="s">
         <v>4665</v>
       </c>
-      <c r="G503" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I503" t="s">
-        <v>3734</v>
+        <v>4666</v>
       </c>
       <c r="J503" t="s">
         <v>24</v>
       </c>
       <c r="K503" t="s">
-        <v>4666</v>
+        <v>4657</v>
       </c>
       <c r="L503" t="s">
         <v>26</v>
       </c>
       <c r="M503" t="s">
+        <v>4658</v>
+      </c>
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
         <v>4667</v>
-      </c>
-[...4 lines deleted...]
-        <v>4668</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>66513</v>
+        <v>66514</v>
       </c>
       <c r="B504" t="s">
+        <v>4668</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1819</v>
+      </c>
+      <c r="D504" t="s">
         <v>4669</v>
       </c>
-      <c r="C504" t="s">
+      <c r="E504" t="s">
         <v>4670</v>
       </c>
-      <c r="D504" t="s">
+      <c r="F504" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G504" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H504" t="s">
         <v>4671</v>
       </c>
-      <c r="E504" t="s">
+      <c r="I504" t="s">
         <v>4672</v>
       </c>
-      <c r="F504" t="s">
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
+        <v>4657</v>
+      </c>
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
+        <v>4658</v>
+      </c>
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
         <v>4673</v>
-      </c>
-[...25 lines deleted...]
-        <v>4676</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>66514</v>
+        <v>66515</v>
       </c>
       <c r="B505" t="s">
+        <v>4674</v>
+      </c>
+      <c r="C505" t="s">
+        <v>4675</v>
+      </c>
+      <c r="D505" t="s">
+        <v>4676</v>
+      </c>
+      <c r="E505" t="s">
         <v>4677</v>
       </c>
-      <c r="C505" t="s">
-[...2 lines deleted...]
-      <c r="D505" t="s">
+      <c r="F505" t="s">
         <v>4678</v>
       </c>
-      <c r="E505" t="s">
+      <c r="G505" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H505" t="s">
         <v>4679</v>
       </c>
-      <c r="F505" t="s">
-[...5 lines deleted...]
-      <c r="H505" t="s">
+      <c r="I505" t="s">
         <v>4680</v>
       </c>
-      <c r="I505" t="s">
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
+        <v>4657</v>
+      </c>
+      <c r="L505" t="s">
+        <v>26</v>
+      </c>
+      <c r="M505" t="s">
+        <v>4658</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
         <v>4681</v>
-      </c>
-[...16 lines deleted...]
-        <v>4682</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>66515</v>
+        <v>66516</v>
       </c>
       <c r="B506" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C506" t="s">
+        <v>4682</v>
+      </c>
+      <c r="D506" t="s">
         <v>4683</v>
       </c>
-      <c r="C506" t="s">
+      <c r="E506" t="s">
         <v>4684</v>
       </c>
-      <c r="D506" t="s">
+      <c r="F506" t="s">
         <v>4685</v>
       </c>
-      <c r="E506" t="s">
+      <c r="G506" t="s">
         <v>4686</v>
       </c>
-      <c r="F506" t="s">
+      <c r="H506" t="s">
         <v>4687</v>
       </c>
-      <c r="G506" t="s">
-[...2 lines deleted...]
-      <c r="H506" t="s">
+      <c r="I506" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>170</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>171</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
         <v>4688</v>
-      </c>
-[...19 lines deleted...]
-        <v>4690</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>66516</v>
+        <v>66517</v>
       </c>
       <c r="B507" t="s">
-        <v>1565</v>
+        <v>4689</v>
       </c>
       <c r="C507" t="s">
+        <v>4690</v>
+      </c>
+      <c r="D507" t="s">
         <v>4691</v>
       </c>
-      <c r="D507" t="s">
+      <c r="E507" t="s">
         <v>4692</v>
       </c>
-      <c r="E507" t="s">
+      <c r="F507" t="s">
         <v>4693</v>
       </c>
-      <c r="F507" t="s">
+      <c r="G507" t="s">
         <v>4694</v>
       </c>
-      <c r="G507" t="s">
+      <c r="H507" t="s">
         <v>4695</v>
       </c>
-      <c r="H507" t="s">
+      <c r="I507" t="s">
         <v>4696</v>
       </c>
-      <c r="I507" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
-        <v>170</v>
+        <v>4657</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
-        <v>171</v>
+        <v>4658</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
         <v>4697</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>66517</v>
+        <v>66518</v>
       </c>
       <c r="B508" t="s">
         <v>4698</v>
       </c>
       <c r="C508" t="s">
         <v>4699</v>
       </c>
       <c r="D508" t="s">
         <v>4700</v>
       </c>
       <c r="E508" t="s">
         <v>4701</v>
       </c>
       <c r="F508" t="s">
         <v>4702</v>
       </c>
       <c r="G508" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H508" t="s">
         <v>4703</v>
       </c>
-      <c r="H508" t="s">
+      <c r="I508" t="s">
         <v>4704</v>
       </c>
-      <c r="I508" t="s">
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>170</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>171</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
         <v>4705</v>
-      </c>
-[...16 lines deleted...]
-        <v>4706</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>66518</v>
+        <v>66519</v>
       </c>
       <c r="B509" t="s">
+        <v>4706</v>
+      </c>
+      <c r="C509" t="s">
         <v>4707</v>
       </c>
-      <c r="C509" t="s">
+      <c r="D509" t="s">
         <v>4708</v>
       </c>
-      <c r="D509" t="s">
+      <c r="E509" t="s">
         <v>4709</v>
       </c>
-      <c r="E509" t="s">
+      <c r="F509" t="s">
         <v>4710</v>
       </c>
-      <c r="F509" t="s">
+      <c r="G509" t="s">
         <v>4711</v>
       </c>
-      <c r="G509" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H509" t="s">
+        <v>1697</v>
+      </c>
+      <c r="I509" t="s">
+        <v>1698</v>
+      </c>
+      <c r="J509" t="s">
+        <v>24</v>
+      </c>
+      <c r="K509" t="s">
         <v>4712</v>
       </c>
-      <c r="I509" t="s">
+      <c r="L509" t="s">
+        <v>26</v>
+      </c>
+      <c r="M509" t="s">
         <v>4713</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
         <v>4714</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>66519</v>
+        <v>66520</v>
       </c>
       <c r="B510" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C510" t="s">
         <v>4715</v>
       </c>
-      <c r="C510" t="s">
+      <c r="D510" t="s">
         <v>4716</v>
       </c>
-      <c r="D510" t="s">
+      <c r="E510" t="s">
         <v>4717</v>
       </c>
-      <c r="E510" t="s">
+      <c r="F510" t="s">
+        <v>1773</v>
+      </c>
+      <c r="G510" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1775</v>
+      </c>
+      <c r="I510" t="s">
+        <v>1776</v>
+      </c>
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>25</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>27</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
         <v>4718</v>
-      </c>
-[...28 lines deleted...]
-        <v>4723</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>66520</v>
+        <v>66521</v>
       </c>
       <c r="B511" t="s">
-        <v>1778</v>
+        <v>1601</v>
       </c>
       <c r="C511" t="s">
+        <v>4719</v>
+      </c>
+      <c r="D511" t="s">
+        <v>4720</v>
+      </c>
+      <c r="E511" t="s">
+        <v>4721</v>
+      </c>
+      <c r="F511" t="s">
+        <v>4722</v>
+      </c>
+      <c r="G511" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H511" t="s">
+        <v>4723</v>
+      </c>
+      <c r="I511" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
+        <v>170</v>
+      </c>
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
+        <v>171</v>
+      </c>
+      <c r="N511" t="s">
+        <v>28</v>
+      </c>
+      <c r="O511" t="s">
         <v>4724</v>
-      </c>
-[...34 lines deleted...]
-        <v>4727</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>66521</v>
+        <v>66522</v>
       </c>
       <c r="B512" t="s">
-        <v>1610</v>
+        <v>4725</v>
       </c>
       <c r="C512" t="s">
+        <v>4726</v>
+      </c>
+      <c r="D512" t="s">
+        <v>4727</v>
+      </c>
+      <c r="E512" t="s">
         <v>4728</v>
       </c>
-      <c r="D512" t="s">
+      <c r="F512" t="s">
         <v>4729</v>
       </c>
-      <c r="E512" t="s">
+      <c r="G512" t="s">
         <v>4730</v>
       </c>
-      <c r="F512" t="s">
+      <c r="H512" t="s">
         <v>4731</v>
       </c>
-      <c r="G512" t="s">
-[...2 lines deleted...]
-      <c r="H512" t="s">
+      <c r="I512" t="s">
         <v>4732</v>
       </c>
-      <c r="I512" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>170</v>
+        <v>4584</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
-        <v>171</v>
+        <v>4585</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
         <v>4733</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>66522</v>
+        <v>66523</v>
       </c>
       <c r="B513" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C513" t="s">
         <v>4734</v>
       </c>
-      <c r="C513" t="s">
+      <c r="D513" t="s">
         <v>4735</v>
       </c>
-      <c r="D513" t="s">
+      <c r="E513" t="s">
         <v>4736</v>
       </c>
-      <c r="E513" t="s">
+      <c r="F513" t="s">
+        <v>1668</v>
+      </c>
+      <c r="G513" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I513" t="s">
+        <v>1671</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>47</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>48</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
         <v>4737</v>
-      </c>
-[...28 lines deleted...]
-        <v>4742</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>66523</v>
+        <v>66524</v>
       </c>
       <c r="B514" t="s">
-        <v>1673</v>
+        <v>3888</v>
       </c>
       <c r="C514" t="s">
-        <v>4743</v>
+        <v>4738</v>
       </c>
       <c r="D514" t="s">
-        <v>4744</v>
+        <v>4739</v>
       </c>
       <c r="E514" t="s">
-        <v>4745</v>
+        <v>4740</v>
       </c>
       <c r="F514" t="s">
-        <v>1677</v>
+        <v>4741</v>
       </c>
       <c r="G514" t="s">
-        <v>1678</v>
+        <v>3893</v>
       </c>
       <c r="H514" t="s">
-        <v>1679</v>
+        <v>3894</v>
       </c>
       <c r="I514" t="s">
-        <v>1680</v>
+        <v>3895</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4746</v>
+        <v>4742</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>66524</v>
+        <v>66525</v>
       </c>
       <c r="B515" t="s">
-        <v>3897</v>
+        <v>4743</v>
       </c>
       <c r="C515" t="s">
-        <v>4747</v>
+        <v>4744</v>
       </c>
       <c r="D515" t="s">
-        <v>4748</v>
+        <v>4745</v>
       </c>
       <c r="E515" t="s">
-        <v>4749</v>
+        <v>4746</v>
       </c>
       <c r="F515" t="s">
-        <v>4750</v>
+        <v>3749</v>
       </c>
       <c r="G515" t="s">
-        <v>3902</v>
+        <v>3750</v>
       </c>
       <c r="H515" t="s">
-        <v>3903</v>
+        <v>3751</v>
       </c>
       <c r="I515" t="s">
-        <v>3904</v>
+        <v>3752</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
         <v>170</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
         <v>171</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4751</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>66525</v>
+        <v>66526</v>
       </c>
       <c r="B516" t="s">
+        <v>4748</v>
+      </c>
+      <c r="C516" t="s">
+        <v>4749</v>
+      </c>
+      <c r="D516" t="s">
+        <v>4750</v>
+      </c>
+      <c r="E516" t="s">
+        <v>4751</v>
+      </c>
+      <c r="F516" t="s">
         <v>4752</v>
-      </c>
-[...10 lines deleted...]
-        <v>3758</v>
       </c>
       <c r="G516" t="s">
         <v>3759</v>
       </c>
       <c r="H516" t="s">
         <v>3760</v>
       </c>
       <c r="I516" t="s">
         <v>3761</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
         <v>170</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
         <v>171</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4756</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>66526</v>
+        <v>66527</v>
       </c>
       <c r="B517" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C517" t="s">
+        <v>4754</v>
+      </c>
+      <c r="D517" t="s">
+        <v>4755</v>
+      </c>
+      <c r="E517" t="s">
+        <v>4756</v>
+      </c>
+      <c r="F517" t="s">
         <v>4757</v>
       </c>
-      <c r="C517" t="s">
+      <c r="G517" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1717</v>
+      </c>
+      <c r="I517" t="s">
+        <v>1718</v>
+      </c>
+      <c r="J517" t="s">
+        <v>24</v>
+      </c>
+      <c r="K517" t="s">
+        <v>4657</v>
+      </c>
+      <c r="L517" t="s">
+        <v>26</v>
+      </c>
+      <c r="M517" t="s">
+        <v>4658</v>
+      </c>
+      <c r="N517" t="s">
+        <v>28</v>
+      </c>
+      <c r="O517" t="s">
         <v>4758</v>
-      </c>
-[...34 lines deleted...]
-        <v>4762</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>66527</v>
+        <v>66529</v>
       </c>
       <c r="B518" t="s">
-        <v>1720</v>
+        <v>4759</v>
       </c>
       <c r="C518" t="s">
+        <v>4760</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4761</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4762</v>
+      </c>
+      <c r="F518" t="s">
         <v>4763</v>
       </c>
-      <c r="D518" t="s">
+      <c r="G518" t="s">
+        <v>4188</v>
+      </c>
+      <c r="H518" t="s">
+        <v>4189</v>
+      </c>
+      <c r="I518" t="s">
+        <v>4190</v>
+      </c>
+      <c r="J518" t="s">
+        <v>24</v>
+      </c>
+      <c r="K518" t="s">
+        <v>2156</v>
+      </c>
+      <c r="L518" t="s">
+        <v>26</v>
+      </c>
+      <c r="M518" t="s">
+        <v>2157</v>
+      </c>
+      <c r="N518" t="s">
+        <v>28</v>
+      </c>
+      <c r="O518" t="s">
         <v>4764</v>
-      </c>
-[...31 lines deleted...]
-        <v>4767</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>66529</v>
+        <v>66530</v>
       </c>
       <c r="B519" t="s">
+        <v>4765</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4766</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4767</v>
+      </c>
+      <c r="E519" t="s">
         <v>4768</v>
       </c>
-      <c r="C519" t="s">
+      <c r="F519" t="s">
         <v>4769</v>
       </c>
-      <c r="D519" t="s">
+      <c r="G519" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I519" t="s">
+        <v>1525</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>871</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>872</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
         <v>4770</v>
-      </c>
-[...31 lines deleted...]
-        <v>4773</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>66530</v>
+        <v>66531</v>
       </c>
       <c r="B520" t="s">
+        <v>4771</v>
+      </c>
+      <c r="C520" t="s">
+        <v>4772</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4773</v>
+      </c>
+      <c r="E520" t="s">
         <v>4774</v>
       </c>
-      <c r="C520" t="s">
+      <c r="F520" t="s">
         <v>4775</v>
       </c>
-      <c r="D520" t="s">
+      <c r="G520" t="s">
         <v>4776</v>
       </c>
-      <c r="E520" t="s">
+      <c r="H520" t="s">
         <v>4777</v>
       </c>
-      <c r="F520" t="s">
+      <c r="I520" t="s">
         <v>4778</v>
       </c>
-      <c r="G520" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J520" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K520" t="s">
-        <v>871</v>
+        <v>4779</v>
       </c>
       <c r="L520" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M520" t="s">
-        <v>872</v>
+        <v>4780</v>
       </c>
       <c r="N520" t="s">
         <v>28</v>
       </c>
       <c r="O520" t="s">
-        <v>4779</v>
+        <v>4781</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>66531</v>
+        <v>66532</v>
       </c>
       <c r="B521" t="s">
-        <v>4780</v>
+        <v>4782</v>
       </c>
       <c r="C521" t="s">
-        <v>4781</v>
+        <v>4783</v>
       </c>
       <c r="D521" t="s">
-        <v>4782</v>
+        <v>4784</v>
       </c>
       <c r="E521" t="s">
-        <v>4783</v>
+        <v>1790</v>
       </c>
       <c r="F521" t="s">
-        <v>4784</v>
+        <v>1791</v>
       </c>
       <c r="G521" t="s">
-        <v>4785</v>
+        <v>1792</v>
       </c>
       <c r="H521" t="s">
-        <v>4786</v>
+        <v>1793</v>
       </c>
       <c r="I521" t="s">
-        <v>4787</v>
+        <v>1794</v>
       </c>
       <c r="J521" t="s">
         <v>441</v>
       </c>
       <c r="K521" t="s">
-        <v>4788</v>
+        <v>4785</v>
       </c>
       <c r="L521" t="s">
         <v>443</v>
       </c>
       <c r="M521" t="s">
-        <v>4789</v>
+        <v>4786</v>
       </c>
       <c r="N521" t="s">
         <v>28</v>
       </c>
       <c r="O521" t="s">
-        <v>4790</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>66532</v>
+        <v>66533</v>
       </c>
       <c r="B522" t="s">
+        <v>4788</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4789</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4790</v>
+      </c>
+      <c r="E522" t="s">
         <v>4791</v>
       </c>
-      <c r="C522" t="s">
+      <c r="F522" t="s">
+        <v>1614</v>
+      </c>
+      <c r="G522" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I522" t="s">
         <v>4792</v>
       </c>
-      <c r="D522" t="s">
+      <c r="J522" t="s">
+        <v>24</v>
+      </c>
+      <c r="K522" t="s">
         <v>4793</v>
       </c>
-      <c r="E522" t="s">
-[...17 lines deleted...]
-      <c r="K522" t="s">
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
         <v>4794</v>
       </c>
-      <c r="L522" t="s">
-[...2 lines deleted...]
-      <c r="M522" t="s">
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
         <v>4795</v>
-      </c>
-[...4 lines deleted...]
-        <v>4796</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>66533</v>
+        <v>66534</v>
       </c>
       <c r="B523" t="s">
+        <v>4796</v>
+      </c>
+      <c r="C523" t="s">
         <v>4797</v>
       </c>
-      <c r="C523" t="s">
+      <c r="D523" t="s">
         <v>4798</v>
       </c>
-      <c r="D523" t="s">
+      <c r="E523" t="s">
         <v>4799</v>
       </c>
-      <c r="E523" t="s">
+      <c r="F523" t="s">
         <v>4800</v>
       </c>
-      <c r="F523" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G523" t="s">
-        <v>1624</v>
+        <v>4801</v>
       </c>
       <c r="H523" t="s">
-        <v>1625</v>
+        <v>3060</v>
       </c>
       <c r="I523" t="s">
-        <v>4801</v>
+        <v>3061</v>
       </c>
       <c r="J523" t="s">
         <v>24</v>
       </c>
       <c r="K523" t="s">
+        <v>47</v>
+      </c>
+      <c r="L523" t="s">
+        <v>26</v>
+      </c>
+      <c r="M523" t="s">
+        <v>48</v>
+      </c>
+      <c r="N523" t="s">
+        <v>28</v>
+      </c>
+      <c r="O523" t="s">
         <v>4802</v>
-      </c>
-[...10 lines deleted...]
-        <v>4804</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>66534</v>
+        <v>66535</v>
       </c>
       <c r="B524" t="s">
+        <v>4803</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4804</v>
+      </c>
+      <c r="D524" t="s">
         <v>4805</v>
       </c>
-      <c r="C524" t="s">
+      <c r="E524" t="s">
         <v>4806</v>
       </c>
-      <c r="D524" t="s">
+      <c r="F524" t="s">
         <v>4807</v>
       </c>
-      <c r="E524" t="s">
+      <c r="G524" t="s">
         <v>4808</v>
       </c>
-      <c r="F524" t="s">
+      <c r="H524" t="s">
         <v>4809</v>
       </c>
-      <c r="G524" t="s">
+      <c r="I524" t="s">
         <v>4810</v>
       </c>
-      <c r="H524" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J524" t="s">
-        <v>24</v>
+        <v>4811</v>
       </c>
       <c r="K524" t="s">
-        <v>47</v>
+        <v>4812</v>
       </c>
       <c r="L524" t="s">
-        <v>26</v>
+        <v>4813</v>
       </c>
       <c r="M524" t="s">
-        <v>48</v>
+        <v>4814</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
-        <v>4811</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>66535</v>
+        <v>66536</v>
       </c>
       <c r="B525" t="s">
-        <v>4812</v>
+        <v>4816</v>
       </c>
       <c r="C525" t="s">
-        <v>4813</v>
+        <v>4817</v>
       </c>
       <c r="D525" t="s">
-        <v>4814</v>
+        <v>4818</v>
       </c>
       <c r="E525" t="s">
-        <v>4815</v>
+        <v>4819</v>
       </c>
       <c r="F525" t="s">
-        <v>4816</v>
+        <v>4820</v>
       </c>
       <c r="G525" t="s">
-        <v>4817</v>
+        <v>4821</v>
       </c>
       <c r="H525" t="s">
-        <v>4818</v>
+        <v>4822</v>
       </c>
       <c r="I525" t="s">
-        <v>4819</v>
+        <v>4823</v>
       </c>
       <c r="J525" t="s">
-        <v>4820</v>
+        <v>24</v>
       </c>
       <c r="K525" t="s">
-        <v>4821</v>
+        <v>4657</v>
       </c>
       <c r="L525" t="s">
-        <v>4822</v>
+        <v>26</v>
       </c>
       <c r="M525" t="s">
-        <v>4823</v>
+        <v>4658</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
         <v>4824</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>66536</v>
+        <v>66537</v>
       </c>
       <c r="B526" t="s">
         <v>4825</v>
       </c>
       <c r="C526" t="s">
         <v>4826</v>
       </c>
       <c r="D526" t="s">
         <v>4827</v>
       </c>
       <c r="E526" t="s">
         <v>4828</v>
       </c>
       <c r="F526" t="s">
         <v>4829</v>
       </c>
       <c r="G526" t="s">
+        <v>4572</v>
+      </c>
+      <c r="H526" t="s">
+        <v>4573</v>
+      </c>
+      <c r="I526" t="s">
+        <v>4574</v>
+      </c>
+      <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>4657</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>4658</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
         <v>4830</v>
-      </c>
-[...22 lines deleted...]
-        <v>4833</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>66537</v>
+        <v>66538</v>
       </c>
       <c r="B527" t="s">
+        <v>4831</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4832</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4833</v>
+      </c>
+      <c r="F527" t="s">
         <v>4834</v>
       </c>
-      <c r="C527" t="s">
+      <c r="G527" t="s">
+        <v>1783</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1784</v>
+      </c>
+      <c r="I527" t="s">
+        <v>1785</v>
+      </c>
+      <c r="J527" t="s">
+        <v>24</v>
+      </c>
+      <c r="K527" t="s">
         <v>4835</v>
       </c>
-      <c r="D527" t="s">
+      <c r="L527" t="s">
+        <v>26</v>
+      </c>
+      <c r="M527" t="s">
         <v>4836</v>
       </c>
-      <c r="E527" t="s">
+      <c r="N527" t="s">
+        <v>28</v>
+      </c>
+      <c r="O527" t="s">
         <v>4837</v>
-      </c>
-[...28 lines deleted...]
-        <v>4839</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>66538</v>
+        <v>66540</v>
       </c>
       <c r="B528" t="s">
+        <v>4838</v>
+      </c>
+      <c r="C528" t="s">
+        <v>4839</v>
+      </c>
+      <c r="D528" t="s">
         <v>4840</v>
       </c>
-      <c r="C528" t="s">
-[...2 lines deleted...]
-      <c r="D528" t="s">
+      <c r="E528" t="s">
         <v>4841</v>
       </c>
-      <c r="E528" t="s">
+      <c r="F528" t="s">
         <v>4842</v>
       </c>
-      <c r="F528" t="s">
+      <c r="G528" t="s">
         <v>4843</v>
       </c>
-      <c r="G528" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H528" t="s">
-        <v>1793</v>
+        <v>4844</v>
       </c>
       <c r="I528" t="s">
-        <v>1794</v>
+        <v>1554</v>
       </c>
       <c r="J528" t="s">
         <v>24</v>
       </c>
       <c r="K528" t="s">
-        <v>4844</v>
+        <v>4845</v>
       </c>
       <c r="L528" t="s">
         <v>26</v>
       </c>
       <c r="M528" t="s">
-        <v>4845</v>
+        <v>4846</v>
       </c>
       <c r="N528" t="s">
         <v>28</v>
       </c>
       <c r="O528" t="s">
-        <v>4846</v>
+        <v>4847</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>66540</v>
+        <v>66541</v>
       </c>
       <c r="B529" t="s">
-        <v>4847</v>
+        <v>1760</v>
       </c>
       <c r="C529" t="s">
         <v>4848</v>
       </c>
       <c r="D529" t="s">
         <v>4849</v>
       </c>
       <c r="E529" t="s">
         <v>4850</v>
       </c>
       <c r="F529" t="s">
         <v>4851</v>
       </c>
       <c r="G529" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I529" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
         <v>4852</v>
       </c>
-      <c r="H529" t="s">
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
         <v>4853</v>
       </c>
-      <c r="I529" t="s">
-[...5 lines deleted...]
-      <c r="K529" t="s">
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
         <v>4854</v>
-      </c>
-[...57 lines deleted...]
-        <v>4863</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">