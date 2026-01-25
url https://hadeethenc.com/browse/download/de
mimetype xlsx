--- v2 (2026-01-05)
+++ v3 (2026-01-25)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4855">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4884">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Deutsch
 # Source: https://hadeethenc.com/de
-# Last update: 2025-12-04 22:39:40 (v1.42.0)
-# Check for updates: https://hadeethenc.com/en/check/de/v1.42.0
+# Last update: 2026-01-02 16:43:38 (v1.43.0)
+# Check for updates: https://hadeethenc.com/en/check/de/v1.43.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -6009,50 +6009,92 @@
 Die zweite Kategorie sind die Verbote. Dies sind Handlungen, für deren Unterlassung man belohnt und für deren Ausführung man bestraft wird. Es ist verpflichtend, sie alle zu meiden.
 Die dritte Kategorie sind die Gebote. Dies sind Handlungen, für deren Ausführung man belohnt und für deren Unterlassung man bestraft wird. Es ist verpflichtend, so viel davon zu tun, wie man kann.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Man sollte sich mit dem Wichtigsten beschäftigen, was man benötigt, und das beiseitelassen, was man im Moment nicht benötigt. Man sollte sich nicht mit Fragen über Dinge beschäftigen, die noch nicht geschehen sind.
 Es ist verboten, Fragen zu stellen, die möglicherweise zu einer Verkomplizierung von Angelegenheiten führen und die Tür zu Zweifeln öffnen, die zu vielen Meinungsverschiedenheiten führen können.
 Es ist angeordnet, alle verbotenen Handlungen zu unterlassen, da es keine Schwierigkeit gibt, sie zu unterlassen. Deshalb ist das Verbot allgemein gültig.
 Es ist angeordnet, das Gebotene so weit wie möglich zu erfüllen, da es mit Schwierigkeiten verbunden sein kann oder man dazu nicht in der Lage ist. Daher lautet der Befehl, es nach der Möglichkeit zu tun.
 Es ist untersagt unnötig viele Fragen zu stellen. Die Gelehrten teilen Fragen in zwei Kategorien: Erstens: Fragen die darauf abzielen etwas zu lernen, was in der Religion gebraucht wird. Dazu ist man angehalten und zu dieser Kategorie zählen die Fragen der Sahabah. Zweitens: Fragen, die aus Trotz gestellt werden und um die Dinge zu komplizieren. Diese Fragen sind verboten.
 Die Warnung an diese Gemeinschaft davor, ihrem Propheten zu widersprechen, so wie es bei den früheren Gemeinschaften geschah.
 Übermäßiges Fragen über Dinge, die nicht benötigt werden. Und Meinungsverschiedenheiten mit den Propheten sind Gründe für den Untergang, insbesondere bei Angelegenheiten, die nicht erreichbar sind, wie Fragen über das Verborgene, die nur Allah kennt, und die Zustände am Tag der Auferstehung.
 Das Verbot des Fragens in schwierigen Angelegenheiten. Al-Auza'i sagte: „Wenn Allah einem Seiner Diener den Segen des Wissens entziehen will, legt Er ihm Trugschlüsse auf die Zunge. Ich habe ja gesehen, dass jene die Menschen mit dem geringsten Wissen sind.“ Und Ibn Wahb sagte: „Ich hörte Malik sagen: ‚Streit im Wissen nimmt das Licht des Wissens aus dem Herzen des Mannes.‘“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4295</t>
+  </si>
+  <si>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>„Habe Furcht vor Allah wo immer du dich befindest. Und lasse der schlechten Tat eine gute folgen, so löscht sie diese dann aus. Und begegne den Menschen mit gutem
+Charakter (mit gutem Benehmen).“</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Von Abu Dharr Jundub Ibn Junadah und Abu 'Abdir-Rahman Mu'adh Ibn Jabal - möge Allah mit beiden zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Habe Furcht vor Allah wo immer du dich befindest. Und lasse der schlechten Tat eine gute folgen, so löscht sie diese dann aus. Und begegne den Menschen mit gutem
+Charakter (mit gutem Benehmen).“</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - ordnet drei Dinge an: Erstens: Die Furcht vor Allah, indem man die Pflichten verrichtet und die verbotenen Dinge unterlässt, und dies an jedem Ort, zu jeder Zeit und in jedem Zustand - im Geheimen, im Öffentlichen, im Wohlergehen, in Notlagen usw. Zweitens: Wenn du eine Sünde begangen hast, verrichte danach eine gute Tat, wie ein Gebet, eine Spende, das gute Benehmen (zu den Eltern), das Pflegen der Verwandtschaftsbande, die Reue, und dergleichen, denn dies löscht die Sünde aus. Drittens: Behandle die Menschen mit gutem Benehmen, indem du sie anlächelst, freundlich und sanft mit ihnen umgehst, ihnen Gutes tust und ihnen keinen Schaden zufügst.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Die Huld Allahs - mächtig und majestätisch ist Er - für die Diener in Seiner Barmherzigkeit, Seiner Vergebung und Seiner Nachsicht.
+Der Hadith umfasst die drei Arten der Rechte: (1.) Das Recht Allahs, durch die Furcht (vor Allah), (2.) das Recht der eigenen Seele, durch das Verrichten guter Taten nach Sünden, und (3.) das Recht der Menschen, durch einen Umgang mit guten Verhaltensweisen.
+Der Ansporn dazu, gute Taten nach Sünden zu verrichten. Das gute Benehmen ist eine Eigenschaft der Furcht (vor Allah), wurde jedoch separat erwähnt, um seine Bedeutung zu verdeutlichen (und näher zu erläutern).</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4302</t>
   </si>
   <si>
     <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
   </si>
   <si>
     <t>Du hast wahrhaftig nach etwas Gewaltigem gefragt, doch es ist tatsächlich leicht für den, dem es Allah erleichtert</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
   </si>
   <si>
     <t>Von Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm - auf einer Reise und bin an einem Tag morgens in seiner Nähe gewesen, während wir am laufen waren. Da sagte ich: ‚O Gesandter Allahs, berichte mir von einer Tat, die mich ins Paradies eintreten lässt und die mich vom Höllenfeuer entfernt.‘ Er sagte: ‚Du hast wahrhaftig nach etwas Gewaltigem gefragt, doch es ist tatsächlich leicht für den, dem es Allah erleichtert. Bete Allah an ohne Ihm etwas beizugesellen, verrichte das Gebet, entrichte die Pflichtabgabe, faste den Ramadan und pilgere zum Haus (Allahs, zur Ka'bah).‘ Dann sagte er: ‚Soll ich dir die Tore des Guten verraten? Das Fasten ist ein Schutzschild, die Spende („Sadaqah“) löscht die Sünde aus, so wie Wasser Feuer auslöscht, und (genauso) das Gebet einer Person mitten in der Nacht.‘ Daraufhin rezitierte er (folgende Verse des Qurans): ‚Ihre Körper weichen von den Schlafstätten‘ bis ‚was sie zu tun pflegten.‘ [32:16-17]. Anschließend sagte er: ‚Soll ich dir vom Haupt der Angelegenheit, ihrem Pfeiler und ihrem höchsten Gipfel berichten?‘ Ich antwortete daraufhin: ‚Gewiss, o Gesandter Allahs!‘ Er sagte: ‚Das Haupt Kopf der Angelegenheit ist der Islam, ihr Pfeiler ist das Gebet und ihr höchster Gipfel ist das Sich-Abmühen („Jihad“).‘ Dann sagte er: ‚Soll ich dir von dem berichten, wodurch man dies alles erlangen kann?‘ Ich antwortete daraufhin: ‚Gewiss, o Gesandter Allahs!‘ Da griff er nach seiner Zunge und sagte: ‚Zügle diese.‘ Ich fragte: ‚O Prophet Allahs, werden wir etwa für alles, was wir sprechen, zur Verantwortung gezogen?‘ Er erwiderte: ‚O Mu'adh, möge deine Mutter dich verlieren! Was sonst lässt die Menschen auf ihre Gesichter‘ - oder er sagte: ‚auf ihre Nasen - (ins Höllenfeuer) stürzen, außer die Ernte ihrer Zungen?!‘“</t>
   </si>
   <si>
     <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
 قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
 الأول: تعبد الله وحده ولا تشرك به شيئًا. 
 الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
 الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
 الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
 ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
 أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
 ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
 ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
@@ -7113,50 +7155,94 @@
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Die Untersagung, mit mehr als dem Gleichen zu vergelten.
 Allah hat Seinen Dienern nichts befohlen, was ihnen schaden könnte.
 Das Verbot, sich selbst Schaden zuzufügen und der Schädigung anderer durch Worte, Taten oder durch Unterlassen.
 Die Vergeltung entspricht der Tat: Wer anderen schadet, dem wird Allah ebenfalls Schaden zufügen, und wer Schwierigkeiten bereitet, dem wird Allah Schwierigkeiten bereiten.
 Eine der Grundsätze der islamischen Gesetzgebung („Schari'ah“) lautet: „Schaden wird beseitigt.“ Die islamische Gesetzgebung erkennt Schaden nicht an und lehnt das Zufügen von Schaden ab.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Absolut verlässlich (Sahih) durch die anderen Überlieferungen, die auf dieselbe Bedeutung hindeuten (Schawahid)]</t>
   </si>
   <si>
     <t>[Überliefert von al-Daraqutny]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4711</t>
   </si>
   <si>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>‚Das Blut eines Muslims zu vergießen, ist nicht erlaubt, außer in einem von drei Fällen</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Das Blut eines Muslims zu vergießen, ist nicht erlaubt, außer in einem von drei Fällen: (bei) dem verheirateten Ehebrecher, bei einer Seele für eine Seele (Leben um Leben) und (bei) demjenigen, der seine Religion verlässt und sich von der Gemeinschaft abspaltet.‘“</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass das Vergießen des Bluts eines Muslims verboten ist, außer er hat eines der folgenden drei Dinge getan: Erstens: Derjenige, der die abscheuliche Tat der Unzucht begangen hat, wobei er durch einen gültigen Ehevertrag verheiratet ist; dieser darf (in einem muslimischen Land und durch einen Richter) durch die Steinigung getötet werden. Zweitens: Derjenige, der eine unschuldige Seele absichtlich und unberechtigt tötet, darf - unter den jeweiligen Bedingungen - getötet werden. Drittens: Derjenige, der die Gemeinschaft der Muslime verlässt: Entweder indem man seine Religion (den Islam) durch Abtrünnigkeit vollkommen verlässt oder sich ohne Abtrünnigkeit abspaltet, indem man einen Teil der Religion unterlässt, wie z. B. die Aufständischen, die Straßenräuber und die kämpfenden Gruppen unter den Khawarij und anderen.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Das Begehen dieser drei Taten ist verboten, und wer eine von ihnen begeht, verdient (in einem muslimischen Land) die Todesstrafe - entweder als Strafe für den Unglauben, wie beim Abtrünnigen vom Islam, oder als festgelegte (Hadd-)Strafe, wie beim verheirateten Ehebrecher oder beim vorsätzlichen Mörder.
+Die Pflicht, die Ehre (der Menschen) zu wahren und sie rein zu halten.
+Die Pflicht, den Muslim zu respektieren, und der Beleg, dass sein Blut geschützt ist.
+Der Ansporn dazu, sich an die Gemeinschaft der Muslime zu halten und sich nicht von ihnen abzuspalten.
+Die gute Lehrmethode des Propheten - Allahs Segen und Frieden auf ihm -: Er teilte seine Aussagen manchmal in Kategorien auf, um die Thematiken klar zu ordnen, zusammenzufassen und das Einprägen zu erleichtern.
+Allah legte Strafen fest, um die Verbrecher abzuschrecken, die Gesellschaft zu schützen und sie vor Verbrechen zu bewahren.
+Die Ausführung der Strafen steht einzig und allein dem Herrscher (in einem muslimischen Staat) zu.
+Es gibt zwar mehr als drei Ursachen, die die Todesstrafe nach sich ziehen können, doch sie alle fallen unter diese Kategorien. Ibn Al-'Arabi Al-Maliki sagte: „Sie gehen in keinem Fall über diese drei hinaus, denn wer Zauberei betreibt oder einen Propheten Allahs beleidigt, begeht Unglauben und gehört zu denen, die ihre Religion verlassen haben.“</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/4714</t>
+  </si>
+  <si>
     <t>لا يزال لسانك رطبا من ذكر الله</t>
   </si>
   <si>
     <t>„Deine Zunge soll immer feucht sein vom Gedenken an Allah.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Busr - möge Allah mit ihm zufrieden sein - wird überliefert, dass ein Mann sagte: „O Gesandter Allahs, die gesetzmäßigen Handlungen des Islam sind für uns viel geworden. Gibt es also etwas umfassendes, an dem wir festhalten können?“ Er sagte: „Deine Zunge soll immer feucht sein vom Gedenken an Allah.“</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>Ein Mann klagte beim Propheten - Allahs Segen und Frieden auf ihm -, dass die freiwilligen Anbetungen ihm zu viel wurden, sodass er sie aufgrund seiner Schwäche nicht ausführen kann. Dann fragte er den Propheten - Allahs Segen und Frieden auf ihm -, ob er ihn auf eine leichte Tat hinweist, die viel Lohn mit sich bringt, und an der er sich klammern und festhalten kann.
 Daraufhin wies er - Allahs Segen und Frieden auf ihm - ihn darauf hin, dass seine Zunge durch das beständige Gedenken Allahs - gepriesen und erhaben ist Er - zu jeder Zeit und in jedem Zustand frisch und aktiv sein sollte, indem er (Allah) preist, dankt, um Vergebung bittet, Bittgebete spricht, usw.</t>
   </si>
   <si>
     <t>فضل المداومة على ذكر الله تعالى.
 من عظيم فضل الله تيسير أسباب الأجر.
 تفاضل العباد في نصيبهم من أبواب البر والخير.
 كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
 مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
@@ -10866,50 +10952,85 @@
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt den Menschen die Erleichterung und Vereinfachung in allen religiösen und weltlichen Angelegenheiten und diese nicht zu erschweren. Dies im Rahmen dessen, was Allah erlaubt und vorgeschrieben hat.
 Außerdem ermutigt er sie dazu, (den Menschen) gute Nachrichten zu überbringen und (sie) nicht abzuschrecken.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Als Gläubiger ist man dazu verpflichtet, den Leuten die Liebe zu Allah zu vermitteln und sie zu Gutem zu motivieren.
 Wenn man Leute zu Allah ruft, sollte man mit Weisheit darüber nachdenken, wie man den Menschen die Lehren des Islam mitteilen kann.
 Gute Dinge zu verkünden erfreut die Menschen, weckt ihr Interesse und ihr Vertrauen gegenüber dem, der sie über den Islam aufklärt und dem, was er ihnen mitteilt.
 Dinge zu erschweren schreckt die Leute ab, veranlasst sie dazu sich von einem abzuwenden und an den Worten dessen zu zweifeln, der sie über den Islam aufklären will.
 Die Barmherzigkeit Allahs Seinen Dienern gegenüber ist groß und Er ist für sie mit einer nachsichtigen Religion und einer erleichternden Gesetzgebung zufrieden.
 Die befohlene Erleichterung ist das, was die (islamische) Gesetzgebung vorschreibt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5866</t>
+  </si>
+  <si>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>„Lasst die Pflichtanteile (der Erbschaft) denen zukommen, für die sie bestimmt sind. Was dann nach der Pflichtaufteilung übrig bleibt, so gebührt es der (dem Verstorbenen) nächsten männlichen Person.“</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Lasst die Pflichtanteile (der Erbschaft) denen zukommen, für die sie bestimmt sind. Was dann nach der Pflichtaufteilung übrig bleibt, so gebührt es der (dem Verstorbenen) nächsten männlichen Person.“</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl den Verantwortlichen für die Aufteilung des Erbes, dass sie es auf die gerechte islamisch-gesetzliche Weise an die Berechtigten aufteilen, so wie Allah - erhaben ist Er - es möchte. So werden denjenigen, denen im Buch Allahs festgelegte Erbanteile zustehen, ihre Anteile gegeben, nämlich zwei Drittel, ein Drittel, ein Sechstel, die Hälfte, ein Viertel und ein Achtel. Was danach übrig bleibt, wird dem nächsten männlichen Verwandten des Verstorbenen gegeben. Diese nahen männlichen Verwandte werden „Al-'Asabah“ genannt.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>Der Hadith stellt eine Grundregel zur Aufteilung des Erbes dar.
+Die Aufteilung der Erbanteile beginnt mit den Erbberechtigten, die festgelegte Anteile (im Erbrecht) haben.
+Was nach den festgelegten Anteilen übrig bleibt, gehört den Verwandten.
+Derjenige, der näher steht, wird bei der Erbaufteilung bevorzugt. Ein entfernter Erbe, etwa der Onkel väterlicherseits, erhält keinen Anteil, solange ein naher Erbe, wie der Vater, vorhanden ist.
+Der Verwandte erhält nichts, wenn das hinterlassene Erbe für die Pflichtanteile aufgebraucht wurde, d. h. wenn nichts davon übrig bleibt.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/5887</t>
   </si>
   <si>
     <t>إياكم والدخول على النساء فقال رجل من الأنصار: يا رسول الله، أفرأيت الحمو؟ قال: الحمو الموت</t>
   </si>
   <si>
     <t>„Wehe euch vor dem Eintreten bei den Frauen.“ Da sagte ein Mann von den Ansar: „O Gesandter Allahs, was sagst du über den Schwager?“ Er sagte: „Der Schwager ist der Tod.“</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِيَّاكُمْ وَالدُّخُولَ عَلَى النِّسَاءِ» فَقَالَ رَجُلٌ مِنَ الأَنْصَارِ: يَا رَسُولَ اللَّهِ، أَفَرَأَيْتَ الحَمْوَ؟ قَالَ: «الحَمْوُ المَوْتُ».</t>
   </si>
   <si>
     <t>Von 'Uqbah Ibn 'Amir - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wehe euch vor dem Eintreten bei den Frauen.“ Da sagte ein Mann von den Ansar: „O Gesandter Allahs, was sagst du über den Schwager?“ Er sagte: „Der Schwager ist der Tod.“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الاختلاط بالنساء الأجنبيات، وقال: اتقوا أنفسَكم أنْ تدخلوا على النساء، والنساء أنْ يَدخلْنَ عليكم.
 فقال رجل من الأنصار: أفرأيتَ أقارب الزوج؛ كأخِ الزوج وابن أخيه، وعمه وابن عمه، وابن أخته، ونحوهم ممن يَحِلُّ لها تزويجُه لو لم تكن مُتزوجة؟ 
 فقال صلى الله عليه وسلم: احذروه كما تَحذَروا الموت! لأنَّ الخَلْوَة بالأَحْمَاء مُؤدِّيَة إلى الفتنة والهلاك في الدِّين، فأقارب الزَّوج غير آبائه وأبنائه أولى بالمنع من الأجنبي؛ لأن الخَلْوَة بقريب الزوج أكثر من الخلوة بغيره، والشر يُتَوَقّع منه أكثر من غيره، والفتنة به أَمْكَنُ؛ لِتَمَكُّنه من الوصول إلى المرأة والخلوة بها من غير نكير عليه، ولأنه لا بُدّ منه، ولا يمكن حَجْبُه عنها، حيث جرت العادة بالتساهل فيه فيخلو الرجل بامرأة أخيه؛ فهو يُشْبِه الموتَ في الاستقباح والمفسدة، بخلاف الرجل الأجنبي فإنه يُحْذَرُ منه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt vor der Mischung mit fremden Frauen und sagte: „Fürchtet für eure Seelen das Eintreten bei den Frauen und das Eintreten der Frauen bei euch.“
 Da sagte ein Mann von den Ansar: „Was sagst du über die Verwandten des Ehemannes, wie der Bruder des Ehemannes, der Sohn seines Bruders, sein Onkel, sein Cousin, der Sohn seiner Schwestern und anderen, die der Frau zur Heirat erlaubt wären, wenn sie nicht verheiratet wäre?“
 Da sagte er - Allahs Segen und Frieden auf ihm -: „Fürchtet ihn so, wie ihr den Tod fürchtet, denn das Alleinsein mit den Verwandten des Ehemannes führt zur Versuchung und zum Untergang der Religion. Die Nahestehenden des Mannes, bis auf seine Vorväter und Söhne, müssen noch vor dem Fremden am Eintreten gehindert werden, da das Alleinsein mit einem Nahestehendes des Ehemannes wahrscheinlicher/öfter ist als das Alleinsein mit jemand anderem. Das Übel wird von ihm eher erwartet als von jemand anderem und die Versuchung ist möglicher, da er Zugang zur Frau hat und alleine mit ihr sein könnte, ohne dass jemand dies missbilligt, da es 'notwendig' ist und man ihn nicht vor ihr verbergen kann, da die Traditionen leichtsinnig damit umgehen, sodass ein Mann mit der Frau seines Bruders alleine ist. Dieser ähnelt dem Tod im Übel und Verderben, im Gegenteil zum fremden Mann, vor dem (lediglich) gewarnt wird.“</t>
   </si>
   <si>
     <t>النهيُ عن الدخول على الأجنبيات والخلوة بهن، سَدًّا لذريعة وقوع الفاحشة.
@@ -19737,51 +19858,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O529"/>
+  <dimension ref="A1:O532"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -27319,17295 +27440,17436 @@
       </c>
       <c r="I162" t="s">
         <v>1516</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4303</v>
+        <v>4302</v>
       </c>
       <c r="B163" t="s">
         <v>1518</v>
       </c>
       <c r="C163" t="s">
         <v>1519</v>
       </c>
       <c r="D163" t="s">
         <v>1520</v>
       </c>
       <c r="E163" t="s">
         <v>1521</v>
       </c>
       <c r="F163" t="s">
         <v>1522</v>
       </c>
       <c r="G163" t="s">
         <v>1523</v>
       </c>
       <c r="H163" t="s">
         <v>1524</v>
       </c>
       <c r="I163" t="s">
         <v>1525</v>
       </c>
       <c r="J163" t="s">
-        <v>750</v>
+        <v>1526</v>
       </c>
       <c r="K163" t="s">
-        <v>1208</v>
+        <v>871</v>
       </c>
       <c r="L163" t="s">
-        <v>752</v>
+        <v>1527</v>
       </c>
       <c r="M163" t="s">
-        <v>1209</v>
+        <v>872</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4304</v>
+        <v>4303</v>
       </c>
       <c r="B164" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="C164" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D164" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="E164" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="F164" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="G164" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="H164" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="I164" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="J164" t="s">
-        <v>24</v>
+        <v>750</v>
       </c>
       <c r="K164" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L164" t="s">
-        <v>26</v>
+        <v>752</v>
       </c>
       <c r="M164" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4307</v>
+        <v>4304</v>
       </c>
       <c r="B165" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="C165" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D165" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="E165" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="F165" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="G165" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="H165" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="I165" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="J165" t="s">
-        <v>1484</v>
+        <v>24</v>
       </c>
       <c r="K165" t="s">
-        <v>1544</v>
+        <v>25</v>
       </c>
       <c r="L165" t="s">
-        <v>1486</v>
+        <v>26</v>
       </c>
       <c r="M165" t="s">
-        <v>1545</v>
+        <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4308</v>
+        <v>4307</v>
       </c>
       <c r="B166" t="s">
         <v>1547</v>
       </c>
       <c r="C166" t="s">
         <v>1548</v>
       </c>
       <c r="D166" t="s">
         <v>1549</v>
       </c>
       <c r="E166" t="s">
         <v>1550</v>
       </c>
       <c r="F166" t="s">
         <v>1551</v>
       </c>
       <c r="G166" t="s">
         <v>1552</v>
       </c>
       <c r="H166" t="s">
         <v>1553</v>
       </c>
       <c r="I166" t="s">
         <v>1554</v>
       </c>
       <c r="J166" t="s">
-        <v>24</v>
+        <v>1484</v>
       </c>
       <c r="K166" t="s">
-        <v>170</v>
+        <v>1555</v>
       </c>
       <c r="L166" t="s">
-        <v>26</v>
+        <v>1486</v>
       </c>
       <c r="M166" t="s">
-        <v>171</v>
+        <v>1556</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4309</v>
+        <v>4308</v>
       </c>
       <c r="B167" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="C167" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="D167" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="E167" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="F167" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="G167" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="H167" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="I167" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>170</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>171</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4311</v>
+        <v>4309</v>
       </c>
       <c r="B168" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="C168" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="D168" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="E168" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="F168" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="G168" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="H168" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="I168" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4314</v>
+        <v>4311</v>
       </c>
       <c r="B169" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="C169" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="D169" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="E169" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="F169" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="G169" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="H169" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="I169" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4316</v>
+        <v>4314</v>
       </c>
       <c r="B170" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="C170" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="D170" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="E170" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="F170" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="G170" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="H170" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="I170" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4318</v>
+        <v>4316</v>
       </c>
       <c r="B171" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="C171" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="D171" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="E171" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="F171" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="G171" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="H171" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="I171" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>171</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4319</v>
+        <v>4318</v>
       </c>
       <c r="B172" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="C172" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="D172" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="E172" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="F172" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="G172" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="H172" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="I172" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>170</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>171</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4322</v>
+        <v>4319</v>
       </c>
       <c r="B173" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="C173" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="D173" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="E173" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="F173" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="G173" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="H173" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="I173" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4538</v>
+        <v>4322</v>
       </c>
       <c r="B174" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="C174" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="D174" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="E174" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="F174" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="G174" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="H174" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="I174" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4549</v>
+        <v>4538</v>
       </c>
       <c r="B175" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="C175" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="D175" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="E175" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="F175" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="G175" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="H175" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="I175" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4555</v>
+        <v>4549</v>
       </c>
       <c r="B176" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="C176" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="D176" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="E176" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="F176" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="G176" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="H176" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="I176" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4556</v>
+        <v>4555</v>
       </c>
       <c r="B177" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C177" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="D177" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="E177" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="F177" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="G177" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="H177" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="I177" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4558</v>
+        <v>4556</v>
       </c>
       <c r="B178" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="C178" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="D178" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="E178" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="F178" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="G178" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="H178" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="I178" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4559</v>
+        <v>4558</v>
       </c>
       <c r="B179" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="C179" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="D179" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="E179" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="F179" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="G179" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="H179" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="I179" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4560</v>
+        <v>4559</v>
       </c>
       <c r="B180" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="C180" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="D180" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="E180" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="F180" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="G180" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="H180" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="I180" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4563</v>
+        <v>4560</v>
       </c>
       <c r="B181" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="C181" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="D181" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="E181" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="F181" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="G181" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="H181" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="I181" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4564</v>
+        <v>4563</v>
       </c>
       <c r="B182" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="C182" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="D182" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="E182" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="F182" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="G182" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="H182" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="I182" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>1699</v>
+        <v>170</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>1700</v>
+        <v>171</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
         <v>1701</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4566</v>
+        <v>4564</v>
       </c>
       <c r="B183" t="s">
         <v>1702</v>
       </c>
       <c r="C183" t="s">
         <v>1703</v>
       </c>
       <c r="D183" t="s">
         <v>1704</v>
       </c>
       <c r="E183" t="s">
         <v>1705</v>
       </c>
       <c r="F183" t="s">
         <v>1706</v>
       </c>
       <c r="G183" t="s">
         <v>1707</v>
       </c>
       <c r="H183" t="s">
         <v>1708</v>
       </c>
       <c r="I183" t="s">
         <v>1709</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>25</v>
+        <v>1710</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>27</v>
+        <v>1711</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4568</v>
+        <v>4566</v>
       </c>
       <c r="B184" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="C184" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="D184" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="E184" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="F184" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="G184" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="H184" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="I184" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4704</v>
+        <v>4568</v>
       </c>
       <c r="B185" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="C185" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="D185" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="E185" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="F185" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="G185" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="H185" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="I185" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4706</v>
+        <v>4704</v>
       </c>
       <c r="B186" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="C186" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="D186" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="E186" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="F186" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="G186" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="H186" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="I186" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4709</v>
+        <v>4706</v>
       </c>
       <c r="B187" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="C187" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="D187" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="E187" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="F187" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="G187" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="H187" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="I187" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4711</v>
+        <v>4709</v>
       </c>
       <c r="B188" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="C188" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="D188" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="E188" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="F188" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="G188" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="H188" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="I188" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="J188" t="s">
-        <v>1755</v>
+        <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>1756</v>
+        <v>47</v>
       </c>
       <c r="L188" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>48</v>
+      </c>
+      <c r="N188" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" t="s">
         <v>1757</v>
-      </c>
-[...7 lines deleted...]
-        <v>1759</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4716</v>
+        <v>4711</v>
       </c>
       <c r="B189" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D189" t="s">
         <v>1760</v>
       </c>
-      <c r="C189" t="s">
+      <c r="E189" t="s">
         <v>1761</v>
       </c>
-      <c r="D189" t="s">
+      <c r="F189" t="s">
         <v>1762</v>
       </c>
-      <c r="E189" t="s">
+      <c r="G189" t="s">
         <v>1763</v>
       </c>
-      <c r="F189" t="s">
+      <c r="H189" t="s">
         <v>1764</v>
       </c>
-      <c r="G189" t="s">
+      <c r="I189" t="s">
         <v>1765</v>
       </c>
-      <c r="H189" t="s">
+      <c r="J189" t="s">
         <v>1766</v>
       </c>
-      <c r="I189" t="s">
+      <c r="K189" t="s">
         <v>1767</v>
       </c>
-      <c r="J189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L189" t="s">
-        <v>26</v>
+        <v>1768</v>
       </c>
       <c r="M189" t="s">
-        <v>1209</v>
+        <v>1769</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4717</v>
+        <v>4714</v>
       </c>
       <c r="B190" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="C190" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="D190" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="E190" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="F190" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="G190" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="H190" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="I190" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
         <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
         <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4721</v>
+        <v>4716</v>
       </c>
       <c r="B191" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="C191" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="D191" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="E191" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="F191" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="G191" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="H191" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="I191" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>1208</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>1209</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4722</v>
+        <v>4717</v>
       </c>
       <c r="B192" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="C192" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="D192" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="E192" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="F192" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="G192" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="H192" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="I192" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>1795</v>
+        <v>25</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>1796</v>
+        <v>27</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4723</v>
+        <v>4721</v>
       </c>
       <c r="B193" t="s">
         <v>1798</v>
       </c>
       <c r="C193" t="s">
         <v>1799</v>
       </c>
       <c r="D193" t="s">
         <v>1800</v>
       </c>
       <c r="E193" t="s">
         <v>1801</v>
       </c>
       <c r="F193" t="s">
         <v>1802</v>
       </c>
       <c r="G193" t="s">
         <v>1803</v>
       </c>
       <c r="H193" t="s">
         <v>1804</v>
       </c>
       <c r="I193" t="s">
         <v>1805</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
+        <v>1208</v>
+      </c>
+      <c r="L193" t="s">
+        <v>26</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N193" t="s">
+        <v>28</v>
+      </c>
+      <c r="O193" t="s">
         <v>1806</v>
-      </c>
-[...10 lines deleted...]
-        <v>1808</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4725</v>
+        <v>4722</v>
       </c>
       <c r="B194" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D194" t="s">
         <v>1809</v>
       </c>
-      <c r="C194" t="s">
+      <c r="E194" t="s">
         <v>1810</v>
       </c>
-      <c r="D194" t="s">
+      <c r="F194" t="s">
         <v>1811</v>
       </c>
-      <c r="E194" t="s">
+      <c r="G194" t="s">
         <v>1812</v>
       </c>
-      <c r="F194" t="s">
+      <c r="H194" t="s">
         <v>1813</v>
       </c>
-      <c r="G194" t="s">
+      <c r="I194" t="s">
         <v>1814</v>
       </c>
-      <c r="H194" t="s">
+      <c r="J194" t="s">
+        <v>24</v>
+      </c>
+      <c r="K194" t="s">
         <v>1815</v>
       </c>
-      <c r="I194" t="s">
+      <c r="L194" t="s">
+        <v>26</v>
+      </c>
+      <c r="M194" t="s">
         <v>1816</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4792</v>
+        <v>4723</v>
       </c>
       <c r="B195" t="s">
         <v>1818</v>
       </c>
       <c r="C195" t="s">
         <v>1819</v>
       </c>
       <c r="D195" t="s">
         <v>1820</v>
       </c>
       <c r="E195" t="s">
         <v>1821</v>
       </c>
       <c r="F195" t="s">
         <v>1822</v>
       </c>
       <c r="G195" t="s">
         <v>1823</v>
       </c>
       <c r="H195" t="s">
         <v>1824</v>
       </c>
       <c r="I195" t="s">
         <v>1825</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>25</v>
+        <v>1826</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>27</v>
+        <v>1827</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4801</v>
+        <v>4725</v>
       </c>
       <c r="B196" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="C196" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="D196" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="E196" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="F196" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="G196" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="H196" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="I196" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4810</v>
+        <v>4792</v>
       </c>
       <c r="B197" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="C197" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D197" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="E197" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="F197" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="G197" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="H197" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="I197" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4811</v>
+        <v>4801</v>
       </c>
       <c r="B198" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C198" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="D198" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="E198" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="F198" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="G198" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="H198" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="I198" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>871</v>
+        <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>872</v>
+        <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4815</v>
+        <v>4810</v>
       </c>
       <c r="B199" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="C199" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="D199" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="E199" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="F199" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="G199" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="H199" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="I199" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4817</v>
+        <v>4811</v>
       </c>
       <c r="B200" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C200" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="D200" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="E200" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="F200" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="G200" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="H200" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="I200" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4850</v>
+        <v>4815</v>
       </c>
       <c r="B201" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="C201" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="D201" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="E201" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="F201" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="G201" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="H201" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="I201" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4935</v>
+        <v>4817</v>
       </c>
       <c r="B202" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="C202" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="D202" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="E202" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="F202" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="G202" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="H202" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="I202" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4939</v>
+        <v>4850</v>
       </c>
       <c r="B203" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="C203" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="D203" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="E203" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="F203" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="G203" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="H203" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="I203" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4947</v>
+        <v>4935</v>
       </c>
       <c r="B204" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="C204" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="D204" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="E204" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="F204" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="G204" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="H204" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="I204" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4950</v>
+        <v>4939</v>
       </c>
       <c r="B205" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="C205" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="D205" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="E205" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="F205" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="G205" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="H205" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="I205" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>871</v>
+        <v>170</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>872</v>
+        <v>171</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4958</v>
+        <v>4947</v>
       </c>
       <c r="B206" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="C206" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="D206" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="E206" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="F206" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="G206" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="H206" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="I206" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4965</v>
+        <v>4950</v>
       </c>
       <c r="B207" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="C207" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="D207" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="E207" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="F207" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="G207" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="H207" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="I207" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4968</v>
+        <v>4958</v>
       </c>
       <c r="B208" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="C208" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="D208" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="E208" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="F208" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="G208" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="H208" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="I208" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4969</v>
+        <v>4965</v>
       </c>
       <c r="B209" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="C209" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="D209" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="E209" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="F209" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="G209" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="H209" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="I209" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5037</v>
+        <v>4968</v>
       </c>
       <c r="B210" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="C210" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="D210" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="E210" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="F210" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="G210" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="H210" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="I210" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5272</v>
+        <v>4969</v>
       </c>
       <c r="B211" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="C211" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="D211" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="E211" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="F211" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="G211" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="H211" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="I211" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="J211" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>739</v>
+        <v>25</v>
       </c>
       <c r="L211" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>740</v>
+        <v>27</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5273</v>
+        <v>5037</v>
       </c>
       <c r="B212" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="C212" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="D212" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="E212" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="F212" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="G212" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="H212" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="I212" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
-        <v>1979</v>
+        <v>170</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
-        <v>1980</v>
+        <v>171</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5326</v>
+        <v>5272</v>
       </c>
       <c r="B213" t="s">
         <v>1982</v>
       </c>
       <c r="C213" t="s">
         <v>1983</v>
       </c>
       <c r="D213" t="s">
         <v>1984</v>
       </c>
       <c r="E213" t="s">
         <v>1985</v>
       </c>
       <c r="F213" t="s">
         <v>1986</v>
       </c>
       <c r="G213" t="s">
         <v>1987</v>
       </c>
       <c r="H213" t="s">
         <v>1988</v>
       </c>
       <c r="I213" t="s">
         <v>1989</v>
       </c>
       <c r="J213" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K213" t="s">
-        <v>170</v>
+        <v>739</v>
       </c>
       <c r="L213" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M213" t="s">
-        <v>171</v>
+        <v>740</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
         <v>1990</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5330</v>
+        <v>5273</v>
       </c>
       <c r="B214" t="s">
         <v>1991</v>
       </c>
       <c r="C214" t="s">
         <v>1992</v>
       </c>
       <c r="D214" t="s">
         <v>1993</v>
       </c>
       <c r="E214" t="s">
         <v>1994</v>
       </c>
       <c r="F214" t="s">
         <v>1995</v>
       </c>
       <c r="G214" t="s">
         <v>1996</v>
       </c>
       <c r="H214" t="s">
         <v>1997</v>
       </c>
       <c r="I214" t="s">
         <v>1998</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>170</v>
+        <v>1999</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>171</v>
+        <v>2000</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5331</v>
+        <v>5326</v>
       </c>
       <c r="B215" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="C215" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="D215" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="E215" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="F215" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="G215" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="H215" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="I215" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5332</v>
+        <v>5330</v>
       </c>
       <c r="B216" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="C216" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="D216" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="E216" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="F216" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="G216" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="H216" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I216" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5333</v>
+        <v>5331</v>
       </c>
       <c r="B217" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C217" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="D217" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="E217" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="F217" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="G217" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="H217" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="I217" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5335</v>
+        <v>5332</v>
       </c>
       <c r="B218" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="C218" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="D218" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="E218" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="F218" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="G218" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="H218" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="I218" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5344</v>
+        <v>5333</v>
       </c>
       <c r="B219" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="C219" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="D219" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="E219" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="F219" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="G219" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="H219" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="I219" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="J219" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K219" t="s">
-        <v>2044</v>
+        <v>25</v>
       </c>
       <c r="L219" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M219" t="s">
-        <v>2045</v>
+        <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2046</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5346</v>
+        <v>5335</v>
       </c>
       <c r="B220" t="s">
         <v>2047</v>
       </c>
       <c r="C220" t="s">
         <v>2048</v>
       </c>
       <c r="D220" t="s">
         <v>2049</v>
       </c>
       <c r="E220" t="s">
         <v>2050</v>
       </c>
       <c r="F220" t="s">
         <v>2051</v>
       </c>
       <c r="G220" t="s">
         <v>2052</v>
       </c>
       <c r="H220" t="s">
         <v>2053</v>
       </c>
       <c r="I220" t="s">
         <v>2054</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
+        <v>25</v>
+      </c>
+      <c r="L220" t="s">
+        <v>26</v>
+      </c>
+      <c r="M220" t="s">
+        <v>27</v>
+      </c>
+      <c r="N220" t="s">
+        <v>28</v>
+      </c>
+      <c r="O220" t="s">
         <v>2055</v>
-      </c>
-[...10 lines deleted...]
-        <v>2057</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5347</v>
+        <v>5344</v>
       </c>
       <c r="B221" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C221" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D221" t="s">
         <v>2058</v>
       </c>
-      <c r="C221" t="s">
+      <c r="E221" t="s">
         <v>2059</v>
       </c>
-      <c r="D221" t="s">
+      <c r="F221" t="s">
         <v>2060</v>
       </c>
-      <c r="E221" t="s">
+      <c r="G221" t="s">
         <v>2061</v>
       </c>
-      <c r="F221" t="s">
+      <c r="H221" t="s">
         <v>2062</v>
       </c>
-      <c r="G221" t="s">
+      <c r="I221" t="s">
         <v>2063</v>
       </c>
-      <c r="H221" t="s">
+      <c r="J221" t="s">
+        <v>441</v>
+      </c>
+      <c r="K221" t="s">
         <v>2064</v>
       </c>
-      <c r="I221" t="s">
+      <c r="L221" t="s">
+        <v>443</v>
+      </c>
+      <c r="M221" t="s">
         <v>2065</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
         <v>2066</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5348</v>
+        <v>5346</v>
       </c>
       <c r="B222" t="s">
         <v>2067</v>
       </c>
       <c r="C222" t="s">
         <v>2068</v>
       </c>
       <c r="D222" t="s">
         <v>2069</v>
       </c>
       <c r="E222" t="s">
         <v>2070</v>
       </c>
       <c r="F222" t="s">
         <v>2071</v>
       </c>
       <c r="G222" t="s">
         <v>2072</v>
       </c>
       <c r="H222" t="s">
         <v>2073</v>
       </c>
       <c r="I222" t="s">
         <v>2074</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>170</v>
+        <v>2075</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>171</v>
+        <v>2076</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5351</v>
+        <v>5347</v>
       </c>
       <c r="B223" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="C223" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="D223" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="E223" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="F223" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="G223" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="H223" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="I223" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5353</v>
+        <v>5348</v>
       </c>
       <c r="B224" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="C224" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="D224" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="E224" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="F224" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="G224" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="H224" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="I224" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="J224" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>882</v>
+        <v>170</v>
       </c>
       <c r="L224" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5354</v>
+        <v>5351</v>
       </c>
       <c r="B225" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="C225" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="D225" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="E225" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="F225" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="G225" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="H225" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="I225" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5359</v>
+        <v>5353</v>
       </c>
       <c r="B226" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="C226" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="D226" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="E226" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="F226" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="G226" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="H226" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="I226" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="J226" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K226" t="s">
-        <v>25</v>
+        <v>882</v>
       </c>
       <c r="L226" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M226" t="s">
-        <v>27</v>
+        <v>883</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5364</v>
+        <v>5354</v>
       </c>
       <c r="B227" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="C227" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="D227" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="E227" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="F227" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="G227" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="H227" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="I227" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5365</v>
+        <v>5359</v>
       </c>
       <c r="B228" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="C228" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="D228" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="E228" t="s">
-        <v>2124</v>
+        <v>2126</v>
       </c>
       <c r="F228" t="s">
-        <v>2125</v>
+        <v>2127</v>
       </c>
       <c r="G228" t="s">
-        <v>2126</v>
+        <v>2128</v>
       </c>
       <c r="H228" t="s">
-        <v>2127</v>
+        <v>2129</v>
       </c>
       <c r="I228" t="s">
-        <v>2128</v>
+        <v>2130</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
         <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
         <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5367</v>
+        <v>5364</v>
       </c>
       <c r="B229" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="C229" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="D229" t="s">
-        <v>2132</v>
+        <v>2134</v>
       </c>
       <c r="E229" t="s">
-        <v>2133</v>
+        <v>2135</v>
       </c>
       <c r="F229" t="s">
-        <v>2134</v>
+        <v>2136</v>
       </c>
       <c r="G229" t="s">
-        <v>2135</v>
+        <v>2137</v>
       </c>
       <c r="H229" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="I229" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5368</v>
+        <v>5365</v>
       </c>
       <c r="B230" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="C230" t="s">
-        <v>2140</v>
+        <v>2142</v>
       </c>
       <c r="D230" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="E230" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="F230" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="G230" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="H230" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="I230" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2147</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5371</v>
+        <v>5367</v>
       </c>
       <c r="B231" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="C231" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="D231" t="s">
-        <v>2150</v>
+        <v>2152</v>
       </c>
       <c r="E231" t="s">
-        <v>2151</v>
+        <v>2153</v>
       </c>
       <c r="F231" t="s">
-        <v>2152</v>
+        <v>2154</v>
       </c>
       <c r="G231" t="s">
-        <v>2153</v>
+        <v>2155</v>
       </c>
       <c r="H231" t="s">
-        <v>2154</v>
+        <v>2156</v>
       </c>
       <c r="I231" t="s">
-        <v>2155</v>
+        <v>2157</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>2156</v>
+        <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>2157</v>
+        <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5372</v>
+        <v>5368</v>
       </c>
       <c r="B232" t="s">
         <v>2159</v>
       </c>
       <c r="C232" t="s">
         <v>2160</v>
       </c>
       <c r="D232" t="s">
         <v>2161</v>
       </c>
       <c r="E232" t="s">
         <v>2162</v>
       </c>
       <c r="F232" t="s">
         <v>2163</v>
       </c>
       <c r="G232" t="s">
         <v>2164</v>
       </c>
       <c r="H232" t="s">
         <v>2165</v>
       </c>
       <c r="I232" t="s">
         <v>2166</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
         <v>25</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
         <v>27</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
         <v>2167</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5375</v>
+        <v>5371</v>
       </c>
       <c r="B233" t="s">
         <v>2168</v>
       </c>
       <c r="C233" t="s">
         <v>2169</v>
       </c>
       <c r="D233" t="s">
         <v>2170</v>
       </c>
       <c r="E233" t="s">
         <v>2171</v>
       </c>
       <c r="F233" t="s">
         <v>2172</v>
       </c>
       <c r="G233" t="s">
         <v>2173</v>
       </c>
       <c r="H233" t="s">
         <v>2174</v>
       </c>
       <c r="I233" t="s">
         <v>2175</v>
       </c>
       <c r="J233" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>274</v>
+        <v>2176</v>
       </c>
       <c r="L233" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>276</v>
+        <v>2177</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5377</v>
+        <v>5372</v>
       </c>
       <c r="B234" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="C234" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="D234" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="E234" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="F234" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="G234" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="H234" t="s">
-        <v>2183</v>
+        <v>2185</v>
       </c>
       <c r="I234" t="s">
-        <v>2184</v>
+        <v>2186</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
         <v>25</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
         <v>27</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2185</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5378</v>
+        <v>5375</v>
       </c>
       <c r="B235" t="s">
-        <v>2186</v>
+        <v>2188</v>
       </c>
       <c r="C235" t="s">
-        <v>2187</v>
+        <v>2189</v>
       </c>
       <c r="D235" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="E235" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="F235" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
       <c r="G235" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="H235" t="s">
-        <v>2192</v>
+        <v>2194</v>
       </c>
       <c r="I235" t="s">
-        <v>2193</v>
+        <v>2195</v>
       </c>
       <c r="J235" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K235" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L235" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M235" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2194</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5380</v>
+        <v>5377</v>
       </c>
       <c r="B236" t="s">
-        <v>2195</v>
+        <v>2197</v>
       </c>
       <c r="C236" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="D236" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="E236" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
       <c r="F236" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="G236" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="H236" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="I236" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5382</v>
+        <v>5378</v>
       </c>
       <c r="B237" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="C237" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="D237" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="E237" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="F237" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="G237" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="H237" t="s">
-        <v>2210</v>
+        <v>2212</v>
       </c>
       <c r="I237" t="s">
-        <v>2211</v>
+        <v>2213</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2212</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5393</v>
+        <v>5380</v>
       </c>
       <c r="B238" t="s">
-        <v>2213</v>
+        <v>2215</v>
       </c>
       <c r="C238" t="s">
-        <v>2214</v>
+        <v>2216</v>
       </c>
       <c r="D238" t="s">
-        <v>2215</v>
+        <v>2217</v>
       </c>
       <c r="E238" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="F238" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="G238" t="s">
-        <v>2218</v>
+        <v>2220</v>
       </c>
       <c r="H238" t="s">
-        <v>2219</v>
+        <v>2221</v>
       </c>
       <c r="I238" t="s">
-        <v>2220</v>
+        <v>2222</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
         <v>25</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
         <v>27</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2221</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5394</v>
+        <v>5382</v>
       </c>
       <c r="B239" t="s">
-        <v>2222</v>
+        <v>2224</v>
       </c>
       <c r="C239" t="s">
-        <v>2223</v>
+        <v>2225</v>
       </c>
       <c r="D239" t="s">
-        <v>2224</v>
+        <v>2226</v>
       </c>
       <c r="E239" t="s">
-        <v>2225</v>
+        <v>2227</v>
       </c>
       <c r="F239" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="G239" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="H239" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="I239" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5403</v>
+        <v>5393</v>
       </c>
       <c r="B240" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
       <c r="C240" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="D240" t="s">
-        <v>2233</v>
+        <v>2235</v>
       </c>
       <c r="E240" t="s">
-        <v>2234</v>
+        <v>2236</v>
       </c>
       <c r="F240" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="G240" t="s">
-        <v>2236</v>
+        <v>2238</v>
       </c>
       <c r="H240" t="s">
-        <v>2237</v>
+        <v>2239</v>
       </c>
       <c r="I240" t="s">
-        <v>2238</v>
+        <v>2240</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
-        <v>2239</v>
+        <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
-        <v>2240</v>
+        <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5431</v>
+        <v>5394</v>
       </c>
       <c r="B241" t="s">
         <v>2242</v>
       </c>
       <c r="C241" t="s">
         <v>2243</v>
       </c>
       <c r="D241" t="s">
         <v>2244</v>
       </c>
       <c r="E241" t="s">
         <v>2245</v>
       </c>
       <c r="F241" t="s">
         <v>2246</v>
       </c>
       <c r="G241" t="s">
         <v>2247</v>
       </c>
       <c r="H241" t="s">
         <v>2248</v>
       </c>
       <c r="I241" t="s">
         <v>2249</v>
       </c>
       <c r="J241" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L241" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
         <v>2250</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5433</v>
+        <v>5403</v>
       </c>
       <c r="B242" t="s">
         <v>2251</v>
       </c>
       <c r="C242" t="s">
         <v>2252</v>
       </c>
       <c r="D242" t="s">
         <v>2253</v>
       </c>
       <c r="E242" t="s">
         <v>2254</v>
       </c>
       <c r="F242" t="s">
         <v>2255</v>
       </c>
       <c r="G242" t="s">
         <v>2256</v>
       </c>
       <c r="H242" t="s">
         <v>2257</v>
       </c>
       <c r="I242" t="s">
         <v>2258</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>170</v>
+        <v>2259</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>171</v>
+        <v>2260</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2259</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5435</v>
+        <v>5431</v>
       </c>
       <c r="B243" t="s">
-        <v>2260</v>
+        <v>2262</v>
       </c>
       <c r="C243" t="s">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="D243" t="s">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="E243" t="s">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="F243" t="s">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="G243" t="s">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="H243" t="s">
-        <v>2266</v>
+        <v>2268</v>
       </c>
       <c r="I243" t="s">
-        <v>2267</v>
+        <v>2269</v>
       </c>
       <c r="J243" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K243" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L243" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M243" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2268</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5436</v>
+        <v>5433</v>
       </c>
       <c r="B244" t="s">
-        <v>2269</v>
+        <v>2271</v>
       </c>
       <c r="C244" t="s">
-        <v>2270</v>
+        <v>2272</v>
       </c>
       <c r="D244" t="s">
-        <v>2271</v>
+        <v>2273</v>
       </c>
       <c r="E244" t="s">
-        <v>2272</v>
+        <v>2274</v>
       </c>
       <c r="F244" t="s">
-        <v>2273</v>
+        <v>2275</v>
       </c>
       <c r="G244" t="s">
-        <v>2274</v>
+        <v>2276</v>
       </c>
       <c r="H244" t="s">
-        <v>2275</v>
+        <v>2277</v>
       </c>
       <c r="I244" t="s">
-        <v>2276</v>
+        <v>2278</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2277</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5437</v>
+        <v>5435</v>
       </c>
       <c r="B245" t="s">
-        <v>2278</v>
+        <v>2280</v>
       </c>
       <c r="C245" t="s">
-        <v>2279</v>
+        <v>2281</v>
       </c>
       <c r="D245" t="s">
-        <v>2280</v>
+        <v>2282</v>
       </c>
       <c r="E245" t="s">
-        <v>2281</v>
+        <v>2283</v>
       </c>
       <c r="F245" t="s">
-        <v>2282</v>
+        <v>2284</v>
       </c>
       <c r="G245" t="s">
-        <v>2283</v>
+        <v>2285</v>
       </c>
       <c r="H245" t="s">
-        <v>2284</v>
+        <v>2286</v>
       </c>
       <c r="I245" t="s">
-        <v>2285</v>
+        <v>2287</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2286</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5439</v>
+        <v>5436</v>
       </c>
       <c r="B246" t="s">
-        <v>2287</v>
+        <v>2289</v>
       </c>
       <c r="C246" t="s">
-        <v>2288</v>
+        <v>2290</v>
       </c>
       <c r="D246" t="s">
-        <v>2289</v>
+        <v>2291</v>
       </c>
       <c r="E246" t="s">
-        <v>2290</v>
+        <v>2292</v>
       </c>
       <c r="F246" t="s">
-        <v>2291</v>
+        <v>2293</v>
       </c>
       <c r="G246" t="s">
-        <v>2292</v>
+        <v>2294</v>
       </c>
       <c r="H246" t="s">
-        <v>2293</v>
+        <v>2295</v>
       </c>
       <c r="I246" t="s">
-        <v>2294</v>
+        <v>2296</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2295</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5456</v>
+        <v>5437</v>
       </c>
       <c r="B247" t="s">
-        <v>2296</v>
+        <v>2298</v>
       </c>
       <c r="C247" t="s">
-        <v>2297</v>
+        <v>2299</v>
       </c>
       <c r="D247" t="s">
-        <v>2298</v>
+        <v>2300</v>
       </c>
       <c r="E247" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="F247" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="G247" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="H247" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="I247" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="J247" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K247" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L247" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M247" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5474</v>
+        <v>5439</v>
       </c>
       <c r="B248" t="s">
-        <v>2305</v>
+        <v>2307</v>
       </c>
       <c r="C248" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="D248" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="E248" t="s">
-        <v>2308</v>
+        <v>2310</v>
       </c>
       <c r="F248" t="s">
-        <v>2309</v>
+        <v>2311</v>
       </c>
       <c r="G248" t="s">
-        <v>2310</v>
+        <v>2312</v>
       </c>
       <c r="H248" t="s">
-        <v>2311</v>
+        <v>2313</v>
       </c>
       <c r="I248" t="s">
-        <v>2312</v>
+        <v>2314</v>
       </c>
       <c r="J248" t="s">
         <v>24</v>
       </c>
       <c r="K248" t="s">
         <v>25</v>
       </c>
       <c r="L248" t="s">
         <v>26</v>
       </c>
       <c r="M248" t="s">
         <v>27</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2313</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5475</v>
+        <v>5456</v>
       </c>
       <c r="B249" t="s">
-        <v>2314</v>
+        <v>2316</v>
       </c>
       <c r="C249" t="s">
-        <v>2315</v>
+        <v>2317</v>
       </c>
       <c r="D249" t="s">
-        <v>2316</v>
+        <v>2318</v>
       </c>
       <c r="E249" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="F249" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="G249" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="H249" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
       <c r="I249" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="J249" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K249" t="s">
-        <v>170</v>
+        <v>871</v>
       </c>
       <c r="L249" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M249" t="s">
-        <v>171</v>
+        <v>872</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2322</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5476</v>
+        <v>5474</v>
       </c>
       <c r="B250" t="s">
-        <v>2323</v>
+        <v>2325</v>
       </c>
       <c r="C250" t="s">
-        <v>2324</v>
+        <v>2326</v>
       </c>
       <c r="D250" t="s">
-        <v>2325</v>
+        <v>2327</v>
       </c>
       <c r="E250" t="s">
-        <v>2326</v>
+        <v>2328</v>
       </c>
       <c r="F250" t="s">
-        <v>2327</v>
+        <v>2329</v>
       </c>
       <c r="G250" t="s">
-        <v>2328</v>
+        <v>2330</v>
       </c>
       <c r="H250" t="s">
-        <v>2329</v>
+        <v>2331</v>
       </c>
       <c r="I250" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="J250" t="s">
-        <v>2331</v>
+        <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L250" t="s">
-        <v>2332</v>
+        <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5478</v>
+        <v>5475</v>
       </c>
       <c r="B251" t="s">
         <v>2334</v>
       </c>
       <c r="C251" t="s">
         <v>2335</v>
       </c>
       <c r="D251" t="s">
         <v>2336</v>
       </c>
       <c r="E251" t="s">
         <v>2337</v>
       </c>
       <c r="F251" t="s">
         <v>2338</v>
       </c>
       <c r="G251" t="s">
         <v>2339</v>
       </c>
       <c r="H251" t="s">
         <v>2340</v>
       </c>
       <c r="I251" t="s">
         <v>2341</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5479</v>
+        <v>5476</v>
       </c>
       <c r="B252" t="s">
         <v>2343</v>
       </c>
       <c r="C252" t="s">
         <v>2344</v>
       </c>
       <c r="D252" t="s">
         <v>2345</v>
       </c>
       <c r="E252" t="s">
         <v>2346</v>
       </c>
       <c r="F252" t="s">
         <v>2347</v>
       </c>
       <c r="G252" t="s">
         <v>2348</v>
       </c>
       <c r="H252" t="s">
         <v>2349</v>
       </c>
       <c r="I252" t="s">
         <v>2350</v>
       </c>
       <c r="J252" t="s">
-        <v>24</v>
+        <v>2351</v>
       </c>
       <c r="K252" t="s">
-        <v>571</v>
+        <v>1208</v>
       </c>
       <c r="L252" t="s">
-        <v>26</v>
+        <v>2352</v>
       </c>
       <c r="M252" t="s">
-        <v>572</v>
+        <v>1209</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5482</v>
+        <v>5478</v>
       </c>
       <c r="B253" t="s">
-        <v>2352</v>
+        <v>2354</v>
       </c>
       <c r="C253" t="s">
-        <v>2353</v>
+        <v>2355</v>
       </c>
       <c r="D253" t="s">
-        <v>2354</v>
+        <v>2356</v>
       </c>
       <c r="E253" t="s">
-        <v>2355</v>
+        <v>2357</v>
       </c>
       <c r="F253" t="s">
-        <v>2356</v>
+        <v>2358</v>
       </c>
       <c r="G253" t="s">
-        <v>2357</v>
+        <v>2359</v>
       </c>
       <c r="H253" t="s">
-        <v>2358</v>
+        <v>2360</v>
       </c>
       <c r="I253" t="s">
-        <v>2359</v>
+        <v>2361</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2360</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5483</v>
+        <v>5479</v>
       </c>
       <c r="B254" t="s">
-        <v>2361</v>
+        <v>2363</v>
       </c>
       <c r="C254" t="s">
-        <v>2362</v>
+        <v>2364</v>
       </c>
       <c r="D254" t="s">
-        <v>2363</v>
+        <v>2365</v>
       </c>
       <c r="E254" t="s">
-        <v>2364</v>
+        <v>2366</v>
       </c>
       <c r="F254" t="s">
-        <v>2365</v>
+        <v>2367</v>
       </c>
       <c r="G254" t="s">
-        <v>2366</v>
+        <v>2368</v>
       </c>
       <c r="H254" t="s">
-        <v>2367</v>
+        <v>2369</v>
       </c>
       <c r="I254" t="s">
-        <v>2368</v>
+        <v>2370</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2369</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5485</v>
+        <v>5482</v>
       </c>
       <c r="B255" t="s">
-        <v>2370</v>
+        <v>2372</v>
       </c>
       <c r="C255" t="s">
-        <v>2371</v>
+        <v>2373</v>
       </c>
       <c r="D255" t="s">
-        <v>2372</v>
+        <v>2374</v>
       </c>
       <c r="E255" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="F255" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="G255" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="H255" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="I255" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>2378</v>
+        <v>170</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>2379</v>
+        <v>171</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
         <v>2380</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5487</v>
+        <v>5483</v>
       </c>
       <c r="B256" t="s">
         <v>2381</v>
       </c>
       <c r="C256" t="s">
         <v>2382</v>
       </c>
       <c r="D256" t="s">
         <v>2383</v>
       </c>
       <c r="E256" t="s">
         <v>2384</v>
       </c>
       <c r="F256" t="s">
         <v>2385</v>
       </c>
       <c r="G256" t="s">
         <v>2386</v>
       </c>
       <c r="H256" t="s">
         <v>2387</v>
       </c>
       <c r="I256" t="s">
         <v>2388</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
+        <v>25</v>
+      </c>
+      <c r="L256" t="s">
+        <v>26</v>
+      </c>
+      <c r="M256" t="s">
+        <v>27</v>
+      </c>
+      <c r="N256" t="s">
+        <v>28</v>
+      </c>
+      <c r="O256" t="s">
         <v>2389</v>
-      </c>
-[...10 lines deleted...]
-        <v>2391</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5488</v>
+        <v>5485</v>
       </c>
       <c r="B257" t="s">
+        <v>2390</v>
+      </c>
+      <c r="C257" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D257" t="s">
         <v>2392</v>
       </c>
-      <c r="C257" t="s">
+      <c r="E257" t="s">
         <v>2393</v>
       </c>
-      <c r="D257" t="s">
+      <c r="F257" t="s">
         <v>2394</v>
       </c>
-      <c r="E257" t="s">
+      <c r="G257" t="s">
         <v>2395</v>
       </c>
-      <c r="F257" t="s">
+      <c r="H257" t="s">
         <v>2396</v>
       </c>
-      <c r="G257" t="s">
+      <c r="I257" t="s">
         <v>2397</v>
       </c>
-      <c r="H257" t="s">
+      <c r="J257" t="s">
+        <v>24</v>
+      </c>
+      <c r="K257" t="s">
         <v>2398</v>
       </c>
-      <c r="I257" t="s">
+      <c r="L257" t="s">
+        <v>26</v>
+      </c>
+      <c r="M257" t="s">
         <v>2399</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
         <v>2400</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5489</v>
+        <v>5487</v>
       </c>
       <c r="B258" t="s">
         <v>2401</v>
       </c>
       <c r="C258" t="s">
         <v>2402</v>
       </c>
       <c r="D258" t="s">
         <v>2403</v>
       </c>
       <c r="E258" t="s">
         <v>2404</v>
       </c>
       <c r="F258" t="s">
         <v>2405</v>
       </c>
       <c r="G258" t="s">
         <v>2406</v>
       </c>
       <c r="H258" t="s">
         <v>2407</v>
       </c>
       <c r="I258" t="s">
         <v>2408</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>1237</v>
+        <v>2409</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>1238</v>
+        <v>2410</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2409</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5490</v>
+        <v>5488</v>
       </c>
       <c r="B259" t="s">
-        <v>2410</v>
+        <v>2412</v>
       </c>
       <c r="C259" t="s">
-        <v>2411</v>
+        <v>2413</v>
       </c>
       <c r="D259" t="s">
-        <v>2412</v>
+        <v>2414</v>
       </c>
       <c r="E259" t="s">
-        <v>2413</v>
+        <v>2415</v>
       </c>
       <c r="F259" t="s">
-        <v>2414</v>
+        <v>2416</v>
       </c>
       <c r="G259" t="s">
-        <v>2415</v>
+        <v>2417</v>
       </c>
       <c r="H259" t="s">
-        <v>2416</v>
+        <v>2418</v>
       </c>
       <c r="I259" t="s">
-        <v>2417</v>
+        <v>2419</v>
       </c>
       <c r="J259" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>2418</v>
+        <v>170</v>
       </c>
       <c r="L259" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>2419</v>
+        <v>171</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
         <v>2420</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5493</v>
+        <v>5489</v>
       </c>
       <c r="B260" t="s">
         <v>2421</v>
       </c>
       <c r="C260" t="s">
         <v>2422</v>
       </c>
       <c r="D260" t="s">
         <v>2423</v>
       </c>
       <c r="E260" t="s">
         <v>2424</v>
       </c>
       <c r="F260" t="s">
         <v>2425</v>
       </c>
       <c r="G260" t="s">
         <v>2426</v>
       </c>
       <c r="H260" t="s">
         <v>2427</v>
       </c>
       <c r="I260" t="s">
         <v>2428</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>170</v>
+        <v>1237</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>171</v>
+        <v>1238</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
         <v>2429</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5496</v>
+        <v>5490</v>
       </c>
       <c r="B261" t="s">
         <v>2430</v>
       </c>
       <c r="C261" t="s">
         <v>2431</v>
       </c>
       <c r="D261" t="s">
         <v>2432</v>
       </c>
       <c r="E261" t="s">
         <v>2433</v>
       </c>
       <c r="F261" t="s">
         <v>2434</v>
       </c>
       <c r="G261" t="s">
         <v>2435</v>
       </c>
       <c r="H261" t="s">
         <v>2436</v>
       </c>
       <c r="I261" t="s">
         <v>2437</v>
       </c>
       <c r="J261" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K261" t="s">
-        <v>274</v>
+        <v>2438</v>
       </c>
       <c r="L261" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M261" t="s">
-        <v>276</v>
+        <v>2439</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2438</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5502</v>
+        <v>5493</v>
       </c>
       <c r="B262" t="s">
-        <v>2439</v>
+        <v>2441</v>
       </c>
       <c r="C262" t="s">
-        <v>2440</v>
+        <v>2442</v>
       </c>
       <c r="D262" t="s">
-        <v>2441</v>
+        <v>2443</v>
       </c>
       <c r="E262" t="s">
-        <v>2442</v>
+        <v>2444</v>
       </c>
       <c r="F262" t="s">
-        <v>2443</v>
+        <v>2445</v>
       </c>
       <c r="G262" t="s">
-        <v>2444</v>
+        <v>2446</v>
       </c>
       <c r="H262" t="s">
-        <v>2445</v>
+        <v>2447</v>
       </c>
       <c r="I262" t="s">
-        <v>2446</v>
+        <v>2448</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2447</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5503</v>
+        <v>5496</v>
       </c>
       <c r="B263" t="s">
-        <v>2448</v>
+        <v>2450</v>
       </c>
       <c r="C263" t="s">
-        <v>2449</v>
+        <v>2451</v>
       </c>
       <c r="D263" t="s">
-        <v>2450</v>
+        <v>2452</v>
       </c>
       <c r="E263" t="s">
-        <v>2451</v>
+        <v>2453</v>
       </c>
       <c r="F263" t="s">
-        <v>2452</v>
+        <v>2454</v>
       </c>
       <c r="G263" t="s">
-        <v>2453</v>
+        <v>2455</v>
       </c>
       <c r="H263" t="s">
-        <v>2454</v>
+        <v>2456</v>
       </c>
       <c r="I263" t="s">
-        <v>2455</v>
+        <v>2457</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2456</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5504</v>
+        <v>5502</v>
       </c>
       <c r="B264" t="s">
-        <v>2457</v>
+        <v>2459</v>
       </c>
       <c r="C264" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="D264" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="E264" t="s">
-        <v>2460</v>
+        <v>2462</v>
       </c>
       <c r="F264" t="s">
-        <v>2461</v>
+        <v>2463</v>
       </c>
       <c r="G264" t="s">
-        <v>2462</v>
+        <v>2464</v>
       </c>
       <c r="H264" t="s">
-        <v>2463</v>
+        <v>2465</v>
       </c>
       <c r="I264" t="s">
-        <v>2464</v>
+        <v>2466</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>25</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>27</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2465</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5507</v>
+        <v>5503</v>
       </c>
       <c r="B265" t="s">
-        <v>2466</v>
+        <v>2468</v>
       </c>
       <c r="C265" t="s">
-        <v>2467</v>
+        <v>2469</v>
       </c>
       <c r="D265" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="E265" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="F265" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
       <c r="G265" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="H265" t="s">
-        <v>2472</v>
+        <v>2474</v>
       </c>
       <c r="I265" t="s">
-        <v>2473</v>
+        <v>2475</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2474</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5509</v>
+        <v>5504</v>
       </c>
       <c r="B266" t="s">
-        <v>2475</v>
+        <v>2477</v>
       </c>
       <c r="C266" t="s">
-        <v>2476</v>
+        <v>2478</v>
       </c>
       <c r="D266" t="s">
-        <v>2477</v>
+        <v>2479</v>
       </c>
       <c r="E266" t="s">
-        <v>2478</v>
+        <v>2480</v>
       </c>
       <c r="F266" t="s">
-        <v>2479</v>
+        <v>2481</v>
       </c>
       <c r="G266" t="s">
-        <v>2480</v>
+        <v>2482</v>
       </c>
       <c r="H266" t="s">
-        <v>2481</v>
+        <v>2483</v>
       </c>
       <c r="I266" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="J266" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K266" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L266" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M266" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5512</v>
+        <v>5507</v>
       </c>
       <c r="B267" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
       <c r="C267" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="D267" t="s">
-        <v>2486</v>
+        <v>2488</v>
       </c>
       <c r="E267" t="s">
-        <v>2487</v>
+        <v>2489</v>
       </c>
       <c r="F267" t="s">
-        <v>2488</v>
+        <v>2490</v>
       </c>
       <c r="G267" t="s">
-        <v>2489</v>
+        <v>2491</v>
       </c>
       <c r="H267" t="s">
-        <v>2490</v>
+        <v>2492</v>
       </c>
       <c r="I267" t="s">
-        <v>2491</v>
+        <v>2493</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2492</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5514</v>
+        <v>5509</v>
       </c>
       <c r="B268" t="s">
-        <v>2493</v>
+        <v>2495</v>
       </c>
       <c r="C268" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="D268" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="E268" t="s">
-        <v>2496</v>
+        <v>2498</v>
       </c>
       <c r="F268" t="s">
-        <v>2497</v>
+        <v>2499</v>
       </c>
       <c r="G268" t="s">
-        <v>2498</v>
+        <v>2500</v>
       </c>
       <c r="H268" t="s">
-        <v>2499</v>
+        <v>2501</v>
       </c>
       <c r="I268" t="s">
-        <v>2500</v>
+        <v>2502</v>
       </c>
       <c r="J268" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K268" t="s">
-        <v>59</v>
+        <v>1208</v>
       </c>
       <c r="L268" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M268" t="s">
-        <v>61</v>
+        <v>1209</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2501</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5516</v>
+        <v>5512</v>
       </c>
       <c r="B269" t="s">
-        <v>2502</v>
+        <v>2504</v>
       </c>
       <c r="C269" t="s">
-        <v>2503</v>
+        <v>2505</v>
       </c>
       <c r="D269" t="s">
-        <v>2504</v>
+        <v>2506</v>
       </c>
       <c r="E269" t="s">
-        <v>2505</v>
+        <v>2507</v>
       </c>
       <c r="F269" t="s">
-        <v>2506</v>
+        <v>2508</v>
       </c>
       <c r="G269" t="s">
-        <v>2507</v>
+        <v>2509</v>
       </c>
       <c r="H269" t="s">
-        <v>2508</v>
+        <v>2510</v>
       </c>
       <c r="I269" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2510</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5517</v>
+        <v>5514</v>
       </c>
       <c r="B270" t="s">
-        <v>2511</v>
+        <v>2513</v>
       </c>
       <c r="C270" t="s">
-        <v>2512</v>
+        <v>2514</v>
       </c>
       <c r="D270" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
       <c r="E270" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
       <c r="F270" t="s">
-        <v>2515</v>
+        <v>2517</v>
       </c>
       <c r="G270" t="s">
-        <v>2516</v>
+        <v>2518</v>
       </c>
       <c r="H270" t="s">
-        <v>2517</v>
+        <v>2519</v>
       </c>
       <c r="I270" t="s">
-        <v>2518</v>
+        <v>2520</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2519</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5518</v>
+        <v>5516</v>
       </c>
       <c r="B271" t="s">
-        <v>2520</v>
+        <v>2522</v>
       </c>
       <c r="C271" t="s">
-        <v>2521</v>
+        <v>2523</v>
       </c>
       <c r="D271" t="s">
-        <v>2522</v>
+        <v>2524</v>
       </c>
       <c r="E271" t="s">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="F271" t="s">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="G271" t="s">
-        <v>2525</v>
+        <v>2527</v>
       </c>
       <c r="H271" t="s">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="I271" t="s">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2528</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5520</v>
+        <v>5517</v>
       </c>
       <c r="B272" t="s">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="C272" t="s">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="D272" t="s">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="E272" t="s">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="F272" t="s">
-        <v>2533</v>
+        <v>2535</v>
       </c>
       <c r="G272" t="s">
-        <v>2534</v>
+        <v>2536</v>
       </c>
       <c r="H272" t="s">
-        <v>2535</v>
+        <v>2537</v>
       </c>
       <c r="I272" t="s">
-        <v>2536</v>
+        <v>2538</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2537</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5545</v>
+        <v>5518</v>
       </c>
       <c r="B273" t="s">
-        <v>2538</v>
+        <v>2540</v>
       </c>
       <c r="C273" t="s">
-        <v>2539</v>
+        <v>2541</v>
       </c>
       <c r="D273" t="s">
-        <v>2540</v>
+        <v>2542</v>
       </c>
       <c r="E273" t="s">
-        <v>2541</v>
+        <v>2543</v>
       </c>
       <c r="F273" t="s">
-        <v>2542</v>
+        <v>2544</v>
       </c>
       <c r="G273" t="s">
-        <v>2543</v>
+        <v>2545</v>
       </c>
       <c r="H273" t="s">
-        <v>2544</v>
+        <v>2546</v>
       </c>
       <c r="I273" t="s">
-        <v>2545</v>
+        <v>2547</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2546</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5657</v>
+        <v>5520</v>
       </c>
       <c r="B274" t="s">
-        <v>2547</v>
+        <v>2549</v>
       </c>
       <c r="C274" t="s">
-        <v>2548</v>
+        <v>2550</v>
       </c>
       <c r="D274" t="s">
-        <v>2549</v>
+        <v>2551</v>
       </c>
       <c r="E274" t="s">
-        <v>2550</v>
+        <v>2552</v>
       </c>
       <c r="F274" t="s">
-        <v>2551</v>
+        <v>2553</v>
       </c>
       <c r="G274" t="s">
-        <v>2552</v>
+        <v>2554</v>
       </c>
       <c r="H274" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="I274" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5733</v>
+        <v>5545</v>
       </c>
       <c r="B275" t="s">
-        <v>2556</v>
+        <v>2558</v>
       </c>
       <c r="C275" t="s">
-        <v>2557</v>
+        <v>2559</v>
       </c>
       <c r="D275" t="s">
-        <v>2558</v>
+        <v>2560</v>
       </c>
       <c r="E275" t="s">
-        <v>2559</v>
+        <v>2561</v>
       </c>
       <c r="F275" t="s">
-        <v>2560</v>
+        <v>2562</v>
       </c>
       <c r="G275" t="s">
-        <v>2561</v>
+        <v>2563</v>
       </c>
       <c r="H275" t="s">
-        <v>2562</v>
+        <v>2564</v>
       </c>
       <c r="I275" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5787</v>
+        <v>5657</v>
       </c>
       <c r="B276" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
       <c r="C276" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="D276" t="s">
-        <v>2567</v>
+        <v>2569</v>
       </c>
       <c r="E276" t="s">
-        <v>2568</v>
+        <v>2570</v>
       </c>
       <c r="F276" t="s">
-        <v>2569</v>
+        <v>2571</v>
       </c>
       <c r="G276" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="H276" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="I276" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5792</v>
+        <v>5733</v>
       </c>
       <c r="B277" t="s">
-        <v>2574</v>
+        <v>2576</v>
       </c>
       <c r="C277" t="s">
-        <v>2575</v>
+        <v>2577</v>
       </c>
       <c r="D277" t="s">
-        <v>2576</v>
+        <v>2578</v>
       </c>
       <c r="E277" t="s">
-        <v>2577</v>
+        <v>2579</v>
       </c>
       <c r="F277" t="s">
-        <v>2578</v>
+        <v>2580</v>
       </c>
       <c r="G277" t="s">
-        <v>2579</v>
+        <v>2581</v>
       </c>
       <c r="H277" t="s">
-        <v>2580</v>
+        <v>2582</v>
       </c>
       <c r="I277" t="s">
-        <v>2581</v>
+        <v>2583</v>
       </c>
       <c r="J277" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>442</v>
+        <v>47</v>
       </c>
       <c r="L277" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>444</v>
+        <v>48</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2582</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5794</v>
+        <v>5787</v>
       </c>
       <c r="B278" t="s">
-        <v>2583</v>
+        <v>2585</v>
       </c>
       <c r="C278" t="s">
-        <v>2584</v>
+        <v>2586</v>
       </c>
       <c r="D278" t="s">
-        <v>2585</v>
+        <v>2587</v>
       </c>
       <c r="E278" t="s">
-        <v>2586</v>
+        <v>2588</v>
       </c>
       <c r="F278" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="G278" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="H278" t="s">
-        <v>2589</v>
+        <v>2591</v>
       </c>
       <c r="I278" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="J278" t="s">
         <v>24</v>
       </c>
       <c r="K278" t="s">
         <v>170</v>
       </c>
       <c r="L278" t="s">
         <v>26</v>
       </c>
       <c r="M278" t="s">
         <v>171</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2591</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5795</v>
+        <v>5792</v>
       </c>
       <c r="B279" t="s">
-        <v>2592</v>
+        <v>2594</v>
       </c>
       <c r="C279" t="s">
-        <v>2593</v>
+        <v>2595</v>
       </c>
       <c r="D279" t="s">
-        <v>2594</v>
+        <v>2596</v>
       </c>
       <c r="E279" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="F279" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="G279" t="s">
-        <v>2597</v>
+        <v>2599</v>
       </c>
       <c r="H279" t="s">
-        <v>2598</v>
+        <v>2600</v>
       </c>
       <c r="I279" t="s">
-        <v>2599</v>
+        <v>2601</v>
       </c>
       <c r="J279" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K279" t="s">
-        <v>47</v>
+        <v>442</v>
       </c>
       <c r="L279" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M279" t="s">
-        <v>48</v>
+        <v>444</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2600</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5796</v>
+        <v>5794</v>
       </c>
       <c r="B280" t="s">
-        <v>2601</v>
+        <v>2603</v>
       </c>
       <c r="C280" t="s">
-        <v>2602</v>
+        <v>2604</v>
       </c>
       <c r="D280" t="s">
-        <v>2603</v>
+        <v>2605</v>
       </c>
       <c r="E280" t="s">
-        <v>2604</v>
+        <v>2606</v>
       </c>
       <c r="F280" t="s">
-        <v>2605</v>
+        <v>2607</v>
       </c>
       <c r="G280" t="s">
-        <v>2606</v>
+        <v>2608</v>
       </c>
       <c r="H280" t="s">
-        <v>2607</v>
+        <v>2609</v>
       </c>
       <c r="I280" t="s">
-        <v>2608</v>
+        <v>2610</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
         <v>170</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
         <v>171</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2609</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5798</v>
+        <v>5795</v>
       </c>
       <c r="B281" t="s">
-        <v>2610</v>
+        <v>2612</v>
       </c>
       <c r="C281" t="s">
-        <v>2611</v>
+        <v>2613</v>
       </c>
       <c r="D281" t="s">
-        <v>2612</v>
+        <v>2614</v>
       </c>
       <c r="E281" t="s">
-        <v>2613</v>
+        <v>2615</v>
       </c>
       <c r="F281" t="s">
-        <v>2614</v>
+        <v>2616</v>
       </c>
       <c r="G281" t="s">
-        <v>2615</v>
+        <v>2617</v>
       </c>
       <c r="H281" t="s">
-        <v>2616</v>
+        <v>2618</v>
       </c>
       <c r="I281" t="s">
-        <v>2617</v>
+        <v>2619</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2618</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5799</v>
+        <v>5796</v>
       </c>
       <c r="B282" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="C282" t="s">
-        <v>2620</v>
+        <v>2622</v>
       </c>
       <c r="D282" t="s">
-        <v>2621</v>
+        <v>2623</v>
       </c>
       <c r="E282" t="s">
-        <v>2622</v>
+        <v>2624</v>
       </c>
       <c r="F282" t="s">
-        <v>2623</v>
+        <v>2625</v>
       </c>
       <c r="G282" t="s">
-        <v>2624</v>
+        <v>2626</v>
       </c>
       <c r="H282" t="s">
-        <v>2625</v>
+        <v>2627</v>
       </c>
       <c r="I282" t="s">
-        <v>2626</v>
+        <v>2628</v>
       </c>
       <c r="J282" t="s">
-        <v>1755</v>
+        <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>882</v>
+        <v>170</v>
       </c>
       <c r="L282" t="s">
-        <v>1757</v>
+        <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2627</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5803</v>
+        <v>5798</v>
       </c>
       <c r="B283" t="s">
-        <v>2628</v>
+        <v>2630</v>
       </c>
       <c r="C283" t="s">
-        <v>2629</v>
+        <v>2631</v>
       </c>
       <c r="D283" t="s">
-        <v>2630</v>
+        <v>2632</v>
       </c>
       <c r="E283" t="s">
-        <v>2631</v>
+        <v>2633</v>
       </c>
       <c r="F283" t="s">
-        <v>2632</v>
+        <v>2634</v>
       </c>
       <c r="G283" t="s">
-        <v>2633</v>
+        <v>2635</v>
       </c>
       <c r="H283" t="s">
-        <v>2634</v>
+        <v>2636</v>
       </c>
       <c r="I283" t="s">
-        <v>2635</v>
+        <v>2637</v>
       </c>
       <c r="J283" t="s">
         <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L283" t="s">
         <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2636</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5805</v>
+        <v>5799</v>
       </c>
       <c r="B284" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="C284" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="D284" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
       <c r="E284" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="F284" t="s">
-        <v>2641</v>
+        <v>2643</v>
       </c>
       <c r="G284" t="s">
-        <v>2642</v>
+        <v>2644</v>
       </c>
       <c r="H284" t="s">
-        <v>2643</v>
+        <v>2645</v>
       </c>
       <c r="I284" t="s">
-        <v>2644</v>
+        <v>2646</v>
       </c>
       <c r="J284" t="s">
-        <v>24</v>
+        <v>1766</v>
       </c>
       <c r="K284" t="s">
-        <v>25</v>
+        <v>882</v>
       </c>
       <c r="L284" t="s">
-        <v>26</v>
+        <v>1768</v>
       </c>
       <c r="M284" t="s">
-        <v>27</v>
+        <v>883</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2645</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5808</v>
+        <v>5803</v>
       </c>
       <c r="B285" t="s">
-        <v>2646</v>
+        <v>2648</v>
       </c>
       <c r="C285" t="s">
-        <v>2647</v>
+        <v>2649</v>
       </c>
       <c r="D285" t="s">
-        <v>2648</v>
+        <v>2650</v>
       </c>
       <c r="E285" t="s">
-        <v>2649</v>
+        <v>2651</v>
       </c>
       <c r="F285" t="s">
-        <v>2650</v>
+        <v>2652</v>
       </c>
       <c r="G285" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="H285" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="I285" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5811</v>
+        <v>5805</v>
       </c>
       <c r="B286" t="s">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="C286" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
       <c r="D286" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="E286" t="s">
-        <v>2658</v>
+        <v>2660</v>
       </c>
       <c r="F286" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="G286" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
       <c r="H286" t="s">
-        <v>2661</v>
+        <v>2663</v>
       </c>
       <c r="I286" t="s">
-        <v>2662</v>
+        <v>2664</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2663</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5819</v>
+        <v>5808</v>
       </c>
       <c r="B287" t="s">
-        <v>2664</v>
+        <v>2666</v>
       </c>
       <c r="C287" t="s">
-        <v>2665</v>
+        <v>2667</v>
       </c>
       <c r="D287" t="s">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="E287" t="s">
-        <v>2667</v>
+        <v>2669</v>
       </c>
       <c r="F287" t="s">
-        <v>2668</v>
+        <v>2670</v>
       </c>
       <c r="G287" t="s">
-        <v>2669</v>
+        <v>2671</v>
       </c>
       <c r="H287" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
       <c r="I287" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2672</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5830</v>
+        <v>5811</v>
       </c>
       <c r="B288" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="C288" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
       <c r="D288" t="s">
-        <v>2675</v>
+        <v>2677</v>
       </c>
       <c r="E288" t="s">
-        <v>2676</v>
+        <v>2678</v>
       </c>
       <c r="F288" t="s">
-        <v>2677</v>
+        <v>2679</v>
       </c>
       <c r="G288" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
       <c r="H288" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="I288" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5863</v>
+        <v>5819</v>
       </c>
       <c r="B289" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="C289" t="s">
-        <v>2683</v>
+        <v>2685</v>
       </c>
       <c r="D289" t="s">
-        <v>2684</v>
+        <v>2686</v>
       </c>
       <c r="E289" t="s">
-        <v>2685</v>
+        <v>2687</v>
       </c>
       <c r="F289" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="G289" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="H289" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="I289" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5866</v>
+        <v>5830</v>
       </c>
       <c r="B290" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="C290" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="D290" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
       <c r="E290" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="F290" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="G290" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="H290" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="I290" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5888</v>
+        <v>5863</v>
       </c>
       <c r="B291" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="C291" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="D291" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="E291" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="F291" t="s">
-        <v>2704</v>
+        <v>2706</v>
       </c>
       <c r="G291" t="s">
-        <v>2705</v>
+        <v>2707</v>
       </c>
       <c r="H291" t="s">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="I291" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
         <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5889</v>
+        <v>5866</v>
       </c>
       <c r="B292" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="C292" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
       <c r="D292" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
       <c r="E292" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="F292" t="s">
-        <v>2713</v>
+        <v>2715</v>
       </c>
       <c r="G292" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="H292" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
       <c r="I292" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2717</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5907</v>
+        <v>5887</v>
       </c>
       <c r="B293" t="s">
-        <v>2718</v>
+        <v>2720</v>
       </c>
       <c r="C293" t="s">
-        <v>2719</v>
+        <v>2721</v>
       </c>
       <c r="D293" t="s">
-        <v>2720</v>
+        <v>2722</v>
       </c>
       <c r="E293" t="s">
-        <v>2721</v>
+        <v>2723</v>
       </c>
       <c r="F293" t="s">
-        <v>2722</v>
+        <v>2724</v>
       </c>
       <c r="G293" t="s">
-        <v>2723</v>
+        <v>2725</v>
       </c>
       <c r="H293" t="s">
-        <v>2724</v>
+        <v>2726</v>
       </c>
       <c r="I293" t="s">
-        <v>2725</v>
+        <v>2727</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2726</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5913</v>
+        <v>5888</v>
       </c>
       <c r="B294" t="s">
-        <v>2727</v>
+        <v>2729</v>
       </c>
       <c r="C294" t="s">
-        <v>2728</v>
+        <v>2730</v>
       </c>
       <c r="D294" t="s">
-        <v>2729</v>
+        <v>2731</v>
       </c>
       <c r="E294" t="s">
-        <v>2730</v>
+        <v>2732</v>
       </c>
       <c r="F294" t="s">
-        <v>2731</v>
+        <v>2733</v>
       </c>
       <c r="G294" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="H294" t="s">
-        <v>2733</v>
+        <v>2735</v>
       </c>
       <c r="I294" t="s">
-        <v>2734</v>
+        <v>2736</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2735</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5915</v>
+        <v>5889</v>
       </c>
       <c r="B295" t="s">
-        <v>2736</v>
+        <v>2738</v>
       </c>
       <c r="C295" t="s">
-        <v>2737</v>
+        <v>2739</v>
       </c>
       <c r="D295" t="s">
-        <v>2738</v>
+        <v>2740</v>
       </c>
       <c r="E295" t="s">
-        <v>2739</v>
+        <v>2741</v>
       </c>
       <c r="F295" t="s">
-        <v>2740</v>
+        <v>2742</v>
       </c>
       <c r="G295" t="s">
-        <v>2741</v>
+        <v>2743</v>
       </c>
       <c r="H295" t="s">
-        <v>2742</v>
+        <v>2744</v>
       </c>
       <c r="I295" t="s">
-        <v>2743</v>
+        <v>2745</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2744</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5927</v>
+        <v>5907</v>
       </c>
       <c r="B296" t="s">
-        <v>2745</v>
+        <v>2747</v>
       </c>
       <c r="C296" t="s">
-        <v>2746</v>
+        <v>2748</v>
       </c>
       <c r="D296" t="s">
-        <v>2747</v>
+        <v>2749</v>
       </c>
       <c r="E296" t="s">
-        <v>2748</v>
+        <v>2750</v>
       </c>
       <c r="F296" t="s">
-        <v>2749</v>
+        <v>2751</v>
       </c>
       <c r="G296" t="s">
-        <v>2750</v>
+        <v>2752</v>
       </c>
       <c r="H296" t="s">
-        <v>2751</v>
+        <v>2753</v>
       </c>
       <c r="I296" t="s">
-        <v>2752</v>
+        <v>2754</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2753</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5928</v>
+        <v>5913</v>
       </c>
       <c r="B297" t="s">
-        <v>2754</v>
+        <v>2756</v>
       </c>
       <c r="C297" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
       <c r="D297" t="s">
-        <v>2756</v>
+        <v>2758</v>
       </c>
       <c r="E297" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
       <c r="F297" t="s">
-        <v>2758</v>
+        <v>2760</v>
       </c>
       <c r="G297" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="H297" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
       <c r="I297" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
       <c r="J297" t="s">
-        <v>2762</v>
+        <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>2763</v>
+        <v>47</v>
       </c>
       <c r="L297" t="s">
+        <v>26</v>
+      </c>
+      <c r="M297" t="s">
+        <v>48</v>
+      </c>
+      <c r="N297" t="s">
+        <v>28</v>
+      </c>
+      <c r="O297" t="s">
         <v>2764</v>
-      </c>
-[...7 lines deleted...]
-        <v>2766</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5931</v>
+        <v>5915</v>
       </c>
       <c r="B298" t="s">
+        <v>2765</v>
+      </c>
+      <c r="C298" t="s">
+        <v>2766</v>
+      </c>
+      <c r="D298" t="s">
         <v>2767</v>
       </c>
-      <c r="C298" t="s">
+      <c r="E298" t="s">
         <v>2768</v>
       </c>
-      <c r="D298" t="s">
+      <c r="F298" t="s">
         <v>2769</v>
       </c>
-      <c r="E298" t="s">
+      <c r="G298" t="s">
         <v>2770</v>
       </c>
-      <c r="F298" t="s">
+      <c r="H298" t="s">
         <v>2771</v>
       </c>
-      <c r="G298" t="s">
+      <c r="I298" t="s">
         <v>2772</v>
       </c>
-      <c r="H298" t="s">
+      <c r="J298" t="s">
+        <v>24</v>
+      </c>
+      <c r="K298" t="s">
+        <v>170</v>
+      </c>
+      <c r="L298" t="s">
+        <v>26</v>
+      </c>
+      <c r="M298" t="s">
+        <v>171</v>
+      </c>
+      <c r="N298" t="s">
+        <v>28</v>
+      </c>
+      <c r="O298" t="s">
         <v>2773</v>
-      </c>
-[...19 lines deleted...]
-        <v>2775</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5932</v>
+        <v>5927</v>
       </c>
       <c r="B299" t="s">
+        <v>2774</v>
+      </c>
+      <c r="C299" t="s">
+        <v>2775</v>
+      </c>
+      <c r="D299" t="s">
         <v>2776</v>
       </c>
-      <c r="C299" t="s">
+      <c r="E299" t="s">
         <v>2777</v>
       </c>
-      <c r="D299" t="s">
+      <c r="F299" t="s">
         <v>2778</v>
       </c>
-      <c r="E299" t="s">
+      <c r="G299" t="s">
         <v>2779</v>
       </c>
-      <c r="F299" t="s">
+      <c r="H299" t="s">
         <v>2780</v>
       </c>
-      <c r="G299" t="s">
+      <c r="I299" t="s">
         <v>2781</v>
       </c>
-      <c r="H299" t="s">
+      <c r="J299" t="s">
+        <v>24</v>
+      </c>
+      <c r="K299" t="s">
+        <v>59</v>
+      </c>
+      <c r="L299" t="s">
+        <v>26</v>
+      </c>
+      <c r="M299" t="s">
+        <v>61</v>
+      </c>
+      <c r="N299" t="s">
+        <v>28</v>
+      </c>
+      <c r="O299" t="s">
         <v>2782</v>
-      </c>
-[...19 lines deleted...]
-        <v>2784</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5934</v>
+        <v>5928</v>
       </c>
       <c r="B300" t="s">
+        <v>2783</v>
+      </c>
+      <c r="C300" t="s">
+        <v>2784</v>
+      </c>
+      <c r="D300" t="s">
         <v>2785</v>
       </c>
-      <c r="C300" t="s">
+      <c r="E300" t="s">
         <v>2786</v>
       </c>
-      <c r="D300" t="s">
+      <c r="F300" t="s">
         <v>2787</v>
       </c>
-      <c r="E300" t="s">
+      <c r="G300" t="s">
         <v>2788</v>
       </c>
-      <c r="F300" t="s">
+      <c r="H300" t="s">
         <v>2789</v>
       </c>
-      <c r="G300" t="s">
+      <c r="I300" t="s">
         <v>2790</v>
       </c>
-      <c r="H300" t="s">
+      <c r="J300" t="s">
         <v>2791</v>
       </c>
-      <c r="I300" t="s">
+      <c r="K300" t="s">
         <v>2792</v>
       </c>
-      <c r="J300" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L300" t="s">
-        <v>26</v>
+        <v>2793</v>
       </c>
       <c r="M300" t="s">
-        <v>171</v>
+        <v>2794</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2793</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5953</v>
+        <v>5931</v>
       </c>
       <c r="B301" t="s">
-        <v>2794</v>
+        <v>2796</v>
       </c>
       <c r="C301" t="s">
-        <v>2795</v>
+        <v>2797</v>
       </c>
       <c r="D301" t="s">
-        <v>2796</v>
+        <v>2798</v>
       </c>
       <c r="E301" t="s">
-        <v>2797</v>
+        <v>2799</v>
       </c>
       <c r="F301" t="s">
-        <v>2798</v>
+        <v>2800</v>
       </c>
       <c r="G301" t="s">
-        <v>2799</v>
+        <v>2801</v>
       </c>
       <c r="H301" t="s">
-        <v>2800</v>
+        <v>2802</v>
       </c>
       <c r="I301" t="s">
-        <v>2801</v>
+        <v>2803</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2802</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5981</v>
+        <v>5932</v>
       </c>
       <c r="B302" t="s">
-        <v>2803</v>
+        <v>2805</v>
       </c>
       <c r="C302" t="s">
-        <v>2804</v>
+        <v>2806</v>
       </c>
       <c r="D302" t="s">
-        <v>2805</v>
+        <v>2807</v>
       </c>
       <c r="E302" t="s">
-        <v>2806</v>
+        <v>2808</v>
       </c>
       <c r="F302" t="s">
-        <v>2807</v>
+        <v>2809</v>
       </c>
       <c r="G302" t="s">
-        <v>2808</v>
+        <v>2810</v>
       </c>
       <c r="H302" t="s">
-        <v>2809</v>
+        <v>2811</v>
       </c>
       <c r="I302" t="s">
-        <v>2810</v>
+        <v>2812</v>
       </c>
       <c r="J302" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>2811</v>
+        <v>170</v>
       </c>
       <c r="L302" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>2812</v>
+        <v>171</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5986</v>
+        <v>5934</v>
       </c>
       <c r="B303" t="s">
         <v>2814</v>
       </c>
       <c r="C303" t="s">
         <v>2815</v>
       </c>
       <c r="D303" t="s">
         <v>2816</v>
       </c>
       <c r="E303" t="s">
         <v>2817</v>
       </c>
       <c r="F303" t="s">
         <v>2818</v>
       </c>
       <c r="G303" t="s">
         <v>2819</v>
       </c>
       <c r="H303" t="s">
         <v>2820</v>
       </c>
       <c r="I303" t="s">
         <v>2821</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
         <v>170</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
         <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5989</v>
+        <v>5953</v>
       </c>
       <c r="B304" t="s">
         <v>2823</v>
       </c>
       <c r="C304" t="s">
         <v>2824</v>
       </c>
       <c r="D304" t="s">
         <v>2825</v>
       </c>
       <c r="E304" t="s">
         <v>2826</v>
       </c>
       <c r="F304" t="s">
         <v>2827</v>
       </c>
       <c r="G304" t="s">
         <v>2828</v>
       </c>
       <c r="H304" t="s">
         <v>2829</v>
       </c>
       <c r="I304" t="s">
         <v>2830</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
-        <v>1979</v>
+        <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
-        <v>1980</v>
+        <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
         <v>2831</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>6018</v>
+        <v>5981</v>
       </c>
       <c r="B305" t="s">
         <v>2832</v>
       </c>
       <c r="C305" t="s">
         <v>2833</v>
       </c>
       <c r="D305" t="s">
         <v>2834</v>
       </c>
       <c r="E305" t="s">
         <v>2835</v>
       </c>
       <c r="F305" t="s">
         <v>2836</v>
       </c>
       <c r="G305" t="s">
         <v>2837</v>
       </c>
       <c r="H305" t="s">
         <v>2838</v>
       </c>
       <c r="I305" t="s">
         <v>2839</v>
       </c>
       <c r="J305" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K305" t="s">
-        <v>170</v>
+        <v>2840</v>
       </c>
       <c r="L305" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M305" t="s">
-        <v>171</v>
+        <v>2841</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2840</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>6021</v>
+        <v>5986</v>
       </c>
       <c r="B306" t="s">
-        <v>2841</v>
+        <v>2843</v>
       </c>
       <c r="C306" t="s">
-        <v>2842</v>
+        <v>2844</v>
       </c>
       <c r="D306" t="s">
-        <v>2843</v>
+        <v>2845</v>
       </c>
       <c r="E306" t="s">
-        <v>2844</v>
+        <v>2846</v>
       </c>
       <c r="F306" t="s">
-        <v>2845</v>
+        <v>2847</v>
       </c>
       <c r="G306" t="s">
-        <v>2846</v>
+        <v>2848</v>
       </c>
       <c r="H306" t="s">
-        <v>2847</v>
+        <v>2849</v>
       </c>
       <c r="I306" t="s">
-        <v>2848</v>
+        <v>2850</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2849</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>6049</v>
+        <v>5989</v>
       </c>
       <c r="B307" t="s">
-        <v>2850</v>
+        <v>2852</v>
       </c>
       <c r="C307" t="s">
-        <v>2851</v>
+        <v>2853</v>
       </c>
       <c r="D307" t="s">
-        <v>2852</v>
+        <v>2854</v>
       </c>
       <c r="E307" t="s">
-        <v>2853</v>
+        <v>2855</v>
       </c>
       <c r="F307" t="s">
-        <v>2854</v>
+        <v>2856</v>
       </c>
       <c r="G307" t="s">
-        <v>2855</v>
+        <v>2857</v>
       </c>
       <c r="H307" t="s">
-        <v>2856</v>
+        <v>2858</v>
       </c>
       <c r="I307" t="s">
-        <v>2857</v>
+        <v>2859</v>
       </c>
       <c r="J307" t="s">
-        <v>2858</v>
+        <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>2859</v>
+        <v>1999</v>
       </c>
       <c r="L307" t="s">
+        <v>26</v>
+      </c>
+      <c r="M307" t="s">
+        <v>2000</v>
+      </c>
+      <c r="N307" t="s">
+        <v>28</v>
+      </c>
+      <c r="O307" t="s">
         <v>2860</v>
-      </c>
-[...7 lines deleted...]
-        <v>2862</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6076</v>
+        <v>6018</v>
       </c>
       <c r="B308" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C308" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D308" t="s">
         <v>2863</v>
       </c>
-      <c r="C308" t="s">
+      <c r="E308" t="s">
         <v>2864</v>
       </c>
-      <c r="D308" t="s">
+      <c r="F308" t="s">
         <v>2865</v>
       </c>
-      <c r="E308" t="s">
+      <c r="G308" t="s">
         <v>2866</v>
       </c>
-      <c r="F308" t="s">
+      <c r="H308" t="s">
         <v>2867</v>
       </c>
-      <c r="G308" t="s">
+      <c r="I308" t="s">
         <v>2868</v>
       </c>
-      <c r="H308" t="s">
+      <c r="J308" t="s">
+        <v>24</v>
+      </c>
+      <c r="K308" t="s">
+        <v>170</v>
+      </c>
+      <c r="L308" t="s">
+        <v>26</v>
+      </c>
+      <c r="M308" t="s">
+        <v>171</v>
+      </c>
+      <c r="N308" t="s">
+        <v>28</v>
+      </c>
+      <c r="O308" t="s">
         <v>2869</v>
-      </c>
-[...19 lines deleted...]
-        <v>2871</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6082</v>
+        <v>6021</v>
       </c>
       <c r="B309" t="s">
+        <v>2870</v>
+      </c>
+      <c r="C309" t="s">
+        <v>2871</v>
+      </c>
+      <c r="D309" t="s">
         <v>2872</v>
       </c>
-      <c r="C309" t="s">
+      <c r="E309" t="s">
         <v>2873</v>
       </c>
-      <c r="D309" t="s">
+      <c r="F309" t="s">
         <v>2874</v>
       </c>
-      <c r="E309" t="s">
+      <c r="G309" t="s">
         <v>2875</v>
       </c>
-      <c r="F309" t="s">
+      <c r="H309" t="s">
         <v>2876</v>
       </c>
-      <c r="G309" t="s">
+      <c r="I309" t="s">
         <v>2877</v>
       </c>
-      <c r="H309" t="s">
+      <c r="J309" t="s">
+        <v>24</v>
+      </c>
+      <c r="K309" t="s">
+        <v>25</v>
+      </c>
+      <c r="L309" t="s">
+        <v>26</v>
+      </c>
+      <c r="M309" t="s">
+        <v>27</v>
+      </c>
+      <c r="N309" t="s">
+        <v>28</v>
+      </c>
+      <c r="O309" t="s">
         <v>2878</v>
-      </c>
-[...19 lines deleted...]
-        <v>2880</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6093</v>
+        <v>6049</v>
       </c>
       <c r="B310" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C310" t="s">
+        <v>2880</v>
+      </c>
+      <c r="D310" t="s">
         <v>2881</v>
       </c>
-      <c r="C310" t="s">
+      <c r="E310" t="s">
         <v>2882</v>
       </c>
-      <c r="D310" t="s">
+      <c r="F310" t="s">
         <v>2883</v>
       </c>
-      <c r="E310" t="s">
+      <c r="G310" t="s">
         <v>2884</v>
       </c>
-      <c r="F310" t="s">
+      <c r="H310" t="s">
         <v>2885</v>
       </c>
-      <c r="G310" t="s">
+      <c r="I310" t="s">
         <v>2886</v>
       </c>
-      <c r="H310" t="s">
+      <c r="J310" t="s">
         <v>2887</v>
       </c>
-      <c r="I310" t="s">
+      <c r="K310" t="s">
         <v>2888</v>
       </c>
-      <c r="J310" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L310" t="s">
-        <v>26</v>
+        <v>2889</v>
       </c>
       <c r="M310" t="s">
-        <v>1068</v>
+        <v>2890</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2889</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6112</v>
+        <v>6076</v>
       </c>
       <c r="B311" t="s">
-        <v>2890</v>
+        <v>2892</v>
       </c>
       <c r="C311" t="s">
-        <v>2891</v>
+        <v>2893</v>
       </c>
       <c r="D311" t="s">
-        <v>2892</v>
+        <v>2894</v>
       </c>
       <c r="E311" t="s">
-        <v>2893</v>
+        <v>2895</v>
       </c>
       <c r="F311" t="s">
-        <v>2894</v>
+        <v>2896</v>
       </c>
       <c r="G311" t="s">
-        <v>2895</v>
+        <v>2897</v>
       </c>
       <c r="H311" t="s">
-        <v>2896</v>
+        <v>2898</v>
       </c>
       <c r="I311" t="s">
-        <v>2897</v>
+        <v>2899</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2898</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6179</v>
+        <v>6082</v>
       </c>
       <c r="B312" t="s">
-        <v>2899</v>
+        <v>2901</v>
       </c>
       <c r="C312" t="s">
-        <v>2900</v>
+        <v>2902</v>
       </c>
       <c r="D312" t="s">
-        <v>2901</v>
+        <v>2903</v>
       </c>
       <c r="E312" t="s">
-        <v>2902</v>
+        <v>2904</v>
       </c>
       <c r="F312" t="s">
-        <v>2903</v>
+        <v>2905</v>
       </c>
       <c r="G312" t="s">
-        <v>2904</v>
+        <v>2906</v>
       </c>
       <c r="H312" t="s">
-        <v>2905</v>
+        <v>2907</v>
       </c>
       <c r="I312" t="s">
-        <v>2906</v>
+        <v>2908</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2907</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6180</v>
+        <v>6093</v>
       </c>
       <c r="B313" t="s">
-        <v>2908</v>
+        <v>2910</v>
       </c>
       <c r="C313" t="s">
-        <v>2909</v>
+        <v>2911</v>
       </c>
       <c r="D313" t="s">
-        <v>2910</v>
+        <v>2912</v>
       </c>
       <c r="E313" t="s">
-        <v>2911</v>
+        <v>2913</v>
       </c>
       <c r="F313" t="s">
-        <v>2912</v>
+        <v>2914</v>
       </c>
       <c r="G313" t="s">
-        <v>2913</v>
+        <v>2915</v>
       </c>
       <c r="H313" t="s">
-        <v>2914</v>
+        <v>2916</v>
       </c>
       <c r="I313" t="s">
-        <v>2915</v>
+        <v>2917</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2916</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6203</v>
+        <v>6112</v>
       </c>
       <c r="B314" t="s">
-        <v>2917</v>
+        <v>2919</v>
       </c>
       <c r="C314" t="s">
-        <v>2918</v>
+        <v>2920</v>
       </c>
       <c r="D314" t="s">
-        <v>2919</v>
+        <v>2921</v>
       </c>
       <c r="E314" t="s">
-        <v>2920</v>
+        <v>2922</v>
       </c>
       <c r="F314" t="s">
-        <v>2921</v>
+        <v>2923</v>
       </c>
       <c r="G314" t="s">
-        <v>2922</v>
+        <v>2924</v>
       </c>
       <c r="H314" t="s">
-        <v>2923</v>
+        <v>2925</v>
       </c>
       <c r="I314" t="s">
-        <v>2924</v>
+        <v>2926</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
         <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
         <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2925</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6208</v>
+        <v>6179</v>
       </c>
       <c r="B315" t="s">
-        <v>2926</v>
+        <v>2928</v>
       </c>
       <c r="C315" t="s">
-        <v>2927</v>
+        <v>2929</v>
       </c>
       <c r="D315" t="s">
-        <v>2928</v>
+        <v>2930</v>
       </c>
       <c r="E315" t="s">
-        <v>2929</v>
+        <v>2931</v>
       </c>
       <c r="F315" t="s">
-        <v>2930</v>
+        <v>2932</v>
       </c>
       <c r="G315" t="s">
-        <v>2931</v>
+        <v>2933</v>
       </c>
       <c r="H315" t="s">
-        <v>2932</v>
+        <v>2934</v>
       </c>
       <c r="I315" t="s">
-        <v>2933</v>
+        <v>2935</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2934</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6211</v>
+        <v>6180</v>
       </c>
       <c r="B316" t="s">
-        <v>2935</v>
+        <v>2937</v>
       </c>
       <c r="C316" t="s">
-        <v>2936</v>
+        <v>2938</v>
       </c>
       <c r="D316" t="s">
-        <v>2937</v>
+        <v>2939</v>
       </c>
       <c r="E316" t="s">
-        <v>2938</v>
+        <v>2940</v>
       </c>
       <c r="F316" t="s">
-        <v>2939</v>
+        <v>2941</v>
       </c>
       <c r="G316" t="s">
-        <v>2940</v>
+        <v>2942</v>
       </c>
       <c r="H316" t="s">
-        <v>2941</v>
+        <v>2943</v>
       </c>
       <c r="I316" t="s">
-        <v>2942</v>
+        <v>2944</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2943</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6215</v>
+        <v>6203</v>
       </c>
       <c r="B317" t="s">
-        <v>2944</v>
+        <v>2946</v>
       </c>
       <c r="C317" t="s">
-        <v>2945</v>
+        <v>2947</v>
       </c>
       <c r="D317" t="s">
-        <v>2946</v>
+        <v>2948</v>
       </c>
       <c r="E317" t="s">
-        <v>2947</v>
+        <v>2949</v>
       </c>
       <c r="F317" t="s">
-        <v>2948</v>
+        <v>2950</v>
       </c>
       <c r="G317" t="s">
-        <v>2949</v>
+        <v>2951</v>
       </c>
       <c r="H317" t="s">
-        <v>2950</v>
+        <v>2952</v>
       </c>
       <c r="I317" t="s">
-        <v>2951</v>
+        <v>2953</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>170</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>171</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2952</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6222</v>
+        <v>6208</v>
       </c>
       <c r="B318" t="s">
-        <v>2953</v>
+        <v>2955</v>
       </c>
       <c r="C318" t="s">
-        <v>2954</v>
+        <v>2956</v>
       </c>
       <c r="D318" t="s">
-        <v>2955</v>
+        <v>2957</v>
       </c>
       <c r="E318" t="s">
-        <v>2956</v>
+        <v>2958</v>
       </c>
       <c r="F318" t="s">
-        <v>2957</v>
+        <v>2959</v>
       </c>
       <c r="G318" t="s">
-        <v>2958</v>
+        <v>2960</v>
       </c>
       <c r="H318" t="s">
-        <v>2959</v>
+        <v>2961</v>
       </c>
       <c r="I318" t="s">
-        <v>2960</v>
+        <v>2962</v>
       </c>
       <c r="J318" t="s">
-        <v>2762</v>
+        <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>882</v>
+        <v>170</v>
       </c>
       <c r="L318" t="s">
-        <v>2764</v>
+        <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2961</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6254</v>
+        <v>6211</v>
       </c>
       <c r="B319" t="s">
-        <v>2962</v>
+        <v>2964</v>
       </c>
       <c r="C319" t="s">
-        <v>2963</v>
+        <v>2965</v>
       </c>
       <c r="D319" t="s">
-        <v>2964</v>
+        <v>2966</v>
       </c>
       <c r="E319" t="s">
-        <v>2965</v>
+        <v>2967</v>
       </c>
       <c r="F319" t="s">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="G319" t="s">
-        <v>2967</v>
+        <v>2969</v>
       </c>
       <c r="H319" t="s">
-        <v>2968</v>
+        <v>2970</v>
       </c>
       <c r="I319" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>170</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>171</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6255</v>
+        <v>6215</v>
       </c>
       <c r="B320" t="s">
-        <v>2971</v>
+        <v>2973</v>
       </c>
       <c r="C320" t="s">
-        <v>2972</v>
+        <v>2974</v>
       </c>
       <c r="D320" t="s">
-        <v>2973</v>
+        <v>2975</v>
       </c>
       <c r="E320" t="s">
-        <v>2974</v>
+        <v>2976</v>
       </c>
       <c r="F320" t="s">
-        <v>2975</v>
+        <v>2977</v>
       </c>
       <c r="G320" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="H320" t="s">
-        <v>2977</v>
+        <v>2979</v>
       </c>
       <c r="I320" t="s">
-        <v>2978</v>
+        <v>2980</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>2979</v>
+        <v>170</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
       <c r="M320" t="s">
-        <v>2980</v>
+        <v>171</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
         <v>2981</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6258</v>
+        <v>6222</v>
       </c>
       <c r="B321" t="s">
         <v>2982</v>
       </c>
       <c r="C321" t="s">
         <v>2983</v>
       </c>
       <c r="D321" t="s">
         <v>2984</v>
       </c>
       <c r="E321" t="s">
         <v>2985</v>
       </c>
       <c r="F321" t="s">
         <v>2986</v>
       </c>
       <c r="G321" t="s">
         <v>2987</v>
       </c>
       <c r="H321" t="s">
         <v>2988</v>
       </c>
       <c r="I321" t="s">
         <v>2989</v>
       </c>
       <c r="J321" t="s">
-        <v>24</v>
+        <v>2791</v>
       </c>
       <c r="K321" t="s">
-        <v>25</v>
+        <v>882</v>
       </c>
       <c r="L321" t="s">
-        <v>26</v>
+        <v>2793</v>
       </c>
       <c r="M321" t="s">
-        <v>27</v>
+        <v>883</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
         <v>2990</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6259</v>
+        <v>6254</v>
       </c>
       <c r="B322" t="s">
         <v>2991</v>
       </c>
       <c r="C322" t="s">
         <v>2992</v>
       </c>
       <c r="D322" t="s">
         <v>2993</v>
       </c>
       <c r="E322" t="s">
         <v>2994</v>
       </c>
       <c r="F322" t="s">
         <v>2995</v>
       </c>
       <c r="G322" t="s">
         <v>2996</v>
       </c>
       <c r="H322" t="s">
         <v>2997</v>
       </c>
       <c r="I322" t="s">
         <v>2998</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
         <v>170</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
         <v>171</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
         <v>2999</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6261</v>
+        <v>6255</v>
       </c>
       <c r="B323" t="s">
         <v>3000</v>
       </c>
       <c r="C323" t="s">
         <v>3001</v>
       </c>
       <c r="D323" t="s">
         <v>3002</v>
       </c>
       <c r="E323" t="s">
         <v>3003</v>
       </c>
       <c r="F323" t="s">
         <v>3004</v>
       </c>
       <c r="G323" t="s">
         <v>3005</v>
       </c>
       <c r="H323" t="s">
         <v>3006</v>
       </c>
       <c r="I323" t="s">
         <v>3007</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>47</v>
+        <v>3008</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>48</v>
+        <v>3009</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6263</v>
+        <v>6258</v>
       </c>
       <c r="B324" t="s">
-        <v>3009</v>
+        <v>3011</v>
       </c>
       <c r="C324" t="s">
-        <v>3010</v>
+        <v>3012</v>
       </c>
       <c r="D324" t="s">
-        <v>3011</v>
+        <v>3013</v>
       </c>
       <c r="E324" t="s">
-        <v>3012</v>
+        <v>3014</v>
       </c>
       <c r="F324" t="s">
-        <v>3013</v>
+        <v>3015</v>
       </c>
       <c r="G324" t="s">
-        <v>3014</v>
+        <v>3016</v>
       </c>
       <c r="H324" t="s">
-        <v>3015</v>
+        <v>3017</v>
       </c>
       <c r="I324" t="s">
-        <v>3016</v>
+        <v>3018</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>3017</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6272</v>
+        <v>6259</v>
       </c>
       <c r="B325" t="s">
-        <v>3018</v>
+        <v>3020</v>
       </c>
       <c r="C325" t="s">
-        <v>3019</v>
+        <v>3021</v>
       </c>
       <c r="D325" t="s">
-        <v>3020</v>
+        <v>3022</v>
       </c>
       <c r="E325" t="s">
-        <v>3021</v>
+        <v>3023</v>
       </c>
       <c r="F325" t="s">
-        <v>3022</v>
+        <v>3024</v>
       </c>
       <c r="G325" t="s">
-        <v>3023</v>
+        <v>3025</v>
       </c>
       <c r="H325" t="s">
-        <v>3024</v>
+        <v>3026</v>
       </c>
       <c r="I325" t="s">
-        <v>3025</v>
+        <v>3027</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>170</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>171</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3026</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6274</v>
+        <v>6261</v>
       </c>
       <c r="B326" t="s">
-        <v>3027</v>
+        <v>3029</v>
       </c>
       <c r="C326" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
       <c r="D326" t="s">
-        <v>3029</v>
+        <v>3031</v>
       </c>
       <c r="E326" t="s">
-        <v>3030</v>
+        <v>3032</v>
       </c>
       <c r="F326" t="s">
-        <v>3031</v>
+        <v>3033</v>
       </c>
       <c r="G326" t="s">
-        <v>3032</v>
+        <v>3034</v>
       </c>
       <c r="H326" t="s">
-        <v>3033</v>
+        <v>3035</v>
       </c>
       <c r="I326" t="s">
-        <v>3034</v>
+        <v>3036</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3035</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6275</v>
+        <v>6263</v>
       </c>
       <c r="B327" t="s">
-        <v>3036</v>
+        <v>3038</v>
       </c>
       <c r="C327" t="s">
-        <v>3037</v>
+        <v>3039</v>
       </c>
       <c r="D327" t="s">
-        <v>3038</v>
+        <v>3040</v>
       </c>
       <c r="E327" t="s">
-        <v>3039</v>
+        <v>3041</v>
       </c>
       <c r="F327" t="s">
-        <v>3040</v>
+        <v>3042</v>
       </c>
       <c r="G327" t="s">
-        <v>3041</v>
+        <v>3043</v>
       </c>
       <c r="H327" t="s">
-        <v>3042</v>
+        <v>3044</v>
       </c>
       <c r="I327" t="s">
-        <v>3043</v>
+        <v>3045</v>
       </c>
       <c r="J327" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K327" t="s">
-        <v>871</v>
+        <v>170</v>
       </c>
       <c r="L327" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M327" t="s">
-        <v>872</v>
+        <v>171</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3044</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6327</v>
+        <v>6272</v>
       </c>
       <c r="B328" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
       <c r="C328" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
       <c r="D328" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="E328" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
       <c r="F328" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="G328" t="s">
-        <v>3050</v>
+        <v>3052</v>
       </c>
       <c r="H328" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
       <c r="I328" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3053</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6337</v>
+        <v>6274</v>
       </c>
       <c r="B329" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
       <c r="C329" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="D329" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="E329" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
       <c r="F329" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="G329" t="s">
-        <v>3059</v>
+        <v>3061</v>
       </c>
       <c r="H329" t="s">
-        <v>3060</v>
+        <v>3062</v>
       </c>
       <c r="I329" t="s">
-        <v>3061</v>
+        <v>3063</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
       <c r="M329" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3062</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6361</v>
+        <v>6275</v>
       </c>
       <c r="B330" t="s">
-        <v>3063</v>
+        <v>3065</v>
       </c>
       <c r="C330" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
       <c r="D330" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="E330" t="s">
-        <v>3066</v>
+        <v>3068</v>
       </c>
       <c r="F330" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
       <c r="G330" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="H330" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="I330" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="J330" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K330" t="s">
-        <v>170</v>
+        <v>871</v>
       </c>
       <c r="L330" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M330" t="s">
-        <v>171</v>
+        <v>872</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6379</v>
+        <v>6327</v>
       </c>
       <c r="B331" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="C331" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
       <c r="D331" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="E331" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="F331" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
       <c r="G331" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="H331" t="s">
-        <v>3078</v>
+        <v>3080</v>
       </c>
       <c r="I331" t="s">
-        <v>3079</v>
+        <v>3081</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3080</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6454</v>
+        <v>6337</v>
       </c>
       <c r="B332" t="s">
-        <v>3081</v>
+        <v>3083</v>
       </c>
       <c r="C332" t="s">
-        <v>3082</v>
+        <v>3084</v>
       </c>
       <c r="D332" t="s">
-        <v>3083</v>
+        <v>3085</v>
       </c>
       <c r="E332" t="s">
-        <v>3084</v>
+        <v>3086</v>
       </c>
       <c r="F332" t="s">
-        <v>3085</v>
+        <v>3087</v>
       </c>
       <c r="G332" t="s">
-        <v>3086</v>
+        <v>3088</v>
       </c>
       <c r="H332" t="s">
-        <v>3087</v>
+        <v>3089</v>
       </c>
       <c r="I332" t="s">
-        <v>3088</v>
+        <v>3090</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3089</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6460</v>
+        <v>6361</v>
       </c>
       <c r="B333" t="s">
-        <v>3090</v>
+        <v>3092</v>
       </c>
       <c r="C333" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
       <c r="D333" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="E333" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
       <c r="F333" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
       <c r="G333" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="H333" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="I333" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6468</v>
+        <v>6379</v>
       </c>
       <c r="B334" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="C334" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
       <c r="D334" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="E334" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="F334" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="G334" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="H334" t="s">
-        <v>3105</v>
+        <v>3107</v>
       </c>
       <c r="I334" t="s">
-        <v>3106</v>
+        <v>3108</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>25</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>27</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3107</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6611</v>
+        <v>6454</v>
       </c>
       <c r="B335" t="s">
-        <v>3108</v>
+        <v>3110</v>
       </c>
       <c r="C335" t="s">
-        <v>3109</v>
+        <v>3111</v>
       </c>
       <c r="D335" t="s">
-        <v>3110</v>
+        <v>3112</v>
       </c>
       <c r="E335" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
       <c r="F335" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
       <c r="G335" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
       <c r="H335" t="s">
-        <v>3114</v>
+        <v>3116</v>
       </c>
       <c r="I335" t="s">
-        <v>3115</v>
+        <v>3117</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3116</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6615</v>
+        <v>6460</v>
       </c>
       <c r="B336" t="s">
-        <v>3117</v>
+        <v>3119</v>
       </c>
       <c r="C336" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="D336" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
       <c r="E336" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="F336" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="G336" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
       <c r="H336" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
       <c r="I336" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3125</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6761</v>
+        <v>6468</v>
       </c>
       <c r="B337" t="s">
-        <v>3126</v>
+        <v>3128</v>
       </c>
       <c r="C337" t="s">
-        <v>3127</v>
+        <v>3129</v>
       </c>
       <c r="D337" t="s">
-        <v>3128</v>
+        <v>3130</v>
       </c>
       <c r="E337" t="s">
-        <v>3129</v>
+        <v>3131</v>
       </c>
       <c r="F337" t="s">
-        <v>3130</v>
+        <v>3132</v>
       </c>
       <c r="G337" t="s">
-        <v>3131</v>
+        <v>3133</v>
       </c>
       <c r="H337" t="s">
-        <v>3132</v>
+        <v>3134</v>
       </c>
       <c r="I337" t="s">
-        <v>3133</v>
+        <v>3135</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3134</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6762</v>
+        <v>6611</v>
       </c>
       <c r="B338" t="s">
-        <v>3135</v>
+        <v>3137</v>
       </c>
       <c r="C338" t="s">
-        <v>3136</v>
+        <v>3138</v>
       </c>
       <c r="D338" t="s">
-        <v>3137</v>
+        <v>3139</v>
       </c>
       <c r="E338" t="s">
-        <v>3138</v>
+        <v>3140</v>
       </c>
       <c r="F338" t="s">
-        <v>3139</v>
+        <v>3141</v>
       </c>
       <c r="G338" t="s">
-        <v>3140</v>
+        <v>3142</v>
       </c>
       <c r="H338" t="s">
-        <v>3141</v>
+        <v>3143</v>
       </c>
       <c r="I338" t="s">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="J338" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L338" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3143</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6763</v>
+        <v>6615</v>
       </c>
       <c r="B339" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="C339" t="s">
-        <v>3145</v>
+        <v>3147</v>
       </c>
       <c r="D339" t="s">
-        <v>3146</v>
+        <v>3148</v>
       </c>
       <c r="E339" t="s">
-        <v>3147</v>
+        <v>3149</v>
       </c>
       <c r="F339" t="s">
-        <v>3148</v>
+        <v>3150</v>
       </c>
       <c r="G339" t="s">
-        <v>3149</v>
+        <v>3151</v>
       </c>
       <c r="H339" t="s">
-        <v>3150</v>
+        <v>3152</v>
       </c>
       <c r="I339" t="s">
-        <v>3151</v>
+        <v>3153</v>
       </c>
       <c r="J339" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>3152</v>
+        <v>25</v>
       </c>
       <c r="L339" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>3153</v>
+        <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6765</v>
+        <v>6761</v>
       </c>
       <c r="B340" t="s">
         <v>3155</v>
       </c>
       <c r="C340" t="s">
         <v>3156</v>
       </c>
       <c r="D340" t="s">
         <v>3157</v>
       </c>
       <c r="E340" t="s">
         <v>3158</v>
       </c>
       <c r="F340" t="s">
         <v>3159</v>
       </c>
       <c r="G340" t="s">
         <v>3160</v>
       </c>
       <c r="H340" t="s">
         <v>3161</v>
       </c>
       <c r="I340" t="s">
         <v>3162</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3163</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6982</v>
+        <v>6762</v>
       </c>
       <c r="B341" t="s">
         <v>3164</v>
       </c>
       <c r="C341" t="s">
         <v>3165</v>
       </c>
       <c r="D341" t="s">
         <v>3166</v>
       </c>
       <c r="E341" t="s">
         <v>3167</v>
       </c>
       <c r="F341" t="s">
         <v>3168</v>
       </c>
       <c r="G341" t="s">
         <v>3169</v>
       </c>
       <c r="H341" t="s">
         <v>3170</v>
       </c>
       <c r="I341" t="s">
         <v>3171</v>
       </c>
       <c r="J341" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K341" t="s">
+        <v>672</v>
+      </c>
+      <c r="L341" t="s">
+        <v>443</v>
+      </c>
+      <c r="M341" t="s">
+        <v>673</v>
+      </c>
+      <c r="N341" t="s">
+        <v>28</v>
+      </c>
+      <c r="O341" t="s">
         <v>3172</v>
-      </c>
-[...10 lines deleted...]
-        <v>3174</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>8265</v>
+        <v>6763</v>
       </c>
       <c r="B342" t="s">
+        <v>3173</v>
+      </c>
+      <c r="C342" t="s">
+        <v>3174</v>
+      </c>
+      <c r="D342" t="s">
         <v>3175</v>
       </c>
-      <c r="C342" t="s">
+      <c r="E342" t="s">
         <v>3176</v>
       </c>
-      <c r="D342" t="s">
+      <c r="F342" t="s">
         <v>3177</v>
       </c>
-      <c r="E342" t="s">
+      <c r="G342" t="s">
         <v>3178</v>
       </c>
-      <c r="F342" t="s">
+      <c r="H342" t="s">
         <v>3179</v>
       </c>
-      <c r="G342" t="s">
+      <c r="I342" t="s">
         <v>3180</v>
       </c>
-      <c r="H342" t="s">
+      <c r="J342" t="s">
+        <v>441</v>
+      </c>
+      <c r="K342" t="s">
         <v>3181</v>
       </c>
-      <c r="I342" t="s">
+      <c r="L342" t="s">
+        <v>443</v>
+      </c>
+      <c r="M342" t="s">
         <v>3182</v>
       </c>
-      <c r="J342" t="s">
-[...2 lines deleted...]
-      <c r="K342" t="s">
+      <c r="N342" t="s">
+        <v>28</v>
+      </c>
+      <c r="O342" t="s">
         <v>3183</v>
-      </c>
-[...10 lines deleted...]
-        <v>3185</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>8289</v>
+        <v>6765</v>
       </c>
       <c r="B343" t="s">
+        <v>3184</v>
+      </c>
+      <c r="C343" t="s">
+        <v>3185</v>
+      </c>
+      <c r="D343" t="s">
         <v>3186</v>
       </c>
-      <c r="C343" t="s">
+      <c r="E343" t="s">
         <v>3187</v>
       </c>
-      <c r="D343" t="s">
+      <c r="F343" t="s">
         <v>3188</v>
       </c>
-      <c r="E343" t="s">
+      <c r="G343" t="s">
         <v>3189</v>
       </c>
-      <c r="F343" t="s">
+      <c r="H343" t="s">
         <v>3190</v>
       </c>
-      <c r="G343" t="s">
+      <c r="I343" t="s">
         <v>3191</v>
       </c>
-      <c r="H343" t="s">
+      <c r="J343" t="s">
+        <v>24</v>
+      </c>
+      <c r="K343" t="s">
+        <v>170</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>171</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
         <v>3192</v>
-      </c>
-[...19 lines deleted...]
-        <v>3194</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8294</v>
+        <v>6982</v>
       </c>
       <c r="B344" t="s">
+        <v>3193</v>
+      </c>
+      <c r="C344" t="s">
+        <v>3194</v>
+      </c>
+      <c r="D344" t="s">
         <v>3195</v>
       </c>
-      <c r="C344" t="s">
+      <c r="E344" t="s">
         <v>3196</v>
       </c>
-      <c r="D344" t="s">
+      <c r="F344" t="s">
         <v>3197</v>
       </c>
-      <c r="E344" t="s">
+      <c r="G344" t="s">
         <v>3198</v>
       </c>
-      <c r="F344" t="s">
+      <c r="H344" t="s">
         <v>3199</v>
       </c>
-      <c r="G344" t="s">
+      <c r="I344" t="s">
         <v>3200</v>
       </c>
-      <c r="H344" t="s">
+      <c r="J344" t="s">
+        <v>24</v>
+      </c>
+      <c r="K344" t="s">
         <v>3201</v>
       </c>
-      <c r="I344" t="s">
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
         <v>3202</v>
-      </c>
-[...10 lines deleted...]
-        <v>740</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
         <v>3203</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8315</v>
+        <v>8265</v>
       </c>
       <c r="B345" t="s">
         <v>3204</v>
       </c>
       <c r="C345" t="s">
         <v>3205</v>
       </c>
       <c r="D345" t="s">
         <v>3206</v>
       </c>
       <c r="E345" t="s">
         <v>3207</v>
       </c>
       <c r="F345" t="s">
         <v>3208</v>
       </c>
       <c r="G345" t="s">
         <v>3209</v>
       </c>
       <c r="H345" t="s">
         <v>3210</v>
       </c>
       <c r="I345" t="s">
         <v>3211</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>25</v>
+        <v>3212</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>27</v>
+        <v>3213</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3212</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8341</v>
+        <v>8289</v>
       </c>
       <c r="B346" t="s">
-        <v>3213</v>
+        <v>3215</v>
       </c>
       <c r="C346" t="s">
-        <v>3214</v>
+        <v>3216</v>
       </c>
       <c r="D346" t="s">
-        <v>3215</v>
+        <v>3217</v>
       </c>
       <c r="E346" t="s">
-        <v>3216</v>
+        <v>3218</v>
       </c>
       <c r="F346" t="s">
-        <v>3217</v>
+        <v>3219</v>
       </c>
       <c r="G346" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
       <c r="H346" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
       <c r="I346" t="s">
-        <v>3220</v>
+        <v>3222</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>170</v>
+        <v>442</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>171</v>
+        <v>444</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3221</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8343</v>
+        <v>8294</v>
       </c>
       <c r="B347" t="s">
-        <v>3222</v>
+        <v>3224</v>
       </c>
       <c r="C347" t="s">
-        <v>3223</v>
+        <v>3225</v>
       </c>
       <c r="D347" t="s">
-        <v>3224</v>
+        <v>3226</v>
       </c>
       <c r="E347" t="s">
-        <v>3225</v>
+        <v>3227</v>
       </c>
       <c r="F347" t="s">
-        <v>3226</v>
+        <v>3228</v>
       </c>
       <c r="G347" t="s">
-        <v>3227</v>
+        <v>3229</v>
       </c>
       <c r="H347" t="s">
-        <v>3228</v>
+        <v>3230</v>
       </c>
       <c r="I347" t="s">
-        <v>3229</v>
+        <v>3231</v>
       </c>
       <c r="J347" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L347" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3230</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8344</v>
+        <v>8315</v>
       </c>
       <c r="B348" t="s">
-        <v>3231</v>
+        <v>3233</v>
       </c>
       <c r="C348" t="s">
-        <v>3232</v>
+        <v>3234</v>
       </c>
       <c r="D348" t="s">
-        <v>3233</v>
+        <v>3235</v>
       </c>
       <c r="E348" t="s">
-        <v>3234</v>
+        <v>3236</v>
       </c>
       <c r="F348" t="s">
-        <v>3235</v>
+        <v>3237</v>
       </c>
       <c r="G348" t="s">
-        <v>3236</v>
+        <v>3238</v>
       </c>
       <c r="H348" t="s">
-        <v>3237</v>
+        <v>3239</v>
       </c>
       <c r="I348" t="s">
-        <v>3238</v>
+        <v>3240</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3239</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8355</v>
+        <v>8341</v>
       </c>
       <c r="B349" t="s">
-        <v>3240</v>
+        <v>3242</v>
       </c>
       <c r="C349" t="s">
-        <v>3241</v>
+        <v>3243</v>
       </c>
       <c r="D349" t="s">
-        <v>3242</v>
+        <v>3244</v>
       </c>
       <c r="E349" t="s">
-        <v>3243</v>
+        <v>3245</v>
       </c>
       <c r="F349" t="s">
-        <v>3244</v>
+        <v>3246</v>
       </c>
       <c r="G349" t="s">
-        <v>3245</v>
+        <v>3247</v>
       </c>
       <c r="H349" t="s">
-        <v>3246</v>
+        <v>3248</v>
       </c>
       <c r="I349" t="s">
-        <v>3247</v>
+        <v>3249</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>3248</v>
+        <v>170</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>3249</v>
+        <v>171</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
         <v>3250</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8357</v>
+        <v>8343</v>
       </c>
       <c r="B350" t="s">
         <v>3251</v>
       </c>
       <c r="C350" t="s">
         <v>3252</v>
       </c>
       <c r="D350" t="s">
         <v>3253</v>
       </c>
       <c r="E350" t="s">
         <v>3254</v>
       </c>
       <c r="F350" t="s">
         <v>3255</v>
       </c>
       <c r="G350" t="s">
         <v>3256</v>
       </c>
       <c r="H350" t="s">
         <v>3257</v>
       </c>
       <c r="I350" t="s">
         <v>3258</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>3248</v>
+        <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>3249</v>
+        <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3259</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8377</v>
+        <v>8344</v>
       </c>
       <c r="B351" t="s">
         <v>3260</v>
       </c>
       <c r="C351" t="s">
         <v>3261</v>
       </c>
       <c r="D351" t="s">
         <v>3262</v>
       </c>
       <c r="E351" t="s">
         <v>3263</v>
       </c>
       <c r="F351" t="s">
         <v>3264</v>
       </c>
       <c r="G351" t="s">
         <v>3265</v>
       </c>
       <c r="H351" t="s">
         <v>3266</v>
       </c>
       <c r="I351" t="s">
         <v>3267</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
         <v>3268</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8386</v>
+        <v>8355</v>
       </c>
       <c r="B352" t="s">
         <v>3269</v>
       </c>
       <c r="C352" t="s">
         <v>3270</v>
       </c>
       <c r="D352" t="s">
         <v>3271</v>
       </c>
       <c r="E352" t="s">
         <v>3272</v>
       </c>
       <c r="F352" t="s">
         <v>3273</v>
       </c>
       <c r="G352" t="s">
         <v>3274</v>
       </c>
       <c r="H352" t="s">
         <v>3275</v>
       </c>
       <c r="I352" t="s">
         <v>3276</v>
       </c>
       <c r="J352" t="s">
-        <v>1755</v>
+        <v>24</v>
       </c>
       <c r="K352" t="s">
-        <v>170</v>
+        <v>3277</v>
       </c>
       <c r="L352" t="s">
-        <v>1757</v>
+        <v>26</v>
       </c>
       <c r="M352" t="s">
-        <v>171</v>
+        <v>3278</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3277</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8387</v>
+        <v>8357</v>
       </c>
       <c r="B353" t="s">
+        <v>3280</v>
+      </c>
+      <c r="C353" t="s">
+        <v>3281</v>
+      </c>
+      <c r="D353" t="s">
+        <v>3282</v>
+      </c>
+      <c r="E353" t="s">
+        <v>3283</v>
+      </c>
+      <c r="F353" t="s">
+        <v>3284</v>
+      </c>
+      <c r="G353" t="s">
+        <v>3285</v>
+      </c>
+      <c r="H353" t="s">
+        <v>3286</v>
+      </c>
+      <c r="I353" t="s">
+        <v>3287</v>
+      </c>
+      <c r="J353" t="s">
+        <v>24</v>
+      </c>
+      <c r="K353" t="s">
+        <v>3277</v>
+      </c>
+      <c r="L353" t="s">
+        <v>26</v>
+      </c>
+      <c r="M353" t="s">
         <v>3278</v>
       </c>
-      <c r="C353" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3286</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8388</v>
+        <v>8377</v>
       </c>
       <c r="B354" t="s">
-        <v>3287</v>
+        <v>3289</v>
       </c>
       <c r="C354" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
       <c r="D354" t="s">
-        <v>3289</v>
+        <v>3291</v>
       </c>
       <c r="E354" t="s">
-        <v>3290</v>
+        <v>3292</v>
       </c>
       <c r="F354" t="s">
-        <v>3291</v>
+        <v>3293</v>
       </c>
       <c r="G354" t="s">
-        <v>3292</v>
+        <v>3294</v>
       </c>
       <c r="H354" t="s">
-        <v>3293</v>
+        <v>3295</v>
       </c>
       <c r="I354" t="s">
-        <v>3294</v>
+        <v>3296</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8392</v>
+        <v>8386</v>
       </c>
       <c r="B355" t="s">
-        <v>3296</v>
+        <v>3298</v>
       </c>
       <c r="C355" t="s">
-        <v>3297</v>
+        <v>3299</v>
       </c>
       <c r="D355" t="s">
-        <v>3298</v>
+        <v>3300</v>
       </c>
       <c r="E355" t="s">
-        <v>3299</v>
+        <v>3301</v>
       </c>
       <c r="F355" t="s">
-        <v>3300</v>
+        <v>3302</v>
       </c>
       <c r="G355" t="s">
-        <v>3301</v>
+        <v>3303</v>
       </c>
       <c r="H355" t="s">
-        <v>3302</v>
+        <v>3304</v>
       </c>
       <c r="I355" t="s">
-        <v>3303</v>
+        <v>3305</v>
       </c>
       <c r="J355" t="s">
-        <v>24</v>
+        <v>1766</v>
       </c>
       <c r="K355" t="s">
-        <v>1756</v>
+        <v>170</v>
       </c>
       <c r="L355" t="s">
-        <v>26</v>
+        <v>1768</v>
       </c>
       <c r="M355" t="s">
-        <v>1758</v>
+        <v>171</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3304</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8402</v>
+        <v>8387</v>
       </c>
       <c r="B356" t="s">
-        <v>3305</v>
+        <v>3307</v>
       </c>
       <c r="C356" t="s">
-        <v>3306</v>
+        <v>3308</v>
       </c>
       <c r="D356" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
       <c r="E356" t="s">
-        <v>3308</v>
+        <v>3310</v>
       </c>
       <c r="F356" t="s">
-        <v>3309</v>
+        <v>3311</v>
       </c>
       <c r="G356" t="s">
-        <v>3310</v>
+        <v>3312</v>
       </c>
       <c r="H356" t="s">
-        <v>3311</v>
+        <v>3313</v>
       </c>
       <c r="I356" t="s">
-        <v>3312</v>
+        <v>3314</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3313</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8902</v>
+        <v>8388</v>
       </c>
       <c r="B357" t="s">
-        <v>3314</v>
+        <v>3316</v>
       </c>
       <c r="C357" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="D357" t="s">
-        <v>3316</v>
+        <v>3318</v>
       </c>
       <c r="E357" t="s">
-        <v>3317</v>
+        <v>3319</v>
       </c>
       <c r="F357" t="s">
-        <v>3318</v>
+        <v>3320</v>
       </c>
       <c r="G357" t="s">
-        <v>3319</v>
+        <v>3321</v>
       </c>
       <c r="H357" t="s">
-        <v>3320</v>
+        <v>3322</v>
       </c>
       <c r="I357" t="s">
-        <v>3321</v>
+        <v>3323</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
         <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
         <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3322</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8903</v>
+        <v>8392</v>
       </c>
       <c r="B358" t="s">
-        <v>3323</v>
+        <v>3325</v>
       </c>
       <c r="C358" t="s">
-        <v>3324</v>
+        <v>3326</v>
       </c>
       <c r="D358" t="s">
-        <v>3325</v>
+        <v>3327</v>
       </c>
       <c r="E358" t="s">
-        <v>3326</v>
+        <v>3328</v>
       </c>
       <c r="F358" t="s">
-        <v>3327</v>
+        <v>3329</v>
       </c>
       <c r="G358" t="s">
-        <v>3328</v>
+        <v>3330</v>
       </c>
       <c r="H358" t="s">
-        <v>3329</v>
+        <v>3331</v>
       </c>
       <c r="I358" t="s">
-        <v>3330</v>
+        <v>3332</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>170</v>
+        <v>1767</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>171</v>
+        <v>1769</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3331</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8904</v>
+        <v>8402</v>
       </c>
       <c r="B359" t="s">
-        <v>3332</v>
+        <v>3334</v>
       </c>
       <c r="C359" t="s">
-        <v>3333</v>
+        <v>3335</v>
       </c>
       <c r="D359" t="s">
-        <v>3334</v>
+        <v>3336</v>
       </c>
       <c r="E359" t="s">
-        <v>3335</v>
+        <v>3337</v>
       </c>
       <c r="F359" t="s">
-        <v>3336</v>
+        <v>3338</v>
       </c>
       <c r="G359" t="s">
-        <v>3337</v>
+        <v>3339</v>
       </c>
       <c r="H359" t="s">
-        <v>3338</v>
+        <v>3340</v>
       </c>
       <c r="I359" t="s">
-        <v>3339</v>
+        <v>3341</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3340</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8914</v>
+        <v>8902</v>
       </c>
       <c r="B360" t="s">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="C360" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
       <c r="D360" t="s">
-        <v>3343</v>
+        <v>3345</v>
       </c>
       <c r="E360" t="s">
-        <v>3344</v>
+        <v>3346</v>
       </c>
       <c r="F360" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
       <c r="G360" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
       <c r="H360" t="s">
-        <v>3347</v>
+        <v>3349</v>
       </c>
       <c r="I360" t="s">
-        <v>3348</v>
+        <v>3350</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3349</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8918</v>
+        <v>8903</v>
       </c>
       <c r="B361" t="s">
-        <v>3350</v>
+        <v>3352</v>
       </c>
       <c r="C361" t="s">
-        <v>3351</v>
+        <v>3353</v>
       </c>
       <c r="D361" t="s">
-        <v>3352</v>
+        <v>3354</v>
       </c>
       <c r="E361" t="s">
-        <v>3353</v>
+        <v>3355</v>
       </c>
       <c r="F361" t="s">
-        <v>3354</v>
+        <v>3356</v>
       </c>
       <c r="G361" t="s">
-        <v>3355</v>
+        <v>3357</v>
       </c>
       <c r="H361" t="s">
-        <v>3356</v>
+        <v>3358</v>
       </c>
       <c r="I361" t="s">
-        <v>3357</v>
+        <v>3359</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3358</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8945</v>
+        <v>8904</v>
       </c>
       <c r="B362" t="s">
-        <v>3359</v>
+        <v>3361</v>
       </c>
       <c r="C362" t="s">
-        <v>3360</v>
+        <v>3362</v>
       </c>
       <c r="D362" t="s">
-        <v>3361</v>
+        <v>3363</v>
       </c>
       <c r="E362" t="s">
-        <v>3362</v>
+        <v>3364</v>
       </c>
       <c r="F362" t="s">
-        <v>3363</v>
+        <v>3365</v>
       </c>
       <c r="G362" t="s">
-        <v>3364</v>
+        <v>3366</v>
       </c>
       <c r="H362" t="s">
-        <v>3365</v>
+        <v>3367</v>
       </c>
       <c r="I362" t="s">
-        <v>3366</v>
+        <v>3368</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3367</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8950</v>
+        <v>8914</v>
       </c>
       <c r="B363" t="s">
-        <v>3368</v>
+        <v>3370</v>
       </c>
       <c r="C363" t="s">
-        <v>3369</v>
+        <v>3371</v>
       </c>
       <c r="D363" t="s">
-        <v>3370</v>
+        <v>3372</v>
       </c>
       <c r="E363" t="s">
-        <v>3371</v>
+        <v>3373</v>
       </c>
       <c r="F363" t="s">
-        <v>3372</v>
+        <v>3374</v>
       </c>
       <c r="G363" t="s">
-        <v>3373</v>
+        <v>3375</v>
       </c>
       <c r="H363" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
       <c r="I363" t="s">
-        <v>3375</v>
+        <v>3377</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3376</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8951</v>
+        <v>8918</v>
       </c>
       <c r="B364" t="s">
-        <v>3377</v>
+        <v>3379</v>
       </c>
       <c r="C364" t="s">
-        <v>3378</v>
+        <v>3380</v>
       </c>
       <c r="D364" t="s">
-        <v>3379</v>
+        <v>3381</v>
       </c>
       <c r="E364" t="s">
-        <v>3380</v>
+        <v>3382</v>
       </c>
       <c r="F364" t="s">
-        <v>3381</v>
+        <v>3383</v>
       </c>
       <c r="G364" t="s">
-        <v>3382</v>
+        <v>3384</v>
       </c>
       <c r="H364" t="s">
-        <v>3383</v>
+        <v>3385</v>
       </c>
       <c r="I364" t="s">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3385</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8959</v>
+        <v>8945</v>
       </c>
       <c r="B365" t="s">
-        <v>3386</v>
+        <v>3388</v>
       </c>
       <c r="C365" t="s">
-        <v>3387</v>
+        <v>3389</v>
       </c>
       <c r="D365" t="s">
-        <v>3388</v>
+        <v>3390</v>
       </c>
       <c r="E365" t="s">
-        <v>3389</v>
+        <v>3391</v>
       </c>
       <c r="F365" t="s">
-        <v>3390</v>
+        <v>3392</v>
       </c>
       <c r="G365" t="s">
-        <v>3391</v>
+        <v>3393</v>
       </c>
       <c r="H365" t="s">
-        <v>3392</v>
+        <v>3394</v>
       </c>
       <c r="I365" t="s">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3394</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>10014</v>
+        <v>8950</v>
       </c>
       <c r="B366" t="s">
-        <v>3395</v>
+        <v>3397</v>
       </c>
       <c r="C366" t="s">
-        <v>3396</v>
+        <v>3398</v>
       </c>
       <c r="D366" t="s">
-        <v>3397</v>
+        <v>3399</v>
       </c>
       <c r="E366" t="s">
-        <v>3398</v>
+        <v>3400</v>
       </c>
       <c r="F366" t="s">
-        <v>3399</v>
+        <v>3401</v>
       </c>
       <c r="G366" t="s">
-        <v>3400</v>
+        <v>3402</v>
       </c>
       <c r="H366" t="s">
-        <v>3401</v>
+        <v>3403</v>
       </c>
       <c r="I366" t="s">
-        <v>3402</v>
+        <v>3404</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>3403</v>
+        <v>25</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>3404</v>
+        <v>27</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
         <v>3405</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>10015</v>
+        <v>8951</v>
       </c>
       <c r="B367" t="s">
         <v>3406</v>
       </c>
       <c r="C367" t="s">
         <v>3407</v>
       </c>
       <c r="D367" t="s">
         <v>3408</v>
       </c>
       <c r="E367" t="s">
         <v>3409</v>
       </c>
       <c r="F367" t="s">
         <v>3410</v>
       </c>
       <c r="G367" t="s">
         <v>3411</v>
       </c>
       <c r="H367" t="s">
         <v>3412</v>
       </c>
       <c r="I367" t="s">
         <v>3413</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
         <v>3414</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>10036</v>
+        <v>8959</v>
       </c>
       <c r="B368" t="s">
         <v>3415</v>
       </c>
       <c r="C368" t="s">
         <v>3416</v>
       </c>
       <c r="D368" t="s">
         <v>3417</v>
       </c>
       <c r="E368" t="s">
         <v>3418</v>
       </c>
       <c r="F368" t="s">
         <v>3419</v>
       </c>
       <c r="G368" t="s">
         <v>3420</v>
       </c>
       <c r="H368" t="s">
         <v>3421</v>
       </c>
       <c r="I368" t="s">
         <v>3422</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
         <v>3423</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>10046</v>
+        <v>10014</v>
       </c>
       <c r="B369" t="s">
         <v>3424</v>
       </c>
       <c r="C369" t="s">
         <v>3425</v>
       </c>
       <c r="D369" t="s">
         <v>3426</v>
       </c>
       <c r="E369" t="s">
         <v>3427</v>
       </c>
       <c r="F369" t="s">
         <v>3428</v>
       </c>
       <c r="G369" t="s">
         <v>3429</v>
       </c>
       <c r="H369" t="s">
         <v>3430</v>
       </c>
       <c r="I369" t="s">
         <v>3431</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>274</v>
+        <v>3432</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>276</v>
+        <v>3433</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3432</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>10098</v>
+        <v>10015</v>
       </c>
       <c r="B370" t="s">
-        <v>3433</v>
+        <v>3435</v>
       </c>
       <c r="C370" t="s">
-        <v>3434</v>
+        <v>3436</v>
       </c>
       <c r="D370" t="s">
-        <v>3435</v>
+        <v>3437</v>
       </c>
       <c r="E370" t="s">
-        <v>3436</v>
+        <v>3438</v>
       </c>
       <c r="F370" t="s">
-        <v>3437</v>
+        <v>3439</v>
       </c>
       <c r="G370" t="s">
-        <v>3438</v>
+        <v>3440</v>
       </c>
       <c r="H370" t="s">
-        <v>3439</v>
+        <v>3441</v>
       </c>
       <c r="I370" t="s">
-        <v>3440</v>
+        <v>3442</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3441</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>10101</v>
+        <v>10036</v>
       </c>
       <c r="B371" t="s">
-        <v>3442</v>
+        <v>3444</v>
       </c>
       <c r="C371" t="s">
-        <v>3443</v>
+        <v>3445</v>
       </c>
       <c r="D371" t="s">
-        <v>3444</v>
+        <v>3446</v>
       </c>
       <c r="E371" t="s">
-        <v>3445</v>
+        <v>3447</v>
       </c>
       <c r="F371" t="s">
-        <v>3446</v>
+        <v>3448</v>
       </c>
       <c r="G371" t="s">
-        <v>3447</v>
+        <v>3449</v>
       </c>
       <c r="H371" t="s">
-        <v>3448</v>
+        <v>3450</v>
       </c>
       <c r="I371" t="s">
-        <v>3449</v>
+        <v>3451</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
         <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
         <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3450</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>10412</v>
+        <v>10046</v>
       </c>
       <c r="B372" t="s">
-        <v>3451</v>
+        <v>3453</v>
       </c>
       <c r="C372" t="s">
-        <v>3452</v>
+        <v>3454</v>
       </c>
       <c r="D372" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
       <c r="E372" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
       <c r="F372" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="G372" t="s">
-        <v>3456</v>
+        <v>3458</v>
       </c>
       <c r="H372" t="s">
-        <v>3457</v>
+        <v>3459</v>
       </c>
       <c r="I372" t="s">
-        <v>3458</v>
+        <v>3460</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3459</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>10603</v>
+        <v>10098</v>
       </c>
       <c r="B373" t="s">
-        <v>3460</v>
+        <v>3462</v>
       </c>
       <c r="C373" t="s">
-        <v>3461</v>
+        <v>3463</v>
       </c>
       <c r="D373" t="s">
-        <v>3462</v>
+        <v>3464</v>
       </c>
       <c r="E373" t="s">
-        <v>3463</v>
+        <v>3465</v>
       </c>
       <c r="F373" t="s">
-        <v>3464</v>
+        <v>3466</v>
       </c>
       <c r="G373" t="s">
-        <v>3465</v>
+        <v>3467</v>
       </c>
       <c r="H373" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
       <c r="I373" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3468</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>10647</v>
+        <v>10101</v>
       </c>
       <c r="B374" t="s">
-        <v>3469</v>
+        <v>3471</v>
       </c>
       <c r="C374" t="s">
-        <v>3470</v>
+        <v>3472</v>
       </c>
       <c r="D374" t="s">
-        <v>3471</v>
+        <v>3473</v>
       </c>
       <c r="E374" t="s">
-        <v>3472</v>
+        <v>3474</v>
       </c>
       <c r="F374" t="s">
-        <v>3473</v>
+        <v>3475</v>
       </c>
       <c r="G374" t="s">
-        <v>3474</v>
+        <v>3476</v>
       </c>
       <c r="H374" t="s">
-        <v>3475</v>
+        <v>3477</v>
       </c>
       <c r="I374" t="s">
-        <v>3476</v>
+        <v>3478</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3477</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>10887</v>
+        <v>10412</v>
       </c>
       <c r="B375" t="s">
-        <v>3478</v>
+        <v>3480</v>
       </c>
       <c r="C375" t="s">
-        <v>3479</v>
+        <v>3481</v>
       </c>
       <c r="D375" t="s">
-        <v>3480</v>
+        <v>3482</v>
       </c>
       <c r="E375" t="s">
-        <v>3481</v>
+        <v>3483</v>
       </c>
       <c r="F375" t="s">
-        <v>3482</v>
+        <v>3484</v>
       </c>
       <c r="G375" t="s">
-        <v>3483</v>
+        <v>3485</v>
       </c>
       <c r="H375" t="s">
-        <v>3484</v>
+        <v>3486</v>
       </c>
       <c r="I375" t="s">
-        <v>3485</v>
+        <v>3487</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3486</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10925</v>
+        <v>10603</v>
       </c>
       <c r="B376" t="s">
-        <v>3487</v>
+        <v>3489</v>
       </c>
       <c r="C376" t="s">
-        <v>3488</v>
+        <v>3490</v>
       </c>
       <c r="D376" t="s">
-        <v>3489</v>
+        <v>3491</v>
       </c>
       <c r="E376" t="s">
-        <v>3490</v>
+        <v>3492</v>
       </c>
       <c r="F376" t="s">
-        <v>3491</v>
+        <v>3493</v>
       </c>
       <c r="G376" t="s">
-        <v>3492</v>
+        <v>3494</v>
       </c>
       <c r="H376" t="s">
-        <v>3493</v>
+        <v>3495</v>
       </c>
       <c r="I376" t="s">
-        <v>3494</v>
+        <v>3496</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
         <v>25</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
         <v>27</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3495</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10930</v>
+        <v>10647</v>
       </c>
       <c r="B377" t="s">
-        <v>3496</v>
+        <v>3498</v>
       </c>
       <c r="C377" t="s">
-        <v>3497</v>
+        <v>3499</v>
       </c>
       <c r="D377" t="s">
-        <v>3498</v>
+        <v>3500</v>
       </c>
       <c r="E377" t="s">
-        <v>3499</v>
+        <v>3501</v>
       </c>
       <c r="F377" t="s">
-        <v>3500</v>
+        <v>3502</v>
       </c>
       <c r="G377" t="s">
-        <v>3501</v>
+        <v>3503</v>
       </c>
       <c r="H377" t="s">
-        <v>3502</v>
+        <v>3504</v>
       </c>
       <c r="I377" t="s">
-        <v>3503</v>
+        <v>3505</v>
       </c>
       <c r="J377" t="s">
-        <v>1383</v>
+        <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L377" t="s">
-        <v>1384</v>
+        <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3504</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10947</v>
+        <v>10887</v>
       </c>
       <c r="B378" t="s">
-        <v>3505</v>
+        <v>3507</v>
       </c>
       <c r="C378" t="s">
-        <v>3506</v>
+        <v>3508</v>
       </c>
       <c r="D378" t="s">
-        <v>3507</v>
+        <v>3509</v>
       </c>
       <c r="E378" t="s">
-        <v>3508</v>
+        <v>3510</v>
       </c>
       <c r="F378" t="s">
-        <v>3509</v>
+        <v>3511</v>
       </c>
       <c r="G378" t="s">
-        <v>3510</v>
+        <v>3512</v>
       </c>
       <c r="H378" t="s">
-        <v>3511</v>
+        <v>3513</v>
       </c>
       <c r="I378" t="s">
-        <v>3512</v>
+        <v>3514</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3513</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10948</v>
+        <v>10925</v>
       </c>
       <c r="B379" t="s">
-        <v>3514</v>
+        <v>3516</v>
       </c>
       <c r="C379" t="s">
-        <v>3515</v>
+        <v>3517</v>
       </c>
       <c r="D379" t="s">
-        <v>3516</v>
+        <v>3518</v>
       </c>
       <c r="E379" t="s">
-        <v>3517</v>
+        <v>3519</v>
       </c>
       <c r="F379" t="s">
-        <v>3518</v>
+        <v>3520</v>
       </c>
       <c r="G379" t="s">
-        <v>3519</v>
+        <v>3521</v>
       </c>
       <c r="H379" t="s">
-        <v>3520</v>
+        <v>3522</v>
       </c>
       <c r="I379" t="s">
-        <v>3521</v>
+        <v>3523</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3522</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10950</v>
+        <v>10930</v>
       </c>
       <c r="B380" t="s">
-        <v>3523</v>
+        <v>3525</v>
       </c>
       <c r="C380" t="s">
-        <v>3524</v>
+        <v>3526</v>
       </c>
       <c r="D380" t="s">
-        <v>3525</v>
+        <v>3527</v>
       </c>
       <c r="E380" t="s">
-        <v>3526</v>
+        <v>3528</v>
       </c>
       <c r="F380" t="s">
-        <v>3527</v>
+        <v>3529</v>
       </c>
       <c r="G380" t="s">
-        <v>3528</v>
+        <v>3530</v>
       </c>
       <c r="H380" t="s">
-        <v>3529</v>
+        <v>3531</v>
       </c>
       <c r="I380" t="s">
-        <v>3530</v>
+        <v>3532</v>
       </c>
       <c r="J380" t="s">
-        <v>24</v>
+        <v>1383</v>
       </c>
       <c r="K380" t="s">
-        <v>3531</v>
+        <v>274</v>
       </c>
       <c r="L380" t="s">
-        <v>26</v>
+        <v>1384</v>
       </c>
       <c r="M380" t="s">
-        <v>3532</v>
+        <v>276</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
         <v>3533</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10951</v>
+        <v>10947</v>
       </c>
       <c r="B381" t="s">
         <v>3534</v>
       </c>
       <c r="C381" t="s">
         <v>3535</v>
       </c>
       <c r="D381" t="s">
         <v>3536</v>
       </c>
       <c r="E381" t="s">
         <v>3537</v>
       </c>
       <c r="F381" t="s">
         <v>3538</v>
       </c>
       <c r="G381" t="s">
         <v>3539</v>
       </c>
       <c r="H381" t="s">
         <v>3540</v>
       </c>
       <c r="I381" t="s">
         <v>3541</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>3542</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>11000</v>
+        <v>10948</v>
       </c>
       <c r="B382" t="s">
         <v>3543</v>
       </c>
       <c r="C382" t="s">
         <v>3544</v>
       </c>
       <c r="D382" t="s">
         <v>3545</v>
       </c>
       <c r="E382" t="s">
         <v>3546</v>
       </c>
       <c r="F382" t="s">
         <v>3547</v>
       </c>
       <c r="G382" t="s">
         <v>3548</v>
       </c>
       <c r="H382" t="s">
         <v>3549</v>
       </c>
       <c r="I382" t="s">
         <v>3550</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
         <v>3551</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>11220</v>
+        <v>10950</v>
       </c>
       <c r="B383" t="s">
         <v>3552</v>
       </c>
       <c r="C383" t="s">
         <v>3553</v>
       </c>
       <c r="D383" t="s">
         <v>3554</v>
       </c>
       <c r="E383" t="s">
         <v>3555</v>
       </c>
       <c r="F383" t="s">
         <v>3556</v>
       </c>
       <c r="G383" t="s">
         <v>3557</v>
       </c>
       <c r="H383" t="s">
         <v>3558</v>
       </c>
       <c r="I383" t="s">
         <v>3559</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>672</v>
+        <v>3560</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>673</v>
+        <v>3561</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3560</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>11231</v>
+        <v>10951</v>
       </c>
       <c r="B384" t="s">
-        <v>3561</v>
+        <v>3563</v>
       </c>
       <c r="C384" t="s">
-        <v>3562</v>
+        <v>3564</v>
       </c>
       <c r="D384" t="s">
-        <v>3563</v>
+        <v>3565</v>
       </c>
       <c r="E384" t="s">
-        <v>3564</v>
+        <v>3566</v>
       </c>
       <c r="F384" t="s">
-        <v>3565</v>
+        <v>3567</v>
       </c>
       <c r="G384" t="s">
-        <v>3566</v>
+        <v>3568</v>
       </c>
       <c r="H384" t="s">
-        <v>3567</v>
+        <v>3569</v>
       </c>
       <c r="I384" t="s">
-        <v>3568</v>
+        <v>3570</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3569</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>11287</v>
+        <v>11000</v>
       </c>
       <c r="B385" t="s">
-        <v>3570</v>
+        <v>3572</v>
       </c>
       <c r="C385" t="s">
-        <v>3571</v>
+        <v>3573</v>
       </c>
       <c r="D385" t="s">
-        <v>3572</v>
+        <v>3574</v>
       </c>
       <c r="E385" t="s">
-        <v>3573</v>
+        <v>3575</v>
       </c>
       <c r="F385" t="s">
-        <v>3574</v>
+        <v>3576</v>
       </c>
       <c r="G385" t="s">
-        <v>3575</v>
+        <v>3577</v>
       </c>
       <c r="H385" t="s">
-        <v>3576</v>
+        <v>3578</v>
       </c>
       <c r="I385" t="s">
-        <v>3577</v>
+        <v>3579</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3578</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>11299</v>
+        <v>11220</v>
       </c>
       <c r="B386" t="s">
-        <v>3579</v>
+        <v>3581</v>
       </c>
       <c r="C386" t="s">
-        <v>3580</v>
+        <v>3582</v>
       </c>
       <c r="D386" t="s">
-        <v>3581</v>
+        <v>3583</v>
       </c>
       <c r="E386" t="s">
-        <v>3582</v>
+        <v>3584</v>
       </c>
       <c r="F386" t="s">
-        <v>3583</v>
+        <v>3585</v>
       </c>
       <c r="G386" t="s">
-        <v>3584</v>
+        <v>3586</v>
       </c>
       <c r="H386" t="s">
-        <v>3585</v>
+        <v>3587</v>
       </c>
       <c r="I386" t="s">
-        <v>3586</v>
+        <v>3588</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>170</v>
+        <v>672</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>171</v>
+        <v>673</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3587</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>11306</v>
+        <v>11231</v>
       </c>
       <c r="B387" t="s">
-        <v>3588</v>
+        <v>3590</v>
       </c>
       <c r="C387" t="s">
-        <v>3589</v>
+        <v>3591</v>
       </c>
       <c r="D387" t="s">
-        <v>3590</v>
+        <v>3592</v>
       </c>
       <c r="E387" t="s">
-        <v>3591</v>
+        <v>3593</v>
       </c>
       <c r="F387" t="s">
-        <v>3592</v>
+        <v>3594</v>
       </c>
       <c r="G387" t="s">
-        <v>3593</v>
+        <v>3595</v>
       </c>
       <c r="H387" t="s">
-        <v>3594</v>
+        <v>3596</v>
       </c>
       <c r="I387" t="s">
-        <v>3595</v>
+        <v>3597</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>1132</v>
+        <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>1133</v>
+        <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3596</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>58060</v>
+        <v>11287</v>
       </c>
       <c r="B388" t="s">
-        <v>3597</v>
+        <v>3599</v>
       </c>
       <c r="C388" t="s">
-        <v>3598</v>
+        <v>3600</v>
       </c>
       <c r="D388" t="s">
-        <v>3599</v>
+        <v>3601</v>
       </c>
       <c r="E388" t="s">
-        <v>3600</v>
+        <v>3602</v>
       </c>
       <c r="F388" t="s">
-        <v>3601</v>
+        <v>3603</v>
       </c>
       <c r="G388" t="s">
-        <v>3602</v>
+        <v>3604</v>
       </c>
       <c r="H388" t="s">
-        <v>3603</v>
+        <v>3605</v>
       </c>
       <c r="I388" t="s">
-        <v>3604</v>
+        <v>3606</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>3248</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>3249</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3605</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>58066</v>
+        <v>11299</v>
       </c>
       <c r="B389" t="s">
-        <v>3606</v>
+        <v>3608</v>
       </c>
       <c r="C389" t="s">
-        <v>3607</v>
+        <v>3609</v>
       </c>
       <c r="D389" t="s">
-        <v>3608</v>
+        <v>3610</v>
       </c>
       <c r="E389" t="s">
-        <v>3609</v>
+        <v>3611</v>
       </c>
       <c r="F389" t="s">
-        <v>3610</v>
+        <v>3612</v>
       </c>
       <c r="G389" t="s">
-        <v>3611</v>
+        <v>3613</v>
       </c>
       <c r="H389" t="s">
-        <v>3612</v>
+        <v>3614</v>
       </c>
       <c r="I389" t="s">
-        <v>3613</v>
+        <v>3615</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3614</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>58120</v>
+        <v>11306</v>
       </c>
       <c r="B390" t="s">
-        <v>3615</v>
+        <v>3617</v>
       </c>
       <c r="C390" t="s">
-        <v>3616</v>
+        <v>3618</v>
       </c>
       <c r="D390" t="s">
-        <v>3617</v>
+        <v>3619</v>
       </c>
       <c r="E390" t="s">
-        <v>3618</v>
+        <v>3620</v>
       </c>
       <c r="F390" t="s">
-        <v>3619</v>
+        <v>3621</v>
       </c>
       <c r="G390" t="s">
-        <v>3620</v>
+        <v>3622</v>
       </c>
       <c r="H390" t="s">
-        <v>3621</v>
+        <v>3623</v>
       </c>
       <c r="I390" t="s">
-        <v>3622</v>
+        <v>3624</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>25</v>
+        <v>1132</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>27</v>
+        <v>1133</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3623</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>58122</v>
+        <v>58060</v>
       </c>
       <c r="B391" t="s">
-        <v>3624</v>
+        <v>3626</v>
       </c>
       <c r="C391" t="s">
-        <v>3625</v>
+        <v>3627</v>
       </c>
       <c r="D391" t="s">
-        <v>3626</v>
+        <v>3628</v>
       </c>
       <c r="E391" t="s">
-        <v>3627</v>
+        <v>3629</v>
       </c>
       <c r="F391" t="s">
-        <v>3628</v>
+        <v>3630</v>
       </c>
       <c r="G391" t="s">
-        <v>3629</v>
+        <v>3631</v>
       </c>
       <c r="H391" t="s">
-        <v>3630</v>
+        <v>3632</v>
       </c>
       <c r="I391" t="s">
-        <v>3631</v>
+        <v>3633</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>170</v>
+        <v>3277</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>171</v>
+        <v>3278</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3632</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>58144</v>
+        <v>58066</v>
       </c>
       <c r="B392" t="s">
-        <v>3633</v>
+        <v>3635</v>
       </c>
       <c r="C392" t="s">
-        <v>3634</v>
+        <v>3636</v>
       </c>
       <c r="D392" t="s">
-        <v>3635</v>
+        <v>3637</v>
       </c>
       <c r="E392" t="s">
-        <v>3636</v>
+        <v>3638</v>
       </c>
       <c r="F392" t="s">
-        <v>3637</v>
+        <v>3639</v>
       </c>
       <c r="G392" t="s">
-        <v>3638</v>
+        <v>3640</v>
       </c>
       <c r="H392" t="s">
-        <v>3639</v>
+        <v>3641</v>
       </c>
       <c r="I392" t="s">
-        <v>3640</v>
+        <v>3642</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3641</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>58148</v>
+        <v>58120</v>
       </c>
       <c r="B393" t="s">
-        <v>3642</v>
+        <v>3644</v>
       </c>
       <c r="C393" t="s">
-        <v>3643</v>
+        <v>3645</v>
       </c>
       <c r="D393" t="s">
-        <v>3644</v>
+        <v>3646</v>
       </c>
       <c r="E393" t="s">
-        <v>3645</v>
+        <v>3647</v>
       </c>
       <c r="F393" t="s">
-        <v>3646</v>
+        <v>3648</v>
       </c>
       <c r="G393" t="s">
-        <v>3647</v>
+        <v>3649</v>
       </c>
       <c r="H393" t="s">
-        <v>3648</v>
+        <v>3650</v>
       </c>
       <c r="I393" t="s">
-        <v>3649</v>
+        <v>3651</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>1067</v>
+        <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>1068</v>
+        <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3650</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>58218</v>
+        <v>58122</v>
       </c>
       <c r="B394" t="s">
-        <v>3651</v>
+        <v>3653</v>
       </c>
       <c r="C394" t="s">
-        <v>3652</v>
+        <v>3654</v>
       </c>
       <c r="D394" t="s">
-        <v>3653</v>
+        <v>3655</v>
       </c>
       <c r="E394" t="s">
-        <v>3654</v>
+        <v>3656</v>
       </c>
       <c r="F394" t="s">
-        <v>3655</v>
+        <v>3657</v>
       </c>
       <c r="G394" t="s">
-        <v>3656</v>
+        <v>3658</v>
       </c>
       <c r="H394" t="s">
-        <v>3657</v>
+        <v>3659</v>
       </c>
       <c r="I394" t="s">
-        <v>3658</v>
+        <v>3660</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
         <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
         <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3659</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>58223</v>
+        <v>58144</v>
       </c>
       <c r="B395" t="s">
-        <v>3660</v>
+        <v>3662</v>
       </c>
       <c r="C395" t="s">
-        <v>3661</v>
+        <v>3663</v>
       </c>
       <c r="D395" t="s">
-        <v>3662</v>
+        <v>3664</v>
       </c>
       <c r="E395" t="s">
-        <v>3663</v>
+        <v>3665</v>
       </c>
       <c r="F395" t="s">
-        <v>3664</v>
+        <v>3666</v>
       </c>
       <c r="G395" t="s">
-        <v>3665</v>
+        <v>3667</v>
       </c>
       <c r="H395" t="s">
-        <v>3666</v>
+        <v>3668</v>
       </c>
       <c r="I395" t="s">
-        <v>3667</v>
+        <v>3669</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3668</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>58240</v>
+        <v>58148</v>
       </c>
       <c r="B396" t="s">
-        <v>3669</v>
+        <v>3671</v>
       </c>
       <c r="C396" t="s">
-        <v>3670</v>
+        <v>3672</v>
       </c>
       <c r="D396" t="s">
-        <v>3671</v>
+        <v>3673</v>
       </c>
       <c r="E396" t="s">
-        <v>3672</v>
+        <v>3674</v>
       </c>
       <c r="F396" t="s">
-        <v>3673</v>
+        <v>3675</v>
       </c>
       <c r="G396" t="s">
-        <v>3674</v>
+        <v>3676</v>
       </c>
       <c r="H396" t="s">
-        <v>3675</v>
+        <v>3677</v>
       </c>
       <c r="I396" t="s">
-        <v>3676</v>
+        <v>3678</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>3677</v>
+        <v>1067</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>3678</v>
+        <v>1068</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
         <v>3679</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>58259</v>
+        <v>58218</v>
       </c>
       <c r="B397" t="s">
         <v>3680</v>
       </c>
       <c r="C397" t="s">
         <v>3681</v>
       </c>
       <c r="D397" t="s">
         <v>3682</v>
       </c>
       <c r="E397" t="s">
         <v>3683</v>
       </c>
       <c r="F397" t="s">
         <v>3684</v>
       </c>
       <c r="G397" t="s">
         <v>3685</v>
       </c>
       <c r="H397" t="s">
         <v>3686</v>
       </c>
       <c r="I397" t="s">
         <v>3687</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
+        <v>170</v>
+      </c>
+      <c r="L397" t="s">
+        <v>26</v>
+      </c>
+      <c r="M397" t="s">
+        <v>171</v>
+      </c>
+      <c r="N397" t="s">
+        <v>28</v>
+      </c>
+      <c r="O397" t="s">
         <v>3688</v>
-      </c>
-[...10 lines deleted...]
-        <v>3690</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>64637</v>
+        <v>58223</v>
       </c>
       <c r="B398" t="s">
+        <v>3689</v>
+      </c>
+      <c r="C398" t="s">
+        <v>3690</v>
+      </c>
+      <c r="D398" t="s">
         <v>3691</v>
       </c>
-      <c r="C398" t="s">
+      <c r="E398" t="s">
         <v>3692</v>
       </c>
-      <c r="D398" t="s">
+      <c r="F398" t="s">
         <v>3693</v>
       </c>
-      <c r="E398" t="s">
+      <c r="G398" t="s">
         <v>3694</v>
       </c>
-      <c r="F398" t="s">
+      <c r="H398" t="s">
         <v>3695</v>
       </c>
-      <c r="G398" t="s">
+      <c r="I398" t="s">
         <v>3696</v>
       </c>
-      <c r="H398" t="s">
+      <c r="J398" t="s">
+        <v>24</v>
+      </c>
+      <c r="K398" t="s">
+        <v>170</v>
+      </c>
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
+        <v>171</v>
+      </c>
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
         <v>3697</v>
-      </c>
-[...19 lines deleted...]
-        <v>3699</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>64643</v>
+        <v>58240</v>
       </c>
       <c r="B399" t="s">
+        <v>3698</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3699</v>
+      </c>
+      <c r="D399" t="s">
         <v>3700</v>
       </c>
-      <c r="C399" t="s">
+      <c r="E399" t="s">
         <v>3701</v>
       </c>
-      <c r="D399" t="s">
+      <c r="F399" t="s">
         <v>3702</v>
       </c>
-      <c r="E399" t="s">
+      <c r="G399" t="s">
         <v>3703</v>
       </c>
-      <c r="F399" t="s">
+      <c r="H399" t="s">
         <v>3704</v>
       </c>
-      <c r="G399" t="s">
+      <c r="I399" t="s">
         <v>3705</v>
       </c>
-      <c r="H399" t="s">
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
         <v>3706</v>
       </c>
-      <c r="I399" t="s">
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
         <v>3707</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
         <v>3708</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>64689</v>
+        <v>58259</v>
       </c>
       <c r="B400" t="s">
         <v>3709</v>
       </c>
       <c r="C400" t="s">
         <v>3710</v>
       </c>
       <c r="D400" t="s">
         <v>3711</v>
       </c>
       <c r="E400" t="s">
         <v>3712</v>
       </c>
       <c r="F400" t="s">
         <v>3713</v>
       </c>
       <c r="G400" t="s">
         <v>3714</v>
       </c>
       <c r="H400" t="s">
         <v>3715</v>
       </c>
       <c r="I400" t="s">
         <v>3716</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>59</v>
+        <v>3717</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>61</v>
+        <v>3718</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3717</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65000</v>
+        <v>64637</v>
       </c>
       <c r="B401" t="s">
-        <v>3718</v>
+        <v>3720</v>
       </c>
       <c r="C401" t="s">
-        <v>3719</v>
+        <v>3721</v>
       </c>
       <c r="D401" t="s">
-        <v>3720</v>
+        <v>3722</v>
       </c>
       <c r="E401" t="s">
-        <v>3721</v>
+        <v>3723</v>
       </c>
       <c r="F401" t="s">
-        <v>3722</v>
+        <v>3724</v>
       </c>
       <c r="G401" t="s">
-        <v>3723</v>
+        <v>3725</v>
       </c>
       <c r="H401" t="s">
-        <v>3724</v>
+        <v>3726</v>
       </c>
       <c r="I401" t="s">
-        <v>3725</v>
+        <v>3727</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3726</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65001</v>
+        <v>64643</v>
       </c>
       <c r="B402" t="s">
-        <v>3727</v>
+        <v>3729</v>
       </c>
       <c r="C402" t="s">
-        <v>3728</v>
+        <v>3730</v>
       </c>
       <c r="D402" t="s">
-        <v>3729</v>
+        <v>3731</v>
       </c>
       <c r="E402" t="s">
-        <v>3730</v>
+        <v>3732</v>
       </c>
       <c r="F402" t="s">
-        <v>3731</v>
+        <v>3733</v>
       </c>
       <c r="G402" t="s">
-        <v>3732</v>
+        <v>3734</v>
       </c>
       <c r="H402" t="s">
-        <v>3733</v>
+        <v>3735</v>
       </c>
       <c r="I402" t="s">
-        <v>3734</v>
+        <v>3736</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
         <v>170</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
         <v>171</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3735</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65002</v>
+        <v>64689</v>
       </c>
       <c r="B403" t="s">
-        <v>3736</v>
+        <v>3738</v>
       </c>
       <c r="C403" t="s">
-        <v>3737</v>
+        <v>3739</v>
       </c>
       <c r="D403" t="s">
-        <v>3738</v>
+        <v>3740</v>
       </c>
       <c r="E403" t="s">
-        <v>3739</v>
+        <v>3741</v>
       </c>
       <c r="F403" t="s">
-        <v>3740</v>
+        <v>3742</v>
       </c>
       <c r="G403" t="s">
-        <v>3741</v>
+        <v>3743</v>
       </c>
       <c r="H403" t="s">
-        <v>3742</v>
+        <v>3744</v>
       </c>
       <c r="I403" t="s">
-        <v>3743</v>
+        <v>3745</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3744</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65003</v>
+        <v>65000</v>
       </c>
       <c r="B404" t="s">
-        <v>3745</v>
+        <v>3747</v>
       </c>
       <c r="C404" t="s">
-        <v>3746</v>
+        <v>3748</v>
       </c>
       <c r="D404" t="s">
-        <v>3747</v>
+        <v>3749</v>
       </c>
       <c r="E404" t="s">
-        <v>3748</v>
+        <v>3750</v>
       </c>
       <c r="F404" t="s">
-        <v>3749</v>
+        <v>3751</v>
       </c>
       <c r="G404" t="s">
-        <v>3750</v>
+        <v>3752</v>
       </c>
       <c r="H404" t="s">
-        <v>3751</v>
+        <v>3753</v>
       </c>
       <c r="I404" t="s">
-        <v>3752</v>
+        <v>3754</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3753</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65004</v>
+        <v>65001</v>
       </c>
       <c r="B405" t="s">
-        <v>3754</v>
+        <v>3756</v>
       </c>
       <c r="C405" t="s">
-        <v>3755</v>
+        <v>3757</v>
       </c>
       <c r="D405" t="s">
-        <v>3756</v>
+        <v>3758</v>
       </c>
       <c r="E405" t="s">
-        <v>3757</v>
+        <v>3759</v>
       </c>
       <c r="F405" t="s">
-        <v>3758</v>
+        <v>3760</v>
       </c>
       <c r="G405" t="s">
-        <v>3759</v>
+        <v>3761</v>
       </c>
       <c r="H405" t="s">
-        <v>3760</v>
+        <v>3762</v>
       </c>
       <c r="I405" t="s">
-        <v>3761</v>
+        <v>3763</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
         <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
         <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3762</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65005</v>
+        <v>65002</v>
       </c>
       <c r="B406" t="s">
-        <v>3763</v>
+        <v>3765</v>
       </c>
       <c r="C406" t="s">
-        <v>3764</v>
+        <v>3766</v>
       </c>
       <c r="D406" t="s">
-        <v>3765</v>
+        <v>3767</v>
       </c>
       <c r="E406" t="s">
-        <v>3766</v>
+        <v>3768</v>
       </c>
       <c r="F406" t="s">
-        <v>3767</v>
+        <v>3769</v>
       </c>
       <c r="G406" t="s">
-        <v>3768</v>
+        <v>3770</v>
       </c>
       <c r="H406" t="s">
-        <v>3769</v>
+        <v>3771</v>
       </c>
       <c r="I406" t="s">
-        <v>3770</v>
+        <v>3772</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>3771</v>
+        <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>3772</v>
+        <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
         <v>3773</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65006</v>
+        <v>65003</v>
       </c>
       <c r="B407" t="s">
         <v>3774</v>
       </c>
       <c r="C407" t="s">
         <v>3775</v>
       </c>
       <c r="D407" t="s">
         <v>3776</v>
       </c>
       <c r="E407" t="s">
         <v>3777</v>
       </c>
       <c r="F407" t="s">
         <v>3778</v>
       </c>
       <c r="G407" t="s">
         <v>3779</v>
       </c>
       <c r="H407" t="s">
         <v>3780</v>
       </c>
       <c r="I407" t="s">
         <v>3781</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
+        <v>170</v>
+      </c>
+      <c r="L407" t="s">
+        <v>26</v>
+      </c>
+      <c r="M407" t="s">
+        <v>171</v>
+      </c>
+      <c r="N407" t="s">
+        <v>28</v>
+      </c>
+      <c r="O407" t="s">
         <v>3782</v>
-      </c>
-[...10 lines deleted...]
-        <v>3784</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65007</v>
+        <v>65004</v>
       </c>
       <c r="B408" t="s">
+        <v>3783</v>
+      </c>
+      <c r="C408" t="s">
+        <v>3784</v>
+      </c>
+      <c r="D408" t="s">
         <v>3785</v>
       </c>
-      <c r="C408" t="s">
+      <c r="E408" t="s">
         <v>3786</v>
       </c>
-      <c r="D408" t="s">
+      <c r="F408" t="s">
         <v>3787</v>
       </c>
-      <c r="E408" t="s">
+      <c r="G408" t="s">
         <v>3788</v>
       </c>
-      <c r="F408" t="s">
+      <c r="H408" t="s">
         <v>3789</v>
       </c>
-      <c r="G408" t="s">
+      <c r="I408" t="s">
         <v>3790</v>
       </c>
-      <c r="H408" t="s">
+      <c r="J408" t="s">
+        <v>24</v>
+      </c>
+      <c r="K408" t="s">
+        <v>170</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>171</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
         <v>3791</v>
-      </c>
-[...19 lines deleted...]
-        <v>3793</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65008</v>
+        <v>65005</v>
       </c>
       <c r="B409" t="s">
+        <v>3792</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3793</v>
+      </c>
+      <c r="D409" t="s">
         <v>3794</v>
       </c>
-      <c r="C409" t="s">
+      <c r="E409" t="s">
         <v>3795</v>
       </c>
-      <c r="D409" t="s">
+      <c r="F409" t="s">
         <v>3796</v>
       </c>
-      <c r="E409" t="s">
+      <c r="G409" t="s">
         <v>3797</v>
       </c>
-      <c r="F409" t="s">
+      <c r="H409" t="s">
         <v>3798</v>
       </c>
-      <c r="G409" t="s">
+      <c r="I409" t="s">
         <v>3799</v>
       </c>
-      <c r="H409" t="s">
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
         <v>3800</v>
       </c>
-      <c r="I409" t="s">
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
         <v>3801</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
         <v>3802</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65009</v>
+        <v>65006</v>
       </c>
       <c r="B410" t="s">
         <v>3803</v>
       </c>
       <c r="C410" t="s">
         <v>3804</v>
       </c>
       <c r="D410" t="s">
         <v>3805</v>
       </c>
       <c r="E410" t="s">
         <v>3806</v>
       </c>
       <c r="F410" t="s">
         <v>3807</v>
       </c>
       <c r="G410" t="s">
         <v>3808</v>
       </c>
       <c r="H410" t="s">
         <v>3809</v>
       </c>
       <c r="I410" t="s">
         <v>3810</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>170</v>
+        <v>3811</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>171</v>
+        <v>3812</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3811</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65010</v>
+        <v>65007</v>
       </c>
       <c r="B411" t="s">
-        <v>3812</v>
+        <v>3814</v>
       </c>
       <c r="C411" t="s">
-        <v>3813</v>
+        <v>3815</v>
       </c>
       <c r="D411" t="s">
-        <v>3814</v>
+        <v>3816</v>
       </c>
       <c r="E411" t="s">
-        <v>3815</v>
+        <v>3817</v>
       </c>
       <c r="F411" t="s">
-        <v>3816</v>
+        <v>3818</v>
       </c>
       <c r="G411" t="s">
-        <v>3817</v>
+        <v>3819</v>
       </c>
       <c r="H411" t="s">
-        <v>3818</v>
+        <v>3820</v>
       </c>
       <c r="I411" t="s">
-        <v>3819</v>
+        <v>3821</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
         <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
         <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3820</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65011</v>
+        <v>65008</v>
       </c>
       <c r="B412" t="s">
-        <v>3821</v>
+        <v>3823</v>
       </c>
       <c r="C412" t="s">
-        <v>3822</v>
+        <v>3824</v>
       </c>
       <c r="D412" t="s">
-        <v>3823</v>
+        <v>3825</v>
       </c>
       <c r="E412" t="s">
-        <v>3824</v>
+        <v>3826</v>
       </c>
       <c r="F412" t="s">
-        <v>3825</v>
+        <v>3827</v>
       </c>
       <c r="G412" t="s">
-        <v>3826</v>
+        <v>3828</v>
       </c>
       <c r="H412" t="s">
-        <v>3827</v>
+        <v>3829</v>
       </c>
       <c r="I412" t="s">
-        <v>3828</v>
+        <v>3830</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
         <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
         <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3829</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65012</v>
+        <v>65009</v>
       </c>
       <c r="B413" t="s">
-        <v>3830</v>
+        <v>3832</v>
       </c>
       <c r="C413" t="s">
-        <v>3831</v>
+        <v>3833</v>
       </c>
       <c r="D413" t="s">
-        <v>3832</v>
+        <v>3834</v>
       </c>
       <c r="E413" t="s">
-        <v>3833</v>
+        <v>3835</v>
       </c>
       <c r="F413" t="s">
-        <v>3834</v>
+        <v>3836</v>
       </c>
       <c r="G413" t="s">
-        <v>3835</v>
+        <v>3837</v>
       </c>
       <c r="H413" t="s">
-        <v>3836</v>
+        <v>3838</v>
       </c>
       <c r="I413" t="s">
-        <v>3837</v>
+        <v>3839</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>3838</v>
+        <v>170</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>3839</v>
+        <v>171</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
         <v>3840</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65013</v>
+        <v>65010</v>
       </c>
       <c r="B414" t="s">
         <v>3841</v>
       </c>
       <c r="C414" t="s">
         <v>3842</v>
       </c>
       <c r="D414" t="s">
         <v>3843</v>
       </c>
       <c r="E414" t="s">
         <v>3844</v>
       </c>
       <c r="F414" t="s">
         <v>3845</v>
       </c>
       <c r="G414" t="s">
         <v>3846</v>
       </c>
       <c r="H414" t="s">
         <v>3847</v>
       </c>
       <c r="I414" t="s">
         <v>3848</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
         <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
         <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
         <v>3849</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65014</v>
+        <v>65011</v>
       </c>
       <c r="B415" t="s">
         <v>3850</v>
       </c>
       <c r="C415" t="s">
         <v>3851</v>
       </c>
       <c r="D415" t="s">
         <v>3852</v>
       </c>
       <c r="E415" t="s">
         <v>3853</v>
       </c>
       <c r="F415" t="s">
         <v>3854</v>
       </c>
       <c r="G415" t="s">
         <v>3855</v>
       </c>
       <c r="H415" t="s">
         <v>3856</v>
       </c>
       <c r="I415" t="s">
         <v>3857</v>
       </c>
       <c r="J415" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L415" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
         <v>3858</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65015</v>
+        <v>65012</v>
       </c>
       <c r="B416" t="s">
         <v>3859</v>
       </c>
       <c r="C416" t="s">
         <v>3860</v>
       </c>
       <c r="D416" t="s">
         <v>3861</v>
       </c>
       <c r="E416" t="s">
         <v>3862</v>
       </c>
       <c r="F416" t="s">
         <v>3863</v>
       </c>
       <c r="G416" t="s">
         <v>3864</v>
       </c>
       <c r="H416" t="s">
         <v>3865</v>
       </c>
       <c r="I416" t="s">
         <v>3866</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>170</v>
+        <v>3867</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>171</v>
+        <v>3868</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3867</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65016</v>
+        <v>65013</v>
       </c>
       <c r="B417" t="s">
-        <v>3868</v>
+        <v>3870</v>
       </c>
       <c r="C417" t="s">
-        <v>3869</v>
+        <v>3871</v>
       </c>
       <c r="D417" t="s">
-        <v>3870</v>
+        <v>3872</v>
       </c>
       <c r="E417" t="s">
-        <v>3871</v>
+        <v>3873</v>
       </c>
       <c r="F417" t="s">
-        <v>3872</v>
+        <v>3874</v>
       </c>
       <c r="G417" t="s">
-        <v>3873</v>
+        <v>3875</v>
       </c>
       <c r="H417" t="s">
-        <v>3874</v>
+        <v>3876</v>
       </c>
       <c r="I417" t="s">
-        <v>3875</v>
+        <v>3877</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
         <v>25</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
         <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3876</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65017</v>
+        <v>65014</v>
       </c>
       <c r="B418" t="s">
-        <v>3877</v>
+        <v>3879</v>
       </c>
       <c r="C418" t="s">
-        <v>3878</v>
+        <v>3880</v>
       </c>
       <c r="D418" t="s">
-        <v>3879</v>
+        <v>3881</v>
       </c>
       <c r="E418" t="s">
-        <v>3880</v>
+        <v>3882</v>
       </c>
       <c r="F418" t="s">
-        <v>3881</v>
+        <v>3883</v>
       </c>
       <c r="G418" t="s">
-        <v>3882</v>
+        <v>3884</v>
       </c>
       <c r="H418" t="s">
-        <v>3883</v>
+        <v>3885</v>
       </c>
       <c r="I418" t="s">
-        <v>3884</v>
+        <v>3886</v>
       </c>
       <c r="J418" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K418" t="s">
-        <v>3885</v>
+        <v>672</v>
       </c>
       <c r="L418" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M418" t="s">
-        <v>3886</v>
+        <v>673</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
         <v>3887</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65018</v>
+        <v>65015</v>
       </c>
       <c r="B419" t="s">
         <v>3888</v>
       </c>
       <c r="C419" t="s">
         <v>3889</v>
       </c>
       <c r="D419" t="s">
         <v>3890</v>
       </c>
       <c r="E419" t="s">
         <v>3891</v>
       </c>
       <c r="F419" t="s">
         <v>3892</v>
       </c>
       <c r="G419" t="s">
         <v>3893</v>
       </c>
       <c r="H419" t="s">
         <v>3894</v>
       </c>
       <c r="I419" t="s">
         <v>3895</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
+        <v>170</v>
+      </c>
+      <c r="L419" t="s">
+        <v>26</v>
+      </c>
+      <c r="M419" t="s">
+        <v>171</v>
+      </c>
+      <c r="N419" t="s">
+        <v>28</v>
+      </c>
+      <c r="O419" t="s">
         <v>3896</v>
-      </c>
-[...10 lines deleted...]
-        <v>3898</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65019</v>
+        <v>65016</v>
       </c>
       <c r="B420" t="s">
+        <v>3897</v>
+      </c>
+      <c r="C420" t="s">
+        <v>3898</v>
+      </c>
+      <c r="D420" t="s">
         <v>3899</v>
       </c>
-      <c r="C420" t="s">
+      <c r="E420" t="s">
         <v>3900</v>
       </c>
-      <c r="D420" t="s">
+      <c r="F420" t="s">
         <v>3901</v>
       </c>
-      <c r="E420" t="s">
+      <c r="G420" t="s">
         <v>3902</v>
       </c>
-      <c r="F420" t="s">
+      <c r="H420" t="s">
         <v>3903</v>
       </c>
-      <c r="G420" t="s">
+      <c r="I420" t="s">
         <v>3904</v>
       </c>
-      <c r="H420" t="s">
+      <c r="J420" t="s">
+        <v>24</v>
+      </c>
+      <c r="K420" t="s">
+        <v>25</v>
+      </c>
+      <c r="L420" t="s">
+        <v>26</v>
+      </c>
+      <c r="M420" t="s">
+        <v>27</v>
+      </c>
+      <c r="N420" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" t="s">
         <v>3905</v>
-      </c>
-[...19 lines deleted...]
-        <v>3907</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65020</v>
+        <v>65017</v>
       </c>
       <c r="B421" t="s">
+        <v>3906</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3907</v>
+      </c>
+      <c r="D421" t="s">
         <v>3908</v>
       </c>
-      <c r="C421" t="s">
+      <c r="E421" t="s">
         <v>3909</v>
       </c>
-      <c r="D421" t="s">
+      <c r="F421" t="s">
         <v>3910</v>
       </c>
-      <c r="E421" t="s">
+      <c r="G421" t="s">
         <v>3911</v>
       </c>
-      <c r="F421" t="s">
+      <c r="H421" t="s">
         <v>3912</v>
       </c>
-      <c r="G421" t="s">
+      <c r="I421" t="s">
         <v>3913</v>
       </c>
-      <c r="H421" t="s">
+      <c r="J421" t="s">
+        <v>24</v>
+      </c>
+      <c r="K421" t="s">
         <v>3914</v>
       </c>
-      <c r="I421" t="s">
+      <c r="L421" t="s">
+        <v>26</v>
+      </c>
+      <c r="M421" t="s">
         <v>3915</v>
       </c>
-      <c r="J421" t="s">
-[...2 lines deleted...]
-      <c r="K421" t="s">
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
         <v>3916</v>
-      </c>
-[...10 lines deleted...]
-        <v>3918</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65021</v>
+        <v>65018</v>
       </c>
       <c r="B422" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3918</v>
+      </c>
+      <c r="D422" t="s">
         <v>3919</v>
       </c>
-      <c r="C422" t="s">
+      <c r="E422" t="s">
         <v>3920</v>
       </c>
-      <c r="D422" t="s">
+      <c r="F422" t="s">
         <v>3921</v>
       </c>
-      <c r="E422" t="s">
+      <c r="G422" t="s">
         <v>3922</v>
       </c>
-      <c r="F422" t="s">
+      <c r="H422" t="s">
         <v>3923</v>
       </c>
-      <c r="G422" t="s">
+      <c r="I422" t="s">
         <v>3924</v>
       </c>
-      <c r="H422" t="s">
+      <c r="J422" t="s">
+        <v>24</v>
+      </c>
+      <c r="K422" t="s">
         <v>3925</v>
       </c>
-      <c r="I422" t="s">
+      <c r="L422" t="s">
+        <v>26</v>
+      </c>
+      <c r="M422" t="s">
         <v>3926</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
         <v>3927</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65022</v>
+        <v>65019</v>
       </c>
       <c r="B423" t="s">
         <v>3928</v>
       </c>
       <c r="C423" t="s">
         <v>3929</v>
       </c>
       <c r="D423" t="s">
         <v>3930</v>
       </c>
       <c r="E423" t="s">
         <v>3931</v>
       </c>
       <c r="F423" t="s">
         <v>3932</v>
       </c>
       <c r="G423" t="s">
         <v>3933</v>
       </c>
       <c r="H423" t="s">
         <v>3934</v>
       </c>
       <c r="I423" t="s">
         <v>3935</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
         <v>3936</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65023</v>
+        <v>65020</v>
       </c>
       <c r="B424" t="s">
         <v>3937</v>
       </c>
       <c r="C424" t="s">
         <v>3938</v>
       </c>
       <c r="D424" t="s">
         <v>3939</v>
       </c>
       <c r="E424" t="s">
         <v>3940</v>
       </c>
       <c r="F424" t="s">
         <v>3941</v>
       </c>
       <c r="G424" t="s">
         <v>3942</v>
       </c>
       <c r="H424" t="s">
         <v>3943</v>
       </c>
       <c r="I424" t="s">
         <v>3944</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>25</v>
+        <v>3945</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>27</v>
+        <v>3946</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3945</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65025</v>
+        <v>65021</v>
       </c>
       <c r="B425" t="s">
-        <v>3946</v>
+        <v>3948</v>
       </c>
       <c r="C425" t="s">
-        <v>3947</v>
+        <v>3949</v>
       </c>
       <c r="D425" t="s">
-        <v>3948</v>
+        <v>3950</v>
       </c>
       <c r="E425" t="s">
-        <v>3949</v>
+        <v>3951</v>
       </c>
       <c r="F425" t="s">
-        <v>3950</v>
+        <v>3952</v>
       </c>
       <c r="G425" t="s">
-        <v>3951</v>
+        <v>3953</v>
       </c>
       <c r="H425" t="s">
-        <v>3952</v>
+        <v>3954</v>
       </c>
       <c r="I425" t="s">
-        <v>3953</v>
+        <v>3955</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
         <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
         <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3954</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65026</v>
+        <v>65022</v>
       </c>
       <c r="B426" t="s">
-        <v>3955</v>
+        <v>3957</v>
       </c>
       <c r="C426" t="s">
-        <v>3956</v>
+        <v>3958</v>
       </c>
       <c r="D426" t="s">
-        <v>3957</v>
+        <v>3959</v>
       </c>
       <c r="E426" t="s">
-        <v>3958</v>
+        <v>3960</v>
       </c>
       <c r="F426" t="s">
-        <v>3959</v>
+        <v>3961</v>
       </c>
       <c r="G426" t="s">
-        <v>3960</v>
+        <v>3962</v>
       </c>
       <c r="H426" t="s">
-        <v>3961</v>
+        <v>3963</v>
       </c>
       <c r="I426" t="s">
-        <v>3962</v>
+        <v>3964</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3963</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65027</v>
+        <v>65023</v>
       </c>
       <c r="B427" t="s">
-        <v>3964</v>
+        <v>3966</v>
       </c>
       <c r="C427" t="s">
-        <v>3965</v>
+        <v>3967</v>
       </c>
       <c r="D427" t="s">
-        <v>3966</v>
+        <v>3968</v>
       </c>
       <c r="E427" t="s">
-        <v>3967</v>
+        <v>3969</v>
       </c>
       <c r="F427" t="s">
-        <v>3968</v>
+        <v>3970</v>
       </c>
       <c r="G427" t="s">
-        <v>3969</v>
+        <v>3971</v>
       </c>
       <c r="H427" t="s">
-        <v>3970</v>
+        <v>3972</v>
       </c>
       <c r="I427" t="s">
-        <v>3971</v>
+        <v>3973</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3972</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65028</v>
+        <v>65025</v>
       </c>
       <c r="B428" t="s">
-        <v>3973</v>
+        <v>3975</v>
       </c>
       <c r="C428" t="s">
-        <v>3974</v>
+        <v>3976</v>
       </c>
       <c r="D428" t="s">
-        <v>3975</v>
+        <v>3977</v>
       </c>
       <c r="E428" t="s">
-        <v>3976</v>
+        <v>3978</v>
       </c>
       <c r="F428" t="s">
-        <v>3977</v>
+        <v>3979</v>
       </c>
       <c r="G428" t="s">
-        <v>3978</v>
+        <v>3980</v>
       </c>
       <c r="H428" t="s">
-        <v>3979</v>
+        <v>3981</v>
       </c>
       <c r="I428" t="s">
-        <v>3980</v>
+        <v>3982</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
         <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
         <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3981</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65030</v>
+        <v>65026</v>
       </c>
       <c r="B429" t="s">
-        <v>3982</v>
+        <v>3984</v>
       </c>
       <c r="C429" t="s">
-        <v>3983</v>
+        <v>3985</v>
       </c>
       <c r="D429" t="s">
-        <v>3984</v>
+        <v>3986</v>
       </c>
       <c r="E429" t="s">
-        <v>3985</v>
+        <v>3987</v>
       </c>
       <c r="F429" t="s">
-        <v>3986</v>
+        <v>3988</v>
       </c>
       <c r="G429" t="s">
-        <v>3987</v>
+        <v>3989</v>
       </c>
       <c r="H429" t="s">
-        <v>3988</v>
+        <v>3990</v>
       </c>
       <c r="I429" t="s">
-        <v>3989</v>
+        <v>3991</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
         <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
         <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3990</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65031</v>
+        <v>65027</v>
       </c>
       <c r="B430" t="s">
-        <v>3991</v>
+        <v>3993</v>
       </c>
       <c r="C430" t="s">
-        <v>3992</v>
+        <v>3994</v>
       </c>
       <c r="D430" t="s">
-        <v>3993</v>
+        <v>3995</v>
       </c>
       <c r="E430" t="s">
-        <v>3994</v>
+        <v>3996</v>
       </c>
       <c r="F430" t="s">
-        <v>3995</v>
+        <v>3997</v>
       </c>
       <c r="G430" t="s">
-        <v>3996</v>
+        <v>3998</v>
       </c>
       <c r="H430" t="s">
-        <v>3997</v>
+        <v>3999</v>
       </c>
       <c r="I430" t="s">
-        <v>3998</v>
+        <v>4000</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3999</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65032</v>
+        <v>65028</v>
       </c>
       <c r="B431" t="s">
-        <v>4000</v>
+        <v>4002</v>
       </c>
       <c r="C431" t="s">
-        <v>4001</v>
+        <v>4003</v>
       </c>
       <c r="D431" t="s">
-        <v>4002</v>
+        <v>4004</v>
       </c>
       <c r="E431" t="s">
-        <v>4003</v>
+        <v>4005</v>
       </c>
       <c r="F431" t="s">
-        <v>4004</v>
+        <v>4006</v>
       </c>
       <c r="G431" t="s">
-        <v>4005</v>
+        <v>4007</v>
       </c>
       <c r="H431" t="s">
-        <v>4006</v>
+        <v>4008</v>
       </c>
       <c r="I431" t="s">
-        <v>4007</v>
+        <v>4009</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
-        <v>4008</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65033</v>
+        <v>65030</v>
       </c>
       <c r="B432" t="s">
-        <v>4009</v>
+        <v>4011</v>
       </c>
       <c r="C432" t="s">
-        <v>4010</v>
+        <v>4012</v>
       </c>
       <c r="D432" t="s">
-        <v>4011</v>
+        <v>4013</v>
       </c>
       <c r="E432" t="s">
-        <v>4012</v>
+        <v>4014</v>
       </c>
       <c r="F432" t="s">
-        <v>4013</v>
+        <v>4015</v>
       </c>
       <c r="G432" t="s">
-        <v>4014</v>
+        <v>4016</v>
       </c>
       <c r="H432" t="s">
-        <v>4015</v>
+        <v>4017</v>
       </c>
       <c r="I432" t="s">
-        <v>4016</v>
+        <v>4018</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
-        <v>683</v>
+        <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
-        <v>4017</v>
+        <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
-        <v>4018</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65034</v>
+        <v>65031</v>
       </c>
       <c r="B433" t="s">
-        <v>4019</v>
+        <v>4020</v>
       </c>
       <c r="C433" t="s">
-        <v>4020</v>
+        <v>4021</v>
       </c>
       <c r="D433" t="s">
-        <v>4021</v>
+        <v>4022</v>
       </c>
       <c r="E433" t="s">
-        <v>4022</v>
+        <v>4023</v>
       </c>
       <c r="F433" t="s">
-        <v>4023</v>
+        <v>4024</v>
       </c>
       <c r="G433" t="s">
-        <v>4024</v>
+        <v>4025</v>
       </c>
       <c r="H433" t="s">
-        <v>4025</v>
+        <v>4026</v>
       </c>
       <c r="I433" t="s">
-        <v>4026</v>
+        <v>4027</v>
       </c>
       <c r="J433" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>571</v>
+        <v>25</v>
       </c>
       <c r="L433" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>572</v>
+        <v>27</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
-        <v>4027</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65035</v>
+        <v>65032</v>
       </c>
       <c r="B434" t="s">
-        <v>4028</v>
+        <v>4029</v>
       </c>
       <c r="C434" t="s">
-        <v>4029</v>
+        <v>4030</v>
       </c>
       <c r="D434" t="s">
-        <v>4030</v>
+        <v>4031</v>
       </c>
       <c r="E434" t="s">
-        <v>4031</v>
+        <v>4032</v>
       </c>
       <c r="F434" t="s">
-        <v>4032</v>
+        <v>4033</v>
       </c>
       <c r="G434" t="s">
-        <v>4033</v>
+        <v>4034</v>
       </c>
       <c r="H434" t="s">
-        <v>4034</v>
+        <v>4035</v>
       </c>
       <c r="I434" t="s">
-        <v>4035</v>
+        <v>4036</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4036</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65036</v>
+        <v>65033</v>
       </c>
       <c r="B435" t="s">
-        <v>4037</v>
+        <v>4038</v>
       </c>
       <c r="C435" t="s">
-        <v>4038</v>
+        <v>4039</v>
       </c>
       <c r="D435" t="s">
-        <v>4039</v>
+        <v>4040</v>
       </c>
       <c r="E435" t="s">
-        <v>4040</v>
+        <v>4041</v>
       </c>
       <c r="F435" t="s">
-        <v>4041</v>
+        <v>4042</v>
       </c>
       <c r="G435" t="s">
-        <v>4042</v>
+        <v>4043</v>
       </c>
       <c r="H435" t="s">
-        <v>4043</v>
+        <v>4044</v>
       </c>
       <c r="I435" t="s">
-        <v>4044</v>
+        <v>4045</v>
       </c>
       <c r="J435" t="s">
         <v>24</v>
       </c>
       <c r="K435" t="s">
-        <v>25</v>
+        <v>683</v>
       </c>
       <c r="L435" t="s">
         <v>26</v>
       </c>
       <c r="M435" t="s">
-        <v>27</v>
+        <v>4046</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
-        <v>4045</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65037</v>
+        <v>65034</v>
       </c>
       <c r="B436" t="s">
-        <v>4046</v>
+        <v>4048</v>
       </c>
       <c r="C436" t="s">
-        <v>4047</v>
+        <v>4049</v>
       </c>
       <c r="D436" t="s">
-        <v>4048</v>
+        <v>4050</v>
       </c>
       <c r="E436" t="s">
-        <v>4049</v>
+        <v>4051</v>
       </c>
       <c r="F436" t="s">
-        <v>4050</v>
+        <v>4052</v>
       </c>
       <c r="G436" t="s">
-        <v>4051</v>
+        <v>4053</v>
       </c>
       <c r="H436" t="s">
-        <v>4052</v>
+        <v>4054</v>
       </c>
       <c r="I436" t="s">
-        <v>4053</v>
+        <v>4055</v>
       </c>
       <c r="J436" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K436" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L436" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M436" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
-        <v>4054</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65038</v>
+        <v>65035</v>
       </c>
       <c r="B437" t="s">
-        <v>4055</v>
+        <v>4057</v>
       </c>
       <c r="C437" t="s">
-        <v>4056</v>
+        <v>4058</v>
       </c>
       <c r="D437" t="s">
-        <v>4057</v>
+        <v>4059</v>
       </c>
       <c r="E437" t="s">
-        <v>4058</v>
+        <v>4060</v>
       </c>
       <c r="F437" t="s">
-        <v>4059</v>
+        <v>4061</v>
       </c>
       <c r="G437" t="s">
-        <v>4060</v>
+        <v>4062</v>
       </c>
       <c r="H437" t="s">
-        <v>4061</v>
+        <v>4063</v>
       </c>
       <c r="I437" t="s">
-        <v>4062</v>
+        <v>4064</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
-        <v>4063</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65039</v>
+        <v>65036</v>
       </c>
       <c r="B438" t="s">
-        <v>4064</v>
+        <v>4066</v>
       </c>
       <c r="C438" t="s">
-        <v>4065</v>
+        <v>4067</v>
       </c>
       <c r="D438" t="s">
-        <v>4066</v>
+        <v>4068</v>
       </c>
       <c r="E438" t="s">
-        <v>4067</v>
+        <v>4069</v>
       </c>
       <c r="F438" t="s">
-        <v>4068</v>
+        <v>4070</v>
       </c>
       <c r="G438" t="s">
-        <v>4069</v>
+        <v>4071</v>
       </c>
       <c r="H438" t="s">
-        <v>4070</v>
+        <v>4072</v>
       </c>
       <c r="I438" t="s">
-        <v>4071</v>
+        <v>4073</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
-        <v>4072</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65040</v>
+        <v>65037</v>
       </c>
       <c r="B439" t="s">
-        <v>4073</v>
+        <v>4075</v>
       </c>
       <c r="C439" t="s">
-        <v>4074</v>
+        <v>4076</v>
       </c>
       <c r="D439" t="s">
-        <v>4075</v>
+        <v>4077</v>
       </c>
       <c r="E439" t="s">
-        <v>4076</v>
+        <v>4078</v>
       </c>
       <c r="F439" t="s">
-        <v>4077</v>
+        <v>4079</v>
       </c>
       <c r="G439" t="s">
-        <v>4078</v>
+        <v>4080</v>
       </c>
       <c r="H439" t="s">
-        <v>4079</v>
+        <v>4081</v>
       </c>
       <c r="I439" t="s">
-        <v>4080</v>
+        <v>4082</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
-        <v>4081</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65043</v>
+        <v>65038</v>
       </c>
       <c r="B440" t="s">
-        <v>4082</v>
+        <v>4084</v>
       </c>
       <c r="C440" t="s">
-        <v>4083</v>
+        <v>4085</v>
       </c>
       <c r="D440" t="s">
-        <v>4084</v>
+        <v>4086</v>
       </c>
       <c r="E440" t="s">
-        <v>4085</v>
+        <v>4087</v>
       </c>
       <c r="F440" t="s">
-        <v>4086</v>
+        <v>4088</v>
       </c>
       <c r="G440" t="s">
-        <v>4087</v>
+        <v>4089</v>
       </c>
       <c r="H440" t="s">
-        <v>4088</v>
+        <v>4090</v>
       </c>
       <c r="I440" t="s">
-        <v>4089</v>
+        <v>4091</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
-        <v>4090</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65044</v>
+        <v>65039</v>
       </c>
       <c r="B441" t="s">
-        <v>4091</v>
+        <v>4093</v>
       </c>
       <c r="C441" t="s">
-        <v>4092</v>
+        <v>4094</v>
       </c>
       <c r="D441" t="s">
-        <v>4093</v>
+        <v>4095</v>
       </c>
       <c r="E441" t="s">
-        <v>4094</v>
+        <v>4096</v>
       </c>
       <c r="F441" t="s">
-        <v>4095</v>
+        <v>4097</v>
       </c>
       <c r="G441" t="s">
-        <v>4096</v>
+        <v>4098</v>
       </c>
       <c r="H441" t="s">
-        <v>4097</v>
+        <v>4099</v>
       </c>
       <c r="I441" t="s">
-        <v>4098</v>
+        <v>4100</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
-        <v>4099</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65045</v>
+        <v>65040</v>
       </c>
       <c r="B442" t="s">
-        <v>4100</v>
+        <v>4102</v>
       </c>
       <c r="C442" t="s">
-        <v>4101</v>
+        <v>4103</v>
       </c>
       <c r="D442" t="s">
-        <v>4102</v>
+        <v>4104</v>
       </c>
       <c r="E442" t="s">
-        <v>4103</v>
+        <v>4105</v>
       </c>
       <c r="F442" t="s">
-        <v>4104</v>
+        <v>4106</v>
       </c>
       <c r="G442" t="s">
-        <v>4105</v>
+        <v>4107</v>
       </c>
       <c r="H442" t="s">
-        <v>4106</v>
+        <v>4108</v>
       </c>
       <c r="I442" t="s">
-        <v>4107</v>
+        <v>4109</v>
       </c>
       <c r="J442" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>4108</v>
+        <v>871</v>
       </c>
       <c r="L442" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>4109</v>
+        <v>872</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
         <v>4110</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65046</v>
+        <v>65043</v>
       </c>
       <c r="B443" t="s">
         <v>4111</v>
       </c>
       <c r="C443" t="s">
         <v>4112</v>
       </c>
       <c r="D443" t="s">
         <v>4113</v>
       </c>
       <c r="E443" t="s">
         <v>4114</v>
       </c>
       <c r="F443" t="s">
         <v>4115</v>
       </c>
       <c r="G443" t="s">
         <v>4116</v>
       </c>
       <c r="H443" t="s">
         <v>4117</v>
       </c>
       <c r="I443" t="s">
         <v>4118</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
         <v>4119</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65047</v>
+        <v>65044</v>
       </c>
       <c r="B444" t="s">
         <v>4120</v>
       </c>
       <c r="C444" t="s">
         <v>4121</v>
       </c>
       <c r="D444" t="s">
         <v>4122</v>
       </c>
       <c r="E444" t="s">
         <v>4123</v>
       </c>
       <c r="F444" t="s">
         <v>4124</v>
       </c>
       <c r="G444" t="s">
         <v>4125</v>
       </c>
       <c r="H444" t="s">
         <v>4126</v>
       </c>
       <c r="I444" t="s">
         <v>4127</v>
       </c>
       <c r="J444" t="s">
         <v>24</v>
       </c>
       <c r="K444" t="s">
-        <v>4108</v>
+        <v>25</v>
       </c>
       <c r="L444" t="s">
         <v>26</v>
       </c>
       <c r="M444" t="s">
-        <v>4109</v>
+        <v>27</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
         <v>4128</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65049</v>
+        <v>65045</v>
       </c>
       <c r="B445" t="s">
         <v>4129</v>
       </c>
       <c r="C445" t="s">
         <v>4130</v>
       </c>
       <c r="D445" t="s">
         <v>4131</v>
       </c>
       <c r="E445" t="s">
         <v>4132</v>
       </c>
       <c r="F445" t="s">
         <v>4133</v>
       </c>
       <c r="G445" t="s">
         <v>4134</v>
       </c>
       <c r="H445" t="s">
         <v>4135</v>
       </c>
       <c r="I445" t="s">
         <v>4136</v>
       </c>
       <c r="J445" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K445" t="s">
-        <v>59</v>
+        <v>4137</v>
       </c>
       <c r="L445" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M445" t="s">
-        <v>61</v>
+        <v>4138</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
-        <v>4137</v>
+        <v>4139</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65050</v>
+        <v>65046</v>
       </c>
       <c r="B446" t="s">
-        <v>4138</v>
+        <v>4140</v>
       </c>
       <c r="C446" t="s">
-        <v>4139</v>
+        <v>4141</v>
       </c>
       <c r="D446" t="s">
-        <v>4140</v>
+        <v>4142</v>
       </c>
       <c r="E446" t="s">
-        <v>4141</v>
+        <v>4143</v>
       </c>
       <c r="F446" t="s">
-        <v>4142</v>
+        <v>4144</v>
       </c>
       <c r="G446" t="s">
-        <v>4143</v>
+        <v>4145</v>
       </c>
       <c r="H446" t="s">
-        <v>4144</v>
+        <v>4146</v>
       </c>
       <c r="I446" t="s">
-        <v>4145</v>
+        <v>4147</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
-        <v>4146</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65051</v>
+        <v>65047</v>
       </c>
       <c r="B447" t="s">
-        <v>4147</v>
+        <v>4149</v>
       </c>
       <c r="C447" t="s">
-        <v>4148</v>
+        <v>4150</v>
       </c>
       <c r="D447" t="s">
-        <v>4149</v>
+        <v>4151</v>
       </c>
       <c r="E447" t="s">
-        <v>4150</v>
+        <v>4152</v>
       </c>
       <c r="F447" t="s">
-        <v>4151</v>
+        <v>4153</v>
       </c>
       <c r="G447" t="s">
-        <v>4152</v>
+        <v>4154</v>
       </c>
       <c r="H447" t="s">
-        <v>4153</v>
+        <v>4155</v>
       </c>
       <c r="I447" t="s">
-        <v>4154</v>
+        <v>4156</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>739</v>
+        <v>4137</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>740</v>
+        <v>4138</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
-        <v>4155</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65053</v>
+        <v>65049</v>
       </c>
       <c r="B448" t="s">
-        <v>4156</v>
+        <v>4158</v>
       </c>
       <c r="C448" t="s">
-        <v>4157</v>
+        <v>4159</v>
       </c>
       <c r="D448" t="s">
-        <v>4158</v>
+        <v>4160</v>
       </c>
       <c r="E448" t="s">
-        <v>4159</v>
+        <v>4161</v>
       </c>
       <c r="F448" t="s">
-        <v>4160</v>
+        <v>4162</v>
       </c>
       <c r="G448" t="s">
-        <v>4161</v>
+        <v>4163</v>
       </c>
       <c r="H448" t="s">
-        <v>4162</v>
+        <v>4164</v>
       </c>
       <c r="I448" t="s">
-        <v>4163</v>
+        <v>4165</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
-        <v>4164</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65054</v>
+        <v>65050</v>
       </c>
       <c r="B449" t="s">
-        <v>4165</v>
+        <v>4167</v>
       </c>
       <c r="C449" t="s">
-        <v>4166</v>
+        <v>4168</v>
       </c>
       <c r="D449" t="s">
-        <v>4167</v>
+        <v>4169</v>
       </c>
       <c r="E449" t="s">
-        <v>4168</v>
+        <v>4170</v>
       </c>
       <c r="F449" t="s">
-        <v>4169</v>
+        <v>4171</v>
       </c>
       <c r="G449" t="s">
-        <v>4170</v>
+        <v>4172</v>
       </c>
       <c r="H449" t="s">
-        <v>4171</v>
+        <v>4173</v>
       </c>
       <c r="I449" t="s">
-        <v>4172</v>
+        <v>4174</v>
       </c>
       <c r="J449" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>208</v>
+        <v>25</v>
       </c>
       <c r="L449" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>209</v>
+        <v>27</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
-        <v>4173</v>
+        <v>4175</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65055</v>
+        <v>65051</v>
       </c>
       <c r="B450" t="s">
-        <v>4174</v>
+        <v>4176</v>
       </c>
       <c r="C450" t="s">
-        <v>4175</v>
+        <v>4177</v>
       </c>
       <c r="D450" t="s">
-        <v>4176</v>
+        <v>4178</v>
       </c>
       <c r="E450" t="s">
-        <v>4177</v>
+        <v>4179</v>
       </c>
       <c r="F450" t="s">
-        <v>4178</v>
+        <v>4180</v>
       </c>
       <c r="G450" t="s">
-        <v>4179</v>
+        <v>4181</v>
       </c>
       <c r="H450" t="s">
-        <v>4180</v>
+        <v>4182</v>
       </c>
       <c r="I450" t="s">
-        <v>4181</v>
+        <v>4183</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>571</v>
+        <v>739</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>572</v>
+        <v>740</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
-        <v>4182</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65057</v>
+        <v>65053</v>
       </c>
       <c r="B451" t="s">
-        <v>4183</v>
+        <v>4185</v>
       </c>
       <c r="C451" t="s">
-        <v>4184</v>
+        <v>4186</v>
       </c>
       <c r="D451" t="s">
-        <v>4185</v>
+        <v>4187</v>
       </c>
       <c r="E451" t="s">
-        <v>4186</v>
+        <v>4188</v>
       </c>
       <c r="F451" t="s">
-        <v>4187</v>
+        <v>4189</v>
       </c>
       <c r="G451" t="s">
-        <v>4188</v>
+        <v>4190</v>
       </c>
       <c r="H451" t="s">
-        <v>4189</v>
+        <v>4191</v>
       </c>
       <c r="I451" t="s">
-        <v>4190</v>
+        <v>4192</v>
       </c>
       <c r="J451" t="s">
         <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L451" t="s">
         <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
-        <v>4191</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65058</v>
+        <v>65054</v>
       </c>
       <c r="B452" t="s">
-        <v>4192</v>
+        <v>4194</v>
       </c>
       <c r="C452" t="s">
-        <v>4193</v>
+        <v>4195</v>
       </c>
       <c r="D452" t="s">
-        <v>4194</v>
+        <v>4196</v>
       </c>
       <c r="E452" t="s">
-        <v>4195</v>
+        <v>4197</v>
       </c>
       <c r="F452" t="s">
-        <v>4196</v>
+        <v>4198</v>
       </c>
       <c r="G452" t="s">
-        <v>4197</v>
+        <v>4199</v>
       </c>
       <c r="H452" t="s">
-        <v>4198</v>
+        <v>4200</v>
       </c>
       <c r="I452" t="s">
-        <v>4199</v>
+        <v>4201</v>
       </c>
       <c r="J452" t="s">
         <v>441</v>
       </c>
       <c r="K452" t="s">
-        <v>672</v>
+        <v>208</v>
       </c>
       <c r="L452" t="s">
         <v>443</v>
       </c>
       <c r="M452" t="s">
-        <v>673</v>
+        <v>209</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
-        <v>4200</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65059</v>
+        <v>65055</v>
       </c>
       <c r="B453" t="s">
-        <v>4201</v>
+        <v>4203</v>
       </c>
       <c r="C453" t="s">
-        <v>4202</v>
+        <v>4204</v>
       </c>
       <c r="D453" t="s">
-        <v>4203</v>
+        <v>4205</v>
       </c>
       <c r="E453" t="s">
-        <v>4204</v>
+        <v>4206</v>
       </c>
       <c r="F453" t="s">
-        <v>4205</v>
+        <v>4207</v>
       </c>
       <c r="G453" t="s">
-        <v>4206</v>
+        <v>4208</v>
       </c>
       <c r="H453" t="s">
-        <v>4207</v>
+        <v>4209</v>
       </c>
       <c r="I453" t="s">
-        <v>4208</v>
+        <v>4210</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>170</v>
+        <v>571</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>171</v>
+        <v>572</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
-        <v>4209</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65060</v>
+        <v>65057</v>
       </c>
       <c r="B454" t="s">
-        <v>4210</v>
+        <v>4212</v>
       </c>
       <c r="C454" t="s">
-        <v>4211</v>
+        <v>4213</v>
       </c>
       <c r="D454" t="s">
-        <v>4212</v>
+        <v>4214</v>
       </c>
       <c r="E454" t="s">
-        <v>4213</v>
+        <v>4215</v>
       </c>
       <c r="F454" t="s">
-        <v>4214</v>
+        <v>4216</v>
       </c>
       <c r="G454" t="s">
-        <v>4215</v>
+        <v>4217</v>
       </c>
       <c r="H454" t="s">
-        <v>4216</v>
+        <v>4218</v>
       </c>
       <c r="I454" t="s">
-        <v>4217</v>
+        <v>4219</v>
       </c>
       <c r="J454" t="s">
         <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L454" t="s">
         <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
-        <v>4218</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65061</v>
+        <v>65058</v>
       </c>
       <c r="B455" t="s">
-        <v>4219</v>
+        <v>4221</v>
       </c>
       <c r="C455" t="s">
-        <v>4220</v>
+        <v>4222</v>
       </c>
       <c r="D455" t="s">
-        <v>4221</v>
+        <v>4223</v>
       </c>
       <c r="E455" t="s">
-        <v>4222</v>
+        <v>4224</v>
       </c>
       <c r="F455" t="s">
-        <v>4223</v>
+        <v>4225</v>
       </c>
       <c r="G455" t="s">
-        <v>4224</v>
+        <v>4226</v>
       </c>
       <c r="H455" t="s">
-        <v>4225</v>
+        <v>4227</v>
       </c>
       <c r="I455" t="s">
-        <v>4226</v>
+        <v>4228</v>
       </c>
       <c r="J455" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K455" t="s">
-        <v>871</v>
+        <v>672</v>
       </c>
       <c r="L455" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M455" t="s">
-        <v>872</v>
+        <v>673</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
-        <v>4227</v>
+        <v>4229</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65062</v>
+        <v>65059</v>
       </c>
       <c r="B456" t="s">
-        <v>4228</v>
+        <v>4230</v>
       </c>
       <c r="C456" t="s">
-        <v>4229</v>
+        <v>4231</v>
       </c>
       <c r="D456" t="s">
-        <v>4230</v>
+        <v>4232</v>
       </c>
       <c r="E456" t="s">
-        <v>4231</v>
+        <v>4233</v>
       </c>
       <c r="F456" t="s">
-        <v>4232</v>
+        <v>4234</v>
       </c>
       <c r="G456" t="s">
-        <v>4233</v>
+        <v>4235</v>
       </c>
       <c r="H456" t="s">
-        <v>4234</v>
+        <v>4236</v>
       </c>
       <c r="I456" t="s">
-        <v>4235</v>
+        <v>4237</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
-        <v>4236</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65063</v>
+        <v>65060</v>
       </c>
       <c r="B457" t="s">
-        <v>4237</v>
+        <v>4239</v>
       </c>
       <c r="C457" t="s">
-        <v>4238</v>
+        <v>4240</v>
       </c>
       <c r="D457" t="s">
-        <v>4239</v>
+        <v>4241</v>
       </c>
       <c r="E457" t="s">
-        <v>4240</v>
+        <v>4242</v>
       </c>
       <c r="F457" t="s">
-        <v>4241</v>
+        <v>4243</v>
       </c>
       <c r="G457" t="s">
-        <v>4242</v>
+        <v>4244</v>
       </c>
       <c r="H457" t="s">
-        <v>4243</v>
+        <v>4245</v>
       </c>
       <c r="I457" t="s">
-        <v>4244</v>
+        <v>4246</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>1067</v>
+        <v>47</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>1068</v>
+        <v>48</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
-        <v>4245</v>
+        <v>4247</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65068</v>
+        <v>65061</v>
       </c>
       <c r="B458" t="s">
-        <v>4246</v>
+        <v>4248</v>
       </c>
       <c r="C458" t="s">
-        <v>4247</v>
+        <v>4249</v>
       </c>
       <c r="D458" t="s">
-        <v>4248</v>
+        <v>4250</v>
       </c>
       <c r="E458" t="s">
-        <v>4249</v>
+        <v>4251</v>
       </c>
       <c r="F458" t="s">
-        <v>4250</v>
+        <v>4252</v>
       </c>
       <c r="G458" t="s">
-        <v>4251</v>
+        <v>4253</v>
       </c>
       <c r="H458" t="s">
-        <v>4252</v>
+        <v>4254</v>
       </c>
       <c r="I458" t="s">
-        <v>4253</v>
+        <v>4255</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
-        <v>4254</v>
+        <v>4256</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65069</v>
+        <v>65062</v>
       </c>
       <c r="B459" t="s">
-        <v>4255</v>
+        <v>4257</v>
       </c>
       <c r="C459" t="s">
-        <v>4256</v>
+        <v>4258</v>
       </c>
       <c r="D459" t="s">
-        <v>4257</v>
+        <v>4259</v>
       </c>
       <c r="E459" t="s">
-        <v>4258</v>
+        <v>4260</v>
       </c>
       <c r="F459" t="s">
-        <v>4259</v>
+        <v>4261</v>
       </c>
       <c r="G459" t="s">
-        <v>4260</v>
+        <v>4262</v>
       </c>
       <c r="H459" t="s">
-        <v>4261</v>
+        <v>4263</v>
       </c>
       <c r="I459" t="s">
-        <v>4262</v>
+        <v>4264</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
-        <v>4263</v>
+        <v>4265</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65071</v>
+        <v>65063</v>
       </c>
       <c r="B460" t="s">
-        <v>4264</v>
+        <v>4266</v>
       </c>
       <c r="C460" t="s">
-        <v>4265</v>
+        <v>4267</v>
       </c>
       <c r="D460" t="s">
-        <v>4266</v>
+        <v>4268</v>
       </c>
       <c r="E460" t="s">
-        <v>4267</v>
+        <v>4269</v>
       </c>
       <c r="F460" t="s">
-        <v>4268</v>
+        <v>4270</v>
       </c>
       <c r="G460" t="s">
-        <v>4269</v>
+        <v>4271</v>
       </c>
       <c r="H460" t="s">
-        <v>4270</v>
+        <v>4272</v>
       </c>
       <c r="I460" t="s">
-        <v>4271</v>
+        <v>4273</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
-        <v>4272</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65073</v>
+        <v>65068</v>
       </c>
       <c r="B461" t="s">
-        <v>4273</v>
+        <v>4275</v>
       </c>
       <c r="C461" t="s">
-        <v>4274</v>
+        <v>4276</v>
       </c>
       <c r="D461" t="s">
-        <v>4275</v>
+        <v>4277</v>
       </c>
       <c r="E461" t="s">
-        <v>4276</v>
+        <v>4278</v>
       </c>
       <c r="F461" t="s">
-        <v>4277</v>
+        <v>4279</v>
       </c>
       <c r="G461" t="s">
-        <v>4278</v>
+        <v>4280</v>
       </c>
       <c r="H461" t="s">
-        <v>4279</v>
+        <v>4281</v>
       </c>
       <c r="I461" t="s">
-        <v>4280</v>
+        <v>4282</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
         <v>25</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
         <v>27</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
-        <v>4281</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65074</v>
+        <v>65069</v>
       </c>
       <c r="B462" t="s">
-        <v>4282</v>
+        <v>4284</v>
       </c>
       <c r="C462" t="s">
-        <v>4283</v>
+        <v>4285</v>
       </c>
       <c r="D462" t="s">
-        <v>4284</v>
+        <v>4286</v>
       </c>
       <c r="E462" t="s">
-        <v>4285</v>
+        <v>4287</v>
       </c>
       <c r="F462" t="s">
-        <v>4286</v>
+        <v>4288</v>
       </c>
       <c r="G462" t="s">
-        <v>4287</v>
+        <v>4289</v>
       </c>
       <c r="H462" t="s">
-        <v>4288</v>
+        <v>4290</v>
       </c>
       <c r="I462" t="s">
-        <v>4289</v>
+        <v>4291</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>4290</v>
+        <v>170</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>4291</v>
+        <v>171</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
         <v>4292</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65075</v>
+        <v>65071</v>
       </c>
       <c r="B463" t="s">
         <v>4293</v>
       </c>
       <c r="C463" t="s">
         <v>4294</v>
       </c>
       <c r="D463" t="s">
         <v>4295</v>
       </c>
       <c r="E463" t="s">
         <v>4296</v>
       </c>
       <c r="F463" t="s">
         <v>4297</v>
       </c>
       <c r="G463" t="s">
         <v>4298</v>
       </c>
       <c r="H463" t="s">
         <v>4299</v>
       </c>
       <c r="I463" t="s">
         <v>4300</v>
       </c>
       <c r="J463" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K463" t="s">
-        <v>683</v>
+        <v>25</v>
       </c>
       <c r="L463" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M463" t="s">
-        <v>4017</v>
+        <v>27</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
         <v>4301</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65076</v>
+        <v>65073</v>
       </c>
       <c r="B464" t="s">
         <v>4302</v>
       </c>
       <c r="C464" t="s">
         <v>4303</v>
       </c>
       <c r="D464" t="s">
         <v>4304</v>
       </c>
       <c r="E464" t="s">
         <v>4305</v>
       </c>
       <c r="F464" t="s">
         <v>4306</v>
       </c>
       <c r="G464" t="s">
         <v>4307</v>
       </c>
       <c r="H464" t="s">
         <v>4308</v>
       </c>
       <c r="I464" t="s">
         <v>4309</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
         <v>4310</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65077</v>
+        <v>65074</v>
       </c>
       <c r="B465" t="s">
         <v>4311</v>
       </c>
       <c r="C465" t="s">
         <v>4312</v>
       </c>
       <c r="D465" t="s">
         <v>4313</v>
       </c>
       <c r="E465" t="s">
         <v>4314</v>
       </c>
       <c r="F465" t="s">
         <v>4315</v>
       </c>
       <c r="G465" t="s">
         <v>4316</v>
       </c>
       <c r="H465" t="s">
         <v>4317</v>
       </c>
       <c r="I465" t="s">
         <v>4318</v>
       </c>
       <c r="J465" t="s">
         <v>24</v>
       </c>
       <c r="K465" t="s">
-        <v>739</v>
+        <v>4319</v>
       </c>
       <c r="L465" t="s">
         <v>26</v>
       </c>
       <c r="M465" t="s">
-        <v>740</v>
+        <v>4320</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
-        <v>4319</v>
+        <v>4321</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65080</v>
+        <v>65075</v>
       </c>
       <c r="B466" t="s">
-        <v>4320</v>
+        <v>4322</v>
       </c>
       <c r="C466" t="s">
-        <v>4321</v>
+        <v>4323</v>
       </c>
       <c r="D466" t="s">
-        <v>4322</v>
+        <v>4324</v>
       </c>
       <c r="E466" t="s">
-        <v>4323</v>
+        <v>4325</v>
       </c>
       <c r="F466" t="s">
-        <v>4324</v>
+        <v>4326</v>
       </c>
       <c r="G466" t="s">
-        <v>4325</v>
+        <v>4327</v>
       </c>
       <c r="H466" t="s">
-        <v>4326</v>
+        <v>4328</v>
       </c>
       <c r="I466" t="s">
-        <v>4327</v>
+        <v>4329</v>
       </c>
       <c r="J466" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K466" t="s">
-        <v>47</v>
+        <v>683</v>
       </c>
       <c r="L466" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M466" t="s">
-        <v>48</v>
+        <v>4046</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
-        <v>4328</v>
+        <v>4330</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65081</v>
+        <v>65076</v>
       </c>
       <c r="B467" t="s">
-        <v>4329</v>
+        <v>4331</v>
       </c>
       <c r="C467" t="s">
-        <v>4330</v>
+        <v>4332</v>
       </c>
       <c r="D467" t="s">
-        <v>4331</v>
+        <v>4333</v>
       </c>
       <c r="E467" t="s">
-        <v>4332</v>
+        <v>4334</v>
       </c>
       <c r="F467" t="s">
-        <v>4333</v>
+        <v>4335</v>
       </c>
       <c r="G467" t="s">
-        <v>4334</v>
+        <v>4336</v>
       </c>
       <c r="H467" t="s">
-        <v>4335</v>
+        <v>4337</v>
       </c>
       <c r="I467" t="s">
-        <v>4336</v>
+        <v>4338</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
-        <v>4337</v>
+        <v>4339</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65082</v>
+        <v>65077</v>
       </c>
       <c r="B468" t="s">
-        <v>4338</v>
+        <v>4340</v>
       </c>
       <c r="C468" t="s">
-        <v>4339</v>
+        <v>4341</v>
       </c>
       <c r="D468" t="s">
-        <v>4340</v>
+        <v>4342</v>
       </c>
       <c r="E468" t="s">
-        <v>4341</v>
+        <v>4343</v>
       </c>
       <c r="F468" t="s">
-        <v>4342</v>
+        <v>4344</v>
       </c>
       <c r="G468" t="s">
-        <v>4343</v>
+        <v>4345</v>
       </c>
       <c r="H468" t="s">
-        <v>4344</v>
+        <v>4346</v>
       </c>
       <c r="I468" t="s">
-        <v>4345</v>
+        <v>4347</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>47</v>
+        <v>739</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>48</v>
+        <v>740</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
-        <v>4346</v>
+        <v>4348</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65083</v>
+        <v>65080</v>
       </c>
       <c r="B469" t="s">
-        <v>4347</v>
+        <v>4349</v>
       </c>
       <c r="C469" t="s">
-        <v>4348</v>
+        <v>4350</v>
       </c>
       <c r="D469" t="s">
-        <v>4349</v>
+        <v>4351</v>
       </c>
       <c r="E469" t="s">
-        <v>4350</v>
+        <v>4352</v>
       </c>
       <c r="F469" t="s">
-        <v>4351</v>
+        <v>4353</v>
       </c>
       <c r="G469" t="s">
-        <v>4352</v>
+        <v>4354</v>
       </c>
       <c r="H469" t="s">
-        <v>4353</v>
+        <v>4355</v>
       </c>
       <c r="I469" t="s">
-        <v>4354</v>
+        <v>4356</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
-        <v>4355</v>
+        <v>4357</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65084</v>
+        <v>65081</v>
       </c>
       <c r="B470" t="s">
-        <v>4356</v>
+        <v>4358</v>
       </c>
       <c r="C470" t="s">
-        <v>4357</v>
+        <v>4359</v>
       </c>
       <c r="D470" t="s">
-        <v>4358</v>
+        <v>4360</v>
       </c>
       <c r="E470" t="s">
-        <v>4359</v>
+        <v>4361</v>
       </c>
       <c r="F470" t="s">
-        <v>4360</v>
+        <v>4362</v>
       </c>
       <c r="G470" t="s">
-        <v>4361</v>
+        <v>4363</v>
       </c>
       <c r="H470" t="s">
-        <v>4362</v>
+        <v>4364</v>
       </c>
       <c r="I470" t="s">
-        <v>4363</v>
+        <v>4365</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
-        <v>4364</v>
+        <v>4366</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65085</v>
+        <v>65082</v>
       </c>
       <c r="B471" t="s">
-        <v>4365</v>
+        <v>4367</v>
       </c>
       <c r="C471" t="s">
-        <v>4366</v>
+        <v>4368</v>
       </c>
       <c r="D471" t="s">
-        <v>4367</v>
+        <v>4369</v>
       </c>
       <c r="E471" t="s">
-        <v>4368</v>
+        <v>4370</v>
       </c>
       <c r="F471" t="s">
-        <v>4369</v>
+        <v>4371</v>
       </c>
       <c r="G471" t="s">
-        <v>4370</v>
+        <v>4372</v>
       </c>
       <c r="H471" t="s">
-        <v>4371</v>
+        <v>4373</v>
       </c>
       <c r="I471" t="s">
-        <v>4372</v>
+        <v>4374</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>571</v>
+        <v>47</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>572</v>
+        <v>48</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
-        <v>4373</v>
+        <v>4375</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65086</v>
+        <v>65083</v>
       </c>
       <c r="B472" t="s">
-        <v>4374</v>
+        <v>4376</v>
       </c>
       <c r="C472" t="s">
-        <v>4375</v>
+        <v>4377</v>
       </c>
       <c r="D472" t="s">
-        <v>4376</v>
+        <v>4378</v>
       </c>
       <c r="E472" t="s">
-        <v>4377</v>
+        <v>4379</v>
       </c>
       <c r="F472" t="s">
-        <v>4378</v>
+        <v>4380</v>
       </c>
       <c r="G472" t="s">
-        <v>4379</v>
+        <v>4381</v>
       </c>
       <c r="H472" t="s">
-        <v>4380</v>
+        <v>4382</v>
       </c>
       <c r="I472" t="s">
-        <v>4381</v>
+        <v>4383</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
         <v>170</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
         <v>171</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
-        <v>4382</v>
+        <v>4384</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65087</v>
+        <v>65084</v>
       </c>
       <c r="B473" t="s">
-        <v>4383</v>
+        <v>4385</v>
       </c>
       <c r="C473" t="s">
-        <v>4384</v>
+        <v>4386</v>
       </c>
       <c r="D473" t="s">
-        <v>4385</v>
+        <v>4387</v>
       </c>
       <c r="E473" t="s">
-        <v>4386</v>
+        <v>4388</v>
       </c>
       <c r="F473" t="s">
-        <v>4387</v>
+        <v>4389</v>
       </c>
       <c r="G473" t="s">
-        <v>4388</v>
+        <v>4390</v>
       </c>
       <c r="H473" t="s">
-        <v>4389</v>
+        <v>4391</v>
       </c>
       <c r="I473" t="s">
-        <v>4390</v>
+        <v>4392</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
-        <v>4391</v>
+        <v>4393</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65088</v>
+        <v>65085</v>
       </c>
       <c r="B474" t="s">
-        <v>4392</v>
+        <v>4394</v>
       </c>
       <c r="C474" t="s">
-        <v>4393</v>
+        <v>4395</v>
       </c>
       <c r="D474" t="s">
-        <v>4394</v>
+        <v>4396</v>
       </c>
       <c r="E474" t="s">
-        <v>4395</v>
+        <v>4397</v>
       </c>
       <c r="F474" t="s">
-        <v>4396</v>
+        <v>4398</v>
       </c>
       <c r="G474" t="s">
-        <v>4397</v>
+        <v>4399</v>
       </c>
       <c r="H474" t="s">
-        <v>4398</v>
+        <v>4400</v>
       </c>
       <c r="I474" t="s">
-        <v>4399</v>
+        <v>4401</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
-        <v>4400</v>
+        <v>4402</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65089</v>
+        <v>65086</v>
       </c>
       <c r="B475" t="s">
-        <v>4401</v>
+        <v>4403</v>
       </c>
       <c r="C475" t="s">
-        <v>4402</v>
+        <v>4404</v>
       </c>
       <c r="D475" t="s">
-        <v>4403</v>
+        <v>4405</v>
       </c>
       <c r="E475" t="s">
-        <v>4404</v>
+        <v>4406</v>
       </c>
       <c r="F475" t="s">
-        <v>4405</v>
+        <v>4407</v>
       </c>
       <c r="G475" t="s">
-        <v>4406</v>
+        <v>4408</v>
       </c>
       <c r="H475" t="s">
-        <v>4407</v>
+        <v>4409</v>
       </c>
       <c r="I475" t="s">
-        <v>4408</v>
+        <v>4410</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
-        <v>4409</v>
+        <v>4411</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65090</v>
+        <v>65087</v>
       </c>
       <c r="B476" t="s">
-        <v>4410</v>
+        <v>4412</v>
       </c>
       <c r="C476" t="s">
-        <v>4411</v>
+        <v>4413</v>
       </c>
       <c r="D476" t="s">
-        <v>4412</v>
+        <v>4414</v>
       </c>
       <c r="E476" t="s">
-        <v>4413</v>
+        <v>4415</v>
       </c>
       <c r="F476" t="s">
-        <v>4414</v>
+        <v>4416</v>
       </c>
       <c r="G476" t="s">
-        <v>4415</v>
+        <v>4417</v>
       </c>
       <c r="H476" t="s">
-        <v>4416</v>
+        <v>4418</v>
       </c>
       <c r="I476" t="s">
-        <v>4417</v>
+        <v>4419</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
-        <v>4418</v>
+        <v>4420</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65091</v>
+        <v>65088</v>
       </c>
       <c r="B477" t="s">
-        <v>4419</v>
+        <v>4421</v>
       </c>
       <c r="C477" t="s">
-        <v>4420</v>
+        <v>4422</v>
       </c>
       <c r="D477" t="s">
-        <v>4421</v>
+        <v>4423</v>
       </c>
       <c r="E477" t="s">
-        <v>4422</v>
+        <v>4424</v>
       </c>
       <c r="F477" t="s">
-        <v>4423</v>
+        <v>4425</v>
       </c>
       <c r="G477" t="s">
-        <v>4424</v>
+        <v>4426</v>
       </c>
       <c r="H477" t="s">
-        <v>4425</v>
+        <v>4427</v>
       </c>
       <c r="I477" t="s">
-        <v>4426</v>
+        <v>4428</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
-        <v>4427</v>
+        <v>4429</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65092</v>
+        <v>65089</v>
       </c>
       <c r="B478" t="s">
-        <v>4428</v>
+        <v>4430</v>
       </c>
       <c r="C478" t="s">
-        <v>4429</v>
+        <v>4431</v>
       </c>
       <c r="D478" t="s">
-        <v>4430</v>
+        <v>4432</v>
       </c>
       <c r="E478" t="s">
-        <v>4431</v>
+        <v>4433</v>
       </c>
       <c r="F478" t="s">
-        <v>4432</v>
+        <v>4434</v>
       </c>
       <c r="G478" t="s">
-        <v>4433</v>
+        <v>4435</v>
       </c>
       <c r="H478" t="s">
-        <v>4434</v>
+        <v>4436</v>
       </c>
       <c r="I478" t="s">
-        <v>4435</v>
+        <v>4437</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
-        <v>4436</v>
+        <v>4438</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65093</v>
+        <v>65090</v>
       </c>
       <c r="B479" t="s">
-        <v>4437</v>
+        <v>4439</v>
       </c>
       <c r="C479" t="s">
-        <v>4438</v>
+        <v>4440</v>
       </c>
       <c r="D479" t="s">
-        <v>4439</v>
+        <v>4441</v>
       </c>
       <c r="E479" t="s">
-        <v>4440</v>
+        <v>4442</v>
       </c>
       <c r="F479" t="s">
-        <v>4441</v>
+        <v>4443</v>
       </c>
       <c r="G479" t="s">
-        <v>4442</v>
+        <v>4444</v>
       </c>
       <c r="H479" t="s">
-        <v>4443</v>
+        <v>4445</v>
       </c>
       <c r="I479" t="s">
-        <v>4444</v>
+        <v>4446</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
-        <v>4445</v>
+        <v>4447</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65094</v>
+        <v>65091</v>
       </c>
       <c r="B480" t="s">
-        <v>4446</v>
+        <v>4448</v>
       </c>
       <c r="C480" t="s">
-        <v>4447</v>
+        <v>4449</v>
       </c>
       <c r="D480" t="s">
-        <v>4448</v>
+        <v>4450</v>
       </c>
       <c r="E480" t="s">
-        <v>4449</v>
+        <v>4451</v>
       </c>
       <c r="F480" t="s">
-        <v>4450</v>
+        <v>4452</v>
       </c>
       <c r="G480" t="s">
-        <v>4451</v>
+        <v>4453</v>
       </c>
       <c r="H480" t="s">
-        <v>4452</v>
+        <v>4454</v>
       </c>
       <c r="I480" t="s">
-        <v>4453</v>
+        <v>4455</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>4454</v>
+        <v>25</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>4455</v>
+        <v>27</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
         <v>4456</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65095</v>
+        <v>65092</v>
       </c>
       <c r="B481" t="s">
         <v>4457</v>
       </c>
       <c r="C481" t="s">
         <v>4458</v>
       </c>
       <c r="D481" t="s">
         <v>4459</v>
       </c>
       <c r="E481" t="s">
         <v>4460</v>
       </c>
       <c r="F481" t="s">
         <v>4461</v>
       </c>
       <c r="G481" t="s">
         <v>4462</v>
       </c>
       <c r="H481" t="s">
         <v>4463</v>
       </c>
       <c r="I481" t="s">
         <v>4464</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
-        <v>739</v>
+        <v>170</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
-        <v>740</v>
+        <v>171</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
         <v>4465</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65096</v>
+        <v>65093</v>
       </c>
       <c r="B482" t="s">
         <v>4466</v>
       </c>
       <c r="C482" t="s">
         <v>4467</v>
       </c>
       <c r="D482" t="s">
         <v>4468</v>
       </c>
       <c r="E482" t="s">
         <v>4469</v>
       </c>
       <c r="F482" t="s">
         <v>4470</v>
       </c>
       <c r="G482" t="s">
         <v>4471</v>
       </c>
       <c r="H482" t="s">
         <v>4472</v>
       </c>
       <c r="I482" t="s">
         <v>4473</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
         <v>4474</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65097</v>
+        <v>65094</v>
       </c>
       <c r="B483" t="s">
         <v>4475</v>
       </c>
       <c r="C483" t="s">
         <v>4476</v>
       </c>
       <c r="D483" t="s">
         <v>4477</v>
       </c>
       <c r="E483" t="s">
         <v>4478</v>
       </c>
       <c r="F483" t="s">
         <v>4479</v>
       </c>
       <c r="G483" t="s">
         <v>4480</v>
       </c>
       <c r="H483" t="s">
         <v>4481</v>
       </c>
       <c r="I483" t="s">
         <v>4482</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>170</v>
+        <v>4483</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>171</v>
+        <v>4484</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
-        <v>4483</v>
+        <v>4485</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65098</v>
+        <v>65095</v>
       </c>
       <c r="B484" t="s">
-        <v>4484</v>
+        <v>4486</v>
       </c>
       <c r="C484" t="s">
-        <v>4485</v>
+        <v>4487</v>
       </c>
       <c r="D484" t="s">
-        <v>4486</v>
+        <v>4488</v>
       </c>
       <c r="E484" t="s">
-        <v>4487</v>
+        <v>4489</v>
       </c>
       <c r="F484" t="s">
-        <v>4488</v>
+        <v>4490</v>
       </c>
       <c r="G484" t="s">
-        <v>4489</v>
+        <v>4491</v>
       </c>
       <c r="H484" t="s">
-        <v>4490</v>
+        <v>4492</v>
       </c>
       <c r="I484" t="s">
-        <v>4491</v>
+        <v>4493</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
-        <v>4492</v>
+        <v>4494</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65099</v>
+        <v>65096</v>
       </c>
       <c r="B485" t="s">
-        <v>4493</v>
+        <v>4495</v>
       </c>
       <c r="C485" t="s">
-        <v>4494</v>
+        <v>4496</v>
       </c>
       <c r="D485" t="s">
-        <v>4495</v>
+        <v>4497</v>
       </c>
       <c r="E485" t="s">
-        <v>4496</v>
+        <v>4498</v>
       </c>
       <c r="F485" t="s">
-        <v>4497</v>
+        <v>4499</v>
       </c>
       <c r="G485" t="s">
-        <v>4498</v>
+        <v>4500</v>
       </c>
       <c r="H485" t="s">
-        <v>4499</v>
+        <v>4501</v>
       </c>
       <c r="I485" t="s">
-        <v>4500</v>
+        <v>4502</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
-        <v>4501</v>
+        <v>4503</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65100</v>
+        <v>65097</v>
       </c>
       <c r="B486" t="s">
-        <v>4502</v>
+        <v>4504</v>
       </c>
       <c r="C486" t="s">
-        <v>4503</v>
+        <v>4505</v>
       </c>
       <c r="D486" t="s">
-        <v>4504</v>
+        <v>4506</v>
       </c>
       <c r="E486" t="s">
-        <v>4505</v>
+        <v>4507</v>
       </c>
       <c r="F486" t="s">
-        <v>4506</v>
+        <v>4508</v>
       </c>
       <c r="G486" t="s">
-        <v>4507</v>
+        <v>4509</v>
       </c>
       <c r="H486" t="s">
-        <v>4508</v>
+        <v>4510</v>
       </c>
       <c r="I486" t="s">
-        <v>4509</v>
+        <v>4511</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>3885</v>
+        <v>170</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>3886</v>
+        <v>171</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
-        <v>4510</v>
+        <v>4512</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65101</v>
+        <v>65098</v>
       </c>
       <c r="B487" t="s">
-        <v>4511</v>
+        <v>4513</v>
       </c>
       <c r="C487" t="s">
-        <v>4512</v>
+        <v>4514</v>
       </c>
       <c r="D487" t="s">
-        <v>4513</v>
+        <v>4515</v>
       </c>
       <c r="E487" t="s">
-        <v>4514</v>
+        <v>4516</v>
       </c>
       <c r="F487" t="s">
-        <v>4515</v>
+        <v>4517</v>
       </c>
       <c r="G487" t="s">
-        <v>4516</v>
+        <v>4518</v>
       </c>
       <c r="H487" t="s">
-        <v>4517</v>
+        <v>4519</v>
       </c>
       <c r="I487" t="s">
-        <v>4518</v>
+        <v>4520</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
-        <v>4519</v>
+        <v>4521</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65102</v>
+        <v>65099</v>
       </c>
       <c r="B488" t="s">
-        <v>4520</v>
+        <v>4522</v>
       </c>
       <c r="C488" t="s">
-        <v>4521</v>
+        <v>4523</v>
       </c>
       <c r="D488" t="s">
-        <v>4522</v>
+        <v>4524</v>
       </c>
       <c r="E488" t="s">
-        <v>4523</v>
+        <v>4525</v>
       </c>
       <c r="F488" t="s">
-        <v>4524</v>
+        <v>4526</v>
       </c>
       <c r="G488" t="s">
-        <v>4525</v>
+        <v>4527</v>
       </c>
       <c r="H488" t="s">
-        <v>4526</v>
+        <v>4528</v>
       </c>
       <c r="I488" t="s">
-        <v>4527</v>
+        <v>4529</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
-        <v>4528</v>
+        <v>4530</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65104</v>
+        <v>65100</v>
       </c>
       <c r="B489" t="s">
-        <v>4529</v>
+        <v>4531</v>
       </c>
       <c r="C489" t="s">
-        <v>4530</v>
+        <v>4532</v>
       </c>
       <c r="D489" t="s">
-        <v>4531</v>
+        <v>4533</v>
       </c>
       <c r="E489" t="s">
-        <v>4532</v>
+        <v>4534</v>
       </c>
       <c r="F489" t="s">
-        <v>4533</v>
+        <v>4535</v>
       </c>
       <c r="G489" t="s">
-        <v>4534</v>
+        <v>4536</v>
       </c>
       <c r="H489" t="s">
-        <v>4535</v>
+        <v>4537</v>
       </c>
       <c r="I489" t="s">
-        <v>4536</v>
+        <v>4538</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>2378</v>
+        <v>3914</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>2379</v>
+        <v>3915</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
-        <v>4537</v>
+        <v>4539</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65105</v>
+        <v>65101</v>
       </c>
       <c r="B490" t="s">
-        <v>4538</v>
+        <v>4540</v>
       </c>
       <c r="C490" t="s">
-        <v>4539</v>
+        <v>4541</v>
       </c>
       <c r="D490" t="s">
-        <v>4540</v>
+        <v>4542</v>
       </c>
       <c r="E490" t="s">
-        <v>4541</v>
+        <v>4543</v>
       </c>
       <c r="F490" t="s">
-        <v>4542</v>
+        <v>4544</v>
       </c>
       <c r="G490" t="s">
-        <v>4543</v>
+        <v>4545</v>
       </c>
       <c r="H490" t="s">
-        <v>4544</v>
+        <v>4546</v>
       </c>
       <c r="I490" t="s">
-        <v>4545</v>
+        <v>4547</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
         <v>170</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
         <v>171</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
-        <v>4546</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65107</v>
+        <v>65102</v>
       </c>
       <c r="B491" t="s">
-        <v>4547</v>
+        <v>4549</v>
       </c>
       <c r="C491" t="s">
-        <v>4548</v>
+        <v>4550</v>
       </c>
       <c r="D491" t="s">
-        <v>4549</v>
+        <v>4551</v>
       </c>
       <c r="E491" t="s">
-        <v>4550</v>
+        <v>4552</v>
       </c>
       <c r="F491" t="s">
-        <v>4551</v>
+        <v>4553</v>
       </c>
       <c r="G491" t="s">
-        <v>4552</v>
+        <v>4554</v>
       </c>
       <c r="H491" t="s">
-        <v>4553</v>
+        <v>4555</v>
       </c>
       <c r="I491" t="s">
-        <v>4554</v>
+        <v>4556</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>4555</v>
+        <v>25</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>4556</v>
+        <v>27</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
         <v>4557</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65116</v>
+        <v>65104</v>
       </c>
       <c r="B492" t="s">
         <v>4558</v>
       </c>
       <c r="C492" t="s">
         <v>4559</v>
       </c>
       <c r="D492" t="s">
         <v>4560</v>
       </c>
       <c r="E492" t="s">
         <v>4561</v>
       </c>
       <c r="F492" t="s">
         <v>4562</v>
       </c>
       <c r="G492" t="s">
         <v>4563</v>
       </c>
       <c r="H492" t="s">
         <v>4564</v>
       </c>
       <c r="I492" t="s">
         <v>4565</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>170</v>
+        <v>2398</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>171</v>
+        <v>2399</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
         <v>4566</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65124</v>
+        <v>65105</v>
       </c>
       <c r="B493" t="s">
         <v>4567</v>
       </c>
       <c r="C493" t="s">
         <v>4568</v>
       </c>
       <c r="D493" t="s">
         <v>4569</v>
       </c>
       <c r="E493" t="s">
         <v>4570</v>
       </c>
       <c r="F493" t="s">
         <v>4571</v>
       </c>
       <c r="G493" t="s">
         <v>4572</v>
       </c>
       <c r="H493" t="s">
         <v>4573</v>
       </c>
       <c r="I493" t="s">
         <v>4574</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
         <v>4575</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65255</v>
+        <v>65107</v>
       </c>
       <c r="B494" t="s">
         <v>4576</v>
       </c>
       <c r="C494" t="s">
         <v>4577</v>
       </c>
       <c r="D494" t="s">
         <v>4578</v>
       </c>
       <c r="E494" t="s">
         <v>4579</v>
       </c>
       <c r="F494" t="s">
         <v>4580</v>
       </c>
       <c r="G494" t="s">
         <v>4581</v>
       </c>
       <c r="H494" t="s">
         <v>4582</v>
       </c>
       <c r="I494" t="s">
         <v>4583</v>
       </c>
       <c r="J494" t="s">
-        <v>1484</v>
+        <v>24</v>
       </c>
       <c r="K494" t="s">
         <v>4584</v>
       </c>
       <c r="L494" t="s">
-        <v>1486</v>
+        <v>26</v>
       </c>
       <c r="M494" t="s">
         <v>4585</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
         <v>4586</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65479</v>
+        <v>65116</v>
       </c>
       <c r="B495" t="s">
         <v>4587</v>
       </c>
       <c r="C495" t="s">
         <v>4588</v>
       </c>
       <c r="D495" t="s">
         <v>4589</v>
       </c>
       <c r="E495" t="s">
         <v>4590</v>
       </c>
       <c r="F495" t="s">
         <v>4591</v>
       </c>
       <c r="G495" t="s">
         <v>4592</v>
       </c>
       <c r="H495" t="s">
         <v>4593</v>
       </c>
       <c r="I495" t="s">
         <v>4594</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
         <v>4595</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65566</v>
+        <v>65124</v>
       </c>
       <c r="B496" t="s">
         <v>4596</v>
       </c>
       <c r="C496" t="s">
         <v>4597</v>
       </c>
       <c r="D496" t="s">
         <v>4598</v>
       </c>
       <c r="E496" t="s">
         <v>4599</v>
       </c>
       <c r="F496" t="s">
         <v>4600</v>
       </c>
       <c r="G496" t="s">
         <v>4601</v>
       </c>
       <c r="H496" t="s">
         <v>4602</v>
       </c>
       <c r="I496" t="s">
         <v>4603</v>
       </c>
       <c r="J496" t="s">
         <v>24</v>
       </c>
       <c r="K496" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L496" t="s">
         <v>26</v>
       </c>
       <c r="M496" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
         <v>4604</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65613</v>
+        <v>65255</v>
       </c>
       <c r="B497" t="s">
         <v>4605</v>
       </c>
       <c r="C497" t="s">
         <v>4606</v>
       </c>
       <c r="D497" t="s">
         <v>4607</v>
       </c>
       <c r="E497" t="s">
         <v>4608</v>
       </c>
       <c r="F497" t="s">
         <v>4609</v>
       </c>
       <c r="G497" t="s">
         <v>4610</v>
       </c>
       <c r="H497" t="s">
         <v>4611</v>
       </c>
       <c r="I497" t="s">
         <v>4612</v>
       </c>
       <c r="J497" t="s">
+        <v>1484</v>
+      </c>
+      <c r="K497" t="s">
         <v>4613</v>
       </c>
-      <c r="K497" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L497" t="s">
+        <v>1486</v>
+      </c>
+      <c r="M497" t="s">
         <v>4614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
         <v>4615</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65869</v>
+        <v>65479</v>
       </c>
       <c r="B498" t="s">
         <v>4616</v>
       </c>
       <c r="C498" t="s">
         <v>4617</v>
       </c>
       <c r="D498" t="s">
         <v>4618</v>
       </c>
       <c r="E498" t="s">
         <v>4619</v>
       </c>
       <c r="F498" t="s">
         <v>4620</v>
       </c>
       <c r="G498" t="s">
         <v>4621</v>
       </c>
       <c r="H498" t="s">
         <v>4622</v>
       </c>
       <c r="I498" t="s">
         <v>4623</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
         <v>4624</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>66392</v>
+        <v>65566</v>
       </c>
       <c r="B499" t="s">
         <v>4625</v>
       </c>
       <c r="C499" t="s">
         <v>4626</v>
       </c>
       <c r="D499" t="s">
         <v>4627</v>
       </c>
       <c r="E499" t="s">
         <v>4628</v>
       </c>
       <c r="F499" t="s">
         <v>4629</v>
       </c>
       <c r="G499" t="s">
         <v>4630</v>
       </c>
       <c r="H499" t="s">
         <v>4631</v>
       </c>
       <c r="I499" t="s">
         <v>4632</v>
       </c>
       <c r="J499" t="s">
         <v>24</v>
       </c>
       <c r="K499" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L499" t="s">
         <v>26</v>
       </c>
       <c r="M499" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
         <v>4633</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>66510</v>
+        <v>65613</v>
       </c>
       <c r="B500" t="s">
         <v>4634</v>
       </c>
       <c r="C500" t="s">
         <v>4635</v>
       </c>
       <c r="D500" t="s">
         <v>4636</v>
       </c>
       <c r="E500" t="s">
         <v>4637</v>
       </c>
       <c r="F500" t="s">
         <v>4638</v>
       </c>
       <c r="G500" t="s">
         <v>4639</v>
       </c>
       <c r="H500" t="s">
         <v>4640</v>
       </c>
       <c r="I500" t="s">
         <v>4641</v>
       </c>
       <c r="J500" t="s">
-        <v>1484</v>
+        <v>4642</v>
       </c>
       <c r="K500" t="s">
-        <v>4642</v>
+        <v>1506</v>
       </c>
       <c r="L500" t="s">
-        <v>1486</v>
+        <v>4643</v>
       </c>
       <c r="M500" t="s">
-        <v>4643</v>
+        <v>1507</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
         <v>4644</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>66511</v>
+        <v>65869</v>
       </c>
       <c r="B501" t="s">
-        <v>1673</v>
+        <v>4645</v>
       </c>
       <c r="C501" t="s">
-        <v>4645</v>
+        <v>4646</v>
       </c>
       <c r="D501" t="s">
-        <v>4646</v>
+        <v>4647</v>
       </c>
       <c r="E501" t="s">
-        <v>4647</v>
+        <v>4648</v>
       </c>
       <c r="F501" t="s">
-        <v>1677</v>
+        <v>4649</v>
       </c>
       <c r="G501" t="s">
-        <v>1678</v>
+        <v>4650</v>
       </c>
       <c r="H501" t="s">
-        <v>4648</v>
+        <v>4651</v>
       </c>
       <c r="I501" t="s">
-        <v>4649</v>
+        <v>4652</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
-        <v>4650</v>
+        <v>871</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
-        <v>4651</v>
+        <v>872</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
-        <v>4652</v>
+        <v>4653</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>66512</v>
+        <v>66392</v>
       </c>
       <c r="B502" t="s">
-        <v>3718</v>
+        <v>4654</v>
       </c>
       <c r="C502" t="s">
-        <v>4653</v>
+        <v>4655</v>
       </c>
       <c r="D502" t="s">
-        <v>4654</v>
+        <v>4656</v>
       </c>
       <c r="E502" t="s">
-        <v>4655</v>
+        <v>4657</v>
       </c>
       <c r="F502" t="s">
-        <v>4656</v>
+        <v>4658</v>
       </c>
       <c r="G502" t="s">
-        <v>3723</v>
+        <v>4659</v>
       </c>
       <c r="H502" t="s">
-        <v>3724</v>
+        <v>4660</v>
       </c>
       <c r="I502" t="s">
-        <v>3725</v>
+        <v>4661</v>
       </c>
       <c r="J502" t="s">
         <v>24</v>
       </c>
       <c r="K502" t="s">
-        <v>4657</v>
+        <v>25</v>
       </c>
       <c r="L502" t="s">
         <v>26</v>
       </c>
       <c r="M502" t="s">
-        <v>4658</v>
+        <v>27</v>
       </c>
       <c r="N502" t="s">
         <v>28</v>
       </c>
       <c r="O502" t="s">
-        <v>4659</v>
+        <v>4662</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>66513</v>
+        <v>66510</v>
       </c>
       <c r="B503" t="s">
-        <v>4660</v>
+        <v>4663</v>
       </c>
       <c r="C503" t="s">
-        <v>4661</v>
+        <v>4664</v>
       </c>
       <c r="D503" t="s">
-        <v>4662</v>
+        <v>4665</v>
       </c>
       <c r="E503" t="s">
-        <v>4663</v>
+        <v>4666</v>
       </c>
       <c r="F503" t="s">
-        <v>4664</v>
+        <v>4667</v>
       </c>
       <c r="G503" t="s">
-        <v>4051</v>
+        <v>4668</v>
       </c>
       <c r="H503" t="s">
-        <v>4665</v>
+        <v>4669</v>
       </c>
       <c r="I503" t="s">
-        <v>4666</v>
+        <v>4670</v>
       </c>
       <c r="J503" t="s">
-        <v>24</v>
+        <v>1484</v>
       </c>
       <c r="K503" t="s">
-        <v>4657</v>
+        <v>4671</v>
       </c>
       <c r="L503" t="s">
-        <v>26</v>
+        <v>1486</v>
       </c>
       <c r="M503" t="s">
-        <v>4658</v>
+        <v>4672</v>
       </c>
       <c r="N503" t="s">
         <v>28</v>
       </c>
       <c r="O503" t="s">
-        <v>4667</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>66514</v>
+        <v>66511</v>
       </c>
       <c r="B504" t="s">
-        <v>4668</v>
+        <v>1684</v>
       </c>
       <c r="C504" t="s">
-        <v>1819</v>
+        <v>4674</v>
       </c>
       <c r="D504" t="s">
-        <v>4669</v>
+        <v>4675</v>
       </c>
       <c r="E504" t="s">
-        <v>4670</v>
+        <v>4676</v>
       </c>
       <c r="F504" t="s">
-        <v>1822</v>
+        <v>1688</v>
       </c>
       <c r="G504" t="s">
-        <v>1823</v>
+        <v>1689</v>
       </c>
       <c r="H504" t="s">
-        <v>4671</v>
+        <v>4677</v>
       </c>
       <c r="I504" t="s">
-        <v>4672</v>
+        <v>4678</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
-        <v>4657</v>
+        <v>4679</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
-        <v>4658</v>
+        <v>4680</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4673</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>66515</v>
+        <v>66512</v>
       </c>
       <c r="B505" t="s">
-        <v>4674</v>
+        <v>3747</v>
       </c>
       <c r="C505" t="s">
-        <v>4675</v>
+        <v>4682</v>
       </c>
       <c r="D505" t="s">
-        <v>4676</v>
+        <v>4683</v>
       </c>
       <c r="E505" t="s">
-        <v>4677</v>
+        <v>4684</v>
       </c>
       <c r="F505" t="s">
-        <v>4678</v>
+        <v>4685</v>
       </c>
       <c r="G505" t="s">
-        <v>1579</v>
+        <v>3752</v>
       </c>
       <c r="H505" t="s">
-        <v>4679</v>
+        <v>3753</v>
       </c>
       <c r="I505" t="s">
-        <v>4680</v>
+        <v>3754</v>
       </c>
       <c r="J505" t="s">
         <v>24</v>
       </c>
       <c r="K505" t="s">
-        <v>4657</v>
+        <v>4686</v>
       </c>
       <c r="L505" t="s">
         <v>26</v>
       </c>
       <c r="M505" t="s">
-        <v>4658</v>
+        <v>4687</v>
       </c>
       <c r="N505" t="s">
         <v>28</v>
       </c>
       <c r="O505" t="s">
-        <v>4681</v>
+        <v>4688</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>66516</v>
+        <v>66513</v>
       </c>
       <c r="B506" t="s">
-        <v>1556</v>
+        <v>4689</v>
       </c>
       <c r="C506" t="s">
-        <v>4682</v>
+        <v>4690</v>
       </c>
       <c r="D506" t="s">
-        <v>4683</v>
+        <v>4691</v>
       </c>
       <c r="E506" t="s">
-        <v>4684</v>
+        <v>4692</v>
       </c>
       <c r="F506" t="s">
-        <v>4685</v>
+        <v>4693</v>
       </c>
       <c r="G506" t="s">
+        <v>4080</v>
+      </c>
+      <c r="H506" t="s">
+        <v>4694</v>
+      </c>
+      <c r="I506" t="s">
+        <v>4695</v>
+      </c>
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
         <v>4686</v>
       </c>
-      <c r="H506" t="s">
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
         <v>4687</v>
       </c>
-      <c r="I506" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N506" t="s">
         <v>28</v>
       </c>
       <c r="O506" t="s">
-        <v>4688</v>
+        <v>4696</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>66517</v>
+        <v>66514</v>
       </c>
       <c r="B507" t="s">
-        <v>4689</v>
+        <v>4697</v>
       </c>
       <c r="C507" t="s">
-        <v>4690</v>
+        <v>1839</v>
       </c>
       <c r="D507" t="s">
-        <v>4691</v>
+        <v>4698</v>
       </c>
       <c r="E507" t="s">
-        <v>4692</v>
+        <v>4699</v>
       </c>
       <c r="F507" t="s">
-        <v>4693</v>
+        <v>1842</v>
       </c>
       <c r="G507" t="s">
-        <v>4694</v>
+        <v>1843</v>
       </c>
       <c r="H507" t="s">
-        <v>4695</v>
+        <v>4700</v>
       </c>
       <c r="I507" t="s">
-        <v>4696</v>
+        <v>4701</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
-        <v>4657</v>
+        <v>4686</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
-        <v>4658</v>
+        <v>4687</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4697</v>
+        <v>4702</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>66518</v>
+        <v>66515</v>
       </c>
       <c r="B508" t="s">
-        <v>4698</v>
+        <v>4703</v>
       </c>
       <c r="C508" t="s">
-        <v>4699</v>
+        <v>4704</v>
       </c>
       <c r="D508" t="s">
-        <v>4700</v>
+        <v>4705</v>
       </c>
       <c r="E508" t="s">
-        <v>4701</v>
+        <v>4706</v>
       </c>
       <c r="F508" t="s">
-        <v>4702</v>
+        <v>4707</v>
       </c>
       <c r="G508" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="H508" t="s">
-        <v>4703</v>
+        <v>4708</v>
       </c>
       <c r="I508" t="s">
-        <v>4704</v>
+        <v>4709</v>
       </c>
       <c r="J508" t="s">
         <v>24</v>
       </c>
       <c r="K508" t="s">
-        <v>170</v>
+        <v>4686</v>
       </c>
       <c r="L508" t="s">
         <v>26</v>
       </c>
       <c r="M508" t="s">
-        <v>171</v>
+        <v>4687</v>
       </c>
       <c r="N508" t="s">
         <v>28</v>
       </c>
       <c r="O508" t="s">
-        <v>4705</v>
+        <v>4710</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>66519</v>
+        <v>66516</v>
       </c>
       <c r="B509" t="s">
-        <v>4706</v>
+        <v>1567</v>
       </c>
       <c r="C509" t="s">
-        <v>4707</v>
+        <v>4711</v>
       </c>
       <c r="D509" t="s">
-        <v>4708</v>
+        <v>4712</v>
       </c>
       <c r="E509" t="s">
-        <v>4709</v>
+        <v>4713</v>
       </c>
       <c r="F509" t="s">
-        <v>4710</v>
+        <v>4714</v>
       </c>
       <c r="G509" t="s">
-        <v>4711</v>
+        <v>4715</v>
       </c>
       <c r="H509" t="s">
-        <v>1697</v>
+        <v>4716</v>
       </c>
       <c r="I509" t="s">
-        <v>1698</v>
+        <v>1574</v>
       </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>4712</v>
+        <v>170</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>4713</v>
+        <v>171</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
-        <v>4714</v>
+        <v>4717</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>66520</v>
+        <v>66517</v>
       </c>
       <c r="B510" t="s">
-        <v>1769</v>
+        <v>4718</v>
       </c>
       <c r="C510" t="s">
-        <v>4715</v>
+        <v>4719</v>
       </c>
       <c r="D510" t="s">
-        <v>4716</v>
+        <v>4720</v>
       </c>
       <c r="E510" t="s">
-        <v>4717</v>
+        <v>4721</v>
       </c>
       <c r="F510" t="s">
-        <v>1773</v>
+        <v>4722</v>
       </c>
       <c r="G510" t="s">
-        <v>1774</v>
+        <v>4723</v>
       </c>
       <c r="H510" t="s">
-        <v>1775</v>
+        <v>4724</v>
       </c>
       <c r="I510" t="s">
-        <v>1776</v>
+        <v>4725</v>
       </c>
       <c r="J510" t="s">
         <v>24</v>
       </c>
       <c r="K510" t="s">
-        <v>25</v>
+        <v>4686</v>
       </c>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510" t="s">
-        <v>27</v>
+        <v>4687</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4718</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>66521</v>
+        <v>66518</v>
       </c>
       <c r="B511" t="s">
-        <v>1601</v>
+        <v>4727</v>
       </c>
       <c r="C511" t="s">
-        <v>4719</v>
+        <v>4728</v>
       </c>
       <c r="D511" t="s">
-        <v>4720</v>
+        <v>4729</v>
       </c>
       <c r="E511" t="s">
-        <v>4721</v>
+        <v>4730</v>
       </c>
       <c r="F511" t="s">
-        <v>4722</v>
+        <v>4731</v>
       </c>
       <c r="G511" t="s">
-        <v>1606</v>
+        <v>1599</v>
       </c>
       <c r="H511" t="s">
-        <v>4723</v>
+        <v>4732</v>
       </c>
       <c r="I511" t="s">
-        <v>1608</v>
+        <v>4733</v>
       </c>
       <c r="J511" t="s">
         <v>24</v>
       </c>
       <c r="K511" t="s">
         <v>170</v>
       </c>
       <c r="L511" t="s">
         <v>26</v>
       </c>
       <c r="M511" t="s">
         <v>171</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
-        <v>4724</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>66522</v>
+        <v>66519</v>
       </c>
       <c r="B512" t="s">
-        <v>4725</v>
+        <v>4735</v>
       </c>
       <c r="C512" t="s">
-        <v>4726</v>
+        <v>4736</v>
       </c>
       <c r="D512" t="s">
-        <v>4727</v>
+        <v>4737</v>
       </c>
       <c r="E512" t="s">
-        <v>4728</v>
+        <v>4738</v>
       </c>
       <c r="F512" t="s">
-        <v>4729</v>
+        <v>4739</v>
       </c>
       <c r="G512" t="s">
-        <v>4730</v>
+        <v>4740</v>
       </c>
       <c r="H512" t="s">
-        <v>4731</v>
+        <v>1708</v>
       </c>
       <c r="I512" t="s">
-        <v>4732</v>
+        <v>1709</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>4584</v>
+        <v>4741</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
-        <v>4585</v>
+        <v>4742</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
-        <v>4733</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>66523</v>
+        <v>66520</v>
       </c>
       <c r="B513" t="s">
-        <v>1664</v>
+        <v>1789</v>
       </c>
       <c r="C513" t="s">
-        <v>4734</v>
+        <v>4744</v>
       </c>
       <c r="D513" t="s">
-        <v>4735</v>
+        <v>4745</v>
       </c>
       <c r="E513" t="s">
-        <v>4736</v>
+        <v>4746</v>
       </c>
       <c r="F513" t="s">
-        <v>1668</v>
+        <v>1793</v>
       </c>
       <c r="G513" t="s">
-        <v>1669</v>
+        <v>1794</v>
       </c>
       <c r="H513" t="s">
-        <v>1670</v>
+        <v>1795</v>
       </c>
       <c r="I513" t="s">
-        <v>1671</v>
+        <v>1796</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
-        <v>4737</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>66524</v>
+        <v>66521</v>
       </c>
       <c r="B514" t="s">
-        <v>3888</v>
+        <v>1612</v>
       </c>
       <c r="C514" t="s">
-        <v>4738</v>
+        <v>4748</v>
       </c>
       <c r="D514" t="s">
-        <v>4739</v>
+        <v>4749</v>
       </c>
       <c r="E514" t="s">
-        <v>4740</v>
+        <v>4750</v>
       </c>
       <c r="F514" t="s">
-        <v>4741</v>
+        <v>4751</v>
       </c>
       <c r="G514" t="s">
-        <v>3893</v>
+        <v>1617</v>
       </c>
       <c r="H514" t="s">
-        <v>3894</v>
+        <v>4752</v>
       </c>
       <c r="I514" t="s">
-        <v>3895</v>
+        <v>1619</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
         <v>170</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
         <v>171</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
-        <v>4742</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>66525</v>
+        <v>66522</v>
       </c>
       <c r="B515" t="s">
-        <v>4743</v>
+        <v>4754</v>
       </c>
       <c r="C515" t="s">
-        <v>4744</v>
+        <v>4755</v>
       </c>
       <c r="D515" t="s">
-        <v>4745</v>
+        <v>4756</v>
       </c>
       <c r="E515" t="s">
-        <v>4746</v>
+        <v>4757</v>
       </c>
       <c r="F515" t="s">
-        <v>3749</v>
+        <v>4758</v>
       </c>
       <c r="G515" t="s">
-        <v>3750</v>
+        <v>4759</v>
       </c>
       <c r="H515" t="s">
-        <v>3751</v>
+        <v>4760</v>
       </c>
       <c r="I515" t="s">
-        <v>3752</v>
+        <v>4761</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
-        <v>170</v>
+        <v>4613</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
-        <v>171</v>
+        <v>4614</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4747</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>66526</v>
+        <v>66523</v>
       </c>
       <c r="B516" t="s">
-        <v>4748</v>
+        <v>1675</v>
       </c>
       <c r="C516" t="s">
-        <v>4749</v>
+        <v>4763</v>
       </c>
       <c r="D516" t="s">
-        <v>4750</v>
+        <v>4764</v>
       </c>
       <c r="E516" t="s">
-        <v>4751</v>
+        <v>4765</v>
       </c>
       <c r="F516" t="s">
-        <v>4752</v>
+        <v>1679</v>
       </c>
       <c r="G516" t="s">
-        <v>3759</v>
+        <v>1680</v>
       </c>
       <c r="H516" t="s">
-        <v>3760</v>
+        <v>1681</v>
       </c>
       <c r="I516" t="s">
-        <v>3761</v>
+        <v>1682</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4753</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>66527</v>
+        <v>66524</v>
       </c>
       <c r="B517" t="s">
-        <v>1711</v>
+        <v>3917</v>
       </c>
       <c r="C517" t="s">
-        <v>4754</v>
+        <v>4767</v>
       </c>
       <c r="D517" t="s">
-        <v>4755</v>
+        <v>4768</v>
       </c>
       <c r="E517" t="s">
-        <v>4756</v>
+        <v>4769</v>
       </c>
       <c r="F517" t="s">
-        <v>4757</v>
+        <v>4770</v>
       </c>
       <c r="G517" t="s">
-        <v>1716</v>
+        <v>3922</v>
       </c>
       <c r="H517" t="s">
-        <v>1717</v>
+        <v>3923</v>
       </c>
       <c r="I517" t="s">
-        <v>1718</v>
+        <v>3924</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
-        <v>4657</v>
+        <v>170</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
-        <v>4658</v>
+        <v>171</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4758</v>
+        <v>4771</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>66529</v>
+        <v>66525</v>
       </c>
       <c r="B518" t="s">
-        <v>4759</v>
+        <v>4772</v>
       </c>
       <c r="C518" t="s">
-        <v>4760</v>
+        <v>4773</v>
       </c>
       <c r="D518" t="s">
-        <v>4761</v>
+        <v>4774</v>
       </c>
       <c r="E518" t="s">
-        <v>4762</v>
+        <v>4775</v>
       </c>
       <c r="F518" t="s">
-        <v>4763</v>
+        <v>3778</v>
       </c>
       <c r="G518" t="s">
-        <v>4188</v>
+        <v>3779</v>
       </c>
       <c r="H518" t="s">
-        <v>4189</v>
+        <v>3780</v>
       </c>
       <c r="I518" t="s">
-        <v>4190</v>
+        <v>3781</v>
       </c>
       <c r="J518" t="s">
         <v>24</v>
       </c>
       <c r="K518" t="s">
-        <v>2156</v>
+        <v>170</v>
       </c>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518" t="s">
-        <v>2157</v>
+        <v>171</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4764</v>
+        <v>4776</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>66530</v>
+        <v>66526</v>
       </c>
       <c r="B519" t="s">
-        <v>4765</v>
+        <v>4777</v>
       </c>
       <c r="C519" t="s">
-        <v>4766</v>
+        <v>4778</v>
       </c>
       <c r="D519" t="s">
-        <v>4767</v>
+        <v>4779</v>
       </c>
       <c r="E519" t="s">
-        <v>4768</v>
+        <v>4780</v>
       </c>
       <c r="F519" t="s">
-        <v>4769</v>
+        <v>4781</v>
       </c>
       <c r="G519" t="s">
-        <v>1523</v>
+        <v>3788</v>
       </c>
       <c r="H519" t="s">
-        <v>1524</v>
+        <v>3789</v>
       </c>
       <c r="I519" t="s">
-        <v>1525</v>
+        <v>3790</v>
       </c>
       <c r="J519" t="s">
         <v>24</v>
       </c>
       <c r="K519" t="s">
-        <v>871</v>
+        <v>170</v>
       </c>
       <c r="L519" t="s">
         <v>26</v>
       </c>
       <c r="M519" t="s">
-        <v>872</v>
+        <v>171</v>
       </c>
       <c r="N519" t="s">
         <v>28</v>
       </c>
       <c r="O519" t="s">
-        <v>4770</v>
+        <v>4782</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>66531</v>
+        <v>66527</v>
       </c>
       <c r="B520" t="s">
-        <v>4771</v>
+        <v>1722</v>
       </c>
       <c r="C520" t="s">
-        <v>4772</v>
+        <v>4783</v>
       </c>
       <c r="D520" t="s">
-        <v>4773</v>
+        <v>4784</v>
       </c>
       <c r="E520" t="s">
-        <v>4774</v>
+        <v>4785</v>
       </c>
       <c r="F520" t="s">
-        <v>4775</v>
+        <v>4786</v>
       </c>
       <c r="G520" t="s">
-        <v>4776</v>
+        <v>1727</v>
       </c>
       <c r="H520" t="s">
-        <v>4777</v>
+        <v>1728</v>
       </c>
       <c r="I520" t="s">
-        <v>4778</v>
+        <v>1729</v>
       </c>
       <c r="J520" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K520" t="s">
-        <v>4779</v>
+        <v>4686</v>
       </c>
       <c r="L520" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M520" t="s">
-        <v>4780</v>
+        <v>4687</v>
       </c>
       <c r="N520" t="s">
         <v>28</v>
       </c>
       <c r="O520" t="s">
-        <v>4781</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>66532</v>
+        <v>66529</v>
       </c>
       <c r="B521" t="s">
-        <v>4782</v>
+        <v>4788</v>
       </c>
       <c r="C521" t="s">
-        <v>4783</v>
+        <v>4789</v>
       </c>
       <c r="D521" t="s">
-        <v>4784</v>
+        <v>4790</v>
       </c>
       <c r="E521" t="s">
-        <v>1790</v>
+        <v>4791</v>
       </c>
       <c r="F521" t="s">
-        <v>1791</v>
+        <v>4792</v>
       </c>
       <c r="G521" t="s">
-        <v>1792</v>
+        <v>4217</v>
       </c>
       <c r="H521" t="s">
-        <v>1793</v>
+        <v>4218</v>
       </c>
       <c r="I521" t="s">
-        <v>1794</v>
+        <v>4219</v>
       </c>
       <c r="J521" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K521" t="s">
-        <v>4785</v>
+        <v>2176</v>
       </c>
       <c r="L521" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M521" t="s">
-        <v>4786</v>
+        <v>2177</v>
       </c>
       <c r="N521" t="s">
         <v>28</v>
       </c>
       <c r="O521" t="s">
-        <v>4787</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>66533</v>
+        <v>66530</v>
       </c>
       <c r="B522" t="s">
-        <v>4788</v>
+        <v>4794</v>
       </c>
       <c r="C522" t="s">
-        <v>4789</v>
+        <v>4795</v>
       </c>
       <c r="D522" t="s">
-        <v>4790</v>
+        <v>4796</v>
       </c>
       <c r="E522" t="s">
-        <v>4791</v>
+        <v>4797</v>
       </c>
       <c r="F522" t="s">
-        <v>1614</v>
+        <v>4798</v>
       </c>
       <c r="G522" t="s">
-        <v>1615</v>
+        <v>1534</v>
       </c>
       <c r="H522" t="s">
-        <v>1616</v>
+        <v>1535</v>
       </c>
       <c r="I522" t="s">
-        <v>4792</v>
+        <v>1536</v>
       </c>
       <c r="J522" t="s">
         <v>24</v>
       </c>
       <c r="K522" t="s">
-        <v>4793</v>
+        <v>871</v>
       </c>
       <c r="L522" t="s">
         <v>26</v>
       </c>
       <c r="M522" t="s">
-        <v>4794</v>
+        <v>872</v>
       </c>
       <c r="N522" t="s">
         <v>28</v>
       </c>
       <c r="O522" t="s">
-        <v>4795</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>66534</v>
+        <v>66531</v>
       </c>
       <c r="B523" t="s">
-        <v>4796</v>
+        <v>4800</v>
       </c>
       <c r="C523" t="s">
-        <v>4797</v>
+        <v>4801</v>
       </c>
       <c r="D523" t="s">
-        <v>4798</v>
+        <v>4802</v>
       </c>
       <c r="E523" t="s">
-        <v>4799</v>
+        <v>4803</v>
       </c>
       <c r="F523" t="s">
-        <v>4800</v>
+        <v>4804</v>
       </c>
       <c r="G523" t="s">
-        <v>4801</v>
+        <v>4805</v>
       </c>
       <c r="H523" t="s">
-        <v>3060</v>
+        <v>4806</v>
       </c>
       <c r="I523" t="s">
-        <v>3061</v>
+        <v>4807</v>
       </c>
       <c r="J523" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K523" t="s">
-        <v>47</v>
+        <v>4808</v>
       </c>
       <c r="L523" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M523" t="s">
-        <v>48</v>
+        <v>4809</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
-        <v>4802</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>66535</v>
+        <v>66532</v>
       </c>
       <c r="B524" t="s">
-        <v>4803</v>
+        <v>4811</v>
       </c>
       <c r="C524" t="s">
-        <v>4804</v>
+        <v>4812</v>
       </c>
       <c r="D524" t="s">
-        <v>4805</v>
+        <v>4813</v>
       </c>
       <c r="E524" t="s">
-        <v>4806</v>
+        <v>1810</v>
       </c>
       <c r="F524" t="s">
-        <v>4807</v>
+        <v>1811</v>
       </c>
       <c r="G524" t="s">
-        <v>4808</v>
+        <v>1812</v>
       </c>
       <c r="H524" t="s">
-        <v>4809</v>
+        <v>1813</v>
       </c>
       <c r="I524" t="s">
-        <v>4810</v>
+        <v>1814</v>
       </c>
       <c r="J524" t="s">
-        <v>4811</v>
+        <v>441</v>
       </c>
       <c r="K524" t="s">
-        <v>4812</v>
+        <v>4814</v>
       </c>
       <c r="L524" t="s">
-        <v>4813</v>
+        <v>443</v>
       </c>
       <c r="M524" t="s">
-        <v>4814</v>
+        <v>4815</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
-        <v>4815</v>
+        <v>4816</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>66536</v>
+        <v>66533</v>
       </c>
       <c r="B525" t="s">
-        <v>4816</v>
+        <v>4817</v>
       </c>
       <c r="C525" t="s">
-        <v>4817</v>
+        <v>4818</v>
       </c>
       <c r="D525" t="s">
-        <v>4818</v>
+        <v>4819</v>
       </c>
       <c r="E525" t="s">
-        <v>4819</v>
+        <v>4820</v>
       </c>
       <c r="F525" t="s">
-        <v>4820</v>
+        <v>1625</v>
       </c>
       <c r="G525" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1627</v>
+      </c>
+      <c r="I525" t="s">
         <v>4821</v>
       </c>
-      <c r="H525" t="s">
+      <c r="J525" t="s">
+        <v>24</v>
+      </c>
+      <c r="K525" t="s">
         <v>4822</v>
       </c>
-      <c r="I525" t="s">
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
         <v>4823</v>
-      </c>
-[...10 lines deleted...]
-        <v>4658</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
         <v>4824</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>66537</v>
+        <v>66534</v>
       </c>
       <c r="B526" t="s">
         <v>4825</v>
       </c>
       <c r="C526" t="s">
         <v>4826</v>
       </c>
       <c r="D526" t="s">
         <v>4827</v>
       </c>
       <c r="E526" t="s">
         <v>4828</v>
       </c>
       <c r="F526" t="s">
         <v>4829</v>
       </c>
       <c r="G526" t="s">
-        <v>4572</v>
+        <v>4830</v>
       </c>
       <c r="H526" t="s">
-        <v>4573</v>
+        <v>3089</v>
       </c>
       <c r="I526" t="s">
-        <v>4574</v>
+        <v>3090</v>
       </c>
       <c r="J526" t="s">
         <v>24</v>
       </c>
       <c r="K526" t="s">
-        <v>4657</v>
+        <v>47</v>
       </c>
       <c r="L526" t="s">
         <v>26</v>
       </c>
       <c r="M526" t="s">
-        <v>4658</v>
+        <v>48</v>
       </c>
       <c r="N526" t="s">
         <v>28</v>
       </c>
       <c r="O526" t="s">
-        <v>4830</v>
+        <v>4831</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>66538</v>
+        <v>66535</v>
       </c>
       <c r="B527" t="s">
-        <v>4831</v>
+        <v>4832</v>
       </c>
       <c r="C527" t="s">
-        <v>1779</v>
+        <v>4833</v>
       </c>
       <c r="D527" t="s">
-        <v>4832</v>
+        <v>4834</v>
       </c>
       <c r="E527" t="s">
-        <v>4833</v>
+        <v>4835</v>
       </c>
       <c r="F527" t="s">
-        <v>4834</v>
+        <v>4836</v>
       </c>
       <c r="G527" t="s">
-        <v>1783</v>
+        <v>4837</v>
       </c>
       <c r="H527" t="s">
-        <v>1784</v>
+        <v>4838</v>
       </c>
       <c r="I527" t="s">
-        <v>1785</v>
+        <v>4839</v>
       </c>
       <c r="J527" t="s">
-        <v>24</v>
+        <v>4840</v>
       </c>
       <c r="K527" t="s">
-        <v>4835</v>
+        <v>4841</v>
       </c>
       <c r="L527" t="s">
-        <v>26</v>
+        <v>4842</v>
       </c>
       <c r="M527" t="s">
-        <v>4836</v>
+        <v>4843</v>
       </c>
       <c r="N527" t="s">
         <v>28</v>
       </c>
       <c r="O527" t="s">
-        <v>4837</v>
+        <v>4844</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>66540</v>
+        <v>66536</v>
       </c>
       <c r="B528" t="s">
-        <v>4838</v>
+        <v>4845</v>
       </c>
       <c r="C528" t="s">
-        <v>4839</v>
+        <v>4846</v>
       </c>
       <c r="D528" t="s">
-        <v>4840</v>
+        <v>4847</v>
       </c>
       <c r="E528" t="s">
-        <v>4841</v>
+        <v>4848</v>
       </c>
       <c r="F528" t="s">
-        <v>4842</v>
+        <v>4849</v>
       </c>
       <c r="G528" t="s">
-        <v>4843</v>
+        <v>4850</v>
       </c>
       <c r="H528" t="s">
-        <v>4844</v>
+        <v>4851</v>
       </c>
       <c r="I528" t="s">
-        <v>1554</v>
+        <v>4852</v>
       </c>
       <c r="J528" t="s">
         <v>24</v>
       </c>
       <c r="K528" t="s">
-        <v>4845</v>
+        <v>4686</v>
       </c>
       <c r="L528" t="s">
         <v>26</v>
       </c>
       <c r="M528" t="s">
-        <v>4846</v>
+        <v>4687</v>
       </c>
       <c r="N528" t="s">
         <v>28</v>
       </c>
       <c r="O528" t="s">
-        <v>4847</v>
+        <v>4853</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
+        <v>66537</v>
+      </c>
+      <c r="B529" t="s">
+        <v>4854</v>
+      </c>
+      <c r="C529" t="s">
+        <v>4855</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4856</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4857</v>
+      </c>
+      <c r="F529" t="s">
+        <v>4858</v>
+      </c>
+      <c r="G529" t="s">
+        <v>4601</v>
+      </c>
+      <c r="H529" t="s">
+        <v>4602</v>
+      </c>
+      <c r="I529" t="s">
+        <v>4603</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
+        <v>4686</v>
+      </c>
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
+        <v>4687</v>
+      </c>
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
+        <v>4859</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15">
+      <c r="A530">
+        <v>66538</v>
+      </c>
+      <c r="B530" t="s">
+        <v>4860</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D530" t="s">
+        <v>4861</v>
+      </c>
+      <c r="E530" t="s">
+        <v>4862</v>
+      </c>
+      <c r="F530" t="s">
+        <v>4863</v>
+      </c>
+      <c r="G530" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I530" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
+        <v>4864</v>
+      </c>
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
+        <v>4865</v>
+      </c>
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
+        <v>4866</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15">
+      <c r="A531">
+        <v>66540</v>
+      </c>
+      <c r="B531" t="s">
+        <v>4867</v>
+      </c>
+      <c r="C531" t="s">
+        <v>4868</v>
+      </c>
+      <c r="D531" t="s">
+        <v>4869</v>
+      </c>
+      <c r="E531" t="s">
+        <v>4870</v>
+      </c>
+      <c r="F531" t="s">
+        <v>4871</v>
+      </c>
+      <c r="G531" t="s">
+        <v>4872</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4873</v>
+      </c>
+      <c r="I531" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>4874</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>4875</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4876</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
         <v>66541</v>
       </c>
-      <c r="B529" t="s">
-[...39 lines deleted...]
-        <v>4854</v>
+      <c r="B532" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4877</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4878</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4879</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4880</v>
+      </c>
+      <c r="G532" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I532" t="s">
+        <v>1787</v>
+      </c>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>4881</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>4882</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4883</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">