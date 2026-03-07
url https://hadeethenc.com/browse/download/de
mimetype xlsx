--- v3 (2026-01-25)
+++ v4 (2026-03-07)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4884">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4875">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Deutsch
 # Source: https://hadeethenc.com/de
-# Last update: 2026-01-02 16:43:38 (v1.43.0)
-# Check for updates: https://hadeethenc.com/en/check/de/v1.43.0
+# Last update: 2026-03-05 04:42:31 (v1.44.0)
+# Check for updates: https://hadeethenc.com/en/check/de/v1.44.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -72,57 +72,57 @@
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
-    <t>„Wenn Ramadan kommt, dann verrichte die 'Umrah (kleine Pilgerfahrt), denn eine 'Umrah im Ramadan ist gleichwertig mit einer Hajj.“</t>
+    <t>„Wenn Ramadan kommt, dann verrichte die 'Umrah (kleine Pilgerfahrt), denn eine 'Umrah darin ist gleichwertig mit einer Hajj.“</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu einer Frau von den Ansar, deren Namen Ibn Abbas erwähnte, aber ich habe ihn vergessen: „Was hat dich davon abgehalten, mit uns die Pilgerfahrt (Hajj) zu verrichten?“ Sie sagte: „Wir hatten nur zwei Kamele.“ So verrichtete der Vater ihres Sohnes und ihr Sohn die Pilgerfahrt auf einem Kamel. (Sie sagte:) „Und er ließ uns ein Kamel zurück, mit dem wir Wasser schöpfen.“ Er sagte: „Wenn Ramadan kommt, dann verrichte die 'Umrah (kleine Pilgerfahrt), denn eine 'Umrah im Ramadan ist gleichwertig mit einer Hajj.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu einer Frau von den Ansar, deren Namen Ibn 'Abbas erwähnte, aber ich habe ihn vergessen: „Was hat dich davon abgehalten, mit uns die Pilgerfahrt (Hajj) zu verrichten?“ Sie sagte: „Wir hatten nur zwei Kamele.“ So verrichtete der Vater ihres Sohnes und ihr Sohn die Pilgerfahrt auf einem Kamel. (Sie sagte:) „Und er ließ uns ein Kamel zurück, mit dem wir Wasser schöpfen.“ Er sagte: „Wenn Ramadan kommt, dann verrichte die 'Umrah (kleine Pilgerfahrt), denn eine 'Umrah darin ist gleichwertig mit einer Hajj.“</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>Als der Prophet - Allahs Segen und Frieden auf ihm - von der Abschiedspilgerfahrt zurückkehrte, fragte er eine Frau von den Ansar, die nicht an der Pilgerfahrt teilgenommen hatte: „Was hat dich an der Pilgerfahrt mit uns gehindert?“
 Sie entschuldigte sich damit, dass sie nur zwei Kamele hatten. Ihr Ehemann und ihr Sohn waren mit einem Kamel zur Pilgerfahrt aufgebrochen und hatten das andere zurückgelassen, damit sie damit Wasser aus dem Brunnen schöpfen konnten.
 Daraufhin informierte sie der Prophet - Frieden und Segen auf ihm -, dass die Belohnung für die Durchführung der 'Umrah im Monat Ramadan der Belohnung einer Hajj gleichkommt.</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Der Vorzug der 'Umrah im Monat Ramadan.
 Die 'Umrah im Ramadan ist in ihrer Belohnung einer Hajj gleichwertig, aber sie lässt nicht die Pflicht der Hajj entfallen.
 Die Belohnung für gute Taten erhöht sich mit der besonderen Bedeutung der Zeit - und dazu gehören die Taten im Ramadan.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
@@ -282,57 +282,57 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet seinen Gefährten von den größten Sünden; und er nannte diese drei:
 1. Allah etwas beigesellen: Dies bedeutet, eine Art der Anbetung an jemand anderen als Allah zu richten und jemand anderen Allah in Seiner Göttlichkeit, Seiner Herrschaft sowie Seinen Namen und Eigenschaften gleichzusetzen.
 2. Das schlechte Benehmen gegenüber den Eltern ('Uquq Al-Walidayn): Dies umfasst jede Art von Schädigung der Eltern, sei es durch Worte oder Taten, sowie das Unterlassen der Güte ihnen gegenüber.
 3. Die Falschaussage (Qawl Az-Zur) einschließlich der falschen Zeugenaussage: Dies bezieht sich auf jede verfälschte und unwahre Aussage, die darauf abzielt, demjenigen, gegen den sie getätigt wird, zu schaden, sei es durch den Diebstahl seines Eigentums, den Angriff auf seine Ehre oder Ähnliches.
 Der Prophet - Allahs Segen und Frieden auf ihm - wiederholte die Warnung vor der Falschaussage mehrmals, um auf deren Verwerflichkeit und die negativen Auswirkungen auf die Gesellschaft aufmerksam zu machen. Die Gefährten sagten schließlich: „Wir wünschten, er würde schweigen“, aus Mitgefühl mit ihm und wegen der Abscheu dessen, was ihn beunruhigte.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Die größte Sünde ist, Allah etwas beigesellen, da Er dies zur schwersten und größten der großen Sünden machte. Dies wird durch die Aussage Allahs - erhaben ist Er - im Quran bestätigt: „Wahrlich, Allah vergibt nicht, dass Ihm Teilhaber zur Seite gestellt werden, doch Er vergibt, was geringer ist als dies, wem Er will“.
 Die Rechte der Eltern sind von großer Bedeutung, da ihr Recht mit dem Recht Allahs - erhaben ist Er - verbunden wurde.
 Die Sünden werden in große Sünden und kleine Sünden unterteilt. Eine große Sünde (Kabirah) ist jede Sünde, die eine diesseitige Strafe nach sich zieht, wie die rechtlichen Strafen und der Fluch, oder eine jenseitige Drohung, wie die Drohung, in die Hölle einzutreten. Die großen Sünden haben unterschiedliche Schweregrade in ihrem Verbot, wobei einige schwerwiegender sind als andere. Kleine Sünden sind all jene Sünden, die nicht zu den großen Sünden zählen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2941</t>
   </si>
   <si>
     <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
-    <t>„Wahrlich, Allah - mächtig und majestätisch ist Er - verbietet euch, bei euren Vätern zu schwören</t>
+    <t>‚Wahrlich, Allah - mächtig und majestätisch ist Er - verbietet euch, bei euren Vätern zu schwören</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
-    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah - mächtig und majestätisch ist Er - verbietet euch, bei euren Vätern zu schwören.“ 'Umar sagte: „Bei Allah, ich habe nicht mehr bei ihnen geschworen, seit ich den Gesandten Allahs - Allahs Segen und Frieden auf ihm - dies untersagen hörte, weder bewusst noch unbewusst.“</t>
+    <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, Allah - mächtig und majestätisch ist Er - verbietet euch, bei euren Vätern zu schwören.‘“ 'Umar sagte: „Bei Allah, ich habe nicht mehr bei ihnen geschworen, seit ich den Gesandten Allahs - Allahs Segen und Frieden auf ihm - dies untersagen hörte, weder bewusst noch unbewusst.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah - erhaben ist Er - das Schwören bei den Vätern verbietet. Wer schwören will, soll nur bei Allah schwören und nicht bei etwas anderem. Dann erwähnte 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein -, dass er nicht mehr dabei geschworen hat, seit er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - dies untersagen hörte, weder absichtlich noch indem er den Schwur eines anderen bei etwas anderem als Allah wiederholte.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Das Verbot, bei etwas anderem als Allah zu schwören, und die besondere Erwähnung des Schwörens bei den Vätern, weil es eine Gewohnheit der vorislamischen Zeit (Jahiliyyah) war.
 Der Schwur (Al-Halif): Ist der Eid bei Allah oder bei den Namen Allahs oder bei den Eigenschaften Allahs auf eine Sache, um sie zu bestätigen.
 Die Tugend 'Umars - möge Allah mit ihm zufrieden sein - liegt in seiner schnellen Befolgung, seinem guten Verständnis und seiner Frömmigkeit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2945</t>
   </si>
   <si>
     <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
@@ -523,51 +523,51 @@
 Ibn Hajar sagte: „Darin liegt die Empfehlung, beim Schlachten sowohl ‚Bismillah‘ zu sagen als auch den Takbir zu sprechen, und die Empfehlung, den Fuß auf die rechte Seite des Halses des Opfertiers zu legen. Sie sind sich einig, dass das Tier auf seine linke Seite gelegt werden soll, sodass er (der Schlachter) seinen Fuß auf die rechte Seite (des Tieres) stellt, damit es dem Schlachter erleichtert wird, mit der rechten Hand das Messer zu ergreifen und den Kopf (des Tieres) mit der linken Hand zu halten.“
 Es ist empfehlenswert, ein gehörntes Tier zu opfern, es ist auch erlaubt, ein anderes (Tier) zu opfern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2971</t>
   </si>
   <si>
     <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>‚Tragt weder Seide noch Brokat, und trinkt nicht aus Gefäßen aus Gold und Silber, und esst nicht von ihren Tellern, denn sie sind für sie (die Ungläubigen) im Diesseits und für uns im Jenseits.‘“</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>Von 'Abdurrahman Ibn Abi Layla wird überliefert, dass sie bei Hudhayfah waren. Er bat um etwas zu trinken, und ein Zoroastrier (Feueranbeter) gab ihm zu trinken. Als er den Becher in seine Hand nahm, warf er ihn weg und sagte: „Hätte ich ihn nicht schon ein- oder zweimal ermahnt - als wollte er sagen: „, dann hätte ich dies nicht getan.“ - , doch ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Tragt weder Seide noch Brokat, und trinkt nicht aus Gefäßen aus Gold und Silber, und esst nicht von ihren Tellern, denn sie sind für sie (die Ungläubigen) im Diesseits und für uns im Jenseits.‘“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot Männern, Seide in jeglicher Form zu tragen. Und er verbot Männern und Frauen, aus Gefäßen und Behältern aus Gold und Silber zu essen und zu trinken. Und er informierte, dass diese (Gefäße) am Tag der Auferstehung ausschließlich für die Gläubigen sein werden, weil sie diese im Diesseits aus Gehorsam gegenüber Allah vermieden haben. Was die Ungläubigen betrifft, so werden sie diese im Jenseits nicht haben, weil sie sich in ihrem diesseitigen Leben an den guten Dingen erfreut haben, indem sie sie benutzten und Allahs Befehl missachteten.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot Männern, Seide in jeglicher Form zu tragen. Er verbot Männern und Frauen, aus Gefäßen und Behältern aus Gold und Silber zu essen und zu trinken, und er informierte, dass diese (Gefäße) am Tag der Auferstehung ausschließlich für die Gläubigen sein werden, weil sie diese im Diesseits aus Gehorsam gegenüber Allah vermieden haben. Was die Ungläubigen betrifft, so werden sie diese im Jenseits nicht haben, weil sie ihre guten Dinge bereits in ihrem diesseitigen Leben erhielten, indem sie sie benutzten und Allahs Befehl missachteten.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Das Tragen von Seide und Brokat ist für Männer verboten, und es gibt eine strenge Warnung für diejenigen, die es tragen.
 Frauen dürfen Seide und Brokat tragen.
 Das Essen und Trinken aus Tellern und Gefäßen aus Gold und Silber ist für Männer und Frauen verboten.
 Hudhayfah - möge Allah mit ihm zufrieden sein - war streng in seiner Missbilligung und begründete dies damit, dass er ihn mehr als einmal vor der Verwendung von Gold- und Silbergefäßen gewarnt hatte, aber er achtete nicht darauf.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2985</t>
   </si>
   <si>
     <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>‚Wer im Diesseits Seide trägt, wird sie im Jenseits nicht tragen.‘“</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
@@ -611,69 +611,69 @@
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt davor, Waffen gegen Muslime zu tragen, um sie einzuschüchtern oder auszurauben. Wer dies unberechtigt tut, begeht eine große Sünde und hat ein schweres Verbrechen begangen, die diese strenge Drohung verdient.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Die strenge Warnung vor dem Kämpfen gegen seine muslimischen Geschwister.
 Eine der größten Verfehlungen und das schwerwiegende Unrecht auf der Erde ist es, Waffen gegen die Muslime zu erheben und durch Mord Verderben zu stiften.
 Die erwähnte Drohung betrifft nicht den berechtigten Kampf, wie den Kampf gegen Rebellen und Verbrecher und andere solcher Fälle.
 Es ist verboten, Muslimen durch Waffen oder auf andere Weise Angst einzuflößen - auch nicht im Scherz.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/2997</t>
   </si>
   <si>
     <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
-    <t>„Ich habe von euch nicht den Schwur verlangt, weil ich euch einer schlechten Tat verdächtige, sondern weil Jibril zu mir kam und mir berichtete, dass Allah - mächtig und majestätisch ist Er - sich mit euch vor den Engeln rühmt.“</t>
+    <t>‚Ich habe von euch nicht den Schwur verlangt, weil ich euch einer schlechten Tat verdächtige, sondern weil Jibril zu mir kam und mir berichtete, dass Allah - mächtig und majestätisch ist Er - sich mit euch vor den Engeln rühmt.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Al-Khudri wird überliefert, dass er sagte: Mu'awiyah kam zu einer Gruppe von Leuten in der Moschee und fragte: „Was hat euch hier versammelt?“ Sie antworteten: „Wir sitzen hier, um Allahs zu gedenken.“ Er sagte: „Bei Allah, hat euch nichts anderes hier versammelt?“ Sie sagten: „Bei Allah, nichts anderes hat uns hier versammelt.“ Er sagte: „Ich habe von euch nicht den Schwur verlangt, weil ich euch einer schlechten Tat verdächtige. Und niemand, der dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - so nahe war wie ich, hat weniger von ihm überliefert als ich. Und wahrlich, der Gesandte Allahs - Allahs Segen und Frieden auf ihm - kam zu einer Gruppe seiner Gefährten und fragte: „Was hat euch hier versammelt?“ Sie antworteten: „Wir sitzen hier, um Allahs zu gedenken und Ihn dafür zu preisen, dass Er uns zum Islam geführt und uns damit beschenkt hat.“ Er sagte: „Bei Allah, hat euch nichts anderes hier versammelt?“ Sie sagten: „Bei Allah, nichts anderes hat uns hier versammelt.“ Er sagte: „Ich habe von euch nicht den Schwur verlangt, weil ich euch einer schlechten Tat verdächtige, sondern weil Jibril zu mir kam und mir berichtete, dass Allah - mächtig und majestätisch ist Er - sich mit euch vor den Engeln rühmt.“</t>
+    <t>Von Abu Sa'id Al-Khudri wird überliefert, dass er sagte: Mu'awiyah kam zu einer Gruppe von Leuten in der Moschee und fragte: „Was hat euch hier versammelt?“ Sie antworteten: „Wir sitzen hier, um Allahs zu gedenken.“ Er sagte: „Bei Allah, hat euch nichts anderes hier versammelt?“ Sie sagten: „Bei Allah, nichts anderes hat uns hier versammelt.“ Er sagte: „Ich habe von euch nicht den Schwur verlangt, weil ich euch einer schlechten Tat verdächtige. Und niemand, der dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - so nahe war wie ich, hat weniger von ihm überliefert als ich. Und wahrlich, der Gesandte Allahs - Allahs Segen und Frieden auf ihm - kam zu einer Gruppe seiner Gefährten und fragte: ‚Was hat euch hier versammelt?‘ Sie antworteten: ‚Wir sitzen hier, um Allahs zu gedenken und Ihn dafür zu preisen, dass Er uns zum Islam geführt und uns damit beschenkt hat.‘ Er sagte: ‚Bei Allah, hat euch nichts anderes hier versammelt?‘ Sie sagten: ‚Bei Allah, nichts anderes hat uns hier versammelt.‘ Er sagte: ‚Ich habe von euch nicht den Schwur verlangt, weil ich euch einer schlechten Tat verdächtige, sondern weil Jibril zu mir kam und mir berichtete, dass Allah - mächtig und majestätisch ist Er - sich mit euch vor den Engeln rühmt.‘“</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
-    <t>Mu'awiyah Ibn Abi Sufyan - möge Allah mit ihm und seinem Vater zufrieden sein - ging zu einer Gruppe von Menschen hinaus, die in der Moschee in einem Kreis saßen, und fragte sie, warum sie sich versammelt hätten. Sie antworteten: „Wir gedenken Allahs.“ Er - möge Allah mit ihm zufrieden sein - ließ sie schwören, dass sie mit ihrer Sitzung und Versammlung nur das Gedenken Allahs beabsichtigten. So schworen sie ihm dies. Dann sagte er zu ihnen: „Ich habe euch nicht schwören lassen, weil ich euch einer schlechten Tat verdächtige oder an eurer Wahrhaftigkeit zweifle.“ Dann sprach er über seine Stellung zum Propheten - Allahs Segen und Frieden auf ihm - und dass niemand ihm so nahe stand wie er, da seine Schwester Umm Habibah die Ehefrau des Propheten - Allahs Segen und Frieden auf ihm - war und er zu den Schreibern der Offenbarung gehörte, und dennoch überlieferte er nur wenige Hadithe. Er erzählte ihnen, dass der Prophet - Allahs Segen und Frieden auf ihm - eines Tages aus seinem Haus kam und sie in der Moschee sitzen sah, wie sie Allahs gedachten und Ihn dafür priesen, dass Er sie zum Islam geführt und ihnen damit Seine Gnade erwiesen hatte. Da fragte er - Allahs Segen und Frieden auf ihm - sie und ließ sie schwören, so wie Mu'awiyah - möge Allah mit ihm zufrieden sein - es mit seinen Gefährten getan hatte. Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm - ihnen den Grund für seine Frage und das Schwören lassen: Der Engel Jibril - Friede sei auf ihm - war zu ihm gekommen und hatte ihm mitgeteilt, dass Allah - mächtig und majestätisch ist Er - sich mit euch vor den Engeln rühmt, ihnen eure Vorzüge zeigt, ihnen eure guten Taten aufführt und euch bei ihnen lobt.</t>
+    <t>Mu'awiyah Ibn Abi Sufyan - möge Allah mit ihm und seinem Vater zufrieden sein - ging zu einer Gruppe von Menschen hinaus, die in der Moschee in einem Kreis saßen, und fragte sie, warum sie sich versammelt hätten. Sie antworteten: „Wir gedenken Allahs.“ Er - möge Allah mit ihm zufrieden sein - ließ sie schwören, dass sie mit ihrer Sitzung und Versammlung nur das Gedenken Allahs beabsichtigten. So schworen sie ihm dies. Dann sagte er zu ihnen: „Ich habe euch nicht schwören lassen, weil ich euch einer schlechten Tat verdächtige oder an eurer Wahrhaftigkeit zweifle.“ Dann sprach er über seine Stellung zum Propheten - Allahs Segen und Frieden auf ihm - und dass niemand ihm so nahe stand wie er, da seine Schwester Umm Habibah die Ehefrau des Propheten - Allahs Segen und Frieden auf ihm - war und er zu den Schreibern der Offenbarung gehörte - dennoch überlieferte er nur wenige Hadithe. Er erzählte ihnen, dass der Prophet - Allahs Segen und Frieden auf ihm - eines Tages aus seinem Haus kam und sie in der Moschee sitzen sah, wie sie Allahs gedachten und Ihn dafür priesen, dass Er sie zum Islam geführt und ihnen damit Seine Gnade erwiesen hatte. Da fragte er - Allahs Segen und Frieden auf ihm - sie und ließ sie schwören, so wie Mu'awiyah - möge Allah mit ihm zufrieden sein - es mit seinen Gefährten getan hatte. Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm - ihnen den Grund für seine Frage und das Schwören lassen: Der Engel Jibril - Friede sei auf ihm - war zu ihm gekommen und hatte ihm mitgeteilt, dass Allah - mächtig und majestätisch ist Er - sich mit euch vor den Engeln rühmt, ihnen eure Vorzüge zeigt, ihnen eure guten Taten aufführt und euch bei ihnen lobt.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Der Vorzug von Mu'awiyah - möge Allah mit ihm zufrieden sein - und sein Eifer, dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - in der Verbreitung des Wissens nachzueifern.
 Es ist zulässig, jemanden ohne Verdacht schwören zu lassen, um auf die Wichtigkeit einer Nachricht hinzuweisen.
 Die Vorzüge von Versammlungen des Gedenkens an Allah und des Wissens, und dass Allah sie liebt und sich mit ihnen vor den Engeln rühmt.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Überliefert von Muslim]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3007</t>
   </si>
   <si>
     <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Wahrlich, diese beiden werden gepeinigt und sie werden nicht wegen etwas Großem (einer großen Angelegenheit) gepeinigt. Was einen der beiden angeht, so pflegte er sich während des Urinierens nicht abzuschirmen/ zu schützen. Und was den anderen angeht, so ging er umher und verbreitete üble Nachrede, um die Menschen untereinander zu spalten</t>
@@ -868,57 +868,57 @@
   </si>
   <si>
     <t>Fatimah Bint Abi Hubaisch fragte den Propheten - Allahs Segen und Frieden auf ihm -: „Ich habe eine ständige Blutung, die auch außerhalb meiner Menstruationszeit nicht aufhört. Gilt dafür dieselbe Regelung wie für die Menstruation, sodass ich das Gebet unterlassen muss?“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihr: „Das ist Blut der Istihadah (nicht-menstruelle Blutung), ein krankheitsbedingtes Blut, das durch das Platzen eines Gefäßes in der Gebärmutter entsteht, und nicht Menstruationsblut. Wenn die Zeit deiner Menstruation kommt, wie du es vor deiner Erkrankung an Istihadah gewohnt warst, dann unterlasse das Gebet, das Fasten und andere Dinge, die einer menstruierenden Frau während ihrer Periode untersagt sind. Wenn diese Zeitspanne abgelaufen ist, bist du von der Menstruation rein. Wasche die Stelle des Blutes und dann wasche deinen ganzen Körper vollständig, um die rituelle Unreinheit zu beseitigen. Dann bete.“</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Die Verpflichtung der rituellen Ganzkörperwaschung (Ghusl) für die Frau nach dem Ende ihrer Menstruationszeit.
 Die Verpflichtung zum Gebet für die Frau mit Istihadah (nicht-menstrueller Blutung).
 Die Menstruation ist das natürliche Blut, das die Gebärmutter durch die Vagina einer erwachsenen Frau in bestimmten Tagen abgibt.
 Die Istihadah ist das Fließen von Blut außerhalb der Menstruationszeit aus dem unteren Teil der Gebärmutter, nicht aus ihrem Grund.
 Der Unterschied zwischen Menstruationsblut und Blut der Istihadah ist, dass Menstruationsblut dunkel und dick ist und einen unangenehmen Geruch hat, während Blut der Istihadah rot und dünn ist und keinen unangenehmen Geruch hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3029</t>
   </si>
   <si>
     <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
-    <t>„Richtet eure Reihen gerade, denn das Geraderichten der Reihen gehört zur Vervollständigung des Gebets.“</t>
+    <t>„Richtet eure Reihen gerade, denn das Geraderichten der Reihe gehört zur Vervollständigung des Gebets.“</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
-    <t>Von Anas ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Richtet eure Reihen gerade, denn das Geraderichten der Reihen gehört zur Vervollständigung des Gebets.“</t>
+    <t>Von Anas ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Richtet eure Reihen gerade, denn das Geraderichten der Reihe gehört zur Vervollständigung des Gebets.“</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt den Betenden, ihre Reihen gerade zu richten, sodass keiner von ihnen vor oder hinter den anderen stehen soll, und dass das Geraderichten der Reihen zur Vervollständigung und Vollkommenheit des Gebets gehört, und dass eine schiefe Reihe ein Mangel und eine Unvollkommenheit im Gebet darstellt.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Die Empfehlung, sich um alles zu kümmern, was das Gebet vervollständigt und es vor Unvollkommenheiten bewahrt.
 Die Weisheit des Propheten - Allahs Segen und Frieden auf ihm - in seiner Art zu lehren, indem er das Gebot mit seiner Begründung verband, damit die Weisheit der Gesetzgebung deutlich wird und die Seelen zur Befolgung angespornt werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3031</t>
   </si>
   <si>
     <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>„Wenn einer von euch die rituelle Gebetswaschung (Wudu) verrichtet, soll er Wasser in seine Nase nehmen und es dann wieder herausblasen. Und wer sich mit Steinen reinigt (nach dem Stuhlgang), soll es in ungerader Anzahl tun</t>
   </si>
   <si>
@@ -1086,57 +1086,57 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass das diesseitige Leben süß im Geschmack und grün im Anblick ist, sodass der Mensch sich von ihm täuschen lässt, sich darin vertieft und es zu seiner größten Sorge macht. Und dass Allah - gepriesen sei Er und erhaben ist Er - einige von uns zu Nachfolgern anderer in diesem diesseitigen Leben gemacht hat, um zu sehen, wie wir handeln. Gehorchen wir Ihm oder widersetzen wir uns Ihm? Dann sagte er: „Hütet euch davor, dass euch die Güter des diesseitigen Lebens und sein Schmuck täuschen und euch dazu bringen, das zu verlassen, was Allah euch befohlen hat, und in das zu fallen, was Er euch untersagt hat. Und unter den Versuchungen des diesseitigen Lebens, vor denen man sich am meisten hüten muss, ist die Versuchung der Frauen, denn sie war die erste Versuchung, in die die Kinder Israels verfielen.“</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Die Ermahnung, stets gottesfürchtig zu sein und sich nicht mit den äußeren Erscheinungen des diesseitigen Lebens und seinem Schmuck zu beschäftigen.
 Die Warnung davor, sich von Frauen verführen zu lassen, sei es durch Blicke, durch Nachlässigkeit im Vermischen mit fremden Männern oder durch andere Dinge.
 Die Versuchung durch Frauen gehört zu den größten Versuchungen im diesseitigen Leben.
 Aus den Erfahrungen früherer Völker zu lernen und sich dadurch ermahnen zulassen, denn was den Kindern Israels widerfahren ist, kann auch anderen widerfahren.
 Die Versuchung durch Frauen, wenn es sich um eine Ehefrau handelt, kann den Mann dazu bringen, mehr auszugeben, als er sich leisten kann, und ihn von der Suche nach religiösen Angelegenheiten ablenken und ihn dazu bringen, sich auf die Suche nach weltlichen Dingen zu stürzen. Wenn es sich um eine fremde Frau handelt, besteht ihre Versuchung darin, Männer zu verführen und sie vom rechten Weg abzubringen, wenn sie ausgehen und sich unter sie mischen, besonders wenn sie unverhüllt und geschmückt sind. Dies kann dazu führen, dass man in verschiedenen Graden in Unzucht verfällt. Deshalb sollte der Gläubige sich an Allah halten und Ihn um Rettung vor ihren Versuchungen bitten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3053</t>
   </si>
   <si>
     <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
-    <t>„Wir haben dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue gelobt, in schwierigen und leichten Zeiten, bei Begeisterung und Missfallen</t>
+    <t>„Wir haben dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue gelobt, in schwierigen und leichten Zeiten, bei Begeisterung und Missfallen, und selbst dann, wenn andere uns gegenüber bevorzugt würden</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
-    <t>Von 'Ubadah Ibn As-Samit - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir haben dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue gelobt, in schwierigen und leichten Zeiten, bei Begeisterung und Missfallen. Wir haben ihm auch die Treue gelobt, uns nicht gegen die Entscheidung der Führenden zu stellen und die Wahrheit zu sprechen, wo auch immer wir uns befinden, und um Allahs Willen keine Angst vor dem Tadel eines Tadelnden zu haben.“</t>
+    <t>Von 'Ubadah Ibn As-Samit - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir haben dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue gelobt, in schwierigen und leichten Zeiten, bei Begeisterung und Missfallen, und selbst dann, wenn andere uns gegenüber bevorzugt würden.. Wir haben ihm auch die Treue gelobt, uns nicht gegen die Entscheidung der Führenden zu stellen und die Wahrheit zu sprechen, wo auch immer wir uns befinden, und um Allahs Willen keine Angst vor dem Tadel eines Tadelnden zu haben.“</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - nahm von den Gefährten das Versprechen und den Eid ab, den Führern und Herrschern in allen Umständen, ob in Leichtigkeit oder Schwierigkeit, Reichtum oder Armut, Gehorsam zu leisten, selbst wenn deren Anordnungen der eigenen Seele widersprechen oder ihr verhasst sind. Auch wenn die Herrscher sich ungerecht am öffentlichen Vermögen oder an Ämtern bereichern, ist es dennoch Pflicht, ihnen im Guten Gehorsam zu leisten und sich nicht gegen sie zu erheben, da die Unruhe und das Verderben, die durch einen Aufstand entstehen, schlimmer sind als das Unrecht, das sie möglicherweise verüben. Außerdem haben sie versprochen, die Wahrheit an jedem Ort auszusprechen, dabei aufrichtig für Allah zu handeln, ohne sich vor denen zu fürchten, die sie tadeln.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Die Frucht des Gehorsams und der Treue gegenüber den Führern ist die Einheit des Worts der Muslime und die Ablehnung der Spaltung.
 Die Pflicht, den Herrschern in allem Gehorsam zu leisten, außer in der Sünde, in Zeiten der Leichtigkeit und der Schwierigkeit, in Zeiten der Freude und des Zwangs sowie in Bezug auf die Bevorzugung, die sie sich nehmen.
 Die Pflicht, die Wahrheit zu sprechen, wo (auch) immer wir uns befinden, und für das Angesicht Allahs den Tadel des Tadlers nicht zu fürchten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3061</t>
   </si>
   <si>
     <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>„Ich habe vom Propheten - Allahs Segen und Frieden auf ihm - zehn Gebetseinheiten erlernt</t>
@@ -1193,64 +1193,64 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte häufig den Siwak zu benutzen und befahl  an, dies zu tun. Er befahl ihn besonders zu bestimmten Zeiten, darunter: die Verwendung des Siwaks beim Aufstehen in der Nacht, da der Prophet - Allahs Segen und Frieden auf ihm - dann seinen Mund mit dem Siwak reinigte und pflegte.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Hierin ist eine Bestätigung, dass der Siwak nach dem Schlaf in der Nacht vorgeschrieben (und empfohlen) ist, da der Schlaf zu einer Veränderung des Mundgeruchs führt und der Siwak ein Reinigungswerkzeug ist.
 Der Siwak ist, basierend auf der bereits genannten Bedeutung der Überlieferung, besonders dann vorgeschrieben, wenn sich der Mundgeruch unangenehm verändert.
 Die Sauberkeit ist im Allgemeinen vorgeschrieben. Sie gehört zur Sunnah des Propheten - Allahs Segen und Frieden auf ihm - und zu den edlen Verhaltensregeln.
 Die Verwendung des Siwaks im gesamten Mund umfasst die Zähne, das Zahnfleisch und die Zunge.
 Der Siwak ist ein Zweig, der von einem Arakbaum oder einem anderen Baum abgeschnitten wird. Er wird zur Reinigung des Mundes und der Zähne verwendet; er erfrischt den Mund und entfernt unangenehme Gerüche.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3063</t>
   </si>
   <si>
     <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
-    <t>„Ein gläubiger Mann soll eine gläubige Frau nicht hassen. Wenn er einen Charakterzug an ihr verabscheut, so wird er einen anderen an ihr mögen.“</t>
+    <t>‚Ein gläubiger Mann soll eine gläubige Frau nicht hassen. Wenn er einen Charakterzug an ihr verabscheut, so wird er einen anderen an ihr mögen.‘</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Ein gläubiger Mann soll eine gläubige Frau nicht hassen. Wenn er einen Charakterzug an ihr verabscheut, so wird er einen anderen an ihr mögen.“ Oder er sagte: „einen anderen (Charakterzug).“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Ein gläubiger Mann soll eine gläubige Frau nicht hassen. Wenn er einen Charakterzug an ihr verabscheut, so wird er einen anderen an ihr mögen.‘ Oder er sagte: ‚einen anderen (Charakterzug).‘“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot dem Ehemann, seine Ehefrau auf eine Weise zu hassen, die dazu führt, dass sie ungerecht behandelt und verlassen wird und sich von ihr abgewendet wird. Denn der Mensch ist von Natur aus unvollkommen. Wenn er einen schlechten Charakterzug an ihr verabscheut, wird er einen anderen guten Charakterzug an ihr finden. So wird er mit dem Guten zufrieden sein, das ihm gefällt, und er wird das Schlechte ertragen, das ihm nicht gefällt. Dies wird ihn dazu bringen, geduldig zu sein und sie nicht mit einem Hass zu hassen, der ihn dazu bringt, sich von ihr zu trennen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot dem Ehemann, seine Ehefrau auf eine Weise zu hassen, die dazu führt, dass sie ungerecht behandelt und verlassen wird und sich von ihr abgewendet wird. Der Mensch ist von Natur aus unvollkommen. Wenn er einen schlechten Charakterzug an ihr verabscheut, wird er einen anderen guten Charakterzug an ihr finden. So wird er mit dem Guten zufrieden sein, das ihm gefällt, und er wird das Schlechte ertragen, das ihm nicht gefällt. Dies wird ihn dazu bringen, geduldig zu sein und sie nicht mit einem Hass zu hassen, der ihn dazu bringt, sich von ihr zu trennen.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Ein Aufruf an den Gläubigen, gerecht zu sein und in jeder Meinungsverschiedenheit mit seiner Frau Vernunft walten zu lassen, anstatt sich von Emotionen und vorübergehenden Impulsen leiten zu lassen.
 Es gehört nicht zur Art eines Gläubigen, eine gläubige Frau vollständig zu hassen, was ihn dazu bringen würde, sich von ihr zu trennen. Stattdessen sollte er das, was er nicht mag, durch das, was er mag, übersehen.
 Der Ansporn zum guten Umgang und zur guten Beziehung zwischen den Ehepartnern.
 Der Glaube (Iman) führt zu edlen Charaktereigenschaften, sodass weder ein gläubiger Mann noch eine gläubige Frau ohne gute Eigenschaften sein kann. Der Glaube erfordert das Vorhandensein lobenswerter Eigenschaften in beiden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3071</t>
   </si>
   <si>
     <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>„Ich war mit dem Propheten - Allahs Segen und Frieden auf ihm - und er kam an einem Abfallplatz eines Volks vorbei. Er urinierte dort im Stehen</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
@@ -1294,57 +1294,57 @@
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot jedem, der seine Notdurft (Urinieren oder Stuhlgang) verrichten möchte, sich mit dem Gesicht oder dem Rücken zur Qiblah (der Richtung der Ka'bah) zu wenden. Stattdessen sollte er sich von ihr abwenden und sich nach Osten oder Westen richten, wenn seine Qiblah die gleiche ist wie die der Bewohner von Al-Madinah. Dann berichtete Abu Ayyub - möge Allah mit ihm zufrieden sein -, dass sie, als sie zur Levante kamen, dort Toiletten vorfanden, die in Richtung der Ka'bah gebaut waren. Sie pflegten dann ihre Körper von der Qiblah abzuwenden, jedoch baten sie dennoch Allah um Vergebung.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Die Weisheit dahinter ist die Ehrung und der Respekt gegenüber der ehrwürdigen Ka'bah.
 Das Bittgebet um Vergebung (Istighfar) nach dem Verlassen des Ortes, an dem man seine Notdurft verrichtet hat.
 Die gute Lehrweise des Propheten - Allahs Segen und Frieden auf ihm - zeigt sich darin, dass er, nachdem er das Verbotene erwähnt hat, auf das Erlaubte hingewiesen hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3078</t>
   </si>
   <si>
     <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
-    <t>„Keiner von euch soll sein Glied mit der rechten Hand halten, während er uriniert, und keiner soll sich nach dem Stuhlgang mit der rechten Hand reinigen, und keiner soll in ein Trinkgefäß ein- und ausatmen.“</t>
+    <t>‚Keiner von euch soll sein Glied mit der rechten Hand halten, während er uriniert, und keiner soll sich nach dem Stuhlgang mit der rechten Hand reinigen, und keiner soll in ein Trinkgefäß ein- und ausatmen.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
-    <t>Von Abu Qatadah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Keiner von euch soll sein Glied mit der rechten Hand halten, während er uriniert, und keiner soll sich nach dem Stuhlgang mit der rechten Hand reinigen, und keiner soll in ein Trinkgefäß ein- und ausatmen.“</t>
+    <t>Von Abu Qatadah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Keiner von euch soll sein Glied mit der rechten Hand halten, während er uriniert, und keiner soll sich nach dem Stuhlgang mit der rechten Hand reinigen, und keiner soll in ein Trinkgefäß ein- und ausatmen.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte einige Anstandsregeln, indem er verbot, dass ein Mann sein Glied während des Urinierens mit der rechten Hand hält oder Unreinheiten von den Geschlechtsteilen oder dem After mit der rechten Hand entfernt, da die rechte Hand für edle Handlungen vorgesehen ist. Er verbot auch, dass man in das Gefäß atmet, aus dem man trinkt.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Der Beweis, dass der Islam in Bezug auf Anstand und Sauberkeit fortgeschritten war/ist.
 Die Vermeidung schmutziger Dinge. Wenn es notwendig ist, sie (direkt) zu berühren, sollte man die linke Hand benutzen.
 Die Verdeutlichung der Ehre der rechten Hand und ihrer Vorzüge gegenüber der linken.
 Die islamische Gesetzgebung ist vollkommen und ihre Lehren sind allumfassend.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3079</t>
   </si>
   <si>
     <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
@@ -1439,76 +1439,76 @@
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - verbot das Gebet, wenn das Essen, nach dem die Seele des Betenden verlangt und an dem sein Herz hängt, serviert wird.
 Ebenso verbot er das Gebet, wenn man die beiden natürlichen Bedürfnisse - das Urinieren und den Stuhlgang - zurückhalten muss, weil das Unterdrücken dieses Schaden einen ablenkt.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Der Betende sollte alles, was ihn während des Gebets ablenken könnte, vor dem Beginn des Gebets entfernen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3088</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - seine beiden Hände auf Höhe seiner Schultern hob, wenn er das Gebet eröffnete</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
-    <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - seine beiden Hände auf Höhe seiner Schultern hob, wenn er das Gebet eröffnete. Und wenn er den Takbir zur Verbeugung (Ruku') sprach, und wenn er seinen Kopf von der Verbeugung hob, hob er sie ebenfalls so hoch und sagte: „Sami'a Allahu liman hamidah, Rabbana wa lakal-hamd“ (Allah hört denjenigen, der Ihn preist. Unser Herr, Dir gebührt alles Lob). Und er tat dies nicht während der Niederwerfung (Sujud).</t>
+    <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - seine beiden Hände auf Höhe seiner Schultern hob, wenn er das Gebet eröffnete. Und wenn er den Takbir zur Verbeugung sprach, und wenn er seinen Kopf von der Verbeugung hob, hob er sie ebenfalls so hoch und sagte: „Sami'a Allahu liman hamidah, Rabbana wa lakal-hamd“ (Allah hört denjenigen, der Ihn preist. Unser Herr, Dir gebührt alles Lob). Und er tat dies nicht während der Niederwerfung (Sujud).</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hob seine Hände an drei Stellen im Gebet auf Höhe seiner Schultern, d. h. dort, wo sich das Schulterblatt und der Oberarmknochen treffen.
 Die erste Stelle: Wenn er das Gebet mit dem Eröffnungstakbir (Takbiratu Al-Ihram) beginnt.
 Die zweite Stelle: Wenn er den Takbir zur Verbeugung spricht.
 Die dritte Stelle: Wenn er seinen Kopf von der Verbeugung hebt und sagt: „Sami'a Allahu liman hamidah, Rabbana wa lakal-hamd“ (Allah hört denjenigen, der Ihn preist. Unser Herr, Dir gebührt alles Lob).
 Und er hob seine Hände nicht, wenn er mit der Niederwerfung (Sujud) begann oder wenn er sich daraus erhob.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Eine der Weisheiten hinter dem Erheben der Hände im Gebet ist, dass es das Gebet verschönert und eine Verherrlichung Allahs - gepriesen sei Er - ist.
-Es wird authentisch vom Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er seine Hände an einer vierten Stelle erhob, wie in der Überlieferung von Abu Humayd Al-Sa'idi bei Abu Dawud und anderen, nämlich beim Aufstehen vom ersten Taschahhud (dem ersten Sitzen im Gebet) im Gebet mit drei und vier Gebetseinheiten.
+Es wird authentisch vom Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er seine Hände an einer vierten Stelle erhob, wie in der Überlieferung von Abu Humayd As-Sa'idi bei Abu Dawud und anderen, nämlich beim Aufstehen vom ersten Taschahhud (dem ersten Sitzen im Gebet) im Gebet mit drei und vier Gebetseinheiten.
 Außerdem wird von ihm - Allahs Segen und Frieden auf ihm - authentisch überliefert, dass er seine Hände auf Höhe seiner Ohren hob, ohne sie zu berühren, wie es in der Überlieferung von Malik Ibn Al-Huwayrith in den beiden Sahih-Werken (Al-Bukhari und Muslim) heißt: „Dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - wenn er den Takbir sprach, seine Hände hob, bis sie auf gleicher Höhe mit seinen Ohren waren.“
 Die Kombination von „Sami'a Allahu liman hamidah“ (Allah hört denjenigen, der Ihn preist) und „Rabbana wa lakal-hamd“ (Unser Herr, Dir gebührt alles Lob) ist spezifisch für den Imam (Vorbeter) und denjenigen, der alleine betet. Derjenige, der hinter einem Imam betet, sagt nur: „Rabbana wa lakal-hamd“.
 Die Aussage „Rabbana wa lakal-hamd“ nach der Verbeugung ist vom Propheten - Allahs Segen und Frieden auf ihm - in vier verschiedenen Formulierungen überliefert worden, und dies ist eine davon. Es ist am besten, dass man all diese Formulierungen sagt, sodass man mal diese und mal jene auswählt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3095</t>
   </si>
   <si>
     <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - lehrte mich den Taschahhud - und meine Handfläche war zwischen seinen beiden Handflächen - so wie er mich eine Surah aus dem Qur'an lehrte</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - lehrte mich den Taschahhud - und meine Handfläche war zwischen seinen beiden Handflächen - so wie er mich eine Surah aus dem Qur'an lehrte: ,At-Tahiyyatu Lillahi was-Salawatu wat-Tayyibatu, As-Salamu 'alayka ayyuhan-Nabiyyu wa Rahmatullahi wa Barakatuhu, As-Salamu 'alayna wa 'ala 'Ibadillahi As-Salihin. Aschhadu an la ilaha illa Allah wa Aschhadu anna Muhammadan Abduhu wa Rasuluhu.‘ (Alle Ehrerweisungen, Gebete und schöne Worte gebühren Allah. Der Friede sei auf dir, o Prophet, die Barmherzigkeit Allahs und Sein Segen. Der Friede sei auf uns und den rechtschaffenen Dienern Allahs. Ich bezeuge, dass niemand würdig ist angebetet zu werden außer Allah und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist.)“
 Und in einem Wortlaut der beiden heißt es: „Wahrlich Allah ist der Friede. Wenn einer von euch nun im Gebet sitzt, soll er sagen:  ,At-Tahiyyatu Lillahi was-Salawatu wat-Tayyibatu, As-Salamu 'alayka ayyuhan-Nabiyyu wa Rahmatullahi wa Barakatuhu, As-Salamu 'alayna wa 'ala 'Ibadillahi As-Salihin.‘ - Wenn er dies sagt, trifft es jeden rechtschaffenen Diener im Himmel und auf der Erde. - ,Aschhadu an la ilaha illa Allah wa Aschhadu anna Muhammadan Abduhu wa Rasuluhu.‘ Daraufhin wählt er von den Bitten aus, was er möchte.“</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
@@ -1641,78 +1641,78 @@
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass zu den notwendigen Verhaltensregeln für diejenigen, die zur Freitagspredigt kommen, das Zuhören des Predigers gehört, um über die Ermahnungen nachzudenken. Wer jedoch spricht - selbst wenn es nur wenig ist - während der Imam predigt, und anderen sagt: „Sei still“ oder „Hör zu“, hat den Vorzug des Freitagsgebets verpasst.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Es ist verboten, während der Predigt zu sprechen, selbst wenn es darum geht, Unrecht zu verhindern, den Friedensgruß zu erwidern oder das Bittgebet für den Niesenden zu sprechen.
 Ausgenommen von diesem Verbot ist, wenn jemand den Imam anspricht oder wenn der Imam ihn anspricht.
 Es ist erlaubt, zwischen den beiden Predigten (des Freitagsgebets) zu sprechen, wenn es notwendig ist.
 Wenn der Prophet - Allahs Segen und Frieden auf ihm - erwähnt wird, während der Imam predigt, solltest du die Segens- und Friedenswünsche für ihn leise sprechen. Ebenso solltest du leise „Amin“ zu den Bittgebeten sagen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3107</t>
   </si>
   <si>
     <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
-    <t>„Soll ich euch nicht etwas über den Dajjal erzählen, was kein Prophet vor mir seinem Volk erzählt hat? Er ist einäugig, und er wird mit etwas kommen, das wie das Paradies und das Höllenfeuer aussieht</t>
+    <t>‚Soll ich euch nicht etwas über den Dajjal erzählen, was kein Prophet vor mir seinem Volk erzählt hat? Er ist einäugig, und er wird mit etwas kommen, das wie das Paradies und das Höllenfeuer aussieht</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht etwas über den Dajjal erzählen, was kein Prophet vor mir seinem Volk erzählt hat? Er ist einäugig, und er wird mit etwas kommen, das wie das Paradies und das Höllenfeuer aussieht. Doch das, was er als Paradies bezeichnet, ist in Wirklichkeit das Höllenfeuer. Ich warne euch vor ihm, so wie Nuh sein Volk vor ihm gewarnt hat.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Soll ich euch nicht etwas über den Dajjal erzählen, was kein Prophet vor mir seinem Volk erzählt hat? Er ist einäugig, und er wird mit etwas kommen, das wie das Paradies und das Höllenfeuer aussieht. Doch das, was er als Paradies bezeichnet, ist in Wirklichkeit das Höllenfeuer. Ich warne euch vor ihm, so wie Nuh sein Volk vor ihm gewarnt hat.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert seine Gefährten über den Dajjal, seine Eigenschaften und seine Zeichen, auf eine Weise, wie es kein Prophet vor ihm getan hat. Dazu gehört:
 Er ist auf einem Auge blind.
 Und dass Allah - erhaben ist Er - ihm etwas gegeben hat, das wie das Paradies und das Höllenfeuer aussieht, entsprechend der visuellen Wahrnehmung.
 Aber sein Paradies ist Feuer, und sein Feuer ist Paradies. Wer ihm gehorcht, den wird er in dieses Paradies eintreten lassen, wie es die Menschen sehen, aber es ist ein sengendes Feuer. Und wer ihm nicht gehorcht, den wird er ins Feuer werfen, wie es die Menschen sehen, aber es ist ein angenehmes Paradies. Dann warnte uns der Prophet - Allahs Segen und Frieden auf ihm - vor seiner Versuchung, so wie Nuh sein Volk warnte.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
-    <t>Die gewaltige Versuchung des Dajjal.
+    <t>Die gewaltige Versuchung des Dajjals.
 Die Rettung vor der Versuchung durch den Dajjal besteht in aufrichtigem Glauben, dem Fliehen zu Allah - erhaben ist Er -, der Zufluchtsuche bei Allah vor ihm im letzten Taschahhud, sowie dem Auswendiglernen von zehn Versen vom Beginn der Surah Al-Kahf.
 Die große Fürsorge des Propheten - Allahs Segen und Frieden auf ihm - für seine Gemeinschaft, da er den Muslimen die Eigenschaften des Dajjal auf eine Weise erklärte, wie es kein Prophet vor ihm getan hatte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3110</t>
   </si>
   <si>
     <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>„Der Mann befindet sich auf der Religion seines engen Freundes, so soll jeder von euch schauen, wen er sich zum engen Freund nimmt.“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Der Mann befindet sich auf der Religion seines engen Freundes, so soll jeder von euch schauen, wen er sich zum engen Freund nimmt.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass ein Mensch seinem engen Freund und Gefährten in seinem Lebenswandel und seinen Gewohnheiten ähnelt. Die Freundschaft wirkt sich auf die Moral, das Verhalten und das Handeln aus. Deshalb riet er zur Sorgfalt bei der Wahl eines guten Freundes an, denn dieser führt seinen Freund zum Glauben, zur Rechtleitung und zum Guten und ist ihm eine Hilfe.</t>
   </si>
   <si>
@@ -1871,51 +1871,51 @@
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Die Unterwerfung des Propheten - Allahs Segen und Frieden auf ihm - gegenüber seinem Herrn und seine flehentliche Bitte an Ihn. Er wies auch die Glaubensgemeinschaft darauf hin, darum zu bitten.
 Die Wichtigkeit der Rechtschaffenheit und Standhaftigkeit im Glauben und dass das Ende entscheidend ist.
 Der Diener kommt keinen Augenblick ohne das Festigen durch Allah auf dem Islam aus.
 Der Ansporn dazu, dieses Bittgebet häufig zu sprechen, um dem Propheten - Allahs Segen und Frieden auf ihm - dabei nachzuahmen.
 Die Standhaftigkeit im Islam ist die größte Gnade, nach der der Diener streben und für die er seinem Herrn danken sollte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3142</t>
   </si>
   <si>
     <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>‚Wenn ein Hund aus dem Gefäß eines von euch trinkt, dann soll er es siebenmal waschen.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wahrlich, der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn ein Hund aus dem Gefäß eines von euch trinkt, dann soll er es siebenmal waschen.‘“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wahrlich, der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn ein Hund aus dem Gefäß eines von euch trinkt, dann soll er es siebenmal waschen.‘“ Und in einer Überlieferung bei/von Muslim heißt es: „Die erste davon (dieser Waschungen) mit Erde.“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, das Gefäß siebenmal zu waschen, wenn der Hund seine Zunge hineingesteckt hat. Die erste (Waschung) davon soll mit Erde vermischt sein, damit das Wasser danach kommt, um eine vollständige Reinigung von seiner Unreinheit und seinem Schaden zu erreichen.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Der Speichel des Hundes ist eine schwere Unreinheit.
 Das Trinken des Hundes aus dem Gefäß macht es und das darin befindliche Wasser unrein.
 Die Reinigung mit Erde und die siebenmalige Wiederholung gelten ausschließlich für die Reinigung von dem, woraus der Hund getrunken hat - nicht für seinen Urin, seinen Kot oder andere Dinge, die der Hund verunreinigt hat.
 Die Art und Weise, das Gefäß mit Erde zu waschen: Man füllt das Gefäß mit Wasser und fügt Erde hinzu. Dann wird das Gefäß mit dieser Mischung gewaschen.
 Der offensichtliche Wortlaut des Hadithes deutet darauf hin, dass er allgemein für alle Hunde gilt - auch für diejenigen, deren Haltung islamisch-gesetzlich erlaubt ist, wie Jagd-, Wach- und Hütehunde.
 Seife und Reinigungsmittel ersetzen nicht die Erde, da der Prophet - Allahs Segen und Frieden auf ihm - ausdrücklich die Erde erwähnte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3143</t>
@@ -2152,57 +2152,57 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass Prüfungen und Schwierigkeiten den gläubigen Mann und die gläubige Frau unaufhörlich treffen werden, sei es in ihrer eigenen Person, in Bezug auf ihre Gesundheit und ihren Körper, in ihren Kindern durch Krankheit, Tod, Ungehorsam oder anderes, oder in ihrem Besitz durch Armut, Verlust von Geschäften, Diebstahl, schlechte Lebensbedingungen und finanzielle Engpässe. Dies geschieht solange, bis Allah durch diese Prüfungen alle ihre Sünden und Fehler sühnt, sodass sie, wenn sie Allah begegnen, von allen Sünden und Missetaten, die sie begangen haben, rein sind.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Es ist eine Barmherzigkeit Allahs gegenüber Seinen gläubigen Dienern, dass Er ihre Sünden in ihrem diesseitigen Leben durch die Prüfungen und Leiden des Diesseits sühnt.
 Die Prüfung an sich sühnt die Sünden unter der Bedingung (des Vorhandenseins) des Glaubens. Wenn der Diener geduldig ist und nicht unzufrieden, wird er belohnt.
 Die Aufforderung zur Geduld in allen Angelegenheiten; in denen, die man mag, und denen, die man nicht mag. Man soll geduldig sein, bis man das erfüllt, was Allah verpflichtend gemacht hat, und geduldig sein, bis man sich von dem fernhält, was Allah verboten hat, in der Hoffnung auf Allahs Belohnung und in Furcht vor Seiner Strafe.
 Seine Aussage: „dem gläubigen Mann und der gläubigen Frau“ - die zusätzliche Erwähnung der gläubigen Frau dient als weitere Betonung für die Frau. Selbst wenn nur „dem Gläubigen“ gesagt worden wäre, wäre die Frau (sprachlich mit) eingeschlossen gewesen, da sich dies nicht ausschließlich auf den Mann bezieht. Wenn also die Frau von Prüfungen betroffen ist, dann wird auch ihr eine solche Belohnung in Form der Sühne von Sünden und Verfehlungen versprochen.
 Was dem Diener das Erleiden von Schmerzen immer wieder  erträglich macht, ist die Belohnung, die mit der Prüfung einhergeht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3159</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
-    <t>dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er betete, seine Arme so weit auseinander spreizte, dass die Weiße seiner Achselhöhlen sichtbar wurde</t>
+    <t>dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er betete, seine Arme so weit auseinander spreizte, dass die weißen Stellen seiner Achselhöhlen sichtbar wurden</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Malik Ibn Bukhaynah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er betete, seine Arme so weit auseinander spreizte, dass die Weiße seiner Achselhöhlen sichtbar wurde.</t>
+    <t>Von 'Abdullah Ibn Malik Ibn Bukhaynah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er betete, seine Arme so weit auseinander spreizte, dass die weißen Stellen seiner Achselhöhlen sichtbar wurden.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte, wenn er sich niederwarf, seine Arme während der Niederwerfung auseinander zu spreizen; er bewegte jede Hand von der Seite weg, die ihr am nächsten war, wie Flügel, bis die Farbe seiner Achselhaut sichtbar wurde. Und dies aufgrund der Übertreibung beim Ausbreiten der Arme und ihrer Entfernung von seinen Seiten.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Es wird empfohlen, in der Niederwerfung die Oberarme vom Körper zu entfernen.
 Derjenige, der in der Gemeinschaft betet und dessen Nachbar durch sein Abspreizen der Arme beeinträchtigt wird, für den ist dies nicht vorgeschrieben.
 Das Spreizen der Arme in der Niederwerfung hat viele Weisheiten und Vorteile, darunter: Es zeigt Aktivität und Eifer im Gebet, und wenn man sich auf alle Glieder der Niederwerfung stützt, erhält jedes Glied seinen Anteil an der Anbetung. Es wurde auch gesagt: Die Weisheit dahinter ist, dass es der Demut näher ist, die Stirn und die Nase besser den Boden berühren lässt, und auch, damit jedes Körperglied für sich allein zur Geltung kommt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3220</t>
   </si>
   <si>
     <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
@@ -2221,57 +2221,57 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass der Herr - gepriesen sei Er - Seinem Diener im letzten Drittel der Nacht am nächsten ist. Wenn du also, o Gläubiger, die Möglichkeit und Fähigkeit hast, in dieser Zeit zu den Anbetenden, Betenden, Gedenkenden und Reumütigen zu gehören, dann ist dies eine Gelegenheit, die man ergreifen und sich darin bemühen sollte.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Ein Ansporn für den Muslim, im letzten Drittel der Nacht (Allahs) zu gedenken.
 Manche Zeiten sind gegenüber anderen besonders ausgezeichnet für das Gedenken Allahs, das Bittgebet und das Gebet.
 Mirak sagte: „Der Unterschied zwischen der Aussage ‚Am nächsten ist der Herr dem Diener‘ und der Aussage ‚Am nächsten ist der Diener seinem Herrn, wenn er sich niederwirft‘ besteht darin, dass hier (in der ersten Aussage) die Zeit gemeint ist, in der der Herr dem Diener am nächsten ist, nämlich im letzten Teil der Nacht, während dort (in der zweiten Aussage) die Nähe des Dieners zu seinem Herrn im Zustand der Niederwerfung gemeint ist.“</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3236</t>
   </si>
   <si>
     <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
-    <t>„Der beste Dinar, den der Mann ausgibt, ist der Dinar, den er für seine Kinder ausgibt, der Dinar, den der Mann für sein Reittier auf dem Wege Allahs ausgibt, und der Dinar, den er für seine Gefährten auf dem Weg Allahs ausgibt.“</t>
+    <t>‚Der beste Dinar, den der Mann ausgibt, ist der Dinar, den er für seine Kinder ausgibt, der Dinar, den der Mann für sein Reittier auf dem Wege Allahs ausgibt, und der Dinar, den er für seine Gefährten auf dem Weg Allahs ausgibt.‘“</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
-    <t>Von Thauban - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der beste Dinar, den der Mann ausgibt, ist der Dinar, den er für seine Kinder ausgibt, der Dinar, den der Mann für sein Reittier auf dem Wege Allahs ausgibt, und der Dinar, den er für seine Gefährten auf dem Weg Allahs ausgibt.“ Abu Qilabah sagte: „Und er begann mit den Kindern.“ Dann sagte Abu Qilabah: „Welcher Mann erhält einen großartigeren Lohn, als derjenige, der für seine kleinen Kinder ausgibt, um sie zu erziehen oder damit Allah sie für ihn nützlich macht und sie reich macht?“</t>
+    <t>Von Thawban - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der beste Dinar, den der Mann ausgibt, ist der Dinar, den er für seine Kinder ausgibt, der Dinar, den der Mann für sein Reittier auf dem Wege Allahs ausgibt, und der Dinar, den er für seine Gefährten auf dem Weg Allahs ausgibt.‘“ Abu Qilabah sagte: „Und er begann mit den Kindern.“ Dann sagte Abu Qilabah: „Welcher Mann erhält einen großartigeren Lohn, als derjenige, der für kleine Kinder ausgibt, um sie zu erziehen oder damit Allah sie durch ihn nützlich macht und sie reich macht?“</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erläuterte verschiedene Arten des Ausgebens und ordnete sie nach ihrer Wichtigkeit, wenn man dabei Prioritäten setzen muss, beginnend mit dem Wichtigsten und dann dem nächst Wichtigsten. Er erklärte, dass das Geld, das der Muslim für diejenigen ausgibt, die er zu versorgen hat, wie z. B. Ehefrau und Kinder, die größte Belohnung bringt. Dann kommt das Ausgeben für das Reittier, das für den Kampf auf Allahs Weg bereitgestellt wird. Dann das Ausgeben für seine Gefährten und seine Begleitung, während sie auf dem Weg Allahs kämpfen.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Die Reihenfolge der Unterhaltszahlungen nach der erwähnten Rangfolge. Dies sollte bei Konflikten berücksichtigt werden.
 Die Verdeutlichung der Priorität der Ausgaben für die Familie gegenüber anderen Ausgaben in Bezug auf die Vorzüglichkeit.
 Die Ausgaben für das Sich-Abmühen auf dem Weg Allahs gehören zu den gewaltigsten Ausgaben, wie z. B. die Bereitstellung von Ausrüstung und Männern für das Sich-Abmühen.
 Es wurde gesagt: Mit dem „Weg Allahs“ ist jede Tat des Gehorsams gemeint, wie zum Beispiel die Pilgerfahrt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3267</t>
   </si>
@@ -2323,115 +2323,115 @@
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Kürzt die Schnurrbärte und lasst die Bärte wachsen.“</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befiehlt, den Schnurrbart zu kürzen und ihn nicht wachsen zu lassen, sondern viel davon abzuschneiden.
 Im Gegenzug befiehlt er, den Bart wachsen zu lassen und ihn in seiner natürlichen Form zu belassen.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Das Verbot des Rasierens des Bartes.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3279</t>
   </si>
   <si>
     <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
-    <t>„Verwunderlich ist die Angelegenheit des Gläubigen, wahrlich, seine gesamte Angelegenheit ist gut, und dies gilt für niemanden außer für den Gläubigen</t>
+    <t>‚Verwunderlich ist die Angelegenheit des Gläubigen, wahrlich, seine gesamte Angelegenheit ist gut, und dies gilt für niemanden außer für den Gläubigen</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
-    <t>Von Suhayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Verwunderlich ist die Angelegenheit des Gläubigen, wahrlich, seine gesamte Angelegenheit ist gut, und dies gilt für niemanden außer für den Gläubigen. Wenn ihm etwas Gutes widerfährt, ist er dankbar, und das ist gut für ihn. Und wenn ihm etwas Schlechtes widerfährt, ist er geduldig, und das ist gut für ihn.“</t>
+    <t>Von Suhayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Verwunderlich ist die Angelegenheit des Gläubigen, wahrlich, seine gesamte Angelegenheit ist gut, und dies gilt für niemanden außer für den Gläubigen. Wenn ihm etwas Gutes widerfährt, ist er dankbar, und das ist gut für ihn. Und wenn ihm etwas Schlechtes widerfährt, ist er geduldig, und das ist gut für ihn.‘“</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wundert sich über die Angelegenheiten und Zustände des Gläubigen in einer Weise, die Lob ausdrückt; denn all seine Zustände sind gut, und dies gilt für niemanden außer für den Gläubigen. Wenn ihm etwas Gutes widerfährt, dankt er Allah dafür; so erhält er den Lohn für das Danken. Und wenn ihm etwas Schlechtes widerfährt, ist er geduldig und hofft auf die Belohnung von Allah, so erhält er den Lohn für die Geduld. Er wird also in jedem Fall belohnt.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
-    <t>Die Vorzüglichkeit des Dankes in guten Zeiten und der Geduld in schlechten Zeiten. Wer dies tut, erlangt das Gute beider Welten (des Dies- und Jenseits). Wer jedoch für die Gnade nicht dankbar ist und in der Prüfung nicht geduldig ist, dem entgeht der Lohn, und er erhält die Sünde.
+    <t>Die Vorzüglichkeit des Dankes in guten Zeiten und der Geduld in schlechten Zeiten. Wer dies tut, erlangt das Gute beider Wohnstätten(des Dies- und Jenseits). Wer jedoch für die Gnade nicht dankbar ist und in der Prüfung nicht geduldig ist, dem entgeht der Lohn, und er erhält die Sünde.
 Die Vorzüglichkeit des Glaubens und dass der Lohn in jeder Situation nur den Gläubigen zuteilwird.
 Die Dankbarkeit in guten Zeiten und Geduld in schlechten Zeiten gehören zu den Eigenschaften der Gläubigen.
-Der Glaube an Allahs Vorherbestimmung und Urteil lässt den Gläubigen in vollkommener Zufriedenheit mit all seinen Umständen sein, im Gegensatz zum Ungläubigen, der ständig unzufrieden ist, wenn ihm Schaden widerfährt. Und wenn er eine Gnade von Allah - mächtig und majestätisch ist Er - erlangt, lenkt ihn dies vom Gehorsam gegenüber Allah ab - ganz zu schweigen davon, dass er diese sogar in Ungehorsam verwendet.</t>
+Der Glaube an Allahs Vorherbestimmung und Urteil lässt den Gläubigen in vollkommener Zufriedenheit mit all seinen Umständen sein, im Gegensatz zum Ungläubigen, der ständig unzufrieden ist, wenn ihm Schaden widerfährt. Wenn er eine Gnade von Allah - mächtig und majestätisch ist Er - erlangt, lenkt ihn dies vom Gehorsam gegenüber Allah ab - ganz zu schweigen davon, dass er diese sogar in Ungehorsam verwendet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3298</t>
   </si>
   <si>
     <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Die Beschreibung der rituellen Ganzkörperwaschung (Ghusl) vom Zustand der großen Unreinheit (Janabah)</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Von Maymunah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich bereitete für den Propheten - Allahs Segen und Frieden auf ihm - Wasser für die rituelle Waschung vor und bedeckte ihn mit einem Tuch. Er goss Wasser über seine Hände, und er wusch sie. Dann goss er mit seiner rechten Hand Wasser über seine linke und wusch seinen Intimbereich. Er schlug mit seiner Hand auf den Boden, wischte sie ab und wusch sie dann. Er spülte seinen Mund und seine Nase aus und wusch sein Gesicht und seine Arme. Dann goss er Wasser über seinen Kopf und ließ es über seinen Körper fließen. Dann trat er zur Seite und wusch seine Füße. Ich reichte ihm ein Tuch, aber er nahm es nicht. Er ging weg und schüttelte dabei seine Hände.“</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Die Mutter der Gläubigen Maymunah - möge Allah mit ihr zufrieden sein - berichtete über die Art und Weise, wie der Prophet - Allahs Segen und Frieden auf ihm - die rituelle Ganzkörperwaschung nach dem Zustand der großen Unreinheit durchführte. Sie stellte ihm Wasser zur Verfügung, damit er sich waschen konnte, und bedeckte ihn mit einem Sichtschutz. Dann tat der Prophet - Allahs Segen und Frieden auf ihm - Folgendes:
 Erstens: Er goss Wasser über seine Hände und wusch sie, bevor er sie in das Wassergefäß tauchte.
 Zweitens: Er goss mit seiner rechten Hand Wasser über seine linke und wusch seinen Intimbereich, um ihn von jeglichen Spuren der Unreinheit (Janabah) zu reinigen.
 Drittens: Er schlug mit seiner Hand auf den Boden, wischte sie ab und wusch sie dann, um jeglichen Schmutz zu entfernen.
 Viertens: Er spülte seinen Mund aus, indem er Wasser in seinen Mund nahm, es bewegte und darin kreisen ließ, und es anschließend ausspuckte. Er reinigte seine Nase, indem er mit seinem Atem Wasser in seine Nase zog und es dann wieder herausblies, um sie zu reinigen.
 Fünftens: Er wusch sein Gesicht und seine Arme.
 Sechstens: Er goss Wasser über seinen Kopf.
 Siebtens: Er goss Wasser über den Rest seines Körpers.
-Achtens: Er wechselte seinen Platz und wusch seine Füße an einer anderen Stelle, wo er sie zuvor nicht gewaschen hatte.
+Achtens: Er wechselte seinen Platz und wusch seine Füße an einer anderen Stelle, da er sie zuvor nicht gewaschen hatte.
 Dann brachte sie ihm ein Tuch, damit er sich abtrocknen konnte, aber er nahm es nicht und begann stattdessen, das Wasser mit seiner Hand von seinem Körper abzuwischen und abzuschütteln.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Die Ehefrauen des Propheten - Allahs Segen und Frieden auf ihm - legten großen Wert darauf, selbst die feinsten Details aus seinem Leben zu beschreiben - um die Gemeinschaft (Ummah) zu lehren.
 Diese Beschreibung der rituellen Ganzkörperwaschung ist eine der Arten, die vom Propheten - Allahs Segen und Frieden auf ihm - für die vollständige Waschung nach dem Zustand der großen Unreinheit (Janabah) überliefert wurden. Die ausreichende Waschung hingegen besteht darin, den gesamten Körper mit Wasser zu benetzen, einschließlich des Ausspülens des Munds und der Nase.
 Nach der Ganzkörperwaschung oder der Gebetswaschung ist es erlaubt, den Körper mit einem Tuch abzutrocknen oder es zu lassen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3310</t>
   </si>
   <si>
     <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Wer die Gebetswaschung so vornimmt, wie ich diese meine Gebetswaschung vorgenommen habe, und anschließend zwei Gebetseinheiten verrichtet, ohne dass er sich mit anderen Gedanken beschäftigt, dem wird Allah seine vergangenen Sünden vergeben</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
@@ -3000,75 +3000,75 @@
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah ist eifersüchtig, und der Gläubige ist eifersüchtig, und Allahs Eifersucht ist, dass/wenn der Gläubige das tut, was Ihm verboten ist.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert darüber, dass Allah eifersüchtig ist, zornig wird und Dinge hasst, genauso wie der Gläubige eifersüchtig ist, zornig wird und Dinge hasst. Der Grund für Allahs Eifersucht ist, wenn der Gläubige abscheuliche Dinge tut, die Allah ihm verboten hat, wie Unzucht, Homosexualität, Diebstahl, Alkoholkonsum und andere abscheuliche Dinge.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Die Warnung vor Allahs Zorn und Strafe, wenn Seine Verbote verletzt werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3354</t>
   </si>
   <si>
     <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
-    <t>„Ihr werdet gewiss den Sitten derer folgen, die vor euch waren, Schritt für Schritt und Elle für Elle</t>
+    <t>‚Ihr werdet gewiss den Sitten derer folgen, die vor euch waren, Schritt für Schritt und Elle für Elle</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Ihr werdet gewiss den Sitten derer folgen, die vor euch waren, Schritt für Schritt und Elle für Elle, bis dass, wenn sie in ein Eidechsenloch hineingehen würden, ihr ihnen folgen würdet.“ Wir sagten: „O Gesandter Allahs, meinst du die Juden und die Christen?“ Er sagte: „Wen denn sonst?“</t>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Ihr werdet gewiss den Sitten derer folgen, die vor euch waren, Schritt für Schritt und Elle für Elle, bis dass, wenn sie in ein Eidechsenloch hineingehen würden, ihr ihnen folgen würdet.‘ Wir sagten: ‚O Gesandter Allahs, meinst du die Juden und die Christen?‘ Er sagte: ‚Wen denn sonst?‘“</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert uns darüber, wie der Zustand einiger Menschen seiner Gemeinschaft nach seiner Zeit sein wird. Sie werden den Juden und Christen in ihren Überzeugungen, Handlungen, Gewohnheiten und Traditionen genau folgen, Schritt für Schritt und Elle für Elle, bis zu dem Punkt, dass, wenn sie in ein Eidechsenloch hineingehen würden, diese ihnen folgen würden.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Dies ist ein Zeichen seines Prophetentums, da er darüber informierte, bevor es geschah, und es dann genauso eintraf, wie er es vorhergesagt hatte.
 Das Verbot für Muslime, den Ungläubigen zu ähneln, sei es in ihren Überzeugungen, ihren Gottesdiensten, ihren Festen oder ihrer Kleidung.
 Die Veranschaulichung abstrakter Dinge durch konkrete Beispiele ist eine der Lehrmethoden im Islam.
-Die Eidechse: Ein Tier, dessen Bau sehr dunkel und übelriechend ist. Sie gehört zu den Reptilien und ist in Wüstengebieten weit verbreitet. Der Grund für die besondere Erwähnung des Baus der Eidechse liegt in seiner extremen Enge und seiner schlechten Beschaffenheit. Dennoch würden sie - aufgrund ihres Nachahmens und Folgens ihrer Spuren und Wege - selbst in solch eine enge und schlechte Situation eintreten, um ihnen zu folgen! Und bei Allah ist Hilfe zu ersuchen.</t>
+Die Eidechse: Ein Tier, dessen Bau sehr dunkel und übelriechend ist. Sie gehört zu den Reptilien und ist in Wüstengebieten weit verbreitet. Der Grund für die besondere Erwähnung des Baus der Eidechse liegt in seiner extremen Enge und seiner schlechten Beschaffenheit. Dennoch würden sie - aufgrund ihres Nachahmens und Folgens ihrer Spuren und Wege - selbst in solch eine enge und schlechte Situation eintreten, um wie sie zu sein! Und bei Allah ist Hilfe zu ersuchen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3355</t>
   </si>
   <si>
     <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>‚Wer bei etwas anderem als bei Allah schwört, hat Unglauben oder Schirk begangen!‘“</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er einen Mann sagen hörte: „Nein, bei der Ka'bah!“ Da sagte Ibn 'Umar: „Es wird nicht bei etwas anderem als bei Allah geschworen, denn ich habe den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen hören: ‚Wer bei etwas anderem als bei Allah schwört, hat Unglauben oder Schirk begangen!‘“</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige, der bei etwas anderem als Allah, Seinen Namen und Eigenschaften schwört, Unglauben gegenüber Allah begangen oder Ihm etwas beigesellt hat. Der Schwur bedingt, dass derjenige, bei dem geschworen wird, verherrlicht wird. Die Verherrlichung gebührt jedoch nur Allah allein. Daher darf nur bei Allah - gepriesen sei Er -, Seinen Namen und Seinen Eigenschaften geschworen werden. Dieser Schwur (bei etwas anderem als Allah) fällt unter den kleinen Schirk. Verehrt derjenige, der schwört, das, bei dem er schwört, so wie er Allah - erhaben ist Er - verehrt oder noch mehr, fällt dies unter den großen Schirk.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
@@ -3276,57 +3276,57 @@
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass derjenige, der die Menschen durch Wort oder Tat zu einem Weg führt, der Wahrheit und Gutes enthält, den gleichen Lohn erhält wie diejenigen, die ihm folgen, ohne dass dies den Lohn der Nachfolger im Geringsten schmälert. Und wer die Menschen zu einem falschen und schlechtem Weg führt, auf dem es Sünde und Übel gibt oder etwas, das nicht erlaubt ist, durch Wort oder Tat, auf dem lastet die gleiche Bürde und Sünde wie auf denen, die ihm folgen, ohne dass dies von ihren Sünden etwas vermindert.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Der Vorzug des Aufrufs zur Rechtleitung, sei es in geringem oder großem Maß, und dass derjenige, der dazu aufruft, den gleichen Lohn erhält wie derjenige, der danach handelt. Dies ist aufgrund der großen Gnade und vollkommenen Großzügigkeit Allahs.
 Die Gefahr des Aufrufs zum Irrweg, sei es in geringem oder großem Maß, und dass derjenige, der dazu aufruft, die gleiche Sünde trägt wie derjenige, der danach handelt.
 Die Vergeltung entspricht der Art der Tat: Wer zum Guten aufruft, erhält den gleichen Lohn wie derjenige, der es tut, und wer zum Schlechten aufruft, trägt die gleiche Sünde wie derjenige, der es tut.
 Ein Muslim sollte sich davor hüten, dass andere ihm in seiner öffentlichen Sünde nacheifern, wenn sie ihn dabei sehen, denn er trägt die Sünde derjenigen, die ihm folgen, auch wenn er sie nicht dazu ermutigt hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3373</t>
   </si>
   <si>
     <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
-    <t>„Zu den schlimmsten Menschen gehören diejenigen, die von der Stunde (das Jüngste Gericht) lebend erfasst werden, und diejenigen, die Gräber zu Moscheen machen.“</t>
+    <t>‚Zu den schlimmsten Menschen gehören diejenigen, die von der Stunde (das Jüngste Gericht) lebend erfasst werden, und diejenigen, die Gräber zu Moscheen machen.‘“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Zu den schlimmsten Menschen gehören diejenigen, die von der Stunde (das Jüngste Gericht) lebend erfasst werden, und diejenigen, die Gräber zu Moscheen machen.“</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Zu den schlimmsten Menschen gehören diejenigen, die von der Stunde (das Jüngste Gericht) lebend erfasst werden, und diejenigen, die Gräber zu Moscheen machen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informiert über die schlimmsten Menschen und dass es diejenigen sind, über die die Stunde (des Gerichts) kommen wird, während sie noch leben, und diejenigen, die Gräber zu Moscheen machen, an denen und zu denen sie beten.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Das Verbot, Moscheen auf Gräbern zu bauen, da es ein Mittel zum Schirk ist.
 Das Verbot, bei Gräbern zu beten, auch ohne Gebäude, da „Moschee“ ein Begriff für jeden Ort ist, an dem man sich niederwirft, auch wenn es dort kein Gebäude gibt.
 Wer die Gräber der Rechtschaffenen zu Moscheen macht, um darin zu beten, ist einer der schlimmsten Geschöpfe, auch wenn er behauptet, dass seine Absicht darin besteht, sich Allah - erhaben ist Er - zu nähern.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3375</t>
   </si>
   <si>
     <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>„Das, wovor ich für euch am meisten Angst habe, ist der kleine Schirk.“ Sie sagten: „Und was ist der kleine Schirk, o Gesandter Allahs?“ Er sagte: „Die Augendienerei</t>
@@ -3429,57 +3429,57 @@
     <t>Gelehrten und anderen Geschöpfen zu gehorchen, wenn sie die von Allah vorgegebenen Vorschriften verändern, ist eine Form des großen Schirk - d. h. dass man Allah damit etwas beigesellt und zum Ungläubigen wird. Das gilt jedoch nur, wenn derjenige, der ihnen gehorcht, sich bewusst ist, dass sie den Vorschriften Allahs zuwiderhandeln.
 Etwas für erlaubt oder verboten zu erklären steht nur Allah zu.
 Die Überlieferung behandelt eine bestimmte Form des Schirk:den Schirk im Gehorsam.
 Es ist eine Pflicht jemanden, der etwas nicht weiß, zu informieren.
 Der Begriff Gottesdienst hat eine ausgesprochen weite Bedeutung, die alles umfasst, was Allah liebt und was Ihn zufrieden stellt an Worten und Taten, gleich ob sie äußerlich wahrnehmbar, oder innerlicher Natur sind.
 Die Überlieferung macht deutlich, dass die jüdischen und christlichen Gelehrten und Frommen in die Irre gehen.
 Die Überlieferung bestätigt, dass sowohl Juden, als auch Christen dem Schirk - d. h. dem, dass sie Allah etwas beigesellen - verfallen sind.
 Die Grundlage der Religion aller Gesandten ist ein und dieselbe: der Tauhid - d. h. der reine, den islamischen Lehren entsprechende Eingottglauben.
 Einem Geschöpf darin zu gehorchen, dass man sich Allah widersetzt, bedeutet dieses Geschöpf damit anzubeten.
 Man muss sich bei qualifizierten Gelehrten über das erkundigen, was man nicht versteht.
 Die Gefährten des Propheten waren aufs äußerste darauf bedacht sich Wissen anzueignen.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[Überliefert von al-Tirmithy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3384</t>
   </si>
   <si>
     <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
-    <t>Wir sagten: „Du bist unser Herr.“ Er antwortete: „Der Herr ist Allah.“ Wir sagten: „Und der Vornehmste von uns an Tugend und der Größte.“ Er sagte: „Sagt, was ihr sagt, oder einen Teil davon, und lasst euch nicht vom Satan verleiten.“</t>
+    <t>Wir sagten: ‚Du bist unser Herr.‘ Er antwortete: ‚Der Herr ist Allah.‘ Wir sagten: ‚Und der Vornehmste von uns an Tugend und der Größte.‘ Er sagte: ‚Sagt, was ihr sagt, oder einen Teil davon, und lasst euch nicht vom Satan verleiten.‘“</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Asch-Schikhir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich brach mit einer Delegation des Stammes Banu 'Amir zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - auf. Wir sagten: „Du bist unser Herr.“ Er antwortete: „Der Herr ist Allah.“ Wir sagten: „Und der Vornehmste von uns an Tugend und der Größte.“ Er sagte: „Sagt, was ihr sagt, oder einen Teil davon, und lasst euch nicht vom Satan verleiten.“</t>
+    <t>Von 'Abdullah Ibn Asch-Schikhir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich brach mit einer Delegation des Stammes Banu 'Amir zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - auf. Wir sagten: ‚Du bist unser Herr.‘ Er antwortete: ‚Der Herr ist Allah.‘ Wir sagten: ‚Und der Vornehmste von uns an Tugend und der Größte.‘ Er sagte: ‚Sagt, was ihr sagt, oder einen Teil davon, und lasst euch nicht vom Satan verleiten.‘“</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>Eine Gruppe von Leuten kam zum Propheten - Allahs Segen und Frieden auf ihm -. Als sie ihn erreichten, sagten sie - ihn lobend - einige Worte, die er - Allahs Segen und Frieden auf ihm - nicht mochte. Sie sagten: „Du bist unser Herr.“ So sagte der Prophet - Allahs Segen und Frieden auf ihm - zu ihnen: „Der Herr ist Allah.“ Denn Ihm gebührt die vollkommene Herrschaft über Seine Schöpfung, und sie sind Seine Diener. Und sie sagten: „Du bist der Vornehmste von uns an Tugend“, und (d. h.) der Höchste an Rang, Ehre und Vorzüglichkeit von uns. Und „der Größte von uns“, und (d. h.) der Großzügigste, der Höchstangesehene und Edelste. Dann wies der Prophet - Allahs Segen und Frieden auf ihm - sie an, ihre gewohnten Worte zu sagen und sich nicht in übertriebenen Formulierungen zu verlieren. Er warnte sie davor, dass der Satan sie zu Übertreibungen und Lobpreisungen verleiten könnte, die zu verbotenem Götzendienst und seinen Mitteln führen könnten.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hatte einen hohen Rang bei seinen Gefährten und sie respektierten ihn.
 Das Verbot der Übertreibung in den Formulierungen und die Empfehlung zur Prägnanz im Ausdruck.
 Der Schutz des Monotheismus (Tauhid) vor allem, was ihn durch Worte und Taten gefährden könnte.
@@ -3514,66 +3514,66 @@
   </si>
   <si>
     <t>Als der Prophet - Allahs Segen und Frieden auf ihm - Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - in den Jemen schickte, um die Menschen zu Allah zu rufen und zu lehren, erklärte er ihm, dass er ein christliches Volk antreffen wird, damit er sich auf sie vorbereiten kann und dann, wenn er sie zum Islam ruft, mit dem wichtigsten beginnt. Als erstes soll er sie dazu aufrufen ihre Glaubenslehre zu berichtigen, indem sie bezeugen, dass es keinen gibt, der zu Recht angebetet wird, außer Allah, und dass Muhammad der Gesandte Allahs ist. Dadurch nehmen sie den Islam an. Wenn sie sich dem (Islam) ergeben, soll er ihnen die Verrichtung des Pflichtgebets befehlen, da es die gewaltigste Pflicht nach dem Tauhid (d. h. Monotheismus) ist. Verrichten sie das Gebet, soll er die Reichen unter ihnen auffordern, die Pflichtabgabe aus ihrem Besitz an die Armen unter ihnen zu entrichten. Im Anschluss warnte er ihn davor, den wertvollsten Besitz von ihnen zu nehmen, da sie nur dazu verpflichtet sind, etwas von ihrem durchschnittlichen Besitz abzugeben. Danach gab er ihm den Rat, Ungerechtigkeit zu vermeiden, damit derjenige, dem Unrecht widerfahren ist, nicht gegen ihn Bittgebete ausspricht, denn seine Bittgebete werden angenommen.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Das Zeugnis, dass es keinen gibt, der zu Recht angebetet wird, außer Allah, bedeutet, dass man nur Allah alleine anbetet und es unterlässt irgendetwas außer Ihm anzubeten.
 Das Zeugnis, dass Muhammad der Gesandte Allahs ist, bedeutet, dass man an das glaubt, was er lehrt, und es für wahr hält, und dass man glaubt, dass er der letzte der Gesandten ist, die Allah zur Menschheit entsandte.
 Man spricht mit dem Wissenden und demjenigen, der Scheinargumente hat, nicht auf dieselbe Weise, wie man mit einem Unwissenden spricht. Aus diesem Grund machte er Mu'adh darauf aufmerksam, indem er sagte: „Wahrlich, du kommst zu Leuten der Schrift.“
 Es ist wichtig, dass der Muslim tiefgründiges Wissen über seine Religion besitzt, um sich von den Zweifeln derjenigen, die Scheinargumente aufstellen, zu befreien. Dies erfolgt durch das Streben nach Wissen.
 Das Juden- und Christentum sind nach der Entsendung des Gesandten - Allahs Segen und Frieden auf ihm - falsch, und ihre Anhänger werden am Tag der Auferstehung nicht zu denen gehören, die gerettet werden - außer wenn sie den Islam annehmen und an den Propheten - Allahs Segen und Frieden auf ihm - glauben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3390</t>
   </si>
   <si>
     <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
-    <t>„O ihr Menschen, hütet euch vor Übertreibung in der Religion, denn wahrlich, diejenigen, die vor euch waren, wurden durch Übertreibung in der Religion zerstört.“</t>
+    <t>‚O ihr Menschen, hütet euch vor Übertreibung in der Religion, denn wahrlich, diejenigen, die vor euch waren, wurden durch Übertreibung in der Religion zerstört.‘“</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte am Morgen von Al-'Aqabah, während er auf seinem Kamel saß: „Sammle für mich Kieselsteine.“ So sammelte ich sieben Kieselsteine für ihn, Steine zum Werfen. Er begann, sie in seiner Handfläche zu schütteln und sagte: „Werft Steine wie diese.“ Dann sagte er: „O ihr Menschen, hütet euch vor Übertreibung in der Religion, denn wahrlich, diejenigen, die vor euch waren, wurden durch Übertreibung in der Religion zerstört.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte am Morgen von Al-ʿAqabah, während er auf seinem Kamel saß: ‚Sammle für mich Kieselsteine.‘ So sammelte ich sieben Kieselsteine für ihn, Steine zum Werfen. Er begann, sie in seiner Handfläche zu schütteln und sagte: ‚Werft Steine wie diese.‘ Dann sagte er: ‚O ihr Menschen, hütet euch vor Übertreibung in der Religion, denn wahrlich, diejenigen, die vor euch waren, wurden durch Übertreibung in der Religion zerstört.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
-    <t>Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - berichtete, dass er am Tag des Opferfestes, am Morgen des Steinwurfs von Jamrah Al-'Aqabah, während der Abschiedspilgerfahrt, mit dem Propheten - Allahs Segen und Frieden auf ihm - war. Da befahl er ihm, Kieselsteine für das Werfen (der Jamarat) zu sammeln. Er sammelte sieben Kieselsteine, jeder von der Größe einer Kichererbse oder einer kleinen Haselnuss. Der Prophet - Allahs Segen und Frieden auf ihm - legte sie in seine Hand, bewegte sie und sagte: Werft mit solchen, die in der Größe ähnlich sind. Dann warnte der Prophet - Allahs Segen und Frieden auf ihm - vor Übertreibung, Strenge und dem Überschreiten der Grenzen in religiösen Angelegenheiten, denn die früheren Völker wurden durch das Überschreiten der Grenzen, Übertreibung und Strenge in der Religion vernichtet.</t>
+    <t>Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - berichtete, dass er am Tag des Opferfestes, am Morgen des Steinwurfs von Jamrah Al-'Aqabah, während der Abschiedspilgerfahrt, mit dem Propheten - Allahs Segen und Frieden auf ihm - war. Da befahl er ihm, Kieselsteine für das Werfen (der Jamarat) zu sammeln. Er sammelte sieben Kieselsteine, jeder von der Größe einer Kichererbse oder einer kleinen Haselnuss. Der Prophet - Allahs Segen und Frieden auf ihm - legte sie in seine Hand, bewegte sie und sagte: „Werft mit solchen, die in der Größe ähnlich sind.“ Dann warnte der Prophet - Allahs Segen und Frieden auf ihm - vor Übertreibung, Strenge und dem Überschreiten der Grenzen in religiösen Angelegenheiten, denn die früheren Völker wurden durch das Überschreiten der Grenzen, Übertreibung und Strenge in der Religion vernichtet.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Das Verbot der Übertreibung in der Religion, die Erläuterung ihrer schlimmen Folgen und dass sie eine Ursache für den Untergang ist.
 Das Ziehen von Lehren aus den Völkern, die vor uns waren, um die Fehler zu vermeiden, in die sie geraten sind.
 Die Ermutigung, der Sunnah zu folgen.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3395</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم سئل عن النُّشرة؟ فقال: هي من عمل الشيطان</t>
   </si>
   <si>
     <t>Der Gesandte Allahs wurde nach dem Gegenzauber (Nuschrah) gefragt. Darauf sagte er: "Es ist ein Werk des Schaytan!"</t>
@@ -3623,189 +3623,189 @@
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verboten, dass man darin übertreibt, ihn zu loben, und dabei die islamisch-gesetzliche Grenze überschreitet, indem man ihn (beispielsweise) mit Eigenschaften und Handlungen beschreibt, die Allah - erhaben ist Er - allein gebühren, oder indem man behauptet, er habe Kenntnis über das Verborgene, oder indem man ihn mit Allah anbetet, so wie es die Christen mit 'Isa - Friede sei auf ihm -, dem Sohn Maryams, taten. Im Anschluss verdeutlichte er, dass er ein Diener unter den Dienern Allahs ist und befahl, dass wir ihn „der Diener Allahs und Sein Gesandter“ nennen.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Die Warnung davor, die islamisch-gesetzliche Grenze bei der Verehrung und beim Lob zu überschreiten, da dies zum Schirk führen kann.
 Das, wovor der Prophet - Allahs Segen und Frieden auf ihm - warnte, ist tatsächlich in dieser Glaubensgemeinschaft geschehen. Eine Gruppe hat bei der Verehrung des Gesandten Allahs - Allahs Segen und Frieden auf ihm - übertrieben, eine andere bei der Familie des Propheten („Ahl Al-Bayt“) und eine andere bei den Allah nahestehenden (rechtschaffenen) Menschen. Somit haben sie Schirk begangen.
 Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - bezeichnete sich selbst als Diener Allahs, um zu verdeutlichen, dass er ein Diener ist, der sich Allah als seinem Herrn unterworfen hat, und es nicht erlaubt ist, ihm Eigenschaften des Herrn zuzuschreiben.
 Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - hat sich selbst als Gesandter Allahs bezeichnet, um klarzustellen, dass er ein Gesandter ist, der von Allah entsandt wurde. Daher muss man ihm glauben und folgen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3406</t>
   </si>
   <si>
     <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
-    <t>„Es gibt keine Ansteckung (durch bloße Berührung), kein böses Omen, keinen Aberglauben bezüglich Eulen und keinen Aberglauben bezüglich (des Monats) Safar. Und fliehe vor dem Leprakranken, wie du vor einem Löwen fliehen würdest.“</t>
+    <t>‚Es gibt keine Ansteckung (durch bloße Berührung), kein böses Omen, keinen Aberglauben bezüglich Eulen und keinen Aberglauben bezüglich (des Monats) Safar. Und fliehe vor dem Leprakranken, wie du vor einem Löwen fliehen würdest.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Ansteckung (durch bloße Berührung), kein böses Omen, keinen Aberglauben bezüglich Eulen und keinen Aberglauben bezüglich (des Monats) Safar. Und fliehe vor dem Leprakranken, wie du vor einem Löwen fliehen würdest.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es gibt keine Ansteckung (durch bloße Berührung), kein böses Omen, keinen Aberglauben bezüglich Eulen und keinen Aberglauben bezüglich (des Monats) Safar. Und fliehe vor dem Leprakranken, wie du vor einem Löwen fliehen würdest.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte einige Praktiken der vorislamischen Zeit (Jahiliyyah), um vor ihnen zu warnen und klarzustellen, dass alle Angelegenheiten in Allahs Hand liegen und nichts geschieht außer durch Seinen Befehl und Seine Bestimmung. Diese Praktiken sind:
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte einige Praktiken der vorislamischen Zeit (Jahiliyyah), um vor ihnen zu warnen und klarzustellen, dass alle Angelegenheiten in Allahs Hand liegen und nichts außer durch Seinen Befehl und Seine Bestimmung geschieht. Diese Praktiken sind:
 Erstens: Die Menschen in der vorislamischen Zeit glaubten, dass Krankheiten von selbst ansteckend seien. Der Prophet - Allahs Segen und Frieden auf ihm - verbot den Glauben daran, dass Krankheiten von Natur aus vom Kranken auf andere übertragen werden, denn Allah ist derjenige, der das Universum lenkt; Er ist es, der Krankheit sendet und sie wieder aufhebt, und dies geschieht nur durch Seinen Willen und Seine Bestimmung.
 Zweitens: Die Menschen in der vorislamischen Zeit pflegten, wenn sie auf Reisen oder Handelsgeschäfte gingen, Vögel fliegen zu lassen. Wenn der Vogel nach rechts flog, sahen sie dies als gutes Omen an, und wenn er nach links flog, betrachteten sie es als schlechtes Omen und kehrten um. Der Prophet - Allahs Segen und Frieden auf ihm - verbot diesen Aberglauben mit Vögeln und erklärte, dass es ein falscher Glaube sei.
-Drittens: Die Menschen in der vorislamischen Zeit glaubten, dass, wenn eine Eule auf einem Haus landete, Unglück über die Bewohner kommen würde. Der Prophet - Allahs Segen und Frieden auf ihm - verbot, dies als schlechtes Omen zu betrachten.
+Drittens: Die Menschen in der vorislamischen Zeit glaubten, dass, wenn eine Eule auf einem Haus landete, eine Katastrophe über die Bewohner kommen würde. Der Prophet - Allahs Segen und Frieden auf ihm - verbot, dies als schlechtes Omen zu betrachten.
 Viertens: Er verbot den Aberglauben, der mit dem Monat Safar verbunden war, dem zweiten Monat des Mondkalenders. Es wurde gesagt, dass Safar eine Schlange sei, die im Bauch lebt und Vieh und Menschen befällt. Sie behaupteten, sie sei ansteckender als Krätze. Er wies diesen Glauben zurück.
 Fünftens: Er befahl, sich von einer Person mit Lepra fernzuhalten, so wie man sich von einem Löwen fernhält. Dies dient dem Selbstschutz, der Suche nach Sicherheit und dem Ergreifen der Maßnahmen, die Allah befohlen hat. Lepra ist eine Krankheit, bei der die Körperteile des Menschen zerfressen werden.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Es ist obligatorisch, auf Allah zu vertrauen und sich auf Ihn zu verlassen, während man gleichzeitig die erlaubten Mittel einsetzt.
 Es ist obligatorisch, an Allahs Vorherbestimmung und Urteil zu glauben und dass die Ursachen in Allahs Hand liegen. Er ist es, der sie wirken lässt oder ihren Einfluss nimmt.
 Der Prophet - Allahs Segen und Frieden auf ihm - widerlegte den Aberglauben einiger Menschen, die sich von Farben wie Schwarz und Rot, bestimmten Zahlen, Namen, Personen oder Menschen mit Behinderungen (negativ) beeinflussen lassen.
 Das Verbot, sich Leprakranken und Menschen mit ansteckenden Krankheiten zu nähern, gehört zu den Ursachen, deren Wirkung Allah gemäß seiner Ordnung mit bestimmten Folgen verknüpft hat. Die Ursachen sind nicht unabhängig, sondern Allah ist es, der, wenn Er will, ihnen ihre Kraft nimmt, sodass sie keine Wirkung haben, und wenn Er will, lässt Er sie bestehen, sodass sie wirken.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3407</t>
   </si>
   <si>
     <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Bei Allah, wenn Allah durch dich auch nur einen einzigen Mann rechtleitet, ist dies für dich besser als rote Kamele.“</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Von Sahl Ibn Sa'd - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - am Tag von Khaybar sagte: „Wahrlich, ich werde ja morgen die Flagge jemandem geben, der Allah und Seinen Gesandten liebt, und den Allah und Sein Gesandter (auch) lieben. Allah wird ihm (morgen) zum Sieg verhelfen.“ Die Menschen verbrachten dann ihre Nacht, während sie sich unterhielten, wem sie wohl gegeben wird? Als sie dann in den Morgen kamen, gingen sie los zum Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wobei jeder von ihnen sich erhoffte, sie würde ihm gegeben werden. Da sagte er: „Wo ist 'Ali Ibn Abi Talib?“ Es wurde gesagt: „O Gesandter Allahs, er leidet an Augenschmerzen.“ Er sagte: „Schickt jemanden zu ihm.“ So wurde er gebracht und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - spuckte dann in seine Augen und sprach Bittgebete für ihn, woraufhin er geheilt wurde, als hätte er (zuvor) keine Schmerzen gehabt. Er gab ihm dann die Flagge. Da sagte 'Ali: „O Gesandter Allahs, soll ich sie bekämpfen, bis sie so sind wie wir?“ Da sagte er: „Schreite behutsam voran, bis du zu ihrem Platz (nahe ihrer Burg) ankommst und rufe sie dann zum Islam auf und berichtete ihnen, welche Pflichten ihnen gegenüber Allah - erhaben ist Er - auferlegt wurden. Bei Allah, wenn Allah durch dich auch nur einen einzigen Mann rechtleitet, ist dies für dich besser als rote Kamele.“</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informierte seine Gefährten darüber, dass die Muslime am nächsten Tag über die Juden von Khaybar siegen werden, und zwar durch die Hand eines Mannes, dem er die Fahne geben würde; das Symbol, dass die Armee als ihr Erkennungszeichen verwendet. Zu den Eigenschaften dieses Mannes gehört, dass er Allah und Seinen Gesandten liebt, und Allah und Sein Gesandter lieben ihn. Die Gefährten verbrachten die Nacht damit, zu diskutieren und zu spekulieren, wer die Fahne erhalten würde, da sie sich alle nach dieser gewaltigen Ehre sehnten. Als der Morgen anbrach, gingen sie alle zum Propheten - Allahs Segen und Frieden auf ihm -, jeder in der Hoffnung, diese Ehre zu erlangen.
 So erkundigte sich der Prophet - Allahs Segen und Frieden auf ihm - nach 'Ali Ibn Abi Talib - möge Allah mit ihm zufrieden sein.
-So wurde gesagt: „Er ist krank, seine Augen schmerzen.“
+So wurde gesagt: „Er ist krank, er klagt über seine Augen.“
 So sandte der Prophet - Allahs Segen und Frieden auf ihm - Leute zu ihm, und sie brachten ihn. Er spuckte von seinem gesegneten Speichel in 'Alis Augen und betete für ihn. 'Ali wurde von seiner Krankheit geheilt, als hätte er nie Schmerzen gehabt. Dann gab er ihm die Fahne und befahl ihm, sanft vorzugehen, bis er sich der Festung des Feindes näherte, und ihnen anzubieten, den Islam anzunehmen. Wenn sie zustimmen würden, sollte er sie über die Pflichten informieren, die sie erfüllen müssen.
-Dann verdeutlichte der Prophet - Allahs Segen und Frieden auf ihm - Ali den Vorzug der Einladung zu Allah und dass, wenn der Rufer die Ursache für die Rechtleitung eines einzigen Mannes ist, dies besser für ihn ist, als rote Kamele zu besitzen, die das wertvollste Vermögen der Araber sind, sei es durch Besitz oder durch Spenden.</t>
+Dann verdeutlichte der Prophet - Allahs Segen und Frieden auf ihm - 'Ali den Vorzug der Einladung zu Allah und dass, wenn der Rufer die Ursache für die Rechtleitung eines einzigen Mannes ist, dies besser für ihn ist, als rote Kamele zu besitzen, die als wertvollstes Vermögen der Araber galten - sei es, indem man sie besitzt oder sie spendet.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Die Tugenden von 'Ali Ibn Abi Talib - möge Allah mit ihm zufrieden sein - und das Zeugnis des Gesandten - Allahs Segen und Frieden auf ihm - für ihn, dass Allah und Sein Gesandter ihn lieben und dass er Allah und Seinen Gesandten liebt.
 Die Gefährten waren stets bestrebt, Gutes zu tun und wetteiferten darum.
 Im Kampf ist Anstand vorgeschrieben sowie das Unterlassen von Unbesonnenheit und störendem Lärm, der nicht nötig ist.
 Zu den Beweisen, dass er - Allahs Segen und Frieden auf ihm - ein Prophet ist, gehören seine Ankündigung des Sieges über die Juden und die Heilung der Augen von 'Ali Ibn Abi Talib durch seine Hände mit Allahs Erlaubnis.
 Das höchste Ziel des Kampfs ist, dass die Menschen den Islam annehmen.
 Die Einladung zum Islam erfolgt schrittweise. Vom Ungläubigen wird zunächst verlangt, durch das Aussprechen der beiden Glaubensbekenntnisse in den Islam einzutreten. Danach wird er zu den Pflichten des Islam aufgefordert.
 Die Einladung zum Islam hat einen großen Vorzug und beinhaltet viel Gutes sowohl für den Eingeladenen als auch für den Einladenden. Der Eingeladene könnte Rechtleitung finden, und der Einladende wird mit einem großartigen Lohn belohnt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3409</t>
   </si>
   <si>
     <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>„O Onkel (väterlicherseits), sprich: ‚.Es gibt keinen Gott außer Allah‚‘, ein Wort, mit dem ich für dich bei Allah argumentieren werde</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
-    <t>Sa'id Ibn Al-Musayyib überliefert über seinen Vater, dass er sagte: Als Abu Talib der Tod nahte, kam der Gesandte Allahs - Allahs Segen und Frieden auf ihm - zu ihm und fand bei ihm Abu Jahl und 'Abdullah Ibn Abi Umayyah Ibn Al-Mughirah vor. Er sagte: „O Onkel (väterlicherseits), sprich: ‚.Es gibt keinen Gott außer Allah‚‘, ein Wort, mit dem ich für dich bei Allah argumentieren werde“ Da sagten Abu Jahl und 'Abdullah Ibn Abi Umayyah: „Wendest du dich von der Religion 'Abd Al-Muttalibs ab?“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - wiederholte sein Angebot immer wieder und sie wiederholten ihre Worte, bis Abu Talib schließlich als letztes zu ihnen sagte: „(Ich bleibe) auf der Religion von 'Abd Al-Muttalib.“ Und er weigerte sich zu sagen: „Es gibt keinen Gott außer Allah.“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Bei Allah, ich werde gewiss um Vergebung für dich bitten, solange es mir nicht untersagt wird.“ Daraufhin sandte Allah (folgenden Vers) nieder: „Dem Propheten und denjenigen, die glauben, steht es nicht zu, für die Götzendiener um Vergebung zu bitten.“ [At-Taubah: 113]. Und Allah sandte folgenden Vers bezüglich Abu Talib nieder und sagte damit zum Gesandten Allahs - Allahs Segen und Frieden auf ihm -: „Gewiss, du kannst nicht rechtleiten, wen du gern (rechtgeleitet sehen) möchtest. Allah aber leitet recht, wen Er will.“ [Al-Qasas: 56].</t>
+    <t>Sa'id Ibn Al-Musayyib überliefert über seinen Vater, dass er sagte: Als Abu Talib der Tod nahte, kam der Gesandte Allahs - Allahs Segen und Frieden auf ihm - zu ihm und fand bei ihm Abu Jahl und 'Abdullah Ibn Abi Umayyah Ibn Al-Mughirah vor. Er sagte: „O Onkel (väterlicherseits), sprich: ‚.Es gibt keinen Gott außer Allah‚‘, ein Wort, mit dem ich für dich bei Allah argumentieren werde“ Da sagten Abu Jahl und 'Abdullah Ibn Abi Umayyah: „Wendest du dich von der Religion 'Abdul-Muttalibs ab?“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - wiederholte sein Angebot immer wieder und sie wiederholten ihre Worte, bis Abu Talib schließlich als letztes zu ihnen sagte: „(Ich bleibe) auf der Religion von 'Abdul-Muttalib.“ Und er weigerte sich zu sagen: „Es gibt keinen Gott außer Allah.“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Bei Allah, ich werde gewiss um Vergebung für dich bitten, solange es mir nicht untersagt wird.“ Daraufhin sandte Allah (folgenden Vers) nieder: „Dem Propheten und denjenigen, die glauben, steht es nicht zu, für die Götzendiener um Vergebung zu bitten.“ [At-Taubah: 113]. Und Allah sandte folgenden Vers bezüglich Abu Talib nieder und sagte damit zum Gesandten Allahs - Allahs Segen und Frieden auf ihm -: „Gewiss, du kannst nicht rechtleiten, wen du gern (rechtgeleitet sehen) möchtest. Allah aber leitet recht, wen Er will.“ [Al-Qasas: 56].</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - betrat das Zimmer seines Onkels Abu Talib, als dieser im Sterben lag, und sagte zu ihm: „Oh Onkel, sag: ‚Es gibt keinen Gott außer Allah‘, ein Wort, mit dem ich für dich bei Allah Zeugnis ablegen werde.“ Da sagten Abu Jahl und 'Abdullah Ibn Abi Umayyah: „Oh Abu Talib, wirst du die Religion deines Vaters 'Abd Al-Muttalib verlassen?!“, welche die Anbetung der Götzen ist. Sie redeten weiter auf ihn ein, bis er in seinen letzten Worten zu ihnen sagte: „Ich bleibe auf der Religion von 'Abd Al-Muttalib“, der Religion des Polytheismus und der Anbetung der Götzen. Der Prophet - Allahs Segen und Frieden auf ihm - sagte dann: „Ich werde für dich um Vergebung bitten, solange mein Herr es mir nicht untersagt.“ Da wurden die Worte Allahs - erhaben ist Er - herabgesandt: „Dem Propheten und denjenigen, die glauben, steht es nicht zu, für die Götzendiener um Vergebung zu bitten, auch wenn es Verwandte wären, nachdem es ihnen klargeworden ist, dass sie Insassen des Höllenbrandes sein werden.“ [At-Taubah: 113] Und bezüglich Abu Talib wurden die folgenden Worte Allahs - erhaben ist Er - herabgesandt: „Gewiss, du kannst nicht rechtleiten, wen du gern (rechtgeleitet sehen) möchtest. Allah aber leitet recht, wen Er will. Er kennt sehr wohl die Rechtgeleiteten.“ [Al-Qasas: 56] D. h. du kannst nicht denjenigen rechtleiten, dessen Rechtleitung du dir wünschst. Deine Aufgabe ist es lediglich, die Botschaft zu überbringen, und Allah leitet recht, wen Er will.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - betrat das Zimmer seines Onkels Abu Talib, als dieser im Sterben lag, und sagte zu ihm: „Oh Onkel, sag: ‚Es gibt keinen Gott außer Allah‘, ein Wort, mit dem ich für dich bei Allah Zeugnis ablegen werde.“ Da sagten Abu Jahl und 'Abdullah Ibn Abi Umayyah: „Oh Abu Talib, wirst du die Religion deines Vaters 'Abdul-Muttalib verlassen?!“, welche die Anbetung der Götzen ist. Sie redeten weiter auf ihn ein, bis er in seinen letzten Worten zu ihnen sagte: „Ich bleibe auf der Religion von 'Abdul-Muttalib“, der Religion des Polytheismus und der Anbetung der Götzen. Der Prophet - Allahs Segen und Frieden auf ihm - sagte dann: „Ich werde für dich um Vergebung bitten, solange mein Herr es mir nicht untersagt.“ Da wurden die Worte Allahs - erhaben ist Er - herabgesandt: „Dem Propheten und denjenigen, die glauben, steht es nicht zu, für die Götzendiener um Vergebung zu bitten, auch wenn es Verwandte wären, nachdem es ihnen klargeworden ist, dass sie Insassen des Höllenbrandes sein werden.“ [At-Taubah: 113] Und bezüglich Abu Talib wurden die folgenden Worte Allahs - erhaben ist Er - herabgesandt: „Gewiss, du kannst nicht rechtleiten, wen du gern (rechtgeleitet sehen) möchtest. Allah aber leitet recht, wen Er will. Er kennt sehr wohl die Rechtgeleiteten.“ [Al-Qasas: 56] D. h. du kannst nicht denjenigen rechtleiten, dessen Rechtleitung du dir wünschst. Deine Aufgabe ist es lediglich, die Botschaft zu überbringen, und Allah leitet recht, wen Er will.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
 تقليدُ الآباء والأكابر بالباطل مِن فِعْل أهل الجاهلية.
 كمالُ شفقة النبيِّ صلى الله عليه وسلم وحرصِه على دعوة الناس وهدايتهم.
 الرد على مَن زعم إسلام أبي طالب.
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Das Verbot, für Polytheisten um Vergebung zu bitten, gilt unabhängig von ihrer Verwandtschaft, ihren Taten oder ihrer Güte.
 Die blinde Befolgung der Vorfahren und Ältesten in ihren falschen Überzeugungen zählt zu den Taten der Menschen aus der vorislamischen Zeit (Jahiliyyah).
 Die vollkommene Fürsorge und der Eifer des Propheten - Allahs Segen und Frieden auf ihm -, die Menschen (zu Allah) zu rufen und zur Rechtleitung zu führen.
 Die Widerlegung derjenigen, die behaupten, dass Abu Talib Muslim geworden sei.
 Die Taten werden nach ihrem Ende beurteilt.
 Die Unzulässigkeit, sich auf den Propheten - Allahs Segen und Frieden auf ihm - oder andere zu verlassen, um Nutzen zu erlangen oder Schaden abzuwenden.
 Wer sagt „Es gibt keinen Gott außer Allah“ aus Wissen und Gewissheit und Überzeugung, tritt in den Islam ein.
 Der schädliche Einfluss schlechter Gesellschaft und übler Gefährten auf den Menschen.
 Die Bedeutung von „La ilaha illa Allah“ (Es gibt keinen Gott außer Allah) ist: Die Unterlassung der Anbetung von Götzen, Heiligen und rechtschaffenen Menschen, und Allah allein anzubeten. Hierin ist ein Beweis, dass die Polytheisten ihre Bedeutung kannten.
 Die Zulässigkeit, einen kranken Polytheisten zu besuchen, wenn die Hoffnung besteht, dass er zum Islam konvertiert.
-Die Rechtleitung zum Erfolg liegt allein in Allahs Hand, Er hat keinen Partner darin. Dem Gesandten - Allahs Segen und Frieden auf ihm - obliegt lediglich die Rechtleitung durch Erläuterung, Führung und Überbringung der Botschaft.</t>
+Die Rechtleitung zum Erfolg liegt allein in Allahs Hand, der keinen Teilhaber darin hat. Dem Gesandten - Allahs Segen und Frieden auf ihm - obliegt lediglich die Rechtleitung durch Erläuterung, Führung und Überbringung der Botschaft.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3410</t>
   </si>
   <si>
     <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Die glücklichsten Menschen hinsichtlich meiner Fürsprache am Tag der Auferstehung: Wer aufrichtig aus seinem Herzen oder Inneren heraus &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) sagte.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Es wurde gesagt: ‚O Gesandter Allahs, wer sind die glücklichsten Menschen hinsichtlich  
 deiner Fürsprache?‘ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Ich habe mir schon gedacht, o Abu Hurayrah, dass mich niemand vor dir nach dieser Überlieferung fragen würde, wegen deines Eifers für diese Überlieferung, den ich bemerkte. Die glücklichsten Menschen hinsichtlich meiner Fürsprache am Tag der Auferstehung: Wer aufrichtig aus seinem Herzen oder Inneren heraus &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) sagte.‘“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige unter den Menschen, der am Tag der Auferstehung am glücklichsten wegen seiner Fürsprache sein wird, jener ist, der aus aufrichtigem Herzen „La ilaha illa Allah“ sagte, d. h. es gibt keinen, der zu Recht angebetet wird, außer Allah, und (dabei) frei von Schirk und Augendienerei ist.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
@@ -3839,111 +3839,111 @@
   <si>
     <t>يخبرنا رسول الله صلى الله عليه وسلم في هذا الحديث أن من منعه التشاؤم عن المضي فيما يعتزم فإنه قد أتى نوعًا من الشرك، ولما سأله الصحابة عن كفارة هذا الإثم الكبير أرشدهم إلى هذه العبارات الكريمة في الحديث التي تتضمن تفويض الأمر إلى الله تعالى ونفي القدرة عمن سواه.</t>
   </si>
   <si>
     <t>In dieser Überlieferung teilt uns der Gesandte Allahs mit, dass derjenige, den der Glaube an ein schlechtes Vorzeichen davon abhält etwas zu machen, von dem er eigentlich entschlossen war es zu tun, eine Form des Schirk begangen (d. h. Allah etwas beigesellt) hat. Als die Gefährten des Propheten - die Sahaba - ihn nach der Sühne fragten, mit der man diese große Sünde auslöschen könne, lehrte er sie die wertvollen Worte, die in der Überlieferung vorkommen und die beinhalten, dass man seine Angelegenheiten Allah überlässt und verneint, dass irgendjemand außer Ihm die Macht hat etwas zu bewirken.</t>
   </si>
   <si>
     <t>إثبات شرك من ردته الطيرة عن حاجته.
 قبول توبة المشرك.
 الإرشاد إلى ما يقوله من وقع في التطير.
 أن الخير والشر مقدر من الله -تعالى-.</t>
   </si>
   <si>
     <t>Die Überlieferung bestätigt, dass derjenige, den ein schlechtes Omen davon abhält etwas zu machen, Schirk begangen (d. h. Allah etwas beigesellt) hat.
 Die Reue desjenigen, der Schirk begeht, wird angenommen.
 Es wird erklärt was man sagen soll, wenn man an ein schlechtes Omen geglaubt haben sollte.
 Sowohl das Gute, als auch das Schlechte ist von Allah vorherbestimmt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3416</t>
   </si>
   <si>
     <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
-    <t>, den bringt Allah ins Paradies, gleich was seine Taten sein mögen.“</t>
+    <t>, den lässt Allah das Paradies betreten, gleich was seine Taten sein mögen.“</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
-    <t>Von 'Ubadah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer bezeugt, dass es keinen anbetungswürdigen Gott außer Allah gibt, Ihm allein, Er hat keinen Partner, und dass Muhammad Sein Diener und Gesandter ist, dass 'Isa der Diener Allahs, Sein Gesandter und Sein Wort, das Er Maryam zusandte, und eine Seele von Ihm ist, und dass das Paradies wahr ist und dass das Feuer wahr ist, den bringt Allah ins Paradies, gleich was seine Taten sein mögen.“</t>
+    <t>Von 'Ubadah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer bezeugt, dass es keinen anbetungswürdigen Gott außer Allah gibt, Ihm allein, Er hat keinen Partner, und dass Muhammad Sein Diener und Gesandter ist, dass 'Isa der Diener Allahs, Sein Gesandter und Sein Wort, das Er Maryam zusandte, und eine Seele von Ihm ist, und dass das Paradies wahr ist und dass das Feuer wahr ist, den lässt Allah das Paradies betreten, gleich was seine Taten sein mögen.“</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - informiert uns, dass wer das Wort des Tauhid (Monotheismus) ausspricht, seine Bedeutung kennt und danach handelt, und die Dienerschaft und die Botschaft Muhammads - Allahs Segen und Frieden auf ihm - bezeugt und die Dienerschaft und die Botschaft 'Isas bezeugt hat, und dass Allah ihn durch Sein Wort „Sei“ erschaffen hat, und dass er ein Geist ist von den Geistern, die Allah erschaffen hat, und dass Er seine Mutter von dem freisprach, was die Juden ihr zugeschrieben hatten, und wer glaubt, dass das Paradies wahr ist und die Hölle wahr ist, überzeugt von ihrer Existenz, und dass sie die Gnade Allahs und Seine Strafe sind, und wer hierauf stirbt, so ist sein Ausgang das Paradies, auch wenn er in den Gehorsamkeiten nachlässig war und Sünden hatte.</t>
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - informiert uns, dass wer das Wort des Tauhid ausspricht, seine Bedeutung kennt und danach handelt, und die Dienerschaft und die Botschaft Muhammads - Allahs Segen und Frieden auf ihm - bezeugt und die Dienerschaft und die Botschaft 'Isas bezeugt hat, und dass Allah ihn durch Sein Wort „Sei“ erschaffen hat, und dass er eine Seele ist von den Seelen, die Allah erschaffen hat, und dass Er seine Mutter von dem freisprach, was die Juden ihr zugeschrieben hatten, und wer glaubt, dass das Paradies wahr ist und die Hölle wahr ist, überzeugt von ihrer Existenz, und dass sie die Gnade Allahs und Seine Strafe sind, und wer hierauf stirbt, so ist sein Ausgang das Paradies, auch wenn er in den Gehorsamkeiten nachlässig war und Sünden hatte.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Allah - erhaben ist Er - erschuf 'Isa, den Sohn Maryams, durch das Wort „Sei“ ohne Vater.
 Die Vereinigung der Tatsache, dass 'Isa und Muhammad - Allahs Segen und Frieden auf ihnen beiden - Diener Allahs und Seine Gesandten sind. Sie sind Gesandte, die nicht lügen, und Diener, die nicht angebetet werden dürfen.
-Die Vorzüglichkeit des Tauhid und dass er die Sünden tilgt, und dass der Ausgang des Monotheisten das Paradies ist, auch wenn er einige Sünden begangen hat.</t>
+Die Vorzüglichkeit des Tauhid und dass er die Sünden tilgt, und dass der Ausgang desjenigen, der den Tauhid bezeugt, das Paradies ist, auch wenn er einige Sünden begangen hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3417</t>
   </si>
   <si>
     <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
-    <t>Wer auf Allah trifft ohne Ihm etwas beigesellt zu haben, kommt ins Paradies und wer auf Allah trifft und Ihm etwas beigesellt hat, kommt ins Feuer!</t>
+    <t>‚Wer auf Allah trifft ohne Ihm etwas beigesellt zu haben, betritt das Paradies und wer auf Allah trifft und Ihm etwas beigesellt hat, betritt das Feuer!‘“</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
-    <t>Von Jabir bin Abdillah wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs sagen: "Wer auf Allah trifft ohne Ihm etwas beigesellt zu haben, kommt ins Paradies und wer auf Allah trifft und Ihm etwas beigesellt hat, kommt ins Feuer!"</t>
+    <t>Von Jabir Ibn 'Abdillah wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wer auf Allah trifft ohne Ihm etwas beigesellt zu haben, betritt das Paradies und wer auf Allah trifft und Ihm etwas beigesellt hat, betritt das Feuer!‘“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
-    <t>Der Prophet teilt mit, dass der Ausgang eines jeden, der stirbt ohne Allah etwas zur Seite gesetzt zu haben schlußendlich ins Paradies kommt, auch wenn er davor für einige seiner Sünden bestraft wird. Wer jedoch stirbt und Allah etwas zur Seite gesetzt hat, wird auf ewig im Feuer bleiben.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass der Ausgang eines jeden, der stirbt ohne Allah etwas zur Seite gesetzt zu haben ist, dass er ins Paradies kommt, auch wenn er davor für einige seiner Sünden bestraft wird. Wer jedoch stirbt und Allah etwas zur Seite gesetzt hat, wird auf ewig im Feuer bleiben.</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
-    <t>Der "Tauhid", d. h. der reine islamische Eingottglauben, hat eine besondere Bedeutung und ist der Grund für die Rettung davor auf ewig im Feuer zu bleiben.
+    <t>Der Vorzug des Tauhids und dass er ein Grund für die Rettung davor ist, auf ewig im Feuer zu bleiben.
 Sowohl das Paradies, als auch das Feuer sind einem ganz nah und nichts steht zwischen einem und ihnen außer der Tod.
-Es wird hier vom "Schirk" gewarnt, d. h. davor Allah etwas beizugesellen, gleich ob es viel oder wenig ist, denn man wird vom Feuer gerettet indem man ihn meidet.
-Entscheidend bei jeder Tat ist wie man sie beendet.</t>
+Die Warnung vor dem Schirk, gleich ob es viel oder wenig ist, denn man wird vom Feuer gerettet indem man ihn meidet.
+Entscheidend bei den Taten ist ihr Ende.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3418</t>
   </si>
   <si>
     <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Wer stirbt und dabei neben Allah einen anderen anruft, kommt ins Höllenfeuer</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte einen Satz, und ich sagte einen anderen. Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Wer stirbt und dabei neben Allah einen anderen anruft, kommt ins Höllenfeuer.‘ Und ich sagte: ‚Wer stirbt und dabei keinen anderen neben Allah anruft, kommt ins Paradies.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass wer etwas, das Allah gebührt, einem anderen zuwendet, wie das Anrufen eines anderen neben Allah - erhaben ist Er - oder das Flehen um Hilfe bei einem anderen, und in diesem Zustand stirbt, zu den Bewohnern des Höllenfeuers gehört. Und Ibn Mas'ud - möge Allah mit ihm zufrieden sein - fügte hinzu, dass der Ausgang desjenigen, der stirbt, ohne Allah etwas beizugesellen, das Paradies ist.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
@@ -4037,51 +4037,51 @@
 Die Überlieferung zeigt wie sehr die Anhänger falscher Vorstellungen zusammenstehen und sich gegenseitig unterstützen.
 Es ist erlaubt Bittgebete gegen die Ungläubigen im Allgemeinen auszusprechen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3421</t>
   </si>
   <si>
     <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>„Es gibt keine Ansteckung (durch Krankheiten von selbst) und kein schlechtes Omen. Und ich mag den Optimismus.“ Es wurde gefragt: „Was ist der Optimismus?“ Er sagte: „Das gute Wort.“</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet -Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Ansteckung (durch Krankheiten von selbst) und kein schlechtes Omen. Und ich mag den Optimismus.“ Es wurde gefragt: „Was ist der Optimismus?“ Er sagte: „Das gute Wort.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass die Vorstellung von Ansteckung, wie sie die Menschen in der vorislamischen Zeit (Jahiliyyah) hatten - nämlich, dass Krankheiten von selbst auf andere übertragen werden, ohne die Vorherbestimmung Allahs - falsch ist. Und dass schlechte Omen (At-Tiyarah) falsch sind. Dies bezieht sich auf den abergläubischen Pessimismus, dass bestimmte Dinge, seien sie hörbar oder sichtbar, wie Vögel, Tiere, Menschen mit Behinderungen, Zahlen, Tage oder ähnliches, Unglück bringen. Er erwähnte die Vögel („At-Tiyarah“), weil dieser Aberglaube bei den vorislamischen Arabern weit verbreitet war. Der Ursprung davon liegt darin, dass sie einen Vogel fliegen ließen, bevor sie eine Handlung wie eine Reise oder ein Geschäft begannen. Wenn der Vogel nach rechts flog, deuteten sie es als gutes Omen und setzten ihre Vorhaben fort. Flog er jedoch nach links, betrachteten sie es als schlechtes Omen und ließen von ihrem Vorhaben ab. Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm -, dass er den Optimismus mag. Das ist etwas, was dem Menschen an Freude und Glück widerfährt, wie ein gutes Wort, das er hört, und das ihn dazu bringt, Gut von seinem Herrn zu denken.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass die Vorstellung von Ansteckung, wie sie die Menschen in der vorislamischen Zeit (Jahiliyyah) hatten - nämlich, dass Krankheiten von selbst auf andere übertragen werden, ohne die Vorherbestimmung Allahs - falsch ist. Und dass schlechte Omen (At-Tiyarah) falsch sind. Dies bezieht sich auf den abergläubischen Pessimismus durch bestimmte Dinge, seien sie hörbar oder sichtbar, wie Vögel, Tiere, Menschen mit Behinderungen, Zahlen, Tage oder ähnliches. Er erwähnte die Vögel („At-Tiyarah“), weil dieser Aberglaube bei den vorislamischen Arabern weit verbreitet war. Der Ursprung davon liegt darin, dass sie einen Vogel fliegen ließen, bevor sie eine Handlung wie eine Reise oder ein Geschäft begannen. Wenn der Vogel nach rechts flog, deuteten sie es als gutes Omen und setzten ihre Vorhaben fort. Flog er jedoch nach links, betrachteten sie es als schlechtes Omen und ließen von ihrem Vorhaben ab. Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm -, dass er den Optimismus mag. Das ist etwas, was dem Menschen an Freude und Glück widerfährt, wie ein gutes Wort, das er hört, und das ihn dazu bringt, Gut von seinem Herrn zu denken.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Das Vertrauen auf Allah - erhaben ist Er - und dass nur Allah Gutes bringt und nur Allah Böses abwendet.
 Das Verbot von schlechten Omen (At-Tiyarah), also Dingen, vor denen man sich fürchtet und die einen von Handlungen abhalten.
 Optimismus gehört nicht zum schlechten Omen, das verboten ist. Es ist vielmehr ein Zeichen des guten Denkens über Allah - erhaben ist Er.
 Alles geschieht nach der Vorherbestimmung Allahs - mächtig und majestätisch ist Er -, der einzig ist und keinen Partner hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3422</t>
   </si>
   <si>
     <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>„Wer einen Kämpfer auf dem Weg Allahs ausrüstet, der hat selbst gekämpft, und wer einen Kämpfer auf dem Weg Allahs in guter Weise ablöst / ersetzt, der hat selbst gekämpft.“</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
@@ -4129,111 +4129,111 @@
     <t>Der Prophet- Allahs Segen und Frieden auf ihm -  erklärte, dass die Liebe zu den Ansar, den Einwohnern von Al-Madinah, ein Zeichen für vollkommenen Glauben ist. Dies liegt an ihrer Vorreiterrolle bei der Unterstützung des Islam und des Propheten - Allahs Segen und Frieden auf ihm -, ihren Bemühungen, Muslime zu beherbergen, und ihrem Einsatz von Besitz und Leben auf dem Weg Allahs. Er erklärte auch, dass Hass ihnen gegenüber ein Zeichen von Heuchelei ist. Dann verdeutlichte der Prophet - Allahs Segen und Frieden auf ihm - dass Allah diejenigen liebt, die die Ansar lieben, und diejenigen hasst, die sie hassen.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Darin ist ein Beweis für den gewaltigen Vorzug der Ansar, denn ihre Liebe ist ein Zeichen des Glaubens und der Freiheit von Heuchelei.
 Die Liebe zu den Nahestehenden Allahs und ihre Unterstützung ist ein Grund dafür, dass Allah den Diener liebt.
 Der Vorzug der ersten Muslime im Islam.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3438</t>
   </si>
   <si>
     <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>er führte ihnen die Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - vor</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
-    <t>Von Yahya Ibn 'Umarah Al-Mazini wird überliefert, dass er sagte: „Ich war Zeuge, als 'Amr Ibn Abi Hasan 'Abdullah Ibn Zayd nach der Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - fragte. 'Abdullah Ibn Zayd rief nach einem Wasserbehälter und er führte ihnen die Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - vor. Er goss Wasser aus dem Behälter über seine Hände und wusch sie dreimal. Dann tauchte er seine Hand in den Behälter, nahm Wasser in den Mund, spülte die Nase und schnaubte das Wasser wieder heraus – dreimal. Dann tauchte er seine Hand erneut ein und wusch sein Gesicht dreimal. Anschließend wusch er seine Arme bis zu den Ellenbogen zweimal. Dann tauchte er seine Hand ein und strich über seinen Kopf, einmal von vorne nach hinten und einmal von hinten nach vorne. Zum Schluss wusch er seine Füße bis zu den Knöcheln."</t>
+    <t>Von Yahya Ibn 'Umarah Al-Mazini wird überliefert, dass er sagte: „Ich war Zeuge, als 'Amr Ibn Abi Hasan 'Abdullah Ibn Zayd nach der Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - fragte. 'Abdullah Ibn Zayd rief nach einem Wasserbehälter und er führte ihnen die Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - vor. Er goss Wasser aus dem Behälter über seine Hände und wusch sie dreimal. Dann tauchte er seine Hand in den Behälter, nahm Wasser in den Mund, spülte die Nase und schnaubte das Wasser wieder heraus - dreimal. Dann tauchte er seine Hand erneut ein und wusch sein Gesicht dreimal. Anschließend wusch er seine Arme bis zu den Ellenbogen zweimal. Dann tauchte er seine Hand ein und strich über seinen Kopf, einmal von vorne nach hinten und einmal von hinten nach vorne. Zum Schluss wusch er seine Füße bis zu den Knöcheln."</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
-    <t>'Abdullah Ibn Zayd - möge Allah mit ihm zufrieden sein - demonstrierte die Art und Weise der Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - durch eine praktische Vorführung. Er bat um einen kleinen Wasserbehälter. Er begann zunächst damit, seine Handflächen zu waschen. Er neigte den Behälter und goss Wasser heraus, um seine Hände dreimal außerhalb des Behälters zu waschen. Dann tauchte er seine Hand in den Behälter, schöpfte dreimal Wasser daraus, wobei er bei jedem Schöpfen damit den Mund spülte, die Nase reinigte und das Wasser wieder herausschnaubte. Dann schöpfte er erneut Wasser aus dem Behälter und wusch sein Gesicht dreimal. Dann schöpfte er erneut Wasser und wusch seine Arme bis zu den Ellenbogen jeweils zweimal. Dann tauchte er seine Hände in den Behälter und strich mit beiden Händen über seinen Kopf. Er begann vorne am Kopf und fuhr bis zum Nackenansatz, dann strich er zurück bis zur Stelle, an der er begonnen hatte. Schließlich wusch er seine Füße einschließlich der Knöchel.</t>
+    <t>'Abdullah Ibn Zayd - möge Allah mit ihm zufrieden sein - demonstrierte die Art und Weise der Gebetswaschung des Propheten - Allahs Segen und Frieden auf ihm - durch eine praktische Vorführung. Er bat um einen kleinen Wasserbehälter und begann zunächst damit, seine Handflächen zu waschen. Er neigte den Behälter und goss Wasser heraus, um seine Hände dreimal außerhalb des Behälters zu waschen. Dann tauchte er seine Hand in den Behälter, schöpfte dreimal Wasser daraus, wobei er bei jedem Schöpfen damit den Mund spülte, die Nase reinigte und das Wasser wieder herausschnaubte. Dann schöpfte er erneut Wasser aus dem Behälter und wusch sein Gesicht dreimal. Dann schöpfte er erneut Wasser und wusch seine Arme bis zu den Ellenbogen jeweils zweimal. Dann tauchte er seine Hände in den Behälter und strich mit beiden Händen über seinen Kopf. Er begann vorne am Kopf und fuhr bis zum Nackenansatz, dann strich er zurück bis zur Stelle, an der er begonnen hatte. Schließlich wusch er seine Füße einschließlich der Knöchel.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Das praktische Vorleben des Lehrers ist der nächste Weg zum Verständnis und zur Verankerung des Wissens, und dazu gehört auch das Lehren durch Handeln.
 Es ist zulässig, die Waschung einiger Körperteile dreimal und anderer zweimal zu wiederholen. Die Pflicht besteht darin, sie einmal zu waschen.
 Die Reihenfolge der Waschung der Körperteile, wie sie im Hadith beschrieben wird, ist verpflichtend.
 Die Grenze des Gesichts (für die Waschung) erstreckt sich in der Länge vom üblichen Haaransatz bis zu dem untersten Teil des Bartes und Kinns, und in der Breite von Ohr zu Ohr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3444</t>
   </si>
   <si>
     <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
-    <t>„Es hätte dir genügt, mit deinen Händen so zu machen“, dann schlug er einmal mit seinen Händen auf den Boden, strich dann mit der linken Hand über die rechte und (anschließend) über die Außenseite seiner Handflächen und sein Gesicht</t>
+    <t>‚Es hätte dir genügt, mit deinen Händen so zu machen‘, dann schlug er einmal mit seinen Händen auf den Boden, strich dann mit der linken Hand über die rechte und (anschließend) über die Außenseite seiner Handflächen und sein Gesicht.“</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
-    <t>Von 'Ammar Ibn Yasir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf mich - sandte mich für eine Angelegenheit aus. Ich wurde dann unrein und befand mich im Zustand der großen rituellen Unreinheit (Janabah) und fand kein Wasser. So wälzte ich mich im Staub, wie es ein Tier tut. Dann ging ich zum Propheten - Allahs Segen und Frieden auf ihm - und erzählte ihm davon. Er sagte: „Es hätte dir genügt, mit deinen Händen so zu machen“, dann schlug er einmal mit seinen Händen auf den Boden, strich dann mit der linken Hand über die rechte und (anschließend) über die Außenseite seiner Handflächen und sein Gesicht.</t>
+    <t>Von 'Ammar Ibn Yasir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf mich - sandte mich für eine Angelegenheit aus. Ich wurde dann unrein und befand mich im Zustand der großen rituellen Unreinheit (Janabah) und fand kein Wasser. So wälzte ich mich im Staub, wie es ein Tier tut. Dann ging ich zum Propheten - Allahs Segen und Frieden auf ihm - und erzählte ihm davon. Er sagte: ‚Es hätte dir genügt, mit deinen Händen so zu machen‘, dann schlug er einmal mit seinen Händen auf den Boden, strich dann mit der linken Hand über die rechte und (anschließend) über die Außenseite seiner Handflächen und sein Gesicht.“</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - sandte 'Ammar Ibn Yasir - möge Allah mit ihm zufrieden sein - auf eine Reise, um einige seiner Angelegenheiten zu erledigen. 'Ammar befand sich dann durch Geschlechtsverkehr oder Samenerguss mit Erregung im Zustand der großen rituellen Unreinheit, aber er fand kein Wasser, um sich davon zu reinigen. Er wusste nicht, dass man bei der großen rituellen Unreinheit den Tayammum durchführen kann, sondern kannte sie nur für die kleine rituelle Unreinheit. Also bemühte er sich (um eine Lösung) und dachte, dass er, so wie er bei der kleinen rituellen Unreinheit mit dem Staub auf der Erde einige Körperteile abwischt, bei der großen rituellen Unreinheit den ganzen Körper mit Staub bedecken müsse, in Analogie zum Wasser. So wälzte er sich im Staub, bis sein ganzer Körper bedeckt war, und betete dann. Als er dann zum Propheten - Allahs Segen und Frieden auf ihm - zurückkehrte, erzählte er ihm davon, um zu sehen, ob er richtig gehandelt hatte oder nicht. Der Prophet - Allahs Segen und Frieden auf ihm - erklärte ihm dann, wie man sich von beiden Arten der Unreinheit reinigt, der kleineren wie beim Urinieren und der größeren wie bei Janabah: Man schlägt einmal mit beiden Händen auf den Boden, streicht dann mit der linken Hand über die rechte und (anschließend) über die Rückseite seiner Handflächen und das Gesicht.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Die Verpflichtung, vor dem Tayammum nach Wasser zu suchen.
 Die Zulässigkeit von Tayammum für jemanden, der sich im Zustand der Janabah befindet und kein Wasser findet.
-Tayammum für die große Unreinheit ist, wie Tayammum für die kleine Unreinheit.</t>
+Tayammum für die große Unreinheit ist wie der Tayammum für die kleine Unreinheit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3461</t>
   </si>
   <si>
     <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>‚Wenn die Menschen einen Ungerechten sehen und ihn nicht an seinen Händen packen, dann ist es nahe, dass Allah sie alle mit einer Strafe von Ihm erfasst.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Von Abu Bakr As-Siddiq - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „O ihr Menschen, ihr rezitiert diesen Vers: ‚O ihr, die ihr glaubt, achtet auf euch selbst. Es kann euch nicht schaden, wer irregeht, wenn ihr (selbst) der Rechtleitung folgt.‘ Und ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wenn die Menschen einen Ungerechten sehen und ihn nicht an seinen Händen packen, dann ist es nahe, dass Allah sie alle mit einer Strafe von Ihm erfasst.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abu Bakr As-Siddiq - möge Allah mit ihm zufrieden sein - berichtet, dass die Menschen diesen Vers rezitieren:
@@ -4310,51 +4310,51 @@
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich pflegte mit dem Propheten - Allahs Segen und Frieden auf ihm - aus demselben Gefäß zu baden, wenn wir beide im Zustand der großen rituellen Unreinheit (nach Geschlechtsverkehr) waren. Und er pflegte mir während meiner Menstruation zu befehlen, einen Lendenschurz anzuziehen, und berührte mich dann. Er pflegte auch seinen Kopf zu mir herauszustrecken, während er sich im Zustand der rituellen Abgeschiedenheit (I'tikaf) befand, und ich wusch ihn, obwohl ich menstruierte.“</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>'Aischah, die Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - berichtete über einige ihrer privaten Angelegenheiten mit dem Propheten - Allahs Segen und Frieden auf ihm -. Dazu gehört, dass sie sich mit ihm - Allahs Segen und Frieden auf ihm - aus demselben Gefäß von der großen rituellen Unreinheit reinigte, und sie beide daraus gemeinsam schöpften. Und dazu gehört auch, dass er - Allahs Segen und Frieden auf ihm - wenn er während ihrer Menstruation zu ihr kommen wollte, ihr befahl, ihren Körper vom Nabel bis zu den Knien zu bedecken, und er sie dann ohne Geschlechtsverkehr berührte. Und dass er - Allahs Segen und Frieden auf ihm -, wenn er sich in der Moschee in den I'tikaf begab, seinen Kopf zu 'Aischah herausstreckte, damit sie ihn wusch, während sie in ihrem Haus war und ihre Menstruation hatte.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Die Erlaubnis für einen Mann und seine Frau, sich aus demselben Gefäß zu waschen.
-Die Erlaubnis, die Ehefrau während ihrer Menstruation außerhalb des Intimbereichs zu berühren, und dass ihr Körper rein ist.
+Die Erlaubnis, die Ehefrau während ihrer Menstruation außerhalb des Intimbereichs zu berühren, und der Beweis, dass ihr Körper rein ist.
 Die Empfehlung für sie, während dieser Berührung einen Lendenschurz zu tragen.
 Das Ergreifen von Maßnahmen, die verhindern, in Verbotenes zu geraten.
 Das Verbot für eine menstruierende Frau, sich in der Moschee aufzuhalten.
 Die Erlaubnis für sie, feuchte oder trockene Dinge zu berühren, einschließlich des Waschens und Kämmen der Haare.
 Das gute Verhalten des Propheten - Allahs Segen und Frieden auf ihm - mit seiner Familie/ seinen Frauen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3476</t>
   </si>
   <si>
     <t>ما من نبي بعثه الله في أمة قبلي إلا كان له من أمته حواريون، وأصحاب يأخذون بسنته ويقتدون بأمره</t>
   </si>
   <si>
     <t>„Es gibt keinen Propheten, den Allah in einer Gemeinschaft entsendet, außer dass er in seiner Gemeinschaft Helfer und Gefährten hat, die an seiner Sunnah festhalten und seinem Befehl folgen</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا مِنْ نَبِيٍّ بَعَثَهُ اللهُ فِي أُمَّةٍ قَبْلِي إِلَّا كَانَ لَهُ مِنْ أُمَّتِهِ حَوَارِيُّونَ، وَأَصْحَابٌ يَأْخُذُونَ بِسُنَّتِهِ وَيَقْتَدُونَ بِأَمْرِهِ، ثُمَّ إِنَّهَا تَخْلُفُ مِنْ بَعْدِهِمْ خُلُوفٌ يَقُولُونَ مَا لَا يَفْعَلُونَ، وَيَفْعَلُونَ مَا لَا يُؤْمَرُونَ، فَمَنْ جَاهَدَهُمْ بِيَدِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِلِسَانِهِ فَهُوَ مُؤْمِنٌ، وَمَنْ جَاهَدَهُمْ بِقَلْبِهِ فَهُوَ مُؤْمِنٌ، وَلَيْسَ وَرَاءَ ذَلِكَ مِنَ الْإِيمَانِ حَبَّةُ خَرْدَلٍ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keinen Propheten, den Allah in einer Gemeinschaft entsendet, außer dass er in seiner Gemeinschaft Helfer und Gefährten hat, die an seiner Sunnah festhalten und seinem Befehl folgen. Daraufhin wird es nach ihnen Menschen geben, die sagen, was sie nicht tun, und tun, was ihnen nicht befohlen wurde. Wer sie mit seiner Hand bekämpft, ist ein Gläubiger. Und wer sie mit seiner Zunge bekämpft, ist ein Gläubiger. Und wer sie mit seinem Herzen bekämpft, ist ein Gläubiger. Darüber hinaus gibt es kein Senfkorn von Glauben.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن نبيٍّ بعثَه الله في أمة قَبلَه إلا كان له مِن أمته أصفياء وأنصار ومجاهدون مخلصون، يَصْلحون للخِلافة بعده؛ يأخذون بِسنّته، ويقتدون بأمره، ثم يجيء بعد أولئك السلف الصالح أُناسٌ لا خيرَ فيهم؛ يقولون ما لا يفعلون، ويفعلون ما لا يؤمرون؛ فمَن جاهدَهم بيده فهو مؤمن، ومن جاهدهم بلسانه فهو مؤمن، ومن جاهدهم بقلبه فهو مؤمن، وليس وراء ذلك من الإيمان حَبَّةُ خَرْدَلٍ.</t>
   </si>
   <si>
@@ -4460,51 +4460,51 @@
     <t>Die Erlaubnis, dass der Diener die Gnaden Allahs für ihn aufzählt, um über diese zu berichten und Allah für diese zu danken.
 Die Gunst Allahs - mächtig und majestätisch ist Er - durch diese Eigenschaften für diese Gemeinschaft und für ihren Propheten.
 Die Pflicht, das Gebet unter allen Umständen zu seiner Zeit zu verrichten und den Bedingungen, Säulen und Pflichten soweit man kann nachzukommen.
 Die Fürsprache, die nur dem Propheten - Allahs Segen und Frieden auf ihm - zusteht und nicht den anderen Propheten, ist vielerlei: Eine davon ist seine Fürsprache für die Schöpfung, damit das Urteil zwischen ihnen beginnt. Eine weitere ist seine Fürsprache, damit die Paradiesbewohner das Paradies betreten können. Eine weitere ist seine Fürsprache, die speziell für seinen Onkel Abu Talib ist, damit das Feuer für ihn verringert wird; nicht damit er es verlässt, da er als Ungläubiger gestorben ist.
 Die (speziellen) Eigenschaften des Propheten - Allahs Segen und Frieden auf ihm - sind zahlreich und wurden nicht alle in diesem Hadith erwähnt. Dazu gehört, dass ihm allumfassende Worte gegeben wurden, er die Propheten abschließt (und der letzte Prophet ist), unsere Gebetsreihen wie die Reihen der Engel sind und weitere Eigenschaften.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3503</t>
   </si>
   <si>
     <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>„Ich habe dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue geschworen, dass ich bezeuge, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist, dass ich das Gebet verrichte, die Almosensteuer entrichte, zu hören und zu gehorchen und jedem Muslim aufrichtig zu raten.“</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Von Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich habe dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - die Treue geschworen, dass ich bezeuge, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist, dass ich das Gebet verrichte, die Almosensteuer entrichte, zu hören und zu gehorchen und jedem Muslim aufrichtig zu raten.“</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
-    <t>Der Gefährte Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - berichtet, dass er sich dem Propheten - Allahs Segen und Frieden auf ihm - verpflichtet und ihm Treue geschworen hat, sich zum Monotheismus zu bekennen und die fünf verpflichtenden Gebete am Tag und in der Nacht zu verrichten, mit ihren Bedingungen, Säulen, Pflichten und Sunan, sowie die vorgeschriebene Almosensteuer zu entrichten, welche ein obligatorischer finanzieller Gottesdienst ist, der von den Reichen genommen und den Bedürftigen unter den Armen und anderen gegeben wird, dem Herrscher zu gehorchen und jedem Muslim aufrichtig zu raten, indem er sich um sein Wohl bemüht, ihm Gutes zukommen lässt und Böses von ihm abwendet, sowohl in Wort als auch in Tat.</t>
+    <t>Der Gefährte Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - berichtet, dass er sich dem Propheten - Allahs Segen und Frieden auf ihm - verpflichtet und ihm Treue geschworen hat, sich zum Monotheismus zu bekennen und die fünf verpflichtenden Gebete am Tag und in der Nacht zu verrichten, mit ihren Bedingungen, Säulen, Pflichten und Sunan, sowie die vorgeschriebene Almosensteuer zu entrichten, welche ein obligatorischer finanzieller Gottesdienst ist, der von den Reichen genommen und den Bedürftigen usw., welche ein Anrecht darauf haben, gegeben wird, dem Herrscher zu gehorchen und jedem Muslim aufrichtig zu raten, indem er sich um sein Wohl bemüht, ihm Gutes zukommen lässt und Böses von ihm abwendet, sowohl in Wort als auch in Tat.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Die Wichtigkeit des Gebets und der Almosensteuer (Zakah), die beide zu den Säulen des Islam gehören.
 Die Wichtigkeit des gegenseitigen Ratschlags und der Beratung unter den Muslimen ist so groß, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sogar von seinen Gefährten - möge Allah mit ihnen zufrieden sein - einen Treueeid darauf verlangte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3512</t>
   </si>
   <si>
     <t>لا تدعن في دبر كل صلاة تقول: اللهم أعني على ذكرك وشكرك وحسن عبادتك</t>
   </si>
   <si>
     <t>Unterlasse es nicht, nach jedem Gebet zu sagen: O Allah, verhilf mir dazu, Dir zu gedenken, Dir zu danken und Dich auf beste Weise anzubeten.“</t>
   </si>
   <si>
     <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه: أَنَّ رَسُولَ صَلَّى عَلَيْهِ وَسَلَّمَ أَخَذَ بِيَدِهِ، وَقَالَ: «يَا مُعَاذُ، وَاللَّهِ إِنِّي لَأُحِبُّكَ»، فَقَالَ: «أُوصِيكَ يَا مُعَاذُ لَا تَدَعَنَّ فِي دُبُرِ كُلِّ صَلَاةٍ تَقُولُ: اللَّهُمَّ أَعِنِّي عَلَى ذِكْرِكَ وَشُكْرِكَ وَحُسْنِ عِبَادَتِكَ».</t>
   </si>
   <si>
     <t>Über Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - seine Hand nahm und sagte: „O Mu'adh, wahrlich ich liebe dich.“ Da sagte er: „Ich rate dir, o Mu'adh: Unterlasse es nicht, nach jedem Gebet zu sagen: O Allah, verhilf mir dazu, Dir zu gedenken, Dir zu danken und Dich auf beste Weise anzubeten.“</t>
   </si>
   <si>
@@ -4521,57 +4521,57 @@
 استحباب هذا الدعاء في دُبُرِ كلِّ صلاة مفروضة ونافلة.
 في الدعاء بهذه الألفاظ القليلة مطالب الدنيا والآخرة.
 من فوائد المحبة في الله التَّواصي بالحق والتناصح والتعاون على البر والتقوى.
 قال الطيبي: ذِكْرُ الله مُقدِّمةُ انشراح الصدر، وشُكرُه وسيلةُ النعم المستجابة، وحسن العبادة المطلوب منه التَّجَرُّد عما يَشغله عن الله تعالى.</t>
   </si>
   <si>
     <t>Die Erlaubnis, einem Menschen darüber zu berichten, dass man ihn für Allah liebt.
 Es ist empfohlen, dieses Bittgebet nach jedem verpflichtenden und freiwilligen Gebet zu sagen.
 In diesem Bittgebet, welches nur wenige Ausdrücke umfasst, befinden sich alle (bedeutenden) Anliegen des Diesseits und Jenseits.
 Zu den Nutzen der Liebe für Allah gehört, dass man sich eindringlich die Wahrheit empfiehlt, die Güte und die Gottesfurcht rät und sich dabei unterstützt.
 At-Tayyibi sagte: „Das Gedenken Allahs ist eine Einleitung dafür, dass die Brust sich weitet, der Dank Ihm gegenüber ist ein Mittel zu den Gnaden, die erhört werden, und durch die Anbetung auf beste Weise wird erbittet, dass man von dem befreit ist was einen von Allah - erhaben ist Er - ablenkt.“</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3518</t>
   </si>
   <si>
     <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
-    <t>„Fürchtet Allah, euren Herrn, verrichtet eure fünf Gebete, fastet euren Monat, entrichtet die Almosensteuer eures Vermögens und gehorcht eurem Herrscher, dann werdet ihr in das Paradies eures Herrn eintreten.“</t>
+    <t>‚Fürchtet Allah, euren Herrn, verrichtet eure fünf Gebete, fastet euren Monat, entrichtet die Almosensteuer eures Vermögens und gehorcht eurem Herrscher, dann werdet ihr in das Paradies eures Herrn eintreten.‘“</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
-    <t>Von Abu Umamah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - in seiner Abschiedspredigt predigen und er sagte: „Fürchtet Allah, euren Herrn, verrichtet eure fünf Gebete, fastet euren Monat, entrichtet die Almosensteuer eures Vermögens und gehorcht eurem Herrscher, dann werdet ihr in das Paradies eures Herrn eintreten.“</t>
+    <t>Von Abu Umamah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - in seiner Abschiedspredigt predigen und er sagte: ‚Fürchtet Allah, euren Herrn, verrichtet eure fünf Gebete, fastet euren Monat, entrichtet die Almosensteuer eures Vermögens und gehorcht eurem Herrscher, dann werdet ihr in das Paradies eures Herrn eintreten.‘“</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hielt am Tag von 'Arafah während der Abschiedspilgerfahrt im Jahr 10 nach der Hijrah eine Predigt. Sie wurde so genannt, weil er - Allahs Segen und Frieden auf ihm - sich in ihr von den Menschen verabschiedete. Er befahl allen Menschen, ihren Herrn zu fürchten, indem sie Seinen Befehlen gehorchen und Seine Verbote meiden, dass sie die fünf Gebete verrichten sollen, die Allah - mächtig und majestätisch ist Er - am Tag und in der Nacht als Pflicht vorgeschrieben hat, dass sie den Monat Ramadan fasten sollen, dass sie die Almosensteuer ihrer Besitztümer an die Berechtigten geben und damit nicht geizen sollen, und dass sie denen gehorchen sollen, die Allah zu ihren Herrschern gemacht hat, solange es nicht im Ungehorsam gegenüber Allah geschieht. Wer diese genannten Dinge tut, dessen Belohnung ist der Eintritt ins Paradies.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Diese Taten gehören zu den Gründen für den Eintritt ins Paradies.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3520</t>
   </si>
   <si>
     <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
@@ -4720,224 +4720,189 @@
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3553</t>
   </si>
   <si>
     <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>‚Der beste Dhikr ist &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) und das beste Bittgebet ist &gt;Alhamdulillah&lt; (Alles Lob gebührt Allah).‘“</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Der beste Dhikr ist &gt;La ilaha illa Allah&lt; (Es gibt keinen, der zu Recht angebetet wird, außer Allah) und das beste Bittgebet ist &gt;Alhamdulillah&lt; (Alles Lob gebührt Allah).‘“</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet uns, dass der beste Dhikr „La ilaha illa Allah“ ist, was bedeutet, dass es keinen gibt, der mit Recht angebetet wird, außer Allah, und dass das beste Bittgebet „Alhamdulillah“ ist, womit man bekennt, dass Derjenige, Der die Gnaden gewährt, Allah - gepriesen sei Er - ist und dass es Ihm allein zusteht, auf vollkommene und schönste Weise beschrieben zu werden.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
-    <t>Die Ermutigung, häufig derer Allah mit dem Wort des Tauhīd (Einheit Gottes) zu gedenken und im Gebet Lob auszusprechen.</t>
+    <t>Der Ansporn, Allahs durch das Wort des Tauhids häufig zu gedenken, und Ihn durch die Lobpreisung häufig zu bitten.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3567</t>
   </si>
   <si>
     <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>„Soll ich euch nicht auf etwas hinweisen, womit Allah die Sünden auslöscht und die Rangstufen erhöht?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht auf etwas hinweisen, womit Allah die Sünden auslöscht und die Rangstufen erhöht?“ Sie sagten: „Doch, o Gesandter Allahs.“ Er sagte: „Die vollständige Durchführung der Gebetswaschung trotz Widerwillen, das häufige Schreiten zu den Moscheen und das Warten auf das nächste Gebet nach dem Gebet. Dies ist der Ribat (Wache halten im Krieg).“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte seine Gefährten, ob sie möchten, dass er sie auf Taten hinweist, die zur Vergebung der Sünden, ihrer Auslöschung aus den Büchern der Engel und zur Erhöhung der Stufen im Paradies führen.
 Die Gefährten sagten: „Ja, das wollen wir.“ Er sagte:
 Erstens: Die komplette und vollständige Durchführung der Gebetswaschung trotz Schwierigkeiten, wie Kälte, Wasserknappheit, körperlichen Schmerzen oder heißem Wasser.
-Zweitens: Häufiges Schreiten - d. h. mit den Füßen - zu den Moscheen, auch wenn das Haus weit entfernt ist, und häufiges Wiederholen dieser Handlung.
+Zweitens: Häufiges Schreiten - d. h. zu Fuß - zu den Moscheen, auch wenn das Haus weit entfernt ist, und das häufige Wiederholen dieser Handlung.
 Drittens: Das Warten auf die Gebetszeit, die Verbundenheit des Herzens mit dem Gebet, die Vorbereitung darauf und das Sitzen in der Moschee in Erwartung des Gemeinschaftsgebetes. Wenn man dann das Gebet verrichtet hat, wartet man an seinem Gebetsplatz auf das nächste Gebet.
 Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm -, dass diese Dinge die wahre Standfestigkeit sind, weil sie die Wege des Satans zur Seele blockieren, die Begierden überwinden und die Seele davon abhalten, Einflüsterungen anzunehmen. Dadurch besiegt die Partei Allahs die Soldaten des Satans. Das ist das größte Abmühen, und es ist wie das Wachen an der Grenze des Feindes.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Die Wichtigkeit, das Gemeinschaftsgebet in der Moschee zu wahren, den Gebeten Aufmerksamkeit zu schenken und sich nicht von ihnen ablenken zu lassen.
 Die schöne Art und Weise, wie der Prophet - Allahs Segen und Frieden auf ihm - das Wissen darbot und seine Gefährten motivierte, da er mit der Ankündigung einer großen Belohnung in Form einer Frage begann. Dies ist eine Lehrmethode.
 Der Nutzen, eine Angelegenheit in Form von Frage und Antwort zu präsentieren, besteht darin, dass die Worte aufgrund der anfänglichen Unklarheit und der anschließenden Klärung einen tieferen Eindruck auf die Seele hinterlassen.
-An-Nawawi - möge Allah mit ihm barmherzig sein - sagte: „Dies ist der Ribat.“ bedeutet: Der erstrebenswerte Ribat. Der Ursprung von „Ribat“ ist das einsperren, als ob er sich selbst für diesen Akt der Gottesverehrung einsperrt. Es wurde gesagt, dass dies der beste Ribat ist, so wie gesagt wurde: „Der Jihad (das Abmühen) ist der Jihad gegen die eigene Seele.“ Es ist auch möglich, dass es der leicht zugängliche und mögliche Ribat ist, d.h. es ist eine Art von Ribat.
+An-Nawawi - möge Allah ihm barmherzig sein - sagte: „‚Dies ist der Ribat.‘ bedeutet: Der erstrebenswerte Ribat. Der Ursprung von ‚Ribat‘ ist das Einsperren, als ob er sich selbst für diesen Akt der Gottesverehrung einsperrt. Es wurde gesagt, dass dies der beste Ribat ist, so wie gesagt wurde: ‚Der Jihad (das Abmühen) ist der Jihad gegen die eigene Seele.‘ Es ist auch möglich, dass es der leicht zugängliche und mögliche Ribat ist, d. h. es ist eine Art von Ribat.“
 Das Wort „Ribat“ wurde wiederholt und mit dem bestimmten Artikel definiert; dies dient dazu, die gewaltige Bedeutung dieser Handlungen zu betonen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3574</t>
   </si>
   <si>
     <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
-    <t>„Soll ich euch nicht über eure besten Taten informieren, die reinsten bei eurem Herrn und die euch in euren Rängen erheben</t>
+    <t>‚Soll ich euch nicht über eure besten Taten informieren, die reinsten bei eurem Herrn und die euch in euren Rängen erheben</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
-    <t>Von Abu Ad-Darda' - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Soll ich euch nicht über eure besten Taten informieren, die reinsten bei eurem Herrn und die euch in euren Rängen erheben, und die besser für euch sind als das Ausgeben von Gold und Silber, und besser für euch als eure Feinde zu treffen, sodass ihr auf ihre Hälse schlagt und sie auf eure Hälse schlagen?“ Sie sagten: „Doch.“ Er sagte: „Das Gedenken Allahs - erhaben ist Er.“</t>
+    <t>Von Abu Ad-Darda' - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Soll ich euch nicht über eure besten Taten informieren, die reinsten bei eurem Herrn und die euch in euren Rängen erheben, und die besser für euch sind als das Ausgeben von Gold und Silber, und besser für euch als eure Feinde zu treffen, sodass ihr auf ihre Hälse schlagt und sie auf eure Hälse schlagen?‘ Sie sagten: ‚Doch.‘ Er sagte: ‚Das Gedenken Allahs - erhaben ist Er.‘“</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - fragte seine Gefährten:
-„Wollt ihr, dass ich euch über eure besten Taten informiere, die edelsten, reinsten und saubersten bei Allah, dem Besitzer - mächtig und majestätisch ist Er?
+„Wollt ihr, dass ich euch über eure besten Taten informiere, die edelsten, reinsten und saubersten bei Allah, dem Besitzer (von allem) - mächtig und majestätisch ist Er?
 Und die euch in euren Wohnstätten im Paradies erhöhen?
 Und besser für euch als das Spenden von Gold und Silber sind?
 Und besser für euch, als dass ihr den Ungläubigen im Kampf begegnet, sodass ihr auf ihre Hälse schlagt und sie auf eure Hälse schlagen?“
 Die Gefährten sagten: „Ja, das wollen wir.“
 Er - Allahs Segen und Frieden auf ihm - sagte: Das Gedenken Allahs - erhaben ist Er - zu jeder Zeit und in allen Situationen und Zuständen.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Das beständige Gedenken Allahs - erhaben ist Er - äußerlich und innerlich, gehört zu den gewaltigsten Annäherungen an Allah und ist bei Ihm - erhaben ist Er - am nützlichsten.
 Alle gottesdienstlichen Handlungen wurden nur zur Aufrechterhaltung des Gedenkens Allahs - erhaben ist Er - vorgeschrieben. Allah - erhaben ist Er - sagte: „Und verrichte das Gebet zu Meinem Gedenken.“ Und der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Der Tawaf um das Haus (Allahs), das Gehen zwischen Safa und Marwah und das (Steine-)Werfen der Jamarat wurden nur zur Aufrechterhaltung des Gedenkens Allahs - erhaben ist Er - vorgeschrieben.“ (Überliefert von Abu Dawud und At-Tirmidhi)
-Al-'Izz Ibn 'Abd As-Salam sagte in seinem Werk „Al-Qawa'id“ (die Grundregeln): „Dieser Hadith beweist u. a., dass die Belohnung nicht von der Menge der Anstrengung in allen gottesdienstlichen Handlungen abhängt, sondern dass Allah - erhaben ist Er - für wenige Taten mehr belohnen kann als für viele. Die Belohnung hängt von den unterschiedlichen Rangstufen in der Ehre ab.“
+Al-'Izz Ibn 'Abdis-Salam sagte in seinem Werk „Al-Qawa'id“ (die Grundregeln): „Dieser Hadith beweist u. a., dass die Belohnung nicht von der Menge der Anstrengung in allen gottesdienstlichen Handlungen abhängt, sondern dass Allah - erhaben ist Er - für wenige Taten mehr belohnen kann als für viele. Die Belohnung hängt von den unterschiedlichen Rangstufen in der Ehre ab.“
 Al-Manawi sagte in „Fayd Al-Qadir“: „Dieser Hadith ist so zu verstehen, dass das Gedenken Allahs für diejenigen, an die er gerichtet war, am besten war. Wenn ein tapferer Krieger damit angesprochen worden wäre, der durch den Kampf dem Islam Nutzen bringen kann, wäre ihm der Jihad genannt worden. Dem Reichen, der den Armen mit seinem Vermögen Nutzen bringt, wäre die Spende genannt worden. Demjenigen, der zur Pilgerfahrt fähig ist, wäre die Pilgerfahrt genannt worden. Demjenigen, der Eltern hat, wäre die ihnen gegenüber gute Behandlung genannt worden. Dadurch wird die Übereinstimmung zwischen den Überlieferungen erreicht.“
 Der vollständigste Dhikr (Gedenken Allahs) ist das, was mit der Zunge ausgesprochen, wobei das Herz darüber nachsinnt. Dann kommt das Gedenken, was nur im Herzen ist, wie das Nachdenken. Dann das, was nur mit der Zunge ist. Und in jedem gibt es Lohn, so Allah - erhaben ist Er - will.
-Wenn sich ein Muslim an das Gedenken Allahs hält, das mit verschiedenen Situationen verbunden sind, wie z. B. der Dhikr am Morgen und Abend, beim Betreten der Moschee, des Hauses und der Toilette sowie beim Verlassen dieser Orte usw., dann lässt ihn dies zu denjenigen gehören, die Allahs viel gedenken.</t>
+Wenn sich ein Muslim an das Gedenken Allahs hält, das mit verschiedenen Situationen verbunden sind, wie z. B. der das Gedenken am Morgen und Abend, beim Betreten der Moschee, des Hauses und der Toilette sowie beim Verlassen dieser Orte usw., dann lässt ihn dies zu denjenigen gehören, die Allahs viel gedenken.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3575</t>
   </si>
   <si>
     <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>‚Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!‘“</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Von Ibn Mas‘ud - möge Allah mit ihm zufrieden sein - wird berichtet, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Das Paradies ist jedem von euch näher als sein Schnürsenkel und dasselbe gilt auch für das Feuer!‘“</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass das Paradies und die Hölle dem Menschen so nahe sind, wie die Schnürsenkel auf der Vorderseite seiner Füße, da man jederzeit eine gute Tat vollbringen kann, mit der Allah - mächtig und majestätisch ist Er - zufrieden ist, und dafür ins Paradies kommen kann, genauso aber auch eine schlechte Tat, die einen in die Hölle bringt.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Man wird zum Guten angespornt, selbst wenn es gering ist, und vom Schlechten abgehalten, selbst wenn es gering ist.
 Der Muslim muss in seinem Leben immer zwischen Hoffnung und Furcht vereinen und Allah - gepriesen sei Er - stets um Standhaftigkeit auf der Wahrheit bitten, damit man in Sicherheit ist und sich nicht durch seinen eigenen Zustand täuschen lässt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3581</t>
-  </si>
-[...33 lines deleted...]
-    <t>https://hadeethenc.com/de/browse/hadith/3586</t>
   </si>
   <si>
     <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>‚Der Siwak reinigt den Mund und stellt den Herrn zufrieden.‘“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Siwak reinigt den Mund und stellt den Herrn zufrieden.‘“</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet uns, dass das Reinigen der Zähne mit einem Zweig des Arak-Baums oder eines anderen Baums den Mund von Verschmutzungen und üblen Gerüchen reinigt, und dass es gleichzeitig zu den Ursachen der Zufriedenheit Allahs mit dem Diener gehört, da es eine Form des Gehorsams Allah gegenüber darstellt, man damit Seinem Befehl Folge leistet und da Allah - erhaben ist Er - die damit verbundene Sauberkeit liebt.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
@@ -5046,99 +5011,99 @@
     <t>Ein Mann aus der Wüste kam zum Propheten - Allahs Segen und Frieden auf ihm -, damit er ihn auf eine Tat hinweisen kann, die ihn ins Paradies bringen würde. Der Prophet - Allahs Segen und Frieden auf ihm - antwortete ihm, dass der Eintritt ins Paradies und die Rettung vor dem Feuer davon abhängen, die Säulen des Islam zu erfüllen, wozu gehört, dass du Allah allein dienst und Ihm nichts beigesellst, dass du die fünf Gebete verrichtest, die Allah Seinen Dienern an jedem Tag und jeder Nacht zur Pflicht gemacht hat, dass du die Almosensteuer des Vermögens entrichtest, die Allah dir auferlegt hat, und dass du sie den Berechtigten gibst, und dass du das Fasten im Monat Ramadan zu seiner Zeit einhältst. Der Mann sagte: „Bei Dem, in Dessen Hand meine Seele ist, ich werde den vorgeschriebenen Pflichten, die ich von dir gehört habe, nichts hinzufügen und auch nichts davon verringern.“ Als er wegging, sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Wen es erfreut, einen Mann aus den Leuten des Paradieses zu sehen, der soll diesen Wüstenaraber ansehen.“</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Das Erste, wozu man die Menschen zu Allah aufrufen sollte, ist, dass sie allein Allah - erhaben ist Er - dienen.
 Es ist ausreichend, denjenigen, die neu im Islam sind, nur die Pflichten beizubringen.
 Die Einladung zu Allah- erhaben ist Er - erfordert unbedingt eine schrittweise Vorgehensweise.
 Der Eifer des Mannes, die Angelegenheiten seiner Religion zu lernen.
 Wenn sich ein Muslim auf die Pflichten beschränkt, wird er erfolgreich sein. Dies bedeutet jedoch nicht, dass man die freiwilligen Taten vernachlässigen sollte, denn die freiwilligen Taten vervollständigen die Mängel in den Pflichthandlungen.
 Die besondere Erwähnung bestimmter gottesdienstlicher Handlungen weist auf ihre Wichtigkeit hin und ermutigt dazu, sie zu verrichten. Es bedeutet jedoch nicht, dass andere Handlungen nicht verpflichtend sind.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3689</t>
   </si>
   <si>
     <t>أفلح إن صدق</t>
   </si>
   <si>
-    <t>„Er wird erfolgreich sein, wenn er wahrhaftig ist.“</t>
+    <t>Er wird erfolgreich sein, wenn er wahrhaftig ist.‘“</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
-    <t>Über Talhah Ibn 'Ubaydillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ein Mann von den Bewohnern Najds kam mit zerzaustem Haar zum Gesandten Allahs - Allahs Segen und Frieden auf ihm. Wir hörten seine laute Stimme, aber wir verstanden nicht, was er sagte, bis er sich dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - näherte. Er fragte nach dem Islam. Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Fünf Gebete am Tag und in der Nacht.“ Der Mann fragte: „Muss ich noch etwas anderes tun?“ Er sagte: „Nein, außer wenn du es freiwillig tun möchtest. Und das Fasten im Monat Ramadan.“ Der Mann fragte: „Muss ich noch etwas anderes tun?“ Er sagte: „Nein, außer wenn du es freiwillig tun möchtest.“ Und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - erwähnte ihm die Almosensteuer. Der Mann fragte: „Muss ich noch etwas anderes tun?“ Er sagte: "Nein, außer wenn du es freiwillig tun möchtest.“ Der Mann ging weg und sagte: „Bei Allah, ich werde weder etwas hinzufügen noch etwas davon verringern.“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Er wird erfolgreich sein, wenn er wahrhaftig ist.“</t>
+    <t>Über Talhah Ibn 'Ubaydillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann von den Bewohnern Najds kam mit zerzaustem Haar zum Gesandten Allahs - Allahs Segen und Frieden auf ihm. Wir hörten seine laute Stimme, aber wir verstanden nicht, was er sagte, bis er sich dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - näherte. Er fragte nach dem Islam. Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Fünf Gebete am Tag und in der Nacht.‘ Der Mann fragte: ‚Muss ich noch etwas anderes tun?‘ Er sagte: ‚Nein, außer wenn du es freiwillig tun möchtest. Und das Fasten im Monat Ramadan.‘ Der Mann fragte: ‚Muss ich noch etwas anderes tun?‘ Er sagte: ‚Nein, außer wenn du es freiwillig tun möchtest.‘ Und der Gesandte Allahs - Allahs Segen und Frieden auf ihm - erwähnte ihm die Almosensteuer. Der Mann fragte: ‚Muss ich noch etwas anderes tun?‘ Er sagte: ‚Nein, außer wenn du es freiwillig tun möchtest.‘ Der Mann ging weg und sagte: ‚Bei Allah, ich werde weder etwas hinzufügen noch etwas davon verringern.‘ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Er wird erfolgreich sein, wenn er wahrhaftig ist.‘“</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
     <t>Ein Mann von den Bewohnern Najds kam zum Propheten - Allahs Segen und Frieden auf ihm. Seine Haare waren zerzaust, seine Stimme war laut, und man verstand nicht, was er sagte, bis er sich dem Propheten - Allahs Segen und Frieden auf ihm - näherte. Dann fragte er nach den Pflichten des Islam.
 Der Prophet - Allahs Segen und Frieden auf ihm - begann mit dem Gebet und sagte ihm, dass Allah ihm fünf Gebete an jedem Tag und in jeder Nacht vorgeschrieben hat.
 Der Mann fragte: „Sind außer diesen fünf Gebeten noch weitere Gebete verpflichtend für mich?“
 Er sagte: „Nein, außer wenn du freiwillig zusätzliche Gebete verrichtest.“
 Dann sagte er - Allahs Segen und Frieden auf ihm -: „Und Allah hat dir auch das Fasten im Monat Ramadan zur Pflicht gemacht.“
 Der Mann fragte: „Bin ich zu irgendeiner anderen Art von Fasten als dem Fasten im Ramadan verpflichtet?“
 Er antwortete: „Nein, außer du fastest freiwillig.“
 Dann erwähnte ihm der Prophet - Allahs Segen und Frieden auf ihm - die Almosensteuer.
 Der Mann fragte: „Bin ich zu weiteren Spenden verpflichtet, die über die verpflichtende Almosensteuer hinausgehen?“
 Er antwortete: „Nein, außer du spendest freiwillig.“
 Nachdem der Mann diese Pflichten vom Propheten - Allahs Segen und Frieden auf ihm - gehört hatte, wandte er sich ab und schwor bei Allah - erhaben ist Er -, dass er sich an sie halten würde, ohne etwas hinzuzufügen oder wegzulassen. Daraufhin sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Wenn der Mann wahrhaftig ist in dem, was er geschworen hat, dann wird er zu den Erfolgreichen gehören.“</t>
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Die Milde und Erleichterung der islamischen Gesetzgebung für die Verpflichtenden.
 Der gute Umgang des Propheten - Allahs Segen und Frieden auf ihm - mit diesem Mann zeigte sich darin, dass er ihm ermöglichte, sich ihm zu nähern und ihm Fragen zu stellen.
 Beim Aufruf zu Allah - erhaben ist Er - beginnt man mit dem Wichtigsten und dann dem Nächstwichtigen.
-Der Islam ist Glaubensüberzeugung und Tat. Taten ohne Glauben sind nutzlos, und Glaube ohne Taten ist nutzlos.
+Der Islam ist Glaubenslehre und Tat. Taten ohne Glauben sind nutzlos, und Glaube ohne Taten ist nutzlos.
 Die Wichtigkeit dieser Taten und dass sie zu den Säulen des Islam gehören.
 Das Freitagsgebet ist in den fünf obligatorischen Gebeten enthalten, da es für diejenigen, die dazu verpflichtet sind, das Mittagsgebet am Freitag ersetzt.
 Der Prophet - Allahs Segen und Frieden auf ihm - begann seine Unterweisung mit den wichtigsten Pflichten des Islam, nämlich seinen Säulen nach den beiden Glaubensbekenntnissen, da der Mann bereits Muslim war. Er erwähnte die Pilgerfahrt (Hajj) nicht, entweder weil sie noch nicht verpflichtend gemacht worden war oder weil ihre Zeit noch nicht gekommen war.
 Wenn sich der Mensch auf das im islamischen Gesetz Verpflichtende beschränkt, wird er erfolgreich sein. Dies bedeutet jedoch nicht, dass es nicht empfohlen ist, freiwillige Taten zu verrichten, denn die freiwilligen Taten vervollständigen die Pflichten am Tag der Auferstehung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3700</t>
   </si>
   <si>
     <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>„Es gibt keine Strapaze, die den Muslim trifft, keine Krankheit, Sorge, Trauer, nichts, was ihn stört und keinen Kummer - selbst ein Stachel, der ihn sticht - ,außer dass Allah ihm damit etwas von seinen Sünden vergibt.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri und Abu Hurayrah - möge Allah mit ihnen beiden zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Strapaze, die den Muslim trifft, keine Krankheit, Sorge, Trauer, nichts, was ihn stört und keinen Kummer - selbst ein Stachel, der ihn sticht - ,außer dass Allah ihm damit etwas von seinen Sünden vergibt.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - erklärt, dass alles, was den Muslim an Krankheiten, Sorgen, Kummer, Nöten, Unglück, Schwierigkeiten, Angst und Hunger trifft - selbst wenn es nur ein Dorn ist, der ihn sticht und schmerzt -, als Sühne für seine Sünden und als Tilgung seiner Fehler dient.</t>
@@ -5286,98 +5251,98 @@
   </si>
   <si>
     <t>Zu den Zielen der islamischen Gesetzgebung gehört es, das zu bewahren, was die Beziehungen zwischen den Menschen verbessert.
 Der Ansporn dazu, beim Umgang mit anderen Menschen wie bei Kauf und Verkauf, etc. immer den besten Charakter an den Tag zu legen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3716</t>
   </si>
   <si>
     <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>„Möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften.“ Es wurde gefragt: „Wer, o Gesandter Allahs?“ Er sagte: „Derjenige, der seine Eltern im hohen Alter erreicht, einen von ihnen oder beide, und (dadurch) nicht ins Paradies eingeht.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften, dann möge seine Nase an der Erde haften.“ Es wurde gefragt: „Wer, o Gesandter Allahs?“ Er sagte: „Derjenige, der seine Eltern im hohen Alter erreicht, einen von ihnen oder beide, und (dadurch) nicht ins Paradies eingeht.“</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - betete um Erniedrigung und Schande, bis er so weit ging, als hätte man seine Nase in den Staub gesteckt - er wiederholte dies dreimal. Dann wurde er gefragt: „Wer ist das, o Gesandter Allahs, gegen den du Bittgebete gesprochen hast?“
-Er - Allahs Segen und Frieden auf ihm - sagte: „Derjenige, der seine Eltern im hohen Alter erreicht – einen von ihnen oder beide – und sie kein Grund für seinen Eintritt ins Paradies sind; und das aufgrund des Mangels an gutem Verhalten ihnen gegenüber und ihrer Missachtung.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - betete um Erniedrigung und Schande, bis es so weit kommt, als hätte man seine Nase in den Staub gesteckt - er wiederholte dies dreimal. Dann wurde er gefragt: „Wer ist das, o Gesandter Allahs, gegen den du Bittgebete gesprochen hast?“
+Er - Allahs Segen und Frieden auf ihm - sagte: „Derjenige, der seine Eltern im hohen Alter erreicht - einen von ihnen oder beide - und sie kein Grund für seinen Eintritt ins Paradies sind, und das aufgrund des Mangels an gutem Verhalten ihnen gegenüber und ihrer Missachtung.“</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Die Pflicht, den Eltern gegenüber gütig zu sein, und dass dies einer der Gründe für den Eintritt ins Paradies ist, insbesondere wenn sie alt und schwach sind.
 Die Missachtung der Eltern gehört zu den größten Sünden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3718</t>
   </si>
   <si>
     <t>سبق المفردون</t>
   </si>
   <si>
     <t>Die Mufarridun (Isolierten) sind vorausgegangen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - reiste auf dem Weg nach Makkah. Er kam an einem Berg namens Jumdan vorbei und sagte: „Geht weiter, dies ist Jumdan. Die Mufarridun (Isolierten) sind vorausgegangen.“ Sie fragten: „Und wer sind die Mufarridun, o Gesandter Allahs?“ Er sagte: „Die Männer und die Frauen, die Allah häufig gedenken.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - reiste auf dem Weg nach Makkah. Er kam an einem Berg namens Jumdan vorbei und sagte: ‚Geht weiter, dies ist Jumdan. Die Mufarridun (Isolierten) sind vorausgegangen.‘ Sie fragten: ‚Und wer sind die Mufarridun, o Gesandter Allahs?‘ Er sagte: ‚Die Männer und die Frauen, die Allah häufig gedenken.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte den hohen Rang derer, die Allah häufig gedenken, und dass sie sich absondern und anderen vorausgeeilt sind, da sie die höchsten Stufen in den Gärten der Gunstgaben erreicht haben. Er verglich sie mit dem Berg Jumdan, der sich von anderen Bergen abhebt.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, Allah häufig zu gedenken und sich damit zu beschäftigen, denn der Vorrang im Jenseits wird nur durch zahlreiche gute Taten und Aufrichtigkeit in der Anbetung erreicht.
 Das Gedenken Allahs kann mit der Zunge allein, mit dem Herzen allein oder mit Zunge und Herz zusammen erfolgen, wobei letzteres die höchste Stufe ist.
 Zu den Arten des Gedenkens gehören die festgelegten Bittgebete, wie das Gedenken am Morgen und am Abend, nach den Pflichtgebeten, usw.
 An-Nawawi sagte: „Wisse, dass die Tugend des Gedenkens Allahs nicht auf den Tasbih („Subhanallah)“, Tahlil („La ilaha illa Allah“), Tahmid („Alhamdulillag“), Takbir („Allahu Akbar“) und dergleichen beschränkt ist, sondern jeder, der Allah durch Gehorsam dient, gedenkt Allah - erhaben ist Er.“
 Das Gedenken Allahs ist einer der gewaltigsten Gründe für Standhaftigkeit. Allah - gepriesen sei Er und erhaben ist Er - sagt: „O ihr, die ihr glaubt, wenn ihr auf eine Schar trefft, dann seid standhaft und gedenkt Allahs häufig, auf dass ihr erfolgreich seid.“ (Al-Anfal: 45)
 Der Vergleich zwischen denen, die Allah gedenken, und dem Berg Jumdan liegt in ihrer Absonderung und Zurückgezogenheit. Der Berg Jumdan steht abseits von anderen Bergen, ebenso diejenigen, die Allah - erhaben ist Er - gedenken. Der Isolierte ist derjenige, dessen Herz und Zunge sich dem Gedenken seines Herrn widmen, auch wenn er unter Menschen ist. Er findet Trost in Momenten der Einsamkeit und fühlt sich unwohl bei übermäßigem Umgang mit Menschen.
-Ein weiterer Aspekt des Vergleichs könnte sein, dass das Gedenken Allahs ein Grund für die Festigung im Glauben ist, so wie die Berge ein Grund für die Stabilität der Erde sind. Oder es könnte der Vorrang bei guten Taten in dieser Welt und im Jenseits sein, da der Reisende von Madinah nach Makkah, wenn er Jumdan erreichte, ein Zeichen für die Ankunft in Makkah hatte, und wer ihn erreichte, war voraus. Ebenso ist derjenige, der Allah - erhaben ist Er - gedenkt, anderen voraus, indem er Allah häufig gedenkt. Und Allah weiß es am besten.</t>
+Ein weiterer Aspekt des Vergleichs könnte sein, dass das Gedenken Allahs ein Grund für die Festigung im Glauben ist, so wie die Berge ein Grund für die Stabilität der Erde sind. Oder es könnte der Vorrang bei guten Taten in dieser Welt und im Jenseits sein, da der Reisende von Al-Madinah nach Makkah, wenn er Jumdan erreichte, ein Zeichen für die Ankunft in Makkah hatte, und wer ihn erreichte, war voraus. Ebenso ist derjenige, der Allah - erhaben ist Er - gedenkt, anderen voraus, indem er Allah häufig gedenkt. Und Allah weiß es am besten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3719</t>
   </si>
   <si>
     <t>يعقد الشيطان على قافية رأس أحدكم إذا هو نام ثلاث عقد يضرب كل عقدة عليك ليل طويل، فارقد</t>
   </si>
   <si>
     <t>„Wenn einer von euch schläft, bindet der Satan am Ende seines Kopfs drei Knoten, indem er jeden Knoten mit: „Dir steht eine lange Nacht bevor, so schlaf!“ knotet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَعْقِدُ الشَّيْطَانُ عَلَى قَافِيَةِ رَأْسِ أَحَدِكُمْ إِذَا هُوَ نَامَ ثَلاَثَ عُقَدٍ يَضْرِبُ كُلَّ عُقْدَةٍ عَلَيْكَ لَيْلٌ طَوِيلٌ، فَارْقُدْ، فَإِنِ اسْتَيْقَظَ فَذَكَرَ اللَّهَ، انْحَلَّتْ عُقْدَةٌ، فَإِنْ تَوَضَّأَ انْحَلَّتْ عُقْدَةٌ، فَإِنْ صَلَّى انْحَلَّتْ عُقْدَةٌ، فَأَصْبَحَ نَشِيطًا طَيِّبَ النَّفْسِ، وَإِلَّا أَصْبَحَ خَبِيثَ النَّفْسِ كَسْلاَنَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn einer von euch schläft, bindet der Satan am Ende seines Kopfs drei Knoten, indem er jeden Knoten mit: „Dir steht eine lange Nacht bevor, so schlaf!“ knotet. Wenn er aufsteht und Allahs gedenkt, löst sich ein Knoten. Wenn er die Gebetswaschung verrichtet, löst sich ein (weiterer) Knoten. Wenn er betet, löst sich ein (weiterer) Knoten und er tritt energisch und mit einem guten Gefühl in den Morgen. Anderenfalls tritt er mit einem üblen Gefühl und faul in den Morgen.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بحال الشيطان وصراعه مع الإنسان الذي يريد القيام لصلاة الليل أو الفجر.
 فإن المؤمن إذا ذهب إلى النوم يعقد الشيطان على قافيته -يعني: مُؤخَّر رأسه- ثلاث عقد.
 فإذا استيقظ المؤمن وذكر الله تعالى ولم يستجب لوساوس الشيطان؛ انفكَّت عقدة.
 فإن توضأ انفكت الأخرى.
 وإن قام فصلى انفكت العقدة الثالثة، وأصبح نشيطًا طيب النفس؛ لسروره بما وفّقه الله من الطاعة، مستبشرًا بما وعده الله من الثواب والغفران، مع ما زال عنه من عُقَد الشيطان وتثبيطه،  وإلا أصبح خبيث النفس، محزون القلب، كسلان عن أعمال الخير والبر؛ لأنه مُقَيَّد بِقَيْد الشيطان، ومُبْعَد عن قُرْبِ الرحمن.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet vom Zustand des Schaytan und seinem Kampf mit dem Menschen, der zum freiwilligen Nachtgebet oder zum Morgengebet aufwachen möchte.
@@ -5391,74 +5356,74 @@
 ذكر الله تعالى وعبادته تُوْرِث النشاطَ في النفس وانْشِرَاح الصَّدر، وتَطْرد الكَسَل والخُمُول، وتُذْهِب الكَرْب والمَقْت؛ لأنها تطرد الشيطان وهذا مِن وسوسته.
 المؤمن يُسَرُّ بتوفيق الله تعالى له للقيام بطاعته، ويَكْتَئِب لتقصيره في درجات الفضل والكمال.
 الغفلة والركون عن الطاعات هو من فعل الشيطان وتزيينه.
 هذه الأمور الثلاثة -ذكر الله، والوضوء، والصلاة- تطرد الشيطان.
 العَقْد من الشيطان على مُؤخَّر الرأس خاصة؛ لأنها مَركَز القُوى، ومجال تَصَرُّفِها، فإذا رَبَطَ عليها أمكنه السيطرة على رُوح الانسان، وإلقاء النوم عليه.
 قال ابن حجر العسقلاني: ذكر الليل في قوله: "عليك ليل"، ظاهره اختصاص ذلك بنوم الليل.
 قال ابن حجر العسقلاني: لا يتعين للذكر شيء مخصوص لا يجزئ غيره، بل كل ما صدق عليه ذكر الله أجزأ، ويدخل فيه تلاوة القرآن، وقراءة الحديث النبوي، والاشتغال بالعلم الشرعي، وأولى ما يذكر به قول النبي صلى الله عليه وسلم: من تعار من الليل فقال: (لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، الحمد لله، وسبحان الله، ولا إله إلا الله، والله أكبر، ولا حول ولا قوة إلا بالله، ثم قال: اللهم اغفر لي، أو دعا استجيب له، فإن توضأ قُبلت صلاته) رواه البخاري.</t>
   </si>
   <si>
     <t>Der Schaytan eilt immer zu jedem Weg des Menschen, um ihn vom Gehorsam gegenüber Allah - mächtig und majestätisch ist Er - abzuhalten. Der Diener kann sich vor dem Schaytan nur erretten, wenn er Hilfe bei Allah - mächtig und majestätisch ist Er - sucht und die Ursachen ergreift, die ihn bewahren und schützen.
 Allah - erhaben ist Er - zu gedenken und Ihm zu dienen führt dazu, dass die Seele aktiv wird, die Brust sich weitet, Faulheit und Schwäche abgewehrt wird und Sorge und Hass verschwinden, da es (das Gedenken und Dienen Allahs) den Schaytan vertreibt. Diese (Knoten) sind von seinen Einflüsterungen.
 Der Gläubige freut sich über den Erfolg, den Allah - erhaben ist Er - ihm gewährt, um Ihm gehorsam zu sein, und ist betrübt, wenn er in den Stufen des Vorzugs und der Vollkommenheit zu kurz kommt.
 Die Unachtsamkeit gegenüber den Gottesdiensten und die Entfernung davon gehören zu den Taten und Verzierungen des Schaytan.
 Diese drei Dinge - das Gedenken Allahs, die rituelle Gebetswaschung und das Gebet - vertreiben den Schaytan.
 Die Knoten des Schaytan sind bewusst am Kopfende, da dort das Zentrum der Kräfte und der Bereich ihrer Wirkung ist. Wenn er dies beherrscht, besitzt er die Kontrolle über die Seele des Menschen und lässt ihn wieder einschlafen.
 Ibn Hajar Al-'Asqalani sagte: „Die Erwähnung der Nacht in der Aussage 'Dir steht eine Nacht bevor' weist äußerlich darauf hin, dass dies nur auf den Schlaf nachts bezogen ist.“
 Ibn Hajar Al-'Asqalani sagte: „Der Dhikr ist nicht auf eine bestimmte, einzige Sache beschränkt. Vielmehr umfasst es alles, was unter das Gedenken Allahs fällt, und darunter fällt die Rezitation des Quran, das Lesen von prophetischen Überlieferungen und das Beschäftigen mit dem islamisch-gesetzlichen Wissen. Und das erste, womit man (Allahs) gedenken sollte, ist die Aussage des Propheten - Allahs Segen und Frieden auf ihm -: „Wer in der Nacht aufwacht und dann sagt: 'La ilaha illa Allah, wahdahu la Scharika lah, lahu Al-Mulk, wa lahu Al-Hamd wa huwa 'ala kulli schay'in qadir. Alhamdulillah wa Subhanallah wa La ilaha illa Allah wa Allahu Akbar wa La hawla wa la quwwata illa billah' und dann sagt: 'O Allah vergib mir!' oder ein Bittgebet spricht, dem wird es erhört. Wenn er die Gebetswaschung verrichtet, wird sein Gebet angenommen.“ [Überliefert von Al-Bukhari]“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3731</t>
   </si>
   <si>
     <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
-    <t>‚Bemühe dich um häufige Niederwerfungen vor Allah, denn du machst keine Niederwerfung vor Allah, ohne dass Allah dich dadurch um einen Rang erhöht und dir dadurch eine Sünde vergibt.‘</t>
+    <t>Bemühe dich um häufige Niederwerfungen vor Allah, denn du machst keine Niederwerfung vor Allah, ohne dass Allah dich dadurch um einen Rang erhöht und dir dadurch eine Sünde vergibt.“</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
-    <t>Von Ma'dan Ibn Abi Talhah Al-Ya'mari wird überliefert, dass er sagte: Ich traf Thauban, den freigelassenen Sklaven des Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: „Berichte mir von einer Tat, die ich tun kann, damit Allah mich dadurch ins Paradies eintreten lässt.“ Oder er (Ma'dan) sagte: Ich sagte: „Von den Taten, die Allah am liebsten sind.“ Er schwieg. Dann fragte ich ihn erneut, und er schwieg. Dann fragte ich ihn ein drittes Mal, und er sagte: „Ich fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - danach, und er sagte: ‚Bemühe dich um häufige Niederwerfungen vor Allah, denn du machst keine Niederwerfung vor Allah, ohne dass Allah dich dadurch um einen Rang erhöht und dir dadurch eine Sünde vergibt.‘“ Ma'dan sagte: „Dann traf ich Abu Ad-Darda' und fragte ihn, und er sagte mir dasselbe wie Thauban.“</t>
+    <t>Von Ma'dan Ibn Abi Talhah Al-Ya'mari wird überliefert, dass er sagte: „Ich traf Thawban, den freigelassenen Sklaven des Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: ‚Berichte mir von einer Tat, die ich tun kann, damit Allah mich dadurch ins Paradies eintreten lässt.‘ Oder er (Ma'dan) sagte: Ich sagte: ‚Von den Taten, die Allah am liebsten sind.‘ Er schwieg. Dann fragte ich ihn erneut, und er schwieg. Dann fragte ich ihn ein drittes Mal, und er sagte: ‚Ich fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - danach, und er sagte: „Bemühe dich um häufige Niederwerfungen vor Allah, denn du machst keine Niederwerfung vor Allah, ohne dass Allah dich dadurch um einen Rang erhöht und dir dadurch eine Sünde vergibt.“‘ Ma'dan sagte: ‚Dann traf ich Abu Ad-Darda' und fragte ihn, und er sagte mir dasselbe wie Thawban.‘“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde nach der Tat gefragt, die zum Eintritt ins Paradies führt, oder nach der Tat, die Allah am liebsten ist.
 Er - Allahs Segen und Frieden auf ihm - sagte zum Fragenden: „Halte dich an häufige Niederwerfungen im Gebet, denn du machst keine Niederwerfung vor Allah, ohne dass Er dich dadurch einen Rang erhöht und dir dadurch eine Sünde vergibt.“</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Der Muslim wird dazu ermutigt, sowohl die Pflichtgebete als auch die freiwilligen Gebete eifrig zu verrichten, da sie Niederwerfungen beinhalten.
-Die tiefe Einsicht der Gefährten und ihr Verständnis, dass das Paradies – nach der Barmherzigkeit Allahs – nur durch Taten erreicht werden kann, wird verdeutlicht.
+Die tiefe Einsicht der Gefährten und ihr Verständnis, dass das Paradies - nach der Barmherzigkeit Allahs - nur durch Taten erreicht werden kann, wird verdeutlicht.
 Die Niederwerfung im Gebet ist einer der gewaltigsten Gründe für die Erhöhung der Ränge und die Vergebung von Sünden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3732</t>
   </si>
   <si>
     <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>„Es gab einmal einen Mann, der Kredite an die Leute vergab und seinem Burschen zu sagen pflegte: ‚Wenn du zu jemandem gehst, der in einer (finanziellen) Notlage ist, dann sei nachsichtig mit ihm, möglicherweise ist dann Allah auch nachsichtig mit uns!‘</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gab einmal einen Mann, der Kredite an die Leute vergab und seinem Burschen zu sagen pflegte: ‚Wenn du zu jemandem gehst, der in einer (finanziellen) Notlage ist, dann sei nachsichtig mit ihm, möglicherweise ist dann Allah auch nachsichtig mit uns!‘ Da traf er auf Allah und Er war nachsichtig mit ihm.“</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet von einem Mann, der mit den Menschen durch Kreditvergabe oder durch Verkauf mit späterer Zahlung handelte. Er pflegte dem Jüngling, der für ihn seine Schulden bei den Leuten einholte, zu sagen: „Kommst du zu jemandem, der nichts hat, um seine Schuld zu begleichen, da er zahlungsunfähig ist, dann ‚sei nachsichtig mit ihm‘, indem du ihm entweder weiter Aufschub gewährst und nicht mit Nachdruck die Zahlung verlangst oder indem du das annimmst, was er hat, selbst wenn es weniger ist.“ Das tat er in der Hoffnung, dass Allah auch nachsichtig mit ihm ist und ihm vergibt. Als er dann starb, vergab ihm Allah und schaute über seine Sünden hinweg.</t>
   </si>
@@ -5564,67 +5529,67 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass derjenige, der auf vollkommene Weise die verwandtschaftlichen Beziehungen pflegt und gut zu den Verwandten ist, nicht die Person ist, die nur denjenigen gut behandelt, der auch sie gut behandelt. Vielmehr ist derjenige, der die verwandtschaftlichen Beziehungen wirklich auf vollständige Weise pflegt, derjenige ist, der, wenn die Beziehung abgebrochen wird, sie dennoch pflegt (und wieder aufnimmt), und der, wenn er schlecht von seinen Verwandten behandelt wird, trotzdem gut mit ihnen umgeht.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Das Pflegen der verwandtschaftlichen Beziehungen aus Sicht der islamischen Gesetzgebung bedeutet, dass du mit demjenigen den Kontakt pflegst, der ihn abgebrochen hat, dass du demjenigen vergibst, der dir Unrecht getan hat und dass du demjenigen gibst, der dir (Dinge) verwehrt. Es besteht nicht darin, auf Gleiches mit Gleichem zu antworten und es zu erwidern.
 Das Pflegen der verwandtschaftlichen Beziehungen besteht darin, ihnen so viel Gutes wie möglich zukommen zu lassen - sei es durch finanzielle Unterstützung, Bittgebete, das Gebieten des Guten und das Verbieten des Schlechten und Ähnliches - sowie darin, so viel Schaden wie möglich von ihnen fernzuhalten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/3854</t>
   </si>
   <si>
     <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>Worauf sollen wir dir denn (nochmals) die Treue schwören?‘ Er sagte: ‚Darauf, dass ihr Allah dient und Ihm nichts beigesellt, die fünf Gebete verrichtet, dass ihr - und er flüsterte ein Wort, das ich nicht verstehen konnte - gehorcht und die Menschen um nichts bittet</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
-    <t>Von Abu Muslim Al-Khaulani wird überliefert, dass er sagte: Mir berichtete der Geliebte und Vertrauenswürdige - und er ist mir wahrlich lieb und bei mir vertrauenswürdig - , nämlich 'Auf ibn Malik Al-Aschja'i - möge Allah mit ihm zufrieden sein -: „Wir waren beim Gesandten Allahs - Allahs Segen und Frieden auf ihm -, neun oder acht oder sieben (von uns). Da sagte er: ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Und wir hatten (ihm) erst kürzlich einen Treueeid geleistet. Also sagten wir: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs.‘ Dann sagte er (erneut): ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Wir sagten wieder: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs.‘ Dann sagte er (erneut): ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Da streckten wir unsere Hände aus und sagten: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs. Worauf sollen wir dir denn (nochmals) die Treue schwören?‘ Er sagte: ‚Darauf, dass ihr Allah dient und Ihm nichts beigesellt, die fünf Gebete verrichtet, dass ihr - und er flüsterte ein Wort, das ich nicht verstehen konnte - gehorcht und die Menschen um nichts bittet.‘ Bei Allah, ich habe einige dieser Männer gesehen, deren Peitsche herunterfiel, und sie baten niemanden darum, sie ihnen aufzuheben.“</t>
+    <t>Von Abu Muslim Al-Khawlani wird überliefert, dass er sagte: Mir berichtete der Geliebte und Vertrauenswürdige - und er ist mir wahrlich lieb und bei mir vertrauenswürdig - , nämlich 'Awf ibn Malik Al-Aschja'i - möge Allah mit ihm zufrieden sein -: „Wir waren beim Gesandten Allahs - Allahs Segen und Frieden auf ihm -, neun oder acht oder sieben (von uns). Da sagte er: ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Und wir hatten (ihm) erst kürzlich einen Treueeid geleistet. Also sagten wir: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs.‘ Dann sagte er (erneut): ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Wir sagten wieder: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs.‘ Dann sagte er (erneut): ‚Wollt ihr dem Gesandten Allahs nicht die Treue schwören?‘ Da streckten wir unsere Hände aus und sagten: ‚Wir haben dir bereits die Treue geschworen, o Gesandter Allahs. Worauf sollen wir dir denn (nochmals) die Treue schwören?‘ Er sagte: ‚Darauf, dass ihr Allah dient und Ihm nichts beigesellt, die fünf Gebete verrichtet, dass ihr - und er flüsterte ein Wort, das ich nicht verstehen konnte - gehorcht und die Menschen um nichts bittet.‘ Bei Allah, ich habe einige dieser Männer gesehen, deren Peitsche herunterfiel, und sie baten niemanden darum, sie ihnen aufzuheben.“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - war mit einer Gruppe von Gefährten und bat sie dreimal, ihm die Treue zu schwören und ihm zu versprechen, sich an folgende Dinge zu halten:
 Erstens: Die Anbetung Allahs allein, indem man Seinen Geboten gehorcht und Seine Verbote meidet, und Ihm nichts beigesellt.
 Zweitens: Das Verrichten der fünf Pflichtgebete am Tag und in der Nacht.
 Drittens: Auf denjenigen hören und demjenigen im Guten gehorchen, der über die Muslime herrscht.
 Viertens: All ihre Bedürfnisse Allah anzuvertrauen und die Menschen um nichts davon zu bitten. Der Prophet - Allahs Segen und Frieden auf ihm - senkte dabei seine Stimme.
-Und die Gefährten - möge Allah mit ihnen zufrieden sein - handelten gemäß dem, worauf sie ihren Treueid geleistet hatten, bis der Überlieferer des Hadith sagte: „Ich habe einige dieser Gefährten gesehen, wie die Peitsche eines von ihnen herunterfiel, und er bat niemanden, sie ihm zu reichen, sondern stieg ab und nahm sie selbst.“</t>
+Und die Gefährten - möge Allah mit ihnen zufrieden sein - handelten gemäß dem, worauf sie ihren Treueid geleistet hatten, bis der Überlieferer des Hadith sagte: „Ich habe einige dieser Gefährten gesehen, wie die Peitsche eines von ihnen herunterfiel, und er bat niemanden, sie ihm zu reichen, sondern stieg (von seinem Reittier) ab und nahm sie selbst.“</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, davon Abstand zu nehmen, die Menschen um etwas zu bitten, und sich von allem fernzuhalten, was als Bitten bezeichnet wird, und unabhängig von den Menschen zu sein, selbst wenn es um eine kleine Angelegenheit geht.
 Die Art des Bittens, die untersagt ist, bezieht sich auf Bitten um weltliche Dinge. Es schließt jedoch nicht das Fragen nach Wissen und Angelegenheiten der Religion aus.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4176</t>
   </si>
   <si>
     <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>‚Wer jemandem in Zahlungsnot Aufschub gewährt, oder ihm etwas erlässt, dem gewährt Allah Schatten unter Seinem Thron am Tag der Auferstehung, am Tag, an dem es keinen Schatten gibt, außer Seinem Schatten!‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer jemandem in Zahlungsnot Aufschub gewährt, oder ihm etwas erlässt, dem gewährt Allah Schatten unter Seinem Thron am Tag der Auferstehung, am Tag, an dem es keinen Schatten gibt, außer Seinem Schatten!‘“</t>
   </si>
   <si>
@@ -5782,60 +5747,60 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verkündet, dass Allah, wenn Er für einen Seiner gläubigen Diener etwas Gutes will, Er ihn in seinem Vermögen oder seiner Familie prüft, wodurch der Gläubige dazu veranlasst wird, mit seinen Bittgebeten zu Allah - erhaben ist Er - zu flüchten, wodurch ihm seine schlechten Taten gelöscht und seine Stufen im Paradies erhöht werden.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Der Gläubige wird mit verschiedenen Arten von Prüfungen getroffen.
 Die Prüfung kann ein Zeichen der Liebe Allahs für Seinen Diener sein, um seine Stufe zu erhöhen, seinen Rang zu vergrößern und seine Fehler zu vergeben.
 Der Ansporn dazu, sich bei Katastrophen zu gedulden und sich nicht erschüttern zu lassen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4204</t>
   </si>
   <si>
     <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>„Wenn der Muslim im Grab befragt wird, bezeugt er, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
-    <t>Von Al-Bara' Ibn 'Azib - möge Allah mit ihm zufrieden sein -, wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn der Muslim im Grab befragt wird, bezeugt er, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist. Dies bezieht sich auf Seine (Allahs) Aussage: ‚Allah festigt diejenigen, die glauben, mit dem festen Wort im diesseitigen Leben und im Jenseits.‘ [Ibrahim: 27].“</t>
+    <t>Von Al-Bara' Ibn 'Azib - möge Allah mit ihm zufrieden sein -, wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn der Muslim im Grab befragt wird, bezeugt er, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist. Dies ist Seine (Allahs) Aussage: ‚Allah festigt diejenigen, die glauben, mit dem festen Wort im diesseitigen Leben und im Jenseits.‘ [Ibrahim: 27].“</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
-    <t>Der Gläubige wird im Grab befragt. Die beiden damit beauftragten Engel, Munkar und Nakir, wie sie in mehreren Hadithen genannt werden, befragen ihn. Er bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist. Der Prophet - Allahs Segen und Frieden auf ihm - sagte, dies sei das feste Wort, über das Allah sagte: „Allah festigt diejenigen, die glauben, mit dem festen Wort im diesseitigen Leben und im Jenseits.“ [Ibrahim: 27]</t>
+    <t>Der Gläubige wird im Grab befragt. Die beiden damit beauftragten Engel - Munkar und Nakir, wie sie in mehreren Hadithen genannt werden, - befragen ihn. Er bezeugt, dass es keinen Gott gibt außer Allah und dass Muhammad der Gesandte Allahs ist. Der Prophet - Allahs Segen und Frieden auf ihm - sagte, dies sei das feste Wort, über das Allah sagte: „Allah festigt diejenigen, die glauben, mit dem festen Wort im diesseitigen Leben und im Jenseits.“ [Ibrahim: 27]</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Hierin ist ein Beweis, dass die Befragung im Grab wahr ist.
 Allahs Gunst gegenüber Seinen gläubigen Dienern im Dies- und im Jenseits besteht darin, sie im festen Wort zu festigen.
 Der Vorzug des Glaubensbekenntnisses (Schahadah) des Tauhids und des Sterbens darauf.
 Allah festigt die Gläubigen im Diesseits durch das Festhalten am Glauben und das Befolgen des geraden Weges, beim Tod durch das Sterben auf dem Monotheismus und im Grab bei der Befragung durch die beiden Engel.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4206</t>
   </si>
   <si>
     <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>„Mir wurde befohlen, die Menschen (so lange) zu bekämpfen, bis sie bezeugen, dass es keine (anbetungswürdige) Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, sie das Gebet verrichten und die Pflichtabgabe („Zakah“)</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
@@ -5893,65 +5858,65 @@
   <si>
     <t>Die Weite der Barmherzigkeit und Güte Allahs - mächtig und majestätisch ist Er - mit Seinen Dienern, da Er sie von der Schuld befreite, wenn die Sünde in diesen drei Zuständen von ihnen ausgeht.
 Die Gunstgabe Allahs für den Propheten Muhammad - Allahs Segen und Frieden auf ihm - und seine Gemeinschaft.
 Die Aufhebung der Schuld bedeutet nicht, dass das Urteil oder die Haftung aufgehoben wird. Wenn man beispielsweise die Gebetswaschung vergisst und das Gebet verrichtet, dabei denkt, rituell rein zu sein, so lastet keine Sünde auf einem. Jedoch muss man die Gebetswaschung verrichten und das Gebet wiederholen.
 Damit die Schuld im Fall von Zwang aufgehoben wird, müssen bestimmte Bedingungen erfüllt sein, zum Beispiel, dass der Zwingende in der Lage ist, das umzusetzen, womit er gedroht hat.</t>
   </si>
   <si>
     <t>قال النووي: حديث حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والبيهقي وغيرهما</t>
   </si>
   <si>
     <t>[قال النووي: حديث حسن]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4216</t>
   </si>
   <si>
     <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
-    <t>„Der Reitende grüßt den Fußgänger, der Fußgänger grüßt den Sitzenden, und die Wenigen grüßen die Vielen.“</t>
+    <t>‚Der Reitende grüßt den Fußgänger, der Fußgänger grüßt den Sitzenden, und die Wenigen grüßen die Vielen.‘“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der Reitende grüßt den Fußgänger, der Fußgänger grüßt den Sitzenden, und die Wenigen grüßen die Vielen.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Reitende grüßt den Fußgänger, der Fußgänger grüßt den Sitzenden, und die Wenigen grüßen die Vielen.‘“ Und bei Al-Bukhari heißt es: „Der Jüngere grüßt den Älteren, der Vorbeigehende grüßt den Sitzenden, und die Wenigen grüßen die Vielen.“</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wies auf die Etikette des Friedensgrußes zwischen den Menschen hin: „As-Salamu 'alaykum wa rahmatullahi wa barakatuh.“(Friede sei mit euch, sowie die Barmherzigkeit Allahs und Sein Segen). So grüßt der Jüngere den Älteren, der Reitende den Fußgänger, der Fußgänger den Sitzenden und die kleinere Gruppe die größere.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wies auf die Etikette des Friedensgrußes zwischen den Menschen: „As-Salamu 'alaykum wa rahmatullahi wa barakatuh.“(Friede sei mit euch, sowie die Barmherzigkeit Allahs und Sein Segen) hin. So grüßt der Jüngere den Älteren, der Reitende den Fußgänger, der Fußgänger den Sitzenden und die kleinere Gruppe die größere.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, den Friedensgruß gemäß dem Hadith zu sprechen. Wenn jedoch der Fußgänger den Reiter grüßt oder andere Fälle eintreten, ist dies zulässig, aber nicht die bevorzugte oder beste Art.
 Das Verbreiten des Friedensgrußes in der Art und Weise, wie es im Hadith erwähnt wurde, ist eine der Ursachen für Liebe und Harmonie.
 Wenn sie in den genannten Aspekten gleich sind, dann ist derjenige von ihnen besser, der zuerst mit dem Friedensgruß beginnt.
 Die Vollkommenheit dieser (islamischen) Gesetzgebung, da sie alles erläutert, was die Menschen benötigen.
 Die Lehre der Etikette des Friedensgrußes und jedem sein Recht gewähren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4243</t>
   </si>
   <si>
     <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>‚Diese beiden sind für die Männer meiner Gemeinschaft verboten, aber für ihre Frauen erlaubt.‘“</t>
   </si>
   <si>
@@ -6324,51 +6289,51 @@
   </si>
   <si>
     <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Das Stillen verbietet das, was die Geburt/Verwandtschaft verbietet.“</t>
   </si>
   <si>
     <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass das Stillen das (gleiche) verbietet, was (auch) die Geburt und die Verwandtschaft (wie etwa) vom Onkel mütterlicherseits oder väterlicherseits, vom Bruder, usw. verbietet. Ebenso gelten durch das Stillen dieselben Rechtsurteile/Bestimmungen für erlaubt wie die der Geburt (und Verwandtschaft).</t>
   </si>
   <si>
     <t>الحديث قاعدة في أحكام الرضاع.
 قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
 إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
 دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
 المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
 المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
   </si>
   <si>
     <t>Der Hadith stellt eine Grundregel für die Urteile, die mit dem Stillen zusammenhängen, dar.
 Ibn Hajar sagte: „Seine Aussage ‚Das Stillen verbietet das, was die Geburt/Verwandtschaft verbietet‘ bedeutet: Es erlaubt, was sie erlaubt. Laut Konsens bezieht es sich auf das Verbot der Heirat und alles, was damit zusammenhängt. Das Verbot besteht zwischen dem gestillten Kind und den Kindern der stillenden Frau, sodass sie wie Verwandte behandelt werden, die man anschauen darf, mit denen man alleine sein darf und mit denen man reisen darf. Allerdings zieht es nicht die restlichen Urteile der Mutterschaft mit sich, wie die Erbschaft, die Unterhaltspflicht, die Freilassung durch das Eigentum (bei Sklaverei), die Zeugenaussage, das Blutgeld und der Entfall der Vergeltungsstrafe.“
 Die Bestätigung, dass das Verbot aufgrund des Stillens ein dauerhaftes Verbot (zur Heirat) ist.
 Die anderen Überlieferungen belegen, dass das Verbot aufgrund des Stillens erst durch fünfmaliges, nachweisbares Stillen, das in den ersten zwei Lebensjahren erfolgt, zustande kommt.
 Die durch (Bluts)verwandtschaft zur Ehe verbotenen Frauen sind: 
 - Die Mütter, worunter auch die Großmütter väterlicherseits und mütterlicherseits fallen, auch wenn sie weiter oben in der Linie stehen (d. h. die Mütter der Großmütter: Urgroßmütter, Ururgroßmütter usw.). 
-- Alternative: Die Töchter, dazu zählen auch die Töchter der Töchter (Enkeltöchter) und die Töchter der Söhne (Enkelsöhne) sowie alle weiteren (Nachfahrinnen) in absteigender Linie.
+- Die Töchter, dazu zählen auch die Töchter der Töchter (Enkeltöchter) und die Töchter der Söhne (Enkelsöhne) sowie alle weiteren (Nachfahrinnen) in absteigender Linie.
 - Die Schwestern - egal ob sie vom Vater und der Mutter stammen oder nur von einem von beiden. 
 - Die Tanten väterlicherseits: Darunter fallen alle Schwestern des Vaters, sowohl die Voll- als auch die Halbschwestern, ebenso alle Schwestern der Großväter, auch wenn sie weiter oben in der Linie stehen.
 - Die Tanten mütterlicherseits: Darunter fallen alle Schwestern der Mutter, sowohl die Voll- als auch Halbschwestern, ebenso alle Schwestern der Großmütter, selbst wenn sie weiter oben in der Linie stehen, unabhängig davon, ob es die Großmütter väterlicherseits oder mütterlicherseits sind.
 - Die Töchter des Bruders und die Töchter der Schwester, einschließlich ihrer Töchter und aller weiteren (weiblichen Nachkommen in absteigender Linie, d.h. Nichten, Großnichten usw.).
 Die durch das Stillen verbotenen Frauen sind: Durch das Stillen wird alles verboten, was auch durch Verwandtschaft verboten ist. Jede Frau, die aufgrund von Verwandtschaft verboten ist, ist gleichermaßen auch durch das Stillen verboten. Ausgenommen ist nur die Stillmutter seines Bruders und die Tochter seines Stillsohns (d. h. die Tochter des Jungen, der von seiner Ehefrau gestillt wurde).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4311</t>
   </si>
   <si>
     <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>,Wahrlich, das Erlaubte ist deutlich (erkennbar) und das Verbotene ist deutlich (erkennbar)</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen - und An-Nu'man zeigte mit seinen beiden Fingern auf seine Ohren -: ,Wahrlich, das Erlaubte ist deutlich (erkennbar) und das Verbotene ist deutlich (erkennbar) und zwischen diesen beiden gibt es zweifelhafte Dinge, über die viele Menschen keine Kenntnis haben. Wer nun die zweifelhaften Dinge meidet, so hat er sich (von Schuld) in seiner Religion und in seiner Würde freigesprochen. Und wer in zweifelhafte Dinge verfällt, fällt in das Verbotene, wie der Hirte, der seine Herde um ein geschütztes (verbotenes) Gebiet herum hütet und Gefahr läuft, dass sie (hineingerät und) darin weidet. Wahrlich, jeder Herrscher hat ein geschütztes (verbotenes) Gebiet und Allahs geschütztes (verbotenes) Gebiet sind die von Ihm verbotenen Dinge. Wahrlich, im Körper (des Menschen) gibt es einen Fleischklumpen: Wenn dieser in Ordnung ist, dann ist der gesamte Körper in Ordnung, und wenn er verdorben ist, dann ist der gesamte Körper verdorben. Wahrlich, dieser (Fleischklumpen) ist das Herz.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
@@ -6917,51 +6882,51 @@
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Gebet eines Mannes in der Gemeinschaft übertrifft sein Gebet zu Hause oder auf dem Markt um siebenundzwanzig Stufen. Dies liegt daran, dass, wenn einer von euch die Gebetswaschung vornimmt und sie gut verrichtet, dann zur Moschee geht, ohne von etwas anderem als dem Gebet bewegt zu werden und nur das Gebet beabsichtigt, jeder seiner Schritte ihn um eine Stufe erhöht und eine Sünde von ihm tilgt, bis er die Moschee betritt. Wenn er die Moschee betritt, befindet er sich im Gebet, solange das Gebet ihn zurückhält (und er darauf wartet). Und die Engel beten für einen von euch, solange er an seinem Platz bleibt, an dem er gebetet hat, und sagen: ‚O Allah, erbarme Dich seiner. O Allah, vergib ihm. O Allah, nimm seine Reue an.‘, solange er dort keinen Schaden anrichtet oder etwas Unrechtes tut.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass, wenn ein Muslim in Gemeinschaft betet, dieses Gebet siebenundzwanzig Mal besser ist als sein Gebet zu Hause oder auf dem Markt. Dann erwähnte er den Grund dafür: Wenn ein Mann die Gebetswaschung vornimmt und sie vollständig und gut verrichtet, dann zur Moschee geht, nur mit der Absicht zu beten, wird er für jeden Schritt, den er macht, um eine Stufe erhöht und eine Sünde wird ihm getilgt. Wenn er die Moschee betritt und sich hinsetzt, um auf das Gebet zu warten, erhält er die Belohnung des Gebets, solange er darauf wartet. Die Engel beten für ihn, solange er an seinem Platz bleibt, an dem er gebetet hat, und sagen: „O Allah, vergib ihm. O Allah, erbarme Dich seiner. O Allah, nimm seine Reue an.“, solange er seine Gebetswaschung nicht bricht oder etwas tut, das den Menschen oder den Engeln schadet.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Das Gebet eines einzelnen Mannes zu Hause oder auf dem Markt ist gültig, aber er sündigt, wenn er ohne Entschuldigung nicht in der Gemeinschaft betet.
 Das Gemeinschaftsgebet in der Moschee ist besser als das Gebet einer einzelnen Person um fünf-, sechs- oder siebenundzwanzig Stufen.
 Eine der Aufgaben der Engel ist es, für die Gläubigen zu beten.
-Der Vorzug, im Zustand der rituellen Reinheit (Wudu) zur Moschee zu gehen.</t>
+Der Vorzug, im Zustand der rituellen Reinheit (Wudhu) zur Moschee zu gehen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4566</t>
   </si>
   <si>
     <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>„Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende an jedem Tag, an dem die Sonne aufgeht. Zwischen zwei Menschen Gerechtigkeit zu schaffen, ist eine Spende. Und jemandem mit seinem Reittier zu helfen, sodass du ihm bei dessen Besteigen oder beim Aufladen seiner Ware hilfst, ist eine Spende. Und das gute Wort ist eine Spende. Und jeder Schritt, den du zum Gebet gehst, ist eine Spende. Und das Entfernen schädlicher Dinge vom Weg, ist eine Spende.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
@@ -7709,51 +7674,51 @@
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Die weite Barmherzigkeit Allahs gegenüber Seinen Dienern und dass der Mensch, egal wie viele Sünden er begangen hat oder was er getan hat, wenn er bereut und aufrichtig zu Ihm zurückkehrt, Allah ihm verzeiht.
 Derjenige, der an Allah - erhaben ist Er - glaubt, hofft auf die Vergebung seines Herrn und fürchtet Seine Strafe. Deshalb eilt er zur Reue und verharrt nicht in der Sünde.
 Die Bedingungen für eine korrekte Reue sind: Das Aufhören mit der Sünde, diese zu bereuen und fest entschlossen sein, nicht mehr zur Sünde zurückzukehren. Wenn man Unrecht gegenüber Menschen in Bezug auf (ihren) Besitz, (ihre) Würde oder Seele bereut, kommt eine vierte Bedingung hinzu, nämlich die Wiedergutmachung gegenüber dem Betroffenen oder die Rückgabe seines Rechts.
 Die Wichtigkeit des Wissens über Allah, das dem Gläubigen dazu verhilft, sich mit den Angelegenheiten seines Glaubens auszukennen, sodass er bereut, wenn er Fehler begeht und nicht die Hoffnung aufgibt oder damit fortfährt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4817</t>
   </si>
   <si>
     <t>من أكل ثوما أو بصلا، فليعتزلنا أو قال: فليعتزل مسجدنا، وليقعد في بيته</t>
   </si>
   <si>
     <t>„Wer Knoblauch oder Zwiebel gegessen hat, der soll sich von uns fern halten - oder er sagte: „der soll sich von unserer Moschee fern halten“ - und in seinem Haus bleiben.“</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ ثُومًا أَوْ بَصَلًا، فَلْيَعْتَزِلْنَا -أَوْ قَالَ: فَلْيَعْتَزِلْ- مَسْجِدَنَا، وَلْيَقْعُدْ فِي بَيْتِهِ»، وَأَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أُتِيَ بِقِدْرٍ فِيهِ خَضِرَاتٌ مِنْ بُقُولٍ، فَوَجَدَ لَهَا رِيحًا، فَسَأَلَ فَأُخْبِرَ بِمَا فِيهَا مِنَ البُقُولِ، فَقَالَ قَرِّبُوهَا إِلَى بَعْضِ أَصْحَابِهِ كَانَ مَعَهُ، فَلَمَّا رَآهُ كَرِهَ أَكْلَهَا، قَالَ: «كُلْ فَإِنِّي أُنَاجِي مَنْ لاَ تُنَاجِي».
 ولِمُسْلِمٍ عَنْ جَابِرِ بْنِ عَبْدِ اللهِ، عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ أَكَلَ مِنْ هَذِهِ الْبَقْلَةِ، الثُّومِ - وقَالَ مَرَّةً: مَنْ أَكَلَ الْبَصَلَ وَالثُّومَ وَالْكُرَّاثَ فَلَا يَقْرَبَنَّ مَسْجِدَنَا، فَإِنَّ الْمَلَائِكَةَ تَتَأَذَّى مِمَّا يَتَأَذَّى مِنْهُ بَنُو آدَمَ».</t>
   </si>
   <si>
-    <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer Knoblauch oder Zwiebel gegessen hat, der soll sich von uns fern halten - oder er sagte: „der soll sich von unserer Moschee fern halten“ - und in seinem Haus bleiben.“ Und (er überliefert), dass dem Propheten - Allahs Segen und Frieden auf ihm - ein Topf gebracht wurde, in dem Gemüse und Kräuter waren. Er nahm einen Geruch daraus wahr und fragte danach. Dann wurden ihm die Kräuter genannt, die darin waren. Da sagte er, dass sie es einem seiner Gefährten geben sollen, der mit ihm war. Als dieser es sah, verabscheute er, es zu essen. Er (der Prophet) sagte: „Iss, denn ich führe vertrauliche Gespräche mit jemandem, mit dem du keine vertrauliche Gespräche führst.“</t>
+    <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer Knoblauch oder Zwiebel gegessen hat, der soll sich von uns fern halten - oder er sagte: „der soll sich von unserer Moschee fern halten“ - und in seinem Haus bleiben.“ Und (er überliefert), dass dem Propheten - Allahs Segen und Frieden auf ihm - ein Topf gebracht wurde, in dem Gemüse und Kräuter waren. Er nahm einen Geruch daraus wahr und fragte danach. Dann wurden ihm die Kräuter genannt, die darin waren. Da sagte er, dass sie es einem seiner Gefährten geben sollen, der mit ihm war. Als dieser es sah, verabscheute er, es zu essen. Er (der Prophet) sagte: „Iss, denn ich führe vertrauliche Gespräche mit jemandem, mit dem du keine vertrauliche Gespräche führst.“ Und bei Muslim wird über Jabir Ibn 'Abdillah überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer von diesen Kräutern, dem Knoblauch - und er sagte einmal: „Wer Zwiebel, Knoblauch und Lauch gegessen hat, der soll sich unserer Moschee nicht nähern, da die Engel durch das gestört werden, wodurch die Kinder Adams gestört werden.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أَكلَ ثومًا أو بَصلًا أن يأتي المسجد، حتى لا يؤذيَ إخوانَه ممن يحضرون صلاة الجماعة بريحهما، وهو نهيُ تنزيهٍ عن إتيان المسجد، لا عن أكلِهما؛ لأنهما من الأطعمة المباحة، وقد أُتيَ صلى الله عليه وسلم بِقِدْرٍ فيه خضروات، فلما شمَّ فيها ريحًا وأُخبِر بما فيها امتنع مِن أكلِها وقَرَّبها إلى بعض أصحابه ليأكل منها، فكره الأكل اقتداء به، فلما رآه صلى الله عليه وسلم قال: كُلْ؛ فإني أناجي الملائكة بالوحي.
 وأَخبرَ النبيُّ صلى الله عليه وسلم أن الملائكة تتأذّى من الروائح الكريهة، كما يتأذى الناس منها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte demjenigen, der Knoblauch oder Zwiebeln gegessen hatte, zur Moschee zu kommen, damit er seine Brüder, die zum Gemeinschaftsgebet kommen, nicht durch diesen Geruch stört. Diese Untersagung bezieht sich nur auf das Kommen zur Moschee und nicht auf das Verzehren dieser beiden, da sie zu den erlaubten Speisen gehören. So wurde dem Propheten - Allahs Segen und Frieden auf ihm - einst ein Topf mit Gemüse gebracht und als er einen Geruch davon wahrnahm und ihm gesagt wurde, was sich darin befindet, hat er es nicht gegessen und einem seiner Gefährten gegeben, damit er davon isst. Er wollte es jedoch nicht essen, um ihm nachzuahmen. Als er - Allahs Segen und Frieden auf ihm - dies sah, sagte er: "Iss! Denn ich spreche vertraut mit den Engeln durch die Offenbarung."
 So berichtete der Prophet - Allahs Segen und Frieden auf ihm - auch, dass die Engel durch unangenehme Gerüche gestört werden, wie die Menschen dadurch gestört werden.</t>
   </si>
   <si>
     <t>النهي عن إتيان المساجد لمن أكل ثومًا، أو بصلًا، أو كراثًا.
 يلحق بهذه الأشياء، كلّ ذي رائحة كريهة يتأذى منها المصلون، كرائحة الدُّخان والتَّبْغِ ونحو ذلك.
 علة المنع الرائحة، فإذا زالت بكثرة الطبخ أو بغير ذلك؛ زالت الكراهة.
 كراهة أكل هذه الأشياء لمن عليه حضور الصلاة في المسجد؛ لئلا تفوته الجماعة في المسجد، ما لم يأكلها حيلة على إسقاط الحضور، فيحرم.
 امتناع النبي صلى الله عليه وسلم عن أكل الثوم ونحوه، ليس لتحريمه، وإنما لمناجاته جبريل عليه السلام.
 حسن تعليم النبي صلى الله عليه وسلم، حيث يَقرُن الحكم ببيان سببه؛ ليطمئن المخاطَب بمعرفة الحكمة.
 قال القاضي: وقاس العلماء على هذا مجامع الصلاة غير المسجد كمصلّى العيد والجنائز ونحوها من مجامع العبادات، وكذا مجامع العلم والذكر والولائم ونحوها، ولا يلتحق بها الأسواق ونحوها.
 قال العلماء: وفي هذا الحديث دليل على منع آكل الثوم ونحوه من دخول المسجد -وإن كان خاليًا- لأنه مَحلُّ الملائكة، ولعموم الأحاديث.</t>
   </si>
   <si>
     <t>Die Untersagung zur Moschee zu kommen, wenn man Knoblauch, Zwiebeln oder Lauch gegessen hat.
 Diesen Dingen wird alles hinzugefügt, was einen unangenehmen Geruch hat und die Betenden stört, wie der Geruch von Zigaretten, Tabak usw.
 Der Grund der Untersagung (zur Moschee zu kommen) ist der Geruch. Wenn dieser vergeht, da man diese (Dinge) lange gekocht hat o. ä., fällt die Verpöntheit weg.
 Es ist für denjenigen, der dazu verpflichtet ist das Gebet in der Moschee zu verrichten, verpönt diese Dinge zu essen, damit er das Gemeinschaftsgebet in der Moschee nicht verpasst. Wenn er es jedoch isst, damit er nicht (zur Moschee) gehen darf, wird es verboten.
 Der Prophet - Allahs Segen und Frieden auf ihm - unterließ es, Knoblauch usw. zu verzehren; nicht weil es verboten ist, sondern weil er zu Jibril - Friede sei auf ihm - spricht.
@@ -7852,70 +7817,70 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass jeder aus seiner Gemeinschaft ins Paradies eintreten werden, außer diejenigen, die sich weigern!
 Da fragten die Gefährten - möge Allah mit ihnen zufrieden sein -: „Und wer weigert sich, o Gesandter Allahs?!“
 Der Prophet - Allahs Segen und Frieden auf ihm - antwortete ihnen: „Wer sich dem Gesandten - Allahs Segen und Frieden auf ihm - fügt, ihm folgt und ihm gehorcht, wird ins Paradies eintreten. Wer sich jedoch widersetzt und sich dem Gesetz nicht beugt, hat sich durch seine schlechten Taten den Eintritt ins Paradies verwehrt.“</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Der Gehorsam gegenüber dem Gesandten - Allahs Segen und Frieden auf ihm - ist Gehorsam gegenüber Allah, und der Ungehorsam gegenüber ihm ist Ungehorsam gegenüber Allah.
 Der Gehorsam gegenüber dem Propheten - Allahs Segen und Frieden auf ihm - führt zum Paradies, und sein Ungehorsam führt zur Hölle.
 Eine frohe Botschaft für die Gehorsamen aus dieser Gemeinschaft, und (diese ist,) dass alle von ihnen ins Paradies eintreten werden, außer denjenigen, die sich Allah und Seinem Gesandten widersetzen.
 Seine - Allahs Segen und Frieden auf ihm - Fürsorge um seine Gemeinschaft und sein Eifer, sie zur Rechtleitung zu führen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4947</t>
   </si>
   <si>
     <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
-    <t>„Die Füße eines Menschen werden sich am Tag der Auferstehung nicht von ihrem Platz bewegen, bis er gefragt wird über sein Leben, wie er es verbracht hat, über sein Wissen, was er damit getan hat, über sein Vermögen, woher er es erworben und wofür er es ausgegeben hat, und über seinen Körper, wofür er ihn genutzt hat.“</t>
+    <t>‚Die Füße eines Menschen werden sich am Tag der Auferstehung nicht von ihrem Platz bewegen, bis er gefragt wird über sein Leben, wie er es verbracht hat, über sein Wissen, was er damit getan hat, über sein Vermögen, woher er es erworben und wofür er es ausgegeben hat, und über seinen Körper, wofür er ihn genutzt hat.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
-    <t>Von Abu Barzah Al-Aslami wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Füße eines Menschen werden sich am Tag der Auferstehung nicht von ihrem Platz bewegen, bis er gefragt wird über sein Leben, wie er es verbracht hat, über sein Wissen, was er damit getan hat, über sein Vermögen, woher er es erworben und wofür er es ausgegeben hat, und über seinen Körper, wofür er ihn genutzt hat.“</t>
+    <t>Von Abu Barzah Al-Aslami wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Füße eines Menschen werden sich am Tag der Auferstehung nicht von ihrem Platz bewegen, bis er gefragt wird über sein Leben, wie er es verbracht hat, über sein Wissen, was er damit getan hat, über sein Vermögen, woher er es erworben und wofür er es ausgegeben hat, und über seinen Körper, wofür er ihn genutzt hat.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass niemand am Tag der Auferstehung den Ort der Abrechnung überschreiten wird, weder in Richtung Paradies noch Hölle, bis er über folgende Dinge befragt wird:
 Erstens: Sein Leben, wie er es verbracht und wofür er es aufgewendet hat.
 Zweitens: Sein Wissen, ob er es für Allah erworben hat, ob er danach gehandelt hat und ob er es an diejenigen weitergegeben hat, denen es zusteht.
-Drittens: Sein Vermögen, woher er es erworben hat, ob aus erlaubten oder verbotenen Quellen, und wofür er es ausgegeben hat, ob für Dinge, die Allah gefallen, oder für Dinge, die Ihn erzürnen.
+Drittens: Sein Vermögen, woher er es erworben hat, ob aus erlaubten oder verbotenen Quellen, und wofür er es ausgegeben hat, ob für Dinge, die Allah zufrieden stellen, oder für Dinge, die Ihn erzürnen.
 Viertens: Seinen Körper, seine Kraft, seine Gesundheit und seine Jugend, wofür er sie eingesetzt und verwendet hat.</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, das Leben für das zu nutzen, was Allah - erhaben ist Er - zufrieden stellt.
 Allahs Gaben an Seine Diener sind zahlreich, und Er wird den Diener nach den Segnungen fragen, die er genossen hat. Daher sollte er Allahs Gaben in einer Weise nutzen, die Ihn zufrieden stellen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4950</t>
   </si>
   <si>
     <t>لأعطين هذه الراية رجلا يحب الله ورسوله، يفتح الله على يديه</t>
   </si>
   <si>
     <t>„Wahrlich, ich werde diese Flagge einem Mann geben, der Allah und Seinen Gesandten liebt und durch dessen Hände Allah den Sieg bringen wird.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ رَجُلًا يُحِبُّ اللهَ وَرَسُولَهُ، يَفْتَحُ اللهُ عَلَى يَدَيْهِ» قَالَ عُمَرُ بْنُ الْخَطَّابِ: مَا أَحْبَبْتُ الْإِمَارَةَ إِلَّا يَوْمَئِذٍ، قَالَ فَتَسَاوَرْتُ لَهَا رَجَاءَ أَنْ أُدْعَى لَهَا، قَالَ فَدَعَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلِيَّ بْنَ أَبِي طَالِبٍ، فَأَعْطَاهُ إِيَّاهَا، وَقَالَ: «امْشِ، وَلَا تَلْتَفِتْ، حَتَّى يَفْتَحَ اللهُ عَلَيْكَ» قَالَ فَسَارَ عَلِيٌّ شَيْئًا ثُمَّ وَقَفَ وَلَمْ يَلْتَفِتْ، فَصَرَخَ: يَا رَسُولَ اللهِ، عَلَى مَاذَا أُقَاتِلُ النَّاسَ؟ قَالَ: «قَاتِلْهُمْ حَتَّى يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِذَا فَعَلُوا ذَلِكَ فَقَدْ مَنَعُوا مِنْكَ دِمَاءَهُمْ وَأَمْوَالَهُمْ، إِلَّا بِحَقِّهَا وَحِسَابُهُمْ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - am Tag von Khaybar sagte: „Wahrlich, ich werde diese Flagge einem Mann geben, der Allah und Seinen Gesandten liebt und durch dessen Hände Allah den Sieg bringen wird.“ 'Umar Ibn Al-Khattab sagte: „Ich habe die Führerschaft nie gewollt, außer an diesem Tag.“ Er sagte: „So blieb ich in ihrer Nähe, in der Hoffnung, dass ich dazu gerufen werde.“ Er sagte: „Da rief der Gesandte Allahs - Allahs Segen und Frieden auf ihm - 'Ali Ibn Abi Talib, gab sie ihm und sagte: 'Geh und dreh dich nicht um, bis Allah dir den Sieg gewährt.'“ Er sagte: „So ging 'Ali etwas, blieb stehen und drehte sich nicht um. Da rief er: 'O Gesandter Allahs, weswegen soll ich die Menschen bekämpfen?' Er sagte: 'Bekämpfe sie, bis sie bezeugen, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist. Wenn sie dies tun, halten sie dich von ihrem Blut und ihrem Besitz ab, außer es wäre berechtigt, und ihre Abrechnung obliegt Allah.'“</t>
   </si>
@@ -8004,137 +7969,137 @@
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen hörte: „Was meint ihr, wenn vor der Tür eines von euch ein Fluss wäre, in dem er sich jeden Tag fünfmal wäscht, würde das etwas von seinem Schmutz übriglassen?“ Sie sagten: „Es würde nichts von seinem Schmutz übriglassen.“ Er sagte: „So ist es mit den fünf Gebeten, Allah tilgt damit die Sünden.“</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verglich die fünf Gebete jeden Tag und jede Nacht in ihrer Fähigkeit, kleinere Sünden und Verfehlungen zu entfernen und zu sühnen, mit einem Fluss vor der Tür eines Menschen, in dem er sich jeden Tag fünfmal wäscht, sodass nichts von seiner Unreinheit und seinem Schmutz zurückbleibt.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Dieser Vorzug bezieht sich speziell auf die Sühne der kleinen Sünden. Bei den großen Sünden ist die Reue unerlässlich.
 Der Vorzug der Verrichtung der fünf Gebete und die Bewahrung ihrer Bedingungen, Säulen, Pflichten und Sunan.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4968</t>
   </si>
   <si>
     <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
-    <t>„Das Gleichnis der Gläubigen in ihrer gegenseitigen Liebe, ihrem Erbarmen und ihrer Anteilnahme ist wie das Gleichnis eines Körpers: Wenn ein Glied davon erkrankt, reagiert der gesamte Körper mit Schlaflosigkeit und Fieber.“</t>
+    <t>„‚Das Gleichnis der Gläubigen in ihrer gegenseitigen Liebe, ihrem Erbarmen und ihrer Anteilnahme ist wie das Gleichnis eines Körpers: Wenn ein Glied davon erkrankt, reagiert der gesamte Körper mit Schlaflosigkeit und Fieber.‘“</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
-    <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Gleichnis der Gläubigen in ihrer gegenseitigen Liebe, ihrem Erbarmen und ihrer Anteilnahme ist wie das Gleichnis eines Körpers: Wenn ein Glied davon erkrankt, reagiert der gesamte Körper mit Schlaflosigkeit und Fieber.“</t>
+    <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „‚Das Gleichnis der Gläubigen in ihrer gegenseitigen Liebe, ihrem Erbarmen und ihrer Anteilnahme ist wie das Gleichnis eines Körpers: Wenn ein Glied davon erkrankt, reagiert der gesamte Körper mit Schlaflosigkeit und Fieber.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte, dass die Muslime untereinander in einem Zustand von Liebe zum Guten, Barmherzigkeit, Hilfe und Unterstützung sein sollten und dass sie sich von dem Schaden, der einem von ihnen widerfährt, betroffen fühlen sollten, so wie ein einziger Körper, der, wenn nur ein Glied erkrankt, im Gesamten mit Schlaflosigkeit und Fieber reagiert.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
-    <t>Es ist notwendig, die Rechte der Muslime zu würdigen und sie dazu zu ermutigen, sich zu helfen und freundlich zueinander zu sein.
+    <t>Es ist notwendig, die Rechte der Muslime zu würdigen und es wird dazu ermutigt, sich zu helfen und freundlich zueinander zu sein.
 Es sollte unter den Gläubigen Liebe und gegenseitige Unterstützung geben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/4969</t>
   </si>
   <si>
     <t>اسمعوا وأطيعوا، فإنما عليهم ما حملوا، وعليكم ما حملتم</t>
   </si>
   <si>
     <t>Hört und gehorcht, denn auf ihnen lastet, was ihnen obliegt und auf auf euch lastet, was euch obliegt.“</t>
   </si>
   <si>
     <t>عَنْ وَائِلٍ الْحَضْرَمِيِّ قَالَ: سَأَلَ سَلَمَةُ بْنُ يَزِيدَ الْجُعْفِيُّ رضي الله عنه رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا نَبِيَّ اللهِ، أَرَأَيْتَ إِنْ قَامَتْ عَلَيْنَا أُمَرَاءُ يَسْأَلُونَا حَقَّهُمْ وَيَمْنَعُونَا حَقَّنَا، فَمَا تَأْمُرُنَا؟ فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ، فَأَعْرَضَ عَنْهُ، ثُمَّ سَأَلَهُ فِي الثَّانِيَةِ أَوْ فِي الثَّالِثَةِ، فَجَذَبَهُ الْأَشْعَثُ بْنُ قَيْسٍ، وَقَالَ: «اسْمَعُوا وَأَطِيعُوا، فَإِنَّمَا عَلَيْهِمْ مَا حُمِّلُوا، وَعَلَيْكُمْ مَا حُمِّلْتُمْ».</t>
   </si>
   <si>
     <t>Wail Al-Hadramy sagte: Salamah Ibn Yazid Al-Ju'fi - möge Allah mit ihm zufrieden sein - fragte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: „O Prophet Allahs, was denkst du darüber, wenn Führer über uns herrschen, die ihr Recht fordern und unser Recht einbehalten. Was befiehlst du uns?“ Er wandte sich von ihm ab, dann fragte er ihn (nochmal), er wandte sich von ihm ab, dann fragte er ihn ein zweites oder drittes Mal. Dann zog Al-Asch'ath Ibn Qays ihn (zu sich) und er (der Prophet) sagte: „Hört und gehorcht, denn auf ihnen lastet, was ihnen obliegt und auf auf euch lastet, was euch obliegt.“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الأمراء الذين يَطلبون حَقَّهم من الناس مِن السمع والطاعة، ويَمنعون الحقَّ الذي عليهم؛ مِن بَذْل العدل وإعطاء الغنيمة ورد المظالم والتسوية، فما تأمرنا أن نفعل معهم؟ 
 فأعْرَضَ النبيُّ صلى الله عليه وسلم عنه؛ كأنه كَرِهَ هذه المسائل، لكنْ أعادَ السائلُ عليه مرة ثانية وثالثة، فَجَذَبَ الأشعثُ بنُ قيس رضي الله عنه السائلَ لِيُسْكِتَه.
 فأجاب النبيُّ صلى الله عليه وسلم، وقال: اسمعوا لقولِهم، وأطيعوا أمرَهم؛ فإنما عليهم ما حُمِّلوا وما كُلِّفوا مِن العدل وإعطاء حق الرعية، وعليكم ما حُمِّلْتُم من الطاعة وأداء الحقوق والصبر على البلية.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über die Führer gefragt, die ihr Recht auf das Hören (auf sie) und den Gehorsam bei den Menschen einfordern und das Recht, das sie erfüllen müssen, wie das Umsetzen von Gerechtigkeit, das Verteilen der Kriegsbeute, das Zurückweisen des Unrecht und die Wiedergutmachung, nicht erfüllen. Was befiehlst du uns, was sollen wir mit ihnen tun?
 Da wandte der Prophet - Allahs Segen und Frieden auf ihm - sich von ihm ab, als würde er diese Fragestellungen verabscheuen. Daraufhin fragte der Fragende ein zweites und drittes Mal. Dann zog Al-Asch'ath Ibn Qays - möge Allah mit ihm zufrieden sein - den Fragenden zu sich, um ihn zum schweigen zu bringen.
 Dann antwortete der Prophet - Allahs Segen und Frieden auf ihm - und sagte: „Hört auf ihre Worte und gehorcht ihrem Befehl, denn auf ihnen lastet, die Gerechtigkeit und das Erfüllen des Sorgerechts, das ihnen obliegt und wofür sie verantwortlich sind. Und auf euch lastet, der Gehorsam, das Erfüllen der Rechte und die Geduld bei Heimsuchungen, die euch obliegen.“</t>
   </si>
   <si>
     <t>الأمر بالسمع والطاعة للأمراء على كل حال فيما يرضي الله عز وجل، وإن لم يقوموا بحق الرعية.
 تقصير الحكّام في واجبهم لا يُسَوِّغُ تقصيرَ الناس بالمقابل في واجباتهم؛ فكلٌّ مسؤولٌ عن عملِه، ومؤاخذ عن تقصيره.
 الدين ليس مبنيًّا على المُقايَضَة، وإنما على الالتزام بما وَجَب وإنْ قَصَّرَ الآخَرُ بما وجب عليه في المقابل، كما ورد في هذا الحديث.</t>
   </si>
   <si>
     <t>Der Befehl, in jedem Zustand auf die Führer zu hören und ihnen in dem zu gehorchen, was Allah - mächtig und majestätisch ist Er - zufriedenstellt, selbst wenn sie die Rechte ihrer Untertanen nicht erfüllen.
 Die Vernachlässigung der Herrscher in ihrer Pflicht rechtfertigt nicht die Vernachlässigung der Menschen in ihren Pflichten, denn jeder wird über seine Taten befragt und für seine Vernachlässigung zur Rechenschaft gezogen.
 Die Religion basiert nicht auf Tauschhandel, sondern auf der Verpflichtung gegenüber dem, was verpflichtend ist, auch wenn der andere das vernachlässigt, wozu er im Gegenzug verpflichtet ist, wie in diesem Hadith berichtet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5037</t>
   </si>
   <si>
     <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
-    <t>„Befehlt euren Kindern das Gebet, wenn sie sieben Jahre alt sind, und schlagt sie dafür (leicht), wenn sie zehn Jahre alt sind, und trennt ihre Schlafplätze.“</t>
+    <t>‚Befehlt euren Kindern das Gebet, wenn sie sieben Jahre alt sind, und schlagt sie dafür (leicht), wenn sie zehn Jahre alt sind, und trennt ihre Schlafplätze.‘“</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
-    <t>'Amr Ibn Schu'ayb überliefert über seinen Vater und dieser über seinen Großvater, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Befehlt euren Kindern das Gebet, wenn sie sieben Jahre alt sind, und schlagt sie dafür (leicht), wenn sie zehn Jahre alt sind, und trennt ihre Schlafplätze.“</t>
+    <t>'Amr Ibn Schu'ayb überliefert über seinen Vater und dieser über seinen Großvater, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Befehlt euren Kindern das Gebet, wenn sie sieben Jahre alt sind, und schlagt sie dafür (leicht), wenn sie zehn Jahre alt sind, und trennt ihre Schlafplätze.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat verdeutlicht, dass es die Pflicht des Vaters ist, seinen Kindern - sowohl Jungen als auch Mädchen - im Alter von sieben Jahren das Gebet anzuordnen und ihnen beizubringen, was sie für dessen Verrichtung benötigen. Und wenn sie zehn Jahre alt werden, verstärkt er die Anweisung und kann sie leicht schlagen, wenn sie hierbei Mängel aufweisen. Außerdem trennt er die Schlafplätze der Jungen und Mädchen.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Die Erziehung der kleinen Kinder vor der Pubertät in Angelegenheiten der Religion, und eine der wichtigsten davon ist das Gebet.
-Das Schlagen dient der Erziehung, nicht der Folter, so dass er in einer (leichten) Weise geschlagen wird, die angemessen für seinen Zustand ist.
+Das Schlagen dient der Erziehung, nicht der Folter, sodass man in einer (leichten) Weise geschlagen wird, die angemessen für seinen Zustand ist.
 Die islamische Gesetzgebung legt großen Wert auf den Schutz der Ehre und blockiert jeden Weg, der zu Verderbnis führen könnte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5272</t>
   </si>
   <si>
     <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>‚Wahrlich, Amulette, Talismane und Zauberei sind Schirk.‘“</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wahrlich, Amulette, Talismane und Zauberei sind Schirk.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
@@ -8611,51 +8576,51 @@
   </si>
   <si>
     <t>Wer auf Gutes hinweist, erhält den gleichen Lohn wie derjenige, der es tut</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Von Abu Mas'ud Al-Ansari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚Ich bin in Not, so trage mich.‘ Der Prophet antwortete: ‚Ich habe nichts (was ich dir als Reittier geben könnte).‘ Ein anderer Mann sagte: ‚O Gesandter Allahs, ich werde ihm den Weg zu jemandem zeigen, der ihm helfen kann.‘ Daraufhin sagte der Gesandte Allahs: ‚Wer auf Gutes hinweist, erhält den gleichen Lohn wie derjenige, der es tut.‘“</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „Mein Reittier ist verendet, trage mich auf einem anderen Tier und gib mir ein Reittier, das mich ans Ziel bringt.“ Der Prophet - Allahs Segen und Frieden auf ihm - entschuldigte sich bei ihm und sagte, dass er nichts habe, worauf er ihn reiten lassen könnte. Ein anwesender Mann sagte daraufhin: „O Gesandter Allahs, ich werde ihm den Weg zu jemandem zeigen, der ihm ein Reittier geben könnte.“ Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - erklärte, dass dieser Mann den gleichen Lohn wie der Wohltäter erhält, weil er den Bedürftigen darauf hingewiesen hat.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Die Ermutigung, auf Gutes hinzuweisen.
-Die Ermutigung, Gutes zu tun, ist ein Grundpfeiler für die Solidarität und den Zusammenhalt der muslimischen Gemeinschaft.
+Die Ermutigung, Gutes zu tun, ist einer der Gründe für die Solidarität und den Zusammenhalt der muslimischen Gemeinschaft.
 Die Weite der Gnade Allahs - erhaben ist Er -.
 Das Hadith stellt eine allgemeine Regel dar, die alle Arten von guten Taten einschließt.
 Wenn der Mensch nicht dazu in der Lage ist, das Anliegen des Fragenden zu erfüllen, sollte er ihn zu jemand anderem weiterleiten, der ihm helfen kann.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5354</t>
   </si>
   <si>
     <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>„Ich fragte den Propheten - Allahs Segen und Frieden auf ihm -: ‚Welche Sünde ist bei Allah die größte?‘ Er sagte: ‚Dass du Allah etwas beigesellst, obwohl Er dich erschaffen hat</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich fragte den Propheten - Allahs Segen und Frieden auf ihm -: ‚Welche Sünde ist bei Allah die größte?‘ Er sagte: ‚Dass du Allah etwas beigesellst, obwohl Er dich erschaffen hat.‘ Ich sagte: ‚Das ist wahrlich gewaltig. Welche dann?‘ Er sagte: ‚Dass du dein Kind tötest, aus Angst, dass es mit dir essen wird.‘ Ich sagte: ‚Welche dann?‘ Er sagte: ‚Dass du Ehebruch mit der Frau deines Nachbarn begehst.‘“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
@@ -8809,51 +8774,51 @@
     <t>https://hadeethenc.com/de/browse/hadith/5368</t>
   </si>
   <si>
     <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>„Nichts wiegt schwerer auf der Waage des Gläubigen am Tag der Auferstehung als ein guter Charakter. Und wahrlich, Allah verabscheut denjenigen, der unzüchtig und obszön ist.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Von Abu Ad-Darda' - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Nichts wiegt schwerer auf der Waage des Gläubigen am Tag der Auferstehung als ein guter Charakter. Und wahrlich, Allah verabscheut denjenigen, der unzüchtig und obszön ist.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass das schwerste, was auf der Waage des Gläubigen am Tag der Auferstehung von den Taten und Worten sein wird, der gute Charakter ist, und dies durch ein freundliches Gesicht, das Verhindern von Schaden und das Erweisen von Wohltaten. Und Allah - erhaben ist Er - verabscheut denjenigen, der hässlich in seinen Taten und Worten ist und obszöne Dinge mit seiner Zunge ausspricht.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
-    <t>Die Tugend des guten Charakters; denn sie bringt ihrem Besitzer die Liebe Allahs und die Liebe Seiner Diener ein, und sie ist das Gewaltigste, was am Tag der Auferstehung gewogen wird.</t>
+    <t>Die Tugend des guten Charakters, denn sie bringt ihrem Besitzer die Liebe Allahs und die Liebe Seiner Diener ein, und sie ist das Gewaltigste, was am Tag der Auferstehung gewogen wird.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5371</t>
   </si>
   <si>
     <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>„Wer möchte, dass sein Lebensunterhalt ausgeweitet wird und seine Lebensdauer verlängert wird, der soll seine Verwandtschaftsbande pflegen.“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer möchte, dass sein Lebensunterhalt ausgeweitet wird und seine Lebensdauer verlängert wird, der soll seine Verwandtschaftsbande pflegen.“</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
@@ -8914,85 +8879,85 @@
   <si>
     <t>Von 'Abdur-Rahman Ibn Abi Layla wird überliefert, dass er sagte: Ka'b Ibn 'Ujrah traf mich an und sagte zu mir: „Soll ich dir denn nicht ein Geschenk geben? Der Prophet - Allahs Segen und Frieden auf ihm - kam zu uns heraus, und wir sagten: ‚O Gesandter Allahs, wir wissen, wie wir dich grüßen sollen, aber wie sollen wir für dich beten?‘ Er sagte: ‚Sagt: 'O Allah, sende Segen auf Muhammad und auf die Familie Muhammads, so wie Du Segen auf die Familie Ibrahims gesandt hast. Wahrlich, Du bist der Preiswürdige, der Ruhmreiche. O Allah, segne Muhammad und die Familie Muhammads, so wie Du die Familie Ibrahims gesegnet hast. Wahrlich, Du bist der Preiswürdige, der Ruhmreiche.'“</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Die Gefährten fragten den Propheten - Allahs Segen und Frieden auf ihm -, wie sie für ihn beten sollten, nachdem sie bereits wussten, wie man ihn im Taschahhud grüßt: „Friede sei mit dir, o Prophet, und die Barmherzigkeit Allahs und Seine Segnungen...“ Daraufhin informierte der Prophet - Allahs Segen und Frieden auf ihm - sie über die Art und Weise, wie man für ihn beten soll, und deren Bedeutung: „O Allah, sende Segen auf Muhammad und auf die Familie Muhammads“ Das bedeutet: Er pries ihn mit schönen Worten in der höchsten Versammlung (vor den Engeln), und ebenso seine Anhänger in seiner Religion und die Gläubigen unter seinen Verwandten. „So wie Du Segen auf die Familie Ibrahims gesandt hast.“ So wie Du Deine Gunst auf die Familie Ibrahims - Friede sei auf ihm - ausgedehnt hast - und das sind Ibrahim, Isma'il, Ishaq, ihre Nachkommen und ihre gläubigen Anhänger - , so lasse Deine Gunst auch Muhammad - Allahs Segen und Frieden auf ihm - zuteilwerden. „Wahrlich, Du bist der Preiswürdige, der Ruhmreiche.“ Das bedeutet: Der Gepriesene in Deinem Wesen, Deinen Eigenschaften und Deinen Taten, der Unermessliche in Deiner Allmacht, Deiner Herrschaft und Deiner Großzügigkeit. „O Allah, segne Muhammad und die Familie Muhammads, so wie Du die Familie Ibrahims gesegnet hast.“ Das bedeutet: Gewähre ihm von dem Guten und der Ehre das Größte und vermehre es und festige es.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Die frühen Muslime (Salaf) pflegten einen Austausch über religiöse Fragestellungen.
+    <t>Die frühen Muslime (Salaf) pflegten religiöse Fragestellungen auszutauschen.
 Die Verpflichtung, den Segen auf den Propheten Muhammad - Allahs Segen und Frieden auf ihm - im letzten Taschahhud des Gebets zu sprechen.
 Der Prophet - Allahs Segen und Frieden auf ihm - lehrte seine Gefährten, den Frieden- und Segenswunsch für ihn zu sprechen.
-Diese Formulierung gilt als die vollständigste Art, den Segen auf den Propheten - Allahs Segen und Frieden auf ihm - im Gebet zu sprechen.</t>
+Diese Formulierung gilt als die vollständigste Art, den Segen auf den Propheten - Allahs Segen und Frieden auf ihm - zu sprechen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5377</t>
   </si>
   <si>
     <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>„Es gibt kein Gebet für den, der nicht die Eröffnende (Al-Fatihah) des Buches liest.“</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>Von 'Ubadah Ibn As-Samit - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt kein Gebet für den, der nicht die Eröffnende (Al-Fatihah) des Buches liest.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass das Gebet ohne die Rezitation der Surah Al-Fatihah nicht gültig ist. Sie ist eine Säule (Rukn) des Gebets in jeder Raka'ah (Gebetseinheit).</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass das Gebet ohne die Rezitation der Surah Al-Fatihah nicht gültig ist. Sie ist eine Säule (Rukn) des Gebets in jeder Gebetseinheit.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Nichts anderes ersetzt die Rezitation der Al-Fatihah, wenn man dazu in der Lage ist.
-Die Gebetseinheit (Raka'ah), in der die Surah Al-Fatihah nicht rezitiert wird, ist ungültig - sei es aus Absicht, Unwissenheit oder Vergesslichkeit. Dies liegt daran, dass sie eine Säule (Rukn) des Gebets ist, und Säulen werden unter keinen Umständen weggelassen.
-Die Rezitation der Surah Al-Fatihah entfällt für den Mitbeter (Ma'mum), wenn er den Imam in der Verbeugung (Ruku') erreicht.</t>
+Die Gebetseinheit, in der die Surah Al-Fatihah nicht rezitiert wird, ist ungültig - sei es aus Absicht, Unwissenheit oder Vergesslichkeit. Dies liegt daran, dass sie eine Säule (Rukn) des Gebets ist, und Säulen werden unter keinen Umständen weggelassen.
+Die Rezitation der Surah Al-Fatihah entfällt für den Mitbeter (Ma'mum), wenn er den Imam in der Verbeugung erreicht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5378</t>
   </si>
   <si>
     <t>ليس منا من لطم الخدود، وشق الجيوب، ودعا بدعوى الجاهلية</t>
   </si>
   <si>
     <t>„Nicht von uns ist, wer die Wangen schlägt, die Taschen (Kleidung) zerreißt und mit der Klage der Jahiliyyah (die Zeit der Unwissenheit vor dem Islam) klagt.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ مِنَّا مَنْ لَطَمَ الخُدُودَ، وَشَقَّ الجُيُوبَ، وَدَعَا بِدَعْوَى الجَاهِلِيَّةِ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Nicht von uns ist, wer die Wangen schlägt, die Taschen (Kleidung) zerreißt und mit der Klage der Jahiliyyah (die Zeit der Unwissenheit vor dem Islam) klagt.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم وحَذَّرَ عن بعض أفعال أهل الجاهلية فقال: ليس منا: 
 الأول: مَن لَطَمَ الخُدُود، وخَصَّ الخَدّ لكونه الغالب في ذلك، وإلا فَضَرْبُ بقية الوجه داخل في النهي. 
 والثاني: شَقَّ ما يُفْتَح من الثوب ليدخل فيه الرأس من شدّة الجزع. 
 والثالث: دَعى بدعوى أهل الجاهلية كالدعاء بالويل والثُّبُور والنياحة والنُّدْبَة وغيرها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte und warnte vor einigen Taten der Leute der Jahiliyah, da er sagte: „Nicht von uns ist...“
 1. Wer die Wangen schlägt. Die Wangen wurden hier speziell erwähnt, da sie den Großteil (des Gesichts) ausmachen. Jedoch fällt der Rest des Gesichts ebenso unter die Untersagung.
@@ -9469,124 +9434,124 @@
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass die liebsten/beliebtesten Äußerungen bei Allah - erhaben ist Er - vier sind:
 „Subhanallah“ bedeutet, Allah - erhaben ist Er - von jeglichem Mangel oder Unvollkommenheit frei zu sprechen.
 „Alhamdulillah“ bedeutet, Allah mit Vollkommenheit zu beschreiben, zusammen mit Liebe und Ehrfurcht gegenüber Ihm.
 „La ilaha illa Allah“ bedeutet: Es gibt keinen, der zu Recht angebetet wird, außer Allah.
 „Allahu Akbar“ bedeutet: Allah ist erhabener, größer und mächtiger als alles andere.
 Und ihre Vorzüge und der Erhalt der Belohnung erfordern nicht, dass sie in einer bestimmten Reihenfolge ausgesprochen werden.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Die Erleichterung der islamischen Gesetzgebung, da es keine Rolle spielt, mit welchem dieser Worte man beginnt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5475</t>
   </si>
   <si>
     <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
-    <t>„Der Prophet - Allahs Segen und Frieden auf ihm - wurde gefragt, was die Menschen am meisten ins Paradies führt, und er sagte: ‚Gottesfurcht und guter Charakter</t>
+    <t>„Der Prophet - Allahs Segen und Frieden auf ihm - wurde gefragt, was die Menschen am meisten ins Paradies führt, und er sagte: ‚Die Furcht vor Allah und der gute Charakter</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - wurde gefragt, was die Menschen am meisten ins Paradies führt, und er sagte: ‚Gottesfurcht und guter Charakter.‘ Er wurde auch gefragt, was die Menschen am meisten ins Höllenfeuer führt, und er antwortete: ‚Der Mund und die Geschlechtsteile.‘“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - wurde gefragt, was die Menschen am meisten ins Paradies führt, und er sagte: ‚Die Furcht vor Allah und der gute Charakter.‘ Er wurde auch gefragt, was die Menschen am meisten ins Höllenfeuer führt, und er antwortete: ‚Der Mund und die Geschlechtsteile.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass die gewaltigsten Ursachen, die ins Paradies führen, zwei sind:
 Gottesfurcht und guter Charakter.
-Gottesfurcht (Taqwa) bedeutet, einen Schutz zwischen sich und der Strafe Allahs zu schaffen, indem man Seine Befehle ausführt und Seine Verbote meidet.
-Guter Charakter bedeutet, ein freundliches Gesicht zu zeigen, Gutes zu tun und Schaden zu vermeiden.
+Die Furcht vor Allah bedeutet, einen Schutz zwischen sich und der Strafe Allahs zu schaffen, indem man Seine Befehle ausführt und Seine Verbote meidet.
+Der gute Charakter bedeutet, ein freundliches Gesicht zu zeigen, Gutes zu tun und Schaden zu vermeiden.
 Und (er erklärte,) dass die gewaltigsten Ursachen, die ins Höllenfeuer führen, zwei sind:
 Die Zunge und das Geschlechtsteil.
-Die Zunge umfasst Sünden wie Lügen, Verleumdung und üble Nachrede und ähnliches.
+Die Zunge umfasst Sünden wie Lügen, Verleumdung, üble Nachrede und ähnliches.
 Und die Geschlechtsteile umfassen Sünden wie Unzucht, Homosexualität und ähnliches.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Der Eintritt ins Paradies hat Ursachen, die mit Allah - erhaben ist Er - verbunden sind, wie etwa die Gottesfurcht, und Ursachen, die mit den Menschen verbunden sind, wie etwa der guter Charakter.
 Die Gefahr der Zunge für ihren Besitzer und dass sie eine der Ursachen für den Eintritt ins Höllenfeuer ist.
 Die Gefahr der Begierden und Unmoral für den Menschen und dass sie eine der häufigsten Ursachen für den Eintritt ins Höllenfeuer sind.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Verlässlich, an der Grenze zu absolut verlässlich]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5476</t>
   </si>
   <si>
     <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Die Schamhaftigkeit gehört zum/ist vom Glauben</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - hörte einen Mann, der seinen Bruder in Bezug auf die Schamhaftigkeit ermahnte, und sagte: ‚Die Schamhaftigkeit gehört zum/ist vom Glauben.‘“</t>
+    <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - hörte einen Mann, der seinen Bruder in Bezug auf die Schamhaftigkeit ermahnte. Da sagte er: ‚Die Schamhaftigkeit gehört zum/ist vom Glauben.‘“</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hörte einen Mann, der seinem Bruder riet, die übermäßige Schamhaftigkeit aufzugeben! Er erklärte ihm, dass die Schamhaftigkeit zum Glauben gehört und nur Gutes bringt.
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hörte einen Mann, der seinem Bruder riet, die übermäßige Schamhaftigkeit aufzugeben! Er erklärte ihm dann, dass die Schamhaftigkeit zum Glauben gehört und nur Gutes bringt.
 Und die Schamhaftigkeit ist eine Eigenschaft, die dazu führt, das Gute zu tun und das Schlechte zu vermeiden.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
-    <t>Was dich vom Guten abhält, wird nicht Schamhaftigkeit genannt, sondern vielmehr Schüchternheit, Unvermögen, Schwäche und Feigheit.
+    <t>Was dich vom Guten abhält, wird nicht Schamhaftigkeit genannt, sondern vielmehr (falsche) Schüchternheit, Unvermögen, Schwäche und Feigheit.
 Die Schamhaftigkeit gegenüber Allah - mächtig und majestätisch ist Er - erfolgt durch die Befolgung der Gebote und die Vermeidung der Verbote.
 Die Schamhaftigkeit gegenüber den Menschen besteht darin, ihnen Respekt zu erweisen, ihnen ihren gebührenden Platz zu geben und das zu vermeiden, was gewöhnlich als unangemessen angesehen wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5478</t>
   </si>
   <si>
     <t>الدعاء لا يرد بين الأذان والإقامة</t>
   </si>
   <si>
     <t>„Das Bittgebet zwischen Adhan und Iqamah wird nicht abgelehnt.“</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الدُّعَاءُ لاَ يُرَدُّ بَيْنَ الأَذَانِ وَالإِقَامَةِ».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Bittgebet zwischen Adhan und Iqamah wird nicht abgelehnt.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فَضْلَ الدعاء بين الأذان والإقامة، وأنه لا يُرَدّ وحَرِيٌّ بالإجابة، فادعوا الله فيه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlichte den Vorzug des Bittgebets zwischen Adhan und Iqamah und dass es nicht abgelehnt und eher erhört wird. So bittet Allah in dieser Zeit.</t>
   </si>
   <si>
@@ -9956,51 +9921,51 @@
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass der Gläubige in seiner Gesamtheit gut ist. Jedoch ist der Gläubige, der stark ist in seinem Glauben, seiner Entschlossenheit, seinem Besitz und anderen Aspekten der Stärke, besser und Allah - mächtig und majestätisch ist Er - lieber als der schwache Gläubige. Anschließend riet der Prophet - Allahs Segen und Frieden auf ihm - dem Gläubigen, die Mittel für die nützlichen Angelegenheiten des Diesseits und des Jenseits zu ergreifen, während er sich gleichzeitig auf Allah - gepriesen sei Er und erhaben ist Er - verlässt, Ihn um Hilfe bittet und Ihm vertraut. Dann verbot er - Allahs Segen und Frieden auf ihm - die Schwäche, Faulheit und Trägheit bei der Ausführung dessen, was in beiden Wohnstätten (dem Diesseits und dem Jenseits) nützt. Wenn sich der Gläubige also im Handeln anstrengt, die notwendigen Mittel ergreift, Allah um Hilfe bittet und das Gute von Allah erfleht, dann bleibt ihm danach nichts anderes übrig, als seine Angelegenheiten vollständig Allah anzuvertrauen und zu wissen, dass die Wahl Allahs - mächtig und majestätisch ist Er - das Beste ist. Wenn ihn danach ein Unglück trifft, soll er nicht sagen: „Hätte ich dies oder jenes getan, wäre es so und so gewesen.“ „Denn ‚wenn/ hätte‘ öffnet dem Satan die Tür“, um gegen die Vorherbestimmung zu protestieren und das Vergangene zu bedauern. Stattdessen sollte man ergeben und zufrieden sagen: „Es ist die Vorherbestimmung Allahs und Er tut, was Er möchte.“ Was geschehen ist, geschah nur aufgrund dessen, was Allah gewollt hat. Er ist derjenige, der alles ausführt, was Er will, und niemand kann Seinen Beschluss abwenden oder Sein Urteil ändern.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Die Menschen unterscheiden sich in der Stärke ihres Glauben.
 Es ist empfehlenswert, in den Handlungen stark zu sein, da dadurch ein Nutzen erzielt wird, der durch Schwäche nicht erreicht werden kann.
 Der Mensch sollte sich um das bemühen, was ihm nützt, und das lassen, was ihm nicht nützt.
 Der Gläubige muss Allah in all seinen Angelegenheiten um Hilfe bitten und sich nicht auf sich selbst verlassen.
 Die Bestätigung des göttlichen Urteil (Al-Qada) und der göttlichen Vorbestimmung (Al-Qadar) und dass sie das Ergreifen von Mitteln und das Streben nach Gutem nicht ausschließen.
-Die Untersagung, im Falle von Unglücken „wenn“ aus Unzufriedenheit zu sagen, sowie das Verbot, sich gegen das Urteil und die Vorherbestimmung Allahs - erhaben ist Er - zu stellen.</t>
+Die Untersagung, im Falle von Unglücken „wenn/hätte“ aus Unzufriedenheit zu sagen, sowie das Verbot, sich gegen das Urteil und die Vorherbestimmung Allahs - erhaben ist Er - zu stellen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5493</t>
   </si>
   <si>
     <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>‚Das Bittgebet ist die Anbetung</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>Von An-Nu'man Ibn Baschir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Das Bittgebet ist die Anbetung.‘ Dann las er: ‚Euer Herr sagt: ›Ruft Mich an, so erhöre Ich euch. Gewiss, diejenigen, die sich aus Hochmut weigern, Mir zu dienen, werden in die Hölle gedemütigt eingehen.‹‘“ [Ghafir: 60]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass das Bittgebet die Anbetung ist. Daher muss es komplett aufrichtig an Allah gerichtet sein, sei es ein Bittgebete der Bitte oder des Ersuchen, indem man Allah - erhaben ist Er - um das bittet, was einem nützt, und darum bittet, dass Er das abwendet, was einem im Dies- und Jenseits schadet, oder ein Bittgebet des Gottesdienst. Dies umfasst alles, was Allah an äußeren und inneren Aussagen und Taten liebt, sowie alle Gottesdienste des Herzens, Körpers und des Besitz.
 Dann belegte der Prophet - Allahs Segen und Frieden auf ihm - dies, indem er sagte: „Allah sagt: ‚Ruft Mich an, so erhöre Ich euch. Gewiss, diejenigen, die sich aus Hochmut weigern, Mir zu dienen, werden in die Hölle gedemütigt eingehen.‘“</t>
   </si>
@@ -10049,51 +10014,51 @@
     <t>https://hadeethenc.com/de/browse/hadith/5502</t>
   </si>
   <si>
     <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>„Der Führer des Bittens um Vergebung (Sayyid Al-Istighfar)</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Von Schaddad Ibn Aws - möge Allah mit ihm zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert (, dass er sagte): „Der Führer des Bittens um Vergebung (Sayyid Al-Istighfar) ist, zu sagen: ‚O Allah, Du bist mein Herr, es gibt keinen Gott außer Dir. Du hast mich erschaffen, und ich bin Dein Diener. Ich halte an Deinem Bund und Deinem Versprechen fest, so gut ich kann. Ich suche Zuflucht bei Dir vor dem Bösen, das ich getan habe. Ich bekenne Deine Gnade mir gegenüber und ich bekenne meine Sünden. So vergib mir, denn niemand vergibt Sünden außer Dir.‘“
 Er - Allahs Segen und Frieden auf ihm - sagte: „Und wer dies am Tag sagt und daran glaubt und noch an diesem Tag stirbt, bevor der Abend kommt, der gehört zu den Bewohnern des Paradieses. Und wer dies in der Nacht sagt und daran glaubt und stirbt, bevor der Morgen kommt, der gehört zu den Bewohnern des Paradieses.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass es für das Bitten um Vergebung (Istighfar) verschiedene Formulierungen gibt, und dass die beste und großartigste davon ist, wenn der Diener sagt: „O Allah, Du bist mein Herr, es gibt keinen Gott außer Dir. Du hast mich erschaffen, und ich bin Dein Diener. Ich halte das, was ich Dir versprochen und gelobt habe so gut ich kann, ein. Ich suche Zuflucht bei Dir vor dem Übel, welches ich begangen habe. Ich erkenne Deine Gnade mir gegenüber an und ich bekenne meine Sünden. So vergib mir, denn niemand vergibt Sünden außer Dir.“ Zunächst bezeugt der Diener die Einzigkeit (und Einheit) für Allah, und dass Allah sein Schöpfer und Anbetungswürdiger ist, ohne Partner. Er bestätigt, dass er sich an den Bund hält, den er mit Allah - gepriesen sei Er - geschlossen hat, nämlich an Ihn zu glauben und Ihm zu gehorchen, so gut er kann. Denn egal wie viel Anbetung der Diener verrichtet, er kann niemals alles erfüllen, was Allah ihm befohlen hat, noch kann er die verpflichtende Dankbarkeit für die Gnaden (vollkommen) aufweisen. Er bezeugt, dass er Zuflucht bei Allah sucht und sich an Ihn hält, denn Er ist derjenige, bei dem man Zuflucht vor dem Bösen sucht, das der Diener selbst begangen hat. Und er bekennt und gesteht Ihm freiwillig Seine Gnade ihm gegenüber und kehrt zu sich selbst zurück, indem er seine Schuld und seine Sünden bekennt und eingesteht. Und nach dieser Annäherung zu Allah, bittet er seinen Herrn, ihm zu vergeben, indem Er seine Sünden bedeckt und ihn vor ihren Folgen durch Seine Vergebung, Seine Großzügigkeit und Seine Barmherzigkeit bewahrt, denn niemand vergibt Sünden außer Ihm - mächtig und majestätisch ist Er. Dann informierte er - Frieden und Segen auf ihm -, dass dies zu den Bittgebeten des Morgens und des Abends gehört. Wer es mit Gewissheit, Verinnerlichung seiner Bedeutungen und Glauben daran am Anfang seines Tages, zwischen Sonnenaufgang und Mittag, also während der Tageszeit sagt, und dann stirbt, wird das Paradies betreten. Und wer es in der Nacht sagt, also von Sonnenuntergang bis Sonnenaufgang, und dann stirbt, bevor der Morgen kommt, wird ebenfalls das Paradies betreten.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass es für das Bitten um Vergebung (Istighfar) verschiedene Formulierungen gibt, und dass die beste und großartigste davon ist, wenn der Diener sagt: „O Allah, Du bist mein Herr, es gibt keinen Gott außer Dir. Du hast mich erschaffen, und ich bin Dein Diener. Ich halte das, was ich Dir versprochen und gelobt habe so gut ich kann, ein. Ich suche Zuflucht bei Dir vor dem Übel, welches ich begangen habe. Ich erkenne Deine Gnade mir gegenüber an und ich bekenne meine Sünden. So vergib mir, denn niemand vergibt Sünden außer Dir.“ Zunächst bezeugt der Diener die Einzigkeit (und Einheit) für Allah, und dass Allah sein Schöpfer und Anbetungswürdiger ist, ohne Partner. Er bestätigt, dass er sich an den Bund hält, den er mit Allah - gepriesen sei Er - geschlossen hat, nämlich an Ihn zu glauben und Ihm zu gehorchen, so gut er kann, denn egal wie viel Anbetung der Diener verrichtet, er kann niemals alles erfüllen, was Allah ihm befohlen hat, noch kann er die verpflichtende Dankbarkeit für die Gnaden (vollkommen) aufweisen. Er bezeugt, dass er Zuflucht bei Allah sucht und sich an Ihn hält, denn Er ist derjenige, bei dem man Zuflucht vor dem Bösen sucht, das der Diener selbst begangen hat. Und er bekennt und gesteht Ihm freiwillig Seine Gnade ihm gegenüber und kehrt zu sich selbst zurück, indem er seine Schuld und seine Sünden bekennt und eingesteht. Und nach dieser Annäherung zu Allah, bittet er seinen Herrn, ihm zu vergeben, indem Er seine Sünden bedeckt und ihn vor ihren Folgen durch Seine Vergebung, Seine Großzügigkeit und Seine Barmherzigkeit bewahrt, denn niemand vergibt Sünden außer Ihm - mächtig und majestätisch ist Er. Dann informierte er - Frieden und Segen auf ihm -, dass dies zu den Bittgebeten des Morgens und der Nacht gehört. Wer es mit Gewissheit, Verinnerlichung seiner Bedeutungen und Glauben daran am Anfang seines Tages, zwischen Sonnenaufgang und Mittag, also während der Tageszeit sagt, und dann stirbt, wird das Paradies betreten. Und wer es in der Nacht sagt, also von Sonnenuntergang bis Sonnenaufgang, und dann stirbt, bevor der Morgen kommt, wird ebenfalls das Paradies betreten.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Die Formulierungen des Bittens um Vergebung (Istighfar) unterscheiden sich, und einige sind besser als andere.
 Der Diener sollte sich bemühen, Allah mit diesem Bittgebet anzurufen, denn es ist der Führer des Bittens um Vergebung (Sayyid Al-Istighfar).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5503</t>
   </si>
   <si>
     <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>‚Euch obliegt die Wahrhaftigkeit, denn die Wahrhaftigkeit führt zur Rechtschaffenheit, und die Rechtschaffenheit führt ins Paradies</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Euch obliegt die Wahrhaftigkeit, denn die Wahrhaftigkeit führt zur Rechtschaffenheit, und die Rechtschaffenheit führt ins Paradies. Und der Mensch ist solange wahrhaftig und bemüht sich um Wahrhaftigkeit, bis er bei Allah als wahrhaftig aufgeschrieben wird. Und hütet euch vor der Lüge, denn die Lüge führt zu Frevel und Frevel führt ins Höllenfeuer. Und der Mensch lügt solange und bemüht sich um die Lüge, bis er bei Allah als Lügner aufgeschrieben wird.‘“</t>
   </si>
   <si>
@@ -10348,75 +10313,75 @@
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>Als der Prophet - Allahs Segen und Frieden auf ihm - nach Madinah kam und die Menschen ihn sahen, eilten sie ihm entgegen. Unter ihnen war 'Abdullah Ibn Salam - möge Allah mit ihm zufrieden sein -, der (zu dieser Zeit noch) zu den Juden gehörte. Als er ihn sah, erkannte er, dass sein Gesicht nicht das Gesicht eines Lügners war, aufgrund des Lichts, der Schönheit und der ehrlichen Würde, die er ausstrahlte. Das erste, was er vom Propheten - Allahs Segen und Frieden auf ihm - hörte, war, dass er die Menschen zu Taten ermutigte, die zum Eintritt ins Paradies führen. Dazu gehören:
 Erstens: Das Verbreiten des Friedensgrußes, ihn zu zeigen und ihn sowohl an Bekannte als auch an Fremde häufig zu sprechen.
 Zweitens: Das Speisen (von Menschen) mit Essen durch Almosen, Geschenke und Bewirtung.
 Drittens: Die Pflege der Verwandtschaftsbande mit denen, die mit dir durch Verwandtschaft oder Bekanntschaft väterlicherseits oder mütterlicherseits verbunden sind.
 Viertens: Das freiwillige Gebet in der Nacht, während die Menschen schlafen.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, den Friedensgruß unter Muslimen zu verbreiten. Bei Nicht-Muslimen sollte man nicht mit dem Gruß beginnen. Wenn sie mit den Worten „As-Salamu 'alaykum“ grüßen, sollte man mit „Wa 'alaykum“ antworten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5520</t>
   </si>
   <si>
     <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
-    <t>„Allah liebt den gottesfürchtigen, begnügsamen, zurückhaltenden Diener.“</t>
+    <t>‚Allah liebt den gottesfürchtigen, begnügsamen, verborgenen Diener.‘“</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
-    <t>Von Sa'd Ibn Abi Waqqas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Allah liebt den gottesfürchtigen, begnügsamen, zurückhaltenden Diener.“</t>
+    <t>Von Sa'd Ibn Abi Waqqas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Allah liebt den gottesfürchtigen, begnügsamen, verborgenen Diener.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass Allah - mächtig und majestätisch ist Er - einige Seiner Diener liebt.
-Unter ihnen ist der Fromme, der den Geboten Allahs folgt und sich von Seinen Verboten fernhält.
-Und Er liebt den Begnügsamen; denjenigen, der sich durch Allah - mächtig und majestätisch ist Er - allein genügt und nicht auf andere Menschen angewiesen ist.
+Unter ihnen ist der Gottesfürchtige, der den Geboten Allahs folgt und sich von Seinen Verboten fernhält.
+Und Er liebt den Begnügsamen; denjenigen, der durch Allah - mächtig und majestätisch ist Er - von den Menschen unabhängig ist und sich niemand anderem zuwendet.
 Und Er liebt den Verborgenen; den Bescheidenen, der seinem Herrn dient, sich mit dem beschäftigt, was ihm nützt, und dem es gleichgültig ist, ob ihn jemand kennt, lobt oder preist.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
-    <t>Die Darlegung einiger Eigenschaften, die zur Liebe Allahs für Seine Diener führen, nämlich die Frömmigkeit, die Bescheidenheit und die Zufriedenheit mit dem, was Allah bestimmt hat.</t>
+    <t>Die Darlegung einiger Eigenschaften, die zur Liebe Allahs für Seine Diener führen, nämlich die Gottesfurcht, die Bescheidenheit und die Zufriedenheit mit dem, was Allah bestimmt hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5545</t>
   </si>
   <si>
     <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Wahrlich, ihr werdet euren Herrn sehen, so wie ihr diesen Mond seht, ohne dass euch etwas an Seiner Sicht hindert</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Von Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir waren beim Propheten - Allahs Segen und Frieden auf ihm - und er schaute in einer Nacht zum Mond – er meinte den Vollmond – und sagte: ‚Wahrlich, ihr werdet euren Herrn sehen, so wie ihr diesen Mond seht, ohne dass euch etwas an Seiner Sicht hindert. Wenn ihr also in der Lage seid, euch nicht vom Gebet vor Sonnenaufgang und vor Sonnenuntergang abhalten zu lassen, dann tut es.‘ Dann rezitierte er: ‚Und preise deinen Herrn vor dem Aufgang der Sonne und vor ihrem Untergang.‘“</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
@@ -10437,51 +10402,51 @@
     <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>„Der Prophet - Allahs Segen und Frieden auf ihm - lehnte niemals Parfüm ab.“</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert: „Der Prophet - Allahs Segen und Frieden auf ihm - lehnte niemals Parfüm ab.“</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Es war eine Gewohnheit des Propheten Muhammad - Allahs Segen und Frieden auf ihm -, dass er Parfüm nicht ablehnte und es annahm, da es leicht zu tragen und angenehm duftend ist.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Es wird empfohlen, Geschenke von Parfüm anzunehmen, da es weder Mühe beim Tragen verursacht noch eine Bevorzugung beim Annehmen bedeutet.
 Die Vollkommenheit und Güte des Charakters des Propheten - Allahs Segen und Frieden auf ihm -, da er Parfüm nicht ablehnte und Geschenke von denen annahm, die sie ihm überreichten.
-Die Ermunterung zur Verwendung von Parfüm.</t>
+Der Ansporn zur Verwendung von Parfüm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5733</t>
   </si>
   <si>
     <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>„Hütet euch vor Ungerechtigkeit, denn Ungerechtigkeit ist Finsternisse am Tag der Auferstehung. Und hütet euch vor Geiz, denn Geiz hat diejenigen vor euch zugrunde gerichtet</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Von Jabir Ibn 'Abdillah - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Hütet euch vor Ungerechtigkeit, denn Ungerechtigkeit ist Finsternisse am Tag der Auferstehung. Und hütet euch vor Geiz, denn Geiz hat diejenigen vor euch zugrunde gerichtet. Er hat sie dazu verleitet, ihr Blut zu vergießen und das für erlaubt zu erklären, was ihnen verboten war.“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte vor der Ungerechtigkeit, darunter: Ungerechtigkeit gegenüber den Menschen, Ungerechtigkeit gegenüber sich selbst und Ungerechtigkeit im Recht Allahs - erhaben ist Er. Sie bedeutet, jedem, dem ein Recht zusteht, sein Recht nicht zu geben. Außerdem wird Ungerechtigkeit Finsternisse über ihre Täter am Tag der Auferstehung bringen, durch das Eintreten von Schwierigkeiten und Schrecken. Und er verbot Geiz, d. h. extremer Geiz mit Gier. Dazu gehört auch das Versäumnis, finanzielle Verpflichtungen zu erfüllen, und die übermäßige Liebe zum Diesseits. Und diese Art von Ungerechtigkeit hat die Völker vor uns zugrunde gerichtet, da sie sie dazu brachte, sich gegenseitig zu töten und das zu erlauben, was Allah an Verbotenem verboten hat.</t>
   </si>
@@ -10840,51 +10805,51 @@
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5811</t>
   </si>
   <si>
     <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>„Jeder von euch ist ein Hirte und jeder ist verantwortlich für seine Herde</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Jeder von euch ist ein Hirte und jeder ist verantwortlich für seine Herde. Der Herrscher, der über die Menschen herrscht, ist ein Hirte und er ist für sie verantwortlich. Der Mann ist ein Hirte über seine Familie und er ist für sie verantwortlich. Die Frau ist eine Hirtin über das Haus ihres Mannes und seine Kinder und sie ist für sie verantwortlich. Der Diener ist ein Hirte über das Vermögen seines Herrn und er ist dafür verantwortlich. Wahrlich, jeder von euch ist ein Hirte und jeder von euch ist verantwortlich für seine Herde.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass jeder Muslim in der Gesellschaft eine Verantwortung trägt, die er hüten und übernehmen muss. So sind der Imam und der Herrscher Hirten über das, was Allah ihnen anvertraut hat. Es ist ihre Pflicht, ihre Gesetze zu bewahren, sie vor denen zu schützen, die ihnen Unrecht tun, ihre Feinde zu bekämpfen und ihre Rechte nicht zu vernachlässigen. Und der Mann in seiner Familie ist beauftragt, für sie zu sorgen, indem er ihnen Unterhalt gewährt, sie gut behandelt, sie unterrichtet und erzieht. Und die Frau im Haus ihres Mannes ist eine Hirtin, indem sie ihr Haus gut führt und ihre Kinder erzieht, und sie ist dafür verantwortlich. Und der Diener, ob Sklave oder Angestellter, ist verantwortlich für das Vermögen seines Herrn, indem er das, was er davon in seiner Hand hat, bewahrt und es pflegt, und er ist dafür verantwortlich. So ist jeder ein Hirte über das, was ihm anvertraut wurde, und jeder ist verantwortlich für seine Herde.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt uns mit, dass jeder Muslim in der Gesellschaft eine Verantwortung trägt, die er hüten und übernehmen muss. So sind der Herrscher und der Führer Hirten über das, was Allah ihnen anvertraut hat. Es ist ihre Pflicht, ihre Gesetze zu bewahren, sie vor denen zu schützen, die ihnen Unrecht tun, ihre Feinde zu bekämpfen und ihre Rechte nicht zu vernachlässigen. Und der Mann in seiner Familie ist beauftragt, für sie zu sorgen, indem er ihnen Unterhalt gewährt, sie gut behandelt, sie unterrichtet und erzieht. Und die Frau im Haus ihres Mannes ist eine Hirtin, indem sie ihr Haus gut führt und ihre Kinder erzieht, und sie ist dafür verantwortlich. Und der Diener, ob Sklave oder Angestellter, ist verantwortlich für das Vermögen seines Herrn, indem er das, was er davon in seiner Hand hat, bewahrt und es pflegt, und er ist dafür verantwortlich. So ist jeder ein Hirte über das, was ihm anvertraut wurde, und jeder ist verantwortlich für seine Herde.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Verantwortung besteht in der muslimischen Gesellschaft im Allgemeinen, und jeder trägt sie entsprechend seiner Stellung, Fähigkeit und Verantwortlichkeit.
 Die große Verantwortung der Frau, indem sie die Rechte des Hauses ihres Mannes und ihre Pflichten gegenüber ihren Kindern erfüllt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5819</t>
   </si>
   <si>
     <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>„Ich habe nach mir keine Versuchung hinterlassen, die schädlicher für die Männer ist als die Frauen.“</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Von Usama Ibn Zayd - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ich habe nach mir keine Versuchung hinterlassen, die schädlicher für die Männer ist als die Frauen.“</t>
   </si>
   <si>
@@ -11195,154 +11160,154 @@
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5915</t>
   </si>
   <si>
     <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>Bei Dem, in Dessen Hand meine Seele ist, ihr werdet gewiss den Weg derer einschlagen, die vor euch waren.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Von Abu Waqid Al-Laythi - möge Allah mit ihm zufrieden sein - wird überliefert: Als der Gesandte Allahs - Allahs Segen und Frieden auf ihm - nach Hunayn aufbrach, kam er an einem Baum der Götzendiener vorbei, der „Dhat Anwat“ genannt wurde. Sie pflegten ihre Waffen daran aufzuhängen. Sie sagten: „O Gesandter Allahs, mach uns ein Dhat Anwat, so wie sie ein Dhat Anwat haben.“ Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Subhanallah! (Gepriesen sei Allah!) Das ist, wie das Volk Musas sagte: ‚Mach uns einen Gott, so wie sie Götter haben.‘ [Al-A'raf: 138] Bei Dem, in Dessen Hand meine Seele ist, ihr werdet gewiss den Weg derer einschlagen, die vor euch waren.“</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - zog nach Hunayn aus, einem Tal zwischen At-Ta'if und Makkah. Er war in Begleitung einiger Gefährten, die erst kürzlich zum Islam konvertiert waren. Sie kamen an einem Baum vorbei, der „Dhat Anwat“ genannt wurde, was so viel bedeutet wie „die mit Anhängern“. Die Götzendiener verehrten diesen Baum und hängten ihre Waffen und andere Gegenstände daran auf, in der Hoffnung auf Segen. So baten sie den Gesandten Allahs - Allahs Segen und Frieden auf ihm -, ihnen einen ähnlichen Baum zu geben, an dem sie ihre Waffen aufhängen konnten, um Segen zu erlangen. Sie dachten, dass dies erlaubt sei. Da sagte der Prophet - Allahs Segen und Frieden auf ihm - „Subhanallah!“, um diese Aussage zu missbilligen und Allah zu verherrlichen. Er erklärte, dass diese Aussage der Aussage des Volkes Musas ähnelt, als sie zu ihm sagten: „Mach uns einen Gott, so wie sie Götter haben.“ Denn als sie diejenigen sahen, die Götzen anbeteten, baten sie darum, dass sie auch Götzen haben sollten, so wie die Götzendiener Götzen haben. Dies ist ein Befolgen ihres Weges. Dann teilte der Prophet - Allahs Segen und Frieden auf ihm - mit, dass diese Gemeinschaft (der Muslime) dem Weg der Juden und Christen folgen und ihre Taten nachahmen wird, um davor zu warnen.</t>
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - zog nach Hunayn aus, einem Tal zwischen At-Ta'if und Makkah. Er war in Begleitung einiger Gefährten, die erst kürzlich den Islam angenommen hatten. Sie kamen an einem Baum vorbei, der „Dhat Anwat“ genannt wurde, was so viel bedeutet wie „der mit Anhängern“. Die Götzendiener verehrten diesen Baum und hängten ihre Waffen und andere Gegenstände daran auf, in der Hoffnung auf Segen. So baten sie den Gesandten Allahs - Allahs Segen und Frieden auf ihm -, ihnen einen ähnlichen Baum zu geben, an dem sie ihre Waffen aufhängen konnten, um Segen zu erlangen. Sie dachten, dass dies erlaubt sei. Da sagte der Prophet - Allahs Segen und Frieden auf ihm - „Subhanallah!“, um diese Aussage zu missbilligen und Allah zu verherrlichen. Er erklärte, dass diese Aussage der Aussage des Volkes Musas ähnelt, als sie zu ihm sagten: „Mach uns einen Gott, so wie sie Götter haben.“ Denn als sie diejenigen sahen, die Götzen anbeteten, baten sie darum, dass sie auch Götzen haben sollten, so wie die Götzendiener Götzen haben. Dies ist ein Befolgen ihres Weges. Dann teilte der Prophet - Allahs Segen und Frieden auf ihm - mit, dass diese Gemeinschaft (der Muslime) dem Weg der Juden und Christen folgen und ihre Taten nachahmen wird, um davor zu warnen.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Ein Mensch mag etwas für gut halten, von dem er glaubt, dass es ihn Allah - erhaben ist Er - näher bringt, während es ihn in Wirklichkeit von Ihm entfernt.
 Der Muslim sollte „Subhanallah“ (Gepriesen sei Allah) und „Allahu Akbar“ (Allah ist der Größte) sagen, wenn er etwas hört, das nicht über die Religion gesagt werden sollte, und wenn er erstaunt ist.
-Es ist Shirk (Götzendienst), Segen bei Bäumen, Steinen und anderen Dingen zu erhoffen. Segen sollte nur von Allah allein erbeten werden.
+Es ist Schirk (Götzendienst), Segen bei Bäumen, Steinen und anderen Dingen zu erhoffen. Segen sollte nur von Allah allein erbeten werden.
 Der Grund für die Anbetung von Götzen ist ihre Verehrung, das Verweilen bei ihnen und das Erhoffen von Segen durch sie.
-Die Pflicht, die Türen und Wege zu verschließen, die zum Shirk führen.
-Was in den Quelltexten über die Verurteilung der Juden und Christen berichtet wird, ist eine Warnung für uns.
+Die Pflicht, die Türen und Wege zu verschließen, die zum Schirk führen.
+Was in den Quelltexten über die Missbilligung der Juden und Christen berichtet wird, ist eine Warnung für uns.
 Das Verbot, den Menschen der Jahiliyyah (vorislamische Zeit), den Juden und Christen nachzueifern, außer in dem, was durch Beweise als Teil unserer Religion erwiesen ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5927</t>
   </si>
   <si>
     <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>dass ein Mann zum Propheten - Allahs Segen und Frieden auf ihm - kam und mit ihm über eine Angelegenheit sprach. Da sagte er: „Was Allah und du willst.“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte dann: „Hast du mich Allah gleichgestellt? Sag: ‚Was Allah allein will.‘“</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass ein Mann zum Propheten - Allahs Segen und Frieden auf ihm - kam und mit ihm über eine Angelegenheit sprach. Da sagte er: „Was Allah und du willst.“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte dann: „Hast du mich Allah gleichgestellt? Sag: ‚Was Allah allein will.‘“</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sprach mit ihm über eine seiner Angelegenheiten. Dann sagte er: „Was Allah und du willst.“ Da missbilligte der Prophet - Allahs Segen und Frieden auf ihm - diese Aussage und erklärte ihm, dass das Verbinden des Willens des Geschöpfs mit dem Willen Allahs durch die Konjunktion „und“ eine kleinere Form des Schirk (Götzendienst) darstellt, die ein Muslim nicht aussprechen sollte. Dann wies er ihn auf die richtige Aussage hin: „Was Allah allein will“, um Allah in Seinem Willen einzigartig zu machen und Seinen Willen nicht mit dem Willen eines anderen zu verbinden, egal in welcher Form der Verbindung.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Das Verbot, zu sagen: „Was Allah und du willst“ oder ähnliche Ausdrücke, die den Willen des Dieners mit dem Willen Allahs durch die Konjunktion „und“ verbinden, da dies eine kleine Form des Schirk (Götzendienst) ist.
 Die Pflicht, das Verwerfliche zu missbilligen.
-Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - hat die Grenzen des Monotheismus geschützt und die Wege zum Schirk versperrt.
+Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - hat die Grenzen des Tauhid geschützt und die Wege zum Schirk versperrt.
 Beim Missbilligen des Verwerflichen ist es gut, den Angesprochenen auf eine erlaubte Alternative hinzuweisen, um dem Propheten - Allahs Segen und Frieden auf ihm - zu folgen.
 Die Kombination seiner Aussage - Allahs Segen und Frieden auf ihm - in diesem Hadith: „Was Allah allein will“ und seiner Aussage in einem anderen Hadith: „Sag: Was Allah will, dann was du willst“ bedeutet, dass es erlaubt ist, zu sagen: „Was Allah will, dann was du willst“, aber es ist besser zu sagen: „Was Allah allein will“.
 Es ist erlaubt zu sagen: „Was Allah will, dann was du willst“, aber es ist besser zu sagen: „Was Allah allein will“.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Die Überlieferungskette (Isnad) ist verlässlich (Hasan)]</t>
   </si>
   <si>
     <t>[رواه النسائي في الكبرى وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5928</t>
   </si>
   <si>
     <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>diejenigen, die am strengsten von Allah am Tag der Auferstehung bestraft werden, sind diejenigen, die versuchen, Allahs Schöpfung nachzuahmen.‘</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
-    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - kam zu mir herein, und ich hatte eine Nische von mir mit einem Vorhang bedeckt, auf dem sich Abbildungen befanden. Als er es sah, zerriss er es, und sein Gesicht veränderte sich (aus Missfallen). Er sagte: ‚O 'Aischah, diejenigen, die am strengsten von Allah am Tag der Auferstehung bestraft werden, sind diejenigen, die versuchen, Allahs Schöpfung nachzuahmen.‘“ 'Aischah sagte: „Also zerschnitten wir ihn und machten daraus ein oder zwei Kissen.“</t>
+    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - kam zu mir herein, und ich hatte eine Nische von mir mit einem Vorhang bedeckt, auf dem sich Abbildungen befanden. Als er es sah, zerriss er ihn, und sein Gesicht veränderte sich (aus Missfallen). Er sagte: ‚O 'Aischah, diejenigen, die am strengsten von Allah am Tag der Auferstehung bestraft werden, sind diejenigen, die versuchen, Allahs Schöpfung nachzuahmen.‘“ 'Aischah sagte: „Also zerschnitten wir ihn und machten daraus ein oder zwei Kissen.“</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - betrat das Haus von 'Aischah - möge Allah mit ihr zufrieden sein - und fand, dass sie den kleinen Schrank, in dem Dinge aufbewahrt wurden, mit einem Tuch bedeckt hatte, das Bilder von Lebewesen enthielt. Sein Gesicht veränderte sich vor Zorn für Allah, und er zog es ab und sagte: „Am strengsten werden am Tag der Auferstehung diejenigen Menschen bestraft, die mit ihren Bildern die Schöpfung Allahs nachahmen.“ 'Aischah sagte: „Also machten wir daraus ein oder zwei Kissen.“</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
-    <t>Das Verwerfliche (Al-Munkar) muss sofort missbilligt werden, wenn man es sieht, und man darf dabei nicht zögern, es sei denn, es führt zu einem größeren Schaden.
+    <t>Das Verwerfliche muss sofort missbilligt werden, wenn man es sieht, und man darf dabei nicht zögern, es sei denn, es führt zu einem größeren Schaden.
 Die Bestrafung am Tag der Auferstehung variiert je nach Schwere der Sünde.
 Das Abbilden von Lebewesen gehört zu den größten Sünden.
 Eine der Weisheiten hinter dem Verbot der bildlichen Darstellung ist die Vermeidung der Nachahmung von Allahs Schöpfung, unabhängig davon, ob der Künstler die Absicht hatte, nachzuahmen oder nicht.
 Das islamische Gesetz legt Wert auf den Erhalt von Vermögen, indem es genutzt wird, nachdem alles Verbotene davon gemieden wurde.
 Das Verbot, Bilder von Lebewesen in jeglicher Form herzustellen, auch wenn sie mit Füßen getreten werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5931</t>
   </si>
   <si>
     <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>‚Wer sich an einem Ort niederlässt und sagt: &gt;Ich suche Zuflucht bei den vollkommenen Worten Allahs vor dem Schlechten, das Er erschuf.&lt; („A'udhu bikalimati Allahi At-Tamat min Scharri ma khalaq“), dem wird nichts Schlechtes widerfahren, bis er den Ort wieder verlässt.‘“</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Von Khawlah Bint Hakim As-Sulamiyyah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wer sich an einem Ort niederlässt und sagt: &gt;Ich suche Zuflucht bei den vollkommenen Worten Allahs vor dem Schlechten, das Er erschuf.&lt; („A'udhu bikalimati Allahi At-Tamat min Scharri ma khalaq“), dem wird nichts Schlechtes widerfahren, bis er den Ort wieder verlässt.‘“</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
@@ -11493,57 +11458,57 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt davor, Wahrsager aufzusuchen – ein allgemeiner Begriff für Wahrsager, Sternkundige, Hellseher und ähnliche Personen, die sich auf bestimmte Methoden stützen, und behaupten, dadurch das Verborgene zu erkennen. Allein die Frage nach etwas aus dem Bereich des Verborgenen führt dazu, dass Allah einem den Lohn der Gebete für vierzig Tage vorenthalten wird. Dies ist eine Strafe für diese schwere Sünde und Verfehlung.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Das Verbot der Wahrsagerei, des Aufsuchen von Wahrsagern und des Fragen nach dem Verborgenen bei ihnen.
 Ein Mensch kann von der Belohnung für seine Gehorsamkeit ausgeschlossen werden als Strafe für seine Sünden.
 In die Aussage fallen auch sogenannte Horoskope und das Anschauen solcher Dinge, sowie das Lesen der Hand oder der Tasse – selbst wenn es nur aus Neugier geschieht –, da all dies zur Wahrsagerei gehört und den Anspruch auf Wissen des Verborgenen darstellt.
 Wenn dies die Strafe für jemanden ist, der einen Wahrsager aufsucht, wie groß muss dann die Strafe für den Wahrsager selbst sein?
 Das Gebet von vierzig Tagen ist gültig und muss nicht nachgeholt werden, aber es bringt keine Belohnung ein.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5986</t>
   </si>
   <si>
     <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
-    <t>„Wer etwas von der Sternenkunde erlernt, hat damit etwas von der Zauberei erlernt - je mehr es ist, desto mehr wird es.“</t>
+    <t>‚Wer etwas von der Sternenkunde erlernt, hat damit etwas von der Zauberei erlernt - je mehr es ist, desto mehr wird es.‘“</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer etwas von der Sternenkunde erlernt, hat damit etwas von der Zauberei erlernt - je mehr es ist, desto mehr wird es.“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer etwas von der Sternenkunde erlernt, hat damit etwas von der Zauberei erlernt - je mehr es ist, desto mehr wird es.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass jemand, der sich Wissen über die Sterne, die Sternzeichen und die Vorhersage von zukünftigen Ereignissen auf der Erde, wie dem Tod, dem Leben oder der Gesundheit von einer Person, basierend auf der Bewegung, dem Erscheinen und Verschwinden dieser (Sterne und Sternzeichen), aneignet und sich damit beschäftigt, einen Teil der Magie erlernt hat. Je mehr sich jemand mit diesem Wissen beschäftigt, desto mehr Magie eignet er sich an.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Das Verbot der Astrologie, die sich auf die Sterne stützt, um zukünftige Ereignisse vorherzusagen, da dies eine Behauptung über das Wissen des Verborgenen darstellt.
 Das verbotene Astrologiewissen ist eine Art von Magie, die im Widerspruch zum Tauhid steht, während die Beobachtung der Sterne zur Bestimmung von Richtungen, der Gebetsrichtung oder vom Beginn der Jahreszeiten und Monaten erlaubt ist.
 Je mehr jemand im Bereich der Astrologie erlernt, desto mehr Aspekte der Magie erlernt er.
 Es gibt drei Vorteile der Sterne, die Allah in Seinem Buch erwähnt: Sie sind eine Zierde des Himmels, sie dienen als Wegweiser und sie sind Geschosse gegen die Satane.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/5989</t>
   </si>
   <si>
     <t>ضع يدك على الذي تألم من جسدك، وقل باسم الله ثلاثا، وقل سبع مرات أعوذ بالله وقدرته من شر ما أجد وأحاذر</t>
   </si>
@@ -11705,51 +11670,51 @@
 Ibn Hajar Al-'Asqalani sagte: „Wer sich daran hält, wird weder durch die viele Arbeit beeinträchtigt werden noch wird es ihm schwerfallen, selbst wenn er erschöpft/müde sein sollte.“
 Al-'Ayni sagte: „Der Grund, weshalb dies besser ist, ist entweder, da es sich auf das Jenseits bezieht, während der Diener sich auf das Diesseits bezieht - und das Jenseits ist besser und dauerhafter - oder da es sich auf das bezieht, was sie erbeten haben, weil sie durch dieses Gedenken mehr Kraft erlangen, um den Dienst besser zu verrichten, als es ein Diener könnte.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6076</t>
   </si>
   <si>
     <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>‚Sag: "Qul Huwa Allahu Ahad" (Surah Al-Ikhlas) und die beiden Schutzsuren (Al-Falaq und An-Nas), wenn du den Abend und den Morgen erreichst dreimal, dann werden sie dich vor allem beschützen.‘“</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Khubayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Wir gingen in einer regnerischen und sehr dunklen Nacht hinaus, um den Gesandten Allahs - Allahs Segen und Frieden auf ihm - zu suchen, damit er für uns betet.“ Er ('Abdullah) sagte: „Ich erreichte ihn, und er sagte: ‚Sag!‘ Aber ich sagte nichts. Dann sagte er wieder: ‚Sag!‘ Aber ich sagte wieder nichts. Er sagte ein drittes Mal: ‚Sag!‘ Also sagte ich: ‚Was soll ich sagen?‘ Er sagte: ‚Sag: "Qul Huwa Allahu Ahad" (Surah Al-Ikhlas) und die beiden Schutzsuren (Al-Falaq und An-Nas), wenn du den Abend und den Morgen erreichst dreimal, dann werden sie dich vor allem beschützen.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
-    <t>Der ehrwürdige Gefährte 'Abdullah Ibn Khubayb - möge Allah mit ihm zufrieden sein - berichtet, dass sie in einer Nacht bei starkem Regen und tiefer Dunkelheit hinausgingen, um den Gesandten Allahs - Allahs Segen und Frieden auf ihm - zu suchen, damit er für sie (vor-)beten möge. Sie fanden ihn und der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihm: „Sag!“, d.h. rezitiere, aber er rezitierte nichts. Der Prophet - Allahs Segen und Frieden auf ihm - wiederholte seine Aussage, und 'Abdullah fragte dann: „Was soll ich rezitieren, o Gesandter Allahs?“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Rezitiere die Surah Al-Ikhlas („Sag: Er ist Allah, der Eine“), und die beiden Schutzsuren („Sag: Ich suche Zuflucht beim Herrn des Morgenlichts“ und „Sag: Ich suche Zuflucht beim Herrn der Menschen“) am Abend und am Morgen jeweils dreimal. Sie werden dich vor allem Bösen schützen und dich vor allem Schlechten bewahren.</t>
+    <t>Der ehrwürdige Gefährte 'Abdullah Ibn Khubayb - möge Allah mit ihm zufrieden sein - berichtet, dass sie in einer Nacht bei starkem Regen und tiefer Dunkelheit hinausgingen, um den Gesandten Allahs - Allahs Segen und Frieden auf ihm - zu suchen, damit er für sie (vor-)beten möge. Sie fanden ihn und der Prophet - Allahs Segen und Frieden auf ihm - sagte zu ihm: „Sag!“, d.h. rezitiere, aber er rezitierte nichts. Der Prophet - Allahs Segen und Frieden auf ihm - wiederholte seine Aussage, und 'Abdullah fragte dann: „Was soll ich rezitieren, o Gesandter Allahs?“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Rezitiere die Surah Al-Ikhlas („Sag: Er ist Allah, der Eine“), und die beiden Schutzsuren („Sag: Ich suche Zuflucht beim Herrn des Morgenlichts“ und „Sag: Ich suche Zuflucht beim Herrn der Menschen“) am Abend und am Morgen jeweils dreimal. Sie werden dich vor allem Bösen schützen und dich vor allem Schlechten bewahren.“</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, die Surah Al-Ikhlas und die beiden Schutzsuren (Mu'awwidhatayn) morgens und abends zu rezitieren, da sie ein Schutz vor allem Bösen sind.
 Der Vorzug, die Surah Al-Ikhlas und die zwei Schutzsuren zu rezitieren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6082</t>
   </si>
   <si>
     <t>من قال بسم الله الذي لا يضر مع اسمه شيء، في الأرض، ولا في السماء، وهو السميع العليم، ثلاث مرات، لم تصبه فجأة بلاء، حتى يصبح</t>
   </si>
   <si>
     <t>„Wer ‚Bismillahi-lladhi la yadurru ma'a Ismihie schay'un fil-ardi wa la fis-samai, wa huwa As-Sami'u Al-'Alim‘ (Mit dem Namen Allahs, Desjenigen, mit Dessen Namen weder etwas im Himmel, noch auf der Erde einen Schaden zufügen kann, und Er ist der Allhörende, der Allwissende) drei Mal sagt, so wird ihn bis zum Morgen keine plötzliche Plage treffen</t>
   </si>
   <si>
     <t>عَنْ أَبَانَ بْنِ عُثْمَانَ قَالَ: سَمِعْتُ عُثْمَانَ ابْنِ عَفَّانَ رضي الله عنه يَقُولُ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ قَالَ بِسْمِ اللَّهِ الَّذِي لَا يَضُرُّ مَعَ اسْمِهِ شَيْءٌ، فِي الْأَرْضِ، وَلَا فِي السَّمَاءِ، وَهُوَ السَّمِيعُ الْعَلِيمُ، ثَلَاثَ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ، حَتَّى يُصْبِحَ، وَمَنْ قَالَهَا حِينَ يُصْبِحُ ثَلَاثُ مَرَّاتٍ، لَمْ تُصِبْهُ فَجْأَةُ بَلَاءٍ حَتَّى يُمْسِيَ»، قَالَ: فَأَصَابَ أَبَانَ بْنَ عُثْمَانَ الْفَالِجُ، فَجَعَلَ الرَّجُلُ الَّذِي سَمِعَ مِنْهُ الْحَدِيثَ يَنْظُرُ إِلَيْهِ، فَقَالَ لَهُ: مَا لَكَ تَنْظُرُ إِلَيَّ؟ فَوَاللَّهِ مَا كَذَبْتُ عَلَى عُثْمَانَ، وَلَا كَذَبَ عُثْمَانُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَلَكِنَّ الْيَوْمَ الَّذِي أَصَابَنِي فِيهِ مَا أَصَابَنِي غَضِبْتُ فَنَسِيتُ أَنْ أَقُولَهَا.</t>
   </si>
   <si>
     <t>Von Aban Ibn 'Uthman wird überliefert, dass er sagte: Ich hörte 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - sagen: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Wer ‚Bismillahi-lladhi la yadurru ma'a Ismihie schay'un fil-ardi wa la fis-samai, wa huwa As-Sami'u Al-'Alim‘ (Mit dem Namen Allahs, Desjenigen, mit Dessen Namen weder etwas im Himmel, noch auf der Erde einen Schaden zufügen kann, und Er ist der Allhörende, der Allwissende) drei Mal sagt, so wird ihn bis zum Morgen keine plötzliche Plage treffen. Und wer es morgens drei Mal spricht, so wird ihn bis zum Abend keine plötzliche Plage treffen.“ Da traf Aban Ibn 'Uthman Al-eine halbseitige Lähmung und der Mann, der diesen Hadith von ihm hörte, schaute ihn an. Da sagte er zu ihm: „Weshalb schaust du mich an? Bei Allah, ich habe nicht über 'Uthman gelogen und 'Uthman hat nicht über den Propheten - Allahs Segen und Frieden auf ihm gelogen -. Jedoch bin ich an dem Tag, an dem mich traf, was mich traf, wütend geworden und habe vergessen, dies zu sagen.“</t>
   </si>
   <si>
@@ -11765,89 +11730,89 @@
   <si>
     <t>استحباب الإتيان بهذا الذِّكْرِ في الصباح والمساء؛ ليكون الإنسان محفوظًا بإذن الله تعالى مِن أن يُصيبَه فجأةُ بلاءٍ أو ضرُّ مصيبةٍ أو نحو ذلك.
 قوة يقين السلف الأول بالله وتصديقهم بما أخبر به رسول الله صلى الله عليه وسلم.
 من فوائد تقييد الذكر بالصباح والمساء قطع الغفلة عن المسلم واستحضاره الدائم بأنه عبد لله تعالى.
 على قدر إيمان الذاكر لله وخشوعه وحضور قلبه، مع الإخلاص واليقين يكون أثر الذكر متحقِّقًا.</t>
   </si>
   <si>
     <t>Die Erwünschtheit, diesen Dhikr morgens und abends aufzusagen, damit der Mensch mit dem Willen Allahs - erhaben ist Er - davor bewahrt wird, plötzlich von einem Unheil oder dem Schaden einer Katastrophe o. ä. getroffen zu werden.
 Die starke Gewissheit der ersten Generation über Allah und ihr Glaube an das, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtete.
 Zu den Nutzen der zeitlichen Bestimmung für die Gedenken am Morgen und am Abend gehört, dass der Muslim nicht unachtsam wird und ständig daran erinnert wird, dass er ein Diener Allahs - erhaben ist Er - ist.
 Je nachdem wie der Glaube, die Demut und die Anwesenheit des Herzens desjenigen ist, der Allahs gedenkt, sowie wie die Aufrichtigkeit und Gewissheit ist, fällt die Wirkung des Dhikr aus.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6093</t>
   </si>
   <si>
     <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>„Sag: ‚Es gibt keinen zu Recht angebeteten Gott außer Allah, dem Einzigen, Der keinen Partner hat. Allah ist der Größte, der Allmächtige, und alles Lob gebührt vielmals Allah. Gepriesen sei Allah, der Herr der Weltenbewohner. Es gibt keine Macht und keine Stärke außer durch Allah, den Allmächtigen, den Allweisen.‘“</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
-    <t>Von Sa'd - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ein Beduine kam zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: „Lehre mich Worte, die ich sagen kann.“ Er - Allahs Segen und Frieden auf ihm - sagte: „Sag: ‚Es gibt keinen zu Recht angebeteten Gott außer Allah, dem Einzigen, Der keinen Partner hat. Allah ist der Größte, der Allmächtige, und alles Lob gebührt vielmals Allah. Gepriesen sei Allah, der Herr der Weltenbewohner. Es gibt keine Macht und keine Stärke außer durch Allah, den Allmächtigen, den Allweisen.‘“  Der Beduine sagte: „Diese Worte sind für meinen Herrn, was ist aber für mich?“ Er - Allahs Segen und Frieden auf ihm - sagte: „Sag: ‚O Allah, vergib mir, erbarme Dich meiner, leite mich recht und versorge mich.‘“</t>
+    <t>Von Sa'd - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ein Beduine kam zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - und sagte: „Lehre mich Worte, die ich sagen kann.“ Er - Allahs Segen und Frieden auf ihm - sagte: „Sag: ‚Es gibt keinen zu Recht angebeteten Gott außer Allah, dem Einzigen, Der keinen Partner hat. Allah ist der Größte, der Allmächtige, und alles Lob gebührt vielmals Allah. Gepriesen sei Allah, der Herr der Weltenbewohner. Es gibt keine Macht und keine Stärke außer durch Allah, den Allmächtigen, den Allweisen.‘“ Der Beduine sagte: „Diese Worte sind für meinen Herrn, was ist aber für mich?“ Er - Allahs Segen und Frieden auf ihm - sagte: „Sag: ‚O Allah, vergib mir, erbarme Dich meiner, leite mich recht und versorge mich.‘“</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
 بمحو السيئات وسترها، 
 "وارحمني" 
 بإيصال المنافع والمصالح الدينية والدنيوية لي، 
 "واهدني" 
 لأحسن الأحوال وإلى الصراط المستقيم، 
 "وارزقني" 
 المال الحلال والصحة وكل خير وعافية.</t>
   </si>
   <si>
-    <t>Ein Mann von den Wüstenbewohner bat den Gesandten Allahs - Allahs Segen und Frieden auf ihm -, ihm ein Bittgebet zu lehren, das er sprechen könne. Er - Allahs Segen und Frieden auf ihm - sagte dann zu ihm: Sag: „La ilaha illallah wahdahu la sharika lahu“ (Es gibt keinen zu Recht angebeteten Gott außer Allah, dem Einzigen, Der keinen Partner hat). Er begann mit dem Glaubensbekenntnis des Monotheismus, was bedeutet, dass es keinen gibt, der zu Recht angebetet wird, außer Allah. „Allahu Akbaru kabiran“ (Allah ist der Größte, der Allmächtige). Das heißt: Allah ist größer und mächtiger als alles andere. „Walhamdulillahi kathiran“ (Und alles Lob gebührt vielmals Allah). Das heißt: Viel Lob gebührt Allah für Seine Eigenschaften, Taten und unzähligen Segnungen. „Subhanallahi rabbi l-'alamin“ (Gepriesen sei Allah, der Herr der Weltenbewohner). Das heißt: Erhaben und frei ist Er von jeglichem Mangel. „La hawla wa la quwwata illa billahil-'Azizil-Hakim“ (Es gibt keine Macht und keine Stärke außer durch Allah, den Allmächtigen, den Allweisen). Das heißt: Es gibt keine Veränderung von einem Zustand in einen anderen außer durch Allah, Seine Hilfe und Seine Führung. Der Mann sagte: „Diese Worte sind für meinen Herrn, um Ihm zu gedenken und Ihn zu verherrlichen. Was ist aber für mich an Bittgebeten für mich selbst?“ Der Prophet - Frieden und Segen auf ihm - sagte zu ihm: Sag: „Allahumma-ghfir li“ (O Allah, vergib mir) , durch das Auslöschen und Verbergen meiner Sünden. „Wa-rhamni“ (Und erbarme Dich meiner) , indem Du mir religiöse und weltliche Vorteile und Segnungen gewährst. „Wa-hdini“ (Und leite mich recht) , zum besten Zustand und zum geraden Weg. „Wa-rzuqni“ (Und versorge mich) , mit erlaubtem Vermögen, Gesundheit und allem Guten und Unversehrtheit.</t>
+    <t>Ein Mann von den Wüstenbewohner bat den Gesandten Allahs - Allahs Segen und Frieden auf ihm -, ihm ein Bittgebet zu lehren, das er sprechen könne. Er - Allahs Segen und Frieden auf ihm - sagte dann zu ihm: Sag: „La ilaha illa Allah wahdahu la scharika lahu“ (Es gibt keinen zu Recht angebeteten Gott außer Allah, dem Einzigen, Der keinen Partner hat). Er begann mit dem Glaubensbekenntnis des Tauhid, was bedeutet, dass es keinen gibt, der zu Recht angebetet wird, außer Allah. „Allahu Akbaru kabiran“ (Allah ist der Größte, der Allmächtige). Das heißt: Allah ist größer und mächtiger als alles andere. „Walhamdulillahi kathiran“ (Und alles Lob gebührt vielmals Allah). Das heißt: Viel Lob gebührt Allah für Seine Eigenschaften, Taten und unzähligen Segnungen. „Subhanallahi rabbi l-'alamin“ (Gepriesen sei Allah, der Herr der Weltenbewohner). Das heißt: Erhaben und frei ist Er von jeglichem Mangel. „La hawla wa la quwwata illa billahil-'Azizil-Hakim“ (Es gibt keine Macht und keine Stärke außer durch Allah, den Allmächtigen, den Allweisen). Das heißt: Es gibt keine Veränderung von einem Zustand in einen anderen außer durch Allah, Seine Hilfe und Seine Führung. Der Mann sagte: „Diese Worte sind für meinen Herrn, um Ihm zu gedenken und Ihn zu verherrlichen. Was ist aber für mich an Bittgebeten für mich selbst?“ Der Prophet - Frieden und Segen auf ihm - sagte zu ihm: Sag: „Allahumma-ghfir li“ (O Allah, vergib mir) , durch das Auslöschen und Verbergen meiner Sünden. „Wa-rhamni“ (Und erbarme Dich meiner) , indem Du mir religiöse und weltliche Vorteile und Segnungen gewährst. „Wa-hdini“ (Und leite mich recht) , zum besten Zustand und zum geraden Weg. „Wa-rzuqni“ (Und versorge mich) , mit erlaubtem Vermögen, Gesundheit und allem Guten und Unversehrtheit.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
-    <t>Die Ermutigung zum Gedenken Allahs durch Tahlil (La ilaha illallah), Takbir (Allahu Akbar), Tahmid (Alhamdulillah) und Tasbih (Subhanallah).
+    <t>Die Ermutigung zum Gedenken Allahs durch Tahlil (La ilaha illa Allah), Takbir (Allahu Akbar), Tahmid (Alhamdulillah) und Tasbih (Subhanallah).
 Es ist empfehlenswert, Allahs zu gedenken und Ihn zu preisen, bevor man Bittgebete spricht.
 Es ist empfehlenswert, dass der Mensch mit den besten Bittgebeten bittet und mit dem, was überliefert ist und das Gute des Diesseits und des Jenseits umfasst. Er kann auch mit dem bitten, was er möchte.
 Der Diener sollte bestrebt sein, das zu lernen, was ihm im Diesseits und im Jenseits nützt.
 Die Ermutigung, um Vergebung, Barmherzigkeit und Versorgung zu bitten, denn sie sind die Zusammenfassung des Guten.
 Er - Allahs Segen und Frieden auf ihm - war besorgt (und bemüht) darum, seiner Gemeinschaft das zu lehren, was ihnen nützt.
 Die Barmherzigkeit wurde nach der Vergebung erwähnt, damit die Reinigung vollständig ist, denn die Vergebung ist das Verbergen und Auslöschen von Sünden und das Fernhalten vom Feuer, und die Barmherzigkeit ist das Gewähren von guten Dingen und der Eintritt ins Paradies. Dies ist der große Erfolg.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6112</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war der großzügigste aller Menschen, und am großzügigsten war er im Ramadan, wenn er Jibril traf</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war der großzügigste aller Menschen, und am großzügigsten war er im Ramadan, wenn er Jibril traf. Er traf ihn jede Nacht im Ramadan und er (Jibril) lehrte ihn den Quran. Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - war großzügiger im Guten als der gesandte Wind.“</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
@@ -12073,181 +12038,181 @@
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Niemand spricht die Friedenswünsche auf mich, außer dass Allah meine Seele zu mir zurückkehren lässt und ich ihm den Friedensgruß erwidere.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّه تُرَدُّ إليه رُوحُه ليَرُدَّ السلامَ على كل مَن سلَّم عليه سواء كان قريبًا أو بعيدًا؛ وحياة البَرْزَخ والقبور أمرٌ غيبي، لا يَعلم حقيقتَها إلا الله، وهو على كل شيء قدير.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass seine Seele zu ihm zurückkehrt, damit er jedem, der ihn grüßt, sei er nah oder fern, den Gruß erwidern kann. Das Leben des Barzakh und der Gräber ist eine verborgene Angelegenheit, dessen Wirklichkeit niemand außer Allah kennt, und Er ist zu allem im Stande.</t>
   </si>
   <si>
     <t>الحث على الإكثار من الصلاة والسلام على النبي صلى الله عليه وسلم.
 حياة النبي صلى الله عليه وسلم في قبره هي أكملُ حياة يحياها إنسان في بَرْزَخِه، فلا يَعلم حقيقتها إلا الله تعالى.
 الحديث ليس فيه حُجّة لمن يقول بحياة رسول الله صلى الله عليه وسلم حياةً كما نعيشها نحن، حتى لا يَستدِلّ به أهل الشرك على الاستغاثة به عليه الصلاة والسلام، وإنما هي حياة برزخية.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, die Friedens- und Segenswünsche auf den Propheten - Allahs Segen und Frieden auf ihm - zu vermehren.
 Das Leben des Propheten - Allahs Segen und Frieden auf ihm - in seinem Grab ist das vollkommenste Leben, was ein Mensch in seinem (Leben des) Barzakh führen kann. Auch dessen Wirklichkeit kennt niemand außer Allah - erhaben ist Er -.
 In dem Hadith ist kein Beweis für denjenigen, der behauptet, dass das Leben des Gesandten Allahs - Allahs Segen und Frieden auf ihm - ein Leben wie das, was wir leben, ist. So können die Anhänger des Schirk dies nicht als Beweis dafür benutzen, dass sie Hilfe bei ihm - Frieden und Segen auf ihm - ersuchen. Vielmehr ist dieses Leben ein Leben des Barzakh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6222</t>
   </si>
   <si>
     <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
-    <t>„Es gibt keinen Muslim, der ein Pflichtgebet verrichtet und dabei seine Gebetswaschung, seine Demut und seine Verbeugung gut verrichtet, ohne dass dies eine Sühne für seine vorherigen Sünden ist, solange er keine große Sünde begeht. Und das gilt für die gesamte Zeit.“</t>
+    <t>‚Es gibt keinen Muslim, den (die Zeit für) ein vorgeschriebenes (Pflicht-)Gebet erreicht, der dann seine Gebetswaschung, seine Demut und Verbeugung gut verrichtet, ohne dass dieses (Gebet) eine Sühne für seine vorherigen Sünden ist, solange er keine große Sünde begeht. Und das gilt für die gesamte Zeit.‘“</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
-    <t>Von 'Uthman - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Es gibt keinen Muslim, der ein Pflichtgebet verrichtet und dabei seine Gebetswaschung, seine Demut und seine Verbeugung gut verrichtet, ohne dass dies eine Sühne für seine vorherigen Sünden ist, solange er keine große Sünde begeht. Und das gilt für die gesamte Zeit.“</t>
+    <t>Von 'Uthman - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Es gibt keinen Muslim, den (die Zeit für) ein vorgeschriebenes (Pflicht-)Gebet erreicht, der dann seine Gebetswaschung, seine Demut und Verbeugung gut verrichtet, ohne dass dieses (Gebet) eine Sühne für seine vorherigen Sünden ist, solange er keine große Sünde begeht. Und das gilt für die gesamte Zeit.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es keinen Muslim gibt, der zur Zeit des Pflichtgebets kommt, seine Gebetswaschung (Wudu) vollständig und korrekt durchführt und dann in seinem Gebet demütig ist, indem sein Herz und alle seine Glieder Allah zugewandt sind und Seine Allmacht vergegenwärtigen, und der die Handlungen des Gebets wie die Verbeugung (Ruku') und Niederwerfung (Sujud) usw. vollständig ausführt, ohne dass dieses Gebet eine Sühne für seine vorherigen kleinen Sünden ist, solange er keine große Sünde begeht. Und diese Gunst erstreckt sich über die gesamte Zeit und auf jedes Gebet.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es keinen Muslim gibt, den die Zeit des Pflichtgebets erreicht, und der die Gebetswaschung dafür vollständig und korrekt durchführt und dann in seinem Gebet demütig ist, indem sein Herz und alle seine Glieder Allah zugewandt sind und Seine Allmacht vergegenwärtigen, und der die Handlungen des Gebets wie die Verbeugung (Ruku') und Niederwerfung (Sujud) usw. vollständig ausführt, ohne dass dieses Gebet eine Sühne für seine vorherigen kleinen Sünden ist, solange er keine große Sünde begeht. Und diese Gunst erstreckt sich über die gesamte Zeit und auf jedes Gebet.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Das Gebet, das Sünden sühnt, ist jenes, bei dem der Diener die Gebetswaschung gut verrichtet und es in Demut verrichtet, wobei er damit das Angesicht Allahs - erhaben ist Er - anstrebt.
 Der Vorzug der Beharrlichkeit in gottesdienstlichen Handlungen und dass sie ein Grund für die Vergebung kleiner Sünden sind.
 Der Vorzug der guten Ausführung der Gebetswaschung, der guten Ausführung des Gebets und der Demut darin.
 Die Wichtigkeit, große Sünden zu vermeiden, damit die kleinen Sünden vergeben werden.
-Große Sünden werden nur durch Reue (Tawba) vergeben.</t>
+Große Sünden werden nur durch Reue vergeben.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6254</t>
   </si>
   <si>
     <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>‚Es gibt keine Tage, an denen gute Taten Allah lieber sind als an diesen Tagen.‘“ Gemeint sind die ersten zehn Tage (von Dhul-Hijjah)</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es gibt keine Tage, an denen gute Taten Allah lieber sind als an diesen Tagen.‘“ Gemeint sind die ersten zehn Tage (von Dhul-Hijjah). Sie fragten: „O Gesandter Allahs, nicht einmal das Kämpfen auf dem Weg Allahs?“ Er antwortete: „Nicht einmal das Kämpfen auf dem Weg Allahs, es sei denn, jemand geht mit sich selbst und seinem Vermögen hinaus und kehrt mit nichts davon zurück.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass gute Taten in den ersten zehn Tagen des Monats Dhul-Hijjah besser sind als in allen anderen Tagen des Jahres.
 Die Gefährten - möge Allah mit ihnen zufrieden sein - fragten den Propheten - Allahs Segen und Frieden auf ihm -, ob das Kämpfen (auf dem Weg Allahs) außerhalb dieser zehn Tage besser sei als die guten Taten in diesen zehn Tagen, da ihnen bekannt war, dass das Kämpfen auf dem Weg Allahs eine der besten Taten ist.
 Da antwortete er - Allahs Segen und Frieden auf ihm -, dass gute Taten in diesen Tagen besser sind als das Kämpfen auf dem Weg Allahs zu anderen Zeiten, außer bei einem Mann, der auf dem Weg Allahs auszieht, sein Leben und sein Vermögen riskiert und sodann sein Vermögen verliert und seine Seele auf dem Weg Allahs opfert. Dieser Mann ist derjenige, dessen Tat die guten Taten in diesen vorzüglichen Tagen übertrifft.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Der Vorzug der guten Taten in den ersten zehn Tagen des (Monats) Dhul-Hijjah ist groß. Daher sollte der Muslim diese Tage nutzen und in ihnen viele gute Taten vollbringen, wie das Gedenken Allahs, das Lesen des Quran, das Aussprechen von Takbir (Allahu Akbar), Tahlil (La ilaha illa Allah), Tahmid (Alhamdulillah), das Gebet, das Spenden, das Fasten und alle Arten von Wohltaten.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[رواه البخاري وأبو داود واللفظ له]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6255</t>
   </si>
   <si>
     <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
-    <t>„Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut</t>
+    <t>‚Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
-    <t>Von Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut. Und das Gleichnis des Heuchlers, welcher den Quran liest, ist das einer Basilikumpflanze; sie riecht gut, jedoch schmeckt sie bitter. Und das Gleichnis eines Heuchlers, welcher den Quran nicht liest, ist das von einer Koloquinte; sie hat keinen Duft und schmeckt bitter.“</t>
+    <t>Von Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Das Gleichnis des Gläubigen, der den Quran liest, ist das einer Zitrusfrucht; sie riecht und schmeckt gut. Und das Gleichnis des Gläubigen, welcher den Quran nicht liest, ist das einer Dattel; sie hat keinen Duft, jedoch schmeckt sie gut. Und das Gleichnis des Heuchlers, welcher den Quran liest, ist das einer Basilikumpflanze; sie riecht gut, jedoch schmeckt sie bitter. Und das Gleichnis eines Heuchlers, welcher den Quran nicht liest, ist das von einer Koloquinte; sie hat keinen Duft und schmeckt bitter.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte die verschiedenen Kategorien von Menschen in Bezug auf das Lesen des Qurans und den Nutzen, den sie daraus ziehen:
 Die erste Kategorie: Der Gläubige, der den Quran liest und davon profitiert. Er ist wie die Frucht der Zitronatzitrone, angenehm im Geschmack und Geruch, mit schöner Farbe und vielen Vorteilen. Er handelt gemäß dem, was er liest, und nützt den Dienern Allahs.
-Die zweite: Der Gläubige, der den Quran nicht liest. Er ist wie die Dattel, ihr Geschmack ist süß, aber sie hat keinen Duft. Sein Herz ist erfüllt von Glauben, so wie die Dattel in ihrem Geschmack und Inneren Süße enthält. Das Fehlen eines Duftes, den die Menschen riechen können, symbolisiert das Fehlen seiner Rezitation, bei deren Hören die Menschen sich wohlfühlen würden.
+Die zweite: Der Gläubige, der den Quran nicht liest. Er ist wie die Dattel, ihr Geschmack ist süß, aber sie hat keinen Duft. Sein Herz ist erfüllt von Glauben, so wie die Dattel in ihrem Geschmack und Inneren Süße enthält. Das Fehlen eines Duftes, den die Menschen riechen können, symbolisiert das Fehlen seiner Rezitation, bei deren Hören die Menschen sich wohl fühlen würden.
 Die dritte: Der Heuchler, der den Quran liest. Er ist wie das Basilikum, es hat einen angenehmen Duft, aber sein Geschmack ist bitter. Er hat sein Herz nicht mit dem Glauben verbessert und handelt nicht gemäß dem Quran, aber er gibt sich vor den Menschen als Gläubiger aus. Sein angenehmer Duft ähnelt seiner Rezitation, und sein bitterer Geschmack ähnelt seinem Unglauben.
 Die vierte: Der Heuchler, der den Quran nicht liest. Er ist wie die Koloquinte, die keinen Duft und einen bitteren Geschmack hat. Das Fehlen ihres Duftes ähnelt dem Fehlen seines Duftes, da er (den Quran) nicht rezitiert, und die Bitterkeit ihres Geschmacks ähnelt der Bitterkeit seines Unglaubens. Sein Inneres ist leer von Glauben, und sein Äußeres hat keinen Nutzen, sondern ist schädlich.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Die Darlegung der Vorzüge desjenigen, der den Quran (in seiner Brust) trägt und danach handelt.
 Zu den Lehrmethoden gehört das Verwenden von Gleichnissen, um das Verständnis zu erleichtern.
 Ein Muslim sollte eine kontinuierliche Verbindung zum Buch Allahs - erhaben ist Er - haben (und ihn regelmäßig lesen).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6258</t>
   </si>
   <si>
     <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>„Es gibt Dinge nach jedem Pflichtgebet, die derjenige, der sie spricht - oder der sie umsetzt - nicht enttäuscht wird. Dreiunddreißigmal Tasbih (Subhanallah), dreiunddreißigmal Tahmid (Alhamdulillah) und vierunddreißigmal Takbir (Allahu Akbar).“</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Von Ka'b Ibn 'Ujrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt Dinge nach jedem Pflichtgebet, die derjenige, der sie spricht - oder der sie umsetzt - nicht enttäuscht wird. Dreiunddreißigmal Tasbih (Subhanallah), dreiunddreißigmal Tahmid (Alhamdulillah) und vierunddreißigmal Takbir (Allahu Akbar).“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - informierte über Bittgebete; derjenige, der sie spricht wird weder verlieren noch bereuen. Vielmehr erhält er für diese Worte Belohnung. Sie folgen aufeinander und werden nach dem Pflichtgebet gesprochen, und zwar:
-„Subhanallah“ dreiunddreißig Mal, was bedeutet, Ihn (Allah) - erhaben ist Er - von jedem Mangel freizusprechen.
-[...1 lines deleted...]
-„Allahu Akbar“ vierunddreißig Mal, denn Allah ist größer, gewaltiger und mächtiger als alles andere.</t>
+„Subhanallah“ (Gepriesen sei Allah) dreiunddreißig Mal, was bedeutet, Ihn (Allah) - erhaben ist Er - von jedem Mangel freizusprechen.
+„Alhamdulillah“ (Das Lob gebührt Allah) dreiunddreißig Mal, was bedeutet, Allah mit vollkommener Vollkommenheit zu beschreiben, zusammen mit Seiner Liebe und Seiner Verherrlichung.
+„Allahu Akbar“ (Allah ist der Größte) vierunddreißig Mal, denn Allah ist größer, gewaltiger und mächtiger als alles andere.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Die Vorzüge von Tasbih (Subhanallah), Tahmid (Alhamdulillah) und Takbir (Allahu Akbar), denn sie gehören zu den bleibenden guten Taten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6259</t>
   </si>
   <si>
     <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Wer das Nachmittagsgebet vernachlässigt, dessen Taten sind nichtig.‘“</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Von Buraydah Ibn Al-Husayb - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Verrichtet das Nachmittagsgebet früh, denn der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Wer das Nachmittagsgebet vernachlässigt, dessen Taten sind nichtig.‘“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
@@ -12299,51 +12264,51 @@
     <t>https://hadeethenc.com/de/browse/hadith/6263</t>
   </si>
   <si>
     <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>„Wer, wenn er den Gebetsrufer hört, sagt: ‚Ich bezeuge, dass es keinen Gott gibt außer Allah, Er ist einzig und hat keinen Partner, und dass Muhammad Sein Diener und Gesandter ist. Ich bin zufrieden mit Allah als (meinem) Herrn, mit Muhammad als (meinem) Gesandten und mit dem Islam als (meiner) Religion.‘, dem werden seine Sünden vergeben.“</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Von Sa'd Ibn Abi Waqqas - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer, wenn er den Gebetsrufer hört, sagt: ‚Ich bezeuge, dass es keinen Gott gibt außer Allah, Er ist einzig und hat keinen Partner, und dass Muhammad Sein Diener und Gesandter ist. Ich bin zufrieden mit Allah als (meinem) Herrn, mit Muhammad als (meinem) Gesandten und mit dem Islam als (meiner) Religion.‘, dem werden seine Sünden vergeben.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - informierte darüber, dass wer, wenn er den Gebetsrufer hört, sagt: „Ich bezeuge, dass es keinen Gott gibt außer Allah, Er ist einzig und hat keinen Partner“, was bedeutet: Ich bestätige, erkenne an und erkläre, dass es keinen zu Recht angebeteten Gott gibt außer Allah, und alles andere Angebetete ist falsch. „Und dass Muhammad Sein Diener und Gesandter ist“, was bedeutet: Dass er ein Diener ist, der nicht angebetet werden darf, und ein Gesandter, der nicht lügt. „Ich bin zufrieden mit Allah als (meinem) Herrn“, was bedeutet: Mit Seiner Herrschaft, Seiner Göttlichkeit, Seinen Namen und Seinen Eigenschaften. „Und mit Muhammad als (meinem) Gesandten“, was bedeutet: Mit allem, womit er gesandt wurde und was er uns überbracht hat. „Und mit dem Islam“, was bedeutet: Mit allen Bestimmungen des Islam, den Geboten und Verboten. „Als (meiner) Religion“, was bedeutet: Als Überzeugung und Unterwerfung. „Dem werden seine Sünden vergeben“, was bedeutet: Von den kleineren Sünden.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - informierte darüber, dass wer, wenn er den Gebetsrufer hört, sagt: „Ich bezeuge, dass es keinen Gott gibt außer Allah, Er ist einzig und hat keinen Partner“, was bedeutet: Ich bestätige, erkenne an und erkläre, dass es keinen zu Recht angebeteten Gott gibt außer Allah, und alles andere Angebetete ist falsch. „Und dass Muhammad Sein Diener und Gesandter ist“, was bedeutet: Dass er ein Diener ist, der nicht angebetet werden darf, und ein Gesandter, der nicht lügt. „Ich bin zufrieden mit Allah als (meinem) Herrn“, was bedeutet: Mit Seiner Herrschaft, Seiner Göttlichkeit, Seinen Namen und Seinen Eigenschaften. „Und mit Muhammad als (meinem) Gesandten“, was bedeutet: Mit allem, womit er gesandt wurde und was er uns überbracht hat. „Und mit dem Islam“, was bedeutet: Mit allen Bestimmungen des Islam, den Geboten und Verboten. „Als (meiner) Religion“, was bedeutet: Als Überzeugung und Unterwerfung. „Dem werden seine Sünden vergeben“, was bedeutet: Von den kleinen Sünden.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Das Wiederholen dieses Bittgebets beim Hören des Gebetsrufs gehört zu den Handlungen, die die Sünden tilgen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6272</t>
   </si>
   <si>
     <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>‚Wer in einer Nacht die beiden Verse vom Ende der Surah Al-Baqarah liest, dem sind sie genug.‘“</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Von Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Wer in einer Nacht die beiden Verse vom Ende der Surah Al-Baqarah liest, dem sind sie genug.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
@@ -12386,61 +12351,61 @@
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, den Quran häufig zu rezitieren.
 Liest man den Quran, erhält man für jeden Buchstaben aus jedem Wort, das man rezitiert, einen verzehnfachten Lohn.
 Die Barmherzigkeit und Großzügigkeit Allahs ist weit, da Er Seinen Dienern aus reiner Gunst und Großzügigkeit von Ihm den Lohn vermehrt.
 Der Vorzug des Quran im Vergleich zu anderen Worten und die Anbetung (Allahs) durch seine Rezitation, da es das Wort Allahs - erhaben ist Er - ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6275</t>
   </si>
   <si>
     <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>‚Der Sohn Adams hat Mich der Lüge bezichtigt, obwohl er dazu kein Recht hatte, und er hat Mich geschmäht, obwohl er dazu kein Recht hatte</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Allah sprach: ‚Der Sohn Adams hat Mich der Lüge bezichtigt, obwohl er dazu kein Recht hatte, und er hat Mich geschmäht, obwohl er dazu kein Recht hatte. Was Sein Bezichtigen Mich der Lüge angeht, so ist es seine Aussage: 'Er wird mich nicht wieder zum Leben erwecken, so wie Er mich erschaffen hat.' Und doch ist die erste Schöpfung für Mich nicht schwieriger als seine Wiederholung. Was sein Schmähen Mich angeht, so ist es seine Aussage: 'Allah hat sich Kinder genommen.' Dabei bin Ich der Eine, der Absolute. Ich habe nicht gezeugt und bin nicht gezeugt worden, und niemand ist Mir ebenbürtig.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Allah sagte: ‚Der Sohn Adams hat Mich der Lüge bezichtigt, obwohl er dazu kein Recht hatte, und er hat Mich geschmäht, obwohl er dazu kein Recht hatte. Was Sein Bezichtigen Mich der Lüge angeht, so ist es seine Aussage: 'Er wird mich nicht wieder zum Leben erwecken, so wie Er mich erschaffen hat.' Und doch ist die erste Schöpfung für Mich nicht schwieriger als seine Wiederholung. Was sein Schmähen Mich angeht, so ist es seine Aussage: 'Allah hat sich Kinder genommen.' Dabei bin Ich der Eine, der Absolute. Ich habe nicht gezeugt und bin nicht gezeugt worden, und niemand ist Mir ebenbürtig.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Im heiligen Hadith erklärt der Prophet - Allahs Segen und Frieden auf ihm -, dass Allah - mächtig und majestätisch ist Er - über die Götzendiener und Ungläubigen berichtet hat, dass sie Ihn der Lüge bezichtigen und Ihm Mängel und Fehler zuschreiben, obwohl sie dazu nicht berechtigt sind.
 Was ihre Bezichtigung Allahs der Lüge betrifft, so ist es ihre Behauptung, dass Allah sie nach ihrem Tod nicht wieder zum Leben erwecken wird, so wie Er sie zum ersten Mal aus dem Nichts erschaffen hat. Er erwidert darauf, dass Derjenige, der die Schöpfung aus dem Nichts begonnen hat, in der Lage ist, sie wieder zum Leben zu erwecken, und es ist sogar noch einfacher für Ihn. Obwohl Schöpfung und Wiedererweckung für Allah gleichwertig sind, ist Allah zu allem fähig.
-Was ihre Schmähung betrifft, so ist es ihre Aussage, dass Er einen Sohn hat. Er erwidert darauf, dass Er der Eine ist, der Einzige, der in all Seinen Namen, Eigenschaften und Taten mit allen Vollkommenheiten ausgestattet ist, frei von jeglichem Mangel und Fehler. Er ist der Absolute, der Sich Selbst Genügende, der niemanden braucht, während alle anderen Ihn brauchen. Er war weder Vater für jemanden noch Sohn von jemandem, und niemand ist Ihm ebenbürtig, weder in Ähnlichkeit noch in Gleichheit. Gepriesen sei Er und erhaben ist Er.</t>
+Was ihre Schmähung betrifft, so ist es ihre Aussage, dass Er einen Sohn hat. Er erwidert darauf, dass Er der Eine ist, der Einzige, der in all Seinen Namen, Eigenschaften und Taten mit jeglicher Vollkommenheit ausgestattet ist, frei von jeglichem Mangel und Fehler. Er ist der Absolute, der Sich Selbst Genügende, der niemanden braucht, während alle anderen Ihn brauchen. Er ist weder Vater für jemanden noch Sohn von jemandem, und niemand ist Ihm ebenbürtig, weder in Ähnlichkeit noch in Gleichheit. Gepriesen sei Er und erhaben ist Er.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Die Bestätigung der vollkommenen Macht Allahs - erhaben ist Er.
 Die Bestätigung der Auferstehung nach dem Tod.
 Der Unglaube dessen, der die Auferstehung leugnet oder Allah - erhaben ist Er - ein Kind zuschreibt.
 Allah - erhaben ist Er - hat keinen Vergleichbaren oder Ähnlichen.
 Die Weite der Nachsicht Allahs - gepriesen sei Er - und und dass Er den Ungläubigen Aufschub gewährt - in der Hoffnung, dass sie bereuen und (reumütig) zurückkehren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6327</t>
   </si>
   <si>
     <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>‚Wer einen Meiner Gefolgsleute („Awliya“) anfeindet, dem habe Ich den Krieg erklärt. Und Mein Diener nähert sich Mir durch nichts, was Mir lieber ist, als durch das, was Ich ihm als Pflicht auferlegt habe</t>
   </si>
   <si>
@@ -12671,51 +12636,53 @@
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Der Glaube hat verschiedene Stufen, von denen einige höher und besser sind als andere.
 Der Glaube besteht aus Aussage, Tat und Überzeugung.
 Die Scham vor Allah erfordert, dass Er dich nicht dort sieht, wo Er es dir verboten hat, und dass Er dich nicht dort auffindet, wo Er dir befohlen hat zu sein.
 Die Nennung einer Anzahl bedeutet nicht, dass diese darauf beschränkt ist, sondern belegt vielmehr die Vielzahl der Handlungen des Glaubens. Die Araber erwähnen oft eine Anzahl, ohne damit mehr als das auszuschließen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6468</t>
   </si>
   <si>
     <t>ما من صاحب ذهب ولا فضة، لا يؤدي منها حقها، إلا إذا كان يوم القيامة، صفحت له صفائح من نار</t>
   </si>
   <si>
     <t>„Es gibt keinen Besitzer von Gold oder Silber, der nicht dessen Rechte entrichtet, außer dass am Tag der Auferstehung für ihn Bleche aus Feuer geglüht werden</t>
   </si>
   <si>
     <t>عَنْ أَبي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْ صَاحِبِ ذَهَبٍ وَلَا فِضَّةٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، صُفِّحَتْ لَهُ صَفَائِحُ مِنْ نَارٍ، فَأُحْمِيَ عَلَيْهَا فِي نَارِ جَهَنَّمَ، فَيُكْوَى بِهَا جَنْبُهُ وَجَبِينُهُ وَظَهْرُهُ، كُلَّمَا بَرَدَتْ أُعِيدَتْ لَهُ، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ، إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْإِبِلُ؟ قَالَ: «وَلَا صَاحِبُ إِبِلٍ لَا يُؤَدِّي مِنْهَا حَقَّهَا، وَمِنْ حَقِّهَا حَلَبُهَا يَوْمَ وِرْدِهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ، بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، أَوْفَرَ مَا كَانَتْ، لَا يَفْقِدُ مِنْهَا فَصِيلًا وَاحِدًا، تَطَؤُهُ بِأَخْفَافِهَا وَتَعَضُّهُ بِأَفْوَاهِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْبَقَرُ وَالْغَنَمُ؟ قَالَ: «وَلَا صَاحِبُ بَقَرٍ، وَلَا غَنَمٍ، لَا يُؤَدِّي مِنْهَا حَقَّهَا، إِلَّا إِذَا كَانَ يَوْمُ الْقِيَامَةِ بُطِحَ لَهَا بِقَاعٍ قَرْقَرٍ، لَا يَفْقِدُ مِنْهَا شَيْئًا، لَيْسَ فِيهَا عَقْصَاءُ، وَلَا جَلْحَاءُ، وَلَا عَضْبَاءُ تَنْطَحُهُ بِقُرُونِهَا وَتَطَؤُهُ بِأَظْلَافِهَا، كُلَّمَا مَرَّ عَلَيْهِ أُولَاهَا رُدَّ عَلَيْهِ أُخْرَاهَا، فِي يَوْمٍ كَانَ مِقْدَارُهُ خَمْسِينَ أَلْفَ سَنَةٍ، حَتَّى يُقْضَى بَيْنَ الْعِبَادِ، فَيَرَى سَبِيلَهُ إِمَّا إِلَى الْجَنَّةِ، وَإِمَّا إِلَى النَّارِ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْخَيْلُ؟ قَالَ: «الْخَيْلُ ثَلَاثَةٌ: هِيَ لِرَجُلٍ وِزْرٌ، وَهِيَ لِرَجُلٍ سِتْرٌ، وَهِيَ لِرَجُلٍ أَجْرٌ، فَأَمَّا الَّتِي هِيَ لَهُ وِزْرٌ، فَرَجُلٌ رَبَطَهَا رِيَاءً وَفَخْرًا وَنِوَاءً عَلَى أَهْلِ الْإِسْلَامِ، فَهِيَ لَهُ وِزْرٌ، وَأَمَّا الَّتِي هِيَ لَهُ سِتْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ، ثُمَّ لَمْ يَنْسَ حَقَّ اللهِ فِي ظُهُورِهَا وَلَا رِقَابِهَا، فَهِيَ لَهُ سِتْرٌ وَأَمَّا الَّتِي هِيَ لَهُ أَجْرٌ، فَرَجُلٌ رَبَطَهَا فِي سَبِيلِ اللهِ لِأَهْلِ الْإِسْلَامِ، فِي مَرْجٍ وَرَوْضَةٍ، فَمَا أَكَلَتْ مِنْ ذَلِكَ الْمَرْجِ، أَوِ الرَّوْضَةِ مِنْ شَيْءٍ، إِلَّا كُتِبَ لَهُ، عَدَدَ مَا أَكَلَتْ حَسَنَاتٌ، وَكُتِبَ لَهُ، عَدَدَ أَرْوَاثِهَا وَأَبْوَالِهَا، حَسَنَاتٌ، وَلَا تَقْطَعُ طِوَلَهَا فَاسْتَنَّتْ شَرَفًا، أَوْ شَرَفَيْنِ، إِلَّا كَتَبَ اللهُ لَهُ عَدَدَ آثَارِهَا وَأَرْوَاثِهَا حَسَنَاتٍ، وَلَا مَرَّ بِهَا صَاحِبُهَا عَلَى نَهْرٍ، فَشَرِبَتْ مِنْهُ وَلَا يُرِيدُ أَنْ يَسْقِيَهَا، إِلَّا كَتَبَ اللهُ لَهُ، عَدَدَ مَا شَرِبَتْ، حَسَنَاتٍ»
 قِيلَ: يَا رَسُولَ اللهِ، فَالْحُمُرُ؟ قَالَ: «مَا أُنْزِلَ عَلَيَّ فِي الْحُمُرِ شَيْءٌ، إِلَّا هَذِهِ الْآيَةَ الْفَاذَّةُ الْجَامِعَةُ»: {فَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ خَيْرًا يَرَهُ، وَمَنْ يَعْمَلْ مِثْقَالَ ذَرَّةٍ شَرًّا يَرَهُ} [الزلزلة: 8].</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keinen Besitzer von Gold oder Silber, der nicht dessen Rechte entrichtet, außer dass am Tag der Auferstehung für ihn Bleche aus Feuer geglüht werden. Diese werden in der Hölle erhitzt, und seine Seite, seine Stirn und sein Rücken werden damit verbrannt. Wann immer sie abkühlen, werden sie wieder für ihn erhitzt, an einem Tag, dessen Dauer fünfzigtausend Jahre beträgt, bis unter den Dienern geurteilt wird. Dann wird er seinen Weg sehen, entweder zum Paradies oder zur Hölle.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keinen Besitzer von Gold oder Silber, der nicht dessen Rechte entrichtet, außer dass am Tag der Auferstehung für ihn Bleche aus Feuer geglüht werden. Diese werden in der Hölle erhitzt, und seine Seite, seine Stirn und sein Rücken werden damit verbrannt. Wann immer sie abkühlen, werden sie wieder für ihn erhitzt, an einem Tag, dessen Dauer fünfzigtausend Jahre beträgt, bis unter den Dienern geurteilt wird. Dann wird er seinen Weg sehen, entweder zum Paradies oder zur Hölle.“ Es wurde gesagt: „O Gesandter Allahs, was ist mit den Kamelen?“ Er sagte: „Und auch kein Besitzer von Kamelen, der deren Rechte nicht erfüllt. Und unter ihren Rechten ist das Melken an dem Tag, an dem sie zum Wassertrinkplatz kommen. Ansonsten wird, wenn der Tag der Auferstehung ist, für sie ein weites, ebenes Land bereitet, und sie werden in der besten Form erscheinen. Kein Fohlen wird fehlen, und sie werden mit ihren Hufen auf ihm trampeln und ihn mit ihren Mäulern beißen. Wann immer die ersten über ihn hinweggehen, werden die letzten zurückkehren und ihn wieder erreichen. Dies an einem Tag, dessen Länge 50.000 Jahre beträgt, bis unter den Dienern geurteilt wird. Dann wird er seinen Weg sehen, entweder zum Paradies oder zur Hölle.“ Es wurde gesagt: "O Gesandter Allahs, was ist mit Rindern und Schafen?" Er sagte: "Weder der Besitzer von Rindern noch der Besitzer von Schafen, der nicht ihre Rechte erfüllt, wird am Tag des Gerichts anders sein, als dass ihm ein weitläufiges Land mit seinen Rindern und Schafen bereitet wird, von denen er nichts vermisst, unter denen es keine lahme, keine blinde und keine wütende Kuh gibt, die ihn mit ihren Hörnern stößt und ihn mit ihren Hufen tritt. Jedes Mal, wenn die ersten an ihm vorbeigekommen sind, werden die letzten auf ihn zurückgebracht, an einem Tag, dessen Länge fünfzigtausend Jahre beträgt, bis zwischen den Menschen gerichtet wird. Dann sieht er seinen Weg entweder zum Paradies oder zum Feuer." Es wurde gesagt: „O Gesandter Allahs, was ist mit den Pferden?“ Er sagte: „Die Pferde sind drei Arten: Eines ist für einen Mann eine Last, eines ist für einen Mann ein Schutz, und eines ist für einen Mann eine Belohnung. Was denjenigen angeht, dem es eine Last ist, so ist es ein Mann, der es aus Augendienerei, Stolz und für den Kampf gegen die Anhänger des Islam anband. Ihm ist es eine Last. 
+Was denjenigen angeht, dem es ein Schutz ist, so ist es ein Mann, der es auf dem Wege Allahs anbindet und das Recht Allahs in Bezug auf ihre Rücken und ihre Hälser nicht vergisst. Ihm ist es ein Schutz.
+Was denjenigen angeht, dem es ein Lohn ist, so ist es ein Mann, der es auf dem Wege Allahs für die Anhänger des Islam in einer Weide oder einer grünen Wiese anband. Alles, was es von der Wiese oder der grünen Fläche frisst, werden hm in der Anzahl dessen, was es aß, gute Taten niedergeschrieben, und ebenso werden ihm entsprechend der Anzahl seines Mist und Urin gute Taten niedergeschrieben. Und wenn sein Strick getrennt, sodass es eine oder zwei Hügel erklimmt, wird Allah ihm die Anzahl seiner Spuren und seines Kots als gute Taten niederschreiben. Und wenn sein Besitzer mit ihm an einem Fluss vorbeikommt, und es von ihm trinkt, ohne dass er beabsichtigt, sie zu tränken, dann wird Allah ihm in der Anzahl dessen, was es trinkt, gute Taten niederschreiben.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أصنافًا من المال، وجزاء مَن لم يُؤدِّ زكاتها يوم القيامة، ومنها: 
 الأول: الذهب والفضة وما في حكمهما من أموال وعروض تجارة، وهو ما وجبت فيه الزكاة فلم تُؤَدَّ، فإذا كان يوم القيامة صُهِرت وسُكِبت على هيئة الألواح، وأوقد عليها في نار جهنم، وعُذِّب بها صاحبها، فيكوى بها جَنْبُه وجَبْهَتُه وظَهره، كلما بَرَدتْ أُعيد إحماؤها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مِقْدار يومِهِ خمسين ألف سنة، حتى يَحْكُم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثاني: مالك الإبل التي لا يُؤدِّي فَرْض زكاتِها وحقِّها، ومنه حَلْبُها لِمَن يَحْضُرُها من المساكين، فيُؤتَى بهذه الإبل عَظَيمةً سمينةً وأكثر ما كانت في عَدَدِها، ويُبسَط ويُلقى ويُمَدّ لها صاحبُها يوم القيامة على أرض واسعة مستوية، تَطَأَه بأرجلها، وتعضُّه بأسنانها، كلّما مَرَّ عليه آخرُها رُدّ عليه أولُها، ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الثالث: مالك البقر والغنم -من الضّأن والماعِز- التي لا يؤدِّي صاحبها زكاتها المفروضة، فيؤتى بها أَوْفَرَ ما كانت عَدَدًا لا ينقص منها شيء، فيبسط ويُلقى ويُمَدّ لها صاحبها يوم القيامة على أرض واسعة مستوية، ليس فيها مُلْتَوية القَرنين، ولا ما لا قَرْن لها، ولا مكسورة القرن، بل هي على أَكْمَل أوصافِها، فتَنْطَحُه بقرونها، وتطأه بأرجلها، كلما مر عليه آخرها رد عليه أولها، 
 ويستمر على هذه الحال من العذاب طوال يوم القيامة الذي مقدار يومه خمسين ألف سنة، حتى يحكم الله بين الخلق، فيكون من أهل الجنة أم من أهل النار. 
 الرابع: مقتني الخيل، وهو على ثلاثة أصناف: 
 الأول: هي له وِزْر، وهو من اتَّخَذَهَا رياءً وفخرًا وحربًا على أهل الإسلام. 
 الثاني: هي له سِتْر، وهو من اتخذها للجهاد في سبيل الله، ثم أحسن إليها فقام بِعَلْفِها وسائر مُؤَنِها، ومنه إِطْراق فَحْلِها. 
 الثالث: هي له أَجْر، وهو مَن اتَّخَذَها للجهاد في سبيل الله لأهل الإسلام، وهي في مَرْجٍ ورَوضة للرَّعْي، فما أَكَلت إلا كُتِب له عَدد ما أكلت حسنات، وكتب له عدد أرواثها وأبوالها حسنات، ولا تقطع طولها، وهو الحِبْل الذي تُربَط فيه، وجَرَت ورَكَضَت في العالي من الأرض؛ إلا كُتب الله له عدد آثارها وأرواثها حسنات، ولا مَرّ بها صاحبُها على نهر فشربت منه ولا يريد أن يسقيها، إلا كتب الله له عدد ما شربت حسنات. 
 ثم سئل صلى الله عليه وسلم عن الحمير أهي مثل الخيل؟ 
 فقال: بأنه لم ينزل فيها تشريع يَخُصُّها إلا هذه الآية القليلة النظير، وهي عامة لجميع الأنواع من طاعة ومعصية؛ وهي قوله تعالى: {فمن يعمل مثقال ذرة خيرًا يره، ومن يعمل مثقال ذرة شرًا يره}. [الزلزلة: 8]، فمن عمل في اقتناء الحمير طاعة رأى ثواب ذلك، وإن عمل معصية رأى عقاب ذلك، وهذا شامل لكل الأعمال.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht einige Arten des Besitz und die Strafe am Tag der Auferstehung für denjenigen, der die Almosensteuer dafür nicht verrichtete. Dazu gehört:
 Erstens: Gold und Silber und die Besitztümer und Handelsgüter, die darunter fallen. Und dies betrifft das Vermögen, bei dem die Almosensteuer fällig ist, aber nicht verrichtet wurde. Wenn der Tag der Auferstehung kommt, wird es in Form von Platten erhitzt und in das Höllenfeuer gegossen. Der Besitzer wird damit bestraft, seine Seite, seine Stirn und sein Rücken werden damit verbrannt. Jedes Mal, wenn es abkühlt, wird es wieder erhitzt, und er wird während des gesamten Tages der Auferstehung, der fünfzigtausend Jahre dauert, auf diese Weise bestraft, bis Allah zwischen den Geschöpfen urteilen wird, und er wird entweder zu den Paradiesbewohnern oder Höllenbewohnern gehören.
 Zweitens: Der Besitzer von Kamelen, bei denen die Pflicht der Almosensteuer und deren Rechte nicht erfüllt wird, wie das Melken für die Bedürftigen, die an ihnen vorbeigehen. Diese Kamele werden groß und dick gebracht und mehr als ihre Anzahl war. Sie werden am Tag der Auferstehung auf einer weiten, ebenen Fläche ihrem Besitzer vorgeführt. Sie werden ihn mit ihren Füßen treten und ihn mit ihren Zähnen beißen. Jedes Mal, wenn das letzte Kamel an ihm vorbeigeht, wird das erste wieder zu ihm zurückgebracht. Und er wird in diesem Zustand der Strafe während des gesamten Tages der Auferstehung verbleiben, dessen Dauer fünfzigtausend Jahre beträgt, bis Allah zwischen den Geschöpfen urteilt. Dann wird er entweder zu den Paradiesbewohnern oder Höllenbewohnern gehören.
 Drittens: Der Besitzer von Kühen und Vieh, worunter Schafe und Ziegen fallen, dessen verpflichtende Almosensteuer nicht verrichtet wurde. Sie werden in der höchsten Anzahl, in der es sie gab, gebracht, und kein Tier wird fehlen. Sie werden am Tag der Auferstehung auf einer weiten, ebenen Fläche ihrem Besitzer vorgeführt. Unter ihnen ist keines, das verbogene Hörner hat, noch eines ohne Hörner, noch eines mit einem gebrochenen Horn. Vielmehr sind sie in ihrem vollkommenen Zustand, sodass sie ihn mit ihren Hörnern stoßen und mit ihren Füßen treten. Jedes Mal, wenn das letzte Tier an ihm vorbeigeht, wird das erste zu ihm zurückgebracht Und er wird in diesem Zustand der Strafe während des gesamten Tages der Auferstehung verbleiben, dessen Dauer fünfzigtausend Jahre beträgt, bis Allah zwischen den Geschöpfen urteilt. Dann wird er entweder zu den Paradiesbewohnern oder Höllenbewohnern gehören.
 Viertens: Der Halter von Pferden. Dieser wird in drei Kategorien unterteilt:
 Erstens: Derjenige, dem sie eine Last sind. Es ist jener, der sie aus Prahlerei, Stolz und zum Kampf gegen die Anhänger des Islams hält.
 Zweitens: Derjenige, dem sie ein Schutz sind. Es ist jener, der sie für den Kampf auf dem Wege Allahs hält und gut zu ihnen war, indem er sie weiden lässt und ihre restlichen Bedürfnisse erfüllt. Dazu gehört auch, dass der Hengst (den Stuten) zur Verfügung gestellt wird.
 Drittens: Derjenige, dem sie ein Lohn sind. Es ist jener, der sie für den Kampf auf dem Wege Allahs für die Anhänger des Islam hält. Sie sind auf einer Weide und einem Garten zum weiden. Was immer sie essen, wird ihm in der selben Anzahl an guten Taten niedergeschrieben. Ebenso werden ihm entsprechend der Anzahl von ihrem Mist und ihrem Urin gute Taten niedergeschrieben. Und wenn ihr Strick getrennt wird, also das Seil, an dem sie festgebunden werden, und über den Boden laufen und rennen, werden ihm ebenfalls für jede Spur und jeden Kot, den sie hinterlassen, gute Taten niedergeschrieben. Und wenn der Besitzer mit ihnen an einem Fluss vorbeikommt und sie daraus trinken, ohne dass er beabsichtigte, sie zu tränken, schreibt Allah ihm entsprechend der Anzahl, wie viel sie getrunken haben, gute Taten nieder.
 Daraufhin wurde er - Allahs Segen und Frieden auf ihm - über die Esel befragt und ob sie wie die Pferde sind.
 Da sagt er, dass keine bestimmte Regelung für sie offenbart wurde, außer diesem einzigartigen Vers, der allgemein alle Arten des Gehorsams und der Sünde umfasst. Er ist die Aussage des Erhabenen: „Wer auch nur das Gewicht eines Staubkorns Gutes tut, wird es sehen, und wer auch nur das Gewicht eines Staubkorns Böses tut, wird es sehen.“ [99:8]. Wer beim Besitz von Eseln gutes tut, der wird den Lohn dafür sehen. Und wenn er eine Sünde begeht, wird er die Strafe dafür sehen. Das umfasst alle Taten.</t>
@@ -12772,78 +12739,78 @@
   </si>
   <si>
     <t>Das Anspornen zu(m Geben von) Almosen, selbst wenn sie gering sind, und zur Aneignung lobenswerter Eigenschaften sowie zum freundlichen Umgang und zu sanftem Sprechen.
 Die Nähe Allahs zu Seinem Diener am Tag der Auferstehung, da es keinen Schleier, keinen Vermittler und keinen Übersetzer zwischen ihnen gibt. Der Gläubige soll sich also davor hüten, dem Befehl seines Herrn zuwiderzuhandeln.
 Der Mensch soll das, was er an Almosen gibt, nicht gering schätzen, auch wenn es wenig ist, denn es ist ein Schutz vor dem (Höllen)feuer.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6615</t>
   </si>
   <si>
     <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Es soll keine Halskette aus Sehnen oder eine andere Halskette an einem Kamelhals mehr verbleiben, ohne dass sie abgeschnitten wird.‘“</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Von Abu Baschir Al-Ansari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er mit dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - auf einer seiner Reisen war. Er sagte: „Dann ließ der Gesandte Allahs - Allahs Segen und Frieden auf ihm - einen Boten (zu uns) kommen, während die Leute in ihrem Lager schliefen, und sagte: ‚Es soll keine Halskette aus Sehnen oder eine andere Halskette an einem Kamelhals mehr verbleiben, ohne dass sie abgeschnitten wird.‘“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - war auf einer seiner Reisen, während die Menschen an ihrem Schlafplatz bei ihren Kamel- und Zeltlagern waren. Er ließ eine Person zu ihnen senden, der ihnen befahl, die Halsketten von den Kamelen abzuschneiden, unabhängig davon, ob sie aus einer Sehne - Bogensehne - oder aus anderem Material wie Glocken oder Riemen bestanden. Dies war, weil sie diese Halsketten als Schutz vor dem bösen Blick umhingen. Sie wurden angewiesen, sie abzuschneiden, da solche Dinge keinen Nutzen bringen und der Nutzen und Schaden nur in der Hand Allahs allein liegen.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - war auf einer seiner Reisen, während die Menschen an ihrem Schlafplatz bei ihren Kamel- und Zeltlagern waren. Er ließ eine Person zu ihnen senden, der ihnen befahl, die Halsketten von den Kamelen abzuschneiden, unabhängig davon, ob sie aus einer Sehne - Bogensehne - oder aus anderem Material wie Glocken oder Riemen bestanden. Dies war, weil sie diese Halsketten als Schutz vor dem bösen Blick umhingen. Sie wurden angewiesen, sie abzuschneiden, da solche Dinge keinen Nutzen bringen und der Nutzen und Schaden nur in der Hand Allahs allein liegen, der keinen Teilhaber hat.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Das Umhängen von Schnüren oder Amuletten zur Erzielung von Nutzen oder Abwendung von Schaden ist verboten, da dies Schirk darstellt.
 Das Anbringen von Ketten, die nicht aus Schnüren bestehen, zum Zweck der Zierde, der Führung von Tieren oder um sie an einem Ort zu sichern, ist zulässig.
 Das Übel muss man so weit man kann kritisieren.
-Die Verpflichtung, das Herz allein an Allah zu binden, (und) Er hat keinen Teilhaber.</t>
+Die Verpflichtung, das Herz allein an Allah zu binden, der keinen Teilhaber hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6761</t>
   </si>
   <si>
     <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>„Wer ein Amulett trägt, der hat Schirk (Götzendienst) begangen.“</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
-    <t>Von 'Uqbah Ibn 'Amir Al-Juhani - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - auf eine Gruppe von Menschen zuging, und er nahm von neun von ihnen den Treueid an, aber von einem hielt er sich zurück. Da sagten sie: „O Gesandter Allahs, du hast von neun den Treueid angenommen und diesen hier zurückgelassen?“ Er sagte: „Er trägt ein Amulett.“ Dann ergriff er es mit seiner Hand und riss es ab. Dann nahm er seinen Treueid an und sagte: ab, dann nahm er seinen Treueid an und sagte: „Wer ein Amulett trägt, der hat Schirk (Götzendienst) begangen.“</t>
+    <t>Von 'Uqbah Ibn 'Amir Al-Juhani - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - auf eine Gruppe von Menschen zuging, und er nahm von neun von ihnen den Treueid an, aber von einem hielt er sich zurück. Da sagten sie: „O Gesandter Allahs, du hast von neun den Treueid angenommen und diesen hier zurückgelassen?“ Er sagte: „Er trägt ein Amulett.“ Dann ergriff er es mit seiner Hand und riss es ab. Dann nahm er seinen Treueid an und sagte: „Wer ein Amulett trägt, der hat Schirk (Götzendienst) begangen.“</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>Eine Gruppe von zehn Personen kam zum Propheten - Allahs Segen und Frieden auf ihm. Er nahm von neun von ihnen den Treueid auf den Islam und die Gefolgschaft an, aber nicht vom zehnten. Als er nach dem Grund dafür gefragt wurde, sagte er - Frieden und Segen auf ihm: „Er trägt ein Amulett.“ Ein Amulett ist etwas, das aus Perlen oder ähnlichem gebunden oder aufgehängt wird, um den bösen Blick oder Schaden abzuwehren. Der Mann griff daraufhin nach dem Amulett, riss es ab und befreite sich davon. Daraufhin nahm der Prophet - Allahs Segen und Frieden auf ihm - seinen Treueid an und sagte, um vor Amuletten zu warnen und ihr Urteil zu klären: „Wer ein Amulett trägt, der hat Schirk (Götzendienst) begangen.“</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Wer sich auf etwas anderes als Allah verlässt, den lässt Allah das Gegenteil seiner Absicht erfahren.
 Der Glaube, dass das Tragen von Amuletten eine Ursache für die Abwehr von Schaden und dem bösen Blick ist, ist kleiner Schirk. Wenn man jedoch glaubt, dass sie von sich aus nützen, dann ist das großer Schirk.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6762</t>
   </si>
   <si>
     <t>من تعلق شيئا وُكل إليه</t>
   </si>
   <si>
@@ -13325,55 +13292,55 @@
     <t>„Ein Mann verrichtete die Gebetswaschung, ließ aber eine Stelle so groß wie ein Fingernagel auf seinem Fuß aus. Der Prophet - Allahs Segen und Frieden auf ihm - sah dies und sagte: ‚Geh zurück und verrichte deine Gebetswaschung richtig.‘ Also ging er zurück (, verrichtete die Gebetswaschung erneut) und betete dann.“</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: 'Umar Ibn Al-Khattab berichtete mir: „Ein Mann verrichtete die Gebetswaschung, ließ aber eine Stelle so groß wie ein Fingernagel auf seinem Fuß aus. Der Prophet - Allahs Segen und Frieden auf ihm - sah dies und sagte: ‚Geh zurück und verrichte deine Gebetswaschung richtig.‘ Also ging er zurück (, verrichtete die Gebetswaschung erneut) und betete dann.“</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>'Umar - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - einen Mann sah, der seine Gebetswaschung beendet hatte, aber eine Stelle so groß wie ein Fingernagel an seinem Fuß ausgelassen hatte, sodass das Wasser der Waschung sie nicht erreichte. Er sagte, um auf die Stelle des Versäumnisses hinzuweisen, zu ihm: „Geh zurück und verbessere deine Waschung, vervollständige sie und gib jedem Körperteil seinen Anteil an Wasser.“ Der Mann ging zurück, vervollständigte seine Waschung und betete dann.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
-    <t>Die Verpflichtung, das Gute zu gebieten und den Unwissenden und Vergesslichen zu hinzuweisen, insbesondere wenn das Verwerfliche seine Anbetung ungültig macht.
+    <t>Die Verpflichtung, das Gute zu gebieten und den Unwissenden und Vergesslichen hinzuweisen, insbesondere wenn das Verwerfliche seine Anbetung ungültig macht.
 Die Verpflichtung, alle Körperteile, die bei der Gebetswaschung gewaschen werden müssen, vollständig mit Wasser zu benetzen. Wenn ein Teil eines Körperteils - auch wenn er klein ist - ausgelassen wird, ist die Gebetswaschung ungültig und muss komplett wiederholt werden, wenn die Unterbrechung lang war.
 Es ist vorgeschrieben, die Gebetswaschung gut zu verrichten, indem man sie vollständig und gründlich durchführt, wie gesetzlich vorgeschrieben ist.
 Die Füße gehören zu den Körperteilen, die bei der Gebetswaschung gewaschen werden müssen. Es reicht nicht aus, sie abzuwischen, sondern sie müssen gewaschen werden.
-Es ist vorgeschrieben, die Körperteile bei der Gebetswaschung nacheinander zu waschen, sodass ein Körperteil gewaschen wird, bevor der vorherige trocknet.
+Es ist vorgeschrieben, die Körperteile bei der Gebetswaschung zeitlich nacheinander zu waschen, sodass ein Körperteil gewaschen wird, bevor der vorherige trocknet.
 Unwissenheit und Vergesslichkeit lassen nicht die Pflicht, sondern die Sünde (dabei) entfallen. Der Prophet - Allahs Segen und Frieden auf ihm - hat diesem Mann, der seine Gebetswaschung aufgrund seiner Unwissenheit nicht vollständig verrichtet hat, die Pflicht - nämlich die Gebetswaschung - nicht erlassen, sondern ihm befohlen, sie zu wiederholen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8386</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>„Der Prophet - Allahs Segen und Frieden auf ihm - pflegte sich mit einem Sa' bis zu fünf Mudd zu waschen oder zu baden, und er verrichtete die Gebetswaschung mit einem Mudd.“</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - pflegte sich mit einem Sa' bis zu fünf Mudd zu waschen oder zu baden, und er verrichtete die Gebetswaschung mit einem Mudd.“</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte die rituelle Ganzkörperwaschung (Ghusl) nach der rituellen Unreinheit (Janabah) mit einem Sa' bis zu fünf Mudd (Wasser) zu vollziehen und er verrichtete die Gebetswaschung (Wudu) mit einem Mudd (Wasser). Ein Sa' entspricht vier Mudd, und ein Mudd ist die Menge, die in die beiden Hände eines Menschen mit durchschnittlicher Statur passt.</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
@@ -13518,112 +13485,112 @@
   </si>
   <si>
     <t>Jarir Ibn 'Abdillah - möge Allah mit ihm zufrieden sein - fragte den Propheten - Allahs Segen und Frieden auf ihm - über den Blick eines Mannes auf eine ihm fremde Frau, der plötzlich und unbeabsichtigt erfolgt. Der Prophet - Allahs Segen und Frieden auf ihm - befahl ihm, seinen Blick sofort abzuwenden, sobald er es bemerkt, und dass keine Sünde auf ihm lastet.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>Die Aufforderung, den Blick zu senken.
 Die Warnung davor, den Blick auf etwas fortzusetzen, dessen Anblick verboten ist, wenn der Blick plötzlich und unbeabsichtigt darauf fällt.
 Hierin ist ein Beweis, dass das Verbot des Blicks auf Frauen bei den Gefährten eine bestätigte Angelegenheit war. Das wird daraus ersichtlich, dass Jarir - möge Allah mit ihm zufrieden sein - den Propheten - Allahs Segen und Frieden auf ihm - fragte, was passiert, wenn sein Blick unbeabsichtigt auf eine Frau fällt, ob sein Urteil dann dasselbe ist wie das von jemandem, der absichtlich hinschaut.
 Darin liegt die Sorge der islamischen Gesetzgebung (Schari'ah) um das Wohl der Diener, indem sie ihnen das Betrachten von Frauen verbietet, aufgrund der daraus resultierenden Schäden im Diesseits und im Jenseits.
 Die Gefährten wandten sich an den Propheten - Allahs Segen und Frieden auf ihm - und fragten ihn über das, was ihnen unklar war. So sollten auch die einfachen Leute sich an ihre Gelehrten wenden und sie über das fragen, was ihnen unklar ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8902</t>
   </si>
   <si>
     <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
-    <t>„Zwei Arten von Menschen gehören zu den Bewohnern des Feuers, die ich noch nicht gesehen habe: Menschen, die Peitschen wie die Schwänze von Kühen bei sich haben und damit die Leute schlagen, und Frauen, die bekleidet, aber doch nackt sind, die verführen und sich verführen lassen</t>
+    <t>‚Zwei Arten von Menschen gehören zu den Bewohnern des Feuers, die ich noch nicht gesehen habe: Menschen, die Peitschen wie die Schwänze von Kühen bei sich haben und damit die Leute schlagen, und Frauen, die bekleidet, aber doch nackt sind, die verführen und sich verführen lassen</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Zwei Arten von Menschen gehören zu den Bewohnern des Feuers, die ich noch nicht gesehen habe: Menschen, die Peitschen wie die Schwänze von Kühen bei sich haben und damit die Leute schlagen, und Frauen, die bekleidet, aber doch nackt sind, die verführen und sich verführen lassen, deren Köpfe wie die geneigten Höcker von Kamelen aussehen. Sie werden nicht ins Paradies eingehen und seinen Duft nicht wahrnehmen, obwohl der Duft von so und so weit entfernt wahrgenommen werden kann.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Zwei Arten von Menschen gehören zu den Bewohnern des Feuers, die ich noch nicht gesehen habe: Menschen, die Peitschen wie die Schwänze von Kühen bei sich haben und damit die Leute schlagen, und Frauen, die bekleidet, aber doch nackt sind, die verführen und sich verführen lassen, deren Köpfe wie die geneigten Höcker von Kamelen aussehen. Sie werden nicht ins Paradies eingehen und seinen Duft nicht wahrnehmen, obwohl der Duft von so und so weit entfernt wahrgenommen werden kann‚‘“</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnt vor zwei Arten von Menschen, die zur Hölle gehören werden. Er hat sie nicht gesehen und sie existierten nicht zu seiner Zeit, sondern werden erst nach ihm erscheinen:
 Die erste Art: Leute, die Peitschen wie lange Ochsenschwänze haben, mit denen sie die Menschen schlagen. Das sind die Polizisten und Helfer der Tyrannen, die die Menschen unrechtmäßig schlagen.
 Die zweite Art: Frauen, die das Gewand der Keuschheit und Scham abgelegt haben, was eigentlich zur natürlichen Veranlagung der Frau gehört.
-Und er beschrieb sie: Bekleidet in Wirklichkeit, aber nackt im übertragenen Sinne. Denn sie tragen dünne Kleidung, die die Haut zeigt, und bedecken einen Teil ihres Körpers, während sie einen anderen Teil enthüllen, um ihre Schönheit zu zeigen. Sie verführen die Herzen der Männer mit ihrer Kleidung und ihrem Gang zu ihnen, indem sie ihre Schultern schwingen und andere Frauen zur Abweichung und zum Irrtum verleiten, in denen sie sich befinden. Zu ihren Eigenschaften gehören: Ihre Köpfe sind wie der geneigte Höcker eines Kamels. Sie vergrößern ihre Köpfe und machen sie größer, indem sie ein Stirnband oder ähnliches darum wickeln. Der Vergleich mit den Höckern der Kamele bezieht sich auf die Höhe ihres Haares und ihrer Zöpfe über ihren Köpfen und darauf, wie sie durch das Flechten zur Seite geneigt werden, ähnlich wie der Höcker eines Kamels. Diejenigen, die diese Eigenschaften besitzen, werden mit dieser strengen Warnung angesprochen, dass sie weder das Paradies betreten, noch seinen Duft wahrnehmen werden, noch sich ihm nähern können. Und der Duft des Paradieses kann aus großer Entfernung wahrgenommen und gerochen werden.</t>
+Sie werden wie folgt beschrieben: Bekleidet in Wirklichkeit, aber nackt im übertragenen Sinne, denn sie tragen dünne Kleidung, die die Haut zeigt, und bedecken einen Teil ihres Körpers, während sie einen anderen Teil enthüllen, um ihre Schönheit zu zeigen. Sie verführen die Herzen der Männer mit ihrer Kleidung und ihrem Gang zu ihnen, indem sie ihre Schultern schwingen und andere Frauen zur Abweichung und zum Irrtum verleiten, in denen sie sich befinden. Zu ihren Eigenschaften gehören: Ihre Köpfe sind wie der geneigte Höcker eines Kamels. Sie vergrößern ihre Köpfe und machen sie größer, indem sie ein Stirnband oder ähnliches darum wickeln. Der Vergleich mit den Höckern der Kamele bezieht sich auf die Höhe ihres Haares und ihrer Zöpfe über ihren Köpfen und darauf, wie sie durch das Flechten einer Kopfseite geneigt werden, ähnlich wie der Höcker eines Kamels. Diejenigen, die diese Eigenschaften besitzen, werden mit dieser strengen Warnung angesprochen, dass sie weder das Paradies betreten, noch seinen Duft wahrnehmen werden, noch sich ihm nähern können. Und der Duft des Paradieses kann aus großer Entfernung wahrgenommen und gerochen werden.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Das Verbot, Menschen zu schlagen und ihnen Schaden zuzufügen, wobei sie keine Sünde begangen oder ein Verbrechen verübt haben.
 Das Verbot, Tyrannen bei ihrer Unterdrückung zu unterstützen.
 Eine Warnung an Frauen vor Unanständigkeit, Enthüllung, und dem Tragen von enger oder transparenter Kleidung, die die (zu bedeckenden) Blöße beschreibt oder betont.
 Die Ermutigung muslimischer Frauen, sich an Allahs Gebote zu halten und sich von dem fernzuhalten, was Ihn erzürnt und sie dazu bringt, die schmerzhafte und bleibende Strafe im Jenseits zu verdienen.
 Der Hadith ist ein Beweis für das Prophetentum des Propheten - Frieden und Segen auf ihm -, da er über zukünftige Ereignisse informierte, die noch nicht eingetreten waren, und sie genau so geschahen, wie er es vorausgesagt hatte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8903</t>
   </si>
   <si>
     <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
-    <t>„Ein Mann soll nicht auf die Blöße ('Aurah) eines anderen Mannes schauen, und eine Frau soll nicht auf die Blöße einer anderen Frau schauen</t>
+    <t>„Ein Mann soll nicht auf die Blöße ('Awrah) eines anderen Mannes schauen, und eine Frau soll nicht auf die Blöße einer anderen Frau schauen</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein -wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Ein Mann soll nicht auf die Blöße ('Aurah) eines anderen Mannes schauen, und eine Frau soll nicht auf die Blöße einer anderen Frau schauen. Ein Mann soll nicht mit einem anderen Mann (entblößt) unter einer Decke liegen, und eine Frau soll nicht mit einer anderen Frau (entblößt) unter einer Decke liegen.“</t>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein -wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Ein Mann soll nicht auf die Blöße ('Awrah) eines anderen Mannes schauen, und eine Frau soll nicht auf die Blöße einer anderen Frau schauen. Ein Mann soll nicht mit einem anderen Mann unter einer Decke liegen, und eine Frau soll nicht mit einer anderen Frau unter einer Decke liegen.“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot, dass ein Mann auf die Blöße eines anderen Mannes schaut oder dass eine Frau auf die Blöße einer anderen Frau schaut.
-Und die 'Aurah ist alles, was Scham hervorruft, wenn es enthüllt wird. Die 'Aurah des Mannes ist der Bereich zwischen seinem Bauchnabel und seinen Knien. Die Frau ist vollständig 'Aurah gegenüber fremden Männern. Gegenüber Frauen und ihren Maharim (der Ehemann und männliche Verwandte, die nicht geheiratet werden können) darf sie das zeigen, was normalerweise bei ihrer Arbeit im Haus sichtbar ist.
+Und die 'Awrah ist alles, was Scham hervorruft, wenn es enthüllt wird. Die 'Awrah des Mannes ist der Bereich zwischen seinem Bauchnabel und seinen Knien. Die Frau ist vollständig 'Awrah gegenüber fremden Männern. Gegenüber Frauen und ihren Maharim (der Ehemann und männliche Verwandte, die nicht geheiratet werden können) darf sie das zeigen, was normalerweise bei ihrer Arbeit im Haus sichtbar ist.
 Der Prophet - Allahs Segen und Frieden auf ihm - verbot auch, dass ein Mann mit einem anderen Mann unter einer Decke oder einem anderen Tuch allein ist, wenn beide unbekleidet sind. Ebenso verbot er, dass eine Frau mit einer anderen Frau unter einer Decke oder einem anderen Tuch allein ist, wenn beide unbekleidet sind. Der Grund dafür ist, dass dies dazu führen könnte, dass jeder von ihnen die Blöße des anderen berührt. Das Berühren der Blöße ist ebenso verboten wie das Schauen darauf. Vielmehr ist es sogar noch strenger verboten, da es zu größeren Schäden führen kann.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Das Verbot, auf die Blöße anderer zu schauen, außer im Falle von Ehemann und Ehefrau.
 Der Islam legt großen Wert auf die Reinheit der Gesellschaft und das Verschließen der Wege, die zu Abscheulichkeiten führen.
 Es ist erlaubt, auf die Blöße zu schauen, wenn es eine Notwendigkeit dafür gibt, wie z. B. bei einer medizinischen Behandlung, vorausgesetzt, es geschieht ohne Begierde.
 Ein Muslim ist verpflichtet, seine eigenen Blöße zu bedecken und seinen Blick von den Blößen anderer abzuwenden.
 Das Verbot wurde speziell auf Männer unter Männern und Frauen unter Frauen erwähnt, da dies eher dazu verleitet, hinzuschauen und die Blöße zu enthüllen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8904</t>
   </si>
   <si>
     <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - den „Qaza'“ verbot</t>
   </si>
@@ -13632,65 +13599,65 @@
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - den „Qaza'“ verbot.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot es, einen Teil des Kopfhaares zu rasieren und einen anderen Teil zu belassen (arab.: „Qaza'“).
 Das Verbot gilt allgemein für Männer, sowohl für kleine als auch für große. Frauen hingegen ist es überhaupt nicht gestattet, ihr Kopfhaar zu rasieren.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Die islamische Gesetzgebung misst dem äußeren Erscheinungsbild des Menschen Wichtigkeit bei.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8914</t>
   </si>
   <si>
     <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
-    <t>Dieses eine Wort der Wahrheit wird vom Jinni geraubt und er flüstert es seinem Freund/Nahestehenden ins Ohr, so wie ein Hahn kräht. Dann mischen sie mehr als hundert Lügen darunter.“</t>
+    <t>Dieses eine Wort der Wahrheit wird vom Jinni geraubt und er flüstert es seinem Freund/Nahestehenden ins Ohr, so wie ein Hahn kräht. Dann mischen sie mehr als hundert Lügen darunter.‘“</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
-    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Einige Leute fragten den Gesandten Allahs - Allahs Segen und Frieden auf ihm - über Wahrsager. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu ihnen: „Sie sind nichts.“ Sie sagten: „O Gesandter Allahs, manchmal erzählen sie etwas, das wahr ist.“ Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Dieses eine Wort der Wahrheit wird vom Jinni geraubt und er flüstert es seinem Freund/Nahestehenden ins Ohr, so wie ein Hahn kräht. Dann mischen sie mehr als hundert Lügen darunter.“</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Einige Leute fragten den Gesandten Allahs - Allahs Segen und Frieden auf ihm - über Wahrsager. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte zu ihnen: ‚Sie sind nichts.‘ Sie sagten: ‚O Gesandter Allahs, manchmal erzählen sie etwas, das wahr ist.‘ Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: ‚Dieses eine Wort der Wahrheit wird vom Jinni geraubt und er flüstert es seinem Freund/Nahestehenden ins Ohr, so wie ein Hahn kräht. Dann mischen sie mehr als hundert Lügen darunter.‘“</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über diejenigen befragt, die über verborgene Ereignisse in der Zukunft berichten. Er sagte: "Kümmert euch nicht um sie, nehmt ihre Worte nicht ernst und ihre Angelegenheit sollte euch nicht interessieren."
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - wurde über diejenigen befragt, die über verborgene Ereignisse in der Zukunft berichten. Er sagte: „Kümmert euch nicht um sie, nehmt ihre Worte nicht ernst und ihre Angelegenheit sollte euch nicht interessieren.“
 Sie sagten: „Aber manchmal stimmt ihre Aussage mit der Realität überein, wie dass sie über das Eintreten eines verborgenen Ereignisses in einem bestimmten Monat an einem bestimmten Tag berichten und es dann gemäß ihrer Aussage geschieht.“
 Da sagte er - Allahs Segen und Frieden auf ihm -: „Die Jinn stehlen, was sie an Berichten vom Himmel hören, und kommen dann zu ihren Nahestehenden, den Wahrsagern, herab, um ihnen zu berichten, was sie gehört haben. Dann fügt der Wahrsager zu dem, was er vom Himmel gehört hat, hundert Lügen hinzu.“</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Es ist verboten einem Wahrsager zu glauben. Das, was sie sagen, sind Lügen und freie Erfindungen, auch wenn es manchmal zutreffen mag.
 Mit der Entsendung des Propheten - Allahs Segen und Frieden auf ihm - wurde der Himmel vor den Satanen geschützt, sodass sie nichts von der Offenbarung oder anderem hören können, außer wer heimlich lauscht und den Meteoren entkommt.
 Die Jinn nehmen sich Verbündete unter den Menschen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8918</t>
   </si>
   <si>
     <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>„Wir waren bei 'Umar, als er sagte: ‚Uns wurde verboten, uns zu übernehmen.‘“</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
@@ -13736,57 +13703,57 @@
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Engel der Barmherzigkeit kein Haus betreten, in dem sich ein Hund oder ein Bild von Lebewesen befindet. Dies liegt daran, dass das Bild eines Lebewesens eine abscheuliche Sünde ist, die Nachahmung der Schöpfung Allahs beinhaltet und ein Mittel zum Schirk ist. Einige Bilder stellen sogar Dinge dar, die anstelle von Allah angebetet werden. Der Grund für ihr Fernbleiben von einem Haus, in dem sich ein Hund befindet, ist, dass er viele unreine Dinge frisst und dass einige von ihnen als Satan bezeichnet werden; und die Engel sind das Gegenteil von Satanen. Und wegen des üblen Geruchs des Hundes - und die Engel verabscheuen üble Gerüche -, und weil es verboten ist, sie zu halten. Daher wird derjenige, der sie hält, damit bestraft, dass die Engel der Barmherzigkeit sein Haus nicht betreten, darin nicht beten, nicht für ihn um Vergebung bitten, ihn und sein Haus nicht segnen und das Übel des Satans nicht von ihm abwenden.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>Es ist verboten, einen Hund zu halten, außer es handelt sich um einen Jagd-, Vieh- oder Wachhund.
 Das Aufnehmen von Bildern ist eines der abscheulichen Dinge, von denen die Engel sich abwenden, und ihre Anwesenheit (d. h. der Bilder) an einem Ort ist ein Grund für den Entzug der Barmherzigkeit - und ebenso verhält es sich mit dem Hund.
 Die Engel, die kein Haus betreten, in dem sich ein Hund oder ein Bild befindet, sind die Engel der Barmherzigkeit. Was die Engel, welche die Taten notieren, und andere Engel betrifft, die eine Aufgabe haben, wie der Engel des Todes, so betreten sie jedes Haus.
 Es ist verboten, Bilder von Lebewesen an Wänden und dergleichen aufzuhängen.
 Al-Khattabi sagte: „Die Engel betreten kein Haus, in dem sich ein Hund oder ein Bild befindet, von den Hunden und Bildern, deren Besitz verboten ist. Was jedoch nicht verboten ist, wie ein Jagd-, Vieh- oder Wachhund oder ein abgenutztes Bild, das auf einem Teppich, einem Kissen oder Ähnlichem ist, hindert die Engel nicht daran, einzutreten.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8950</t>
   </si>
   <si>
     <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
-    <t>„Die Engel begleiten keine Reisegruppe, in der sich ein Hund oder eine Glocke befindet.“</t>
+    <t>„Die Engel begleiten keine Reisegruppe, mit der sich ein Hund oder eine Glocke befindet.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Engel begleiten keine Reisegruppe, in der sich ein Hund oder eine Glocke befindet.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Engel begleiten keine Reisegruppe, mit der sich ein Hund oder eine Glocke befindet.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass die Engel keine Reisegruppe begleiten, wenn sich in ihrer Begleitung ein Hund befindet oder eine Glocke, die an den Reittieren befestigt ist und bei ihrer Bewegung Geräusche verursacht.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Das Verbot, Hunde zu besitzen und mitzunehmen, wobei Jagdhunde oder Wachhunde vom Verbot ausgenommen sind.
 Die Engel, die sich der Begleitung enthalten, sind die Engel der Barmherzigkeit, während die Engel, welche die Taten bewahren (und notieren) die Menschen weder in ihrem Zuhause noch auf ihren Reisen verlassen.
 Das Verbot der Glocke, weil sie eine Flöte der Flöten des Satans ist und darin eine Ähnlichkeit zu der Glocke der Christen liegt.
 Der Muslim sollte darauf achten, sich von allem fernzuhalten, was die Engel von ihm fernhalten könnte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/8951</t>
   </si>
   <si>
     <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
@@ -13822,132 +13789,132 @@
   <si>
     <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>„Wir pflegten weder das Trübe noch das Gelbe nach der Reinheit als etwas (aufhebendes) zu betrachten.“</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Von Umm 'Atiyyah - möge Allah mit ihr zufrieden sein -, und sie hatte dem Propheten - Allahs Segen und Frieden auf ihm - die Treue geschworen, wird überliefert, dass sie sagte: „Wir pflegten weder das Trübe noch das Gelbe nach der Reinheit als etwas (aufhebendes) zu betrachten.“</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Die Gefährtin Umm 'Atiyyah - möge Allah mit ihr zufrieden sein - berichtete, dass die Frauen zur Zeit des Propheten - Allahs Segen und Frieden auf ihm - den Ausfluss aus der Vagina, der eine dunkle oder gelbliche Farbe hat, nach dem Ende der Menstruation nicht als Menstruationsblut betrachteten. Sie würden deswegen weder das Gebet noch das Fasten unterlassen.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Die Flüssigkeit, die nach der Reinheit von der Menstruation aus dem Intimbereich der Frau austritt, wird nicht berücksichtigt, selbst wenn es Trübungen und Gelbfärbungen enthält, die vom Blut stammen.
-Der Ausfluss von dunklem oder gelblichem Sekret während der Menstruationszeit wird als Menstruationsblut angesehen, da es sich um Blut handelt, das zu diesem Zeitpunkt austritt, auch wenn es mit Flüssigkeit vermischt ist.
-Die Frau unterlässt das Gebet und das Fasten nicht wegen der Trübungen und Gelbfärbungen nach der Reinheit, sondern nimmt die Gebetswaschung (Wudu) vor und betet.</t>
+Der Ausfluss von dunklem oder gelblichem Sekret während der Menstruationszeit wird als Menstruationsblut angesehen, da es sich um Blut handelt, das zu diesem Zeitpunkt austritt, welches mit Flüssigkeit vermischt ist.
+Die Frau unterlässt das Gebet und das Fasten nicht wegen der Trübungen und Gelbfärbungen nach der Reinheit, sondern führt die Gebetswaschung durch und betet.</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
     <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10014</t>
   </si>
   <si>
     <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
-    <t>Bleib so lange, wie dich deine Menstruation normalerweise aufhält, und vollziehe dann die Ganzkörperwaschung</t>
+    <t>Halte so lange aus, wie dich deine Menstruation normalerweise aufhält, und vollziehe dann die Ganzkörperwaschung</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
-    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: Umm Habiba Bint Jahsh, die mit 'Abdurrahman Ibn 'Auf verheiratet war, beklagte sich beim Gesandten Allahs - Allahs Segen und Frieden auf ihm - über (anhaltendes) Blut. Da sagte er zu ihr: „Bleib so lange, wie dich deine Menstruation normalerweise aufhält, und vollziehe dann die Ganzkörperwaschung.“ So pflegte sie zu jeder Gebetszeit die Ganzkörperwaschung zu vollziehen.</t>
+    <t>Von 'Aischah, der Mutter der Gläubigen, - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Umm Habibah Bint Jahsh, die mit 'Abdurrahman Ibn 'Awf verheiratet war, beklagte sich beim Gesandten Allahs - Allahs Segen und Frieden auf ihm - über (anhaltendes) Blut. Da sagte er zu ihr: ‚Halte so lange aus, wie dich deine Menstruation normalerweise aufhält, und vollziehe dann die Ganzkörperwaschung.‘ So pflegte sie zu jeder Gebetszeit die Ganzkörperwaschung zu vollziehen.“</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
-    <t>Eine der Gefährtinnen beklagte sich beim Propheten - Allahs Segen und Frieden auf ihm - darüber, dass das Blut durchgehend bei ihr fließe. Er befahl ihr, mit dem Gebet so lange auszusetzen, wie ihre Menstruation sie normalerweise zurückgehalten hätte, bevor dieses ungewöhnliche Ereignis eintrat. Danach sollte sie die Ganzkörperwaschung (Ghusl) vollziehen und beten. Sie vollzog dann freiwillig die Ganzkörperwaschung vor jedem Gebet.</t>
+    <t>Eine der Gefährtinnen beklagte sich beim Propheten - Allahs Segen und Frieden auf ihm - darüber, dass das Blut durchgehend bei ihr fließe. Er befahl ihr, mit dem Gebet so lange auszusetzen, wie ihre Menstruation sie normalerweise zurückgehalten hätte, bevor dieses ungewöhnliche Ereignis eintrat. Danach sollte sie die Ganzkörperwaschung vollziehen und beten. Sie vollzog dann freiwillig die Ganzkörperwaschung vor jedem Gebet.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Istihadah (nicht-menstruelle Blutung) ist, wenn bei einer Frau weiterhin Blut austritt, nachdem ihre gewöhnlichen Menstruationstage vorüber sind.
 Eine Frau mit Istihadah betrachtet sich für die Anzahl der Tage als menstruierend, in denen sie normalerweise ihre Menstruation hatte, bevor sie von der Istihadah betroffen war.
 Wenn die Dauer ihrer ursprünglichen Menstruation vorbei ist, gilt sie als rein von der Menstruation - auch wenn die Blutung der Istihadah anhält - und sie vollzieht die Ganzkörperwaschung nach der Menstruation.
 Eine Frau mit Istihadah muss sich nicht für jedes Gebet die Ganzkörperwaschung durchführen, da sie (Umm 'Atiyyah) - möge Allah mit ihr zufrieden sein - die Ganzkörperwaschung nur aus eigener Bemühung (zur Urteilsfindung) durchführte. Wäre es verpflichtend gewesen, hätte der Gesandte Allahs - Allahs Segen und Frieden auf ihm - es ihr verdeutlicht.
 Eine Frau mit Istihadah muss für jedes Gebet die Gebetswaschung durchführen, da ihre Unreinheit andauert und nicht aufhört. Ähnlich verhält es sich mit jedem, dessen Unreinheit andauert, wie jemand mit Inkontinenz oder ständigem Gasabgang.
 Es ist wichtig, die Gelehrten über unklare Angelegenheiten in der Religion zu befragen, da diese Frau sich beim Propheten - Allahs Segen und Frieden auf ihm - über die starke Blutung beklagte und ihn um Rat fragte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10015</t>
   </si>
   <si>
     <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
-    <t>„Die Ganzkörperwaschung (Ghusl) am Freitag ist für jeden Erwachsenen, der die Pubertät erreicht hat, verpflichtend, und dass er sich die Zähne putzen und Parfüm auftragen soll, wenn er etwas (dafür) vorfindet.“</t>
+    <t>‚Die Ganzkörperwaschung am Freitag ist für jeden Erwachsenen, der die Pubertät erreicht hat, verpflichtend, und dass er sich die Zähne putzen und Parfüm auftragen soll, wenn er etwas (dafür) vorfindet.‘“</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
-    <t>Von 'Amr Ibn Sulaym Al-Ansari wird überliefert, dass er sagte: Ich bezeuge, dass Abu Sa'id sagte: Ich bezeuge, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Ganzkörperwaschung (Ghusl) am Freitag ist für jeden Erwachsenen, der die Pubertät erreicht hat, verpflichtend, und dass er sich die Zähne putzen und Parfüm auftragen soll, wenn er etwas (dafür) vorfindet.“</t>
+    <t>Von 'Amr Ibn Sulaym Al-Ansari wird überliefert, dass er sagte: Ich bezeuge, dass Abu Sa'id sagte: „Ich bezeuge, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Ganzkörperwaschung am Freitag ist für jeden Erwachsenen, der die Pubertät erreicht hat, verpflichtend, und dass er sich die Zähne putzen und Parfüm auftragen soll, wenn er etwas (dafür) vorfindet.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass die Ganzkörperwaschung am Freitag für jeden erwachsenen männlichen Muslim, für den das Freitagsgebet verpflichtend ist, eine bestätigte Sunnah ist, die fast schon einer Pflicht gleichkommt. Er sollte seine Zähne mit einem Siwak oder etwas Ähnlichem reinigen. Und er sollte sich mit einem angenehmen Duft parfümieren.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass die Ganzkörperwaschung am Freitag für jeden erwachsenen männlichen Muslim, für den das Freitagsgebet verpflichtend ist, eine bestätigte Sunnah ist, die fast schon einer Pflicht gleichkommt. Er sollte seine Zähne mit einem Siwak oder etwas Ähnlichem reinigen und sich mit einem angenehmen Duft parfümieren.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
-    <t>Die Bestätigung der Empfehlung, am Freitag Ghusl zu vollziehen, gilt für jeden erwachsenen Muslim.
-Sauberkeit und die Beseitigung unangenehmer Gerüche sind dem Muslim vorgeschrieben.
+    <t>Die Bestätigung der Empfehlung, am Freitag die Ganzkörperwaschung zu vollziehen, gilt für jeden erwachsenen Muslim.
+Sauberkeit und die Beseitigung unangenehmer Gerüche werden vom Muslim gesetzlich gefordert.
 Hierin ist ein Beweis dafür, den Freitag zu ehren und sich darauf vorzubereiten.
 Die Bestätigung der Empfehlung, die Zähne für das Freitagsgebet (mit einem Siwak) zu reinigen.
 Die Empfehlung, sich mit einem angenehmen Duft zu parfümieren, bevor man zum Freitagsgebet geht.
 Wenn eine Frau ihr Haus für das Gebet oder andere Zwecke verlässt, ist es ihr nicht erlaubt, sich zu parfümieren, da die Sunnah beweist, dass dies verboten ist.
 Ein „Muhtalim“ (Erwachsener) ist jemand, der die Pubertät erreicht hat. Die Pubertät wird durch verschiedene Anzeichen angezeigt, von denen drei sowohl für Männer als auch für Frauen gelten: Erstens: das Erreichen des 15. Lebensjahres, zweitens: das Wachsen von Schamhaaren um die Genitalien und drittens: die Ejakulation von Samen, entweder durch einen feuchten Traum oder durch sexuelle Erregung, auch ohne einen feuchten Traum. Das vierte Anzeichen betrifft nur Frauen: die Menstruation. Wenn eine Frau ihre Menstruation bekommt, gilt sie als erwachsen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10036</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er aus dem Ort der Verrichtung der Notdurft (d. h. Toilette) kam, sagte: „(Ich bitte Dich um) Deine Vergebung (Ghufranak).“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
     <t>Von 'Aischah, der Mutter der Gläubigen - möge Allah mit ihr zufrieden sein -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm -, wenn er aus dem Ort der Verrichtung der Notdurft (d. h. Toilette) kam, sagte: „(Ich bitte Dich um) Deine Vergebung (Ghufranak).“</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
@@ -14020,133 +13987,133 @@
     <t>„Ein Muslim ist derjenige, vor dessen Zunge und Hand die Muslime sicher sind. Und ein Auswanderer (Muhajir) ist derjenige, der das verlässt, was Allah verboten hat.“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ein Muslim ist derjenige, vor dessen Zunge und Hand die Muslime sicher sind. Und ein Auswanderer (Muhajir) ist derjenige, der das verlässt, was Allah verboten hat.“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass ein Muslim, dessen Islam vollständig ist, derjenige ist, vor dessen Zunge die Muslime sicher sind. Er beschimpft sie nicht, verflucht sie nicht, verleumdet sie nicht und stiftet keinen Streit zwischen ihnen durch irgendeine Art von verbalem Schaden. Und sie sind auch vor seiner Hand sicher. Er greift sie nicht an und nimmt ihr Eigentum nicht unrechtmäßig an sich, und dergleichen. Und ein Auswanderer (Muhajir) ist derjenige, der das verlässt, was Allah - erhaben ist Er - verboten hat.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
-    <t>Die Vollkommenheit des Islam kann nur erreicht werden, indem man anderen weder materiellen noch moralischen Schaden zufügt.
+    <t>Die Vollkommenheit des Islams kann nur erreicht werden, indem man anderen weder materiellen noch moralischen Schaden zufügt.
 Die Zunge und die Hand werden besonders erwähnt, weil sie häufig Fehler machen und Schaden anrichten, denn die meisten Übel gehen von ihnen aus.
 Die Ermutigung dazu, die Sünden zu unterlassen und das zu befolgen, was Allah - erhaben ist Er -befohlen hat.
 Der beste Muslim ist derjenige, der die Rechte Allahs - erhaben ist Er - und die Rechte der Muslime erfüllt.
 Übergriffe können durch Worte oder Taten erfolgen.
 Die vollständige Auswanderung (Hijrah) besteht darin, das zu verlassen, was Allah - erhaben ist Er - verboten hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10101</t>
   </si>
   <si>
     <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>„Unser Herr kommt jede Nacht zum irdischen Himmel hinab, wenn nur noch das letzte Drittel der Nacht bleibt</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Unser Herr kommt jede Nacht zum irdischen Himmel hinab, wenn nur noch das letzte Drittel der Nacht bleibt und sagt: ‚Wer ruft Mich mit seinen Bittgebeten an, auf dass Ich es ihm gewähre? Wer bittet Mich, auf dass Ich es ihm gebe? Wer bittet Mich um Vergebung, auf dass Ich ihm vergebe?‘“</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass Allah - segensreich und erhaben ist Er - jede Nacht zum irdischen (untersten) Himmel herabsteigt, wenn das letzte Drittel der Nacht verbleibt. Er ermutigt Seine Diener, Ihn anzurufen, denn Er antwortet demjenigen, der Ihn ruft. Er fordert sie auf, Ihn um das zu bitten, was sie wollen, denn Er gibt demjenigen, der Ihn bittet. Und Er empfiehlt ihnen, Ihn um Vergebung ihrer Sünden zu bitten, denn Er vergibt Seinen gläubigen Dienern.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Der Vorzug des letzten Drittels der Nacht, des Gebets, der Bittgebete und der Suche nach Vergebung in dieser Zeit.
 Hört man diese Überlieferung, sollte man aufs Äußerste darauf aus sein, die Zeiten, in denen die Bittgebet angenommen werden, zu nutzen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10412</t>
   </si>
   <si>
     <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
-    <t>„Eine Frau soll keine Reise von zwei Tagen Dauer unternehmen, es sei denn, sie wird von ihrem Ehemann oder einem Mahram (männlichen Verwandten, den sie nicht heiraten darf) begleitet</t>
+    <t>‚Eine Frau soll keine Reise von zwei Tagen Dauer unternehmen, es sei denn, sie wird von ihrem Ehemann oder einem Mahram (männlichen Verwandten, den sie nicht heiraten darf) begleitet</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein -, der mit dem Propheten - Allahs Segen und Frieden auf ihm - an zwölf Feldzügen teilnahm, wird überliefert, dass er sagte: Ich hörte vier Dinge vom Propheten - Allahs Segen und Frieden auf ihm - die mich beeindruckten. Er sagte: „Eine Frau soll keine Reise von zwei Tagen Dauer unternehmen, es sei denn, sie wird von ihrem Ehemann oder einem Mahram (männlichen Verwandten, den sie nicht heiraten darf) begleitet. Und es gibt kein Fasten an zwei Tagen: dem Fest des Fastenbrechens ('Id Al-Fitr) und dem Opferfest ('Id Al-Adha). Und es gibt kein Gebet nach dem Morgengebet, bis die Sonne aufgegangen ist, und kein Gebet nach dem Nachmittagsgebet, bis sie untergegangen ist. Und man soll keine Reise unternehmen (mit der Absicht, eine Moschee zu besuchen,) außer zu drei Moscheen: der Heiligen Moschee (in Makkah), der Al-Aqsa-Moschee (in Jerusalem) und dieser meiner Moschee (in Al-Madinah).“</t>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein -, der mit dem Propheten - Allahs Segen und Frieden auf ihm - an zwölf Feldzügen teilnahm, wird überliefert, dass er sagte: „Ich hörte vier Dinge vom Propheten - Allahs Segen und Frieden auf ihm - die mich beeindruckten. Er sagte: ‚Eine Frau soll keine Reise von zwei Tagen Dauer unternehmen, es sei denn, sie wird von ihrem Ehemann oder einem Mahram (männlichen Verwandten, den sie nicht heiraten darf) begleitet. Und es gibt kein Fasten an zwei Tagen: dem Fest des Fastenbrechens ('Id Al-Fitr) und dem Opferfest ('Id Al-Adha). Und es gibt kein Gebet nach dem Morgengebet, bis die Sonne aufgegangen ist, und kein Gebet nach dem Nachmittagsgebet, bis sie untergegangen ist. Und man soll keine Reise unternehmen (mit der Absicht, eine Moschee zu besuchen,) außer zu drei Moscheen: der Heiligen Moschee (in Makkah), der Al-Aqsa-Moschee (in Jerusalem) und dieser meiner Moschee (in Al-Madinah).‘“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verbot vier Dinge:
 Erstens: Das Verbot für eine Frau, eine Reise von zwei Tagen Dauer ohne ihren Ehemann oder einen Mahram zu unternehmen. Ein Mahram ist jemand, den die Frau aufgrund von Verwandtschaft niemals heiraten darf, wie den Sohn, den Vater, den Sohn des Bruders, den Sohn der Schwester, den Onkel väterlicherseits, den Onkel mütterlicherseits, usw.
 Zweitens: Das Verbot, am Tag von 'Id Al-Fitr und am Tag von 'Id Al-Adha zu fasten, unabhängig davon, ob der Muslim es aufgrund eines Gelübdes, freiwillig oder als Sühneleistung tut.
 Drittens: Das Verbot, freiwillige Gebete nach dem Nachmittagsgebet ('Asr) bis zum Sonnenuntergang und nach der Sonnendämmerung bis zum Sonnenaufgang zu verrichten.
 Viertens: Das Verbot, zu einem anderen Ort als diesen drei Moscheen zu reisen und ihm besondere Vorzüge oder eine Vervielfachung der guten Taten zuzuschreiben. Man soll also nicht zu anderen Orten reisen, (nur) um dort zu beten, da die Belohnung nur in diesen drei Moscheen vervielfacht wird: der Heiligen Moschee (in Makkah), der Prophetenmoschee (in Al-Madinah) und der Al-Aqsa-Moschee (in Jerusalem).</t>
   </si>
   <si>
     <t>عَدم جواز سَفر المرأة بلا مَحْرم.
 المرأة ليست محرمًا للمرأة في السَّفر؛ لقوله: "زوجُها أو ذو محرم".
 كلُّ ما يُسمى سفرًا فإن المرأة تُنهى عنه بغير زوج أو مَحرم، وهذا الحديث كان بحسب حال السائل وموطنه.
 مَحْرَم المرأة هو زوجها أو من يحرم عليها الزواج منه بالتأبيد بسببِ قرابةٍ كالأب والابن والعم والخال، أو رضاع كالأب من الرضاع والعم من الرضاع، أو مصاهرة كأبي الزوج، ويكون مسلمًا بالغًا عاقلًا ثقة مأمونًا، فإنَّ المقصود من المحرم حمايةُ المرأة وصيانتُها والقيام بشأنها.
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Es ist einer Frau nicht erlaubt, ohne einen Mahram zu reisen.
 Eine Frau kann nicht als Mahram für eine andere Frau auf Reisen dienen, da es heißt: „Ihr Ehemann oder ein Mahram.“
 Alles, was als Reise bezeichnet wird, ist einer Frau ohne ihren Ehemann oder einen Mahram verboten. Dieser Hadith bezog sich auf die Situation und den Wohnort des Fragenden.
-Der Mahram einer Frau ist ihr Ehemann oder jemand, den sie aufgrund von Verwandtschaft niemals heiraten darf, wie der Vater, der Sohn, der Onkel väterlicherseits und der Onkel mütterlicherseits, oder aufgrund von Stillen, wie der Milchvater oder der Milchonkel, oder aufgrund von Schwägerschaft, wie der Schwiegervater. Er muss ein erwachsener, vernünftiger und vertrauenswürdiger Muslim sein, da der Zweck des Mahram darin besteht, die Frau zu schützen, zu bewahren und sich um sie zu kümmern.
+Der Mahram einer Frau ist ihr Ehemann oder jemand, den sie aufgrund von Verwandtschaft niemals heiraten darf, wie der Vater, der Sohn, der Onkel väterlicherseits und der Onkel mütterlicherseits, oder aufgrund von Stillen, wie der Milchvater oder der Milchonkel, oder aufgrund von Schwägerschaft, wie der Schwiegervater. Er muss ein erwachsener, vernünftiger und vertrauenswürdiger Muslim sein, da der Zweck des Mahrams darin besteht, die Frau zu schützen, zu bewahren und sich um sie zu kümmern.
 Die islamische Gesetzgebung kümmert sich um die Frau, schützt sie und bewahrt sie.
 Es ist nicht erlaubt, freiwillige Gebete unmittelbar nach dem Morgen- (Fajr) und Nachmittagsgebet ('Asr) zu verrichten, mit Ausnahme vom Nachholen der Pflichtgebete, Gebeten mit besonderem Anlass, wie dem Begrüßungsgebet in der Moschee, und dergleichen.
 Das Gebet unmittelbar nach Sonnenaufgang ist verboten. Die Sonne muss sich mindestens eine Speerlänge hoch bewegt haben, was etwa zehn bis fünfzehn Minuten entspricht.
 Die Zeit für das Nachmittagsgebet ('Asr) dauert bis zum Sonnenuntergang.
 Es ist erlaubt eine Reise zu den drei Moscheen zu beabsichtigen.
 Die Vorzüge und Besonderheiten der drei Moscheen gegenüber anderen.
 Es ist nicht erlaubt, zu reisen, um Gräber zu besuchen, selbst wenn es das Grab des Propheten - Allahs Segen und Frieden auf ihm - ist. Es ist jedoch erlaubt, ihn zu besuchen, wenn man sich in Al-Madinah befindet oder aus einem legitimen oder zulässigen Grund dorthin gekommen ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10603</t>
   </si>
   <si>
     <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>‚Setzt euch nicht auf Gräber und betet nicht in ihre Richtung.‘“</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Von Abu Marthad Al-Ghanawi - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Setzt euch nicht auf Gräber und betet nicht in ihre Richtung.‘“</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
@@ -14298,117 +14265,117 @@
 Al-Walid sagte: „Ich fragte Al-Awza'i: ‚Wie bittet man um Vergebung?‘ Er antwortete: ‚Du sagst: &gt;Ich bitte Allah um Vergebung, ich bitte Allah um Vergebung (Astaghfirullah, Astaghfirullah).&lt;‘“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte nach Beendigung seines Gebets zu sagen: „Ich bitte Allah um Vergebung, ich bitte Allah um Vergebung, ich bitte Allah um Vergebung (Astaghfirullah, Astaghfirullah, Astaghfirullah).“
 Dann pries er seinen Herrn, indem er sagte: „O Allah, Du bist der Friede, und von Dir kommt der Friede. Gepriesen seist Du, o Besitzer der Majestät und der Ehre.“ Allah ist der vollkommen Friedvolle in Seinen Eigenschaften, frei von jedem Mangel und Makel. Man bittet Ihn - erhaben ist Er - um Schutz vor den Übeln des Dies- und des Jenseits, und nicht jemand anderen. Er - gepriesen sei Er - ist derjenige, Dessen Güte in beiden Welten viel ist, Er ist der Besitzer von Größe und Güte.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Die Empfehlung, nach dem Gebet um Vergebung zu bitten und dies regelmäßig zu tun.
 Die Empfehlung, um Vergebung zu bitten, um den Mangel in der Anbetung zu vervollständigen und den Gehorsam zu verbessern und die Versäumnisse darin zu kompensieren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10947</t>
   </si>
   <si>
     <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
-    <t>„Wer nach jedem Gebet den Tasbih 33-mal aufsagt, den Tahmid 33-mal und den Takbir 33-mal, so sind das 99 und dann die 100 vollständig macht, indem er sagt: ‚La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulk wa lahul-Hamd wa huwa 'ala kulli schay'in qadir‘ (Es gibt keinen Gott außer Allah, Er ist einzig, Er hat keinen Partner, Ihm gehört die Herrschaft und Ihm gebührt das Lob, und Er hat Macht über alle Dinge.), dem werden seine Sünden vergeben, auch wenn sie wie der Schaum des Meeres sein sollten.“</t>
+    <t>„Wer nach jedem Gebet Allah 33-mal preist, Allah 33-mal lobt und den Takbir 33-mal ausspricht, so sind das 99 und dann die 100 vollständig macht, indem er sagt: ‚La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulk wa lahul-Hamd wa huwa 'ala kulli schay'in qadir‘ (Es gibt keinen Gott außer Allah, Er ist einzig, Er hat keinen Partner, Ihm gehört die Herrschaft und Ihm gebührt das Lob, und Er hat Macht über alle Dinge.), dem werden seine Sünden vergeben, auch wenn sie wie der Schaum des Meeres sein sollten.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer nach jedem Gebet den Tasbih 33-mal aufsagt, den Tahmid 33-mal und den Takbir 33-mal, so sind das 99 und dann die 100 vollständig macht, indem er sagt: ‚La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulk wa lahul-Hamd wa huwa 'ala kulli schay'in qadir‘ (Es gibt keinen Gott außer Allah, Er ist einzig, Er hat keinen Partner, Ihm gehört die Herrschaft und Ihm gebührt das Lob, und Er hat Macht über alle Dinge.), dem werden seine Sünden vergeben, auch wenn sie wie der Schaum des Meeres sein sollten.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer nach jedem Gebet Allah 33-mal preist, Allah 33-mal lobt und den Takbir 33-mal ausspricht, so sind das 99 und dann die 100 vollständig macht, indem er sagt: ‚La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulk wa lahul-Hamd wa huwa 'ala kulli schay'in qadir‘ (Es gibt keinen Gott außer Allah, Er ist einzig, Er hat keinen Partner, Ihm gehört die Herrschaft und Ihm gebührt das Lob, und Er hat Macht über alle Dinge.), dem werden seine Sünden vergeben, auch wenn sie wie der Schaum des Meeres sein sollten.“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass derjenige, der nach Beendigung des Pflichtgebets sagt:
-33-mal: „Subhanallah“, was bedeutet, Allah von allen Unvollkommenheiten freizusprechen.
-[...1 lines deleted...]
-33-mal: „Allahu Akbar“, was bedeutet, dass Allah gewaltiger und erhabener ist als alles andere.
+33-mal: „Subhanallah“ (Gepriesen sei Allah), was bedeutet, Allah von allen Unvollkommenheiten freizusprechen.
+33-mal: „Alhamdulillah“(Das Lob gebührt Allah), was bedeutet, Ihn mit vollkommenen Eigenschaften zu loben, verbunden mit Liebe und Verehrung für Ihn.
+33-mal: „Allahu Akbar“ (Allah ist der Größte), was bedeutet, dass Allah gewaltiger und erhabener ist als alles andere.
 Und die Vervollständigung der Anzahl auf hundert durch das Sagen: „La ilaha illa Allah, wahdahu la Scharika lah, lahul-Mulk wa lahul-Hamd wa huwa 'ala kulli schay'in qadir.“
 Und seine Bedeutung ist: Es gibt keinen Gott, der wahrhaftig angebetet werden darf, außer Allah allein, Er hat keinen Partner. Und dass Er - gepriesen sei Er - derjenige ist, dem die vollkommene Herrschaft gehört, und derjenige, der Lob und Preis verdient, zusammen mit Liebe und Verehrung, im Gegensatz zu allen anderen. Und dass Er allmächtig ist und nichts unmöglich für Ihn ist.
 Wer dies sagt, dessen Fehler werden ausgelöscht und vergeben, selbst wenn sie so zahlreich sind wie der weiße Schaum, der sich auf dem Meer bildet, wenn es sich aufwühlt und bewegt.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, dieses Gedenken Allahs nach den Pflichtgebeten zu sprechen.
 Dieses Gedenken Allahs ist ein Grund für die Vergebung der Sünden.
 Die Gewaltigkeit der Gunst Allahs - erhaben ist Er -, Seiner Barmherzigkeit und Vergebung.
 Dieses Gedenken Allahs ist ein Grund für die Vergebung der Sünden, wobei damit die Sühne für kleine Sünden gemeint ist. Die großen Sünden jedoch werden nur durch Reue getilgt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10948</t>
   </si>
   <si>
     <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
-    <t>„Wer den Thronvers (Ayat Al-Kursi) nach jedem vorgeschriebenen Gebet liest, den wird nichts am Eintritt in das Paradies hindern, außer, dass er stirbt.“</t>
+    <t>‚Wer den Thronvers (Ayat Al-Kursi) nach jedem vorgeschriebenen Gebet liest, den wird nichts am Eintritt in das Paradies hindern, außer, dass er stirbt.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
-    <t>Von Abu Umamah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs -Allahs Segen und Frieden auf ihm- sagte: „Wer den Thronvers (Ayat Al-Kursi) nach jedem vorgeschriebenen Gebet liest, den wird nichts am Eintritt in das Paradies hindern, außer, dass er stirbt.“</t>
+    <t>Von Abu Umamah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs -Allahs Segen und Frieden auf ihm- sagte: ‚Wer den Thronvers (Ayat Al-Kursi) nach jedem vorgeschriebenen Gebet liest, den wird nichts am Eintritt in das Paradies hindern, außer, dass er stirbt.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat mitgeteilt, dass denjenigen, der den Thronvers (Ayat Al-Kursi) nach dem Pflichtgebet rezitiert, nichts vom Eintritt ins Paradies abhalten wird - außer der Tod. Dieser Vers befindet sich in Surah Al-Baqarah, wo Allah - erhaben ist Er - sagt: „Allah – es gibt keinen Gott außer Ihm, dem Lebendigen, dem Beständigen. Ihn ergreift weder Schlummer noch Schlaf. Ihm gehört, was in den Himmeln und was auf der Erde ist. Wer ist es, der bei Ihm Fürsprache einlegt, außer mit Seiner Erlaubnis? Er weiß, was vor ihnen und was hinter ihnen ist, und sie umfassen nichts von Seinem Wissen, außer was Er will. Sein Thron umfasst die Himmel und die Erde, und das Bewahren von beidem beschwert Ihn nicht. Und Er ist der Erhabene, der Gewaltige.“ [Al Baqarah:255].</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
-    <t>Die Vorzüge dieses gewaltigen Verses liegen in den enthaltenen schönsten Namen und erhabenen Eigenschaften Allahs.
+    <t>Die Vorzüge dieses gewaltigen Verses, da er die schönsten Namen und erhabenen Eigenschaften Allahs beinhaltet.
 Es ist empfehlenswert, diesen gewaltigen Vers nach jedem Pflichtgebet zu lesen.
 Gute Taten sind der Grund für das Eintreten ins Paradies.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه النسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/10950</t>
   </si>
   <si>
     <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>‚Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.‘“</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>Von 'Imran Ibn Husayn - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich litt an Hämorrhoiden, also fragte ich den Propheten - Allahs Segen und Frieden auf ihm - über das Gebet, und er sagte: ‚Bete im Stehen. Wenn du das nicht kannst, dann im Sitzen. Wenn du das nicht kannst, dann auf der Seite.‘“</t>
   </si>
   <si>
@@ -14438,112 +14405,112 @@
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Beschimpft meine Gefährten nicht! Denn selbst wenn einer von euch so viel Gold wie der Berg Uhud ausgeben würde, würde er nicht den Lohn von einem von ihnen erreichen - und nicht einmal die Hälfte davon.‘“</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - untersagte das Beschimpfen der Gefährten, insbesondere der ersten Generationen von den Auswanderern (Muhajirun) und den Helfern (Ansar). Er erklärte, dass selbst wenn jemand von den Menschen so viel Gold wie der Berg Uhud spenden würde, dies nicht den Lohn erreichen würde, den die Gefährten für das Spenden eines Mudds an Nahrung oder sogar eines halben Mudds erhält; wobei ein Mudd zwei volle Hände eines durchschnittlichen Mannes entspricht.
 Dies liegt an ihrer vermehrten Aufrichtigkeit, der Wahrhaftigkeit ihrer Absichten und daran, dass sie früh gespendet und gekämpft haben, noch vor der Eroberung von Makkah, als die Not besonders groß war.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Die Beleidigung der Gefährten - möge Allah mit ihnen zufrieden sein - ist verboten und gehört zu den großen Sünden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/11000</t>
   </si>
   <si>
     <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
-    <t>„Dieses Anliegen (d. h. der Islam) wird das erreichen, was die Nacht und der Tag erreicht haben. Allah wird kein Haus aus Lehm oder Tierhaar auslassen, ohne dass Allah diese Religion dort hinbringt</t>
+    <t>‚Dieses Anliegen (d. h. der Islam) wird das erreichen, was die Nacht und der Tag erreicht haben. Allah wird kein Haus aus Lehm oder Tierhaar auslassen, ohne dass Allah diese Religion dort hinbringt</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
-    <t>Von Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Dieses Anliegen (d. h. der Islam) wird das erreichen, was die Nacht und der Tag erreicht haben. Allah wird kein Haus aus Lehm oder Tierhaar auslassen, ohne dass Allah diese Religion dort hinbringt. Entweder mit der Ehre eines Ehrenvollen oder mit der Erniedrigung eines Erniedrigten - Ehre, mit der Allah den Islam ehren wird, und Erniedrigung, mit der Allah den Unglauben erniedrigen wird.“ Und Tamim Ad-Dari pflegte zu sagen: „Ich habe das bei den Bewohnern meines Hauses (d. h. meiner Familie) erfahren. Diejenigen, die von ihnen zum Islam übertreten sind, haben Gutes, Ehre und Ansehen erhalten, während diejenigen, die ungläubig geblieben sind, Erniedrigung, Herabsetzung und die Jizyah erfahren haben.“</t>
+    <t>Von Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Dieses Anliegen (d. h. der Islam) wird das erreichen, was die Nacht und der Tag erreicht haben. Allah wird kein Haus aus Lehm oder Tierhaar auslassen, ohne dass Allah diese Religion dort hinbringt. Entweder mit der Ehre eines Ehrenvollen oder mit der Erniedrigung eines Erniedrigten – Ehre, mit der Allah den Islam ehren wird, und Erniedrigung, mit der Allah den Unglauben erniedrigen wird.‘ Und Tamim Ad-Dari pflegte zu sagen: ‚Ich habe das bei den Bewohnern meines Hauses (d. h. meiner Familie) erfahren. Diejenigen, die von ihnen zum Islam übertreten sind, haben Gutes, Ehre und Ansehen erhalten, während diejenigen, die ungläubig geblieben sind, Erniedrigung, Herabsetzung und die Jizyah erfahren haben.‘“</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - informiert, dass diese Religion alle Teile der Erde umfassen wird. Jeder Ort, den die Nacht und der Tag erreichen, wird auch von dieser Religion erreicht werden. Und Allah - erhaben ist Er - wird kein Haus in den Städten und Dörfern, und auch in den Wüsten und auf dem Land, auslassen, ohne dass Er diese Religion dort hinbringt. Wer diese Religion annimmt und an sie glaubt, wird durch die Ehre des Islam geehrt. Und wer sie ablehnt und ungläubig ist, wird erniedrigt und verachtet.
-Dann berichtete der Gefährte Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - dass er das, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ihm übermittelt hatte, besonders bei den Bewohner seines Hauses (d. h. seiner Familie) erkannte: Diejenigen, die von ihnen den Islam angenommen haben, haben Gutes, Ehre und Ansehen erlangt, während diejenigen, die ungläubig geblieben sind, Erniedrigung und Herabsetzung erfahren haben, zusätzlich zu den Abgaben, die sie an die Muslimen leisten müssen.</t>
+    <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - informiert, dass diese Religion alle Teile der Erde umfassen wird. Jeder Ort, den die Nacht und der Tag erreichen, wird auch von dieser Religion erreicht werden. Allah - erhaben ist Er - wird kein Haus in den Städten und Dörfern, und auch in den Wüsten und auf dem Land, auslassen, ohne dass Er diese Religion dort hinbringt. Wer diese Religion annimmt und an sie glaubt, wird durch die Ehre des Islam geehrt. Und wer sie ablehnt und ungläubig ist, wird erniedrigt und verachtet.
+Dann berichtete der Gefährte Tamim Ad-Dari - möge Allah mit ihm zufrieden sein - dass er das, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ihm übermittelt hatte, besonders bei den Bewohner seines Hauses (d. h. seiner Familie) erkannte: Diejenigen, die von ihnen den Islam angenommen haben, haben Gutes, Ehre und Ansehen erlangt, während diejenigen, die ungläubig geblieben sind, Erniedrigung und Herabsetzung erfahren haben, zusätzlich zu den finanziellen Abgaben, die sie an die Muslimen leisten müssen.</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Eine frohe Botschaft für die Muslime, dass ihre Religion sich über alle Teile der Erde verbreiten wird.
 Die Ehre gebührt dem Islam und den Muslimen und die Erniedrigung dem Unglauben und den Ungläubigen.
 Hierin ist ein Beweis und Zeichen des Prophetentum, da sich die Angelegenheit so ereignet hat, wie der Prophet - Allahs Segen und Frieden auf ihm - es berichtet hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/11220</t>
   </si>
   <si>
     <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
-    <t>„Wenn einer von euch in seinem Gebet zweifelt und nicht weiß, wie viel er gebetet hat, ob drei oder vier (Gebetseinheiten), so soll er die Zweifel verwerfen und auf das bauen, worauf er Gewissheit hat. Dann soll er sich zweimal niederwerfen, bevor er den Taslim spricht</t>
+    <t>‚Wenn einer von euch in seinem Gebet zweifelt und nicht weiß, wie viel er gebetet hat, ob drei oder vier (Gebetseinheiten), so soll er die Zweifel verwerfen und auf das bauen, worauf er Gewissheit hat. Dann soll er sich zweimal niederwerfen, bevor er den Taslim spricht</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
-    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wenn einer von euch in seinem Gebet zweifelt und nicht weiß, wie viel er gebetet hat, ob drei oder vier (Gebetseinheiten), so soll er die Zweifel verwerfen und auf das bauen, worauf er Gewissheit hat. Dann soll er sich zweimal niederwerfen, bevor er den Taslim spricht. Wenn er fünf (Gebetseinheiten) betete, dann werden sie sein Gebet gerade machen (und ausgleichen). Und wenn er vollständig vier (Gebetseinheiten) gebetet hat, dann sind sie eine Erniedrigung für den Satan.“</t>
+    <t>Von Abu Sa'id Al-Khudri - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn einer von euch in seinem Gebet zweifelt und nicht weiß, wie viel er gebetet hat, ob drei oder vier (Gebetseinheiten), so soll er die Zweifel verwerfen und auf das bauen, worauf er Gewissheit hat. Dann soll er sich zweimal niederwerfen, bevor er den Taslim spricht. Wenn er fünf (Gebetseinheiten) betete, dann werden sie sein Gebet gerade machen (und ausgleichen). Und wenn er vollständig vier (Gebetseinheiten) gebetet hat, dann sind sie eine Erniedrigung für den Satan.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass derjenige, der beim Gebet unsicher ist und nicht weiß, ob er drei oder vier Gebetseinheiten gebetet hat, die zweifelhafte höhere Anzahl ignorieren und sich auf die sichere Zahl, also drei, verlassen soll. Er soll eine vierte Gebetseinheit beten und sich dann durch zwei zusätzliche Niederwerfungen (Sujud) vor dem Taslim des Gebets niederwerfen.
 Wenn er tatsächlich vier Einheiten gebetet hat, wird die zusätzliche Einheit zur fünften, und die zwei Niederwerfungen ersetzen eine Einheit. Dadurch ergibt sich eine gerade und keine ungerade Anzahl. Wenn er jedoch durch die zusätzliche Einheit insgesamt vier Einheiten gebetet hat, hat er sein Gebet ohne Hinzufügungen oder Kürzungen korrekt abgeschlossen.
-Die zwei Niederwerfungen dienen als Demütigung für den Satan und als Abwehr gegen ihn, indem sie ihn zurückweisen und seine Absichten vereiteln. Denn der Satan hat versucht, ihn in seinem Gebet zu verwirren und es zu verderben. Das Gebet des Menschen wird vervollständigt, wenn er dem Befehl Allahs - erhaben ist Er - folgt, indem er sich niederwirft - und der Satan sündigte aufgrund der Niederwerfung, da er sich weigerte dem Befehl Allahs zu folgen, sich vor Adam niederzuwerfen.</t>
+Die zwei Niederwerfungen dienen als Demütigung für den Satan und als Abwehr gegen ihn, indem sie ihn zurückweisen und seine Absichten vereiteln, denn der Satan hat versucht, ihn in seinem Gebet zu verwirren und es zu verderben. Das Gebet des Menschen wird vervollständigt, wenn er dem Befehl Allahs - erhaben ist Er - folgt, indem er sich niederwirft - und der Satan sündigte aufgrund der Niederwerfung, da er sich weigerte dem Befehl Allahs zu folgen, sich vor Adam niederzuwerfen.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
-    <t>Wenn der Betende beim Gebet unsicher ist und sich keine der beiden Möglichkeiten eindeutig ergibt, soll er den Zweifel beiseite lassen und sich auf das Gewisse, also die geringere Anzahl, verlassen. Er vervollständigt sein Gebet, verrichtet zwei Niederwerfungen vor dem Taslim des Gebets und vollendet dann sein Gebet durch den Taslim.
+    <t>Wenn der Betende beim Gebet unsicher ist und keine der beiden Möglichkeiten (in der Vermutung) überwiegt, soll er den Zweifel beiseite lassen und sich auf das Gewisse, also die geringere Anzahl, verlassen. Er vervollständigt sein Gebet, verrichtet zwei Niederwerfungen vor dem Taslim des Gebets und vollendet dann sein Gebet durch den Taslim.
 Diese beiden Niederwerfungen sind ein Weg, um das Gebet zu vervollständigen und den Satan erniedrigt und zurückgewiesen von seinen Absichten fernzuhalten.
 Der Zweifel, der in dem Hadith erwähnt wird, ist das Zögern ohne klare Entscheidung. Wenn jedoch eine Vermutung besteht und diese überwiegt, soll man sich danach richten.
 Die Ermutigung, die Einflüsterungen zu bekämpfen und abzuwenden, indem man den Anweisungen der (islamischen) Gesetzgebung folgt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/11231</t>
   </si>
   <si>
     <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Hörst du den Ruf zum Gebet?‘ Er sagte: ‚Ja!‘ Er sagte: ‚Dann leiste (ihm) Folge!‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein blinder Mann kam zum Propheten und sagte: ‚O Gesandter Allahs, ich habe niemanden, der mich zur Moschee führt!‘ Darauf bat er den Gesandten Allahs - Allahs Segen und Frieden auf ihm - ihm eine Sondererlaubnis zu erteilen, zu Hause zu beten. Er erlaubte es ihm. Als er sich jedoch zum Gehen wandte, rief er ihn: ‚Hörst du den Ruf zum Gebet?‘ Er sagte: ‚Ja!‘ Er sagte: ‚Dann leiste (ihm) Folge!‘“</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Einmal kam ein blinder Mann zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, ich habe niemanden, der mir hilft und mich an der Hand zur Moschee zu den fünf Gebeten führt!“ Er wollte, dass der Prophet - Allahs Segen und Frieden auf ihm - es ihm erlaubt, nicht an den Gemeinschaftsgebeten teilnehmen zu müssen. Zunächst erlaubte er es ihm. Als er sich aber abwandte, rief er ihn noch einmal und sagte: „Hörst du den Gebetsruf?“ Er sagte: „Ja!“ Er sagte: „Dann leiste dem Rufer Folge durch das Gebet!“</t>
   </si>
@@ -14631,82 +14598,82 @@
   <si>
     <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
 مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
 عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
 صلاة الجماعة تنعقد باثنين فما فوق.
 بيان فضل الصف الأول، والترغيب في المبادرة إليه.
 فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
 الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
   </si>
   <si>
     <t>Es ist empfehlenswert, dass sich der Imam der Moschee nach dem Zustand der Betenden erkundigt und nach denen fragt, die abwesend sind.
 Die regelmäßige Teilnahme am Gemeinschaftsgebet, insbesondere an dem Nacht- und dem Morgengebet, ist ein Zeichen des Glaubens.
 Der große Lohn des Nacht- und Morgengebets liegt darin, dass man sich beim Kommen zu ihnen selbst überwinden und in der Gehorsamkeit standhaft bleiben muss. Daher ist ihr Lohn größer als der (Lohn) für andere Gebete.
 Das Gemeinschaftsgebet kommt mit zwei Personen oder mehr zustande.
 Die Darlegung des Vorzugs der ersten (Gebets)reihe und die Ermutigung, sich darum zu bemühen, sich ihr anzuschließen.
 Der Vorzug einer großen Gemeinschaft, denn je größer die Versammlung, desto größer der Lohn.
 Gute Taten unterscheiden sich im Vorzug je nach der Bevorzugung, die die islamische Gesetzgebung ihnen gibt, und den Umständen, die sie begleiten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/11306</t>
   </si>
   <si>
     <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
-    <t>Der Gesandte Allahs lehrte uns die die Ansprache für Anlässe ("Khutbah Al-Hajah")</t>
+    <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - lehrte uns die die Ansprache für Anlässe („Khutbah Al-Hajah“)</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wurde überliefert, dass er sagte: Der Gesandte Allahs lehrte uns die die Ansprache für Anlässe ("Khutbah Al-Hajah"): „Alles Lob gebührt Allah, bei Ihm suchen wir Beistand, Ihn bitten wir um Vergebung und bei Ihm suchen wir Zuflucht vor dem Schlechten in uns selbst. Wen Allah rechtleitet, den wird niemand in die Irre gehen lassen und wen Er in die Irre gehen lässt, der wird niemanden finden, der ihn rechtleitet. Und ich bezeuge, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad Sein Diener und Gesandter ist. ("Innal-Hamda lillah, nasta'inuh wa nastaghfiruh wa na'uthu bihi min Schururi Anfusina. Man yahdihi Allah, fa la Mudilla lah. Wa man yudlil fala Hadya lah. Wa aschhadu an laa ilaha illa Allah wa aschhadu anna Muhammadan 'Abduhu wa Rasuluh.")  
-[...2 lines deleted...]
-'O ihr, die ihr glaubt, fürchtet Allah und sprecht wahre Worte. Dann wird euch Allah eure Taten richten und euch eure Sünden vergeben. Und wer Allah und Seinem Gesandten gehorcht, der hat einen gewaltigen Erfolg erzielt.'“ [Al-Ahzab: 70-71]</t>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wurde überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - lehrte uns die die Ansprache für Anlässe („Khutbah Al-Hajah“): ‚Alles Lob gebührt Allah, bei Ihm suchen wir Beistand, Ihn bitten wir um Vergebung und bei Ihm suchen wir Zuflucht vor dem Schlechten in uns selbst. Wen Allah rechtleitet, den wird niemand in die Irre gehen lassen und wen Er in die Irre gehen lässt, der wird niemanden finden, der ihn rechtleitet. Und ich bezeuge, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad Sein Diener und Gesandter ist. (‚Innal-Hamda lillah, nasta'inuh wa nastaghfiruh wa na'uthu bihi min Schururi Anfusina. Man yahdihi Allah, fa la Mudilla lah. Wa man yudlil fala Hadya lah. Wa aschhadu an laa ilaha illa Allah wa aschhadu anna Muhammadan 'Abduhu wa Rasuluh.‘)‘
+‚O ihr Menschen, fürchtet euren Herren, Der euch aus einer einzigen Seele erschuf und aus ihr ihren Ehepartner erschaffen hat und aus ihnen beiden viele Männer und Frauen hervorgebracht hat. Und fürchtet Den, in Dessen Namen ihr euch gegenseitig bittet und die Verwandtschaftsbande. Gewiss Allah beobachtet euch genau.‘ [An-Nisa:1]
+‚O ihr, die ihr glaubt, fürchtet Allah so wie es sich gebührt und sterbt nicht als etwas anderes denn als Muslime.‘ [Al-'Imran:102]
+‚O ihr, die ihr glaubt, fürchtet Allah und sprecht wahre Worte. Dann wird euch Allah eure Taten richten und euch eure Sünden vergeben. Und wer Allah und Seinem Gesandten gehorcht, der hat einen gewaltigen Erfolg erzielt.‘“ [Al-Ahzab: 70-71]</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
-    <t>Ibn Mas'ud - möge Allah mit ihm zufrieden sein - berichtet, dass der Prophet - Allahs Segen und Frieden auf ihm - ihnen die „Khutbah Al-Hajah“ lehrte, die Rede, die zu Beginn einer Ansprache und vor der Darlegung ihrer Bedürfnisse gehalten wird, wie bei der Hochzeitsrede, der Freitagspredigt und anderen. Und diese Rede enthält großartige Bedeutungen, u. a. die Darlegung, dass Allah alle Arten von Lob verdient, die Bitte um Hilfe von Ihm allein, ohne Partner, das Bedecken und Vergeben von Sünden, und die Zuflucht zu Ihm vor allem Übel, dem Übel der Seele und dem Übel anderer.
+    <t>Ibn Mas'ud - möge Allah mit ihm zufrieden sein - berichtet, dass der Prophet - Allahs Segen und Frieden auf ihm - ihnen die „Khutbah Al-Hajah“ lehrte, die Ansprache, die zu Beginn einer Predigt und vor Anlässen aufgesagt wird, wie bei der Hochzeitsrede, der Freitagspredigt und anderen. Diese Ansprache enthält großartige Bedeutungen, u. a. die Darlegung, dass Allah alle Arten von Lob verdient, die Bitte um Hilfe von Ihm allein, der keinen Teilhaber hat, das Bedecken und Vergeben von Sünden, und die Zufluchtssuche bei Ihm vor allem Übel, dem Übel der Seele und dem Übel anderer.
 Dann informierte der Prophet - Allahs Segen und Frieden auf ihm -, dass die Rechtleitung in der Hand Allahs liegt. Wen Er rechtleitet, den kann niemand in die Irre führen, und wen Er in die Irre gehen lässt, den kann niemand rechtleiten.
-Dann erwähnte er die Bezeugung des Monotheismus, dass es keinen Gott gibt, der rechtmäßig angebetet werden darf, außer Allah, und die Bezeugung des Prophetentums, dass Muhammad der Diener Allahs und Sein Gesandter ist.
+Dann erwähnte er die Bezeugung des Tauhid, dass es keinen Gott gibt, der zu Recht angebetet werden darf, außer Allah, und die Bezeugung des Prophetentums, dass Muhammad der Diener Allahs und Sein Gesandter ist.
 Er schloss diese Rede mit diesen drei Versen ab, die den Befehl enthalten, Allah - majestätisch und erhaben ist Er - zu fürchten, indem man Seine Befehle ausführt und Seine Verbote meidet, um Allahs Angesicht anzustreben, und dass der Lohn für denjenigen, der dies tut, die Rechtschaffenheit der Taten und Worte, die Sühne für schlechte Taten, die Vergebung von Sünden, ein gutes Leben im Diesseits und der Erfolg durch das Paradies am Tag der Auferstehung sein wird.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Die Empfehlung, Hochzeitsreden, Freitagspredigten und andere Reden mit dieser Ansprache zu eröffnen.
-Die Rede sollte Lobpreisungen, die beiden Glaubensbekenntnisse und einige Verse aus dem Quran enthalten.
+Die Ansprache sollte Lobpreisungen, die beiden Glaubensbekenntnisse und einige Verse aus dem Quran enthalten.
 Der Prophet - Allahs Segen und Frieden auf ihm - lehrte seinen Gefährten, was sie für ihre Religion benötigen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/58060</t>
   </si>
   <si>
     <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>„Es gibt keine Ehe ohne einen Vormund (Wali).“</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Von Abu Musa - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Es gibt keine Ehe ohne einen Vormund (Wali).“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass die Ehe einer Frau nur gültig ist, wenn ein Vormund den Ehevertrag abschließt.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
@@ -14888,57 +14855,57 @@
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Der Gehorsam gegenüber den Herrschern ist verpflichtend, solange es nicht Ungehorsam gegenüber Allah - mächtig und majestätisch ist Er - ist.
 Hierin ist eine strenge Warnung für denjenigen, der sich der Gehorsamkeit gegenüber dem Führer entzieht und sich von der Gemeinschaft der Muslime trennt. Wenn er in diesem Zustand stirbt, stirbt er auf dem Weg der Leute der Jahiliyyah.
 In dem Hadith ist ein Verbot des Kampfs aufgrund einer Stammeszugehörigkeit.
 Es ist verpflichtend, die Abmachungen einzuhalten.
 In der Gehorsamkeit und der Zugehörigkeit zur Gemeinschaft liegen viel Gutes, Sicherheit, Ruhe und das Wohl der Zustände.
 Das Verbot, den Zuständen der Menschen aus der Jahiliyyah nachzuahmen.
 Der Befehl, sich an die Gemeinschaft der Muslime zu halten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/58218</t>
   </si>
   <si>
     <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
-    <t>„Wer (auch immer) zu euch kommt, während alle eure Angelegenheiten unter einer einzigen Person stehen, und er beabsichtigt, eure Einheit zu spalten oder eure Gemeinschaft zu zerschlagen, dann tötet ihn.“</t>
+    <t>‚Wer (auch immer) zu euch kommt, während alle eure Angelegenheiten unter einer einzigen Person stehen, und er beabsichtigt, eure Einheit zu spalten oder eure Gemeinschaft zu zerschlagen, dann tötet ihn.‘“</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
-    <t>Von 'Arfajah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „Wer (auch immer) zu euch kommt, während alle eure Angelegenheiten unter einer einzigen Person stehen, und er beabsichtigt, eure Einheit zu spalten oder eure Gemeinschaft zu zerschlagen, dann tötet ihn.“</t>
+    <t>Von 'Arfajah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Wer (auch immer) zu euch kommt, während alle eure Angelegenheiten unter einer einzigen Person stehen, und er beabsichtigt, eure Einheit zu spalten oder eure Gemeinschaft zu zerschlagen, dann tötet ihn.‘“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass, wenn die Muslime sich unter einem einzigen Herrscher und einer einzigen Gemeinschaft vereinen und jemand kommt, der versucht, die Autorität des Herrschers anzufechten oder die Muslime in mehrere Gruppen zu spalten, es ihre Pflicht ist, ihn daran zu hindern und gegen ihn zu kämpfen, um sein Übel abzuwenden und das Blut der Muslime zu schützen.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Es ist verpflichtend, dem Herrscher der Muslime in allem Gehorsam zu leisten, solange es nicht im Ungehorsam (gegenüber Allah) ist, und es ist verboten, sich gegen ihn zu erheben.
 Wer sich gegen den Führer der Muslime und ihre Gemeinschaft erhebt, der muss unabhängig von seiner Stellung oder seinem Stammbaum bekämpft werden.
 Die Aufforderung zur Einheit und zur Vermeidung der Spaltung und der Meinungsverschiedenheit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/58223</t>
   </si>
   <si>
     <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
   </si>
   <si>
     <t>„Haltet euch von dieser Abscheulichkeit fern, die Allah verboten hat. Und wer davon betroffen wurde, soll sich mit dem Schleier Allahs bedecken und zu Allah reuig zurückkehren. Denn derjenige, der uns sein (verborgenes) Gesicht offenbart, über ihn führen wir das Buch Allahs - mächtig und majestätisch ist Er - aus.“</t>
@@ -15013,51 +14980,51 @@
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
     <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/58259</t>
   </si>
   <si>
     <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>„Wer einen Schutzbefohlenen tötet, wird den Duft des Paradieses nicht riechen, und wahrlich sein Duft ist bereits aus einer Distanz von vierzig Jahren wahrnehmbar.“</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wer einen Schutzbefohlenen tötet, wird den Duft des Paradieses nicht riechen, und wahrlich sein Duft ist bereits aus einer Distanz von vierzig Jahren wahrnehmbar.“</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - weist auf die strenge Warnung hin, dass jemand, der einen Schutzbefohlenen tötet - und dieser ist jemand von den Ungläubigen, der mit einem Schutz- und Sicherheitsabkommen in das Land des Islams eingetreten ist -, den Duft des Paradieses nicht riechen wird, obwohl der Duft bereits aus einer Entfernung von vierzig Jahren wahrnehmbar ist.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - weist auf die strenge Warnung hin, dass jemand, der einen Schutzbefohlenen tötet - und dieser ist jemand von den Ungläubigen, der mit einem Schutz- und Sicherheitsabkommen das Land des Islams betreten hat -, den Duft des Paradieses nicht riechen wird, obwohl der Duft bereits aus einer Entfernung von vierzig Jahren wahrnehmbar ist.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Das Töten eines „Mu'ahad“ (denjenigen, mit dem ein Vertrag abgeschlossen wurde) , eines „Dhimmis“ (den nicht-muslimischen Bürger unter islamischer Herrschaft) oder eines „Musta'man“ (denjenigen, dem Schutz gewährt wurde) von den Ungläubigen ist verboten und zählt zu den großen Sünden.
 Der Mu’ahad: Er ist derjenige, der von den Ungläubigen ist und mit dem ein Vertrag abgeschlossen wurde. Er lebt in seinem Land, und weder kämpft er gegen die Muslime noch wird er von ihnen bekämpft. 
 Der Dhimmi: Er ist derjenige, der in einem muslimischen Land lebt und die Kopfsteuer (Jizyah) bezahlt. 
 Der Musta'man: Er ist derjenige, der in das Land der Muslime für eine bestimmte Zeit mit einem Vertrag und in Sicherheit eingetreten ist.
 Die Warnung vor dem Brechen der Abmachungen mit Nicht-Muslimen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/64637</t>
   </si>
   <si>
     <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>den Verzehr aller Raubtiere, die Fangzähne haben, und aller Vögel, die Krallen haben, verbot</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
@@ -15336,79 +15303,79 @@
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Die Sunnah muss genauso wie der Quran geehrt werden und man muss danach handeln.
 Dem Gesandten zu gehorchen bedeutet Allah zu gehorchen und sich ihm zu widersetzen bedeutet sich Allah - erhaben ist Er - zu widersetzen.
 Die Bestätigung für die Beweiskraft der Sunnah und die Widerlegung derjenigen, die die Sunnah ablehnen und leugnen.
 Wer sich von der Sunnah abwendet und behauptet, sich auf den Quran zu beschränken, wendet sich tatsächlich von beiden ab und lügt in seiner Behauptung, dem Quran zu folgen.
 Zu den Beweisen für sein - Allahs Segen und Frieden auf ihm - Prophetentum gehört, dass er berichtet, das etwas in der Zukunft geschehen wird und es ist so geschehen, wie er berichtete.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65005</t>
   </si>
   <si>
     <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
-    <t>O Gesandter Allahs, ich habe nichts Großes und nichts Kleines ausgelassen, ohne es zu begehen!‘ Er sagte: ‚Bezeugst du denn nicht, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!‘</t>
+    <t>O Gesandter Allahs, ich habe nichts Großes und nichts Kleines ausgelassen, ohne es zu begehen!‘ Er sagte: ‚Bezeugst du denn nicht, dass es keinen zu Recht angebeteten Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!‘</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
-    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, ich habe nichts Großes und nichts Kleines ausgelassen, ohne es zu begehen!‘ Er sagte: ‚Bezeugst du denn nicht, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!‘ Er wiederholte es dreimal. Er sagte: ‚Ja!‘ Er sagte: ‚Dies überwiegt das andere!‘“</t>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, ich habe nichts Großes und nichts Kleines ausgelassen, ohne es zu begehen!‘ Er sagte: ‚Bezeugst du denn nicht, dass es keinen zu Recht angebeteten Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!‘ Er wiederholte es dreimal. Er sagte: ‚Ja!‘ Er sagte: ‚Dies überwiegt das andere!‘“</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
-    <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, ich habe alle Sünden und Fehltritte begangen und es gibt keine kleine und keine große Sünde, die ich nicht begangen habe... Wird mir vergeben werden?“ Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Bezeugst du denn nicht, dass es keinen anbetungswürdigen Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!“ Das wiederholte er dreimal. Darauf antwortete er ihm: „Ja, ich bezeuge es!“ Da berichtete ihm der Prophet - Allahs Segen und Frieden auf ihm - vom Vorzug der zwei Glaubensbekenntnisse, dass es die schlechten Taten auslöscht und dass die Reue alles aufhebt, was davor geschah.</t>
+    <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, ich habe alle Sünden und Fehltritte begangen und es gibt keine kleine und keine große Sünde, die ich nicht begangen habe... Wird mir vergeben werden?“ Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Bezeugst du denn nicht, dass es keinen zu Recht angebeteten Gott außer Allah gibt und dass Muhammad der Gesandte Allahs ist?!“ Das wiederholte er dreimal. Darauf antwortete er ihm: „Ja, ich bezeuge es!“ Da berichtete ihm der Prophet - Allahs Segen und Frieden auf ihm - vom Vorzug der zwei Glaubensbekenntnisse, dass sie die schlechten Taten auslöschen und dass die Reue alles aufhebt, was davor geschah.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Die Gewaltigkeit der zwei Glaubensbekenntnisse und dass sie alle Sünden überwiegen, für denjenigen, der sie aufrichtig aus dem Herzen sagt.
 Der Islam löscht alles (an Sünden), was davor war.
-Eine aufrichtige Reue löscht alles, was davor war.
+Eine aufrichtige Reue löscht alles (an Sünden), was davor war.
 Es gehört zu den Lehren des Propheten - Allahs Segen und Frieden auf ihm - Dinge mehrmals zu wiederholen, wenn er jemandem etwas beibringt.
 Der Vorzug der beiden Glaubensbekenntnisse und dass sie ein Grund für die Errettung vor dem ewigen Verbleib im Feuer sind.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65006</t>
   </si>
   <si>
     <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Das Recht Allahs Seinen Dienern gegenüber ist, dass sie Ihm dienen und Ihm nichts beigesellen und das Recht der Diener Allah gegenüber ist, dass Er denjenigen, der Ihm nichts beigesellt, nicht bestraft!</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Von Mu'adh - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Eines Tages saß ich hinter dem Propheten - Allahs Segen und Frieden auf ihm - auf einem Esel, der 'Ufayr hieß. Da sagte er mir: ‚O Mu'adh, weißt du, was das Recht Allahs Seinen Dienern gegenüber und was das Recht der Diener gegenüber Allah ist?‘ Ich sagte: ‚Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚Das Recht Allahs Seinen Dienern gegenüber ist, dass sie Ihm dienen und Ihm nichts beigesellen und das Recht der Diener Allah gegenüber ist, dass Er denjenigen, der Ihm nichts beigesellt, nicht bestraft!‘ Da sagte ich: ‚O Gesandter Allahs, soll ich den Menschen denn nicht diese frohe Botschaft verkünden?!‘ Er sagte: ‚Verkünde sie ihnen nicht, denn dann verlassen sie sich darauf!‘“</t>
   </si>
   <si>
@@ -15454,73 +15421,73 @@
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Ein Mann fragte den Propheten - Allahs Segen und Frieden auf ihm -, was die beiden Eigenschaften sind, die zur Konsequenz haben, dass man ins Paradies eintritt oder dass man ins Höllenfeuer kommt. Er - Allahs Segen und Frieden auf ihm - antwortete ihm, dass die Eigenschaft, dessen Konsequenz der Eintritt ins Paradies ist, ist, dass man stirbt und Allah allein angebetet und Ihm nichts beigesellt hat. Und dass die Eigenschaft, die zur Konsequenz hat, dass man ins Höllenfeuer kommt, ist, dass man stirbt und Allah einen Partner beigesellt und Ihm etwas gleichgestellt hat in Seiner Göttlichkeit (Uluhiyyah), Seiner Herrschaft (Rububiyyah) und Seinen Namen und Eigenschaften.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Der Vorzug des „Tauhid“ (d. h. der reine islamische Eingottglauben/Monotheismus) und dass derjenige, der als Gläubiger stirbt und Allah nichts beigesellt, ins Paradies eintritt.
 Die Gefahr des „Schirk“ (d. h. Allah etwas beizugesellen) und dass derjenige, der Allah etwas beigesellt, in die Hölle kommt.
 Die Sünder unter den Anhängern des Tauhid unterliegen dem Willen Allahs; wenn Er will, bestraft Er sie, und wenn Er will, vergibt Er ihnen. Am Ende kommen sie jedoch alle ins Paradies.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65008</t>
   </si>
   <si>
     <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
-    <t>Er hat kein einziges Mal gesagt: ›Mein Herr, vergib mir meine Sünde am Tag der Abrechnung!‹‘“</t>
+    <t>Er hat an keinem Tag gesagt: ›Mein Herr, vergib mir meine Sünde am Tag der Abrechnung!‹‘“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
-    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich sagte: ‚O Gesandter Allahs, Ibn Jud'an pflegt in der Jahiliyyah - d. h. in der Zeit der Unwissenheit vor dem Islam - die Verwandtschaftsbande zu pflegen und die Armen zu speisen. Nützt ihm das etwas?‘ Er sagte: ‚Das nützt ihm nichts! Er hat kein einziges Mal gesagt: ›Mein Herr, vergib mir meine Sünde am Tag der Abrechnung!‹‘“</t>
+    <t>Von 'Aischah - möge Allah mit ihr zufrieden sein - wird überliefert, dass sie sagte: „Ich sagte: ‚O Gesandter Allahs, Ibn Jud'an pflegt in der Jahiliyyah - d. h. in der Zeit der Unwissenheit vor dem Islam - die Verwandtschaftsbande zu pflegen und die Armen zu speisen. Nützt ihm das etwas?‘ Er sagte: ‚Das nützt ihm nichts! Er hat an keinem Tag gesagt: ›Mein Herr, vergib mir meine Sünde am Tag der Abrechnung!‹‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet von 'Abdullah Ibn Jud'an, der vor dem Islam zu den Anführern (des Stammes) der Quraysch zählte. Zu dessen guten Taten gehörte, dass er den Kontakt zu seinen Verwandten pflegte und sie gut behandelte, (dass er) die Armen speiste und andere lobenswerte Dinge, zu denen der Islam aufruft, ausführte. Diese Taten werden ihm jedoch nicht im Jenseits nützen, da er nicht an Allah glaubte und niemals sagte: „Mein Herr vergib mir meine Sünden am Tag der Abrechnung!“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet von 'Abdullah Ibn Jud'an, der vor dem Islam zu den Anführern (des Stammes) der Quraysch zählte. Zu dessen guten Taten gehörte, dass er den Kontakt zu seinen Verwandten pflegte und sie gut behandelte, die Armen speiste und andere lobenswerte Dinge, zu denen der Islam aufruft, ausführte. Diese Taten werden ihm jedoch nicht im Jenseits nützen, da er nicht an Allah glaubte und niemals sagte: „Mein Herr vergib mir meine Sünden am Tag der Abrechnung!“</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
-    <t>Der Vorzug des Glaubens und dass er eine Bedingung für die Akzeptanz der Taten ist wird verdeutlicht.
+    <t>Der Vorzugs des Glaubens und dass er eine Bedingung für die Akzeptanz der Taten ist wird verdeutlicht.
 Das Übel des Unglaubens und dass er die guten Taten zunichte macht wird verdeutlicht.
 Den Ungläubigen werden ihre Taten im Jenseits nichts nützen, da sie nicht an Allah und den Jüngsten Tag glaubten.
 Die (guten) Taten, die eine Person vor dem Islam ausgeführt hat, werden ihr gutgeschrieben und sie wird dafür belohnt, wenn sie den Islam annimmt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65009</t>
   </si>
   <si>
     <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>‚Wisst ihr, was euer Herr sagt?‘ Sie sagten: ‚Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚Unter Meinen Dienern gibt es die, die als Gläubige den Morgen erlebt haben und (es gibt unter ihnen) Ungläubige!</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Von Zayd Ibn Khalid Al-Juhani - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - betete für uns nach einem Regenschauer, der in der Nacht niedergekommen war, das Morgengebet in Al-Hudaybiyyah vor. Als er sich zum Gehen wandte, drehte er sich zu den Leuten und sagte: ‚Wisst ihr, was euer Herr sagt?‘ Sie sagten: ‚Allah und Sein Gesandter wissen es am besten!‘ Er sagte: ‚Unter Meinen Dienern gibt es die, die als Gläubige den Morgen erlebt haben und (es gibt unter ihnen) Ungläubige! Wer gesagt hat: ›Der Regen ist auf uns durch die Gunst Allahs und durch Seine Barmherzigkeit hinabgekommen!‹, der glaubt an Mich und nicht an die Sterne! Wer jedoch gesagt hat: ›... durch den Untergang des Sternes Soundso‹, glaubt nicht an Mich, sondern an die Sterne!‘“</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
@@ -15530,111 +15497,111 @@
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - betete das Morgengebet in Al-Hudaybiyyah, einem Dorf in der Nähe von Makkah, nachdem es in der Nacht geregnet hatte. Nachdem er „As-Salamu 'alaykum“ gesagt und das Gebet beendet hatte, wandte er sich mit seinem Gesicht den Leuten zu und fragte sie: „Wisst ihr, was euer Herr - mächtig und majestätisch ist Er - gesagt hat?“ Sie antworteten ihm:  „Allah und Sein Gesandter wissen es am besten!“ Da sagt er: „Allah - erhaben ist Er - verdeutlichte, dass die Menschen sich in zwei Gruppen spalten, wenn es regnet: Eine Gruppe glaubt an Allah - erhaben ist Er - und eine Gruppe glaubt nicht an Allah - erhaben ist Er -. Wer gesagt hat: „Der Regen ist auf uns durch die Gunst Allahs und durch Seine Barmherzigkeit hinabgekommen!“ und das Hinablassen des Regens Allah - erhaben ist Er - zuschrieb, der glaubt an Allah, den Schöpfer, Der über das Universum verfügt, und glaubt nicht an die Sterne. Und wer gesagt hat: „Der Regen kam wegen des Sternes Soundso auf uns hinab“, der glaubt nicht an Allah, sondern an die Sterne. Das Hinabkommen des Regens den Sternen zuzuschreiben ist kleiner Unglaube (Kufr Asghar) und Allah bestimmte die Sterne weder zu gesetzlichen noch zu vorherbestimmten Ursachen für Regen. Wer jedoch das Hinabkommen des Regens selbst und andere Naturphänomene den Bewegungen der Sterne, wenn sie auf- und untergehen, zuschreibt und daran glaubt, dass diese Dinge der tatsächliche Verursacher sind, der hat großen Unglauben (Kufr Akbar) begangen.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Es ist empfohlen, nach dem Regen zu sagen: „Der Regen ist auf uns durch die Gunst Allahs und durch Seine Barmherzigkeit hinabgekommen!“
 Wer die Gunst des Regenfalls und dergleichen den Sternen zuschreibt, im Glauben, dass sie die tatsächlichen Schöpfer und Verursacher davon seien, der ist durch großen Unglauben ungläubig geworden. Schreibt man ihnen jedoch nur zu, eine Ursache zu sein, hat man kleinen Unglauben begangen, da diese Dinge weder gesetzlicher noch wirklicher Grund (für Regen) sind.
 Eine Gunst kann der Grund für den Unglauben sein, wenn man undankbar ist, und für den Glauben, wenn man dankbar ist.
 Es ist verboten zu sagen: „Der Regen ist auf uns hinabgekommen wegen dem Auf-/Untergehen des Sternes Soundso“, selbst wenn man damit nur die Zeit (des Auf-/Untergehens) meint, um den Weg zum Schirk zu versperren.
 Die Pflicht, sein Herz an Allah - erhaben ist Er - zu binden, wenn es darum geht, einen Nutzen zu erlangen oder einen Schaden abzuwehren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65010</t>
   </si>
   <si>
     <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
-    <t>Wir finden in unseren Seelen Dinge, von denen wir so entsetzt sind, dass wir sie gar nicht aussprechen können!‘ Er sagte: ‚Ist das wirklich so, dass ihr solche Dinge findet?‘ Sie sagten: ‚Ja!‘ Er sagte: ‚Das ist der wahre Glaube!‘“</t>
+    <t>Wir finden in unseren Seelen Dinge vor, von denen wir so entsetzt sind, dass wir sie gar nicht aussprechen können!‘ Er sagte: ‚Ist das wirklich so, dass ihr solche Dinge vorfindet?‘ Sie sagten: ‚Ja!‘ Er sagte: ‚Das ist der deutliche/wahre Glaube!‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Einige Leute von den Gefährten des Propheten - Allahs Segen und Frieden auf ihm - kamen (zu ihm) und fragten ihn: ‚Wir finden in unseren Seelen Dinge, von denen wir so entsetzt sind, dass wir sie gar nicht aussprechen können!‘ Er sagte: ‚Ist das wirklich so, dass ihr solche Dinge findet?‘ Sie sagten: ‚Ja!‘ Er sagte: ‚Das ist der wahre Glaube!‘“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Einige Leute von den Gefährten des Propheten - Allahs Segen und Frieden auf ihm - kamen (zu ihm) und fragten ihn: ‚Wir finden in unseren Seelen Dinge vor, von denen wir so entsetzt sind, dass wir sie gar nicht aussprechen können!‘ Er sagte: ‚Ist das wirklich so, dass ihr solche Dinge vorfindet?‘ Sie sagten: ‚Ja!‘ Er sagte: ‚Das ist der deutliche/wahre Glaube!‘“</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
-    <t>Eine Gruppe der Gefährten des Propheten - Allahs Segen und Frieden auf ihm - kam zu ihm und fragte ihn nach bestimmten schwerwiegenden Dingen, die sie in ihren Seelen fanden und für so schrecklich hielten und sich so sehr von ihnen abgestoßen fühlten, dass sie sie nicht einmal auszusprechen wagten. Darauf sagte er - Segen und Frieden auf ihm -: „Das, was ihr da entdeckt habt, ist der wahre Glaube und die Gewissheit, die euch dazu bringt, die Dinge, die der Schaytan in euer Herz wirft, abzulehnen und sogar davor zurückzuschrecken und es für unmöglich zu halten, sie auch nur auszusprechen. Der Schaytan hat also keine Kontrolle über eure Herzen, im Gegensatz zu demjenigen, über dessen Herzen er Kontrolle erlangt hat, sodass er nichts findet, was ihn davon abhält.“</t>
+    <t>Eine Gruppe der Gefährten des Propheten - Allahs Segen und Frieden auf ihm - kam zu ihm und fragte ihn nach bestimmten schwerwiegenden Dingen, die sie in ihren Seelen vorfanden und für so schrecklich hielten und sich so sehr von ihnen abgestoßen fühlten, dass sie sie nicht einmal auszusprechen wagten. Darauf sagte er - Segen und Frieden auf ihm -: „Das, was ihr da entdeckt habt, ist der deutliche/wahre Glaube und die deutliche/wahre Gewissheit, die euch dazu bringen, die Dinge, die der Schaytan in euer Herz wirft, abzulehnen und sogar davor zurückzuschrecken und es für unmöglich zu halten, sie auch nur auszusprechen. Der Schaytan hat also keine Kontrolle über eure Herzen, im Gegensatz zu demjenigen, über dessen Herzen er Kontrolle erlangt hat, sodass er nichts findet, was ihn davon abhält.“</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Die Darlegung, dass der Schaytan schwach gegenüber den Anhängern des Glaubens ist, da er (ihnen) nichts tun kann, außer (ihnen) zuzuflüstern.
 Dinge, die einem in der Seele eingeflüstert werden, sollen nicht für wahr gehalten werden und es soll ihnen nicht nachgegeben werden, da sie vom Schaytan kommen.
 Die Einflüsterungen des Schaytan schaden einem Gläubigen nicht; er soll nur bei Allah Zuflucht vor seinen Einflüsterungen suchen und sich ihnen nicht hingeben.
 Ein Muslim sollte nicht schweigen, wenn ihm eine religiöse Angelegenheit unklar ist. Vielmehr sollte danach gefragt werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65011</t>
   </si>
   <si>
     <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
-    <t>Gelobt sei Allah, Der seine List darauf beschränkt hat, einem etwas einzuflüstern!‘“</t>
+    <t>Gelobt sei Allah, Der seine List auf die Einflüsterung beschränkt hat!‘“</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
-    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, jemand von uns findet etwas in sich - und er deutet die Sache an - bei dem es ihm lieber wäre, ein Häuflein Asche zu sein, als es auszusprechen!‘ Da sagte er: ‚Allah ist der Größte, Allah ist der Größte (Allahu Akbar, Allahu Akbar)! Gelobt sei Allah, Der seine List darauf beschränkt hat, einem etwas einzuflüstern!‘“</t>
+    <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: ‚O Gesandter Allahs, jemand von uns findet etwas in sich vor - und er deutet die Sache an - bei dem es ihm lieber wäre, ein Häuflein Asche zu sein, als es auszusprechen!‘ Da sagte er: ‚Allah ist der Größte, Allah ist der Größte (Allahu Akbar, Allahu Akbar)! Gelobt sei Allah, Der seine List auf die Einflüsterung beschränkt hat!‘“</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
-    <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, man findet in sich etwas, das sich in der Seele aufdrängt, aber darüber zu sprechen ist eine sehr große Sache. So groß, dass es einem lieber wäre, zu Asche zu zerfallen, als es auszusprechen!“ Darauf sagte der Gesandte - Allahs Segen und Frieden auf ihm - zweimal „Allah ist der Größte (Allahu Akbar)“ und lobte Allah dafür, dass Er die List des Schaytan darauf reduziert hat, einem etwas einzuflüstern.</t>
+    <t>Ein Mann kam zum Propheten - Allahs Segen und Frieden auf ihm - und sagte: „O Gesandter Allahs, man findet in sich etwas vor, das sich in der Seele aufdrängt, aber darüber zu sprechen ist eine sehr große Sache. So groß, dass es einem lieber wäre, zu Asche zu zerfallen, als es auszusprechen!“ Darauf sagte der Gesandte - Allahs Segen und Frieden auf ihm - zweimal „Allah ist der Größte (Allahu Akbar)“ und lobte Allah dafür, dass Er die List des Schaytan lediglich auf die Einflüsterung beschränkt hat.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Die Darlegung, dass der Schaytan den Gläubigen mit seinen Einflüsterungen auflauert, um sie vom Glauben zum Unglauben zu führen.
-Die Darelgung, dass der Schaytan den Anhängern des Glaubens gegenüber schwach ist, da er nichts vermag, außer (ihnen) einzuflüstern.
+Die Darlegung, dass der Schaytan den Anhängern des Glaubens gegenüber schwach ist, da er nichts vermag, außer (ihnen) einzuflüstern.
 Der Gläubige muss sich von den Einflüsterungen des Schaytan abwenden und sie abwehren.
-Die Gesetzlichkeit des Takbir bei einer Sache, die einen begeistert, wundert oder dergleichen.
+Es  ist vorgeschrieben, den Takbir bei einer Sache, die einen begeistert, wundert oder dergleichen, auszusprechen.
 Die Vorschrift, dass der Muslim einen Wissenden über das fragen soll, was ihm unklar ist.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65012</t>
   </si>
   <si>
     <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>‚Der Schaytan kommt zu einem von euch und sagt: ›Wer hat das erschaffen? Wer hat das erschaffen?‹ Bis er schließlich sagt: ›Wer hat deinen Herrn erschaffen?‹ Kommt man da an, soll man Zuflucht bei Allah suchen und dies (sofort) lassen!‘“</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Schaytan kommt zu einem von euch und sagt: ›Wer hat das erschaffen? Wer hat das erschaffen?‹ Bis er schließlich sagt: ›Wer hat deinen Herrn erschaffen?‹ Kommt man da an, soll man Zuflucht bei Allah suchen und dies (sofort) lassen!‘“</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
@@ -15647,107 +15614,109 @@
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - berichtet über das wirksamste Mittel bei den Fragen, die der Schaytan einem Gläubigen einflüstert. Wenn der Schaytan sagt: „Wer hat das erschaffen? Wer hat das erschaffen? Wer hat den Himmel erschaffen? Wer hat die Erde erschaffen?“, so antwortet ihm der Gläubige entsprechend der Religion, der natürlichen Veranlagung und dem Verstand: „Allah!“ Der Schaytan bleibt jedoch nicht an dieser Stelle stehen, sondern macht weiter, bis er schließlich sagt: „Wer hat deinen Herrn erschaffen?“ In diesem Moment wehrt der Gläubige diese Einflüsterung durch drei Dinge ab:
 (1.) durch den Glauben an Allah,
 (2.) indem man bei Allah Zuflucht vor dem Schaytan sucht
 (3.) und indem man aufhört, sich der Einflüsterung weiter hinzugeben.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Man soll sich von den Einflüsterungen des Schaytans und seinen Ideen abwenden, nicht darüber nachdenken und sich an Allah - erhaben ist Er - wenden, um sie loszuwerden.
 Jede Einflüsterung, die im Herzen des Menschen ist und der islamischen Gesetzgebung widerspricht, ist vom Schaytan.
 Das Verbot, über das Wesen Allahs nachzudenken, und der Ansporn dazu, über Seine Geschöpfe und Seine Zeichen nachzusinnen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65013</t>
   </si>
   <si>
     <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
-    <t>Es gibt sechs Arten von Taten und vier Arten von Menschen. Davon gibt es zwei Konsequenzen und Taten, die eins zu eins vergolten werden, und gute Taten, die zehnfach belohnt werden und andere, die siebenhundertfach belohnt werden</t>
+    <t>Es gibt sechs Arten von Taten und vier Arten von Menschen. Davon gibt es zwei Konsequenzen,  Taten, die eins zu eins vergolten werden, gute Taten, die zehnfach belohnt werden und andere, die siebenhundertfach belohnt werden</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
-    <t>Von Juraym Ibn Fatik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es gibt sechs Arten von Taten und vier Arten von Menschen. Davon gibt es zwei Konsequenzen und Taten, die eins zu eins vergolten werden, und gute Taten, die zehnfach belohnt werden und andere, die siebenhundertfach belohnt werden.
-Die beiden Konsequenzen sind: Wer stirbt, ohne Allah etwas beigesellt zu haben, kommt ins Paradies und wer stirbt und Allah etwas beigesellt hat, kommt ins Höllenfeuer. Die Taten, die eins zu eins vergolten werden, sind: Wer beabsichtigt, eine gute Tat zu vollbringen, sodass er es im Herzen fühlt und Allah es von ihm weiß, dem wird eine gute Tat gutgeschrieben und wer eine schlechte Tat begeht, dem wird eine schlechte Tat zur Last geschrieben. Wer eine gute Tat tatsächlich begeht, dem wird sie zehnfach vergolten. Und wer etwas von seinem Vermögen auf dem Weg Allahs ausgibt, dem wird es siebenhundertfach vergolten. Was die Arten der Menschen betrifft, so gibt es den, dem im Diesseits viel und im Jenseits wenig gegeben wird, den, dem im Diesseits wenig und im Jenseits viel gegeben wird, den, dem im Dies- und Jenseits wenig gegeben wird und den, dem im Dies- und Jenseits viel gegeben wird.‘“</t>
+    <t>Von Juraym Ibn Fatik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Es gibt sechs Arten von Taten und vier Arten von Menschen. Davon gibt es zwei Konsequenzen,  Taten, die eins zu eins vergolten werden, gute Taten, die zehnfach belohnt werden und andere, die siebenhundertfach belohnt werden.
+Was die beiden Konsequenzen angeht, so sind sie: Wer stirbt, ohne Allah etwas beigesellt zu haben, kommt ins Paradies und wer stirbt und Allah etwas beigesellt hat, kommt ins Höllenfeuer. 
+Was die Taten, die eins zu eins vergolten werden, angeht, so sind sie: Wer beabsichtigt, eine gute Tat zu vollbringen, sodass er es im Herzen fühlt und Allah es von ihm weiß, dem wird eine gute Tat gutgeschrieben und wer eine schlechte Tat begeht, dem wird eine schlechte Tat zur Last geschrieben. Wer eine gute Tat tatsächlich begeht, dem wird sie zehnfach vergolten. Und wer etwas von seinem Vermögen auf dem Weg Allahs ausgibt, dem wird es siebenhundertfach vergolten. 
+Was die Arten der Menschen angeht, so gibt es den, dem im Diesseits viel und im Jenseits wenig gegeben wird, den, dem im Diesseits wenig und im Jenseits viel gegeben wird, den, dem im Dies- und Jenseits wenig gegeben wird und den, dem im Dies- und Jenseits viel gegeben wird.‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
   </si>
   <si>
     <t>Der Prophet berichtet, dass es sechs Arten von Taten und vier Kategorien von Menschen gibt. Die sechs Arten von Taten sind:
 Erstens: Wer stirbt und Allah nichts beigesellt, dem ist das Paradies vorgeschrieben.
 Zweitens: Wer stirbt und Allah etwas beigesellt hat, dem ist das Höllenfeuer auf ewig vorgeschrieben.
 Diese beiden Dinge sind die beiden Konsequenzen.
 Drittens: Die gute Tat, die man nur beabsichtigt hat. Wer beabsichtigt eine gute Tat zu vollbringen und aufrichtig in seiner Absicht war, sodass man es im Herzen fühlt und Allah weiß, dass man diese Absicht tatsächlich hatte, dann jedoch etwas geschieht, sodass man nicht dazu imstande ist, diese gute Tat zu vollbringen, dem wird dafür eine vollständige gute Tat gutgeschrieben.
 Viertens: Die schlechte Tat, die tatsächlich begangen wurde. Wer eine schlechte Tat begeht, dem wird dafür eine einzige schlechte Tat zu Lasten geschrieben.
-Das sind die beiden, die eins zu eins vergolten und nicht vervielfacht werden.
+Das sind die Taten, die eins zu eins vergolten und nicht vervielfacht werden.
 Fünftens: Die gute Tat, die belohnt wird, wie zehn gute Taten derselben Art. Das wird erhalten, wenn eine gute Tat beabsichtigt und tatsächlich vollbracht wird. In diesem Fall wird sie einem zehnfach gutgeschrieben.
-Sechstens: Die gute Tat, die wie siebenhundert gute Taten ist. Das ist, wenn man einmal etwas von seinem Vermögen für Allah ausgibt. In diesem Fall wird einem diese gute Tat wie siebenhundert gute Taten gutgeschrieben. Das ist die Gunst Allahs - segensreich und erhaben ist Er - und Seine Großzügigkeit gegenüber Seinen Dienern.
+Sechstens: Die gute Tat, die wie siebenhundert gute Taten ist. Das ist, wenn man eine Sache von seinem Vermögen für Allah ausgibt. In diesem Fall wird einem diese gute Tat wie siebenhundert gute Taten gutgeschrieben. Das ist die Gunst Allahs - segensreich und erhaben ist Er - und Seine Großzügigkeit gegenüber Seinen Dienern.
 Die vier Kategorien der Menschen sind:
 Die erste: Derjenige, der im Diesseits reichlich versorgt ist, darin genießt und das vorfindet, was er sich wünscht; im Jenseits hingegen wird er eingeengt und endet im Höllenfeuer. Das ist der reiche Ungläubige.
 Die zweite: Derjenige, der im Diesseits nur wenig hat, im Jenseits geht es ihm jedoch gut und er endet im Paradies. Das ist der arme Gläubige.
 Die dritte: Derjenige, dem es im Dies- und Jenseits schlecht geht. Das ist der arme Ungläubige.
 Die vierte: Derjenige, dem es im Dies- und Jenseits gut geht. Das ist der reiche Gläubige.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Die Gunst Allahs - erhaben ist Er - Seinen Dienern gegenüber ist gewaltig, und Er vervielfacht die guten Taten.
-Allah ist gerecht und großzügig, da Er uns bei den schlechten Taten mit Gerechtigkeit behandelt und die schlechte Tat nur einfach vergilt.
+Allah ist gerecht und großzügig, da Er uns bei den schlechten Taten mit Gerechtigkeit behandelt und die schlechte Tat nur einmal vergilt.
 Der Schirk ist schwerwiegend, da es zum Ausschluss aus dem Paradies führt.
 Die Darlegung des Vorzugs, auf dem Wege Allahs zu spenden/auszugeben.
 Der Lohn dafür, etwas auf dem Wege Allah auszugeben, beginnt mit dem siebenhundertfachen Lohn, da es hilft, das Wort Allahs zu erhöhen.
-Die Erklärung der Kategorien der Menschen und ihre Unterschiede.
+Die Erklärung der Kategorien der Menschen und ihrer Unterschiede.
 Im Diesseits kann es sowohl dem Gläubigen als auch dem Ungläubigen gut gehen. Im Jenseits hingegen wird es nur dem Gläubigen gut gehen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65014</t>
   </si>
   <si>
     <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>Allah tut einem Gläubigen in Bezug auf (seine) gute Tat kein Unrecht. Ihm wird dafür im Diesseits gegeben und im Jenseits wird er dafür belohnt werden</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah tut einem Gläubigen in Bezug auf (seine) gute Tat kein Unrecht. Ihm wird dafür im Diesseits gegeben und im Jenseits wird er dafür belohnt werden. Was den Ungläubigen betrifft, so wird er die Belohnung für die guten Taten erhalten, die er nicht um Allahs willen in dieser Welt vollbracht hat, und wenn er ins Jenseits kommt, wird es keine gute Tat geben, für die er belohnt werden kann.‘“</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht die gewaltige Gunst Allahs gegenüber den Gläubigen und Seine Gerechtigkeit gegenüber den Ungläubigen. Was den Gläubigen betrifft, so wird die Belohnung für seine guten Taten nicht gemindert; vielmehr werden ihm im Diesseits gute Taten für seinen Gehorsam zuteil, zusammen mit der Belohnung, die im Jenseits für ihn bereitgehalten wird. Manchmal kann der ganze Lohn für ihn im Jenseits aufbewahrt werden. Dem Ungläubigen hingegen gibt Allah den Lohn der guten Taten, die er ausgeführt hat, durch gute Dinge im Diesseits. Wenn er schließlich ins Jenseits kommt, gibt es nichts, für das er noch belohnt werden könnte, da die gute Tat, die sowohl im Dies- als auch im Jenseits nützt, nur von Gläubigen vollbracht werden kann.</t>
   </si>
@@ -15870,173 +15839,173 @@
     <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>Das Gleichnis eines Heuchlers ist das Gleichnis eines Schafes, das nicht weiß, zu welcher Herde es gehört; mal folgt es dieser, mal jener!“</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Von Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - wird über den Propheten - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Das Gleichnis eines Heuchlers ist das Gleichnis eines Schafes, das nicht weiß, zu welcher Herde es gehört; mal folgt es dieser, mal jener!“</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, den Zustand des Heuchlers und dass er einem Schaf, das sich nicht entscheiden kann und nicht weiß, welcher von zwei Schafsherden es folgen soll, gleicht: Mal geht es zu dieser Herde und ein anderes mal zu der anderen. Genauso sind sie zwischen Glauben und Unglauben hin- und hergerissen; weder sind sie innerlich und äußerlich auf der Seite der Gläubigen, noch sind sie innerlich und äußerlich auf der Seite der Ungläubigen. Vielmehr ist ihr Äußeres mit den Gläubigen und ihr Inneres ist im Zweifel und Zögern. Mal neigen sie zu diesen und mal zu den anderen.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
-    <t>Zu den Lehren des Propheten - Allahs Segen und Frieden auf ihm - gehört, Gleichnisse aufzustellen, um die Bedeutungen (einer Sache) zu verdeutlichen.
+    <t>Zu den Lehren des Propheten - Allahs Segen und Frieden auf ihm - gehört, Gleichnisse aufzustellen, um die Bedeutungen (einer Sache) nahezubringen.
 Es wird dargelegt, dass die Heuchler sich ständig im Zustand des Zögerns und Zweifelns befinden und keinen festen Standpunkt haben.
 Die Warnung vor dem Zustand der Heuchler und der Ansporn zur Wahrhaftigkeit und Entschlossenheit im Glauben, sowohl äußerlich als auch innerlich.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65019</t>
   </si>
   <si>
     <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>bittet Allah darum, den Glauben in euren Herzen zu erneuern!</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der Glaube wird im Inneren abgenutzt, genau wie das abgetragene Gewand abgenutzt wird; also bittet Allah darum, den Glauben in euren Herzen zu erneuern!‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass der Glaube im Herzen eines Muslims abgetragen und schwächer wird, genau wie ein neues Kleidungsstück, das mit längerer Zeit abgenutzt wird. Das ist der Grund für den Verlust der Motivation in den Gottesdiensten oder für das Begehen von Sünden und das Versinken in Gelüsten. Daher lehrt uns der Prophet - Allahs Segen und Frieden auf ihm -, Allah - erhaben ist Er - zu bitten, unseren Glauben zu erneuern, indem wir unsere Pflichten erfüllen und Ihm viel gedenken und Ihn um Vergebung bitten.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Der Ansporn dazu, Allah darum zu bitten, einen zu festigen und den Glauben im Herzen zu erneuern.
 Der Glaube besteht aus Worten, Taten und Glaubenslehren und nimmt durch Gehorsam zu und durch Ungehorsam ab.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65020</t>
   </si>
   <si>
     <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
-    <t>,,Zu den Vorzeichen des Jüngsten Tages gehört, dass das Wissen genommen wird, die Unwissenheit sich ausbreitet, die Unzucht sich vermehrt, der Alkoholkonsum sich vermehrt und es wird wenig Männer und viele Frauen geben, sodass es für fünfzig Frauen nur einen Mann gibt, der sich um sie kümmert.“</t>
+    <t>,Zu den Vorzeichen des Jüngsten Tages gehört, dass das Wissen genommen wird, die Unwissenheit sich ausbreitet, die Unzucht sich vermehrt, der Alkoholkonsum sich vermehrt und es wird wenig Männer und viele Frauen geben, sodass es für fünfzig Frauen nur einen Mann gibt, der sich um sie kümmert.‘“</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
-    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich werde euch etwas berichten, das ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - gehört habe und das euch niemand außer mir berichten kann: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ,,Zu den Vorzeichen des Jüngsten Tages gehört, dass das Wissen genommen wird, die Unwissenheit sich ausbreitet, die Unzucht sich vermehrt, der Alkoholkonsum sich vermehrt und es wird wenig Männer und viele Frauen geben, sodass es für fünfzig Frauen nur einen Mann gibt, der sich um sie kümmert.“</t>
+    <t>Von Anas - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich werde euch etwas berichten, das ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - gehört habe und das euch niemand außer mir berichten kann: Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ,Zu den Vorzeichen des Jüngsten Tages gehört, dass das Wissen genommen wird, die Unwissenheit sich ausbreitet, die Unzucht sich vermehrt, der Alkoholkonsum sich vermehrt und es wird wenig Männer und viele Frauen geben, sodass es für fünfzig Frauen nur einen Mann gibt, der sich um sie kümmert.‘“</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass zu den Zeichen der nahenden Stunde des Jüngsten Tages gehört, dass das Wissen über die islamische Gesetzgebung verloren geht, indem die Gelehrten sterben. Daraus resultiert, dass sich die Unwissenheit mehrt und ausbreitet, Unzucht und andere verwerfliche Taten sich verbreiten und der Alkoholkonsum zunimmt. Die Zahl der Männer nimmt ab und die der Frauen nimmt zu, bis schließlich auf fünfzig Frauen nur ein Mann kommt, der sich um ihre Angelegenheiten kümmert und sich um ihr Wohl sorgt.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Die Verdeutlichung einiger Zeichen des Jüngsten Tages.
 Das Wissen über den Zeitpunkt, an dem die Stunde (des Jüngsten Gerichts) eintreten wird, gehört zu den verborgenen Dingen, die Allah für Sich behalten hat.
 Der Ansporn dazu, das islamisch-gesetzliche Wissen zu erlernen, bevor es verloren geht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65021</t>
   </si>
   <si>
     <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
-    <t>Die Stunde wird nicht kommen, bis ein Mann am Grab eines anderen Mannes vorbeigeht und sagt: „Ich wünschte, ich wäre an seiner Stelle.“</t>
+    <t>„Die Stunde wird nicht kommen, bis ein Mann am Grab eines anderen Mannes vorbeigeht und sagt: ‚Ich wünschte, ich wäre an seiner Stelle.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: Die Stunde wird nicht kommen, bis ein Mann am Grab eines anderen Mannes vorbeigeht und sagt: „Ich wünschte, ich wäre an seiner Stelle.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Die Stunde wird nicht kommen, bis ein Mann am Grab eines anderen Mannes vorbeigeht und sagt: ‚Ich wünschte, ich wäre an seiner Stelle.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat uns berichtet, dass die Stunde nicht kommen wird, bis ein Mann am Grab vorbeigeht und sich wünscht, er wäre an der Stelle des Toten. Der Grund dafür ist seine Angst um sich selbst, dass sein Glaube aufgrund der Übermacht des Falschen und seiner Anhänger verloren gehen könnte, und aufgrund des Auftretens von Versuchungen, Sünden und verwerflichen Dingen.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Der Hinweis auf das Auftreten von Sünden und Versuchungen in der Endzeit.
 Die Ermahnung, Vorsicht walten zu lassen und sich auf den Tod durch Glauben und rechtschaffene Taten vorzubereiten, sowie sich von Orten der Versuchungen und Heimsuchungen fernzuhalten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65022</t>
   </si>
   <si>
     <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>„Die Stunde wird nicht eintreffen, bis ihr gegen die Juden kämpfen werdet, bis ein Stein, hinter dem sich ein Jude versteckt, sagen wird: ‚O Muslim, hinter mir ist ein Jude, so töte ihn!‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird über Gesandten Allahs - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Die Stunde wird nicht eintreffen, bis ihr gegen die Juden kämpfen werdet, bis ein Stein, hinter dem sich ein Jude versteckt, sagen wird: ‚O Muslim, hinter mir ist ein Jude, so töte ihn!‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass die Stunde nicht eintreffen wird, bis die Muslime gegen die Juden kämpfen werden und bis Allah den Stein, hinter dem ein Jude geflohen ist, um sich vor den Muslimen zu verbergen, zu den Muslimen sprechen und zu ihnen rufen wird, dass hinter ihm ein Jude ist, damit sie kommen und ihn töten.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass die Stunde nicht eintreffen wird, bis die Muslime gegen die Juden kämpfen werden und bis Allah den Stein, hinter den ein Jude geflohen ist, um sich vor den Muslimen zu verbergen, zu den Muslimen sprechen und zu ihnen rufen wird, dass hinter ihm ein Jude ist, damit sie kommen und ihn töten.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt hier einige verborgene Dinge und Ereignisse der Zukunft mit, so wie Allah - erhaben ist Er - es ihm offenbart hat. Und es wird unausweichlich eintreffen.
 Es wird in der Endzeit einen Krieg zwischen den Muslimen und den Juden geben, und das ist eines der Zeichen der Stunde.
 Der Islam wird bis zum Tag der Auferstehung weiter bestehen und er steht über allen anderen Religionen.
 Allah verhilft den Muslimen zum Sieg gegen ihre Feinde. Dazu gehört, dass Er in der Endzeit einen Stein sprechen lässt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65023</t>
   </si>
   <si>
     <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>‚Bei Dem, in Dessen Hand meine Seele ist, wahrlich, der Sohn Maryams wird bald als gerechter Richter unter euch herabsteigen. Er wird das Kreuz brechen, das Schwein töten, die Jizyah abschaffen, und der Reichtum wird überfließen, bis niemand ihn mehr annehmen wird.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
@@ -16085,57 +16054,57 @@
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - teilt mit, dass es zu den großen Zeichen der Stunde des Jüngsten Gerichts gehört, dass die Sonne aus dem Westen statt aus dem Osten aufgeht. Wenn die Menschen das sehen, werden sie alle glauben. Dann nützen dem Ungläubigen jedoch weder sein Glauben noch (nützen ihm) gute Taten oder Reue. Im Anschluss berichtet der Prophet - Allahs Segen und Frieden auf ihm -, dass die Stunde des Jüngsten Tages plötzlich einbricht, sodass sie eintritt, während die Menschen in ihren (gewöhnlichen) Zuständen und mit den Angelegenheiten ihres Leben beschäftigt sind. Daher wird die Stunde eintreffen, während ein Verkäufer und Käufer zwischen sich einen Stoff ausbreiten, jedoch werden sie weder ihren Kauf abschließen können noch wird der Stoff wieder eingerollt werden. Und die Stunde wird eintreffen, während ein Mann die Milch seiner Kamelstute, die er gemolken hat, davon trägt, er wird sie jedoch nicht trinken können. Und die Stunde wird eintreffen, während ein Mann seine Viehtränke repariert und mit Lehm ausbessert, er wird jedoch nicht daraus tränken können. Und die Stunde wird eintreffen, während ein Mann einen Bissen von seinem Essen an seinen Mund führt, um ihn zu verspeisen, er wird ihn jedoch nicht essen können.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Der Islam und die Reue werden angenommen, solange die Sonne nicht aus dem Westen aufgeht.
 Der Ansporn, sich auf die Stunde mit Glauben und guten Taten vorzubereiten, da sie plötzlich eintreffen wird.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65026</t>
   </si>
   <si>
     <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
-    <t>„Die Stunde wird nicht kommen, bis die Zeit sich zusammenzieht</t>
+    <t>‚Die Stunde wird nicht kommen, bis die Zeit sich zusammenzieht</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Die Stunde wird nicht kommen, bis die Zeit sich zusammenzieht, so dass das Jahr wie ein Monat sein wird, und der Monat wie eine Woche, und die Woche wie ein Tag, und der Tag wie eine Stunde, und die Stunde wie das Verbrennen eines Palmblattes.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Stunde wird nicht kommen, bis die Zeit sich zusammenzieht, sodass das Jahr wie ein Monat sein wird, und der Monat wie eine Woche, und die Woche wie ein Tag, und der Tag wie eine Stunde, und die Stunde wie das Verbrennen eines Palmblattes.‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat uns berichtet, dass eines der Zeichen der Stunde die Beschleunigung der Zeit ist. So wird ein Jahr so schnell vergehen wie ein Monat, und der Monat so schnell wie eine Woche, und die Woche so schnell wie ein Tag, und der Tag so schnell wie eine Stunde, und eine Stunde so schnell wie das Verbrennen eines Palmblattes.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Eines der Zeichen der Stunde ist das Entfernen des Segens aus der Zeit oder ihre Beschleunigung.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65027</t>
   </si>
   <si>
     <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
@@ -16201,129 +16170,129 @@
     <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>‚Ich bin an meinem Becken, um zu sehen, wer von euch zu mir kommt. Einige Leute werden jedoch von mir weggerissen werden. Da werde ich sagen: ›O mein Herr, sie gehören zu mir und zu meiner Gemeinschaft!‹</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Von Asma Bint Abi Bakr - möge Allah mit ihr und ihrem Vater zufrieden sein - wird überliefert, dass sie sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Ich bin an meinem Becken, um zu sehen, wer von euch zu mir kommt. Einige Leute werden jedoch von mir weggerissen werden. Da werde ich sagen: ›O mein Herr, sie gehören zu mir und zu meiner Gemeinschaft!‹ Da wird gesagt werden: ›Weißt du, was sie nach dir gemacht haben?! Bei Allah, sie haben nicht lange verweilt und auf dem Absatz kehrt gemacht!‹'“</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass er am Tag der Auferstehung an seinem Becken sein wird, um zu sehen, wer von seiner Gemeinschaft zu seinem Becken kommen wird. Einige Leute werden jedoch von seiner - Segen und Frieden auf ihm - Nähe entrissen. Da sagt er: „O mein Herr, sie gehören zu mir und zu meiner Gemeinschaft!“ Darauf wird gesagt werden: „Weißt du, was sie gemacht haben, nachdem sie dich verlassen haben? Bei Allah, sie haben sich abgewandt und ihrer Religion ihren Rücken gekehrt. Daher gehören sie nicht zu dir und auch nicht zu deiner Gemeinschaft!“</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
-    <t>Die Barmherzigkeit des Propheten - Allahs Segen und Frieden auf ihm - und seine Besorgnis um sie.
+    <t>Die Barmherzigkeit des Propheten - Allahs Segen und Frieden auf ihm - mit seiner Gemeinschaft und seine Besorgnis um sie.
 Die Gefahr, dem zuwiderzuhandeln, worauf sich der Prophet - Allahs Segen und Frieden auf ihm - befand.
 Der Ansporn dazu, an der Sunnah des Propheten - Allahs Segen und Frieden auf ihm - festzuhalten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65031</t>
   </si>
   <si>
     <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Bei Dem, in Dessen Hand die Seele Muhammads liegt, seine Trinkgefäße sind mehr als die Sterne und Planeten am Himmel</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Von Abu Dharr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich sagte: ‚O Gesandter Allahs, was sind die Trinkgefäße des Beckens?‘ Er sagte: ‚Bei Dem, in Dessen Hand die Seele Muhammads liegt, seine Trinkgefäße sind mehr als die Sterne und Planeten am Himmel in einer finsteren, klaren Nacht! Es sind Gefäße aus dem Paradies. Wer daraus trinkt, wird bis zum Ende seiner Tage nie wieder Durst verspüren! Rinnen aus dem Paradies fließen darin. Wer aus ihm trinkt, wird keinen Durst mehr haben. Seine Breite entspricht seiner Länge und entspricht der Strecke zwischen Amman und Aylah. Sein Wasser ist weißer als Milch und süßer als Honig.‘“</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - schwört, dass die Gefäße seines Beckens am Tag der Auferstehung mehr sein werden als die Anzahl der Sterne und Planeten am Himmel. Und dies in einer finsteren, mondlosen Nacht, denn in einer Mondnacht sind die Sterne nicht klar sichtbar, da das Mondlicht sie verdeckt. Und in einer wolkenlosen Nacht, da die Wolken ebenfalls das Sehen der Sterne verhindern können. Und er schwört, dass es Gefäße des Paradieses sind. Wer vom Trank in ihnen trinkt, wird nie mehr Durst verspüren; und es wird das letzte Mal sein, dass derjenige, der aus ihnen trinkt, von Durst befallen sein wird. Und er schwört, dass Rinnen aus dem Paradies in sein Becken fließen. Und seine Breite ist wie seine Länge.] D. h. alle Seiten des Beckens sind gleich lang. Seine Länge beträgt die Entfernung zwischen Amman, einer Stadt in der Balqa-Region in der Levante, und Aylah, einer bekannten Stadt im Süden der Levante. Das Wasser des Beckens ist weißer als Milch und schmeckt süßer als Honig.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - schwört, dass die Gefäße seines Beckens am Tag der Auferstehung mehr sein werden als die Anzahl der Sterne und Planeten am Himmel. Und dies in einer finsteren, mondlosen Nacht, denn in einer Mondnacht sind die Sterne nicht klar sichtbar, da das Mondlicht sie verdeckt, und in einer wolkenlosen Nacht, da die Wolken ebenfalls das Sehen der Sterne verhindern können. Und er schwört, dass es Gefäße des Paradieses sind. Wer vom Trank in ihnen trinkt, wird nie mehr Durst verspüren; und es wird das letzte Mal sein, dass derjenige, der aus ihnen trinkt, von Durst befallen sein wird. Und er schwört, dass Rinnen aus dem Paradies in sein Becken fließen. Und seine Breite ist wie seine Länge. D. h. alle Seiten des Beckens sind gleich lang. Seine Länge beträgt die Entfernung zwischen Amman, einer Stadt in der Balqa-Region in der Levante, und Aylah, einer bekannten Stadt im Süden der Levante. Das Wasser des Beckens ist weißer als Milch und schmeckt süßer als Honig.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Die Bestätigung des Becken des Propheten - Allahs Segen und Frieden auf ihm - und der Genüsse, die damit verbunden sind.
 Die Gewaltigkeit des Beckens wird beschrieben sowie seine Länge und Breite und die Anzahl seiner Trinkgefäße.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65032</t>
   </si>
   <si>
     <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>Allah wird am Tag der Auferstehung einen Mann aus meiner Gemeinde vor allen Menschen aussuchen</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Allah wird am Tag der Auferstehung einen Mann aus meiner Gemeinde vor allen Menschen aussuchen und vor ihm neunundneunzig Schriftrollen ausbreiten, von denen jede so lang ist, wie das Auge reicht. Dann wird gesagt: ›Streitest du irgendetwas davon ab? Haben dir Meine Engel, die Ich beauftragt habe, die Taten niederzuschreiben und auf euch Acht zu geben, Unrecht getan?‹ Da sagte er: ›Nein, mein Herr!‹ Darauf sagt Er: ›Hast du irgendeine Entschuldigung?‹ Da sagt er: ›Nein, mein Herr!‹ Da sagt Er: ›Doch, du hast bei Uns eine gute Tat, die dir gutgeschrieben wird! Kein Unrecht wird dir heute getan werden!‹ Daraufhin wird eine Karte hervorgebracht, auf der steht: ›Ich bezeuge, dass es keinen Gott außer Allah gibt und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist.‹ Dann sagt Er: ›Bring das, was du für dich in die Waage legen willst!‹ Da sagt er: ›Mein Herr, diese Karte mit all diesen Schriftrollen?!‹ Da sagte Er: ›Dir wird wahrlich kein Unrecht getan werden!‹ Also werden die Schriftrollen in eine Waagschale und die Karte in die andere gelegt, woraufhin die Schriftrollen nach oben fahren und die Karte schwer nach unten sinkt. So hat dem Namen Allahs gegenüber nichts Gewicht!‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah am Tag der Auferstehung einen Mann von seiner Gemeinschaft vor der gesamten Schöpfung auserwählt, damit er gerufen wird, um mit ihm abzurechnen. Daraufhin werden ihm neunundneunzig Schriftrollen präsentiert, in denen seine schlechten Taten niedergeschrieben sind, die er im Diesseits zu begehen pflegte. Jede dieser Schriftrollen ist so lang, wie das Auge reicht. Dann sagt Allah - mächtig und majestätisch ist Er - zu diesem Mann: „Streitest du irgendetwas von den Dingen ab, die in diesen Schriftrollen niedergeschrieben sind? Haben dir Meine Engel, die Ich beauftragte, dich zu schützen und deine Taten aufzuzeichnen, Unrecht getan?“ Daraufhin sagt der Mann: „Nein, mein Herr!“ Dann sagt Allah - mächtig und majestätisch ist Er -: „Hast du irgendeine Entschuldigung, mit der du dich für die Taten, die du im Diesseits begangen hast, entschuldigen kannst? Indem du z. B. belegst, dass es aus Unaufmerksamkeit, Irrtum oder Unwissenheit geschehen ist?“ Da sagt der Mann: „Nein, mein Herr, ich habe keine Entschuldigung!“ Da sagt Allah - mächtig und majestätisch ist Er -: „Doch, du hast bei Uns eine gute Tat vorzubringen! Und es wird dir heute kein Unrecht getan werden!“ Er sagt: „Daraufhin wird eine Karte hervorgebracht, auf der steht: ‚Ich bezeuge, dass es keinen Gott außer Allah gibt und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist!‘“ Dann sagt Allah - mächtig und majestätisch ist Er - zu diesem Mann: „Hol deine Waage!“ Da sagt der Mann verwundert: „Mein Herr, was kann denn diese Karte schon gegenüber all diesen Schriftrollen wiegen?!“ Da sagt Allah - mächtig und majestätisch ist Er -: „Es wird dir kein Unrecht geschehen!“ Er sagt: „Daraufhin werden die Schriftrollen in eine Waagschale gelegt und die Karte in die andere. Da wird die Waagschale mit den Schriftrollen die leichtere und die mit der Karte die schwerere sein. Also vergibt Allah ihm.“</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtet, dass Allah am Tag der Auferstehung einen Mann von seiner Gemeinschaft vor der gesamten Schöpfung auserwählt, damit er gerufen wird, um mit ihm abzurechnen. Daraufhin werden ihm neunundneunzig Schriftrollen präsentiert, in denen seine schlechten Taten niedergeschrieben sind, die er im Diesseits zu begehen pflegte. Jede dieser Schriftrollen ist so lang, wie das Auge reicht. Dann sagt Allah - mächtig und majestätisch ist Er - zu diesem Mann: „Streitest du irgendetwas von den Dingen ab, die in diesen Schriftrollen niedergeschrieben sind? Haben dir Meine Engel, die Ich beauftragte, dich zu schützen und deine Taten aufzuzeichnen, Unrecht getan?“ Daraufhin sagt der Mann: „Nein, mein Herr!“ Dann sagt Allah - mächtig und majestätisch ist Er -: „Hast du irgendeine Entschuldigung, mit der du dich für die Taten, die du im Diesseits begangen hast, entschuldigen kannst? Indem du z. B. belegst, dass es aus Unaufmerksamkeit, Irrtum oder Unwissenheit geschehen ist?“ Da sagt der Mann: „Nein, mein Herr, ich habe keine Entschuldigung!“ Da sagt Allah - mächtig und majestätisch ist Er -: „Doch, du hast bei Uns eine gute Tat vorzubringen! Und es wird dir heute kein Unrecht getan werden!“ Er sagt: „Daraufhin wird eine Karte hervorgebracht, auf der steht: ‚Ich bezeuge, dass es keinen zu Recht angebeteten Gott außer Allah gibt und ich bezeuge, dass Muhammad Sein Diener und Gesandter ist!‘“ Dann sagt Allah - mächtig und majestätisch ist Er - zu diesem Mann: „Hol deine Waage!“ Da sagt der Mann verwundert: „Mein Herr, was kann denn diese Karte schon gegenüber all diesen Schriftrollen wiegen?!“ Da sagt Allah - mächtig und majestätisch ist Er -: „Es wird dir kein Unrecht geschehen!“ Er sagt: „Daraufhin werden die Schriftrollen in eine Waagschale gelegt und die Karte in die andere. Da wird die Waagschale mit den Schriftrollen die leichtere und die mit der Karte die schwerere sein. Also vergibt Allah ihm.“</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
-    <t>De Gewaltigkeit des Worts, das den „Tauhid“ ausdrückt - „La Ilaha illa Allah“ (Es gibt keinen anbetungswürdigen Gott außer Allah) - und ihr schweres Gewicht in der Waage.
-Es reicht nicht einfach nur „La Ilaha illa Allah“ zu sagen. Vielmehr muss man auch wissen, was es bedeutet und nach dem handeln, was daraus resultiert.
+    <t>De Gewaltigkeit des Worts, das den „Tauhid“ ausdrückt - „La Ilaha illa Allah“ (Es gibt keinen zu Recht angebeteten Gott außer Allah) - und ihr schweres Gewicht in der Waage.
+Es reicht nicht einfach nur „La Ilaha illa Allah“ zu sagen. Vielmehr muss man auch wissen, was es bedeutet und nach dem handeln, was es erfordert.
 Die Aufrichtigkeit und ein starker Tauhid sind ein Grund für die Vergebung der Sünden.
 Der Glaube unterscheidet sich entsprechend der Aufrichtigkeit, die man im Herzen trägt. Es kann also durchaus sein, dass Leute dieses Wort sagen und trotzdem entsprechend ihrer Sünden bestraft werden.</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65033</t>
   </si>
   <si>
     <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>Als Allah das Paradies und das Feuer erschuf, sandte er Jibril - Frieden sei auf ihm -</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird über den Gesandten Allahs - Allahs Segen und Frieden auf ihm - überliefert, dass er sagte: „Als Allah das Paradies und das Feuer erschuf, sandte er Jibril - Frieden sei auf ihm - zum Paradies und sagte: ‚Schau es dir an und was Ich in ihm für seine Bewohner vorbereitet habe!‘ Also sah er es sich an, kehrte wieder zurück und sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, niemand, der von ihm hört, wird nicht darin hineingehen!‘ Da erließ Er den Befehl, es mit unangenehmen Dingen zu umgeben und sagte: ‚Geh und schaue es dir an und was Ich in ihm für seine Bewohner vorbereitet habe!‘ Also sah er es sich an, doch es war mit lauter unangenehmen Dingen umgeben. Er sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, ich fürchte, dass es niemand betreten wird!‘
 Er sagte: ‚Geh zum Feuer und schaue es dir an und was Ich in ihm für seine Bewohner vorbereitet habe!‘ Also sah er es sich an, wie es sich übereinander türmte. Da kehrte er zurück und sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, niemand würde je hineingehen!‘ Darauf erließ Er den Befehl, es mit Gelüsten zu umgeben. Er sagte: ‚Geh nochmal zurück und schaue es dir an!‘ Also sah er es sich erneut an, doch es war mit Gelüsten umgeben. Da kehrte er zurück und sagte: ‚(Ich schwöre) bei Deiner Erhabenheit, ich fürchte, dass niemand davor errettet wird, es zu betreten!‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
@@ -16503,209 +16472,209 @@
 Der Glaube daran, dass die Vorherbestimmung bereits vor der Erschaffung der Himmel und der Erde niedergeschrieben wurden, führt zur Zufriedenheit und Ergebung.
 Der Thron des Erbarmers befand sich vor der Erschaffung der Himmel und der Erde über dem Wasser.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65038</t>
   </si>
   <si>
     <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>›Alle Dinge sind vorherbestimmt, sogar die Unfähigkeit und die Geschicklichkeit oder die Geschicklichkeit und die Unfähigkeit!‹‘“</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Von Tawus wird überliefert, dass er sagte: „Ich habe Leute von den Gefährten des Gesandten Allahs - Allahs Segen und Frieden auf ihm - getroffen, die sagen, dass alle Dinge vorherbestimmt sind.“ Er sagte: „Ich hörte 'Abdullah Ibn 'Umar - möge Allah mit ihm und seinem Vater zufrieden sein - sagen: ‚Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ›Alle Dinge sind vorherbestimmt, sogar die Unfähigkeit und die Geschicklichkeit oder die Geschicklichkeit und die Unfähigkeit!‹‘“</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass alle Dinge vorherbestimmt sind, „sogar die Unfähigkeit“, was bedeutet, dass man Dinge, die getan werden müssen, unterlässt, sie hinauszögert und sie nicht zur rechten Zeit verrichtet; und dies betrifft sowohl die Angelegenheiten des Diesseits als auch die des Jenseits, „und sogar die Geschicklichkeit“, das bedeutet, in Angelegenheiten des Diesseits und Jenseits motiviert und geschickt zu sein. Allah - mächtig und majestätisch ist Er - hat die Unfähigkeit, die Geschicklichkeit und alle Dinge vorherbestimmt, und nichts geschieht in der Schöpfung, ohne dass Allah es nicht bereits zuvor gewusst und gewollt hätte.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - verdeutlicht, dass alle Dinge vorherbestimmt sind, „sogar die Unfähigkeit“, was bedeutet, dass man Dinge, die getan werden müssen, unterlässt, sie hinauszögert und sie nicht zur rechten Zeit verrichtet; und dies betrifft sowohl die Angelegenheiten des Diesseits als auch die des Jenseits, „und die Geschicklichkeit“, das bedeutet, in Angelegenheiten des Diesseits und Jenseits motiviert und geschickt zu sein. Allah - mächtig und majestätisch ist Er - hat die Unfähigkeit, die Geschicklichkeit und alle Dinge vorherbestimmt, und nichts geschieht in der Schöpfung, ohne dass Allah es nicht bereits zuvor gewusst und gewollt hätte.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Die Darlegung der Glaubenslehre der Prophetengefährten - möge Allah mit ihnen zufrieden sein - zur Vorherbestimmung („Al-Qadr“).
 Alle Dinge geschehen durch die Vorherbestimmung Allahs - selbst die Unfähigkeit und die Geschicklichkeit.
 Es wird aufgezeigt, wie gewissenhaft und vorsichtig die Gefährten des Propheten - möge Allah mit ihnen zufrieden sein -  bei der Überlieferung eines Hadiths vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - waren.
 Der Glaube an die gesamte Vorherbestimmung, an das Gute und Schlechte davon.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65039</t>
   </si>
   <si>
     <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>‚Wenn Allah für einen Diener bestimmt hat, an einem bestimmten Ort zu sterben, bestimmt Er ihm einen Anlass dazu (dorthin zu gehen).‘“</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Von Matr Ibn 'Ukamis - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn Allah für einen Diener bestimmt hat, an einem bestimmten Ort zu sterben, bestimmt Er ihm einen Anlass dazu (dorthin zu gehen).‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass Allah, wenn Er für jemanden einen Ort zum Sterben als Schicksal festgelegt und für ihn bestimmt hat, an dem er sich nicht befindet, lässt er es ihm notwendig erscheinen, dort hinzugehen und seine Seele wird dann dort genommen.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Dieser Hadith bestätigt die Worte Allahs - mächtig und majestätisch ist Er - : "[...] und keine Seele weiß wo sie stirbt [...]. " [Luqman:34]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65040</t>
   </si>
   <si>
     <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
-    <t>„Wer absichtlich Lügen über mich verbreitet, soll seinen Platz im Höllenfeuer einnehmen.“</t>
+    <t>‚Wer absichtlich Lügen über mich verbreitet, soll seinen Platz im Höllenfeuer einnehmen.‘“</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wer absichtlich Lügen über mich verbreitet, soll seinen Platz im Höllenfeuer einnehmen.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer absichtlich Lügen über mich verbreitet, soll seinen Platz im Höllenfeuer einnehmen.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hat klargestellt, dass jeder, der absichtlich Lügen über ihn verbreitet, indem er ihm Worte oder Taten fälschlicherweise zuschreibt, im Jenseits einen Platz im Feuer haben wird; als Strafe für seine Lügen über ihn.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Absichtliche und vorsätzliche Lügen über den Propheten - Allahs Segen und Frieden auf ihm - sind ein Grund, ins Feuer einzugehen.
 Das Lügen über den Propheten - Allahs Segen und Frieden auf ihm - ist nicht wie das Lügen über andere Menschen, aufgrund der enormen Schäden, die sich daraus für die Religion und das Diesseits ergeben können.
 Die Warnung davor, Hadithe zu verbreiten, bevor man ihre Authentizität und ihre korrekte Zuschreibung zum Propheten - Allahs Segen und Frieden auf ihm - überprüft und sich vergewissert hat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65043</t>
   </si>
   <si>
     <t>وأنا ضمام بن ثعلبة أخو بني سعد بن بكر</t>
   </si>
   <si>
-    <t>ich bin Daman Ibn Tha'labah der Bruder der Banu Sa'd Ibn Bakr.‘“</t>
+    <t>ich bin Damam Ibn Tha'labah, der Bruder der Banu Sa'd Ibn Bakr.‘“</t>
   </si>
   <si>
     <t>عن أَنَسَ بْنَ مَالِكٍ رضي الله عنه قال: بينما نحن جلوس مع النبي صلى الله عليه وسلم في المسجد دخل رجل على جمل، فأناخه في المسجد ثم عقله، ثم قال لهم: أيكم محمد؟ والنبي صلى الله عليه وسلم متكئ بين ظهرانيهم، فقلنا: هذا الرجل الأبيض المتكئ. فقال له الرجل: يا ابن عبد المطلب فقال له النبي صلى الله عليه وسلم: «قد أجبتك». فقال الرجل للنبي صلى الله عليه وسلم: إني سائلك فمشدد عليك في المسألة، فلا تجد علي في نفسك؟ فقال: «سل عما بدا لك» فقال: أسألك بربك ورب من قبلك، آلله أرسلك إلى الناس كلهم؟ فقال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن نصلي الصلوات الخمس في اليوم والليلة؟ قال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن نصوم هذا الشهر من السنة؟ قال: «اللهم نعم». قال: أنشدك بالله، آلله أمرك أن تأخذ هذه الصدقة من أغنيائنا فتقسمها على فقرائنا؟ فقال النبي صلى الله عليه وسلم: «اللهم نعم». فقال الرجل: آمنت بما جئت به، وأنا رسول من ورائي من قومي، وأنا ضمام بن ثعلبة أخو بني سعد بن بكر.</t>
   </si>
   <si>
-    <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Während wir zusammen mit dem Propheten - Allahs Segen und Frieden auf ihm - in der Moschee saßen, kam ein Mann auf einem Kamel herein. Er brachte es in der Moschee zum Sitzen und band es an. Dann sagte er: ‚Wer von euch ist Muhammad?‘ Der Prophet  - Allahs Segen und Frieden auf ihm - lag angelehnt zwischen uns. Da sagten wir: ‚Dieser weiße Mann, der dort angelehnt ist!‘ Da sagte der Mann zu ihm: ‚O Ibn 'Abdilmuttalib!‘ Darauf sagte der Prophet  - Allahs Segen und Frieden auf ihm -: ‚Ich antworte dir (auf deine Fragen)!‘ Da sagte der Mann zum Propheten  - Allahs Segen und Frieden auf ihm -: ‚Ich werde dich befragen und es dir in der Fragestellung erschweren. Du sollst deswegen nichts gegen mich in dir haben!‘ Er sagte: ‚Frage was du willst!" Da sagte er: ‚Ich frage dich bei deinem Herrn und dem Herrn derer vor dir: War es wirklich Allah, Der dich zur gesamten Menschheit entsandt hat?‘ Er sagte: ‚Bei Allah, ja!‘ Er sagte: ‚Ich bitte dich bei Allah: War es wirklich Allah, Der dir befohlen hat, dass wir die fünf Gebete am Tag und in der Nacht beten müssen?‘ Er sagte: ‚Bei Allah, ja!‘ Er sagte: ‚Ich bitte dich bei Allah: War es wirklich Allah, Der dir befohlen hat, dass wir diesen Monat im Jahr fasten müssen?‘ Er sagte: ‚Bei Allah, ja!‘ Er sagte: ‚Ich bitte dich bei Allah: War es wirklich Allah, Der dir befohlen hat, dass du diese Almosen von den Reichen unter uns nimmst und unter den Armen von uns verteilst?‘ Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: ‚Bei Allah, ja!‘ Da sagte der Mann: ‚Ich glaube an das, womit du entsandt wurdest und ich bin gesandt von meinem Volk, das ich hinter mir zurückgelassen habe und ich bin Daman Ibn Tha'labah der Bruder der Banu Sa'd Ibn Bakr.‘“</t>
+    <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Während wir zusammen mit dem Propheten - Allahs Segen und Frieden auf ihm - in der Moschee saßen, kam ein Mann auf einem Kamel herein. Er brachte es in der Moschee zum Sitzen und band es an. Dann sagte er: ‚Wer von euch ist Muhammad?‘ Der Prophet  - Allahs Segen und Frieden auf ihm - lag angelehnt zwischen uns. Da sagten wir: ‚Dieser weiße Mann, der dort angelehnt ist!‘ Da sagte der Mann zu ihm: ‚O Ibn 'Abdilmuttalib!‘ Darauf sagte der Prophet  - Allahs Segen und Frieden auf ihm -: ‚Ich antworte dir (auf deine Fragen)!‘ Da sagte der Mann zum Propheten  - Allahs Segen und Frieden auf ihm -: ‚Ich werde dich befragen und es dir in der Fragestellung erschweren. Du sollst deswegen nichts gegen mich in dir haben!‘ Er sagte: ‚Frage was du willst!" Da sagte er: ‚Ich frage dich bei deinem Herrn und dem Herrn derer vor dir: War es wirklich Allah, Der dich zur gesamten Menschheit entsandt hat?‘ Er sagte: ‚Bei Allah, ja!‘ Er sagte: ‚Ich bitte dich bei Allah: War es wirklich Allah, Der dir befohlen hat, dass wir die fünf Gebete am Tag und in der Nacht beten müssen?‘ Er sagte: ‚Bei Allah, ja!‘ Er sagte: ‚Ich bitte dich bei Allah: War es wirklich Allah, Der dir befohlen hat, dass wir diesen Monat im Jahr fasten müssen?‘ Er sagte: ‚Bei Allah, ja!‘ Er sagte: ‚Ich bitte dich bei Allah: War es wirklich Allah, Der dir befohlen hat, dass du diese Almosen von den Reichen unter uns nimmst und unter den Armen von uns verteilst?‘ Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: ‚Bei Allah, ja!‘ Da sagte der Mann: ‚Ich glaube an das, womit du entsandt wurdest und ich bin gesandt von meinem Volk, das ich hinter mir zurückgelassen habe und ich bin Damam Ibn Tha'labah, der Bruder der Banu Sa'd Ibn Bakr.‘“</t>
   </si>
   <si>
     <t>يخبر أنس بن مالك رضي الله عنه: بينما الصحابة جلوس مع النبي صلى الله عليه وسلم في المسجد إذ دخل رجل على جمل، فأبركَه ثم ربطَه، 
 ثمّ سألهم: أيُّكم محمد؟ 
 والنبي صلى الله عليه وسلم متكئ بين القوم، فقلنا: هذا الرَّجل الأبيض المتَّكئ، 
 فقال له الرَّجل: يا ابن عبد المطلب، 
 فقال له النبي صلى الله عليه وسلم: سمعتك، فسل أُجبْك. 
 فقال الرجل للنبي صلى الله عليه وسلم: إني سائلك فَمُشَدِّد عليك في المسألة، فلا تجد عليَّ في نفسك.
  أي: فلا تغضب عليَّ ولا يصبْك ضيق، 
 فقال: سل عَمّا تريد، 
 فقال: أسألك بِربِّك وربِّ مَن قبلك، آلله أرسلَك إلى الناس؟ 
 فقال: اللَّهم نعم، تأكيدًا لِصِدقه، 
 قال الرَّجل: أنشدك بالله، أي: أسألك بالله، آلله أمرَك أن نُصلِّي الصَّلوات الخمس في اليوم واللَّيلة؟ وهي الصَّلوات المفروضة، 
 قال: اللَّهم نعم، 
 قال: أنشدك بالله، آلله أمرَك أن نصوم هذا الشَّهر مِن السنة؟ أي: شهر رمضان، 
 قال: اللَّهم نعم، 
 قال: أنشدك بالله، آلله أمرك أن تأخذ هذه الصَّدقة مِن أغنيائنا فتقسمها على فقرائنا؟ وهي الزكاة، 
 فقال النبي صلى الله عليه وسلم: اللهم نعم، 
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
-    <t>Anas Ibn Malik - möge Allah mit ihm zufrieden sein - berichtet, dass als die Gefährten des Propheten gemeinsam mit dem Propheten - Allahs Segen und Frieden auf ihm - in der Moschee saßen, ein Mann auf einem Kamel hereinkam und es sich niedersetzen ließ und ihn anband. Dann fragte er sie: „Wer von euch ist Muhammad?“ Und der Prophet - Allahs Segen und Frieden auf ihm - saß angelehnt unter den Leuten. Da sagten wir: „Der weiße Mann, der dort angelehnt sitzt.“ Da sagte der Mann: „O Ibn 'Abdilmuttalib!“ Daraufhin sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Ich habe dich gehört. Frage und ich werde dir antworten!“ Der Mann sagte zum Propheten - Allahs Segen und Frieden auf ihm -: „Ich werde dich befragen und es dir in der Fragestellung erschweren. Du sollst deswegen nichts gegen mich in dir haben!“ D. h.: Du sollst dich nicht über mich ärgern oder dich dadurch gestört fühlen. Er sagte: „Frage was du willst!“ Er sagte: „Ich frage dich bei deinem Herrn und dem Herrn derer vor dir: War es wirklich Allah, Der dich zu allen Menschen entsandt hat?“ Da sagte er: „Bei Allah, ja!“, um damit seine Ehrlichkeit zu betonen. Der Mann sagte: „Ich bitte dich bei Allah - d. h. ich frage dich bei Allah - war es wirklich Allah, Der dir befohlen hat, dass wir die fünf Gebete zu Tag und zur Nacht beten müssen?“ Damit sind die Pflichtgebete gemeint. Er sagte: „Bei Allah, ja!“ Er sagte: „Ich bitte dich bei Allah, war es wirklich Allah, Der dir befohlen hat, dass wir diesen Monat im Jahr fasten müssen?“ D. h. der Monat Ramadan. Er sagte: „Bei Allah, ja!“ Er sagte: „Ich bitte dich bei Allah, war es wirklich Allah, Der dir befohlen hat, dass du diese Almosen von den Reichen unter uns nimmst und unter den Armen von uns verteilst?“ Damit ist die Zakah gemeint. Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Bei Allah, ja!“ Darauf nahm Damam den Islam an und sagte dem Propheten - Allahs Segen und Frieden auf ihm -, dass er sein Volk zum Islam aufrufen wird. Dann stellte er sich als Damam Ibn Tha'labah vom Stamm der Banu Sa'd Ibn Bakr vor.</t>
+    <t>Anas Ibn Malik - möge Allah mit ihm zufrieden sein - berichtet, dass als die Gefährten des Propheten gemeinsam mit dem Propheten - Allahs Segen und Frieden auf ihm - in der Moschee saßen, ein Mann auf einem Kamel hereinkam und es sich niedersetzen ließ und ihn anband. Dann fragte er sie: „Wer von euch ist Muhammad?“ Der Prophet - Allahs Segen und Frieden auf ihm - saß angelehnt unter den Leuten. Da sagten wir: „Der weiße Mann, der dort angelehnt sitzt.“ Da sagte der Mann: „O Ibn 'Abdilmuttalib!“ Daraufhin sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Ich habe dich gehört. Frage und ich werde dir antworten!“ Der Mann sagte zum Propheten - Allahs Segen und Frieden auf ihm -: „Ich werde dich befragen und es dir in der Fragestellung erschweren. Du sollst deswegen nichts gegen mich in dir haben!“ D. h.: Du sollst dich nicht über mich ärgern oder dich dadurch gestört fühlen. Er sagte: „Frage was du willst!“ Er sagte: „Ich frage dich bei deinem Herrn und dem Herrn derer vor dir: War es wirklich Allah, Der dich zu allen Menschen entsandt hat?“ Da sagte er: „Bei Allah, ja!“, um damit seine Ehrlichkeit zu betonen. Der Mann sagte: „Ich bitte dich bei Allah - d. h. ich frage dich bei Allah - war es wirklich Allah, Der dir befohlen hat, dass wir die fünf Gebete zu Tag und zur Nacht beten müssen?“ Damit sind die Pflichtgebete gemeint. Er sagte: „Bei Allah, ja!“ Er sagte: „Ich bitte dich bei Allah, war es wirklich Allah, Der dir befohlen hat, dass wir diesen Monat im Jahr fasten müssen?“ D. h. der Monat Ramadan. Er sagte: „Bei Allah, ja!“ Er sagte: „Ich bitte dich bei Allah, war es wirklich Allah, Der dir befohlen hat, dass du diese Almosen von den Reichen unter uns nimmst und unter den Armen von uns verteilst?“ Damit ist die Zakah gemeint. Da sagte der Prophet - Allahs Segen und Frieden auf ihm -: „Bei Allah, ja!“ Darauf nahm Damam den Islam an und sagte dem Propheten - Allahs Segen und Frieden auf ihm -, dass er sein Volk zum Islam aufrufen wird. Dann stellte er sich als Damam Ibn Tha'labah vom Stamm der Banu Sa'd Ibn Bakr vor.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Die Bescheidenheit des Propheten - Allahs Segen und Frieden auf ihm - wird daran deutlich, dass der Mann ihn nicht von seinen Gefährten unterscheiden konnte.
 Der gute Charakter des Propheten - Frieden sei auf ihm - und seine Sanftmut, mit der er dem Fragesteller antwortete, wird deutlich. Außerdem ist die gute Antwort eines der Gründe für die Annahme des Aufrufs (zum Islam).
 Es ist erlaubt, eine Person als weiß oder rot, groß oder klein und dergleichen zu beschreiben, ohne ihn herabwürdigen zu wollen und sofern ihm das nicht missfällt.
 Es ist erlaubt, dass ein Ungläubiger eine Moschee betritt, wenn es einen Grund dafür gibt.
 In der Überlieferung wird die Hajj (große Pilgerfahrt) nicht erwähnt, was daran liegen kann, dass sie zu der Zeit, als der Mann kam, noch keine Pflicht war.
-Die Gefährten des Propheten waren bestrebt danach, Menschen zum Islam einzuladen; denn als der Mann den Islam annahm, war er sofort danach bestrebt, sein Volk ebenfalls zum Islam einzuladen.</t>
+Die Gefährten des Propheten waren bestrebt danach, Menschen zum Islam einzuladen, denn als der Mann den Islam annahm, war er sofort danach bestrebt, sein Volk ebenfalls zum Islam einzuladen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65044</t>
   </si>
   <si>
     <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>„Der Prophet - Allahs Segen und Frieden auf ihm - sprach über etwas, dann sagte er: ‚Das wird zu der Zeit sein, wenn das Wissen verschwindet!‘</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Von Ziyad Ibn Labid - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sprach über etwas, dann sagte er: ‚Das wird zu der Zeit sein, wenn das Wissen verschwindet!‘ Ich sagte: ‚Oh Gesandter Allahs, wie kann denn das Wissen verschwinden, während wir den Quran lesen und ihn unseren Kindern beibringen und unsere Kinder ihn ihren Kindern beibringen und das bis zum Tag der Auferstehung!‘ Er sagte: ‚Möge dich deine Mutter verlieren, Ziyad! Ich habe dich für einen der Verständigsten in Al-Madinah gehalten! Sind da denn nicht die Juden und Christen, die die Thora und das Evangelium lesen und nichts von dem wissen, was in ihnen steht?‘“</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - saß zwischen seinen Gefährten und sagte: „Das ist die Zeit, in der das Wissen hinweggenommen und den Menschen entzogen wird!“ Das verwunderte Ziyad Ibn Labid Al-Ansari - möge Allah mit ihm zufrieden sein - und er fragte den Propheten - Allahs Segen und Frieden auf ihm. So sagte er: „Wie soll das gehen, dass das Wissen hinweggenommen und es uns entzogen wird? Wir lesen doch den Quran und haben ihn auswendig gelernt? Bei Allah, wir lesen ihn und bringen ihn unseren Frauen, Kindern und Enkeln bei!“ Daraufhin sagte der Prophet - Allahs Segen und Frieden auf ihm - erstaunt: „Deine Mutter soll dich verlieren, o Ziyad! Ich hatte dich bisher zu den Gelehrten in Al-Madinah gezählt!“ Dann erklärte er ihm, dass das Wissen nicht dadurch verloren geht, dass der Quran selbst verloren geht, sondern dadurch, dass nicht mehr nach ihm gehandelt wird. Die Thora und das Evangelium sind bei den Juden und Christen, und doch kam es ihnen weder zugute, noch haben sie von ihrem Zweck profitiert, nämlich nach dem zu handeln, was sie wissen.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
-    <t>Die Tatsache, dass Menschen Quranausgaben und Bücher haben, ist nutzlos, solange nicht nach ihnen gehandelt wird.
+    <t>Die Tatsache, dass Menschen Quran-Ausgaben und Bücher haben, ist nutzlos, solange nicht nach ihnen gehandelt wird.
 Für den Verlust des Wissens gibt es unterschiedliche Ursachen, zu denen u. a. der Tod des Propheten - Allahs Segen und Frieden auf ihm - sowie der Tod der Gelehrten gehört und dass man nicht mehr nach dem Wissen handelt.
 Zu den Zeichen des Jüngsten Tages gehört, dass das Wissen verloren geht und dass nicht mehr danach gehandelt wird.
 Man wird dazu angehalten, nach dem Wissen zu handeln, denn das ist, was (mit dem Wissen) beabsichtigt wird.</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[Überliefert von Ibn Majah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65045</t>
   </si>
   <si>
     <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Schenkt den Leuten der Schrift keinen Glauben und bezichtigt sie auch nicht der Lüge, sondern sagt: ‚Wir glauben an Allah und an das, was zu uns hinabgesandt worden ist!‘</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: Die Leute der Schrift pflegten die Thora auf Hebräisch zu lesen und erklärten sie den Anhängern des Islams auf Arabisch. Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „Schenkt den Leuten der Schrift keinen Glauben und bezichtigt sie auch nicht der Lüge, sondern sagt: ‚Wir glauben an Allah und an das, was zu uns hinabgesandt worden ist!‘ [Al-Baqarah:136] Der Vers.“</t>
   </si>
@@ -16777,51 +16746,51 @@
   </si>
   <si>
     <t>Von An-Nawwas Ibn Sam'an Al-Ansari - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Allah stellt das Gleichnis eines geraden Weges auf; auf beiden Seiten des Weges sind Mauern mit offenstehenden Türen. Über den Türen hängen herabgelassene Vorhänge. Am Eingang des Weges gibt es einen Rufer, der sagt: ‚Ihr Menschen, kommt alle auf den Weg und weicht nicht ab!‘ Und es gibt einen Rufer, der von oberhalb des Weges ruft. Will jemand eine von den Türen öffnen, sagt er: ‚Wehe dir! Öffne sie nicht! Öffnest du sie, wirst du hineingehen!‘ Der Weg ist der Islam, die beiden Mauern sind die Gebote Allahs, die Türen sind die Dinge, die Allah verboten hat, der Rufer am Anfang des Weges ist das Buch Allahs und der Rufer über dem Weg ist ein Mahner von Allah im Herzen jedes Muslims.“</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass Allah für den Islam das Gleichnis eines geraden, langgestreckten Weges ohne Krümmung aufgestellt hat. Auf den beiden Seiten des Weges gibt eine Mauer oder Wand, die ihn von seiner Seite begrenzen. Das sind die Gebote Allahs. Diese Wände werden durch offenstehende Türen durchbrochen, die die Dinge sind, die Allah verboten hat. Auf den Türen sind Vorhänge, sodass derjenige, der auf dem Weg geht, nicht sieht, was in ihnen ist. Am Anfang des Weges gibt es einen Rufer, der die Menschen führt und ihnen die Richtung weist. Er sagt zu ihnen: „Geht ihn entlang, ohne euch an den Rand und zu den Seiten abzuwenden!“ Dieser Rufer ist das Buch Allahs. Dazu gibt es noch einen weiteren Rufer, über dem Weg, der immer wenn einer derer, die auf dem Weg passieren, die Vorhänge über den Türen ein kleines Stück anheben will, ihn ermahnt und sagt: „Wehe dir! Öffne sie nicht! Machst du sie auf, wirst du hineingehen und dich nicht im Zaum halten können, sodass du sie betrittst.“ Dieser Rufer ist ein Ermahnender von Allah im Herzen jedes Muslims.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Der Islam ist die wahre Religion und der gerade Weg, der uns ins Paradies führt.
 Es ist verpflichtend, sich an die Grenzen Allahs halten und an das was Allah erlaubt und verboten hat. Und die Nachlässigkeit darin führt zum Untergang.
 Der Vorzug des Quran und der Ansporn, nach ihm zu handeln, denn in ihm findet man Rechtleitung, Licht und Erfolg.
-Die Barmherzigkeit Allahs Seinen Dienern, u. a. dadurch, dass Er in die Herzen der Gläubigen etwas gesetzt hat, das sie warnt und ermahnt, nicht den Dingen zu verfallen, die sie ins Verderben stürzen.
+Die Barmherzigkeit Allahs gegenüber Seinen Dienern, u. a. dadurch, dass Er in die Herzen der Gläubigen etwas gesetzt hat, das sie warnt und ermahnt, nicht den Dingen zu verfallen, die sie ins Verderben stürzen.
 Allah hat aus Seiner Barmherzigkeit Hürden für Seine Diener aufgestellt, die sie davon abhalten, den Sünden zu verfallen.
 Zu den Hilfsmitteln beim Lehren gehört das Aufstellen von Gleichnissen, um etwas näher zu bringen und zu verdeutlichen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65049</t>
   </si>
   <si>
     <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>„Dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - wurde offenbart, als er vierzig Jahre alt war</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - wurde offenbart, als er vierzig Jahre alt war, daraufhin verweilte er dreizehn Jahre in Makkah. Dann wurde ihm die Auswanderung befohlen. Also wanderte er nach Al-Madinah aus. Dann verweilte er dort für zehn Jahre, dann starb er - Allahs Segen und Frieden auf ihm -.“</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
@@ -17289,51 +17258,51 @@
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Von Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass einige Leute von den Anhängern des Schirk viele Menschen getötet hatten und viel Unzucht begangen. Sie kamen zu Muhammad - Allahs Segen und Frieden auf ihm - und sagten: „Was du sagst und wozu du einlädst, ist gut. Wenn du uns doch bloß berichten könntest, dass es eine Sühne für das gibt, was wir getan haben.“ So wurde (der folgende Vers) herabgesandt: „Diejenigen, die keine andere Gottheit neben Allah anrufen, keine Seele töten, die Allah verboten hat, es sei denn, aus rechtmäßigen Gründen, und keine Unzucht begehen.“ [Al-Furqan: 68] Und es wurde herabgesandt: „Sag: ‚O meine Diener, die ihr gegen euch selbst über die Maßen gesündigt habt, verzweifelt nicht an der Barmherzigkeit Allahs.‘“ [Az-Zumar: 53]</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>Einige Männer von den Götzendienern kamen zum Propheten Muhammad - Allahs Segen und Frieden auf ihm -, und sie hatten viel Mord und Unzucht begangen. Sie sagten zum Propheten: „Das, wozu du einlädst, nämlich den Islam und seine Lehren, ist gut. Aber was ist mit unserem Zustand und dem, was wir an Götzendienst (Schirk) und großen Sünden begangen haben? Gibt es dafür eine Sühne?“
 So wurden die beiden Verse offenbart, in denen Allah die Reue der Menschen trotz ihrer vielen und schweren Sünden annahm. Andernfalls wären sie in ihrem Unglauben und Ungehorsam geblieben und wären dieser Religion nicht beigetreten.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Der Vorzug und die Gewaltigkeit des Islams, und dass er alle ihm vorausgegangenen Sünden tilgt.
 Die weite Barmherzigkeit Allahs gegenüber Seinen Dienern sowie Seine Vergebung und Nachsicht.
-Das Verbot des Schirks, des Töten einer Seele zu Unrecht, der Unzucht sowie die Drohung für diejenigen, die solche Sünden begehen.
+Das Verbot des Schirks, des Tötens einer Seele zu Unrecht, der Unzucht sowie die Drohung für diejenigen, die solche Sünden begehen.
 Die ehrliche Reue, die mit Aufrichtigkeit und rechtschaffenen Taten verbunden ist, kann alle großen Sünden, einschließlich des Unglaubens an Allah - erhaben ist Er -, tilgen.
 Das Verbot der Verzweiflung und der Hoffnungslosigkeit bezüglich der Barmherzigkeit Allahs - gepriesen sei Er.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65071</t>
   </si>
   <si>
     <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>Geh zu ihm und sag ihm: ‚Du bist nicht unter den Leuten des Feuers, sondern unter den Leuten des Paradieses.‘“</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Von Anas Ibn Malik - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - Thabit Ibn Qays vermisste. Ein Mann sagte: „O Gesandter Allahs, ich weiß, wo er ist.“ Er ging zu Thabit und fand ihn in seinem Haus sitzend, sein Kopf gesenkt. Er fragte Thabit: „Was ist los mit dir?“ Thabit antwortete: „Es ist schlimm. Ich habe meine Stimme über die Stimme des Propheten - Allahs Segen und Frieden auf ihm - erhoben, deshalb ist mein Werk verloren, und ich bin unter den Leuten des Feuers.“ Der Mann ging zurück und berichtete dem Propheten, was Thabit gesagt hatte. Der Prophet - Allahs Segen und Frieden auf ihm - sandte den Mann zu Thabit mit einer gewaltigen, guten Nachricht: „Geh zu ihm und sag ihm: ‚Du bist nicht unter den Leuten des Feuers, sondern unter den Leuten des Paradieses.‘“</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - vermisste Thabit Ibn Qays und fragte nach ihm. Ein Mann sagte: „Ich werde herausfinden, wo Thabit sei und warum er abwesend ist.“ Er ging zu Thabit und fand ihn traurig und mit gesenktem Kopf in seinem Haus. Er fragte ihn, was mit ihm ist, und Thabit erklärte ihm, dass er sich wegen seiner Stimme sorgte, da er sie über die Stimme des Propheten - Allahs Segen und Frieden auf ihm - erhoben hatte. Und Allah drohte demjenigen, der dies tat, damit, dass seine Taten ungültig sind und dass er zu den Menschen des Feuers gehört.
 Der Mann kehrte zum Propheten - Allahs Segen und Frieden auf ihm - zurück und berichtete ihm davon. Der Prophet - Allahs Segen und Frieden auf ihm - befahl ihm, zu Thabit zurückzukehren und ihm die frohe Botschaft zu überbringen, dass er nicht zu den Bewohnern des Höllenfeuers gehörte, sondern zu den Bewohnern des Paradieses. Dies war der Fall, weil Thabit von Natur aus eine laute Stimme hatte und weil er der Redner des Propheten - Allahs Segen und Frieden auf ihm - und der Redner der Ansar war.</t>
@@ -17374,131 +17343,131 @@
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - hielt am Tag der Eroberung von Makkah eine Rede und sagte: „O ihr Menschen, Allah hat die Arroganz der Zeit der Unwissenheit, ihre Überheblichkeit und den Stolz auf die Vorfahren von euch genommen. Es gibt nur zwei Arten von Menschen:
 Entweder ein gläubiger, rechtschaffener, frommer und demütiger Diener Allahs; diese Person ist bei Allah wertvoll, auch wenn sie bei den Menschen keinen besonderen Status oder (eine besondere) Abstammung hat.
 Oder ein ungläubiger, sündiger, unglücklicher Mensch, der bei Allah gering und wertlos ist, auch wenn er einen hohen Status, eine hohe Stellung und Macht hat.
 Und alle Menschen sind Nachkommen Adams, und Allah hat Adam aus Erde erschaffen. Es steht daher keinem, dessen Ursprung aus Erde stammt, zu, sich zu überheben oder sich selbst zu bewundern. Dies ist die Aussage Allahs - mächtig und majestätisch ist Er -: ‚O ihr Menschen, Wir haben euch ja von einem männlichen und einem weiblichen Wesen erschaffen, und Wir haben euch zu Völkern und Stämmen gemacht, damit ihr einander kennenlernt. Gewiss, der Geehrteste von euch bei Allah ist der Gottesfürchtigste von euch. Gewiss, Allah ist allwissend und allkundig.‘  [Al-Hujurat: 13]“</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Das Verbot der Prahlerei mit der Abstammung und dem Status.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65074</t>
   </si>
   <si>
     <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
-    <t>„Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.“</t>
+    <t>‚Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.‘</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
-    <t>Von Az-Zubair Ibn Al-'Awwam wird überliefert, dass er sagte: Als der Vers „Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.“ [At-Takathur: 8] herabgesandt wurde, sagte Az-Zubayr: „O Gesandter Allahs, nach welcher Wonne werden wir gefragt, denn es sind nur zwei schwarze Dinge, Datteln und Wasser?“ Er antwortete: „Ja, so wird es sein.“</t>
+    <t>Von Az-Zubayr Ibn Al-'Awwam wird überliefert, dass er sagte: „Als der Vers ‚Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.‘ [At-Takathur: 8] herabgesandt wurde, sagte Az-Zubayr: ‚O Gesandter Allahs, nach welcher Wonne werden wir gefragt, denn es sind nur zwei schwarze Dinge, Datteln und Wasser?‘ Er antwortete: ‚Ja, so wird es sein.‘“</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
-    <t>Als der Vers herabgesandt wurde: Der Vers „Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.“ bedeutet: „Ihr werdet am Tag des Jüngsten Gerichts über die Dankbarkeit für die Segnungen, die Allah euch gegeben hat, befragt werden.“ Az-Zubayr Ibn Al-'Awwam - möge Allah mit ihm zufrieden sein - sagte dann: „O Gesandter Allahs, über welche Segnung werden wir befragt? Es sind doch nur zwei Segnungen, die nicht einer Befragung würdig erscheinen: Datteln und Wasser!“
-Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ihr werdet tatsächlich über die Segnungen befragt werden, obwohl ihr euch in dieser Situation befindet. Denn Datteln und Wasser sind zwei große Segnungen von Allah - erhaben ist Er -.“</t>
+    <t>Als der Vers herabgesandt wurde: „Hierauf werdet ihr an jenem Tag ganz gewiss nach der Wonne gefragt werden.“, welcher bedeutet: „Ihr werdet am Tag des Jüngsten Gerichts über die Dankbarkeit für die Segnungen, die Allah euch gegeben hat, befragt werden.“ sagte Az-Zubayr Ibn Al-'Awwam - möge Allah mit ihm zufrieden sein - dann: „O Gesandter Allahs, über welche Segnung werden wir befragt? Es sind doch nur zwei Segnungen, die nicht einer Befragung würdig erscheinen: Datteln und Wasser!“
+Der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ihr werdet tatsächlich über die Segnungen befragt werden, obwohl ihr euch in dieser Situation befindet. Denn Datteln und Wasser sind zwei große Segnungen von Allah - erhaben ist Er.“</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Die Hervorhebung der Dankbarkeit gegenüber Allah- erhaben ist Er - für die Segnungen.
 Die Segnungen gehören zu den Dingen, über die der Diener am Tag der Auferstehung befragt wird, unabhängig davon, ob sie wenig oder viel sind.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65075</t>
   </si>
   <si>
     <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
-    <t>„Es wird in meiner späteren Gemeinschaft (Ummah) Menschen geben, die euch Dinge erzählen werden, die ihr und eure Väter nicht gehört habt. Hütet euch vor ihnen!“</t>
+    <t>„Es wird in meiner späteren Gemeinschaft (Ummah) Menschen geben, die euch Dinge erzählen werden, die ihr und eure Väter nicht gehört habt. So wehe ihnen und wehe euch!“</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es wird in meiner späteren Gemeinschaft (Ummah) Menschen geben, die euch Dinge erzählen werden, die ihr und eure Väter nicht gehört habt. Hütet euch vor ihnen!“</t>
+    <t>Von Abu Hurayrah wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Es wird in meiner späteren Gemeinschaft (Ummah) Menschen geben, die euch Dinge erzählen werden, die ihr und eure Väter nicht gehört habt. So wehe ihnen und wehe euch!“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass am Ende seiner Ummah Menschen erscheinen werden, die Lügen verbreiten und Dinge erzählen werden, die niemand vorher sagte. Sie werden erlogene und erfundene Hadithe verbreiten. Er - Segen und Frieden auf ihm - befahl uns, uns von ihnen fernzuhalten, nicht mit ihnen zu sitzen und ihre Berichte nicht anzuhören, um zu verhindern, dass sich solche erfundenen Hadithe in uns festsetzen und schwer zu entfernen sind.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>In diesem Hadith liegt ein Zeichen des Prophetentums, denn der Prophet - Allahs Segen und Frieden auf ihm - kündigte das an, was in seiner Gemeinschaft geschehen würde, und es geschah genau so, wie er es angekündigt hatte.
 Sich von denen fernhalten, die über den Propheten - Allahs Segen und Frieden auf ihm - und über die Religion des Islams lügen, und sich deren Lügen nicht anhören.
 Die Warnung vor der Annahme oder Weitergabe von Hadithen, es sei denn ihre Authentizität und Verlässlichkeit wurde bestätigt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65076</t>
   </si>
   <si>
     <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>Schreib, denn bei Dem, in Dessen Hand meine Seele ist, es kommt nur die Wahrheit aus ihm.‘“</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Ich pflegte alles aufzuschreiben, was ich von dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - hörte, weil ich es bewahren wollte. Die Quraysch hielten mich davon ab und sagten: ‚Schreibst du alles auf, was du von dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - hörst? Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ist doch ein Mensch, der in Zorn und Zufriedenheit spricht.‘ Also stellte ich das Schreiben ein. Als ich dies beim Gesandten Allahs - Allahs Segen und Frieden auf ihm - erwähnte, deutete er mit seinem Finger auf seinen Mund und sagte: ‚Schreib, denn bei Dem, in Dessen Hand meine Seele ist, es kommt nur die Wahrheit aus ihm.‘“</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>'Abdullah Ibn 'Amr - möge Allah mit ihm zufrieden sein - sagte: „Ich pflegte alles aufzuschreiben, was ich vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - hörte, um es durch das Schreiben zu bewahren. Da hinderten mich einige Männer aus Quraysch daran und sagten: ‚Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - ist ein Mensch, der in Freude und Zorn spricht, und es kann sein, dass er Fehler macht.‘ So hörte ich auf zu schreiben.
 Da berichtete ich dem Propheten - Allahs Segen und Frieden auf ihm -, was sie gesagt hatten. Er deutete mit seinem Finger auf seinen Mund und sagte: ‚Schreibe! Denn bei Dem, in Dessen Hand meine Seele ist, es kommt nichts aus ihm heraus außer der Wahrheit, in jedem Zustand, ob in Zufriedenheit oder im Zorn.‘“
-Und der Erhabene hat über Seinen Propheten - Allahs Segen und Frieden auf ihm - gesagt: „Und er redet nicht aus (eigener) Neigung. Es ist nur eine Offenbarung, die eingegeben wird. “ [An-Najm: 3-4</t>
+Und der Erhabene hat über Seinen Propheten - Allahs Segen und Frieden auf ihm - gesagt: „Und er redet nicht aus (eigener) Neigung. Es ist nur eine Offenbarung, die eingegeben wird. “ [An-Najm: 3-4]</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ist unfehlbar in dem, was er von seinem Herrn - mächtig und majestätisch ist Er - übermittelt, sowohl im Zustand der Zufriedenheit als auch im Zustand des Zorns.
 Die Gefährten des Propheten - möge Allah mit ihnen zufrieden sein - waren bestrebt, die Sunnah zu bewahren und sie zu verbreiten.
 Es ist erlaubt, einen Eid zu leisten, auch wenn dies ohne formelle Eidformulierung geschieht, wenn dies einem bestimmten Nutzen dient, wie der Bestätigung einer Angelegenheit.
 Das Aufschreiben von Wissen ist eine der wichtigsten Methoden, um Wissen zu bewahren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65077</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>„Der Prophet - Allahs Segen und Frieden auf ihm - pflegte vor jeder Gebetszeit die rituelle Gebetswaschung zu vollziehen</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
@@ -17647,129 +17616,129 @@
     <t>Die Wichtigkeit und Bedeutung, die der Islam der Sauberkeit und Reinheit beimisst.
 Die (Ganzkörper-)Waschung freitags ist eine stark empfohlene Handlung vor dem Gebet.
 Die Erwähnung des Kopfes, auch wenn die Erwähnung des Körpers ihn einschließt, zeigt die besondere Aufmerksamkeit, die ihm geschenkt wird.
 Das Waschen/Die Ganzkörperwaschung ist für jeden verpflichtend, bei dem ein unangenehmer Geruch festgestellt wird, der die Menschen belästigt.
 Der Tag, an dem man sich am ehesten waschen sollte, ist der Freitag, und dies aufgrund seines Vorzuges.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65084</t>
   </si>
   <si>
     <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>„Ich kam zum Propheten - Allahs Segen und Frieden auf ihm -, um den Islam anzunehmen. Er befahl mir, mich mit Wasser und Sidr zu waschen.“</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Von Qays Ibn 'Asim - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich kam zum Propheten - Allahs Segen und Frieden auf ihm -, um den Islam anzunehmen. Er befahl mir, mich mit Wasser und Sidr zu waschen.“</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
-    <t>Qays Ibn 'Asim kam zum Propheten - Allahs Segen und Frieden auf ihm -, um den Islam anzunehmen. Der Prophet befahl ihm, sich mit Wasser und Sidr zu waschen, da seine Blätter zur Reinigung verwendet werden und gut riechen.</t>
+    <t>Qays Ibn 'Asim kam zum Propheten - Allahs Segen und Frieden auf ihm -, um den Islam anzunehmen. Der Prophet - Allahs Segen und Frieden auf ihm - befahl ihm, sich mit Wasser und Sidr zu waschen, da seine Blätter zur Reinigung verwendet werden und gut riechen.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Es ist vorgeschrieben, dass der Ungläubige sich wäscht, wenn er den Islam annimmt.
 Die Würde des Islams und seine Fürsorge um den Körper als auch um die Seele.
 Das Mischen von Wasser mit reinen Dingen führt nicht dazu, dass es seine Reinheit verliert.
 Sidr kann ersetzt werden durch moderne Reinigungsmittel wie Seife und dergleichen.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65085</t>
   </si>
   <si>
     <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>‚Wenn der Gebetsrufer sagt: „Allah ist der Größte, Allah ist der Größte“ und einer von euch sagt: „Allah ist der Größte, Allah ist der Größte</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn der Gebetsrufer sagt: „Allah ist der Größte, Allah ist der Größte“ und einer von euch sagt: „Allah ist der Größte, Allah ist der Größte“, und er (der Gebetsrufer) dann sagt: „Ich bezeuge, dass es keinen anbetungswürdigen Gott außer Allah gibt“ und einer von euch sagt: „Ich bezeuge, dass es keinen anbetungswürdigen Gott außer Allah gibt“, und er dann sagt: „Ich bezeuge, dass Muhammad der Gesandte Allahs ist“ und einer von euch sagt: „Ich bezeuge, dass Muhammad der Gesandte Allahs ist“, und er dann sagt: „Kommt zum Gebet“ und einer von euch sagt: „Es gibt keine Macht und keine Kraft außer bei Allah“, und er dann sagt: „Kommt zum Erfolg“ und einer von euch sagt: „Es gibt keine Macht und keine Kraft außer bei Allah“, und er dann sagt: „Allah ist der Größte, Allah ist der Größte“ und einer von euch sagt: „Allah ist der Größte, Allah ist der Größte“, und er dann sagt: „Es gibt keinen anbetungswürdigen Gott außer Allah“ und einer von euch sagt: „Es gibt keinen anbetungswürdigen Gott außer Allah“, aus seinem Herzen heraus, so wird er das Paradies betreten.‘“</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Der Gebetsruf (Adhan) ist die Bekanntmachung des Beginns der Gebetszeit für die Menschen. Die Worte des Gebetsrufes sind Worte, die die Glaubensdoktrin des Glaubens (an Allah) beinhalten.
 In diesem Hadith erklärt der Prophet - Allahs Segen und Frieden auf ihm -, was vorgeschrieben ist, wenn man den Gebetsruf hört. Der Hörer soll das Gleiche sagen wie der Gebetsrufer: Wenn der Gebetsrufer „Allah ist der Größte“ sagt, soll der Hörer „Allah ist der Größte“ sagen, und so weiter. Ausgenommen sind die Worte „Kommt zum Gebet“ und „Kommt zum Erfolg“, bei denen der Hörer „Es gibt keine Macht und keine Kraft außer bei Allah“ sagen soll.
 Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass jemand, der dem Gebetsrufer mit aufrichtigem Herzen nachspricht, ins Paradies eintreten wird.
 Die Bedeutungen der Worte des Gebetsrufs: „Allah ist der Größte“: Das bedeutet, dass Er - gepriesen sei Er - größer und erhabener ist als alles andere.
 „Ich bezeuge, dass es keinen anbetungswürdigen Gott außer Allah gibt“: Das bedeutet, dass es keinen wahren Gott gibt, der zu Recht angebetet wird, außer Allah.
 „Ich bezeuge, dass Muhammad der Gesandte Allahs ist“: Das bedeutet, dass ich mit meiner Zunge und meinem Herz bekenne, dass Muhammad der Gesandte Allahs ist, den Allah - mächtig und majestätisch ist Er - entsandt hat, und dass es Pflicht ist, ihm zu gehorchen.
-„Kommt zum Gebet“: Das bedeutet, dass man zum Gebet kommen soll. Der Hörer sagt: „Es gibt keine Macht und keine Kraft außer bei Allah“: Das bedeutet, dass man nicht dazu fähig ist, sich den Hindernissen zum Gottesdienst zu entziehen, dass man nicht die Kraft dazu hat, diesen auszuführen, und dass man keine Fähigkeit dazu hat, überhaupt irgend etwas zu tun,  außer durch die Erfolgsschenkung Allahs - erhaben ist Er -.
+„Kommt zum Gebet“: Das bedeutet, dass man zum Gebet kommen soll. Der Hörer sagt: „Es gibt keine Macht und keine Kraft außer bei Allah“: Das bedeutet, dass man nicht dazu fähig ist, sich den Hindernissen zum Gottesdienst zu entziehen, dass man nicht die Kraft dazu hat, diesen auszuführen, und dass man keine Fähigkeit dazu hat, überhaupt irgend etwas zu tun, außer durch die Erfolgsschenkung Allahs - erhaben ist Er -.
 „Kommt zum Erfolg“: Das bedeutet, dass man auf den Weg und zu den Gründen, die zum Erfolg führen, kommen soll - und das ist das Erreichen des (Paradies)gartens und das Entkommen vor dem (Höllen)feuer.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Die Vorzüglichkeit, dem Gebetsrufer mit denselben Worten zu antworten, außer bei den beiden „Hayy'alatayn“ („Kommt zum Gebet, kommt zum Erfolg“), bei denen man „Es gibt keine Macht und keine Kraft außer bei Allah“ sagen soll.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65086</t>
   </si>
   <si>
     <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>„Wenn ihr den Gebetsrufer hört, dann sagt, was er sagt. Dann sprecht die Segenswünsche für mich aus</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr Ibn Al-'As - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Wenn ihr den Gebetsrufer hört, dann sagt, was er sagt. Dann sprecht die Segenswünsche für mich aus, denn wer einmal um Segen für mich bittet, den segnet Allah zehnmal. Dann bittet Allah für mich um die ‚Wasilah‘, denn sie ist ein Rang im Paradies, der nur einem Diener Allahs zusteht, und ich hoffe, dass ich dieser sein werde. Wer für mich um die Wasilah bittet, dem wird die Fürsprache zuteil.“</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wies diejenigen, die den Gebetsrufer zum Gebet hören, an, ihm nachzusprechen und das zu sagen/wiederholen, was er sagt, außer bei den zwei „Hayy'alatayn“ („Hayya 'ala-s-Salah“ und „Hayya 'ala-l-Falah“), nach denen man sagt: „Es gibt keine Macht und keine Kraft außer bei Allah.“ Danach soll man Segenswünsche auf den Propheten - Allahs Segen und Frieden auf ihm - sprechen, denn wer einmal Segenswünsche auf ihn spricht, für den spricht Allah sie zehnmal. Das bedeutet, dass Allah den Diener bei den Engeln lobt.
-Dann befahl er, Allah um die Wasilah für ihn zu bitten. Die Wasilah ist ein Rang im Paradies, und sie ist der höchste. „Dieser Rang steht nur einem einzigen Diener von allen Dienern Allahs zu, und ich hoffe, dass ich dieser bin.“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte dies aus Bescheidenheit, denn wenn dieser hohe Rang nur einem zusteht, dann ist dieser eine nur er - Allahs Segen und Frieden auf ihm -, da er der beste der Schöpfung ist.
+Dann befahl er, Allah um die Wasilah für ihn - Allahs Segen und Frieden auf ihm - zu bitten. Die Wasilah ist ein Rang im Paradies, und sie ist der höchste. „Dieser Rang steht nur einem einzigen Diener von allen Dienern Allahs zu, und ich hoffe, dass ich dieser bin.“ Der Prophet - Allahs Segen und Frieden auf ihm - sagte dies aus Bescheidenheit, denn wenn dieser hohe Rang nur einem zusteht, dann ist dieser eine nur er - Allahs Segen und Frieden auf ihm -, da er der beste der Schöpfung ist.
 Dann erklärte der Prophet - Allahs Segen und Frieden auf ihm -, dass derjenige, der für den Propheten um die Wasilah bittet, seine - Allahs Segen und Frieden auf ihm - Fürsprache erhält.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Die Ermutigung, dem Gebetsrufer zu antworten.
 Der Vorzug, die Segenswünsche auf den Propheten - Allahs Segen und Frieden auf ihm - zu sprechen, nachdem man dem Gebetsrufer geantwortet/nachgesprochen hat.
 Das Ermutigung, nach dem Sprechen der Segenswünsche auf den Propheten - Allahs Segen und Frieden auf ihm -, um die Wasilah für ihn zu bitten.
 Die Erklärung der Bedeutung der Wasilah und ihrer hohen Stellung, da sie nur einem einzigen Diener zusteht.
 Die Darlegung des Vorzugs des Propheten - Allahs Segen und Frieden auf ihm -, da ihm allein dieser hohe Rang zusteht.
 Wer Allah - erhaben ist Er - um die Wasilah für den Propheten - Allahs Segen und Frieden auf ihm - bittet, dem wird die Fürsprache zuteil.
 Die Veranschaulichung seiner - Allahs Segen und Frieden auf ihm - Bescheidenheit, da er seine Gemeinschaft darum bat, für ihn um diese erhabene Stellung zu bitten, obwohl sie ihm bereits vorbehalten ist.
 Die Weite von Allahs Gnade und Barmherzigkeit, denn eine gute Tat wird zehnfach belohnt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65087</t>
   </si>
@@ -17800,51 +17769,51 @@
   <si>
     <t>Es wird die Wichtigkeit des Gebets dargelegt und verdeutlicht, dass man bei seiner Ausführung und Nachholung nicht nachlässig sein darf.
 Es ist nicht erlaubt, das Gebet absichtlich ohne einen Entschuldigungsgrund über seine festgelegte Zeit hinaus zu verzögern.
 Die Pflicht, das Gebet nachzuholen, besteht für den, der es vergessen hat, sobald er sich daran erinnert, und für den, der es verschlafen hat, sobald er aufwacht.
 Es ist erforderlich, versäumte Gebete sofort nachzuholen, selbst wenn es während verbotener Zeiten (, in denen das Gebet normalerweise nicht erlaubt ist,) ist.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65088</t>
   </si>
   <si>
     <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Wer für Allah eine Moschee baut, dem wird Allah im Paradies etwas Gleiches bauen</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Von Mahmud Ibn Labid - möge Allah mit ihm zufrieden sein - wird überliefert, dass 'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - beabsichtigte, die Moschee zu renovieren, aber die Leute waren dagegen und bevorzugten es, sie in ihrem ursprünglichen Zustand zu belassen. Er sagte: „Ich habe den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen hören: ‚Wer für Allah eine Moschee baut, dem wird Allah im Paradies etwas Gleiches bauen.‘“</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
-    <t>'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - wollte die Moschee des Propheten - Allahs Segen und Frieden auf ihm - erneuern, sodass es in einem besseren Zustand ist als zuvor. Die Leute waren jedoch dagegen, da sie eine Änderung des ursprünglichen Bauwerks aus der Zeit des Propheten - Allahs Segen und Frieden auf ihm - nicht wünschten. Die Moschee war damals aus Lehmziegeln gebaut und das Dach bestand aus Palmblättern, aber 'Uthman wollte sie mit Steinen und Putz erneuern. Er - möge Allah mit ihm zufrieden sein - erklärte ihnen, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Wer für Allah eine Moschee baut, um Seine Zufriedenheit zu suchen, ohne Ansehen oder Ruhm zu beabsichtigen, den wird Allah mit der besten Belohnung für seine Arbeit belohnen, und diese Belohnung ist, dass Allah für ihn im Paradies etwas Gleiches baut.“</t>
+    <t>'Uthman Ibn 'Affan - möge Allah mit ihm zufrieden sein - wollte die Moschee des Propheten - Allahs Segen und Frieden auf ihm - erneuern, sodass es in einem besseren Zustand ist als zuvor. Die Leute waren jedoch dagegen, da sie eine Änderung des ursprünglichen Bauwerks aus der Zeit des Propheten - Allahs Segen und Frieden auf ihm - nicht wünschten. Die Moschee war damals aus Lehmziegeln gebaut und das Dach bestand aus Palmblättern, aber 'Uthman wollte sie mit Steinen und Putz erneuern. Er - möge Allah mit ihm zufrieden sein - erklärte ihnen, dass er den Propheten - Allahs Segen und Frieden auf ihm - sagen hörte: „Wer für Allah eine Moschee baut, um Seine Zufriedenheit zu erlangen, ohne Ansehen oder Ruhm zu beabsichtigen, den wird Allah mit der besten Belohnung für seine Arbeit belohnen, und diese Belohnung ist, dass Allah für ihn im Paradies etwas Gleiches baut.“</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Die Ermutigung zum Bau von Moscheen und dessen Vorzug.
 Die Erweiterung und Renovierung der Moschee gehört ebenfalls zum Vorzug des Baus.
 Die Wichtigkeit der Aufrichtigkeit gegenüber Allah - erhaben ist Er - in allen Taten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65089</t>
   </si>
   <si>
     <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>„Ein Gebet in dieser meiner Moschee ist besser als tausend Gebete an anderen Orten, außer in der Heiligen Moschee (Al-Masjid Al-Haram).“</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Ein Gebet in dieser meiner Moschee ist besser als tausend Gebete an anderen Orten, außer in der Heiligen Moschee (Al-Masjid Al-Haram).“</t>
@@ -17885,213 +17854,213 @@
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - ermutigte jeden, der die Moschee zu irgendeiner Zeit und aus irgendeinem Grund betritt, zwei Gebetseinheiten zu beten, bevor er sich setzt. Diese sind die zwei Gebetseinheiten der/zur Begrüßung der Moschee (Tahiyyat Al-Masjid).</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Die Erwünschtheit, zwei Gebetseinheiten zur Begrüßung der Moschee zu beten, bevor man sich setzt.
 Diese Regel gilt für diejenigen, die beabsichtigen, in der Moschee zu sitzen. Wer jedoch die Moschee betritt und sie verlässt, ohne sich gesetzt zu haben, ist von diesem Gebot nicht betroffen.
 Wenn der Betende die Moschee betritt, während die Leute im Gebet sind, und sich ihnen anschließt, ersetzt dies die zwei Gebetseinheiten (der Begrüßung der Moschee).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65091</t>
   </si>
   <si>
     <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>‚Wenn einer von euch die Moschee betritt, soll er sagen: „O Allah, öffne mir die Tore Deiner Barmherzigkeit.“ Und wenn er hinausgeht, soll er sagen: „O Allah, ich bitte Dich um Deine Gunst.“‘“</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
-    <t>Von Abu Ḥumayd oder von Abu Usayd wird überliefert: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn einer von euch die Moschee betritt, soll er sagen: „O Allah, öffne mir die Tore Deiner Barmherzigkeit.“ Und wenn er hinausgeht, soll er sagen: „O Allah, ich bitte Dich um Deine Gunst.“‘“</t>
+    <t>Von Abu Humayd oder von Abu Usayd wird überliefert: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wenn einer von euch die Moschee betritt, soll er sagen: „O Allah, öffne mir die Tore Deiner Barmherzigkeit.“ Und wenn er hinausgeht, soll er sagen: „O Allah, ich bitte Dich um Deine Gunst.“‘“</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - wies seine Gemeinschaft an, beim Betreten der Moschee folgendes Bittgebet zu sprechen: „O Allah, öffne mir die Tore Deiner Barmherzigkeit“, indem man Allah - erhaben ist Er - darum bittet, ihm die Mittel zu Seiner Barmherzigkeit bereitzustellen. Und wenn man die Moschee verlassen möchte, soll man sagen: „O Allah, ich bitte Dich um Deine Gunst“, wobei man Allah um Seine Gunst und vermehrte Wohltaten in Form von erlaubtem Lebensunterhalt bittet.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Die Erwünschtheit, dieses Bittgebet beim Betreten und Verlassen der Moschee zu sprechen.
 Die besondere Erwähnung der Barmherzigkeit beim Betreten und der Gunst beim Verlassen der Moschee: Beim Betreten beschäftigt sich der Gläubige mit dem, was ihn Allah und Seinem Paradies näher bringt, daher ist es angemessen, die Barmherzigkeit zu erwähnen. Beim Verlassen strebt er auf der Erde nach Allahs Gunst in Form von Lebensunterhalt, daher ist es angemessen, die Gunst zu erwähnen.
 Diese Bittgebete werden gesprochen, wenn man die Moschee betreten möchte, und wenn man sie verlassen möchte.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65092</t>
   </si>
   <si>
     <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>‚Zwischen einer Person und dem Götzendienst (Schirk) und dem Unglauben (Kufr) steht die Unterlassung des Gebets.‘“</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Von Jabir - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: ‚Zwischen einer Person und dem Götzendienst (Schirk) und dem Unglauben (Kufr) steht die Unterlassung des Gebets.‘“</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - warnte vor der Unterlassung des Pflichtgebets und erklärte, dass zwischen einem Menschen und dem Begehen des Schirk und Kufr die Unterlassung des Gebets steht. Das Gebet ist die zweite Säule des Islams und hat einen hohen Stellenwert im Glauben. Wer das Gebet unterlässt, da er seine Pflicht verleugnet, ist gemäß dem Konsens der Muslime ungläubig. Wer es aus Nachlässigkeit und Faulheit vollständig unterlässt, so ist er ebenfalls ein Ungläubiger, und hierüber wird der Konsens der Prophetengefährten berichtet. Wer das Gebet jedoch manchmal unterlässt und manchmal verrichtet, setzt sich dieser strengen Warnung aus.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Die Wichtigkeit des Gebets und seiner Einhaltung, da es den Unterschied zwischen Unglauben und Glauben ausmacht.
-Die strenge Warnung vor dem Verlassen und Vernachlässigen des Gebets.</t>
+Die strenge Warnung vor dem Unterlassen und Vernachlässigen des Gebets.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65093</t>
   </si>
   <si>
     <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
-    <t>‚Wahrlich, das Abkommen zwischen uns und ihnen ist das Gebet; wer es verlässt, hat Unglauben begangen.‘“</t>
+    <t>‚Wahrlich, das Abkommen zwischen uns und ihnen ist das Gebet; wer es unterlässt, hat Unglauben begangen.‘“</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
-    <t>Von Buraydah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, das Abkommen zwischen uns und ihnen ist das Gebet; wer es verlässt, hat Unglauben begangen.‘“</t>
+    <t>Von Buraydah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wahrlich, das Abkommen zwischen uns und ihnen ist das Gebet; wer es unterlässt, hat Unglauben begangen.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass das Abkommen und Bündnis zwischen den Muslimen und den Ungläubigen sowie den Heuchlern das Gebet ist. Wer es verlässt, hat Unglauben begangen.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Die gewaltige Stellung des Gebets und dass es den Unterschied zwischen dem Gläubigen und Ungläubigen ausmacht.
 Die Bestätigung der islamischen Urteile anhand des äußeren Zustands eines Menschen und nicht seines inneren Zustands.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65094</t>
   </si>
   <si>
     <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
-    <t>„O Bilal, rufe zum Gebet, damit wir dadurch Ruhe finden.“</t>
+    <t>„O Bilal, rufe zum Gebet, damit wir dadurch Ruhe/Erholung finden.“</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
-    <t>Von Salim Ibn Abi Al-Ja'd wird überliefert: „Ein Mann sagte: ‚Ich wünschte, ich hätte gebetet und mich ausgeruht.‘ Sie schienen dies zu missbilligen. Da sagte er: ‚Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „O Bilal, rufe zum Gebet, damit wir dadurch Ruhe finden.“</t>
+    <t>Von Salim Ibn Abi Al-Ja'd wird überliefert: „Ein Mann sagte: ‚Ich wünschte, ich hätte gebetet und mich (davon) erholt.‘ Sie schienen dies zu missbilligen. Da sagte er: ‚Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: „O Bilal, rufe zum Gebet, damit wir dadurch Ruhe/Erholung finden.“</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
-    <t>Ein Mann von den Gefährten sagte: „Ich wünschte, ich hätte gebetet und mich (dadurch) ausgeruht.“ Die Leute um ihn schienen dies zu missbilligen. Da sagte er: „Ich habe den Propheten - Allahs Segen und Frieden auf ihm - sagen hören: ‚O Bilal, rufe den Gebetsruf aus und dann die Iqamah, damit wir dadurch Ruhe finden.‘ Dies liegt daran, dass im Gebet die Anrufung Allahs - erhaben ist Er - enthalten ist und darin Erholung für die Seele und das Herz liegt.“</t>
+    <t>Ein Mann von den Gefährten sagte: „Ich wünschte, ich hätte gebetet und mich (davon) erholt.“ Die Leute um ihn schienen dies zu missbilligen. Da sagte er: „Ich habe den Propheten - Allahs Segen und Frieden auf ihm - sagen hören: ‚O Bilal, rufe den Gebetsruf aus und dann die Iqamah, damit wir dadurch Ruhe/Erholung finden.‘ Dies liegt daran, dass im Gebet die Anrufung Allahs - erhaben ist Er - enthalten ist und darin Erholung für die Seele und das Herz liegt.“</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Das Herz findet Ruhe im Gebet, da es die Anrufung Allahs - erhaben ist Er - beinhaltet.
 Die Missbilligung desjenigen, der träge in der Anbetung ist.
-Wer die ihm auferlegte Pflicht erfüllt und sich davon befreit, erlangt dadurch Ruhe und ein Gefühl der Sicherheit.</t>
+Wer die ihm auferlegte Pflicht erfüllt und sich von seiner Schuld befreit, erlangt dadurch Ruhe und ein Gefühl der Sicherheit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65095</t>
   </si>
   <si>
     <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>O ihr Menschen, ich habe dies so getan, damit ihr mir folgen könnt und mein Gebet erlernt.‘“</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Von Abu Hazim Ibn Dinar wird überliefert: Einige Männer kamen zu Sahl Ibn Sa'd As-Sa'idi und fragten ihn über das Holz der Kanzel, über dessen Material sie sich gestritten hatten. Sahl sagte: „Bei Allah, ich kenne sein Material genau. Ich habe es am ersten Tag gesehen, als es aufgestellt wurde und als der Gesandte Allahs - Allahs Segen und Frieden auf ihm - das erste Mal darauf saß. Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sandte zu einer Frau von den Ansar, deren Namen Sahl nannte: ‚Befiehl deinem Tischler, mir Stufen anzufertigen, auf denen ich sitzen kann, wenn ich zu den Menschen spreche.‘ Die Frau befahl es ihm, und er fertigte sie aus Palmholz an. Dann brachte er ihr sie und sie ließ sie zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - bringen. Er befahl, dass sie hier aufgestellt werden. Dann sah ich den Gesandten Allahs - Allahs Segen und Frieden auf ihm - auf ihr beten und den Takbir sprechen, während er darauf saß. Dann verneigte er sich darauf und ging rückwärts herunter, um sich in der Basis der Kanzel niederzuwerfen. Danach stieg er wieder auf die Kanzel zurück. Als er fertig war, wandte er sich an die Menschen und sagte: ‚O ihr Menschen, ich habe dies so getan, damit ihr mir folgen könnt und mein Gebet erlernt.‘“</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
-    <t>Einige Männer kamen zu einem der Gefährten und fragten ihn über die Kanzel des Propheten - Allahs Segen und Frieden auf ihm - und aus welchem Material es gefertigt wurde, da sie darüber gestritten hatten. Der Gefährte erklärte ihnen, dass der Prophet - Allahs Segen und Frieden auf ihm - eine Frau von den Ansar damit beauftragte, deren Diener ein Tischler war. Er sagte ihr: „Befiehl deinem Diener, mir eine Kanzel zu bauen, auf der ich sitzen kann, wenn ich zu den Menschen spreche.“ Die Frau gehorchte und befahl ihrem Diener, dem Propheten - Allahs Segen und Frieden auf ihm - eine Kanzel aus Palmholz anzufertigen. Als er fertig war, ließ sie die Kanzel zum Propheten - Allahs Segen und Frieden auf ihm - bringen. Er befahl, es an seinem Platz in der Moschee aufzustellen. Dann betete er - Allahs Segen und Frieden auf ihm - auf dieser und sprach den Takbir aus, während er darauf war. Danach verneigte er sich darauf und ging rückwärts herunter, ohne sich dabei nach hinten umzuwenden, und warf sich in der Basis der Kanzel nieder. Anschließend stieg er wieder auf die Kanzel zurück. Als er mit dem Gebet fertig war, wandte er sich an die Menschen und sagte: „O ihr Menschen, ich habe dies so getan, damit ihr mir folgen könnt und mein Gebet erlernt.“</t>
+    <t>Einige Männer kamen zu einem der Gefährten und fragten ihn über die Kanzel des Propheten - Allahs Segen und Frieden auf ihm - und aus welchem Material es gefertigt wurde, da sie darüber gestritten hatten. Der Gefährte erklärte ihnen, dass der Prophet - Allahs Segen und Frieden auf ihm - eine Frau von den Ansar damit beauftragte, deren Diener ein Tischler war. Er sagte ihr: „Befiehl deinem (bediensteten) Jüngling, mir eine Kanzel zu bauen, auf der ich sitzen kann, wenn ich zu den Menschen spreche.“ Die Frau gehorchte und befahl ihrem Diener, dem Propheten - Allahs Segen und Frieden auf ihm - eine Kanzel aus Palmholz anzufertigen. Als er fertig war, ließ sie die Kanzel zum Propheten - Allahs Segen und Frieden auf ihm - bringen. Er befahl, es an seinem Platz in der Moschee aufzustellen. Dann betete er - Allahs Segen und Frieden auf ihm - auf dieser und sprach den Takbir aus, während er darauf war. Danach verneigte er sich darauf und ging rückwärts herunter, ohne sich dabei nach hinten umzuwenden, und warf sich in der Basis der Kanzel nieder. Anschließend stieg er wieder auf die Kanzel zurück. Als er mit dem Gebet fertig war, wandte er sich an die Menschen und sagte: „O ihr Menschen, ich habe dies so getan, damit ihr mir folgen könnt und mein Gebet erlernt.“</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Es ist erwünscht, eine Kanzel zu benutzen und den Redner darauf steigen zu lassen. Der Nutzen davon ist die Verkündung und das Erreichen der Zuhörer.
 Die Erlaubnis, auf der Kanzel zu beten, um zu lehren, und die Erlaubnis, dass der Imam höher als die Betenden ist, wenn es erforderlich ist.
 Die Erlaubnis, Handwerker für die Bedürfnisse der Muslime in Anspruch zu nehmen.
 Die Erlaubnis, sich im Gebet leicht zu bewegen, wenn es notwendig ist.
 Die Erlaubnis, dass der Betende während des Gebets seinen Imam ansieht, um von ihm zu lernen, und dass dies nicht der Demut widerspricht.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65096</t>
   </si>
   <si>
     <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>„Wenn ihr betet, richtet eure Reihen gerade, und einer von euch soll euch im Gebet leiten. Wenn er den Takbir spricht, sprecht auch den Takbir</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Von Hittan Ibn 'Abdillah Ar-Raqaschi wird überliefert:
-„Ich verrichtete mit Abu Musa Al-Asch'ari ein Gebet. Als wir uns in der Sitzposition befanden, sagte ein Mann aus der Versammlung: ‚Die Gebete werden durch die Gerechtigkeit und die Zakah bestätigt.‘ Als Abu Musa das Gebet beendete und den Friedensgruß sprach, wandte er sich um und fragte: ‚Wer von euch hat diesen Satz gesagt?‘ Die Leute schwiegen. Dann fragte er erneut: ‚Wer von euch hat diesen Satz gesagt?‘ Wieder schwieg die Versammlung. Da sagte er: ‚Vielleicht hast du, Hittan, es gesagt?‘ Er antwortete: ‚Ich habe es nicht gesagt, und ich fürchtete, dass du mich dafür tadeln würdest.‘ Da sagte ein Mann aus der Versammlung: ‚Ich habe es gesagt, und ich wollte damit nur Gutes tun.‘ Darauf sagte Abu Musa: ‚Wisst ihr nicht, was ihr im Gebet sagen sollt? Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - hielt uns eine Rede, in der er uns unsere Sunnah erklärte und unser Gebet lehrte. Er sagte: „Wenn ihr betet, richtet eure Reihen gerade, und einer von euch soll euch im Gebet leiten. Wenn er den Takbir spricht, sprecht auch den Takbir. Wenn er sagt: ‚nicht (den Weg) derjenigen, die (Deinen) Zorn erregt haben, und nicht (den Weg) der Irregehenden!‘ [Al-Fatihah: 7], dann sagt: ‚Amin‘, und Allah wird euch antworten. Wenn er den Takbir spricht und sich verbeugt, sagt ebenfalls den Takbir und verbeugt euch (nach ihm), denn der Imam verbeugt sich vor euch und erhebt sich auch wieder vor euch. Wenn er sagt: ‚Allah hört den, der Ihn lobt‘, dann sagt: ‚Unser Herr, Dir gebührt das Lob.‘ Allah wird euch hören, denn Allah - segensreich und erhaben ist Er - sagte durch die Zunge Seines Propheten: ‚Allah hört den, der Ihn lobt.‘ Wenn er den Takbir spricht und sich niederwirft, sagt ebenfalls den Takbir und werft euch nieder, denn der Imam wirft sich vor euch nieder und erhebt sich auch wieder vor euch.“ Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „So gehört dies zu jenem. Wenn er sich in der Sitzposition befindet, dann sollten eure ersten Worte (darin) sein: ‚Die besten Grüße, die Gebete gehören Allah. Friede sei auf dir, o Prophet, und Allahs Barmherzigkeit und Segnungen. Friede sei auf uns und den frommen Dienern Allahs. Ich bezeuge, dass es keinen anbetungswürdigen Gott gibt außer Allah, und ich bezeuge, dass Muhammed Sein Diener und Gesandter ist.‘“</t>
+„Ich verrichtete mit Abu Musa Al-Asch'ari ein Gebet. Als wir uns in der Sitzposition befanden, sagte ein Mann aus der Versammlung: ‚Die Gebete werden mit der Gerechtigkeit und Zakah bestätigt.‘ Als Abu Musa das Gebet beendete und den Friedensgruß sprach, wandte er sich um und fragte: ‚Wer von euch hat diesen Satz gesagt?‘ Die Leute schwiegen. Dann fragte er erneut: ‚Wer von euch hat diesen Satz gesagt?‘ Wieder schwieg die Versammlung. Da sagte er: ‚Vielleicht hast du, Hittan, es gesagt?‘ Er antwortete: ‚Ich habe es nicht gesagt, und ich fürchtete, dass du mich dafür tadeln würdest.‘ Da sagte ein Mann aus der Versammlung: ‚Ich habe es gesagt, und ich wollte damit nur Gutes tun.‘ Darauf sagte Abu Musa: ‚Wisst ihr nicht, was ihr im Gebet sagen sollt? Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - hielt uns eine Rede, in der er uns unsere Sunnah erklärte und unser Gebet lehrte. Er sagte: „Wenn ihr betet, richtet eure Reihen gerade, und einer von euch soll euch im Gebet leiten. Wenn er den Takbir spricht, sprecht auch den Takbir. Wenn er sagt: ‚nicht (den Weg) derjenigen, die (Deinen) Zorn erregt haben, und nicht (den Weg) der Irregehenden!‘ [Al-Fatihah: 7], dann sagt: ‚Amin‘, und Allah wird euch antworten. Wenn er den Takbir spricht und sich verbeugt, sagt ebenfalls den Takbir und verbeugt euch (nach ihm), denn der Imam verbeugt sich vor euch und erhebt sich auch wieder vor euch. Wenn er sagt: ‚Allah hört den, der Ihn lobt‘, dann sagt: ‚Unser Herr, Dir gebührt das Lob.‘ Allah wird euch hören, denn Allah - segensreich und erhaben ist Er - sagte durch die Zunge Seines Propheten - Allahs Segen und Frieden auf ihm -: ‚Allah hört den, der Ihn lobt.‘ Wenn er den Takbir spricht und sich niederwirft, sagt ebenfalls den Takbir und werft euch nieder, denn der Imam wirft sich vor euch nieder und erhebt sich auch wieder vor euch.“ Da sagte der Gesandte Allahs - Allahs Segen und Frieden auf ihm -: „So gehört dies zu jenem. Wenn er sich in der Sitzposition befindet, dann sollten eure ersten Worte (darin) sein: ‚Die besten Grüße, die Gebete gehören Allah. Friede sei auf dir, o Prophet, und Allahs Barmherzigkeit und Segnungen. Friede sei auf uns und den frommen Dienern Allahs. Ich bezeuge, dass es keinen anbetungswürdigen Gott gibt außer Allah, und ich bezeuge, dass Muhammed Sein Diener und Gesandter ist.‘“</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Der Gefährte Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - verrichtete ein Gebet und als er sich in der Sitzposition befand, in der man den Taschahhud sagt, sagte ein Mann unter den Betenden hinter ihm: „Das Gebet wird im Quran zusammen mit der Gerechtigkeit und der Zakah erwähnt.“ Als Abu Musa das Gebet beendet hatte, wandte er sich an die Betenden und fragte: „Wer von euch hat das gesagt: ‚Das Gebet wird im Quran zusammen mit der Gerechtigkeit und der Zakah erwähnt‘?“ Die Leute schwiegen und niemand antwortete. Er wiederholte die Frage noch einmal, aber es kam keine Antwort. Da sagte Abu Musa - möge Allah mit ihm zufrieden sein -: „Vielleicht hast du, Hittan, das gesagt?“ Wegen seiner Nähe traute sich Abu Musa Hittan direkt zu beschuldigen, um den tatsächlichen Täter dazu zu bringen, sich zu erkennen zu geben. Hittan verneinte das und sagte: „Ich hatte Angst, dass du mir Vorwürfe machen würdest, weil du vielleicht denkst, dass ich es gesagt habe.“ Da sagte ein anderer von den Anwesenden: „Ich habe es gesagt und beabsichtigte damit nur Gutes.“ Abu Musa erklärte ihm: „Wisst ihr nicht, was/wie ihr in euren Gebeten sprechen sollt?“ Dies war eine Missbilligung seinerseits. Dann erklärte Abu Musa, dass der Prophet - Allahs Segen und Frieden auf ihm - einmal zu ihnen gepredigt, ihnen ihre Religion erklärt und sie im Gebet unterrichtet hatte, indem er - Allahs Segen und Frieden auf ihm - sagte:
 „Wenn ihr betet, richtet die Reihen gerade und stellt euch darin auf, dann soll einer von euch die Menschen im Gebet anführen. Wenn der Imam den Eröffnungs-Takbir (Takbiratu Al-Ihram) spricht, dann sprecht auch ihr den Takbir. Wenn er die Al-Fatihah liest und folgenden Vers erreicht: ‚Nicht (den Weg) derjenigen, die (Deinen) Zorn erregt haben, und nicht (den Weg) der Irregehenden!‘ [Al-Fatihah: 7], dann sprecht: ‚Amin.‘ Wenn ihr das tut, wird Allah euer Bittgebet erhören. Wenn der Imam sich verbeugt, dann verbeugt euch auch, denn der Imam verbeugt sich vor euch und richtet sich vor euch wieder auf. Überholt ihn nicht, denn der Moment, in dem der Imam euch beim Verbeugen zuvorgekommen ist, wird bei euch dadurch ausgeglichen, dass ihr euch beim Verbeugen einen Moment verspätet, nachdem er sich wieder aufgerichtet hat – dieser Moment gleicht jenen Moment aus. Wenn der Imam sagt: ‚Sami' Allahu liman hamidah‘ (‚Allah hört den, der Ihn lobt‘), dann sagt: ‚Allahumma Rabbana lakal hamd‘ (‚Unser Herr, Dir gebührt das Lob.‘). Wenn die Betenden dies sagen, hört Allah - gepriesen sei Er - ihr Bittgebet und ihre Worte, denn Allah - segensreich und erhaben ist Er - sagte durch die Zunge Seines Propheten - Allahs Segen und Frieden auf ihm -: ‚Sami' Allahu liman hamidah.‘ Dann, wenn der Imam den Takbir spricht und sich niederwirft, sollen die Betenden ebenfalls den Takbir sprechen und sich niederwerfen. Der Imam wirft sich vor ihnen nieder und richtet sich vor ihnen wieder auf. So entspricht dieser Moment jenem Moment, sodass die Zeitspanne der Niederwerfung des Betenden der Zeitspanne der Niederwerfung des Vorbeters entspricht. Wenn er sitzt, um den Taschahhud zu sprechen, soll das erste Wort des Betenden sein: ‚Die besten Grüße, die Gebete gehören Allah‘, denn das Königreich, der (ewige) Verbleib, die Allmacht und auch die fünf Pflichtgebete gebühren allesamt Allah - erhaben ist Er -. 
 ‚Friede sei auf dir, o Prophet, und Allahs Barmherzigkeit und Segnungen. Friede sei auf uns und den frommen Dienern Allahs‘, so bittet Allah um Unversehrtheit vor jedem Makel, jeder Krankheit, jedem Mangel und jeder Form des Verderbens. Wir sprechen die Friedensgrüße speziell für unseren Propheten Muhammad - Allahs Segen und Frieden auf ihm - und dann für uns und für alle rechtschaffenen Diener Allahs, die die Rechte Allahs - erhaben ist Er - und die Rechte Seiner Diener, die ihnen obliegen, ausführen. Dann bezeugen wir, dass es keinen Gott außer Allah gibt und dass Muhammad Sein Diener und Gesandter ist.“</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Eine der Formulierungen des Taschahhuds wird dargelegt.
 Die Handlungen und Worte des Gebets müssen auf authentischen Überlieferungen des Propheten Muhammad - Allahs Segen und Frieden auf ihm - basieren. Es ist nicht erlaubt, dass jemand darin ein Wort oder eine Handlung einführt, die nicht in der Sunnah überliefert wurden.
 Es ist nicht erlaubt, dem Imam im Gebet vorauszueilen oder hinter ihm zurückzubleiben. Die vorgeschriebene Vorgehensweise für den Betenden ist, dem Imam in seinen Handlungen zu folgen.
 Hierin wird erwähnt, wie sehr der Prophet - Allahs Segen und Frieden auf ihm - sich darum kümmerte, seiner Gemeinschaft die religiösen Gesetze zu verkünden und zu lehren.
 Der Imam ist das Vorbild für den Betenden, daher ist es nicht erlaubt, ihm in den Handlungen des Gebets vorauszueilen, gleichzeitig mit ihm zu handeln oder hinter ihm zurückzubleiben. Vielmehr soll die Nachfolge des Imams erst beginnen, nachdem man sicher ist, dass er die Handlung, die man selbst ausführen möchte, bereits begonnen hat, und es ist Sunnah, ihm dabei zu folgen.
 Die Vorschrift, die (Gebets)reihen im Gebet gerade zu richten.</t>
@@ -18118,169 +18087,169 @@
   <si>
     <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - überliefert einen Teil der Beschreibung des Gebets des Propheten - Allahs Segen und Frieden auf ihm. Er berichtet, dass der Prophet - Allahs Segen und Frieden auf ihm - den Eröffnungs-Takbir sprach, wenn er sich zum Gebet hinstellte und gerade stand. Er sprach den Takbir beim Übergang in die Verbeugung, (beim Übergang) in die Niederwerfung, beim Erheben des Kopfes von der Niederwerfung, bei der zweiten Niederwerfung, beim Erheben des Kopfes von dieser und beim Aufstehen von den ersten beiden Gebetseinheiten nach dem Sitzen für den ersten Taschahhud in den Gebeten mit drei oder vier Gebetseinheiten. Dies tat er während des gesamten Gebets, bis er es beendete. Er sagte, wenn er sich vom Verbeugen erhob: „Sami‘a Allahu liman Hamidah“ (Allah hört den, der Ihn lobt), und sagte im Stehen: „Rabbana lakal hamd“ (Unser Herr, Dir gebührt das Lob).
 Dann sagte Abu Hurayrah, nachdem er das Gebet beendete: „Bei Dem, in Dessen Hand meine Seele ist, ich bin derjenige unter euch, der im Gebet dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - am ähnlichsten ist. Wahrlich dies war sein Gebet war, bis er diese Welt verließ.“</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Das Takbir wird bei jeder Verbeugung und Erhebung ausgesprochen, außer beim Aufrichten von der Verbeugung, wenn „Sami‘a Allahu liman Hamidah“ (Allah hört den, der Ihn lobt) gesagt wird.
 Das Bestreben der Gefährten des Propheten - Allahs Segen und Frieden auf ihm - ihm nachzuahmen und seine Sunnah zu bewahren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65098</t>
   </si>
   <si>
     <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>‚Allah, der Erhabene, sagte: „Ich habe das Gebet in zwei Teile geteilt, einen Teil für Mich und einen Teil für Meinen Diener. Und für Meinen Diener ist das, worum er bittet</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Allah, der Erhabene, sagte: „Ich habe das Gebet in zwei Teile geteilt, einen Teil für Mich und einen Teil für Meinen Diener. Und für Meinen Diener ist das, worum er bittet.“ Wenn der Diener sagt: „Das Lob gebührt Allah, dem Herrn der Welten(bewohner)“, dann sagt Allah - erhaben ist Er -: „Mein Diener lobte Mich.“ Und wenn er sagt: „dem Allerbarmer, dem Barmherzigen“, dann sagt Allah - erhaben ist Er -: „Mein Diener pries Mich.“ Und wenn er sagt: „dem Herrscher am Tag des Gerichts“, dann sagt Allah: „Mein Diener verherrlichte Mich“ - und manchmal sagte Er: „Mein Diener überließ sich Mir.“ Wenn er dann sagt: „Dir (allein) dienen wir, und zu Dir (allein) flehen wir um Hilfe“, dann sagt Allah: „Dies ist zwischen Mir und Meinem Diener, und für Meinen Diener ist das, worum er bittet.“ Wenn er schließlich sagt: „Leite uns den geraden Weg, den Weg derjenigen, denen Du Gunst erwiesen hast, nicht (den Weg) derjenigen, die (Deinen) Zorn erregt haben, und nicht (den Weg) der Irregehenden“, dann sagt Allah: „Dies ist für Meinen Diener, und für Meinen Diener ist das, worum er bittet.“‘“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Allah, der Erhabene, sagte: „Ich habe das Gebet in zwei Teile geteilt, einen Teil für Mich und einen Teil für Meinen Diener. Und für Meinen Diener ist das, worum er bittet.“ Wenn der Diener sagt: „Das Lob gebührt Allah, dem Herrn der Welten(bewohner)“, dann sagt Allah - erhaben ist Er -: „Mein Diener lobte Mich.“ Und wenn er sagt: „dem Allerbarmer, dem Barmherzigen“, dann sagt Allah - erhaben ist Er -: „Mein Diener pries Mich.“ Und wenn er sagt: „dem Herrscher am Tag des Gerichts“, dann sagt Allah: „Mein Diener verherrlichte Mich“ - und manchmal sagte Er: „Mein Diener überließ (seine Angelegenheit) Mir.“ Wenn er dann sagt: „Dir (allein) dienen wir, und zu Dir (allein) flehen wir um Hilfe“, dann sagt Allah: „Dies ist zwischen Mir und Meinem Diener, und für Meinen Diener ist das, worum er bittet.“ Wenn er schließlich sagt: „Leite uns den geraden Weg, den Weg derjenigen, denen Du Gunst erwiesen hast, nicht (den Weg) derjenigen, die (Deinen) Zorn erregt haben, und nicht (den Weg) der Irregehenden“, dann sagt Allah: „Dies ist für Meinen Diener, und für Meinen Diener ist das, worum er bittet.“‘“</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete, dass Allah - erhaben ist Er - in einem heiligen Hadith (Hadith Qudsi) sagte: „Ich habe die Surah Al-Fatihah im Gebet in zwei Hälften aufgeteilt, die eine Hälfte gehört Mir und die andere Hälfte gehört Meinem Diener.“
 Die erste Hälfte besteht aus (dem) Lob, (dem) Dank und (der) Verherrlichung Allahs, und Ich werde ihn dafür mit dem besten Lohn belohen.
 Die zweite Hälfte besteht aus (dem) Flehen und (dem) Bitten, und Ich werde ihm antworten und ihm gewähren, worum er bittet.
 Wenn der Betende sagt: „Das Lob gebührt Allah, dem Herrn der Welten(bewohner)“, sagt Allah: „Mein Diener hat Mich gelobt.“ Wenn er sagt: „dem Allerbarmer, dem Barmherzigen“, sagt Allah: „Mein Diener hat Mich gepriesen und  anerkannt, dass Ich Meine gesamte Schöpfung mit den Gnaden umfasse.“ Wenn er sagt: „dem Herrscher am Tag des Gerichts“, sagt Allah: „Mein Diener hat Mich verherrlicht, und dies ist die große Ehre.“
 Wenn er sagt: „Dir (allein) dienen wir, und zu Dir (allein) flehen wir um Hilfe“, sagt Allah: „Das ist zwischen Mir und Meinem Diener.“
 Die erste Hälfte dieses Verses gehört Allah und lautet: „Dir (allein) dienen wir.“ Dies ist das Eingeständnis der alleinigen Anbetungswürdigkeit Allahs und die Bereitschaft zur Anbetung, und damit endet der Teil (des Verses), der für Allah ist.
 Der zweite Teil des Verses gehört dem Diener und lautet: „zu Dir (allein) flehen wir um Hilfe“. Dies ist die Bitte um Unterstützung von Allah und das Versprechen, dass Er helfen wird.
 Wenn der Betende sagt: „Leite uns den geraden Weg, den Weg derjenigen, denen Du Gunst erwiesen hast, nicht (den Weg) derjenigen, die (Deinen) Zorn erregt haben, und nicht (den Weg) der Irregehenden“, sagt Allah: „Dies ist das Flehen und die Bitte Meines Dieners, und Mein Diener erhält, was er erbeten hat, und Ich habe seine Bitte erhört.“</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Die gewaltige Stellung der Al-Fatihah, denn Allah - erhaben ist Er - hat sie als „das Gebet“ bezeichnet.
-Eine Verdeutlichung der Fürsorge Allahs - erhaben ist Er - für Seinen Diener, da er Ihn aufgrund seines Lobes, seiner Lobpreisung und seiner Verherrlichung lobte und versprach, ihm zu geben, worum er bat.
+Die Verdeutlichung der Fürsorge Allahs - erhaben ist Er - für Seinen Diener, da er Ihn aufgrund seines Lobes, seiner Lobpreisung und seiner Verherrlichung lobte und versprach, ihm zu geben, worum er bat.
 Diese edle Surah enthält die Lobpreisung Allahs, die Erinnerung an das Jüngste Gericht, das Bitten Allahs, die Aufrichtigkeit in der Anbetung nur Ihm gegenüber, das Bitten um Führung auf den rechten Weg und die Warnung vor den Wegen der Falschheit.
 Das Bewusstsein des Betenden über diesen Hadith, während er die Al-Fatihah liest, mehrt seine Demut im Gebet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65099</t>
   </si>
   <si>
     <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
-    <t>„Der schlimmste Dieb unter den Menschen ist derjenige, der sein Gebet stiehlt.“ Es wurde gefragt: „Wie stiehlt man sein Gebet?“ Er sagte: „Indem man seine Verbeugung und seine Niederwerfung nicht vollständig ausführt.“</t>
+    <t>‚Der schlimmste Dieb unter den Menschen ist derjenige, der sein Gebet stiehlt.‘ Es wurde gefragt: ‚Wie stiehlt man sein Gebet?‘ Er sagte: ‚Indem man seine Verbeugung und seine Niederwerfung nicht vollständig ausführt.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
-    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass  er sagte: Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Der schlimmste Dieb unter den Menschen ist derjenige, der sein Gebet stiehlt.“ Es wurde gefragt: „Wie stiehlt man sein Gebet?“ Er sagte: „Indem man seine Verbeugung und seine Niederwerfung nicht vollständig ausführt.“</t>
+    <t>Von Abu Hurayrah - möge Allah mit ihm zufrieden sein - wird überliefert, dass  er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Der schlimmste Dieb unter den Menschen ist derjenige, der sein Gebet stiehlt.‘ Es wurde gefragt: ‚Wie stiehlt man sein Gebet?‘ Er sagte: ‚Indem man seine Verbeugung und seine Niederwerfung nicht vollständig ausführt.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass der schlimmste Dieb derjenige ist, der von seinem Gebet stiehlt. Denn das Stehlen von fremdem Eigentum mag im Diesseits von Nutzen sein, im Gegensatz  zu diesem Dieb, denn er stiehlt von seinem Anrecht auf den Lohn und die Belohnung. Die Gefährten fragten: „O Gesandter Allahs, wie stiehlt man von seinem Gebet?“ Er antwortete: „Indem man die Verbeugung und Niederwerfung nicht vollständig ausführt.“ Das bedeutet, dass man sich in Eile verbeugt und niederwirft und diese Handlungen nicht in der vollkommenen Weise ausführt.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Die Wichtigkeit, das Gebet gut zu verrichten und seine Säulen mit Ruhe und Demut auszuführen.
 Die Bezeichnung desjenigen, der seine Verbeugung und Niederwerfung nicht vollständig ausführt, als Dieb, dient dazu, davor abzuschrecken und darauf hinzuweisen, dass dies verboten ist.
 Die Verpflichtung, die Verbeugung und die Niederwerfung im Gebet vollständig auszuführen und danach in eine aufrechte Haltung zurückzukehren.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65100</t>
   </si>
   <si>
     <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>„Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte, wenn er sich von der Verbeugung erhob: ‚Allah hört den, der Ihn lobt</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
-    <t>Von Ibn Abi Aufa - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte, wenn er sich von der Verbeugung erhob: ‚Allah hört den, der Ihn lobt. O Allah, unser Herr, Dir gebührt das Lob, so viel wie die Himmel und die Erde fassen und so viel wie Du willst von etwas danach.‘“</t>
+    <t>Von Ibn Abi Awfa - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte, wenn er sich von der Verbeugung erhob: ‚Allah hört den, der Ihn lobt. O Allah, unser Herr, Dir gebührt das Lob, so viel wie die Himmel und die Erde fassen und so viel wie Du willst von etwas danach.‘“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - sagte, wenn er seinen Rücken aus der Verbeugung im Gebet erhob: „Allah hört den, der Ihn lobt“, was bedeutet, dass Allah - erhaben ist Er - die Lobpreisungen desjenigen, der Ihn lobt, annimmt und ihn belohnt. Danach lobte er Allah mit den Worten: „O Allah, unser Herr, Dir gebührt das Lob, so viel wie die Himmel und die Erde fassen und so viel wie Du willst von etwas danach.“ Dies ist ein Lob, dass die Himmel und die Erden sowie alles dazwischen umfasst, und so viel wie Allah will von allem anderen.</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Die Erläuterung dessen, was der Betende sagen sollte, wenn er seinen Kopf von der Verbeugung erhebt.
 Es ist vorgeschrieben, nach dem Erheben aus der Verbeugung aufrecht und ruhig zu stehen, da man dieses Bittgebet nur aussprechen kann, wenn man aufrecht und ruhig steht.
 Dieses Bittgebet ist in allen Gebeten vorgeschrieben, sei es ein Pflichtgebet oder ein freiwilliges Gebet.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65101</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
-    <t>‚Der Prophet - Allahs Segen und Frieden auf ihm - sagte nach jedem Pflichtgebet</t>
+    <t>„Der Prophet - Allahs Segen und Frieden auf ihm - sagte nach jedem Pflichtgebet</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
-    <t>Von Warrad, dem Schreiber von Al-Mughirah Ibn Schu'bah, wird überliefert, dass er sagte: „Al-Mughirah Ibn Schu'bah diktierte mir in einem Schreiben an Mu'awiyah: ‚Der Prophet - Allahs Segen und Frieden auf ihm - sagte nach jedem Pflichtgebet: „Es gibt keinen anbetungswürdigen Gott außer Allah, dem Einzigen, ohne Partner. Ihm gehört das Königreich und Ihm gebührt das Lob, und Er hat Macht über alles. O Allah, niemand kann das verhindern, was Du gibst, und niemand kann geben, was Du zurückhältst, und Reichtum nützt dem Reichen nichts, wenn es nicht von Dir kommt.“‘“</t>
+    <t>Von Warrad, dem Schreiber von Al-Mughirah Ibn Schu'bah, wird überliefert, dass er sagte: Al-Mughirah Ibn Schu'bah diktierte mir in einem Schreiben an Mu'awiyah: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte nach jedem Pflichtgebet: ‚Es gibt keinen anbetungswürdigen Gott außer Allah, dem Einzigen, ohne Partner. Ihm gehört das Königreich und Ihm gebührt das Lob, und Er hat Macht über alles. O Allah, niemand kann das verhindern, was Du gibst, und niemand kann geben, was Du zurückhältst, und Reichtum nützt dem Reichen vor Dir nichts.‘“</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
-    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte es, nach jedem verpflichtenden Gebet zu sagen: „Es gibt keinen anbetungswürdigen Gott außer Allah, dem Einzigen, ohne Partner. Ihm gehört das Königreich und Ihm gebührt das Lob, und Er hat Macht über alles. O Allah, niemand kann das verhindern, was Du gibst, und niemand kann geben, was Du zurückhältst, und Reichtum nützt dem Reichen nichts, wenn es nicht von Dir kommt.“
-Dies bedeutet: Ich bestätige und bekenne mit dem Wort des Tauhids (Monotheismus) „Es gibt keinen Gott außer Allah“, dass die wahre Anbetung ausschließlich Allah gehört und verneine sie für jeden außer Ihn. Somit gibt es keinen, der zu Recht angebetet wird, außer Allah. Ich bestätige, dass das wahre und vollständige Königreich Allah gehört und dass jegliches Lob der Bewohner der Himmel und der Erde Allah - erhaben ist Er - allein zusteht, da Er über alles mächtig ist. Was Allah bestimmt hat an Geben oder Zurückhalten, kann nicht geändert werden, und Reichtum nützt dem Wohlhabenden bei Allah nicht. Nützlich ist nur die gute Tat.</t>
+    <t>Der Prophet - Allahs Segen und Frieden auf ihm - pflegte es, nach jedem verpflichtenden Gebet zu sagen: „Es gibt keinen anbetungswürdigen Gott außer Allah, dem Einzigen, ohne Partner. Ihm gehört das Königreich und Ihm gebührt das Lob, und Er hat Macht über alles. O Allah, niemand kann das verhindern, was Du gibst, und niemand kann geben, was Du zurückhältst, und Reichtum nützt dem Reichen vor Dir nichts.“
+Dies bedeutet: Ich bestätige und bekenne mit dem Wort des Tauhids (Monotheismus) „Es gibt keinen Gott außer Allah“, dass die wahre Anbetung ausschließlich Allah gehört und verneine sie für jeden außer Ihn. Somit gibt es keinen, der zu Recht angebetet wird, außer Allah. Ich bestätige, dass das wahre und vollständige Königreich Allah gehört und dass jegliches Lob der Bewohner der Himmel und der Erde Allah - erhaben ist Er - allein zusteht, da Er zu allem die Macht hat. Was Allah bestimmt hat an Geben oder Zurückhalten, kann nicht geändert werden, und Reichtum nützt dem Wohlhabenden bei Allah nicht. Nützlich ist für ihn nur die gute Tat.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Es ist empfohlen, dieses Bittgebet nach den Gebeten zu sprechen, da es Worte des Monotheismus und des Lobes enthält.
 Man sollte bestrebt danach sein, die Sunnah zu befolgen und sie zu verbreiten.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65102</t>
   </si>
   <si>
     <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>dass der Prophet - Allahs Segen und Frieden auf ihm - zwischen den beiden Niederwerfungen zu sagen pflegte: „Mein Herr, vergib mir, mein Herr, vergib mir.“</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Von Hudhayfah - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - zwischen den beiden Niederwerfungen zu sagen pflegte: „Mein Herr, vergib mir, mein Herr, vergib mir.“</t>
   </si>
   <si>
@@ -18476,51 +18445,51 @@
   <si>
     <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärte, dass es zur Vollkommenheit der guten islamischen Eigenschaften des Muslims und zur Vervollständigung seines Glaubens („Iman“) gehört, dass er sich von allen Aussagen und Taten entfernt, die ihn nichts angehen, ihn nicht betreffen, ihn nicht bekümmern und ihm nicht nützen, und ebenso von allen religiösen und diesseitigen Angelegenheiten, die ihn nichts angehen. 
 Wenn der Mensch sich mit Angelegenheiten beschäftigt, die nicht seine sind, lenkt ihn dies von dem ab, was ihn angeht oder führt ihn zu etwas, was er meiden sollte. Der Mensch wird am Tag der Auferstehung nämlich nach seinen Taten befragt.</t>
   </si>
   <si>
     <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
 ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
 الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
 قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
 قال ابن رجب: هذا الحديث أصل من أصول الأدب.
 الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
 الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
 يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
   </si>
   <si>
     <t>Die Menschen unterscheiden sich in ihrer Stufe im Islam; und durch einige Taten kann sich der Islam (einer Person) verbessern.
 Wenn man das unnütze Gerede und die überflüssigen Aussagen und Taten unterlässt, ist das ein Beweis für die Vollkommenheit des Islams dieser Person.
 Der Ansporn, dass der Mensch sich mit den Angelegenheiten seiner Religion und seines diesseitigen Lebens, die ihn betreffen, befasst. Wenn es zum guten Islam einer Person gehört, das zu lassen, was einen nichts angeht, dann gehört es auch zum guten Islam einer Person, dass er sich mit dem beschäftigt, was ihn angeht.
 Ibn Al-Qayyim - möge Allah mit ihm barmherzig sein - sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - fasste die Frömmigkeit in einem Satz zusammen, indem er sagte: ‚Zum guten Islam einer Person gehört, das zu lassen, was ihn nichts angeht.‘ Dies umfasst das Meiden von allem, was einen nichts angeht - sei es im Sprechen, Anschauen, Zuhören, Nehmen, Gehen, Nachdenken und in allen anderen sichtbaren und inneren Bewegungen. Dies ist ein ausreichender (und heilender) Satz über die Frömmigkeit.“
 Ibn Rajab sagte: „Dieser Hadith ist eine der Grundlagen des guten Benehmens.“
 Der Ansporn zum Streben nach Wissen, denn dadurch erkennt der Mensch, was ihn angeht und was ihn nicht angeht.
 Das Befehlen des Guten, das Untersagen des Schlechten und der gute Ratschlag gehören zu den Dingen, die den Menschen angehen, da sie ihm anbefohlen wurden.
-Unter die allgemeine Bedeutung des Hadithes fällt auch, dass man sich von allem fernhält, was Allah - mächtig und majestätisch ist Er - untersagte und der Prophet - Allahs Segen und Frieden auf ihm - verabscheute - was einen nichts angeht. Ebenso gehören dazu alle Angelegenheiten des Jenseits, die man nicht benötigt, wie z. B. genaue Informationen über das Verborgene und Details über die Bestimmungen der Schöpfung und Befehle (Allahs). Außerdem gehört dazu das Fragen und Forschen nach hypothetischen und erfundenen Angelegenheiten, die weder eingetreten sind, noch eintreten werden, noch vorstellbar ist, dass sie eintreten werden.</t>
+Unter die allgemeine Bedeutung des Hadiths fällt auch, dass man sich von allem fernhält, was Allah - mächtig und majestätisch ist Er - untersagte und der Prophet - Allahs Segen und Frieden auf ihm - verabscheute - was einen nichts angeht. Ebenso gehören dazu alle Angelegenheiten des Jenseits, die man nicht benötigt, wie z. B. genaue Informationen über das Verborgene und Details über die Bestimmungen der Schöpfung und Befehle (Allahs). Außerdem gehört dazu das Fragen und Forschen nach hypothetischen und erfundenen Angelegenheiten, die weder eingetreten sind, noch eintreten werden, noch vorstellbar ist, dass sie eintreten werden.</t>
   </si>
   <si>
     <t>رواه الترمذي وغيره</t>
   </si>
   <si>
     <t>[رواه الترمذي وغيره]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/65255</t>
   </si>
   <si>
     <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>‚Zwischen jeweils zwei Gebetsrufen liegt ein Gebet, zwischen jeweils zwei Gebetsrufen liegt ein Gebet.‘ Dann sagte er beim dritten Mal: ‚Für denjenigen, der will.‘“</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn Mughaffal - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Prophet - Allahs Segen und Frieden auf ihm - sagte: ‚Zwischen jeweils zwei Gebetsrufen liegt ein Gebet, zwischen jeweils zwei Gebetsrufen liegt ein Gebet.‘ Dann sagte er beim dritten Mal: ‚Für denjenigen, der will.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
@@ -18733,51 +18702,51 @@
     <t>رواه الدارقطني في سننه، وغيره</t>
   </si>
   <si>
     <t>[رواه الدارقطني في سننه وغيره]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66510</t>
   </si>
   <si>
     <t>‚Die Taten sind nur entsprechend der Absichten und jedem (Menschen) gebührt nur das, was er beabsichtigte</t>
   </si>
   <si>
     <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
   </si>
   <si>
     <t>Vom Führer der Gläubigen Abu Hafs 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein -, wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Die Taten sind nur entsprechend der Absichten und jedem (Menschen) gebührt nur das, was er beabsichtigte. Wer also seine Auswanderung zu Allah und Seinem Gesandten vollzog, dessen Auswanderung ist zu Allah und Seinem Gesandten (und wird entsprechend vergolten); und wer seine Auswanderung für einen Teil (einen Vorteil) des diesseitigen Lebens unternimmt oder (für) eine Frau, um sie zu heiraten, so ist seine Auswanderung zu dem, zu dem er ausgewandert ist (und wird entsprechend bewertet).‘“</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
 النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
   </si>
   <si>
     <t>Der Ansporn zur Aufrichtigkeit, denn Allah nimmt nur Taten an, die ausschließlich für Sein Angesicht verrichtet werden.
 Die Handlungen, durch die man sich Allah - mächtig und majestätisch ist Er - annähert, bringen keine Belohnung, wenn der Verpflichtete sie nur aus Gewohnheit verrichtet, bis er beabsichtigt, sich damit Allah zu nähern.
-Alternative: Durch die Absicht wird zwischen den einzelnen Gottesdiensten sowie zwischen den Gottesdiensten und den gewöhnlichen Handlungen unterschieden.</t>
+Durch die Absicht wird zwischen den einzelnen Gottesdiensten sowie zwischen den Gottesdiensten und den gewöhnlichen Handlungen unterschieden.</t>
   </si>
   <si>
     <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
   </si>
   <si>
     <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66511</t>
   </si>
   <si>
     <t>Von Abu 'Abdir-Rahman 'Abdullah Ibn 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen:||‚Der Islam wurde auf fünf (Säulen) gebaut: (auf) dem Bekenntnis, dass es keine anbetungswürdige Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, dem Verrichten des Gebets, dem Entrichten der Pflichtabgabe („Zakah“), der Pilgerfahrt zum Hause (Allahs) und dem Fasten im (Monat) Ramadan.’“</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>Von Abu 'Abdir-Rahman 'Abdullah Ibn 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Gesandten Allahs - Allahs Segen und Frieden auf ihm - sagen: ‚Der Islam wurde auf fünf (Säulen) gebaut: (auf) dem Bekenntnis, dass es keine anbetungswürdige Gottheit gibt außer Allah und dass Muhammad der Gesandte Allahs ist, dem Verrichten des Gebets, dem Entrichten der Pflichtabgabe („Zakah“), der Pilgerfahrt zum Hause (Allahs) und dem Fasten im (Monat) Ramadan.’“</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>رواه البخاري ومسلم</t>
   </si>
@@ -18805,51 +18774,51 @@
   <si>
     <t>بيان مراحل خلق الإنسان.
 الإيمان بالقضاء والقدر.
 الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
   </si>
   <si>
     <t>Die Darlegung der Phasen der Erschaffung des Menschen.
 Der Iman an die Vorherbestimmung und das Schicksal.
 Das Ende aller Angelegenheiten wird durch die Vorherbestimmung beschlossen und nimmt den festgelegten Verlauf an.
 Es wird davor gewarnt, sich durch die (äußerliche) Erscheinung der Taten täuschen zu lassen, denn die Taten sind ja entsprechend den Enden.
 ____</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66513</t>
   </si>
   <si>
     <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
   </si>
   <si>
     <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
-    <t>Von der Mutter der Gläubigen Umm 'Abdillah 'Aischah - möge Allah mit ihr zufrieden sein, wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer in dieser, unserer Sache (der Religion), etwas (neu) einführt, was nicht von ihr ist, so wird es abgelehnt.‘“</t>
+    <t>Von der Mutter der Gläubigen Umm 'Abdillah 'Aischah - möge Allah mit ihr zufrieden sein, wird überliefert, dass sie sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer in dieser, unserer Sache (der Religion), etwas (neu) einführt, was nicht von ihr ist, so wird es abgelehnt.‘“ Und in einer Überlieferung bei Muslim (heißt es): „Wer eine Tat ausführt, die nicht von dieser, unserer Angelegenheit (der Religion), ist, so wird diese abgelehnt.“</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Die Anbetungen basieren auf dem, was im Quran und der Sunnah überliefert ist. Wir dürfen Allah - erhaben ist Er - nur mit dem dienen, was Er vorgeschrieben hat, und nicht durch Neuerungen und neu erfundene Praktiken.
 Die Religion basiert nicht auf persönlicher Meinung oder Wohlgefallen, sondern auf dem Befolgen des Gesandten - Allahs Segen und Frieden auf ihm.
 Dieser Hadith ist ein Beweis für die Vollkommenheit der Religion.
 Eine Neuerung (arab. „Bid'ah“) ist alles, was in die Religion eingeführt wurde und nicht zur Zeit des Propheten - Allahs Segen und Frieden auf ihm - und seiner Gefährten existierte, sei es in Bezug auf die Glaubenslehre, Worte oder Handlungen.
 Dieser Hadith ist ein fundamentaler Grundsatz des Islams und dient als Maßstab für die Taten. So wie jede Tat, die nicht um Allahs - erhaben ist Er - Willen verrichtet wird, ihrem Vollbringer keine Belohnung einbringt, so wird auch jede Tat, die nicht im Einklang mit dem steht, was der Gesandte Allahs - Allahs Segen und Frieden auf ihm - gebracht hat, von ihrem Vollbringer zurückgewiesen.
 Dieser Hadith stellt eine Grundlage für die Widerlegung erfundener Neuerungen und auftretender Verwerflichkeiten dar.
 Die verbotenen Neuerungen beziehen sich auf Angelegenheiten der Religion und nicht des Diesseits.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66514</t>
   </si>
   <si>
     <t>إن الحلال بين، وإن الحرام بين</t>
   </si>
@@ -18999,97 +18968,97 @@
   <si>
     <t>‚Lasse das, was Zweifel in dir weckt, für das, was keine Zweifel in dir weckt.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
   </si>
   <si>
     <t>Von Abu Muhammad Al-Hasan Ibn 'Ali Ibn Abi Talib, der Enkel des Gesandten Allahs - Allahs Segen und Frieden auf ihm - und seine Duftpflanze, wird überliefert, dass er sagte: „Ich lernte vom Gesandten Allahs - Allahs Segen und Frieden auf ihm - (Folgendes) auswendig: ‚Lasse das, was Zweifel in dir weckt, für das, was keine Zweifel in dir weckt.‘“</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - befahl, (jene) Aussagen und Taten zu unterlassen, bei denen man Zweifel hat, ob sie untersagt sind oder nicht, ob sie verboten oder erlaubt sind. Stattdessen soll man das wählen, woran kein Zweifel besteht und wobei man sicher ist, dass es gut und erlaubt ist.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66519</t>
   </si>
   <si>
-    <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Diener des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte:||„Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
+    <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Bedienstete des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte:||„Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
   </si>
   <si>
-    <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Diener des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
+    <t>Von Abu Hamzah Anas Ibn Malik - möge Allah mit ihm zufrieden sein -, der Bedienstete des Gesandten Allahs - Allahs Segen und Frieden auf ihm -, wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Keiner von euch glaubt, bis er für seinen Bruder das wünscht, was er für sich selbst wünscht.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66520</t>
   </si>
   <si>
     <t>„Wahrlich, Allah hat die Güte (und Vorzüglichkeit) in jeder Sache vorgeschrieben</t>
   </si>
   <si>
     <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Von Abu Ya'la Schaddad Ibn Aus - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: „Wahrlich, Allah hat die Güte (und Vorzüglichkeit) in jeder Sache vorgeschrieben. Wenn ihr also tötet, so tötet auf beste/gütigste Weise. Und wenn ihr schlachtet, so schlachtet auf beste/gütigste Weise. Und ein jeder von euch soll seine Klinge schärfen und sein Schlachttier entlasten (es vor unnötiger Angst und vor unnötigem Schmerz verschonen).“</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
 إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66521</t>
   </si>
   <si>
     <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>‚ O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah</t>
   </si>
   <si>
     <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
 وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
   </si>
   <si>
-    <t>Von Abu Al-'Abbas 'Abdullah Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Eines Tages war ich hinter dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - (auf einem Reittier) und er sagte: ‚ O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah. Und wisse, wenn sich die Menschen der (gesamten) Nation („Ummah“) dazu versammeln würden, um dir in einer Sache nützlich zu sein, werden sie dir nicht nutzen (können) außer durch eine Sache, die Allah bereits für dich (vor)geschrieben hat. Und wenn sie sich dazu versammeln würden, um dir durch eine Sache zu schaden, werden sie dir nicht schaden (können) außer durch eine Sache, die Allah bereits gegen dich (vor)geschrieben hat. Die Schreibrohre wurden (von den Schreibbogen/Blättern) gehoben und die (Schreib-)Bogen/Blätter sind getrocknet.‘“</t>
+    <t>Von Abu Al-'Abbas 'Abdullah Ibn 'Abbas - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Eines Tages war ich hinter dem Gesandten Allahs - Allahs Segen und Frieden auf ihm - (auf einem Reittier) und er sagte: ‚ O Junge, ich lehre dir einige Worte: Bewahre Allah (und Seine Rechte), so wird Er dich bewahren. Bewahre Allah, so wirst du Ihn vor dir finden. Wenn du (um etwas) bittest, so bitte Allah. Und wenn du Unterstützung ersuchst, so ersuche sie bei Allah. Und wisse, wenn sich die Menschen der (gesamten) Nation („Ummah“) dazu versammeln würden, um dir in einer Sache nützlich zu sein, werden sie dir nicht nutzen (können) außer durch eine Sache, die Allah bereits für dich (vor)geschrieben hat. Und wenn sie sich dazu versammeln würden, um dir durch eine Sache zu schaden, werden sie dir nicht schaden (können) außer durch eine Sache, die Allah bereits gegen dich (vor)geschrieben hat. Die Schreibrohre wurden (von den Schreibbogen/Blättern) gehoben und die (Schreib-)Bogen/Blätter sind getrocknet.‘“ In einer anderen Überlieferung - außer der von At-Tirmidhi - heißt es: „Bewahre Allah, so wirst du Ihn vor dir finden. Mache dich (bei) Allah (z. B. durch gute Taten) bekannt in den einfachen Zeiten, so wird Er dich in den schwierigen Zeiten kennen. Und wisse, dass das, was dich verfehlte, dich nicht hätte treffen sollen, und dass das, was dich traf, dich nicht hätte verfehlen sollen. Und wisse, dass der Sieg mit Geduld einhergeht, und dass die Erlösung mit dem Leid einhergeht und dass mit der Erschwernis die Erleichterung einhergeht.“</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
 وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
   </si>
   <si>
     <t>Ibn 'Abbas - möge Allah mit ihm zufrieden sein - berichtete, dass er als Kind einmal hinter dem Propheten - Allahs Segen und Frieden auf ihm - ritt. Er - Segen und Frieden auf ihm - sagte dann zu ihm: Ich werde dir einige Dinge und Angelegenheiten beibringen, durch die Allah dir Nutzen bringen wird. Bewahre Allah, indem du Seine Gebote achtest und Seine Verbote meidest, sodass Er dich in den gottesdienstlichen Handlungen, die dich Ihm nähern, findet und nicht in den Sünden und Verfehlungen. Wenn du dies tust, wird dein Lohn sein, dass Allah dich vor den Schwierigkeiten des Diesseits und des Jenseits bewahren und dir in deinen wichtigen Angelegenheiten, wohin auch immer du gehst, helfen wird. Und wenn du etwas erbitten möchtest, bitte niemanden außer Allah, denn Er allein ist Derjenige, Der den Bittenden antwortet. Und wenn du Beistand benötigst, so bitte niemanden um Beistand außer Allah. Und sei dir gewiss, dass dir keine Vorteile zuteilwerden können, selbst wenn alle Menschen der Erde sich versammeln, um dir zu nützen, außer in dem, was Allah für dich bestimmt hat. Ebenso wird dir keiner Schaden zufügen können, auch wenn sich alle Menschen der Erde versammeln, um dir zu schaden, außer dem, was Allah für dich bestimmt hat. Und (wisse,) dass diese Angelegenheit von Allah - mächtig und majestätisch ist Er - gemäß Seiner Weisheit und Seinem Wissen festgeschrieben und bestimmt ist; es gibt keine Veränderung an dem, was Allah geschrieben hat. Und derjenige, der Allah bewahrt, indem er Seine Befehle achtet und Seine Verbote meidet, so ist Allah - gepriesen sei Er - vor diesem Diener, Er kennt Seine Lage, hilft ihm und unterstützt ihn. Wenn der Mensch Allah in einfachen Zeiten gehorcht, so wird Allah ihm in schwierigen Zeiten Erleichterung und einen Ausweg gewähren. Außerdem sollte jeder Diener mit dem zufrieden sein, was Allah an Gutem und Schlechtem für ihn bestimmt hat. In schwierigen Situationen und Prüfungen muss der Diener geduldig sein, denn die Geduld ist der Schlüssel zur Erleichterung. Wenn das Leid schwerwiegender wird, kommt die Erlösung von Allah, und wenn es zu einer Erschwernis kommt, lässt Allah ihr die Erleichterung folgen.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
 البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
 تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
   </si>
   <si>
     <t>Die Wichtigkeit Jüngeren und Kindern die religiösen Angelegenheiten zu lehren, wie den Tauhid, die Verhaltensregeln usw.
 Die Belohnung entspricht der Art der Tat.
@@ -19126,57 +19095,57 @@
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66524</t>
   </si>
   <si>
     <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Wenn ich die vorgeschriebenen Gebete verrichte, den (Monat) Ramadan faste, das Erlaubte als erlaubt erkläre und das Verbotene als verboten</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
   </si>
   <si>
     <t>Von Abu 'Abdillah Jabir Ibn 'Abdillah Al-Ansari - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass ein Mann den Gesandten Allahs - Allahs Segen und Frieden auf ihm - fragte: „Wenn ich die vorgeschriebenen Gebete verrichte, den (Monat) Ramadan faste, das Erlaubte als erlaubt erkläre und das Verbotene als verboten, und ich dem nichts Weiteres hinzufüge, trete ich dann in den Paradiesgarten ein?“ Er antwortete: „Ja.“</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66525</t>
   </si>
   <si>
     <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
   </si>
   <si>
-    <t>‚Die Reinheit ist die Hälfte des Glaubens („Iman“). (Die Worte) Alhamdulillah (alles Lob gebührt Allah) füllt die Waage, und SubhanAllah (erhaben/gepriesen ist Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist</t>
+    <t>‚Die Reinheit ist die Hälfte des Glaubens („Iman“). (Die Worte) Alhamdulillah (alles Lob gebührt Allah) füllt die Waage, und Subhanallah (erhaben/gepriesen ist Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist</t>
   </si>
   <si>
     <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
   </si>
   <si>
-    <t>Von Abu Malik Al-Harith Ibn 'Asim Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Reinheit ist die Hälfte des Glaubens („Iman“). (Die Worte) Alhamdulillah (alles Lob gebührt Allah) füllt die Waage, und SubhanAllah (erhaben/gepriesen ist Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist. Und das Gebet ist Licht, die Pflichtabgabe („Zakah“) ist ein (Glaubens-)Beweis, die Geduld ist Erleuchtung und der Quran ist ein Argument für dich oder gegen dich. Alle Menschen gehen morgens hinaus als Verkäufer ihrer Seele, wobei sie entweder befreit oder ruiniert wird.‘“</t>
+    <t>Von Abu Malik Al-Harith Ibn 'Asim Al-Asch'ari - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Die Reinheit ist die Hälfte des Glaubens („Iman“). (Die Worte) Alhamdulillah (alles Lob gebührt Allah) füllt die Waage, und Subhanallah (erhaben/gepriesen ist Allah) und Alhamdulillah füllen - oder füllt -, was zwischen Himmel und Erde ist. Und das Gebet ist Licht, die Pflichtabgabe („Zakah“) ist ein (Glaubens-)Beweis, die Geduld ist Erleuchtung und der Quran ist ein Argument für dich oder gegen dich. Alle Menschen gehen morgens hinaus als Verkäufer ihrer Seele, wobei sie entweder befreit oder ruiniert wird.‘“</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66526</t>
   </si>
   <si>
     <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte:||‚Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende an jedem Tag, an dem die Sonne aufgeht. Zwischen zwei Menschen Gerechtigkeit zu schaffen, ist eine Spende. Und jemandem mit seinem Reittier zu helfen, sodass du ihm bei dessen Besteigen oder beim Aufladen seiner Ware hilfst, ist eine Spende. Und das gute Wort ist eine Spende. Und jeder Schritt, den du zum Gebet gehst, ist eine Spende. Und das Entfernen schädlicher Dinge vom Weg, ist eine Spende.‘“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abu Hurayrah - möge Allah mit ihm zufrieden sein - berichtete, dass der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Für jedes Gelenk (bzw. jeden Knochen) des Menschen obliegt eine Spende an jedem Tag, an dem die Sonne aufgeht. Zwischen zwei Menschen Gerechtigkeit zu schaffen, ist eine Spende. Und jemandem mit seinem Reittier zu helfen, sodass du ihm bei dessen Besteigen oder beim Aufladen seiner Ware hilfst, ist eine Spende. Und das gute Wort ist eine Spende. Und jeder Schritt, den du zum Gebet gehst, ist eine Spende. Und das Entfernen schädlicher Dinge vom Weg, ist eine Spende.‘“</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66527</t>
   </si>
   <si>
     <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
@@ -19380,59 +19349,59 @@
   <si>
     <t>رويناه في كتاب الحجة بإسناد صحيح</t>
   </si>
   <si>
     <t>[قال النووي: حديث صحيح]</t>
   </si>
   <si>
     <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66535</t>
   </si>
   <si>
     <t>كل مسكر حرام</t>
   </si>
   <si>
     <t>Alles Berauschende ist verboten.</t>
   </si>
   <si>
     <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
 وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
 وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
 وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
   </si>
   <si>
-    <t>Von Abu Burdah wird über seinen Vater Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - ihn in den Jemen entsandte und ihn sodann nach Getränken, die dort produziert werden, fragte, indem er sagte: „Und was sind diese?“ Er (also Abu Musa) sagte: „Al-Bit'u und Al-Mizru.“ Abu Burdah wurde dann gefragt: „Was ist Al-Bit'u?“ Er sagte: „Honigwein. Und Al-Mizru ist Gerstenwein.“ Er (also der Prophet - Allahs Segen und Frieden auf ihm) sagte daraufhin: „Alles Berauschende ist verboten.“ (Überliefert von Al-Bukhari)</t>
+    <t>Von Abu Burdah wird über seinen Vater Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - ihn in den Jemen entsandte und ihn sodann nach Getränken, die dort produziert werden, fragte, indem er sagte: „Und was sind diese?“ Er (also Abu Musa) sagte: „Al-Bit' und Al-Mizr.“ Abu Burdah wurde dann gefragt: „Was ist Al-Bit'?“ Er sagte: „Honigwein. Und Al-Mizr ist Gerstenwein.“ Er (also der Prophet - Allahs Segen und Frieden auf ihm) sagte daraufhin: „Alles Berauschende ist verboten.“ Überliefert von Al-Bukhari. Und Muslim überlieferte diesen Hadith mit folgendem Wortlaut: Er (also Abu Musa) sagte: „Der Gesandte Allahs entsandte mich und Mu'adh in den Jemen. Da sagte ich: ‚O Gesandter Allahs, es gibt ein Getränk, was (hier) an unserem Ort hergestellt wird, was Al-Mizr aus Gerste genannt wird, und ein Getränk, was Al-Bit' aus Honig genannt wird.‘ Da sagte er: ‚Alles Berauschende ist verboten.‘“ Und in einer anderen Überlieferung bei Muslim heißt es: „Da sagte er: ‚Alles, was berauscht und vom Gebet abhält, ist verboten.‘“ Und in einer weiteren Überlieferung bei ihm heißt es: „Und dem Gesandten Allahs wurde (die Fähigkeit) gewährt, umfassende Aussagen in seinen abschließenden Worten zu tätigen, so sagte er: ‚Ich untersage alles Berauschende, das vom Gebet abhält.‘“</t>
   </si>
   <si>
     <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
 فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
 فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
   </si>
   <si>
-    <t>Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - ihn in den Jemen entsandte. Er fragte ihn dann, ob bestimmte Getränke, die dort produziert werden, verboten sind. Der Prophet - Allahs Segen und Frieden auf ihm - fragte genauer nach ihnen. Da sagte Abu Musa - möge Allah mit ihm zufrieden sein, dass es sich bei ihnen um Al-Bitʿu, also Wein („Nabidh“) aus Honig, und um Al-Mizru, also Wein aus Gerste, handelt. Da dem Propheten - Allahs Segen und Frieden auf ihm - die umfassenden Worte verliehen wurden, sagte er dann: „Alles Berauschende ist verboten.“</t>
+    <t>Abu Musa Al-Asch'ari - möge Allah mit ihm zufrieden sein - berichtete, dass der Prophet - Allahs Segen und Frieden auf ihm - ihn in den Jemen entsandte. Er fragte ihn dann, ob bestimmte Getränke, die dort produziert werden, verboten sind. Der Prophet - Allahs Segen und Frieden auf ihm - fragte genauer nach ihnen. Da sagte Abu Musa - möge Allah mit ihm zufrieden sein, dass es sich bei ihnen um Al-Bitʿ, also Wein („Nabidh“) aus Honig, und um Al-Mizr, also Wein aus Gerste, handelt. Da dem Propheten - Allahs Segen und Frieden auf ihm - die umfassenden Worte verliehen wurden, sagte er dann: „Alles Berauschende ist verboten.“</t>
   </si>
   <si>
     <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
 الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
 أهمية السؤال عن ما يحتاج إليه المسلم.
 كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
 أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
   </si>
   <si>
     <t>Nabidh ist Wasser, in das Datteln, Honig, Gerste o. Ä. eingelegt werden, sodass das Wasser davon einen süßen Geschmack und ein (süßes) Aroma annimmt. Es kann anschließend gären (fermentieren) und berauschend wirken.
 Der Hadith ist eine Grundlage für das Verbot aller berauschenden Mitteln, wie Alkohol, Haschisch und dergleichen.
 Die Wichtigkeit, nach dem zu fragen, was man als Muslim benötigt.
 Zunächst war der Alkohol nur dann verboten, wenn die Gebetszeit nahe war, denn einer der Auswanderer betete und brachte während der Rezitation einiges durcheinander. Da wurde die Aussage des Erhabenen hinabgesandt: „O die ihr glaubt, nähert euch nicht dem Gebet, während ihr (be)trunken seid, bis ihr wisst, was ihr sagt.“ [An-Nisa: 43] Und der Rufer des Gesandten Allahs - Allahs Segen und Frieden auf ihm - pflegte zu rufen: „Kein Betrunkener nähert sich dem Gebet!“ Später hat Allah es vollkommen verboten, indem Er sagte: „O die ihr glaubt, gewiss, berauschender Trank, Glücksspiel, Opfersteine und Lospfeile sind nur ein Gräuel vom Werk des Satans. So meidet ihn, auf dass es euch wohl ergehen möge! Wahrlich, der Satan will (ja) zwischen euch nur Feindschaft und Hass säen durch berauschenden Trank und Glücksspiel und euch vom Gedenken Allahs und vom Gebet abhalten. Werdet ihr (damit) nun wohl aufhören?“ [Al-Maidah: 90-91]
 Allah - erhaben ist Er - hat den Alkohol aufgrund der gewaltigen Schäden und Nachteile, die er mit sich bringt, verboten.
 Entscheidend für das Verbot ist das Vorhandensein der berauschenden Wirkung. Wenn Wein („Nabidh“) also berauschend ist, ist er verboten; wenn er keine berauschende Wirkung hat, ist er erlaubt.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66536</t>
   </si>
   <si>
     <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
   </si>
   <si>
     <t>Von 'Abdullah Ibn 'Amr - möge Allah mit ihm und seinem Vater zufrieden sein - wird überliefert, dass er sagte: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte:||„Vier (Eigenschaften), wer diese besitzt, ist ein Heuchler; und wer eine Eigenschaft dieser (vier) aufweist, besitzt (solange) einen Charakterzug der Heuchelei, bis er sich von dieser (Eigenschaft) trennt: Wenn er spricht, lügt er, wenn er etwas verspricht, hält er es nicht ein, wenn er (mit jemandem) streitet, überschreitet er das Maß, und wenn er eine vertragliche Abmachung schließt, ist er heimtückisch (und hält sich nicht daran).“</t>
@@ -19464,85 +19433,86 @@
     <t>Von 'Umar Ibn Al-Khattab - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Wenn ihr euch auf Allah wahrhaftig (mit wahrhaftem Vertrauen) verlassen würdet, so würde Er euch versorgen, wie Er die Vögel versorgt: Sie fliegen morgens mit leerem Magen hinaus und kehren abends mit vollem zurück.“</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
   </si>
   <si>
     <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66538</t>
   </si>
   <si>
     <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
   </si>
   <si>
     <t>Rechtschaffenheit (bzw. Ehrung) ist der gute Charakter (und gute Verhaltensweise). Und Sünde ist das, was dein Herz beunruhigt und was du verabscheust, dass die Menschen es in Erfahrung bringen</t>
   </si>
   <si>
     <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
 وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
   </si>
   <si>
-    <t>Von An-Nawwas Ibn Sam'an - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Rechtschaffenheit (bzw. Ehrung) ist der gute Charakter (und gute Verhaltensweise). Und Sünde ist das, was dein Herz beunruhigt und was du verabscheust, dass die Menschen es in Erfahrung bringen.“</t>
+    <t>Von An-Nawwas Ibn Sam'an - möge Allah mit ihm zufrieden sein - wird überliefert, dass der Prophet - Allahs Segen und Frieden auf ihm - sagte: „Rechtschaffenheit (bzw. Ehrung) ist der gute Charakter (und gute Verhaltensweise). Und Sünde ist das, was dein Herz beunruhigt und was du verabscheust, dass die Menschen es in Erfahrung bringen.“ Und von Wabisah Ibn Ma'bad - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich kam zum Gesandten Allahs - Allahs Segen und Frieden auf ihm - und dieser 
+sagte: ‚Du bist gekommen, um nach der Rechtschaffenheit zu fragen?‘ Ich sagte: ‚Ja.‘ Er sagte daraufhin: ‚Befrage dein Herz. Rechtschaffenheit ist das, was die Seele beruhigt sein lässt und was das Herz beruhigt sein lässt. Und Sünde ist das, was die Seele beunruhigt und worüber deine Brust/dein Herz hin und her gerissen ist, und (selbst) wenn es dir die Menschen immer wieder als erlaubt erklären.‘“</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
 وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - berichtete über die Rechtschaffenheit und die Sünde und sagte: Die gewaltigste Eigenschaft der Rechtschaffenheit ist das gute Benehmen gegenüber Allah durch die Gottesfurcht und gegenüber den Menschen durch das Ertragen ihres Schadens, geringen Zorn, ein freundliches Gesicht, gute Worte, Verbundenheit, Gehorsam, Freundlichkeit, Güte sowie durch gute Gesellschaft und Freundschaft. Außerdem ist Rechtschaffenheit das, worin das Herz und die Seele Ruhe finden. Die Sünde hingegen besteht in den zweifelhaften Dingen, die die Seele beunruhigen und innerlich zögern lassen - Dinge, die die Brust einengen, Zweifel im Herzen auslösen und die Befürchtung wecken, es könnte sich um eine Sünde handeln. Man möchte diese Sache nicht öffentlich zeigen, da es vor den angesehenen, vorbildlichen und tugendhaftesten Menschen unangenehm wäre. Die Seele liebt es nämlich von Natur aus, dass die Menschen nur das Gute von ihr sehen. Wenn sie es also verabscheut, dass die Menschen einige ihrer Taten mitbekommen, dann handelt es sich um Sünden, die nichts Gutes bergen. Und selbst wenn die Menschen dir Rechtsurteile geben: Nimm ihre Rechtsurteile nicht an, solange Zeichen des Zweifels in dir sind, die Unruhe verursachen, denn das Rechtsurteil lässt das Zweifelhafte nicht wegfallen - wenn die Zweifel korrekt sind und derjenige, der das Urteil gab, es ohne Wissen gab. Wenn das Rechtsurteil jedoch auf einem islamischen Beleg basiert, muss derjenige, dem das Urteil gegeben wurde, es annehmen - selbst wenn sein Inneres dabei keine Ruhe findet.</t>
   </si>
   <si>
     <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
 الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
 من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
 قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
 المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
 قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
   </si>
   <si>
     <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
   </si>
   <si>
     <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66540</t>
   </si>
   <si>
     <t>‚Deine Zunge soll immer feucht sein vom Gedenken an Allah</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
 وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
-    <t>Von 'Abdullah Ibn Busr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten und sagte: ‚O Gesandter Allahs, die gesetzmäßigen Handlungen des Islams sind für uns viel geworden. Gibt es also etwas Umfassendes, an dem wir festhalten können?‘ Er sagte: ‚Deine Zunge soll immer feucht sein vom Gedenken an Allah.‘“</t>
+    <t>Von 'Abdullah Ibn Busr - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ein Mann kam zum Propheten und sagte: ‚O Gesandter Allahs, die gesetzmäßigen Handlungen des Islams sind für uns viel geworden. Gibt es also etwas Umfassendes, an dem wir festhalten können?‘ Er sagte: ‚Deine Zunge soll immer feucht sein vom Gedenken an Allah.‘“ Und in einer anderen Überlieferung heißt es im Hadith von Mu'adh Ibn Jabal - möge Allah mit ihm zufrieden sein -: „Das Letzte, woraufhin ich den Gesandten Allahs - Allahs Segen und Frieden auf ihm - verließ, war, dass ich sagte: ‚Welche Tat ist die beste und nächste zu Allah?‘ Er sagte: ‚Dass du stirbst und deine Zunge feucht vom Gedenken an Allah - mächtig und majestätisch ist Er - ist.‘“</t>
   </si>
   <si>
     <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
 فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
   </si>
   <si>
     <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
   </si>
   <si>
     <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -19858,51 +19828,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O532"/>
+  <dimension ref="A1:O531"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -25936,18940 +25906,18893 @@
       </c>
       <c r="I130" t="s">
         <v>1218</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
         <v>47</v>
       </c>
       <c r="L130" t="s">
         <v>26</v>
       </c>
       <c r="M130" t="s">
         <v>48</v>
       </c>
       <c r="N130" t="s">
         <v>28</v>
       </c>
       <c r="O130" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="131" spans="1:15">
       <c r="A131">
-        <v>3586</v>
+        <v>3588</v>
       </c>
       <c r="B131" t="s">
         <v>1220</v>
       </c>
       <c r="C131" t="s">
         <v>1221</v>
       </c>
       <c r="D131" t="s">
         <v>1222</v>
       </c>
       <c r="E131" t="s">
         <v>1223</v>
       </c>
       <c r="F131" t="s">
         <v>1224</v>
       </c>
       <c r="G131" t="s">
         <v>1225</v>
       </c>
       <c r="H131" t="s">
         <v>1226</v>
       </c>
       <c r="I131" t="s">
         <v>1227</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>25</v>
+        <v>1228</v>
       </c>
       <c r="L131" t="s">
         <v>26</v>
       </c>
       <c r="M131" t="s">
-        <v>27</v>
+        <v>1229</v>
       </c>
       <c r="N131" t="s">
         <v>28</v>
       </c>
       <c r="O131" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="132" spans="1:15">
       <c r="A132">
-        <v>3588</v>
+        <v>3591</v>
       </c>
       <c r="B132" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="C132" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="D132" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="E132" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="F132" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="G132" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="H132" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="I132" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>1237</v>
+        <v>170</v>
       </c>
       <c r="L132" t="s">
         <v>26</v>
       </c>
       <c r="M132" t="s">
-        <v>1238</v>
+        <v>171</v>
       </c>
       <c r="N132" t="s">
         <v>28</v>
       </c>
       <c r="O132" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="133" spans="1:15">
       <c r="A133">
-        <v>3591</v>
+        <v>3686</v>
       </c>
       <c r="B133" t="s">
         <v>1240</v>
       </c>
       <c r="C133" t="s">
         <v>1241</v>
       </c>
       <c r="D133" t="s">
         <v>1242</v>
       </c>
       <c r="E133" t="s">
         <v>1243</v>
       </c>
       <c r="F133" t="s">
         <v>1244</v>
       </c>
       <c r="G133" t="s">
         <v>1245</v>
       </c>
       <c r="H133" t="s">
         <v>1246</v>
       </c>
       <c r="I133" t="s">
         <v>1247</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L133" t="s">
         <v>26</v>
       </c>
       <c r="M133" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N133" t="s">
         <v>28</v>
       </c>
       <c r="O133" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="134" spans="1:15">
       <c r="A134">
-        <v>3686</v>
+        <v>3689</v>
       </c>
       <c r="B134" t="s">
         <v>1249</v>
       </c>
       <c r="C134" t="s">
         <v>1250</v>
       </c>
       <c r="D134" t="s">
         <v>1251</v>
       </c>
       <c r="E134" t="s">
         <v>1252</v>
       </c>
       <c r="F134" t="s">
         <v>1253</v>
       </c>
       <c r="G134" t="s">
         <v>1254</v>
       </c>
       <c r="H134" t="s">
         <v>1255</v>
       </c>
       <c r="I134" t="s">
         <v>1256</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L134" t="s">
         <v>26</v>
       </c>
       <c r="M134" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N134" t="s">
         <v>28</v>
       </c>
       <c r="O134" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="135" spans="1:15">
       <c r="A135">
-        <v>3689</v>
+        <v>3700</v>
       </c>
       <c r="B135" t="s">
         <v>1258</v>
       </c>
       <c r="C135" t="s">
         <v>1259</v>
       </c>
       <c r="D135" t="s">
         <v>1260</v>
       </c>
       <c r="E135" t="s">
         <v>1261</v>
       </c>
       <c r="F135" t="s">
         <v>1262</v>
       </c>
       <c r="G135" t="s">
         <v>1263</v>
       </c>
       <c r="H135" t="s">
         <v>1264</v>
       </c>
       <c r="I135" t="s">
         <v>1265</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
         <v>25</v>
       </c>
       <c r="L135" t="s">
         <v>26</v>
       </c>
       <c r="M135" t="s">
         <v>27</v>
       </c>
       <c r="N135" t="s">
         <v>28</v>
       </c>
       <c r="O135" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="136" spans="1:15">
       <c r="A136">
-        <v>3700</v>
+        <v>3701</v>
       </c>
       <c r="B136" t="s">
         <v>1267</v>
       </c>
       <c r="C136" t="s">
         <v>1268</v>
       </c>
       <c r="D136" t="s">
         <v>1269</v>
       </c>
       <c r="E136" t="s">
         <v>1270</v>
       </c>
       <c r="F136" t="s">
         <v>1271</v>
       </c>
       <c r="G136" t="s">
         <v>1272</v>
       </c>
       <c r="H136" t="s">
         <v>1273</v>
       </c>
       <c r="I136" t="s">
         <v>1274</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
         <v>25</v>
       </c>
       <c r="L136" t="s">
         <v>26</v>
       </c>
       <c r="M136" t="s">
         <v>27</v>
       </c>
       <c r="N136" t="s">
         <v>28</v>
       </c>
       <c r="O136" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="137" spans="1:15">
       <c r="A137">
-        <v>3701</v>
+        <v>3702</v>
       </c>
       <c r="B137" t="s">
         <v>1276</v>
       </c>
       <c r="C137" t="s">
         <v>1277</v>
       </c>
       <c r="D137" t="s">
         <v>1278</v>
       </c>
       <c r="E137" t="s">
         <v>1279</v>
       </c>
       <c r="F137" t="s">
         <v>1280</v>
       </c>
       <c r="G137" t="s">
         <v>1281</v>
       </c>
       <c r="H137" t="s">
         <v>1282</v>
       </c>
       <c r="I137" t="s">
         <v>1283</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L137" t="s">
         <v>26</v>
       </c>
       <c r="M137" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N137" t="s">
         <v>28</v>
       </c>
       <c r="O137" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="138" spans="1:15">
       <c r="A138">
-        <v>3702</v>
+        <v>3706</v>
       </c>
       <c r="B138" t="s">
         <v>1285</v>
       </c>
       <c r="C138" t="s">
         <v>1286</v>
       </c>
       <c r="D138" t="s">
         <v>1287</v>
       </c>
       <c r="E138" t="s">
         <v>1288</v>
       </c>
       <c r="F138" t="s">
         <v>1289</v>
       </c>
       <c r="G138" t="s">
         <v>1290</v>
       </c>
       <c r="H138" t="s">
         <v>1291</v>
       </c>
       <c r="I138" t="s">
         <v>1292</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L138" t="s">
         <v>26</v>
       </c>
       <c r="M138" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N138" t="s">
         <v>28</v>
       </c>
       <c r="O138" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="139" spans="1:15">
       <c r="A139">
-        <v>3706</v>
+        <v>3711</v>
       </c>
       <c r="B139" t="s">
         <v>1294</v>
       </c>
       <c r="C139" t="s">
         <v>1295</v>
       </c>
       <c r="D139" t="s">
         <v>1296</v>
       </c>
       <c r="E139" t="s">
         <v>1297</v>
       </c>
       <c r="F139" t="s">
         <v>1298</v>
       </c>
       <c r="G139" t="s">
         <v>1299</v>
       </c>
       <c r="H139" t="s">
         <v>1300</v>
       </c>
       <c r="I139" t="s">
         <v>1301</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L139" t="s">
         <v>26</v>
       </c>
       <c r="M139" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N139" t="s">
         <v>28</v>
       </c>
       <c r="O139" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="140" spans="1:15">
       <c r="A140">
-        <v>3711</v>
+        <v>3716</v>
       </c>
       <c r="B140" t="s">
         <v>1303</v>
       </c>
       <c r="C140" t="s">
         <v>1304</v>
       </c>
       <c r="D140" t="s">
         <v>1305</v>
       </c>
       <c r="E140" t="s">
         <v>1306</v>
       </c>
       <c r="F140" t="s">
         <v>1307</v>
       </c>
       <c r="G140" t="s">
         <v>1308</v>
       </c>
       <c r="H140" t="s">
         <v>1309</v>
       </c>
       <c r="I140" t="s">
         <v>1310</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L140" t="s">
         <v>26</v>
       </c>
       <c r="M140" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N140" t="s">
         <v>28</v>
       </c>
       <c r="O140" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="141" spans="1:15">
       <c r="A141">
-        <v>3716</v>
+        <v>3718</v>
       </c>
       <c r="B141" t="s">
         <v>1312</v>
       </c>
       <c r="C141" t="s">
         <v>1313</v>
       </c>
       <c r="D141" t="s">
         <v>1314</v>
       </c>
       <c r="E141" t="s">
         <v>1315</v>
       </c>
       <c r="F141" t="s">
         <v>1316</v>
       </c>
       <c r="G141" t="s">
         <v>1317</v>
       </c>
       <c r="H141" t="s">
         <v>1318</v>
       </c>
       <c r="I141" t="s">
         <v>1319</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L141" t="s">
         <v>26</v>
       </c>
       <c r="M141" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N141" t="s">
         <v>28</v>
       </c>
       <c r="O141" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="142" spans="1:15">
       <c r="A142">
-        <v>3718</v>
+        <v>3719</v>
       </c>
       <c r="B142" t="s">
         <v>1321</v>
       </c>
       <c r="C142" t="s">
         <v>1322</v>
       </c>
       <c r="D142" t="s">
         <v>1323</v>
       </c>
       <c r="E142" t="s">
         <v>1324</v>
       </c>
       <c r="F142" t="s">
         <v>1325</v>
       </c>
       <c r="G142" t="s">
         <v>1326</v>
       </c>
       <c r="H142" t="s">
         <v>1327</v>
       </c>
       <c r="I142" t="s">
         <v>1328</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142" t="s">
         <v>170</v>
       </c>
       <c r="L142" t="s">
         <v>26</v>
       </c>
       <c r="M142" t="s">
         <v>171</v>
       </c>
       <c r="N142" t="s">
         <v>28</v>
       </c>
       <c r="O142" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="143" spans="1:15">
       <c r="A143">
-        <v>3719</v>
+        <v>3731</v>
       </c>
       <c r="B143" t="s">
         <v>1330</v>
       </c>
       <c r="C143" t="s">
         <v>1331</v>
       </c>
       <c r="D143" t="s">
         <v>1332</v>
       </c>
       <c r="E143" t="s">
         <v>1333</v>
       </c>
       <c r="F143" t="s">
         <v>1334</v>
       </c>
       <c r="G143" t="s">
         <v>1335</v>
       </c>
       <c r="H143" t="s">
         <v>1336</v>
       </c>
       <c r="I143" t="s">
         <v>1337</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L143" t="s">
         <v>26</v>
       </c>
       <c r="M143" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N143" t="s">
         <v>28</v>
       </c>
       <c r="O143" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="144" spans="1:15">
       <c r="A144">
-        <v>3731</v>
+        <v>3732</v>
       </c>
       <c r="B144" t="s">
         <v>1339</v>
       </c>
       <c r="C144" t="s">
         <v>1340</v>
       </c>
       <c r="D144" t="s">
         <v>1341</v>
       </c>
       <c r="E144" t="s">
         <v>1342</v>
       </c>
       <c r="F144" t="s">
         <v>1343</v>
       </c>
       <c r="G144" t="s">
         <v>1344</v>
       </c>
       <c r="H144" t="s">
         <v>1345</v>
       </c>
       <c r="I144" t="s">
         <v>1346</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>3732</v>
+        <v>3753</v>
       </c>
       <c r="B145" t="s">
         <v>1348</v>
       </c>
       <c r="C145" t="s">
         <v>1349</v>
       </c>
       <c r="D145" t="s">
         <v>1350</v>
       </c>
       <c r="E145" t="s">
         <v>1351</v>
       </c>
       <c r="F145" t="s">
         <v>1352</v>
       </c>
       <c r="G145" t="s">
         <v>1353</v>
       </c>
       <c r="H145" t="s">
         <v>1354</v>
       </c>
       <c r="I145" t="s">
         <v>1355</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L145" t="s">
         <v>26</v>
       </c>
       <c r="M145" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>3753</v>
+        <v>3756</v>
       </c>
       <c r="B146" t="s">
         <v>1357</v>
       </c>
       <c r="C146" t="s">
         <v>1358</v>
       </c>
       <c r="D146" t="s">
         <v>1359</v>
       </c>
       <c r="E146" t="s">
         <v>1360</v>
       </c>
       <c r="F146" t="s">
         <v>1361</v>
       </c>
       <c r="G146" t="s">
         <v>1362</v>
       </c>
       <c r="H146" t="s">
         <v>1363</v>
       </c>
       <c r="I146" t="s">
         <v>1364</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
         <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
       <c r="M146" t="s">
         <v>27</v>
       </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>3756</v>
+        <v>3791</v>
       </c>
       <c r="B147" t="s">
         <v>1366</v>
       </c>
       <c r="C147" t="s">
         <v>1367</v>
       </c>
       <c r="D147" t="s">
         <v>1368</v>
       </c>
       <c r="E147" t="s">
         <v>1369</v>
       </c>
       <c r="F147" t="s">
         <v>1370</v>
       </c>
       <c r="G147" t="s">
         <v>1371</v>
       </c>
       <c r="H147" t="s">
         <v>1372</v>
       </c>
       <c r="I147" t="s">
         <v>1373</v>
       </c>
       <c r="J147" t="s">
-        <v>24</v>
+        <v>1374</v>
       </c>
       <c r="K147" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L147" t="s">
-        <v>26</v>
+        <v>1375</v>
       </c>
       <c r="M147" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>3791</v>
+        <v>3854</v>
       </c>
       <c r="B148" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="C148" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D148" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="E148" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="F148" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="G148" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="H148" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="I148" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="J148" t="s">
-        <v>1383</v>
+        <v>24</v>
       </c>
       <c r="K148" t="s">
-        <v>871</v>
+        <v>47</v>
       </c>
       <c r="L148" t="s">
-        <v>1384</v>
+        <v>26</v>
       </c>
       <c r="M148" t="s">
-        <v>872</v>
+        <v>48</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
         <v>1385</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>3854</v>
+        <v>4176</v>
       </c>
       <c r="B149" t="s">
         <v>1386</v>
       </c>
       <c r="C149" t="s">
         <v>1387</v>
       </c>
       <c r="D149" t="s">
         <v>1388</v>
       </c>
       <c r="E149" t="s">
         <v>1389</v>
       </c>
       <c r="F149" t="s">
         <v>1390</v>
       </c>
       <c r="G149" t="s">
         <v>1391</v>
       </c>
       <c r="H149" t="s">
         <v>1392</v>
       </c>
       <c r="I149" t="s">
         <v>1393</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L149" t="s">
         <v>26</v>
       </c>
       <c r="M149" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
         <v>1394</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4176</v>
+        <v>4186</v>
       </c>
       <c r="B150" t="s">
         <v>1395</v>
       </c>
       <c r="C150" t="s">
         <v>1396</v>
       </c>
       <c r="D150" t="s">
         <v>1397</v>
       </c>
       <c r="E150" t="s">
         <v>1398</v>
       </c>
       <c r="F150" t="s">
         <v>1399</v>
       </c>
       <c r="G150" t="s">
         <v>1400</v>
       </c>
       <c r="H150" t="s">
         <v>1401</v>
       </c>
       <c r="I150" t="s">
         <v>1402</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L150" t="s">
         <v>26</v>
       </c>
       <c r="M150" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
         <v>1403</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4186</v>
+        <v>4191</v>
       </c>
       <c r="B151" t="s">
         <v>1404</v>
       </c>
       <c r="C151" t="s">
         <v>1405</v>
       </c>
       <c r="D151" t="s">
         <v>1406</v>
       </c>
       <c r="E151" t="s">
         <v>1407</v>
       </c>
       <c r="F151" t="s">
         <v>1408</v>
       </c>
       <c r="G151" t="s">
         <v>1409</v>
       </c>
       <c r="H151" t="s">
         <v>1410</v>
       </c>
       <c r="I151" t="s">
         <v>1411</v>
       </c>
       <c r="J151" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K151" t="s">
-        <v>59</v>
+        <v>871</v>
       </c>
       <c r="L151" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M151" t="s">
-        <v>61</v>
+        <v>872</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4191</v>
+        <v>4196</v>
       </c>
       <c r="B152" t="s">
         <v>1413</v>
       </c>
       <c r="C152" t="s">
         <v>1414</v>
       </c>
       <c r="D152" t="s">
         <v>1415</v>
       </c>
       <c r="E152" t="s">
         <v>1416</v>
       </c>
       <c r="F152" t="s">
         <v>1417</v>
       </c>
       <c r="G152" t="s">
         <v>1418</v>
       </c>
       <c r="H152" t="s">
         <v>1419</v>
       </c>
       <c r="I152" t="s">
         <v>1420</v>
       </c>
       <c r="J152" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K152" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L152" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M152" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4196</v>
+        <v>4198</v>
       </c>
       <c r="B153" t="s">
         <v>1422</v>
       </c>
       <c r="C153" t="s">
         <v>1423</v>
       </c>
       <c r="D153" t="s">
         <v>1424</v>
       </c>
       <c r="E153" t="s">
         <v>1425</v>
       </c>
       <c r="F153" t="s">
         <v>1426</v>
       </c>
       <c r="G153" t="s">
         <v>1427</v>
       </c>
       <c r="H153" t="s">
         <v>1428</v>
       </c>
       <c r="I153" t="s">
         <v>1429</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
         <v>25</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
         <v>27</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4198</v>
+        <v>4202</v>
       </c>
       <c r="B154" t="s">
         <v>1431</v>
       </c>
       <c r="C154" t="s">
         <v>1432</v>
       </c>
       <c r="D154" t="s">
         <v>1433</v>
       </c>
       <c r="E154" t="s">
         <v>1434</v>
       </c>
       <c r="F154" t="s">
         <v>1435</v>
       </c>
       <c r="G154" t="s">
         <v>1436</v>
       </c>
       <c r="H154" t="s">
         <v>1437</v>
       </c>
       <c r="I154" t="s">
         <v>1438</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>25</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>27</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4202</v>
+        <v>4204</v>
       </c>
       <c r="B155" t="s">
         <v>1440</v>
       </c>
       <c r="C155" t="s">
         <v>1441</v>
       </c>
       <c r="D155" t="s">
         <v>1442</v>
       </c>
       <c r="E155" t="s">
         <v>1443</v>
       </c>
       <c r="F155" t="s">
         <v>1444</v>
       </c>
       <c r="G155" t="s">
         <v>1445</v>
       </c>
       <c r="H155" t="s">
         <v>1446</v>
       </c>
       <c r="I155" t="s">
         <v>1447</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
         <v>1448</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4204</v>
+        <v>4206</v>
       </c>
       <c r="B156" t="s">
         <v>1449</v>
       </c>
       <c r="C156" t="s">
         <v>1450</v>
       </c>
       <c r="D156" t="s">
         <v>1451</v>
       </c>
       <c r="E156" t="s">
         <v>1452</v>
       </c>
       <c r="F156" t="s">
         <v>1453</v>
       </c>
       <c r="G156" t="s">
         <v>1454</v>
       </c>
       <c r="H156" t="s">
         <v>1455</v>
       </c>
       <c r="I156" t="s">
         <v>1456</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4206</v>
+        <v>4211</v>
       </c>
       <c r="B157" t="s">
         <v>1458</v>
       </c>
       <c r="C157" t="s">
         <v>1459</v>
       </c>
       <c r="D157" t="s">
         <v>1460</v>
       </c>
       <c r="E157" t="s">
         <v>1461</v>
       </c>
       <c r="F157" t="s">
         <v>1462</v>
       </c>
       <c r="G157" t="s">
         <v>1463</v>
       </c>
       <c r="H157" t="s">
         <v>1464</v>
       </c>
       <c r="I157" t="s">
         <v>1465</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>25</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>27</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4211</v>
+        <v>4216</v>
       </c>
       <c r="B158" t="s">
         <v>1467</v>
       </c>
       <c r="C158" t="s">
         <v>1468</v>
       </c>
       <c r="D158" t="s">
         <v>1469</v>
       </c>
       <c r="E158" t="s">
         <v>1470</v>
       </c>
       <c r="F158" t="s">
         <v>1471</v>
       </c>
       <c r="G158" t="s">
         <v>1472</v>
       </c>
       <c r="H158" t="s">
         <v>1473</v>
       </c>
       <c r="I158" t="s">
         <v>1474</v>
       </c>
       <c r="J158" t="s">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>1476</v>
       </c>
       <c r="L158" t="s">
-        <v>26</v>
+        <v>1477</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>1478</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4216</v>
+        <v>4243</v>
       </c>
       <c r="B159" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="C159" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="D159" t="s">
-        <v>1478</v>
+        <v>1482</v>
       </c>
       <c r="E159" t="s">
-        <v>1479</v>
+        <v>1483</v>
       </c>
       <c r="F159" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="G159" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="H159" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="I159" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="J159" t="s">
-        <v>1484</v>
+        <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>1485</v>
+        <v>25</v>
       </c>
       <c r="L159" t="s">
-        <v>1486</v>
+        <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>1487</v>
+        <v>27</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4243</v>
+        <v>4292</v>
       </c>
       <c r="B160" t="s">
         <v>1489</v>
       </c>
       <c r="C160" t="s">
         <v>1490</v>
       </c>
       <c r="D160" t="s">
         <v>1491</v>
       </c>
       <c r="E160" t="s">
         <v>1492</v>
       </c>
       <c r="F160" t="s">
         <v>1493</v>
       </c>
       <c r="G160" t="s">
         <v>1494</v>
       </c>
       <c r="H160" t="s">
         <v>1495</v>
       </c>
       <c r="I160" t="s">
         <v>1496</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>25</v>
+        <v>1497</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>27</v>
+        <v>1498</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4292</v>
+        <v>4295</v>
       </c>
       <c r="B161" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="C161" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="D161" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="E161" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="F161" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="G161" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="H161" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="I161" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1506</v>
+        <v>25</v>
       </c>
       <c r="L161" t="s">
         <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>1507</v>
+        <v>27</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4295</v>
+        <v>4302</v>
       </c>
       <c r="B162" t="s">
         <v>1509</v>
       </c>
       <c r="C162" t="s">
         <v>1510</v>
       </c>
       <c r="D162" t="s">
         <v>1511</v>
       </c>
       <c r="E162" t="s">
         <v>1512</v>
       </c>
       <c r="F162" t="s">
         <v>1513</v>
       </c>
       <c r="G162" t="s">
         <v>1514</v>
       </c>
       <c r="H162" t="s">
         <v>1515</v>
       </c>
       <c r="I162" t="s">
         <v>1516</v>
       </c>
       <c r="J162" t="s">
-        <v>24</v>
+        <v>1517</v>
       </c>
       <c r="K162" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L162" t="s">
-        <v>26</v>
+        <v>1518</v>
       </c>
       <c r="M162" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4302</v>
+        <v>4303</v>
       </c>
       <c r="B163" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="C163" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="D163" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="E163" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="F163" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="G163" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="H163" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="I163" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="J163" t="s">
-        <v>1526</v>
+        <v>750</v>
       </c>
       <c r="K163" t="s">
-        <v>871</v>
+        <v>1208</v>
       </c>
       <c r="L163" t="s">
-        <v>1527</v>
+        <v>752</v>
       </c>
       <c r="M163" t="s">
-        <v>872</v>
+        <v>1209</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
         <v>1528</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4303</v>
+        <v>4304</v>
       </c>
       <c r="B164" t="s">
         <v>1529</v>
       </c>
       <c r="C164" t="s">
         <v>1530</v>
       </c>
       <c r="D164" t="s">
         <v>1531</v>
       </c>
       <c r="E164" t="s">
         <v>1532</v>
       </c>
       <c r="F164" t="s">
         <v>1533</v>
       </c>
       <c r="G164" t="s">
         <v>1534</v>
       </c>
       <c r="H164" t="s">
         <v>1535</v>
       </c>
       <c r="I164" t="s">
         <v>1536</v>
       </c>
       <c r="J164" t="s">
-        <v>750</v>
+        <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L164" t="s">
-        <v>752</v>
+        <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4304</v>
+        <v>4307</v>
       </c>
       <c r="B165" t="s">
         <v>1538</v>
       </c>
       <c r="C165" t="s">
         <v>1539</v>
       </c>
       <c r="D165" t="s">
         <v>1540</v>
       </c>
       <c r="E165" t="s">
         <v>1541</v>
       </c>
       <c r="F165" t="s">
         <v>1542</v>
       </c>
       <c r="G165" t="s">
         <v>1543</v>
       </c>
       <c r="H165" t="s">
         <v>1544</v>
       </c>
       <c r="I165" t="s">
         <v>1545</v>
       </c>
       <c r="J165" t="s">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="K165" t="s">
-        <v>25</v>
+        <v>1546</v>
       </c>
       <c r="L165" t="s">
-        <v>26</v>
+        <v>1477</v>
       </c>
       <c r="M165" t="s">
-        <v>27</v>
+        <v>1547</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4307</v>
+        <v>4308</v>
       </c>
       <c r="B166" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="C166" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="D166" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="E166" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="F166" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="G166" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="H166" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="I166" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="J166" t="s">
-        <v>1484</v>
+        <v>24</v>
       </c>
       <c r="K166" t="s">
-        <v>1555</v>
+        <v>170</v>
       </c>
       <c r="L166" t="s">
-        <v>1486</v>
+        <v>26</v>
       </c>
       <c r="M166" t="s">
-        <v>1556</v>
+        <v>171</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4308</v>
+        <v>4309</v>
       </c>
       <c r="B167" t="s">
         <v>1558</v>
       </c>
       <c r="C167" t="s">
         <v>1559</v>
       </c>
       <c r="D167" t="s">
         <v>1560</v>
       </c>
       <c r="E167" t="s">
         <v>1561</v>
       </c>
       <c r="F167" t="s">
         <v>1562</v>
       </c>
       <c r="G167" t="s">
         <v>1563</v>
       </c>
       <c r="H167" t="s">
         <v>1564</v>
       </c>
       <c r="I167" t="s">
         <v>1565</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
         <v>170</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
         <v>171</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
         <v>1566</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4309</v>
+        <v>4311</v>
       </c>
       <c r="B168" t="s">
         <v>1567</v>
       </c>
       <c r="C168" t="s">
         <v>1568</v>
       </c>
       <c r="D168" t="s">
         <v>1569</v>
       </c>
       <c r="E168" t="s">
         <v>1570</v>
       </c>
       <c r="F168" t="s">
         <v>1571</v>
       </c>
       <c r="G168" t="s">
         <v>1572</v>
       </c>
       <c r="H168" t="s">
         <v>1573</v>
       </c>
       <c r="I168" t="s">
         <v>1574</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4311</v>
+        <v>4314</v>
       </c>
       <c r="B169" t="s">
         <v>1576</v>
       </c>
       <c r="C169" t="s">
         <v>1577</v>
       </c>
       <c r="D169" t="s">
         <v>1578</v>
       </c>
       <c r="E169" t="s">
         <v>1579</v>
       </c>
       <c r="F169" t="s">
         <v>1580</v>
       </c>
       <c r="G169" t="s">
         <v>1581</v>
       </c>
       <c r="H169" t="s">
         <v>1582</v>
       </c>
       <c r="I169" t="s">
         <v>1583</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
         <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
         <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4314</v>
+        <v>4316</v>
       </c>
       <c r="B170" t="s">
         <v>1585</v>
       </c>
       <c r="C170" t="s">
         <v>1586</v>
       </c>
       <c r="D170" t="s">
         <v>1587</v>
       </c>
       <c r="E170" t="s">
         <v>1588</v>
       </c>
       <c r="F170" t="s">
         <v>1589</v>
       </c>
       <c r="G170" t="s">
         <v>1590</v>
       </c>
       <c r="H170" t="s">
         <v>1591</v>
       </c>
       <c r="I170" t="s">
         <v>1592</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4316</v>
+        <v>4318</v>
       </c>
       <c r="B171" t="s">
         <v>1594</v>
       </c>
       <c r="C171" t="s">
         <v>1595</v>
       </c>
       <c r="D171" t="s">
         <v>1596</v>
       </c>
       <c r="E171" t="s">
         <v>1597</v>
       </c>
       <c r="F171" t="s">
         <v>1598</v>
       </c>
       <c r="G171" t="s">
         <v>1599</v>
       </c>
       <c r="H171" t="s">
         <v>1600</v>
       </c>
       <c r="I171" t="s">
         <v>1601</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
         <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
         <v>171</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4318</v>
+        <v>4319</v>
       </c>
       <c r="B172" t="s">
         <v>1603</v>
       </c>
       <c r="C172" t="s">
         <v>1604</v>
       </c>
       <c r="D172" t="s">
         <v>1605</v>
       </c>
       <c r="E172" t="s">
         <v>1606</v>
       </c>
       <c r="F172" t="s">
         <v>1607</v>
       </c>
       <c r="G172" t="s">
         <v>1608</v>
       </c>
       <c r="H172" t="s">
         <v>1609</v>
       </c>
       <c r="I172" t="s">
         <v>1610</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
         <v>170</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
         <v>171</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4319</v>
+        <v>4322</v>
       </c>
       <c r="B173" t="s">
         <v>1612</v>
       </c>
       <c r="C173" t="s">
         <v>1613</v>
       </c>
       <c r="D173" t="s">
         <v>1614</v>
       </c>
       <c r="E173" t="s">
         <v>1615</v>
       </c>
       <c r="F173" t="s">
         <v>1616</v>
       </c>
       <c r="G173" t="s">
         <v>1617</v>
       </c>
       <c r="H173" t="s">
         <v>1618</v>
       </c>
       <c r="I173" t="s">
         <v>1619</v>
       </c>
       <c r="J173" t="s">
         <v>24</v>
       </c>
       <c r="K173" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L173" t="s">
         <v>26</v>
       </c>
       <c r="M173" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4322</v>
+        <v>4538</v>
       </c>
       <c r="B174" t="s">
         <v>1621</v>
       </c>
       <c r="C174" t="s">
         <v>1622</v>
       </c>
       <c r="D174" t="s">
         <v>1623</v>
       </c>
       <c r="E174" t="s">
         <v>1624</v>
       </c>
       <c r="F174" t="s">
         <v>1625</v>
       </c>
       <c r="G174" t="s">
         <v>1626</v>
       </c>
       <c r="H174" t="s">
         <v>1627</v>
       </c>
       <c r="I174" t="s">
         <v>1628</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4538</v>
+        <v>4549</v>
       </c>
       <c r="B175" t="s">
         <v>1630</v>
       </c>
       <c r="C175" t="s">
         <v>1631</v>
       </c>
       <c r="D175" t="s">
         <v>1632</v>
       </c>
       <c r="E175" t="s">
         <v>1633</v>
       </c>
       <c r="F175" t="s">
         <v>1634</v>
       </c>
       <c r="G175" t="s">
         <v>1635</v>
       </c>
       <c r="H175" t="s">
         <v>1636</v>
       </c>
       <c r="I175" t="s">
         <v>1637</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
         <v>25</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
         <v>27</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>4549</v>
+        <v>4555</v>
       </c>
       <c r="B176" t="s">
         <v>1639</v>
       </c>
       <c r="C176" t="s">
         <v>1640</v>
       </c>
       <c r="D176" t="s">
         <v>1641</v>
       </c>
       <c r="E176" t="s">
         <v>1642</v>
       </c>
       <c r="F176" t="s">
         <v>1643</v>
       </c>
       <c r="G176" t="s">
         <v>1644</v>
       </c>
       <c r="H176" t="s">
         <v>1645</v>
       </c>
       <c r="I176" t="s">
         <v>1646</v>
       </c>
       <c r="J176" t="s">
         <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L176" t="s">
         <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>4555</v>
+        <v>4556</v>
       </c>
       <c r="B177" t="s">
         <v>1648</v>
       </c>
       <c r="C177" t="s">
         <v>1649</v>
       </c>
       <c r="D177" t="s">
         <v>1650</v>
       </c>
       <c r="E177" t="s">
         <v>1651</v>
       </c>
       <c r="F177" t="s">
         <v>1652</v>
       </c>
       <c r="G177" t="s">
         <v>1653</v>
       </c>
       <c r="H177" t="s">
         <v>1654</v>
       </c>
       <c r="I177" t="s">
         <v>1655</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>4556</v>
+        <v>4558</v>
       </c>
       <c r="B178" t="s">
         <v>1657</v>
       </c>
       <c r="C178" t="s">
         <v>1658</v>
       </c>
       <c r="D178" t="s">
         <v>1659</v>
       </c>
       <c r="E178" t="s">
         <v>1660</v>
       </c>
       <c r="F178" t="s">
         <v>1661</v>
       </c>
       <c r="G178" t="s">
         <v>1662</v>
       </c>
       <c r="H178" t="s">
         <v>1663</v>
       </c>
       <c r="I178" t="s">
         <v>1664</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>4558</v>
+        <v>4559</v>
       </c>
       <c r="B179" t="s">
         <v>1666</v>
       </c>
       <c r="C179" t="s">
         <v>1667</v>
       </c>
       <c r="D179" t="s">
         <v>1668</v>
       </c>
       <c r="E179" t="s">
         <v>1669</v>
       </c>
       <c r="F179" t="s">
         <v>1670</v>
       </c>
       <c r="G179" t="s">
         <v>1671</v>
       </c>
       <c r="H179" t="s">
         <v>1672</v>
       </c>
       <c r="I179" t="s">
         <v>1673</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>4559</v>
+        <v>4560</v>
       </c>
       <c r="B180" t="s">
         <v>1675</v>
       </c>
       <c r="C180" t="s">
         <v>1676</v>
       </c>
       <c r="D180" t="s">
         <v>1677</v>
       </c>
       <c r="E180" t="s">
         <v>1678</v>
       </c>
       <c r="F180" t="s">
         <v>1679</v>
       </c>
       <c r="G180" t="s">
         <v>1680</v>
       </c>
       <c r="H180" t="s">
         <v>1681</v>
       </c>
       <c r="I180" t="s">
         <v>1682</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>4560</v>
+        <v>4563</v>
       </c>
       <c r="B181" t="s">
         <v>1684</v>
       </c>
       <c r="C181" t="s">
         <v>1685</v>
       </c>
       <c r="D181" t="s">
         <v>1686</v>
       </c>
       <c r="E181" t="s">
         <v>1687</v>
       </c>
       <c r="F181" t="s">
         <v>1688</v>
       </c>
       <c r="G181" t="s">
         <v>1689</v>
       </c>
       <c r="H181" t="s">
         <v>1690</v>
       </c>
       <c r="I181" t="s">
         <v>1691</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>4563</v>
+        <v>4564</v>
       </c>
       <c r="B182" t="s">
         <v>1693</v>
       </c>
       <c r="C182" t="s">
         <v>1694</v>
       </c>
       <c r="D182" t="s">
         <v>1695</v>
       </c>
       <c r="E182" t="s">
         <v>1696</v>
       </c>
       <c r="F182" t="s">
         <v>1697</v>
       </c>
       <c r="G182" t="s">
         <v>1698</v>
       </c>
       <c r="H182" t="s">
         <v>1699</v>
       </c>
       <c r="I182" t="s">
         <v>1700</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>170</v>
+        <v>1701</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>171</v>
+        <v>1702</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>4564</v>
+        <v>4566</v>
       </c>
       <c r="B183" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="C183" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="D183" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="E183" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="F183" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="G183" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="H183" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="I183" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1710</v>
+        <v>25</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>1711</v>
+        <v>27</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
         <v>1712</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>4566</v>
+        <v>4568</v>
       </c>
       <c r="B184" t="s">
         <v>1713</v>
       </c>
       <c r="C184" t="s">
         <v>1714</v>
       </c>
       <c r="D184" t="s">
         <v>1715</v>
       </c>
       <c r="E184" t="s">
         <v>1716</v>
       </c>
       <c r="F184" t="s">
         <v>1717</v>
       </c>
       <c r="G184" t="s">
         <v>1718</v>
       </c>
       <c r="H184" t="s">
         <v>1719</v>
       </c>
       <c r="I184" t="s">
         <v>1720</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
         <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
         <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
         <v>1721</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>4568</v>
+        <v>4704</v>
       </c>
       <c r="B185" t="s">
         <v>1722</v>
       </c>
       <c r="C185" t="s">
         <v>1723</v>
       </c>
       <c r="D185" t="s">
         <v>1724</v>
       </c>
       <c r="E185" t="s">
         <v>1725</v>
       </c>
       <c r="F185" t="s">
         <v>1726</v>
       </c>
       <c r="G185" t="s">
         <v>1727</v>
       </c>
       <c r="H185" t="s">
         <v>1728</v>
       </c>
       <c r="I185" t="s">
         <v>1729</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
         <v>1730</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>4704</v>
+        <v>4706</v>
       </c>
       <c r="B186" t="s">
         <v>1731</v>
       </c>
       <c r="C186" t="s">
         <v>1732</v>
       </c>
       <c r="D186" t="s">
         <v>1733</v>
       </c>
       <c r="E186" t="s">
         <v>1734</v>
       </c>
       <c r="F186" t="s">
         <v>1735</v>
       </c>
       <c r="G186" t="s">
         <v>1736</v>
       </c>
       <c r="H186" t="s">
         <v>1737</v>
       </c>
       <c r="I186" t="s">
         <v>1738</v>
       </c>
       <c r="J186" t="s">
         <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L186" t="s">
         <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>4706</v>
+        <v>4709</v>
       </c>
       <c r="B187" t="s">
         <v>1740</v>
       </c>
       <c r="C187" t="s">
         <v>1741</v>
       </c>
       <c r="D187" t="s">
         <v>1742</v>
       </c>
       <c r="E187" t="s">
         <v>1743</v>
       </c>
       <c r="F187" t="s">
         <v>1744</v>
       </c>
       <c r="G187" t="s">
         <v>1745</v>
       </c>
       <c r="H187" t="s">
         <v>1746</v>
       </c>
       <c r="I187" t="s">
         <v>1747</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
         <v>1748</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>4709</v>
+        <v>4711</v>
       </c>
       <c r="B188" t="s">
         <v>1749</v>
       </c>
       <c r="C188" t="s">
         <v>1750</v>
       </c>
       <c r="D188" t="s">
         <v>1751</v>
       </c>
       <c r="E188" t="s">
         <v>1752</v>
       </c>
       <c r="F188" t="s">
         <v>1753</v>
       </c>
       <c r="G188" t="s">
         <v>1754</v>
       </c>
       <c r="H188" t="s">
         <v>1755</v>
       </c>
       <c r="I188" t="s">
         <v>1756</v>
       </c>
       <c r="J188" t="s">
-        <v>24</v>
+        <v>1757</v>
       </c>
       <c r="K188" t="s">
-        <v>47</v>
+        <v>1758</v>
       </c>
       <c r="L188" t="s">
-        <v>26</v>
+        <v>1759</v>
       </c>
       <c r="M188" t="s">
-        <v>48</v>
+        <v>1760</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>4711</v>
+        <v>4714</v>
       </c>
       <c r="B189" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="C189" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="D189" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="E189" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="F189" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="G189" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="H189" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="I189" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="J189" t="s">
-        <v>1766</v>
+        <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>1767</v>
+        <v>25</v>
       </c>
       <c r="L189" t="s">
-        <v>1768</v>
+        <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>1769</v>
+        <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>4714</v>
+        <v>4716</v>
       </c>
       <c r="B190" t="s">
         <v>1771</v>
       </c>
       <c r="C190" t="s">
         <v>1772</v>
       </c>
       <c r="D190" t="s">
         <v>1773</v>
       </c>
       <c r="E190" t="s">
         <v>1774</v>
       </c>
       <c r="F190" t="s">
         <v>1775</v>
       </c>
       <c r="G190" t="s">
         <v>1776</v>
       </c>
       <c r="H190" t="s">
         <v>1777</v>
       </c>
       <c r="I190" t="s">
         <v>1778</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>4716</v>
+        <v>4717</v>
       </c>
       <c r="B191" t="s">
         <v>1780</v>
       </c>
       <c r="C191" t="s">
         <v>1781</v>
       </c>
       <c r="D191" t="s">
         <v>1782</v>
       </c>
       <c r="E191" t="s">
         <v>1783</v>
       </c>
       <c r="F191" t="s">
         <v>1784</v>
       </c>
       <c r="G191" t="s">
         <v>1785</v>
       </c>
       <c r="H191" t="s">
         <v>1786</v>
       </c>
       <c r="I191" t="s">
         <v>1787</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>4717</v>
+        <v>4721</v>
       </c>
       <c r="B192" t="s">
         <v>1789</v>
       </c>
       <c r="C192" t="s">
         <v>1790</v>
       </c>
       <c r="D192" t="s">
         <v>1791</v>
       </c>
       <c r="E192" t="s">
         <v>1792</v>
       </c>
       <c r="F192" t="s">
         <v>1793</v>
       </c>
       <c r="G192" t="s">
         <v>1794</v>
       </c>
       <c r="H192" t="s">
         <v>1795</v>
       </c>
       <c r="I192" t="s">
         <v>1796</v>
       </c>
       <c r="J192" t="s">
         <v>24</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L192" t="s">
         <v>26</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>4721</v>
+        <v>4722</v>
       </c>
       <c r="B193" t="s">
         <v>1798</v>
       </c>
       <c r="C193" t="s">
         <v>1799</v>
       </c>
       <c r="D193" t="s">
         <v>1800</v>
       </c>
       <c r="E193" t="s">
         <v>1801</v>
       </c>
       <c r="F193" t="s">
         <v>1802</v>
       </c>
       <c r="G193" t="s">
         <v>1803</v>
       </c>
       <c r="H193" t="s">
         <v>1804</v>
       </c>
       <c r="I193" t="s">
         <v>1805</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1208</v>
+        <v>1806</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>1209</v>
+        <v>1807</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>4722</v>
+        <v>4723</v>
       </c>
       <c r="B194" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="C194" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="D194" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="E194" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="F194" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="G194" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="H194" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="I194" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>4723</v>
+        <v>4725</v>
       </c>
       <c r="B195" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="C195" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="D195" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="E195" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="F195" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="G195" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="H195" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="I195" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="J195" t="s">
         <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>1826</v>
+        <v>25</v>
       </c>
       <c r="L195" t="s">
         <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>1827</v>
+        <v>27</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
         <v>1828</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>4725</v>
+        <v>4792</v>
       </c>
       <c r="B196" t="s">
         <v>1829</v>
       </c>
       <c r="C196" t="s">
         <v>1830</v>
       </c>
       <c r="D196" t="s">
         <v>1831</v>
       </c>
       <c r="E196" t="s">
         <v>1832</v>
       </c>
       <c r="F196" t="s">
         <v>1833</v>
       </c>
       <c r="G196" t="s">
         <v>1834</v>
       </c>
       <c r="H196" t="s">
         <v>1835</v>
       </c>
       <c r="I196" t="s">
         <v>1836</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
         <v>25</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
         <v>27</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
         <v>1837</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>4792</v>
+        <v>4801</v>
       </c>
       <c r="B197" t="s">
         <v>1838</v>
       </c>
       <c r="C197" t="s">
         <v>1839</v>
       </c>
       <c r="D197" t="s">
         <v>1840</v>
       </c>
       <c r="E197" t="s">
         <v>1841</v>
       </c>
       <c r="F197" t="s">
         <v>1842</v>
       </c>
       <c r="G197" t="s">
         <v>1843</v>
       </c>
       <c r="H197" t="s">
         <v>1844</v>
       </c>
       <c r="I197" t="s">
         <v>1845</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
         <v>1846</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>4801</v>
+        <v>4810</v>
       </c>
       <c r="B198" t="s">
         <v>1847</v>
       </c>
       <c r="C198" t="s">
         <v>1848</v>
       </c>
       <c r="D198" t="s">
         <v>1849</v>
       </c>
       <c r="E198" t="s">
         <v>1850</v>
       </c>
       <c r="F198" t="s">
         <v>1851</v>
       </c>
       <c r="G198" t="s">
         <v>1852</v>
       </c>
       <c r="H198" t="s">
         <v>1853</v>
       </c>
       <c r="I198" t="s">
         <v>1854</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
         <v>170</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
         <v>171</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
         <v>1855</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>4810</v>
+        <v>4811</v>
       </c>
       <c r="B199" t="s">
         <v>1856</v>
       </c>
       <c r="C199" t="s">
         <v>1857</v>
       </c>
       <c r="D199" t="s">
         <v>1858</v>
       </c>
       <c r="E199" t="s">
         <v>1859</v>
       </c>
       <c r="F199" t="s">
         <v>1860</v>
       </c>
       <c r="G199" t="s">
         <v>1861</v>
       </c>
       <c r="H199" t="s">
         <v>1862</v>
       </c>
       <c r="I199" t="s">
         <v>1863</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>170</v>
+        <v>871</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>171</v>
+        <v>872</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
         <v>1864</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>4811</v>
+        <v>4815</v>
       </c>
       <c r="B200" t="s">
         <v>1865</v>
       </c>
       <c r="C200" t="s">
         <v>1866</v>
       </c>
       <c r="D200" t="s">
         <v>1867</v>
       </c>
       <c r="E200" t="s">
         <v>1868</v>
       </c>
       <c r="F200" t="s">
         <v>1869</v>
       </c>
       <c r="G200" t="s">
         <v>1870</v>
       </c>
       <c r="H200" t="s">
         <v>1871</v>
       </c>
       <c r="I200" t="s">
         <v>1872</v>
       </c>
       <c r="J200" t="s">
         <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L200" t="s">
         <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>4815</v>
+        <v>4817</v>
       </c>
       <c r="B201" t="s">
         <v>1874</v>
       </c>
       <c r="C201" t="s">
         <v>1875</v>
       </c>
       <c r="D201" t="s">
         <v>1876</v>
       </c>
       <c r="E201" t="s">
         <v>1877</v>
       </c>
       <c r="F201" t="s">
         <v>1878</v>
       </c>
       <c r="G201" t="s">
         <v>1879</v>
       </c>
       <c r="H201" t="s">
         <v>1880</v>
       </c>
       <c r="I201" t="s">
         <v>1881</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
         <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
         <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>4817</v>
+        <v>4850</v>
       </c>
       <c r="B202" t="s">
         <v>1883</v>
       </c>
       <c r="C202" t="s">
         <v>1884</v>
       </c>
       <c r="D202" t="s">
         <v>1885</v>
       </c>
       <c r="E202" t="s">
         <v>1886</v>
       </c>
       <c r="F202" t="s">
         <v>1887</v>
       </c>
       <c r="G202" t="s">
         <v>1888</v>
       </c>
       <c r="H202" t="s">
         <v>1889</v>
       </c>
       <c r="I202" t="s">
         <v>1890</v>
       </c>
       <c r="J202" t="s">
         <v>24</v>
       </c>
       <c r="K202" t="s">
         <v>25</v>
       </c>
       <c r="L202" t="s">
         <v>26</v>
       </c>
       <c r="M202" t="s">
         <v>27</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
         <v>1891</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>4850</v>
+        <v>4935</v>
       </c>
       <c r="B203" t="s">
         <v>1892</v>
       </c>
       <c r="C203" t="s">
         <v>1893</v>
       </c>
       <c r="D203" t="s">
         <v>1894</v>
       </c>
       <c r="E203" t="s">
         <v>1895</v>
       </c>
       <c r="F203" t="s">
         <v>1896</v>
       </c>
       <c r="G203" t="s">
         <v>1897</v>
       </c>
       <c r="H203" t="s">
         <v>1898</v>
       </c>
       <c r="I203" t="s">
         <v>1899</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
         <v>1900</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>4935</v>
+        <v>4939</v>
       </c>
       <c r="B204" t="s">
         <v>1901</v>
       </c>
       <c r="C204" t="s">
         <v>1902</v>
       </c>
       <c r="D204" t="s">
         <v>1903</v>
       </c>
       <c r="E204" t="s">
         <v>1904</v>
       </c>
       <c r="F204" t="s">
         <v>1905</v>
       </c>
       <c r="G204" t="s">
         <v>1906</v>
       </c>
       <c r="H204" t="s">
         <v>1907</v>
       </c>
       <c r="I204" t="s">
         <v>1908</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>170</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>171</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
         <v>1909</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>4939</v>
+        <v>4947</v>
       </c>
       <c r="B205" t="s">
         <v>1910</v>
       </c>
       <c r="C205" t="s">
         <v>1911</v>
       </c>
       <c r="D205" t="s">
         <v>1912</v>
       </c>
       <c r="E205" t="s">
         <v>1913</v>
       </c>
       <c r="F205" t="s">
         <v>1914</v>
       </c>
       <c r="G205" t="s">
         <v>1915</v>
       </c>
       <c r="H205" t="s">
         <v>1916</v>
       </c>
       <c r="I205" t="s">
         <v>1917</v>
       </c>
       <c r="J205" t="s">
         <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L205" t="s">
         <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
         <v>1918</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>4947</v>
+        <v>4950</v>
       </c>
       <c r="B206" t="s">
         <v>1919</v>
       </c>
       <c r="C206" t="s">
         <v>1920</v>
       </c>
       <c r="D206" t="s">
         <v>1921</v>
       </c>
       <c r="E206" t="s">
         <v>1922</v>
       </c>
       <c r="F206" t="s">
         <v>1923</v>
       </c>
       <c r="G206" t="s">
         <v>1924</v>
       </c>
       <c r="H206" t="s">
         <v>1925</v>
       </c>
       <c r="I206" t="s">
         <v>1926</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
-        <v>47</v>
+        <v>871</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
-        <v>48</v>
+        <v>872</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>4950</v>
+        <v>4958</v>
       </c>
       <c r="B207" t="s">
         <v>1928</v>
       </c>
       <c r="C207" t="s">
         <v>1929</v>
       </c>
       <c r="D207" t="s">
         <v>1930</v>
       </c>
       <c r="E207" t="s">
         <v>1931</v>
       </c>
       <c r="F207" t="s">
         <v>1932</v>
       </c>
       <c r="G207" t="s">
         <v>1933</v>
       </c>
       <c r="H207" t="s">
         <v>1934</v>
       </c>
       <c r="I207" t="s">
         <v>1935</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>871</v>
+        <v>170</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>872</v>
+        <v>171</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
         <v>1936</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>4958</v>
+        <v>4965</v>
       </c>
       <c r="B208" t="s">
         <v>1937</v>
       </c>
       <c r="C208" t="s">
         <v>1938</v>
       </c>
       <c r="D208" t="s">
         <v>1939</v>
       </c>
       <c r="E208" t="s">
         <v>1940</v>
       </c>
       <c r="F208" t="s">
         <v>1941</v>
       </c>
       <c r="G208" t="s">
         <v>1942</v>
       </c>
       <c r="H208" t="s">
         <v>1943</v>
       </c>
       <c r="I208" t="s">
         <v>1944</v>
       </c>
       <c r="J208" t="s">
         <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
         <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>4965</v>
+        <v>4968</v>
       </c>
       <c r="B209" t="s">
         <v>1946</v>
       </c>
       <c r="C209" t="s">
         <v>1947</v>
       </c>
       <c r="D209" t="s">
         <v>1948</v>
       </c>
       <c r="E209" t="s">
         <v>1949</v>
       </c>
       <c r="F209" t="s">
         <v>1950</v>
       </c>
       <c r="G209" t="s">
         <v>1951</v>
       </c>
       <c r="H209" t="s">
         <v>1952</v>
       </c>
       <c r="I209" t="s">
         <v>1953</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
         <v>25</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
         <v>27</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
         <v>1954</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>4968</v>
+        <v>4969</v>
       </c>
       <c r="B210" t="s">
         <v>1955</v>
       </c>
       <c r="C210" t="s">
         <v>1956</v>
       </c>
       <c r="D210" t="s">
         <v>1957</v>
       </c>
       <c r="E210" t="s">
         <v>1958</v>
       </c>
       <c r="F210" t="s">
         <v>1959</v>
       </c>
       <c r="G210" t="s">
         <v>1960</v>
       </c>
       <c r="H210" t="s">
         <v>1961</v>
       </c>
       <c r="I210" t="s">
         <v>1962</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
         <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
         <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>4969</v>
+        <v>5037</v>
       </c>
       <c r="B211" t="s">
         <v>1964</v>
       </c>
       <c r="C211" t="s">
         <v>1965</v>
       </c>
       <c r="D211" t="s">
         <v>1966</v>
       </c>
       <c r="E211" t="s">
         <v>1967</v>
       </c>
       <c r="F211" t="s">
         <v>1968</v>
       </c>
       <c r="G211" t="s">
         <v>1969</v>
       </c>
       <c r="H211" t="s">
         <v>1970</v>
       </c>
       <c r="I211" t="s">
         <v>1971</v>
       </c>
       <c r="J211" t="s">
         <v>24</v>
       </c>
       <c r="K211" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L211" t="s">
         <v>26</v>
       </c>
       <c r="M211" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
         <v>1972</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5037</v>
+        <v>5272</v>
       </c>
       <c r="B212" t="s">
         <v>1973</v>
       </c>
       <c r="C212" t="s">
         <v>1974</v>
       </c>
       <c r="D212" t="s">
         <v>1975</v>
       </c>
       <c r="E212" t="s">
         <v>1976</v>
       </c>
       <c r="F212" t="s">
         <v>1977</v>
       </c>
       <c r="G212" t="s">
         <v>1978</v>
       </c>
       <c r="H212" t="s">
         <v>1979</v>
       </c>
       <c r="I212" t="s">
         <v>1980</v>
       </c>
       <c r="J212" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K212" t="s">
-        <v>170</v>
+        <v>739</v>
       </c>
       <c r="L212" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M212" t="s">
-        <v>171</v>
+        <v>740</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5272</v>
+        <v>5273</v>
       </c>
       <c r="B213" t="s">
         <v>1982</v>
       </c>
       <c r="C213" t="s">
         <v>1983</v>
       </c>
       <c r="D213" t="s">
         <v>1984</v>
       </c>
       <c r="E213" t="s">
         <v>1985</v>
       </c>
       <c r="F213" t="s">
         <v>1986</v>
       </c>
       <c r="G213" t="s">
         <v>1987</v>
       </c>
       <c r="H213" t="s">
         <v>1988</v>
       </c>
       <c r="I213" t="s">
         <v>1989</v>
       </c>
       <c r="J213" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>739</v>
+        <v>1990</v>
       </c>
       <c r="L213" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>740</v>
+        <v>1991</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5273</v>
+        <v>5326</v>
       </c>
       <c r="B214" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="C214" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="D214" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E214" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="F214" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="G214" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="H214" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="I214" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>1999</v>
+        <v>170</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>2000</v>
+        <v>171</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5326</v>
+        <v>5330</v>
       </c>
       <c r="B215" t="s">
         <v>2002</v>
       </c>
       <c r="C215" t="s">
         <v>2003</v>
       </c>
       <c r="D215" t="s">
         <v>2004</v>
       </c>
       <c r="E215" t="s">
         <v>2005</v>
       </c>
       <c r="F215" t="s">
         <v>2006</v>
       </c>
       <c r="G215" t="s">
         <v>2007</v>
       </c>
       <c r="H215" t="s">
         <v>2008</v>
       </c>
       <c r="I215" t="s">
         <v>2009</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
         <v>170</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>171</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
         <v>2010</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5330</v>
+        <v>5331</v>
       </c>
       <c r="B216" t="s">
         <v>2011</v>
       </c>
       <c r="C216" t="s">
         <v>2012</v>
       </c>
       <c r="D216" t="s">
         <v>2013</v>
       </c>
       <c r="E216" t="s">
         <v>2014</v>
       </c>
       <c r="F216" t="s">
         <v>2015</v>
       </c>
       <c r="G216" t="s">
         <v>2016</v>
       </c>
       <c r="H216" t="s">
         <v>2017</v>
       </c>
       <c r="I216" t="s">
         <v>2018</v>
       </c>
       <c r="J216" t="s">
         <v>24</v>
       </c>
       <c r="K216" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L216" t="s">
         <v>26</v>
       </c>
       <c r="M216" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5331</v>
+        <v>5332</v>
       </c>
       <c r="B217" t="s">
         <v>2020</v>
       </c>
       <c r="C217" t="s">
         <v>2021</v>
       </c>
       <c r="D217" t="s">
         <v>2022</v>
       </c>
       <c r="E217" t="s">
         <v>2023</v>
       </c>
       <c r="F217" t="s">
         <v>2024</v>
       </c>
       <c r="G217" t="s">
         <v>2025</v>
       </c>
       <c r="H217" t="s">
         <v>2026</v>
       </c>
       <c r="I217" t="s">
         <v>2027</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
         <v>2028</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5332</v>
+        <v>5333</v>
       </c>
       <c r="B218" t="s">
         <v>2029</v>
       </c>
       <c r="C218" t="s">
         <v>2030</v>
       </c>
       <c r="D218" t="s">
         <v>2031</v>
       </c>
       <c r="E218" t="s">
         <v>2032</v>
       </c>
       <c r="F218" t="s">
         <v>2033</v>
       </c>
       <c r="G218" t="s">
         <v>2034</v>
       </c>
       <c r="H218" t="s">
         <v>2035</v>
       </c>
       <c r="I218" t="s">
         <v>2036</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
         <v>25</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
         <v>27</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5333</v>
+        <v>5335</v>
       </c>
       <c r="B219" t="s">
         <v>2038</v>
       </c>
       <c r="C219" t="s">
         <v>2039</v>
       </c>
       <c r="D219" t="s">
         <v>2040</v>
       </c>
       <c r="E219" t="s">
         <v>2041</v>
       </c>
       <c r="F219" t="s">
         <v>2042</v>
       </c>
       <c r="G219" t="s">
         <v>2043</v>
       </c>
       <c r="H219" t="s">
         <v>2044</v>
       </c>
       <c r="I219" t="s">
         <v>2045</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
         <v>2046</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5335</v>
+        <v>5344</v>
       </c>
       <c r="B220" t="s">
         <v>2047</v>
       </c>
       <c r="C220" t="s">
         <v>2048</v>
       </c>
       <c r="D220" t="s">
         <v>2049</v>
       </c>
       <c r="E220" t="s">
         <v>2050</v>
       </c>
       <c r="F220" t="s">
         <v>2051</v>
       </c>
       <c r="G220" t="s">
         <v>2052</v>
       </c>
       <c r="H220" t="s">
         <v>2053</v>
       </c>
       <c r="I220" t="s">
         <v>2054</v>
       </c>
       <c r="J220" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K220" t="s">
-        <v>25</v>
+        <v>2055</v>
       </c>
       <c r="L220" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M220" t="s">
-        <v>27</v>
+        <v>2056</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5344</v>
+        <v>5346</v>
       </c>
       <c r="B221" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C221" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="D221" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="E221" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="F221" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="G221" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="H221" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="I221" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="J221" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K221" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="L221" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M221" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5346</v>
+        <v>5347</v>
       </c>
       <c r="B222" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="C222" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="D222" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="E222" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="F222" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="G222" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="H222" t="s">
-        <v>2073</v>
+        <v>2075</v>
       </c>
       <c r="I222" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>2075</v>
+        <v>170</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>2076</v>
+        <v>171</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5347</v>
+        <v>5348</v>
       </c>
       <c r="B223" t="s">
         <v>2078</v>
       </c>
       <c r="C223" t="s">
         <v>2079</v>
       </c>
       <c r="D223" t="s">
         <v>2080</v>
       </c>
       <c r="E223" t="s">
         <v>2081</v>
       </c>
       <c r="F223" t="s">
         <v>2082</v>
       </c>
       <c r="G223" t="s">
         <v>2083</v>
       </c>
       <c r="H223" t="s">
         <v>2084</v>
       </c>
       <c r="I223" t="s">
         <v>2085</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5348</v>
+        <v>5351</v>
       </c>
       <c r="B224" t="s">
         <v>2087</v>
       </c>
       <c r="C224" t="s">
         <v>2088</v>
       </c>
       <c r="D224" t="s">
         <v>2089</v>
       </c>
       <c r="E224" t="s">
         <v>2090</v>
       </c>
       <c r="F224" t="s">
         <v>2091</v>
       </c>
       <c r="G224" t="s">
         <v>2092</v>
       </c>
       <c r="H224" t="s">
         <v>2093</v>
       </c>
       <c r="I224" t="s">
         <v>2094</v>
       </c>
       <c r="J224" t="s">
         <v>24</v>
       </c>
       <c r="K224" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L224" t="s">
         <v>26</v>
       </c>
       <c r="M224" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5351</v>
+        <v>5353</v>
       </c>
       <c r="B225" t="s">
         <v>2096</v>
       </c>
       <c r="C225" t="s">
         <v>2097</v>
       </c>
       <c r="D225" t="s">
         <v>2098</v>
       </c>
       <c r="E225" t="s">
         <v>2099</v>
       </c>
       <c r="F225" t="s">
         <v>2100</v>
       </c>
       <c r="G225" t="s">
         <v>2101</v>
       </c>
       <c r="H225" t="s">
         <v>2102</v>
       </c>
       <c r="I225" t="s">
         <v>2103</v>
       </c>
       <c r="J225" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K225" t="s">
-        <v>25</v>
+        <v>882</v>
       </c>
       <c r="L225" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M225" t="s">
-        <v>27</v>
+        <v>883</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5353</v>
+        <v>5354</v>
       </c>
       <c r="B226" t="s">
         <v>2105</v>
       </c>
       <c r="C226" t="s">
         <v>2106</v>
       </c>
       <c r="D226" t="s">
         <v>2107</v>
       </c>
       <c r="E226" t="s">
         <v>2108</v>
       </c>
       <c r="F226" t="s">
         <v>2109</v>
       </c>
       <c r="G226" t="s">
         <v>2110</v>
       </c>
       <c r="H226" t="s">
         <v>2111</v>
       </c>
       <c r="I226" t="s">
         <v>2112</v>
       </c>
       <c r="J226" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K226" t="s">
-        <v>882</v>
+        <v>170</v>
       </c>
       <c r="L226" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M226" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5354</v>
+        <v>5359</v>
       </c>
       <c r="B227" t="s">
         <v>2114</v>
       </c>
       <c r="C227" t="s">
         <v>2115</v>
       </c>
       <c r="D227" t="s">
         <v>2116</v>
       </c>
       <c r="E227" t="s">
         <v>2117</v>
       </c>
       <c r="F227" t="s">
         <v>2118</v>
       </c>
       <c r="G227" t="s">
         <v>2119</v>
       </c>
       <c r="H227" t="s">
         <v>2120</v>
       </c>
       <c r="I227" t="s">
         <v>2121</v>
       </c>
       <c r="J227" t="s">
         <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L227" t="s">
         <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5359</v>
+        <v>5364</v>
       </c>
       <c r="B228" t="s">
         <v>2123</v>
       </c>
       <c r="C228" t="s">
         <v>2124</v>
       </c>
       <c r="D228" t="s">
         <v>2125</v>
       </c>
       <c r="E228" t="s">
         <v>2126</v>
       </c>
       <c r="F228" t="s">
         <v>2127</v>
       </c>
       <c r="G228" t="s">
         <v>2128</v>
       </c>
       <c r="H228" t="s">
         <v>2129</v>
       </c>
       <c r="I228" t="s">
         <v>2130</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
         <v>2131</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5364</v>
+        <v>5365</v>
       </c>
       <c r="B229" t="s">
         <v>2132</v>
       </c>
       <c r="C229" t="s">
         <v>2133</v>
       </c>
       <c r="D229" t="s">
         <v>2134</v>
       </c>
       <c r="E229" t="s">
         <v>2135</v>
       </c>
       <c r="F229" t="s">
         <v>2136</v>
       </c>
       <c r="G229" t="s">
         <v>2137</v>
       </c>
       <c r="H229" t="s">
         <v>2138</v>
       </c>
       <c r="I229" t="s">
         <v>2139</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5365</v>
+        <v>5367</v>
       </c>
       <c r="B230" t="s">
         <v>2141</v>
       </c>
       <c r="C230" t="s">
         <v>2142</v>
       </c>
       <c r="D230" t="s">
         <v>2143</v>
       </c>
       <c r="E230" t="s">
         <v>2144</v>
       </c>
       <c r="F230" t="s">
         <v>2145</v>
       </c>
       <c r="G230" t="s">
         <v>2146</v>
       </c>
       <c r="H230" t="s">
         <v>2147</v>
       </c>
       <c r="I230" t="s">
         <v>2148</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
         <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
         <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5367</v>
+        <v>5368</v>
       </c>
       <c r="B231" t="s">
         <v>2150</v>
       </c>
       <c r="C231" t="s">
         <v>2151</v>
       </c>
       <c r="D231" t="s">
         <v>2152</v>
       </c>
       <c r="E231" t="s">
         <v>2153</v>
       </c>
       <c r="F231" t="s">
         <v>2154</v>
       </c>
       <c r="G231" t="s">
         <v>2155</v>
       </c>
       <c r="H231" t="s">
         <v>2156</v>
       </c>
       <c r="I231" t="s">
         <v>2157</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
         <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
         <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5368</v>
+        <v>5371</v>
       </c>
       <c r="B232" t="s">
         <v>2159</v>
       </c>
       <c r="C232" t="s">
         <v>2160</v>
       </c>
       <c r="D232" t="s">
         <v>2161</v>
       </c>
       <c r="E232" t="s">
         <v>2162</v>
       </c>
       <c r="F232" t="s">
         <v>2163</v>
       </c>
       <c r="G232" t="s">
         <v>2164</v>
       </c>
       <c r="H232" t="s">
         <v>2165</v>
       </c>
       <c r="I232" t="s">
         <v>2166</v>
       </c>
       <c r="J232" t="s">
         <v>24</v>
       </c>
       <c r="K232" t="s">
-        <v>25</v>
+        <v>2167</v>
       </c>
       <c r="L232" t="s">
         <v>26</v>
       </c>
       <c r="M232" t="s">
-        <v>27</v>
+        <v>2168</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5371</v>
+        <v>5372</v>
       </c>
       <c r="B233" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="C233" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="D233" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="E233" t="s">
-        <v>2171</v>
+        <v>2173</v>
       </c>
       <c r="F233" t="s">
-        <v>2172</v>
+        <v>2174</v>
       </c>
       <c r="G233" t="s">
-        <v>2173</v>
+        <v>2175</v>
       </c>
       <c r="H233" t="s">
-        <v>2174</v>
+        <v>2176</v>
       </c>
       <c r="I233" t="s">
-        <v>2175</v>
+        <v>2177</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>2176</v>
+        <v>25</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>2177</v>
+        <v>27</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5372</v>
+        <v>5375</v>
       </c>
       <c r="B234" t="s">
         <v>2179</v>
       </c>
       <c r="C234" t="s">
         <v>2180</v>
       </c>
       <c r="D234" t="s">
         <v>2181</v>
       </c>
       <c r="E234" t="s">
         <v>2182</v>
       </c>
       <c r="F234" t="s">
         <v>2183</v>
       </c>
       <c r="G234" t="s">
         <v>2184</v>
       </c>
       <c r="H234" t="s">
         <v>2185</v>
       </c>
       <c r="I234" t="s">
         <v>2186</v>
       </c>
       <c r="J234" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K234" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L234" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M234" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5375</v>
+        <v>5377</v>
       </c>
       <c r="B235" t="s">
         <v>2188</v>
       </c>
       <c r="C235" t="s">
         <v>2189</v>
       </c>
       <c r="D235" t="s">
         <v>2190</v>
       </c>
       <c r="E235" t="s">
         <v>2191</v>
       </c>
       <c r="F235" t="s">
         <v>2192</v>
       </c>
       <c r="G235" t="s">
         <v>2193</v>
       </c>
       <c r="H235" t="s">
         <v>2194</v>
       </c>
       <c r="I235" t="s">
         <v>2195</v>
       </c>
       <c r="J235" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K235" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L235" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M235" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5377</v>
+        <v>5378</v>
       </c>
       <c r="B236" t="s">
         <v>2197</v>
       </c>
       <c r="C236" t="s">
         <v>2198</v>
       </c>
       <c r="D236" t="s">
         <v>2199</v>
       </c>
       <c r="E236" t="s">
         <v>2200</v>
       </c>
       <c r="F236" t="s">
         <v>2201</v>
       </c>
       <c r="G236" t="s">
         <v>2202</v>
       </c>
       <c r="H236" t="s">
         <v>2203</v>
       </c>
       <c r="I236" t="s">
         <v>2204</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5378</v>
+        <v>5380</v>
       </c>
       <c r="B237" t="s">
         <v>2206</v>
       </c>
       <c r="C237" t="s">
         <v>2207</v>
       </c>
       <c r="D237" t="s">
         <v>2208</v>
       </c>
       <c r="E237" t="s">
         <v>2209</v>
       </c>
       <c r="F237" t="s">
         <v>2210</v>
       </c>
       <c r="G237" t="s">
         <v>2211</v>
       </c>
       <c r="H237" t="s">
         <v>2212</v>
       </c>
       <c r="I237" t="s">
         <v>2213</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5380</v>
+        <v>5382</v>
       </c>
       <c r="B238" t="s">
         <v>2215</v>
       </c>
       <c r="C238" t="s">
         <v>2216</v>
       </c>
       <c r="D238" t="s">
         <v>2217</v>
       </c>
       <c r="E238" t="s">
         <v>2218</v>
       </c>
       <c r="F238" t="s">
         <v>2219</v>
       </c>
       <c r="G238" t="s">
         <v>2220</v>
       </c>
       <c r="H238" t="s">
         <v>2221</v>
       </c>
       <c r="I238" t="s">
         <v>2222</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5382</v>
+        <v>5393</v>
       </c>
       <c r="B239" t="s">
         <v>2224</v>
       </c>
       <c r="C239" t="s">
         <v>2225</v>
       </c>
       <c r="D239" t="s">
         <v>2226</v>
       </c>
       <c r="E239" t="s">
         <v>2227</v>
       </c>
       <c r="F239" t="s">
         <v>2228</v>
       </c>
       <c r="G239" t="s">
         <v>2229</v>
       </c>
       <c r="H239" t="s">
         <v>2230</v>
       </c>
       <c r="I239" t="s">
         <v>2231</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5393</v>
+        <v>5394</v>
       </c>
       <c r="B240" t="s">
         <v>2233</v>
       </c>
       <c r="C240" t="s">
         <v>2234</v>
       </c>
       <c r="D240" t="s">
         <v>2235</v>
       </c>
       <c r="E240" t="s">
         <v>2236</v>
       </c>
       <c r="F240" t="s">
         <v>2237</v>
       </c>
       <c r="G240" t="s">
         <v>2238</v>
       </c>
       <c r="H240" t="s">
         <v>2239</v>
       </c>
       <c r="I240" t="s">
         <v>2240</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5394</v>
+        <v>5403</v>
       </c>
       <c r="B241" t="s">
         <v>2242</v>
       </c>
       <c r="C241" t="s">
         <v>2243</v>
       </c>
       <c r="D241" t="s">
         <v>2244</v>
       </c>
       <c r="E241" t="s">
         <v>2245</v>
       </c>
       <c r="F241" t="s">
         <v>2246</v>
       </c>
       <c r="G241" t="s">
         <v>2247</v>
       </c>
       <c r="H241" t="s">
         <v>2248</v>
       </c>
       <c r="I241" t="s">
         <v>2249</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>25</v>
+        <v>2250</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>27</v>
+        <v>2251</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2250</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5403</v>
+        <v>5431</v>
       </c>
       <c r="B242" t="s">
-        <v>2251</v>
+        <v>2253</v>
       </c>
       <c r="C242" t="s">
-        <v>2252</v>
+        <v>2254</v>
       </c>
       <c r="D242" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="E242" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="F242" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="G242" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
       <c r="H242" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="I242" t="s">
-        <v>2258</v>
+        <v>2260</v>
       </c>
       <c r="J242" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K242" t="s">
-        <v>2259</v>
+        <v>274</v>
       </c>
       <c r="L242" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M242" t="s">
-        <v>2260</v>
+        <v>276</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
         <v>2261</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5431</v>
+        <v>5433</v>
       </c>
       <c r="B243" t="s">
         <v>2262</v>
       </c>
       <c r="C243" t="s">
         <v>2263</v>
       </c>
       <c r="D243" t="s">
         <v>2264</v>
       </c>
       <c r="E243" t="s">
         <v>2265</v>
       </c>
       <c r="F243" t="s">
         <v>2266</v>
       </c>
       <c r="G243" t="s">
         <v>2267</v>
       </c>
       <c r="H243" t="s">
         <v>2268</v>
       </c>
       <c r="I243" t="s">
         <v>2269</v>
       </c>
       <c r="J243" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K243" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L243" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M243" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
         <v>2270</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5433</v>
+        <v>5435</v>
       </c>
       <c r="B244" t="s">
         <v>2271</v>
       </c>
       <c r="C244" t="s">
         <v>2272</v>
       </c>
       <c r="D244" t="s">
         <v>2273</v>
       </c>
       <c r="E244" t="s">
         <v>2274</v>
       </c>
       <c r="F244" t="s">
         <v>2275</v>
       </c>
       <c r="G244" t="s">
         <v>2276</v>
       </c>
       <c r="H244" t="s">
         <v>2277</v>
       </c>
       <c r="I244" t="s">
         <v>2278</v>
       </c>
       <c r="J244" t="s">
         <v>24</v>
       </c>
       <c r="K244" t="s">
         <v>170</v>
       </c>
       <c r="L244" t="s">
         <v>26</v>
       </c>
       <c r="M244" t="s">
         <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5435</v>
+        <v>5436</v>
       </c>
       <c r="B245" t="s">
         <v>2280</v>
       </c>
       <c r="C245" t="s">
         <v>2281</v>
       </c>
       <c r="D245" t="s">
         <v>2282</v>
       </c>
       <c r="E245" t="s">
         <v>2283</v>
       </c>
       <c r="F245" t="s">
         <v>2284</v>
       </c>
       <c r="G245" t="s">
         <v>2285</v>
       </c>
       <c r="H245" t="s">
         <v>2286</v>
       </c>
       <c r="I245" t="s">
         <v>2287</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5436</v>
+        <v>5437</v>
       </c>
       <c r="B246" t="s">
         <v>2289</v>
       </c>
       <c r="C246" t="s">
         <v>2290</v>
       </c>
       <c r="D246" t="s">
         <v>2291</v>
       </c>
       <c r="E246" t="s">
         <v>2292</v>
       </c>
       <c r="F246" t="s">
         <v>2293</v>
       </c>
       <c r="G246" t="s">
         <v>2294</v>
       </c>
       <c r="H246" t="s">
         <v>2295</v>
       </c>
       <c r="I246" t="s">
         <v>2296</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>25</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>27</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5437</v>
+        <v>5439</v>
       </c>
       <c r="B247" t="s">
         <v>2298</v>
       </c>
       <c r="C247" t="s">
         <v>2299</v>
       </c>
       <c r="D247" t="s">
         <v>2300</v>
       </c>
       <c r="E247" t="s">
         <v>2301</v>
       </c>
       <c r="F247" t="s">
         <v>2302</v>
       </c>
       <c r="G247" t="s">
         <v>2303</v>
       </c>
       <c r="H247" t="s">
         <v>2304</v>
       </c>
       <c r="I247" t="s">
         <v>2305</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>25</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>27</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
         <v>2306</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5439</v>
+        <v>5456</v>
       </c>
       <c r="B248" t="s">
         <v>2307</v>
       </c>
       <c r="C248" t="s">
         <v>2308</v>
       </c>
       <c r="D248" t="s">
         <v>2309</v>
       </c>
       <c r="E248" t="s">
         <v>2310</v>
       </c>
       <c r="F248" t="s">
         <v>2311</v>
       </c>
       <c r="G248" t="s">
         <v>2312</v>
       </c>
       <c r="H248" t="s">
         <v>2313</v>
       </c>
       <c r="I248" t="s">
         <v>2314</v>
       </c>
       <c r="J248" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L248" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5456</v>
+        <v>5474</v>
       </c>
       <c r="B249" t="s">
         <v>2316</v>
       </c>
       <c r="C249" t="s">
         <v>2317</v>
       </c>
       <c r="D249" t="s">
         <v>2318</v>
       </c>
       <c r="E249" t="s">
         <v>2319</v>
       </c>
       <c r="F249" t="s">
         <v>2320</v>
       </c>
       <c r="G249" t="s">
         <v>2321</v>
       </c>
       <c r="H249" t="s">
         <v>2322</v>
       </c>
       <c r="I249" t="s">
         <v>2323</v>
       </c>
       <c r="J249" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L249" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
         <v>2324</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5474</v>
+        <v>5475</v>
       </c>
       <c r="B250" t="s">
         <v>2325</v>
       </c>
       <c r="C250" t="s">
         <v>2326</v>
       </c>
       <c r="D250" t="s">
         <v>2327</v>
       </c>
       <c r="E250" t="s">
         <v>2328</v>
       </c>
       <c r="F250" t="s">
         <v>2329</v>
       </c>
       <c r="G250" t="s">
         <v>2330</v>
       </c>
       <c r="H250" t="s">
         <v>2331</v>
       </c>
       <c r="I250" t="s">
         <v>2332</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5475</v>
+        <v>5476</v>
       </c>
       <c r="B251" t="s">
         <v>2334</v>
       </c>
       <c r="C251" t="s">
         <v>2335</v>
       </c>
       <c r="D251" t="s">
         <v>2336</v>
       </c>
       <c r="E251" t="s">
         <v>2337</v>
       </c>
       <c r="F251" t="s">
         <v>2338</v>
       </c>
       <c r="G251" t="s">
         <v>2339</v>
       </c>
       <c r="H251" t="s">
         <v>2340</v>
       </c>
       <c r="I251" t="s">
         <v>2341</v>
       </c>
       <c r="J251" t="s">
-        <v>24</v>
+        <v>2342</v>
       </c>
       <c r="K251" t="s">
-        <v>170</v>
+        <v>1208</v>
       </c>
       <c r="L251" t="s">
-        <v>26</v>
+        <v>2343</v>
       </c>
       <c r="M251" t="s">
-        <v>171</v>
+        <v>1209</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>5476</v>
+        <v>5478</v>
       </c>
       <c r="B252" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="C252" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="D252" t="s">
-        <v>2345</v>
+        <v>2347</v>
       </c>
       <c r="E252" t="s">
-        <v>2346</v>
+        <v>2348</v>
       </c>
       <c r="F252" t="s">
-        <v>2347</v>
+        <v>2349</v>
       </c>
       <c r="G252" t="s">
-        <v>2348</v>
+        <v>2350</v>
       </c>
       <c r="H252" t="s">
-        <v>2349</v>
+        <v>2351</v>
       </c>
       <c r="I252" t="s">
-        <v>2350</v>
+        <v>2352</v>
       </c>
       <c r="J252" t="s">
-        <v>2351</v>
+        <v>24</v>
       </c>
       <c r="K252" t="s">
-        <v>1208</v>
+        <v>25</v>
       </c>
       <c r="L252" t="s">
-        <v>2352</v>
+        <v>26</v>
       </c>
       <c r="M252" t="s">
-        <v>1209</v>
+        <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
         <v>2353</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>5478</v>
+        <v>5479</v>
       </c>
       <c r="B253" t="s">
         <v>2354</v>
       </c>
       <c r="C253" t="s">
         <v>2355</v>
       </c>
       <c r="D253" t="s">
         <v>2356</v>
       </c>
       <c r="E253" t="s">
         <v>2357</v>
       </c>
       <c r="F253" t="s">
         <v>2358</v>
       </c>
       <c r="G253" t="s">
         <v>2359</v>
       </c>
       <c r="H253" t="s">
         <v>2360</v>
       </c>
       <c r="I253" t="s">
         <v>2361</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
         <v>2362</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>5479</v>
+        <v>5482</v>
       </c>
       <c r="B254" t="s">
         <v>2363</v>
       </c>
       <c r="C254" t="s">
         <v>2364</v>
       </c>
       <c r="D254" t="s">
         <v>2365</v>
       </c>
       <c r="E254" t="s">
         <v>2366</v>
       </c>
       <c r="F254" t="s">
         <v>2367</v>
       </c>
       <c r="G254" t="s">
         <v>2368</v>
       </c>
       <c r="H254" t="s">
         <v>2369</v>
       </c>
       <c r="I254" t="s">
         <v>2370</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>571</v>
+        <v>170</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>572</v>
+        <v>171</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
         <v>2371</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>5482</v>
+        <v>5483</v>
       </c>
       <c r="B255" t="s">
         <v>2372</v>
       </c>
       <c r="C255" t="s">
         <v>2373</v>
       </c>
       <c r="D255" t="s">
         <v>2374</v>
       </c>
       <c r="E255" t="s">
         <v>2375</v>
       </c>
       <c r="F255" t="s">
         <v>2376</v>
       </c>
       <c r="G255" t="s">
         <v>2377</v>
       </c>
       <c r="H255" t="s">
         <v>2378</v>
       </c>
       <c r="I255" t="s">
         <v>2379</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
         <v>2380</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>5483</v>
+        <v>5485</v>
       </c>
       <c r="B256" t="s">
         <v>2381</v>
       </c>
       <c r="C256" t="s">
         <v>2382</v>
       </c>
       <c r="D256" t="s">
         <v>2383</v>
       </c>
       <c r="E256" t="s">
         <v>2384</v>
       </c>
       <c r="F256" t="s">
         <v>2385</v>
       </c>
       <c r="G256" t="s">
         <v>2386</v>
       </c>
       <c r="H256" t="s">
         <v>2387</v>
       </c>
       <c r="I256" t="s">
         <v>2388</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
-        <v>25</v>
+        <v>2389</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
-        <v>27</v>
+        <v>2390</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>5485</v>
+        <v>5487</v>
       </c>
       <c r="B257" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="C257" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="D257" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
       <c r="E257" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="F257" t="s">
-        <v>2394</v>
+        <v>2396</v>
       </c>
       <c r="G257" t="s">
-        <v>2395</v>
+        <v>2397</v>
       </c>
       <c r="H257" t="s">
-        <v>2396</v>
+        <v>2398</v>
       </c>
       <c r="I257" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>5487</v>
+        <v>5488</v>
       </c>
       <c r="B258" t="s">
-        <v>2401</v>
+        <v>2403</v>
       </c>
       <c r="C258" t="s">
-        <v>2402</v>
+        <v>2404</v>
       </c>
       <c r="D258" t="s">
-        <v>2403</v>
+        <v>2405</v>
       </c>
       <c r="E258" t="s">
-        <v>2404</v>
+        <v>2406</v>
       </c>
       <c r="F258" t="s">
-        <v>2405</v>
+        <v>2407</v>
       </c>
       <c r="G258" t="s">
-        <v>2406</v>
+        <v>2408</v>
       </c>
       <c r="H258" t="s">
-        <v>2407</v>
+        <v>2409</v>
       </c>
       <c r="I258" t="s">
-        <v>2408</v>
+        <v>2410</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>2409</v>
+        <v>170</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>2410</v>
+        <v>171</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
         <v>2411</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>5488</v>
+        <v>5489</v>
       </c>
       <c r="B259" t="s">
         <v>2412</v>
       </c>
       <c r="C259" t="s">
         <v>2413</v>
       </c>
       <c r="D259" t="s">
         <v>2414</v>
       </c>
       <c r="E259" t="s">
         <v>2415</v>
       </c>
       <c r="F259" t="s">
         <v>2416</v>
       </c>
       <c r="G259" t="s">
         <v>2417</v>
       </c>
       <c r="H259" t="s">
         <v>2418</v>
       </c>
       <c r="I259" t="s">
         <v>2419</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>170</v>
+        <v>1228</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>171</v>
+        <v>1229</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
         <v>2420</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>5489</v>
+        <v>5490</v>
       </c>
       <c r="B260" t="s">
         <v>2421</v>
       </c>
       <c r="C260" t="s">
         <v>2422</v>
       </c>
       <c r="D260" t="s">
         <v>2423</v>
       </c>
       <c r="E260" t="s">
         <v>2424</v>
       </c>
       <c r="F260" t="s">
         <v>2425</v>
       </c>
       <c r="G260" t="s">
         <v>2426</v>
       </c>
       <c r="H260" t="s">
         <v>2427</v>
       </c>
       <c r="I260" t="s">
         <v>2428</v>
       </c>
       <c r="J260" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K260" t="s">
-        <v>1237</v>
+        <v>2429</v>
       </c>
       <c r="L260" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M260" t="s">
-        <v>1238</v>
+        <v>2430</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>5490</v>
+        <v>5493</v>
       </c>
       <c r="B261" t="s">
-        <v>2430</v>
+        <v>2432</v>
       </c>
       <c r="C261" t="s">
-        <v>2431</v>
+        <v>2433</v>
       </c>
       <c r="D261" t="s">
-        <v>2432</v>
+        <v>2434</v>
       </c>
       <c r="E261" t="s">
-        <v>2433</v>
+        <v>2435</v>
       </c>
       <c r="F261" t="s">
-        <v>2434</v>
+        <v>2436</v>
       </c>
       <c r="G261" t="s">
-        <v>2435</v>
+        <v>2437</v>
       </c>
       <c r="H261" t="s">
-        <v>2436</v>
+        <v>2438</v>
       </c>
       <c r="I261" t="s">
-        <v>2437</v>
+        <v>2439</v>
       </c>
       <c r="J261" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K261" t="s">
-        <v>2438</v>
+        <v>170</v>
       </c>
       <c r="L261" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M261" t="s">
-        <v>2439</v>
+        <v>171</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>5493</v>
+        <v>5496</v>
       </c>
       <c r="B262" t="s">
         <v>2441</v>
       </c>
       <c r="C262" t="s">
         <v>2442</v>
       </c>
       <c r="D262" t="s">
         <v>2443</v>
       </c>
       <c r="E262" t="s">
         <v>2444</v>
       </c>
       <c r="F262" t="s">
         <v>2445</v>
       </c>
       <c r="G262" t="s">
         <v>2446</v>
       </c>
       <c r="H262" t="s">
         <v>2447</v>
       </c>
       <c r="I262" t="s">
         <v>2448</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
         <v>2449</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>5496</v>
+        <v>5502</v>
       </c>
       <c r="B263" t="s">
         <v>2450</v>
       </c>
       <c r="C263" t="s">
         <v>2451</v>
       </c>
       <c r="D263" t="s">
         <v>2452</v>
       </c>
       <c r="E263" t="s">
         <v>2453</v>
       </c>
       <c r="F263" t="s">
         <v>2454</v>
       </c>
       <c r="G263" t="s">
         <v>2455</v>
       </c>
       <c r="H263" t="s">
         <v>2456</v>
       </c>
       <c r="I263" t="s">
         <v>2457</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
         <v>2458</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>5502</v>
+        <v>5503</v>
       </c>
       <c r="B264" t="s">
         <v>2459</v>
       </c>
       <c r="C264" t="s">
         <v>2460</v>
       </c>
       <c r="D264" t="s">
         <v>2461</v>
       </c>
       <c r="E264" t="s">
         <v>2462</v>
       </c>
       <c r="F264" t="s">
         <v>2463</v>
       </c>
       <c r="G264" t="s">
         <v>2464</v>
       </c>
       <c r="H264" t="s">
         <v>2465</v>
       </c>
       <c r="I264" t="s">
         <v>2466</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
         <v>2467</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>5503</v>
+        <v>5504</v>
       </c>
       <c r="B265" t="s">
         <v>2468</v>
       </c>
       <c r="C265" t="s">
         <v>2469</v>
       </c>
       <c r="D265" t="s">
         <v>2470</v>
       </c>
       <c r="E265" t="s">
         <v>2471</v>
       </c>
       <c r="F265" t="s">
         <v>2472</v>
       </c>
       <c r="G265" t="s">
         <v>2473</v>
       </c>
       <c r="H265" t="s">
         <v>2474</v>
       </c>
       <c r="I265" t="s">
         <v>2475</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
         <v>2476</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>5504</v>
+        <v>5507</v>
       </c>
       <c r="B266" t="s">
         <v>2477</v>
       </c>
       <c r="C266" t="s">
         <v>2478</v>
       </c>
       <c r="D266" t="s">
         <v>2479</v>
       </c>
       <c r="E266" t="s">
         <v>2480</v>
       </c>
       <c r="F266" t="s">
         <v>2481</v>
       </c>
       <c r="G266" t="s">
         <v>2482</v>
       </c>
       <c r="H266" t="s">
         <v>2483</v>
       </c>
       <c r="I266" t="s">
         <v>2484</v>
       </c>
       <c r="J266" t="s">
         <v>24</v>
       </c>
       <c r="K266" t="s">
         <v>25</v>
       </c>
       <c r="L266" t="s">
         <v>26</v>
       </c>
       <c r="M266" t="s">
         <v>27</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>5507</v>
+        <v>5509</v>
       </c>
       <c r="B267" t="s">
         <v>2486</v>
       </c>
       <c r="C267" t="s">
         <v>2487</v>
       </c>
       <c r="D267" t="s">
         <v>2488</v>
       </c>
       <c r="E267" t="s">
         <v>2489</v>
       </c>
       <c r="F267" t="s">
         <v>2490</v>
       </c>
       <c r="G267" t="s">
         <v>2491</v>
       </c>
       <c r="H267" t="s">
         <v>2492</v>
       </c>
       <c r="I267" t="s">
         <v>2493</v>
       </c>
       <c r="J267" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K267" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L267" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M267" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
         <v>2494</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>5509</v>
+        <v>5512</v>
       </c>
       <c r="B268" t="s">
         <v>2495</v>
       </c>
       <c r="C268" t="s">
         <v>2496</v>
       </c>
       <c r="D268" t="s">
         <v>2497</v>
       </c>
       <c r="E268" t="s">
         <v>2498</v>
       </c>
       <c r="F268" t="s">
         <v>2499</v>
       </c>
       <c r="G268" t="s">
         <v>2500</v>
       </c>
       <c r="H268" t="s">
         <v>2501</v>
       </c>
       <c r="I268" t="s">
         <v>2502</v>
       </c>
       <c r="J268" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>1208</v>
+        <v>170</v>
       </c>
       <c r="L268" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>1209</v>
+        <v>171</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
         <v>2503</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>5512</v>
+        <v>5514</v>
       </c>
       <c r="B269" t="s">
         <v>2504</v>
       </c>
       <c r="C269" t="s">
         <v>2505</v>
       </c>
       <c r="D269" t="s">
         <v>2506</v>
       </c>
       <c r="E269" t="s">
         <v>2507</v>
       </c>
       <c r="F269" t="s">
         <v>2508</v>
       </c>
       <c r="G269" t="s">
         <v>2509</v>
       </c>
       <c r="H269" t="s">
         <v>2510</v>
       </c>
       <c r="I269" t="s">
         <v>2511</v>
       </c>
       <c r="J269" t="s">
         <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L269" t="s">
         <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>5514</v>
+        <v>5516</v>
       </c>
       <c r="B270" t="s">
         <v>2513</v>
       </c>
       <c r="C270" t="s">
         <v>2514</v>
       </c>
       <c r="D270" t="s">
         <v>2515</v>
       </c>
       <c r="E270" t="s">
         <v>2516</v>
       </c>
       <c r="F270" t="s">
         <v>2517</v>
       </c>
       <c r="G270" t="s">
         <v>2518</v>
       </c>
       <c r="H270" t="s">
         <v>2519</v>
       </c>
       <c r="I270" t="s">
         <v>2520</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
         <v>2521</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>5516</v>
+        <v>5517</v>
       </c>
       <c r="B271" t="s">
         <v>2522</v>
       </c>
       <c r="C271" t="s">
         <v>2523</v>
       </c>
       <c r="D271" t="s">
         <v>2524</v>
       </c>
       <c r="E271" t="s">
         <v>2525</v>
       </c>
       <c r="F271" t="s">
         <v>2526</v>
       </c>
       <c r="G271" t="s">
         <v>2527</v>
       </c>
       <c r="H271" t="s">
         <v>2528</v>
       </c>
       <c r="I271" t="s">
         <v>2529</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
         <v>25</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
         <v>27</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
         <v>2530</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>5517</v>
+        <v>5518</v>
       </c>
       <c r="B272" t="s">
         <v>2531</v>
       </c>
       <c r="C272" t="s">
         <v>2532</v>
       </c>
       <c r="D272" t="s">
         <v>2533</v>
       </c>
       <c r="E272" t="s">
         <v>2534</v>
       </c>
       <c r="F272" t="s">
         <v>2535</v>
       </c>
       <c r="G272" t="s">
         <v>2536</v>
       </c>
       <c r="H272" t="s">
         <v>2537</v>
       </c>
       <c r="I272" t="s">
         <v>2538</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
         <v>25</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
         <v>27</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
         <v>2539</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>5518</v>
+        <v>5520</v>
       </c>
       <c r="B273" t="s">
         <v>2540</v>
       </c>
       <c r="C273" t="s">
         <v>2541</v>
       </c>
       <c r="D273" t="s">
         <v>2542</v>
       </c>
       <c r="E273" t="s">
         <v>2543</v>
       </c>
       <c r="F273" t="s">
         <v>2544</v>
       </c>
       <c r="G273" t="s">
         <v>2545</v>
       </c>
       <c r="H273" t="s">
         <v>2546</v>
       </c>
       <c r="I273" t="s">
         <v>2547</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>25</v>
+        <v>1208</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>27</v>
+        <v>1209</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
         <v>2548</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>5520</v>
+        <v>5545</v>
       </c>
       <c r="B274" t="s">
         <v>2549</v>
       </c>
       <c r="C274" t="s">
         <v>2550</v>
       </c>
       <c r="D274" t="s">
         <v>2551</v>
       </c>
       <c r="E274" t="s">
         <v>2552</v>
       </c>
       <c r="F274" t="s">
         <v>2553</v>
       </c>
       <c r="G274" t="s">
         <v>2554</v>
       </c>
       <c r="H274" t="s">
         <v>2555</v>
       </c>
       <c r="I274" t="s">
         <v>2556</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
-        <v>1208</v>
+        <v>170</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
-        <v>1209</v>
+        <v>171</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
         <v>2557</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>5545</v>
+        <v>5657</v>
       </c>
       <c r="B275" t="s">
         <v>2558</v>
       </c>
       <c r="C275" t="s">
         <v>2559</v>
       </c>
       <c r="D275" t="s">
         <v>2560</v>
       </c>
       <c r="E275" t="s">
         <v>2561</v>
       </c>
       <c r="F275" t="s">
         <v>2562</v>
       </c>
       <c r="G275" t="s">
         <v>2563</v>
       </c>
       <c r="H275" t="s">
         <v>2564</v>
       </c>
       <c r="I275" t="s">
         <v>2565</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
         <v>2566</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>5657</v>
+        <v>5733</v>
       </c>
       <c r="B276" t="s">
         <v>2567</v>
       </c>
       <c r="C276" t="s">
         <v>2568</v>
       </c>
       <c r="D276" t="s">
         <v>2569</v>
       </c>
       <c r="E276" t="s">
         <v>2570</v>
       </c>
       <c r="F276" t="s">
         <v>2571</v>
       </c>
       <c r="G276" t="s">
         <v>2572</v>
       </c>
       <c r="H276" t="s">
         <v>2573</v>
       </c>
       <c r="I276" t="s">
         <v>2574</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
         <v>2575</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>5733</v>
+        <v>5787</v>
       </c>
       <c r="B277" t="s">
         <v>2576</v>
       </c>
       <c r="C277" t="s">
         <v>2577</v>
       </c>
       <c r="D277" t="s">
         <v>2578</v>
       </c>
       <c r="E277" t="s">
         <v>2579</v>
       </c>
       <c r="F277" t="s">
         <v>2580</v>
       </c>
       <c r="G277" t="s">
         <v>2581</v>
       </c>
       <c r="H277" t="s">
         <v>2582</v>
       </c>
       <c r="I277" t="s">
         <v>2583</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
         <v>2584</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>5787</v>
+        <v>5792</v>
       </c>
       <c r="B278" t="s">
         <v>2585</v>
       </c>
       <c r="C278" t="s">
         <v>2586</v>
       </c>
       <c r="D278" t="s">
         <v>2587</v>
       </c>
       <c r="E278" t="s">
         <v>2588</v>
       </c>
       <c r="F278" t="s">
         <v>2589</v>
       </c>
       <c r="G278" t="s">
         <v>2590</v>
       </c>
       <c r="H278" t="s">
         <v>2591</v>
       </c>
       <c r="I278" t="s">
         <v>2592</v>
       </c>
       <c r="J278" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K278" t="s">
-        <v>170</v>
+        <v>442</v>
       </c>
       <c r="L278" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M278" t="s">
-        <v>171</v>
+        <v>444</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
         <v>2593</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>5792</v>
+        <v>5794</v>
       </c>
       <c r="B279" t="s">
         <v>2594</v>
       </c>
       <c r="C279" t="s">
         <v>2595</v>
       </c>
       <c r="D279" t="s">
         <v>2596</v>
       </c>
       <c r="E279" t="s">
         <v>2597</v>
       </c>
       <c r="F279" t="s">
         <v>2598</v>
       </c>
       <c r="G279" t="s">
         <v>2599</v>
       </c>
       <c r="H279" t="s">
         <v>2600</v>
       </c>
       <c r="I279" t="s">
         <v>2601</v>
       </c>
       <c r="J279" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>442</v>
+        <v>170</v>
       </c>
       <c r="L279" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>444</v>
+        <v>171</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
         <v>2602</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>5794</v>
+        <v>5795</v>
       </c>
       <c r="B280" t="s">
         <v>2603</v>
       </c>
       <c r="C280" t="s">
         <v>2604</v>
       </c>
       <c r="D280" t="s">
         <v>2605</v>
       </c>
       <c r="E280" t="s">
         <v>2606</v>
       </c>
       <c r="F280" t="s">
         <v>2607</v>
       </c>
       <c r="G280" t="s">
         <v>2608</v>
       </c>
       <c r="H280" t="s">
         <v>2609</v>
       </c>
       <c r="I280" t="s">
         <v>2610</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
       <c r="M280" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
         <v>2611</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>5795</v>
+        <v>5796</v>
       </c>
       <c r="B281" t="s">
         <v>2612</v>
       </c>
       <c r="C281" t="s">
         <v>2613</v>
       </c>
       <c r="D281" t="s">
         <v>2614</v>
       </c>
       <c r="E281" t="s">
         <v>2615</v>
       </c>
       <c r="F281" t="s">
         <v>2616</v>
       </c>
       <c r="G281" t="s">
         <v>2617</v>
       </c>
       <c r="H281" t="s">
         <v>2618</v>
       </c>
       <c r="I281" t="s">
         <v>2619</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
         <v>2620</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>5796</v>
+        <v>5798</v>
       </c>
       <c r="B282" t="s">
         <v>2621</v>
       </c>
       <c r="C282" t="s">
         <v>2622</v>
       </c>
       <c r="D282" t="s">
         <v>2623</v>
       </c>
       <c r="E282" t="s">
         <v>2624</v>
       </c>
       <c r="F282" t="s">
         <v>2625</v>
       </c>
       <c r="G282" t="s">
         <v>2626</v>
       </c>
       <c r="H282" t="s">
         <v>2627</v>
       </c>
       <c r="I282" t="s">
         <v>2628</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
         <v>170</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
         <v>171</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
         <v>2629</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>5798</v>
+        <v>5799</v>
       </c>
       <c r="B283" t="s">
         <v>2630</v>
       </c>
       <c r="C283" t="s">
         <v>2631</v>
       </c>
       <c r="D283" t="s">
         <v>2632</v>
       </c>
       <c r="E283" t="s">
         <v>2633</v>
       </c>
       <c r="F283" t="s">
         <v>2634</v>
       </c>
       <c r="G283" t="s">
         <v>2635</v>
       </c>
       <c r="H283" t="s">
         <v>2636</v>
       </c>
       <c r="I283" t="s">
         <v>2637</v>
       </c>
       <c r="J283" t="s">
-        <v>24</v>
+        <v>1757</v>
       </c>
       <c r="K283" t="s">
-        <v>170</v>
+        <v>882</v>
       </c>
       <c r="L283" t="s">
-        <v>26</v>
+        <v>1759</v>
       </c>
       <c r="M283" t="s">
-        <v>171</v>
+        <v>883</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
         <v>2638</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>5799</v>
+        <v>5803</v>
       </c>
       <c r="B284" t="s">
         <v>2639</v>
       </c>
       <c r="C284" t="s">
         <v>2640</v>
       </c>
       <c r="D284" t="s">
         <v>2641</v>
       </c>
       <c r="E284" t="s">
         <v>2642</v>
       </c>
       <c r="F284" t="s">
         <v>2643</v>
       </c>
       <c r="G284" t="s">
         <v>2644</v>
       </c>
       <c r="H284" t="s">
         <v>2645</v>
       </c>
       <c r="I284" t="s">
         <v>2646</v>
       </c>
       <c r="J284" t="s">
-        <v>1766</v>
+        <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>882</v>
+        <v>25</v>
       </c>
       <c r="L284" t="s">
-        <v>1768</v>
+        <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>883</v>
+        <v>27</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
         <v>2647</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>5803</v>
+        <v>5805</v>
       </c>
       <c r="B285" t="s">
         <v>2648</v>
       </c>
       <c r="C285" t="s">
         <v>2649</v>
       </c>
       <c r="D285" t="s">
         <v>2650</v>
       </c>
       <c r="E285" t="s">
         <v>2651</v>
       </c>
       <c r="F285" t="s">
         <v>2652</v>
       </c>
       <c r="G285" t="s">
         <v>2653</v>
       </c>
       <c r="H285" t="s">
         <v>2654</v>
       </c>
       <c r="I285" t="s">
         <v>2655</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
         <v>2656</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>5805</v>
+        <v>5808</v>
       </c>
       <c r="B286" t="s">
         <v>2657</v>
       </c>
       <c r="C286" t="s">
         <v>2658</v>
       </c>
       <c r="D286" t="s">
         <v>2659</v>
       </c>
       <c r="E286" t="s">
         <v>2660</v>
       </c>
       <c r="F286" t="s">
         <v>2661</v>
       </c>
       <c r="G286" t="s">
         <v>2662</v>
       </c>
       <c r="H286" t="s">
         <v>2663</v>
       </c>
       <c r="I286" t="s">
         <v>2664</v>
       </c>
       <c r="J286" t="s">
         <v>24</v>
       </c>
       <c r="K286" t="s">
         <v>25</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>
       <c r="M286" t="s">
         <v>27</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
         <v>2665</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>5808</v>
+        <v>5811</v>
       </c>
       <c r="B287" t="s">
         <v>2666</v>
       </c>
       <c r="C287" t="s">
         <v>2667</v>
       </c>
       <c r="D287" t="s">
         <v>2668</v>
       </c>
       <c r="E287" t="s">
         <v>2669</v>
       </c>
       <c r="F287" t="s">
         <v>2670</v>
       </c>
       <c r="G287" t="s">
         <v>2671</v>
       </c>
       <c r="H287" t="s">
         <v>2672</v>
       </c>
       <c r="I287" t="s">
         <v>2673</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
         <v>25</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
         <v>27</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
         <v>2674</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>5811</v>
+        <v>5819</v>
       </c>
       <c r="B288" t="s">
         <v>2675</v>
       </c>
       <c r="C288" t="s">
         <v>2676</v>
       </c>
       <c r="D288" t="s">
         <v>2677</v>
       </c>
       <c r="E288" t="s">
         <v>2678</v>
       </c>
       <c r="F288" t="s">
         <v>2679</v>
       </c>
       <c r="G288" t="s">
         <v>2680</v>
       </c>
       <c r="H288" t="s">
         <v>2681</v>
       </c>
       <c r="I288" t="s">
         <v>2682</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
         <v>25</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
         <v>27</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
         <v>2683</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>5819</v>
+        <v>5830</v>
       </c>
       <c r="B289" t="s">
         <v>2684</v>
       </c>
       <c r="C289" t="s">
         <v>2685</v>
       </c>
       <c r="D289" t="s">
         <v>2686</v>
       </c>
       <c r="E289" t="s">
         <v>2687</v>
       </c>
       <c r="F289" t="s">
         <v>2688</v>
       </c>
       <c r="G289" t="s">
         <v>2689</v>
       </c>
       <c r="H289" t="s">
         <v>2690</v>
       </c>
       <c r="I289" t="s">
         <v>2691</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
         <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
         <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
         <v>2692</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>5830</v>
+        <v>5863</v>
       </c>
       <c r="B290" t="s">
         <v>2693</v>
       </c>
       <c r="C290" t="s">
         <v>2694</v>
       </c>
       <c r="D290" t="s">
         <v>2695</v>
       </c>
       <c r="E290" t="s">
         <v>2696</v>
       </c>
       <c r="F290" t="s">
         <v>2697</v>
       </c>
       <c r="G290" t="s">
         <v>2698</v>
       </c>
       <c r="H290" t="s">
         <v>2699</v>
       </c>
       <c r="I290" t="s">
         <v>2700</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>25</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>27</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
         <v>2701</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>5863</v>
+        <v>5866</v>
       </c>
       <c r="B291" t="s">
         <v>2702</v>
       </c>
       <c r="C291" t="s">
         <v>2703</v>
       </c>
       <c r="D291" t="s">
         <v>2704</v>
       </c>
       <c r="E291" t="s">
         <v>2705</v>
       </c>
       <c r="F291" t="s">
         <v>2706</v>
       </c>
       <c r="G291" t="s">
         <v>2707</v>
       </c>
       <c r="H291" t="s">
         <v>2708</v>
       </c>
       <c r="I291" t="s">
         <v>2709</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
         <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
         <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
         <v>2710</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>5866</v>
+        <v>5887</v>
       </c>
       <c r="B292" t="s">
         <v>2711</v>
       </c>
       <c r="C292" t="s">
         <v>2712</v>
       </c>
       <c r="D292" t="s">
         <v>2713</v>
       </c>
       <c r="E292" t="s">
         <v>2714</v>
       </c>
       <c r="F292" t="s">
         <v>2715</v>
       </c>
       <c r="G292" t="s">
         <v>2716</v>
       </c>
       <c r="H292" t="s">
         <v>2717</v>
       </c>
       <c r="I292" t="s">
         <v>2718</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
         <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
         <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
         <v>2719</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>5887</v>
+        <v>5888</v>
       </c>
       <c r="B293" t="s">
         <v>2720</v>
       </c>
       <c r="C293" t="s">
         <v>2721</v>
       </c>
       <c r="D293" t="s">
         <v>2722</v>
       </c>
       <c r="E293" t="s">
         <v>2723</v>
       </c>
       <c r="F293" t="s">
         <v>2724</v>
       </c>
       <c r="G293" t="s">
         <v>2725</v>
       </c>
       <c r="H293" t="s">
         <v>2726</v>
       </c>
       <c r="I293" t="s">
         <v>2727</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
         <v>2728</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>5888</v>
+        <v>5889</v>
       </c>
       <c r="B294" t="s">
         <v>2729</v>
       </c>
       <c r="C294" t="s">
         <v>2730</v>
       </c>
       <c r="D294" t="s">
         <v>2731</v>
       </c>
       <c r="E294" t="s">
         <v>2732</v>
       </c>
       <c r="F294" t="s">
         <v>2733</v>
       </c>
       <c r="G294" t="s">
         <v>2734</v>
       </c>
       <c r="H294" t="s">
         <v>2735</v>
       </c>
       <c r="I294" t="s">
         <v>2736</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
         <v>2737</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>5889</v>
+        <v>5907</v>
       </c>
       <c r="B295" t="s">
         <v>2738</v>
       </c>
       <c r="C295" t="s">
         <v>2739</v>
       </c>
       <c r="D295" t="s">
         <v>2740</v>
       </c>
       <c r="E295" t="s">
         <v>2741</v>
       </c>
       <c r="F295" t="s">
         <v>2742</v>
       </c>
       <c r="G295" t="s">
         <v>2743</v>
       </c>
       <c r="H295" t="s">
         <v>2744</v>
       </c>
       <c r="I295" t="s">
         <v>2745</v>
       </c>
       <c r="J295" t="s">
         <v>24</v>
       </c>
       <c r="K295" t="s">
         <v>25</v>
       </c>
       <c r="L295" t="s">
         <v>26</v>
       </c>
       <c r="M295" t="s">
         <v>27</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
         <v>2746</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>5907</v>
+        <v>5913</v>
       </c>
       <c r="B296" t="s">
         <v>2747</v>
       </c>
       <c r="C296" t="s">
         <v>2748</v>
       </c>
       <c r="D296" t="s">
         <v>2749</v>
       </c>
       <c r="E296" t="s">
         <v>2750</v>
       </c>
       <c r="F296" t="s">
         <v>2751</v>
       </c>
       <c r="G296" t="s">
         <v>2752</v>
       </c>
       <c r="H296" t="s">
         <v>2753</v>
       </c>
       <c r="I296" t="s">
         <v>2754</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
         <v>2755</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>5913</v>
+        <v>5915</v>
       </c>
       <c r="B297" t="s">
         <v>2756</v>
       </c>
       <c r="C297" t="s">
         <v>2757</v>
       </c>
       <c r="D297" t="s">
         <v>2758</v>
       </c>
       <c r="E297" t="s">
         <v>2759</v>
       </c>
       <c r="F297" t="s">
         <v>2760</v>
       </c>
       <c r="G297" t="s">
         <v>2761</v>
       </c>
       <c r="H297" t="s">
         <v>2762</v>
       </c>
       <c r="I297" t="s">
         <v>2763</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
         <v>2764</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>5915</v>
+        <v>5927</v>
       </c>
       <c r="B298" t="s">
         <v>2765</v>
       </c>
       <c r="C298" t="s">
         <v>2766</v>
       </c>
       <c r="D298" t="s">
         <v>2767</v>
       </c>
       <c r="E298" t="s">
         <v>2768</v>
       </c>
       <c r="F298" t="s">
         <v>2769</v>
       </c>
       <c r="G298" t="s">
         <v>2770</v>
       </c>
       <c r="H298" t="s">
         <v>2771</v>
       </c>
       <c r="I298" t="s">
         <v>2772</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
         <v>2773</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>5927</v>
+        <v>5928</v>
       </c>
       <c r="B299" t="s">
         <v>2774</v>
       </c>
       <c r="C299" t="s">
         <v>2775</v>
       </c>
       <c r="D299" t="s">
         <v>2776</v>
       </c>
       <c r="E299" t="s">
         <v>2777</v>
       </c>
       <c r="F299" t="s">
         <v>2778</v>
       </c>
       <c r="G299" t="s">
         <v>2779</v>
       </c>
       <c r="H299" t="s">
         <v>2780</v>
       </c>
       <c r="I299" t="s">
         <v>2781</v>
       </c>
       <c r="J299" t="s">
-        <v>24</v>
+        <v>2782</v>
       </c>
       <c r="K299" t="s">
-        <v>59</v>
+        <v>2783</v>
       </c>
       <c r="L299" t="s">
-        <v>26</v>
+        <v>2784</v>
       </c>
       <c r="M299" t="s">
-        <v>61</v>
+        <v>2785</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2782</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>5928</v>
+        <v>5931</v>
       </c>
       <c r="B300" t="s">
-        <v>2783</v>
+        <v>2787</v>
       </c>
       <c r="C300" t="s">
-        <v>2784</v>
+        <v>2788</v>
       </c>
       <c r="D300" t="s">
-        <v>2785</v>
+        <v>2789</v>
       </c>
       <c r="E300" t="s">
-        <v>2786</v>
+        <v>2790</v>
       </c>
       <c r="F300" t="s">
-        <v>2787</v>
+        <v>2791</v>
       </c>
       <c r="G300" t="s">
-        <v>2788</v>
+        <v>2792</v>
       </c>
       <c r="H300" t="s">
-        <v>2789</v>
+        <v>2793</v>
       </c>
       <c r="I300" t="s">
-        <v>2790</v>
+        <v>2794</v>
       </c>
       <c r="J300" t="s">
-        <v>2791</v>
+        <v>24</v>
       </c>
       <c r="K300" t="s">
-        <v>2792</v>
+        <v>25</v>
       </c>
       <c r="L300" t="s">
-        <v>2793</v>
+        <v>26</v>
       </c>
       <c r="M300" t="s">
-        <v>2794</v>
+        <v>27</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
         <v>2795</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>5931</v>
+        <v>5932</v>
       </c>
       <c r="B301" t="s">
         <v>2796</v>
       </c>
       <c r="C301" t="s">
         <v>2797</v>
       </c>
       <c r="D301" t="s">
         <v>2798</v>
       </c>
       <c r="E301" t="s">
         <v>2799</v>
       </c>
       <c r="F301" t="s">
         <v>2800</v>
       </c>
       <c r="G301" t="s">
         <v>2801</v>
       </c>
       <c r="H301" t="s">
         <v>2802</v>
       </c>
       <c r="I301" t="s">
         <v>2803</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
         <v>2804</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>5932</v>
+        <v>5934</v>
       </c>
       <c r="B302" t="s">
         <v>2805</v>
       </c>
       <c r="C302" t="s">
         <v>2806</v>
       </c>
       <c r="D302" t="s">
         <v>2807</v>
       </c>
       <c r="E302" t="s">
         <v>2808</v>
       </c>
       <c r="F302" t="s">
         <v>2809</v>
       </c>
       <c r="G302" t="s">
         <v>2810</v>
       </c>
       <c r="H302" t="s">
         <v>2811</v>
       </c>
       <c r="I302" t="s">
         <v>2812</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
         <v>170</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
         <v>171</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>5934</v>
+        <v>5953</v>
       </c>
       <c r="B303" t="s">
         <v>2814</v>
       </c>
       <c r="C303" t="s">
         <v>2815</v>
       </c>
       <c r="D303" t="s">
         <v>2816</v>
       </c>
       <c r="E303" t="s">
         <v>2817</v>
       </c>
       <c r="F303" t="s">
         <v>2818</v>
       </c>
       <c r="G303" t="s">
         <v>2819</v>
       </c>
       <c r="H303" t="s">
         <v>2820</v>
       </c>
       <c r="I303" t="s">
         <v>2821</v>
       </c>
       <c r="J303" t="s">
         <v>24</v>
       </c>
       <c r="K303" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L303" t="s">
         <v>26</v>
       </c>
       <c r="M303" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>5953</v>
+        <v>5981</v>
       </c>
       <c r="B304" t="s">
         <v>2823</v>
       </c>
       <c r="C304" t="s">
         <v>2824</v>
       </c>
       <c r="D304" t="s">
         <v>2825</v>
       </c>
       <c r="E304" t="s">
         <v>2826</v>
       </c>
       <c r="F304" t="s">
         <v>2827</v>
       </c>
       <c r="G304" t="s">
         <v>2828</v>
       </c>
       <c r="H304" t="s">
         <v>2829</v>
       </c>
       <c r="I304" t="s">
         <v>2830</v>
       </c>
       <c r="J304" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K304" t="s">
-        <v>25</v>
+        <v>2831</v>
       </c>
       <c r="L304" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M304" t="s">
-        <v>27</v>
+        <v>2832</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2831</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>5981</v>
+        <v>5986</v>
       </c>
       <c r="B305" t="s">
-        <v>2832</v>
+        <v>2834</v>
       </c>
       <c r="C305" t="s">
-        <v>2833</v>
+        <v>2835</v>
       </c>
       <c r="D305" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
       <c r="E305" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
       <c r="F305" t="s">
-        <v>2836</v>
+        <v>2838</v>
       </c>
       <c r="G305" t="s">
-        <v>2837</v>
+        <v>2839</v>
       </c>
       <c r="H305" t="s">
-        <v>2838</v>
+        <v>2840</v>
       </c>
       <c r="I305" t="s">
-        <v>2839</v>
+        <v>2841</v>
       </c>
       <c r="J305" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>2840</v>
+        <v>170</v>
       </c>
       <c r="L305" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>2841</v>
+        <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
         <v>2842</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>5986</v>
+        <v>5989</v>
       </c>
       <c r="B306" t="s">
         <v>2843</v>
       </c>
       <c r="C306" t="s">
         <v>2844</v>
       </c>
       <c r="D306" t="s">
         <v>2845</v>
       </c>
       <c r="E306" t="s">
         <v>2846</v>
       </c>
       <c r="F306" t="s">
         <v>2847</v>
       </c>
       <c r="G306" t="s">
         <v>2848</v>
       </c>
       <c r="H306" t="s">
         <v>2849</v>
       </c>
       <c r="I306" t="s">
         <v>2850</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>170</v>
+        <v>1990</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>171</v>
+        <v>1991</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
         <v>2851</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>5989</v>
+        <v>6018</v>
       </c>
       <c r="B307" t="s">
         <v>2852</v>
       </c>
       <c r="C307" t="s">
         <v>2853</v>
       </c>
       <c r="D307" t="s">
         <v>2854</v>
       </c>
       <c r="E307" t="s">
         <v>2855</v>
       </c>
       <c r="F307" t="s">
         <v>2856</v>
       </c>
       <c r="G307" t="s">
         <v>2857</v>
       </c>
       <c r="H307" t="s">
         <v>2858</v>
       </c>
       <c r="I307" t="s">
         <v>2859</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
-        <v>1999</v>
+        <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
-        <v>2000</v>
+        <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
         <v>2860</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>6018</v>
+        <v>6021</v>
       </c>
       <c r="B308" t="s">
         <v>2861</v>
       </c>
       <c r="C308" t="s">
         <v>2862</v>
       </c>
       <c r="D308" t="s">
         <v>2863</v>
       </c>
       <c r="E308" t="s">
         <v>2864</v>
       </c>
       <c r="F308" t="s">
         <v>2865</v>
       </c>
       <c r="G308" t="s">
         <v>2866</v>
       </c>
       <c r="H308" t="s">
         <v>2867</v>
       </c>
       <c r="I308" t="s">
         <v>2868</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
         <v>2869</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>6021</v>
+        <v>6049</v>
       </c>
       <c r="B309" t="s">
         <v>2870</v>
       </c>
       <c r="C309" t="s">
         <v>2871</v>
       </c>
       <c r="D309" t="s">
         <v>2872</v>
       </c>
       <c r="E309" t="s">
         <v>2873</v>
       </c>
       <c r="F309" t="s">
         <v>2874</v>
       </c>
       <c r="G309" t="s">
         <v>2875</v>
       </c>
       <c r="H309" t="s">
         <v>2876</v>
       </c>
       <c r="I309" t="s">
         <v>2877</v>
       </c>
       <c r="J309" t="s">
-        <v>24</v>
+        <v>2878</v>
       </c>
       <c r="K309" t="s">
-        <v>25</v>
+        <v>2879</v>
       </c>
       <c r="L309" t="s">
-        <v>26</v>
+        <v>2880</v>
       </c>
       <c r="M309" t="s">
-        <v>27</v>
+        <v>2881</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2878</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>6049</v>
+        <v>6076</v>
       </c>
       <c r="B310" t="s">
-        <v>2879</v>
+        <v>2883</v>
       </c>
       <c r="C310" t="s">
-        <v>2880</v>
+        <v>2884</v>
       </c>
       <c r="D310" t="s">
-        <v>2881</v>
+        <v>2885</v>
       </c>
       <c r="E310" t="s">
-        <v>2882</v>
+        <v>2886</v>
       </c>
       <c r="F310" t="s">
-        <v>2883</v>
+        <v>2887</v>
       </c>
       <c r="G310" t="s">
-        <v>2884</v>
+        <v>2888</v>
       </c>
       <c r="H310" t="s">
-        <v>2885</v>
+        <v>2889</v>
       </c>
       <c r="I310" t="s">
-        <v>2886</v>
+        <v>2890</v>
       </c>
       <c r="J310" t="s">
-        <v>2887</v>
+        <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>2888</v>
+        <v>25</v>
       </c>
       <c r="L310" t="s">
-        <v>2889</v>
+        <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>2890</v>
+        <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
         <v>2891</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>6076</v>
+        <v>6082</v>
       </c>
       <c r="B311" t="s">
         <v>2892</v>
       </c>
       <c r="C311" t="s">
         <v>2893</v>
       </c>
       <c r="D311" t="s">
         <v>2894</v>
       </c>
       <c r="E311" t="s">
         <v>2895</v>
       </c>
       <c r="F311" t="s">
         <v>2896</v>
       </c>
       <c r="G311" t="s">
         <v>2897</v>
       </c>
       <c r="H311" t="s">
         <v>2898</v>
       </c>
       <c r="I311" t="s">
         <v>2899</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
         <v>2900</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>6082</v>
+        <v>6093</v>
       </c>
       <c r="B312" t="s">
         <v>2901</v>
       </c>
       <c r="C312" t="s">
         <v>2902</v>
       </c>
       <c r="D312" t="s">
         <v>2903</v>
       </c>
       <c r="E312" t="s">
         <v>2904</v>
       </c>
       <c r="F312" t="s">
         <v>2905</v>
       </c>
       <c r="G312" t="s">
         <v>2906</v>
       </c>
       <c r="H312" t="s">
         <v>2907</v>
       </c>
       <c r="I312" t="s">
         <v>2908</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>571</v>
+        <v>1067</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>572</v>
+        <v>1068</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
         <v>2909</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>6093</v>
+        <v>6112</v>
       </c>
       <c r="B313" t="s">
         <v>2910</v>
       </c>
       <c r="C313" t="s">
         <v>2911</v>
       </c>
       <c r="D313" t="s">
         <v>2912</v>
       </c>
       <c r="E313" t="s">
         <v>2913</v>
       </c>
       <c r="F313" t="s">
         <v>2914</v>
       </c>
       <c r="G313" t="s">
         <v>2915</v>
       </c>
       <c r="H313" t="s">
         <v>2916</v>
       </c>
       <c r="I313" t="s">
         <v>2917</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>1067</v>
+        <v>170</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
       <c r="M313" t="s">
-        <v>1068</v>
+        <v>171</v>
       </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
         <v>2918</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>6112</v>
+        <v>6179</v>
       </c>
       <c r="B314" t="s">
         <v>2919</v>
       </c>
       <c r="C314" t="s">
         <v>2920</v>
       </c>
       <c r="D314" t="s">
         <v>2921</v>
       </c>
       <c r="E314" t="s">
         <v>2922</v>
       </c>
       <c r="F314" t="s">
         <v>2923</v>
       </c>
       <c r="G314" t="s">
         <v>2924</v>
       </c>
       <c r="H314" t="s">
         <v>2925</v>
       </c>
       <c r="I314" t="s">
         <v>2926</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
         <v>2927</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>6179</v>
+        <v>6180</v>
       </c>
       <c r="B315" t="s">
         <v>2928</v>
       </c>
       <c r="C315" t="s">
         <v>2929</v>
       </c>
       <c r="D315" t="s">
         <v>2930</v>
       </c>
       <c r="E315" t="s">
         <v>2931</v>
       </c>
       <c r="F315" t="s">
         <v>2932</v>
       </c>
       <c r="G315" t="s">
         <v>2933</v>
       </c>
       <c r="H315" t="s">
         <v>2934</v>
       </c>
       <c r="I315" t="s">
         <v>2935</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
         <v>25</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
         <v>27</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
         <v>2936</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>6180</v>
+        <v>6203</v>
       </c>
       <c r="B316" t="s">
         <v>2937</v>
       </c>
       <c r="C316" t="s">
         <v>2938</v>
       </c>
       <c r="D316" t="s">
         <v>2939</v>
       </c>
       <c r="E316" t="s">
         <v>2940</v>
       </c>
       <c r="F316" t="s">
         <v>2941</v>
       </c>
       <c r="G316" t="s">
         <v>2942</v>
       </c>
       <c r="H316" t="s">
         <v>2943</v>
       </c>
       <c r="I316" t="s">
         <v>2944</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
         <v>2945</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>6203</v>
+        <v>6208</v>
       </c>
       <c r="B317" t="s">
         <v>2946</v>
       </c>
       <c r="C317" t="s">
         <v>2947</v>
       </c>
       <c r="D317" t="s">
         <v>2948</v>
       </c>
       <c r="E317" t="s">
         <v>2949</v>
       </c>
       <c r="F317" t="s">
         <v>2950</v>
       </c>
       <c r="G317" t="s">
         <v>2951</v>
       </c>
       <c r="H317" t="s">
         <v>2952</v>
       </c>
       <c r="I317" t="s">
         <v>2953</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>170</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>171</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
         <v>2954</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>6208</v>
+        <v>6211</v>
       </c>
       <c r="B318" t="s">
         <v>2955</v>
       </c>
       <c r="C318" t="s">
         <v>2956</v>
       </c>
       <c r="D318" t="s">
         <v>2957</v>
       </c>
       <c r="E318" t="s">
         <v>2958</v>
       </c>
       <c r="F318" t="s">
         <v>2959</v>
       </c>
       <c r="G318" t="s">
         <v>2960</v>
       </c>
       <c r="H318" t="s">
         <v>2961</v>
       </c>
       <c r="I318" t="s">
         <v>2962</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
         <v>170</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
         <v>171</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
         <v>2963</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>6211</v>
+        <v>6215</v>
       </c>
       <c r="B319" t="s">
         <v>2964</v>
       </c>
       <c r="C319" t="s">
         <v>2965</v>
       </c>
       <c r="D319" t="s">
         <v>2966</v>
       </c>
       <c r="E319" t="s">
         <v>2967</v>
       </c>
       <c r="F319" t="s">
         <v>2968</v>
       </c>
       <c r="G319" t="s">
         <v>2969</v>
       </c>
       <c r="H319" t="s">
         <v>2970</v>
       </c>
       <c r="I319" t="s">
         <v>2971</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
         <v>170</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
         <v>171</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
         <v>2972</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>6215</v>
+        <v>6222</v>
       </c>
       <c r="B320" t="s">
         <v>2973</v>
       </c>
       <c r="C320" t="s">
         <v>2974</v>
       </c>
       <c r="D320" t="s">
         <v>2975</v>
       </c>
       <c r="E320" t="s">
         <v>2976</v>
       </c>
       <c r="F320" t="s">
         <v>2977</v>
       </c>
       <c r="G320" t="s">
         <v>2978</v>
       </c>
       <c r="H320" t="s">
         <v>2979</v>
       </c>
       <c r="I320" t="s">
         <v>2980</v>
       </c>
       <c r="J320" t="s">
-        <v>24</v>
+        <v>2782</v>
       </c>
       <c r="K320" t="s">
-        <v>170</v>
+        <v>882</v>
       </c>
       <c r="L320" t="s">
-        <v>26</v>
+        <v>2784</v>
       </c>
       <c r="M320" t="s">
-        <v>171</v>
+        <v>883</v>
       </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
         <v>2981</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>6222</v>
+        <v>6254</v>
       </c>
       <c r="B321" t="s">
         <v>2982</v>
       </c>
       <c r="C321" t="s">
         <v>2983</v>
       </c>
       <c r="D321" t="s">
         <v>2984</v>
       </c>
       <c r="E321" t="s">
         <v>2985</v>
       </c>
       <c r="F321" t="s">
         <v>2986</v>
       </c>
       <c r="G321" t="s">
         <v>2987</v>
       </c>
       <c r="H321" t="s">
         <v>2988</v>
       </c>
       <c r="I321" t="s">
         <v>2989</v>
       </c>
       <c r="J321" t="s">
-        <v>2791</v>
+        <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>882</v>
+        <v>170</v>
       </c>
       <c r="L321" t="s">
-        <v>2793</v>
+        <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>883</v>
+        <v>171</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
         <v>2990</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>6254</v>
+        <v>6255</v>
       </c>
       <c r="B322" t="s">
         <v>2991</v>
       </c>
       <c r="C322" t="s">
         <v>2992</v>
       </c>
       <c r="D322" t="s">
         <v>2993</v>
       </c>
       <c r="E322" t="s">
         <v>2994</v>
       </c>
       <c r="F322" t="s">
         <v>2995</v>
       </c>
       <c r="G322" t="s">
         <v>2996</v>
       </c>
       <c r="H322" t="s">
         <v>2997</v>
       </c>
       <c r="I322" t="s">
         <v>2998</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>170</v>
+        <v>2999</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>171</v>
+        <v>3000</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2999</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>6255</v>
+        <v>6258</v>
       </c>
       <c r="B323" t="s">
-        <v>3000</v>
+        <v>3002</v>
       </c>
       <c r="C323" t="s">
-        <v>3001</v>
+        <v>3003</v>
       </c>
       <c r="D323" t="s">
-        <v>3002</v>
+        <v>3004</v>
       </c>
       <c r="E323" t="s">
-        <v>3003</v>
+        <v>3005</v>
       </c>
       <c r="F323" t="s">
-        <v>3004</v>
+        <v>3006</v>
       </c>
       <c r="G323" t="s">
-        <v>3005</v>
+        <v>3007</v>
       </c>
       <c r="H323" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="I323" t="s">
-        <v>3007</v>
+        <v>3009</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
-        <v>3008</v>
+        <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
-        <v>3009</v>
+        <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
         <v>3010</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>6258</v>
+        <v>6259</v>
       </c>
       <c r="B324" t="s">
         <v>3011</v>
       </c>
       <c r="C324" t="s">
         <v>3012</v>
       </c>
       <c r="D324" t="s">
         <v>3013</v>
       </c>
       <c r="E324" t="s">
         <v>3014</v>
       </c>
       <c r="F324" t="s">
         <v>3015</v>
       </c>
       <c r="G324" t="s">
         <v>3016</v>
       </c>
       <c r="H324" t="s">
         <v>3017</v>
       </c>
       <c r="I324" t="s">
         <v>3018</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
         <v>3019</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>6259</v>
+        <v>6261</v>
       </c>
       <c r="B325" t="s">
         <v>3020</v>
       </c>
       <c r="C325" t="s">
         <v>3021</v>
       </c>
       <c r="D325" t="s">
         <v>3022</v>
       </c>
       <c r="E325" t="s">
         <v>3023</v>
       </c>
       <c r="F325" t="s">
         <v>3024</v>
       </c>
       <c r="G325" t="s">
         <v>3025</v>
       </c>
       <c r="H325" t="s">
         <v>3026</v>
       </c>
       <c r="I325" t="s">
         <v>3027</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
         <v>3028</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>6261</v>
+        <v>6263</v>
       </c>
       <c r="B326" t="s">
         <v>3029</v>
       </c>
       <c r="C326" t="s">
         <v>3030</v>
       </c>
       <c r="D326" t="s">
         <v>3031</v>
       </c>
       <c r="E326" t="s">
         <v>3032</v>
       </c>
       <c r="F326" t="s">
         <v>3033</v>
       </c>
       <c r="G326" t="s">
         <v>3034</v>
       </c>
       <c r="H326" t="s">
         <v>3035</v>
       </c>
       <c r="I326" t="s">
         <v>3036</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
         <v>3037</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>6263</v>
+        <v>6272</v>
       </c>
       <c r="B327" t="s">
         <v>3038</v>
       </c>
       <c r="C327" t="s">
         <v>3039</v>
       </c>
       <c r="D327" t="s">
         <v>3040</v>
       </c>
       <c r="E327" t="s">
         <v>3041</v>
       </c>
       <c r="F327" t="s">
         <v>3042</v>
       </c>
       <c r="G327" t="s">
         <v>3043</v>
       </c>
       <c r="H327" t="s">
         <v>3044</v>
       </c>
       <c r="I327" t="s">
         <v>3045</v>
       </c>
       <c r="J327" t="s">
         <v>24</v>
       </c>
       <c r="K327" t="s">
         <v>170</v>
       </c>
       <c r="L327" t="s">
         <v>26</v>
       </c>
       <c r="M327" t="s">
         <v>171</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
         <v>3046</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>6272</v>
+        <v>6274</v>
       </c>
       <c r="B328" t="s">
         <v>3047</v>
       </c>
       <c r="C328" t="s">
         <v>3048</v>
       </c>
       <c r="D328" t="s">
         <v>3049</v>
       </c>
       <c r="E328" t="s">
         <v>3050</v>
       </c>
       <c r="F328" t="s">
         <v>3051</v>
       </c>
       <c r="G328" t="s">
         <v>3052</v>
       </c>
       <c r="H328" t="s">
         <v>3053</v>
       </c>
       <c r="I328" t="s">
         <v>3054</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
         <v>3055</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>6274</v>
+        <v>6275</v>
       </c>
       <c r="B329" t="s">
         <v>3056</v>
       </c>
       <c r="C329" t="s">
         <v>3057</v>
       </c>
       <c r="D329" t="s">
         <v>3058</v>
       </c>
       <c r="E329" t="s">
         <v>3059</v>
       </c>
       <c r="F329" t="s">
         <v>3060</v>
       </c>
       <c r="G329" t="s">
         <v>3061</v>
       </c>
       <c r="H329" t="s">
         <v>3062</v>
       </c>
       <c r="I329" t="s">
         <v>3063</v>
       </c>
       <c r="J329" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K329" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L329" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M329" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
         <v>3064</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>6275</v>
+        <v>6327</v>
       </c>
       <c r="B330" t="s">
         <v>3065</v>
       </c>
       <c r="C330" t="s">
         <v>3066</v>
       </c>
       <c r="D330" t="s">
         <v>3067</v>
       </c>
       <c r="E330" t="s">
         <v>3068</v>
       </c>
       <c r="F330" t="s">
         <v>3069</v>
       </c>
       <c r="G330" t="s">
         <v>3070</v>
       </c>
       <c r="H330" t="s">
         <v>3071</v>
       </c>
       <c r="I330" t="s">
         <v>3072</v>
       </c>
       <c r="J330" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>871</v>
+        <v>47</v>
       </c>
       <c r="L330" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>872</v>
+        <v>48</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
         <v>3073</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>6327</v>
+        <v>6337</v>
       </c>
       <c r="B331" t="s">
         <v>3074</v>
       </c>
       <c r="C331" t="s">
         <v>3075</v>
       </c>
       <c r="D331" t="s">
         <v>3076</v>
       </c>
       <c r="E331" t="s">
         <v>3077</v>
       </c>
       <c r="F331" t="s">
         <v>3078</v>
       </c>
       <c r="G331" t="s">
         <v>3079</v>
       </c>
       <c r="H331" t="s">
         <v>3080</v>
       </c>
       <c r="I331" t="s">
         <v>3081</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
         <v>47</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
         <v>48</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
         <v>3082</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>6337</v>
+        <v>6361</v>
       </c>
       <c r="B332" t="s">
         <v>3083</v>
       </c>
       <c r="C332" t="s">
         <v>3084</v>
       </c>
       <c r="D332" t="s">
         <v>3085</v>
       </c>
       <c r="E332" t="s">
         <v>3086</v>
       </c>
       <c r="F332" t="s">
         <v>3087</v>
       </c>
       <c r="G332" t="s">
         <v>3088</v>
       </c>
       <c r="H332" t="s">
         <v>3089</v>
       </c>
       <c r="I332" t="s">
         <v>3090</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
         <v>3091</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>6361</v>
+        <v>6379</v>
       </c>
       <c r="B333" t="s">
         <v>3092</v>
       </c>
       <c r="C333" t="s">
         <v>3093</v>
       </c>
       <c r="D333" t="s">
         <v>3094</v>
       </c>
       <c r="E333" t="s">
         <v>3095</v>
       </c>
       <c r="F333" t="s">
         <v>3096</v>
       </c>
       <c r="G333" t="s">
         <v>3097</v>
       </c>
       <c r="H333" t="s">
         <v>3098</v>
       </c>
       <c r="I333" t="s">
         <v>3099</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
         <v>3100</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>6379</v>
+        <v>6454</v>
       </c>
       <c r="B334" t="s">
         <v>3101</v>
       </c>
       <c r="C334" t="s">
         <v>3102</v>
       </c>
       <c r="D334" t="s">
         <v>3103</v>
       </c>
       <c r="E334" t="s">
         <v>3104</v>
       </c>
       <c r="F334" t="s">
         <v>3105</v>
       </c>
       <c r="G334" t="s">
         <v>3106</v>
       </c>
       <c r="H334" t="s">
         <v>3107</v>
       </c>
       <c r="I334" t="s">
         <v>3108</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
         <v>3109</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>6454</v>
+        <v>6460</v>
       </c>
       <c r="B335" t="s">
         <v>3110</v>
       </c>
       <c r="C335" t="s">
         <v>3111</v>
       </c>
       <c r="D335" t="s">
         <v>3112</v>
       </c>
       <c r="E335" t="s">
         <v>3113</v>
       </c>
       <c r="F335" t="s">
         <v>3114</v>
       </c>
       <c r="G335" t="s">
         <v>3115</v>
       </c>
       <c r="H335" t="s">
         <v>3116</v>
       </c>
       <c r="I335" t="s">
         <v>3117</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
         <v>3118</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>6460</v>
+        <v>6468</v>
       </c>
       <c r="B336" t="s">
         <v>3119</v>
       </c>
       <c r="C336" t="s">
         <v>3120</v>
       </c>
       <c r="D336" t="s">
         <v>3121</v>
       </c>
       <c r="E336" t="s">
         <v>3122</v>
       </c>
       <c r="F336" t="s">
         <v>3123</v>
       </c>
       <c r="G336" t="s">
         <v>3124</v>
       </c>
       <c r="H336" t="s">
         <v>3125</v>
       </c>
       <c r="I336" t="s">
         <v>3126</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>25</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>27</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
         <v>3127</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>6468</v>
+        <v>6611</v>
       </c>
       <c r="B337" t="s">
         <v>3128</v>
       </c>
       <c r="C337" t="s">
         <v>3129</v>
       </c>
       <c r="D337" t="s">
         <v>3130</v>
       </c>
       <c r="E337" t="s">
         <v>3131</v>
       </c>
       <c r="F337" t="s">
         <v>3132</v>
       </c>
       <c r="G337" t="s">
         <v>3133</v>
       </c>
       <c r="H337" t="s">
         <v>3134</v>
       </c>
       <c r="I337" t="s">
         <v>3135</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
         <v>25</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
         <v>27</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
         <v>3136</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>6611</v>
+        <v>6615</v>
       </c>
       <c r="B338" t="s">
         <v>3137</v>
       </c>
       <c r="C338" t="s">
         <v>3138</v>
       </c>
       <c r="D338" t="s">
         <v>3139</v>
       </c>
       <c r="E338" t="s">
         <v>3140</v>
       </c>
       <c r="F338" t="s">
         <v>3141</v>
       </c>
       <c r="G338" t="s">
         <v>3142</v>
       </c>
       <c r="H338" t="s">
         <v>3143</v>
       </c>
       <c r="I338" t="s">
         <v>3144</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
         <v>25</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
         <v>27</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
         <v>3145</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>6615</v>
+        <v>6761</v>
       </c>
       <c r="B339" t="s">
         <v>3146</v>
       </c>
       <c r="C339" t="s">
         <v>3147</v>
       </c>
       <c r="D339" t="s">
         <v>3148</v>
       </c>
       <c r="E339" t="s">
         <v>3149</v>
       </c>
       <c r="F339" t="s">
         <v>3150</v>
       </c>
       <c r="G339" t="s">
         <v>3151</v>
       </c>
       <c r="H339" t="s">
         <v>3152</v>
       </c>
       <c r="I339" t="s">
         <v>3153</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
         <v>25</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
         <v>27</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>6761</v>
+        <v>6762</v>
       </c>
       <c r="B340" t="s">
         <v>3155</v>
       </c>
       <c r="C340" t="s">
         <v>3156</v>
       </c>
       <c r="D340" t="s">
         <v>3157</v>
       </c>
       <c r="E340" t="s">
         <v>3158</v>
       </c>
       <c r="F340" t="s">
         <v>3159</v>
       </c>
       <c r="G340" t="s">
         <v>3160</v>
       </c>
       <c r="H340" t="s">
         <v>3161</v>
       </c>
       <c r="I340" t="s">
         <v>3162</v>
       </c>
       <c r="J340" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K340" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L340" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M340" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
         <v>3163</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>6762</v>
+        <v>6763</v>
       </c>
       <c r="B341" t="s">
         <v>3164</v>
       </c>
       <c r="C341" t="s">
         <v>3165</v>
       </c>
       <c r="D341" t="s">
         <v>3166</v>
       </c>
       <c r="E341" t="s">
         <v>3167</v>
       </c>
       <c r="F341" t="s">
         <v>3168</v>
       </c>
       <c r="G341" t="s">
         <v>3169</v>
       </c>
       <c r="H341" t="s">
         <v>3170</v>
       </c>
       <c r="I341" t="s">
         <v>3171</v>
       </c>
       <c r="J341" t="s">
         <v>441</v>
       </c>
       <c r="K341" t="s">
-        <v>672</v>
+        <v>3172</v>
       </c>
       <c r="L341" t="s">
         <v>443</v>
       </c>
       <c r="M341" t="s">
-        <v>673</v>
+        <v>3173</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3172</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>6763</v>
+        <v>6765</v>
       </c>
       <c r="B342" t="s">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="C342" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="D342" t="s">
-        <v>3175</v>
+        <v>3177</v>
       </c>
       <c r="E342" t="s">
-        <v>3176</v>
+        <v>3178</v>
       </c>
       <c r="F342" t="s">
-        <v>3177</v>
+        <v>3179</v>
       </c>
       <c r="G342" t="s">
-        <v>3178</v>
+        <v>3180</v>
       </c>
       <c r="H342" t="s">
-        <v>3179</v>
+        <v>3181</v>
       </c>
       <c r="I342" t="s">
-        <v>3180</v>
+        <v>3182</v>
       </c>
       <c r="J342" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>3181</v>
+        <v>170</v>
       </c>
       <c r="L342" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>3182</v>
+        <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3183</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6765</v>
+        <v>6982</v>
       </c>
       <c r="B343" t="s">
         <v>3184</v>
       </c>
       <c r="C343" t="s">
         <v>3185</v>
       </c>
       <c r="D343" t="s">
         <v>3186</v>
       </c>
       <c r="E343" t="s">
         <v>3187</v>
       </c>
       <c r="F343" t="s">
         <v>3188</v>
       </c>
       <c r="G343" t="s">
         <v>3189</v>
       </c>
       <c r="H343" t="s">
         <v>3190</v>
       </c>
       <c r="I343" t="s">
         <v>3191</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>170</v>
+        <v>3192</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>171</v>
+        <v>3193</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3192</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>6982</v>
+        <v>8265</v>
       </c>
       <c r="B344" t="s">
-        <v>3193</v>
+        <v>3195</v>
       </c>
       <c r="C344" t="s">
-        <v>3194</v>
+        <v>3196</v>
       </c>
       <c r="D344" t="s">
-        <v>3195</v>
+        <v>3197</v>
       </c>
       <c r="E344" t="s">
-        <v>3196</v>
+        <v>3198</v>
       </c>
       <c r="F344" t="s">
-        <v>3197</v>
+        <v>3199</v>
       </c>
       <c r="G344" t="s">
-        <v>3198</v>
+        <v>3200</v>
       </c>
       <c r="H344" t="s">
-        <v>3199</v>
+        <v>3201</v>
       </c>
       <c r="I344" t="s">
-        <v>3200</v>
+        <v>3202</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
-        <v>3201</v>
+        <v>3203</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
-        <v>3202</v>
+        <v>3204</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3203</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8265</v>
+        <v>8289</v>
       </c>
       <c r="B345" t="s">
-        <v>3204</v>
+        <v>3206</v>
       </c>
       <c r="C345" t="s">
-        <v>3205</v>
+        <v>3207</v>
       </c>
       <c r="D345" t="s">
-        <v>3206</v>
+        <v>3208</v>
       </c>
       <c r="E345" t="s">
-        <v>3207</v>
+        <v>3209</v>
       </c>
       <c r="F345" t="s">
-        <v>3208</v>
+        <v>3210</v>
       </c>
       <c r="G345" t="s">
-        <v>3209</v>
+        <v>3211</v>
       </c>
       <c r="H345" t="s">
-        <v>3210</v>
+        <v>3212</v>
       </c>
       <c r="I345" t="s">
-        <v>3211</v>
+        <v>3213</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>3212</v>
+        <v>442</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>3213</v>
+        <v>444</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8289</v>
+        <v>8294</v>
       </c>
       <c r="B346" t="s">
         <v>3215</v>
       </c>
       <c r="C346" t="s">
         <v>3216</v>
       </c>
       <c r="D346" t="s">
         <v>3217</v>
       </c>
       <c r="E346" t="s">
         <v>3218</v>
       </c>
       <c r="F346" t="s">
         <v>3219</v>
       </c>
       <c r="G346" t="s">
         <v>3220</v>
       </c>
       <c r="H346" t="s">
         <v>3221</v>
       </c>
       <c r="I346" t="s">
         <v>3222</v>
       </c>
       <c r="J346" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K346" t="s">
-        <v>442</v>
+        <v>739</v>
       </c>
       <c r="L346" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M346" t="s">
-        <v>444</v>
+        <v>740</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3223</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8294</v>
+        <v>8315</v>
       </c>
       <c r="B347" t="s">
         <v>3224</v>
       </c>
       <c r="C347" t="s">
         <v>3225</v>
       </c>
       <c r="D347" t="s">
         <v>3226</v>
       </c>
       <c r="E347" t="s">
         <v>3227</v>
       </c>
       <c r="F347" t="s">
         <v>3228</v>
       </c>
       <c r="G347" t="s">
         <v>3229</v>
       </c>
       <c r="H347" t="s">
         <v>3230</v>
       </c>
       <c r="I347" t="s">
         <v>3231</v>
       </c>
       <c r="J347" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>739</v>
+        <v>25</v>
       </c>
       <c r="L347" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>740</v>
+        <v>27</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3232</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8315</v>
+        <v>8341</v>
       </c>
       <c r="B348" t="s">
         <v>3233</v>
       </c>
       <c r="C348" t="s">
         <v>3234</v>
       </c>
       <c r="D348" t="s">
         <v>3235</v>
       </c>
       <c r="E348" t="s">
         <v>3236</v>
       </c>
       <c r="F348" t="s">
         <v>3237</v>
       </c>
       <c r="G348" t="s">
         <v>3238</v>
       </c>
       <c r="H348" t="s">
         <v>3239</v>
       </c>
       <c r="I348" t="s">
         <v>3240</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
         <v>3241</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8341</v>
+        <v>8343</v>
       </c>
       <c r="B349" t="s">
         <v>3242</v>
       </c>
       <c r="C349" t="s">
         <v>3243</v>
       </c>
       <c r="D349" t="s">
         <v>3244</v>
       </c>
       <c r="E349" t="s">
         <v>3245</v>
       </c>
       <c r="F349" t="s">
         <v>3246</v>
       </c>
       <c r="G349" t="s">
         <v>3247</v>
       </c>
       <c r="H349" t="s">
         <v>3248</v>
       </c>
       <c r="I349" t="s">
         <v>3249</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
         <v>3250</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8343</v>
+        <v>8344</v>
       </c>
       <c r="B350" t="s">
         <v>3251</v>
       </c>
       <c r="C350" t="s">
         <v>3252</v>
       </c>
       <c r="D350" t="s">
         <v>3253</v>
       </c>
       <c r="E350" t="s">
         <v>3254</v>
       </c>
       <c r="F350" t="s">
         <v>3255</v>
       </c>
       <c r="G350" t="s">
         <v>3256</v>
       </c>
       <c r="H350" t="s">
         <v>3257</v>
       </c>
       <c r="I350" t="s">
         <v>3258</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3259</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8344</v>
+        <v>8355</v>
       </c>
       <c r="B351" t="s">
         <v>3260</v>
       </c>
       <c r="C351" t="s">
         <v>3261</v>
       </c>
       <c r="D351" t="s">
         <v>3262</v>
       </c>
       <c r="E351" t="s">
         <v>3263</v>
       </c>
       <c r="F351" t="s">
         <v>3264</v>
       </c>
       <c r="G351" t="s">
         <v>3265</v>
       </c>
       <c r="H351" t="s">
         <v>3266</v>
       </c>
       <c r="I351" t="s">
         <v>3267</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>170</v>
+        <v>3268</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>171</v>
+        <v>3269</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3268</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8355</v>
+        <v>8357</v>
       </c>
       <c r="B352" t="s">
+        <v>3271</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3272</v>
+      </c>
+      <c r="D352" t="s">
+        <v>3273</v>
+      </c>
+      <c r="E352" t="s">
+        <v>3274</v>
+      </c>
+      <c r="F352" t="s">
+        <v>3275</v>
+      </c>
+      <c r="G352" t="s">
+        <v>3276</v>
+      </c>
+      <c r="H352" t="s">
+        <v>3277</v>
+      </c>
+      <c r="I352" t="s">
+        <v>3278</v>
+      </c>
+      <c r="J352" t="s">
+        <v>24</v>
+      </c>
+      <c r="K352" t="s">
+        <v>3268</v>
+      </c>
+      <c r="L352" t="s">
+        <v>26</v>
+      </c>
+      <c r="M352" t="s">
         <v>3269</v>
-      </c>
-[...31 lines deleted...]
-        <v>3278</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3279</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8357</v>
+        <v>8377</v>
       </c>
       <c r="B353" t="s">
         <v>3280</v>
       </c>
       <c r="C353" t="s">
         <v>3281</v>
       </c>
       <c r="D353" t="s">
         <v>3282</v>
       </c>
       <c r="E353" t="s">
         <v>3283</v>
       </c>
       <c r="F353" t="s">
         <v>3284</v>
       </c>
       <c r="G353" t="s">
         <v>3285</v>
       </c>
       <c r="H353" t="s">
         <v>3286</v>
       </c>
       <c r="I353" t="s">
         <v>3287</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>3277</v>
+        <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>3278</v>
+        <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
         <v>3288</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8377</v>
+        <v>8386</v>
       </c>
       <c r="B354" t="s">
         <v>3289</v>
       </c>
       <c r="C354" t="s">
         <v>3290</v>
       </c>
       <c r="D354" t="s">
         <v>3291</v>
       </c>
       <c r="E354" t="s">
         <v>3292</v>
       </c>
       <c r="F354" t="s">
         <v>3293</v>
       </c>
       <c r="G354" t="s">
         <v>3294</v>
       </c>
       <c r="H354" t="s">
         <v>3295</v>
       </c>
       <c r="I354" t="s">
         <v>3296</v>
       </c>
       <c r="J354" t="s">
-        <v>24</v>
+        <v>1757</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
-        <v>26</v>
+        <v>1759</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3297</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8386</v>
+        <v>8387</v>
       </c>
       <c r="B355" t="s">
         <v>3298</v>
       </c>
       <c r="C355" t="s">
         <v>3299</v>
       </c>
       <c r="D355" t="s">
         <v>3300</v>
       </c>
       <c r="E355" t="s">
         <v>3301</v>
       </c>
       <c r="F355" t="s">
         <v>3302</v>
       </c>
       <c r="G355" t="s">
         <v>3303</v>
       </c>
       <c r="H355" t="s">
         <v>3304</v>
       </c>
       <c r="I355" t="s">
         <v>3305</v>
       </c>
       <c r="J355" t="s">
-        <v>1766</v>
+        <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L355" t="s">
-        <v>1768</v>
+        <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3306</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8387</v>
+        <v>8388</v>
       </c>
       <c r="B356" t="s">
         <v>3307</v>
       </c>
       <c r="C356" t="s">
         <v>3308</v>
       </c>
       <c r="D356" t="s">
         <v>3309</v>
       </c>
       <c r="E356" t="s">
         <v>3310</v>
       </c>
       <c r="F356" t="s">
         <v>3311</v>
       </c>
       <c r="G356" t="s">
         <v>3312</v>
       </c>
       <c r="H356" t="s">
         <v>3313</v>
       </c>
       <c r="I356" t="s">
         <v>3314</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3315</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8388</v>
+        <v>8392</v>
       </c>
       <c r="B357" t="s">
         <v>3316</v>
       </c>
       <c r="C357" t="s">
         <v>3317</v>
       </c>
       <c r="D357" t="s">
         <v>3318</v>
       </c>
       <c r="E357" t="s">
         <v>3319</v>
       </c>
       <c r="F357" t="s">
         <v>3320</v>
       </c>
       <c r="G357" t="s">
         <v>3321</v>
       </c>
       <c r="H357" t="s">
         <v>3322</v>
       </c>
       <c r="I357" t="s">
         <v>3323</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>170</v>
+        <v>1758</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>171</v>
+        <v>1760</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3324</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8392</v>
+        <v>8402</v>
       </c>
       <c r="B358" t="s">
         <v>3325</v>
       </c>
       <c r="C358" t="s">
         <v>3326</v>
       </c>
       <c r="D358" t="s">
         <v>3327</v>
       </c>
       <c r="E358" t="s">
         <v>3328</v>
       </c>
       <c r="F358" t="s">
         <v>3329</v>
       </c>
       <c r="G358" t="s">
         <v>3330</v>
       </c>
       <c r="H358" t="s">
         <v>3331</v>
       </c>
       <c r="I358" t="s">
         <v>3332</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>1767</v>
+        <v>170</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>1769</v>
+        <v>171</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
         <v>3333</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8402</v>
+        <v>8902</v>
       </c>
       <c r="B359" t="s">
         <v>3334</v>
       </c>
       <c r="C359" t="s">
         <v>3335</v>
       </c>
       <c r="D359" t="s">
         <v>3336</v>
       </c>
       <c r="E359" t="s">
         <v>3337</v>
       </c>
       <c r="F359" t="s">
         <v>3338</v>
       </c>
       <c r="G359" t="s">
         <v>3339</v>
       </c>
       <c r="H359" t="s">
         <v>3340</v>
       </c>
       <c r="I359" t="s">
         <v>3341</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8902</v>
+        <v>8903</v>
       </c>
       <c r="B360" t="s">
         <v>3343</v>
       </c>
       <c r="C360" t="s">
         <v>3344</v>
       </c>
       <c r="D360" t="s">
         <v>3345</v>
       </c>
       <c r="E360" t="s">
         <v>3346</v>
       </c>
       <c r="F360" t="s">
         <v>3347</v>
       </c>
       <c r="G360" t="s">
         <v>3348</v>
       </c>
       <c r="H360" t="s">
         <v>3349</v>
       </c>
       <c r="I360" t="s">
         <v>3350</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
         <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
         <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
         <v>3351</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8903</v>
+        <v>8904</v>
       </c>
       <c r="B361" t="s">
         <v>3352</v>
       </c>
       <c r="C361" t="s">
         <v>3353</v>
       </c>
       <c r="D361" t="s">
         <v>3354</v>
       </c>
       <c r="E361" t="s">
         <v>3355</v>
       </c>
       <c r="F361" t="s">
         <v>3356</v>
       </c>
       <c r="G361" t="s">
         <v>3357</v>
       </c>
       <c r="H361" t="s">
         <v>3358</v>
       </c>
       <c r="I361" t="s">
         <v>3359</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
         <v>170</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
         <v>171</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
         <v>3360</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8904</v>
+        <v>8914</v>
       </c>
       <c r="B362" t="s">
         <v>3361</v>
       </c>
       <c r="C362" t="s">
         <v>3362</v>
       </c>
       <c r="D362" t="s">
         <v>3363</v>
       </c>
       <c r="E362" t="s">
         <v>3364</v>
       </c>
       <c r="F362" t="s">
         <v>3365</v>
       </c>
       <c r="G362" t="s">
         <v>3366</v>
       </c>
       <c r="H362" t="s">
         <v>3367</v>
       </c>
       <c r="I362" t="s">
         <v>3368</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
         <v>3369</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8914</v>
+        <v>8918</v>
       </c>
       <c r="B363" t="s">
         <v>3370</v>
       </c>
       <c r="C363" t="s">
         <v>3371</v>
       </c>
       <c r="D363" t="s">
         <v>3372</v>
       </c>
       <c r="E363" t="s">
         <v>3373</v>
       </c>
       <c r="F363" t="s">
         <v>3374</v>
       </c>
       <c r="G363" t="s">
         <v>3375</v>
       </c>
       <c r="H363" t="s">
         <v>3376</v>
       </c>
       <c r="I363" t="s">
         <v>3377</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3378</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8918</v>
+        <v>8945</v>
       </c>
       <c r="B364" t="s">
         <v>3379</v>
       </c>
       <c r="C364" t="s">
         <v>3380</v>
       </c>
       <c r="D364" t="s">
         <v>3381</v>
       </c>
       <c r="E364" t="s">
         <v>3382</v>
       </c>
       <c r="F364" t="s">
         <v>3383</v>
       </c>
       <c r="G364" t="s">
         <v>3384</v>
       </c>
       <c r="H364" t="s">
         <v>3385</v>
       </c>
       <c r="I364" t="s">
         <v>3386</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3387</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8945</v>
+        <v>8950</v>
       </c>
       <c r="B365" t="s">
         <v>3388</v>
       </c>
       <c r="C365" t="s">
         <v>3389</v>
       </c>
       <c r="D365" t="s">
         <v>3390</v>
       </c>
       <c r="E365" t="s">
         <v>3391</v>
       </c>
       <c r="F365" t="s">
         <v>3392</v>
       </c>
       <c r="G365" t="s">
         <v>3393</v>
       </c>
       <c r="H365" t="s">
         <v>3394</v>
       </c>
       <c r="I365" t="s">
         <v>3395</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
         <v>3396</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8950</v>
+        <v>8951</v>
       </c>
       <c r="B366" t="s">
         <v>3397</v>
       </c>
       <c r="C366" t="s">
         <v>3398</v>
       </c>
       <c r="D366" t="s">
         <v>3399</v>
       </c>
       <c r="E366" t="s">
         <v>3400</v>
       </c>
       <c r="F366" t="s">
         <v>3401</v>
       </c>
       <c r="G366" t="s">
         <v>3402</v>
       </c>
       <c r="H366" t="s">
         <v>3403</v>
       </c>
       <c r="I366" t="s">
         <v>3404</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
         <v>3405</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8951</v>
+        <v>8959</v>
       </c>
       <c r="B367" t="s">
         <v>3406</v>
       </c>
       <c r="C367" t="s">
         <v>3407</v>
       </c>
       <c r="D367" t="s">
         <v>3408</v>
       </c>
       <c r="E367" t="s">
         <v>3409</v>
       </c>
       <c r="F367" t="s">
         <v>3410</v>
       </c>
       <c r="G367" t="s">
         <v>3411</v>
       </c>
       <c r="H367" t="s">
         <v>3412</v>
       </c>
       <c r="I367" t="s">
         <v>3413</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
         <v>3414</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>8959</v>
+        <v>10014</v>
       </c>
       <c r="B368" t="s">
         <v>3415</v>
       </c>
       <c r="C368" t="s">
         <v>3416</v>
       </c>
       <c r="D368" t="s">
         <v>3417</v>
       </c>
       <c r="E368" t="s">
         <v>3418</v>
       </c>
       <c r="F368" t="s">
         <v>3419</v>
       </c>
       <c r="G368" t="s">
         <v>3420</v>
       </c>
       <c r="H368" t="s">
         <v>3421</v>
       </c>
       <c r="I368" t="s">
         <v>3422</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>170</v>
+        <v>3423</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>171</v>
+        <v>3424</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3423</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>10014</v>
+        <v>10015</v>
       </c>
       <c r="B369" t="s">
-        <v>3424</v>
+        <v>3426</v>
       </c>
       <c r="C369" t="s">
-        <v>3425</v>
+        <v>3427</v>
       </c>
       <c r="D369" t="s">
-        <v>3426</v>
+        <v>3428</v>
       </c>
       <c r="E369" t="s">
-        <v>3427</v>
+        <v>3429</v>
       </c>
       <c r="F369" t="s">
-        <v>3428</v>
+        <v>3430</v>
       </c>
       <c r="G369" t="s">
-        <v>3429</v>
+        <v>3431</v>
       </c>
       <c r="H369" t="s">
-        <v>3430</v>
+        <v>3432</v>
       </c>
       <c r="I369" t="s">
-        <v>3431</v>
+        <v>3433</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>3432</v>
+        <v>170</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>3433</v>
+        <v>171</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
         <v>3434</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>10015</v>
+        <v>10036</v>
       </c>
       <c r="B370" t="s">
         <v>3435</v>
       </c>
       <c r="C370" t="s">
         <v>3436</v>
       </c>
       <c r="D370" t="s">
         <v>3437</v>
       </c>
       <c r="E370" t="s">
         <v>3438</v>
       </c>
       <c r="F370" t="s">
         <v>3439</v>
       </c>
       <c r="G370" t="s">
         <v>3440</v>
       </c>
       <c r="H370" t="s">
         <v>3441</v>
       </c>
       <c r="I370" t="s">
         <v>3442</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
         <v>3443</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>10036</v>
+        <v>10046</v>
       </c>
       <c r="B371" t="s">
         <v>3444</v>
       </c>
       <c r="C371" t="s">
         <v>3445</v>
       </c>
       <c r="D371" t="s">
         <v>3446</v>
       </c>
       <c r="E371" t="s">
         <v>3447</v>
       </c>
       <c r="F371" t="s">
         <v>3448</v>
       </c>
       <c r="G371" t="s">
         <v>3449</v>
       </c>
       <c r="H371" t="s">
         <v>3450</v>
       </c>
       <c r="I371" t="s">
         <v>3451</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>10046</v>
+        <v>10098</v>
       </c>
       <c r="B372" t="s">
         <v>3453</v>
       </c>
       <c r="C372" t="s">
         <v>3454</v>
       </c>
       <c r="D372" t="s">
         <v>3455</v>
       </c>
       <c r="E372" t="s">
         <v>3456</v>
       </c>
       <c r="F372" t="s">
         <v>3457</v>
       </c>
       <c r="G372" t="s">
         <v>3458</v>
       </c>
       <c r="H372" t="s">
         <v>3459</v>
       </c>
       <c r="I372" t="s">
         <v>3460</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
         <v>3461</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>10098</v>
+        <v>10101</v>
       </c>
       <c r="B373" t="s">
         <v>3462</v>
       </c>
       <c r="C373" t="s">
         <v>3463</v>
       </c>
       <c r="D373" t="s">
         <v>3464</v>
       </c>
       <c r="E373" t="s">
         <v>3465</v>
       </c>
       <c r="F373" t="s">
         <v>3466</v>
       </c>
       <c r="G373" t="s">
         <v>3467</v>
       </c>
       <c r="H373" t="s">
         <v>3468</v>
       </c>
       <c r="I373" t="s">
         <v>3469</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
         <v>3470</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>10101</v>
+        <v>10412</v>
       </c>
       <c r="B374" t="s">
         <v>3471</v>
       </c>
       <c r="C374" t="s">
         <v>3472</v>
       </c>
       <c r="D374" t="s">
         <v>3473</v>
       </c>
       <c r="E374" t="s">
         <v>3474</v>
       </c>
       <c r="F374" t="s">
         <v>3475</v>
       </c>
       <c r="G374" t="s">
         <v>3476</v>
       </c>
       <c r="H374" t="s">
         <v>3477</v>
       </c>
       <c r="I374" t="s">
         <v>3478</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
         <v>3479</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>10412</v>
+        <v>10603</v>
       </c>
       <c r="B375" t="s">
         <v>3480</v>
       </c>
       <c r="C375" t="s">
         <v>3481</v>
       </c>
       <c r="D375" t="s">
         <v>3482</v>
       </c>
       <c r="E375" t="s">
         <v>3483</v>
       </c>
       <c r="F375" t="s">
         <v>3484</v>
       </c>
       <c r="G375" t="s">
         <v>3485</v>
       </c>
       <c r="H375" t="s">
         <v>3486</v>
       </c>
       <c r="I375" t="s">
         <v>3487</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
         <v>3488</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10603</v>
+        <v>10647</v>
       </c>
       <c r="B376" t="s">
         <v>3489</v>
       </c>
       <c r="C376" t="s">
         <v>3490</v>
       </c>
       <c r="D376" t="s">
         <v>3491</v>
       </c>
       <c r="E376" t="s">
         <v>3492</v>
       </c>
       <c r="F376" t="s">
         <v>3493</v>
       </c>
       <c r="G376" t="s">
         <v>3494</v>
       </c>
       <c r="H376" t="s">
         <v>3495</v>
       </c>
       <c r="I376" t="s">
         <v>3496</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
         <v>3497</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10647</v>
+        <v>10887</v>
       </c>
       <c r="B377" t="s">
         <v>3498</v>
       </c>
       <c r="C377" t="s">
         <v>3499</v>
       </c>
       <c r="D377" t="s">
         <v>3500</v>
       </c>
       <c r="E377" t="s">
         <v>3501</v>
       </c>
       <c r="F377" t="s">
         <v>3502</v>
       </c>
       <c r="G377" t="s">
         <v>3503</v>
       </c>
       <c r="H377" t="s">
         <v>3504</v>
       </c>
       <c r="I377" t="s">
         <v>3505</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
         <v>3506</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10887</v>
+        <v>10925</v>
       </c>
       <c r="B378" t="s">
         <v>3507</v>
       </c>
       <c r="C378" t="s">
         <v>3508</v>
       </c>
       <c r="D378" t="s">
         <v>3509</v>
       </c>
       <c r="E378" t="s">
         <v>3510</v>
       </c>
       <c r="F378" t="s">
         <v>3511</v>
       </c>
       <c r="G378" t="s">
         <v>3512</v>
       </c>
       <c r="H378" t="s">
         <v>3513</v>
       </c>
       <c r="I378" t="s">
         <v>3514</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
         <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
         <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
         <v>3515</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10925</v>
+        <v>10930</v>
       </c>
       <c r="B379" t="s">
         <v>3516</v>
       </c>
       <c r="C379" t="s">
         <v>3517</v>
       </c>
       <c r="D379" t="s">
         <v>3518</v>
       </c>
       <c r="E379" t="s">
         <v>3519</v>
       </c>
       <c r="F379" t="s">
         <v>3520</v>
       </c>
       <c r="G379" t="s">
         <v>3521</v>
       </c>
       <c r="H379" t="s">
         <v>3522</v>
       </c>
       <c r="I379" t="s">
         <v>3523</v>
       </c>
       <c r="J379" t="s">
-        <v>24</v>
+        <v>1374</v>
       </c>
       <c r="K379" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L379" t="s">
-        <v>26</v>
+        <v>1375</v>
       </c>
       <c r="M379" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
         <v>3524</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10930</v>
+        <v>10947</v>
       </c>
       <c r="B380" t="s">
         <v>3525</v>
       </c>
       <c r="C380" t="s">
         <v>3526</v>
       </c>
       <c r="D380" t="s">
         <v>3527</v>
       </c>
       <c r="E380" t="s">
         <v>3528</v>
       </c>
       <c r="F380" t="s">
         <v>3529</v>
       </c>
       <c r="G380" t="s">
         <v>3530</v>
       </c>
       <c r="H380" t="s">
         <v>3531</v>
       </c>
       <c r="I380" t="s">
         <v>3532</v>
       </c>
       <c r="J380" t="s">
-        <v>1383</v>
+        <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L380" t="s">
-        <v>1384</v>
+        <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
         <v>3533</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10947</v>
+        <v>10948</v>
       </c>
       <c r="B381" t="s">
         <v>3534</v>
       </c>
       <c r="C381" t="s">
         <v>3535</v>
       </c>
       <c r="D381" t="s">
         <v>3536</v>
       </c>
       <c r="E381" t="s">
         <v>3537</v>
       </c>
       <c r="F381" t="s">
         <v>3538</v>
       </c>
       <c r="G381" t="s">
         <v>3539</v>
       </c>
       <c r="H381" t="s">
         <v>3540</v>
       </c>
       <c r="I381" t="s">
         <v>3541</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>3542</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10948</v>
+        <v>10950</v>
       </c>
       <c r="B382" t="s">
         <v>3543</v>
       </c>
       <c r="C382" t="s">
         <v>3544</v>
       </c>
       <c r="D382" t="s">
         <v>3545</v>
       </c>
       <c r="E382" t="s">
         <v>3546</v>
       </c>
       <c r="F382" t="s">
         <v>3547</v>
       </c>
       <c r="G382" t="s">
         <v>3548</v>
       </c>
       <c r="H382" t="s">
         <v>3549</v>
       </c>
       <c r="I382" t="s">
         <v>3550</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>170</v>
+        <v>3551</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>171</v>
+        <v>3552</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3551</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>10950</v>
+        <v>10951</v>
       </c>
       <c r="B383" t="s">
-        <v>3552</v>
+        <v>3554</v>
       </c>
       <c r="C383" t="s">
-        <v>3553</v>
+        <v>3555</v>
       </c>
       <c r="D383" t="s">
-        <v>3554</v>
+        <v>3556</v>
       </c>
       <c r="E383" t="s">
-        <v>3555</v>
+        <v>3557</v>
       </c>
       <c r="F383" t="s">
-        <v>3556</v>
+        <v>3558</v>
       </c>
       <c r="G383" t="s">
-        <v>3557</v>
+        <v>3559</v>
       </c>
       <c r="H383" t="s">
-        <v>3558</v>
+        <v>3560</v>
       </c>
       <c r="I383" t="s">
-        <v>3559</v>
+        <v>3561</v>
       </c>
       <c r="J383" t="s">
         <v>24</v>
       </c>
       <c r="K383" t="s">
-        <v>3560</v>
+        <v>47</v>
       </c>
       <c r="L383" t="s">
         <v>26</v>
       </c>
       <c r="M383" t="s">
-        <v>3561</v>
+        <v>48</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
         <v>3562</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>10951</v>
+        <v>11000</v>
       </c>
       <c r="B384" t="s">
         <v>3563</v>
       </c>
       <c r="C384" t="s">
         <v>3564</v>
       </c>
       <c r="D384" t="s">
         <v>3565</v>
       </c>
       <c r="E384" t="s">
         <v>3566</v>
       </c>
       <c r="F384" t="s">
         <v>3567</v>
       </c>
       <c r="G384" t="s">
         <v>3568</v>
       </c>
       <c r="H384" t="s">
         <v>3569</v>
       </c>
       <c r="I384" t="s">
         <v>3570</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
         <v>3571</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>11000</v>
+        <v>11220</v>
       </c>
       <c r="B385" t="s">
         <v>3572</v>
       </c>
       <c r="C385" t="s">
         <v>3573</v>
       </c>
       <c r="D385" t="s">
         <v>3574</v>
       </c>
       <c r="E385" t="s">
         <v>3575</v>
       </c>
       <c r="F385" t="s">
         <v>3576</v>
       </c>
       <c r="G385" t="s">
         <v>3577</v>
       </c>
       <c r="H385" t="s">
         <v>3578</v>
       </c>
       <c r="I385" t="s">
         <v>3579</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
         <v>3580</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>11220</v>
+        <v>11231</v>
       </c>
       <c r="B386" t="s">
         <v>3581</v>
       </c>
       <c r="C386" t="s">
         <v>3582</v>
       </c>
       <c r="D386" t="s">
         <v>3583</v>
       </c>
       <c r="E386" t="s">
         <v>3584</v>
       </c>
       <c r="F386" t="s">
         <v>3585</v>
       </c>
       <c r="G386" t="s">
         <v>3586</v>
       </c>
       <c r="H386" t="s">
         <v>3587</v>
       </c>
       <c r="I386" t="s">
         <v>3588</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
         <v>3589</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>11231</v>
+        <v>11287</v>
       </c>
       <c r="B387" t="s">
         <v>3590</v>
       </c>
       <c r="C387" t="s">
         <v>3591</v>
       </c>
       <c r="D387" t="s">
         <v>3592</v>
       </c>
       <c r="E387" t="s">
         <v>3593</v>
       </c>
       <c r="F387" t="s">
         <v>3594</v>
       </c>
       <c r="G387" t="s">
         <v>3595</v>
       </c>
       <c r="H387" t="s">
         <v>3596</v>
       </c>
       <c r="I387" t="s">
         <v>3597</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
         <v>3598</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>11287</v>
+        <v>11299</v>
       </c>
       <c r="B388" t="s">
         <v>3599</v>
       </c>
       <c r="C388" t="s">
         <v>3600</v>
       </c>
       <c r="D388" t="s">
         <v>3601</v>
       </c>
       <c r="E388" t="s">
         <v>3602</v>
       </c>
       <c r="F388" t="s">
         <v>3603</v>
       </c>
       <c r="G388" t="s">
         <v>3604</v>
       </c>
       <c r="H388" t="s">
         <v>3605</v>
       </c>
       <c r="I388" t="s">
         <v>3606</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
         <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
         <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
         <v>3607</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>11299</v>
+        <v>11306</v>
       </c>
       <c r="B389" t="s">
         <v>3608</v>
       </c>
       <c r="C389" t="s">
         <v>3609</v>
       </c>
       <c r="D389" t="s">
         <v>3610</v>
       </c>
       <c r="E389" t="s">
         <v>3611</v>
       </c>
       <c r="F389" t="s">
         <v>3612</v>
       </c>
       <c r="G389" t="s">
         <v>3613</v>
       </c>
       <c r="H389" t="s">
         <v>3614</v>
       </c>
       <c r="I389" t="s">
         <v>3615</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>170</v>
+        <v>1132</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>171</v>
+        <v>1133</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
         <v>3616</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>11306</v>
+        <v>58060</v>
       </c>
       <c r="B390" t="s">
         <v>3617</v>
       </c>
       <c r="C390" t="s">
         <v>3618</v>
       </c>
       <c r="D390" t="s">
         <v>3619</v>
       </c>
       <c r="E390" t="s">
         <v>3620</v>
       </c>
       <c r="F390" t="s">
         <v>3621</v>
       </c>
       <c r="G390" t="s">
         <v>3622</v>
       </c>
       <c r="H390" t="s">
         <v>3623</v>
       </c>
       <c r="I390" t="s">
         <v>3624</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>1132</v>
+        <v>3268</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>1133</v>
+        <v>3269</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
         <v>3625</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>58060</v>
+        <v>58066</v>
       </c>
       <c r="B391" t="s">
         <v>3626</v>
       </c>
       <c r="C391" t="s">
         <v>3627</v>
       </c>
       <c r="D391" t="s">
         <v>3628</v>
       </c>
       <c r="E391" t="s">
         <v>3629</v>
       </c>
       <c r="F391" t="s">
         <v>3630</v>
       </c>
       <c r="G391" t="s">
         <v>3631</v>
       </c>
       <c r="H391" t="s">
         <v>3632</v>
       </c>
       <c r="I391" t="s">
         <v>3633</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>3277</v>
+        <v>274</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>3278</v>
+        <v>276</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
         <v>3634</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>58066</v>
+        <v>58120</v>
       </c>
       <c r="B392" t="s">
         <v>3635</v>
       </c>
       <c r="C392" t="s">
         <v>3636</v>
       </c>
       <c r="D392" t="s">
         <v>3637</v>
       </c>
       <c r="E392" t="s">
         <v>3638</v>
       </c>
       <c r="F392" t="s">
         <v>3639</v>
       </c>
       <c r="G392" t="s">
         <v>3640</v>
       </c>
       <c r="H392" t="s">
         <v>3641</v>
       </c>
       <c r="I392" t="s">
         <v>3642</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
         <v>3643</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>58120</v>
+        <v>58122</v>
       </c>
       <c r="B393" t="s">
         <v>3644</v>
       </c>
       <c r="C393" t="s">
         <v>3645</v>
       </c>
       <c r="D393" t="s">
         <v>3646</v>
       </c>
       <c r="E393" t="s">
         <v>3647</v>
       </c>
       <c r="F393" t="s">
         <v>3648</v>
       </c>
       <c r="G393" t="s">
         <v>3649</v>
       </c>
       <c r="H393" t="s">
         <v>3650</v>
       </c>
       <c r="I393" t="s">
         <v>3651</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>58122</v>
+        <v>58144</v>
       </c>
       <c r="B394" t="s">
         <v>3653</v>
       </c>
       <c r="C394" t="s">
         <v>3654</v>
       </c>
       <c r="D394" t="s">
         <v>3655</v>
       </c>
       <c r="E394" t="s">
         <v>3656</v>
       </c>
       <c r="F394" t="s">
         <v>3657</v>
       </c>
       <c r="G394" t="s">
         <v>3658</v>
       </c>
       <c r="H394" t="s">
         <v>3659</v>
       </c>
       <c r="I394" t="s">
         <v>3660</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
         <v>3661</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>58144</v>
+        <v>58148</v>
       </c>
       <c r="B395" t="s">
         <v>3662</v>
       </c>
       <c r="C395" t="s">
         <v>3663</v>
       </c>
       <c r="D395" t="s">
         <v>3664</v>
       </c>
       <c r="E395" t="s">
         <v>3665</v>
       </c>
       <c r="F395" t="s">
         <v>3666</v>
       </c>
       <c r="G395" t="s">
         <v>3667</v>
       </c>
       <c r="H395" t="s">
         <v>3668</v>
       </c>
       <c r="I395" t="s">
         <v>3669</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
         <v>3670</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>58148</v>
+        <v>58218</v>
       </c>
       <c r="B396" t="s">
         <v>3671</v>
       </c>
       <c r="C396" t="s">
         <v>3672</v>
       </c>
       <c r="D396" t="s">
         <v>3673</v>
       </c>
       <c r="E396" t="s">
         <v>3674</v>
       </c>
       <c r="F396" t="s">
         <v>3675</v>
       </c>
       <c r="G396" t="s">
         <v>3676</v>
       </c>
       <c r="H396" t="s">
         <v>3677</v>
       </c>
       <c r="I396" t="s">
         <v>3678</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>1067</v>
+        <v>170</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>1068</v>
+        <v>171</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
         <v>3679</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>58218</v>
+        <v>58223</v>
       </c>
       <c r="B397" t="s">
         <v>3680</v>
       </c>
       <c r="C397" t="s">
         <v>3681</v>
       </c>
       <c r="D397" t="s">
         <v>3682</v>
       </c>
       <c r="E397" t="s">
         <v>3683</v>
       </c>
       <c r="F397" t="s">
         <v>3684</v>
       </c>
       <c r="G397" t="s">
         <v>3685</v>
       </c>
       <c r="H397" t="s">
         <v>3686</v>
       </c>
       <c r="I397" t="s">
         <v>3687</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
         <v>3688</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>58223</v>
+        <v>58240</v>
       </c>
       <c r="B398" t="s">
         <v>3689</v>
       </c>
       <c r="C398" t="s">
         <v>3690</v>
       </c>
       <c r="D398" t="s">
         <v>3691</v>
       </c>
       <c r="E398" t="s">
         <v>3692</v>
       </c>
       <c r="F398" t="s">
         <v>3693</v>
       </c>
       <c r="G398" t="s">
         <v>3694</v>
       </c>
       <c r="H398" t="s">
         <v>3695</v>
       </c>
       <c r="I398" t="s">
         <v>3696</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>170</v>
+        <v>3697</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>171</v>
+        <v>3698</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3697</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>58240</v>
+        <v>58259</v>
       </c>
       <c r="B399" t="s">
-        <v>3698</v>
+        <v>3700</v>
       </c>
       <c r="C399" t="s">
-        <v>3699</v>
+        <v>3701</v>
       </c>
       <c r="D399" t="s">
-        <v>3700</v>
+        <v>3702</v>
       </c>
       <c r="E399" t="s">
-        <v>3701</v>
+        <v>3703</v>
       </c>
       <c r="F399" t="s">
-        <v>3702</v>
+        <v>3704</v>
       </c>
       <c r="G399" t="s">
-        <v>3703</v>
+        <v>3705</v>
       </c>
       <c r="H399" t="s">
-        <v>3704</v>
+        <v>3706</v>
       </c>
       <c r="I399" t="s">
-        <v>3705</v>
+        <v>3707</v>
       </c>
       <c r="J399" t="s">
         <v>24</v>
       </c>
       <c r="K399" t="s">
-        <v>3706</v>
+        <v>3708</v>
       </c>
       <c r="L399" t="s">
         <v>26</v>
       </c>
       <c r="M399" t="s">
-        <v>3707</v>
+        <v>3709</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3708</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>58259</v>
+        <v>64637</v>
       </c>
       <c r="B400" t="s">
-        <v>3709</v>
+        <v>3711</v>
       </c>
       <c r="C400" t="s">
-        <v>3710</v>
+        <v>3712</v>
       </c>
       <c r="D400" t="s">
-        <v>3711</v>
+        <v>3713</v>
       </c>
       <c r="E400" t="s">
-        <v>3712</v>
+        <v>3714</v>
       </c>
       <c r="F400" t="s">
-        <v>3713</v>
+        <v>3715</v>
       </c>
       <c r="G400" t="s">
-        <v>3714</v>
+        <v>3716</v>
       </c>
       <c r="H400" t="s">
-        <v>3715</v>
+        <v>3717</v>
       </c>
       <c r="I400" t="s">
-        <v>3716</v>
+        <v>3718</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>3717</v>
+        <v>47</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>3718</v>
+        <v>48</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
         <v>3719</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>64637</v>
+        <v>64643</v>
       </c>
       <c r="B401" t="s">
         <v>3720</v>
       </c>
       <c r="C401" t="s">
         <v>3721</v>
       </c>
       <c r="D401" t="s">
         <v>3722</v>
       </c>
       <c r="E401" t="s">
         <v>3723</v>
       </c>
       <c r="F401" t="s">
         <v>3724</v>
       </c>
       <c r="G401" t="s">
         <v>3725</v>
       </c>
       <c r="H401" t="s">
         <v>3726</v>
       </c>
       <c r="I401" t="s">
         <v>3727</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
         <v>3728</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>64643</v>
+        <v>64689</v>
       </c>
       <c r="B402" t="s">
         <v>3729</v>
       </c>
       <c r="C402" t="s">
         <v>3730</v>
       </c>
       <c r="D402" t="s">
         <v>3731</v>
       </c>
       <c r="E402" t="s">
         <v>3732</v>
       </c>
       <c r="F402" t="s">
         <v>3733</v>
       </c>
       <c r="G402" t="s">
         <v>3734</v>
       </c>
       <c r="H402" t="s">
         <v>3735</v>
       </c>
       <c r="I402" t="s">
         <v>3736</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
         <v>3737</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>64689</v>
+        <v>65000</v>
       </c>
       <c r="B403" t="s">
         <v>3738</v>
       </c>
       <c r="C403" t="s">
         <v>3739</v>
       </c>
       <c r="D403" t="s">
         <v>3740</v>
       </c>
       <c r="E403" t="s">
         <v>3741</v>
       </c>
       <c r="F403" t="s">
         <v>3742</v>
       </c>
       <c r="G403" t="s">
         <v>3743</v>
       </c>
       <c r="H403" t="s">
         <v>3744</v>
       </c>
       <c r="I403" t="s">
         <v>3745</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
         <v>3746</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65000</v>
+        <v>65001</v>
       </c>
       <c r="B404" t="s">
         <v>3747</v>
       </c>
       <c r="C404" t="s">
         <v>3748</v>
       </c>
       <c r="D404" t="s">
         <v>3749</v>
       </c>
       <c r="E404" t="s">
         <v>3750</v>
       </c>
       <c r="F404" t="s">
         <v>3751</v>
       </c>
       <c r="G404" t="s">
         <v>3752</v>
       </c>
       <c r="H404" t="s">
         <v>3753</v>
       </c>
       <c r="I404" t="s">
         <v>3754</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
         <v>3755</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65001</v>
+        <v>65002</v>
       </c>
       <c r="B405" t="s">
         <v>3756</v>
       </c>
       <c r="C405" t="s">
         <v>3757</v>
       </c>
       <c r="D405" t="s">
         <v>3758</v>
       </c>
       <c r="E405" t="s">
         <v>3759</v>
       </c>
       <c r="F405" t="s">
         <v>3760</v>
       </c>
       <c r="G405" t="s">
         <v>3761</v>
       </c>
       <c r="H405" t="s">
         <v>3762</v>
       </c>
       <c r="I405" t="s">
         <v>3763</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
         <v>3764</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65002</v>
+        <v>65003</v>
       </c>
       <c r="B406" t="s">
         <v>3765</v>
       </c>
       <c r="C406" t="s">
         <v>3766</v>
       </c>
       <c r="D406" t="s">
         <v>3767</v>
       </c>
       <c r="E406" t="s">
         <v>3768</v>
       </c>
       <c r="F406" t="s">
         <v>3769</v>
       </c>
       <c r="G406" t="s">
         <v>3770</v>
       </c>
       <c r="H406" t="s">
         <v>3771</v>
       </c>
       <c r="I406" t="s">
         <v>3772</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
         <v>3773</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65003</v>
+        <v>65004</v>
       </c>
       <c r="B407" t="s">
         <v>3774</v>
       </c>
       <c r="C407" t="s">
         <v>3775</v>
       </c>
       <c r="D407" t="s">
         <v>3776</v>
       </c>
       <c r="E407" t="s">
         <v>3777</v>
       </c>
       <c r="F407" t="s">
         <v>3778</v>
       </c>
       <c r="G407" t="s">
         <v>3779</v>
       </c>
       <c r="H407" t="s">
         <v>3780</v>
       </c>
       <c r="I407" t="s">
         <v>3781</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
         <v>170</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
         <v>171</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
         <v>3782</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65004</v>
+        <v>65005</v>
       </c>
       <c r="B408" t="s">
         <v>3783</v>
       </c>
       <c r="C408" t="s">
         <v>3784</v>
       </c>
       <c r="D408" t="s">
         <v>3785</v>
       </c>
       <c r="E408" t="s">
         <v>3786</v>
       </c>
       <c r="F408" t="s">
         <v>3787</v>
       </c>
       <c r="G408" t="s">
         <v>3788</v>
       </c>
       <c r="H408" t="s">
         <v>3789</v>
       </c>
       <c r="I408" t="s">
         <v>3790</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
-        <v>170</v>
+        <v>3791</v>
       </c>
       <c r="L408" t="s">
         <v>26</v>
       </c>
       <c r="M408" t="s">
-        <v>171</v>
+        <v>3792</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3791</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65005</v>
+        <v>65006</v>
       </c>
       <c r="B409" t="s">
-        <v>3792</v>
+        <v>3794</v>
       </c>
       <c r="C409" t="s">
-        <v>3793</v>
+        <v>3795</v>
       </c>
       <c r="D409" t="s">
-        <v>3794</v>
+        <v>3796</v>
       </c>
       <c r="E409" t="s">
-        <v>3795</v>
+        <v>3797</v>
       </c>
       <c r="F409" t="s">
-        <v>3796</v>
+        <v>3798</v>
       </c>
       <c r="G409" t="s">
-        <v>3797</v>
+        <v>3799</v>
       </c>
       <c r="H409" t="s">
-        <v>3798</v>
+        <v>3800</v>
       </c>
       <c r="I409" t="s">
-        <v>3799</v>
+        <v>3801</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
-        <v>3800</v>
+        <v>3802</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
-        <v>3801</v>
+        <v>3803</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3802</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65006</v>
+        <v>65007</v>
       </c>
       <c r="B410" t="s">
-        <v>3803</v>
+        <v>3805</v>
       </c>
       <c r="C410" t="s">
-        <v>3804</v>
+        <v>3806</v>
       </c>
       <c r="D410" t="s">
-        <v>3805</v>
+        <v>3807</v>
       </c>
       <c r="E410" t="s">
-        <v>3806</v>
+        <v>3808</v>
       </c>
       <c r="F410" t="s">
-        <v>3807</v>
+        <v>3809</v>
       </c>
       <c r="G410" t="s">
-        <v>3808</v>
+        <v>3810</v>
       </c>
       <c r="H410" t="s">
-        <v>3809</v>
+        <v>3811</v>
       </c>
       <c r="I410" t="s">
-        <v>3810</v>
+        <v>3812</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>3811</v>
+        <v>25</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>3812</v>
+        <v>27</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
         <v>3813</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65007</v>
+        <v>65008</v>
       </c>
       <c r="B411" t="s">
         <v>3814</v>
       </c>
       <c r="C411" t="s">
         <v>3815</v>
       </c>
       <c r="D411" t="s">
         <v>3816</v>
       </c>
       <c r="E411" t="s">
         <v>3817</v>
       </c>
       <c r="F411" t="s">
         <v>3818</v>
       </c>
       <c r="G411" t="s">
         <v>3819</v>
       </c>
       <c r="H411" t="s">
         <v>3820</v>
       </c>
       <c r="I411" t="s">
         <v>3821</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
         <v>3822</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65008</v>
+        <v>65009</v>
       </c>
       <c r="B412" t="s">
         <v>3823</v>
       </c>
       <c r="C412" t="s">
         <v>3824</v>
       </c>
       <c r="D412" t="s">
         <v>3825</v>
       </c>
       <c r="E412" t="s">
         <v>3826</v>
       </c>
       <c r="F412" t="s">
         <v>3827</v>
       </c>
       <c r="G412" t="s">
         <v>3828</v>
       </c>
       <c r="H412" t="s">
         <v>3829</v>
       </c>
       <c r="I412" t="s">
         <v>3830</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
         <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
         <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
         <v>3831</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65009</v>
+        <v>65010</v>
       </c>
       <c r="B413" t="s">
         <v>3832</v>
       </c>
       <c r="C413" t="s">
         <v>3833</v>
       </c>
       <c r="D413" t="s">
         <v>3834</v>
       </c>
       <c r="E413" t="s">
         <v>3835</v>
       </c>
       <c r="F413" t="s">
         <v>3836</v>
       </c>
       <c r="G413" t="s">
         <v>3837</v>
       </c>
       <c r="H413" t="s">
         <v>3838</v>
       </c>
       <c r="I413" t="s">
         <v>3839</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
         <v>3840</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65010</v>
+        <v>65011</v>
       </c>
       <c r="B414" t="s">
         <v>3841</v>
       </c>
       <c r="C414" t="s">
         <v>3842</v>
       </c>
       <c r="D414" t="s">
         <v>3843</v>
       </c>
       <c r="E414" t="s">
         <v>3844</v>
       </c>
       <c r="F414" t="s">
         <v>3845</v>
       </c>
       <c r="G414" t="s">
         <v>3846</v>
       </c>
       <c r="H414" t="s">
         <v>3847</v>
       </c>
       <c r="I414" t="s">
         <v>3848</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
         <v>3849</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65011</v>
+        <v>65012</v>
       </c>
       <c r="B415" t="s">
         <v>3850</v>
       </c>
       <c r="C415" t="s">
         <v>3851</v>
       </c>
       <c r="D415" t="s">
         <v>3852</v>
       </c>
       <c r="E415" t="s">
         <v>3853</v>
       </c>
       <c r="F415" t="s">
         <v>3854</v>
       </c>
       <c r="G415" t="s">
         <v>3855</v>
       </c>
       <c r="H415" t="s">
         <v>3856</v>
       </c>
       <c r="I415" t="s">
         <v>3857</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>170</v>
+        <v>3858</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>171</v>
+        <v>3859</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3858</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65012</v>
+        <v>65013</v>
       </c>
       <c r="B416" t="s">
-        <v>3859</v>
+        <v>3861</v>
       </c>
       <c r="C416" t="s">
-        <v>3860</v>
+        <v>3862</v>
       </c>
       <c r="D416" t="s">
-        <v>3861</v>
+        <v>3863</v>
       </c>
       <c r="E416" t="s">
-        <v>3862</v>
+        <v>3864</v>
       </c>
       <c r="F416" t="s">
-        <v>3863</v>
+        <v>3865</v>
       </c>
       <c r="G416" t="s">
-        <v>3864</v>
+        <v>3866</v>
       </c>
       <c r="H416" t="s">
-        <v>3865</v>
+        <v>3867</v>
       </c>
       <c r="I416" t="s">
-        <v>3866</v>
+        <v>3868</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>3867</v>
+        <v>25</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>3868</v>
+        <v>27</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
         <v>3869</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65013</v>
+        <v>65014</v>
       </c>
       <c r="B417" t="s">
         <v>3870</v>
       </c>
       <c r="C417" t="s">
         <v>3871</v>
       </c>
       <c r="D417" t="s">
         <v>3872</v>
       </c>
       <c r="E417" t="s">
         <v>3873</v>
       </c>
       <c r="F417" t="s">
         <v>3874</v>
       </c>
       <c r="G417" t="s">
         <v>3875</v>
       </c>
       <c r="H417" t="s">
         <v>3876</v>
       </c>
       <c r="I417" t="s">
         <v>3877</v>
       </c>
       <c r="J417" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K417" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L417" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M417" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
         <v>3878</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65014</v>
+        <v>65015</v>
       </c>
       <c r="B418" t="s">
         <v>3879</v>
       </c>
       <c r="C418" t="s">
         <v>3880</v>
       </c>
       <c r="D418" t="s">
         <v>3881</v>
       </c>
       <c r="E418" t="s">
         <v>3882</v>
       </c>
       <c r="F418" t="s">
         <v>3883</v>
       </c>
       <c r="G418" t="s">
         <v>3884</v>
       </c>
       <c r="H418" t="s">
         <v>3885</v>
       </c>
       <c r="I418" t="s">
         <v>3886</v>
       </c>
       <c r="J418" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L418" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
         <v>3887</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65015</v>
+        <v>65016</v>
       </c>
       <c r="B419" t="s">
         <v>3888</v>
       </c>
       <c r="C419" t="s">
         <v>3889</v>
       </c>
       <c r="D419" t="s">
         <v>3890</v>
       </c>
       <c r="E419" t="s">
         <v>3891</v>
       </c>
       <c r="F419" t="s">
         <v>3892</v>
       </c>
       <c r="G419" t="s">
         <v>3893</v>
       </c>
       <c r="H419" t="s">
         <v>3894</v>
       </c>
       <c r="I419" t="s">
         <v>3895</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
         <v>3896</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65016</v>
+        <v>65017</v>
       </c>
       <c r="B420" t="s">
         <v>3897</v>
       </c>
       <c r="C420" t="s">
         <v>3898</v>
       </c>
       <c r="D420" t="s">
         <v>3899</v>
       </c>
       <c r="E420" t="s">
         <v>3900</v>
       </c>
       <c r="F420" t="s">
         <v>3901</v>
       </c>
       <c r="G420" t="s">
         <v>3902</v>
       </c>
       <c r="H420" t="s">
         <v>3903</v>
       </c>
       <c r="I420" t="s">
         <v>3904</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
-        <v>25</v>
+        <v>3905</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
-        <v>27</v>
+        <v>3906</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3905</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65017</v>
+        <v>65018</v>
       </c>
       <c r="B421" t="s">
-        <v>3906</v>
+        <v>3908</v>
       </c>
       <c r="C421" t="s">
-        <v>3907</v>
+        <v>3909</v>
       </c>
       <c r="D421" t="s">
-        <v>3908</v>
+        <v>3910</v>
       </c>
       <c r="E421" t="s">
-        <v>3909</v>
+        <v>3911</v>
       </c>
       <c r="F421" t="s">
-        <v>3910</v>
+        <v>3912</v>
       </c>
       <c r="G421" t="s">
-        <v>3911</v>
+        <v>3913</v>
       </c>
       <c r="H421" t="s">
-        <v>3912</v>
+        <v>3914</v>
       </c>
       <c r="I421" t="s">
-        <v>3913</v>
+        <v>3915</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
-        <v>3914</v>
+        <v>3916</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
-        <v>3915</v>
+        <v>3917</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3916</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65018</v>
+        <v>65019</v>
       </c>
       <c r="B422" t="s">
-        <v>3917</v>
+        <v>3919</v>
       </c>
       <c r="C422" t="s">
-        <v>3918</v>
+        <v>3920</v>
       </c>
       <c r="D422" t="s">
-        <v>3919</v>
+        <v>3921</v>
       </c>
       <c r="E422" t="s">
-        <v>3920</v>
+        <v>3922</v>
       </c>
       <c r="F422" t="s">
-        <v>3921</v>
+        <v>3923</v>
       </c>
       <c r="G422" t="s">
-        <v>3922</v>
+        <v>3924</v>
       </c>
       <c r="H422" t="s">
-        <v>3923</v>
+        <v>3925</v>
       </c>
       <c r="I422" t="s">
-        <v>3924</v>
+        <v>3926</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>3925</v>
+        <v>170</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>3926</v>
+        <v>171</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
         <v>3927</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65019</v>
+        <v>65020</v>
       </c>
       <c r="B423" t="s">
         <v>3928</v>
       </c>
       <c r="C423" t="s">
         <v>3929</v>
       </c>
       <c r="D423" t="s">
         <v>3930</v>
       </c>
       <c r="E423" t="s">
         <v>3931</v>
       </c>
       <c r="F423" t="s">
         <v>3932</v>
       </c>
       <c r="G423" t="s">
         <v>3933</v>
       </c>
       <c r="H423" t="s">
         <v>3934</v>
       </c>
       <c r="I423" t="s">
         <v>3935</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
-        <v>170</v>
+        <v>3936</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
-        <v>171</v>
+        <v>3937</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3936</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65020</v>
+        <v>65021</v>
       </c>
       <c r="B424" t="s">
-        <v>3937</v>
+        <v>3939</v>
       </c>
       <c r="C424" t="s">
-        <v>3938</v>
+        <v>3940</v>
       </c>
       <c r="D424" t="s">
-        <v>3939</v>
+        <v>3941</v>
       </c>
       <c r="E424" t="s">
-        <v>3940</v>
+        <v>3942</v>
       </c>
       <c r="F424" t="s">
-        <v>3941</v>
+        <v>3943</v>
       </c>
       <c r="G424" t="s">
-        <v>3942</v>
+        <v>3944</v>
       </c>
       <c r="H424" t="s">
-        <v>3943</v>
+        <v>3945</v>
       </c>
       <c r="I424" t="s">
-        <v>3944</v>
+        <v>3946</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>3945</v>
+        <v>25</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>3946</v>
+        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
         <v>3947</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65021</v>
+        <v>65022</v>
       </c>
       <c r="B425" t="s">
         <v>3948</v>
       </c>
       <c r="C425" t="s">
         <v>3949</v>
       </c>
       <c r="D425" t="s">
         <v>3950</v>
       </c>
       <c r="E425" t="s">
         <v>3951</v>
       </c>
       <c r="F425" t="s">
         <v>3952</v>
       </c>
       <c r="G425" t="s">
         <v>3953</v>
       </c>
       <c r="H425" t="s">
         <v>3954</v>
       </c>
       <c r="I425" t="s">
         <v>3955</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
         <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
         <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
         <v>3956</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65022</v>
+        <v>65023</v>
       </c>
       <c r="B426" t="s">
         <v>3957</v>
       </c>
       <c r="C426" t="s">
         <v>3958</v>
       </c>
       <c r="D426" t="s">
         <v>3959</v>
       </c>
       <c r="E426" t="s">
         <v>3960</v>
       </c>
       <c r="F426" t="s">
         <v>3961</v>
       </c>
       <c r="G426" t="s">
         <v>3962</v>
       </c>
       <c r="H426" t="s">
         <v>3963</v>
       </c>
       <c r="I426" t="s">
         <v>3964</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
         <v>3965</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65023</v>
+        <v>65025</v>
       </c>
       <c r="B427" t="s">
         <v>3966</v>
       </c>
       <c r="C427" t="s">
         <v>3967</v>
       </c>
       <c r="D427" t="s">
         <v>3968</v>
       </c>
       <c r="E427" t="s">
         <v>3969</v>
       </c>
       <c r="F427" t="s">
         <v>3970</v>
       </c>
       <c r="G427" t="s">
         <v>3971</v>
       </c>
       <c r="H427" t="s">
         <v>3972</v>
       </c>
       <c r="I427" t="s">
         <v>3973</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
         <v>3974</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65025</v>
+        <v>65026</v>
       </c>
       <c r="B428" t="s">
         <v>3975</v>
       </c>
       <c r="C428" t="s">
         <v>3976</v>
       </c>
       <c r="D428" t="s">
         <v>3977</v>
       </c>
       <c r="E428" t="s">
         <v>3978</v>
       </c>
       <c r="F428" t="s">
         <v>3979</v>
       </c>
       <c r="G428" t="s">
         <v>3980</v>
       </c>
       <c r="H428" t="s">
         <v>3981</v>
       </c>
       <c r="I428" t="s">
         <v>3982</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
         <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
         <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
         <v>3983</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65026</v>
+        <v>65027</v>
       </c>
       <c r="B429" t="s">
         <v>3984</v>
       </c>
       <c r="C429" t="s">
         <v>3985</v>
       </c>
       <c r="D429" t="s">
         <v>3986</v>
       </c>
       <c r="E429" t="s">
         <v>3987</v>
       </c>
       <c r="F429" t="s">
         <v>3988</v>
       </c>
       <c r="G429" t="s">
         <v>3989</v>
       </c>
       <c r="H429" t="s">
         <v>3990</v>
       </c>
       <c r="I429" t="s">
         <v>3991</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
         <v>3992</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65027</v>
+        <v>65028</v>
       </c>
       <c r="B430" t="s">
         <v>3993</v>
       </c>
       <c r="C430" t="s">
         <v>3994</v>
       </c>
       <c r="D430" t="s">
         <v>3995</v>
       </c>
       <c r="E430" t="s">
         <v>3996</v>
       </c>
       <c r="F430" t="s">
         <v>3997</v>
       </c>
       <c r="G430" t="s">
         <v>3998</v>
       </c>
       <c r="H430" t="s">
         <v>3999</v>
       </c>
       <c r="I430" t="s">
         <v>4000</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
         <v>4001</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65028</v>
+        <v>65030</v>
       </c>
       <c r="B431" t="s">
         <v>4002</v>
       </c>
       <c r="C431" t="s">
         <v>4003</v>
       </c>
       <c r="D431" t="s">
         <v>4004</v>
       </c>
       <c r="E431" t="s">
         <v>4005</v>
       </c>
       <c r="F431" t="s">
         <v>4006</v>
       </c>
       <c r="G431" t="s">
         <v>4007</v>
       </c>
       <c r="H431" t="s">
         <v>4008</v>
       </c>
       <c r="I431" t="s">
         <v>4009</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
         <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
         <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
         <v>4010</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65030</v>
+        <v>65031</v>
       </c>
       <c r="B432" t="s">
         <v>4011</v>
       </c>
       <c r="C432" t="s">
         <v>4012</v>
       </c>
       <c r="D432" t="s">
         <v>4013</v>
       </c>
       <c r="E432" t="s">
         <v>4014</v>
       </c>
       <c r="F432" t="s">
         <v>4015</v>
       </c>
       <c r="G432" t="s">
         <v>4016</v>
       </c>
       <c r="H432" t="s">
         <v>4017</v>
       </c>
       <c r="I432" t="s">
         <v>4018</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
         <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
         <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
         <v>4019</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65031</v>
+        <v>65032</v>
       </c>
       <c r="B433" t="s">
         <v>4020</v>
       </c>
       <c r="C433" t="s">
         <v>4021</v>
       </c>
       <c r="D433" t="s">
         <v>4022</v>
       </c>
       <c r="E433" t="s">
         <v>4023</v>
       </c>
       <c r="F433" t="s">
         <v>4024</v>
       </c>
       <c r="G433" t="s">
         <v>4025</v>
       </c>
       <c r="H433" t="s">
         <v>4026</v>
       </c>
       <c r="I433" t="s">
         <v>4027</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
         <v>4028</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65032</v>
+        <v>65033</v>
       </c>
       <c r="B434" t="s">
         <v>4029</v>
       </c>
       <c r="C434" t="s">
         <v>4030</v>
       </c>
       <c r="D434" t="s">
         <v>4031</v>
       </c>
       <c r="E434" t="s">
         <v>4032</v>
       </c>
       <c r="F434" t="s">
         <v>4033</v>
       </c>
       <c r="G434" t="s">
         <v>4034</v>
       </c>
       <c r="H434" t="s">
         <v>4035</v>
       </c>
       <c r="I434" t="s">
         <v>4036</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>170</v>
+        <v>683</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
-        <v>171</v>
+        <v>4037</v>
       </c>
       <c r="N434" t="s">
         <v>28</v>
       </c>
       <c r="O434" t="s">
-        <v>4037</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65033</v>
+        <v>65034</v>
       </c>
       <c r="B435" t="s">
-        <v>4038</v>
+        <v>4039</v>
       </c>
       <c r="C435" t="s">
-        <v>4039</v>
+        <v>4040</v>
       </c>
       <c r="D435" t="s">
-        <v>4040</v>
+        <v>4041</v>
       </c>
       <c r="E435" t="s">
-        <v>4041</v>
+        <v>4042</v>
       </c>
       <c r="F435" t="s">
-        <v>4042</v>
+        <v>4043</v>
       </c>
       <c r="G435" t="s">
-        <v>4043</v>
+        <v>4044</v>
       </c>
       <c r="H435" t="s">
-        <v>4044</v>
+        <v>4045</v>
       </c>
       <c r="I435" t="s">
-        <v>4045</v>
+        <v>4046</v>
       </c>
       <c r="J435" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K435" t="s">
-        <v>683</v>
+        <v>571</v>
       </c>
       <c r="L435" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M435" t="s">
-        <v>4046</v>
+        <v>572</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
         <v>4047</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65034</v>
+        <v>65035</v>
       </c>
       <c r="B436" t="s">
         <v>4048</v>
       </c>
       <c r="C436" t="s">
         <v>4049</v>
       </c>
       <c r="D436" t="s">
         <v>4050</v>
       </c>
       <c r="E436" t="s">
         <v>4051</v>
       </c>
       <c r="F436" t="s">
         <v>4052</v>
       </c>
       <c r="G436" t="s">
         <v>4053</v>
       </c>
       <c r="H436" t="s">
         <v>4054</v>
       </c>
       <c r="I436" t="s">
         <v>4055</v>
       </c>
       <c r="J436" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K436" t="s">
-        <v>571</v>
+        <v>25</v>
       </c>
       <c r="L436" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M436" t="s">
-        <v>572</v>
+        <v>27</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
         <v>4056</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65035</v>
+        <v>65036</v>
       </c>
       <c r="B437" t="s">
         <v>4057</v>
       </c>
       <c r="C437" t="s">
         <v>4058</v>
       </c>
       <c r="D437" t="s">
         <v>4059</v>
       </c>
       <c r="E437" t="s">
         <v>4060</v>
       </c>
       <c r="F437" t="s">
         <v>4061</v>
       </c>
       <c r="G437" t="s">
         <v>4062</v>
       </c>
       <c r="H437" t="s">
         <v>4063</v>
       </c>
       <c r="I437" t="s">
         <v>4064</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
         <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
         <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
         <v>4065</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65036</v>
+        <v>65037</v>
       </c>
       <c r="B438" t="s">
         <v>4066</v>
       </c>
       <c r="C438" t="s">
         <v>4067</v>
       </c>
       <c r="D438" t="s">
         <v>4068</v>
       </c>
       <c r="E438" t="s">
         <v>4069</v>
       </c>
       <c r="F438" t="s">
         <v>4070</v>
       </c>
       <c r="G438" t="s">
         <v>4071</v>
       </c>
       <c r="H438" t="s">
         <v>4072</v>
       </c>
       <c r="I438" t="s">
         <v>4073</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
         <v>25</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
         <v>27</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
         <v>4074</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65037</v>
+        <v>65038</v>
       </c>
       <c r="B439" t="s">
         <v>4075</v>
       </c>
       <c r="C439" t="s">
         <v>4076</v>
       </c>
       <c r="D439" t="s">
         <v>4077</v>
       </c>
       <c r="E439" t="s">
         <v>4078</v>
       </c>
       <c r="F439" t="s">
         <v>4079</v>
       </c>
       <c r="G439" t="s">
         <v>4080</v>
       </c>
       <c r="H439" t="s">
         <v>4081</v>
       </c>
       <c r="I439" t="s">
         <v>4082</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
         <v>4083</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65038</v>
+        <v>65039</v>
       </c>
       <c r="B440" t="s">
         <v>4084</v>
       </c>
       <c r="C440" t="s">
         <v>4085</v>
       </c>
       <c r="D440" t="s">
         <v>4086</v>
       </c>
       <c r="E440" t="s">
         <v>4087</v>
       </c>
       <c r="F440" t="s">
         <v>4088</v>
       </c>
       <c r="G440" t="s">
         <v>4089</v>
       </c>
       <c r="H440" t="s">
         <v>4090</v>
       </c>
       <c r="I440" t="s">
         <v>4091</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
         <v>170</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
         <v>171</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
         <v>4092</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65039</v>
+        <v>65040</v>
       </c>
       <c r="B441" t="s">
         <v>4093</v>
       </c>
       <c r="C441" t="s">
         <v>4094</v>
       </c>
       <c r="D441" t="s">
         <v>4095</v>
       </c>
       <c r="E441" t="s">
         <v>4096</v>
       </c>
       <c r="F441" t="s">
         <v>4097</v>
       </c>
       <c r="G441" t="s">
         <v>4098</v>
       </c>
       <c r="H441" t="s">
         <v>4099</v>
       </c>
       <c r="I441" t="s">
         <v>4100</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
-        <v>170</v>
+        <v>871</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
-        <v>171</v>
+        <v>872</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
         <v>4101</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65040</v>
+        <v>65043</v>
       </c>
       <c r="B442" t="s">
         <v>4102</v>
       </c>
       <c r="C442" t="s">
         <v>4103</v>
       </c>
       <c r="D442" t="s">
         <v>4104</v>
       </c>
       <c r="E442" t="s">
         <v>4105</v>
       </c>
       <c r="F442" t="s">
         <v>4106</v>
       </c>
       <c r="G442" t="s">
         <v>4107</v>
       </c>
       <c r="H442" t="s">
         <v>4108</v>
       </c>
       <c r="I442" t="s">
         <v>4109</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
         <v>4110</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65043</v>
+        <v>65044</v>
       </c>
       <c r="B443" t="s">
         <v>4111</v>
       </c>
       <c r="C443" t="s">
         <v>4112</v>
       </c>
       <c r="D443" t="s">
         <v>4113</v>
       </c>
       <c r="E443" t="s">
         <v>4114</v>
       </c>
       <c r="F443" t="s">
         <v>4115</v>
       </c>
       <c r="G443" t="s">
         <v>4116</v>
       </c>
       <c r="H443" t="s">
         <v>4117</v>
       </c>
       <c r="I443" t="s">
         <v>4118</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
         <v>25</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
         <v>27</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
         <v>4119</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65044</v>
+        <v>65045</v>
       </c>
       <c r="B444" t="s">
         <v>4120</v>
       </c>
       <c r="C444" t="s">
         <v>4121</v>
       </c>
       <c r="D444" t="s">
         <v>4122</v>
       </c>
       <c r="E444" t="s">
         <v>4123</v>
       </c>
       <c r="F444" t="s">
         <v>4124</v>
       </c>
       <c r="G444" t="s">
         <v>4125</v>
       </c>
       <c r="H444" t="s">
         <v>4126</v>
       </c>
       <c r="I444" t="s">
         <v>4127</v>
       </c>
       <c r="J444" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K444" t="s">
-        <v>25</v>
+        <v>4128</v>
       </c>
       <c r="L444" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M444" t="s">
-        <v>27</v>
+        <v>4129</v>
       </c>
       <c r="N444" t="s">
         <v>28</v>
       </c>
       <c r="O444" t="s">
-        <v>4128</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65045</v>
+        <v>65046</v>
       </c>
       <c r="B445" t="s">
-        <v>4129</v>
+        <v>4131</v>
       </c>
       <c r="C445" t="s">
-        <v>4130</v>
+        <v>4132</v>
       </c>
       <c r="D445" t="s">
-        <v>4131</v>
+        <v>4133</v>
       </c>
       <c r="E445" t="s">
-        <v>4132</v>
+        <v>4134</v>
       </c>
       <c r="F445" t="s">
-        <v>4133</v>
+        <v>4135</v>
       </c>
       <c r="G445" t="s">
-        <v>4134</v>
+        <v>4136</v>
       </c>
       <c r="H445" t="s">
-        <v>4135</v>
+        <v>4137</v>
       </c>
       <c r="I445" t="s">
-        <v>4136</v>
+        <v>4138</v>
       </c>
       <c r="J445" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K445" t="s">
-        <v>4137</v>
+        <v>47</v>
       </c>
       <c r="L445" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M445" t="s">
-        <v>4138</v>
+        <v>48</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
         <v>4139</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65046</v>
+        <v>65047</v>
       </c>
       <c r="B446" t="s">
         <v>4140</v>
       </c>
       <c r="C446" t="s">
         <v>4141</v>
       </c>
       <c r="D446" t="s">
         <v>4142</v>
       </c>
       <c r="E446" t="s">
         <v>4143</v>
       </c>
       <c r="F446" t="s">
         <v>4144</v>
       </c>
       <c r="G446" t="s">
         <v>4145</v>
       </c>
       <c r="H446" t="s">
         <v>4146</v>
       </c>
       <c r="I446" t="s">
         <v>4147</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>47</v>
+        <v>4128</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>48</v>
+        <v>4129</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
         <v>4148</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65047</v>
+        <v>65049</v>
       </c>
       <c r="B447" t="s">
         <v>4149</v>
       </c>
       <c r="C447" t="s">
         <v>4150</v>
       </c>
       <c r="D447" t="s">
         <v>4151</v>
       </c>
       <c r="E447" t="s">
         <v>4152</v>
       </c>
       <c r="F447" t="s">
         <v>4153</v>
       </c>
       <c r="G447" t="s">
         <v>4154</v>
       </c>
       <c r="H447" t="s">
         <v>4155</v>
       </c>
       <c r="I447" t="s">
         <v>4156</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>4137</v>
+        <v>59</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>4138</v>
+        <v>61</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
         <v>4157</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65049</v>
+        <v>65050</v>
       </c>
       <c r="B448" t="s">
         <v>4158</v>
       </c>
       <c r="C448" t="s">
         <v>4159</v>
       </c>
       <c r="D448" t="s">
         <v>4160</v>
       </c>
       <c r="E448" t="s">
         <v>4161</v>
       </c>
       <c r="F448" t="s">
         <v>4162</v>
       </c>
       <c r="G448" t="s">
         <v>4163</v>
       </c>
       <c r="H448" t="s">
         <v>4164</v>
       </c>
       <c r="I448" t="s">
         <v>4165</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
         <v>4166</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65050</v>
+        <v>65051</v>
       </c>
       <c r="B449" t="s">
         <v>4167</v>
       </c>
       <c r="C449" t="s">
         <v>4168</v>
       </c>
       <c r="D449" t="s">
         <v>4169</v>
       </c>
       <c r="E449" t="s">
         <v>4170</v>
       </c>
       <c r="F449" t="s">
         <v>4171</v>
       </c>
       <c r="G449" t="s">
         <v>4172</v>
       </c>
       <c r="H449" t="s">
         <v>4173</v>
       </c>
       <c r="I449" t="s">
         <v>4174</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
         <v>4175</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65051</v>
+        <v>65053</v>
       </c>
       <c r="B450" t="s">
         <v>4176</v>
       </c>
       <c r="C450" t="s">
         <v>4177</v>
       </c>
       <c r="D450" t="s">
         <v>4178</v>
       </c>
       <c r="E450" t="s">
         <v>4179</v>
       </c>
       <c r="F450" t="s">
         <v>4180</v>
       </c>
       <c r="G450" t="s">
         <v>4181</v>
       </c>
       <c r="H450" t="s">
         <v>4182</v>
       </c>
       <c r="I450" t="s">
         <v>4183</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>739</v>
+        <v>170</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>740</v>
+        <v>171</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
         <v>4184</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65053</v>
+        <v>65054</v>
       </c>
       <c r="B451" t="s">
         <v>4185</v>
       </c>
       <c r="C451" t="s">
         <v>4186</v>
       </c>
       <c r="D451" t="s">
         <v>4187</v>
       </c>
       <c r="E451" t="s">
         <v>4188</v>
       </c>
       <c r="F451" t="s">
         <v>4189</v>
       </c>
       <c r="G451" t="s">
         <v>4190</v>
       </c>
       <c r="H451" t="s">
         <v>4191</v>
       </c>
       <c r="I451" t="s">
         <v>4192</v>
       </c>
       <c r="J451" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K451" t="s">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="L451" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M451" t="s">
-        <v>171</v>
+        <v>209</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
         <v>4193</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65054</v>
+        <v>65055</v>
       </c>
       <c r="B452" t="s">
         <v>4194</v>
       </c>
       <c r="C452" t="s">
         <v>4195</v>
       </c>
       <c r="D452" t="s">
         <v>4196</v>
       </c>
       <c r="E452" t="s">
         <v>4197</v>
       </c>
       <c r="F452" t="s">
         <v>4198</v>
       </c>
       <c r="G452" t="s">
         <v>4199</v>
       </c>
       <c r="H452" t="s">
         <v>4200</v>
       </c>
       <c r="I452" t="s">
         <v>4201</v>
       </c>
       <c r="J452" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K452" t="s">
-        <v>208</v>
+        <v>571</v>
       </c>
       <c r="L452" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M452" t="s">
-        <v>209</v>
+        <v>572</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
         <v>4202</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65055</v>
+        <v>65057</v>
       </c>
       <c r="B453" t="s">
         <v>4203</v>
       </c>
       <c r="C453" t="s">
         <v>4204</v>
       </c>
       <c r="D453" t="s">
         <v>4205</v>
       </c>
       <c r="E453" t="s">
         <v>4206</v>
       </c>
       <c r="F453" t="s">
         <v>4207</v>
       </c>
       <c r="G453" t="s">
         <v>4208</v>
       </c>
       <c r="H453" t="s">
         <v>4209</v>
       </c>
       <c r="I453" t="s">
         <v>4210</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>571</v>
+        <v>274</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>572</v>
+        <v>276</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
         <v>4211</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65057</v>
+        <v>65058</v>
       </c>
       <c r="B454" t="s">
         <v>4212</v>
       </c>
       <c r="C454" t="s">
         <v>4213</v>
       </c>
       <c r="D454" t="s">
         <v>4214</v>
       </c>
       <c r="E454" t="s">
         <v>4215</v>
       </c>
       <c r="F454" t="s">
         <v>4216</v>
       </c>
       <c r="G454" t="s">
         <v>4217</v>
       </c>
       <c r="H454" t="s">
         <v>4218</v>
       </c>
       <c r="I454" t="s">
         <v>4219</v>
       </c>
       <c r="J454" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K454" t="s">
-        <v>274</v>
+        <v>672</v>
       </c>
       <c r="L454" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M454" t="s">
-        <v>276</v>
+        <v>673</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
         <v>4220</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65058</v>
+        <v>65059</v>
       </c>
       <c r="B455" t="s">
         <v>4221</v>
       </c>
       <c r="C455" t="s">
         <v>4222</v>
       </c>
       <c r="D455" t="s">
         <v>4223</v>
       </c>
       <c r="E455" t="s">
         <v>4224</v>
       </c>
       <c r="F455" t="s">
         <v>4225</v>
       </c>
       <c r="G455" t="s">
         <v>4226</v>
       </c>
       <c r="H455" t="s">
         <v>4227</v>
       </c>
       <c r="I455" t="s">
         <v>4228</v>
       </c>
       <c r="J455" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K455" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L455" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M455" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
         <v>4229</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65059</v>
+        <v>65060</v>
       </c>
       <c r="B456" t="s">
         <v>4230</v>
       </c>
       <c r="C456" t="s">
         <v>4231</v>
       </c>
       <c r="D456" t="s">
         <v>4232</v>
       </c>
       <c r="E456" t="s">
         <v>4233</v>
       </c>
       <c r="F456" t="s">
         <v>4234</v>
       </c>
       <c r="G456" t="s">
         <v>4235</v>
       </c>
       <c r="H456" t="s">
         <v>4236</v>
       </c>
       <c r="I456" t="s">
         <v>4237</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
         <v>4238</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65060</v>
+        <v>65061</v>
       </c>
       <c r="B457" t="s">
         <v>4239</v>
       </c>
       <c r="C457" t="s">
         <v>4240</v>
       </c>
       <c r="D457" t="s">
         <v>4241</v>
       </c>
       <c r="E457" t="s">
         <v>4242</v>
       </c>
       <c r="F457" t="s">
         <v>4243</v>
       </c>
       <c r="G457" t="s">
         <v>4244</v>
       </c>
       <c r="H457" t="s">
         <v>4245</v>
       </c>
       <c r="I457" t="s">
         <v>4246</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>47</v>
+        <v>871</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>48</v>
+        <v>872</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
         <v>4247</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65061</v>
+        <v>65062</v>
       </c>
       <c r="B458" t="s">
         <v>4248</v>
       </c>
       <c r="C458" t="s">
         <v>4249</v>
       </c>
       <c r="D458" t="s">
         <v>4250</v>
       </c>
       <c r="E458" t="s">
         <v>4251</v>
       </c>
       <c r="F458" t="s">
         <v>4252</v>
       </c>
       <c r="G458" t="s">
         <v>4253</v>
       </c>
       <c r="H458" t="s">
         <v>4254</v>
       </c>
       <c r="I458" t="s">
         <v>4255</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
         <v>4256</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65062</v>
+        <v>65063</v>
       </c>
       <c r="B459" t="s">
         <v>4257</v>
       </c>
       <c r="C459" t="s">
         <v>4258</v>
       </c>
       <c r="D459" t="s">
         <v>4259</v>
       </c>
       <c r="E459" t="s">
         <v>4260</v>
       </c>
       <c r="F459" t="s">
         <v>4261</v>
       </c>
       <c r="G459" t="s">
         <v>4262</v>
       </c>
       <c r="H459" t="s">
         <v>4263</v>
       </c>
       <c r="I459" t="s">
         <v>4264</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
         <v>4265</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65063</v>
+        <v>65068</v>
       </c>
       <c r="B460" t="s">
         <v>4266</v>
       </c>
       <c r="C460" t="s">
         <v>4267</v>
       </c>
       <c r="D460" t="s">
         <v>4268</v>
       </c>
       <c r="E460" t="s">
         <v>4269</v>
       </c>
       <c r="F460" t="s">
         <v>4270</v>
       </c>
       <c r="G460" t="s">
         <v>4271</v>
       </c>
       <c r="H460" t="s">
         <v>4272</v>
       </c>
       <c r="I460" t="s">
         <v>4273</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>1067</v>
+        <v>25</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>1068</v>
+        <v>27</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
         <v>4274</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65068</v>
+        <v>65069</v>
       </c>
       <c r="B461" t="s">
         <v>4275</v>
       </c>
       <c r="C461" t="s">
         <v>4276</v>
       </c>
       <c r="D461" t="s">
         <v>4277</v>
       </c>
       <c r="E461" t="s">
         <v>4278</v>
       </c>
       <c r="F461" t="s">
         <v>4279</v>
       </c>
       <c r="G461" t="s">
         <v>4280</v>
       </c>
       <c r="H461" t="s">
         <v>4281</v>
       </c>
       <c r="I461" t="s">
         <v>4282</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
         <v>4283</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65069</v>
+        <v>65071</v>
       </c>
       <c r="B462" t="s">
         <v>4284</v>
       </c>
       <c r="C462" t="s">
         <v>4285</v>
       </c>
       <c r="D462" t="s">
         <v>4286</v>
       </c>
       <c r="E462" t="s">
         <v>4287</v>
       </c>
       <c r="F462" t="s">
         <v>4288</v>
       </c>
       <c r="G462" t="s">
         <v>4289</v>
       </c>
       <c r="H462" t="s">
         <v>4290</v>
       </c>
       <c r="I462" t="s">
         <v>4291</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
         <v>4292</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65071</v>
+        <v>65073</v>
       </c>
       <c r="B463" t="s">
         <v>4293</v>
       </c>
       <c r="C463" t="s">
         <v>4294</v>
       </c>
       <c r="D463" t="s">
         <v>4295</v>
       </c>
       <c r="E463" t="s">
         <v>4296</v>
       </c>
       <c r="F463" t="s">
         <v>4297</v>
       </c>
       <c r="G463" t="s">
         <v>4298</v>
       </c>
       <c r="H463" t="s">
         <v>4299</v>
       </c>
       <c r="I463" t="s">
         <v>4300</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
         <v>25</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
         <v>27</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
         <v>4301</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65073</v>
+        <v>65074</v>
       </c>
       <c r="B464" t="s">
         <v>4302</v>
       </c>
       <c r="C464" t="s">
         <v>4303</v>
       </c>
       <c r="D464" t="s">
         <v>4304</v>
       </c>
       <c r="E464" t="s">
         <v>4305</v>
       </c>
       <c r="F464" t="s">
         <v>4306</v>
       </c>
       <c r="G464" t="s">
         <v>4307</v>
       </c>
       <c r="H464" t="s">
         <v>4308</v>
       </c>
       <c r="I464" t="s">
         <v>4309</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
-        <v>25</v>
+        <v>4310</v>
       </c>
       <c r="L464" t="s">
         <v>26</v>
       </c>
       <c r="M464" t="s">
-        <v>27</v>
+        <v>4311</v>
       </c>
       <c r="N464" t="s">
         <v>28</v>
       </c>
       <c r="O464" t="s">
-        <v>4310</v>
+        <v>4312</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65074</v>
+        <v>65075</v>
       </c>
       <c r="B465" t="s">
-        <v>4311</v>
+        <v>4313</v>
       </c>
       <c r="C465" t="s">
-        <v>4312</v>
+        <v>4314</v>
       </c>
       <c r="D465" t="s">
-        <v>4313</v>
+        <v>4315</v>
       </c>
       <c r="E465" t="s">
-        <v>4314</v>
+        <v>4316</v>
       </c>
       <c r="F465" t="s">
-        <v>4315</v>
+        <v>4317</v>
       </c>
       <c r="G465" t="s">
-        <v>4316</v>
+        <v>4318</v>
       </c>
       <c r="H465" t="s">
-        <v>4317</v>
+        <v>4319</v>
       </c>
       <c r="I465" t="s">
-        <v>4318</v>
+        <v>4320</v>
       </c>
       <c r="J465" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K465" t="s">
-        <v>4319</v>
+        <v>683</v>
       </c>
       <c r="L465" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M465" t="s">
-        <v>4320</v>
+        <v>4037</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
         <v>4321</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65075</v>
+        <v>65076</v>
       </c>
       <c r="B466" t="s">
         <v>4322</v>
       </c>
       <c r="C466" t="s">
         <v>4323</v>
       </c>
       <c r="D466" t="s">
         <v>4324</v>
       </c>
       <c r="E466" t="s">
         <v>4325</v>
       </c>
       <c r="F466" t="s">
         <v>4326</v>
       </c>
       <c r="G466" t="s">
         <v>4327</v>
       </c>
       <c r="H466" t="s">
         <v>4328</v>
       </c>
       <c r="I466" t="s">
         <v>4329</v>
       </c>
       <c r="J466" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K466" t="s">
-        <v>683</v>
+        <v>170</v>
       </c>
       <c r="L466" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M466" t="s">
-        <v>4046</v>
+        <v>171</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
         <v>4330</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65076</v>
+        <v>65077</v>
       </c>
       <c r="B467" t="s">
         <v>4331</v>
       </c>
       <c r="C467" t="s">
         <v>4332</v>
       </c>
       <c r="D467" t="s">
         <v>4333</v>
       </c>
       <c r="E467" t="s">
         <v>4334</v>
       </c>
       <c r="F467" t="s">
         <v>4335</v>
       </c>
       <c r="G467" t="s">
         <v>4336</v>
       </c>
       <c r="H467" t="s">
         <v>4337</v>
       </c>
       <c r="I467" t="s">
         <v>4338</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>170</v>
+        <v>739</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>171</v>
+        <v>740</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
         <v>4339</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65077</v>
+        <v>65080</v>
       </c>
       <c r="B468" t="s">
         <v>4340</v>
       </c>
       <c r="C468" t="s">
         <v>4341</v>
       </c>
       <c r="D468" t="s">
         <v>4342</v>
       </c>
       <c r="E468" t="s">
         <v>4343</v>
       </c>
       <c r="F468" t="s">
         <v>4344</v>
       </c>
       <c r="G468" t="s">
         <v>4345</v>
       </c>
       <c r="H468" t="s">
         <v>4346</v>
       </c>
       <c r="I468" t="s">
         <v>4347</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>739</v>
+        <v>47</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>740</v>
+        <v>48</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
         <v>4348</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65080</v>
+        <v>65081</v>
       </c>
       <c r="B469" t="s">
         <v>4349</v>
       </c>
       <c r="C469" t="s">
         <v>4350</v>
       </c>
       <c r="D469" t="s">
         <v>4351</v>
       </c>
       <c r="E469" t="s">
         <v>4352</v>
       </c>
       <c r="F469" t="s">
         <v>4353</v>
       </c>
       <c r="G469" t="s">
         <v>4354</v>
       </c>
       <c r="H469" t="s">
         <v>4355</v>
       </c>
       <c r="I469" t="s">
         <v>4356</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
         <v>47</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
         <v>48</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
         <v>4357</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65081</v>
+        <v>65082</v>
       </c>
       <c r="B470" t="s">
         <v>4358</v>
       </c>
       <c r="C470" t="s">
         <v>4359</v>
       </c>
       <c r="D470" t="s">
         <v>4360</v>
       </c>
       <c r="E470" t="s">
         <v>4361</v>
       </c>
       <c r="F470" t="s">
         <v>4362</v>
       </c>
       <c r="G470" t="s">
         <v>4363</v>
       </c>
       <c r="H470" t="s">
         <v>4364</v>
       </c>
       <c r="I470" t="s">
         <v>4365</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
         <v>47</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
         <v>48</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
         <v>4366</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65082</v>
+        <v>65083</v>
       </c>
       <c r="B471" t="s">
         <v>4367</v>
       </c>
       <c r="C471" t="s">
         <v>4368</v>
       </c>
       <c r="D471" t="s">
         <v>4369</v>
       </c>
       <c r="E471" t="s">
         <v>4370</v>
       </c>
       <c r="F471" t="s">
         <v>4371</v>
       </c>
       <c r="G471" t="s">
         <v>4372</v>
       </c>
       <c r="H471" t="s">
         <v>4373</v>
       </c>
       <c r="I471" t="s">
         <v>4374</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
         <v>4375</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65083</v>
+        <v>65084</v>
       </c>
       <c r="B472" t="s">
         <v>4376</v>
       </c>
       <c r="C472" t="s">
         <v>4377</v>
       </c>
       <c r="D472" t="s">
         <v>4378</v>
       </c>
       <c r="E472" t="s">
         <v>4379</v>
       </c>
       <c r="F472" t="s">
         <v>4380</v>
       </c>
       <c r="G472" t="s">
         <v>4381</v>
       </c>
       <c r="H472" t="s">
         <v>4382</v>
       </c>
       <c r="I472" t="s">
         <v>4383</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
         <v>4384</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65084</v>
+        <v>65085</v>
       </c>
       <c r="B473" t="s">
         <v>4385</v>
       </c>
       <c r="C473" t="s">
         <v>4386</v>
       </c>
       <c r="D473" t="s">
         <v>4387</v>
       </c>
       <c r="E473" t="s">
         <v>4388</v>
       </c>
       <c r="F473" t="s">
         <v>4389</v>
       </c>
       <c r="G473" t="s">
         <v>4390</v>
       </c>
       <c r="H473" t="s">
         <v>4391</v>
       </c>
       <c r="I473" t="s">
         <v>4392</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
         <v>4393</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65085</v>
+        <v>65086</v>
       </c>
       <c r="B474" t="s">
         <v>4394</v>
       </c>
       <c r="C474" t="s">
         <v>4395</v>
       </c>
       <c r="D474" t="s">
         <v>4396</v>
       </c>
       <c r="E474" t="s">
         <v>4397</v>
       </c>
       <c r="F474" t="s">
         <v>4398</v>
       </c>
       <c r="G474" t="s">
         <v>4399</v>
       </c>
       <c r="H474" t="s">
         <v>4400</v>
       </c>
       <c r="I474" t="s">
         <v>4401</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>571</v>
+        <v>170</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>572</v>
+        <v>171</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
         <v>4402</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65086</v>
+        <v>65087</v>
       </c>
       <c r="B475" t="s">
         <v>4403</v>
       </c>
       <c r="C475" t="s">
         <v>4404</v>
       </c>
       <c r="D475" t="s">
         <v>4405</v>
       </c>
       <c r="E475" t="s">
         <v>4406</v>
       </c>
       <c r="F475" t="s">
         <v>4407</v>
       </c>
       <c r="G475" t="s">
         <v>4408</v>
       </c>
       <c r="H475" t="s">
         <v>4409</v>
       </c>
       <c r="I475" t="s">
         <v>4410</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
         <v>170</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
         <v>171</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
         <v>4411</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65087</v>
+        <v>65088</v>
       </c>
       <c r="B476" t="s">
         <v>4412</v>
       </c>
       <c r="C476" t="s">
         <v>4413</v>
       </c>
       <c r="D476" t="s">
         <v>4414</v>
       </c>
       <c r="E476" t="s">
         <v>4415</v>
       </c>
       <c r="F476" t="s">
         <v>4416</v>
       </c>
       <c r="G476" t="s">
         <v>4417</v>
       </c>
       <c r="H476" t="s">
         <v>4418</v>
       </c>
       <c r="I476" t="s">
         <v>4419</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
         <v>4420</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65088</v>
+        <v>65089</v>
       </c>
       <c r="B477" t="s">
         <v>4421</v>
       </c>
       <c r="C477" t="s">
         <v>4422</v>
       </c>
       <c r="D477" t="s">
         <v>4423</v>
       </c>
       <c r="E477" t="s">
         <v>4424</v>
       </c>
       <c r="F477" t="s">
         <v>4425</v>
       </c>
       <c r="G477" t="s">
         <v>4426</v>
       </c>
       <c r="H477" t="s">
         <v>4427</v>
       </c>
       <c r="I477" t="s">
         <v>4428</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
         <v>4429</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65089</v>
+        <v>65090</v>
       </c>
       <c r="B478" t="s">
         <v>4430</v>
       </c>
       <c r="C478" t="s">
         <v>4431</v>
       </c>
       <c r="D478" t="s">
         <v>4432</v>
       </c>
       <c r="E478" t="s">
         <v>4433</v>
       </c>
       <c r="F478" t="s">
         <v>4434</v>
       </c>
       <c r="G478" t="s">
         <v>4435</v>
       </c>
       <c r="H478" t="s">
         <v>4436</v>
       </c>
       <c r="I478" t="s">
         <v>4437</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
         <v>25</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
         <v>27</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
         <v>4438</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65090</v>
+        <v>65091</v>
       </c>
       <c r="B479" t="s">
         <v>4439</v>
       </c>
       <c r="C479" t="s">
         <v>4440</v>
       </c>
       <c r="D479" t="s">
         <v>4441</v>
       </c>
       <c r="E479" t="s">
         <v>4442</v>
       </c>
       <c r="F479" t="s">
         <v>4443</v>
       </c>
       <c r="G479" t="s">
         <v>4444</v>
       </c>
       <c r="H479" t="s">
         <v>4445</v>
       </c>
       <c r="I479" t="s">
         <v>4446</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
         <v>4447</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65091</v>
+        <v>65092</v>
       </c>
       <c r="B480" t="s">
         <v>4448</v>
       </c>
       <c r="C480" t="s">
         <v>4449</v>
       </c>
       <c r="D480" t="s">
         <v>4450</v>
       </c>
       <c r="E480" t="s">
         <v>4451</v>
       </c>
       <c r="F480" t="s">
         <v>4452</v>
       </c>
       <c r="G480" t="s">
         <v>4453</v>
       </c>
       <c r="H480" t="s">
         <v>4454</v>
       </c>
       <c r="I480" t="s">
         <v>4455</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
         <v>4456</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65092</v>
+        <v>65093</v>
       </c>
       <c r="B481" t="s">
         <v>4457</v>
       </c>
       <c r="C481" t="s">
         <v>4458</v>
       </c>
       <c r="D481" t="s">
         <v>4459</v>
       </c>
       <c r="E481" t="s">
         <v>4460</v>
       </c>
       <c r="F481" t="s">
         <v>4461</v>
       </c>
       <c r="G481" t="s">
         <v>4462</v>
       </c>
       <c r="H481" t="s">
         <v>4463</v>
       </c>
       <c r="I481" t="s">
         <v>4464</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
         <v>170</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
         <v>171</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
         <v>4465</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65093</v>
+        <v>65094</v>
       </c>
       <c r="B482" t="s">
         <v>4466</v>
       </c>
       <c r="C482" t="s">
         <v>4467</v>
       </c>
       <c r="D482" t="s">
         <v>4468</v>
       </c>
       <c r="E482" t="s">
         <v>4469</v>
       </c>
       <c r="F482" t="s">
         <v>4470</v>
       </c>
       <c r="G482" t="s">
         <v>4471</v>
       </c>
       <c r="H482" t="s">
         <v>4472</v>
       </c>
       <c r="I482" t="s">
         <v>4473</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
-        <v>170</v>
+        <v>4474</v>
       </c>
       <c r="L482" t="s">
         <v>26</v>
       </c>
       <c r="M482" t="s">
-        <v>171</v>
+        <v>4475</v>
       </c>
       <c r="N482" t="s">
         <v>28</v>
       </c>
       <c r="O482" t="s">
-        <v>4474</v>
+        <v>4476</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65094</v>
+        <v>65095</v>
       </c>
       <c r="B483" t="s">
-        <v>4475</v>
+        <v>4477</v>
       </c>
       <c r="C483" t="s">
-        <v>4476</v>
+        <v>4478</v>
       </c>
       <c r="D483" t="s">
-        <v>4477</v>
+        <v>4479</v>
       </c>
       <c r="E483" t="s">
-        <v>4478</v>
+        <v>4480</v>
       </c>
       <c r="F483" t="s">
-        <v>4479</v>
+        <v>4481</v>
       </c>
       <c r="G483" t="s">
-        <v>4480</v>
+        <v>4482</v>
       </c>
       <c r="H483" t="s">
-        <v>4481</v>
+        <v>4483</v>
       </c>
       <c r="I483" t="s">
-        <v>4482</v>
+        <v>4484</v>
       </c>
       <c r="J483" t="s">
         <v>24</v>
       </c>
       <c r="K483" t="s">
-        <v>4483</v>
+        <v>739</v>
       </c>
       <c r="L483" t="s">
         <v>26</v>
       </c>
       <c r="M483" t="s">
-        <v>4484</v>
+        <v>740</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
         <v>4485</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65095</v>
+        <v>65096</v>
       </c>
       <c r="B484" t="s">
         <v>4486</v>
       </c>
       <c r="C484" t="s">
         <v>4487</v>
       </c>
       <c r="D484" t="s">
         <v>4488</v>
       </c>
       <c r="E484" t="s">
         <v>4489</v>
       </c>
       <c r="F484" t="s">
         <v>4490</v>
       </c>
       <c r="G484" t="s">
         <v>4491</v>
       </c>
       <c r="H484" t="s">
         <v>4492</v>
       </c>
       <c r="I484" t="s">
         <v>4493</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>739</v>
+        <v>25</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>740</v>
+        <v>27</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
         <v>4494</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65096</v>
+        <v>65097</v>
       </c>
       <c r="B485" t="s">
         <v>4495</v>
       </c>
       <c r="C485" t="s">
         <v>4496</v>
       </c>
       <c r="D485" t="s">
         <v>4497</v>
       </c>
       <c r="E485" t="s">
         <v>4498</v>
       </c>
       <c r="F485" t="s">
         <v>4499</v>
       </c>
       <c r="G485" t="s">
         <v>4500</v>
       </c>
       <c r="H485" t="s">
         <v>4501</v>
       </c>
       <c r="I485" t="s">
         <v>4502</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
         <v>4503</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65097</v>
+        <v>65098</v>
       </c>
       <c r="B486" t="s">
         <v>4504</v>
       </c>
       <c r="C486" t="s">
         <v>4505</v>
       </c>
       <c r="D486" t="s">
         <v>4506</v>
       </c>
       <c r="E486" t="s">
         <v>4507</v>
       </c>
       <c r="F486" t="s">
         <v>4508</v>
       </c>
       <c r="G486" t="s">
         <v>4509</v>
       </c>
       <c r="H486" t="s">
         <v>4510</v>
       </c>
       <c r="I486" t="s">
         <v>4511</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
         <v>4512</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65098</v>
+        <v>65099</v>
       </c>
       <c r="B487" t="s">
         <v>4513</v>
       </c>
       <c r="C487" t="s">
         <v>4514</v>
       </c>
       <c r="D487" t="s">
         <v>4515</v>
       </c>
       <c r="E487" t="s">
         <v>4516</v>
       </c>
       <c r="F487" t="s">
         <v>4517</v>
       </c>
       <c r="G487" t="s">
         <v>4518</v>
       </c>
       <c r="H487" t="s">
         <v>4519</v>
       </c>
       <c r="I487" t="s">
         <v>4520</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
         <v>4521</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65099</v>
+        <v>65100</v>
       </c>
       <c r="B488" t="s">
         <v>4522</v>
       </c>
       <c r="C488" t="s">
         <v>4523</v>
       </c>
       <c r="D488" t="s">
         <v>4524</v>
       </c>
       <c r="E488" t="s">
         <v>4525</v>
       </c>
       <c r="F488" t="s">
         <v>4526</v>
       </c>
       <c r="G488" t="s">
         <v>4527</v>
       </c>
       <c r="H488" t="s">
         <v>4528</v>
       </c>
       <c r="I488" t="s">
         <v>4529</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>170</v>
+        <v>3905</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>171</v>
+        <v>3906</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
         <v>4530</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65100</v>
+        <v>65101</v>
       </c>
       <c r="B489" t="s">
         <v>4531</v>
       </c>
       <c r="C489" t="s">
         <v>4532</v>
       </c>
       <c r="D489" t="s">
         <v>4533</v>
       </c>
       <c r="E489" t="s">
         <v>4534</v>
       </c>
       <c r="F489" t="s">
         <v>4535</v>
       </c>
       <c r="G489" t="s">
         <v>4536</v>
       </c>
       <c r="H489" t="s">
         <v>4537</v>
       </c>
       <c r="I489" t="s">
         <v>4538</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>3914</v>
+        <v>170</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>3915</v>
+        <v>171</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
         <v>4539</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65101</v>
+        <v>65102</v>
       </c>
       <c r="B490" t="s">
         <v>4540</v>
       </c>
       <c r="C490" t="s">
         <v>4541</v>
       </c>
       <c r="D490" t="s">
         <v>4542</v>
       </c>
       <c r="E490" t="s">
         <v>4543</v>
       </c>
       <c r="F490" t="s">
         <v>4544</v>
       </c>
       <c r="G490" t="s">
         <v>4545</v>
       </c>
       <c r="H490" t="s">
         <v>4546</v>
       </c>
       <c r="I490" t="s">
         <v>4547</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
         <v>4548</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65102</v>
+        <v>65104</v>
       </c>
       <c r="B491" t="s">
         <v>4549</v>
       </c>
       <c r="C491" t="s">
         <v>4550</v>
       </c>
       <c r="D491" t="s">
         <v>4551</v>
       </c>
       <c r="E491" t="s">
         <v>4552</v>
       </c>
       <c r="F491" t="s">
         <v>4553</v>
       </c>
       <c r="G491" t="s">
         <v>4554</v>
       </c>
       <c r="H491" t="s">
         <v>4555</v>
       </c>
       <c r="I491" t="s">
         <v>4556</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>25</v>
+        <v>2389</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>27</v>
+        <v>2390</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
         <v>4557</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65104</v>
+        <v>65105</v>
       </c>
       <c r="B492" t="s">
         <v>4558</v>
       </c>
       <c r="C492" t="s">
         <v>4559</v>
       </c>
       <c r="D492" t="s">
         <v>4560</v>
       </c>
       <c r="E492" t="s">
         <v>4561</v>
       </c>
       <c r="F492" t="s">
         <v>4562</v>
       </c>
       <c r="G492" t="s">
         <v>4563</v>
       </c>
       <c r="H492" t="s">
         <v>4564</v>
       </c>
       <c r="I492" t="s">
         <v>4565</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>2398</v>
+        <v>170</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>2399</v>
+        <v>171</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
         <v>4566</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65105</v>
+        <v>65107</v>
       </c>
       <c r="B493" t="s">
         <v>4567</v>
       </c>
       <c r="C493" t="s">
         <v>4568</v>
       </c>
       <c r="D493" t="s">
         <v>4569</v>
       </c>
       <c r="E493" t="s">
         <v>4570</v>
       </c>
       <c r="F493" t="s">
         <v>4571</v>
       </c>
       <c r="G493" t="s">
         <v>4572</v>
       </c>
       <c r="H493" t="s">
         <v>4573</v>
       </c>
       <c r="I493" t="s">
         <v>4574</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
-        <v>170</v>
+        <v>4575</v>
       </c>
       <c r="L493" t="s">
         <v>26</v>
       </c>
       <c r="M493" t="s">
-        <v>171</v>
+        <v>4576</v>
       </c>
       <c r="N493" t="s">
         <v>28</v>
       </c>
       <c r="O493" t="s">
-        <v>4575</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65107</v>
+        <v>65116</v>
       </c>
       <c r="B494" t="s">
-        <v>4576</v>
+        <v>4578</v>
       </c>
       <c r="C494" t="s">
-        <v>4577</v>
+        <v>4579</v>
       </c>
       <c r="D494" t="s">
-        <v>4578</v>
+        <v>4580</v>
       </c>
       <c r="E494" t="s">
-        <v>4579</v>
+        <v>4581</v>
       </c>
       <c r="F494" t="s">
-        <v>4580</v>
+        <v>4582</v>
       </c>
       <c r="G494" t="s">
-        <v>4581</v>
+        <v>4583</v>
       </c>
       <c r="H494" t="s">
-        <v>4582</v>
+        <v>4584</v>
       </c>
       <c r="I494" t="s">
-        <v>4583</v>
+        <v>4585</v>
       </c>
       <c r="J494" t="s">
         <v>24</v>
       </c>
       <c r="K494" t="s">
-        <v>4584</v>
+        <v>170</v>
       </c>
       <c r="L494" t="s">
         <v>26</v>
       </c>
       <c r="M494" t="s">
-        <v>4585</v>
+        <v>171</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
         <v>4586</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65116</v>
+        <v>65124</v>
       </c>
       <c r="B495" t="s">
         <v>4587</v>
       </c>
       <c r="C495" t="s">
         <v>4588</v>
       </c>
       <c r="D495" t="s">
         <v>4589</v>
       </c>
       <c r="E495" t="s">
         <v>4590</v>
       </c>
       <c r="F495" t="s">
         <v>4591</v>
       </c>
       <c r="G495" t="s">
         <v>4592</v>
       </c>
       <c r="H495" t="s">
         <v>4593</v>
       </c>
       <c r="I495" t="s">
         <v>4594</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
         <v>4595</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65124</v>
+        <v>65255</v>
       </c>
       <c r="B496" t="s">
         <v>4596</v>
       </c>
       <c r="C496" t="s">
         <v>4597</v>
       </c>
       <c r="D496" t="s">
         <v>4598</v>
       </c>
       <c r="E496" t="s">
         <v>4599</v>
       </c>
       <c r="F496" t="s">
         <v>4600</v>
       </c>
       <c r="G496" t="s">
         <v>4601</v>
       </c>
       <c r="H496" t="s">
         <v>4602</v>
       </c>
       <c r="I496" t="s">
         <v>4603</v>
       </c>
       <c r="J496" t="s">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="K496" t="s">
-        <v>25</v>
+        <v>4604</v>
       </c>
       <c r="L496" t="s">
-        <v>26</v>
+        <v>1477</v>
       </c>
       <c r="M496" t="s">
-        <v>27</v>
+        <v>4605</v>
       </c>
       <c r="N496" t="s">
         <v>28</v>
       </c>
       <c r="O496" t="s">
-        <v>4604</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65255</v>
+        <v>65479</v>
       </c>
       <c r="B497" t="s">
-        <v>4605</v>
+        <v>4607</v>
       </c>
       <c r="C497" t="s">
-        <v>4606</v>
+        <v>4608</v>
       </c>
       <c r="D497" t="s">
-        <v>4607</v>
+        <v>4609</v>
       </c>
       <c r="E497" t="s">
-        <v>4608</v>
+        <v>4610</v>
       </c>
       <c r="F497" t="s">
-        <v>4609</v>
+        <v>4611</v>
       </c>
       <c r="G497" t="s">
-        <v>4610</v>
+        <v>4612</v>
       </c>
       <c r="H497" t="s">
-        <v>4611</v>
+        <v>4613</v>
       </c>
       <c r="I497" t="s">
-        <v>4612</v>
+        <v>4614</v>
       </c>
       <c r="J497" t="s">
-        <v>1484</v>
+        <v>24</v>
       </c>
       <c r="K497" t="s">
-        <v>4613</v>
+        <v>25</v>
       </c>
       <c r="L497" t="s">
-        <v>1486</v>
+        <v>26</v>
       </c>
       <c r="M497" t="s">
-        <v>4614</v>
+        <v>27</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
         <v>4615</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65479</v>
+        <v>65566</v>
       </c>
       <c r="B498" t="s">
         <v>4616</v>
       </c>
       <c r="C498" t="s">
         <v>4617</v>
       </c>
       <c r="D498" t="s">
         <v>4618</v>
       </c>
       <c r="E498" t="s">
         <v>4619</v>
       </c>
       <c r="F498" t="s">
         <v>4620</v>
       </c>
       <c r="G498" t="s">
         <v>4621</v>
       </c>
       <c r="H498" t="s">
         <v>4622</v>
       </c>
       <c r="I498" t="s">
         <v>4623</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
         <v>4624</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65566</v>
+        <v>65613</v>
       </c>
       <c r="B499" t="s">
         <v>4625</v>
       </c>
       <c r="C499" t="s">
         <v>4626</v>
       </c>
       <c r="D499" t="s">
         <v>4627</v>
       </c>
       <c r="E499" t="s">
         <v>4628</v>
       </c>
       <c r="F499" t="s">
         <v>4629</v>
       </c>
       <c r="G499" t="s">
         <v>4630</v>
       </c>
       <c r="H499" t="s">
         <v>4631</v>
       </c>
       <c r="I499" t="s">
         <v>4632</v>
       </c>
       <c r="J499" t="s">
-        <v>24</v>
+        <v>4633</v>
       </c>
       <c r="K499" t="s">
-        <v>170</v>
+        <v>1497</v>
       </c>
       <c r="L499" t="s">
-        <v>26</v>
+        <v>4634</v>
       </c>
       <c r="M499" t="s">
-        <v>171</v>
+        <v>1498</v>
       </c>
       <c r="N499" t="s">
         <v>28</v>
       </c>
       <c r="O499" t="s">
-        <v>4633</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65613</v>
+        <v>65869</v>
       </c>
       <c r="B500" t="s">
-        <v>4634</v>
+        <v>4636</v>
       </c>
       <c r="C500" t="s">
-        <v>4635</v>
+        <v>4637</v>
       </c>
       <c r="D500" t="s">
-        <v>4636</v>
+        <v>4638</v>
       </c>
       <c r="E500" t="s">
-        <v>4637</v>
+        <v>4639</v>
       </c>
       <c r="F500" t="s">
-        <v>4638</v>
+        <v>4640</v>
       </c>
       <c r="G500" t="s">
-        <v>4639</v>
+        <v>4641</v>
       </c>
       <c r="H500" t="s">
-        <v>4640</v>
+        <v>4642</v>
       </c>
       <c r="I500" t="s">
-        <v>4641</v>
+        <v>4643</v>
       </c>
       <c r="J500" t="s">
-        <v>4642</v>
+        <v>24</v>
       </c>
       <c r="K500" t="s">
-        <v>1506</v>
+        <v>871</v>
       </c>
       <c r="L500" t="s">
-        <v>4643</v>
+        <v>26</v>
       </c>
       <c r="M500" t="s">
-        <v>1507</v>
+        <v>872</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
         <v>4644</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>65869</v>
+        <v>66392</v>
       </c>
       <c r="B501" t="s">
         <v>4645</v>
       </c>
       <c r="C501" t="s">
         <v>4646</v>
       </c>
       <c r="D501" t="s">
         <v>4647</v>
       </c>
       <c r="E501" t="s">
         <v>4648</v>
       </c>
       <c r="F501" t="s">
         <v>4649</v>
       </c>
       <c r="G501" t="s">
         <v>4650</v>
       </c>
       <c r="H501" t="s">
         <v>4651</v>
       </c>
       <c r="I501" t="s">
         <v>4652</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
-        <v>871</v>
+        <v>25</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
-        <v>872</v>
+        <v>27</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
         <v>4653</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>66392</v>
+        <v>66510</v>
       </c>
       <c r="B502" t="s">
         <v>4654</v>
       </c>
       <c r="C502" t="s">
         <v>4655</v>
       </c>
       <c r="D502" t="s">
         <v>4656</v>
       </c>
       <c r="E502" t="s">
         <v>4657</v>
       </c>
       <c r="F502" t="s">
         <v>4658</v>
       </c>
       <c r="G502" t="s">
         <v>4659</v>
       </c>
       <c r="H502" t="s">
         <v>4660</v>
       </c>
       <c r="I502" t="s">
         <v>4661</v>
       </c>
       <c r="J502" t="s">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="K502" t="s">
-        <v>25</v>
+        <v>4662</v>
       </c>
       <c r="L502" t="s">
-        <v>26</v>
+        <v>1477</v>
       </c>
       <c r="M502" t="s">
-        <v>27</v>
+        <v>4663</v>
       </c>
       <c r="N502" t="s">
         <v>28</v>
       </c>
       <c r="O502" t="s">
-        <v>4662</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>66510</v>
+        <v>66511</v>
       </c>
       <c r="B503" t="s">
-        <v>4663</v>
+        <v>1675</v>
       </c>
       <c r="C503" t="s">
-        <v>4664</v>
+        <v>4665</v>
       </c>
       <c r="D503" t="s">
-        <v>4665</v>
+        <v>4666</v>
       </c>
       <c r="E503" t="s">
-        <v>4666</v>
+        <v>4667</v>
       </c>
       <c r="F503" t="s">
-        <v>4667</v>
+        <v>1679</v>
       </c>
       <c r="G503" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H503" t="s">
         <v>4668</v>
       </c>
-      <c r="H503" t="s">
+      <c r="I503" t="s">
         <v>4669</v>
       </c>
-      <c r="I503" t="s">
+      <c r="J503" t="s">
+        <v>24</v>
+      </c>
+      <c r="K503" t="s">
         <v>4670</v>
       </c>
-      <c r="J503" t="s">
-[...2 lines deleted...]
-      <c r="K503" t="s">
+      <c r="L503" t="s">
+        <v>26</v>
+      </c>
+      <c r="M503" t="s">
         <v>4671</v>
       </c>
-      <c r="L503" t="s">
-[...2 lines deleted...]
-      <c r="M503" t="s">
+      <c r="N503" t="s">
+        <v>28</v>
+      </c>
+      <c r="O503" t="s">
         <v>4672</v>
-      </c>
-[...4 lines deleted...]
-        <v>4673</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>66511</v>
+        <v>66512</v>
       </c>
       <c r="B504" t="s">
-        <v>1684</v>
+        <v>3738</v>
       </c>
       <c r="C504" t="s">
+        <v>4673</v>
+      </c>
+      <c r="D504" t="s">
         <v>4674</v>
       </c>
-      <c r="D504" t="s">
+      <c r="E504" t="s">
         <v>4675</v>
       </c>
-      <c r="E504" t="s">
+      <c r="F504" t="s">
         <v>4676</v>
       </c>
-      <c r="F504" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G504" t="s">
-        <v>1689</v>
+        <v>3743</v>
       </c>
       <c r="H504" t="s">
+        <v>3744</v>
+      </c>
+      <c r="I504" t="s">
+        <v>3745</v>
+      </c>
+      <c r="J504" t="s">
+        <v>24</v>
+      </c>
+      <c r="K504" t="s">
         <v>4677</v>
       </c>
-      <c r="I504" t="s">
+      <c r="L504" t="s">
+        <v>26</v>
+      </c>
+      <c r="M504" t="s">
         <v>4678</v>
       </c>
-      <c r="J504" t="s">
-[...2 lines deleted...]
-      <c r="K504" t="s">
+      <c r="N504" t="s">
+        <v>28</v>
+      </c>
+      <c r="O504" t="s">
         <v>4679</v>
-      </c>
-[...10 lines deleted...]
-        <v>4681</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>66512</v>
+        <v>66513</v>
       </c>
       <c r="B505" t="s">
-        <v>3747</v>
+        <v>4680</v>
       </c>
       <c r="C505" t="s">
+        <v>4681</v>
+      </c>
+      <c r="D505" t="s">
         <v>4682</v>
       </c>
-      <c r="D505" t="s">
+      <c r="E505" t="s">
         <v>4683</v>
       </c>
-      <c r="E505" t="s">
+      <c r="F505" t="s">
         <v>4684</v>
       </c>
-      <c r="F505" t="s">
+      <c r="G505" t="s">
+        <v>4071</v>
+      </c>
+      <c r="H505" t="s">
         <v>4685</v>
       </c>
-      <c r="G505" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I505" t="s">
-        <v>3754</v>
+        <v>4686</v>
       </c>
       <c r="J505" t="s">
         <v>24</v>
       </c>
       <c r="K505" t="s">
-        <v>4686</v>
+        <v>4677</v>
       </c>
       <c r="L505" t="s">
         <v>26</v>
       </c>
       <c r="M505" t="s">
+        <v>4678</v>
+      </c>
+      <c r="N505" t="s">
+        <v>28</v>
+      </c>
+      <c r="O505" t="s">
         <v>4687</v>
-      </c>
-[...4 lines deleted...]
-        <v>4688</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>66513</v>
+        <v>66514</v>
       </c>
       <c r="B506" t="s">
+        <v>4688</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D506" t="s">
         <v>4689</v>
       </c>
-      <c r="C506" t="s">
+      <c r="E506" t="s">
         <v>4690</v>
       </c>
-      <c r="D506" t="s">
+      <c r="F506" t="s">
+        <v>1833</v>
+      </c>
+      <c r="G506" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H506" t="s">
         <v>4691</v>
       </c>
-      <c r="E506" t="s">
+      <c r="I506" t="s">
         <v>4692</v>
       </c>
-      <c r="F506" t="s">
+      <c r="J506" t="s">
+        <v>24</v>
+      </c>
+      <c r="K506" t="s">
+        <v>4677</v>
+      </c>
+      <c r="L506" t="s">
+        <v>26</v>
+      </c>
+      <c r="M506" t="s">
+        <v>4678</v>
+      </c>
+      <c r="N506" t="s">
+        <v>28</v>
+      </c>
+      <c r="O506" t="s">
         <v>4693</v>
-      </c>
-[...25 lines deleted...]
-        <v>4696</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>66514</v>
+        <v>66515</v>
       </c>
       <c r="B507" t="s">
+        <v>4694</v>
+      </c>
+      <c r="C507" t="s">
+        <v>4695</v>
+      </c>
+      <c r="D507" t="s">
+        <v>4696</v>
+      </c>
+      <c r="E507" t="s">
         <v>4697</v>
       </c>
-      <c r="C507" t="s">
-[...2 lines deleted...]
-      <c r="D507" t="s">
+      <c r="F507" t="s">
         <v>4698</v>
       </c>
-      <c r="E507" t="s">
+      <c r="G507" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H507" t="s">
         <v>4699</v>
       </c>
-      <c r="F507" t="s">
-[...5 lines deleted...]
-      <c r="H507" t="s">
+      <c r="I507" t="s">
         <v>4700</v>
       </c>
-      <c r="I507" t="s">
+      <c r="J507" t="s">
+        <v>24</v>
+      </c>
+      <c r="K507" t="s">
+        <v>4677</v>
+      </c>
+      <c r="L507" t="s">
+        <v>26</v>
+      </c>
+      <c r="M507" t="s">
+        <v>4678</v>
+      </c>
+      <c r="N507" t="s">
+        <v>28</v>
+      </c>
+      <c r="O507" t="s">
         <v>4701</v>
-      </c>
-[...16 lines deleted...]
-        <v>4702</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>66515</v>
+        <v>66516</v>
       </c>
       <c r="B508" t="s">
+        <v>1558</v>
+      </c>
+      <c r="C508" t="s">
+        <v>4702</v>
+      </c>
+      <c r="D508" t="s">
         <v>4703</v>
       </c>
-      <c r="C508" t="s">
+      <c r="E508" t="s">
         <v>4704</v>
       </c>
-      <c r="D508" t="s">
+      <c r="F508" t="s">
         <v>4705</v>
       </c>
-      <c r="E508" t="s">
+      <c r="G508" t="s">
         <v>4706</v>
       </c>
-      <c r="F508" t="s">
+      <c r="H508" t="s">
         <v>4707</v>
       </c>
-      <c r="G508" t="s">
-[...2 lines deleted...]
-      <c r="H508" t="s">
+      <c r="I508" t="s">
+        <v>1565</v>
+      </c>
+      <c r="J508" t="s">
+        <v>24</v>
+      </c>
+      <c r="K508" t="s">
+        <v>170</v>
+      </c>
+      <c r="L508" t="s">
+        <v>26</v>
+      </c>
+      <c r="M508" t="s">
+        <v>171</v>
+      </c>
+      <c r="N508" t="s">
+        <v>28</v>
+      </c>
+      <c r="O508" t="s">
         <v>4708</v>
-      </c>
-[...19 lines deleted...]
-        <v>4710</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>66516</v>
+        <v>66517</v>
       </c>
       <c r="B509" t="s">
-        <v>1567</v>
+        <v>4709</v>
       </c>
       <c r="C509" t="s">
+        <v>4710</v>
+      </c>
+      <c r="D509" t="s">
         <v>4711</v>
       </c>
-      <c r="D509" t="s">
+      <c r="E509" t="s">
         <v>4712</v>
       </c>
-      <c r="E509" t="s">
+      <c r="F509" t="s">
         <v>4713</v>
       </c>
-      <c r="F509" t="s">
+      <c r="G509" t="s">
         <v>4714</v>
       </c>
-      <c r="G509" t="s">
+      <c r="H509" t="s">
         <v>4715</v>
       </c>
-      <c r="H509" t="s">
+      <c r="I509" t="s">
         <v>4716</v>
       </c>
-      <c r="I509" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>170</v>
+        <v>4677</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>171</v>
+        <v>4678</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
         <v>4717</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>66517</v>
+        <v>66518</v>
       </c>
       <c r="B510" t="s">
         <v>4718</v>
       </c>
       <c r="C510" t="s">
         <v>4719</v>
       </c>
       <c r="D510" t="s">
         <v>4720</v>
       </c>
       <c r="E510" t="s">
         <v>4721</v>
       </c>
       <c r="F510" t="s">
         <v>4722</v>
       </c>
       <c r="G510" t="s">
+        <v>1590</v>
+      </c>
+      <c r="H510" t="s">
         <v>4723</v>
       </c>
-      <c r="H510" t="s">
+      <c r="I510" t="s">
         <v>4724</v>
       </c>
-      <c r="I510" t="s">
+      <c r="J510" t="s">
+        <v>24</v>
+      </c>
+      <c r="K510" t="s">
+        <v>170</v>
+      </c>
+      <c r="L510" t="s">
+        <v>26</v>
+      </c>
+      <c r="M510" t="s">
+        <v>171</v>
+      </c>
+      <c r="N510" t="s">
+        <v>28</v>
+      </c>
+      <c r="O510" t="s">
         <v>4725</v>
-      </c>
-[...16 lines deleted...]
-        <v>4726</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>66518</v>
+        <v>66519</v>
       </c>
       <c r="B511" t="s">
+        <v>4726</v>
+      </c>
+      <c r="C511" t="s">
         <v>4727</v>
       </c>
-      <c r="C511" t="s">
+      <c r="D511" t="s">
         <v>4728</v>
       </c>
-      <c r="D511" t="s">
+      <c r="E511" t="s">
         <v>4729</v>
       </c>
-      <c r="E511" t="s">
+      <c r="F511" t="s">
         <v>4730</v>
       </c>
-      <c r="F511" t="s">
+      <c r="G511" t="s">
         <v>4731</v>
       </c>
-      <c r="G511" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H511" t="s">
+        <v>1699</v>
+      </c>
+      <c r="I511" t="s">
+        <v>1700</v>
+      </c>
+      <c r="J511" t="s">
+        <v>24</v>
+      </c>
+      <c r="K511" t="s">
         <v>4732</v>
       </c>
-      <c r="I511" t="s">
+      <c r="L511" t="s">
+        <v>26</v>
+      </c>
+      <c r="M511" t="s">
         <v>4733</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
         <v>4734</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>66519</v>
+        <v>66520</v>
       </c>
       <c r="B512" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C512" t="s">
         <v>4735</v>
       </c>
-      <c r="C512" t="s">
+      <c r="D512" t="s">
         <v>4736</v>
       </c>
-      <c r="D512" t="s">
+      <c r="E512" t="s">
         <v>4737</v>
       </c>
-      <c r="E512" t="s">
+      <c r="F512" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G512" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I512" t="s">
+        <v>1787</v>
+      </c>
+      <c r="J512" t="s">
+        <v>24</v>
+      </c>
+      <c r="K512" t="s">
+        <v>25</v>
+      </c>
+      <c r="L512" t="s">
+        <v>26</v>
+      </c>
+      <c r="M512" t="s">
+        <v>27</v>
+      </c>
+      <c r="N512" t="s">
+        <v>28</v>
+      </c>
+      <c r="O512" t="s">
         <v>4738</v>
-      </c>
-[...28 lines deleted...]
-        <v>4743</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>66520</v>
+        <v>66521</v>
       </c>
       <c r="B513" t="s">
-        <v>1789</v>
+        <v>1603</v>
       </c>
       <c r="C513" t="s">
+        <v>4739</v>
+      </c>
+      <c r="D513" t="s">
+        <v>4740</v>
+      </c>
+      <c r="E513" t="s">
+        <v>4741</v>
+      </c>
+      <c r="F513" t="s">
+        <v>4742</v>
+      </c>
+      <c r="G513" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H513" t="s">
+        <v>4743</v>
+      </c>
+      <c r="I513" t="s">
+        <v>1610</v>
+      </c>
+      <c r="J513" t="s">
+        <v>24</v>
+      </c>
+      <c r="K513" t="s">
+        <v>170</v>
+      </c>
+      <c r="L513" t="s">
+        <v>26</v>
+      </c>
+      <c r="M513" t="s">
+        <v>171</v>
+      </c>
+      <c r="N513" t="s">
+        <v>28</v>
+      </c>
+      <c r="O513" t="s">
         <v>4744</v>
-      </c>
-[...34 lines deleted...]
-        <v>4747</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>66521</v>
+        <v>66522</v>
       </c>
       <c r="B514" t="s">
-        <v>1612</v>
+        <v>4745</v>
       </c>
       <c r="C514" t="s">
+        <v>4746</v>
+      </c>
+      <c r="D514" t="s">
+        <v>4747</v>
+      </c>
+      <c r="E514" t="s">
         <v>4748</v>
       </c>
-      <c r="D514" t="s">
+      <c r="F514" t="s">
         <v>4749</v>
       </c>
-      <c r="E514" t="s">
+      <c r="G514" t="s">
         <v>4750</v>
       </c>
-      <c r="F514" t="s">
+      <c r="H514" t="s">
         <v>4751</v>
       </c>
-      <c r="G514" t="s">
-[...2 lines deleted...]
-      <c r="H514" t="s">
+      <c r="I514" t="s">
         <v>4752</v>
       </c>
-      <c r="I514" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
-        <v>170</v>
+        <v>4604</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
-        <v>171</v>
+        <v>4605</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
         <v>4753</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>66522</v>
+        <v>66523</v>
       </c>
       <c r="B515" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C515" t="s">
         <v>4754</v>
       </c>
-      <c r="C515" t="s">
+      <c r="D515" t="s">
         <v>4755</v>
       </c>
-      <c r="D515" t="s">
+      <c r="E515" t="s">
         <v>4756</v>
       </c>
-      <c r="E515" t="s">
+      <c r="F515" t="s">
+        <v>1670</v>
+      </c>
+      <c r="G515" t="s">
+        <v>1671</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1672</v>
+      </c>
+      <c r="I515" t="s">
+        <v>1673</v>
+      </c>
+      <c r="J515" t="s">
+        <v>24</v>
+      </c>
+      <c r="K515" t="s">
+        <v>47</v>
+      </c>
+      <c r="L515" t="s">
+        <v>26</v>
+      </c>
+      <c r="M515" t="s">
+        <v>48</v>
+      </c>
+      <c r="N515" t="s">
+        <v>28</v>
+      </c>
+      <c r="O515" t="s">
         <v>4757</v>
-      </c>
-[...28 lines deleted...]
-        <v>4762</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>66523</v>
+        <v>66524</v>
       </c>
       <c r="B516" t="s">
-        <v>1675</v>
+        <v>3908</v>
       </c>
       <c r="C516" t="s">
-        <v>4763</v>
+        <v>4758</v>
       </c>
       <c r="D516" t="s">
-        <v>4764</v>
+        <v>4759</v>
       </c>
       <c r="E516" t="s">
-        <v>4765</v>
+        <v>4760</v>
       </c>
       <c r="F516" t="s">
-        <v>1679</v>
+        <v>4761</v>
       </c>
       <c r="G516" t="s">
-        <v>1680</v>
+        <v>3913</v>
       </c>
       <c r="H516" t="s">
-        <v>1681</v>
+        <v>3914</v>
       </c>
       <c r="I516" t="s">
-        <v>1682</v>
+        <v>3915</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4766</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>66524</v>
+        <v>66525</v>
       </c>
       <c r="B517" t="s">
-        <v>3917</v>
+        <v>4763</v>
       </c>
       <c r="C517" t="s">
-        <v>4767</v>
+        <v>4764</v>
       </c>
       <c r="D517" t="s">
-        <v>4768</v>
+        <v>4765</v>
       </c>
       <c r="E517" t="s">
-        <v>4769</v>
+        <v>4766</v>
       </c>
       <c r="F517" t="s">
-        <v>4770</v>
+        <v>3769</v>
       </c>
       <c r="G517" t="s">
-        <v>3922</v>
+        <v>3770</v>
       </c>
       <c r="H517" t="s">
-        <v>3923</v>
+        <v>3771</v>
       </c>
       <c r="I517" t="s">
-        <v>3924</v>
+        <v>3772</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
         <v>170</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
         <v>171</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4771</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>66525</v>
+        <v>66526</v>
       </c>
       <c r="B518" t="s">
+        <v>4768</v>
+      </c>
+      <c r="C518" t="s">
+        <v>4769</v>
+      </c>
+      <c r="D518" t="s">
+        <v>4770</v>
+      </c>
+      <c r="E518" t="s">
+        <v>4771</v>
+      </c>
+      <c r="F518" t="s">
         <v>4772</v>
-      </c>
-[...10 lines deleted...]
-        <v>3778</v>
       </c>
       <c r="G518" t="s">
         <v>3779</v>
       </c>
       <c r="H518" t="s">
         <v>3780</v>
       </c>
       <c r="I518" t="s">
         <v>3781</v>
       </c>
       <c r="J518" t="s">
         <v>24</v>
       </c>
       <c r="K518" t="s">
         <v>170</v>
       </c>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518" t="s">
         <v>171</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4776</v>
+        <v>4773</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>66526</v>
+        <v>66527</v>
       </c>
       <c r="B519" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C519" t="s">
+        <v>4774</v>
+      </c>
+      <c r="D519" t="s">
+        <v>4775</v>
+      </c>
+      <c r="E519" t="s">
+        <v>4776</v>
+      </c>
+      <c r="F519" t="s">
         <v>4777</v>
       </c>
-      <c r="C519" t="s">
+      <c r="G519" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1719</v>
+      </c>
+      <c r="I519" t="s">
+        <v>1720</v>
+      </c>
+      <c r="J519" t="s">
+        <v>24</v>
+      </c>
+      <c r="K519" t="s">
+        <v>4677</v>
+      </c>
+      <c r="L519" t="s">
+        <v>26</v>
+      </c>
+      <c r="M519" t="s">
+        <v>4678</v>
+      </c>
+      <c r="N519" t="s">
+        <v>28</v>
+      </c>
+      <c r="O519" t="s">
         <v>4778</v>
-      </c>
-[...34 lines deleted...]
-        <v>4782</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>66527</v>
+        <v>66529</v>
       </c>
       <c r="B520" t="s">
-        <v>1722</v>
+        <v>4779</v>
       </c>
       <c r="C520" t="s">
+        <v>4780</v>
+      </c>
+      <c r="D520" t="s">
+        <v>4781</v>
+      </c>
+      <c r="E520" t="s">
+        <v>4782</v>
+      </c>
+      <c r="F520" t="s">
         <v>4783</v>
       </c>
-      <c r="D520" t="s">
+      <c r="G520" t="s">
+        <v>4208</v>
+      </c>
+      <c r="H520" t="s">
+        <v>4209</v>
+      </c>
+      <c r="I520" t="s">
+        <v>4210</v>
+      </c>
+      <c r="J520" t="s">
+        <v>24</v>
+      </c>
+      <c r="K520" t="s">
+        <v>2167</v>
+      </c>
+      <c r="L520" t="s">
+        <v>26</v>
+      </c>
+      <c r="M520" t="s">
+        <v>2168</v>
+      </c>
+      <c r="N520" t="s">
+        <v>28</v>
+      </c>
+      <c r="O520" t="s">
         <v>4784</v>
-      </c>
-[...31 lines deleted...]
-        <v>4787</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>66529</v>
+        <v>66530</v>
       </c>
       <c r="B521" t="s">
+        <v>4785</v>
+      </c>
+      <c r="C521" t="s">
+        <v>4786</v>
+      </c>
+      <c r="D521" t="s">
+        <v>4787</v>
+      </c>
+      <c r="E521" t="s">
         <v>4788</v>
       </c>
-      <c r="C521" t="s">
+      <c r="F521" t="s">
         <v>4789</v>
       </c>
-      <c r="D521" t="s">
+      <c r="G521" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1526</v>
+      </c>
+      <c r="I521" t="s">
+        <v>1527</v>
+      </c>
+      <c r="J521" t="s">
+        <v>24</v>
+      </c>
+      <c r="K521" t="s">
+        <v>871</v>
+      </c>
+      <c r="L521" t="s">
+        <v>26</v>
+      </c>
+      <c r="M521" t="s">
+        <v>872</v>
+      </c>
+      <c r="N521" t="s">
+        <v>28</v>
+      </c>
+      <c r="O521" t="s">
         <v>4790</v>
-      </c>
-[...31 lines deleted...]
-        <v>4793</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>66530</v>
+        <v>66531</v>
       </c>
       <c r="B522" t="s">
+        <v>4791</v>
+      </c>
+      <c r="C522" t="s">
+        <v>4792</v>
+      </c>
+      <c r="D522" t="s">
+        <v>4793</v>
+      </c>
+      <c r="E522" t="s">
         <v>4794</v>
       </c>
-      <c r="C522" t="s">
+      <c r="F522" t="s">
         <v>4795</v>
       </c>
-      <c r="D522" t="s">
+      <c r="G522" t="s">
         <v>4796</v>
       </c>
-      <c r="E522" t="s">
+      <c r="H522" t="s">
         <v>4797</v>
       </c>
-      <c r="F522" t="s">
+      <c r="I522" t="s">
         <v>4798</v>
       </c>
-      <c r="G522" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J522" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K522" t="s">
-        <v>871</v>
+        <v>4799</v>
       </c>
       <c r="L522" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M522" t="s">
-        <v>872</v>
+        <v>4800</v>
       </c>
       <c r="N522" t="s">
         <v>28</v>
       </c>
       <c r="O522" t="s">
-        <v>4799</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>66531</v>
+        <v>66532</v>
       </c>
       <c r="B523" t="s">
-        <v>4800</v>
+        <v>4802</v>
       </c>
       <c r="C523" t="s">
-        <v>4801</v>
+        <v>4803</v>
       </c>
       <c r="D523" t="s">
-        <v>4802</v>
+        <v>4804</v>
       </c>
       <c r="E523" t="s">
-        <v>4803</v>
+        <v>1801</v>
       </c>
       <c r="F523" t="s">
-        <v>4804</v>
+        <v>1802</v>
       </c>
       <c r="G523" t="s">
-        <v>4805</v>
+        <v>1803</v>
       </c>
       <c r="H523" t="s">
-        <v>4806</v>
+        <v>1804</v>
       </c>
       <c r="I523" t="s">
-        <v>4807</v>
+        <v>1805</v>
       </c>
       <c r="J523" t="s">
         <v>441</v>
       </c>
       <c r="K523" t="s">
-        <v>4808</v>
+        <v>4805</v>
       </c>
       <c r="L523" t="s">
         <v>443</v>
       </c>
       <c r="M523" t="s">
-        <v>4809</v>
+        <v>4806</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
-        <v>4810</v>
+        <v>4807</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>66532</v>
+        <v>66533</v>
       </c>
       <c r="B524" t="s">
+        <v>4808</v>
+      </c>
+      <c r="C524" t="s">
+        <v>4809</v>
+      </c>
+      <c r="D524" t="s">
+        <v>4810</v>
+      </c>
+      <c r="E524" t="s">
         <v>4811</v>
       </c>
-      <c r="C524" t="s">
+      <c r="F524" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G524" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1618</v>
+      </c>
+      <c r="I524" t="s">
         <v>4812</v>
       </c>
-      <c r="D524" t="s">
+      <c r="J524" t="s">
+        <v>24</v>
+      </c>
+      <c r="K524" t="s">
         <v>4813</v>
       </c>
-      <c r="E524" t="s">
-[...17 lines deleted...]
-      <c r="K524" t="s">
+      <c r="L524" t="s">
+        <v>26</v>
+      </c>
+      <c r="M524" t="s">
         <v>4814</v>
       </c>
-      <c r="L524" t="s">
-[...2 lines deleted...]
-      <c r="M524" t="s">
+      <c r="N524" t="s">
+        <v>28</v>
+      </c>
+      <c r="O524" t="s">
         <v>4815</v>
-      </c>
-[...4 lines deleted...]
-        <v>4816</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>66533</v>
+        <v>66534</v>
       </c>
       <c r="B525" t="s">
+        <v>4816</v>
+      </c>
+      <c r="C525" t="s">
         <v>4817</v>
       </c>
-      <c r="C525" t="s">
+      <c r="D525" t="s">
         <v>4818</v>
       </c>
-      <c r="D525" t="s">
+      <c r="E525" t="s">
         <v>4819</v>
       </c>
-      <c r="E525" t="s">
+      <c r="F525" t="s">
         <v>4820</v>
       </c>
-      <c r="F525" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G525" t="s">
-        <v>1626</v>
+        <v>4821</v>
       </c>
       <c r="H525" t="s">
-        <v>1627</v>
+        <v>3080</v>
       </c>
       <c r="I525" t="s">
-        <v>4821</v>
+        <v>3081</v>
       </c>
       <c r="J525" t="s">
         <v>24</v>
       </c>
       <c r="K525" t="s">
+        <v>47</v>
+      </c>
+      <c r="L525" t="s">
+        <v>26</v>
+      </c>
+      <c r="M525" t="s">
+        <v>48</v>
+      </c>
+      <c r="N525" t="s">
+        <v>28</v>
+      </c>
+      <c r="O525" t="s">
         <v>4822</v>
-      </c>
-[...10 lines deleted...]
-        <v>4824</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>66534</v>
+        <v>66535</v>
       </c>
       <c r="B526" t="s">
+        <v>4823</v>
+      </c>
+      <c r="C526" t="s">
+        <v>4824</v>
+      </c>
+      <c r="D526" t="s">
         <v>4825</v>
       </c>
-      <c r="C526" t="s">
+      <c r="E526" t="s">
         <v>4826</v>
       </c>
-      <c r="D526" t="s">
+      <c r="F526" t="s">
         <v>4827</v>
       </c>
-      <c r="E526" t="s">
+      <c r="G526" t="s">
         <v>4828</v>
       </c>
-      <c r="F526" t="s">
+      <c r="H526" t="s">
         <v>4829</v>
       </c>
-      <c r="G526" t="s">
+      <c r="I526" t="s">
         <v>4830</v>
       </c>
-      <c r="H526" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J526" t="s">
-        <v>24</v>
+        <v>4831</v>
       </c>
       <c r="K526" t="s">
-        <v>47</v>
+        <v>4832</v>
       </c>
       <c r="L526" t="s">
-        <v>26</v>
+        <v>4833</v>
       </c>
       <c r="M526" t="s">
-        <v>48</v>
+        <v>4834</v>
       </c>
       <c r="N526" t="s">
         <v>28</v>
       </c>
       <c r="O526" t="s">
-        <v>4831</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>66535</v>
+        <v>66536</v>
       </c>
       <c r="B527" t="s">
-        <v>4832</v>
+        <v>4836</v>
       </c>
       <c r="C527" t="s">
-        <v>4833</v>
+        <v>4837</v>
       </c>
       <c r="D527" t="s">
-        <v>4834</v>
+        <v>4838</v>
       </c>
       <c r="E527" t="s">
-        <v>4835</v>
+        <v>4839</v>
       </c>
       <c r="F527" t="s">
-        <v>4836</v>
+        <v>4840</v>
       </c>
       <c r="G527" t="s">
-        <v>4837</v>
+        <v>4841</v>
       </c>
       <c r="H527" t="s">
-        <v>4838</v>
+        <v>4842</v>
       </c>
       <c r="I527" t="s">
-        <v>4839</v>
+        <v>4843</v>
       </c>
       <c r="J527" t="s">
-        <v>4840</v>
+        <v>24</v>
       </c>
       <c r="K527" t="s">
-        <v>4841</v>
+        <v>4677</v>
       </c>
       <c r="L527" t="s">
-        <v>4842</v>
+        <v>26</v>
       </c>
       <c r="M527" t="s">
-        <v>4843</v>
+        <v>4678</v>
       </c>
       <c r="N527" t="s">
         <v>28</v>
       </c>
       <c r="O527" t="s">
         <v>4844</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>66536</v>
+        <v>66537</v>
       </c>
       <c r="B528" t="s">
         <v>4845</v>
       </c>
       <c r="C528" t="s">
         <v>4846</v>
       </c>
       <c r="D528" t="s">
         <v>4847</v>
       </c>
       <c r="E528" t="s">
         <v>4848</v>
       </c>
       <c r="F528" t="s">
         <v>4849</v>
       </c>
       <c r="G528" t="s">
+        <v>4592</v>
+      </c>
+      <c r="H528" t="s">
+        <v>4593</v>
+      </c>
+      <c r="I528" t="s">
+        <v>4594</v>
+      </c>
+      <c r="J528" t="s">
+        <v>24</v>
+      </c>
+      <c r="K528" t="s">
+        <v>4677</v>
+      </c>
+      <c r="L528" t="s">
+        <v>26</v>
+      </c>
+      <c r="M528" t="s">
+        <v>4678</v>
+      </c>
+      <c r="N528" t="s">
+        <v>28</v>
+      </c>
+      <c r="O528" t="s">
         <v>4850</v>
-      </c>
-[...22 lines deleted...]
-        <v>4853</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>66537</v>
+        <v>66538</v>
       </c>
       <c r="B529" t="s">
+        <v>4851</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D529" t="s">
+        <v>4852</v>
+      </c>
+      <c r="E529" t="s">
+        <v>4853</v>
+      </c>
+      <c r="F529" t="s">
         <v>4854</v>
       </c>
-      <c r="C529" t="s">
+      <c r="G529" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1795</v>
+      </c>
+      <c r="I529" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J529" t="s">
+        <v>24</v>
+      </c>
+      <c r="K529" t="s">
         <v>4855</v>
       </c>
-      <c r="D529" t="s">
+      <c r="L529" t="s">
+        <v>26</v>
+      </c>
+      <c r="M529" t="s">
         <v>4856</v>
       </c>
-      <c r="E529" t="s">
+      <c r="N529" t="s">
+        <v>28</v>
+      </c>
+      <c r="O529" t="s">
         <v>4857</v>
-      </c>
-[...28 lines deleted...]
-        <v>4859</v>
       </c>
     </row>
     <row r="530" spans="1:15">
       <c r="A530">
-        <v>66538</v>
+        <v>66540</v>
       </c>
       <c r="B530" t="s">
+        <v>4858</v>
+      </c>
+      <c r="C530" t="s">
+        <v>4859</v>
+      </c>
+      <c r="D530" t="s">
         <v>4860</v>
       </c>
-      <c r="C530" t="s">
-[...2 lines deleted...]
-      <c r="D530" t="s">
+      <c r="E530" t="s">
         <v>4861</v>
       </c>
-      <c r="E530" t="s">
+      <c r="F530" t="s">
         <v>4862</v>
       </c>
-      <c r="F530" t="s">
+      <c r="G530" t="s">
         <v>4863</v>
       </c>
-      <c r="G530" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H530" t="s">
-        <v>1804</v>
+        <v>4864</v>
       </c>
       <c r="I530" t="s">
-        <v>1805</v>
+        <v>1556</v>
       </c>
       <c r="J530" t="s">
         <v>24</v>
       </c>
       <c r="K530" t="s">
-        <v>4864</v>
+        <v>4865</v>
       </c>
       <c r="L530" t="s">
         <v>26</v>
       </c>
       <c r="M530" t="s">
-        <v>4865</v>
+        <v>4866</v>
       </c>
       <c r="N530" t="s">
         <v>28</v>
       </c>
       <c r="O530" t="s">
-        <v>4866</v>
+        <v>4867</v>
       </c>
     </row>
     <row r="531" spans="1:15">
       <c r="A531">
-        <v>66540</v>
+        <v>66541</v>
       </c>
       <c r="B531" t="s">
-        <v>4867</v>
+        <v>1771</v>
       </c>
       <c r="C531" t="s">
         <v>4868</v>
       </c>
       <c r="D531" t="s">
         <v>4869</v>
       </c>
       <c r="E531" t="s">
         <v>4870</v>
       </c>
       <c r="F531" t="s">
         <v>4871</v>
       </c>
       <c r="G531" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1777</v>
+      </c>
+      <c r="I531" t="s">
+        <v>1778</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
         <v>4872</v>
       </c>
-      <c r="H531" t="s">
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
         <v>4873</v>
       </c>
-      <c r="I531" t="s">
-[...5 lines deleted...]
-      <c r="K531" t="s">
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
         <v>4874</v>
-      </c>
-[...57 lines deleted...]
-        <v>4883</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">