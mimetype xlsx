--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -12,58 +12,58 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4875">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4884">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Deutsch
 # Source: https://hadeethenc.com/de
-# Last update: 2026-03-05 04:42:31 (v1.44.0)
-# Check for updates: https://hadeethenc.com/en/check/de/v1.44.0
+# Last update: 2026-03-17 08:09:27 (v1.45.0)
+# Check for updates: https://hadeethenc.com/en/check/de/v1.45.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
@@ -12867,50 +12867,91 @@
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - erklärt, dass wer mit seiner Zunge „La ilaha illa Allah“ bezeugt und sagt - das heißt, es gibt keinen, der zu Recht angebetet wird, außer Allah - und der das, was außer Allah angebetet wird, verleugnet und sich von allen Religionen außer dem Islam lossagt, dessen Besitz und Leben ist für die Muslime verboten und man urteilt nach dem Äußeren seiner Taten. Man darf seinen Besitz nicht wegnehmen oder sein Blut vergießen, es sei denn, er begeht eine Straftat oder ein Verbrechen, das gemäß den islamischen Gesetzen bestraft werden muss.
 Und Allah wird seine Abrechnung am Tag der Auferstehung übernehmen. Wenn er ehrlich ist, wird Er ihn belohnen und wenn er ein Heuchler ist, wird Er ihn bestrafen.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Das Aussprechen von „La ilaha illa Allah“ und das Verleugnen von allem, was außer Allah angebetet wird, ist eine Bedingung für den Eintritt in den Islam.
 Die Bedeutung von „La ilaha illa Allah“ besteht darin, dass man alle Götzen, Gräber u. ä., die außer Allah angebetet werden, verleugnet und Ihm - gepriesen sei Er - allein die Anbetung widmet.
 Wer den Tauhid befolgt und sich sichtbar an seine Vorschriften hält, muss in Ruhe gelassen werden, bis eindeutig wird, dass er gegen diese Vorschriften verstößt.
 Die Unantastbarkeit des Vermögens, Lebens und der Ehre eines Muslims, es sei denn im Falle eines rechtmäßigen Anlasses.
 Das Urteil im Diesseits erfolgt nach dem Äußeren, während im Jenseits die Absichten und Ziele beurteilt werden.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/de/browse/hadith/6765</t>
+  </si>
+  <si>
+    <t>نضر الله امرأ سمع منا شيئا فبلغه كما سمع، فرب مبلغ أوعى من سامع</t>
+  </si>
+  <si>
+    <t>Möge Allah einem Mann Schönheit verleihen, der etwas von uns hört und es so weitergibt, wie er es gehört hat. Denn manchmal ist derjenige, der etwas weitergibt, verständnisvoller als derjenige, der es hört</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «نَضَّرَ اللَّهُ امْرَأً سَمِعَ مِنَّا شَيْئًا فَبَلَّغَهُ كَمَا سَمِعَ، فَرُبَّ مُبَلِّغٍ أَوْعَى مِنْ سَامِعٍ».</t>
+  </si>
+  <si>
+    <t>Von 'Abdullah Ibn Mas'ud - möge Allah mit ihm zufrieden sein - wird überliefert, dass er sagte: „Ich hörte den Propheten - Allahs Segen und Frieden auf ihm - sagen: "Möge Allah einem Mann Schönheit verleihen, der etwas von uns hört und es so weitergibt, wie er es gehört hat. Denn manchmal ist derjenige, der etwas weitergibt, verständnisvoller als derjenige, der es hört."</t>
+  </si>
+  <si>
+    <t>دَعَا النبيُّ صلى الله عليه وسلم بالنَّضَارة والبَهْجَة والحُسْن في الدنيا، وأنْ يُوصله الله إلى نَضْرَة الجنة ونعيمها ونَضَارتها في الآخرة؛ لمن سمع حديثه فحَفِظَه حتى يُبلِّغَه لغيره، فربما يكون المنقول له الحديث أَوعى وأفقه وأقدر على الاستنباط من ناقِل الحديث، فيكون الأول يُتْقِنُ الحفظ والنقل، ويكون الثاني يتقن الفهم والاستنباط.</t>
+  </si>
+  <si>
+    <t>Der Prophet ﷺ betete für Schönheit und Glanz im Diesseits und dafür, dass Allah ihn zur Schönheit des Paradieses, seiner Glückseligkeit und seinem Glanz im Jenseits führen möge. Dies galt für denjenigen, der seinen Hadith hörte, ihn auswendig lernte und ihn an andere weitergab. Denn manchmal ist derjenige, dem der Hadith übermittelt wird, verständnisvoller und fähiger, Schlussfolgerungen zu ziehen, als derjenige, der den Hadith übermittelt. Der erste mag das Auswendiglernen und die Übermittlung beherrschen, während der zweite das Verstehen und die Schlussfolgerung beherrscht.</t>
+  </si>
+  <si>
+    <t>الحث على حفظ السنة النبوية، وتبليغها للناس.
+بيان فضل أهل الحديث، وشَرَف طلبه.
+فضل العلماء، الذين هم أهل الاستنباط والفهم.
+فضل الصحابة رضوان الله عليهم، فهم من سمعوا حديث رسول الله صلى الله عليه وسلم وبَلَّغوه لنا.
+قال المناوي: بَيَّنَ به أنَّ راوي الحديث ليس الفقه مِن شَرْطِه، إنما شَرْطُه الحفظ، وعلى الفقيه التَّفَهُّم والتدبُّر.
+قال ابن عيينة: ما من أحد يطلب الحديث إلا وفي وجهه نَضْرة لهذا الحديث.
+الحِفْظ عند المُحدِّثين على نوعين: حِفْظ قَلْب وصَدْر، وحِفظ كتاب وسَطْر، وكلاهما يشمله الدعاء في الحديث.
+فهوم الناس مُتَفَاوِتَة، فرُبّ مبلغ أوعى من سامع، ورب حامل فقه ليس بفقيه.</t>
+  </si>
+  <si>
+    <t>Die Ermutigung, die Sunnah des Propheten auswendig zu lernen und sie den Menschen zu übermitteln.
+Erklärung der Vorzüge der Hadith-Gelehrten und der Ehre, nach Wissen zu streben.
+Die Vorzüge der Gelehrten, die fähig sind, Schlussfolgerungen zu ziehen und zu verstehen.
+Die Vorzüge der Gefährten, Allahs Wohlgefallen auf ihnen, denn sie sind diejenigen, die die Hadithe des Gesandten Allahs ﷺ gehört und sie uns übermittelt haben.
+Al-Manawi sagte: "Er erklärte damit, dass Rechtsverständnis keine Bedingung für den Überlieferer eines Hadith ist, sondern die Bedingung ist das Auswendiglernen. Und der Rechtsgelehrte ist dafür zuständig, zu verstehen und nachzudenken."
+Ibn 'Uyaina sagte: "Es gibt niemanden, der nach dem Hadith strebt, ohne dass sein Gesicht aufgrund dieses Hadith strahlt."
+Das Auswendiglernen bei den Hadith-Gelehrten ist von zweierlei Art: Das Auswendiglernen im Herzen und in der Brust, und das Auswendiglernen im Buch und in der Schrift. Das Gebet im Hadith umfasst beides.
+Das Verständnis der Menschen ist unterschiedlich. Manchmal ist derjenige, der etwas weitergibt, verständnisvoller als derjenige, der es hört. Und manchmal trägt jemand Wissen, ist aber kein Gelehrter.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/de/browse/hadith/6820</t>
   </si>
   <si>
     <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>‚Wer über mich etwas berichtet, von dem angenommen wird, dass es eine Lüge ist, so gehört er zu den Lügnern.‘“</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Von Samurah Ibn Jundub und Al-Mughirah Ibn Schu'bah - möge Allah mit ihnen beiden zufrieden sein - wird überliefert, dass sie beide sagten: „Der Gesandte Allahs - Allahs Segen und Frieden auf ihm - sagte: ‚Wer über mich etwas berichtet, von dem angenommen wird, dass es eine Lüge ist, so gehört er zu den Lügnern.‘“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Der Prophet - Allahs Segen und Frieden auf ihm - teilt mit, dass derjenige, der einen Hadith von ihm überliefert, während er weiß oder vermutet oder stark davon ausgeht, dass es eine Lüge über ihn - Allahs Segen und Frieden auf ihm - ist, an der Lüge desjenigen teilhat, der sie erfunden hat.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
@@ -19828,51 +19869,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O531"/>
+  <dimension ref="A1:O532"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -35870,8929 +35911,8976 @@
       </c>
       <c r="I342" t="s">
         <v>3182</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
         <v>170</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
         <v>171</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
         <v>3183</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>6982</v>
+        <v>6820</v>
       </c>
       <c r="B343" t="s">
         <v>3184</v>
       </c>
       <c r="C343" t="s">
         <v>3185</v>
       </c>
       <c r="D343" t="s">
         <v>3186</v>
       </c>
       <c r="E343" t="s">
         <v>3187</v>
       </c>
       <c r="F343" t="s">
         <v>3188</v>
       </c>
       <c r="G343" t="s">
         <v>3189</v>
       </c>
       <c r="H343" t="s">
         <v>3190</v>
       </c>
       <c r="I343" t="s">
         <v>3191</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
+        <v>1208</v>
+      </c>
+      <c r="L343" t="s">
+        <v>26</v>
+      </c>
+      <c r="M343" t="s">
+        <v>1209</v>
+      </c>
+      <c r="N343" t="s">
+        <v>28</v>
+      </c>
+      <c r="O343" t="s">
         <v>3192</v>
-      </c>
-[...10 lines deleted...]
-        <v>3194</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>8265</v>
+        <v>6982</v>
       </c>
       <c r="B344" t="s">
+        <v>3193</v>
+      </c>
+      <c r="C344" t="s">
+        <v>3194</v>
+      </c>
+      <c r="D344" t="s">
         <v>3195</v>
       </c>
-      <c r="C344" t="s">
+      <c r="E344" t="s">
         <v>3196</v>
       </c>
-      <c r="D344" t="s">
+      <c r="F344" t="s">
         <v>3197</v>
       </c>
-      <c r="E344" t="s">
+      <c r="G344" t="s">
         <v>3198</v>
       </c>
-      <c r="F344" t="s">
+      <c r="H344" t="s">
         <v>3199</v>
       </c>
-      <c r="G344" t="s">
+      <c r="I344" t="s">
         <v>3200</v>
       </c>
-      <c r="H344" t="s">
+      <c r="J344" t="s">
+        <v>24</v>
+      </c>
+      <c r="K344" t="s">
         <v>3201</v>
       </c>
-      <c r="I344" t="s">
+      <c r="L344" t="s">
+        <v>26</v>
+      </c>
+      <c r="M344" t="s">
         <v>3202</v>
       </c>
-      <c r="J344" t="s">
-[...2 lines deleted...]
-      <c r="K344" t="s">
+      <c r="N344" t="s">
+        <v>28</v>
+      </c>
+      <c r="O344" t="s">
         <v>3203</v>
-      </c>
-[...10 lines deleted...]
-        <v>3205</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>8289</v>
+        <v>8265</v>
       </c>
       <c r="B345" t="s">
+        <v>3204</v>
+      </c>
+      <c r="C345" t="s">
+        <v>3205</v>
+      </c>
+      <c r="D345" t="s">
         <v>3206</v>
       </c>
-      <c r="C345" t="s">
+      <c r="E345" t="s">
         <v>3207</v>
       </c>
-      <c r="D345" t="s">
+      <c r="F345" t="s">
         <v>3208</v>
       </c>
-      <c r="E345" t="s">
+      <c r="G345" t="s">
         <v>3209</v>
       </c>
-      <c r="F345" t="s">
+      <c r="H345" t="s">
         <v>3210</v>
       </c>
-      <c r="G345" t="s">
+      <c r="I345" t="s">
         <v>3211</v>
       </c>
-      <c r="H345" t="s">
+      <c r="J345" t="s">
+        <v>24</v>
+      </c>
+      <c r="K345" t="s">
         <v>3212</v>
       </c>
-      <c r="I345" t="s">
+      <c r="L345" t="s">
+        <v>26</v>
+      </c>
+      <c r="M345" t="s">
         <v>3213</v>
-      </c>
-[...10 lines deleted...]
-        <v>444</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>8294</v>
+        <v>8289</v>
       </c>
       <c r="B346" t="s">
         <v>3215</v>
       </c>
       <c r="C346" t="s">
         <v>3216</v>
       </c>
       <c r="D346" t="s">
         <v>3217</v>
       </c>
       <c r="E346" t="s">
         <v>3218</v>
       </c>
       <c r="F346" t="s">
         <v>3219</v>
       </c>
       <c r="G346" t="s">
         <v>3220</v>
       </c>
       <c r="H346" t="s">
         <v>3221</v>
       </c>
       <c r="I346" t="s">
         <v>3222</v>
       </c>
       <c r="J346" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>739</v>
+        <v>442</v>
       </c>
       <c r="L346" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>740</v>
+        <v>444</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
         <v>3223</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>8315</v>
+        <v>8294</v>
       </c>
       <c r="B347" t="s">
         <v>3224</v>
       </c>
       <c r="C347" t="s">
         <v>3225</v>
       </c>
       <c r="D347" t="s">
         <v>3226</v>
       </c>
       <c r="E347" t="s">
         <v>3227</v>
       </c>
       <c r="F347" t="s">
         <v>3228</v>
       </c>
       <c r="G347" t="s">
         <v>3229</v>
       </c>
       <c r="H347" t="s">
         <v>3230</v>
       </c>
       <c r="I347" t="s">
         <v>3231</v>
       </c>
       <c r="J347" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K347" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L347" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M347" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
         <v>3232</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>8341</v>
+        <v>8315</v>
       </c>
       <c r="B348" t="s">
         <v>3233</v>
       </c>
       <c r="C348" t="s">
         <v>3234</v>
       </c>
       <c r="D348" t="s">
         <v>3235</v>
       </c>
       <c r="E348" t="s">
         <v>3236</v>
       </c>
       <c r="F348" t="s">
         <v>3237</v>
       </c>
       <c r="G348" t="s">
         <v>3238</v>
       </c>
       <c r="H348" t="s">
         <v>3239</v>
       </c>
       <c r="I348" t="s">
         <v>3240</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
         <v>3241</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>8343</v>
+        <v>8341</v>
       </c>
       <c r="B349" t="s">
         <v>3242</v>
       </c>
       <c r="C349" t="s">
         <v>3243</v>
       </c>
       <c r="D349" t="s">
         <v>3244</v>
       </c>
       <c r="E349" t="s">
         <v>3245</v>
       </c>
       <c r="F349" t="s">
         <v>3246</v>
       </c>
       <c r="G349" t="s">
         <v>3247</v>
       </c>
       <c r="H349" t="s">
         <v>3248</v>
       </c>
       <c r="I349" t="s">
         <v>3249</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
         <v>3250</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>8344</v>
+        <v>8343</v>
       </c>
       <c r="B350" t="s">
         <v>3251</v>
       </c>
       <c r="C350" t="s">
         <v>3252</v>
       </c>
       <c r="D350" t="s">
         <v>3253</v>
       </c>
       <c r="E350" t="s">
         <v>3254</v>
       </c>
       <c r="F350" t="s">
         <v>3255</v>
       </c>
       <c r="G350" t="s">
         <v>3256</v>
       </c>
       <c r="H350" t="s">
         <v>3257</v>
       </c>
       <c r="I350" t="s">
         <v>3258</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
         <v>3259</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>8355</v>
+        <v>8344</v>
       </c>
       <c r="B351" t="s">
         <v>3260</v>
       </c>
       <c r="C351" t="s">
         <v>3261</v>
       </c>
       <c r="D351" t="s">
         <v>3262</v>
       </c>
       <c r="E351" t="s">
         <v>3263</v>
       </c>
       <c r="F351" t="s">
         <v>3264</v>
       </c>
       <c r="G351" t="s">
         <v>3265</v>
       </c>
       <c r="H351" t="s">
         <v>3266</v>
       </c>
       <c r="I351" t="s">
         <v>3267</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
+        <v>170</v>
+      </c>
+      <c r="L351" t="s">
+        <v>26</v>
+      </c>
+      <c r="M351" t="s">
+        <v>171</v>
+      </c>
+      <c r="N351" t="s">
+        <v>28</v>
+      </c>
+      <c r="O351" t="s">
         <v>3268</v>
-      </c>
-[...10 lines deleted...]
-        <v>3270</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>8357</v>
+        <v>8355</v>
       </c>
       <c r="B352" t="s">
+        <v>3269</v>
+      </c>
+      <c r="C352" t="s">
+        <v>3270</v>
+      </c>
+      <c r="D352" t="s">
         <v>3271</v>
       </c>
-      <c r="C352" t="s">
+      <c r="E352" t="s">
         <v>3272</v>
       </c>
-      <c r="D352" t="s">
+      <c r="F352" t="s">
         <v>3273</v>
       </c>
-      <c r="E352" t="s">
+      <c r="G352" t="s">
         <v>3274</v>
       </c>
-      <c r="F352" t="s">
+      <c r="H352" t="s">
         <v>3275</v>
       </c>
-      <c r="G352" t="s">
+      <c r="I352" t="s">
         <v>3276</v>
       </c>
-      <c r="H352" t="s">
+      <c r="J352" t="s">
+        <v>24</v>
+      </c>
+      <c r="K352" t="s">
         <v>3277</v>
       </c>
-      <c r="I352" t="s">
+      <c r="L352" t="s">
+        <v>26</v>
+      </c>
+      <c r="M352" t="s">
         <v>3278</v>
-      </c>
-[...10 lines deleted...]
-        <v>3269</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
         <v>3279</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>8377</v>
+        <v>8357</v>
       </c>
       <c r="B353" t="s">
         <v>3280</v>
       </c>
       <c r="C353" t="s">
         <v>3281</v>
       </c>
       <c r="D353" t="s">
         <v>3282</v>
       </c>
       <c r="E353" t="s">
         <v>3283</v>
       </c>
       <c r="F353" t="s">
         <v>3284</v>
       </c>
       <c r="G353" t="s">
         <v>3285</v>
       </c>
       <c r="H353" t="s">
         <v>3286</v>
       </c>
       <c r="I353" t="s">
         <v>3287</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>25</v>
+        <v>3277</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>27</v>
+        <v>3278</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
         <v>3288</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>8386</v>
+        <v>8377</v>
       </c>
       <c r="B354" t="s">
         <v>3289</v>
       </c>
       <c r="C354" t="s">
         <v>3290</v>
       </c>
       <c r="D354" t="s">
         <v>3291</v>
       </c>
       <c r="E354" t="s">
         <v>3292</v>
       </c>
       <c r="F354" t="s">
         <v>3293</v>
       </c>
       <c r="G354" t="s">
         <v>3294</v>
       </c>
       <c r="H354" t="s">
         <v>3295</v>
       </c>
       <c r="I354" t="s">
         <v>3296</v>
       </c>
       <c r="J354" t="s">
-        <v>1757</v>
+        <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L354" t="s">
-        <v>1759</v>
+        <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
         <v>3297</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>8387</v>
+        <v>8386</v>
       </c>
       <c r="B355" t="s">
         <v>3298</v>
       </c>
       <c r="C355" t="s">
         <v>3299</v>
       </c>
       <c r="D355" t="s">
         <v>3300</v>
       </c>
       <c r="E355" t="s">
         <v>3301</v>
       </c>
       <c r="F355" t="s">
         <v>3302</v>
       </c>
       <c r="G355" t="s">
         <v>3303</v>
       </c>
       <c r="H355" t="s">
         <v>3304</v>
       </c>
       <c r="I355" t="s">
         <v>3305</v>
       </c>
       <c r="J355" t="s">
-        <v>24</v>
+        <v>1757</v>
       </c>
       <c r="K355" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L355" t="s">
-        <v>26</v>
+        <v>1759</v>
       </c>
       <c r="M355" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
         <v>3306</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>8388</v>
+        <v>8387</v>
       </c>
       <c r="B356" t="s">
         <v>3307</v>
       </c>
       <c r="C356" t="s">
         <v>3308</v>
       </c>
       <c r="D356" t="s">
         <v>3309</v>
       </c>
       <c r="E356" t="s">
         <v>3310</v>
       </c>
       <c r="F356" t="s">
         <v>3311</v>
       </c>
       <c r="G356" t="s">
         <v>3312</v>
       </c>
       <c r="H356" t="s">
         <v>3313</v>
       </c>
       <c r="I356" t="s">
         <v>3314</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
         <v>3315</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>8392</v>
+        <v>8388</v>
       </c>
       <c r="B357" t="s">
         <v>3316</v>
       </c>
       <c r="C357" t="s">
         <v>3317</v>
       </c>
       <c r="D357" t="s">
         <v>3318</v>
       </c>
       <c r="E357" t="s">
         <v>3319</v>
       </c>
       <c r="F357" t="s">
         <v>3320</v>
       </c>
       <c r="G357" t="s">
         <v>3321</v>
       </c>
       <c r="H357" t="s">
         <v>3322</v>
       </c>
       <c r="I357" t="s">
         <v>3323</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>1758</v>
+        <v>170</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>1760</v>
+        <v>171</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
         <v>3324</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>8402</v>
+        <v>8392</v>
       </c>
       <c r="B358" t="s">
         <v>3325</v>
       </c>
       <c r="C358" t="s">
         <v>3326</v>
       </c>
       <c r="D358" t="s">
         <v>3327</v>
       </c>
       <c r="E358" t="s">
         <v>3328</v>
       </c>
       <c r="F358" t="s">
         <v>3329</v>
       </c>
       <c r="G358" t="s">
         <v>3330</v>
       </c>
       <c r="H358" t="s">
         <v>3331</v>
       </c>
       <c r="I358" t="s">
         <v>3332</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
-        <v>170</v>
+        <v>1758</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
-        <v>171</v>
+        <v>1760</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
         <v>3333</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>8902</v>
+        <v>8402</v>
       </c>
       <c r="B359" t="s">
         <v>3334</v>
       </c>
       <c r="C359" t="s">
         <v>3335</v>
       </c>
       <c r="D359" t="s">
         <v>3336</v>
       </c>
       <c r="E359" t="s">
         <v>3337</v>
       </c>
       <c r="F359" t="s">
         <v>3338</v>
       </c>
       <c r="G359" t="s">
         <v>3339</v>
       </c>
       <c r="H359" t="s">
         <v>3340</v>
       </c>
       <c r="I359" t="s">
         <v>3341</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
         <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
         <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>8903</v>
+        <v>8902</v>
       </c>
       <c r="B360" t="s">
         <v>3343</v>
       </c>
       <c r="C360" t="s">
         <v>3344</v>
       </c>
       <c r="D360" t="s">
         <v>3345</v>
       </c>
       <c r="E360" t="s">
         <v>3346</v>
       </c>
       <c r="F360" t="s">
         <v>3347</v>
       </c>
       <c r="G360" t="s">
         <v>3348</v>
       </c>
       <c r="H360" t="s">
         <v>3349</v>
       </c>
       <c r="I360" t="s">
         <v>3350</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
         <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
         <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
         <v>3351</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>8904</v>
+        <v>8903</v>
       </c>
       <c r="B361" t="s">
         <v>3352</v>
       </c>
       <c r="C361" t="s">
         <v>3353</v>
       </c>
       <c r="D361" t="s">
         <v>3354</v>
       </c>
       <c r="E361" t="s">
         <v>3355</v>
       </c>
       <c r="F361" t="s">
         <v>3356</v>
       </c>
       <c r="G361" t="s">
         <v>3357</v>
       </c>
       <c r="H361" t="s">
         <v>3358</v>
       </c>
       <c r="I361" t="s">
         <v>3359</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
         <v>170</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
         <v>171</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
         <v>3360</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>8914</v>
+        <v>8904</v>
       </c>
       <c r="B362" t="s">
         <v>3361</v>
       </c>
       <c r="C362" t="s">
         <v>3362</v>
       </c>
       <c r="D362" t="s">
         <v>3363</v>
       </c>
       <c r="E362" t="s">
         <v>3364</v>
       </c>
       <c r="F362" t="s">
         <v>3365</v>
       </c>
       <c r="G362" t="s">
         <v>3366</v>
       </c>
       <c r="H362" t="s">
         <v>3367</v>
       </c>
       <c r="I362" t="s">
         <v>3368</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
         <v>3369</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>8918</v>
+        <v>8914</v>
       </c>
       <c r="B363" t="s">
         <v>3370</v>
       </c>
       <c r="C363" t="s">
         <v>3371</v>
       </c>
       <c r="D363" t="s">
         <v>3372</v>
       </c>
       <c r="E363" t="s">
         <v>3373</v>
       </c>
       <c r="F363" t="s">
         <v>3374</v>
       </c>
       <c r="G363" t="s">
         <v>3375</v>
       </c>
       <c r="H363" t="s">
         <v>3376</v>
       </c>
       <c r="I363" t="s">
         <v>3377</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
         <v>25</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
         <v>27</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
         <v>3378</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>8945</v>
+        <v>8918</v>
       </c>
       <c r="B364" t="s">
         <v>3379</v>
       </c>
       <c r="C364" t="s">
         <v>3380</v>
       </c>
       <c r="D364" t="s">
         <v>3381</v>
       </c>
       <c r="E364" t="s">
         <v>3382</v>
       </c>
       <c r="F364" t="s">
         <v>3383</v>
       </c>
       <c r="G364" t="s">
         <v>3384</v>
       </c>
       <c r="H364" t="s">
         <v>3385</v>
       </c>
       <c r="I364" t="s">
         <v>3386</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
         <v>3387</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>8950</v>
+        <v>8945</v>
       </c>
       <c r="B365" t="s">
         <v>3388</v>
       </c>
       <c r="C365" t="s">
         <v>3389</v>
       </c>
       <c r="D365" t="s">
         <v>3390</v>
       </c>
       <c r="E365" t="s">
         <v>3391</v>
       </c>
       <c r="F365" t="s">
         <v>3392</v>
       </c>
       <c r="G365" t="s">
         <v>3393</v>
       </c>
       <c r="H365" t="s">
         <v>3394</v>
       </c>
       <c r="I365" t="s">
         <v>3395</v>
       </c>
       <c r="J365" t="s">
         <v>24</v>
       </c>
       <c r="K365" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L365" t="s">
         <v>26</v>
       </c>
       <c r="M365" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
         <v>3396</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>8951</v>
+        <v>8950</v>
       </c>
       <c r="B366" t="s">
         <v>3397</v>
       </c>
       <c r="C366" t="s">
         <v>3398</v>
       </c>
       <c r="D366" t="s">
         <v>3399</v>
       </c>
       <c r="E366" t="s">
         <v>3400</v>
       </c>
       <c r="F366" t="s">
         <v>3401</v>
       </c>
       <c r="G366" t="s">
         <v>3402</v>
       </c>
       <c r="H366" t="s">
         <v>3403</v>
       </c>
       <c r="I366" t="s">
         <v>3404</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
         <v>3405</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>8959</v>
+        <v>8951</v>
       </c>
       <c r="B367" t="s">
         <v>3406</v>
       </c>
       <c r="C367" t="s">
         <v>3407</v>
       </c>
       <c r="D367" t="s">
         <v>3408</v>
       </c>
       <c r="E367" t="s">
         <v>3409</v>
       </c>
       <c r="F367" t="s">
         <v>3410</v>
       </c>
       <c r="G367" t="s">
         <v>3411</v>
       </c>
       <c r="H367" t="s">
         <v>3412</v>
       </c>
       <c r="I367" t="s">
         <v>3413</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>170</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>171</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
         <v>3414</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>10014</v>
+        <v>8959</v>
       </c>
       <c r="B368" t="s">
         <v>3415</v>
       </c>
       <c r="C368" t="s">
         <v>3416</v>
       </c>
       <c r="D368" t="s">
         <v>3417</v>
       </c>
       <c r="E368" t="s">
         <v>3418</v>
       </c>
       <c r="F368" t="s">
         <v>3419</v>
       </c>
       <c r="G368" t="s">
         <v>3420</v>
       </c>
       <c r="H368" t="s">
         <v>3421</v>
       </c>
       <c r="I368" t="s">
         <v>3422</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
+        <v>170</v>
+      </c>
+      <c r="L368" t="s">
+        <v>26</v>
+      </c>
+      <c r="M368" t="s">
+        <v>171</v>
+      </c>
+      <c r="N368" t="s">
+        <v>28</v>
+      </c>
+      <c r="O368" t="s">
         <v>3423</v>
-      </c>
-[...10 lines deleted...]
-        <v>3425</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>10015</v>
+        <v>10014</v>
       </c>
       <c r="B369" t="s">
+        <v>3424</v>
+      </c>
+      <c r="C369" t="s">
+        <v>3425</v>
+      </c>
+      <c r="D369" t="s">
         <v>3426</v>
       </c>
-      <c r="C369" t="s">
+      <c r="E369" t="s">
         <v>3427</v>
       </c>
-      <c r="D369" t="s">
+      <c r="F369" t="s">
         <v>3428</v>
       </c>
-      <c r="E369" t="s">
+      <c r="G369" t="s">
         <v>3429</v>
       </c>
-      <c r="F369" t="s">
+      <c r="H369" t="s">
         <v>3430</v>
       </c>
-      <c r="G369" t="s">
+      <c r="I369" t="s">
         <v>3431</v>
       </c>
-      <c r="H369" t="s">
+      <c r="J369" t="s">
+        <v>24</v>
+      </c>
+      <c r="K369" t="s">
         <v>3432</v>
       </c>
-      <c r="I369" t="s">
+      <c r="L369" t="s">
+        <v>26</v>
+      </c>
+      <c r="M369" t="s">
         <v>3433</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
         <v>3434</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>10036</v>
+        <v>10015</v>
       </c>
       <c r="B370" t="s">
         <v>3435</v>
       </c>
       <c r="C370" t="s">
         <v>3436</v>
       </c>
       <c r="D370" t="s">
         <v>3437</v>
       </c>
       <c r="E370" t="s">
         <v>3438</v>
       </c>
       <c r="F370" t="s">
         <v>3439</v>
       </c>
       <c r="G370" t="s">
         <v>3440</v>
       </c>
       <c r="H370" t="s">
         <v>3441</v>
       </c>
       <c r="I370" t="s">
         <v>3442</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
         <v>3443</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>10046</v>
+        <v>10036</v>
       </c>
       <c r="B371" t="s">
         <v>3444</v>
       </c>
       <c r="C371" t="s">
         <v>3445</v>
       </c>
       <c r="D371" t="s">
         <v>3446</v>
       </c>
       <c r="E371" t="s">
         <v>3447</v>
       </c>
       <c r="F371" t="s">
         <v>3448</v>
       </c>
       <c r="G371" t="s">
         <v>3449</v>
       </c>
       <c r="H371" t="s">
         <v>3450</v>
       </c>
       <c r="I371" t="s">
         <v>3451</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>10098</v>
+        <v>10046</v>
       </c>
       <c r="B372" t="s">
         <v>3453</v>
       </c>
       <c r="C372" t="s">
         <v>3454</v>
       </c>
       <c r="D372" t="s">
         <v>3455</v>
       </c>
       <c r="E372" t="s">
         <v>3456</v>
       </c>
       <c r="F372" t="s">
         <v>3457</v>
       </c>
       <c r="G372" t="s">
         <v>3458</v>
       </c>
       <c r="H372" t="s">
         <v>3459</v>
       </c>
       <c r="I372" t="s">
         <v>3460</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
         <v>3461</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>10101</v>
+        <v>10098</v>
       </c>
       <c r="B373" t="s">
         <v>3462</v>
       </c>
       <c r="C373" t="s">
         <v>3463</v>
       </c>
       <c r="D373" t="s">
         <v>3464</v>
       </c>
       <c r="E373" t="s">
         <v>3465</v>
       </c>
       <c r="F373" t="s">
         <v>3466</v>
       </c>
       <c r="G373" t="s">
         <v>3467</v>
       </c>
       <c r="H373" t="s">
         <v>3468</v>
       </c>
       <c r="I373" t="s">
         <v>3469</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
         <v>3470</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>10412</v>
+        <v>10101</v>
       </c>
       <c r="B374" t="s">
         <v>3471</v>
       </c>
       <c r="C374" t="s">
         <v>3472</v>
       </c>
       <c r="D374" t="s">
         <v>3473</v>
       </c>
       <c r="E374" t="s">
         <v>3474</v>
       </c>
       <c r="F374" t="s">
         <v>3475</v>
       </c>
       <c r="G374" t="s">
         <v>3476</v>
       </c>
       <c r="H374" t="s">
         <v>3477</v>
       </c>
       <c r="I374" t="s">
         <v>3478</v>
       </c>
       <c r="J374" t="s">
         <v>24</v>
       </c>
       <c r="K374" t="s">
         <v>25</v>
       </c>
       <c r="L374" t="s">
         <v>26</v>
       </c>
       <c r="M374" t="s">
         <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
         <v>3479</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>10603</v>
+        <v>10412</v>
       </c>
       <c r="B375" t="s">
         <v>3480</v>
       </c>
       <c r="C375" t="s">
         <v>3481</v>
       </c>
       <c r="D375" t="s">
         <v>3482</v>
       </c>
       <c r="E375" t="s">
         <v>3483</v>
       </c>
       <c r="F375" t="s">
         <v>3484</v>
       </c>
       <c r="G375" t="s">
         <v>3485</v>
       </c>
       <c r="H375" t="s">
         <v>3486</v>
       </c>
       <c r="I375" t="s">
         <v>3487</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
         <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
         <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
         <v>3488</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>10647</v>
+        <v>10603</v>
       </c>
       <c r="B376" t="s">
         <v>3489</v>
       </c>
       <c r="C376" t="s">
         <v>3490</v>
       </c>
       <c r="D376" t="s">
         <v>3491</v>
       </c>
       <c r="E376" t="s">
         <v>3492</v>
       </c>
       <c r="F376" t="s">
         <v>3493</v>
       </c>
       <c r="G376" t="s">
         <v>3494</v>
       </c>
       <c r="H376" t="s">
         <v>3495</v>
       </c>
       <c r="I376" t="s">
         <v>3496</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
         <v>3497</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>10887</v>
+        <v>10647</v>
       </c>
       <c r="B377" t="s">
         <v>3498</v>
       </c>
       <c r="C377" t="s">
         <v>3499</v>
       </c>
       <c r="D377" t="s">
         <v>3500</v>
       </c>
       <c r="E377" t="s">
         <v>3501</v>
       </c>
       <c r="F377" t="s">
         <v>3502</v>
       </c>
       <c r="G377" t="s">
         <v>3503</v>
       </c>
       <c r="H377" t="s">
         <v>3504</v>
       </c>
       <c r="I377" t="s">
         <v>3505</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
         <v>3506</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>10925</v>
+        <v>10887</v>
       </c>
       <c r="B378" t="s">
         <v>3507</v>
       </c>
       <c r="C378" t="s">
         <v>3508</v>
       </c>
       <c r="D378" t="s">
         <v>3509</v>
       </c>
       <c r="E378" t="s">
         <v>3510</v>
       </c>
       <c r="F378" t="s">
         <v>3511</v>
       </c>
       <c r="G378" t="s">
         <v>3512</v>
       </c>
       <c r="H378" t="s">
         <v>3513</v>
       </c>
       <c r="I378" t="s">
         <v>3514</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
         <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
         <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
         <v>3515</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>10930</v>
+        <v>10925</v>
       </c>
       <c r="B379" t="s">
         <v>3516</v>
       </c>
       <c r="C379" t="s">
         <v>3517</v>
       </c>
       <c r="D379" t="s">
         <v>3518</v>
       </c>
       <c r="E379" t="s">
         <v>3519</v>
       </c>
       <c r="F379" t="s">
         <v>3520</v>
       </c>
       <c r="G379" t="s">
         <v>3521</v>
       </c>
       <c r="H379" t="s">
         <v>3522</v>
       </c>
       <c r="I379" t="s">
         <v>3523</v>
       </c>
       <c r="J379" t="s">
-        <v>1374</v>
+        <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
-        <v>1375</v>
+        <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
         <v>3524</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>10947</v>
+        <v>10930</v>
       </c>
       <c r="B380" t="s">
         <v>3525</v>
       </c>
       <c r="C380" t="s">
         <v>3526</v>
       </c>
       <c r="D380" t="s">
         <v>3527</v>
       </c>
       <c r="E380" t="s">
         <v>3528</v>
       </c>
       <c r="F380" t="s">
         <v>3529</v>
       </c>
       <c r="G380" t="s">
         <v>3530</v>
       </c>
       <c r="H380" t="s">
         <v>3531</v>
       </c>
       <c r="I380" t="s">
         <v>3532</v>
       </c>
       <c r="J380" t="s">
-        <v>24</v>
+        <v>1374</v>
       </c>
       <c r="K380" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L380" t="s">
-        <v>26</v>
+        <v>1375</v>
       </c>
       <c r="M380" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
         <v>3533</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>10948</v>
+        <v>10947</v>
       </c>
       <c r="B381" t="s">
         <v>3534</v>
       </c>
       <c r="C381" t="s">
         <v>3535</v>
       </c>
       <c r="D381" t="s">
         <v>3536</v>
       </c>
       <c r="E381" t="s">
         <v>3537</v>
       </c>
       <c r="F381" t="s">
         <v>3538</v>
       </c>
       <c r="G381" t="s">
         <v>3539</v>
       </c>
       <c r="H381" t="s">
         <v>3540</v>
       </c>
       <c r="I381" t="s">
         <v>3541</v>
       </c>
       <c r="J381" t="s">
         <v>24</v>
       </c>
       <c r="K381" t="s">
         <v>170</v>
       </c>
       <c r="L381" t="s">
         <v>26</v>
       </c>
       <c r="M381" t="s">
         <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
         <v>3542</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>10950</v>
+        <v>10948</v>
       </c>
       <c r="B382" t="s">
         <v>3543</v>
       </c>
       <c r="C382" t="s">
         <v>3544</v>
       </c>
       <c r="D382" t="s">
         <v>3545</v>
       </c>
       <c r="E382" t="s">
         <v>3546</v>
       </c>
       <c r="F382" t="s">
         <v>3547</v>
       </c>
       <c r="G382" t="s">
         <v>3548</v>
       </c>
       <c r="H382" t="s">
         <v>3549</v>
       </c>
       <c r="I382" t="s">
         <v>3550</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
+        <v>170</v>
+      </c>
+      <c r="L382" t="s">
+        <v>26</v>
+      </c>
+      <c r="M382" t="s">
+        <v>171</v>
+      </c>
+      <c r="N382" t="s">
+        <v>28</v>
+      </c>
+      <c r="O382" t="s">
         <v>3551</v>
-      </c>
-[...10 lines deleted...]
-        <v>3553</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>10951</v>
+        <v>10950</v>
       </c>
       <c r="B383" t="s">
+        <v>3552</v>
+      </c>
+      <c r="C383" t="s">
+        <v>3553</v>
+      </c>
+      <c r="D383" t="s">
         <v>3554</v>
       </c>
-      <c r="C383" t="s">
+      <c r="E383" t="s">
         <v>3555</v>
       </c>
-      <c r="D383" t="s">
+      <c r="F383" t="s">
         <v>3556</v>
       </c>
-      <c r="E383" t="s">
+      <c r="G383" t="s">
         <v>3557</v>
       </c>
-      <c r="F383" t="s">
+      <c r="H383" t="s">
         <v>3558</v>
       </c>
-      <c r="G383" t="s">
+      <c r="I383" t="s">
         <v>3559</v>
       </c>
-      <c r="H383" t="s">
+      <c r="J383" t="s">
+        <v>24</v>
+      </c>
+      <c r="K383" t="s">
         <v>3560</v>
       </c>
-      <c r="I383" t="s">
+      <c r="L383" t="s">
+        <v>26</v>
+      </c>
+      <c r="M383" t="s">
         <v>3561</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
         <v>3562</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>11000</v>
+        <v>10951</v>
       </c>
       <c r="B384" t="s">
         <v>3563</v>
       </c>
       <c r="C384" t="s">
         <v>3564</v>
       </c>
       <c r="D384" t="s">
         <v>3565</v>
       </c>
       <c r="E384" t="s">
         <v>3566</v>
       </c>
       <c r="F384" t="s">
         <v>3567</v>
       </c>
       <c r="G384" t="s">
         <v>3568</v>
       </c>
       <c r="H384" t="s">
         <v>3569</v>
       </c>
       <c r="I384" t="s">
         <v>3570</v>
       </c>
       <c r="J384" t="s">
         <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L384" t="s">
         <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
         <v>3571</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>11220</v>
+        <v>11000</v>
       </c>
       <c r="B385" t="s">
         <v>3572</v>
       </c>
       <c r="C385" t="s">
         <v>3573</v>
       </c>
       <c r="D385" t="s">
         <v>3574</v>
       </c>
       <c r="E385" t="s">
         <v>3575</v>
       </c>
       <c r="F385" t="s">
         <v>3576</v>
       </c>
       <c r="G385" t="s">
         <v>3577</v>
       </c>
       <c r="H385" t="s">
         <v>3578</v>
       </c>
       <c r="I385" t="s">
         <v>3579</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
         <v>3580</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>11231</v>
+        <v>11220</v>
       </c>
       <c r="B386" t="s">
         <v>3581</v>
       </c>
       <c r="C386" t="s">
         <v>3582</v>
       </c>
       <c r="D386" t="s">
         <v>3583</v>
       </c>
       <c r="E386" t="s">
         <v>3584</v>
       </c>
       <c r="F386" t="s">
         <v>3585</v>
       </c>
       <c r="G386" t="s">
         <v>3586</v>
       </c>
       <c r="H386" t="s">
         <v>3587</v>
       </c>
       <c r="I386" t="s">
         <v>3588</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>170</v>
+        <v>672</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>171</v>
+        <v>673</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
         <v>3589</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>11287</v>
+        <v>11231</v>
       </c>
       <c r="B387" t="s">
         <v>3590</v>
       </c>
       <c r="C387" t="s">
         <v>3591</v>
       </c>
       <c r="D387" t="s">
         <v>3592</v>
       </c>
       <c r="E387" t="s">
         <v>3593</v>
       </c>
       <c r="F387" t="s">
         <v>3594</v>
       </c>
       <c r="G387" t="s">
         <v>3595</v>
       </c>
       <c r="H387" t="s">
         <v>3596</v>
       </c>
       <c r="I387" t="s">
         <v>3597</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
         <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
         <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
         <v>3598</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>11299</v>
+        <v>11287</v>
       </c>
       <c r="B388" t="s">
         <v>3599</v>
       </c>
       <c r="C388" t="s">
         <v>3600</v>
       </c>
       <c r="D388" t="s">
         <v>3601</v>
       </c>
       <c r="E388" t="s">
         <v>3602</v>
       </c>
       <c r="F388" t="s">
         <v>3603</v>
       </c>
       <c r="G388" t="s">
         <v>3604</v>
       </c>
       <c r="H388" t="s">
         <v>3605</v>
       </c>
       <c r="I388" t="s">
         <v>3606</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
         <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
         <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
         <v>3607</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>11306</v>
+        <v>11299</v>
       </c>
       <c r="B389" t="s">
         <v>3608</v>
       </c>
       <c r="C389" t="s">
         <v>3609</v>
       </c>
       <c r="D389" t="s">
         <v>3610</v>
       </c>
       <c r="E389" t="s">
         <v>3611</v>
       </c>
       <c r="F389" t="s">
         <v>3612</v>
       </c>
       <c r="G389" t="s">
         <v>3613</v>
       </c>
       <c r="H389" t="s">
         <v>3614</v>
       </c>
       <c r="I389" t="s">
         <v>3615</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>1132</v>
+        <v>170</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>1133</v>
+        <v>171</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
         <v>3616</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>58060</v>
+        <v>11306</v>
       </c>
       <c r="B390" t="s">
         <v>3617</v>
       </c>
       <c r="C390" t="s">
         <v>3618</v>
       </c>
       <c r="D390" t="s">
         <v>3619</v>
       </c>
       <c r="E390" t="s">
         <v>3620</v>
       </c>
       <c r="F390" t="s">
         <v>3621</v>
       </c>
       <c r="G390" t="s">
         <v>3622</v>
       </c>
       <c r="H390" t="s">
         <v>3623</v>
       </c>
       <c r="I390" t="s">
         <v>3624</v>
       </c>
       <c r="J390" t="s">
         <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>3268</v>
+        <v>1132</v>
       </c>
       <c r="L390" t="s">
         <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>3269</v>
+        <v>1133</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
         <v>3625</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>58066</v>
+        <v>58060</v>
       </c>
       <c r="B391" t="s">
         <v>3626</v>
       </c>
       <c r="C391" t="s">
         <v>3627</v>
       </c>
       <c r="D391" t="s">
         <v>3628</v>
       </c>
       <c r="E391" t="s">
         <v>3629</v>
       </c>
       <c r="F391" t="s">
         <v>3630</v>
       </c>
       <c r="G391" t="s">
         <v>3631</v>
       </c>
       <c r="H391" t="s">
         <v>3632</v>
       </c>
       <c r="I391" t="s">
         <v>3633</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
-        <v>274</v>
+        <v>3277</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
-        <v>276</v>
+        <v>3278</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
         <v>3634</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>58120</v>
+        <v>58066</v>
       </c>
       <c r="B392" t="s">
         <v>3635</v>
       </c>
       <c r="C392" t="s">
         <v>3636</v>
       </c>
       <c r="D392" t="s">
         <v>3637</v>
       </c>
       <c r="E392" t="s">
         <v>3638</v>
       </c>
       <c r="F392" t="s">
         <v>3639</v>
       </c>
       <c r="G392" t="s">
         <v>3640</v>
       </c>
       <c r="H392" t="s">
         <v>3641</v>
       </c>
       <c r="I392" t="s">
         <v>3642</v>
       </c>
       <c r="J392" t="s">
         <v>24</v>
       </c>
       <c r="K392" t="s">
-        <v>25</v>
+        <v>274</v>
       </c>
       <c r="L392" t="s">
         <v>26</v>
       </c>
       <c r="M392" t="s">
-        <v>27</v>
+        <v>276</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
         <v>3643</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>58122</v>
+        <v>58120</v>
       </c>
       <c r="B393" t="s">
         <v>3644</v>
       </c>
       <c r="C393" t="s">
         <v>3645</v>
       </c>
       <c r="D393" t="s">
         <v>3646</v>
       </c>
       <c r="E393" t="s">
         <v>3647</v>
       </c>
       <c r="F393" t="s">
         <v>3648</v>
       </c>
       <c r="G393" t="s">
         <v>3649</v>
       </c>
       <c r="H393" t="s">
         <v>3650</v>
       </c>
       <c r="I393" t="s">
         <v>3651</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>58144</v>
+        <v>58122</v>
       </c>
       <c r="B394" t="s">
         <v>3653</v>
       </c>
       <c r="C394" t="s">
         <v>3654</v>
       </c>
       <c r="D394" t="s">
         <v>3655</v>
       </c>
       <c r="E394" t="s">
         <v>3656</v>
       </c>
       <c r="F394" t="s">
         <v>3657</v>
       </c>
       <c r="G394" t="s">
         <v>3658</v>
       </c>
       <c r="H394" t="s">
         <v>3659</v>
       </c>
       <c r="I394" t="s">
         <v>3660</v>
       </c>
       <c r="J394" t="s">
         <v>24</v>
       </c>
       <c r="K394" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L394" t="s">
         <v>26</v>
       </c>
       <c r="M394" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
         <v>3661</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>58148</v>
+        <v>58144</v>
       </c>
       <c r="B395" t="s">
         <v>3662</v>
       </c>
       <c r="C395" t="s">
         <v>3663</v>
       </c>
       <c r="D395" t="s">
         <v>3664</v>
       </c>
       <c r="E395" t="s">
         <v>3665</v>
       </c>
       <c r="F395" t="s">
         <v>3666</v>
       </c>
       <c r="G395" t="s">
         <v>3667</v>
       </c>
       <c r="H395" t="s">
         <v>3668</v>
       </c>
       <c r="I395" t="s">
         <v>3669</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>1067</v>
+        <v>25</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>1068</v>
+        <v>27</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
         <v>3670</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>58218</v>
+        <v>58148</v>
       </c>
       <c r="B396" t="s">
         <v>3671</v>
       </c>
       <c r="C396" t="s">
         <v>3672</v>
       </c>
       <c r="D396" t="s">
         <v>3673</v>
       </c>
       <c r="E396" t="s">
         <v>3674</v>
       </c>
       <c r="F396" t="s">
         <v>3675</v>
       </c>
       <c r="G396" t="s">
         <v>3676</v>
       </c>
       <c r="H396" t="s">
         <v>3677</v>
       </c>
       <c r="I396" t="s">
         <v>3678</v>
       </c>
       <c r="J396" t="s">
         <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>170</v>
+        <v>1067</v>
       </c>
       <c r="L396" t="s">
         <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>171</v>
+        <v>1068</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
         <v>3679</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>58223</v>
+        <v>58218</v>
       </c>
       <c r="B397" t="s">
         <v>3680</v>
       </c>
       <c r="C397" t="s">
         <v>3681</v>
       </c>
       <c r="D397" t="s">
         <v>3682</v>
       </c>
       <c r="E397" t="s">
         <v>3683</v>
       </c>
       <c r="F397" t="s">
         <v>3684</v>
       </c>
       <c r="G397" t="s">
         <v>3685</v>
       </c>
       <c r="H397" t="s">
         <v>3686</v>
       </c>
       <c r="I397" t="s">
         <v>3687</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
         <v>170</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
         <v>171</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
         <v>3688</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>58240</v>
+        <v>58223</v>
       </c>
       <c r="B398" t="s">
         <v>3689</v>
       </c>
       <c r="C398" t="s">
         <v>3690</v>
       </c>
       <c r="D398" t="s">
         <v>3691</v>
       </c>
       <c r="E398" t="s">
         <v>3692</v>
       </c>
       <c r="F398" t="s">
         <v>3693</v>
       </c>
       <c r="G398" t="s">
         <v>3694</v>
       </c>
       <c r="H398" t="s">
         <v>3695</v>
       </c>
       <c r="I398" t="s">
         <v>3696</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
+        <v>170</v>
+      </c>
+      <c r="L398" t="s">
+        <v>26</v>
+      </c>
+      <c r="M398" t="s">
+        <v>171</v>
+      </c>
+      <c r="N398" t="s">
+        <v>28</v>
+      </c>
+      <c r="O398" t="s">
         <v>3697</v>
-      </c>
-[...10 lines deleted...]
-        <v>3699</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>58259</v>
+        <v>58240</v>
       </c>
       <c r="B399" t="s">
+        <v>3698</v>
+      </c>
+      <c r="C399" t="s">
+        <v>3699</v>
+      </c>
+      <c r="D399" t="s">
         <v>3700</v>
       </c>
-      <c r="C399" t="s">
+      <c r="E399" t="s">
         <v>3701</v>
       </c>
-      <c r="D399" t="s">
+      <c r="F399" t="s">
         <v>3702</v>
       </c>
-      <c r="E399" t="s">
+      <c r="G399" t="s">
         <v>3703</v>
       </c>
-      <c r="F399" t="s">
+      <c r="H399" t="s">
         <v>3704</v>
       </c>
-      <c r="G399" t="s">
+      <c r="I399" t="s">
         <v>3705</v>
       </c>
-      <c r="H399" t="s">
+      <c r="J399" t="s">
+        <v>24</v>
+      </c>
+      <c r="K399" t="s">
         <v>3706</v>
       </c>
-      <c r="I399" t="s">
+      <c r="L399" t="s">
+        <v>26</v>
+      </c>
+      <c r="M399" t="s">
         <v>3707</v>
       </c>
-      <c r="J399" t="s">
-[...2 lines deleted...]
-      <c r="K399" t="s">
+      <c r="N399" t="s">
+        <v>28</v>
+      </c>
+      <c r="O399" t="s">
         <v>3708</v>
-      </c>
-[...10 lines deleted...]
-        <v>3710</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>64637</v>
+        <v>58259</v>
       </c>
       <c r="B400" t="s">
+        <v>3709</v>
+      </c>
+      <c r="C400" t="s">
+        <v>3710</v>
+      </c>
+      <c r="D400" t="s">
         <v>3711</v>
       </c>
-      <c r="C400" t="s">
+      <c r="E400" t="s">
         <v>3712</v>
       </c>
-      <c r="D400" t="s">
+      <c r="F400" t="s">
         <v>3713</v>
       </c>
-      <c r="E400" t="s">
+      <c r="G400" t="s">
         <v>3714</v>
       </c>
-      <c r="F400" t="s">
+      <c r="H400" t="s">
         <v>3715</v>
       </c>
-      <c r="G400" t="s">
+      <c r="I400" t="s">
         <v>3716</v>
       </c>
-      <c r="H400" t="s">
+      <c r="J400" t="s">
+        <v>24</v>
+      </c>
+      <c r="K400" t="s">
         <v>3717</v>
       </c>
-      <c r="I400" t="s">
+      <c r="L400" t="s">
+        <v>26</v>
+      </c>
+      <c r="M400" t="s">
         <v>3718</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
         <v>3719</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>64643</v>
+        <v>64637</v>
       </c>
       <c r="B401" t="s">
         <v>3720</v>
       </c>
       <c r="C401" t="s">
         <v>3721</v>
       </c>
       <c r="D401" t="s">
         <v>3722</v>
       </c>
       <c r="E401" t="s">
         <v>3723</v>
       </c>
       <c r="F401" t="s">
         <v>3724</v>
       </c>
       <c r="G401" t="s">
         <v>3725</v>
       </c>
       <c r="H401" t="s">
         <v>3726</v>
       </c>
       <c r="I401" t="s">
         <v>3727</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
         <v>3728</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>64689</v>
+        <v>64643</v>
       </c>
       <c r="B402" t="s">
         <v>3729</v>
       </c>
       <c r="C402" t="s">
         <v>3730</v>
       </c>
       <c r="D402" t="s">
         <v>3731</v>
       </c>
       <c r="E402" t="s">
         <v>3732</v>
       </c>
       <c r="F402" t="s">
         <v>3733</v>
       </c>
       <c r="G402" t="s">
         <v>3734</v>
       </c>
       <c r="H402" t="s">
         <v>3735</v>
       </c>
       <c r="I402" t="s">
         <v>3736</v>
       </c>
       <c r="J402" t="s">
         <v>24</v>
       </c>
       <c r="K402" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L402" t="s">
         <v>26</v>
       </c>
       <c r="M402" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
         <v>3737</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65000</v>
+        <v>64689</v>
       </c>
       <c r="B403" t="s">
         <v>3738</v>
       </c>
       <c r="C403" t="s">
         <v>3739</v>
       </c>
       <c r="D403" t="s">
         <v>3740</v>
       </c>
       <c r="E403" t="s">
         <v>3741</v>
       </c>
       <c r="F403" t="s">
         <v>3742</v>
       </c>
       <c r="G403" t="s">
         <v>3743</v>
       </c>
       <c r="H403" t="s">
         <v>3744</v>
       </c>
       <c r="I403" t="s">
         <v>3745</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
         <v>3746</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65001</v>
+        <v>65000</v>
       </c>
       <c r="B404" t="s">
         <v>3747</v>
       </c>
       <c r="C404" t="s">
         <v>3748</v>
       </c>
       <c r="D404" t="s">
         <v>3749</v>
       </c>
       <c r="E404" t="s">
         <v>3750</v>
       </c>
       <c r="F404" t="s">
         <v>3751</v>
       </c>
       <c r="G404" t="s">
         <v>3752</v>
       </c>
       <c r="H404" t="s">
         <v>3753</v>
       </c>
       <c r="I404" t="s">
         <v>3754</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
         <v>3755</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65002</v>
+        <v>65001</v>
       </c>
       <c r="B405" t="s">
         <v>3756</v>
       </c>
       <c r="C405" t="s">
         <v>3757</v>
       </c>
       <c r="D405" t="s">
         <v>3758</v>
       </c>
       <c r="E405" t="s">
         <v>3759</v>
       </c>
       <c r="F405" t="s">
         <v>3760</v>
       </c>
       <c r="G405" t="s">
         <v>3761</v>
       </c>
       <c r="H405" t="s">
         <v>3762</v>
       </c>
       <c r="I405" t="s">
         <v>3763</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
         <v>3764</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65003</v>
+        <v>65002</v>
       </c>
       <c r="B406" t="s">
         <v>3765</v>
       </c>
       <c r="C406" t="s">
         <v>3766</v>
       </c>
       <c r="D406" t="s">
         <v>3767</v>
       </c>
       <c r="E406" t="s">
         <v>3768</v>
       </c>
       <c r="F406" t="s">
         <v>3769</v>
       </c>
       <c r="G406" t="s">
         <v>3770</v>
       </c>
       <c r="H406" t="s">
         <v>3771</v>
       </c>
       <c r="I406" t="s">
         <v>3772</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
         <v>3773</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65004</v>
+        <v>65003</v>
       </c>
       <c r="B407" t="s">
         <v>3774</v>
       </c>
       <c r="C407" t="s">
         <v>3775</v>
       </c>
       <c r="D407" t="s">
         <v>3776</v>
       </c>
       <c r="E407" t="s">
         <v>3777</v>
       </c>
       <c r="F407" t="s">
         <v>3778</v>
       </c>
       <c r="G407" t="s">
         <v>3779</v>
       </c>
       <c r="H407" t="s">
         <v>3780</v>
       </c>
       <c r="I407" t="s">
         <v>3781</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
         <v>170</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
         <v>171</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
         <v>3782</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65005</v>
+        <v>65004</v>
       </c>
       <c r="B408" t="s">
         <v>3783</v>
       </c>
       <c r="C408" t="s">
         <v>3784</v>
       </c>
       <c r="D408" t="s">
         <v>3785</v>
       </c>
       <c r="E408" t="s">
         <v>3786</v>
       </c>
       <c r="F408" t="s">
         <v>3787</v>
       </c>
       <c r="G408" t="s">
         <v>3788</v>
       </c>
       <c r="H408" t="s">
         <v>3789</v>
       </c>
       <c r="I408" t="s">
         <v>3790</v>
       </c>
       <c r="J408" t="s">
         <v>24</v>
       </c>
       <c r="K408" t="s">
+        <v>170</v>
+      </c>
+      <c r="L408" t="s">
+        <v>26</v>
+      </c>
+      <c r="M408" t="s">
+        <v>171</v>
+      </c>
+      <c r="N408" t="s">
+        <v>28</v>
+      </c>
+      <c r="O408" t="s">
         <v>3791</v>
-      </c>
-[...10 lines deleted...]
-        <v>3793</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65006</v>
+        <v>65005</v>
       </c>
       <c r="B409" t="s">
+        <v>3792</v>
+      </c>
+      <c r="C409" t="s">
+        <v>3793</v>
+      </c>
+      <c r="D409" t="s">
         <v>3794</v>
       </c>
-      <c r="C409" t="s">
+      <c r="E409" t="s">
         <v>3795</v>
       </c>
-      <c r="D409" t="s">
+      <c r="F409" t="s">
         <v>3796</v>
       </c>
-      <c r="E409" t="s">
+      <c r="G409" t="s">
         <v>3797</v>
       </c>
-      <c r="F409" t="s">
+      <c r="H409" t="s">
         <v>3798</v>
       </c>
-      <c r="G409" t="s">
+      <c r="I409" t="s">
         <v>3799</v>
       </c>
-      <c r="H409" t="s">
+      <c r="J409" t="s">
+        <v>24</v>
+      </c>
+      <c r="K409" t="s">
         <v>3800</v>
       </c>
-      <c r="I409" t="s">
+      <c r="L409" t="s">
+        <v>26</v>
+      </c>
+      <c r="M409" t="s">
         <v>3801</v>
       </c>
-      <c r="J409" t="s">
-[...2 lines deleted...]
-      <c r="K409" t="s">
+      <c r="N409" t="s">
+        <v>28</v>
+      </c>
+      <c r="O409" t="s">
         <v>3802</v>
-      </c>
-[...10 lines deleted...]
-        <v>3804</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65007</v>
+        <v>65006</v>
       </c>
       <c r="B410" t="s">
+        <v>3803</v>
+      </c>
+      <c r="C410" t="s">
+        <v>3804</v>
+      </c>
+      <c r="D410" t="s">
         <v>3805</v>
       </c>
-      <c r="C410" t="s">
+      <c r="E410" t="s">
         <v>3806</v>
       </c>
-      <c r="D410" t="s">
+      <c r="F410" t="s">
         <v>3807</v>
       </c>
-      <c r="E410" t="s">
+      <c r="G410" t="s">
         <v>3808</v>
       </c>
-      <c r="F410" t="s">
+      <c r="H410" t="s">
         <v>3809</v>
       </c>
-      <c r="G410" t="s">
+      <c r="I410" t="s">
         <v>3810</v>
       </c>
-      <c r="H410" t="s">
+      <c r="J410" t="s">
+        <v>24</v>
+      </c>
+      <c r="K410" t="s">
         <v>3811</v>
       </c>
-      <c r="I410" t="s">
+      <c r="L410" t="s">
+        <v>26</v>
+      </c>
+      <c r="M410" t="s">
         <v>3812</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
         <v>3813</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65008</v>
+        <v>65007</v>
       </c>
       <c r="B411" t="s">
         <v>3814</v>
       </c>
       <c r="C411" t="s">
         <v>3815</v>
       </c>
       <c r="D411" t="s">
         <v>3816</v>
       </c>
       <c r="E411" t="s">
         <v>3817</v>
       </c>
       <c r="F411" t="s">
         <v>3818</v>
       </c>
       <c r="G411" t="s">
         <v>3819</v>
       </c>
       <c r="H411" t="s">
         <v>3820</v>
       </c>
       <c r="I411" t="s">
         <v>3821</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
         <v>3822</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65009</v>
+        <v>65008</v>
       </c>
       <c r="B412" t="s">
         <v>3823</v>
       </c>
       <c r="C412" t="s">
         <v>3824</v>
       </c>
       <c r="D412" t="s">
         <v>3825</v>
       </c>
       <c r="E412" t="s">
         <v>3826</v>
       </c>
       <c r="F412" t="s">
         <v>3827</v>
       </c>
       <c r="G412" t="s">
         <v>3828</v>
       </c>
       <c r="H412" t="s">
         <v>3829</v>
       </c>
       <c r="I412" t="s">
         <v>3830</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
         <v>170</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
         <v>171</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
         <v>3831</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65010</v>
+        <v>65009</v>
       </c>
       <c r="B413" t="s">
         <v>3832</v>
       </c>
       <c r="C413" t="s">
         <v>3833</v>
       </c>
       <c r="D413" t="s">
         <v>3834</v>
       </c>
       <c r="E413" t="s">
         <v>3835</v>
       </c>
       <c r="F413" t="s">
         <v>3836</v>
       </c>
       <c r="G413" t="s">
         <v>3837</v>
       </c>
       <c r="H413" t="s">
         <v>3838</v>
       </c>
       <c r="I413" t="s">
         <v>3839</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
         <v>3840</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65011</v>
+        <v>65010</v>
       </c>
       <c r="B414" t="s">
         <v>3841</v>
       </c>
       <c r="C414" t="s">
         <v>3842</v>
       </c>
       <c r="D414" t="s">
         <v>3843</v>
       </c>
       <c r="E414" t="s">
         <v>3844</v>
       </c>
       <c r="F414" t="s">
         <v>3845</v>
       </c>
       <c r="G414" t="s">
         <v>3846</v>
       </c>
       <c r="H414" t="s">
         <v>3847</v>
       </c>
       <c r="I414" t="s">
         <v>3848</v>
       </c>
       <c r="J414" t="s">
         <v>24</v>
       </c>
       <c r="K414" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L414" t="s">
         <v>26</v>
       </c>
       <c r="M414" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
         <v>3849</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65012</v>
+        <v>65011</v>
       </c>
       <c r="B415" t="s">
         <v>3850</v>
       </c>
       <c r="C415" t="s">
         <v>3851</v>
       </c>
       <c r="D415" t="s">
         <v>3852</v>
       </c>
       <c r="E415" t="s">
         <v>3853</v>
       </c>
       <c r="F415" t="s">
         <v>3854</v>
       </c>
       <c r="G415" t="s">
         <v>3855</v>
       </c>
       <c r="H415" t="s">
         <v>3856</v>
       </c>
       <c r="I415" t="s">
         <v>3857</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
+        <v>170</v>
+      </c>
+      <c r="L415" t="s">
+        <v>26</v>
+      </c>
+      <c r="M415" t="s">
+        <v>171</v>
+      </c>
+      <c r="N415" t="s">
+        <v>28</v>
+      </c>
+      <c r="O415" t="s">
         <v>3858</v>
-      </c>
-[...10 lines deleted...]
-        <v>3860</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65013</v>
+        <v>65012</v>
       </c>
       <c r="B416" t="s">
+        <v>3859</v>
+      </c>
+      <c r="C416" t="s">
+        <v>3860</v>
+      </c>
+      <c r="D416" t="s">
         <v>3861</v>
       </c>
-      <c r="C416" t="s">
+      <c r="E416" t="s">
         <v>3862</v>
       </c>
-      <c r="D416" t="s">
+      <c r="F416" t="s">
         <v>3863</v>
       </c>
-      <c r="E416" t="s">
+      <c r="G416" t="s">
         <v>3864</v>
       </c>
-      <c r="F416" t="s">
+      <c r="H416" t="s">
         <v>3865</v>
       </c>
-      <c r="G416" t="s">
+      <c r="I416" t="s">
         <v>3866</v>
       </c>
-      <c r="H416" t="s">
+      <c r="J416" t="s">
+        <v>24</v>
+      </c>
+      <c r="K416" t="s">
         <v>3867</v>
       </c>
-      <c r="I416" t="s">
+      <c r="L416" t="s">
+        <v>26</v>
+      </c>
+      <c r="M416" t="s">
         <v>3868</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
         <v>3869</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65014</v>
+        <v>65013</v>
       </c>
       <c r="B417" t="s">
         <v>3870</v>
       </c>
       <c r="C417" t="s">
         <v>3871</v>
       </c>
       <c r="D417" t="s">
         <v>3872</v>
       </c>
       <c r="E417" t="s">
         <v>3873</v>
       </c>
       <c r="F417" t="s">
         <v>3874</v>
       </c>
       <c r="G417" t="s">
         <v>3875</v>
       </c>
       <c r="H417" t="s">
         <v>3876</v>
       </c>
       <c r="I417" t="s">
         <v>3877</v>
       </c>
       <c r="J417" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L417" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
         <v>3878</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65015</v>
+        <v>65014</v>
       </c>
       <c r="B418" t="s">
         <v>3879</v>
       </c>
       <c r="C418" t="s">
         <v>3880</v>
       </c>
       <c r="D418" t="s">
         <v>3881</v>
       </c>
       <c r="E418" t="s">
         <v>3882</v>
       </c>
       <c r="F418" t="s">
         <v>3883</v>
       </c>
       <c r="G418" t="s">
         <v>3884</v>
       </c>
       <c r="H418" t="s">
         <v>3885</v>
       </c>
       <c r="I418" t="s">
         <v>3886</v>
       </c>
       <c r="J418" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K418" t="s">
-        <v>170</v>
+        <v>672</v>
       </c>
       <c r="L418" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M418" t="s">
-        <v>171</v>
+        <v>673</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
         <v>3887</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65016</v>
+        <v>65015</v>
       </c>
       <c r="B419" t="s">
         <v>3888</v>
       </c>
       <c r="C419" t="s">
         <v>3889</v>
       </c>
       <c r="D419" t="s">
         <v>3890</v>
       </c>
       <c r="E419" t="s">
         <v>3891</v>
       </c>
       <c r="F419" t="s">
         <v>3892</v>
       </c>
       <c r="G419" t="s">
         <v>3893</v>
       </c>
       <c r="H419" t="s">
         <v>3894</v>
       </c>
       <c r="I419" t="s">
         <v>3895</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
         <v>3896</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65017</v>
+        <v>65016</v>
       </c>
       <c r="B420" t="s">
         <v>3897</v>
       </c>
       <c r="C420" t="s">
         <v>3898</v>
       </c>
       <c r="D420" t="s">
         <v>3899</v>
       </c>
       <c r="E420" t="s">
         <v>3900</v>
       </c>
       <c r="F420" t="s">
         <v>3901</v>
       </c>
       <c r="G420" t="s">
         <v>3902</v>
       </c>
       <c r="H420" t="s">
         <v>3903</v>
       </c>
       <c r="I420" t="s">
         <v>3904</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
+        <v>25</v>
+      </c>
+      <c r="L420" t="s">
+        <v>26</v>
+      </c>
+      <c r="M420" t="s">
+        <v>27</v>
+      </c>
+      <c r="N420" t="s">
+        <v>28</v>
+      </c>
+      <c r="O420" t="s">
         <v>3905</v>
-      </c>
-[...10 lines deleted...]
-        <v>3907</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65018</v>
+        <v>65017</v>
       </c>
       <c r="B421" t="s">
+        <v>3906</v>
+      </c>
+      <c r="C421" t="s">
+        <v>3907</v>
+      </c>
+      <c r="D421" t="s">
         <v>3908</v>
       </c>
-      <c r="C421" t="s">
+      <c r="E421" t="s">
         <v>3909</v>
       </c>
-      <c r="D421" t="s">
+      <c r="F421" t="s">
         <v>3910</v>
       </c>
-      <c r="E421" t="s">
+      <c r="G421" t="s">
         <v>3911</v>
       </c>
-      <c r="F421" t="s">
+      <c r="H421" t="s">
         <v>3912</v>
       </c>
-      <c r="G421" t="s">
+      <c r="I421" t="s">
         <v>3913</v>
       </c>
-      <c r="H421" t="s">
+      <c r="J421" t="s">
+        <v>24</v>
+      </c>
+      <c r="K421" t="s">
         <v>3914</v>
       </c>
-      <c r="I421" t="s">
+      <c r="L421" t="s">
+        <v>26</v>
+      </c>
+      <c r="M421" t="s">
         <v>3915</v>
       </c>
-      <c r="J421" t="s">
-[...2 lines deleted...]
-      <c r="K421" t="s">
+      <c r="N421" t="s">
+        <v>28</v>
+      </c>
+      <c r="O421" t="s">
         <v>3916</v>
-      </c>
-[...10 lines deleted...]
-        <v>3918</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65019</v>
+        <v>65018</v>
       </c>
       <c r="B422" t="s">
+        <v>3917</v>
+      </c>
+      <c r="C422" t="s">
+        <v>3918</v>
+      </c>
+      <c r="D422" t="s">
         <v>3919</v>
       </c>
-      <c r="C422" t="s">
+      <c r="E422" t="s">
         <v>3920</v>
       </c>
-      <c r="D422" t="s">
+      <c r="F422" t="s">
         <v>3921</v>
       </c>
-      <c r="E422" t="s">
+      <c r="G422" t="s">
         <v>3922</v>
       </c>
-      <c r="F422" t="s">
+      <c r="H422" t="s">
         <v>3923</v>
       </c>
-      <c r="G422" t="s">
+      <c r="I422" t="s">
         <v>3924</v>
       </c>
-      <c r="H422" t="s">
+      <c r="J422" t="s">
+        <v>24</v>
+      </c>
+      <c r="K422" t="s">
         <v>3925</v>
       </c>
-      <c r="I422" t="s">
+      <c r="L422" t="s">
+        <v>26</v>
+      </c>
+      <c r="M422" t="s">
         <v>3926</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
         <v>3927</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65020</v>
+        <v>65019</v>
       </c>
       <c r="B423" t="s">
         <v>3928</v>
       </c>
       <c r="C423" t="s">
         <v>3929</v>
       </c>
       <c r="D423" t="s">
         <v>3930</v>
       </c>
       <c r="E423" t="s">
         <v>3931</v>
       </c>
       <c r="F423" t="s">
         <v>3932</v>
       </c>
       <c r="G423" t="s">
         <v>3933</v>
       </c>
       <c r="H423" t="s">
         <v>3934</v>
       </c>
       <c r="I423" t="s">
         <v>3935</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
+        <v>170</v>
+      </c>
+      <c r="L423" t="s">
+        <v>26</v>
+      </c>
+      <c r="M423" t="s">
+        <v>171</v>
+      </c>
+      <c r="N423" t="s">
+        <v>28</v>
+      </c>
+      <c r="O423" t="s">
         <v>3936</v>
-      </c>
-[...10 lines deleted...]
-        <v>3938</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65021</v>
+        <v>65020</v>
       </c>
       <c r="B424" t="s">
+        <v>3937</v>
+      </c>
+      <c r="C424" t="s">
+        <v>3938</v>
+      </c>
+      <c r="D424" t="s">
         <v>3939</v>
       </c>
-      <c r="C424" t="s">
+      <c r="E424" t="s">
         <v>3940</v>
       </c>
-      <c r="D424" t="s">
+      <c r="F424" t="s">
         <v>3941</v>
       </c>
-      <c r="E424" t="s">
+      <c r="G424" t="s">
         <v>3942</v>
       </c>
-      <c r="F424" t="s">
+      <c r="H424" t="s">
         <v>3943</v>
       </c>
-      <c r="G424" t="s">
+      <c r="I424" t="s">
         <v>3944</v>
       </c>
-      <c r="H424" t="s">
+      <c r="J424" t="s">
+        <v>24</v>
+      </c>
+      <c r="K424" t="s">
         <v>3945</v>
       </c>
-      <c r="I424" t="s">
+      <c r="L424" t="s">
+        <v>26</v>
+      </c>
+      <c r="M424" t="s">
         <v>3946</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
         <v>3947</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65022</v>
+        <v>65021</v>
       </c>
       <c r="B425" t="s">
         <v>3948</v>
       </c>
       <c r="C425" t="s">
         <v>3949</v>
       </c>
       <c r="D425" t="s">
         <v>3950</v>
       </c>
       <c r="E425" t="s">
         <v>3951</v>
       </c>
       <c r="F425" t="s">
         <v>3952</v>
       </c>
       <c r="G425" t="s">
         <v>3953</v>
       </c>
       <c r="H425" t="s">
         <v>3954</v>
       </c>
       <c r="I425" t="s">
         <v>3955</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
         <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
         <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
         <v>3956</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65023</v>
+        <v>65022</v>
       </c>
       <c r="B426" t="s">
         <v>3957</v>
       </c>
       <c r="C426" t="s">
         <v>3958</v>
       </c>
       <c r="D426" t="s">
         <v>3959</v>
       </c>
       <c r="E426" t="s">
         <v>3960</v>
       </c>
       <c r="F426" t="s">
         <v>3961</v>
       </c>
       <c r="G426" t="s">
         <v>3962</v>
       </c>
       <c r="H426" t="s">
         <v>3963</v>
       </c>
       <c r="I426" t="s">
         <v>3964</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
         <v>3965</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65025</v>
+        <v>65023</v>
       </c>
       <c r="B427" t="s">
         <v>3966</v>
       </c>
       <c r="C427" t="s">
         <v>3967</v>
       </c>
       <c r="D427" t="s">
         <v>3968</v>
       </c>
       <c r="E427" t="s">
         <v>3969</v>
       </c>
       <c r="F427" t="s">
         <v>3970</v>
       </c>
       <c r="G427" t="s">
         <v>3971</v>
       </c>
       <c r="H427" t="s">
         <v>3972</v>
       </c>
       <c r="I427" t="s">
         <v>3973</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
         <v>3974</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65026</v>
+        <v>65025</v>
       </c>
       <c r="B428" t="s">
         <v>3975</v>
       </c>
       <c r="C428" t="s">
         <v>3976</v>
       </c>
       <c r="D428" t="s">
         <v>3977</v>
       </c>
       <c r="E428" t="s">
         <v>3978</v>
       </c>
       <c r="F428" t="s">
         <v>3979</v>
       </c>
       <c r="G428" t="s">
         <v>3980</v>
       </c>
       <c r="H428" t="s">
         <v>3981</v>
       </c>
       <c r="I428" t="s">
         <v>3982</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
         <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
         <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
         <v>3983</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65027</v>
+        <v>65026</v>
       </c>
       <c r="B429" t="s">
         <v>3984</v>
       </c>
       <c r="C429" t="s">
         <v>3985</v>
       </c>
       <c r="D429" t="s">
         <v>3986</v>
       </c>
       <c r="E429" t="s">
         <v>3987</v>
       </c>
       <c r="F429" t="s">
         <v>3988</v>
       </c>
       <c r="G429" t="s">
         <v>3989</v>
       </c>
       <c r="H429" t="s">
         <v>3990</v>
       </c>
       <c r="I429" t="s">
         <v>3991</v>
       </c>
       <c r="J429" t="s">
         <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L429" t="s">
         <v>26</v>
       </c>
       <c r="M429" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
         <v>3992</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65028</v>
+        <v>65027</v>
       </c>
       <c r="B430" t="s">
         <v>3993</v>
       </c>
       <c r="C430" t="s">
         <v>3994</v>
       </c>
       <c r="D430" t="s">
         <v>3995</v>
       </c>
       <c r="E430" t="s">
         <v>3996</v>
       </c>
       <c r="F430" t="s">
         <v>3997</v>
       </c>
       <c r="G430" t="s">
         <v>3998</v>
       </c>
       <c r="H430" t="s">
         <v>3999</v>
       </c>
       <c r="I430" t="s">
         <v>4000</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
         <v>4001</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
-        <v>65030</v>
+        <v>65028</v>
       </c>
       <c r="B431" t="s">
         <v>4002</v>
       </c>
       <c r="C431" t="s">
         <v>4003</v>
       </c>
       <c r="D431" t="s">
         <v>4004</v>
       </c>
       <c r="E431" t="s">
         <v>4005</v>
       </c>
       <c r="F431" t="s">
         <v>4006</v>
       </c>
       <c r="G431" t="s">
         <v>4007</v>
       </c>
       <c r="H431" t="s">
         <v>4008</v>
       </c>
       <c r="I431" t="s">
         <v>4009</v>
       </c>
       <c r="J431" t="s">
         <v>24</v>
       </c>
       <c r="K431" t="s">
         <v>25</v>
       </c>
       <c r="L431" t="s">
         <v>26</v>
       </c>
       <c r="M431" t="s">
         <v>27</v>
       </c>
       <c r="N431" t="s">
         <v>28</v>
       </c>
       <c r="O431" t="s">
         <v>4010</v>
       </c>
     </row>
     <row r="432" spans="1:15">
       <c r="A432">
-        <v>65031</v>
+        <v>65030</v>
       </c>
       <c r="B432" t="s">
         <v>4011</v>
       </c>
       <c r="C432" t="s">
         <v>4012</v>
       </c>
       <c r="D432" t="s">
         <v>4013</v>
       </c>
       <c r="E432" t="s">
         <v>4014</v>
       </c>
       <c r="F432" t="s">
         <v>4015</v>
       </c>
       <c r="G432" t="s">
         <v>4016</v>
       </c>
       <c r="H432" t="s">
         <v>4017</v>
       </c>
       <c r="I432" t="s">
         <v>4018</v>
       </c>
       <c r="J432" t="s">
         <v>24</v>
       </c>
       <c r="K432" t="s">
         <v>25</v>
       </c>
       <c r="L432" t="s">
         <v>26</v>
       </c>
       <c r="M432" t="s">
         <v>27</v>
       </c>
       <c r="N432" t="s">
         <v>28</v>
       </c>
       <c r="O432" t="s">
         <v>4019</v>
       </c>
     </row>
     <row r="433" spans="1:15">
       <c r="A433">
-        <v>65032</v>
+        <v>65031</v>
       </c>
       <c r="B433" t="s">
         <v>4020</v>
       </c>
       <c r="C433" t="s">
         <v>4021</v>
       </c>
       <c r="D433" t="s">
         <v>4022</v>
       </c>
       <c r="E433" t="s">
         <v>4023</v>
       </c>
       <c r="F433" t="s">
         <v>4024</v>
       </c>
       <c r="G433" t="s">
         <v>4025</v>
       </c>
       <c r="H433" t="s">
         <v>4026</v>
       </c>
       <c r="I433" t="s">
         <v>4027</v>
       </c>
       <c r="J433" t="s">
         <v>24</v>
       </c>
       <c r="K433" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L433" t="s">
         <v>26</v>
       </c>
       <c r="M433" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N433" t="s">
         <v>28</v>
       </c>
       <c r="O433" t="s">
         <v>4028</v>
       </c>
     </row>
     <row r="434" spans="1:15">
       <c r="A434">
-        <v>65033</v>
+        <v>65032</v>
       </c>
       <c r="B434" t="s">
         <v>4029</v>
       </c>
       <c r="C434" t="s">
         <v>4030</v>
       </c>
       <c r="D434" t="s">
         <v>4031</v>
       </c>
       <c r="E434" t="s">
         <v>4032</v>
       </c>
       <c r="F434" t="s">
         <v>4033</v>
       </c>
       <c r="G434" t="s">
         <v>4034</v>
       </c>
       <c r="H434" t="s">
         <v>4035</v>
       </c>
       <c r="I434" t="s">
         <v>4036</v>
       </c>
       <c r="J434" t="s">
         <v>24</v>
       </c>
       <c r="K434" t="s">
-        <v>683</v>
+        <v>170</v>
       </c>
       <c r="L434" t="s">
         <v>26</v>
       </c>
       <c r="M434" t="s">
+        <v>171</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
         <v>4037</v>
-      </c>
-[...4 lines deleted...]
-        <v>4038</v>
       </c>
     </row>
     <row r="435" spans="1:15">
       <c r="A435">
-        <v>65034</v>
+        <v>65033</v>
       </c>
       <c r="B435" t="s">
+        <v>4038</v>
+      </c>
+      <c r="C435" t="s">
         <v>4039</v>
       </c>
-      <c r="C435" t="s">
+      <c r="D435" t="s">
         <v>4040</v>
       </c>
-      <c r="D435" t="s">
+      <c r="E435" t="s">
         <v>4041</v>
       </c>
-      <c r="E435" t="s">
+      <c r="F435" t="s">
         <v>4042</v>
       </c>
-      <c r="F435" t="s">
+      <c r="G435" t="s">
         <v>4043</v>
       </c>
-      <c r="G435" t="s">
+      <c r="H435" t="s">
         <v>4044</v>
       </c>
-      <c r="H435" t="s">
+      <c r="I435" t="s">
         <v>4045</v>
       </c>
-      <c r="I435" t="s">
+      <c r="J435" t="s">
+        <v>24</v>
+      </c>
+      <c r="K435" t="s">
+        <v>683</v>
+      </c>
+      <c r="L435" t="s">
+        <v>26</v>
+      </c>
+      <c r="M435" t="s">
         <v>4046</v>
-      </c>
-[...10 lines deleted...]
-        <v>572</v>
       </c>
       <c r="N435" t="s">
         <v>28</v>
       </c>
       <c r="O435" t="s">
         <v>4047</v>
       </c>
     </row>
     <row r="436" spans="1:15">
       <c r="A436">
-        <v>65035</v>
+        <v>65034</v>
       </c>
       <c r="B436" t="s">
         <v>4048</v>
       </c>
       <c r="C436" t="s">
         <v>4049</v>
       </c>
       <c r="D436" t="s">
         <v>4050</v>
       </c>
       <c r="E436" t="s">
         <v>4051</v>
       </c>
       <c r="F436" t="s">
         <v>4052</v>
       </c>
       <c r="G436" t="s">
         <v>4053</v>
       </c>
       <c r="H436" t="s">
         <v>4054</v>
       </c>
       <c r="I436" t="s">
         <v>4055</v>
       </c>
       <c r="J436" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K436" t="s">
-        <v>25</v>
+        <v>571</v>
       </c>
       <c r="L436" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M436" t="s">
-        <v>27</v>
+        <v>572</v>
       </c>
       <c r="N436" t="s">
         <v>28</v>
       </c>
       <c r="O436" t="s">
         <v>4056</v>
       </c>
     </row>
     <row r="437" spans="1:15">
       <c r="A437">
-        <v>65036</v>
+        <v>65035</v>
       </c>
       <c r="B437" t="s">
         <v>4057</v>
       </c>
       <c r="C437" t="s">
         <v>4058</v>
       </c>
       <c r="D437" t="s">
         <v>4059</v>
       </c>
       <c r="E437" t="s">
         <v>4060</v>
       </c>
       <c r="F437" t="s">
         <v>4061</v>
       </c>
       <c r="G437" t="s">
         <v>4062</v>
       </c>
       <c r="H437" t="s">
         <v>4063</v>
       </c>
       <c r="I437" t="s">
         <v>4064</v>
       </c>
       <c r="J437" t="s">
         <v>24</v>
       </c>
       <c r="K437" t="s">
         <v>25</v>
       </c>
       <c r="L437" t="s">
         <v>26</v>
       </c>
       <c r="M437" t="s">
         <v>27</v>
       </c>
       <c r="N437" t="s">
         <v>28</v>
       </c>
       <c r="O437" t="s">
         <v>4065</v>
       </c>
     </row>
     <row r="438" spans="1:15">
       <c r="A438">
-        <v>65037</v>
+        <v>65036</v>
       </c>
       <c r="B438" t="s">
         <v>4066</v>
       </c>
       <c r="C438" t="s">
         <v>4067</v>
       </c>
       <c r="D438" t="s">
         <v>4068</v>
       </c>
       <c r="E438" t="s">
         <v>4069</v>
       </c>
       <c r="F438" t="s">
         <v>4070</v>
       </c>
       <c r="G438" t="s">
         <v>4071</v>
       </c>
       <c r="H438" t="s">
         <v>4072</v>
       </c>
       <c r="I438" t="s">
         <v>4073</v>
       </c>
       <c r="J438" t="s">
         <v>24</v>
       </c>
       <c r="K438" t="s">
         <v>25</v>
       </c>
       <c r="L438" t="s">
         <v>26</v>
       </c>
       <c r="M438" t="s">
         <v>27</v>
       </c>
       <c r="N438" t="s">
         <v>28</v>
       </c>
       <c r="O438" t="s">
         <v>4074</v>
       </c>
     </row>
     <row r="439" spans="1:15">
       <c r="A439">
-        <v>65038</v>
+        <v>65037</v>
       </c>
       <c r="B439" t="s">
         <v>4075</v>
       </c>
       <c r="C439" t="s">
         <v>4076</v>
       </c>
       <c r="D439" t="s">
         <v>4077</v>
       </c>
       <c r="E439" t="s">
         <v>4078</v>
       </c>
       <c r="F439" t="s">
         <v>4079</v>
       </c>
       <c r="G439" t="s">
         <v>4080</v>
       </c>
       <c r="H439" t="s">
         <v>4081</v>
       </c>
       <c r="I439" t="s">
         <v>4082</v>
       </c>
       <c r="J439" t="s">
         <v>24</v>
       </c>
       <c r="K439" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L439" t="s">
         <v>26</v>
       </c>
       <c r="M439" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N439" t="s">
         <v>28</v>
       </c>
       <c r="O439" t="s">
         <v>4083</v>
       </c>
     </row>
     <row r="440" spans="1:15">
       <c r="A440">
-        <v>65039</v>
+        <v>65038</v>
       </c>
       <c r="B440" t="s">
         <v>4084</v>
       </c>
       <c r="C440" t="s">
         <v>4085</v>
       </c>
       <c r="D440" t="s">
         <v>4086</v>
       </c>
       <c r="E440" t="s">
         <v>4087</v>
       </c>
       <c r="F440" t="s">
         <v>4088</v>
       </c>
       <c r="G440" t="s">
         <v>4089</v>
       </c>
       <c r="H440" t="s">
         <v>4090</v>
       </c>
       <c r="I440" t="s">
         <v>4091</v>
       </c>
       <c r="J440" t="s">
         <v>24</v>
       </c>
       <c r="K440" t="s">
         <v>170</v>
       </c>
       <c r="L440" t="s">
         <v>26</v>
       </c>
       <c r="M440" t="s">
         <v>171</v>
       </c>
       <c r="N440" t="s">
         <v>28</v>
       </c>
       <c r="O440" t="s">
         <v>4092</v>
       </c>
     </row>
     <row r="441" spans="1:15">
       <c r="A441">
-        <v>65040</v>
+        <v>65039</v>
       </c>
       <c r="B441" t="s">
         <v>4093</v>
       </c>
       <c r="C441" t="s">
         <v>4094</v>
       </c>
       <c r="D441" t="s">
         <v>4095</v>
       </c>
       <c r="E441" t="s">
         <v>4096</v>
       </c>
       <c r="F441" t="s">
         <v>4097</v>
       </c>
       <c r="G441" t="s">
         <v>4098</v>
       </c>
       <c r="H441" t="s">
         <v>4099</v>
       </c>
       <c r="I441" t="s">
         <v>4100</v>
       </c>
       <c r="J441" t="s">
         <v>24</v>
       </c>
       <c r="K441" t="s">
-        <v>871</v>
+        <v>170</v>
       </c>
       <c r="L441" t="s">
         <v>26</v>
       </c>
       <c r="M441" t="s">
-        <v>872</v>
+        <v>171</v>
       </c>
       <c r="N441" t="s">
         <v>28</v>
       </c>
       <c r="O441" t="s">
         <v>4101</v>
       </c>
     </row>
     <row r="442" spans="1:15">
       <c r="A442">
-        <v>65043</v>
+        <v>65040</v>
       </c>
       <c r="B442" t="s">
         <v>4102</v>
       </c>
       <c r="C442" t="s">
         <v>4103</v>
       </c>
       <c r="D442" t="s">
         <v>4104</v>
       </c>
       <c r="E442" t="s">
         <v>4105</v>
       </c>
       <c r="F442" t="s">
         <v>4106</v>
       </c>
       <c r="G442" t="s">
         <v>4107</v>
       </c>
       <c r="H442" t="s">
         <v>4108</v>
       </c>
       <c r="I442" t="s">
         <v>4109</v>
       </c>
       <c r="J442" t="s">
         <v>24</v>
       </c>
       <c r="K442" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L442" t="s">
         <v>26</v>
       </c>
       <c r="M442" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N442" t="s">
         <v>28</v>
       </c>
       <c r="O442" t="s">
         <v>4110</v>
       </c>
     </row>
     <row r="443" spans="1:15">
       <c r="A443">
-        <v>65044</v>
+        <v>65043</v>
       </c>
       <c r="B443" t="s">
         <v>4111</v>
       </c>
       <c r="C443" t="s">
         <v>4112</v>
       </c>
       <c r="D443" t="s">
         <v>4113</v>
       </c>
       <c r="E443" t="s">
         <v>4114</v>
       </c>
       <c r="F443" t="s">
         <v>4115</v>
       </c>
       <c r="G443" t="s">
         <v>4116</v>
       </c>
       <c r="H443" t="s">
         <v>4117</v>
       </c>
       <c r="I443" t="s">
         <v>4118</v>
       </c>
       <c r="J443" t="s">
         <v>24</v>
       </c>
       <c r="K443" t="s">
         <v>25</v>
       </c>
       <c r="L443" t="s">
         <v>26</v>
       </c>
       <c r="M443" t="s">
         <v>27</v>
       </c>
       <c r="N443" t="s">
         <v>28</v>
       </c>
       <c r="O443" t="s">
         <v>4119</v>
       </c>
     </row>
     <row r="444" spans="1:15">
       <c r="A444">
-        <v>65045</v>
+        <v>65044</v>
       </c>
       <c r="B444" t="s">
         <v>4120</v>
       </c>
       <c r="C444" t="s">
         <v>4121</v>
       </c>
       <c r="D444" t="s">
         <v>4122</v>
       </c>
       <c r="E444" t="s">
         <v>4123</v>
       </c>
       <c r="F444" t="s">
         <v>4124</v>
       </c>
       <c r="G444" t="s">
         <v>4125</v>
       </c>
       <c r="H444" t="s">
         <v>4126</v>
       </c>
       <c r="I444" t="s">
         <v>4127</v>
       </c>
       <c r="J444" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K444" t="s">
+        <v>25</v>
+      </c>
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>27</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
         <v>4128</v>
-      </c>
-[...10 lines deleted...]
-        <v>4130</v>
       </c>
     </row>
     <row r="445" spans="1:15">
       <c r="A445">
-        <v>65046</v>
+        <v>65045</v>
       </c>
       <c r="B445" t="s">
+        <v>4129</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4130</v>
+      </c>
+      <c r="D445" t="s">
         <v>4131</v>
       </c>
-      <c r="C445" t="s">
+      <c r="E445" t="s">
         <v>4132</v>
       </c>
-      <c r="D445" t="s">
+      <c r="F445" t="s">
         <v>4133</v>
       </c>
-      <c r="E445" t="s">
+      <c r="G445" t="s">
         <v>4134</v>
       </c>
-      <c r="F445" t="s">
+      <c r="H445" t="s">
         <v>4135</v>
       </c>
-      <c r="G445" t="s">
+      <c r="I445" t="s">
         <v>4136</v>
       </c>
-      <c r="H445" t="s">
+      <c r="J445" t="s">
+        <v>58</v>
+      </c>
+      <c r="K445" t="s">
         <v>4137</v>
       </c>
-      <c r="I445" t="s">
+      <c r="L445" t="s">
+        <v>60</v>
+      </c>
+      <c r="M445" t="s">
         <v>4138</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="N445" t="s">
         <v>28</v>
       </c>
       <c r="O445" t="s">
         <v>4139</v>
       </c>
     </row>
     <row r="446" spans="1:15">
       <c r="A446">
-        <v>65047</v>
+        <v>65046</v>
       </c>
       <c r="B446" t="s">
         <v>4140</v>
       </c>
       <c r="C446" t="s">
         <v>4141</v>
       </c>
       <c r="D446" t="s">
         <v>4142</v>
       </c>
       <c r="E446" t="s">
         <v>4143</v>
       </c>
       <c r="F446" t="s">
         <v>4144</v>
       </c>
       <c r="G446" t="s">
         <v>4145</v>
       </c>
       <c r="H446" t="s">
         <v>4146</v>
       </c>
       <c r="I446" t="s">
         <v>4147</v>
       </c>
       <c r="J446" t="s">
         <v>24</v>
       </c>
       <c r="K446" t="s">
-        <v>4128</v>
+        <v>47</v>
       </c>
       <c r="L446" t="s">
         <v>26</v>
       </c>
       <c r="M446" t="s">
-        <v>4129</v>
+        <v>48</v>
       </c>
       <c r="N446" t="s">
         <v>28</v>
       </c>
       <c r="O446" t="s">
         <v>4148</v>
       </c>
     </row>
     <row r="447" spans="1:15">
       <c r="A447">
-        <v>65049</v>
+        <v>65047</v>
       </c>
       <c r="B447" t="s">
         <v>4149</v>
       </c>
       <c r="C447" t="s">
         <v>4150</v>
       </c>
       <c r="D447" t="s">
         <v>4151</v>
       </c>
       <c r="E447" t="s">
         <v>4152</v>
       </c>
       <c r="F447" t="s">
         <v>4153</v>
       </c>
       <c r="G447" t="s">
         <v>4154</v>
       </c>
       <c r="H447" t="s">
         <v>4155</v>
       </c>
       <c r="I447" t="s">
         <v>4156</v>
       </c>
       <c r="J447" t="s">
         <v>24</v>
       </c>
       <c r="K447" t="s">
-        <v>59</v>
+        <v>4137</v>
       </c>
       <c r="L447" t="s">
         <v>26</v>
       </c>
       <c r="M447" t="s">
-        <v>61</v>
+        <v>4138</v>
       </c>
       <c r="N447" t="s">
         <v>28</v>
       </c>
       <c r="O447" t="s">
         <v>4157</v>
       </c>
     </row>
     <row r="448" spans="1:15">
       <c r="A448">
-        <v>65050</v>
+        <v>65049</v>
       </c>
       <c r="B448" t="s">
         <v>4158</v>
       </c>
       <c r="C448" t="s">
         <v>4159</v>
       </c>
       <c r="D448" t="s">
         <v>4160</v>
       </c>
       <c r="E448" t="s">
         <v>4161</v>
       </c>
       <c r="F448" t="s">
         <v>4162</v>
       </c>
       <c r="G448" t="s">
         <v>4163</v>
       </c>
       <c r="H448" t="s">
         <v>4164</v>
       </c>
       <c r="I448" t="s">
         <v>4165</v>
       </c>
       <c r="J448" t="s">
         <v>24</v>
       </c>
       <c r="K448" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L448" t="s">
         <v>26</v>
       </c>
       <c r="M448" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N448" t="s">
         <v>28</v>
       </c>
       <c r="O448" t="s">
         <v>4166</v>
       </c>
     </row>
     <row r="449" spans="1:15">
       <c r="A449">
-        <v>65051</v>
+        <v>65050</v>
       </c>
       <c r="B449" t="s">
         <v>4167</v>
       </c>
       <c r="C449" t="s">
         <v>4168</v>
       </c>
       <c r="D449" t="s">
         <v>4169</v>
       </c>
       <c r="E449" t="s">
         <v>4170</v>
       </c>
       <c r="F449" t="s">
         <v>4171</v>
       </c>
       <c r="G449" t="s">
         <v>4172</v>
       </c>
       <c r="H449" t="s">
         <v>4173</v>
       </c>
       <c r="I449" t="s">
         <v>4174</v>
       </c>
       <c r="J449" t="s">
         <v>24</v>
       </c>
       <c r="K449" t="s">
-        <v>739</v>
+        <v>25</v>
       </c>
       <c r="L449" t="s">
         <v>26</v>
       </c>
       <c r="M449" t="s">
-        <v>740</v>
+        <v>27</v>
       </c>
       <c r="N449" t="s">
         <v>28</v>
       </c>
       <c r="O449" t="s">
         <v>4175</v>
       </c>
     </row>
     <row r="450" spans="1:15">
       <c r="A450">
-        <v>65053</v>
+        <v>65051</v>
       </c>
       <c r="B450" t="s">
         <v>4176</v>
       </c>
       <c r="C450" t="s">
         <v>4177</v>
       </c>
       <c r="D450" t="s">
         <v>4178</v>
       </c>
       <c r="E450" t="s">
         <v>4179</v>
       </c>
       <c r="F450" t="s">
         <v>4180</v>
       </c>
       <c r="G450" t="s">
         <v>4181</v>
       </c>
       <c r="H450" t="s">
         <v>4182</v>
       </c>
       <c r="I450" t="s">
         <v>4183</v>
       </c>
       <c r="J450" t="s">
         <v>24</v>
       </c>
       <c r="K450" t="s">
-        <v>170</v>
+        <v>739</v>
       </c>
       <c r="L450" t="s">
         <v>26</v>
       </c>
       <c r="M450" t="s">
-        <v>171</v>
+        <v>740</v>
       </c>
       <c r="N450" t="s">
         <v>28</v>
       </c>
       <c r="O450" t="s">
         <v>4184</v>
       </c>
     </row>
     <row r="451" spans="1:15">
       <c r="A451">
-        <v>65054</v>
+        <v>65053</v>
       </c>
       <c r="B451" t="s">
         <v>4185</v>
       </c>
       <c r="C451" t="s">
         <v>4186</v>
       </c>
       <c r="D451" t="s">
         <v>4187</v>
       </c>
       <c r="E451" t="s">
         <v>4188</v>
       </c>
       <c r="F451" t="s">
         <v>4189</v>
       </c>
       <c r="G451" t="s">
         <v>4190</v>
       </c>
       <c r="H451" t="s">
         <v>4191</v>
       </c>
       <c r="I451" t="s">
         <v>4192</v>
       </c>
       <c r="J451" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K451" t="s">
-        <v>208</v>
+        <v>170</v>
       </c>
       <c r="L451" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M451" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="N451" t="s">
         <v>28</v>
       </c>
       <c r="O451" t="s">
         <v>4193</v>
       </c>
     </row>
     <row r="452" spans="1:15">
       <c r="A452">
-        <v>65055</v>
+        <v>65054</v>
       </c>
       <c r="B452" t="s">
         <v>4194</v>
       </c>
       <c r="C452" t="s">
         <v>4195</v>
       </c>
       <c r="D452" t="s">
         <v>4196</v>
       </c>
       <c r="E452" t="s">
         <v>4197</v>
       </c>
       <c r="F452" t="s">
         <v>4198</v>
       </c>
       <c r="G452" t="s">
         <v>4199</v>
       </c>
       <c r="H452" t="s">
         <v>4200</v>
       </c>
       <c r="I452" t="s">
         <v>4201</v>
       </c>
       <c r="J452" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K452" t="s">
-        <v>571</v>
+        <v>208</v>
       </c>
       <c r="L452" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M452" t="s">
-        <v>572</v>
+        <v>209</v>
       </c>
       <c r="N452" t="s">
         <v>28</v>
       </c>
       <c r="O452" t="s">
         <v>4202</v>
       </c>
     </row>
     <row r="453" spans="1:15">
       <c r="A453">
-        <v>65057</v>
+        <v>65055</v>
       </c>
       <c r="B453" t="s">
         <v>4203</v>
       </c>
       <c r="C453" t="s">
         <v>4204</v>
       </c>
       <c r="D453" t="s">
         <v>4205</v>
       </c>
       <c r="E453" t="s">
         <v>4206</v>
       </c>
       <c r="F453" t="s">
         <v>4207</v>
       </c>
       <c r="G453" t="s">
         <v>4208</v>
       </c>
       <c r="H453" t="s">
         <v>4209</v>
       </c>
       <c r="I453" t="s">
         <v>4210</v>
       </c>
       <c r="J453" t="s">
         <v>24</v>
       </c>
       <c r="K453" t="s">
-        <v>274</v>
+        <v>571</v>
       </c>
       <c r="L453" t="s">
         <v>26</v>
       </c>
       <c r="M453" t="s">
-        <v>276</v>
+        <v>572</v>
       </c>
       <c r="N453" t="s">
         <v>28</v>
       </c>
       <c r="O453" t="s">
         <v>4211</v>
       </c>
     </row>
     <row r="454" spans="1:15">
       <c r="A454">
-        <v>65058</v>
+        <v>65057</v>
       </c>
       <c r="B454" t="s">
         <v>4212</v>
       </c>
       <c r="C454" t="s">
         <v>4213</v>
       </c>
       <c r="D454" t="s">
         <v>4214</v>
       </c>
       <c r="E454" t="s">
         <v>4215</v>
       </c>
       <c r="F454" t="s">
         <v>4216</v>
       </c>
       <c r="G454" t="s">
         <v>4217</v>
       </c>
       <c r="H454" t="s">
         <v>4218</v>
       </c>
       <c r="I454" t="s">
         <v>4219</v>
       </c>
       <c r="J454" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K454" t="s">
-        <v>672</v>
+        <v>274</v>
       </c>
       <c r="L454" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M454" t="s">
-        <v>673</v>
+        <v>276</v>
       </c>
       <c r="N454" t="s">
         <v>28</v>
       </c>
       <c r="O454" t="s">
         <v>4220</v>
       </c>
     </row>
     <row r="455" spans="1:15">
       <c r="A455">
-        <v>65059</v>
+        <v>65058</v>
       </c>
       <c r="B455" t="s">
         <v>4221</v>
       </c>
       <c r="C455" t="s">
         <v>4222</v>
       </c>
       <c r="D455" t="s">
         <v>4223</v>
       </c>
       <c r="E455" t="s">
         <v>4224</v>
       </c>
       <c r="F455" t="s">
         <v>4225</v>
       </c>
       <c r="G455" t="s">
         <v>4226</v>
       </c>
       <c r="H455" t="s">
         <v>4227</v>
       </c>
       <c r="I455" t="s">
         <v>4228</v>
       </c>
       <c r="J455" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K455" t="s">
-        <v>170</v>
+        <v>672</v>
       </c>
       <c r="L455" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M455" t="s">
-        <v>171</v>
+        <v>673</v>
       </c>
       <c r="N455" t="s">
         <v>28</v>
       </c>
       <c r="O455" t="s">
         <v>4229</v>
       </c>
     </row>
     <row r="456" spans="1:15">
       <c r="A456">
-        <v>65060</v>
+        <v>65059</v>
       </c>
       <c r="B456" t="s">
         <v>4230</v>
       </c>
       <c r="C456" t="s">
         <v>4231</v>
       </c>
       <c r="D456" t="s">
         <v>4232</v>
       </c>
       <c r="E456" t="s">
         <v>4233</v>
       </c>
       <c r="F456" t="s">
         <v>4234</v>
       </c>
       <c r="G456" t="s">
         <v>4235</v>
       </c>
       <c r="H456" t="s">
         <v>4236</v>
       </c>
       <c r="I456" t="s">
         <v>4237</v>
       </c>
       <c r="J456" t="s">
         <v>24</v>
       </c>
       <c r="K456" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L456" t="s">
         <v>26</v>
       </c>
       <c r="M456" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N456" t="s">
         <v>28</v>
       </c>
       <c r="O456" t="s">
         <v>4238</v>
       </c>
     </row>
     <row r="457" spans="1:15">
       <c r="A457">
-        <v>65061</v>
+        <v>65060</v>
       </c>
       <c r="B457" t="s">
         <v>4239</v>
       </c>
       <c r="C457" t="s">
         <v>4240</v>
       </c>
       <c r="D457" t="s">
         <v>4241</v>
       </c>
       <c r="E457" t="s">
         <v>4242</v>
       </c>
       <c r="F457" t="s">
         <v>4243</v>
       </c>
       <c r="G457" t="s">
         <v>4244</v>
       </c>
       <c r="H457" t="s">
         <v>4245</v>
       </c>
       <c r="I457" t="s">
         <v>4246</v>
       </c>
       <c r="J457" t="s">
         <v>24</v>
       </c>
       <c r="K457" t="s">
-        <v>871</v>
+        <v>47</v>
       </c>
       <c r="L457" t="s">
         <v>26</v>
       </c>
       <c r="M457" t="s">
-        <v>872</v>
+        <v>48</v>
       </c>
       <c r="N457" t="s">
         <v>28</v>
       </c>
       <c r="O457" t="s">
         <v>4247</v>
       </c>
     </row>
     <row r="458" spans="1:15">
       <c r="A458">
-        <v>65062</v>
+        <v>65061</v>
       </c>
       <c r="B458" t="s">
         <v>4248</v>
       </c>
       <c r="C458" t="s">
         <v>4249</v>
       </c>
       <c r="D458" t="s">
         <v>4250</v>
       </c>
       <c r="E458" t="s">
         <v>4251</v>
       </c>
       <c r="F458" t="s">
         <v>4252</v>
       </c>
       <c r="G458" t="s">
         <v>4253</v>
       </c>
       <c r="H458" t="s">
         <v>4254</v>
       </c>
       <c r="I458" t="s">
         <v>4255</v>
       </c>
       <c r="J458" t="s">
         <v>24</v>
       </c>
       <c r="K458" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L458" t="s">
         <v>26</v>
       </c>
       <c r="M458" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N458" t="s">
         <v>28</v>
       </c>
       <c r="O458" t="s">
         <v>4256</v>
       </c>
     </row>
     <row r="459" spans="1:15">
       <c r="A459">
-        <v>65063</v>
+        <v>65062</v>
       </c>
       <c r="B459" t="s">
         <v>4257</v>
       </c>
       <c r="C459" t="s">
         <v>4258</v>
       </c>
       <c r="D459" t="s">
         <v>4259</v>
       </c>
       <c r="E459" t="s">
         <v>4260</v>
       </c>
       <c r="F459" t="s">
         <v>4261</v>
       </c>
       <c r="G459" t="s">
         <v>4262</v>
       </c>
       <c r="H459" t="s">
         <v>4263</v>
       </c>
       <c r="I459" t="s">
         <v>4264</v>
       </c>
       <c r="J459" t="s">
         <v>24</v>
       </c>
       <c r="K459" t="s">
-        <v>1067</v>
+        <v>25</v>
       </c>
       <c r="L459" t="s">
         <v>26</v>
       </c>
       <c r="M459" t="s">
-        <v>1068</v>
+        <v>27</v>
       </c>
       <c r="N459" t="s">
         <v>28</v>
       </c>
       <c r="O459" t="s">
         <v>4265</v>
       </c>
     </row>
     <row r="460" spans="1:15">
       <c r="A460">
-        <v>65068</v>
+        <v>65063</v>
       </c>
       <c r="B460" t="s">
         <v>4266</v>
       </c>
       <c r="C460" t="s">
         <v>4267</v>
       </c>
       <c r="D460" t="s">
         <v>4268</v>
       </c>
       <c r="E460" t="s">
         <v>4269</v>
       </c>
       <c r="F460" t="s">
         <v>4270</v>
       </c>
       <c r="G460" t="s">
         <v>4271</v>
       </c>
       <c r="H460" t="s">
         <v>4272</v>
       </c>
       <c r="I460" t="s">
         <v>4273</v>
       </c>
       <c r="J460" t="s">
         <v>24</v>
       </c>
       <c r="K460" t="s">
-        <v>25</v>
+        <v>1067</v>
       </c>
       <c r="L460" t="s">
         <v>26</v>
       </c>
       <c r="M460" t="s">
-        <v>27</v>
+        <v>1068</v>
       </c>
       <c r="N460" t="s">
         <v>28</v>
       </c>
       <c r="O460" t="s">
         <v>4274</v>
       </c>
     </row>
     <row r="461" spans="1:15">
       <c r="A461">
-        <v>65069</v>
+        <v>65068</v>
       </c>
       <c r="B461" t="s">
         <v>4275</v>
       </c>
       <c r="C461" t="s">
         <v>4276</v>
       </c>
       <c r="D461" t="s">
         <v>4277</v>
       </c>
       <c r="E461" t="s">
         <v>4278</v>
       </c>
       <c r="F461" t="s">
         <v>4279</v>
       </c>
       <c r="G461" t="s">
         <v>4280</v>
       </c>
       <c r="H461" t="s">
         <v>4281</v>
       </c>
       <c r="I461" t="s">
         <v>4282</v>
       </c>
       <c r="J461" t="s">
         <v>24</v>
       </c>
       <c r="K461" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L461" t="s">
         <v>26</v>
       </c>
       <c r="M461" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N461" t="s">
         <v>28</v>
       </c>
       <c r="O461" t="s">
         <v>4283</v>
       </c>
     </row>
     <row r="462" spans="1:15">
       <c r="A462">
-        <v>65071</v>
+        <v>65069</v>
       </c>
       <c r="B462" t="s">
         <v>4284</v>
       </c>
       <c r="C462" t="s">
         <v>4285</v>
       </c>
       <c r="D462" t="s">
         <v>4286</v>
       </c>
       <c r="E462" t="s">
         <v>4287</v>
       </c>
       <c r="F462" t="s">
         <v>4288</v>
       </c>
       <c r="G462" t="s">
         <v>4289</v>
       </c>
       <c r="H462" t="s">
         <v>4290</v>
       </c>
       <c r="I462" t="s">
         <v>4291</v>
       </c>
       <c r="J462" t="s">
         <v>24</v>
       </c>
       <c r="K462" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L462" t="s">
         <v>26</v>
       </c>
       <c r="M462" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N462" t="s">
         <v>28</v>
       </c>
       <c r="O462" t="s">
         <v>4292</v>
       </c>
     </row>
     <row r="463" spans="1:15">
       <c r="A463">
-        <v>65073</v>
+        <v>65071</v>
       </c>
       <c r="B463" t="s">
         <v>4293</v>
       </c>
       <c r="C463" t="s">
         <v>4294</v>
       </c>
       <c r="D463" t="s">
         <v>4295</v>
       </c>
       <c r="E463" t="s">
         <v>4296</v>
       </c>
       <c r="F463" t="s">
         <v>4297</v>
       </c>
       <c r="G463" t="s">
         <v>4298</v>
       </c>
       <c r="H463" t="s">
         <v>4299</v>
       </c>
       <c r="I463" t="s">
         <v>4300</v>
       </c>
       <c r="J463" t="s">
         <v>24</v>
       </c>
       <c r="K463" t="s">
         <v>25</v>
       </c>
       <c r="L463" t="s">
         <v>26</v>
       </c>
       <c r="M463" t="s">
         <v>27</v>
       </c>
       <c r="N463" t="s">
         <v>28</v>
       </c>
       <c r="O463" t="s">
         <v>4301</v>
       </c>
     </row>
     <row r="464" spans="1:15">
       <c r="A464">
-        <v>65074</v>
+        <v>65073</v>
       </c>
       <c r="B464" t="s">
         <v>4302</v>
       </c>
       <c r="C464" t="s">
         <v>4303</v>
       </c>
       <c r="D464" t="s">
         <v>4304</v>
       </c>
       <c r="E464" t="s">
         <v>4305</v>
       </c>
       <c r="F464" t="s">
         <v>4306</v>
       </c>
       <c r="G464" t="s">
         <v>4307</v>
       </c>
       <c r="H464" t="s">
         <v>4308</v>
       </c>
       <c r="I464" t="s">
         <v>4309</v>
       </c>
       <c r="J464" t="s">
         <v>24</v>
       </c>
       <c r="K464" t="s">
+        <v>25</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>27</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
         <v>4310</v>
-      </c>
-[...10 lines deleted...]
-        <v>4312</v>
       </c>
     </row>
     <row r="465" spans="1:15">
       <c r="A465">
-        <v>65075</v>
+        <v>65074</v>
       </c>
       <c r="B465" t="s">
+        <v>4311</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4312</v>
+      </c>
+      <c r="D465" t="s">
         <v>4313</v>
       </c>
-      <c r="C465" t="s">
+      <c r="E465" t="s">
         <v>4314</v>
       </c>
-      <c r="D465" t="s">
+      <c r="F465" t="s">
         <v>4315</v>
       </c>
-      <c r="E465" t="s">
+      <c r="G465" t="s">
         <v>4316</v>
       </c>
-      <c r="F465" t="s">
+      <c r="H465" t="s">
         <v>4317</v>
       </c>
-      <c r="G465" t="s">
+      <c r="I465" t="s">
         <v>4318</v>
       </c>
-      <c r="H465" t="s">
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
         <v>4319</v>
       </c>
-      <c r="I465" t="s">
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
         <v>4320</v>
-      </c>
-[...10 lines deleted...]
-        <v>4037</v>
       </c>
       <c r="N465" t="s">
         <v>28</v>
       </c>
       <c r="O465" t="s">
         <v>4321</v>
       </c>
     </row>
     <row r="466" spans="1:15">
       <c r="A466">
-        <v>65076</v>
+        <v>65075</v>
       </c>
       <c r="B466" t="s">
         <v>4322</v>
       </c>
       <c r="C466" t="s">
         <v>4323</v>
       </c>
       <c r="D466" t="s">
         <v>4324</v>
       </c>
       <c r="E466" t="s">
         <v>4325</v>
       </c>
       <c r="F466" t="s">
         <v>4326</v>
       </c>
       <c r="G466" t="s">
         <v>4327</v>
       </c>
       <c r="H466" t="s">
         <v>4328</v>
       </c>
       <c r="I466" t="s">
         <v>4329</v>
       </c>
       <c r="J466" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K466" t="s">
-        <v>170</v>
+        <v>683</v>
       </c>
       <c r="L466" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M466" t="s">
-        <v>171</v>
+        <v>4046</v>
       </c>
       <c r="N466" t="s">
         <v>28</v>
       </c>
       <c r="O466" t="s">
         <v>4330</v>
       </c>
     </row>
     <row r="467" spans="1:15">
       <c r="A467">
-        <v>65077</v>
+        <v>65076</v>
       </c>
       <c r="B467" t="s">
         <v>4331</v>
       </c>
       <c r="C467" t="s">
         <v>4332</v>
       </c>
       <c r="D467" t="s">
         <v>4333</v>
       </c>
       <c r="E467" t="s">
         <v>4334</v>
       </c>
       <c r="F467" t="s">
         <v>4335</v>
       </c>
       <c r="G467" t="s">
         <v>4336</v>
       </c>
       <c r="H467" t="s">
         <v>4337</v>
       </c>
       <c r="I467" t="s">
         <v>4338</v>
       </c>
       <c r="J467" t="s">
         <v>24</v>
       </c>
       <c r="K467" t="s">
-        <v>739</v>
+        <v>170</v>
       </c>
       <c r="L467" t="s">
         <v>26</v>
       </c>
       <c r="M467" t="s">
-        <v>740</v>
+        <v>171</v>
       </c>
       <c r="N467" t="s">
         <v>28</v>
       </c>
       <c r="O467" t="s">
         <v>4339</v>
       </c>
     </row>
     <row r="468" spans="1:15">
       <c r="A468">
-        <v>65080</v>
+        <v>65077</v>
       </c>
       <c r="B468" t="s">
         <v>4340</v>
       </c>
       <c r="C468" t="s">
         <v>4341</v>
       </c>
       <c r="D468" t="s">
         <v>4342</v>
       </c>
       <c r="E468" t="s">
         <v>4343</v>
       </c>
       <c r="F468" t="s">
         <v>4344</v>
       </c>
       <c r="G468" t="s">
         <v>4345</v>
       </c>
       <c r="H468" t="s">
         <v>4346</v>
       </c>
       <c r="I468" t="s">
         <v>4347</v>
       </c>
       <c r="J468" t="s">
         <v>24</v>
       </c>
       <c r="K468" t="s">
-        <v>47</v>
+        <v>739</v>
       </c>
       <c r="L468" t="s">
         <v>26</v>
       </c>
       <c r="M468" t="s">
-        <v>48</v>
+        <v>740</v>
       </c>
       <c r="N468" t="s">
         <v>28</v>
       </c>
       <c r="O468" t="s">
         <v>4348</v>
       </c>
     </row>
     <row r="469" spans="1:15">
       <c r="A469">
-        <v>65081</v>
+        <v>65080</v>
       </c>
       <c r="B469" t="s">
         <v>4349</v>
       </c>
       <c r="C469" t="s">
         <v>4350</v>
       </c>
       <c r="D469" t="s">
         <v>4351</v>
       </c>
       <c r="E469" t="s">
         <v>4352</v>
       </c>
       <c r="F469" t="s">
         <v>4353</v>
       </c>
       <c r="G469" t="s">
         <v>4354</v>
       </c>
       <c r="H469" t="s">
         <v>4355</v>
       </c>
       <c r="I469" t="s">
         <v>4356</v>
       </c>
       <c r="J469" t="s">
         <v>24</v>
       </c>
       <c r="K469" t="s">
         <v>47</v>
       </c>
       <c r="L469" t="s">
         <v>26</v>
       </c>
       <c r="M469" t="s">
         <v>48</v>
       </c>
       <c r="N469" t="s">
         <v>28</v>
       </c>
       <c r="O469" t="s">
         <v>4357</v>
       </c>
     </row>
     <row r="470" spans="1:15">
       <c r="A470">
-        <v>65082</v>
+        <v>65081</v>
       </c>
       <c r="B470" t="s">
         <v>4358</v>
       </c>
       <c r="C470" t="s">
         <v>4359</v>
       </c>
       <c r="D470" t="s">
         <v>4360</v>
       </c>
       <c r="E470" t="s">
         <v>4361</v>
       </c>
       <c r="F470" t="s">
         <v>4362</v>
       </c>
       <c r="G470" t="s">
         <v>4363</v>
       </c>
       <c r="H470" t="s">
         <v>4364</v>
       </c>
       <c r="I470" t="s">
         <v>4365</v>
       </c>
       <c r="J470" t="s">
         <v>24</v>
       </c>
       <c r="K470" t="s">
         <v>47</v>
       </c>
       <c r="L470" t="s">
         <v>26</v>
       </c>
       <c r="M470" t="s">
         <v>48</v>
       </c>
       <c r="N470" t="s">
         <v>28</v>
       </c>
       <c r="O470" t="s">
         <v>4366</v>
       </c>
     </row>
     <row r="471" spans="1:15">
       <c r="A471">
-        <v>65083</v>
+        <v>65082</v>
       </c>
       <c r="B471" t="s">
         <v>4367</v>
       </c>
       <c r="C471" t="s">
         <v>4368</v>
       </c>
       <c r="D471" t="s">
         <v>4369</v>
       </c>
       <c r="E471" t="s">
         <v>4370</v>
       </c>
       <c r="F471" t="s">
         <v>4371</v>
       </c>
       <c r="G471" t="s">
         <v>4372</v>
       </c>
       <c r="H471" t="s">
         <v>4373</v>
       </c>
       <c r="I471" t="s">
         <v>4374</v>
       </c>
       <c r="J471" t="s">
         <v>24</v>
       </c>
       <c r="K471" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L471" t="s">
         <v>26</v>
       </c>
       <c r="M471" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N471" t="s">
         <v>28</v>
       </c>
       <c r="O471" t="s">
         <v>4375</v>
       </c>
     </row>
     <row r="472" spans="1:15">
       <c r="A472">
-        <v>65084</v>
+        <v>65083</v>
       </c>
       <c r="B472" t="s">
         <v>4376</v>
       </c>
       <c r="C472" t="s">
         <v>4377</v>
       </c>
       <c r="D472" t="s">
         <v>4378</v>
       </c>
       <c r="E472" t="s">
         <v>4379</v>
       </c>
       <c r="F472" t="s">
         <v>4380</v>
       </c>
       <c r="G472" t="s">
         <v>4381</v>
       </c>
       <c r="H472" t="s">
         <v>4382</v>
       </c>
       <c r="I472" t="s">
         <v>4383</v>
       </c>
       <c r="J472" t="s">
         <v>24</v>
       </c>
       <c r="K472" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L472" t="s">
         <v>26</v>
       </c>
       <c r="M472" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N472" t="s">
         <v>28</v>
       </c>
       <c r="O472" t="s">
         <v>4384</v>
       </c>
     </row>
     <row r="473" spans="1:15">
       <c r="A473">
-        <v>65085</v>
+        <v>65084</v>
       </c>
       <c r="B473" t="s">
         <v>4385</v>
       </c>
       <c r="C473" t="s">
         <v>4386</v>
       </c>
       <c r="D473" t="s">
         <v>4387</v>
       </c>
       <c r="E473" t="s">
         <v>4388</v>
       </c>
       <c r="F473" t="s">
         <v>4389</v>
       </c>
       <c r="G473" t="s">
         <v>4390</v>
       </c>
       <c r="H473" t="s">
         <v>4391</v>
       </c>
       <c r="I473" t="s">
         <v>4392</v>
       </c>
       <c r="J473" t="s">
         <v>24</v>
       </c>
       <c r="K473" t="s">
-        <v>571</v>
+        <v>25</v>
       </c>
       <c r="L473" t="s">
         <v>26</v>
       </c>
       <c r="M473" t="s">
-        <v>572</v>
+        <v>27</v>
       </c>
       <c r="N473" t="s">
         <v>28</v>
       </c>
       <c r="O473" t="s">
         <v>4393</v>
       </c>
     </row>
     <row r="474" spans="1:15">
       <c r="A474">
-        <v>65086</v>
+        <v>65085</v>
       </c>
       <c r="B474" t="s">
         <v>4394</v>
       </c>
       <c r="C474" t="s">
         <v>4395</v>
       </c>
       <c r="D474" t="s">
         <v>4396</v>
       </c>
       <c r="E474" t="s">
         <v>4397</v>
       </c>
       <c r="F474" t="s">
         <v>4398</v>
       </c>
       <c r="G474" t="s">
         <v>4399</v>
       </c>
       <c r="H474" t="s">
         <v>4400</v>
       </c>
       <c r="I474" t="s">
         <v>4401</v>
       </c>
       <c r="J474" t="s">
         <v>24</v>
       </c>
       <c r="K474" t="s">
-        <v>170</v>
+        <v>571</v>
       </c>
       <c r="L474" t="s">
         <v>26</v>
       </c>
       <c r="M474" t="s">
-        <v>171</v>
+        <v>572</v>
       </c>
       <c r="N474" t="s">
         <v>28</v>
       </c>
       <c r="O474" t="s">
         <v>4402</v>
       </c>
     </row>
     <row r="475" spans="1:15">
       <c r="A475">
-        <v>65087</v>
+        <v>65086</v>
       </c>
       <c r="B475" t="s">
         <v>4403</v>
       </c>
       <c r="C475" t="s">
         <v>4404</v>
       </c>
       <c r="D475" t="s">
         <v>4405</v>
       </c>
       <c r="E475" t="s">
         <v>4406</v>
       </c>
       <c r="F475" t="s">
         <v>4407</v>
       </c>
       <c r="G475" t="s">
         <v>4408</v>
       </c>
       <c r="H475" t="s">
         <v>4409</v>
       </c>
       <c r="I475" t="s">
         <v>4410</v>
       </c>
       <c r="J475" t="s">
         <v>24</v>
       </c>
       <c r="K475" t="s">
         <v>170</v>
       </c>
       <c r="L475" t="s">
         <v>26</v>
       </c>
       <c r="M475" t="s">
         <v>171</v>
       </c>
       <c r="N475" t="s">
         <v>28</v>
       </c>
       <c r="O475" t="s">
         <v>4411</v>
       </c>
     </row>
     <row r="476" spans="1:15">
       <c r="A476">
-        <v>65088</v>
+        <v>65087</v>
       </c>
       <c r="B476" t="s">
         <v>4412</v>
       </c>
       <c r="C476" t="s">
         <v>4413</v>
       </c>
       <c r="D476" t="s">
         <v>4414</v>
       </c>
       <c r="E476" t="s">
         <v>4415</v>
       </c>
       <c r="F476" t="s">
         <v>4416</v>
       </c>
       <c r="G476" t="s">
         <v>4417</v>
       </c>
       <c r="H476" t="s">
         <v>4418</v>
       </c>
       <c r="I476" t="s">
         <v>4419</v>
       </c>
       <c r="J476" t="s">
         <v>24</v>
       </c>
       <c r="K476" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L476" t="s">
         <v>26</v>
       </c>
       <c r="M476" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N476" t="s">
         <v>28</v>
       </c>
       <c r="O476" t="s">
         <v>4420</v>
       </c>
     </row>
     <row r="477" spans="1:15">
       <c r="A477">
-        <v>65089</v>
+        <v>65088</v>
       </c>
       <c r="B477" t="s">
         <v>4421</v>
       </c>
       <c r="C477" t="s">
         <v>4422</v>
       </c>
       <c r="D477" t="s">
         <v>4423</v>
       </c>
       <c r="E477" t="s">
         <v>4424</v>
       </c>
       <c r="F477" t="s">
         <v>4425</v>
       </c>
       <c r="G477" t="s">
         <v>4426</v>
       </c>
       <c r="H477" t="s">
         <v>4427</v>
       </c>
       <c r="I477" t="s">
         <v>4428</v>
       </c>
       <c r="J477" t="s">
         <v>24</v>
       </c>
       <c r="K477" t="s">
         <v>25</v>
       </c>
       <c r="L477" t="s">
         <v>26</v>
       </c>
       <c r="M477" t="s">
         <v>27</v>
       </c>
       <c r="N477" t="s">
         <v>28</v>
       </c>
       <c r="O477" t="s">
         <v>4429</v>
       </c>
     </row>
     <row r="478" spans="1:15">
       <c r="A478">
-        <v>65090</v>
+        <v>65089</v>
       </c>
       <c r="B478" t="s">
         <v>4430</v>
       </c>
       <c r="C478" t="s">
         <v>4431</v>
       </c>
       <c r="D478" t="s">
         <v>4432</v>
       </c>
       <c r="E478" t="s">
         <v>4433</v>
       </c>
       <c r="F478" t="s">
         <v>4434</v>
       </c>
       <c r="G478" t="s">
         <v>4435</v>
       </c>
       <c r="H478" t="s">
         <v>4436</v>
       </c>
       <c r="I478" t="s">
         <v>4437</v>
       </c>
       <c r="J478" t="s">
         <v>24</v>
       </c>
       <c r="K478" t="s">
         <v>25</v>
       </c>
       <c r="L478" t="s">
         <v>26</v>
       </c>
       <c r="M478" t="s">
         <v>27</v>
       </c>
       <c r="N478" t="s">
         <v>28</v>
       </c>
       <c r="O478" t="s">
         <v>4438</v>
       </c>
     </row>
     <row r="479" spans="1:15">
       <c r="A479">
-        <v>65091</v>
+        <v>65090</v>
       </c>
       <c r="B479" t="s">
         <v>4439</v>
       </c>
       <c r="C479" t="s">
         <v>4440</v>
       </c>
       <c r="D479" t="s">
         <v>4441</v>
       </c>
       <c r="E479" t="s">
         <v>4442</v>
       </c>
       <c r="F479" t="s">
         <v>4443</v>
       </c>
       <c r="G479" t="s">
         <v>4444</v>
       </c>
       <c r="H479" t="s">
         <v>4445</v>
       </c>
       <c r="I479" t="s">
         <v>4446</v>
       </c>
       <c r="J479" t="s">
         <v>24</v>
       </c>
       <c r="K479" t="s">
         <v>25</v>
       </c>
       <c r="L479" t="s">
         <v>26</v>
       </c>
       <c r="M479" t="s">
         <v>27</v>
       </c>
       <c r="N479" t="s">
         <v>28</v>
       </c>
       <c r="O479" t="s">
         <v>4447</v>
       </c>
     </row>
     <row r="480" spans="1:15">
       <c r="A480">
-        <v>65092</v>
+        <v>65091</v>
       </c>
       <c r="B480" t="s">
         <v>4448</v>
       </c>
       <c r="C480" t="s">
         <v>4449</v>
       </c>
       <c r="D480" t="s">
         <v>4450</v>
       </c>
       <c r="E480" t="s">
         <v>4451</v>
       </c>
       <c r="F480" t="s">
         <v>4452</v>
       </c>
       <c r="G480" t="s">
         <v>4453</v>
       </c>
       <c r="H480" t="s">
         <v>4454</v>
       </c>
       <c r="I480" t="s">
         <v>4455</v>
       </c>
       <c r="J480" t="s">
         <v>24</v>
       </c>
       <c r="K480" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L480" t="s">
         <v>26</v>
       </c>
       <c r="M480" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N480" t="s">
         <v>28</v>
       </c>
       <c r="O480" t="s">
         <v>4456</v>
       </c>
     </row>
     <row r="481" spans="1:15">
       <c r="A481">
-        <v>65093</v>
+        <v>65092</v>
       </c>
       <c r="B481" t="s">
         <v>4457</v>
       </c>
       <c r="C481" t="s">
         <v>4458</v>
       </c>
       <c r="D481" t="s">
         <v>4459</v>
       </c>
       <c r="E481" t="s">
         <v>4460</v>
       </c>
       <c r="F481" t="s">
         <v>4461</v>
       </c>
       <c r="G481" t="s">
         <v>4462</v>
       </c>
       <c r="H481" t="s">
         <v>4463</v>
       </c>
       <c r="I481" t="s">
         <v>4464</v>
       </c>
       <c r="J481" t="s">
         <v>24</v>
       </c>
       <c r="K481" t="s">
         <v>170</v>
       </c>
       <c r="L481" t="s">
         <v>26</v>
       </c>
       <c r="M481" t="s">
         <v>171</v>
       </c>
       <c r="N481" t="s">
         <v>28</v>
       </c>
       <c r="O481" t="s">
         <v>4465</v>
       </c>
     </row>
     <row r="482" spans="1:15">
       <c r="A482">
-        <v>65094</v>
+        <v>65093</v>
       </c>
       <c r="B482" t="s">
         <v>4466</v>
       </c>
       <c r="C482" t="s">
         <v>4467</v>
       </c>
       <c r="D482" t="s">
         <v>4468</v>
       </c>
       <c r="E482" t="s">
         <v>4469</v>
       </c>
       <c r="F482" t="s">
         <v>4470</v>
       </c>
       <c r="G482" t="s">
         <v>4471</v>
       </c>
       <c r="H482" t="s">
         <v>4472</v>
       </c>
       <c r="I482" t="s">
         <v>4473</v>
       </c>
       <c r="J482" t="s">
         <v>24</v>
       </c>
       <c r="K482" t="s">
+        <v>170</v>
+      </c>
+      <c r="L482" t="s">
+        <v>26</v>
+      </c>
+      <c r="M482" t="s">
+        <v>171</v>
+      </c>
+      <c r="N482" t="s">
+        <v>28</v>
+      </c>
+      <c r="O482" t="s">
         <v>4474</v>
-      </c>
-[...10 lines deleted...]
-        <v>4476</v>
       </c>
     </row>
     <row r="483" spans="1:15">
       <c r="A483">
-        <v>65095</v>
+        <v>65094</v>
       </c>
       <c r="B483" t="s">
+        <v>4475</v>
+      </c>
+      <c r="C483" t="s">
+        <v>4476</v>
+      </c>
+      <c r="D483" t="s">
         <v>4477</v>
       </c>
-      <c r="C483" t="s">
+      <c r="E483" t="s">
         <v>4478</v>
       </c>
-      <c r="D483" t="s">
+      <c r="F483" t="s">
         <v>4479</v>
       </c>
-      <c r="E483" t="s">
+      <c r="G483" t="s">
         <v>4480</v>
       </c>
-      <c r="F483" t="s">
+      <c r="H483" t="s">
         <v>4481</v>
       </c>
-      <c r="G483" t="s">
+      <c r="I483" t="s">
         <v>4482</v>
       </c>
-      <c r="H483" t="s">
+      <c r="J483" t="s">
+        <v>24</v>
+      </c>
+      <c r="K483" t="s">
         <v>4483</v>
       </c>
-      <c r="I483" t="s">
+      <c r="L483" t="s">
+        <v>26</v>
+      </c>
+      <c r="M483" t="s">
         <v>4484</v>
-      </c>
-[...10 lines deleted...]
-        <v>740</v>
       </c>
       <c r="N483" t="s">
         <v>28</v>
       </c>
       <c r="O483" t="s">
         <v>4485</v>
       </c>
     </row>
     <row r="484" spans="1:15">
       <c r="A484">
-        <v>65096</v>
+        <v>65095</v>
       </c>
       <c r="B484" t="s">
         <v>4486</v>
       </c>
       <c r="C484" t="s">
         <v>4487</v>
       </c>
       <c r="D484" t="s">
         <v>4488</v>
       </c>
       <c r="E484" t="s">
         <v>4489</v>
       </c>
       <c r="F484" t="s">
         <v>4490</v>
       </c>
       <c r="G484" t="s">
         <v>4491</v>
       </c>
       <c r="H484" t="s">
         <v>4492</v>
       </c>
       <c r="I484" t="s">
         <v>4493</v>
       </c>
       <c r="J484" t="s">
         <v>24</v>
       </c>
       <c r="K484" t="s">
-        <v>25</v>
+        <v>739</v>
       </c>
       <c r="L484" t="s">
         <v>26</v>
       </c>
       <c r="M484" t="s">
-        <v>27</v>
+        <v>740</v>
       </c>
       <c r="N484" t="s">
         <v>28</v>
       </c>
       <c r="O484" t="s">
         <v>4494</v>
       </c>
     </row>
     <row r="485" spans="1:15">
       <c r="A485">
-        <v>65097</v>
+        <v>65096</v>
       </c>
       <c r="B485" t="s">
         <v>4495</v>
       </c>
       <c r="C485" t="s">
         <v>4496</v>
       </c>
       <c r="D485" t="s">
         <v>4497</v>
       </c>
       <c r="E485" t="s">
         <v>4498</v>
       </c>
       <c r="F485" t="s">
         <v>4499</v>
       </c>
       <c r="G485" t="s">
         <v>4500</v>
       </c>
       <c r="H485" t="s">
         <v>4501</v>
       </c>
       <c r="I485" t="s">
         <v>4502</v>
       </c>
       <c r="J485" t="s">
         <v>24</v>
       </c>
       <c r="K485" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L485" t="s">
         <v>26</v>
       </c>
       <c r="M485" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N485" t="s">
         <v>28</v>
       </c>
       <c r="O485" t="s">
         <v>4503</v>
       </c>
     </row>
     <row r="486" spans="1:15">
       <c r="A486">
-        <v>65098</v>
+        <v>65097</v>
       </c>
       <c r="B486" t="s">
         <v>4504</v>
       </c>
       <c r="C486" t="s">
         <v>4505</v>
       </c>
       <c r="D486" t="s">
         <v>4506</v>
       </c>
       <c r="E486" t="s">
         <v>4507</v>
       </c>
       <c r="F486" t="s">
         <v>4508</v>
       </c>
       <c r="G486" t="s">
         <v>4509</v>
       </c>
       <c r="H486" t="s">
         <v>4510</v>
       </c>
       <c r="I486" t="s">
         <v>4511</v>
       </c>
       <c r="J486" t="s">
         <v>24</v>
       </c>
       <c r="K486" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L486" t="s">
         <v>26</v>
       </c>
       <c r="M486" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N486" t="s">
         <v>28</v>
       </c>
       <c r="O486" t="s">
         <v>4512</v>
       </c>
     </row>
     <row r="487" spans="1:15">
       <c r="A487">
-        <v>65099</v>
+        <v>65098</v>
       </c>
       <c r="B487" t="s">
         <v>4513</v>
       </c>
       <c r="C487" t="s">
         <v>4514</v>
       </c>
       <c r="D487" t="s">
         <v>4515</v>
       </c>
       <c r="E487" t="s">
         <v>4516</v>
       </c>
       <c r="F487" t="s">
         <v>4517</v>
       </c>
       <c r="G487" t="s">
         <v>4518</v>
       </c>
       <c r="H487" t="s">
         <v>4519</v>
       </c>
       <c r="I487" t="s">
         <v>4520</v>
       </c>
       <c r="J487" t="s">
         <v>24</v>
       </c>
       <c r="K487" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L487" t="s">
         <v>26</v>
       </c>
       <c r="M487" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N487" t="s">
         <v>28</v>
       </c>
       <c r="O487" t="s">
         <v>4521</v>
       </c>
     </row>
     <row r="488" spans="1:15">
       <c r="A488">
-        <v>65100</v>
+        <v>65099</v>
       </c>
       <c r="B488" t="s">
         <v>4522</v>
       </c>
       <c r="C488" t="s">
         <v>4523</v>
       </c>
       <c r="D488" t="s">
         <v>4524</v>
       </c>
       <c r="E488" t="s">
         <v>4525</v>
       </c>
       <c r="F488" t="s">
         <v>4526</v>
       </c>
       <c r="G488" t="s">
         <v>4527</v>
       </c>
       <c r="H488" t="s">
         <v>4528</v>
       </c>
       <c r="I488" t="s">
         <v>4529</v>
       </c>
       <c r="J488" t="s">
         <v>24</v>
       </c>
       <c r="K488" t="s">
-        <v>3905</v>
+        <v>170</v>
       </c>
       <c r="L488" t="s">
         <v>26</v>
       </c>
       <c r="M488" t="s">
-        <v>3906</v>
+        <v>171</v>
       </c>
       <c r="N488" t="s">
         <v>28</v>
       </c>
       <c r="O488" t="s">
         <v>4530</v>
       </c>
     </row>
     <row r="489" spans="1:15">
       <c r="A489">
-        <v>65101</v>
+        <v>65100</v>
       </c>
       <c r="B489" t="s">
         <v>4531</v>
       </c>
       <c r="C489" t="s">
         <v>4532</v>
       </c>
       <c r="D489" t="s">
         <v>4533</v>
       </c>
       <c r="E489" t="s">
         <v>4534</v>
       </c>
       <c r="F489" t="s">
         <v>4535</v>
       </c>
       <c r="G489" t="s">
         <v>4536</v>
       </c>
       <c r="H489" t="s">
         <v>4537</v>
       </c>
       <c r="I489" t="s">
         <v>4538</v>
       </c>
       <c r="J489" t="s">
         <v>24</v>
       </c>
       <c r="K489" t="s">
-        <v>170</v>
+        <v>3914</v>
       </c>
       <c r="L489" t="s">
         <v>26</v>
       </c>
       <c r="M489" t="s">
-        <v>171</v>
+        <v>3915</v>
       </c>
       <c r="N489" t="s">
         <v>28</v>
       </c>
       <c r="O489" t="s">
         <v>4539</v>
       </c>
     </row>
     <row r="490" spans="1:15">
       <c r="A490">
-        <v>65102</v>
+        <v>65101</v>
       </c>
       <c r="B490" t="s">
         <v>4540</v>
       </c>
       <c r="C490" t="s">
         <v>4541</v>
       </c>
       <c r="D490" t="s">
         <v>4542</v>
       </c>
       <c r="E490" t="s">
         <v>4543</v>
       </c>
       <c r="F490" t="s">
         <v>4544</v>
       </c>
       <c r="G490" t="s">
         <v>4545</v>
       </c>
       <c r="H490" t="s">
         <v>4546</v>
       </c>
       <c r="I490" t="s">
         <v>4547</v>
       </c>
       <c r="J490" t="s">
         <v>24</v>
       </c>
       <c r="K490" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L490" t="s">
         <v>26</v>
       </c>
       <c r="M490" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N490" t="s">
         <v>28</v>
       </c>
       <c r="O490" t="s">
         <v>4548</v>
       </c>
     </row>
     <row r="491" spans="1:15">
       <c r="A491">
-        <v>65104</v>
+        <v>65102</v>
       </c>
       <c r="B491" t="s">
         <v>4549</v>
       </c>
       <c r="C491" t="s">
         <v>4550</v>
       </c>
       <c r="D491" t="s">
         <v>4551</v>
       </c>
       <c r="E491" t="s">
         <v>4552</v>
       </c>
       <c r="F491" t="s">
         <v>4553</v>
       </c>
       <c r="G491" t="s">
         <v>4554</v>
       </c>
       <c r="H491" t="s">
         <v>4555</v>
       </c>
       <c r="I491" t="s">
         <v>4556</v>
       </c>
       <c r="J491" t="s">
         <v>24</v>
       </c>
       <c r="K491" t="s">
-        <v>2389</v>
+        <v>25</v>
       </c>
       <c r="L491" t="s">
         <v>26</v>
       </c>
       <c r="M491" t="s">
-        <v>2390</v>
+        <v>27</v>
       </c>
       <c r="N491" t="s">
         <v>28</v>
       </c>
       <c r="O491" t="s">
         <v>4557</v>
       </c>
     </row>
     <row r="492" spans="1:15">
       <c r="A492">
-        <v>65105</v>
+        <v>65104</v>
       </c>
       <c r="B492" t="s">
         <v>4558</v>
       </c>
       <c r="C492" t="s">
         <v>4559</v>
       </c>
       <c r="D492" t="s">
         <v>4560</v>
       </c>
       <c r="E492" t="s">
         <v>4561</v>
       </c>
       <c r="F492" t="s">
         <v>4562</v>
       </c>
       <c r="G492" t="s">
         <v>4563</v>
       </c>
       <c r="H492" t="s">
         <v>4564</v>
       </c>
       <c r="I492" t="s">
         <v>4565</v>
       </c>
       <c r="J492" t="s">
         <v>24</v>
       </c>
       <c r="K492" t="s">
-        <v>170</v>
+        <v>2389</v>
       </c>
       <c r="L492" t="s">
         <v>26</v>
       </c>
       <c r="M492" t="s">
-        <v>171</v>
+        <v>2390</v>
       </c>
       <c r="N492" t="s">
         <v>28</v>
       </c>
       <c r="O492" t="s">
         <v>4566</v>
       </c>
     </row>
     <row r="493" spans="1:15">
       <c r="A493">
-        <v>65107</v>
+        <v>65105</v>
       </c>
       <c r="B493" t="s">
         <v>4567</v>
       </c>
       <c r="C493" t="s">
         <v>4568</v>
       </c>
       <c r="D493" t="s">
         <v>4569</v>
       </c>
       <c r="E493" t="s">
         <v>4570</v>
       </c>
       <c r="F493" t="s">
         <v>4571</v>
       </c>
       <c r="G493" t="s">
         <v>4572</v>
       </c>
       <c r="H493" t="s">
         <v>4573</v>
       </c>
       <c r="I493" t="s">
         <v>4574</v>
       </c>
       <c r="J493" t="s">
         <v>24</v>
       </c>
       <c r="K493" t="s">
+        <v>170</v>
+      </c>
+      <c r="L493" t="s">
+        <v>26</v>
+      </c>
+      <c r="M493" t="s">
+        <v>171</v>
+      </c>
+      <c r="N493" t="s">
+        <v>28</v>
+      </c>
+      <c r="O493" t="s">
         <v>4575</v>
-      </c>
-[...10 lines deleted...]
-        <v>4577</v>
       </c>
     </row>
     <row r="494" spans="1:15">
       <c r="A494">
-        <v>65116</v>
+        <v>65107</v>
       </c>
       <c r="B494" t="s">
+        <v>4576</v>
+      </c>
+      <c r="C494" t="s">
+        <v>4577</v>
+      </c>
+      <c r="D494" t="s">
         <v>4578</v>
       </c>
-      <c r="C494" t="s">
+      <c r="E494" t="s">
         <v>4579</v>
       </c>
-      <c r="D494" t="s">
+      <c r="F494" t="s">
         <v>4580</v>
       </c>
-      <c r="E494" t="s">
+      <c r="G494" t="s">
         <v>4581</v>
       </c>
-      <c r="F494" t="s">
+      <c r="H494" t="s">
         <v>4582</v>
       </c>
-      <c r="G494" t="s">
+      <c r="I494" t="s">
         <v>4583</v>
       </c>
-      <c r="H494" t="s">
+      <c r="J494" t="s">
+        <v>24</v>
+      </c>
+      <c r="K494" t="s">
         <v>4584</v>
       </c>
-      <c r="I494" t="s">
+      <c r="L494" t="s">
+        <v>26</v>
+      </c>
+      <c r="M494" t="s">
         <v>4585</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="N494" t="s">
         <v>28</v>
       </c>
       <c r="O494" t="s">
         <v>4586</v>
       </c>
     </row>
     <row r="495" spans="1:15">
       <c r="A495">
-        <v>65124</v>
+        <v>65116</v>
       </c>
       <c r="B495" t="s">
         <v>4587</v>
       </c>
       <c r="C495" t="s">
         <v>4588</v>
       </c>
       <c r="D495" t="s">
         <v>4589</v>
       </c>
       <c r="E495" t="s">
         <v>4590</v>
       </c>
       <c r="F495" t="s">
         <v>4591</v>
       </c>
       <c r="G495" t="s">
         <v>4592</v>
       </c>
       <c r="H495" t="s">
         <v>4593</v>
       </c>
       <c r="I495" t="s">
         <v>4594</v>
       </c>
       <c r="J495" t="s">
         <v>24</v>
       </c>
       <c r="K495" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L495" t="s">
         <v>26</v>
       </c>
       <c r="M495" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N495" t="s">
         <v>28</v>
       </c>
       <c r="O495" t="s">
         <v>4595</v>
       </c>
     </row>
     <row r="496" spans="1:15">
       <c r="A496">
-        <v>65255</v>
+        <v>65124</v>
       </c>
       <c r="B496" t="s">
         <v>4596</v>
       </c>
       <c r="C496" t="s">
         <v>4597</v>
       </c>
       <c r="D496" t="s">
         <v>4598</v>
       </c>
       <c r="E496" t="s">
         <v>4599</v>
       </c>
       <c r="F496" t="s">
         <v>4600</v>
       </c>
       <c r="G496" t="s">
         <v>4601</v>
       </c>
       <c r="H496" t="s">
         <v>4602</v>
       </c>
       <c r="I496" t="s">
         <v>4603</v>
       </c>
       <c r="J496" t="s">
-        <v>1475</v>
+        <v>24</v>
       </c>
       <c r="K496" t="s">
+        <v>25</v>
+      </c>
+      <c r="L496" t="s">
+        <v>26</v>
+      </c>
+      <c r="M496" t="s">
+        <v>27</v>
+      </c>
+      <c r="N496" t="s">
+        <v>28</v>
+      </c>
+      <c r="O496" t="s">
         <v>4604</v>
-      </c>
-[...10 lines deleted...]
-        <v>4606</v>
       </c>
     </row>
     <row r="497" spans="1:15">
       <c r="A497">
-        <v>65479</v>
+        <v>65255</v>
       </c>
       <c r="B497" t="s">
+        <v>4605</v>
+      </c>
+      <c r="C497" t="s">
+        <v>4606</v>
+      </c>
+      <c r="D497" t="s">
         <v>4607</v>
       </c>
-      <c r="C497" t="s">
+      <c r="E497" t="s">
         <v>4608</v>
       </c>
-      <c r="D497" t="s">
+      <c r="F497" t="s">
         <v>4609</v>
       </c>
-      <c r="E497" t="s">
+      <c r="G497" t="s">
         <v>4610</v>
       </c>
-      <c r="F497" t="s">
+      <c r="H497" t="s">
         <v>4611</v>
       </c>
-      <c r="G497" t="s">
+      <c r="I497" t="s">
         <v>4612</v>
       </c>
-      <c r="H497" t="s">
+      <c r="J497" t="s">
+        <v>1475</v>
+      </c>
+      <c r="K497" t="s">
         <v>4613</v>
       </c>
-      <c r="I497" t="s">
+      <c r="L497" t="s">
+        <v>1477</v>
+      </c>
+      <c r="M497" t="s">
         <v>4614</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
       <c r="N497" t="s">
         <v>28</v>
       </c>
       <c r="O497" t="s">
         <v>4615</v>
       </c>
     </row>
     <row r="498" spans="1:15">
       <c r="A498">
-        <v>65566</v>
+        <v>65479</v>
       </c>
       <c r="B498" t="s">
         <v>4616</v>
       </c>
       <c r="C498" t="s">
         <v>4617</v>
       </c>
       <c r="D498" t="s">
         <v>4618</v>
       </c>
       <c r="E498" t="s">
         <v>4619</v>
       </c>
       <c r="F498" t="s">
         <v>4620</v>
       </c>
       <c r="G498" t="s">
         <v>4621</v>
       </c>
       <c r="H498" t="s">
         <v>4622</v>
       </c>
       <c r="I498" t="s">
         <v>4623</v>
       </c>
       <c r="J498" t="s">
         <v>24</v>
       </c>
       <c r="K498" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L498" t="s">
         <v>26</v>
       </c>
       <c r="M498" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N498" t="s">
         <v>28</v>
       </c>
       <c r="O498" t="s">
         <v>4624</v>
       </c>
     </row>
     <row r="499" spans="1:15">
       <c r="A499">
-        <v>65613</v>
+        <v>65566</v>
       </c>
       <c r="B499" t="s">
         <v>4625</v>
       </c>
       <c r="C499" t="s">
         <v>4626</v>
       </c>
       <c r="D499" t="s">
         <v>4627</v>
       </c>
       <c r="E499" t="s">
         <v>4628</v>
       </c>
       <c r="F499" t="s">
         <v>4629</v>
       </c>
       <c r="G499" t="s">
         <v>4630</v>
       </c>
       <c r="H499" t="s">
         <v>4631</v>
       </c>
       <c r="I499" t="s">
         <v>4632</v>
       </c>
       <c r="J499" t="s">
+        <v>24</v>
+      </c>
+      <c r="K499" t="s">
+        <v>170</v>
+      </c>
+      <c r="L499" t="s">
+        <v>26</v>
+      </c>
+      <c r="M499" t="s">
+        <v>171</v>
+      </c>
+      <c r="N499" t="s">
+        <v>28</v>
+      </c>
+      <c r="O499" t="s">
         <v>4633</v>
-      </c>
-[...13 lines deleted...]
-        <v>4635</v>
       </c>
     </row>
     <row r="500" spans="1:15">
       <c r="A500">
-        <v>65869</v>
+        <v>65613</v>
       </c>
       <c r="B500" t="s">
+        <v>4634</v>
+      </c>
+      <c r="C500" t="s">
+        <v>4635</v>
+      </c>
+      <c r="D500" t="s">
         <v>4636</v>
       </c>
-      <c r="C500" t="s">
+      <c r="E500" t="s">
         <v>4637</v>
       </c>
-      <c r="D500" t="s">
+      <c r="F500" t="s">
         <v>4638</v>
       </c>
-      <c r="E500" t="s">
+      <c r="G500" t="s">
         <v>4639</v>
       </c>
-      <c r="F500" t="s">
+      <c r="H500" t="s">
         <v>4640</v>
       </c>
-      <c r="G500" t="s">
+      <c r="I500" t="s">
         <v>4641</v>
       </c>
-      <c r="H500" t="s">
+      <c r="J500" t="s">
         <v>4642</v>
       </c>
-      <c r="I500" t="s">
+      <c r="K500" t="s">
+        <v>1497</v>
+      </c>
+      <c r="L500" t="s">
         <v>4643</v>
       </c>
-      <c r="J500" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M500" t="s">
-        <v>872</v>
+        <v>1498</v>
       </c>
       <c r="N500" t="s">
         <v>28</v>
       </c>
       <c r="O500" t="s">
         <v>4644</v>
       </c>
     </row>
     <row r="501" spans="1:15">
       <c r="A501">
-        <v>66392</v>
+        <v>65869</v>
       </c>
       <c r="B501" t="s">
         <v>4645</v>
       </c>
       <c r="C501" t="s">
         <v>4646</v>
       </c>
       <c r="D501" t="s">
         <v>4647</v>
       </c>
       <c r="E501" t="s">
         <v>4648</v>
       </c>
       <c r="F501" t="s">
         <v>4649</v>
       </c>
       <c r="G501" t="s">
         <v>4650</v>
       </c>
       <c r="H501" t="s">
         <v>4651</v>
       </c>
       <c r="I501" t="s">
         <v>4652</v>
       </c>
       <c r="J501" t="s">
         <v>24</v>
       </c>
       <c r="K501" t="s">
-        <v>25</v>
+        <v>871</v>
       </c>
       <c r="L501" t="s">
         <v>26</v>
       </c>
       <c r="M501" t="s">
-        <v>27</v>
+        <v>872</v>
       </c>
       <c r="N501" t="s">
         <v>28</v>
       </c>
       <c r="O501" t="s">
         <v>4653</v>
       </c>
     </row>
     <row r="502" spans="1:15">
       <c r="A502">
-        <v>66510</v>
+        <v>66392</v>
       </c>
       <c r="B502" t="s">
         <v>4654</v>
       </c>
       <c r="C502" t="s">
         <v>4655</v>
       </c>
       <c r="D502" t="s">
         <v>4656</v>
       </c>
       <c r="E502" t="s">
         <v>4657</v>
       </c>
       <c r="F502" t="s">
         <v>4658</v>
       </c>
       <c r="G502" t="s">
         <v>4659</v>
       </c>
       <c r="H502" t="s">
         <v>4660</v>
       </c>
       <c r="I502" t="s">
         <v>4661</v>
       </c>
       <c r="J502" t="s">
-        <v>1475</v>
+        <v>24</v>
       </c>
       <c r="K502" t="s">
+        <v>25</v>
+      </c>
+      <c r="L502" t="s">
+        <v>26</v>
+      </c>
+      <c r="M502" t="s">
+        <v>27</v>
+      </c>
+      <c r="N502" t="s">
+        <v>28</v>
+      </c>
+      <c r="O502" t="s">
         <v>4662</v>
-      </c>
-[...10 lines deleted...]
-        <v>4664</v>
       </c>
     </row>
     <row r="503" spans="1:15">
       <c r="A503">
-        <v>66511</v>
+        <v>66510</v>
       </c>
       <c r="B503" t="s">
-        <v>1675</v>
+        <v>4663</v>
       </c>
       <c r="C503" t="s">
+        <v>4664</v>
+      </c>
+      <c r="D503" t="s">
         <v>4665</v>
       </c>
-      <c r="D503" t="s">
+      <c r="E503" t="s">
         <v>4666</v>
       </c>
-      <c r="E503" t="s">
+      <c r="F503" t="s">
         <v>4667</v>
       </c>
-      <c r="F503" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G503" t="s">
-        <v>1680</v>
+        <v>4668</v>
       </c>
       <c r="H503" t="s">
-        <v>4668</v>
+        <v>4669</v>
       </c>
       <c r="I503" t="s">
-        <v>4669</v>
+        <v>4670</v>
       </c>
       <c r="J503" t="s">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="K503" t="s">
-        <v>4670</v>
+        <v>4671</v>
       </c>
       <c r="L503" t="s">
-        <v>26</v>
+        <v>1477</v>
       </c>
       <c r="M503" t="s">
-        <v>4671</v>
+        <v>4672</v>
       </c>
       <c r="N503" t="s">
         <v>28</v>
       </c>
       <c r="O503" t="s">
-        <v>4672</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="504" spans="1:15">
       <c r="A504">
-        <v>66512</v>
+        <v>66511</v>
       </c>
       <c r="B504" t="s">
-        <v>3738</v>
+        <v>1675</v>
       </c>
       <c r="C504" t="s">
-        <v>4673</v>
+        <v>4674</v>
       </c>
       <c r="D504" t="s">
-        <v>4674</v>
+        <v>4675</v>
       </c>
       <c r="E504" t="s">
-        <v>4675</v>
+        <v>4676</v>
       </c>
       <c r="F504" t="s">
-        <v>4676</v>
+        <v>1679</v>
       </c>
       <c r="G504" t="s">
-        <v>3743</v>
+        <v>1680</v>
       </c>
       <c r="H504" t="s">
-        <v>3744</v>
+        <v>4677</v>
       </c>
       <c r="I504" t="s">
-        <v>3745</v>
+        <v>4678</v>
       </c>
       <c r="J504" t="s">
         <v>24</v>
       </c>
       <c r="K504" t="s">
-        <v>4677</v>
+        <v>4679</v>
       </c>
       <c r="L504" t="s">
         <v>26</v>
       </c>
       <c r="M504" t="s">
-        <v>4678</v>
+        <v>4680</v>
       </c>
       <c r="N504" t="s">
         <v>28</v>
       </c>
       <c r="O504" t="s">
-        <v>4679</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="505" spans="1:15">
       <c r="A505">
-        <v>66513</v>
+        <v>66512</v>
       </c>
       <c r="B505" t="s">
-        <v>4680</v>
+        <v>3747</v>
       </c>
       <c r="C505" t="s">
-        <v>4681</v>
+        <v>4682</v>
       </c>
       <c r="D505" t="s">
-        <v>4682</v>
+        <v>4683</v>
       </c>
       <c r="E505" t="s">
-        <v>4683</v>
+        <v>4684</v>
       </c>
       <c r="F505" t="s">
-        <v>4684</v>
+        <v>4685</v>
       </c>
       <c r="G505" t="s">
-        <v>4071</v>
+        <v>3752</v>
       </c>
       <c r="H505" t="s">
-        <v>4685</v>
+        <v>3753</v>
       </c>
       <c r="I505" t="s">
+        <v>3754</v>
+      </c>
+      <c r="J505" t="s">
+        <v>24</v>
+      </c>
+      <c r="K505" t="s">
         <v>4686</v>
       </c>
-      <c r="J505" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L505" t="s">
         <v>26</v>
       </c>
       <c r="M505" t="s">
-        <v>4678</v>
+        <v>4687</v>
       </c>
       <c r="N505" t="s">
         <v>28</v>
       </c>
       <c r="O505" t="s">
-        <v>4687</v>
+        <v>4688</v>
       </c>
     </row>
     <row r="506" spans="1:15">
       <c r="A506">
-        <v>66514</v>
+        <v>66513</v>
       </c>
       <c r="B506" t="s">
-        <v>4688</v>
+        <v>4689</v>
       </c>
       <c r="C506" t="s">
-        <v>1830</v>
+        <v>4690</v>
       </c>
       <c r="D506" t="s">
-        <v>4689</v>
+        <v>4691</v>
       </c>
       <c r="E506" t="s">
-        <v>4690</v>
+        <v>4692</v>
       </c>
       <c r="F506" t="s">
-        <v>1833</v>
+        <v>4693</v>
       </c>
       <c r="G506" t="s">
-        <v>1834</v>
+        <v>4080</v>
       </c>
       <c r="H506" t="s">
-        <v>4691</v>
+        <v>4694</v>
       </c>
       <c r="I506" t="s">
-        <v>4692</v>
+        <v>4695</v>
       </c>
       <c r="J506" t="s">
         <v>24</v>
       </c>
       <c r="K506" t="s">
-        <v>4677</v>
+        <v>4686</v>
       </c>
       <c r="L506" t="s">
         <v>26</v>
       </c>
       <c r="M506" t="s">
-        <v>4678</v>
+        <v>4687</v>
       </c>
       <c r="N506" t="s">
         <v>28</v>
       </c>
       <c r="O506" t="s">
-        <v>4693</v>
+        <v>4696</v>
       </c>
     </row>
     <row r="507" spans="1:15">
       <c r="A507">
-        <v>66515</v>
+        <v>66514</v>
       </c>
       <c r="B507" t="s">
-        <v>4694</v>
+        <v>4697</v>
       </c>
       <c r="C507" t="s">
-        <v>4695</v>
+        <v>1830</v>
       </c>
       <c r="D507" t="s">
-        <v>4696</v>
+        <v>4698</v>
       </c>
       <c r="E507" t="s">
-        <v>4697</v>
+        <v>4699</v>
       </c>
       <c r="F507" t="s">
-        <v>4698</v>
+        <v>1833</v>
       </c>
       <c r="G507" t="s">
-        <v>1581</v>
+        <v>1834</v>
       </c>
       <c r="H507" t="s">
-        <v>4699</v>
+        <v>4700</v>
       </c>
       <c r="I507" t="s">
-        <v>4700</v>
+        <v>4701</v>
       </c>
       <c r="J507" t="s">
         <v>24</v>
       </c>
       <c r="K507" t="s">
-        <v>4677</v>
+        <v>4686</v>
       </c>
       <c r="L507" t="s">
         <v>26</v>
       </c>
       <c r="M507" t="s">
-        <v>4678</v>
+        <v>4687</v>
       </c>
       <c r="N507" t="s">
         <v>28</v>
       </c>
       <c r="O507" t="s">
-        <v>4701</v>
+        <v>4702</v>
       </c>
     </row>
     <row r="508" spans="1:15">
       <c r="A508">
-        <v>66516</v>
+        <v>66515</v>
       </c>
       <c r="B508" t="s">
-        <v>1558</v>
+        <v>4703</v>
       </c>
       <c r="C508" t="s">
-        <v>4702</v>
+        <v>4704</v>
       </c>
       <c r="D508" t="s">
-        <v>4703</v>
+        <v>4705</v>
       </c>
       <c r="E508" t="s">
-        <v>4704</v>
+        <v>4706</v>
       </c>
       <c r="F508" t="s">
-        <v>4705</v>
+        <v>4707</v>
       </c>
       <c r="G508" t="s">
-        <v>4706</v>
+        <v>1581</v>
       </c>
       <c r="H508" t="s">
-        <v>4707</v>
+        <v>4708</v>
       </c>
       <c r="I508" t="s">
-        <v>1565</v>
+        <v>4709</v>
       </c>
       <c r="J508" t="s">
         <v>24</v>
       </c>
       <c r="K508" t="s">
-        <v>170</v>
+        <v>4686</v>
       </c>
       <c r="L508" t="s">
         <v>26</v>
       </c>
       <c r="M508" t="s">
-        <v>171</v>
+        <v>4687</v>
       </c>
       <c r="N508" t="s">
         <v>28</v>
       </c>
       <c r="O508" t="s">
-        <v>4708</v>
+        <v>4710</v>
       </c>
     </row>
     <row r="509" spans="1:15">
       <c r="A509">
-        <v>66517</v>
+        <v>66516</v>
       </c>
       <c r="B509" t="s">
-        <v>4709</v>
+        <v>1558</v>
       </c>
       <c r="C509" t="s">
-        <v>4710</v>
+        <v>4711</v>
       </c>
       <c r="D509" t="s">
-        <v>4711</v>
+        <v>4712</v>
       </c>
       <c r="E509" t="s">
-        <v>4712</v>
+        <v>4713</v>
       </c>
       <c r="F509" t="s">
-        <v>4713</v>
+        <v>4714</v>
       </c>
       <c r="G509" t="s">
-        <v>4714</v>
+        <v>4715</v>
       </c>
       <c r="H509" t="s">
-        <v>4715</v>
+        <v>4716</v>
       </c>
       <c r="I509" t="s">
-        <v>4716</v>
+        <v>1565</v>
       </c>
       <c r="J509" t="s">
         <v>24</v>
       </c>
       <c r="K509" t="s">
-        <v>4677</v>
+        <v>170</v>
       </c>
       <c r="L509" t="s">
         <v>26</v>
       </c>
       <c r="M509" t="s">
-        <v>4678</v>
+        <v>171</v>
       </c>
       <c r="N509" t="s">
         <v>28</v>
       </c>
       <c r="O509" t="s">
         <v>4717</v>
       </c>
     </row>
     <row r="510" spans="1:15">
       <c r="A510">
-        <v>66518</v>
+        <v>66517</v>
       </c>
       <c r="B510" t="s">
         <v>4718</v>
       </c>
       <c r="C510" t="s">
         <v>4719</v>
       </c>
       <c r="D510" t="s">
         <v>4720</v>
       </c>
       <c r="E510" t="s">
         <v>4721</v>
       </c>
       <c r="F510" t="s">
         <v>4722</v>
       </c>
       <c r="G510" t="s">
-        <v>1590</v>
+        <v>4723</v>
       </c>
       <c r="H510" t="s">
-        <v>4723</v>
+        <v>4724</v>
       </c>
       <c r="I510" t="s">
-        <v>4724</v>
+        <v>4725</v>
       </c>
       <c r="J510" t="s">
         <v>24</v>
       </c>
       <c r="K510" t="s">
-        <v>170</v>
+        <v>4686</v>
       </c>
       <c r="L510" t="s">
         <v>26</v>
       </c>
       <c r="M510" t="s">
-        <v>171</v>
+        <v>4687</v>
       </c>
       <c r="N510" t="s">
         <v>28</v>
       </c>
       <c r="O510" t="s">
-        <v>4725</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="511" spans="1:15">
       <c r="A511">
-        <v>66519</v>
+        <v>66518</v>
       </c>
       <c r="B511" t="s">
-        <v>4726</v>
+        <v>4727</v>
       </c>
       <c r="C511" t="s">
-        <v>4727</v>
+        <v>4728</v>
       </c>
       <c r="D511" t="s">
-        <v>4728</v>
+        <v>4729</v>
       </c>
       <c r="E511" t="s">
-        <v>4729</v>
+        <v>4730</v>
       </c>
       <c r="F511" t="s">
-        <v>4730</v>
+        <v>4731</v>
       </c>
       <c r="G511" t="s">
-        <v>4731</v>
+        <v>1590</v>
       </c>
       <c r="H511" t="s">
-        <v>1699</v>
+        <v>4732</v>
       </c>
       <c r="I511" t="s">
-        <v>1700</v>
+        <v>4733</v>
       </c>
       <c r="J511" t="s">
         <v>24</v>
       </c>
       <c r="K511" t="s">
-        <v>4732</v>
+        <v>170</v>
       </c>
       <c r="L511" t="s">
         <v>26</v>
       </c>
       <c r="M511" t="s">
-        <v>4733</v>
+        <v>171</v>
       </c>
       <c r="N511" t="s">
         <v>28</v>
       </c>
       <c r="O511" t="s">
         <v>4734</v>
       </c>
     </row>
     <row r="512" spans="1:15">
       <c r="A512">
-        <v>66520</v>
+        <v>66519</v>
       </c>
       <c r="B512" t="s">
-        <v>1780</v>
+        <v>4735</v>
       </c>
       <c r="C512" t="s">
-        <v>4735</v>
+        <v>4736</v>
       </c>
       <c r="D512" t="s">
-        <v>4736</v>
+        <v>4737</v>
       </c>
       <c r="E512" t="s">
-        <v>4737</v>
+        <v>4738</v>
       </c>
       <c r="F512" t="s">
-        <v>1784</v>
+        <v>4739</v>
       </c>
       <c r="G512" t="s">
-        <v>1785</v>
+        <v>4740</v>
       </c>
       <c r="H512" t="s">
-        <v>1786</v>
+        <v>1699</v>
       </c>
       <c r="I512" t="s">
-        <v>1787</v>
+        <v>1700</v>
       </c>
       <c r="J512" t="s">
         <v>24</v>
       </c>
       <c r="K512" t="s">
-        <v>25</v>
+        <v>4741</v>
       </c>
       <c r="L512" t="s">
         <v>26</v>
       </c>
       <c r="M512" t="s">
-        <v>27</v>
+        <v>4742</v>
       </c>
       <c r="N512" t="s">
         <v>28</v>
       </c>
       <c r="O512" t="s">
-        <v>4738</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="513" spans="1:15">
       <c r="A513">
-        <v>66521</v>
+        <v>66520</v>
       </c>
       <c r="B513" t="s">
-        <v>1603</v>
+        <v>1780</v>
       </c>
       <c r="C513" t="s">
-        <v>4739</v>
+        <v>4744</v>
       </c>
       <c r="D513" t="s">
-        <v>4740</v>
+        <v>4745</v>
       </c>
       <c r="E513" t="s">
-        <v>4741</v>
+        <v>4746</v>
       </c>
       <c r="F513" t="s">
-        <v>4742</v>
+        <v>1784</v>
       </c>
       <c r="G513" t="s">
-        <v>1608</v>
+        <v>1785</v>
       </c>
       <c r="H513" t="s">
-        <v>4743</v>
+        <v>1786</v>
       </c>
       <c r="I513" t="s">
-        <v>1610</v>
+        <v>1787</v>
       </c>
       <c r="J513" t="s">
         <v>24</v>
       </c>
       <c r="K513" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L513" t="s">
         <v>26</v>
       </c>
       <c r="M513" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N513" t="s">
         <v>28</v>
       </c>
       <c r="O513" t="s">
-        <v>4744</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="514" spans="1:15">
       <c r="A514">
-        <v>66522</v>
+        <v>66521</v>
       </c>
       <c r="B514" t="s">
-        <v>4745</v>
+        <v>1603</v>
       </c>
       <c r="C514" t="s">
-        <v>4746</v>
+        <v>4748</v>
       </c>
       <c r="D514" t="s">
-        <v>4747</v>
+        <v>4749</v>
       </c>
       <c r="E514" t="s">
-        <v>4748</v>
+        <v>4750</v>
       </c>
       <c r="F514" t="s">
-        <v>4749</v>
+        <v>4751</v>
       </c>
       <c r="G514" t="s">
-        <v>4750</v>
+        <v>1608</v>
       </c>
       <c r="H514" t="s">
-        <v>4751</v>
+        <v>4752</v>
       </c>
       <c r="I514" t="s">
-        <v>4752</v>
+        <v>1610</v>
       </c>
       <c r="J514" t="s">
         <v>24</v>
       </c>
       <c r="K514" t="s">
-        <v>4604</v>
+        <v>170</v>
       </c>
       <c r="L514" t="s">
         <v>26</v>
       </c>
       <c r="M514" t="s">
-        <v>4605</v>
+        <v>171</v>
       </c>
       <c r="N514" t="s">
         <v>28</v>
       </c>
       <c r="O514" t="s">
         <v>4753</v>
       </c>
     </row>
     <row r="515" spans="1:15">
       <c r="A515">
-        <v>66523</v>
+        <v>66522</v>
       </c>
       <c r="B515" t="s">
-        <v>1666</v>
+        <v>4754</v>
       </c>
       <c r="C515" t="s">
-        <v>4754</v>
+        <v>4755</v>
       </c>
       <c r="D515" t="s">
-        <v>4755</v>
+        <v>4756</v>
       </c>
       <c r="E515" t="s">
-        <v>4756</v>
+        <v>4757</v>
       </c>
       <c r="F515" t="s">
-        <v>1670</v>
+        <v>4758</v>
       </c>
       <c r="G515" t="s">
-        <v>1671</v>
+        <v>4759</v>
       </c>
       <c r="H515" t="s">
-        <v>1672</v>
+        <v>4760</v>
       </c>
       <c r="I515" t="s">
-        <v>1673</v>
+        <v>4761</v>
       </c>
       <c r="J515" t="s">
         <v>24</v>
       </c>
       <c r="K515" t="s">
-        <v>47</v>
+        <v>4613</v>
       </c>
       <c r="L515" t="s">
         <v>26</v>
       </c>
       <c r="M515" t="s">
-        <v>48</v>
+        <v>4614</v>
       </c>
       <c r="N515" t="s">
         <v>28</v>
       </c>
       <c r="O515" t="s">
-        <v>4757</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="516" spans="1:15">
       <c r="A516">
-        <v>66524</v>
+        <v>66523</v>
       </c>
       <c r="B516" t="s">
-        <v>3908</v>
+        <v>1666</v>
       </c>
       <c r="C516" t="s">
-        <v>4758</v>
+        <v>4763</v>
       </c>
       <c r="D516" t="s">
-        <v>4759</v>
+        <v>4764</v>
       </c>
       <c r="E516" t="s">
-        <v>4760</v>
+        <v>4765</v>
       </c>
       <c r="F516" t="s">
-        <v>4761</v>
+        <v>1670</v>
       </c>
       <c r="G516" t="s">
-        <v>3913</v>
+        <v>1671</v>
       </c>
       <c r="H516" t="s">
-        <v>3914</v>
+        <v>1672</v>
       </c>
       <c r="I516" t="s">
-        <v>3915</v>
+        <v>1673</v>
       </c>
       <c r="J516" t="s">
         <v>24</v>
       </c>
       <c r="K516" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L516" t="s">
         <v>26</v>
       </c>
       <c r="M516" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N516" t="s">
         <v>28</v>
       </c>
       <c r="O516" t="s">
-        <v>4762</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="517" spans="1:15">
       <c r="A517">
-        <v>66525</v>
+        <v>66524</v>
       </c>
       <c r="B517" t="s">
-        <v>4763</v>
+        <v>3917</v>
       </c>
       <c r="C517" t="s">
-        <v>4764</v>
+        <v>4767</v>
       </c>
       <c r="D517" t="s">
-        <v>4765</v>
+        <v>4768</v>
       </c>
       <c r="E517" t="s">
-        <v>4766</v>
+        <v>4769</v>
       </c>
       <c r="F517" t="s">
-        <v>3769</v>
+        <v>4770</v>
       </c>
       <c r="G517" t="s">
-        <v>3770</v>
+        <v>3922</v>
       </c>
       <c r="H517" t="s">
-        <v>3771</v>
+        <v>3923</v>
       </c>
       <c r="I517" t="s">
-        <v>3772</v>
+        <v>3924</v>
       </c>
       <c r="J517" t="s">
         <v>24</v>
       </c>
       <c r="K517" t="s">
         <v>170</v>
       </c>
       <c r="L517" t="s">
         <v>26</v>
       </c>
       <c r="M517" t="s">
         <v>171</v>
       </c>
       <c r="N517" t="s">
         <v>28</v>
       </c>
       <c r="O517" t="s">
-        <v>4767</v>
+        <v>4771</v>
       </c>
     </row>
     <row r="518" spans="1:15">
       <c r="A518">
-        <v>66526</v>
+        <v>66525</v>
       </c>
       <c r="B518" t="s">
-        <v>4768</v>
+        <v>4772</v>
       </c>
       <c r="C518" t="s">
-        <v>4769</v>
+        <v>4773</v>
       </c>
       <c r="D518" t="s">
-        <v>4770</v>
+        <v>4774</v>
       </c>
       <c r="E518" t="s">
-        <v>4771</v>
+        <v>4775</v>
       </c>
       <c r="F518" t="s">
-        <v>4772</v>
+        <v>3778</v>
       </c>
       <c r="G518" t="s">
         <v>3779</v>
       </c>
       <c r="H518" t="s">
         <v>3780</v>
       </c>
       <c r="I518" t="s">
         <v>3781</v>
       </c>
       <c r="J518" t="s">
         <v>24</v>
       </c>
       <c r="K518" t="s">
         <v>170</v>
       </c>
       <c r="L518" t="s">
         <v>26</v>
       </c>
       <c r="M518" t="s">
         <v>171</v>
       </c>
       <c r="N518" t="s">
         <v>28</v>
       </c>
       <c r="O518" t="s">
-        <v>4773</v>
+        <v>4776</v>
       </c>
     </row>
     <row r="519" spans="1:15">
       <c r="A519">
-        <v>66527</v>
+        <v>66526</v>
       </c>
       <c r="B519" t="s">
-        <v>1713</v>
+        <v>4777</v>
       </c>
       <c r="C519" t="s">
-        <v>4774</v>
+        <v>4778</v>
       </c>
       <c r="D519" t="s">
-        <v>4775</v>
+        <v>4779</v>
       </c>
       <c r="E519" t="s">
-        <v>4776</v>
+        <v>4780</v>
       </c>
       <c r="F519" t="s">
-        <v>4777</v>
+        <v>4781</v>
       </c>
       <c r="G519" t="s">
-        <v>1718</v>
+        <v>3788</v>
       </c>
       <c r="H519" t="s">
-        <v>1719</v>
+        <v>3789</v>
       </c>
       <c r="I519" t="s">
-        <v>1720</v>
+        <v>3790</v>
       </c>
       <c r="J519" t="s">
         <v>24</v>
       </c>
       <c r="K519" t="s">
-        <v>4677</v>
+        <v>170</v>
       </c>
       <c r="L519" t="s">
         <v>26</v>
       </c>
       <c r="M519" t="s">
-        <v>4678</v>
+        <v>171</v>
       </c>
       <c r="N519" t="s">
         <v>28</v>
       </c>
       <c r="O519" t="s">
-        <v>4778</v>
+        <v>4782</v>
       </c>
     </row>
     <row r="520" spans="1:15">
       <c r="A520">
-        <v>66529</v>
+        <v>66527</v>
       </c>
       <c r="B520" t="s">
-        <v>4779</v>
+        <v>1713</v>
       </c>
       <c r="C520" t="s">
-        <v>4780</v>
+        <v>4783</v>
       </c>
       <c r="D520" t="s">
-        <v>4781</v>
+        <v>4784</v>
       </c>
       <c r="E520" t="s">
-        <v>4782</v>
+        <v>4785</v>
       </c>
       <c r="F520" t="s">
-        <v>4783</v>
+        <v>4786</v>
       </c>
       <c r="G520" t="s">
-        <v>4208</v>
+        <v>1718</v>
       </c>
       <c r="H520" t="s">
-        <v>4209</v>
+        <v>1719</v>
       </c>
       <c r="I520" t="s">
-        <v>4210</v>
+        <v>1720</v>
       </c>
       <c r="J520" t="s">
         <v>24</v>
       </c>
       <c r="K520" t="s">
-        <v>2167</v>
+        <v>4686</v>
       </c>
       <c r="L520" t="s">
         <v>26</v>
       </c>
       <c r="M520" t="s">
-        <v>2168</v>
+        <v>4687</v>
       </c>
       <c r="N520" t="s">
         <v>28</v>
       </c>
       <c r="O520" t="s">
-        <v>4784</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="521" spans="1:15">
       <c r="A521">
-        <v>66530</v>
+        <v>66529</v>
       </c>
       <c r="B521" t="s">
-        <v>4785</v>
+        <v>4788</v>
       </c>
       <c r="C521" t="s">
-        <v>4786</v>
+        <v>4789</v>
       </c>
       <c r="D521" t="s">
-        <v>4787</v>
+        <v>4790</v>
       </c>
       <c r="E521" t="s">
-        <v>4788</v>
+        <v>4791</v>
       </c>
       <c r="F521" t="s">
-        <v>4789</v>
+        <v>4792</v>
       </c>
       <c r="G521" t="s">
-        <v>1525</v>
+        <v>4217</v>
       </c>
       <c r="H521" t="s">
-        <v>1526</v>
+        <v>4218</v>
       </c>
       <c r="I521" t="s">
-        <v>1527</v>
+        <v>4219</v>
       </c>
       <c r="J521" t="s">
         <v>24</v>
       </c>
       <c r="K521" t="s">
-        <v>871</v>
+        <v>2167</v>
       </c>
       <c r="L521" t="s">
         <v>26</v>
       </c>
       <c r="M521" t="s">
-        <v>872</v>
+        <v>2168</v>
       </c>
       <c r="N521" t="s">
         <v>28</v>
       </c>
       <c r="O521" t="s">
-        <v>4790</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="522" spans="1:15">
       <c r="A522">
-        <v>66531</v>
+        <v>66530</v>
       </c>
       <c r="B522" t="s">
-        <v>4791</v>
+        <v>4794</v>
       </c>
       <c r="C522" t="s">
-        <v>4792</v>
+        <v>4795</v>
       </c>
       <c r="D522" t="s">
-        <v>4793</v>
+        <v>4796</v>
       </c>
       <c r="E522" t="s">
-        <v>4794</v>
+        <v>4797</v>
       </c>
       <c r="F522" t="s">
-        <v>4795</v>
+        <v>4798</v>
       </c>
       <c r="G522" t="s">
-        <v>4796</v>
+        <v>1525</v>
       </c>
       <c r="H522" t="s">
-        <v>4797</v>
+        <v>1526</v>
       </c>
       <c r="I522" t="s">
-        <v>4798</v>
+        <v>1527</v>
       </c>
       <c r="J522" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K522" t="s">
+        <v>871</v>
+      </c>
+      <c r="L522" t="s">
+        <v>26</v>
+      </c>
+      <c r="M522" t="s">
+        <v>872</v>
+      </c>
+      <c r="N522" t="s">
+        <v>28</v>
+      </c>
+      <c r="O522" t="s">
         <v>4799</v>
-      </c>
-[...10 lines deleted...]
-        <v>4801</v>
       </c>
     </row>
     <row r="523" spans="1:15">
       <c r="A523">
-        <v>66532</v>
+        <v>66531</v>
       </c>
       <c r="B523" t="s">
+        <v>4800</v>
+      </c>
+      <c r="C523" t="s">
+        <v>4801</v>
+      </c>
+      <c r="D523" t="s">
         <v>4802</v>
       </c>
-      <c r="C523" t="s">
+      <c r="E523" t="s">
         <v>4803</v>
       </c>
-      <c r="D523" t="s">
+      <c r="F523" t="s">
         <v>4804</v>
       </c>
-      <c r="E523" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G523" t="s">
-        <v>1803</v>
+        <v>4805</v>
       </c>
       <c r="H523" t="s">
-        <v>1804</v>
+        <v>4806</v>
       </c>
       <c r="I523" t="s">
-        <v>1805</v>
+        <v>4807</v>
       </c>
       <c r="J523" t="s">
         <v>441</v>
       </c>
       <c r="K523" t="s">
-        <v>4805</v>
+        <v>4808</v>
       </c>
       <c r="L523" t="s">
         <v>443</v>
       </c>
       <c r="M523" t="s">
-        <v>4806</v>
+        <v>4809</v>
       </c>
       <c r="N523" t="s">
         <v>28</v>
       </c>
       <c r="O523" t="s">
-        <v>4807</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="524" spans="1:15">
       <c r="A524">
-        <v>66533</v>
+        <v>66532</v>
       </c>
       <c r="B524" t="s">
-        <v>4808</v>
+        <v>4811</v>
       </c>
       <c r="C524" t="s">
-        <v>4809</v>
+        <v>4812</v>
       </c>
       <c r="D524" t="s">
-        <v>4810</v>
+        <v>4813</v>
       </c>
       <c r="E524" t="s">
-        <v>4811</v>
+        <v>1801</v>
       </c>
       <c r="F524" t="s">
-        <v>1616</v>
+        <v>1802</v>
       </c>
       <c r="G524" t="s">
-        <v>1617</v>
+        <v>1803</v>
       </c>
       <c r="H524" t="s">
-        <v>1618</v>
+        <v>1804</v>
       </c>
       <c r="I524" t="s">
-        <v>4812</v>
+        <v>1805</v>
       </c>
       <c r="J524" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K524" t="s">
-        <v>4813</v>
+        <v>4814</v>
       </c>
       <c r="L524" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M524" t="s">
-        <v>4814</v>
+        <v>4815</v>
       </c>
       <c r="N524" t="s">
         <v>28</v>
       </c>
       <c r="O524" t="s">
-        <v>4815</v>
+        <v>4816</v>
       </c>
     </row>
     <row r="525" spans="1:15">
       <c r="A525">
-        <v>66534</v>
+        <v>66533</v>
       </c>
       <c r="B525" t="s">
-        <v>4816</v>
+        <v>4817</v>
       </c>
       <c r="C525" t="s">
-        <v>4817</v>
+        <v>4818</v>
       </c>
       <c r="D525" t="s">
-        <v>4818</v>
+        <v>4819</v>
       </c>
       <c r="E525" t="s">
-        <v>4819</v>
+        <v>4820</v>
       </c>
       <c r="F525" t="s">
-        <v>4820</v>
+        <v>1616</v>
       </c>
       <c r="G525" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1618</v>
+      </c>
+      <c r="I525" t="s">
         <v>4821</v>
       </c>
-      <c r="H525" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J525" t="s">
         <v>24</v>
       </c>
       <c r="K525" t="s">
-        <v>47</v>
+        <v>4822</v>
       </c>
       <c r="L525" t="s">
         <v>26</v>
       </c>
       <c r="M525" t="s">
-        <v>48</v>
+        <v>4823</v>
       </c>
       <c r="N525" t="s">
         <v>28</v>
       </c>
       <c r="O525" t="s">
-        <v>4822</v>
+        <v>4824</v>
       </c>
     </row>
     <row r="526" spans="1:15">
       <c r="A526">
-        <v>66535</v>
+        <v>66534</v>
       </c>
       <c r="B526" t="s">
-        <v>4823</v>
+        <v>4825</v>
       </c>
       <c r="C526" t="s">
-        <v>4824</v>
+        <v>4826</v>
       </c>
       <c r="D526" t="s">
-        <v>4825</v>
+        <v>4827</v>
       </c>
       <c r="E526" t="s">
-        <v>4826</v>
+        <v>4828</v>
       </c>
       <c r="F526" t="s">
-        <v>4827</v>
+        <v>4829</v>
       </c>
       <c r="G526" t="s">
-        <v>4828</v>
+        <v>4830</v>
       </c>
       <c r="H526" t="s">
-        <v>4829</v>
+        <v>3080</v>
       </c>
       <c r="I526" t="s">
-        <v>4830</v>
+        <v>3081</v>
       </c>
       <c r="J526" t="s">
+        <v>24</v>
+      </c>
+      <c r="K526" t="s">
+        <v>47</v>
+      </c>
+      <c r="L526" t="s">
+        <v>26</v>
+      </c>
+      <c r="M526" t="s">
+        <v>48</v>
+      </c>
+      <c r="N526" t="s">
+        <v>28</v>
+      </c>
+      <c r="O526" t="s">
         <v>4831</v>
-      </c>
-[...13 lines deleted...]
-        <v>4835</v>
       </c>
     </row>
     <row r="527" spans="1:15">
       <c r="A527">
-        <v>66536</v>
+        <v>66535</v>
       </c>
       <c r="B527" t="s">
+        <v>4832</v>
+      </c>
+      <c r="C527" t="s">
+        <v>4833</v>
+      </c>
+      <c r="D527" t="s">
+        <v>4834</v>
+      </c>
+      <c r="E527" t="s">
+        <v>4835</v>
+      </c>
+      <c r="F527" t="s">
         <v>4836</v>
       </c>
-      <c r="C527" t="s">
+      <c r="G527" t="s">
         <v>4837</v>
       </c>
-      <c r="D527" t="s">
+      <c r="H527" t="s">
         <v>4838</v>
       </c>
-      <c r="E527" t="s">
+      <c r="I527" t="s">
         <v>4839</v>
       </c>
-      <c r="F527" t="s">
+      <c r="J527" t="s">
         <v>4840</v>
       </c>
-      <c r="G527" t="s">
+      <c r="K527" t="s">
         <v>4841</v>
       </c>
-      <c r="H527" t="s">
+      <c r="L527" t="s">
         <v>4842</v>
       </c>
-      <c r="I527" t="s">
+      <c r="M527" t="s">
         <v>4843</v>
-      </c>
-[...10 lines deleted...]
-        <v>4678</v>
       </c>
       <c r="N527" t="s">
         <v>28</v>
       </c>
       <c r="O527" t="s">
         <v>4844</v>
       </c>
     </row>
     <row r="528" spans="1:15">
       <c r="A528">
-        <v>66537</v>
+        <v>66536</v>
       </c>
       <c r="B528" t="s">
         <v>4845</v>
       </c>
       <c r="C528" t="s">
         <v>4846</v>
       </c>
       <c r="D528" t="s">
         <v>4847</v>
       </c>
       <c r="E528" t="s">
         <v>4848</v>
       </c>
       <c r="F528" t="s">
         <v>4849</v>
       </c>
       <c r="G528" t="s">
-        <v>4592</v>
+        <v>4850</v>
       </c>
       <c r="H528" t="s">
-        <v>4593</v>
+        <v>4851</v>
       </c>
       <c r="I528" t="s">
-        <v>4594</v>
+        <v>4852</v>
       </c>
       <c r="J528" t="s">
         <v>24</v>
       </c>
       <c r="K528" t="s">
-        <v>4677</v>
+        <v>4686</v>
       </c>
       <c r="L528" t="s">
         <v>26</v>
       </c>
       <c r="M528" t="s">
-        <v>4678</v>
+        <v>4687</v>
       </c>
       <c r="N528" t="s">
         <v>28</v>
       </c>
       <c r="O528" t="s">
-        <v>4850</v>
+        <v>4853</v>
       </c>
     </row>
     <row r="529" spans="1:15">
       <c r="A529">
-        <v>66538</v>
+        <v>66537</v>
       </c>
       <c r="B529" t="s">
-        <v>4851</v>
+        <v>4854</v>
       </c>
       <c r="C529" t="s">
-        <v>1790</v>
+        <v>4855</v>
       </c>
       <c r="D529" t="s">
-        <v>4852</v>
+        <v>4856</v>
       </c>
       <c r="E529" t="s">
-        <v>4853</v>
+        <v>4857</v>
       </c>
       <c r="F529" t="s">
-        <v>4854</v>
+        <v>4858</v>
       </c>
       <c r="G529" t="s">
-        <v>1794</v>
+        <v>4601</v>
       </c>
       <c r="H529" t="s">
-        <v>1795</v>
+        <v>4602</v>
       </c>
       <c r="I529" t="s">
-        <v>1796</v>
+        <v>4603</v>
       </c>
       <c r="J529" t="s">
         <v>24</v>
       </c>
       <c r="K529" t="s">
-        <v>4855</v>
+        <v>4686</v>
       </c>
       <c r="L529" t="s">
         <v>26</v>
       </c>
       <c r="M529" t="s">
-        <v>4856</v>
+        <v>4687</v>
       </c>
       <c r="N529" t="s">
         <v>28</v>
       </c>
       <c r="O529" t="s">
-        <v>4857</v>
+        <v>4859</v>
       </c>
     </row>
     <row r="530" spans="1:15">
       <c r="A530">
-        <v>66540</v>
+        <v>66538</v>
       </c>
       <c r="B530" t="s">
-        <v>4858</v>
+        <v>4860</v>
       </c>
       <c r="C530" t="s">
-        <v>4859</v>
+        <v>1790</v>
       </c>
       <c r="D530" t="s">
-        <v>4860</v>
+        <v>4861</v>
       </c>
       <c r="E530" t="s">
-        <v>4861</v>
+        <v>4862</v>
       </c>
       <c r="F530" t="s">
-        <v>4862</v>
+        <v>4863</v>
       </c>
       <c r="G530" t="s">
-        <v>4863</v>
+        <v>1794</v>
       </c>
       <c r="H530" t="s">
+        <v>1795</v>
+      </c>
+      <c r="I530" t="s">
+        <v>1796</v>
+      </c>
+      <c r="J530" t="s">
+        <v>24</v>
+      </c>
+      <c r="K530" t="s">
         <v>4864</v>
       </c>
-      <c r="I530" t="s">
-[...5 lines deleted...]
-      <c r="K530" t="s">
+      <c r="L530" t="s">
+        <v>26</v>
+      </c>
+      <c r="M530" t="s">
         <v>4865</v>
       </c>
-      <c r="L530" t="s">
-[...2 lines deleted...]
-      <c r="M530" t="s">
+      <c r="N530" t="s">
+        <v>28</v>
+      </c>
+      <c r="O530" t="s">
         <v>4866</v>
-      </c>
-[...4 lines deleted...]
-        <v>4867</v>
       </c>
     </row>
     <row r="531" spans="1:15">
       <c r="A531">
-        <v>66541</v>
+        <v>66540</v>
       </c>
       <c r="B531" t="s">
-        <v>1771</v>
+        <v>4867</v>
       </c>
       <c r="C531" t="s">
         <v>4868</v>
       </c>
       <c r="D531" t="s">
         <v>4869</v>
       </c>
       <c r="E531" t="s">
         <v>4870</v>
       </c>
       <c r="F531" t="s">
         <v>4871</v>
       </c>
       <c r="G531" t="s">
+        <v>4872</v>
+      </c>
+      <c r="H531" t="s">
+        <v>4873</v>
+      </c>
+      <c r="I531" t="s">
+        <v>1556</v>
+      </c>
+      <c r="J531" t="s">
+        <v>24</v>
+      </c>
+      <c r="K531" t="s">
+        <v>4874</v>
+      </c>
+      <c r="L531" t="s">
+        <v>26</v>
+      </c>
+      <c r="M531" t="s">
+        <v>4875</v>
+      </c>
+      <c r="N531" t="s">
+        <v>28</v>
+      </c>
+      <c r="O531" t="s">
+        <v>4876</v>
+      </c>
+    </row>
+    <row r="532" spans="1:15">
+      <c r="A532">
+        <v>66541</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C532" t="s">
+        <v>4877</v>
+      </c>
+      <c r="D532" t="s">
+        <v>4878</v>
+      </c>
+      <c r="E532" t="s">
+        <v>4879</v>
+      </c>
+      <c r="F532" t="s">
+        <v>4880</v>
+      </c>
+      <c r="G532" t="s">
         <v>1776</v>
       </c>
-      <c r="H531" t="s">
+      <c r="H532" t="s">
         <v>1777</v>
       </c>
-      <c r="I531" t="s">
+      <c r="I532" t="s">
         <v>1778</v>
       </c>
-      <c r="J531" t="s">
-[...15 lines deleted...]
-        <v>4874</v>
+      <c r="J532" t="s">
+        <v>24</v>
+      </c>
+      <c r="K532" t="s">
+        <v>4881</v>
+      </c>
+      <c r="L532" t="s">
+        <v>26</v>
+      </c>
+      <c r="M532" t="s">
+        <v>4882</v>
+      </c>
+      <c r="N532" t="s">
+        <v>28</v>
+      </c>
+      <c r="O532" t="s">
+        <v>4883</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">