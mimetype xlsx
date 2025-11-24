--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,1505 +12,1505 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="3989">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4402">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Čeština
 # Source: https://hadeethenc.com/cs
-# Last update: 2025-03-14 12:27:14 (v1.4.0)
-# Check for updates: https://hadeethenc.com/en/check/cs/v1.4.0
+# Last update: 2025-11-12 00:03:15 (v1.8.0)
+# Check for updates: https://hadeethenc.com/en/check/cs/v1.8.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً</t>
+    <t>فإذا جاء رمضان فاعتمري، فإن عمرة فيه تعدل حجة</t>
   </si>
   <si>
     <t>„Až přijde ramadán, udělej malou pouť (‘umra), protože malá pouť v něm se rovná velké pouti (hadždž).”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِامْرَأَةٍ مِنَ الْأَنْصَارِ سَمَّاهَا ابْنُ عَبَّاسٍ فَنَسِيتُ اسْمَهَا: «مَا مَنَعَكِ أَنْ تَحُجِّي مَعَنَا؟» قَالَتْ: لَمْ يَكُنْ لَنَا إِلَّا نَاضِحَانِ فَحَجَّ أَبُو وَلَدِهَا وَابْنُهَا عَلَى نَاضِحٍ وَتَرَكَ لَنَا نَاضِحًا نَنْضِحُ عَلَيْهِ، قَالَ: «فَإِذَا جَاءَ رَمَضَانُ فَاعْتَمِرِي، فَإِنَّ عُمْرَةً فِيهِ تَعْدِلُ حَجَّةً».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl ženě z al-ansár, Ibn ‘Abbáse řekl její jméno, ale zapomněl jsem ho: „Co ti zabránilo udělat s námi velkou pouť (hadždž)?” A on řekla: „Máme pouze dvě zvířata, která vyzvedávají vodu, a na jednom z nich jel na pouť otec mého syna se synem a druhého nám zanechal, aby nám vyzvedl vodu." A on řekl: „Až přijde ramadán, udělej malou pouť (‘umra), protože malá pouť v něm se rovná velké pouti (hadždž).”</t>
   </si>
   <si>
     <t>لمَّا رَجَعَ النبيُّ صلى الله عليه وسلم من حَجة الوداع، قال لامرأةٍ من الأنصار لم تحج: ما الذي منعك من الحج معنا؟ 
 فاعتذرت بأن لهم بَعيرين، فحج زوجها وابنها على أحدهما، وترك الآخر ليستقوا به الماء من البئر.
 فأخبرها النبي عليه الصلاة والسلام أن أداء العمرة في شهر رمضان يماثل أجرُها أجرَ حجة.</t>
   </si>
   <si>
     <t>Když se Prorok (ať mu Bůh žehná a dá mír) vrátil z pouti na rozloučenou řekl ženě z al-ansár, která nevykonala pouť: Proč jsi nevykonala pouť s námi?
 A ona se omluvila tím, že mají jen dva velbloudy a její manžel se synem jeli na jednom a druhého nechali, aby pomohl vytáhnout vodu ze studně.
 A Prorok (ať mu Bůh žehná a dá mír) jí řekl, že vykonání malé poutě ('umra) v měsíci ramadánu se vyrovná v odměně velké pouti (hadždž).</t>
   </si>
   <si>
     <t>فضيلة العمرة في شهر رمضان.
 العمرة في رمضان تساوي حجةً في الثواب، لا في إسقاط فرض الحج.
 ثواب الأعمال يزيد بزيادة شرف الأوقات، ومن ذلك الأعمال في رمضان.</t>
   </si>
   <si>
     <t>Odměna malé poutě v měsíci ramadánu.
 Malá pouť v ramadánu se vyrovná velké pouti, co se týče odměny, ne co se týče vykonání povinnosti velké poutě.
 Odměna za dobré skutky se zvyšuje, pokud jsou vykonány v posvátné časy, například vykonávání dobrých skutků v ramadánu.</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[Správný(Sahíh)]</t>
   </si>
   <si>
     <t>[Je na něm shoda.(Al-Buchárí a Muslim)]</t>
   </si>
   <si>
     <t>cs</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2753</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>„Kdo vykoná pouť (hadždž), aniž by špatně mluvil a dělal špatné věci, vrátí se z ní, jako byl v den, kdy ho matka porodila</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že slyšel, Proroka (ať mu Bůh žehná a dá mír) říci: „Kdo vykoná pouť (hadždž), aniž by špatně mluvil a dělal špatné věci, vrátí se z ní, jako byl v den, kdy ho matka porodila."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že kdo vykoná velkou pouť pro Boha, aniž by „špatně mluvil” (v arabštině je použito sloveso rafatha, které má význam říkat ošklivé věci, nadávat, ale také znamená pohlavní styk a vše, co k němu vede (například líbání atd.)) a aniž by „dělal špatné věci" (v arabštině sloveso fasaqa, které znamená hřešit, konat špatné věci a patří sem i nedodržování zákazu věcí, které nesmí dělat poutník ve stavu zasvěcení), se vrátí z poutě a bude mu  odpuštěno, bude bez hříchu jako právě narozené dítě.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Hříšnost (fusúq) je zakázána za všech okolností a ještě více při pouti, protože rituály pouti jsou posvátné.
 Člověk se rodí bez hříchu a chyb a bez toho, aby si přinášel chyby jiných.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2758</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ</t>
+    <t>يا رسول الله، نرى الجهاد أفضل العمل، أفلا نجاهد؟ قال: لا، لكن أفضل الجهاد: حج مبرور</t>
   </si>
   <si>
     <t>„Posle Boží, víme, že džihád je nejlepším dobrým skutkem, nemáme ho také vykonávat? A on řekl: “Ne, nejlepším džihádem je správně vykonaná (přijatá) velká pouť (hadždž).“</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنِينَ رَضِيَ اللَّهُ عَنْهَا أَنَّهَا قَالَتْ: يَا رَسُولَ اللَّهِ، نَرَى الجِهَادَ أَفْضَلَ العَمَلِ، أَفَلاَ نُجَاهِدُ؟ قَالَ: «لَا، لَكُنَّ أَفْضَلُ الجِهَادِ: حَجٌّ مَبْرُورٌ».</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen) vyprávěla, že řekla: „Posle Boží, víme, že džihád je nejlepším dobrým skutkem, nemáme ho také vykonávat? A on řekl: “Ne, nejlepším džihádem je správně vykonaná (přijatá) velká pouť (hadždž).“"</t>
   </si>
   <si>
     <t>كَانَ الصحابةُ رضيَ الله عنهم يَرون الجهادَ في سبيل الله ومقاتلة الأعداء من أفضل الأعمال، 
 فسألت عائشة رضي الله عنها النبي صلى الله عليه وسلم أنْ يجاهِدْن؟ 
 فأرشَدَهُنَّ صلى الله عليه وسلم إلى أفضل الجهاد في حقِّهن وهو الحج المبرور الموافق للكتاب والسنة، السالم من الإثم والرياء.</t>
   </si>
   <si>
     <t>Druhové Proroka (ať je s nimi Bůh spokojen) se domnívali, že džihád na cestě Boží a bojování proti nepřátelům patří mezi nejlepší skutky, a tak se ‘Á'iša (ať je s ní Bůh spokojen) zeptala Proroka (ať mu Bůh žehná a dá mír), jestli také nemají dělat džihád?
 A Prorok (ať mu Bůh žehná a dá mír) jí řekl, že nejlepším džihádem pro ně (ženy) je přijatá velká pouť, která je vykonaná v souladu s Koránem a sunnou, bez hříchu a předvádění se.</t>
   </si>
   <si>
     <t>الجهاد مِن أفضل الأعمال للرجال.
 الحجُّ للنِّساء أفضلُ من الجهاد، وهو من أفضل الأعمال لهن.
 الأعمال تتفاضلُ وتتفاوت بحسب العامل.
 سُمِّيَ الحجُّ جهادًا؛ لأنه جهادٌ للنفس، وفيه بذلٌ للمال، وطاقة للبدن، فهو عبادة بدنية ومالية كالجهاد في سبيل الله.</t>
   </si>
   <si>
     <t>Džihád patří mezi nejlepší dobré skutky pro muže.
 Velká pouť je pro ženy lepší než džihád a patří mezi nejlepší dobré skutky pro ně.
 Skutky se liší podle toho, kdo je vykonává.
 Velká pouť byla nazvaná džihádem, protože je to pro člověka džihád - musí vynaložit majetek a tělesnou sílu, je to druh tělesného i majetkového uctívání jako džihád na cestě Boží.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[Zaznamenal ho Al-Buchárí]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2759</t>
   </si>
   <si>
-    <t>يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ</t>
+    <t>يا عباس، يا عم رسول الله، سل الله العافية في الدنيا والآخرة</t>
   </si>
   <si>
     <t>„‘Abbási, strýci Posla Božího, pros Boha o bezpečí (al-‘áfíja) na tomto i v budoucím světě.”</t>
   </si>
   <si>
     <t>عَنِ العَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رَضيَ اللهُ عنهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ عَزَّ وَجَلَّ. قَالَ: «سَلِ اللَّهَ العَافِيَةَ»، فَمَكَثْتُ أَيَّامًا ثُمَّ جِئْتُ فَقُلْتُ: يَا رَسُولَ اللهِ، عَلِّمْنِي شَيْئًا أَسْأَلُهُ اللَّهَ. فَقَالَ لِي: «يَا عَبَّاسُ، يَا عَمَّ رَسُولِ اللهِ، سَلِ اللَّهَ العَافِيَةَ فِي الدُّنْيَا وَالآخِرَةِ».</t>
   </si>
   <si>
     <t>‘Abbás Ibn ‘Abdu-l-Muttalib (ať je s ním Bůh spokojen) vyprávěl: „Řekl jsem: „Posle Boží, nauč mě něco, o co mám prosit Boha." A on řekl: „Pros Boha o bezpečí (al-‘áfíja).” A pár dní jsem čekal a pak jsem přišel a řekl jsem: „Posle Boží, nauč mě něco, o co mám prosit Boha." A řekl mi: „‘Abbási, strýci Posla Božího, pros Boha o bezpečí (al-‘áfíja) na tomto i v budoucím světě.”"</t>
   </si>
   <si>
     <t>طَلَبَ عَمُّ النبيِّ صلى الله عليه وسلم العبَّاسُ بن عبد المطلب رضي الله عنه من النبيِّ صلى الله عليه وسلم أنْ يُعَلِّمَه دعاءً يسألُ اللهَ إياه، فعلَّمَه صلى الله عليه وسلم أنْ يسألَ الله العافية والسلامة من الآفات والعيوب في الدين والدنيا والآخرة، قال العباس: وبعد أيامٍ عُدتُ إليه صلى الله عليه وسلم مرة أخرى أسألُه أنْ يُعلِّمَني دعاءً أطلبُه من الله، فقال صلى الله عليه وسلم له مُتودِّدًا إليه: يا عباس، يا عمَّ رسول الله، سَلِ اللهَ العافيةَ لدفع كلّ ضُرٍّ وجَلْبِ كلِّ خيرٍ ونفعٍ في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Strýc Proroka (ať mu Bůh žehná a dá mír) Al-‘Abbás Ibn ‘Abdu-l-Muttalib (ať je s ním Bůh spokojen) požádal Proroka (ať mu Bůh žehná a dá mír), aby ho naučil nějaké prosby (dua), kterými má prosit Boha. A Prorok (ať mu Bůh žehná a dá mír) ho naučil, aby prosil Boha o zdraví a bezpečí před pohromami a kazy ve víře i v pozemském životě i v životě budoucím. A Al-‘Abbás vyprávěl: A za několik dní jsem se k němu vrátil a ještě jednou jsem se ho zeptal na prosby, kterými mám prosit Boha. A Prorok (ať mu Bůh žehná a dá) mu láskyplně řekl: ‘Abbási, strýci Posla Božího, pros Boha o bezpečí (al-‘áfíja), aby byly odvráceny všechny škody a přineslo se vše dobré a užitek na tomto i v budoucím světě.</t>
   </si>
   <si>
     <t>تَكرار النبيِّ صلى الله عليه وسلم نفسَ الإجابةِ للعباس حين سألَه للمرة الثانية يدلُّ على أن العافية هي خير ما يَسأل العبدُ ربَّه.
 بيان فضل العافية وأن فيها جماع الخير في الدنيا والآخرة.
 حرص الصحابة رضوان الله عليهم على الاستزادة من العلم والخير.</t>
   </si>
   <si>
     <t>Opakování Proroka (ať mu Bůh žehná a dá mír) stejné odpovědi Al-‘Abbásovi, když se ho podruhé zeptal, dokazuje, že bezpečí (al-‘áfíja) je tím nejlepším, o co člověk může žádat Boha.
 Ukázání velkého dobra v bezpečí a že je v něm všechno dobro na tomto i v budoucím světě.
 Zájem sahába (ať je s nimi Bůh spokojen) získat co nejvíce z vědění a dobra.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[Správný na základě jiného (hadíthu)]</t>
   </si>
   <si>
     <t>[Zaznamenal ho At-Thirmidhí a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2932</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>„Mám vám oznámit, jaké jsou největší hříchy?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>Abú Bakr (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl třikrát: „Mám vám oznámit, jaké jsou největší hříchy?" Řekli: „Ano, Posle Boží." Řekl: „Přidružování k Bohu a neposlušnost vůči rodičům,” pak si sedl, opřel se a řekl: „A křivá přísaha!” A opakoval to tak dlouho, až jsme si říkali: „Kéž by už byl zticha."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl sahába o největších hříších a zmínil tyto tři:
 1 - Přidružování k Bohu, to znamená uctívat jakýmkoliv způsobem někoho jiného než Boha a dávat někoho jiného na roveň Bohu v Jeho božství, panství, jménech nebo vlastnostech.
 2 - Neposlušnost vůči rodičům, to je ubližovat rodičům jakýmkoliv způsobem, slovy nebo činy, a zanechat dobrého chování vůči nim.
 3 - Křivá řeč a křivé svědectví, to je jakákoliv lživá řeč, jejímž cílem je něco získat, třeba majetek, nebo někoho poškodit, například poškodit jeho čest atd.
 Prorok (ať mu Bůh žehná a dá mír) opakoval varování před křivým svědectvím, aby upozornil na jeho ošklivost a špatné následky pro společnost, až si sahába přáli, aby mlčel, protože jim ho bylo líto a nechtěli, aby ho něco trápilo.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Největším hříchem je přidružování k Bohu, proto ho uvedl jako první, což potvrzují slova Všemohoucího: {Bůh věru neodpustí, je-li k Němu něco přidružováno, ale odpustí, komu chce, věci jiné než toto.}
 Práva rodičů jsou velká, protože byla uvedena hned za právem Boha.
 Hříchy se dělí na velké a malé. Velký hřích je každý hřích, za který je trest v tomto životě nebo je za něj určen trest v budoucím životě, například za něj následuje vstup do ohně. Velké hříchy mají různé úrovně zákazu. Malé hříchy jsou všechny ostatní hříchy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ</t>
+    <t>إن الله عز وجل ينهاكم أن تحلفوا بآبائكم</t>
   </si>
   <si>
     <t>„Věru, že Všemohoucí Bůh vám zakázal přísahat při vašich otcích</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ بْنِ الْخَطَّابِ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَنْهَاكُمْ أَنْ تَحْلِفُوا بِآبَائِكُمْ»، قَالَ عُمَرُ: فَوَاللهِ مَا حَلَفْتُ بِهَا مُنْذُ سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنْهَا ذَاكِرًا وَلَا آثِرًا.</t>
   </si>
   <si>
     <t>‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Všemohoucí Bůh vám zakázal přísahat při vašich otcích.” ‘Umar řekl: „Při Bohu, nepřísahal jsem při nich ani úmyslně, ani že bych to řekl po někom, od té doby, co jsem slyšel Posla Božího (ať mu Bůh žehná a dá mír) to zakázat."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أَنَّ اللهَ تعالى يَنهى عن الحَلِف بالآباء، فمَن أراد الحلف فلا يحلف إلا بالله، ولا يحلف بغيره. 
 ثم ذكر عُمَرُ بن الخطاب رضي الله عنه أنَّه لم يحلِفْ بها منذُ سَمِعَ رسولَ الله صلى الله عليه وسلم ينهى عن ذلك، لا مُتعمِّدًا ولا ناقِلًا عن غيرِِه حَلِفَه بغيرِ الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Všemohoucí Bůh zakázal přísahat při otcích a ten, kdo chce přísahat, nemá přísahat při ničem ani nikom jiném než při Bohu. Poté ‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) řekl, že od té doby, co slyšel, že to Posel Boží (ať mu Bůh žehná a dá mír) zakázal, nikdy tak už nepřísahal ani vědomě, ani že by po někom jiném opakoval, když přísahal při někom jiném než při Bohu.</t>
   </si>
   <si>
     <t>تحْريمُ الحلِف بغيرِ الله، وخصَّ الحلِف بِالآباء لأنَّه من عاداتِ الجَاهِلِيةِ.
 الحَلِف: هو القَسَم بالله أو بأسماء الله أو بصفات الله على أمر من الأمور لتأكيده.
 فَضِيلةُ عُمَر رضي الله عنه بِسُرْعَةِ امْتِثَالِه وَحُسْنِ فَهْمِهِ وتَوَرُّعِه.</t>
   </si>
   <si>
     <t>Zákaz přísahat při někom jiném než při Bohu. Zmínil v hadíthu speciálně otce, protože předislámským zvykem bylo přísahat při otcích.
 Přísahat se může při Bohu nebo Jeho jménech nebo Jeho vlastnostech, pokud chce člověk něco zdůraznit.
 Zbožnost ‘Umara (ať je s ním Bůh spokojen), který hned poslechl příkazu, a jeho správné porozumění.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2945</t>
   </si>
   <si>
-    <t>أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ</t>
+    <t>أن امرأة وجدت في بعض مغازي النبي صلى الله عليه وسلم مقتولة، فأنكر رسول الله صلى الله عليه وسلم قتل النساء والصبيان</t>
   </si>
   <si>
     <t>při jedné z bitev Proroka (ať mu Bůh žehná a dá mír) byla nalezena zabitá žena a Prorok (ať mu Bůh žehná a dá mír) odmítnul (zakázal) zabíjení žen a dětí</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُما: أَنَّ امْرَأَةً وُجِدَتْ فِي بَعْضِ مَغَازِي النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَقْتُولَةً، فَأَنْكَرَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَتْلَ النِّسَاءِ وَالصِّبْيَانِ.</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že při jedné z bitev Proroka (ať mu Bůh žehná a dá mír) byla nalezena zabitá žena a Prorok (ať mu Bůh žehná a dá mír) odmítnul (zakázal) zabíjení žen a dětí.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم امرأةً مقتولةً في إحدى الغزوات، فأنْكَرَ قَتْلَ النساء والصيبان الصغار الذين لم يبلغوا الحنث.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) uviděl v jedné z bitev zabitou ženu a odmítl (zakázal) zabíjení žen a malých chlapců, kteří ještě nedospěli.</t>
   </si>
   <si>
     <t>مَن لم يقاتل مِن النساء، والصبيان، ومَن في حُكمهم من الشيوخ الفانِيْن والرهبان، فإنهم لا يُقتَلون، ما لم يكن هؤلاء من أصحاب رأي ومساعدة على قتال المسلمين، فإذا كانوا كذلك فإنهم يُقتلون.
 النهي عن قتل النساء والصبيان؛ لأن هؤلاء لا يُقاتلون المسلمين، والمقصود من الجهاد في سبيل الله تعالى كَسْر شوكة المقاتلين فقط؛ حتى تصل دعوة الحق إلى الناس أجمعين.
 رحمة النبي صلى الله عليه وسلم حتى في الغزوات والحروب.</t>
   </si>
   <si>
     <t>Není povoleno zabíjet ženy a děti, které nebojují, a ty, kteří jsou k nim přirovnáni, jako staří lidé, mniši atd., pokud nepatří k těm, kteří radí a pomáhají bojovat proti muslimům; pokud by takoví byli, lze je zabít.
 Zákaz zabíjet ženy a děti, protože nebojují proti muslimům a cílem džihádu na stezce Boží je pouze zlomit sílu těch, co bojují, aby se výzva k pravdě dostala ke všem lidem na světě.
 Milosrdnost Proroka (ať mu Bůh žehná a dá mír) v bojích a bitvách.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2949</t>
   </si>
   <si>
-    <t>نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ</t>
+    <t>نهى عن النذر، وقال: إنه لا يأتي بخير، وإنما يستخرج به من البخيل</t>
   </si>
   <si>
     <t>a řekl: „Věru, že nepřináší dobro, ale získává se jím z lakomce.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ نَهَى عَنِ النَّذْرِ، وَقَالَ: «إِنَّهُ لَا يَأْتِي بِخَيْرٍ، وَإِنَّمَا يُسْتَخْرَجُ بِهِ مِنَ الْبَخِيلِ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) zakázal slib Bohu (an-nadzr)  a řekl: „Věru, že nepřináší dobro, ale získává se jím z lakomce.”</t>
   </si>
   <si>
     <t>نَهَى صلى الله عليه وسلم عن النذر، وهو أنْ يُوجِبَ الإنسان على نفسه شيئًا لم يُلزِمْه به الشَّارعُ، وقال: بأنّ النذر لا يقدِّم شيئًا ولا يؤخِّره، وإنما يُستخرج به من البخيل الذي لا يفعل إلا الواجب عليه، وأنَّ النذر لا يأتي بشيء لم يكن قد قدِّر له.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal slib Bohu (an-nadzr). To znamená, že člověk slíbí Bohu, že bude dělat něco, co pro něj podle islámu nebylo povinné, když se stane něco, co si přeje. A Prorok (ať mu Bůh žehná a dá mír) řekl, že tento slib nic neuspíší ani neopozdí, ale získává se jím(dobrých skutků) z lakomce, který nedělá nic jiného než povinnosti, a že tento slib nepřinese člověku nic, co by mu nebylo už předem určeno.</t>
   </si>
   <si>
     <t>لا يُشرع النذر، لكن إذا نَذَرَ وَجَب عليه الوفاء به إن لم يكن معصية.
 العلة في النهي (أنه لا يأتي بخير)؛ لأنه لا يَردُّ من قضاء الله شيئًا؛ ولئلا يَظن الناذِر أن حصول طلبه كان بسبب النذر، والله تعالى غني عن ذلك.
 قال القرطبي: هذا النهي محلُّه أن يقول مثلًا: إن شفى الله مريضي فعليَّ صدقة كذا، ووجه الكراهة أنه لما وقَف فِعْلَ القُربة المذكور على حصول الغرض المذكور، ظهر أنه لم يَتَمَخَّض له نية التقرُّب إلى الله تعالى لِما صَدَر منه بل سلك فيها مسلك المعاوضة، ويوضِّحه أنه لو لم يشفِ مريضه لم يتصدّق بما علَّقه على شفائه، وهذه حالة البخيل، فإنه لا يُخرج من ماله شيئًا إلا بعوضٍ عاجل يزيد على ما أخرج غالبًا.</t>
   </si>
   <si>
     <t>Slib Bohu (an-nadzr) není v islámu doporučen, ale pokud už ho člověk dá, musí ho splnit, pokud v něm není nějaký hřích.
 Důvodem zákazu je „že nepřináší dobro,” tzn. že nezmění Boží osud. Proto by si ten, kdo dává tento slib Bohu, neměl myslet, že se mu splní, co si přál, jen proto, že dal tento slib; Bůh se bez toho obejde.
 Al-Qurtubí řekl: Tento zákaz se týká toho, když někdo například řekne: Pokud Bůh uzdraví mého nemocného, budu dávat takovou a takovou almužnu. Důvodem, proč je toto zavrženíhodné, je, že když toto uctívání podmínil získáním výše uvedeného cíle, plyne z toho, že jeho záměrem nebylo přiblížit se k Bohu, když to slíbil, naopak šel cestou něčeho za něco. Vysvětluje to to, že kdyby jeho nemocný nebyl uzdraven, nedával by tuto almužnu, kterou podmínil jeho uzdravením, což je chování lakomce, který nevydává ze svého jmění nic, pokud za to hned nedostane něco jiného, co má obvykle vyšší hodnotu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2960</t>
   </si>
   <si>
-    <t>إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ</t>
+    <t>إني والله إن شاء الله لا أحلف على يمين، فأرى غيرها خيرا منها، إلا كفرت عن يميني، وأتيت الذي هو خير</t>
   </si>
   <si>
     <t>při Bohu, dá-li Bůh, že nepřísahám kvůli něčemu, a pak vidím něco lepšího, aniž bych se z přísahy vykoupil a udělal to, co je lepší.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي رَهْطٍ مِنَ الأَشْعَرِيِّينَ أَسْتَحْمِلُهُ، فَقَالَ: «وَاللَّهِ لاَ أَحْمِلُكُمْ، مَا عِنْدِي مَا أَحْمِلُكُمْ» ثُمَّ لَبِثْنَا مَا شَاءَ اللَّهُ فَأُتِيَ بِإِبِلٍ، فَأَمَرَ لَنَا بِثَلاَثَةِ ذَوْدٍ، فَلَمَّا انْطَلَقْنَا قَالَ بَعْضُنَا لِبَعْضٍ: لاَ يُبَارِكُ اللَّهُ لَنَا، أَتَيْنَا رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَسْتَحْمِلُهُ فَحَلَفَ أَنْ لاَ يَحْمِلَنَا فَحَمَلَنَا، فَقَالَ أَبُو مُوسَى: فَأَتَيْنَا النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَذَكَرْنَا ذَلِكَ لَهُ، فَقَالَ: «مَا أَنَا حَمَلْتُكُمْ، بَلِ اللَّهُ حَمَلَكُمْ، إِنِّي وَاللَّهِ -إِنْ شَاءَ اللَّهُ- لا أَحْلِفُ عَلَى يَمِينٍ، فَأَرَى غَيْرَهَا خَيْرًا مِنْهَا، إِلَّا كَفَّرْتُ عَنْ يَمِينِي، وَأَتَيْتُ الَّذِي هُوَ خَيْرٌ».</t>
   </si>
   <si>
     <t>Abú Músá al-Aš'arí (ať je s ním Bůh spokojen) vyprávěl: „Přišel jsem k Poslu Božímu (ať mu Bůh žehná a dá mír) ve skupině s al-Aš'arovci (kmenem), aby nám poskytl něco na svezení (jízdní zvíře) a on řekl: „Při Bohu, nedám vám nic na svezení, nic na svezení nemám.” Pak jsme čekali, jak dlouho Bůh chtěl, a on přišel s velbloudy a nařídil, aby nám dali tři velbloudy, a když jsme odešli, říkali jsme si: Bůh nám nepožehná, přišli jsme k Poslu Božímu (ať mu Bůh žehná a dá mír), aby nám dal něco na svezení, a on přísahal, že nás nesveze, a pak nás svezl." A Abú Músá vyprávěl: „A přišli jsme k Prorokovi (ať mu Bůh žehná a dá mír) a řekli jsme mu to a on řekl: „Já jsem vás nesvezl, to Bůh vás svezl,  při Bohu, dá-li Bůh, že nepřísahám kvůli něčemu, a pak vidím něco lepšího, aniž bych se z přísahy vykoupil a udělal to, co je lepší.”"</t>
   </si>
   <si>
     <t>يُخبِرُ أبو موسى الأشعري رضي الله عنه أنه أتى رسولَ الله صلى الله عليه وسلم ومعه جماعة من قبيلته، وكان غرضُهم أنْ يُعطيَهم النبيُّ صلى الله عليه وسلم إبلًا يركبونها؛ للتمكُّن من المشاركة في الجهاد، فأقسم عليه الصلاة والسلام ألّا يَحملَهم، وليس عنده ما يحملُهم عليه، 
 فرجعوا ومَكثوا مدةً ثم جاءت للنبي عليه الصلاة والسلام إبلٌ ثلاث، فأرسل بها إليهم، فقال بعضهم لبعض: لا يبارك الله لنا في هذه الإبل؛ لأنَّ النبي صلى الله عليه وسلم حلف ألّا يحملَنا، فأتوه وسألوه، 
 فقال عليه الصلاة والسلام: الذي حَملَكم هو الله تعالى؛ لأنه الذي وفَّق ورزق، وإنما أنا سببٌ جَرى ذلك على يدي، 
 ثم قال صلى الله عليه وسلم: إني والله إن شاء الله لا أحلف على شيء أنْ أفعلَه أو أن أتركَه، وأرى أنّ غير ذلك المحلوف خيرٌ منه وأفضل، إلّا فعلت الأفضل وتركت المحلوف عليه، وكفَّرت عن يميني.</t>
   </si>
   <si>
     <t>Abú Músá al-Aš'arí (ať je s ním Bůh spokojen) vyprávěl, že přišel k Poslu Božímu (ať mu Bůh žehná a dá mír) se skupinou mužů ze svého kmene, aby jim Prorok (ať mu Bůh žehná a dá mír) dal velbloudy, na kterých by mohli jet do džihádu, ale Prorok (ať mu Bůh žehná a dá mír) přísahal, že jim žádné nedá, protože žádné neměl. A tak se vrátili a nějaký čas čekali, pak Prorok (ať mu Bůh žehná a dá mír) dostal tři velbloudy a poslal jim je. A oni si mezi sebou říkali: Bůh nám v těchto velbloudech nepožehná, protože Prorok (ať mu Bůh žehná a dá mír) přísahal, že nám žádné nepošle, a tak za ním přišli a zeptali se ho. A on jim řekl: Ten, kdo vás svezl, je Všemohoucí Bůh, protože on je ten, kdo uštědřuje, zatímco já jsem jen příčina, kterou On řídí. A poté řekl: Při Bohu, dá-li Bůh, věru že nepřísahám, že něco učiním nebo zanechám, a pak uvidím něco lepšího, než je to, kvůli čemu jsem přísahal, aniž bych učinil to, co je lepší, a neučinil to, kvůli čemu jsem přísahal, a pak se vykoupím ze své přísahy.</t>
   </si>
   <si>
     <t>جواز الحَلِفِ من غير اسْتحلافٍ؛ لِتَأْكيد الخبر ولو كان مُسْتَقْبَلًا.
 جواز الاستثناء بقولِه "إن شاء الله "بعد اليمين، وأنّ الاستثناء إذا نوي مع اليمين، وكان متصلًا بها فلا يجب على من حنث بيمينه كفارة.
 الترغيب في مخالفة اليمين إذا رأى غيرها خيرًا منها، ويكفِّر عن يمينه.</t>
   </si>
   <si>
     <t>Povolení přísahat bez žádání jen kvůli potvrzení zprávy, i kdyby se týkala budoucnosti.
 Povolení učinit výjimku tak, že se po přísaze řekne „dá-li Bůh,“ a pokud je výjimka zamýšlena společně s přísahou a je s ní spojena, pak není povinné, aby se ten, kdo přísahu poruší, z této přísahy vykupoval.
 Nabádání porušit přísahu, pokud člověk vidí něco, co je lepší, a pak se z této přísahy vykoupit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2961</t>
   </si>
   <si>
-    <t>أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ</t>
+    <t>أول ما يقضى بين الناس يوم القيامة في الدماء</t>
   </si>
   <si>
     <t>„První, co bude mezi lidmi souzeno v soudný den, bude krev.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَوَّلُ مَا يُقْضَى بَيْنَ النَّاسِ يَوْمَ الْقِيَامَةِ فِي الدِّمَاءِ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „První, co bude mezi lidmi souzeno v soudný den, bude krev.”</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنَّ أوَّلَ ما يُحْكَمُ بين الناس في ظُلمِ بعضِهم بعضًا يومَ القيامة: في الدماء، كالقتل والجروح.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že první věcí, která se bude soudit v soudný den z křivd páchaných mezi lidmi, bude krev, tzn. zabíjení, ubližování druhým atd.</t>
   </si>
   <si>
     <t>عِظَمُ أمر الدِّماء، فإنَّ البَدَاءةَ تكونُ بالأهم.
 الذنوب تَعْظُمُ بحسب عِظَمِ المَفسدة الواقعة بها، وإزهاق الأنفس البريئة من أعظم المفاسد ولا أعظم منها إلا الكفر والشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Velký hřích za zabíjení a ubližování, protože věci, kterými se v soudný den bude začínat, jsou nejdůležitější.
 Velikost hříchů se posuzuje podle velikosti jejich špatných následků a zabití nevinné duše je nejhorším následkem a špatností, hned po nevíře a přidružování k Bohu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2962</t>
   </si>
   <si>
-    <t>مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ</t>
+    <t>من قاتل لتكون كلمة الله هي العليا، فهو في سبيل الله</t>
   </si>
   <si>
     <t>„Ten, kdo bojuje, aby zvítězilo Boží slovo, je na stezce Boží.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه قَالَ: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الرَّجُلِ يُقَاتِلُ شَجَاعَةً، وَيُقَاتِلُ حَمِيَّةً، وَيُقَاتِلُ رِيَاءً، أَيُّ ذَلِكَ فِي سَبِيلِ اللهِ؟ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا، فَهُوَ فِي سَبِيلِ اللهِ».</t>
   </si>
   <si>
     <t>Abú Músá (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) byl tázán na muže, který bojuje kvůli odvaze, kvůli horlivosti a který bojuje kvůli tomu, aby se před lidmi ukázal, zeptali se, který je na stezce Boží? A Posel Boží (ať mu Bůh žehná a dá mír) řekl:„Ten, kdo bojuje, aby zvítězilo Boží slovo, je na stezce Boží.”"</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم عن اختلاف مقاصد المقاتلين؛ مَن قاتَل شجاعة أو حَميَّة أو ليرى مكانه من الناس أو غير ذلك، أيُّها في سبيل الله؟ 
 فأخبرَ النبيُّ صلى الله عليه وسلم أن المقاتل في سبيل الله هو: مَنْ قَاتَلَ لِتَكُونَ كَلِمَةُ اللهِ هِيَ الْعُلْيَا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán na záměry těch, kteří bojují - kdo bojuje kvůli odvaze nebo kvůli horlivosti (z osobních důvodů jako rodina, vlast atd.) nebo aby měl dobré postavení mezi lidmi atd., kdo z nich je na Boží stezce? A Prorok (ať mu Bůh žehná a dá mír) řekl, že tím, kdo bojuje na stezce Boží, je ten, který bojuje proto, aby zvítězilo Boží slovo.</t>
   </si>
   <si>
     <t>الأصل في صلاح الأعمال وفسادها النية وإخلاص العمل لله.
 إذا كان القصد من الجهاد إعلاء كلمة الله، وانضم إليه قصد آخر مشروع كالحصول على المغنم، فإنه لا يضر أصلَ نيته.
 مدافعة الأعداء عن الأوطان والحرمات من القتال في سبيل الله.
 الفضل الوارد في المجاهدين يختص بمن قاتل لتكون كلمة الله تعالى هي العليا.</t>
   </si>
   <si>
     <t>Základem pro posouzení správnosti a nesprávnosti činů je úmysl a zda byl čin vykonán pouze pro Boha.
 Pokud je záměrem džihádu, aby zvítězilo Boží slovo, a pak se k tomu přidá ještě jiný záměr, například získání kořisti, tak to nezruší původní záměr.
 Ochrana vlasti a posvátných míst před nepřáteli patří do boje na stezce Boží.
 Všechny dobré odměny týkající se těch, co vykonávají džihád, se týkají těch, kteří bojují proto, aby zvítězilo Boží slovo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2969</t>
   </si>
   <si>
-    <t>ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا</t>
+    <t>ضحى النبي صلى الله عليه وسلم بكبشين أملحين أقرنين، ذبحهما بيده، وسمى وكبر، ووضع رجله على صفاحهما</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) obětoval dva strakaté rohaté berany, podřízl je svojí rukou, vyslovil Boží jméno, řekl: Alláhu akbar, a (při tom) dal nohu na jejich krk u ramene</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضيَ اللهُ عنهُ قَالَ: ضَحَّى النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِكَبْشَيْنِ أَمْلَحَيْنِ أَقْرَنَيْنِ، ذَبَحَهُمَا بِيَدِهِ، وَسَمَّى وَكَبَّرَ، وَوَضَعَ رِجْلَهُ عَلَى صِفَاحِهِمَا.</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) obětoval dva strakaté rohaté berany, podřízl je svojí rukou, vyslovil Boží jméno, řekl: Alláhu akbar, a (při tom) dal nohu na jejich krk u ramene."</t>
   </si>
   <si>
     <t>أَخْبَرَ أنسٌ رضي الله عنه أن النبي صلى الله عليه وسلم ذَبَحَ بيده يومَ عيدِ الأضحى مِن ذُكور الضَّأْنِ كَبشَيْنِ ذات قرون أبيضين يخالطهما السواد، وقال: باسم الله والله أكبر، ووضع رجلَه على عُنقِها.</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) podříznul vlastní rukou v den svátku Al-Adhá dva rohaté berany, kteří byli černobíle strakatí, a řekl: Bismilláh wa Alláhu akbar, a při tom dal nohu na jejich krk u ramene.</t>
   </si>
   <si>
     <t>مشروعية الأضحية، وقد أجمع عليها المسلمون.
 الأفضل أن تكون الأضحية من هذا النوع الذي ضحَّى به النبي صلى الله عليه وسلم؛ لِحُسْن منظرِه ولكون شحمه ولحمه أطيب.
 قال النووي: فيه أنه يستحب أن يتولَّى الإنسانُ ذبحَ أضحيتِه بنفسِه، ولا يُوكِّل في ذبحِها إلا لعذر، وحينئذ يُستحب أن يَشْهَدَ ذَبْحَها، وإن استناب فيها مسلمًا جاز بلا خلاف.
 قال ابن حجر: وفيه استحباب التكبير مع التسمية عند الذبح واستحباب وضع الرِّجْل على صَفْحَةِ عُنُقِ الأضحية الأيمن، واتفقوا على أن إضجاعها يكون على الجانب الأيسر فيضع رجله على الجانب الأيمن ليكون أسهل على الذابح في أخذ السكين باليمين وإمساك رأسها بيده اليسار.
 استحباب الأضحية بالأقرن ويجوز بغيره.</t>
   </si>
   <si>
     <t>Doporučení obětovat v den Al-Adhá a na tom se shodli všichni muslimové.
 Nejlepší je, aby obětina byla stejného druhu, jakou měl Prorok (ať mu Bůh žehná a dá mír), protože hezky vypadá a její tuk a maso jsou dobré.
 An-Nawawí řekl: Podle tohoto hadíthu je doporučené, aby člověk podřezával obětinu sám a nepověřoval nikoho jiného, leda z nějakého důvodu, a pak je doporučené, aby byl při tom, a pokud pověří muslima, je to podle všech učenců povolené.
 A Ibn Hadžar řekl: Tento hadíth dokazuje doporučení říkat: Alláhu akbar společně se slovy: Bismilláhi při podřezávání a dát nohu na pravé rameno u krku obětiny. A učenci se shodli, že obětina se má položit na levý bok a dát nohu na její pravý bok, aby to bylo jednodušší při podřezávání při držení nože pravou rukou a držení hlavy obětiny levou rukou.
 Doporučení, aby obětina měla rohy, ale je povolené, aby je neměla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2971</t>
   </si>
   <si>
-    <t>لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ</t>
+    <t>لا تلبسوا الحرير ولا الديباج، ولا تشربوا في آنية الذهب والفضة، ولا تأكلوا في صحافها، فإنها لهم في الدنيا ولنا في الآخرة</t>
   </si>
   <si>
     <t>„Neoblékejte si hedvábí ani brokát a nepijte ze zlatých a stříbrných nádob ani nejezte z takových talířů, tyto náleží jim v pozemském a nám v budoucím životě.”</t>
   </si>
   <si>
     <t>عَن عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى أَنَّهُمْ كَانُوا عِنْدَ حُذَيْفَةَ، فَاسْتَسْقَى فَسَقَاهُ مَجُوسِيٌّ، فَلَمَّا وَضَعَ القَدَحَ فِي يَدِهِ رَمَاهُ بِهِ، وَقَالَ: لَوْلاَ أَنِّي نَهَيْتُهُ غَيْرَ مَرَّةٍ وَلاَ مَرَّتَيْنِ -كَأَنَّهُ يَقُولُ: لَمْ أَفْعَلْ هَذَا-، وَلَكِنِّي سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لاَ تَلْبَسُوا الحَرِيرَ وَلاَ الدِّيبَاجَ، وَلاَ تَشْرَبُوا فِي آنِيَةِ الذَّهَبِ وَالفِضَّةِ، وَلاَ تَأْكُلُوا فِي صِحَافِهَا، فَإِنَّهَا لَهُمْ فِي الدُّنْيَا وَلَنَا فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>‘Abdurrahmán Ibn Abí Lajlá vyprávěl, že byli u Hudzajfy. Ten se chtěl napít a jeden zoroastrovec mu dal napít a když mu dal pohár do ruky, on (Hudzajfa) ho po něm hodil a řekl: „Kdybych mu to už jednou nebo dvakrát nezakázal," - jako by chtěl říci: tak bych to neudělal - „ale slyšel jsem Proroka (ať mu Bůh žehná a dá mír) říci: „Neoblékejte si hedvábí ani brokát a nepijte ze zlatých a stříbrných nádob ani nejezte z takových talířů, tyto náleží jim v pozemském a nám v budoucím životě.”"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الرجالَ عن لُبس الحرير بأنواعه. 
 ونهى الرجالَ والنساءَ عن الأكل والشرب في آنية وأوعية الذهب والفضة. 
 وأخبر بأنها خالصة للمؤمنين يوم القيامة؛ لأنهم اجتنبوها في الدنيا طاعة لله، 
 وأما الكفار فليست لهم في الآخرة؛ لأنهم تعجَّلوا طيباتِهم في حياتهم الدنيا باتخاذهم لها، ومعصيتهم أمر الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal mužům, aby si oblékali všechny druhy hedvábí. A zakázal mužům i ženám jíst a pít ze zlatého nebo stříbrného nádobí. A řekl, že tyto věci jsou pouze pro věřící v budoucím životě, protože se jim vyhýbali v pozemském životě z poslušnosti k Bohu, zatímco nevěřícím se jich v budoucím životě nedostane, protože si je uspíšili už v pozemském životě tím, že je používali, a tak hřešili vůči Bohu.</t>
   </si>
   <si>
     <t>تحريم لبس الحرير والديباج على الذكور، والوعيد الشديد على مَن لَبِسه.
 يباح للنساء لبسُ الحرير والديباج.
 تحريم الأكل والشرب في صحاف الذهب والفضة وآنيتهما على الذكور والإناث.
 تغليظ حذيفة رضي الله عنه في الإنكار، وعلل ذلك بأنَّه نهاه أكثَرَ مِن مَرَّةٍ عن استعمالِ آنِيَةِ الذَّهَبِ والفِضَّةِ، لكنَّه لَمَّا لم يَنْتَهِ.</t>
   </si>
   <si>
     <t>Zákaz oblékání hedvábí a brokátu pro muže a velké varování pro toho, kdo ho obléká.
 Ženám je povolené nosit hedvábí i brokát.
 Zákaz jíst a pít ze zlatého a stříbrného nádobí pro muže i ženy.
 Silné odmítnutí Hudzajfy (ať je s ním Bůh spokojen), které vysvětlil tím, že mu (sluhovi) zakázal více než jednou používat zlaté nebo stříbrné nádobí, ale on s tím stále nepřestal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2985</t>
   </si>
   <si>
-    <t>مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ</t>
+    <t>من لبس الحرير في الدنيا لم يلبسه في الآخرة</t>
   </si>
   <si>
     <t>„Kdo oblékne hedvábí v tomto světě, neoblékne ho ve světě budoucím.”</t>
   </si>
   <si>
     <t>عَنْ عُمَرَ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ لَبِسَ الحَرِيرَ فِي الدُّنْيَا لَمْ يَلْبَسْهُ فِي الآخِرَةِ».</t>
   </si>
   <si>
     <t>‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo oblékne hedvábí v tomto světě, neoblékne ho ve světě budoucím.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه مَن لَبس الحريرَ من الرجال في الدنيا لم يَلبَسها في الآخرة إذا لم يتب عقابًا له.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že ten z mužů, který si obléká hedvábí v tomto životě, si ho za trest neoblékne v budoucím životě, pokud se nekaje.</t>
   </si>
   <si>
     <t>المَقصود بالحرير الحرير الخالِص الطبيعي، أما الحرير الصناعي فلا يشمله الحديث.
  تحريم لبس الحرير على الرجال.
 النهي عن لبس الحرير يعم لُبسه وافتراشه.
 يسمح للرجال ببعض الحرير في الثياب بما لا يُجاوِز عرضُه إصبعين إلى أربعة أصابع تتخذ أعلامًا أو حاشية للثوب.</t>
   </si>
   <si>
     <t>Hedvábím se myslí pravé hedvábí, ne uměle vyrobené.
 Zákaz oblékání hedvábí se týká pouze mužů.
 Zákaz oblékání hedvábí zahrnuje jeho používání i jako ložního prádla atd.
 Muži smějí nosit na oděvu kus hedvábí nepřesahující dva až čtyři prsty na šířku, jako jsou nášivky nebo lemy oděvu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2986</t>
   </si>
   <si>
-    <t>مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا</t>
+    <t>من حمل علينا السلاح فليس منا</t>
   </si>
   <si>
     <t>„Kdo proti nám pozvedl zbraně, ten k nám nepatří.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».</t>
   </si>
   <si>
     <t>Abú Músá al-Aš'arí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo proti nám pozvedl zbraně, ten k nám nepatří.”</t>
   </si>
   <si>
     <t>نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval toho, kdo zvedá zbraně proti muslimům, aby je postrašil nebo drancoval. Kdo toto udělal bezprávně, dopustil se velkého hříchu a zaslouží si tento velký trest.</t>
   </si>
   <si>
     <t>هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب.
 التحذير الشديد من قتال المسلم لإخوانه المسلمين.
 من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل.
 الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم.
 تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.</t>
   </si>
   <si>
     <t>Velké varování před tím, aby muslim zabíjel bratra muslima.
 Mezi největší hříchy a zkaženost na zemi patří pozvedat zbraně proti muslimům a zabíjení.
 Tento trest nezahrnuje toho, kdo bojuje po právu, například pokud bojuje proti provinilcům, hříšníkům atd.
 Zákaz strašit muslimy zbraněmi nebo něčím podobným, i kdyby to bylo z legrace.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/2997</t>
   </si>
   <si>
-    <t>أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ</t>
+    <t>أما إني لم أستحلفكم تهمة لكم، ولكنه أتاني جبريل فأخبرني أن الله عز وجل يباهي بكم الملائكة</t>
   </si>
   <si>
     <t>„Věru že jsem vás nepřiměl přísahat, protože bych vás podezříval, ale přišel ke mně Gabriel a řekl mi, že Bůh se vámi chlubí před anděly.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ قَالَ: خَرَجَ مُعَاوِيَةُ عَلَى حَلْقَةٍ فِي الْمَسْجِدِ، فَقَالَ: مَا أَجْلَسَكُمْ؟ قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ، قَالَ آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟ قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَمَا كَانَ أَحَدٌ بِمَنْزِلَتِي مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقَلَّ عَنْهُ حَدِيثًا مِنِّي: وَإِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَى حَلْقَةٍ مِنْ أَصْحَابِهِ، فَقَالَ: «مَا أَجْلَسَكُمْ؟» قَالُوا: جَلَسْنَا نَذْكُرُ اللهَ وَنَحْمَدُهُ عَلَى مَا هَدَانَا لِلْإِسْلَامِ، وَمَنَّ بِهِ عَلَيْنَا، قَالَ: «آللَّهِ مَا أَجْلَسَكُمْ إِلَّا ذَاكَ؟» قَالُوا: وَاللهِ مَا أَجْلَسَنَا إِلَّا ذَاكَ، قَالَ: «أَمَا إِنِّي لَمْ أَسْتَحْلِفْكُمْ تُهْمَةً لَكُمْ، وَلَكِنَّهُ أَتَانِي جِبْرِيلُ فَأَخْبَرَنِي أَنَّ اللهَ عَزَّ وَجَلَّ يُبَاهِي بِكُمُ الْمَلَائِكَةَ».</t>
   </si>
   <si>
     <t>Abú Sa'íd Al-Chudrí vyprávěl: „Mu'áwíja přišel ke skupině sedící v mešitě a řekl: „Co vás přimělo takhle sedět?" A oni řekli: „Sedli jsme si, abychom si připomínali Boha." A on řekl: 
 „Při Bohu, kvůli ničemu jinému jste si nesedli?" Řekli: „Při Bohu, nesedli jsme si kvůli ničemu jinému." Řekl: „Nepřiměl jsem vás přísahat, protože bych vás podezříval, a není nikdo mého postavení vůči  Poslu Božímu (ať mu Bůh žehná a dá mír), kdo o něm vyprávěl méně než já: Věru že Posel Boží (ať mu Bůh žehná a dá mír) přišel k sedící skupině svých druhů a řekl: „Co vás přimělo takhle sedět?” A oni řekli: „Sedli jsme si, abychom si připomínali Boha a chválili Ho za to, že nás uvedl na správnou cestu islámu a prokázal nám jím přízeň." A on řekl: „Při Bohu, kvůli ničemu jinému jste si nesedli?" Řekli: „Při Bohu, nesedli jsme si kvůli ničemu jinému." A on řekl:„Věru že jsem vás nepřiměl přísahat, protože bych vás podezříval, ale přišel ke mně Gabriel a řekl mi, že Bůh se vámi chlubí před anděly.”"</t>
   </si>
   <si>
     <t>خَرَجَ معاويةُ بن أبي سفيان رضي الله عنهما على حلقة في المسجد، فسألهم على أي شيء اجتمعوا، 
 فقالوا: نذكر الله، 
 فاستحلفهم رضي الله عنه أنهم ما أرادوا بجلوسهم واجتماعهم إلا الذكر، 
 فحلفوا له، 
 ثم قال لهم: إني لم أستحلفكم تهمة لكم وشكًّا في صدقكم، ثم أخبر عن منزلته من النبي صلى الله عليه وسلم وأنه ما كان أحد بمنزلة قربه منه؛ لكون أم حبيبة أخته زوجة النبي صلى الله عليه وسلم، ولكونه من كتبة الوحي، ومع ذلك فهو قليل الرواية للأحاديث، 
 فحدثهم أن النبي صلى الله عليه وسلم خرج يومًا من بيته، فوجدهم جالسين في المسجد يذكرون الله ويحمدونه على ما هداهم للإسلام، ومنَّ به عليهم، فسألهم صلى الله عليه وسلم واستحلفهم  بمثل ما فعل معاوية رضي الله عنه مع أصحابه، 
 ثم قال لهم النبي صلى الله عليه وسلم عن سبب سؤاله لهم واستحلافهم: أنه أتاه المَلك جبريل عليه السلام فأخبره أن الله عز وجل يباهي ويفاخر بكم الملائكة، ويظهر فضلكم لهم ويريهم حسن عملكم، ويثني عليكم عندهم.</t>
   </si>
   <si>
     <t>Mu'áwíja Ibn Abí Sufján (ať je s nimi Bůh spokojen) šel kolem skupiny sedící v mešitě a zeptal se jich, proč se shromáždili, a řekli: Připomínáme si Boha. A tak je nechal přísahat, že nezamýšleli svým sezením nic jiného než si připomínat Boha, a oni přísahali. Poté jim řekl: Nepřiměl jsem vás přísahat, protože bych vás podezříval nebo měl pochyby o vaší pravdomluvnosti. Poté jim řekl, jaké měl postavení u Proroka (ať mu Bůh žehná a dá mír) a že nikdo neměl tak blízké postavení jako on, protože jeho sestra Um Habíba byla manželkou Proroka (ať mu Bůh žehná a dá mír) a protože patřil mezi zapisovatele vnuknutí, a i přes toto jeho postavení vyprávěl velmi málo hadíthů. A vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) jednou vyšel ze svého domu a viděl je, jak sedí v mešitě a připomínají si Boha a chválí Ho za to, že je uvedl na správnou cestu islámu a prokázal jim tím přízeň. A Prorok (ať mu Bůh žehná a dá mír) se jich zeptal a přiměl je přísahat stejně, jako to udělal Mu'áwíja se svými druhy. A pak jim Prorok (ať mu Bůh žehná a dá mír) řekl důvod své otázky a jejich přísahání: že k němu přišel anděl Gabriel (mír s ním) a řekl mu, že Bůh se jimi (jeho druhy) chlubí  před anděly a ukazuje jim jejich přednosti a dobré skutky a chválí je před nimi.</t>
   </si>
   <si>
     <t>فضل معاوية رضي الله عنه وحرصه على الاقتداء برسول الله صلى الله عليه وسلم في تبليغ العلم.
 جواز الاستحلاف من غير تهمة للتنبيه على أهمية الخبر.
 فضل مجالس الذكر والعلم وأن الله يحبها ويباهي بها الملائكة.</t>
   </si>
   <si>
     <t>Velké zásluhy Mu'áwíji (ať je s ním Bůh spokojen) a jeho veliká snaha napodobovat Posla Božího (ať mu Bůh žehná a dá mír) v předávání vědění.
 Povolení přinutit někoho k přísaze bez podezření a jen kvůli upozornění na důležitost oznámení.
 Velká odměna za vzpomínání Boha a učení se a že to Bůh miluje a chlubí se tím andělům.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[Zaznamenal ho Muslim]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3007</t>
   </si>
   <si>
-    <t>إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ</t>
+    <t>إنهما ليعذبان، وما يعذبان في كبير، أما أحدهما فكان لا يستتر من البول، وأما الآخر فكان يمشي بالنميمة</t>
   </si>
   <si>
     <t>Věru, že jsou týráni a nejsou (podle vás) týráni za velkou věc. Co se týče jednoho z nich, ten se neskrýval, když močil, a co se týče druhého, ten chodil s pomluvou.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: مَرَّ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِقَبْرَيْنِ، فَقَالَ: «إِنَّهُمَا لَيُعَذَّبَانِ، وَمَا يُعَذَّبَانِ فِي كَبِيرٍ، أَمَّا أَحَدُهُمَا فَكَانَ لاَ يَسْتَتِرُ مِنَ البَوْلِ، وَأَمَّا الآخَرُ فَكَانَ يَمْشِي بِالنَّمِيمَةِ» ثُمَّ أَخَذَ جَرِيدَةً رَطْبَةً، فَشَقَّهَا نِصْفَيْنِ، فَغَرَزَ فِي كُلِّ قَبْرٍ وَاحِدَةً، قَالُوا: يَا رَسُولَ اللَّهِ، لِمَ فَعَلْتَ هَذَا؟ قَالَ: «لَعَلَّهُ يُخَفِّفُ عَنْهُمَا مَا لَمْ يَيْبَسَا».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) šel okolo dvou hrobů a řekl: „Věru, že jsou týráni a nejsou (podle vás) týráni za velkou věc. Co se týče jednoho z nich, ten se neskrýval, když močil, a co se týče druhého, ten chodil s pomluvou.” Pak vzal čerstvý palmový list, zlomil ho v půli a každou polovinu zapíchnul do jednoho hrobu. Zeptali se: „Posle Boží,  proč jsi to udělal?" A on řekl: „Snad jim to ulehčí, dokud neuschne.”</t>
   </si>
   <si>
     <t>مَرَّ النبيُّ صلى الله عليه وسلم بقبرين فقال: 
 إنَّ صاحبَي هذين القبرين لَيُعذّبان؛ وما يعذبان في أمر كبير في نظركم، وإن كان كبيرًا عند الله، 
 أمّا أحدُهما فكان لا يَهتَمُّ بحفظ جَسَدِه وثيابِه مِن البول حين يَقْضي حاجتَه، 
 والآخَرُ كان يمشي بالنميمة بين الناس، فيَنْقُلُ كلامَ غيرِه بقصد الإضرار وإيقاع الخلاف والوقيعة بين الناس.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) šel okolo dvou hrobů a řekl: Obyvatelé těchto dvou hrobů jsou týráni a nejsou podle vás týráni za velkou věc, i když u Boha je tato věc velká. Co se týče jednoho, ten se nestaral o ochranu svého těla a oděvu při močení, a ten druhý chodil s pomluvami mezi lidmi a donášel jejich řeči druhým, aby jim uškodil a vyvolával rozpory mezi lidmi.</t>
   </si>
   <si>
     <t>النميمةُ وتركُ التنزُّهِ مِن البول مِن كبائر الذنوب ومِن أسباب عذاب القبر.
 كَشف الله سبحانه بعض المغيبات -كعذاب القبر- إظهارًا لعلامة نبوتِهِ صلى الله عليه وسلم.
 هذا الفعلُ مِن شَقِّ الجريدتين ووضعِها على القبر خاصٌّ بالنبي صلى الله عليه وسلم؛ لأن الله أطْلَعَه على حالِ صاحبَي القبر، فلا يقاس غيره به لأنه لا أحد يعلم أحوال أصحاب القبور.</t>
   </si>
   <si>
     <t>Pomluvy a neutírání se při močení (a neskrývání se) patří mezi velké hříchy a jsou jednou z příčin utrpení v hrobě.
 Bůh odkryl některé skryté věci - jako je utrpení v hrobě - aby ukázal znak proroctví Proroka (ať mu Bůh žehná a dá mír).
 To, že Prorok (ať mu Bůh žehná a dá mír) zlomil palmový list a dal ho na hroby, je jeho speciální čin, protože Bůh mu ukázal stav obyvatel hrobů. Proto k tomu nelze přirovnávat někoho jiného, protože nikdo jiný nezná stav obyvatel hrobů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3010</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ</t>
+    <t>إذا سمعتم النداء، فقولوا مثل ما يقول المؤذن</t>
   </si>
   <si>
     <t>„Pokud uslyšíte volání (k modlitbě), říkejte totéž, co říká muezzin.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا سَمِعْتُمُ النِّدَاءَ، فَقُولُوا مِثْلَ مَا يَقُولُ المُؤَذِّنُ».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud uslyšíte volání (k modlitbě), říkejte totéž, co říká muezzin.”</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على إجابة المؤذِّن عند سماعه، وذلك بأنْ نقولَ مثل ما يقول، جُملةً بجملة، 
 فحينما يُكَبِّرُ نُكَبِّرُ بعدَه، وحينما يأتي بالشهادتين، نأتي بهما بعده، 
 ويستثنى لفظ: (حي على الصلاة، حي على الفلاح) فإنه يُقال بعدهما: لا حول ولا قوة إلا بالله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádá k tomu, aby člověk opakoval po muezzinovi to, co říká, větu po větě. Když řekne „Alláhu akbar," má se říci „Alláhu akbar," když řekne vyznání víry, má se říci vyznání víry atd. Kromě slov „hajjá ‘alá-s-salát” a „hajjá ‘alá-l-faláh,” po nich se říká: „Lá hawla wa lá quwwata illá billáh.” (Není moci ani síly leč u Boha).</t>
   </si>
   <si>
     <t>يتابع المؤذن الثاني بعد انتهاء الأول، وإنْ تعدَّد المؤذنون؛ لعموم الحديث.
 يُجيبُ المُؤذِّنَ في كلِّ أحوالِه، إنْ لم يكن في خَلاءٍ أو على حاجتِهِ.</t>
   </si>
   <si>
     <t>Může opakovat po dalším muezzinovi, když ten první skončil, a dalším, pokud by jich bylo více, protože hadíth je obecný.
 Opakovat po muezzinovi může vždy za každých okolností, pokud nevykonává potřebu na toaletě atd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3013</t>
   </si>
   <si>
-    <t>دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ</t>
+    <t>دعهما، فإني أدخلتهما طاهرتين</t>
   </si>
   <si>
     <t>Nech je, oblékl jsem si je, když byly (nohy) čisté,</t>
   </si>
   <si>
     <t>عَنْ المُغِيرَةِ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَهْوَيْتُ لِأَنْزِعَ خُفَّيْهِ، فَقَالَ: «دَعْهُمَا، فَإِنِّي أَدْخَلْتُهُمَا طَاهِرَتَيْنِ» فَمَسَحَ عَلَيْهِمَا.</t>
   </si>
   <si>
     <t>Mughíra (ať je s ním Bůh spokojen) vyprávěl: „Byl jsem s Prorokem (ať mu Bůh žehná a dá mír) na cestách  a chtěl jsem mu sundat al-chuf (kožené boty), ale on řekl:
 „Nech je, oblékl jsem si je, když byly (nohy) čisté," a přetřel si je."</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم في أَحَدِ أسفارِه فتوضأ، 
 فلما بلغ غسل الرجلين مَدَّ المغيرةُ بن شعبة رضي الله عنه يديه لِنَزْعِ ما كان على قَدَمِ النبيِّ صلى الله عليه وسلم مِن خُفٍّ لغسل رجليه! 
 فقال النبي صلى الله عليه وسلم: اتركهما ولا تنزعهما، فإني أدخلت رِجْلَيَّ في الخُفين وأنا على طهارة، 
 فمسح النبي صلى الله عليه وسلم على خفيه بَدل غسل رجليه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl na jedné z cest a dělal malou očistu (wudu). Když došel k mytí nohou, Mughíra Ibn Šu'ba (ať je s ním Bůh spokojen) se chystal sundat Prorokovi (ať mu Bůh žehná a dá mír) al-chuf - kožené boty, které měl na sobě, aby si mohl umýt nohy. A Prorok (ať mu Bůh žehná a dá mír) mu řekl: Nech je, nesundávej je, protože když jsem si je oblékal, tak jsem byl (rituálně) čistý. A pak si Prorok (ať mu Bůh žehná a dá mír) přetřel tyto boty místo umytí nohou.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين يكون عند الوضوء من حَدَثٍ أصغر، وأما الاغتسال للحدث الأكبر فلابد من غسل القدمين.
 المسح يكون مرة واحدة بإمرار اليد مبلولة على أعلى الخف دون أسفله.
 يشترط للمسح على الخفين أن يكون لبسهما بعد وضوء تامٍّ غَسَلَ فيه قدميه بالماء، وأن يكون الخف طاهرًا، ساترًا لمحل الفرض من القدم، وأنْ يكون مسحهما في الحَدَث الأصغر لا في الجنابة أو ما يوجب الغُسل، وأنْ يكون المسح في الوقت المحدَّد شرعًا وهو يومٌ وليلةٌ للمُقيم وثلاثة أيام بلياليها للمسافر.
 يقاس على الخفين كل ما يستر الرجلين من الجوارب وغيرها، فيجوز المسح عليها.
 حسن خلق النبي صلى الله عليه وسلم وتعليمه، حيث منع المغيرة من خلعهما، وبيَّن له السبب: أنه أدخلهما طاهرتين؛ لتطمئن نفسه، ويعرف الحكم.</t>
   </si>
   <si>
     <t>Možnost přetřít tyto boty je pouze u malé očisty (wudu), tj. u malého znečištění. Co se týče velkého znečištění, kde je třeba udělat ghusl, tam je nutné umýt nohy.
 Přetírání (povinné) se provádí pouze jednou, a to tak, že se jednou přetře mokrou rukou vršek boty.
 Podmínkou možnosti přetření je, aby se člověk oblékl v době, kdy má očistu (vodou) včetně umytí nohou vodou. Další podmínkou je, aby tyto boty (nebo ponožky) byly samy o sobě čisté a přikrývaly místo, které se jinak myje (tj. kotníky). Možnost přetírání je pouze u malé očisty, ne velké, a pouze po dobu, kdy to určil islám, tj. jeden den a noc pro toho, kdo necestuje, a tři dny a tři noci, pro toho, kdo je na cestách.
 K al-chuf je možné přirovnat vše, co zakrývá nohy, například ponožky, a proto je možné přetřít ponožky a jim podobné.
 Krásné chování Proroka (ať mu Bůh žehná a dá mír) a jeho způsob učení, kdy zabránil Al-Mughírovi sundat mu boty a osvětlil mu příčinu, že to je proto, že jsou čisté, aby se cítil klidný a znal pravidlo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3014</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>„Pokud má člověk rád svého bratra, ať mu řekne, že ho má rád.”</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Al-Miqdám Ibn Ma’dí Karib (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Pokud má člověk rád svého bratra, ať mu řekne, že ho má rád.”</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že jednou z příčin, které vedou k posílení vztahů mezi věřícími a rozšíření lásky mezi nimi je, že pokud má někdo rád svého bratra ve víře, měl by mu říci, že ho má rád.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Zásluha lásky kvůli Bohu, ne kvůli něčemu jinému z pozemských věcí.
 Doporučení říci svému bratru ve víře, že ho člověk má rád, aby jejich přátelství a láska vzrostly.
 Rozšíření lásky mezi věřícími vede k posílení bratrství ve víře a zabraňuje roztříštění společnosti.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, At-Thirmidhí, An-Nasáí v As-Sunan Al-Kubrá a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3017</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يعجبه التيمن، في تنعله، وترجله، وطهوره، وفي شأنه كله</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) měl rád pravou stranu při obouvání bot, česání, očistě a ve všech svých záležitostech</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُعْجِبُهُ التَّيَمُّنُ، فِي تَنَعُّلِهِ، وَتَرَجُّلِهِ، وَطُهُورِهِ، وَفِي شَأْنِهِ كُلِّهِ.</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen), vyprávěla: „Prorok (ať mu Bůh žehná a dá mír) měl rád pravou stranu při obouvání bot, česání, očistě a ve všech svých záležitostech."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يحبُّ ويفضِّل أن يبدأ باليمين في أموره اللائقة بالتكريم، ومن ذلك:
 أن يبدأ بالرِّجْل اليمين في لبس نعله، ويبدأ باليمين في ترجيل شعر رأسه ولحيته وتسريحِهما ودَهنِهما، وفي وضوئه يقدِّم اليمين على اليسار من اليدين والرجلين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) měl rád a dával přednost tomu začínat pravou stranou v záležitostech, kterým náleží úcta, kam patří: Začít pravou nohou při obouvání, začít pravou stranou při česání vlasů a vousů a při jejich upravování a olejování a při malé očistě začít pravou stranou u mytí rukou a nohou.</t>
   </si>
   <si>
     <t>قال النووي: هذه قاعدة مستمرة في الشرع، وهي أنَّ ما كان من باب التكريم والتشريف كلبس الثوب والسراويل والخُفِّ ودُخول المسجد والسواك والاكتحال، وتقليم الأظفار، وقص الشارب، وتَرْجِيْل الشَّعَرِ وهو مَشْطُه، ونتف الإبط، وحلق الرأس، والسلام من الصلاة، وغسل أعضاء الطهارة، والخروج من الخلاء، والأكل والشرب، والمصافحة، واستلام الحجر الأسود، وغير ذلك مما هو في معناه يستحب التيامن فيه، وأما ما كان بضده كدخول الخلاء والخروج من المسجد والامتخاط والاستنجاء وخلع الثوب والسراويل والخف وما أشبه ذلك، فيستحب التياسر فيه، وذلك كله بكرامة اليمين وشرفها.
 "يعجبه التيمن"، يشمل: الابتداء في الأفعال باليد اليمنى، والرجل اليمنى، والجانب الأيمن،  وتعاطي الشيء باليمين.
 قال النووي: اعلم أن من أعضاء الوضوء ما لا يستحب فيه التيامن؛ وهو الأذنان والكفان والخدان بل يُطَهَّران دفعة واحدة، فإن تعذَّر ذلك كما في حق الأقطع ونحوه؛ قَدَّمَ اليمين.</t>
   </si>
   <si>
     <t>An-Nawawí řekl: Toto pravidlo je v islámu trvalé, tj. věci, kterým náleží úcta, jako oblékání oblečení i bot, vstupování do mešity, používání siwáku, kohlu na oči, stříhání nehtů a kníru, česání vlasů, vytrhávání chlupů v podpaží, holení hlavy, pozdrav v modlitbě, mytí údů při očistě, odchod z toalety, jezení a pití, podání ruky, sáhnutí na černý kámen při pouti a další věci ve stejném významu, se doporučují začínat pravou stranou. Zatímco to, co je jejich opakem, jako vstupování na toaletu, odchod z mešity, utírání nosu a po toaletě, svlékání oblečení i bot atd. je doporučené začít levou stranou. A to vše proto, protože pravá strana je ctěná.
 „Měl rád pravou stranu” zahrnuje začínat dělat věci pravou rukou, začínat pravou nohou, pravou stranou a brát si věci pravou rukou.
 An-Nawawí řekl: Věz, že mezi údy malé očisty jsou věci, kde není doporučené začínat pravou stranou, například uši, zápěstí a tváře se myjí obě najednou, ale pokud to není možné, třeba když někdo nemá jednu ruku, začíná se pravou stranou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3018</t>
   </si>
   <si>
-    <t>إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي</t>
+    <t>إن ذلك عرق، ولكن دعي الصلاة قدر الأيام التي كنت تحيضين فيها، ثم اغتسلي وصلي</t>
   </si>
   <si>
     <t>Ne, to je jen krev ze žíly. Zanech modlitby po dny, ve kterých jsi mívala menstruaci, pak udělej velkou očistu (ghusl) a modli se.”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها أَنَّ فَاطِمَةَ بِنْتَ أَبِي حُبَيْشٍ سَأَلَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَتْ: إِنِّي أُسْتَحَاضُ فَلاَ أَطْهُرُ، أَفَأَدَعُ الصَّلاَةَ؟ فَقَالَ: «لَا، إِنَّ ذَلِكِ عِرْقٌ، وَلَكِنْ دَعِي الصَّلاَةَ قَدْرَ الأَيَّامِ الَّتِي كُنْتِ تَحِيضِينَ فِيهَا، ثُمَّ اغْتَسِلِي وَصَلِّي».</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen) vyprávěla, že Fátima bint Abí Hubajš se zeptala Proroka (ať mu Bůh žehná a dá mír): „Mám istihádu a nikdy se neočistím, mám zanechat modlitby?" A on řekl: „Ne, to je jen krev ze žíly. Zanech modlitby po dny, ve kterých jsi mívala menstruaci, pak udělej velkou očistu (ghusl) a modli se.”</t>
   </si>
   <si>
     <t>سَألتْ فاطمةُ بنت حبيش النبيَّ صلى الله عليه وسلم فقالت: إني لا ينقطع عني الدم ويستمر حتى في غير زمن الحيض، فهل يكون حكم ذلك حكم الحيض فأترك الصلاة؟ 
 فقال لها النبي صلى الله عليه وسلم: إنه دم استحاضة، وهو دم مَرَضِيٌّ ينشأ عن انقطاع عرق في الرحم، وليس بدم حيض، 
 فإذا جاء وقت الحيض الذي كنت تحيضين فيه على عادتك الشهرية قبل أن تمرضين بالاستحاضة، فاتركي الصلاة والصوم وغيرَهما مما تُمنَع منه الحائض وقت الحيض. 
 فإذا انتهى مقدار تلك المدة، فتكوني قد طهرتي من الحيض، فاغسلي موضع الدم، ثم اغسلي بدنك اغتسالًا كاملًا لرفع الحدث، ثم صلي.</t>
   </si>
   <si>
     <t>Fátima bint Abí Hubajš se zeptala Proroka (ať mu Bůh žehná a dá mír): Neustále krvácím, i ve dny, kdy nemám menstruaci. Počítají se tyto dny jako menstruace a mám zanechat modlitby? A Prorok (ať mu Bůh žehná a dá mír) jí řekl, že to je istiháda, že tato krev je nemoc, kdy se přeruší žíla v děloze a není to menstruace. A když přijdou dny, ve kterých mívala běžně menstruaci před tím, než takto začala krvácet, má v tyto dny zanechat modlitby a půstu a všech věcí, které se nesmí dělat při menstruaci. A když tyto dny skončí, tak to znamená, že už nemá menstruaci a má si umýt místo, kde tato krev vytéká, pak udělat velkou očistu (ghusl) a pak se může modlit.</t>
   </si>
   <si>
     <t>وجوب الغسل على المرأة عند انتهاء أيام حيضها.
 وجوب الصلاة على المستحاضة.
 الحيض: دمُ طبيعةٍ يُرْخِيْه الرَّحِمُ عَبْرَ فَرْجِ المرأةِ البالغة، يصيبها في أيام معلومة. 
 الاستحاضة: سَيَلانُ الدمِ في غير وقته من أدنى الرحم دون قَعْرِه. 
 الفرق بين دم الحيض ودم الاستحاضة: أنَّ دمَ الحيضِ أسود ثخين مُنْتِن الرائحة، أما دم الاستحاضة فأحمر رقيق ليس له رائحة منتنة.</t>
   </si>
   <si>
     <t>Povinnost udělat velkou očistu (ghusl), když ženě skončí menstruace.
 Žena, která má istihádu, má povinnost se modlit.
 Menstruace v islámu je krev, která přirozeně (bez nemoci) vytéká z dělohy pohlavně dospělé ženy v určité dny.
 Istiháda je krev, která vytéká ve dny, kdy není menstruace, a z nižší části dělohy.
 Rozdíl mezi menstruací a istihádou je ten, že menstruační krev je až černá, hustá a páchne, zatímco istiháda je světle červená, řídká a nepáchne.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3029</t>
   </si>
   <si>
-    <t>سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ</t>
+    <t>سووا صفوفكم، فإن تسوية الصف من تمام الصلاة</t>
   </si>
   <si>
     <t>„Vyrovnejte svoje řady, protože vyrovnání řad patří k úplnosti modlitby.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَوُّوا صُفُوفَكُمْ، فَإِنَّ تَسْوِيَةَ الصَّفِّ مِنْ تَمَامِ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Vyrovnejte svoje řady, protože vyrovnání řad patří k úplnosti modlitby.”</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم المصلين إلى أن يُسووا صفوفَهم، وأن لا يتقدم بعضهم على بعض ولا يتأخر، وأن تسويتها من تمام الصلاة وكمالها، وأنّ اعوجاج الصف خللٌ ونقص فيها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil modlícím se, aby vyrovnali řady, nikdo nestál před nebo za ostatními, a řekl, že vyrovnání řad patří k úplnosti a dokonalosti modlitby, zatímco křivost řady je nedostatkem modlitby.</t>
   </si>
   <si>
     <t>مشروعية العناية بكل ما يُكمل الصلاة ويبعدها عن النقص.
 حكمة النبي صلى الله عليه وسلم في التعليم، حيث قَرَن الحُكم مع عِلَّته؛ لتتبين حكمة التشريع، وتنشط النفوس على الامتثال.</t>
   </si>
   <si>
     <t>Doporučení starat se o všechno, co doplňuje modlitbu a vzdaluje ji od nedokonalostí.
 Moudrost Proroka (ať mu Bůh žehná a dá mír) při učení, protože spojil pravidlo s jeho důvodem, aby ukázal moudrost islámského zákona a podpořil řízení se tímto pravidlem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3031</t>
   </si>
   <si>
-    <t>إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ</t>
+    <t>إذا توضأ أحدكم فليجعل في أنفه ثم لينثر، ومن استجمر فليوتر</t>
   </si>
   <si>
     <t>„Když někdo z vás dělá malou očistu (wudu), ať nasaje vodu do nosu a pak ji vypudí. A ten, kdo se po vykonání potřeby utírá, ať použije lichý počet utírání</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا تَوَضَّأَ أَحَدُكُمْ فَلْيَجْعَلْ فِي أَنْفِهِ ثُمَّ لِيَنْثُرْ، وَمَنِ اسْتَجْمَرَ فَلْيُوتِرْ، وَإِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلْيَغْسِلْ يَدَهُ قَبْلَ أَنْ يُدْخِلَهَا فِي وَضُوئِهِ، فَإِنَّ أَحَدَكُمْ لاَ يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».
 ولفظ مسلم: «إِذَا اسْتَيْقَظَ أَحَدُكُمْ مِنْ نَوْمِهِ فَلَا يَغْمِسْ يَدَهُ فِي الْإِنَاءِ حَتَّى يَغْسِلَهَا ثَلَاثًا، فَإِنَّهُ لَا يَدْرِي أَيْنَ بَاتَتْ يَدُهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Když někdo z vás dělá malou očistu (wudu), ať nasaje vodu do nosu a pak ji vypudí. A ten, kdo se po vykonání potřeby utírá, ať použije lichý počet utírání. A když se někdo z vás probudí ze spánku, nechť nedává ruce do nádoby, ze které dělá malou očistu, dříve, než si je umyje, protože neví, kde nocovala jeho ruka.” Ve verzi v Sahíh Muslim je: „Když se někdo z vás probudí ze spánku, nechť nedává ruce do nádoby dříve, než si je třikrát umyje, protože neví, kde nocovala jeho ruka.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أحكام الطهارة، ومنها: 
 لأول: أنَّ مَن توضأ فعليه أنْ يُدخِلَ الماءَ في أنفِهِ بالنَّفَسِ، ثم يُخرجه بالنَّفَسِ أيضًا. 
 والثاني: أنَّ مَن أراد تنظيفَ الأذى الخارج منه وإزالتَه بغير الماء كالحجارة ونحوها فيكون تنظيفُه على عدد فَرْدِيٍّ أقله ثلاثًا وأعلاه ما ينقطع به الخارج وينظف المحل. 
 والثالث: أن من استيقظ من نوم الليل لا يُدْخِلُ كفَّه في الإناء ليتوضأ حتى يغسلها ثلاث مرات خارج الإناء، فإنه لا يدري أين باتت يده، فلا يأمن النجاسة عليها، وقد يكون عبث بها الشيطان وحمل إليها أشياء مُضِرة للإنسان أو مُفسِدة للماء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil některá pravidla týkající se očisty. Například: Za prvé: ten, kdo dělá malou očistu, má nasát vodu nosem a poté ji stejným způsobem vypudit ven. Za druhé: kdo se chce po vykonání potřeby místo umytí utřít, by měl použít lichý počet toho, čím se utírá (například papír, kameny atd.). Přičemž nejméně je tři. A nejvíce je tolik, co je dostačující pro očištění daného místa. Za třetí: kdo se ráno probudí ze spánku, nemá dávat ruce do nádoby s vodou, ze které dělá malou očistu, dříve, než si je třikrát umyje mimo tuto nádobu, protože neví, kde nocovala jeho ruka, a proto si není jistý, jestli na rukou nemá nějakou nečistotu, která by mohla být pro člověka škodlivá nebo by mohla znečistit vodu.</t>
   </si>
   <si>
     <t>يجب الاستنشاق في الوضوء، وهو: إدخال الماء في الأنف بواسطة النَّفَس، وكذلك يجب الاستنثار، وهو: إخراج الماء من الأنف بواسطة النَّفَس. 
 استحباب الاستجمار وترًا.
 مشروعية غسل اليدين بعد نوم الليل ثلاثًا.</t>
   </si>
   <si>
     <t>Na základě tohoto hadíthu je povinné (u právního směru Hanbalí) při malé očistě vypláchnout i nos, tzn. nasát vodu nosem a poté ji stejným způsobem vypudit ven.
 Doporučení utírat se po vykonání potřeby lichým počtem.
 Doporučení umýt si po probuzení ze spánku třikrát ruce až po zápěstí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3033</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ</t>
+    <t>إذا دخل الرجل بيته، فذكر الله عند دخوله وعند طعامه، قال الشيطان: لا مبيت لكم، ولا عشاء</t>
   </si>
   <si>
     <t>„Pokud přijde muž domů a vzpomene Boha při příchodu domů a při jídle, Satan řekne: „Nemáte kde nocovat ani co jíst</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا دَخَلَ الرَّجُلُ بَيْتَهُ، فَذَكَرَ اللهَ عِنْدَ دُخُولِهِ وَعِنْدَ طَعَامِهِ، قَالَ الشَّيْطَانُ: لَا مَبِيتَ لَكُمْ، وَلَا عَشَاءَ، وَإِذَا دَخَلَ، فَلَمْ يَذْكُرِ اللهَ عِنْدَ دُخُولِهِ، قَالَ الشَّيْطَانُ: أَدْرَكْتُمُ الْمَبِيتَ، وَإِذَا لَمْ يَذْكُرِ اللهَ عِنْدَ طَعَامِهِ، قَالَ: أَدْرَكْتُمُ الْمَبِيتَ وَالْعَشَاءَ».</t>
   </si>
   <si>
     <t>Džábir Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že slyšel Proroka (ať mu Bůh žehná a dá mír) říci: „Pokud přijde muž domů a vzpomene Boha při příchodu domů a při jídle, Satan řekne: „Nemáte kde nocovat ani co jíst." A pokud vstoupí, aniž by vzpomněl Boha, Satan řekne: „Našel jsem vám místo k nocování." A pokud nevzpomene Boha ani při jídle, Satan řekne: „Našel jsem vám místo k nocování i večeři.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِذِكْر الله عند دخول البيت وقبل تَنَاوُلِ الطعام، وأنه إذا ذَكَرَ اللهَ بقوله: (باسم الله) عند دخوله لبيتِه وعند بدء طعامِه، قال الشيطان لأعوانه: لا حَظَّ لكم بالمبيت ولا العشاء في هذا البيت الذي تَحَصَّنَ صاحبُه منكم بذكر الله تعالى. 
 وأما إذا دخل الرجل بيته فلم يذكر الله عند دخوله ولا عند تناوله الطعام، فيخبر الشيطان أعوانه أنهم أدركوا المبيت، والعشاء في هذا البيت.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil vzpomínat Boha při vstupu do domu a při jídle, a to tak, že člověk řekne: „Bismilláh," když vstupuje do domu a když začíná jíst. A když to udělá, Satan řekne svým pomocníkům: Nemáte místo k nocování ani večeři v tomto domě, který před vámi jeho majitel ochránil tím, že vzpomenul Boha. Když ale člověk přijde domů, aniž by vzpomenul Boha při vstupu a při jídle, Satan řekne svým pomocníkům, že v tomto domě našli místo k nocování a večeři.</t>
   </si>
   <si>
     <t>استحباب ذِكرِ الله عند دخول البيت وعند الطعام، فإن الشيطان يبيت في البيوت، ويأكل من طعام أهلها إذا لم يذكروا اسم الله تعالى.
 الشيطان يُراقِبُ ابنَ آدم في عملِهِ وتَصَرُّفِه وفي أموره كلِّها، فإذا غَفَل عن الذكر نال مُرادَه منه.
 الذكر يطرد الشيطان.
 لكل شيطان أتباع وأولياء يستبشرون بقوله ويَتَّبعون أمرَه.</t>
   </si>
   <si>
     <t>Doporučení říkat: „Bismilláh" při vstupu do domu a při jídle, protože Satan nocuje v domech a jí jídlo těch, kteří před tím neřeknou: „Bismilláh."
 Satan pozoruje člověka a jeho činy a když člověk zapomene na vzpomínání Boha, vezme si od něj, co chce.
 Vzpomínání Boha (dhikr) odpuzuje Satana.
 Satan má své následovníky a pomocníky, kteří mají radost z jeho slov a následují ho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3037</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>„Velké hříchy jsou: přidružování k Bohu, neposlušnost vůči rodičům, zabití člověka a lživá přísaha.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru Ibn al-‘Ás (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Velké hříchy jsou: přidružování k Bohu, neposlušnost vůči rodičům, zabití člověka a lživá přísaha.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, jaké jsou velké hříchy, tj. takové, za které následuje velký trest v tomto nebo v budoucím životě.
 Prvním je „přidružování k Bohu,” to znamená uctívat jakýmkoliv způsobem někoho jiného než Boha a dávat někoho jiného na roveň Bohu v tom, co je specifické pouze pro Boha, tj. v Jeho božství, panství, jménech nebo vlastnostech.
 Druhým je „neposlušnost vůči rodičům,” to je ubližovat rodičům jakýmkoliv způsobem, slovy nebo činy, a zanechat dobrého chování k nim.
 Třetím je „zabití člověka,” to je bezprávné zabití člověka nespravedlivě a z nenávisti.
 Čtvrtým je „lživá přísaha,” to je přísahat lživě, kdy člověk ví, že lže. Arabsky se tato přísaha nazývá „ghamús” od slovesa nořit, tj. že člověka ponoří do hříchu nebo do ohně.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Ze lživé přísahy se nelze vykoupit, protože je tak špatná a nebezpečná, a lze se za ni pouze kát.
 Tyto čtyři velké hříchy byly zmíněny, protože jsou nejtěžší, ne proto, že by žádné jiné neexistovaly.
 Hříchy se dělí na velké a malé. Velký hřích je každý hřích, za který je trest v tomto životě nebo je za něj určen trest v budoucím životě, například že za něj následuje vstup do ohně. Velké hříchy mají různé úrovně zákazu. Malé hříchy jsou všechny ostatní hříchy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3044</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ</t>
+    <t>إن من أعظم الجهاد كلمة عدل عند سلطان جائر</t>
   </si>
   <si>
     <t>„Věru, že největším džihádem je spravedlivé slovo u vládce tyrana.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ مِنْ أَعْظَمِ الجِهَادِ كَلِمَةَ عَدْلٍ عِنْدَ سُلْطَانٍ جَائِرٍ».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Věru, že největším džihádem je spravedlivé slovo u vládce tyrana.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن أعظم وأنفع أنواع الجهاد في سبيل الله تعالى كلمةُ عدلٍ وحقٍّ عند سلطان أو أمير جائر ظالم؛ لأنه عمل بشعيرة الأمر بالمعروف والنهي عن المنكر، سواء كان بقول أو كتابة أو فعل أو غير ذلك مما تحصل به المصلحة وتندفع المفسدة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že největším a nejprospěšnějším druhem džihádu na stezce Boží je spravedlivé a pravdivé slovo před vládcem nebo panovníkem tyranem, který páchá křivdy, protože to je naplňování nařízení o přikazování vhodného a zakazování zavrženíhodného, ať už to je slovy, psaním, činem nebo něčím jiným.</t>
   </si>
   <si>
     <t>الأمر بالمعروف والنهي عن المنكر من الجهاد.
 نُصْحُ الحاكم من أعظم الجهاد، ولكن يجب أن يكون بعلم وحكمة وتثبت.
 قال الخطَّابي: وإِنَّما صار ذلك أفضل الجهاد؛ لأنّ من جاهَدَ العدوَّ كان مُتردِّدًا بين الرَّجاءِ والخوْفِ لا يدري هل يَغلِبُ أو يُغْلَبُ، وَصَاحِبُ السُّلطان مقهورٌ في يدِهِ فهو إذا قال الحقَّ وَأَمَرَهُ بِالمعروفِ فقد تَعَرَّضَ للتَّلَفِ، وَأَهْدَفَ نَفْسَهُ للهلاكِ، فصار ذلك أَفضل أنواع الجهادِ مِن أجلِ غَلَبَةِ الخوفِ، وقيل: إنما كان أفضل الجهاد؛ لأنَّ وليَّ الأمرِ لو أخَذَ بِكَلمَتِه لربَّما عمَّ النفعُ عددًا كبيرًا من الناسِ فتحصُلُ المصلحةُ.</t>
   </si>
   <si>
     <t>Přikazování vhodného a zakazování zavrženíhodného patří k džihádu.
 Rada vládci je největším džihádem, musí být ale konaná s věděním, moudrostí a pevností.
 Al-Chattábí řekl: Toto je nejlepším džihádem proto, protože ten, kdo bojuje s nepřítelem, je na vahách mezi nadějí a strachem, neví, zda zvítězí nebo bude poražen, zatímco člověk u panovníka je v jeho rukou podroben a když řekne pravdu a nařídí mu dělat správné, vystaví se úhoně až záhubě, a tak je to nejlepším druhem džihádu, protože je třeba překonat strach. A říká se, že je to nejlepší džihád, protože pokud se vládce bude řídit jeho slovem, bude to prospěšné mnoha lidem, což vede k všeobecnému prospěchu.</t>
   </si>
   <si>
     <t>حسن لغيره</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Hasan/Sound by virtue of corroborating evidence]</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, At-Thirmidhí, Ibn Mádžah a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3045</t>
   </si>
   <si>
-    <t>إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ</t>
+    <t>إن الدنيا حلوة خضرة، وإن الله مستخلفكم فيها، فينظر كيف تعملون، فاتقوا الدنيا واتقوا النساء</t>
   </si>
   <si>
     <t>„Věru, že tento pozemský svět je sladký a zelený a že Bůh vám jej svěřil v opatrování a dívá se, co učiníte. Proto se střezte pozemského života a střezte se žen,</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدُّنْيَا حُلْوَةٌ خَضِرَةٌ، وَإِنَّ اللهَ مُسْتَخْلِفُكُمْ فِيهَا، فَيَنْظُرُ كَيْفَ تَعْمَلُونَ، فَاتَّقُوا الدُّنْيَا وَاتَّقُوا النِّسَاءَ، فَإِنَّ أَوَّلَ فِتْنَةِ بَنِي إِسْرَائِيلَ كَانَتْ فِي النِّسَاءِ».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Věru, že tento pozemský svět je sladký a zelený a že Bůh vám jej svěřil v opatrování a dívá se, co učiníte. Proto se střezte pozemského života a střezte se žen, protože první pokušení dítek Izraele bylo v ženách.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا حُلوةٌ في المذاق، خَضِرَةٌ في المَرْأَى، فيغتر الإنسان بها وينهمك فيها ويجعلها أكبرَ همه. 
 وأنَّ الله سبحانه وتعالى جعل بعضَنا يَخلُف بعضًا في هذه الحياة الدنيا، لينظر كيف نعمل، أفنقوم بطاعته، أم نعصيه؟ 
 ثم قال: احذروا أنْ يَخدَعَكم متاعُ الدنيا وزينتُها، فتحملكم على ترك ما أمركم الله به، والوقوع فيما نهاكم عنه. 
 ومن أعظم ما يجب الحذر منه من فتن الدنيا فتنة النساء، وأنها كانت أول فتنة وقع فيها بنو إسرائيل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pozemský život je sladký, když ho člověk ochutná, zelený (tj. hezký), když se na něj dívá, a tak se pro člověka stane tím nejdůležitějším, o co se nejvíce stará. A Všemohoucí Bůh střídá na tomto světě lidi, aby se podíval, co budou dělat, zda budou zbožní, nebo zda budou hříšní. A pak řekl: Dejte si pozor, aby vás tento svět a jeho krásy nesvedly, že zanecháte toho, co vám Bůh nařídil, a spadnete do toho, co vám zakázal. A na co je třeba si nejvíce dát pozor z pokušení tohoto světa, je pokušení žen, protože to bylo první pokušení, do kterého spadla dítka Izraele.</t>
   </si>
   <si>
     <t>الحثُّ على مُلازمة التقوى، وعدم الانشغال بظواهر الدنيا وزينتها.
 الحذر من الافتتان بالنساء، مِن نَظَرٍ أو تساهُلٍ باختلاطِهن بالرجال الأجانب، أو غير ذلك.
 فتنة النساء من أعظم الفتن في الدنيا.
 الاتَّعاظ وأخذ العبرة من الأمم السالفة، فالذي حصل لبني إسرائيل قد يحصل لغيرهم.
 فتنة النساء إذا كانت زوجة فإنها قد تُكَلِّفُ الرجلَ مِن النفقة ما لا يطيق، فتشغله عن طلب أمور الدِّين، وتحمله على التهالك على طلب الدنيا، وإن كانت أجنبيةً ففتنتُها بإغراء الرجال وإمالتِهم عن الحق إذا خَرَجْنَ واختلطْنَ بهم، خصوصًا إذا كُنَّ سافراتٍ متبرجاتٍ، وهذا قد يؤدِّي إلى الوقوع في الزنا بدرجاته، فينبغي للمؤمن الاعتصام بالله، والرغبة إليه في النجاة من فتنتهن.</t>
   </si>
   <si>
     <t>Nabádání k bohabojnosti a k tomu, aby se člověk nezaměstnával tímto vnějším pozemským světem a jeho ozdobami.
 Varování před pokušením žen, kdy se člověk na ně dívá nebo kdy zlehčuje setkávání žen s cizími muži atd.
 Pokušení žen je největším pokušením tohoto světa.
 Varování a braní si ponaučení z předešlých národů, kdy to, co se stalo dítkám Izraele, se může stát i jiným.
 Do pokušení žen také patří, když manželka chce po manželovi velké výživné, které on není schopen zajistit a kvůli tomu zanedbává náboženské povinnosti a ničí sám sebe v tomto životě. Pokušením u cizí ženy je, když se setkává s cizími muži, není správně oblečená a svádí muže až k cizoložství. A tak by se měl věřící dát pod ochranu Boha a prosit Ho o záchranu před tímto pokušením.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3053</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>„Zavázali jsme se Poslu Božímu (ať mu Bůh žehná a dá mír) k poslouchání a poslušnosti během strádání i dostatku, k tomu, co se nám líbí, i k tomu, co nenávidíme, i kdyby nám bylo křivděno na základě majetku, a k tomu,</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>‘Ubáda Ibn as-Sámit (ať je s ním Bůh spokojen) vyprávěl: „Zavázali jsme se Poslu Božímu (ať mu Bůh žehná a dá mír) k poslouchání a poslušnosti během strádání i dostatku, k tomu, co se nám líbí, i k tomu, co nenávidíme, i kdyby nám bylo křivděno na základě majetku, a k tomu, abychom neodstraňovali vládce, říkali pravdu za všech okolností a nebáli se žádných výčitek kvůli Bohu.”</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) uzavřel smlouvu se sahába, aby poslouchali ty, kteří jim budou vládnout, ať v chudobě, nebo v bohatství, ať jim jejich pravidla budou vyhovovat, nebo ne. A i kdyby si tento vládce bral nespravedlivě jejich majetky, tak ho mají poslouchat podle zvyku a nebouřit se proti němu, protože pokušení a zlo, které vznikne tím, že proti němu budou bojovat, je větší než pokušení a zlo, které se děje tím, že jim ukřivdil. A také se mu zavázali, že budou za všech okolností mluvit pravdu jen kvůli Bohu a nebudou se bát těch, kteří jim to vyčítají.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Plodem poslušnosti k vládcům je jednota všech muslimů a vyhnutí se rozštěpování.
 Povinnost poslouchat vládce, pokud se nejedná o hřích vůči Bohu, ve strastech i dostatku, v tom, co člověku vyhovuje, i v tom, co nemá rád, i kdyby si brali nespravedlivě majetek.
 Povinnost říkat za všech okolností pravdu a nebát se od nikoho žádných výčitek.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3061</t>
   </si>
   <si>
-    <t>حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ</t>
+    <t>حفظت من النبي صلى الله عليه وسلم عشر ركعات</t>
   </si>
   <si>
     <t>„Zapamatoval jsem si od Proroka (ať mu Bůh žehná a dá mír) deset raka'a</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: حَفِظْتُ مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ رَكَعَاتٍ: رَكْعَتَيْنِ قَبْلَ الظُّهْرِ، وَرَكْعَتَيْنِ بَعْدَهَا، وَرَكْعَتَيْنِ بَعْدَ المَغْرِبِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ بَعْدَ العِشَاءِ فِي بَيْتِهِ، وَرَكْعَتَيْنِ قَبْلَ صَلاَةِ الصُّبْحِ، وَكَانَتْ سَاعَةً لاَ يُدْخَلُ عَلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيهَا، حَدَّثَتْنِي حَفْصَةُ أَنَّهُ كَانَ إِذَا أَذَّنَ المُؤَذِّنُ وَطَلَعَ الفَجْرُ صَلَّى رَكْعَتَيْنِ، وَفِي لَفْظٍ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يُصَلِّي بَعْدَ الْجُمُعَةِ رَكْعَتَيْنِ.</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl: „Zapamatoval jsem si od Proroka (ať mu Bůh žehná a dá mír) deset raka'a: dvě raka'a před zuhrem a dvě raka'a po něm, dvě raka'a po maghribu v jeho domě, dvě raka'a po 'iša v jeho domě a dvě raka'a před modlitbou fadžr. V tuto hodinu k Prorokovi (ať mu Bůh žehná a dá mír) nikdo nechodil, Hafsa mi vyprávěla, že když muezzin zavolal k modlitbě a vyšel úsvit (fadžr), pomodlil se dvě raka'a." V jiné verzi je, že Prorok (ať mu Bůh žehná a dá mír) se modlil po páteční modlitbě dvě raka'a.</t>
   </si>
   <si>
     <t>يُبَيِّنُ عبدُ الله بن عمر رضي الله عنهما: أنَّ مِن النوافل التي حفظها عن النبي صلى الله عليه وسلم عشر ركعات وتسمى السنن الرواتب، 
 ركعتين قبل الظهر، وركعتين بعدها، 
 وركعتين بعد المغرب في بيتِه، 
 وركعتين بعد العشاء في بيتِه، 
 وقبل الفجر ركعتين، 
 فتمَّتْ عشر ركعات. 
 وأما صلاة الجمعة فيصلي بعدها ركعتين.</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že doporučených modliteb, které si zapamatoval od Proroka (ať mu Bůh žehná a dá mír), je deset raka'a. Tyto modlitby se arabsky nazývají rawátib. Dvě raka'a před zuhrem a dvě raka'a po něm. Dvě raka'a po maghribu, které se modlil doma. Dvě raka'a po 'iša, které se modlil doma. Dvě raka'a před fadžrem. To je dohromady deset raka'a. Co se týče páteční modlitby, po té se také modlí dvě raka'a.</t>
   </si>
   <si>
     <t>استحباب هذه الرواتب، والمواظبة عليها.
 مشروعية أداء السنة في البيت.</t>
   </si>
   <si>
     <t>Doporučení modlit se pravidelně tyto modlitby.
 Doporučení modlit se doporučené modlitby doma.</t>
   </si>
   <si>
     <t>متفق عليه بجميع رواياته</t>
   </si>
   <si>
     <t>[Je na něm shoda ve všech vyprávěním]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3062</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا قام من الليل يشوص فاه بالسواك</t>
   </si>
   <si>
     <t>„Když Prorok (ať mu Bůh žehná a dá mír ) vstával v noci k modlitbám, vyčistil si ústa siwákem</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا قَامَ مِنَ اللَّيْلِ يَشُوصُ فَاهُ بِالسِّوَاكِ.</t>
   </si>
   <si>
     <t>Hudzajfa (ať je s ním Bůh spokojen) vyprávěl: „Když Prorok (ať mu Bůh žehná a dá mír ) vstával v noci k modlitbám, vyčistil si ústa siwákem."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم كثيرًا ما يَستاك ويأمر به، وهو يتأكد في بعض الأوقات، منها: الاستياكُ عند القيام من الليل، حيث كان صلى الله عليه وسلم يَدلُك وينقِّي فاه بالسواك.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) hodně používal siwák a nařizoval jeho použití, v některých časech více než v jiných, do nich patří při vstávání v noci na modlitby, protože tehdy si Prorok (ať mu Bůh žehná a dá mír) čistil ústa siwákem.</t>
   </si>
   <si>
     <t>تأكيد مشروعية السواك بعد نوم الليل، وذلك أنَّ النوم مُقتَضٍ لتَغَيُّر رائحة الفم، والسواك هو آلة تنظيفية.
 تأكيد مشروعية السواك عند كل تَغَيُّرٍ كريهٍ للفم، أخذًا من المعنى السابق.
 مشروعية النظافة على وجه العموم، وأنها من سنة النبي صلى الله عليه وسلم، ومن الآداب السامية.
 التسوُّك في الفم كلِّه يشمل: الأسنان، واللثة، واللسان.
 السواك هو عُودٌ يُقطَع من شجرة الأراك أو غيرها، ويُستخدم في تنظيف الفم والأسنان، ويطيِّب الفم، ويُزيل الروائح الكريهة.</t>
   </si>
   <si>
     <t>Silné doporučení používat siwák po probuzení v noci, protože spánek vede ke změně zápachu z úst a siwák je vyčistí.
 Doporučení používat siwák při každé změně, která vede k zápachu z úst, což je vyvozeno z předešlého významu.
 Doporučení čistoty obecně a že je to sunna Proroka (ať mu Bůh žehná a dá mír) a patří to do vznešených způsobů.
 Používání siwáku v ústech zahrnuje zuby, dásně a jazyk.
 Siwák je klacík uříznutý z keře salvadory perské nebo jiného a používá se k čištění úst a zubů, odstraňuje z úst nepříjemný zápach a naopak ústa provoní.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3063</t>
   </si>
   <si>
-    <t>لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ</t>
+    <t>لا يفرك مؤمن مؤمنة، إن كره منها خلقا رضي منها آخر</t>
   </si>
   <si>
     <t>„Ať není věřící muž nenávistný vůči věřící ženě; pokud nemá rád nějakou její vlastnost, bude se mu líbit další.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي لله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَفْرَكْ مُؤْمِنٌ مُؤْمِنَةً، إِنْ كَرِهَ مِنْهَا خُلُقًا رَضِيَ مِنْهَا آخَرَ» أَوْ قَالَ: «غَيْرَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ať není věřící muž nenávistný vůči věřící ženě; pokud nemá rád nějakou její vlastnost, bude se mu líbit další.”  nebo řekl: „jiná.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم الزوج أن يُبغض زوجتَه بُغضًا يؤدّي إلى ظلمها وتركها والإعراض عنها؛ 
 فإن الإنسان مجبول على النقص، وإن كره منها خُلقًا سيئًا، وجد فيها خلقًا آخر حسنًا؛ فيرضى بالحَسَن الذي يوافقه، ويصبر على ما لا يرضى من السيئ، مما يجعله يصبر ولا يكرهها كرهًا يحمله على فراقها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal, aby manžel nenáviděl svoji ženu tak, že by to vedlo k tomu, že by jí ukřivdil, opustil ji nebo se o ni nezajímal. Každý člověk má přirozeně nějaké nedostatky, a tak když se mu nebude líbit nějaká její špatná vlastnost, najde u ní jinou dobrou a bude spokojený s tou dobrou, která mu vyhovuje, a bude trpělivý s tím, co se mu nelíbí z té špatné, a to mu pomůže být trpělivý a nechovat k ní takovou nenávist, která by vedla k tomu, že ji opustil.</t>
   </si>
   <si>
     <t>دعوة المؤمن إلى العدل وتحكيم العقل في أي خلاف ينشأ مع زوجته، وعدم اللجوء إلى تحكيم العاطفة والانفعالات المؤقتة.
 شأن المؤمن أن لا يبغض المؤمنة بغضًا كليًّا يحمله على فراقها، بل الذي  ينبغي عليه أن يتغاضى عما يكره بما يحب.
 الحث على حسن العشرة والصحبة بين الزوجين.
 الإيمان داع لمكارم الأخلاق، فلا يخلو المؤمن والمؤمنة من خلق حسن؛ فالإيمان يستلزم وجود خصال محمودة فيهما.</t>
   </si>
   <si>
     <t>Výzva věřícího ke spravedlnosti a řízení se rozumem ve všech rozepřích se svojí ženou a vyhýbání se řízení se emocemi a pomíjivými city.
 Věřící by neměl nenávidět věřící ženu tak, až by ho to vedlo k tomu, že by ji opustil, ale měl by ignorovat to, co se mu nelíbí, tak, že se bude zabývat tím, co se mu líbí.
 Nabádání k přátelství a dobrému chování mezi manželi.
 Víra vyzývá k dobrým mravům, a proto věřící muž i žena mají dobré mravy, a tak u nich víra vede k existenci dobrých vlastností.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3071</t>
   </si>
   <si>
-    <t>كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا،</t>
+    <t>كنت مع النبي صلى الله عليه وسلم فانتهى إلى سباطة قوم، فبال قائما،</t>
   </si>
   <si>
     <t>„Byl jsem s Prorokem (ať mu Bůh žehná a dá mír) a on přišel k místu, kde se vyhazuje odpad, a vymočil se vestoje,</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَانْتَهَى إِلَى سُبَاطَةِ قَوْمٍ، فَبَالَ قَائِمًا، فَتَنَحَّيْتُ فَقَالَ: «ادْنُهْ» فَدَنَوْتُ حَتَّى قُمْتُ عِنْدَ عَقِبَيْهِ فَتَوَضَّأَ فَمَسَحَ عَلَى خُفَّيْهِ.</t>
   </si>
   <si>
     <t>Hudzajfa (ať je s ním Bůh spokojen) vyprávěl: „Byl jsem s Prorokem (ať mu Bůh žehná a dá mír) a on přišel k místu, kde se vyhazuje odpad, a vymočil se vestoje,  a tak jsem se vzdálil. A on řekl: „Přibliž se,” a tak jsem se k němu přiblížil, dokud jsem nestál u jeho pat, a on udělal malou očistu (wudu) a přetřel si al-chuf (kožené boty)."</t>
   </si>
   <si>
     <t>يُخبِرُ حذيفةُ بن اليمان رضي الله عنهما أنه كان مع النبي صلى الله عليه وسلم، فأراد صلى الله عليه وسلم أن يَتبوَّل، فدخل سباطة قوم؛ وهي الموضع الذي يُلقى فيه القمامة والتراب الذي يكنس من المنازل، فتبول وهو واقف، وكان غالب عادته أن يبول قاعدًا. 
 فتباعد عنه حذيفة، فقال له صلى الله عليه وسلم: اقترب، فاقترب حذيفة منه حتى قام خلفه عند مؤخر قدميه؛ ليكون كالسترة له عن النظر إليه في تلك الحالة. 
 ثم توضأ صلى الله عليه وسلم، وعند غسل الرجلين، اكتفى بالمسح على خفيه -وهما ما يلبس في الرجل من جلد رقيق ونحوه ويكون ساترًا للكعبين- ولم يخلعهما.</t>
   </si>
   <si>
     <t>Hudzajfa Ibn al-Jamán (ať je s ním Bůh spokojen) vyprávěl, že byl s Prorokem (ať mu Bůh žehná a dá mír) a Prorok (ať mu Bůh žehná a dá mír) se chtěl vymočit, a tak šel na místo, kde lidé vyhazují odpad a smetí z domů, a vymočil se vestoje, přestože jeho zvyk byl močit vsedě.
 A tak se Hudzajfa vzdálil, ale Prorok (ať mu Bůh žehná a dá mír) mu řekl: Přibliž se, a tak se přiblížil, dokud nestál za zády Proroka, za jeho patami, a byl jako zeď před zraky jiných v této situaci.
 Pak Prorok (ať mu Bůh žehná a dá mír) udělal malou očistu a místo umytí nohou pouze přetřel al-chuf, to byly boty vysoké, až překrývaly kotníky, vyrobené z tenké kůže, které nosili muži - aniž by si je sundal.</t>
   </si>
   <si>
     <t>مشروعية المسح على الخفين.
 جواز البول قائمًا بشرط أن لا يصيبَه منه شيء.
 اختيار النبي صلى الله عليه وسلم السباطة وهي مكان المزبلة والكناسة لأنها في الغالب سهلة لا يرتد فيها البول على البائل.</t>
   </si>
   <si>
     <t>Možnost přetřít al-chuf místo umytí nohou.
 Povolení močit vestoje za podmínky, že se neznečistí.
 Prorok (ať mu Bůh žehná a dá mír) si vybral místo, kde je odpad, smetí a prach, protože z tohoto místa nehrozí, že by se moč odrazila na toho, kdo močí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3075</t>
   </si>
   <si>
-    <t>إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا</t>
+    <t>إذا أتيتم الغائط فلا تستقبلوا القبلة، ولا تستدبروها ولكن شرقوا أو غربوا</t>
   </si>
   <si>
     <t>„Pokud vykonáváte velkou potřebu, nebuďte ve směru qibly ani zády k ní, ale natočte se na východ nebo na západ.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي أَيُّوبَ الأَنْصَارِيِّ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا أَتَيْتُمُ الغَائِطَ فَلاَ تَسْتَقْبِلُوا القِبْلَةَ، وَلاَ تَسْتَدْبِرُوهَا وَلَكِنْ شَرِّقُوا أَوْ غَرِّبُوا» قَالَ أَبُو أَيُّوبَ: فَقَدِمْنَا الشَّأْمَ فَوَجَدْنَا مَرَاحِيضَ بُنِيَتْ قِبَلَ القِبْلَةِ فَنَنْحَرِفُ، وَنَسْتَغْفِرُ اللَّهَ تَعَالَى.</t>
   </si>
   <si>
     <t>Abú Ajjúb Al-Ansárí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Pokud vykonáváte velkou potřebu, nebuďte ve směru qibly ani zády k ní, ale natočte se na východ nebo na západ.” A Abú Ajjúb řekl: „A když jsme přijeli do Levanty, našli jsme toalety postavené ve směru qibly, a tak jsme se natáčeli a prosili Všemohoucího Boha za odpuštění."</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم مَن أراد قضاء حاجته من بول أو غائط أن يستقبل القبلة وجهة الكعبة، ولا يستدبرها بأن يجعلها خلف ظهره؛ بل عليه أن ينحرف عنها قِبَلَ المشرق أو المغرب إذا كانت قبلته كقبلة أهل المدينة. 
 ثم أخبر أبو أيوب رضي الله عنه أنهم لما قدموا الشام وجدُوا فيها المراحيض المعدة لقضاء الحاجة قد بُنيت متجهة إلى الكعبة، فكانوا ينحرفون بأجسادهم عن القبلة، ومع ذلك يستغفرون الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal tomu, kdo chce vykonat potřebu, ať už malou nebo velkou, aby byl ve směru nebo zády ke qible, tj. směrem ke Ka'abě, naopak se musí trochu natočit na východ nebo západ, pro toho kdo má qiblu ve stejném směru jako lidé v Medíně. Poté Abú Ajjúb (ať je s ním Bůh spokojen) vyprávěl, že když přišli do Levanty, našli tam toalety postavené směrem ke Ka'abě, a tak se natáčeli, aby tak nebyli, a i přesto prosili Boha o odpuštění.</t>
   </si>
   <si>
     <t>الحكمة في ذلك تعظيم الكعبة المشرفة واحترامها.
 الاستغفار بعد الخروج من مكان قضاء الحاجة.
 حسن تعليم النبي صلى الله عليه وسلم؛ لأنه لما ذكر الممنوع أرشد إلى الجائز.</t>
   </si>
   <si>
     <t>Moudrostí a příčinou tohoto nařízení je úcta ke Ka'abě a vážení si jí.
 Prošení za odpuštění po odchodu z toalety.
 Dobrý způsob Prorokova (ať mu Bůh žehná a dá mír) vyučování, protože když zmínil, co je zakázané, poradil, co je povolené.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3078</t>
   </si>
   <si>
-    <t>لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ</t>
+    <t>لا يمسكن أحدكم ذكره بيمينه وهو يبول، ولا يتمسح من الخلاء بيمينه، ولا يتنفس في الإناء</t>
   </si>
   <si>
     <t>„Ať se nikdo z vás nedotýká pravou rukou pohlavního údu při močení a ani se s ní neutírá po vykonání potřeby a ať nefouká do nádob.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي قَتَادَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُمْسِكَنَّ أَحَدُكُمْ ذَكَرَهُ بِيَمِينِهِ وَهُوَ يَبُولُ، وَلَا يَتَمَسَّحْ مِنَ الْخَلَاءِ بِيَمِينِهِ، وَلَا يَتَنَفَّسْ فِي الْإِنَاءِ».</t>
   </si>
   <si>
     <t>Abú Qatáda (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ať se nikdo z vás nedotýká pravou rukou pohlavního údu při močení a ani se s ní neutírá po vykonání potřeby a ať nefouká do nádob.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعض الآداب؛ حيث نهى أنْ يُمْسِكَ الرجل ذكره حال البول بيده اليمنى، وأن تُزال النجاسة من القُبُلِ أو الدُّبُرِ باليد اليمنى؛ لأن اليمين أعدت للمكارم، 
 كما نهى أن يتنفس الإنسان في الإناء الذي يشرب فيه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil některé druhy etikety, když zakázal, aby se muž dotknul při močení svého pohlavního údu pravou rukou a aby si utřel nečistoty, ať už po močení nebo stolici, pravou rukou, protože pravá strana je určena pro ctihodné věci. A stejně tak zakázal, aby člověk foukal (dýchal) do nádoby, ze které pije.</t>
   </si>
   <si>
     <t>بيان سَبْق الإسلام في الآداب والنظافة.
 اجتناب الأشياء القذرة، فإذا اضطر إلى مباشرتها، فليكن باليسار.
 بيان شرف اليمين وفضلها على اليسار.
 كمال الشريعة الإسلامية وشمول تعاليمها.</t>
   </si>
   <si>
     <t>Prvenství islámu v etiketě a čistotě.
 Vyvarování se nečistých věcí a pokud s nimi musí přijít do styku, tak použít levou ruku.
 Vznešenost pravé strany a že je lepší než levá.
 Dokonalost islámského zákona, jehož učení zahrnuje všechny věci.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3079</t>
   </si>
   <si>
-    <t>أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ</t>
+    <t>أما يخشى أحدكم  أو: لا يخشى أحدكم  إذا رفع رأسه قبل الإمام، أن يجعل الله رأسه رأس حمار، أو يجعل الله صورته صورة حمار</t>
   </si>
   <si>
     <t>„Copak se nikdo z vás nebojí, že když zvedne hlavu dříve než imám, Bůh z jeho hlavy učiní hlavu osla nebo učiní jeho podobu jako podobu osla.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَمَا يَخْشَى أَحَدُكُمْ - أَوْ: لاَ يَخْشَى أَحَدُكُمْ - إِذَا رَفَعَ رَأْسَهُ قَبْلَ الإِمَامِ، أَنْ يَجْعَلَ اللَّهُ رَأْسَهُ رَأْسَ حِمَارٍ، أَوْ يَجْعَلَ اللَّهُ صُورَتَهُ صُورَةَ حِمَارٍ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Copak se nikdo z vás nebojí, že když zvedne hlavu dříve než imám, Bůh z jeho hlavy učiní hlavu osla nebo učiní jeho podobu jako podobu osla.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على مَن يَرفَعُ رأسَه قبل إمامِهِ، بأنْ يجعلَ اللهُ رأسَه رأسَ حِمار، أو يَجعلَ صورتَه صورةَ حمار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) ukázal velkou hrozbu pro toho, kdo zvedne hlavu dříve než imám, že Bůh z jeho hlavy učiní hlavu osla nebo učiní jeho podobu jako podobu osla.</t>
   </si>
   <si>
     <t>للمأموم مع الإمام أربع حالات: ثلاث منهي عنها، وهي: المسابقة والموافقة والتأخر، والمشروع للمأموم: المتابعة للإمام.
 وجوب متابعة المأموم للإمام في الصلاة.
 الوعيدُ بتغيير صورة من يرفع رأسه قبل الإمام إلى صورة حمار أَمْرٌ ممكن، وهو مِن المسخ.</t>
   </si>
   <si>
     <t>Jsou čtyři způsoby následování imáma, tři z nich jsou zakázané: předbíhání, dělání všeho současně s ním a zpožďování. Jediný povolený způsob následování imáma je následovat, co dělá, těsně po něm.
 Povinnost následovat imáma při modlitbě.
 Hrozba změnění podoby toho, kdo zvedne hlavu dříve než imám, na osla, je možná věc, patří to do přeměn.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3086</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم عن الساعة، فقال: متى الساعة؟ قال: وماذا أعددت لها</t>
   </si>
   <si>
     <t>že jeden muž se zeptal Proroka (ať mu Bůh žehná a dá mír): „Kdy přijde Hodina?" A on řekl: „A co sis na ni připravil?”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ السَّاعَةِ، فَقَالَ: مَتَى السَّاعَةُ؟ قَالَ: «وَمَاذَا أَعْدَدْتَ لَهَا». قَالَ: لاَ شَيْءَ، إِلَّا أَنِّي أُحِبُّ اللَّهَ وَرَسُولَهُ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ». قَالَ أَنَسٌ: فَمَا فَرِحْنَا بِشَيْءٍ، فَرِحْنَا بِقَوْلِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَنْتَ مَعَ مَنْ أَحْبَبْتَ» قَالَ أَنَسٌ: فَأَنَا أُحِبُّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَأَبَا بَكْرٍ، وَعُمَرَ، وَأَرْجُو أَنْ أَكُونَ مَعَهُمْ بِحُبِّي إِيَّاهُمْ، وَإِنْ لَمْ أَعْمَلْ بِمِثْلِ أَعْمَالِهِمْ.</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl, že jeden muž se zeptal Proroka (ať mu Bůh žehná a dá mír): „Kdy přijde Hodina?" A on řekl: „A co sis na ni připravil?” A on řekl: „Nic, jen to, že mám rád Boha a Jeho Posla (ať mu Bůh žehná a dá mír)." A on řekl: „Budeš s tím, koho máš rád.” Anas řekl: „A z ničeho jsme se tak neradovali jako ze slov Proroka (ať mu Bůh žehná a dá mír): Budeš s tím koho máš rád.” Anas řekl:  
 „A já mám rád Proroka (ať mu Bůh žehná a dá mír), Abú Bakra a ‘Umara a přeju si, abych byl s nimi díky své lásce k nim, i když jsem nevykonal takové činy jako oni."</t>
   </si>
   <si>
     <t>سَألَ النبيَّ صلى الله عليه وسلم رجلٌ أعرابيٌّ مِمّن يَسكن الصحراء: عن وقت قيام الساعة؟ 
 فقال له صلى الله عليه وسلم: وما أعددتَ لها من العمل الصالح؟ 
 فقال السائل: ما أعددتُ لها كبيرَ عملٍ إلا أني أحبُّ اللهَ ورسولَه، ولم يذكر غيرَها من العبادات القلبية والبدنية والمالية؛ لأنها كلُّها فروع للمحبة مترتبة عليها، ولأن المحبة الصادقة باعثة للاجتهاد في العمل الصالح.
 فقال له صلى الله عليه وسلم: إنك مع مَن أحببتَ في الجنة. 
 ففرح أصحابُ النبيِّ صلى الله عليه وسلم بهذه البشرى فرحًا شديدًا.
 ثم أَخبرَ أنسٌ رضي الله عنه أنه يحب النبي صلى الله عليه وسلم وأبا بكر، وعمر، ويرجو أن يكون معهم، وإن كان عملُه ليس مثلَ عملِهم.</t>
   </si>
   <si>
     <t>Jeden muž, beduín z pouště, se zeptal Proroka (ať mu Bůh žehná a dá mír) na čas, kdy přijde Hodina(soudný den).
 A Prorok (ať mu Bůh žehná a dá mír) se ho zeptal: A jaké dobré skutky sis na ni připravil?
 A on řekl: Nepřipravil jsem si na ni mnoho skutků, kromě toho, že mám rád Boha a Jeho Posla. A nezmínil už žádné jiné druhy uctívání ani srdcem, ani tělem, ani majetkem, protože tyto všechny jsou jen odvětví této lásky a vyplývají z ní, protože skutečná láska vede k úsilí konat dobré skutky.
 A Prorok (ať mu Bůh žehná a dá mír) mu řekl: Budeš v ráji s tím, koho máš rád.
 A druhové Proroka (ať mu Bůh žehná a dá mír) měli velkou radost z této dobré zprávy.
 A pak Anas (ať je s ním Bůh spokojen) řekl, že má rád Proroka (ať mu Bůh žehná a dá mír), Abú Bakra a ‘Umara a přeje si, aby byl s nimi, i když jeho skutky nejsou takové jako jejich.</t>
   </si>
   <si>
     <t>حكمة رسول الله صلى الله عليه وسلم في إجابة السائل، حيث دلَّه على الذي يهمه وينجيه، وهو: الاستعداد للآخرة بما ينفع والعمل الصالح.
 أخفى اللهُ علمَ الساعة على العباد ليبقى المرء مستعدًّا متجهزًا للقاء الله.
 فضل محبة الله ورسوله والصالحين من المؤمنين، والتحذير من محبة المشركين.
 قوله صلى الله عليه وسلم: أنت مع من أحببت. ليس المراد التساوي في الدرجة والمنزلة، بل المراد كونهم في الجنة بحيث يتمكَّن كل واحد منهم من رؤية الآخر وإن بَعُد المكان.
 توجيه المسلم للانشغال بالأصلح والأنفع له، وترك السؤال عما لا ينفعه.</t>
   </si>
   <si>
     <t>Moudrost Posla Božího (ať mu Bůh žehná a dá mír) v odpovědi tázajícímu se, když ho přivedl k tomu, co je pro něj důležité a co ho zachrání, což je připravit se na budoucí život dobrými skutky a prospěšnými věcmi.
 Bůh skryl před lidmi vědění o čase Hodiny, aby se člověk stále snažil a byl připraven na setkání s Bohem.
 Velká odměna za lásku k Bohu a Jeho Poslu a ke zbožným z věřícím a varování před láskou k nevěřícím.
 Slova Proroka (ať mu Bůh žehná a dá mír): „Budeš s tím, koho máš rád” nejsou myšlena tak, že bude na stejné úrovni, ale tak, že všichni budou spolu v ráji, kde se uvidí, i kdyby byli vzdáleni.
 Nasměrování muslima, aby se zaměřil na to, co je pro něj nejlepší a nejprospěšnější, a aby se přestal ptát na to, co mu neprospěje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3087</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>„Není modlitby, když se přinese jídlo a když člověk cítí velkou nebo malou potřebu.”</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>‘Á'iša (ať je s ní Bůh spokojen) vyprávěla, že slyšela Posla Božího (ať mu Bůh žehná a dá mír) říkat: „Není modlitby, když se přinese jídlo a když člověk cítí velkou nebo malou potřebu.”</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) zakázal se modlit, když je člověku přineseno jídlo, na které má chuť a ke kterému se upne jeho srdce.
 Také zakázal se modlit, pokud člověk cítí malou nebo velkou potřebu, aby nebyl při modlitbě nesoustředěný.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>Ten, kdo se chce modlit, by se měl vyvarovat všech věcí, které by ho mohly při modlitbě rozptylovat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3088</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ،</t>
+    <t>أن رسول الله صلى الله عليه وسلم كان يرفع يديه حذو منكبيه إذا افتتح الصلاة،</t>
   </si>
   <si>
     <t>že Posel Boží (ať mu Bůh žehná a dá mír) zvedal ruce k ramenům, když začínal modlitbu a</t>
   </si>
   <si>
     <t>عَن ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَرْفَعُ يَدَيْهِ حَذْوَ مَنْكِبَيْهِ إِذَا افْتَتَحَ الصَّلَاةَ، وَإِذَا كَبَّرَ لِلرُّكُوعِ، وَإِذَا رَفَعَ رَأْسَهُ مِنَ الرُّكُوعِ، رَفَعَهُمَا كَذَلِكَ أَيْضًا، وَقَالَ: «سَمِعَ اللَّهُ لِمَنْ حَمِدَهُ، رَبَّنَا وَلَكَ الحَمْدُ»، وَكَانَ لاَ يَفْعَلُ ذَلِكَ فِي السُّجُودِ.</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) zvedal ruce k ramenům, když začínal modlitbu a  když řekl: „Alláhu akbar" a šel do poklony. Když zvedl hlavu z poklony, tak je také zvedl a řekl: „Sami‘ Alláhu liman hamidah. Rabbaná wa laka-l-hamd." Ale nedělal to při padnutí na tvář.</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم  يرفع يديه في ثلاثةِ مواضع من الصلاة إزاء أو مقابل المنكب الذي هو: مجمع عظم الكتف والعضد. 
 الموضع الأول: إذا افتتح الصلاة عند تكبيرة الإحرام. 
 الثاني: إذا كبّر للركوع. 
 الثالث: إذا رفع رأسه من الركوع وقال: سمع الله لمن حمده ربنا ولك الحمد.
 وكان لا يرفع يديه عند ابتداء السجود، ولا عند الرفع منه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zvedal ruce na třech místech v modlitbě. A zvedal je až k ramenům nebo před ramena.
 První místo: když začínal modlitbu slovy: Alláhu akbar.
 Druhé: když řekl: Alláhu akbar a šel do poklony.
 Třetí: když zvedl hlavu z poklony a řekl: Sami‘ Alláhu liman hamidah. Rabbaná wa laka-l-hamd.
 A nezvedal ruce před padnutím na tvář a ani když se z něj zvedal.</t>
   </si>
   <si>
     <t>من حِكَم رفع اليدين في الصلاة أنها زينة للصلاة وتعظيم لله سبحانه.
 ثبت عنه صلى الله عليه وسلم رفع يديه في موضع رابع كما في رواية أبي حميد الساعدي عند أبي داود وغيره، وهو عند القيام من التشهد الأول في الصلاة الثلاثية والرباعية.
 ثبت عنه صلى الله عليه وسلم أيضًا أنه يرفع يديه حذو أذنيه دون لمس كما في رواية مالك بن الحويرث في الصحيحين: «أن رسول الله صلى الله عليه وسلم كان إذا كبر رفع يديه حتى يحاذي بهما أذنيه».
 الجمع بين التسميع والتحميد خاص بالإمام والمنفرد، أما المأموم فيقول: ربنا ولك الحمد.
 قول: "رَبَّنَا وَلَكَ الحَمْدُ" بعد الركوع صح عن النبي صلى الله عليه وسلم فيه أربع صيغ، وهذه واحدة منها، والأفضل أن يتتبع المرء هذه الصيغ ويأتي بهذا مرة، وهذه مرة.</t>
   </si>
   <si>
     <t>Moudrost zvedání rukou v modlitbě je v tom, že je to zkrášlení modlitby a projevení úcty k Bohu.
 Také je potvrzené, že Prorok (ať mu Bůh žehná a dá mír) zvedal ruce na čtyřech místech v modlitbě, jak je uvedeno ve vyprávění Abú Hámida As-Sá'idího u Abú Dáwúda a ostatních, a toto čtvrté místo je u postavení se po prvním tašahhudu v modlitbě, která má tři nebo čtyři raka'a.
 A bylo také zaznamenáno, že Prorok (ať mu Bůh žehná a dá mír) zvedal ruce až k uším, jak je uvedeno ve vyprávění Málika Ibn Huwajritha ve správných sbírkách: „Když Posel Boží (ať mu Bůh žehná a dá mír) řekl: Alláhu akbar, tak zvedal ruce, až je vyrovnal s ušima.”
 Spojit slova (Sami‘ Alláhu liman hamidah. Rabbaná wa laka-l-hamd) dohromady platí pro toho, kdo se modlí sám nebo je imámem, zatímco ti, kteří se modlí za imámem, říkají pouze: Rabbaná wa laka-l-hamd.
 Jsou správné záznamy o Prorokovi (ať mu Bůh žehná a dá mír), že říkal po pokloně čtyři verze slov: „Rabbaná wa laka-l-hamd.” Je lepší, aby člověk vyhledal všechny tyto verze a jednou říkal jednu z nich, podruhé druhou atd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3095</t>
   </si>
   <si>
-    <t>عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ</t>
+    <t>علمني رسول الله صلى الله عليه وسلم، وكفي بين كفيه، التشهد، كما يعلمني السورة من القرآن</t>
   </si>
   <si>
     <t>„Posel Boží (ať mu Bůh žehná a dá mír) mne naučil - a při tom uchopil moje dlaně - tašahhud, jako mne naučil súru z Koránu</t>
   </si>
   <si>
     <t>عَنِ ابْنَ مَسْعُودٍ رضي الله عنه قَالَ: عَلَّمَنِي رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَفِّي بَيْنَ كَفَّيْهِ، التَّشَهُّدَ، كَمَا يُعَلِّمُنِي السُّورَةَ مِنَ القُرْآنِ: «التَّحِيَّاتُ لِلَّهِ، وَالصَّلَوَاتُ وَالطَّيِّبَاتُ، السَّلاَمُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللَّهِ وَبَرَكَاتُهُ، السَّلاَمُ عَلَيْنَا وَعَلَى عِبَادِ اللَّهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».
 وفي لفظ لهما: «إِنَّ اللهَ هُوَ السَّلَامُ، فَإِذَا قَعَدَ أَحَدُكُمْ فِي الصَّلَاةِ فَلْيَقُلْ: التَّحِيَّاتُ لِلَّهِ وَالصَّلَوَاتُ وَالطَّيِّبَاتُ السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، فَإِذَا قَالَهَا أَصَابَتْ كُلَّ عَبْدٍ لِلَّهِ صَالِحٍ فِي السَّمَاءِ وَالْأَرْضِ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، ثُمَّ يَتَخَيَّرُ مِنَ الْمَسْأَلَةِ مَا شَاءَ».</t>
   </si>
   <si>
     <t>Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) mne naučil - a při tom uchopil moje dlaně - tašahhud, jako mne naučil súru z Koránu:
 „At-tahijjátu lilláh, wa-s-salawátu wa-t-tajjibát, as-salámu ‘alajka ajjuha-n-nabí wa rahmatulláhi wa barakátuh, as-salámu ‘alajná wa ‘alá ‘ibádi lláhi-s-sálihín, ašhadu an lá illáha ila-lláh, wa ašhadu anna Muhammadan ‘abduhu wa rasúluh."(Veškerá úcta, všechny modlitby i slova výtečná patří Bohu, mír tobě, ó Proroku, a milost Boží i požehnání Jeho, mír nám i služebníkům Božím bezúhonným. Vyznávám, že není boha kromě Boha, a vyznávám, že Muhammad je Jeho otrok a posel.) 
 V jiné verzi je: „Věru, že Bůh je mír a když někdo z vás sedí při modlitbě, ať řekne: „At-tahijjátu lilláh, wa-s-salawátu wa-t-tajjibát, as-salámu ‘alajka ajjuha-n-nabí wa rahmatulláhi wa barakátuh, as-salámu ‘alajná wa ‘alá ‘ibádi lláhi-s-sálihín, ašhadu an lá illáha ila-lláh, wa ašhadu anna Muhammadan ‘abduhu wa rasúluh" (Veškerá úcta, všechny modlitby i slova výtečná patří Bohu, mír tobě, ó Proroku, a milost Boží i požehnání Jeho, mír nám i služebníkům Božím bezúhonným. Vyznávám, že není boha kromě Boha, a vyznávám, že Muhammad je Jeho otrok a posel.) a když to řekne, zasáhne každého zbožného služebníka na nebesích i zemi
 „Vyznávám, že není boha kromě Boha, a vyznávám, že Muhammad je Jeho otrok a posel." A poté ať poprosí, o co chce.”</t>
   </si>
   <si>
     <t>عَلَّمَ النبيُّ صلى الله عليه وسلم ابنَ مسعود رضي الله عنه التشهدَ الذي يقال في الصلاة، وقد جَعل يدَه في يديه، لِيَصْرِفَ انتباهَ ابنِ مسعود إليه. كما يُعَلِّمُه السورة من القرآن مما يدل على اعتناء النبي صلى الله عليه وسلم بهذا التشهد لفظًا ومعنى. 
 فقال: 
 "التَّحِيَّات لله":
  وهي كل قول أو فعل دَالٍّ على التعظيم، كلُّها مُسْتَحَقَّة لله عز وجل. 
 "الصَّلَوَاتُ": 
 وهي الصلاة المعروفة فرضُها ونفلُها لله تعالى. 
 "الطَّيِّبَاتُ": 
 هي الأقوال والأفعال والأوصاف الطيبة والدالّة على الكمال، كلُّها مستحقة لله تعالى. 
 "السلام عليك أيها النبي ورحمة الله وبركاته": 
 دعاء له بالسلامة من كل آفَةٍ ومكروه، والزيادة والكثرة من كل خير. 
@@ -1520,1395 +1520,1395 @@
 أي أُقِرُّ إقرارًا جازمًا به بأنه لا معبود حق إلا الله. 
 "وأَنَّ مُحَمَّدًا عَبْدُهُ ورسولُهُ": 
 أُقِرُّ له بالعبودية والرسالة الخاتمة.
 ثم حَثَّ النبيُّ صلى الله عليه وسلم المصليَ أن يَختارَ مِن الدعاء ما شاء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) naučil Ibn Mas'úda (ať je s ním Bůh spokojen) tašahhud, který se říká v modlitbě, a při tom ho držel za ruce, aby se na něj Ibn Mas'úd soustředil. A učil ho stejně, jako ho učil súru z Koránu. To dokazuje, že Prorok (ať mu Bůh žehná a dá mír) považoval tašahhud za velmi důležitý, nejen ve významu, ale i v přesném znění. A řekl: „At-tahijjátu lilláh”: je každé slovo nebo čin ukazující na uctívání, které vše patří pouze Bohu, „wa-s-salawátu”: je známá  modlitba, povinná či dobrovolná, konaná pouze pro Boha, „at-tajjibát”: jsou dobrá slova, činy a vlastnosti ukazující dokonalost, která všechna patří pouze Bohu, „as-salámu ‘alajka ajjuha-n-nabí wa rahmatulláhi wa barakátuh”: prosba pro něj (Proroka), aby se vyhnul všemu zlému a dostal co nejvíce z každého dobra, „as-salámu ‘alajná wa ‘alá ‘ibádi lláhi-s-sálihín”: prosba za každého zbožného služebníka na nebesích i zemi, aby se vyhnul všemu zlému, „ašhadu an lá illáha ila-lláh”: znamená jisté přiznání, že nikdo si nezaslouží být uctíván, kromě  Boha, „wa anna Muhammadan ‘abduhu wa rasúluh”: znamená vyznání, že Muhammad je služebník a poslední posel Boží.
 Poté Prorok (ať mu Bůh žehná a dá mír) nabádal modlícího, aby řekl jakékoliv prosby k Bohu, které chce.</t>
   </si>
   <si>
     <t>مَحلُّ هذا التشهدِ القعودُ بعد السجدة الأخيرة في كل صلاة، وبعد الركعة الثانية في الثلاثية والرباعية.
 وجوب التحيات في التشهد، ويجوز أن يتشهدَ بأيِّ لفظ من ألفاظ التشهد مما ثبت عن النبي صلى الله عليه وسلم.
 جواز الدعاء في الصلاة بما أحب ما لم يكن إثمًا.
 استحباب البداءة بالنَّفْس في الدعاء.</t>
   </si>
   <si>
     <t>Tašahhud se říká v každé modlitbě, při posledním sezení a na konci druhé raka'a, když má modlitba tři nebo čtyři raka'a.
 Povinnost říkat tašahhud v modlitbě. Je možné použít jakákoliv slova, o kterých bylo potvrzeno, že je řekl Prorok (ať mu Bůh žehná a dá mír).
 Povolení říkat v modlitbě jakékoliv prosby, které člověk chce, pokud samy o sobě nejsou hříchem.
 Doporučení prosit nejdříve sám pro sebe a až pak za ostatní.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3096</t>
   </si>
   <si>
-    <t>اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ</t>
+    <t>اللهم إني أعوذ بك من عذاب القبر، ومن عذاب النار، ومن فتنة المحيا والممات، ومن فتنة المسيح الدجال</t>
   </si>
   <si>
     <t>Bože, utíkám se k Tobě před utrpením v hrobě, před utrpením ohně, před pokušením života a smrti a před pokušením falešného mesiáše Dadždžála).”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَدْعُو وَيَقُولُ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنْ عَذَابِ القَبْرِ، وَمِنْ عَذَابِ النَّارِ، وَمِنْ فِتْنَةِ المَحْيَا وَالمَمَاتِ، وَمِنْ فِتْنَةِ المَسِيحِ الدَّجَّالِ».
 وفِي لَفْظٍ لِمُسْلِمٍ: «إِذَا فَرَغَ أَحَدُكُمْ مِنَ التَّشَهُّدِ الْآخِرِ، فَلْيَتَعَوَّذْ بِاللهِ مِنْ أَرْبَعٍ: مِنْ عَذَابِ جَهَنَّمَ، وَمِنْ عَذَابِ الْقَبْرِ، وَمِنْ فِتْنَةِ الْمَحْيَا وَالْمَمَاتِ، وَمِنْ شَرِّ الْمَسِيحِ الدَّجَّالِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží  (ať mu Bůh žehná a dá mír) dělal dua (prosby) a říkal: „Bože, utíkám se k Tobě před utrpením v hrobě, před utrpením ohně, před pokušením života a smrti a před pokušením falešného mesiáše Dadždžála).” ve verzi Muslima je: 
 „Když někdo z vás skončí tašahhud, ať se uteče k Bohu v ochranu před čtyřmi (věcmi): utrpením pekelného ohně, utrpením v hrobě, pokušením života a smrti a před zlem falešného mesiáše Dadždžála.”</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يَستعيذُ بالله مِن أربع، بعد التشهد الأخير وقبل السلام في الصلاة، وأَمَرَنا أن نستعيذَ بالله منها، 
 الأولى: مِن عذاب القبر. 
 الثانية: مِن عذاب النار وذلك يوم القيامة. 
 الثالثة: مِن فتنة المَحيا مِن شَهَوات الدنيا المحرمة ومن شبهاتها المُضِلَّة، ومن فتنة المَمَات، أي ساعة الاحتضار، من الزيغ عن الإسلام أو السنة، أو فتنة القبر كسؤال المَلَكين. 
 الرابعة: فتنة المسيح الدَّجَّال الذي يَخْرُج في آخر الزمان، يَبتلي الله به عباده؛ وخَصَّه بالذكر لعظيم فتنته وإضلاله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) se v posledním tašahhudu před pozdravením v modlitbě utíkal pod ochranu Boha před čtyřmi věcmi a nařídil nám, abychom se před nimi utíkali v ochranu Boží také.
 První věcí je: utrpení v hrobě.
 Druhou: utrpení ohně v soudný den.
 Třetí: pokušení života, tzn. všechny touhy pozemského života, které jsou zakázané, blouděním, a před pokušením smrti, tj. umírání, ztráta islámu, sunny, atd.
 Čtvrtou: pokušením falešného mesiáše Dadždžála, který se objeví na konci světa a kterým Bůh vyzkouší Své služebníky. Prorok (ať mu Bůh žehná a dá mír) ho zmínil, protože v něm bude velké pokušení a bloudění.</t>
   </si>
   <si>
     <t>هذه الاستعاذة من مهمات الأدعية وجوامعها، لاشتمالها على الاستعاذة من شرور الدنيا والآخرة.
 ثبوت عذاب القبر وأنه حق.
 خطورة الفتن وأهمية الاستعانة بالله والدعاء للنجاة منها.
 إثبات خروج الدَّجَّال وعظم فتنته.
 استحباب هذا الدعاء عقب التشهد الأخير.
 استحباب الدعاء بعد العمل الصالح.</t>
   </si>
   <si>
     <t>Takovéto utíkání se pod ochranu Boha je základní a nejúplnější prosbou k Bohu, protože zahrnuje utíkání se před vším zlem na tomto i budoucím světě.
 Existence utrpení v hrobě a že to je skutečnost.
 Nebezpečí pokušení a důležitost utíkat se před ním pod ochranu Boha a prosit Ho o záchranu před ním.
 Potvrzení toho, že přijde Dadždžál a že to bude obrovské pokušení.
 Doporučení říkat toto dua na konci posledního tašahhudu.
 Doporučení dělat dua po vykonání dobrých skutků.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3103</t>
   </si>
   <si>
-    <t>اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ</t>
+    <t>اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب</t>
   </si>
   <si>
     <t>Alláhumma bá‘id bajní wa bajna chatájája kamá bá‘adta bajna l-mašriqi wa l-maghrib,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذَا كَبَّرَ فِي الصَّلَاةِ، سَكَتَ هُنَيَّةً قَبْلَ أَنْ يَقْرَأَ، فَقُلْتُ: يَا رَسُولَ اللهِ بِأَبِي أَنْتَ وَأُمِّي أَرَأَيْتَ سُكُوتَكَ بَيْنَ التَّكْبِيرِ وَالْقِرَاءَةِ، مَا تَقُولُ؟ قَالَ «أَقُولُ: اللهُمَّ بَاعِدْ بَيْنِي وَبَيْنَ خَطَايَايَ كَمَا بَاعَدْتَ بَيْنَ الْمَشْرِقِ وَالْمَغْرِبِ، اللهُمَّ نَقِّنِي مِنْ خَطَايَايَ كَمَا يُنَقَّى الثَّوْبُ الْأَبْيَضُ مِنَ الدَّنَسِ، اللهُمَّ اغْسِلْنِي مِنْ خَطَايَايَ بِالثَّلْجِ وَالْمَاءِ وَالْبَرَدِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl: „Když Posel Boží (ať mu Bůh žehná a dá mír) začínal modlitbu a řekl: Alláhu akbar, chvíli čekal, než začal recitovat, a tak jsem řekl: „Posle Boží, jsi jako můj otec a matka, co se týče tvého mlčení mezi slovy Alláhu akbar a recitováním, co říkáš?" A on řekl: „Říkám: Alláhumma bá‘id bajní wa bajna chatájája kamá bá‘adta bajna l-mašriqi wa l-maghrib,  Alláhumma naqqiní min chatájája, kamá junaqqa th-thawbu-l-abjadu
 mina-d-danas, Alláhumma ghsilní min chatájája, bi-th-thaldži wa-l-má’i wa-l-barad."
 (Ó Bože, vzdal mě od mých hříchů, jako jsi vzdálil východ od západu, ó Bože, očisti mě od mých hříchů, jako se očist’uje bělostné roucho od nečistoty, ó Bože, omyj mě od mých hříchů sněhem, vodou a kroupami.)</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا كبَّر للصلاة  يسكت سكتة لطيفة قبل أن يقرأ الفاتحة، يستفتح فيها صلاته ببعض الأدعية، ومما ورد من هذه الأدعية قوله: 
 «اللهم باعد بيني وبين خطاياي كما باعدت بين المشرق والمغرب، اللهم نقني من خطاياي، كما ينقى الثوب الأبيض من الدنس، اللهم اغسلني من خطاياي بالثلج والماء والبرد»، 
 فهو يدعو الله عز وجل أن يباعد بينه وبين الخطايا بأن لا يقع فيها، إبعادًا لا يحصل معه لقاء، كما لا لقاء بين المشرق والمغرب أبدًا، وإن وقع فيها أن ينقيه منها ويزيلها كما يزال الوسخ من الثوب الأبيض، وأن يغسله من خطاياه ويبرد لهيبها وحرها، بهذه المطهرات الباردة؛ الماء، والثلج، والبرد.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) začínal modlitbu slovy: Alláhu akbar, tak poté chvíli mlčel, než začal přednášet súru al-Fátiha, a v této době říkal některé prosby. A některé z těch, co jsou zaznamenané, jsou slova: „Alláhumma bá‘id bajní wa bajna chatájája kamá bá‘adta bajna l-mašriqi wa l-maghrib. Alláhumma naqqiní min chatájája, kamá junaqqa th-thawbu-l-abjadu
 mina-d-danas, Alláhumma ghsilní min chatájája, bi-th-thaldži wa-l-má’i wa-l-barad."
 (Ó Bože, vzdal mě od mých hříchů, jako jsi vzdálil východ od západu, ó Bože, očisti mě od mých hříchů, jako se očišťuje bělostné roucho od nečistoty, ó Bože, omyj mě od mých hříchů sněhem, vodou a kroupami.) To je prosba, aby Bůh člověka oddálil od hříchů, aby do nich neupadl, tak, že se s nimi nesetká stejně, jako se nesetká východ a západ. A kdyby do nich upadl, aby ho od nich očistil a odstranil je, jako se odstraní nečistota z bílého oblečení, a aby ho očistil od hříchů a ochladil od jejich horkosti čistými chladnými věcmi jako voda, sníh a kroupy.</t>
   </si>
   <si>
     <t>الإسرار بدعاء الاستفتاح  ولو كانت الصلاة جهرية.
 حرص الصحابة رضي الله عنهم على معرفة أحوال الرسول صلى الله عليه وسلم في حركاته وسكناته.
 وردت صيغ أخرى لدعاء الاستفتاح، والأفضل أن يتتبع المرء الاستفتاحات الواردة والثابتة عنه صلى الله عليه وسلم، فيأتي بهذا مرة، وهذا مرة.</t>
   </si>
   <si>
     <t>Říkat prosby na začátku modlitby potichu, i kdyby se jednalo o hlasitou modlitbu.
 Péče druhů Proroka o poznání stavů Proroka (ať mu Bůh žehná a dá mír), jeho pohybů, mlčení atd.
 Existují jiné verze těchto proseb na začátku modlitby. Je lepší, aby člověk vyhledal všechny tyto verze a jednou říkal jednu z nich, podruhé druhou atd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3104</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>„Pokud řekneš svému druhu: „Mlč!" v pátek, když káže imám, mluvil jsi zbytečně</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud řekneš svému druhu: „Mlč!" v pátek, když káže imám, mluvil jsi zbytečně."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil povinnost při pátečním kázání, a to je: poslouchat kázání, aby se člověk nad ním zamyslel, a že ten, kdo při něm promluví, i kdyby pouze řekl jinému: „Mlč!" nebo „Poslouchej!" přišel o dobro páteční modlitby.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Zákaz mluvení při kázání, a to i kdyby to bylo zakazování zavrženíhodného nebo odpovídání na pozdrav nebo tomu, kdo kýchne.
 Výjimka je, pokud někdo mluví na imáma nebo imám na něj.
 Povolení mluvit mezi kázáními, pokud je toho třeba.
 Pokud je při kázání vzpomenuto Proroka (ať mu Bůh žehná a dá mír), člověk by se za něj měl pomodlit v duchu, a stejně tak říkat ámín po prosbách by se mělo pouze v duchu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3107</t>
   </si>
   <si>
-    <t>أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ،</t>
+    <t>ألا أحدثكم حديثا عن الدجال، ما حدث به نبي قومه؟ إنه أعور، وإنه يجيء معه بمثال الجنة والنار،</t>
   </si>
   <si>
     <t>„Mám vám říci o Dadždžálovi (antikrist), co žádný prorok neřekl svému lidu? Je jednooký a bude mít jakoby ráj a oheň,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُحَدِّثُكُمْ حَدِيثًا عَنِ الدَّجَّالِ، مَا حَدَّثَ بِهِ نَبِيٌّ قَوْمَهُ؟ إِنَّهُ أَعْوَرُ، وَإِنَّهُ يَجِيءُ مَعَهُ بِمِثَالِ الجَنَّةِ وَالنَّارِ، فَالَّتِي يَقُولُ إِنَّهَا الجَنَّةُ هِيَ النَّارُ، وَإِنِّي أُنْذِرُكُمْ كَمَا أَنْذَرَ بِهِ نُوحٌ قَوْمَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Mám vám říci o Dadždžálovi (antikrist), co žádný prorok neřekl svému lidu? Je jednooký a bude mít jakoby ráj a oheň, ale to, o čem bude říkat, že je ráj, je oheň a já vás varuji, jako před tím varoval svůj lid Noe.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابه عن الدجال وصفاته وعلاماته بما لم يحدِّث به نبي قبله، فمن ذلك:
  أنه أعور العين.
 وأن الله تعالى جعل معه مثل الجنة والنار، بحسب رؤيا العين.
  لكن جنته نار، وناره جنة، من أطاعه أدخله هذه الجنة فيما يرى الناس، ولكنها نار محرقة، ومن عصاه أدخله النار فيما يراه الناس، ولكنها جنة طيبة، 
 ثم حذرنا النبي صلى الله عليه وسلم من فتنته كما حذّر به نوح قومه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl svým druhům o Daždžálovi a jeho vlastnostech a znameních, o kterých nemluvil žádný prorok před ním:
 Že je jednooký (tj. slepý na jedno oko).
 A že mu Bůh dal jakoby ráj a oheň, podle toho, jak to lidé uvidí.
 Ale jeho ráj je ve skutečnosti oheň a jeho oheň je ve skutečnosti ráj. A tomu, kdo ho poslechne, dá vstoupit do tohoto ráje (podle toho, jak to lidé vidí), ale bude to spalující oheň, zatímco toho, kdo ho neposlechne, uvrhne do ohně (jak se zdá lidem), ale bude to krásný ráj. Pak nás Prorok (ať mu Bůh žehná a dá mír) varoval před jeho pokušením, stejně jako před ním varoval svůj lid Noe.</t>
   </si>
   <si>
     <t>عظم فتنة الدجال.
 النجاة من فتنة الدجال تكون بصدق الإيمان واللجوء إلى الله تعالى والاستعاذة بالله منه في التشهد الأخير، وحفظ عشر آيات من أول سورة الكهف.
 شدة حرص النبي صلى الله عليه وسلم على أمته، حيث بين للمسلمين من صفات الدجال ما لم يبينه نبي قبله.</t>
   </si>
   <si>
     <t>Velké pokušení Dadždžála.
 Záchrana před pokušením Dadždžála je v upřímnosti víry a uchýlení se k Bohu a v utíkání se pod Jeho ochranu při posledním tašahhudu a naučení se nazpaměť deseti veršům na začátku súry Jeskyně.
 Velká péče Proroka (ať mu Bůh žehná a dá mír) o jeho obec, když vysvětlil muslimům takové vlastnosti Dadždžála, které před ním nevysvětlil jiný prorok.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3110</t>
   </si>
   <si>
-    <t>الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل</t>
+    <t>الرجل على دين خليله، فلينظر أحدكم من يخالل</t>
   </si>
   <si>
     <t>„Člověk je na víře svého blízkého přítele, proto se každý z vás podívejte, s kým se přátelíte.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أَن النبيَّ صَلّى اللهُ عَلَيْهِ وسَلَّم قَالَ: «الرَّجُلُ عَلَى دِينِ خَلِيلِهِ، فَلْيَنْظُر أَحَدُكُم مَنْ يُخَالِل».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Člověk je na víře svého blízkého přítele, proto se každý z vás podívejte, s kým se přátelíte.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الإنسانَ يُشابه صديقَه وصاحبَه الخالصَ في سيرته وعادته، وتؤثر الصداقة في الأخلاق والسلوك والتصرفات، ولهذا أرشد إلى حسن اختيار الصديق؛ لأنه يَدلُّ صديقَه على الإيمان والهدى والخير، ويكون عونًا لصاحبه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že člověk se podobá svému blízkému příteli a druhovi v jeho zvycích a chování a toto přátelství má vliv na jeho mravy a chování, a proto nabádal ke správnému výběru přítele, protože takový bude vést svého přítele k víře, ke správnému vedení a k dobru, a bude tak svému příteli pomáhat.</t>
   </si>
   <si>
     <t>الأمر بصحبة الأخيار وانتقائهم والنهي عن صحبة الأشرار.
 خص الصديق دون القريب؛ لأن الصاحب أنت مَن يختاره، أما الأخ والقريب فليس لك فيه اختيار.
 اتِّخاذ الصحبة لا بد أن يصدر عن تفكُّر.
 المرء يُقوِّي دينه بِصُحبة المؤمنين ويُضعفه بِصُحبَة الفاسقين.</t>
   </si>
   <si>
     <t>Nařízení přátelit se s nejlepšími lidmi a vybírat si je a zákaz přátelit se se špatnými.
 Zmínil přítele a ne příbuzného, protože přítele si člověk vybírá sám, zatímco příbuzného si vybrat nelze.
 Člověk by si měl vybírat přátele rozumem.
 Člověk si posiluje víru věřícími přáteli a oslabuje ji špatnými a nezbožnými přáteli.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[Dobrý(Hasan)]</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, At-Thirmidhí a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3122</t>
   </si>
   <si>
-    <t>إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ،</t>
+    <t>إنما مثل الجليس الصالح والجليس السوء كحامل المسك ونافخ الكير،</t>
   </si>
   <si>
     <t>„Příkladem zbožného a špatného druha je prodavač mošusu a ten, který fouká do měchů (kovář)</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّمَا مَثَلُ الْجَلِيسِ الصَّالِحِ وَالْجَلِيسِ السَّوْءِ كَحَامِلِ الْمِسْكِ وَنَافِخِ الْكِيرِ، فَحَامِلُ الْمِسْكِ: إِمَّا أَنْ يُحْذِيَكَ، وَإِمَّا أَنْ تَبْتَاعَ مِنْهُ، وَإِمَّا أَنْ تَجِدَ مِنْهُ رِيحًا طَيِّبَةً، وَنَافِخُ الْكِيرِ: إِمَّا أَنْ يُحْرِقَ ثِيَابَكَ، وَإِمَّا أَنْ تَجِدَ رِيحًا خَبِيثَةً».</t>
   </si>
   <si>
     <t>Abú Músá (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Příkladem zbožného a špatného druha je prodavač mošusu a ten, který fouká do měchů (kovář): prodavač mošusu ti buď nějaký dá, nebo od něj koupíš nebo od něj ucítíš krásnou vůni. A ten, který fouká do měchů (kovář), ti buď spálí oblečení, nebo od něj ucítíš odporný zápach.”</t>
   </si>
   <si>
     <t>ضَرَبَ صلى الله عليه وسلم المَثل لنوعين من الناس:
 النوع الأول: الجليس والصديق الصالح الذي يدل على الله وما فيه رضاه، ويعين على الطاعة، 
 فمثله كبائع المسك إما أن يعطيك، وإما أن تشتري منه، وإما أن تجد وتشم منه ريحا طيبة. 
 والنوع الثاني: جليس وصديق السوء؛ الذي يصدُّ عن سبيل الله، ويعين على فعل المعاصي، وترى منه الفعل القبيح، ويطالك الذم لمصاحبة ومجالسة مثله، 
 فمثله كالحداد الذي ينفخ ناره؛ إما أن يحرق ثيابك من شرره المتطاير، أو تجد من قربه ريحًا خبيثة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) uvedl příklad dvou typů lidí:
 První typ: zbožný druh a přítel, který vede k Bohu a k tomu, v čem je Boží spokojenost, a pomáhá k dobrým skutkům. Ten je jako prodavač mošusu - buď ti nějaký dá, nebo ho od něj koupíš nebo od něj ucítíš krásnou vůni.
 Druhý typ: špatný druh a přítel, který odvrací od Boží stezky a pomáhá konat hříchy, vidíš u něj ošklivé věci a ze sezení a přátelení se s takovým druhem vzniká ostuda. Ten je jako kovář, který fouká do ohně - buď ti spálí oblečení létajícími jiskrami, nebo od něj ucítíš odporný zápach.</t>
   </si>
   <si>
     <t>جواز ضرب الأمثال لتقريب المعنى للسامع.
 الحث والترغيب على مجالسة أهل الطاعة والصلاح، ومجانبة أهل الفساد وأصحاب الخُلق السيئ.</t>
   </si>
   <si>
     <t>Povolení uvádět příklady, aby se přiblížil význam tomu, kdo poslouchá.
 Nabádání k sezení a přátelení se se zbožnými lidmi a vyhýbání se hanebníkům a lidem se špatnými mravy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3127</t>
   </si>
   <si>
-    <t>السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ</t>
+    <t>الساعي على الأرملة والمسكين، كالمجاهد في سبيل الله، أو القائم الليل الصائم النهار</t>
   </si>
   <si>
     <t>„Ten, kdo se stará o vdovu a chudého, je jako ten, kdo bojuje na stezce Boží, nebo ten, kdo se v noci modlí a ve dne postí.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «السَّاعِي عَلَى الأَرْمَلَةِ وَالمِسْكِينِ، كَالْمُجَاهِدِ فِي سَبِيلِ اللَّهِ، أَوِ القَائِمِ اللَّيْلَ الصَّائِمِ النَّهَارَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Ten, kdo se stará o vdovu a chudého, je jako ten, kdo bojuje na stezce Boží, nebo ten, kdo se v noci modlí a ve dne postí.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الذي يقوم بمصالِحِ المرأةِ التي مات عنها زوجُها وليس لها أحدٌ يقوم بشؤونِها، والمسكينِ المُحتاج، ويُنفِقُ عليهم محتسبًا الأجرَ عند الله تعالى، فهو في الأجر كالمجاهد في سبيل الله، أو كالقائم في صلاة التهجد الذي لا يَتعب، الصائم الذي لا يفطر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo se stará o vdovu, která nemá nikoho, kdo by se o ni staral, a o chudého, tzn. vyživuje je atd., a dělá to pouze pro Boha, má stejnou odměnu jako ten, kdo bojuje na stezce Boží nebo ten, kdo se neustále v noci modlí a ve dne postí, aniž by přerušil.</t>
   </si>
   <si>
     <t>الحثُّ على التعاون والتكافل وسَدّ حاجات الضعفاء.
 العبادة تشمل كلَّ عمل صالح، ومن العبادة السعي على الأرملة والمسكين.
 قال ابن هبيرة: والمراد أن الله تعالى يجمع له ثواب الصائم والقائم والمجاهد في دفعة؛ وذلك أنه قام للأرملة مقام زوجها ...، وقام على ذلك المسكين الذي عجز عن قيامه بنفسه، فأنفق هذا فضل قوته، وتصدق بجَلَدِه، فكان نفعه إذًا  يكافئ الصوم والقيام والجهاد.</t>
   </si>
   <si>
     <t>Nabádání k vzájemné pomoci a naplnění potřeb slabých.
 Uctívání zahrnuje každý dobrý skutek, kam patří i starání se o vdovy a chudé.
 Ibn Hubajra řekl: Myslí se tím, že Bůh mu dá odměnu postícího se, modlícího se a toho, kdo bojuje na stezce Boží, najednou, protože se stará o vdovu tak, jako se staral její manžel…, a stará se o chudého tak, jako by se staral sám o sebe - živí ho tím nejlepším, co má, a tak je v tom stejný  prospěch jako v půstu, modlitbě a džihádu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3135</t>
   </si>
   <si>
-    <t>بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ،</t>
+    <t>بادروا بالأعمال فتنا كقطع الليل المظلم،</t>
   </si>
   <si>
     <t>„Spěchejte s dobrými skutky než přijde pokušení jako temná noc,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «بَادِرُوا بِالْأَعْمَالِ فِتَنًا كَقِطَعِ اللَّيْلِ الْمُظْلِمِ، يُصْبِحُ الرَّجُلُ مُؤْمِنًا وَيُمْسِي كَافِرًا، أَوْ يُمْسِي مُؤْمِنًا وَيُصْبِحُ كَافِرًا، يَبِيعُ دِينَهُ بِعَرَضٍ مِنَ الدُّنْيَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Spěchejte s dobrými skutky než přijde pokušení jako temná noc, kdy se muž probudí jako věřící a večer bude nevěřícím nebo bude večer věřícím a probudí se jako nevěřící, prodá svoje náboženství za pozemské statky.”</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم المؤمنَ بالمسارعة والإكثار من الأعمال الصالحة قبل تعذُّرِها والاشتغال عنها بمجيء الفتن والشبهات التي تمنع منها، وتصد عنها، وهي مظلمة كقطع الليل، يختلط فيها الحق بالباطل، فيصعب على الناس التمييز بينهما، ومن شدتها يتخبط الإنسان حتى إنه يصبح مؤمنًا ويمسي كافرًا، ويمسي مؤمنًا ويصبح كافرًا، يترك دينه بمتاع من الدنيا زائل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádá věřící, aby spěchali a učinili co nejvíce dobrých skutků dříve, než to nebude možné a budou zaměstnáni pokušením a pochybami, které jim zabrání a které jsou tmavé jako část noci, kdy se smísí pravda s falší a bude pro lidi těžké je oddělit, a kvůli jeho závažnosti bude člověk tak zmatený, že se probudí jako věřící a večer se stane nevěřícím  nebo bude večer věřícím a ráno se probudí jako nevěřící a zanechá své víry kvůli dočasným pozemským statkům.</t>
   </si>
   <si>
     <t>وجوب التمسُّك بالدين، والمبادرة إلى العمل الصالح قبل أن تَحوْل الموانع دونه.
 الإشارة إلى تتابع الفتن المضلة آخر الزمان، وأنه كلما ذهبت فتنة أعقبتها فتنة أخرى.
 إذا ضَعُف دين الإنسان وتنازل عنه مقابل الأمور الدنيوية من مال أو غيره كان ذلك سببًا في انحرافه وتركه للدين وانسياقه مع الفتن.
 في الحديث دليل على أن الأعمال الصالحة سبب للنجاة من الفتن.
 الفتن قسمان: فتن شبهات وعلاجها العلم، وفتن شهوات وعلاجها الإيمان والصبر.
 في الحديث إشارة إلى أن مَن قلَّ عمله كانت الفتنة إليه أسرع، وأن من كثر عمله ينبغي ألّا يغتر بما عنده بل يستزيد.</t>
   </si>
   <si>
     <t>Povinnost přidržovat se náboženství a spěchat s dobrými skutky dříve, než bude zabráněno je konat.
 Naznačení pokušení, které bude následovat za sebou na konci věků, jakmile skončí jedno, objeví se další.
 Pokud zeslábne víra člověka a vzdá se jí kvůli pozemským věcem, jako je majetek nebo něco jiného, je to příčinou jeho odchýlení, opuštění víry a neodolání pokušení.
 V tomto hadíthu je důkaz, že dobré skutky jsou příčinou záchrany před pokušením.
 Pokušení se dělí na dvě skupiny: pokušení pochyb, jehož lékem je vědění, a pokušení tuh, jehož lékem je víra a trpělivost.
 V hadíthu je naznačeno, že k tomu, kdo má málo dobrých skutků, přijde pokušení rychleji, zatímco ten, kdo má hodně dobrých skutků, by se neměl nechat oklamat tím, co má, ale měl bych jich učinit ještě více.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3138</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يكثر أن يقول: يا مقلب القلوب ثبت قلبي على دينك</t>
   </si>
   <si>
     <t>„Posel Boží (ať mu Bůh žehná a dá mír) říkal často tato slova: „Ty, který obracíš srdce, utvrď mé srdce ve Tvém náboženství.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يُكْثِرُ أَنْ يَقُولَ: «يَا مُقَلِّبَ القُلُوبِ ثَبِّتْ قَلْبِي عَلَى دِينِكَ»، فَقُلْتُ: يَا رَسُولَ اللهِ، آمَنَّا بِكَ وَبِمَا جِئْتَ بِهِ فَهَلْ تَخَافُ عَلَيْنَا؟ قَالَ: «نَعَمْ، إِنَّ القُلُوبَ بَيْنَ أُصْبُعَيْنِ مِنْ أَصَابِعِ اللهِ يُقَلِّبُهَا كَيْفَ يَشَاءُ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) říkal často tato slova: „Ty, který obracíš srdce, utvrď mé srdce ve Tvém náboženství.” A řekl jsem: „Posle Boží, uvěřili jsme v tebe i v to, s čím jsi přišel, bojíš se o nás?" A on řekl: „Ano, věru, že srdce jsou mezi dvěma prsty z prstů Božích a obrací je, jak chce.”"</t>
   </si>
   <si>
     <t>كانَ أكثرُ دعاء النبي صلى الله عليه وسلم سؤال الله الثّبات على الدين والطاعة، والبعد من الزيغ والضلال، 
 فتعجَّب أنس بن مالك رضي الله عنه من إكثار النبي صلى الله عليه وسلم من هذا الدعاء، فأخبره النبي صلى الله عليه وسلم أن القلوبَ بين أُصبعَينِ مِنْ أصابعِ اللهِ يُقَلِّبها كيف يشاء، 
 فالقلب هو محطُّ الإيمان والكفر، وقد سمي القلب قلبًا لكثرة تقلُّبه؛ فهو أَشَدُّ انقِلابًا مِن القِدْرِ إِذا اجتمعَتْ غَلْيًا، فمن شاء الله أقام قلبه على الهدى، وثبته على الدين، ومن شاء الله صرف قلبه عن الهدى إلى الزيغ والضلال.</t>
   </si>
   <si>
     <t>Prosba (dua), kterou říkal Prorok (ať mu Bůh žehná a dá mír) často byla, aby ho Bůh upevnil ve víře a dobrých skutcích a vzdálil ho od odchýlení a bloudění. A Anas Ibn Málik (ať je s ním Bůh spokojen) se divil, jak často Prorok (ať mu Bůh žehná a dá mír) dělá toto dua, a Prorok (ať mu Bůh žehná a dá mír) mu řekl, že srdce jsou mezi dvěma prsty z Božích prstů a On je obrací, jak chce. Srdce je místem víry a nevíry. V arabštině se nazývá qalb, což pochází od slova obracení, naklánění atd. A tomu, u koho si to přeje, Bůh nakloní srdce ke správnému vedení a upevní ho víře a tomu, u koho si to Bůh přeje, odvrátí srdce od správné cesty k odchýlení a k bloudění.</t>
   </si>
   <si>
     <t>خضوع النبي صلى الله عليه وسلم لربِّه وتضرُّعه إليه، وإرشاد الأمة إلى سؤال ذلك.
 أهمية الاستقامة والثبات على الدين، وأنَّ العبرة بالخاتمة.
 العبد لا يستغني عن تثبيت الله له على الإسلام طرفة عين.
 الحث على الإكثار من هذا الدعاء، تأسِّيًا بالنبي عليه الصلاة والسلام.
 الثبات على الإسلام هو النعمة العظمى التي ينبغي على العبد أن يسعى إليها ويشكر مولاه عليها.</t>
   </si>
   <si>
     <t>Pokora Proroka (ať mu Bůh žehná a dá mír) vůči jeho Pánu a poníženost před Ním a vedení jeho obce k prosbě o toto.
 Důležitost správného vedení a upevnění ve víře a že důležité bude to, čím člověk svůj život završí.
 Člověk si nevystačí sám bez Božího upevnění ve víře ani po dobu mrknutí oka.
 Nabádání k častému říkání této prosby po vzoru Proroka (ať mu Bůh žehná a dá mír).
 Upevnění v islámu je obrovské požehnání, o které by měl člověk usilovat a děkovat za něj Bohu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3142</t>
   </si>
   <si>
-    <t>إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا</t>
+    <t>إذا شرب الكلب في إناء أحدكم فليغسله سبعا</t>
   </si>
   <si>
     <t>„Pokud se pes napije z nádoby někoho z vás, ať ji sedmkrát umyje.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: إِنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا شَرِبَ الْكَلْبُ فِي إِنَاءِ أَحَدِكُمْ فَلْيَغْسِلْهُ سَبْعًا».
 ولمسلم: « أولاهُنَّ بالتُراب».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud se pes napije z nádoby někoho z vás, ať ji sedmkrát umyje.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِغسل الإناء سبعَ مرات إذا أَدْخَلَ الكلبُ فيه لسانه، الأولى منهن مَصحوبةٌ بالتراب ليأتي الماءُ بعدها، فتحصل النظافة التامة مِن نجاسته وضرره.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil sedmkrát umýt nádobu, pokud do ní pes strčil jazyk, a první její mytí má být pomocí písku, aby se pořádně umyla od nečistoty a infekce.</t>
   </si>
   <si>
     <t>ريق الكلب نجسٌ نجاسة مُغلَّظة.
 ولوغ الكلب في الإناء، ينجِّسه، وينجِّس الماء الذي فيه.
 التطهير بالتراب والتكرار سبعًا خاصٌّ بالتطهير من ولوغه دون بوله وعذرته وسائر ما لوَّثه الكلب.
 كيفية غسل الإناء بالتراب: أن يجعل في الإناء ماء ويضاف إليه التراب، ثم يغسل الإناء بهذا الخليط.
 ظاهر الحديث أنه عامٌّ في جميع الكلاب، حتى الكلاب التي أذن الشارع باتخاذها، مثل كلاب الصيد والحراسة والماشية.
 الصابون والأشنان لا يقومان مقام التراب؛ لأن النبي صلى الله عليه وسلم نصَّ على التراب.</t>
   </si>
   <si>
     <t>Psí sliny jsou velmi nečisté.
 Pití psa z nádoby znečišťuje nádobu i vodu v ní.
 Očištění pískem a počet sedmi se týká pouze pití psa z nádoby, ne jeho moči, stolice a všeho ostatního, co pes znečistí.
 Způsob, jakým se myje nádoba pískem: dát vodu do nádoby, přidat k ní písek a poté touto směsí vymýt nádobu.
 Zjevný význam hadíthu se týká všech psů, i těch, které je povolené vlastnit, jako je lovecký pes, hlídací, pastevecký atd.
 Písek nelze nahradit mýdlem atd., protože Prorok (ať mu Bůh žehná a dá mír) určil jasně písek.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3143</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>„Pět věcí je z přirozenosti (al-fitra): obřízka, holení ochlupení v ohanbí, zastřihování kníru, stříhání nehtů a trhání chlupů v podpaží.”</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že slyšel, Proroka (ať mu Bůh žehná a dá mír) říci: „Pět věcí je z přirozenosti (al-fitra): obřízka, holení ochlupení v ohanbí, zastřihování kníru, stříhání nehtů a trhání chlupů v podpaží.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že pět věcí patří k islámu a jsou to tradice poslů:
 První je obřízka; tou se u muže myslí odříznutí kůže okolo žaludu. A u ženy se tím myslí odříznutí kůže, která je nad klitorisem.
 Druhou je holení ochlupení okolo pohlavních orgánů.
 Třetí je zastřihování kníru, tj. zastřihnutí toho, co přečnívá přes horní ret, tak aby ret byl vidět.
 Čtvrtou je stříhání nehtů.
 Pátou je vytrhání ochlupení v podpaží.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Tradice poslů má Bůh rád, je s nimi spokojen a nařizuje je. Vyzývají k dokonalosti a kráse.
 Tyto věci by se podle islámu měly vykonávat a člověk by na ně neměl zapomínat.
 Tyto věci mají užitek jak v tomto životě, tak pro víru, například: zkrášlují, očišťují tělo, díky nim je větší jistota při rituální očistě, v jejich konání je odlišování se od nevěřících a poslušnost vůči Bohu.
 V jiných hadíthech byly zmíněny další věci z přirozenosti, jako nechat narůst plnovous, používat siwák a další.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3144</t>
   </si>
   <si>
-    <t>لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ</t>
+    <t>لا إله إلا الله، ويل للعرب من شر قد اقترب، فتح اليوم من ردم يأجوج ومأجوج مثل هذه</t>
   </si>
   <si>
     <t>„Není boha kromě Boha, běda Arabům před zlem, které se přiblížilo, dnes se otevřelo z hradby Goga a Magoga takto,”</t>
   </si>
   <si>
     <t>عَنْ زَيْنَبَ بِنْتِ جَحْشٍ رَضِيَ اللَّهُ عَنْها أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ دَخَلَ عَلَيْهَا فَزِعًا يَقُولُ: «لاَ إِلَهَ إِلَّا اللَّهُ، وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ، فُتِحَ اليَوْمَ مِنْ رَدْمِ يَأْجُوجَ وَمَأْجُوجَ مِثْلُ هَذِهِ» وَحَلَّقَ بِإِصْبَعِهِ الإِبْهَامِ وَالَّتِي تَلِيهَا، قَالَتْ زَيْنَبُ بِنْتُ جَحْشٍ فَقُلْتُ يَا رَسُولَ اللَّهِ: أَنَهْلِكُ وَفِينَا الصَّالِحُونَ؟ قَالَ: «نَعَمْ إِذَا كَثُرَ الخَبَثُ».</t>
   </si>
   <si>
     <t>Zajnab bint Džahš (ať je s ní Bůh spokojen) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) k ní vstoupil a s hrůzou řekl: „Není boha kromě Boha, běda Arabům před zlem, které se přiblížilo, dnes se otevřelo z hradby Goga a Magoga takto,” a ukázal kroužek mezi palcem a následujícím prstem. Zajnab bint Džahš řekla: „Řekla jsem: „Posle Boží, copak zahyneme, když jsou mezi námi zbožní?" A on řekl: „Ano, pokud se rozšíří  špatnost.”"</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على زينب بنت جَحْش رضي الله عنها فَزِعًا خائفًا، وهو يقول: لا إله إلا الله، إيذانًا بتوقُّع أمرٍ مكروهٍ يَحْدُث، ولا نجاة منه إلا بالالتجاء إلى الله سبحانه، ثم قال صلى الله عليه وسلم: 
 ويل للعرب من شر قد اقترب وقوعُه، فُتِح اليوم من رَدم يأجوج ومأجوج، وهو السَّدُّ الذي بناه ذو القرنين، مثل هذه، وحَلَّق بإصبعه الإبهام والتي تليها، 
 فقالت زينب رضي الله عنها: كيف يُسلِّط الله علينا الهلاك وفينا المؤمنون الصالحون؟ 
 فقال لها النبي صلى الله عليه وسلم: إذا كَثُرَ الخَبَث مِن الفسوق والفجور والمعاصي، والزنا، والخمور، وغيرها، عَمَّ الهلاكُ الجميع.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vstoupil k Zajnab bint Džahš (ať je s ní Bůh spokojen) s hrůzou a strachem a říkal: Není boha kromě Boha, aby upozornil, že přijde zlá věc, před kterou není jiné záchrany než hledáním útočiště u Boha, a pak řekl: Běda Arabům před zlem, které se přiblížilo, dnes se otevřelo z hradby Goga a Magoga - což je zeď, kterou postavil Dhú-l-Qarnajn - takto a udělal kroužek z palce a prstu, který ho následuje. A Zajnab (ať je s ní Bůh spokojen) řekla: Jak nás může Bůh zahubit, když jsou mezi námi zbožní věřící? A Prorok (ať mu Bůh žehná a dá mír) řekl: Pokud se hodně rozšíří  špatnost od nemravnosti, hříchů, cizoložství, vína atd., záhuba postihne všechny.</t>
   </si>
   <si>
     <t>الفَزَع لا يشغل قلبَ المؤمن عن ذكر الله عند الخوف؛ لأنه بذكر الله تطمئن القلوب.
 الحث على إنكار المعاصي ومنع وقوعها.
 يحصل الهلاك العامُّ بسبب كثرة المعاصي وانتشارها وعدم إنكارها وإن كثر الصالحون.
 المصائب تعمُّ الناس جميعًا صالحين وفاسدين، ولكنهم يُبعَثون على نيّاتهم.
 خصَّ العربَ في قوله: "وَيْلٌ لِلْعَرَبِ مِنْ شَرٍّ قَدِ اقْتَرَبَ"؛ لأنهم مُعظم مَن أَسْلَم حين قال ذلك.</t>
   </si>
   <si>
     <t>Hrůza nezaměstná srdce věřícího natolik, aby nevzpomínal Boha, když se bojí, protože při vzpomínání Boha se srdce uklidňují.
 Nabádání k zavrhování hříchů a jejich zabránění.
 Záhuba postihne všechny, pokud se rozšíří hříchy a bude jich hodně a nikdo proti nim nebude vystupovat, a to i kdyby bylo mnoho zbožných.
 Pohromy postihují všechny lidi zbožné i hříšné, ale vzkříšeni budou podle úmyslu a záměru.
 Arabové ve slovech: „Běda Arabům před zlem, které se přiblížilo,“ byli zmíněni proto, že v té době bylo nejvíce muslimů mezi Araby.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3145</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ</t>
+    <t>كان النبي صلى الله عليه وسلم إذا دخل الخلاء قال: اللهم إني أعوذ بك من الخبث والخبائث</t>
   </si>
   <si>
     <t>že Prorok (ať mu Bůh žehná a dá mír) říkal, když vstoupil na toaletu:  „Alláhuma inní a'údhu bika min-al-chubthi wa-l-chabá'ith.“ (Bože, ochraňuj mne před džiny mužského i ženského pohlaví.)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَألَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا دَخَلَ الخَلاَءَ قَالَ: «اللَّهُمَّ إِنِّي أَعُوذُ بِكَ مِنَ الخُبُثِ وَالخَبَائِثِ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: že Prorok (ať mu Bůh žehná a dá mír) říkal, když vstoupil na toaletu:  „Alláhuma inní a'údhu bika min-al-chubthi wa-l-chabá'ith.“ (Bože, ochraňuj mne před džiny mužského i ženského pohlaví.)</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد دُخولَ المكانِ الذي سيَقضي فيه حاجتَه، بَولًا أو غائِطًا، استعاذ بالله، والتجأ إليه أنْ يَقِيَه شَرَّ الشياطين من ذكور وإناث، 
 وفُسِّر الخبث والخبائث أيضًا بالشر وبالنجاسات.</t>
   </si>
   <si>
     <t>Když chtěl Prorok (ať mu Bůh žehná a dá mír) vstoupit na místo, kde se vykonává potřeba, ať už velká nebo malá, utekl se pod ochranu Boha před zlem satanů, ať už mužského nebo ženského pohlaví. Někteří vysvětlují slova al-chubth wa-l-chabá'ith jako zlo a nečistoty.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند إرادة دخول الخلاء.
 جميع الخلق مفتقرون إلى ربهم في دفع ما يؤذيهم أو يضرهم في كل أحوالهم.</t>
   </si>
   <si>
     <t>Doporučení říkat toto dua před vstupem na toaletu.
 Všechna stvoření potřebují svého Pána, aby je ochránil před vším, co jim ubližuje a škodí při každé příležitosti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3150</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم أشد حياء من العذراء في خدرها، فإذا رأى شيئا يكرهه عرفناه في وجهه</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) byl stydlivý více než panna ve svém skrytém místě doma a když viděl něco, co se mu nelíbilo, poznali jsme to z jeho obličeje</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَشَدَّ حَيَاءً مِنَ العَذْرَاءِ فِي خِدْرِهَا، فَإِذَا رَأَى شَيْئًا يَكْرَهُهُ عَرَفْنَاهُ فِي وَجْهِهِ.</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) byl stydlivý více než panna ve svém skrytém místě doma a když viděl něco, co se mu nelíbilo, poznali jsme to z jeho obličeje."</t>
   </si>
   <si>
     <t>يُخْبِرُ أبو سعيد الخدري رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم كان أشدَّ حياء من البنت البِكْر التي لم تتزوج وتعاشر الرجال المُستترة في بيتها، ومن شدة حيائه أنه إذا كَرِهَ شيئًا يتغير وجهه ولا يتكلم، بل يفهم أصحابه كراهيتَه لذلك في وجهه.</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) byl stydlivý více než panna, dívka, která se nikdy neprovdala, a která je skrytá doma, a k jeho veliké stydlivosti patřilo, že když se mu něco nelíbilo, změnil se jeho obličej, ale nic neříkal a jeho druhové poznali, že se mu to nelíbí, z jeho obličeje.</t>
   </si>
   <si>
     <t>بيان ما اشتمل عليه النبي صلى الله عليه وسلم من الحياء، وهو الخُلُق العظيم.
 حياء النبيِّ صلى الله عليه وسلم ما لم تُنتَهك حرمات الله، فإذا انتهكت؛ فإنه صلى الله عليه وسلم كان يغضب ويأمر أصحابَه وينهاهم.
 الحث على التخلُّق بالحياء؛ لأنه يحمل النفس على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Ukázání jak se Prorok (ať mu Bůh požehná a dá mír) styděl, což patří mezi dobré mravy.
 Prorok (ať mu Bůh žehná a dá mír) byl ostýchavý, dokud nebyla zneuctěna Boží nařízení, jakmile ale byla, Prorok (ať mu Bůh žehná a dá mír) se zlobil a dával svým druhům příkazy a zákazy.
 Nabádání ke stydlivosti, protože ta vede člověka k dobrým věcem a odrazuje ho od špatných.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3153</t>
   </si>
   <si>
-    <t>سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ</t>
+    <t>ستكون أثرة وأمور تنكرونها قالوا: يا رسول الله فما تأمرنا؟ قال: تؤدون الحق الذي عليكم، وتسألون الله الذي لكم</t>
   </si>
   <si>
     <t>„Bude zabírání (majetku) a věci, které budete odmítat.” Řekli: „Posle Boží, a co nám přikazuješ?" Řekl: „Dodržujte práva ostatních vůči vám a proste Boha o svoje práva.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «سَتَكُونُ أَثَرَةٌ وَأُمُورٌ تُنْكِرُونَهَا» قَالُوا: يَا رَسُولَ اللَّهِ فَمَا تَأْمُرُنَا؟ قَالَ: «تُؤَدُّونَ الحَقَّ الَّذِي عَلَيْكُمْ، وَتَسْأَلُونَ اللَّهَ الَّذِي لَكُمْ».</t>
   </si>
   <si>
     <t>Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Bude zabírání (majetku) a věci, které budete odmítat.” Řekli: „Posle Boží, a co nám přikazuješ?" Řekl: „Dodržujte práva ostatních vůči vám a proste Boha o svoje práva.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه سيتولى على المسلمين وُلاةٌ يَستأثِرون بأموال المسلمين وغيرِها مِن أمور الدنيا، يَصْرِفُونها كما شاؤوا ويمنعون المسلمين حقَّهم فيها. 
 وسيكون منهم في الدِّين أمورٌ تُنْكَر. 
 فسَألَ الصحابةُ رضي الله عنهم: ماذا يفعلون في تلك الحال؟ 
 فأخبرهم صلى الله عليه وسلم أنه لا يمنعكم انفرادُهم بالمال أنْ تَمْنَعوا ما يجب عليكم نحوَهم من السمع والطاعة، بل اصبروا واسمعوا وأطيعوا ولا تنازعوهم الأمر، واسألوا الحق الذي لكم من الله، وأن يُصلحَهم ويَدفعَ شرَّهم وظلمَهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že muslimové budou mít vládce, kteří jim zaberou majetek a jiné pozemské věci a budou si s nimi dělat, co budou chtít, a nebudou dávat muslimům jejich práva. A také budou v náboženství dělat věci, které budou muslimy odmítány. A sahába (ať je s nimi Bůh spokojen) se zeptali, co mají v takové situaci dělat? A Prorok (ať mu Bůh žehná a dá mír) jim řekl, že to, že jim bude zabrán majetek atd., je neopravňuje k tomu, aby nedodržovali práva ostatních (včetně vládce). Proto mají být trpěliví, poslouchat a nebouřit se a mají o svá práva prosit Boha a také Ho prosit, aby tyto vládce napravil a je ochránil před jejich zlem a křivdou.</t>
   </si>
   <si>
     <t>الحديثُ من دلائل نبوَّتِه صلى الله عليه وسلم حيث أخبر بما سيكون في أمته فوقع كما أخبر.
 جوازُ إعلام المُبتلى بما يُتَوَقَع له من البلاء؛ لِيُوَطِّنَ نفسَه فإذا أتاه كان صابرًا محتسبًا.
 الاعتصام بالكتاب والسنة مخرج من الفتن والاختلاف.
 الحث على السمع والطاعة لولاة الأمور بالمعروف، وعدم الخروج عليهم، وإنْ وقع منهم ظلم.
 استعمال الحكمة واتباع السنة في زمن الفتن.
 على الإنسان القيام بالحق الذي عليه وإنْ حَصَل عليه شيء من الظلم.
 فيه دليلٌ على القاعدة: يختار أهون الشرين أو أخف الضررين.</t>
   </si>
   <si>
     <t>Tento hadíth je jedním z důkazů proroctví Proroka (ať mu Bůh žehná a dá mír), protože řekl, že se něco stane, a skutečně se to stalo.
 Povolení oznámit člověku, co ho může čekat za utrpení a zkoušky, aby se na to připravil a byl pak trpělivý.
 Držení se Koránu a sunny je lék na všechna pokušení a rozpory.
 Nabádání být poslušný vůči vládcům v tom, co je obvyklé, a nebouřit se proti nim, i kdyby páchali křivdy.
 Řídit se moudrostí a následovat sunnu v dobách pokušení.
 Člověk musí dodržovat práva ostatních vůči němu, i kdyby jemu samotnému se práv nedostalo.
 Tento hadíth je důkazem pro pravidlo: vybrat si menší zlo nebo menší škodu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3156</t>
   </si>
   <si>
-    <t>مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ</t>
+    <t>من سأل الله الشهادة بصدق بلغه الله منازل الشهداء، وإن مات على فراشه</t>
   </si>
   <si>
     <t>„Tomu, kdo upřímně poprosil Boha o mučednictví (šaháda), dá Bůh dojít postavení mučedníka, i kdyby zemřel ve své posteli.”</t>
   </si>
   <si>
     <t>عَن سَهْلِ بْنِ حُنَيْفٍ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ سَأَلَ اللهَ الشَّهَادَةَ بِصِدْقٍ بَلَّغَهُ اللهُ مَنَازِلَ الشُّهَدَاءِ، وَإِنْ مَاتَ عَلَى فِرَاشِهِ».</t>
   </si>
   <si>
     <t>Sahl Ibn Hunajf (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo upřímně poprosil Boha o mučednictví (šaháda), dá Bůh dojít postavení mučedníka, i kdyby zemřel ve své posteli.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن طَلَبَ الشهادةَ والقتلَ في سبيل الله، وكان صادقًا مخلصًا في نيته تلك لله عز وجل، أعطاه الله درجات الشهداء بنيته الصادقة وإن مات على الفِراش في غير الجهاد.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že toho, kdo prosil o mučednictví a smrt na Boží stezce a byl v tomto úmyslu zcela upřímný a chtěl to pouze kvůli Bohu, Bůh za tento úmysl povýší na stupně mučedníků, i kdyby zemřel ve své posteli a ne v džihádu.</t>
   </si>
   <si>
     <t>صدق النية مع فعل المستطاع سبب لبلوغ المقصود من الأجر والثواب، وإن لم يُبَاشر العمل المطلوب.
 الترغيب في الجهاد وطلب الشهادة في سبيل الله عز وجل.
 إكرام الله تعالى لهذه الأمة، فهو يعطيها بقليل من العمل أعلى الدرجات في الجنة.</t>
   </si>
   <si>
     <t>Upřímný úmysl s konáním, čeho je člověk schopen, je příčinou dosažení cíle odměny, a to i kdyby člověk neudělal konkrétní čin.
 Nabádání k džihádu a žádání mučednictví na Boží stezce.
 Pocta od Boha pro tuto obec, protože jí dává za málo skutků nejvyšší odměny v ráji.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3157</t>
   </si>
   <si>
-    <t>مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ</t>
+    <t>ما يزال البلاء بالمؤمن والمؤمنة في نفسه وولده وماله حتى يلقى الله وما عليه خطيئة</t>
   </si>
   <si>
     <t>„K věřícímu muži a věřící ženě neustále přichází zkoušky(utrpení) v jejich osobách, dětech i majetku dokud se nesetkají s Bohem, aniž by měli(zbyl jim) nějaký hřích.“</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَا يَزَالُ البَلاَءُ بِالمُؤْمِنِ وَالمُؤْمِنَةِ فِي نَفْسِهِ وَوَلَدِهِ وَمَالِهِ حَتَّى يَلْقَى اللَّهَ وَمَا عَلَيْهِ خَطِيئَةٌ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „K věřícímu muži a věřící ženě neustále přichází zkoušky(utrpení) v jejich osobách, dětech i majetku dokud se nesetkají s Bohem, aniž by měli(zbyl jim) nějaký hřích.“</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن البلاء والاختبار لا ينفكُّ عن العبد المؤمن والمؤمنة، في نفسه من صحتِه وجسدِه، وفي أولاده مِن مرض أو وفاة أو عقوق أو غير ذلك، وفي ماله من افتقار وذهاب تجارة وسرقة، وكَسَادِ عيش وضيق في الرزق، حتى يُكَفِّرَ اللهُ عنه بذلك البلاء كلَّ ذنوبِه وخطاياه حتى إذا لقي الله يكون قد طَهُرَ من كل الذنوب والآثام التي ارتكبها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že věřícímu muži i ženě se dostává neustálých zkoušek a trápení v jejich osobách, zdraví, těle, dětech, jako je jejich nemoc, smrt, neposlušnost atd., jejich majetku, jako neúspěch v obchodování, krádež nebo nedostatek peněz pro život, dokud jim Bůh za toto utrpení neodpustí všechny jejich hříchy, a pak se setkají s Bohem a jsou očistění od všech hříchů, které učinili.</t>
   </si>
   <si>
     <t>من رحمة الله بعباده المؤمنين أن يكفِّر عنهم ذنوبَهم في دنياهم بمصائب الدنيا وآفاتها.
 البلاء بمجرَّده يكفِّر الذنوب بشرط الإيمان، فإذا صبر العبد ولم يسخط أُجِر.
 الحث على الصبر في جميع الأمور، فيما يحب ويكره، يصبر حتى يؤدي ما أوجب الله، ويصبر حتى يبتعد عما حرم الله، يرجو ثواب الله ويخشى عقابه.
 قوله: "بالمؤمن والمؤمنة"، زيادة لفظ المؤمنة فيه دليل على مزيد من التأكيد للمرأة؛ وإلا لو قال: "بالمؤمن" لدخل فيه المرأة؛ لأن ذلك لا يختص بالرجل، فإذا وقع البلاء بالمرأة فكذلك هي موعودة بمثل هذا الجزاء بتكفير الذنوب والخطايا. 
 مما يهوِّن على العبد ما يلقاه من الآلام مرة بعد مرة الفضلُ المترتب على البلاء.</t>
   </si>
   <si>
     <t>Z Boží milosti je, že svým věřícím služebníkům odpouští jejich hříchy v pozemském životě za pohromy a útrapy, které se jim stávají.
 Samotné utrpení vede k odpuštění hříchů za podmínky, že člověk věří, a když je trpělivý a nehněvá se, dostane se mu odměny.
 Nabádání k trpělivosti ve všech věcech, v tom, co člověk má rád, i v tom, co nemá. Člověk má být trpělivý, dokud nevykoná, co mu Bůh nařídil, a dokud se nedrží dál od věcí, které mu Bůh zakázal, zatímco doufá v odměnu od Boha a bojí se Jeho trestu.
 Ve slovech: „Věřící muž a věřící žena”: je slovo věřící žena navíc, protože v arabštině slovo věřící muž zahrnuje i ženy, a je to tedy větší potvrzení, že se to netýká pouze mužů, ale i žen, a pokud má žena nějaké zkoušky a trápení, je jí slíbena stejná odměna, že jí budou odpuštěny hříchy.
 Co člověku ulehčuje bolesti a utrpení, které ho neustále postihují, je velká odměna, kterou za toto utrpení má.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3159</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا صلى فرج بين يديه حتى يبدو بياض إبطيه</t>
   </si>
   <si>
     <t>že když se Prorok (ať mu Bůh žehná a dá mír) modlil, roztáhl ruce tak, až bylo vidět bělobu jeho podpaží</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَالِكٍ ابْنِ بُحَيْنَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا صَلَّى فَرَّجَ بَيْنَ يَدَيْهِ حَتَّى يَبْدُوَ بَيَاضُ إِبْطَيْهِ.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Málik Ibn Buhajna (ať je s ním Bůh spokojen) vyprávěl, že když se Prorok (ať mu Bůh žehná a dá mír) modlil, roztáhl ruce tak, až bylo vidět bělobu jeho podpaží.</t>
   </si>
   <si>
     <t>كَانَ صلى الله عليه وسلم إذا سجد فرَّج بين يديه أثناء السجود؛ فنحَّى كلَّ يد عن الجنب الذي يليها، مثل الجناحين، حتى يبدو لون جلد إبطيه؛ 
 وهذا من المبالغة في تجنيح الذراعين ومباعدتهما عن جانبيه.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) při modlitbě padnul na tvář, roztáhnul při tom ruce od sebe jako křídla tak, že bylo vidět barvu jeho kůže v podpaží. To je nadsázka největšího rozpažení a jak nejvíce dát paže od sebe.</t>
   </si>
   <si>
     <t>استحباب هذه الهيئة في السجود، وهي مباعدة عَضُديه عن جنبيه.
 المأموم الذي يتأذَّى جارُه بالمجافاة؛ فلا يُشرع له ذلك.
 في المجافاة في السجود حِكم وفوائد كثيرة، منها: إظهار النشاط والرغبة في الصلاة، وأنه إذا اعتمد على كل أعضاء السجود أخذ كل عضو حقه من العبادة. وقيل: الحكمة في ذلك أنه أشبه بالتواضع، وأبلغ في تمكين الجبهة والأنف من الأرض، وأيضًا ليتميز كل عضو بنفسه.</t>
   </si>
   <si>
     <t>Doporučení této pozice při padnutí na tvář, tj. dát paže co nejvíce do stran.
 Pokud by se člověk modlil ve skupině a ubližoval by tím tomu, kdo se modlí vedle něj, nemá to dělat, aby neškodil.
 V této pozici při padnutí na tvář je mnoho moudrosti a výhod. Mezi ně patří: ukázání energie a touhy se modlit a to, že když se při padnutí na tvář opře o všechny údy, dostane se každému údu toho, co si zasluhuje z uctívání. A říká se, že moudrost je v tom, že tato pozice ukazuje pokoru a díky ní lze dát lépe čelo a nos na zem a také, aby se každý úd odlišil od toho druhého.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3220</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ</t>
+    <t>أقرب ما يكون الرب من العبد في جوف الليل الآخر</t>
   </si>
   <si>
     <t>„Pán je nejblíže člověku na konci noci</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ قَالَ: حَدَّثَنِي عَمْرُو بْنُ عَبَسَةَ رضي الله عنه أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَقْرَبُ مَا يَكُونُ الرَّبُّ مِنَ العَبْدِ فِي جَوْفِ اللَّيْلِ الآخِرِ، فَإِنْ اسْتَطَعْتَ أَنْ تَكُونَ مِمَّنْ يَذْكُرُ اللَّهَ فِي تِلْكَ السَّاعَةِ فَكُنْ».</t>
   </si>
   <si>
     <t>Abú Umáma řekl: „‘Amrú Ibn ‘Abasa (ať je s ním Bůh spokojen) mi vyprávěl, že slyšel Proroka (ať mu Bůh žehná a dá mír) říci: „Pán je nejblíže člověku na konci noci a pokud můžeš být mezi těmi, kdo v tuto hodinu vzpomínají Boha, tak buď.”"</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم: أن الربّ سبحانه أقرب ما يكون من العبد في الثلث الأخير من الليل؛ فإن وُفِّقتَ وقَدَرتَ -أيُّها المؤمن- على أن تكون من جُملة المتعبِّدين المصلِّين الذَّاكرين التائبين في هذا الوقت فإنَّه أمرٌ ينبغي اغتنامُه والاجتهاد فيه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh je člověku nejblíže v poslední třetině noci a když je věřícímu souzeno, aby byl mezi těmi, co v tento čas uctívají Boha, modlí se, připomínají si Ho a kají se, měl by se chopit této příležitosti a snažit se o to.</t>
   </si>
   <si>
     <t>حث المسلم على الذكر في آخر الليل.
 تفاضل الأوقات فيما بينها للذكر والدعاء والصلاة.
 قال ميرك: في الفرق بين قوله: " أقرب ما يكون الرب من العبد "، وبين قوله: "أقرب ما يكون العبد من ربه وهو ساجد": المراد ههنا بيان وقت كون الرب أقرب من العبد وهو جوف الليل، والمراد هناك بيان أقربية أحوال العبد من الرب وهو حال السجود.</t>
   </si>
   <si>
     <t>Nabádání muslimů k připomínání si Boha (dhikr) ke konci noci.
 Některé časy jsou pro dhikr, dua a modlitbu lepší než jiné.
 Mirak řekl o rozdílu mezi slovy: „Pán je nejblíže člověku” a slovy: „Nejblíže je člověk svému Pánu, když dělá sudžúd”: Zde je myšlen čas, kdy je Bůh blízko člověku, což je konec noci, zatímco tam je myšlen stav, kdy je člověk blízko Bohu, což je sudžúd.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, At-Thirmidhí, An-Nasáí]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3236</t>
   </si>
   <si>
-    <t>أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ</t>
+    <t>أفضل دينار ينفقه الرجل، دينار ينفقه على عياله، ودينار ينفقه الرجل على دابته في سبيل الله، ودينار ينفقه على أصحابه في سبيل الله</t>
   </si>
   <si>
     <t>„Nejlepším dinárem, který člověk vydá, je ten, který vydá na svoje děti, a dinár, který vydá na svoje jízdní zvíře na cestě Boží, a dinár, který vydá svým druhům na cestě Boží.”</t>
   </si>
   <si>
     <t>عَنْ ثَوْبَانَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْضَلُ دِينَارٍ يُنْفِقُهُ الرَّجُلُ، دِينَارٌ يُنْفِقُهُ عَلَى عِيَالِهِ، وَدِينَارٌ يُنْفِقُهُ الرَّجُلُ عَلَى دَابَّتِهِ فِي سَبِيلِ اللهِ، وَدِينَارٌ يُنْفِقُهُ عَلَى أَصْحَابِهِ فِي سَبِيلِ اللهِ» قَالَ أَبُو قِلَابَةَ: وَبَدَأَ بِالْعِيَالِ، ثُمَّ قَالَ أَبُو قِلَابَةَ: وَأَيُّ رَجُلٍ أَعْظَمُ أَجْرًا مِنْ رَجُلٍ يُنْفِقُ عَلَى عِيَالٍ صِغَارٍ، يُعِفُّهُمْ أَوْ يَنْفَعُهُمُ اللهُ بِهِ وَيُغْنِيهِمْ.</t>
   </si>
   <si>
     <t>Thawbán (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nejlepším dinárem, který člověk vydá, je ten, který vydá na svoje děti, a dinár, který vydá na svoje jízdní zvíře na cestě Boží, a dinár, který vydá svým druhům na cestě Boží.” A Abú Qilába řekl: „A začal dětmi" a poté Abú Qilába řekl: „A který muž má větší odměnu než ten, který vydává majetek na své malé děti, očistí je (od žebrání) nebo jim tím Bůh prospěje a obohatí je?"</t>
   </si>
   <si>
     <t>بَيَّنَ صلى الله عليه وسلم صورًا في الإنفاق، ورتّبها إذا تزاحمت أوجه الإنفاق حسب الأوجب عليك، فبدأ بالأهم فالأهم؛ 
 فأخبر أن أكثر المال ثوابًا هو الذي ينفقه المسلم على من تَلزمه نفقته؛ من نحو زوجة وولد، 
 ثم الإنفاق على المركوب المُعَدّ للحرب في سبيل الله، 
 ثم الإنفاق على أصحابه ورفقته حال كونهم مجاهدين في سبيل الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil druhy vydávání majetku a seřadil je podle toho, co je nejvíce povinné, a začal tím, co je nejdůležitější. A řekl, že největší odměnu za vynaložené peníze má muslim, který je vydává tomu, koho má povinnost živit, jako je žena a děti. Pak ten, kdo vydává peníze za dopravní zvíře (prostředek) určený pro válku na stezce Boží. A pak ten, kdo je vydává svým druhům, kteří bojují na stezce Boží.</t>
   </si>
   <si>
     <t>ترتيب النفقة في الفضل على الوجه الذي ذُكِر، فيُراعى ذلك عند التزاحم.
 بيان أولوية النفقة على العيال في الفضل على غيرها.
 النفقة على الجهاد في سبيل الله من أعظم النفقات، مثل إعداد الأدوات والرجال للجهاد.
 قيل: المراد بسبيل الله كل طاعة كالحج مثلًا.</t>
   </si>
   <si>
     <t>Nejlepší je vydávat peníze podle výše uvedeného pořadí a to by se mělo dodržovat, pokud jsou možnosti vydávání majetku omezené.
 Ukázání toho, že přednost před vším ostatním má živení dětí.
 Vydávání majetku na boj na cestě Boží je jedno z nejlepších, stejně jako příprava nástrojů a mužů pro džihád.
 A říká se, že pod slova Boží stezka patří všechny dobré skutky, například velká pouť (hadždž).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3267</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ</t>
+    <t>والذي نفس محمد بيده لا يسمع بي أحد من هذه الأمة يهودي ولا نصراني، ثم يموت ولم يؤمن بالذي أرسلت به إلا كان من أصحاب النار</t>
   </si>
   <si>
     <t>„Při Tom, v Jehož rukou je má duše, nikdo z této obce - ani žid, ani křesťan, o mně neuslyší a pak nezemře bez toho, aby uvěřil tomu, s čím jsem byl poslán, aniž by se stal jedním z obyvatel ohně.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صلى الله عليه وسلم أنه قال: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَا يَسْمَعُ بِي أَحَدٌ مِنْ هَذِهِ الْأُمَّةِ يَهُودِيٌّ وَلَا نَصْرَانِيٌّ، ثُمَّ يَمُوتُ وَلَمْ يُؤْمِنْ بِالَّذِي أُرْسِلْتُ بِهِ إِلَّا كَانَ مِنْ أَصْحَابِ النَّارِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Při Tom, v Jehož rukou je má duše, nikdo z této obce - ani žid, ani křesťan, o mně neuslyší a pak nezemře bez toho, aby uvěřil tomu, s čím jsem byl poslán, aniž by se stal jedním z obyvatel ohně.”</t>
   </si>
   <si>
     <t>يَحْلِفُ النبيُّ صلى الله عليه وسلم بالله أنه لا يَسمعُ به أَحَدٌ مِن هذه الأمة، يَهوديٌّ أو نصرانيٌّ أو غيرُهما تَبْلُغُه دعوةُ النبي صلى الله عليه وسلم ثم يموت ولم يؤمن به إلا كان من أصحاب النار خالدًا فيها أبدًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) přísahá při Bohu, že o něm neuslyší nikdo z této obce, žid, křesťan ani nikdo jiný, ke kterému se dostane Prorokova (ať mu Bůh žehná a dá mír) výzva, a pak zemře a neuvěří v ni, aniž by se stal jedním z obyvatel ohně, ve kterém bude věčně.</t>
   </si>
   <si>
     <t>عموم رسالةِ النبيِّ صلى الله عليه وسلم إلى جميع العالم، ووجوب اتِّباعِه، ونسخ جميع الشرائع بشرعه. 
 مَن كَفَرَ بالنبي صلى الله عليه وسلم لم ينفعه زَعْمُه إيمانَه بغيرِه من الأنبياء صلوات الله عليهم أجمعين.
 من لم يَسمع بالنبي صلى الله عليه وسلم، ولم تَبْلغْه دعوةُ الإسلام فهو معذور، وأَمْرُه في الآخرة إلى الله تعالى.
 يتحقق الانتفاع بالإسلام وإن كان قُبيل الموت، ولو في المرض الشديد، ما لم تبلغ الروح الحلقوم.
 تصحيح دين الكفار -ومنهم اليهود والنصارى- كُفْرٌ.
  ذكر اليهودي والنصراني -في الحديث- تنبيهًا على من سواهما؛ وذلك لأن اليهود والنصارى لهم كتاب، فإذا كان هذا شأنهم، فغيرهم ممن لا كتاب له أولى، فكلُّهم يجب عليهم الدخول في دينه وطاعته صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Poselství Proroka (ať mu Bůh žehná a dá mír) je obecné pro celý svět a všichni ho musí následovat a také se jím ruší všechna předešlá náboženství a jejich nařízení.
 Tomu, kdo odmítne proroctví Proroka (ať mu Bůh žehná a dá mír), nepomůže, že věří v jiného z ostatních proroků (ať jim všem Bůh žehná).
 Ten, kdo neuslyší o Prorokovi (ať mu Bůh žehná a dá mír) a nedostane se k němu výzva islámu, má omluvu a Bůh o něm rozhodne v budoucím životě.
 Je možné přijmout islám i těsně před smrtí nebo při těžké nemoci, dokud duše nevyjde z těla.
 Pokládání židovské nebo křesťanské víry za správnou je považováno za nevíru.
 Zmínka o židech a křesťanech v hadíthu je upozorněním i na jiná náboženství, protože židé a křesťané mají knihu a pokud to platí pro ně, tím spíše to bude platit pro ty, kteří knihu nemají. Všichni mají povinnost přijmout islám a poslouchat Proroka (ať mu Bůh žehná a dá mír).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3272</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>„Zkracujte knír a nechte růst ostatní vousy.”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Zkracujte knír a nechte růst ostatní vousy.”</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil zkracovat knír a nenechávat ho růst dlouhý.
 A naopak nařídil nechat růst plnovous, aby byl dlouhý a hustý.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Zákaz holení plnovousu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3279</t>
   </si>
   <si>
-    <t>عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ</t>
+    <t>عجبا لأمر المؤمن، إن أمره كله خير، وليس ذاك لأحد إلا للمؤمن</t>
   </si>
   <si>
     <t>„Záležitost věřícího je podivuhodná - vše je pro něj jen dobré, a to není u nikoho jiného než u věřícího</t>
   </si>
   <si>
     <t>عَنْ صُهَيْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَجَبًا لِأَمْرِ الْمُؤْمِنِ، إِنَّ أَمْرَهُ كُلَّهُ خَيْرٌ، وَلَيْسَ ذَاكَ لِأَحَدٍ إِلَّا لِلْمُؤْمِنِ، إِنْ أَصَابَتْهُ سَرَّاءُ شَكَرَ، فَكَانَ خَيْرًا لَهُ، وَإِنْ أَصَابَتْهُ ضَرَّاءُ صَبَرَ، فَكَانَ خَيْرًا لَهُ».</t>
   </si>
   <si>
     <t>Suhajb (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Záležitost věřícího je podivuhodná - vše je pro něj jen dobré, a to není u nikoho jiného než u věřícího. Když se mu stane něco dobrého, děkuje Bohu, a to je pro něj dobré, a když se mu stane něco špatného, je trpělivý, a to je pro něj dobré.”</t>
   </si>
   <si>
     <t>يَتَعَجَّبُ صلى الله عليه وسلم مِن شأن المؤمن وأحواله على وجه الاستحسان؛ وذلك لأن أحواله كلها خير، وليس ذلك لأحد إلا للمؤمن؛ 
 إن أصابته سرّاءُ شكرَ اللهَ عليها؛ فيحصل له الأجر بالشكر، 
 وإن أصابته ضراءُ صبرَ واحتسب الأجر على الله، فيحصل له الأجر بالصبر، فهو في أجر على كل حال.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) se v dobrém smyslu diví záležitosti věřícího a jeho stavů, a to proto, že jeho stav je vždy dobrý, což není u nikoho jiného než u věřícího. Když se mu stane něco dobrého, děkuje Bohu a dostane se mu za jeho děkování odměny. A pokud se mu stane něco špatného, je trpělivý a doufá v odměnu u Boha, a tak se mu za jeho trpělivost dostane odměny. A tak se mu dostane odměny ve všech případech.</t>
   </si>
   <si>
     <t>فضل الشكر على السراء والصبر على الضراء، فمَن فعَلَ ذلك حصل له خير الدارين، ومن لم يشكر على النعمة، ولم يصبر على المصيبة، فاته الأجر، وحصل له الوزر.
 فضل الإيمان، وأنّ الأجر في كل حال لا يكون إلا لأهل الإيمان.
 الشكر عند السراء، والصبر على الضراء من خصال المؤمنين.
 الإيمان بقضاء الله وقدره يجعل المؤمن في رضا كامل على كل أحواله، بخلاف غير المؤمن الذي يكون في سخط دائم عند وقوع ضرر عليه، وإذا ما حاز نعمة من الله عز وجل انشغل بها عن طاعة الله، فضلًا عن صرفها في معصيته.</t>
   </si>
   <si>
     <t>Odměna za děkování, když se stane něco dobrého, a za trpělivost, když se stane něco špatného, a tomu, kdo toto činí, se dostane dobra na tomto i onom světě, zatímco ten, kdo neděkuje za dobré věci a nemá trpělivost při špatných, přijde o odměnu a má hřích.
 Velké dobro víry a to, že odměna za všech okolností patří pouze věřícím.
 Děkování u dobrých věcí a trpělivost u špatných patří k vlastnostem věřících.
 Víra v předurčení Boží a Jeho osud činí věřícího stále dokonale spokojeným za všech okolností,  na rozdíl od nevěřícího, který se neustále hněvá, když se mu stane něco špatného, a když se mu dostane od Boha nějaké dobré věci, zaměstná ho tak, že zapomene na poslouchání Boha nebo ji dokonce vynaloží na nějaký hřích.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3298</t>
   </si>
   <si>
-    <t>وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ</t>
+    <t>صفة الغسل من الجنابة</t>
   </si>
   <si>
     <t>Způsob velké očisty (ghusl) po pohlavním styku, atd.</t>
   </si>
   <si>
     <t>عَنْ مَيْمُونَةُ أُمِّ المؤمِنينَ رضي الله عنها قَالتْ: وَضَعْتُ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ غُسْلًا، فَسَتَرْتُهُ بِثَوْبٍ، وَصَبَّ عَلَى يَدَيْهِ، فَغَسَلَهُمَا، ثُمَّ صَبَّ بِيَمِينِهِ عَلَى شِمَالِهِ، فَغَسَلَ فَرْجَهُ، فَضَرَبَ بِيَدِهِ الأَرْضَ، فَمَسَحَهَا، ثُمَّ غَسَلَهَا، فَمَضْمَضَ وَاسْتَنْشَقَ، وَغَسَلَ وَجْهَهُ وَذِرَاعَيْهِ، ثُمَّ صَبَّ عَلَى رَأْسِهِ وَأَفَاضَ عَلَى جَسَدِهِ، ثُمَّ تَنَحَّى، فَغَسَلَ قَدَمَيْهِ، فَنَاوَلْتُهُ ثَوْبًا فَلَمْ يَأْخُذْهُ، فَانْطَلَقَ وَهُوَ يَنْفُضُ يَدَيْهِ.</t>
   </si>
   <si>
     <t>Majmúna, matka věřících (ať je s ní Bůh spokojen) vyprávěla: „Připravila jsem Prorokovi (ať mu Bůh žehná a dá mír) vodu na očistu a zakryla jsem ho látkou. A nalil si vodu na ruce a umyl si je, poté si nalil pravou rukou vodu do levé a umyl si své přirození a udeřil rukou o zem a utřel si ji a poté umyl, pak si vypláchl ústa a nos a umyl si obličej a paže, poté si nalil vodu na hlavu a pak na celé tělo, pak ustoupil stranou a umyl si nohy. Pak jsem mu podala látku, ale nevzal si ji a utíral se rukou a oklepával ji.</t>
   </si>
   <si>
     <t>أَخْبرتْ أم المؤمنين ميمونة رضي الله عنها عن صفة اغتسال النبي صلى الله عليه وسلم من الجنابة، حيث وضعت له ماءً ليغتسل به، وسترتْه بساتر، ففعل النبي صلى الله عليه وسلم ما يلي:  
 أولًا: صب الماء على يديه فغسلهما قبل أن يدخلهما الإناء. 
 ثانيًا: صب الماء بيده اليمنى على اليسرى فغسل فرجه؛ لتنظيفه مما علق به من أثر الجنابة. 
 ثالثًا: ضرب بيده الأرض فمسحها ثم غسلها ليزيل الأذى عنها. 
 رابعًا: تمضمض؛ بأن أدخل الماء في فمه وحركه وأداره ثم ألقاه، واستنشق؛ بأن أدخل الماء في أنفه بِنَفَسِهِ، ثم أخرجه لينظفه.
 خامسًا: غسل وجهه وذراعيه. 
 سادسًا: صب الماء على رأسه. 
 سابعًا: صب الماء على بقية جسده. 
 ثامنًا: تحوّل من مكانه فغسل قدميه في مكان آخر حيث لم يغسلهما من قبل. 
 ثم أتته بخرقة ليتنشف بها، فلم يأخذها، وجعل يمسح الماء عن جسده بيده وينفضه.</t>
   </si>
   <si>
     <t>Matka věřících, Majmúna (ať je s ní Bůh spokojen) popsala způsob velké očisty Proroka (ať mu Bůh žehná a dá mír) po styku, kdy mu připravila vodu, aby s ní udělal velkou očistu, a zakryla ho, a Prorok (ať mu Bůh žehná a dá mír) učinil následující:
 Za prvé: nalil si vodu na ruce a umyl si je dříve, než je vložil do nádoby.
 Za druhé: nalil pravou rukou vodu do levé ruky a umyl si své přirození, aby ho očistil od toho, co na něm zůstalo po styku.
 Za třetí: udeřil rukou do země a utřel si ji a pak ji umyl, aby z ní odstranil nečistoty.
 Za čtvrté: vypláchl si ústa vodou a poté si vypláchl vodou i nos.
 Za páté: umyl si obličej a paže.
 Za šesté: nalil si vodu na hlavu.
 Za sedmé: nalil si vodu na zbytek těla.
 Za osmé: změnil místo a na jiném místě si umyl nohy, protože je před tím nemyl.
 Poté mu přinesla látku, aby se s ní osušil, ale on si ji nevzal a začal otírat vodu z těla rukou a setřásat ji.</t>
   </si>
   <si>
     <t>اهتمام أزواج النبي صلى الله وعليه وسلم بوصف أدقّ تفاصيل حياته؛ تعليمًا للأمة.
 صفة الغسل هذه هي إحدى الكيفيات التي ثبتت عن النبي صلى الله عليه وسلم في صفة الاغتسال الكامل من الجنابة، وأما الصفة المجزئة فهي أن يعم بدنه بالماء مع المضمضة والاستنشاق.
 تنشيف الجسد بخرقة أو تركه بعد الغسل أو الوضوء مباح.</t>
   </si>
   <si>
     <t>Zájem manželek Proroka (ať mu Bůh žehná a dá mír) o popsání těch nejmenších podrobností z jeho života, aby poučily lid.
 Tento popis velké očisty je jedním z mnoha, které byly o Proroku (ať mu Bůh žehná a dá mír) zaznamenány o kompletní velké očistě. Co se týče dostačující velké očisty, stačí umýt celé tělo a hlavu vodou a vypláchnout ústa a nos.
 Jak usušení těla ručníkem, tak neosušení jsou po velké nebo malé očistě povolené.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3310</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>Kdo udělá malou očistu stejně jako já a poté se pomodlí dvě raka'a, aniž by myslel na světské věci, tomu Bůh odpustí všechny jeho předešlé hříchy</t>
   </si>
   <si>
     <t>عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Humrán, otrok ‘Uthmána Ibn ‘Affána, vyprávěl: „Viděl jsem  'Uthmána ibn 'Affána. Požádal o malou očistu a nalil si na ruce z nádoby a třikrát si je umyl, poté si vypláchnul ústa a nos, poté si třikrát umyl obličej, poté si třikrát umyl ruce po lokty, poté si přetřel hlavu, poté si třikrát umyl každou nohu a poté řekl: „Viděl jsem Proroka (ať mu Bůh žehná a dá mír) udělat malou očistu stejně jako já teď." A poté řekl: „Kdo udělá malou očistu stejně jako já a poté se pomodlí dvě raka'a, aniž by myslel na světské věci, tomu Bůh odpustí všechny jeho předešlé hříchy."</t>
   </si>
   <si>
     <t>عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.
 فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.</t>
   </si>
   <si>
     <t>‘Uthmán (ať je s ním Bůh spokojen) učil malou očistu tak, jak ji dělal Prorok (ať mu Bůh žehná a dá mír), tím, že ji názorně ukazoval, aby to bylo jasnější a přesnější. Požádal o vodu do nádoby a polil si třikrát ruce, poté si pravou rukou nabral vodu z nádoby a vypláchnul si s ní ústa, poté si stejně tak nabral vodu do nosu a vypudil ji, poté si třikrát umyl obličej, poté si třikrát umyl ruce včetně loktů, poté si jednou přetřel mokrýma rukama celou hlavu a poté si třikrát umyl nohy včetně kotníků.
 Když ‘Uthmán (ať je s ním Bůh spokojen) dokončil malou očistu, řekl, že viděl Proroka (ať mu Bůh žehná a dá mír) udělat malou očistu stejně jako on, a poté řekl, že toho, kdo udělá malou očistu stejně jako on a poté se s pokorou pomodlí dvě raka'a a v srdci má jen Boha a nemyslí na světské věci, Bůh odmění za tuto očistu a modlitbu tím, že mu odpustí všechny jeho předešlé hříchy.</t>
   </si>
   <si>
     <t>استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما.
 ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل.
 ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك.
 استحباب التيامن في الوضوء.
 مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار.
 استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة.
 مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث.
 لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.</t>
   </si>
   <si>
     <t>Doporučení umýt si ruce před tím, než je člověk při malé očistě ponoří do nádoby s vodou, pokud nevstal ze spánku. Pokud vstal ze spánku, někteří učenci říkají, že umytí rukou je povinné.
 Učitel by měl pro výuku použít takové způsoby, díky kterým studenti nejlépe pochopí a zapamatují si. Jedním z těchto způsobů je názorný příklad.
 Modlící by se měl při modlitbě vyvarovat rozptylování světskými věcmi; dokonalá modlitba je taková, kdy je srdce soustředěno pouze na Boha. Myšlenky, které člověka napadají, nelze ovlivnit, ale je nutné vyvinout úsilí tyto myšlenky nechat přejít a dále je nerozvádět.
 Doporučení začínat při malé očistě pravou stranou.
 Pořadí při očistě, tzn. vypláchnutí úst, pak vypláchnutí nosu a vypuzení vody ven, je podle islámu.
 Doporučení umýt si obličej, ruce a nohy třikrát. Povinné je umýt je pouze jednou.
 Odpuštění předešlých hříchů je kvůli oběma věcem, tj. jak malé očistě, tak kvůli modlitbě dvou raka'a, a to provedeným způsobem zmíněným v hadíthu.
 Každá část těla má při malé očistě své ohraničení. Co se týče obličeje, je to od míst, kde běžně začínají růst vlasy, až po konec vousů nebo brady, a od ucha k uchu. Co se týče rukou, je to od špiček prstů po konec loketního kloubu. Co se týče hlavy, je to od místa, kde běžně začínají růst vlasy, až po vršek krku, přetření uší patří k přetření hlavy (u právního směru Hanbalí). A co se týče nohou, je to celá noha od špiček prstů až po kotník, včetně kotníku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3313</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا اغتسل من الجنابة، غسل يديه، وتوضأ وضوءه للصلاة، ثم اغتسل</t>
   </si>
   <si>
     <t>„Když Posel Boží (ať mu Bůh žehná a dá mír) dělal velkou očistu ze znečištění (po styku), umyl si ruce a pak udělal malou očistu jako pro modlitbu a poté udělal velkou očistu,</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها قَالَتْ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا اغْتَسَلَ مِنَ الجَنَابَةِ، غَسَلَ يَدَيْهِ، وَتَوَضَّأَ وُضُوءَهُ لِلصَّلاَةِ، ثُمَّ اغْتَسَلَ، ثُمَّ يُخَلِّلُ بِيَدِهِ شَعَرَهُ، حَتَّى إِذَا ظَنَّ أَنَّهُ قَدْ أَرْوَى بَشَرَتَهُ، أَفَاضَ عَلَيْهِ المَاءَ ثَلاَثَ مَرَّاتٍ، ثُمَّ غَسَلَ سَائِرَ جَسَدِهِ، وَقَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ، نَغْرِفُ مِنْهُ جَمِيعًا.</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen) vyprávěla: „Když Posel Boží (ať mu Bůh žehná a dá mír) dělal velkou očistu ze znečištění (po styku), umyl si ruce a pak udělal malou očistu jako pro modlitbu a poté udělal velkou očistu, poté si promnul vlasy, až si myslel, že se voda dostala všude na kůži, a pak si ji (hlavu) polil třikrát vodou a pak si umyl zbytek těla." A vyprávěla: „Dělala jsem velkou očistu spolu s Poslem Božím (ať mu Bůh žehná a dá mír) z jedné nádoby, oba jsme si z ní nalévali."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا أراد الغسل من الجنابة بَدأ بغسل يديه، 
 ثم يتوضأ كما يتوضأ للصلاة، ثم يُفيضُ الماءَ على جسدِه، ثم يُخَلِّلُ شَعَرَ رأسِه بيديه، حتى إذا ظَنَّ أنه وَصَلَ الماءُ إلى أُصُولِ الشعر، وأروى البَشَرةَ، صَبَّ الماءَ على رأسِهِ ثلاثَ مَرَّات ثم غَسَلَ باقي جسدِه. 
 وقالتْ عائشةُ رضي الله عنها: كنتُ أَغْتَسِلُ أنا ورسولُ اللَّهِ صلى الله عليه وسلم مِنْ إِنَاءٍ واحدٍ، نَغْرِفُ منه جميعًا.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) dělal velkou očistu po velkém znečištění (po styku), začal tím, že si umyl ruce, pak udělal malou očistu jako pro modlitbu a poté udělal velkou očistu. Poté si promnul vlasy na hlavě, až byl přesvědčen, že se voda dostala až ke kořínkům a všude na kůži, pak si třikrát polil hlavu vodou a pak si umyl zbytek těla. A ‘Á'iša, matka věřících (ať je s ní Bůh spokojen), vyprávěla: „Dělala jsem velkou očistu spolu s Poslem Božím (ať mu Bůh žehná a dá mír) z jedné nádoby, oba jsme si z ní nalévali."</t>
   </si>
   <si>
     <t>الغسل نوعان: مُجْزِئٌ وكامِلٌ، أمَّا الغسلُ المُجزئ فيَنْوي الإنسانُ الطهارةَ، ثم يُعَمِّمُ جسدَه بالماءِ مع المضمضةِ والاستنشاق، وأمَّا الغسل الكامل فيَغتَسل كما اغتسل النبي صلى الله عليه وسلم في هذا الحديث.
 تطلق الجنابة على كل مَن أَنْزَل المَنِيَّ، أو جامَعَ ولو لم ينزل.
 جواز نظر أحد الزوجين لعورة الآخر، وغسلهما من إناء واحد.</t>
   </si>
   <si>
     <t>Jsou dva druhy velké očisty: dostačující a dokonalá. Co se týče dostačující, člověk musí mít úmysl se očistit a pak si umýt celé tělo i hlavu vodou, včetně vnitřku úst a nosu. Co se týče dokonalé, ta vypadá stejně, jako to udělal Prorok (ať mu Bůh žehná a dá mír) v tomto hadíthu.
 Velké znečištění (džanába) je buď po pohlavním styku, nebo po výtoku sperma.
 Povolení manželům dívat se vzájemně na svoji nahotu a společně se koupat a nabírat si vodu ze stejné nádoby.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3316</t>
   </si>
   <si>
-    <t>كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا عطس وضع يده أو ثوبه على فيه، وخفض أو غض بها صوته</t>
   </si>
   <si>
     <t>že Posel Boží (ať mu Bůh žehná a dá mír), když kýchnul, si dal ruku - nebo oblečení - na ústa a ztlumil -nebo ztišil - tím zvuk kýchnutí</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: كان رسولُ الله صلى الله عليه وسلم إذا عَطَس وضَعَ يَدَه -أو ثوبَهُ- على فيهِ، وخَفَضَ -أو غضَّ- بها صوتَهُ.</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír), když kýchnul, si dal ruku - nebo oblečení - na ústa a ztlumil -nebo ztišil - tím zvuk kýchnutí.</t>
   </si>
   <si>
     <t>كان صلى الله عليه وسلم إذا عَطَس:
 أولًا: يضع يدَه، أو ثوبَه على فيه؛ لئلا يخرج من فيه أو أنفه شيء يؤذي جليسَه. 
 ثانيًا: يخفض صوته ولا يرفعه.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) kýchal:
 Za prvé: dal si ruku nebo své oblečení na ústa, aby z nich nebo z nosu nevyšlo něco, co ublíží tomu, co je vedle něj.
 Za druhé: ztišil zvuk.</t>
   </si>
   <si>
     <t>بيان هديه صلى الله عليه وسلم في العطاس والاقتداء به في ذلك.
 استحباب وضع الثوب أو منديل ونحوه على فمه وأنفه إذا عطس لئلا يخرج منه شيء يؤذي جليسه.
 خفض الصوت بالعطاس مطلوب، وهو من كمال الأدب، ومن مكارم الأخلاق.</t>
   </si>
   <si>
     <t>Ukázání správného vedení Proroka (ať mu Bůh žehná a dá mír) při kýchání a řízení se tím.
 Doporučení dát látku, kapesník atd. na ústa a nos při kýchání, aby z nich nevyšlo něco, co ublíží lidem okolo.
 Ztišení zvuku při kýchání je požadováno a patří to k dokonalosti etiky a k dobrým mravům.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3317</t>
   </si>
   <si>
-    <t>لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ</t>
+    <t>لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد</t>
   </si>
   <si>
     <t>Bůh proklel židy a křesťany, kteří  učinili z hrobů svých proroků mešity</t>
   </si>
   <si>
     <t>عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.</t>
   </si>
   <si>
     <t>‘Á'iša a ‘Abdulláh Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěli: „Když se k Poslu Božímu (ať mu Bůh žehná a dá mír) přiblížila smrt, přikrýval si obličej látkou a když mu bylo těžce, odkryl si obličej a v této chvíli řekl: „Bůh proklel židy a křesťany, kteří  učinili z hrobů svých proroků mešity.” A varoval před tím, co udělali."</t>
   </si>
   <si>
     <t>تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.</t>
   </si>
   <si>
     <t>‘Á'iša a ‘Abdulláh Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěli, že když byl Prorok (ať mu Bůh žehná a dá mír) na smrtelném loži, přikrýval si obličej látkou a když mu bylo těžce a nemohl dýchat kvůli blížící se smrti, odkryl si obličej a v této těžké chvíli řekl:  Bůh proklel židy a křesťany a vyjmul je ze Své milosti, protože postavili na hrobech svých proroků mešity. Kdyby tato věc nebyla nebezpečná, nezmiňoval by ji v takové situaci. A tak zakázal své obci něco takového dělat, protože to dělali židé a křesťané a protože to vede k přidružování k Bohu.</t>
   </si>
   <si>
     <t>أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها.
 النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله.
 شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك.
 أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز.
 النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم.
 من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.</t>
   </si>
   <si>
     <t>Zákaz dělat z hrobů proroků a zbožných mešity, protože je to cesta, která vede k přidružování.
 Velká starost a péče Posla Božího (ať mu Bůh žehná a dá mír) o jedinost Boží a strach před uctíváním hrobů, které vede k přidružování k Bohu.
 Povolení proklínat židy a křesťany a ty, kteří konají stejné činy, například staví mešity nad hrobkami.
 Stavění míst k uctívání nad hrobkami je tradice židů a křesťanů a existuje hadíth, který zakazuje se k nim připodobňovat.
 K dělání mešit z hrobů patří i to, když se člověk u hrobu modlí, aniž by na něm něco stavěl.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3330</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>„Vyvarujte se sedmi velkých hříchů</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Vyvarujte se sedmi velkých hříchů." Řekli: 
 „Posle Boží, a které to jsou?" Odpověděl: 
 „Přidružování k Bohu, kouzelnictví, zabití člověka, kterého Bůh zakázal zabít, leda podle práva, lichva, požírání majetku sirotka, útěk z boje a obviňování slušných, ctihodných a věřících žen z cizoložství.”</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) nařídil své obci, aby se vyvarovala sedmi velkých hříchů, které vedou k záhubě, a když byl tázán, které to jsou, řekl, že to je:
 Za prvé: přidružování k Bohu tím, že mu člověk jakýmkoliv způsobem dává rovné anebo jakýmkoliv způsobem uctívá někoho jiného než Boha. Jako první zmínil přidružování k Bohu, protože to je ten největší hřích.
 Za druhé: kouzelnictví, což zahrnuje všechny typy kouzel, jakýmkoliv způsobem, které mají vliv na člověka a buď ho usmrtí, nebo způsobí onemocnění nebo rozpor mezi manžely atd. Je to dílo satana a téměř vždy se při něm používá přidružování k Bohu a přibližování se ke zlým džinům a satanům tím, co mají rádi.
 Za třetí: zabití člověka, kterého Bůh zakázal zabít, kromě podle práva, kdy popravu nařídí soudce a vykoná popravčí.
 Za čtvrté: jakýmkoliv způsobem provozovat lichvu.
 Za páté: jakýmkoliv způsobem zneužívat majetek sirotka.
 Za šesté: útěk z boje proti nevěřícím.
 Za sedmé: obviňování slušných, ctihodných a věřících žen z cizoložství. Platí to i pro obviňování zbožných mužů.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Velkých hříchů není pouze těchto sedm, ale těchto sedm bylo zmíněno, protože jsou nejnebezpečnější.
 Povolení zabít člověka, pokud je to po právu, například pokud sám někoho zabil, odpadl nebo cizoložil a je odsouzen a popraven islámským soudem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>„Bože, neučiň z mého hrobu modlu,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Bože, neučiň z mého hrobu modlu, Bůh proklel lid, který učinil z hrobů svých proroků mešity.”</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) poprosil svého Pána, aby se jeho hrob nestal modlou, kterou lidé uctívají a ke které se modlí. A pak řekl, že Bůh vyhnal ze Své milosti ty, kteří si učinili z hrobů proroků mešity, protože pokud se z nich učiní mešity, vede to k jejich uctívání.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Přehánění v úctě k prorokům, zbožným a jejich hrobům vede k přidružování k Bohu, a tak je třeba se vyvarovat čehokoliv, co vede k přidružování.
 Není povoleno uctívat hroby a ani uctívání v jejich blízkosti, ať patří jakkoliv zbožnému člověku.
 Zákaz stavění mešit nad hroby.
 Zákaz modlení se u hrobů, i kdyby tam nebyla mešita, povoleno je pouze modlit se pohřební modlitbu nad zemřelým v případě, že se nad ním nikdo nepomodlil.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3336</t>
   </si>
   <si>
-    <t>مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا</t>
+    <t>مثل القائم على حدود الله والواقع فيها، كمثل قوم استهموا على سفينة، فأصاب بعضهم أعلاها وبعضهم أسفلها</t>
   </si>
   <si>
     <t>„Ti, kteří dodržují Boží hranice, a ti, kteří do nich spadli, jsou jako lidé, kteří losovali o místa na lodi a část si vylosovala vršek (palubu) lodi a část spodek</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَثَلُ القَائِمِ عَلَى حُدُودِ اللَّهِ وَالوَاقِعِ فِيهَا، كَمَثَلِ قَوْمٍ اسْتَهَمُوا عَلَى سَفِينَةٍ، فَأَصَابَ بَعْضُهُمْ أَعْلاَهَا وَبَعْضُهُمْ أَسْفَلَهَا، فَكَانَ الَّذِينَ فِي أَسْفَلِهَا إِذَا اسْتَقَوْا مِنَ المَاءِ مَرُّوا عَلَى مَنْ فَوْقَهُمْ، فَقَالُوا: لَوْ أَنَّا خَرَقْنَا فِي نَصِيبِنَا خَرْقًا وَلَمْ نُؤْذِ مَنْ فَوْقَنَا، فَإِنْ يَتْرُكُوهُمْ وَمَا أَرَادُوا هَلَكُوا جَمِيعًا، وَإِنْ أَخَذُوا عَلَى أَيْدِيهِمْ نَجَوْا، وَنَجَوْا جَمِيعًا».</t>
   </si>
   <si>
     <t>An-Nu'mán Ibn Bašír (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Ti, kteří dodržují Boží hranice, a ti, kteří do nich spadli, jsou jako lidé, kteří losovali o místa na lodi a část si vylosovala vršek (palubu) lodi a část spodek a když ti dole chtěli vodu, museli jít přes ty nahoře, a tak si řekli: „Kdybychom udělali díru tam, kde jsme, a neškodili těm nahoře…" A pokud je (ti nahoře) nechají udělat, co chtějí, všichni zahynou a když jim v tom zabrání, budou všichni zachráněni.”</t>
   </si>
   <si>
     <t>ضَرَبَ النبيُّّ صلى الله عليه وسلم مَثَلًا للقائمين بحدود الله، المستقيمين على أمر الله، الآمرين بالمعروف، الناهين عن المنكر، 
 ومثل الواقعين في حدود الله التاركين للمعروف، المرتكبين للمنكر، وأثر ذلك في نجاة المجتمع، كمثل قوم ركبوا في سفينة، فاقترعوا على مَن يَجلس أعلى السفينة ومَن يَجلس أسفلَها، فنال بعضُهم أعلاها، وبعضُهم أسفلَها، وكان الذين في الأسفل إذا أرادوا جَلْبَ الماءِ مَرُّوا على من فوقهم، 
 فقال الذين في الأسفل: لو أنَّا خَرَقْنا خرقًا في مكاننا في الأسفل نستقي منه، حتى لا نؤذي من فوقنا، فلو تركهم مَن بالأعلى يَفعلون ذلك، لَغَرِقَت السفينةُ بهم جميعًا، ولو قاموا بنهيهم عن ذلك ومنعوهم، لنجى الفريقان جميعًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) uvedl podobenství těch, kteří dodržují Boží hranice, Boží příkazy a přikazují vhodné a zakazují zavrženíhodné. A podobenství těch, kteří nedodrželi Boží hranice a zanechali přikazování vhodného a zakazování zavrženíhodného, a dopad těchto lidí na záchranu společnosti. A přirovnal je k těm, kteří pluli na lodi a vylosovali si, že část z nich bude nahoře a část dole, a když ti dole chtěli vodu, museli jít přes ty nahoře, a tak si řekli: Kdybychom udělali díru tam dole, kde jsme, abychom neškodili těm nahoře… A pokud je ti nahoře nechají udělat, co chtějí, celá loď se všemi se potopí a všichni  zahynou, ale pokud jim v tom zabrání, budou všichni zachráněni.</t>
   </si>
   <si>
     <t>أهمية الأمر بالمعروف والنهي عن المنكر في حفظِ المجتمعات ونجاتِها.
 من طُرُقِ التعليم ضَرْبُ الأمثال، لتقريب المعاني للعقول بصورة المحسوس.
 فِعْلُ المنكرِ الظاهرِ مع عدم الإنكار عليه مفسدةٌ تعود على الجميع بالضرر.
 هلاك المجتمع مُتَرَتِّب على ترك أصحاب المنكر يعيثون في الأرض فسادًا.
 التصرف الخاطئ والنية الحسنة لا تكفي في صلاح العمل.
 المسؤولية في المجتمع المسلم مشتركة لا تُناط بفرد بعينه.
 تعذيب العامة بذنوب الخاصة إن لم تُنكر.
 أصحاب المنكرات يُظهرون مُنكرَهم في قالب خير للمجتمع كما أهل النفاق.</t>
   </si>
   <si>
     <t>Důležitost přikazování vhodného a zakazování zavrženíhodného pro ochranu společnosti a její záchranu.
 Ke způsobům vyučování patří dávání podobenství, aby to bylo snadnější k porozumění a pochopení.
 Pokud je jasný zavrženíhodný čin ponechán bez odmítnutí ostatními, vede to ke škodě všech.
 Postihnutí celé společnosti je následkem toho, že je těm, kteří konají zavrženíhodné věci, umožněno dělat tyto zkaženosti po celé zemi.
 Pokud je chování chybné, dobrý úmysl nestačí k jeho nápravě.
 Zodpovědnost v muslimské společnosti je společná a netýká se pouze jednoho konkrétního člověka.
 Pokud většina neodmítne hříchy menšiny, bude trpět společně s nimi.
 Ti, kteří dělají zavrženíhodné věci, je prezentují jako dobré pro společnost, stejně jako pokrytci.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3341</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>Já jsem nejbohatší ze společníků, kdo učiní něco, v čem ke mně přidruží jiného, zanechám jeho i to, co pro mě udělal</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pravil Všemohoucí a Požehnaný Bůh: Já jsem nejbohatší ze společníků, kdo učiní něco, v čem ke mně přidruží jiného, zanechám jeho i to, co pro mě udělal.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Všemohoucí a Požehnaný Bůh pravil, že je nejbohatší ze společníků a nikoho nepotřebuje. A pokud člověk udělá nějaký zbožný čin pro Boha, ale přidruží k Němu jiného, Bůh to nepřijme a odmítne to. Je povinné konat věci pouze pro Boha, protože Bůh nepřijme žádný čin, pokud není vykonán pouze pro Něj.</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Varování před jakýmkoliv typem přidružování a že to je překážka přijetí činů.
 Vědomí bohatsví a velkoleposti Boha pomáhá k tomu, aby člověk konal činy pouze pro Něj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3342</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى</t>
+    <t>يؤتى بالرجل يوم القيامة، فيلقى في النار، فتندلق أقتاب بطنه، فيدور بها كما يدور الحمار بالرحى</t>
   </si>
   <si>
     <t>„V soudný den bude přiveden muž a vhozen do ohně a protrhnou se mu střeva a bude s nimi chodit dokola, jako chodí osel okolo mlýnského kamene,</t>
   </si>
   <si>
     <t>عَنْ أُسَامَةَ بْنِ زَيْدٍ رضي الله عنه قَالَ: قِيلَ لَهُ: أَلَا تَدْخُلُ عَلَى عُثْمَانَ فَتُكَلِّمَهُ؟ فَقَالَ: أَتَرَوْنَ أَنِّي لَا أُكَلِّمُهُ إِلَّا أُسْمِعُكُمْ؟ وَاللهِ لَقَدْ كَلَّمْتُهُ فِيمَا بَيْنِي وَبَيْنَهُ، مَا دُونَ أَنْ أَفْتَتِحَ أَمْرًا لَا أُحِبُّ أَنْ أَكُونَ أَوَّلَ مَنْ فَتَحَهُ، وَلَا أَقُولُ لِأَحَدٍ يَكُونُ عَلَيَّ أَمِيرًا: إِنَّهُ خَيْرُ النَّاسِ بَعْدَمَا سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يُؤْتَى بِالرَّجُلِ يَوْمَ الْقِيَامَةِ، فَيُلْقَى فِي النَّارِ، فَتَنْدَلِقُ أَقْتَابُ بَطْنِهِ، فَيَدُورُ بِهَا كَمَا يَدُورُ الْحِمَارُ بِالرَّحَى، فَيَجْتَمِعُ إِلَيْهِ أَهْلُ النَّارِ، فَيَقُولُونَ: يَا فُلَانُ مَا لَكَ؟ أَلَمْ تَكُنْ تَأْمُرُ بِالْمَعْرُوفِ، وَتَنْهَى عَنِ الْمُنْكَرِ؟ فَيَقُولُ: بَلَى، قَدْ كُنْتُ آمُرُ بِالْمَعْرُوفِ وَلَا آتِيهِ، وَأَنْهَى عَنِ الْمُنْكَرِ وَآتِيهِ».</t>
   </si>
   <si>
     <t>Usáma Ibn Zajd (ať je s ním Bůh spokojen) vyprávěl, že mu bylo řečeno: „Nepůjdeš k ‘Uthmánovi a nebudeš s ním mluvit?" A on řekl: „Domníváte se, že s ním nemluvím, aniž byste slyšeli? Při Bohu, jsem s ním mluvil jen mezi námi dvěma, aniž bych otevřel věc, kterou si nepřeji otevřít jako první, a neříkám nikomu, kdo je nade mnou panovníkem, že je nejlepším z lidí, poté, co jsem slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „V soudný den bude přiveden muž a vhozen do ohně a protrhnou se mu střeva a bude s nimi chodit dokola, jako chodí osel okolo mlýnského kamene, a lidé ohně se shromáždí kolem něj a budou říkat: Ty, co je ti? Nenařizoval jsi snad vhodné a nezakazoval zavrženíhodné? A on řekne: Ano, přikazoval jsem vhodné, a nekonal ho, a zakazoval jsem zavrženíhodné, a dělal jsem ho.”"</t>
   </si>
   <si>
     <t>قيل لأسامة بن زيد رضي الله عنهما: ألا تدخل على عثمان بن عفان رضي الله عنه فتُكلِّمه فيما وقع من الفتنة بين الناس والسعي في إطفائها برمتها، فأبلغهم أنه كلمه سرًا طلبًا للمصلحة لا تهييجًا للفتنة، وغرضه أنه لا يريد المجاهرة بالإنكار على الأمراء في الملأ، فتكون سببًا للتطاول على الخليفة، وهو بابُ فتنةٍ وشر لا أكون أول من فتحه. 
 ثم قال أسامة رضي الله عنهما: بأنه ينصحُ الأمراءَ في السر ولا يداهن أحدًا ولو كان أميرًا، ولا يَتملَّق لهم فيمدحهم في وجوههم بالباطل، وذلك بعدما سمع من النبي صلى الله عليه وسلم أنه يؤتى يوم القيامة برجل، فيُلقى في النار، فتخرج أمعاؤه من بطنه خروجًا سريعًا من شدة الحر وشدة العذاب، فيدور بأمعائه على هذه الحالة في النار كدَوَرَان الحمار حول رَحَاه الذي هو حَجَر الطاحون، فيجتمع حولَه أهلُ النار على هيئة حلقة تحيط به، فيسألونه: يا فلان، ألستَ كنتَ تأمر بالمعروف وتنهى عن المنكر؟! 
 فيقول: إني كنت آمر بالمعروف ولا أفعلُه، وأنهى عن المنكر وأفعلُه.</t>
   </si>
   <si>
     <t>Usámovi Ibn Zajdovi (ať je s ním Bůh spokojen) bylo řečeno: Nepůjdeš k ‘Uthmánovi Ibn ‘Affánovi (ať je s ním Bůh spokojen) a nebudeš s ním mluvit o pokušení (sporech), které vzniklo mezi lidmi, a snažit se ho zažehnat? A on jim řekl, že s ním mluvil v soukromí a žádal ho o prospěch a nevyvolávání pokušení (sporů) a jeho záměrem bylo, že nechtěl veřejně kárat panovníka před lidmi a být příčinou urážení chalífy, což je otevření dveří pokušení (fitna) a zlu, a on nechce být prvním, kdo je otevře.
 A poté Usáma (ať je s ním Bůh spokojen) řekl, že dává rady panovníkům soukromě a nikomu nelichotí, i kdyby to byl panovník, a ani jim nepochlebuje a nechválí je falešně do tváře, a to poté, co slyšel Proroka (ať mu Bůh žehná a dá mír) říci, že v soudný den bude přiveden muž a vhozen do ohně, až mu z břicha kvůli velkému vedru a těžkému trestu vyhřeznou střeva, a bude s nimi chodit dokola, jako chodí osel okolo mlýnského kamene, a shromáždí se okolo něj lidé ohně a zeptají se ho: Ty, copak jsi nepřikazoval vhodné a nezakazoval zavrženíhodné?
 A on řekne: Přikazoval jsem vhodné, ale nedělal jsem ho, a zakazoval jsem zavrženíhodné, a dělal jsem ho.</t>
   </si>
   <si>
     <t>الأصلُ في النصح لولاة الأمور أن يكون فيما بينهم وبينه، وأن لا يتحدث به الإنسان بين عامة الناس.
 الوعيد الشديد لمن يخالف قولُه فعلَه.
 الأدب مع الأمراء والتلطف بهم، وأمرهم بالمعروف ونهيهم عن المنكر.
 ذم مداهنة الأمراء في الحق وإظهار ما يبطن خلافه كالمُتملِّق بالباطل.</t>
   </si>
   <si>
     <t>Základem dávání rad vládcům je, aby bylo soukromé a aby ho člověk nedělal veřejně před lidmi.
 Hrozba velkého trestu tomu, jehož slova jsou v rozporu s jeho činy.
 Správné a milé chování k vládcům a přikazování jim vhodného a zakazování zavrženíhodného.
 Odsouzení pochlebování vládcům a předvádění něčeho, co je v rozporu s vnitřním postojem, jako je falešné vychvalování a lichocení.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3345</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>Věru, že jsem nejblíže k Bohu, takže nemohu mít za blízkého přítele z někoho z vás. Věru, že Všemohoucí Bůh si mě vzal za nejbližšího přítele, stejně jako si vzal za nejbližšího přítele Abrahama</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Džundab (ať je s ním Bůh spokojen) vyprávěl, že slyšel Proroka (ať mu Bůh žehná a dá mír) pět let před tím, než zemřel, říci: „Věru, že jsem nejblíže k Bohu, takže nemohu mít za blízkého přítele z někoho z vás. Věru, že Všemohoucí Bůh si mě vzal za nejbližšího přítele, stejně jako si vzal za nejbližšího přítele Abrahama, a pokud bych si vzal ze své obce někoho za blízkého přítele, vzal bych si Abú Bakra. Věru, že ti, kdo byli před vámi, učinili z hrobů proroků a zbožných mešity, a tak nedělejte z hrobů mešity, věru, že vám to zakazuji.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) mluvil o svém postavení u Boha a že dosáhl největší lásky k Bohu, stejně jako jí dosáhl Abraham (mír s ním), a proto odmítl mít za blízkého přítele kohokoliv jiného než Boha, protože jeho srdce je tak plné lásky a úcty k Bohu, že už v něm není místo pro někoho jiného. Pokud by ale měl nějakého blízkého přítele z lidí, byl by jím Abú Bakr As-Siddíq (ať je s ním Bůh spokojen). Poté varoval před přeháněním v lásce a úctě k prorokům, jako to udělali židé a křesťané s hroby svých proroků a zbožných, kdy je začali přidružovat k Bohu a uctívat je a na jejich hrobech postavili modlitebny a chrámy. A tak Prorok (ať mu Bůh žehná a dá mír) zakázal své obci, aby dělala to samé.</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Zásluhy Abú Bakra As-Siddíqa (ať je s ním Bůh spokojen) a že patřil mezi nejlepší druhy Proroka (ať mu Bůh žehná a dá mír) a byl tím nejvhodnějším nástupcem Proroka (ať mu Bůh žehná a dá mír) po jeho smrti.
 Stavení modliteben nad hroby patří ke špatným věcem, které dělaly předešlé obce.
 Zákaz modlit se u hrobů nebo na nich stavět mešity a kopule, aby to časem nevedlo k přidružování.
 Varování před přeháněním v úctě ke zbožným lidem, protože to může vést k přidružování.
 Nebezpečí toho, před čím Prorok (ať mu Bůh žehná a dá mír) varoval, protože tento zákaz potvrdil pět dní před svou smrtí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3347</t>
   </si>
   <si>
-    <t>كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ</t>
+    <t>كنت رجلا مذاء وكنت أستحيي أن أسأل النبي صلى الله عليه وسلم لمكان ابنته فأمرت المقداد بن الأسود فسأله فقال: يغسل ذكره ويتوضأ</t>
   </si>
   <si>
     <t>„Měl jsem velmi často výtok (madhí) a styděl jsem se zeptat Proroka (ať mu Bůh žehná a dá mír) kvůli jeho dceři, tak jsem poslal al-Miqdáda Ibn al-Aswada, aby se zeptal, a on mu řekl: „Ať si umyje pohlavní úd a udělá malou očistu (wudu)</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه قَالَ: كُنْتُ رَجُلًا مَذَّاءً وَكُنْتُ أَسْتَحْيِي أَنْ أَسْأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمَكَانِ ابْنَتِهِ فَأَمَرْتُ الْمِقْدَادَ بْنَ الْأَسْوَدِ فَسَأَلَهُ فَقَالَ: «يَغْسِلُ ذَكَرَهُ وَيَتَوَضَّأُ».
 وَلِلبُخَاريِّ: فَقَالَ: «تَوَضَّأْ وَاغْسِلْ ذَكَرَكَ».</t>
   </si>
   <si>
     <t>‘Alí (ať je s ním Bůh spokojen) vyprávěl: „Měl jsem velmi často výtok (madhí) a styděl jsem se zeptat Proroka (ať mu Bůh žehná a dá mír) kvůli jeho dceři, tak jsem poslal al-Miqdáda Ibn al-Aswada, aby se zeptal, a on mu řekl: „Ať si umyje pohlavní úd a udělá malou očistu (wudu)." Ve verzi Buchárího je: „Udělej malou očistu a umyj si pohlavní úd.”</t>
   </si>
   <si>
     <t>أَخْبَرَ عليّ بن أبي طالب رضي الله عنه أنه كان كثيرًا ما يَخْرُجُ منه المَذي -وهو ماءٌ أبيض رقيق لَزِجٌ يَخرج مِن الذَّكَرِ عند الشهوة أو قبل الجماع-، 
 ولا يَعرف كيف يفعل مع خروجه، فاستحيا أن يسألَ النبيَّ صلى الله عليه وسلم؛ لأنه زوجُ فاطمة ابنة النبي صلى الله عليه وسلم، 
 فطلب من المقداد بن الأسود أن يسأل النبيَّ صلى الله عليه وسلم عن ذلك،
 فأجابه صلى الله عليه وسلم: بأن يَغسل ذَكَرَه ثم يتوضأ.</t>
   </si>
   <si>
     <t>‘Alí Ibn Abí Tálib (ať je s ním Bůh spokojen) vyprávěl, že měl velice často výtok al-madhí, což je bílý, slizký hustý výtok, který vytéká z pohlavního ústrojí při touze nebo před stykem. A že nevěděl, co s ním má dělat, a styděl se zeptat Proroka (ať mu Bůh žehná a dá mír), protože byl manželem Fátimy, dcery Proroka (ať mu Bůh žehná a dá mír). A tak poslal al- Miqdáda Ibn al-Aswada, aby se na to zeptal Proroka (ať mu Bůh žehná a dá mír). A Prorok (ať mu Bůh žehná a dá mír) mu řekl, aby si umyl pohlavní úd a poté udělal malou očistu.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب رضي الله عنه، حيث لم يمنعه الحياء من ترك السؤال بواسطة.
 جواز الاستنابة في الاستفتاء. 
 جواز إخبار الإنسان عن نفسه بما يَستحي منه للمصلحة.
  نجاسة المَذيِ، ووجوب غسله من البدن والثوب.
  خروج المذي من نواقض الوضوء.
  وجوب غسل الذكر والخصيتين لوروده في حديث آخر.</t>
   </si>
   <si>
     <t>Správné chování ‘Alího Ibn Abí Táliba (ať je s ním Bůh spokojen), když mu stydlivost nezabránila, aby zjistil odpověď aspoň tak, že pošle prostředníka.
 Povolení poslat někoho jiného se žádostí o odpověď v islámu.
 Povolení říci o sobě něco, co se člověk stydí, pokud je v tom nějaký prospěch.
 Nečistota výtoku al-madhí a povinnost ho umýt z těla i oblečení.
 Pokud z člověka tento výtok vyteče, ruší to malou očistu (wudu).
 Povinnost umýt nejen pohlavní úd, ale i varlata, protože ta byla zmíněna v jiném hadíthu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3348</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>„Nedělejte ze svých domů hroby a nedělejte z mého hrobu místo pravidelných návštěv (‘íd) a modlete se za mne, věru, že vaše modlitba se ke mně dostane, ať jste kdekoliv.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nedělejte ze svých domů hroby a nedělejte z mého hrobu místo pravidelných návštěv (‘íd) a modlete se za mne, věru, že vaše modlitba se ke mně dostane, ať jste kdekoliv.”</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal, aby se lidé vůbec nemodlili ve svých domech a tím z nich dělali hrobky, ve kterých se nemodlí. A zakázal pravidelně navštěvovat svůj hrob a pravidelně se u něj scházet, protože to vede k přidružování. A nařídil, aby se za něj lidé modlili kdekoliv na světě, protože tato modlitba k němu dospěje, ať je člověk blízko nebo ne, a tak není nutné chodit na jeho hrob.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Zákaz zanechávat své domy bez jakéhokoliv uctívání v nich.
 Zákaz cestovat k hrobu Proroka (ať mu Bůh žehná a dá mír), protože nařídil, aby se za něj lidé modlili kdekoliv na světě, a řekl, že tato modlitba k němu dospěje. Cestovat se má pouze do jeho mešity za modlitbou.
 Zákaz dělat z návštěvy hrobu Proroka (ať mu Bůh žehná a dá mír) svátek tím, že se bude navštěvovat pravidelně v určitý čas a určitým způsobem, a tento zákaz platí pro všechny hroby.
 Vysoké postavení Proroka (ať mu Bůh žehná a dá mír) u Boha, když byla nařízena modlitba za Proroka kdykoliv a kdekoliv.
 Protože zákaz modlit se u hrobů byl druhům Proroka známý, zakázal Prorok (ať mu Bůh žehná a dá mír) dělat si z vlastních domů hroby tím, že se v nich člověk nemodlí.</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3350</t>
   </si>
   <si>
-    <t>لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ</t>
+    <t>لا تقولوا: ما شاء الله وشاء فلان، ولكن قولوا: ما شاء الله ثم شاء فلان</t>
   </si>
   <si>
     <t>„Neříkejte: Co si přeje Bůh a co si přeje někdo, ale říkejte: Co si přeje Bůh a pak co si přeje někdo.”</t>
   </si>
   <si>
     <t>عَنْ حُذَيْفَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَقُولُوا: مَا شَاءَ اللهُ وَشَاءَ فُلَانٌ، وَلَكِنْ قُولُوا: مَا شَاءَ اللهُ ثُمَّ شَاءَ فُلَانٌ».</t>
   </si>
   <si>
     <t>Hudzajfa (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Neříkejte: Co si přeje Bůh a co si přeje někdo, ale říkejte: Co si přeje Bůh a pak co si přeje někdo.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أنْ يقولَ المسلمُ في كلامه: "ما شاء الله وشاء فلان"، 
 أو ما شاء الله وفلان؛ 
 وذلك لأنَّ مَشيئةَ الله وإرادتَه مُطْلَقَةٌ ولا يشاركه فيها أحد، 
 وفي استخدام الواو في العطف إشعارٌ بمشاركةِ أحدٍ مع الله والتسوية بينهما. 
 ولكن يقول: ما شاء الله، ثم شاء فلان، 
 فيجعل مشيئةَ العبدِ تابعةً لمشيئة الله بقول: "ثم" بدلًا من "و"، لأن "ثم" تفييد التعقيب والتراخي.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal, aby muslim říkal:  „Co si přeje Bůh a co si přeje někdo,” nebo: „Co si přeje Bůh a někdo." Je to proto, že vůle Boží a Jeho přání jsou výlučně Jeho a nemůže je s Bohem nikdo sdílet. A pokud spojí vůli Boha a člověka spojkou „a", ukazuje to na rovnost někoho s Bohem. Proto se má říkat: Přeje si Bůh a až poté si přeje někdo další. Naproti tomu „poté" vyjadřuje, že vůle člověka následuje po vůli Boží, protože slovo pak vyjadřuje, že je něco až na dalším místě.</t>
   </si>
   <si>
     <t>تحريم قول: "ما شاء الله وشئت"، وما أشبه ذلك من الألفاظ مما فيه العطف على الله بالواو؛ لأنه من شرك الألفاظ والأقوال.
 جواز قول: "ما شاء الله ثم شئت"، وما أشبه ذلك مما فيه العطف على الله بثُمَّ؛ لانتفاء المحذور فيه.
 إثبات المشيئة لله، وإثبات المشيئة للعبد، وأن مشيئة العبد تابعة لمشيئة الله تعالى.
@@ -2916,708 +2916,708 @@
 إن اعتقد القائل أن مشيئة العبد كمشيئة الله جل وعلا مساوية لها في الشمول والإطلاق، أو أن العبد له مشيئة مستقلة فهو شرك أكبر، أما إن اعتقد أنه دونه؛ فهو شرك أصغر.</t>
   </si>
   <si>
     <t>Zákaz říkat: „Co si přeje Bůh a ty” a další podobné výrazy, ve kterých se spojuje s Bohem něco jiného, co by vyjadřovalo, že Bůh má společníka.
 Povolení říkat: „Co si přeje Bůh a pak ty” a jiné výrazy spojené slovem pak, protože v nich není nic, co by bylo zakázané.
 Potvrzení vůle Boží i vůle člověka a že vůle člověka následuje po Boží vůli.
 Zákaz dávat Bohu společníky v Jeho vůli, i kdyby to bylo jen slovně.
 Pokud si ale ten, kdo to říká, myslí, že vůle člověka je stejná jako vůle Boží ve všech aspektech nebo že člověk má vůli v rozporu s Boží, tak je to považováno za  velké přidružování, pokud si ale myslí, že vůle člověka je menší (a jen to řekl), je to malé přidružování.</t>
   </si>
   <si>
     <t>صحيح بمجموع طرقه</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Správný na základě společných cest(jakým se k nám hadíth dostal)]</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, An-Nasáí v As-Sunan Al-Kubrá a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3352</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ</t>
+    <t>إن الله يغار، وإن المؤمن يغار، وغيرة الله أن يأتي المؤمن ما حرم عليه</t>
   </si>
   <si>
     <t>„Věru, že Bůh žárlí a věřící také žárlí. A žárlivost Boha je v tom, když věřící dělá něco, co mu zakázal.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: قال رَسُولُ الله صلى الله عليه وسلم: «إِنَّ اللهَ يَغَارُ، وَإِنَّ الْمُؤْمِنَ يَغَارُ، وَغَيْرَةُ اللهِ أَنْ يَأْتِيَ الْمُؤْمِنُ مَا حَرَّمَ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh žárlí a věřící také žárlí. A žárlivost Boha je v tom, když věřící dělá něco, co mu zakázal.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله يغار ويُبْغِضُ ويَكره، كما أن المؤمن يغار ويبغض ويكره، وأنَّ سببَ غيرةِ الله أنْ يأتيَ المؤمن ما حَرَّمَ الله عليه من الفواحش كالزنا واللواط والسرقة وشرب الخمر وغيرها من الفواحش.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že  Bůh žárlí a nemá rád, stejně jako věřící žárlí a nemá rád. A příčinou Boží žárlivosti je, když věřící dělá věci, které mu Bůh zakázal, jako cizoložství, smilstvo, sodomii, krádež, pití alkoholu a další hříchy.</t>
   </si>
   <si>
     <t>الحذر من غضب الله وعقوبته إذا انتُهِكت مَحارِمُه.</t>
   </si>
   <si>
     <t>Varování před Božím hněvem a Jeho trestem, pokud člověk porušuje Jeho zákazy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3354</t>
   </si>
   <si>
-    <t>لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ</t>
+    <t>لتتبعن سنن الذين من قبلكم، شبرا بشبر، وذراعا بذراع</t>
   </si>
   <si>
     <t>„Budete následovat tradice těch, kteří byli před vámi, palec po palci a loket po lokti,</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَتَتَّبِعُنَّ سَنَنَ الَّذِينَ مِنْ قَبْلِكُمْ، شِبْرًا بِشِبْرٍ، وَذِرَاعًا بِذِرَاعٍ، حَتَّى لَوْ دَخَلُوا فِي جُحْرِ ضَبٍّ لَاتَّبَعْتُمُوهُمْ» قُلْنَا: يَا رَسُولَ اللهِ آلْيَهُودَ وَالنَّصَارَى؟ قَالَ: «فَمَنْ؟».</t>
   </si>
   <si>
     <t>Abú Sa’íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Budete následovat tradice těch, kteří byli před vámi, palec po palci a loket po lokti, a i kdyby vstoupili do nory trnotepa, budete je následovat.” Řekli jsme: „Posle Boží, židy a křesťany?" Řekl: „A koho jiného?”</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم بما يكون عليه حال بعض أمته بعد زمانه، وهي متابعة طريقة اليهود والنصارى في عقائدهم وأفعالهم وعاداتهم وتقاليدهم متابعة دقيقة شديدة شبرًا بشبرٍ، وذراعًا بذراعٍ، حتى لو دخلوا جحر ضب لدخله هؤلاء وراءهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil, jak na tom po něm bude část jeho obce, že budou následovat způsoby židů a křesťanů v jejich věrouce, činech i zvycích, a budou je následovat do úplného detailu palec po palci, loket po lokti; i kdyby vstoupili do nory trnotepa, vstoupí tam za nimi.</t>
   </si>
   <si>
     <t>علمٌ من أعلام نبوَّته حيث أخبر بذلك قبل وقوعه فوقع كما أخبر.
 النهي عن تشبُّه المسلمين بالكفار، سواء في عقائدهم أو عباداتهم أو أعيادهم أو أزيائهم الخاصة بهم.
 توضيح الأشياء المعنوية بالأمثلة الحسية من أساليب التعليم في الإسلام.
 الضب: حيوان جحره شديد الظلمة نَتِنُ الريح، وهو من الزواحف يكثر في الصحاري، ووجه التخصيص بجحر الضب: شدة ضيقه ورداءته، ومع ذلك فإنهم -لاقتفائهم آثارهم واتباعهم طرائقهم- لو دخلوا في مثل هذا الضيق الرديء لوافقوهم! والله المستعان.</t>
   </si>
   <si>
     <t>Je to jedním ze znaků proroctví, protože to řekl dříve, než se to stalo, a pak k tomu skutečně došlo.
 Zákaz, aby se muslimové připodobňovali k nevěřícím, ať už v jejich věrouce, uctívání, slavení svátků nebo v jejich typickém oblečení.
 Objasnění duchovních věcí hmatatelnými příklady patří mezi způsoby vyučování v islámu.
 Trnotep je zvíře, jehož nora je velmi tmavá a páchne, je to zvíře, které patří mezi ještěrky a žije v pouštích. Důvodem, proč byla zmíněna speciálně nora trnotepa, je, že je hodně úzká a odporná, a přesto tím, že následují jejich kroky a způsoby, kdyby vstoupili do takového úzkého a hnusného prostou, následovali by je. A jen Boha žádáme o pomoc.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3355</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>„Kdo přísahal při někom jiném než při Bohu, přestal věřit v Boha nebo k Němu přidružil jiného</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) slyšel jednoho muže říci: „Při Ka’abě," a Ibn ‘Umar mu řekl: „Nepřísahej při nikom jiném než při Bohu, protože jsem slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Kdo přísahal při někom jiném než při Bohu, přestal věřit v Boha nebo k Němu přidružil jiného."</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo přísahal při něčem jiném než při Bohu, Jeho jménech nebo Jeho vlastnostech, přestal věřit v Boha nebo k Němu přidružil jiného, protože přísahání při něčem znamená, že to má člověk v úctě, ale tato úcta patří pouze Bohu, a proto by se mělo přísahat pouze při Bohu, Jeho jménech nebo Jeho vlastnostech. Takové přísahání patří do malého přidružování, ale pokud ten, kdo přísahá při něčem jiném než při Bohu, to má ve stejné úctě jako Boha, potom už se jedná o velké přidružování.</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Úcta při přísahání je právo pouze Všemohoucího Boha, a tak se nesmí přísahat při něčem jiném než při Bohu, Jeho jménech nebo Jeho vlastnostech.
 Velký důraz, který druhové Proroka kladli na přikazování vhodného a zakazování zavrženíhodného, speciálně když se to týkalo nevíry a přidružování k Bohu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3359</t>
   </si>
   <si>
-    <t>لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ</t>
+    <t>لا تدخلون الجنة حتى تؤمنوا، ولا تؤمنوا حتى تحابوا، أولا أدلكم على شيء إذا فعلتموه تحاببتم؟ أفشوا السلام بينكم</t>
   </si>
   <si>
     <t>„Nepřijdete do ráje, dokud nebudete věřit, a nebudete opravdu věřit, dokud se nebudete vzájemně milovat. Mám vám ukázat něco, co když budete dělat, tak se budete milovat? Rozšiřte mezi sebou pozdrav míru.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَدْخُلُونَ الْجَنَّةَ حَتَّى تُؤْمِنُوا، وَلَا تُؤْمِنُوا حَتَّى تَحَابُّوا، أَوَلَا أَدُلُّكُمْ عَلَى شَيْءٍ إِذَا فَعَلْتُمُوهُ تَحَابَبْتُمْ؟ أَفْشُوا السَّلَامَ بَيْنَكُمْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nepřijdete do ráje, dokud nebudete věřit, a nebudete opravdu věřit, dokud se nebudete vzájemně milovat. Mám vám ukázat něco, co když budete dělat, tak se budete milovat? Rozšiřte mezi sebou pozdrav míru.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لن يدخل الجنة إلا المؤمنون، ولا يكتمل الإيمان ولا يَصلُحُ حَالَ المجتمعِ المسلم حتى يُحِبَّ بعضُهم بعضًا. 
 ثم أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أفضلِ الأُمور التي بها تَعُمُّ المَحبةُ، وهي إفشاء السلام بين المسلمين، الذي جعله الله تحية لعباده.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že do ráje vstoupí pouze věřící a že víra nebude dokonalá a muslimská společnost se nenapraví, dokud se nebudou mít vzájemně rádi. Pak Prorok (ať mu Bůh žehná a dá mír) doporučil věci, kterými tato láska vznikne, například rozšířením pozdravu míru, který Bůh učinil pozdravem pro své služebníky, mezi muslimy.</t>
   </si>
   <si>
     <t>دخول الجنة لا يكون إلّا بالإيمان.
 من كمال الإيمان أن يُحِبَّ المُسلمُ لأخيه ما يحب لنفسه.
 استحباب إفشاء السلام وبذله للمسلمين؛ لما فيه من نشر المحبة والأمان بين الناس.
 السلام لا يُلْقَى إلا على مسلم؛ لقوله -صلى الله عليه وسلم-: "بينكم".
 بذل السلام فيه رَفْعُ التقاطُعِ والتهاجر والشحناء.
 أهمية المحبة بين المسلمين وأنها من كمال الإيمان.
 جاء في حديث آخر أن صيغه السلام الكاملة: "السلام عليكم ورحمة الله وبركاته"، ويكفي: "السلام عليكم".</t>
   </si>
   <si>
     <t>Vstup do ráje je možný pouze s vírou.
 K dokonalosti víry patří, aby měl muslim rád svého bratra stejně jako sebe samého.
 Doporučení co nejvíce zdravit a hlavně muslimy, protože to vede k lásce a bezpečí mezi lidmi.
 Slovem: „Salám” by se měli zdravit jen muslimové, jak vyplývá ze slov: „mezi vámi.”
 Zdravení odstraňuje nenávist, odloučení a přerušení svazků.
 Důležitost lásky mezi muslimy, která patří k dokonalosti víry.
 V jiném hadíthu je uveden celý pozdrav: „As-salámu alajkum wa rahmatulláhi wa barakátuh.” Stačí ale říci pouze: „As-salámu alajkum.”</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3361</t>
   </si>
   <si>
-    <t>أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ</t>
+    <t>أي العمل أحب إلى الله؟ قال: الصلاة على وقتها، قال: ثم أي؟ قال: ثم بر الوالدين قال: ثم أي؟ قال: الجهاد في سبيل الله</t>
   </si>
   <si>
     <t>Jaký skutek je Bohu nejmilejší?" A on řekl: „Modlitba včas.” Pak jsem se zeptal: „A pak jaký?" Řekl: „Poslušnost rodičům.” Řekl jsem: „A pak jaký?" Řekl: „Džihád na stezce Boží</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بِن مَسْعُودٍ رضي الله عنه قَالَ: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ العَمَلِ أَحَبُّ إِلَى اللَّهِ؟ قَالَ: «الصَّلاَةُ عَلَى وَقْتِهَا»، قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «ثُمَّ بِرُّ الوَالِدَيْنِ» قَالَ: ثُمَّ أَيٌّ؟ قَالَ: «الجِهَادُ فِي سَبِيلِ اللَّهِ» قَالَ: حَدَّثَنِي بِهِنَّ، وَلَوِ اسْتَزَدْتُهُ لَزَادَنِي.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl: „Zeptal jsem se Proroka (ať mu Bůh žehná a dá mír): „Jaký skutek je Bohu nejmilejší?" A on řekl: „Modlitba včas.” Pak jsem se zeptal: „A pak jaký?" Řekl: „Poslušnost rodičům.” Řekl jsem: „A pak jaký?" Řekl: „Džihád na stezce Boží."” Řekl: „O těch mi řekl, kdybych se ale ptal dál, řekl by mi víc."</t>
   </si>
   <si>
     <t>سُئلَ النبيُّ صلى الله عليه وسلم: أيُّ العمل أحب إلى الله؟ 
 فقال: الصلاة المفروضة في وقتِها الذي حَدَّده الشارع، 
 ثم بر الوالدين، بالإحسان إليهما، والقيام بحقهما، وترك عقوقهما، 
 ثم الجهاد في سبيل الله، لإعلاء كلمة الله عز وجل، والدفاع عن دين الإسلام وأهله، وإظهار شعائره، وذلك بالنفس والمال.
 قال ابن مسعود رضي الله عنه: أخبرني بهذه الأعمال؛ ولو قلت له: ثم أي؟ لزادني.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán na to, jaký skutek je Bohu nejmilejší. A řekl: vykonat povinnou modlitbu v jejím předepsaném čase, pak poslušnost k rodičům, chovat se k nim dobře, dodržovat jejich práva a nebýt k nim neposlušný. A pak džihád na stezce Boží, aby Boží slovo mělo vrch, a bránit islám a muslimy a veřejně dodržovat jeho rituály svou osobou a majetkem.
 Ibn Mas'úd (ať je s ním Bůh spokojen) řekl: O těchto skutcích mi řekl, kdybych se ale ptal dál: Potom jaký? řekl by mi víc.</t>
   </si>
   <si>
     <t>تَفَاضُل الأعمال فيما بينها بحسب محبة الله لها.
 حثُّ المسلم على الحرص على الأعمال الأفضل فالأفضل.
 تَتَفاوَتُ إجاباتُ النبيِّ صلى الله عليه وسلم عن أفضل الأعمال بحسب اختلاف الأشخاص وأحوالهم، وما هو أكثر نفعًا لكل واحد منهم.</t>
   </si>
   <si>
     <t>I dobré skutky se mezi sebou liší na základě toho, co je Bohu milejší.
 Nabádání muslima k tomu, aby dělal, co nejlepší skutky.
 Odpovědi Proroka (ať mu Bůh žehná a dá mír) na to, který skutek je nejlepší, se lišily v závislosti na tom, kdo se ptal a jaké byly okolnosti, a každému řekl to, co bylo pro něj v jeho situaci nejlepší.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3365</t>
   </si>
   <si>
-    <t>‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا</t>
+    <t>إن أثقل صلاة على المنافقين صلاة العشاء وصلاة الفجر، ولو يعلمون ما فيهما لأتوهما ولو حبوا</t>
   </si>
   <si>
     <t>„Nejtěžší modlitbou pro pokrytce jsou modlitby ‘iša a fadžr a kdyby věděli, co je v nich (za dobro), přišli by, i kdyby měli lézt po kolenou</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌إِنَّ ‌أَثْقَلَ صَلَاةٍ عَلَى الْمُنَافِقِينَ صَلَاةُ الْعِشَاءِ وَصَلَاةُ الْفَجْرِ، وَلَوْ يَعْلَمُونَ مَا فِيهِمَا لَأَتَوْهُمَا وَلَوْ حَبْوًا، وَلَقَدْ هَمَمْتُ أَنْ آمُرَ بِالصَّلَاةِ فَتُقَامَ، ثُمَّ آمُرَ رَجُلًا فَيُصَلِّيَ بِالنَّاسِ، ثُمَّ أَنْطَلِقَ مَعِي بِرِجَالٍ مَعَهُمْ حُزَمٌ مِنْ حَطَبٍ إِلَى قَوْمٍ لَا يَشْهَدُونَ الصَّلَاةَ، فَأُحَرِّقَ عَلَيْهِمْ بُيُوتَهُمْ بِالنَّارِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nejtěžší modlitbou pro pokrytce jsou modlitby ‘iša a fadžr a kdyby věděli, co je v nich (za dobro), přišli by, i kdyby měli lézt po kolenou. Zamýšlel jsem nařídit modlitbu, svolat k ní a nařídit někomu jinému, aby ji vedl, a pak jít s dalšími muži s dřevem na podpal k těm, kteří se nemodlí, a spálit jim domy.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن المنافقين وتَكَاسُلِهم عن حضور الصلاة، خاصة صلاتي العشاء والفجر، وأنهم لو يعلمون قَدْرَ الأجر والثواب في حضورهما مع جماعة المسلمين لأتوهما ولو حَبْوًا كَحَبْوِ الطفل بالأيدي والركب.
 ولقد عَزَمَ النبيُّ صلى الله عليه وسلم بأن يأمر بالصلاة فتقام، ويَجعل رجلًا يؤم الناسَ مكانه، ثم ينطلق ومعه من يحمل حُزَمًا من حطبٍ إلى رجال لا يشهدون صلاة الجماعة فيُحرِّق عليهم بيوتهم بالنار؛ لشدة ما ارتكبوه من الإثم في ذلك، -ولكنه لم يفعل- لما في البيوت من النساء والصبيان الأبرياء وغيرهم من المعذورين، الذين لا ذنب لهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pokrytci jsou líní se modlit, speciálně modlitby ‘iša a fadžr. A že kdyby věděli, jaká je odměna za tyto modlitby, když se modlí společně, přišli by, i kdyby měli lézt po kolenou.
-. Prorok (ať mu Bůh žehná a dá mír) byl rozhodnutý nařídit modlitbu, svolat k ní a nařídit někomu jinému, aby ji vedl místo něj, a pak jít s dalšími muži s dřevem na podpal k těm, kteří nechodí na společné modlení, a spálit jim domy kvůli jejich velkému hříchu, ale neudělal to, protože v těch domech bydlí ženy a děti a další, kteří jsou nevinní.</t>
+Prorok (ať mu Bůh žehná a dá mír) byl rozhodnutý nařídit modlitbu, svolat k ní a nařídit někomu jinému, aby ji vedl místo něj, a pak jít s dalšími muži s dřevem na podpal k těm, kteří nechodí na společné modlení, a spálit jim domy kvůli jejich velkému hříchu, ale neudělal to, protože v těch domech bydlí ženy a děti a další, kteří jsou nevinní.</t>
   </si>
   <si>
     <t>خطورة التَّخَلُّف عن صلاة الجماعة في المسجد.
 المنافقون لم يقصدوا بعبادتهم إلا الرياء والسمعة، فلا يأتون إلى الصلاة إلا حين يشاهدهم الناس.
 عِظَم الثواب في صلاتي العشاء والفجر مع الجماعة، وأنهما جديرتان بالإتيان إليهما ولو حبوًا.
 الحفاظ على صلاة العِشاء والفجر سلامة من النفاق، والتخلف عنهما من صفات المنافقين.</t>
   </si>
   <si>
     <t>Nebezpečí nemodlení se společně v mešitě.
 Pokrytce nezajímá při uctívání nic jiného než být viděn, a proto nechodí do mešity v časy, kdy je není tolik vidět.
 Velká odměna za společné modlení modliteb ‘iša a fadžr, které si zaslouží, aby na ně člověk přišel, i kdyby měl lézt po kolenou.
 Snažit se modlit společně modlitby fadžr a ‘iša, aby se člověk vyvaroval pokrytectví, protože vyhýbání se jim je vlastností pokrytců.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3366</t>
   </si>
   <si>
-    <t>هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا</t>
+    <t>هذا حجر رمي به في النار منذ سبعين خريفا، فهو يهوي في النار الآن حتى انتهى إلى قعرها</t>
   </si>
   <si>
     <t>„To je kámen, který byl vhozen do ohně (pekla) před sedmdesáti podzimy a on rychle padal ohněm (peklem), dokud nyní nedosáhl jeho dna.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كُنَّا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِذْ سَمِعَ وَجْبَةً، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تَدْرُونَ مَا هَذَا؟» قَالَ: قُلْنَا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «هَذَا حَجَرٌ رُمِيَ بِهِ فِي النَّارِ مُنْذُ سَبْعِينَ خَرِيفًا، فَهُوَ يَهْوِي فِي النَّارِ الْآنَ حَتَّى انْتَهَى إِلَى قَعْرِهَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl: „Byli jsme s Poslem Božím (ať mu Bůh žehná a dá mír) a byl slyšet hlasitý zvuk a Prorok (ať mu Bůh žehná a dá mír) řekl: „Víte, co to je?" Vyprávěl: „Řekli jsme: „Bůh a Jeho Posel vědí lépe!" A on řekl: „To je kámen, který byl vhozen do ohně (pekla) před sedmdesáti podzimy a on rychle padal ohněm (peklem), dokud nyní nedosáhl jeho dna.”"</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم صوتًا مُزْعِجًا كسقوطِ جسمٍ من الأجسام، فسأل مَن عنده من الصحابة رضي الله عنهم عن ذلك الصوت، فقالوا: الله ورسوله أعلم.
 فقال لهم صلى الله عليه وسلم: إنَّ هذا الصوت الذي سمعتموه هو لحَجَرٍ رُمي به من شَفِيْر جهنم منذ سبعين عامًا، فهو يهوي ويسقط فيها، حتى انتهى إلى قَعرِها الآن حين سمعتم الصوت.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) slyšel zvuk, jako když něco spadne, a zeptal se svých druhů (ať je s nimi Bůh spokojen), kteří byli u něj, zda ví, co je to za zvuk? A oni řekli: Bůh a Jeho Posel vědí lépe!
 A Prorok (ať mu Bůh žehná a dá mír) jim řekl: Tento zvuk, který jste slyšeli, je kámen, který byl vyhozen z okraje pekla  před sedmdesáti lety a padal do něj, dokud nyní nespadl a nedosáhl dna pekla, když jste uslyšeli zvuk.</t>
   </si>
   <si>
     <t>الحث على الاستعداد لليوم الآخر بالعمل الصالح، والتحذير من جهنم.
 استحباب إسناد العلم إلى الله تعالى فيما لا علم للإنسان به.
 إثارة المعلّم الاهتمام والانتباه قبل البيان؛ ليكون أدعى إلى الإفهام.</t>
   </si>
   <si>
     <t>Nabádání k přípravě na soudný den dobrými skutky a varování před peklem.
 Doporučení připisovat Všemohoucímu Bohu vědění o tom, co člověk neví.
 Učitel by měl před vysvětlením vzbudit zájem a pozornost, protože to vede k pochopení.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3370</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ</t>
+    <t>أن رجلا أكل عند رسول الله صلى الله عليه وسلم بشماله، فقال: كل بيمينك، قال: لا أستطيع، قال: لا استطعت</t>
   </si>
   <si>
     <t>že jeden muž jedl u Posla Božího (ať mu Bůh žehná a dá mír) levou rukou, a ten mu řekl: „Jez pravou,” ale on mu řekl: „Nemůžu.” Prorok mu řekl: „Nebudeš moct.”</t>
   </si>
   <si>
     <t>عَنْ سَلَمَةَ بْنِ الْأَكْوَعِ رضي الله عنه: أَنَّ رَجُلًا أَكَلَ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِشِمَالِهِ، فَقَالَ: «كُلْ بِيَمِينِكَ»، قَالَ: لَا أَسْتَطِيعُ، قَالَ: «لَا اسْتَطَعْتَ»، مَا مَنَعَهُ إِلَّا الْكِبْرُ، قَالَ: فَمَا رَفَعَهَا إِلَى فِيهِ.</t>
   </si>
   <si>
     <t>Salama Ibn Al-Akwa' (ať je s ním Bůh spokojen) vyprávěl, že jeden muž jedl u Posla Božího (ať mu Bůh žehná a dá mír) levou rukou, a ten mu řekl: „Jez pravou,” ale on mu řekl: „Nemůžu.” Prorok mu řekl: „Nebudeš moct.” A tomu muži v tom nezabránilo nic jiného než domýšlivost, a pak už (pravou) ruku k ústům nikdy nezvedl.</t>
   </si>
   <si>
     <t>رَأى النبيُّ صلى الله عليه وسلم رجلًا يَأكلُ بيدِه الشمال، فأَمَرَه أن يَأكلَ بيدِه اليمنى، 
 فأجابه الرجل تَكَبُّرًا وكَذِبًا بأنه لا يستطيع! 
 فدعا عليه النبيُّ صلى الله عليه وسلم أن يُحْرَمَ الأكلَ باليمين، 
 فأجاب الله دعوةَ نبيِّه بأنْ شُلَّتْ يَمينُه، فلم يرفعْها إلى فمِهِ بعد ذلك بطعام أو شراب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) viděl muže jíst levou rukou, a tak mu nařídil ať jí pravou, ale tento muž mu lživě a domýšlivě odpověděl, že nemůže. A tak Prorok (ať mu Bůh žehná a dá mír) poprosil, aby mu bylo znemožněno jíst pravou. A Bůh jeho prosbu vyslyšel, a tak tomuto muži ochrnula pravá ruka a už ji potom nikdy nemohl zvednout k ústům, aby se najedl nebo napil.</t>
   </si>
   <si>
     <t>وجوب الأكل باليمين، وحرمة الأكل بالشمال.
 الاستكبار عن تطبيق الأحكام الشرعية يستحق فاعلُه العقوبةَ.
 إكرام الله لنبيه محمد صلى الله عليه وسلم بإجابة دعوته.
 مشروعية الأمر بالمعروف والنهي عن المنكر على كل حالٍ حتى في حالِ الأكل.</t>
   </si>
   <si>
     <t>Povinnost jíst pravou rukou a zákaz jíst levou.
 Domýšlivost vůči praktikování islámských pravidel zasluhuje trest.
 Boží poctění Proroka Muhammada (ať mu Bůh žehná a dá mír) tím, že vyplnil jeho prosbu.
 Doporučení nařizovat vhodné a zakazovat zavrženíhodné za každé situace, i při jídle.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3372</t>
   </si>
   <si>
-    <t>مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا</t>
+    <t>من دعا إلى هدى كان له من الأجر مثل أجور من تبعه، لا ينقص ذلك من أجورهم شيئا</t>
   </si>
   <si>
     <t>„Kdo vyzval ke správné cestě, dostane stejnou odměnu jako ti, kteří ho následovali, aniž by jim byla jejich odměna zkrácena</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ دَعَا إِلَى هُدًى كَانَ لَهُ مِنَ الْأَجْرِ مِثْلُ أُجُورِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ أُجُورِهِمْ شَيْئًا، وَمَنْ دَعَا إِلَى ضَلَالَةٍ كَانَ عَلَيْهِ مِنَ الْإِثْمِ مِثْلُ آثَامِ مَنْ تَبِعَهُ، لَا يَنْقُصُ ذَلِكَ مِنْ آثَامِهِمْ شَيْئًا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo vyzval ke správné cestě, dostane stejnou odměnu jako ti, kteří ho následovali, aniž by jim byla jejich odměna zkrácena. A tomu, kdo vyzval k bludu, se dostane stejného hříchu jako těm, kteří ho následovali, aniž by jim byly jejich hříchy zmenšeny.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن أَرشَدَ وَدَلَّ وحَضَّ الناسَ على طريقٍ فيه حقٌّ وخيرٌ بقولٍ أو فعلٍ كان له مِثْلُ أجرِ مَن تَبِعَه دون أنْ ينقص ذلك من أجر التابع شيئًا. 
 ومَن أَرشَدَ ودَلَّ الناسَ إلى طريقِ باطلٍ وشرٍّ فيه ذنب وخطيئة أو أمر لا يَحِلّ، بقول أو فعل، كان عليه مِثْلُ وِزْرِ وإِثمِ مَن تَبِعَه مِن غير أن ينقص ذلك من آثامِهِم شيئًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že tomu, kdo přivedl a nabádal lidi k cestě, která vede k pravdě a dobru, ať už slovem nebo činem, se dostane stejné odměny jako těm, kteří ho následovali, aniž by jejich odměna byla jakkoliv zmenšena. Zatímco tomu, kdo lidi přivedl a ukázal jim cestu, která vede ke hříchům nebo zakázaným věcem, ať už slovem nebo činem, se dostane stejného hříchu jako těm, kteří ho následovali, aniž by jejich hříchy byly jakkoliv zmenšeny.</t>
   </si>
   <si>
     <t>فضل الدعوة إلى الهدى، قليلًا كان أو كثيرًا، وأنَّ الدّاعي له مِثلُ أجر العامل، وذلك من عظيم فضل الله وكمال كرمه.
 خطورة الدعوة إلى الضلال، قليلًا كان أو كثيرًا، وأنّ الداعي عليه مِثل وِزْر العامل.
 الجزاء من جنس العمل، فمن دعا إلى الخير كان له مثل أجر فاعله، ومن دعا إلى الشر كان عليه مثل وزر فاعله.
 على المسلم أن يَحذَرَ مَن أن يُقتَدَى به بمجاهرته بالمعصية والناس يَرونه، فإنه يأثم بِمَن قَلَّدَه ولو لم يَحُثَّه على ذلك.</t>
   </si>
   <si>
     <t>Velká odměna za vyzývání ke správné cestě, ať už málo nebo hodně, a že se tomu, kdo k ní vyzývá, dostane stejné odměny jako tomu, kdo jeho výzvu následuje. To je nejdokonalejší štědrost Boží a Jeho velkolepá dobrota.
 Nebezpečí výzvy k bloudění, ať už málo nebo hodně, a že se tomu, kdo to dělá, dostane stejného hříchu jako tomu, kdo ho následuje.
 Odměna i trest jsou stejným způsobem, jako byl skutek.Tomu kdo vyzývá k dobru, se dostane stejné odměny jako tomu, kdo ho následuje, a tomu, kdo vyzývá ke hříchu, se dostane stejného trestu jako tomu, kdo ho v tom následuje.
 Muslim by se měl varovat toho, aby dělal hříchy veřejně před lidmi, protože by ho pak mohli následovat a jemu se dostane hříchu za to, co budou dělat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3373</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ</t>
+    <t>إن من شرار الناس من تدركه الساعة وهم أحياء، ومن يتخذ القبور مساجد</t>
   </si>
   <si>
     <t>„Věru, že z nejhorších lidí jsou ti, které zastihne Hodina a oni budou ještě naživu, a ti, kteří si berou hroby za mešity.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بن مسعودٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ شِرَارِ النَّاسِ مَنْ تُدْرِكُهُ السَّاعَةُ وَهُمْ أَحْيَاءٌ، وَمَنْ يَتَّخِذُ الْقُبُورَ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>‘Abdullláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Věru, že z nejhorších lidí jsou ti, které zastihne Hodina a oni budou ještě naživu, a ti, kteří si berou hroby za mešity.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم عن شِرَار الناس، وأنهم مَن تقومُ الساعةُ عليهم وهم أحياءٌ، والذين يتَّخذون القبور مساجد، يُصَلُّون عندها وإليها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) mluvil o nejhorších lidech a řekl, že mezi ně patří ti, které zastihne Hodina a oni budou ještě naživu, a ti, kteří si berou hroby za mešity, tzn. modlí se na hrobech a k nim.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القبور؛ لأنه وسيلةٌ إلى الشرك.
 تحريم الصلاة عند القبور ولو بدون بناء؛ لأن المسجد اسم لما يسجد فيه ولو لم يكن فيه بناء.
 مَن اتخذ قبورَ الصالحين مساجدَ للصلاة فيها فهو من شرار الخلق، وإنْ زعم أنَّ قصدَه التقرُّبُ إلى الله تعالى.</t>
   </si>
   <si>
     <t>Zákaz stavět mešity na hrobech, protože to je cesta, která vede k přidružování.
 Zákaz modlit se u hrobů, i kdyby na nich nebylo nic postaveno, protože mešita je slovo označující místo, kde se dělá sudžúd, i kdyby to nebyla stavba.
 Ten, kdo si bere hroby zbožných předků za mešity, kde se modlí, patří mezi nejhorší stvoření, i kdyby se domníval, že se tím přibližuje k Bohu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3375</t>
   </si>
   <si>
-    <t>إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ</t>
+    <t>إن أخوف ما أخاف عليكم الشرك الأصغر قالوا: وما الشرك الأصغر يا رسول الله؟ قال: الرياء</t>
   </si>
   <si>
     <t>„Věcí, které se u vás obávám nejvíce, je malé přidružování.” Řekli: „Co je to malé přidružování, Posle Boží?" Řekl: „Předvádění se před lidmi</t>
   </si>
   <si>
     <t>عَنْ مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ أَخْوَفَ مَا أَخَافُ عَلَيْكُمُ الشِّرْكُ الْأَصْغَرُ» قَالُوا: وَمَا الشِّرْكُ الْأَصْغَرُ يَا رَسُولَ اللهِ؟ قَالَ: «الرِّيَاءُ، يَقُولُ اللهُ عز وجل لَهُمْ يَوْمَ الْقِيَامَةِ إِذَا جُزِيَ النَّاسُ بِأَعْمَالِهِمْ: اذْهَبُوا إِلَى الَّذِينَ كُنْتُمْ تُرَاؤُونَ فِي الدُّنْيَا، فَانْظُرُوا هَلْ تَجِدُونَ عِنْدَهُمْ جَزَاءً؟».</t>
   </si>
   <si>
     <t>Mahmúd Ibn Labíd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věcí, které se u vás obávám nejvíce, je malé přidružování.” Řekli: „Co je to malé přidružování, Posle Boží?" Řekl: „Předvádění se před lidmi. Bůh řekne v soudný den, kdy budou lidé odměněni za své činy: „Běžte  k těm, před kterými jste se v pozemském životě předváděli, a podívejte se, jestli u nich naleznete nějakou odměnu."”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أكثرَ شيءٍ يَخافُه على أُمّتِه: الشرك الأصغر وهو: الرياء؛ بأنْ يعمل من أجل الناس. 
 ثم أخبر عن عقوبةِ المرائين يوم القيامة بأنْ يقال لهم: اذهبوا إلى مَن كنتم تعملون لأجلهم، فانظروا هل يملكون إثابتَكم ومَنْحَ الأجرِ لكم على ذلك العمل؟!</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že to, čeho se nejvíce obává u své obce, je malé přidružování, a to je předvádění se před lidmi, kdy člověk koná skutky jen kvůli lidem. A poté řekl, jaký trest čeká v soudný den lidi, kteří se převádí, a to ten, že jim bude řečeno:   Běžte k těm, kvůli kterým jste v pozemském životě konali skutky, a podívejte se, jestli u nich naleznete nějakou odměnu za svoje činy.</t>
   </si>
   <si>
     <t>وجوب إخلاص العمل لله عز وجل، والحَذَر من الرياء.
 شدة شفقتِه صلى الله عليه وسلم على أمته وحرصه على هدايتِهم ونصحه لهم.
 إذا كان هذا خوفُه صلى الله عليه وسلم وهو يُخاطب الصحابةَ وهم ساداتُ الصالحين فالخوفُ على مَن بعدهم أشدّ.</t>
   </si>
   <si>
     <t>Povinnost konat skutky jen kvůli Bohu a varování před předváděním se.
 Soucit Proroka (ať mu Bůh žehná a dá mír) s jeho obcí a jeho snaha uvést je na správnou cestu a poradit jim.
 Pokud se Prorok (ať mu Bůh žehná a dá mír) takto bál o své druhy (sahába), kteří byli ti nejzbožnější, tak o ty, kteří přišli po nich, je větší strach.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3381</t>
   </si>
   <si>
-    <t>الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ</t>
+    <t>الطيرة شرك، الطيرة شرك، الطيرة شرك، ثلاثا، وما منا إلا، ولكن الله عز وجل يذهبه بالتوكل</t>
   </si>
   <si>
     <t>„Bát se špatných znamení je přidružování, bát se špatných znamení je přidružování, bát se špatných znamení je přidružování,” třikrát. A není nikoho z nás, koho by to nenapadlo, ale Bůh tomu zabrání spoléháním se na Něj</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسعودٍ رضي الله عنه عن رَسولِ اللهِ صلى الله عليه وسلم قال: «الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، الطِّيَرَةُ شِرْكٌ، -ثلاثًا-»، وَمَا مِنَّا إِلَّا، وَلَكِنَّ اللهَ عَزَّ وَجَلَّ يُذْهِبُهُ بِالتَّوَكُّلِ.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bát se špatných znamení je přidružování, bát se špatných znamení je přidružování, bát se špatných znamení je přidružování,” třikrát. A není nikoho z nás, koho by to nenapadlo, ale Bůh tomu zabrání spoléháním se na Něj."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن الطيرة وهي التشاؤُمُ مِن أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك، 
 وإنما ذَكَرَ الطَّيْرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشُّروع في عملٍ مِن سَفَرٍ أو تجارة أو غير ذلك، فإنْ طار جهة اليمين تَفاءَلَ ومَضى لِمَا يُريد، وإن طار جهة الشمال تشاءَمَ وكَفَّ عمّا يُريد. 
 وأخبر بأنها شرك، وإنما كان التشاؤم شركًا؛ لأنه لا يأتي بالخير إلا الله ولا يَدفع الشر إلا الله وحده لا شريك له.
 وذَكَرَ ابنُ مسعود رضي الله عنه أنه قد يقع في قلب المسلم شيءٌ من التشاؤم، ولكنْ عليه أن يَدفعَه بالتوكل على الله، مع فعل الأسباب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před strachem ze špatných znamení, ať už jsou viditelná, slyšitelná, týkající se ptáků, zvířat, postižených, čísel, dnů nebo jiných věcí. V arabštině se strach před špatnými znameními nazývá at-tajra, což pochází od slova pták, a to proto, že v džáhilíji, když někdo zamýšlel udělat nějaký skutek, cestu, obchod atd., vypustil ptáka a pokud se vydal napravo, uskutečnil, co zamýšlel, a pokud se vydal nalevo, považoval to za špatné znamení a zanechal toho. Prorok (ať mu Bůh žehná a dá mír) řekl, že strach před špatnými znameními je přidružování, protože pouze Bůh, který nemá společníků, může způsobit dobro a jen On může zabránit špatnému, nikdo jiný.
 Ibn Mas'úd (ať je s ním Bůh spokojen) zmínil, že muslima může tato myšlenka napadnout, ale když k tomu dojde, má se spolehnout na Boha a také se řídit skutečnými příčinami.</t>
   </si>
   <si>
     <t>الطيرة شركٌ؛ لأن فيها تَعَلُّقَ القلب على غير الله.
 أهمية تكرار المسائل المهمة، لتُحفظَ وتَستَقر في القلوب.
 الطيرة يُذْهِبُها التوكّلُ على الله تعالى.
 الأمر بالتوكل على الله وحده وتعلق القلب به سبحانه.</t>
   </si>
   <si>
     <t>Strach ze špatných znamení je přidružování, protože se člověk spoléhá na někoho jiného než na Boha.
 Opakování důležitých otázek, aby si je člověk lépe zapamatoval.
 Strach ze špatných znamení se odstraní spoléháním se na Boha.
 Nařízení spoléhat se pouze na Boha a na nikoho jiného.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3383</t>
   </si>
   <si>
-    <t>فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ</t>
+    <t>فقلنا: أنت سيدنا، فقال: السيد الله، قلنا: وأفضلنا فضلا، وأعظمنا طولا، فقال: قولوا بقولكم، أو بعض قولكم، ولا يستجرينكم الشيطان</t>
   </si>
   <si>
     <t>a řekli jsme: „Ty jsi náš pán a vůdce" (arabsky sajjid - pán a vůdce). A Prorok řekl: „Pánem a vůdcem je Bůh.” Řekli jsme: „A nejctnostnější a nejlepší z nás zásluhou" (arabský výraz pro nejštědřejší atd.). A on řekl: „Mluvte, jak jste zvyklí, nebo zanechte část toho, co říkáte, a ať vás satan nevyužije.”</t>
   </si>
   <si>
     <t>عَن عَبدِ الله بنِ الشِّخِّير رضي الله عنه قَالَ: انْطَلَقْتُ في وَفدِ بَنِي عَامِرٍ إِلى رَسُولِ الله صلى الله عليه وسلم، فَقُلنا: أَنتَ سيّدُنَا، فقال: «السَّيدُ اللهُ»، قُلنا: وَأَفْضَلُنا فَضْلاً، وأعظَمُنا طَوْلاً، فقال: «قُولُوا بِقَولِكُم، أَو بَعضِ قولِكُم، وَلَا يَسْتَجْرِيَنَّكُم الشَّيطَانُ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Aš-Šichchír (ať je s ním Bůh spokojen) vyprávěl: Přijel jsem v delegaci kmene Banú ‘Ámir k Poslu Božímu (ať mu Bůh žehná a dá mír)  a řekli jsme: „Ty jsi náš pán a vůdce" (arabsky sajjid - pán a vůdce). A Prorok řekl: „Pánem a vůdcem je Bůh.” Řekli jsme: „A nejctnostnější a nejlepší z nás zásluhou" (arabský výraz pro nejštědřejší atd.). A on řekl: „Mluvte, jak jste zvyklí, nebo zanechte část toho, co říkáte, a ať vás satan nevyužije.”</t>
   </si>
   <si>
     <t>جاءَ جماعةٌ إلى النبيِّ صلى الله عليه وسلم، فلمّا وَصَلَوا إليه قالوا -مَادِحِين له- بعضَ الكلمات التي كَرِهَها صلى الله عليه وسلم، 
 فقالوا: "أنت سيدُنا"، 
 فقال لهم صلى الله عليه وسلم: 
 "السيدُ الله" 
 فله السُّؤْدَدُ التامُّ على خلقِهِ وهم عبيدُهُ. 
 وقالوا: أنت "أَفْضَلُنا فَضْلًا" وأعلانا رُتبةً وشرفًا ومزيةً. 
 وأنت "أعظَمُنا طَوْلًا" وأكثرنا عطاءً وعُلوًّا ورفعةً. 
 ثم أرشدَهم النبيُّ صلى الله عليه وسلم أن يقولوا قولهم المعتاد ولا يتكلَّفوا الألفاظ، وألَّا يَجُرَّهم الشيطان إلى الغلو والإطراء الذي يُوقِع فيما حُرِّم من الشرك ووسائله.</t>
   </si>
   <si>
     <t>K Prorokovi (ať mu Bůh žehná a dá mír) přišla skupina a když k němu došli, řekli mu některá pochvalná slova, která se mu nelíbila. Řekli: „Jsi naším pánem a vůdcem.” Ale Prorok (ať mu Bůh žehná a dá mír) jim řekl: „Pánem a vůdcem je Bůh.” Jemu patří dokonalé panství a vůdcovství nad Jeho stvořením, což jsou Jeho služebníci. A řekli: A jsi nejctnostnější z nás a nejvyšší v postavení, cti a zásluhách. A jsi největší z nás a nejštědřejší, nejušlechtilejší a nejvyšší postavením. Pak jim Prorok (ať mu Bůh žehná a dá mír) doporučil, aby mluvili tak, jak běžně mluví, a nehledali těžce nějaké zvláštní výrazy a aby si dali pozor, aby je satan nepřivedl k přehánění a velebení, které je dovede k zakázanému přidružování k Bohu.</t>
   </si>
   <si>
     <t>عظم قدر النبي صلى الله عليه وسلم في نفوس أصحابه واحترامهم له.
 النهي عن التكلّف في الألفاظ، والاقتصاد في المقال.
 حماية التوحيد عما يُخِلُّ به من الأقوال والأعمال.
 النهي عن الغلو في المدح، فهو من مداخل الشيطان.
 النبي صلى الله عليه وسلم هو سيِّدُ ولد آدم، وما جاء في الحديث هو من باب التواضع، ومن باب الخوف عليهم أن يغلو فيه.</t>
   </si>
   <si>
     <t>Vysoké postavení Proroka (ať mu Bůh žehná a dá mír) v srdcích jeho druhů a jejich úcta k němu.
 Zákaz hledání složitých výrazů a doporučení mluvit střídmě.
 Ochrana jedinosti Boží, aby ji nenarušila žádná slova nebo činy.
 Zákaz přehánění ve chválení a že to je jeden ze způsobů, jak se k člověku dostane satan.
 Prorok (ať mu Bůh žehná a dá mír) je vůdcem synů Adama a co je zmíněno ve výše uvedeném hadíthu, je z pokory Proroka a z jeho obavy, aby nezačali přehánět v jeho chválení a nezačali ho velebit.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3389</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>Přijdeš k lidem Knihy, a když k nim přijdeš, tak je vyzvi, aby vyznali, že není boha kromě Boha a Muhammad je Jeho prorok</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží  (ať mu Bůh žehná a dá mír) řekl Mu’ádzovi ibn Džabal, když ho vyslal do Jemenu:
 „Přijdeš k lidem Knihy, a když k nim přijdeš, tak je vyzvi, aby vyznali, že není boha kromě Boha a Muhammad je Jeho prorok. Když tě v tom uposlechnou, nauč je, že Bůh jim nařídil modlit se pětkrát za jeden den a noc, a když tě v tom uposlechnou, nauč je, že Bůh jim nařídil dávat almužnu, která se bere od jejich bohatých a dává se jejich chudým, a když tě v tom uposlechnou, chraň se brát jejich majetky. A chraň se prosby ukřivděného, protože mezi ní a Bohem není clona."</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) vyslal Mu’ádze Ibn Džabala (ať je s ním Bůh spokojen) do Jemenu, aby vyzýval lidi k Bohu a učil je, řekl mu, že se tam setká s křesťany a aby se na ně připravil, a poté mu řekl, že musí při výzvě začínat tím nejdůležitějším a nejdříve je vyzvat k napravení víry, tj. aby vyznali, že není boha kromě Boha a Muhammad je Jeho prorok, protože tímto vstupují do islámu. A když ho poslechnou, má jim nařídit, aby se modlili, protože modlitba je tím nejdůležitějším hned po  vyznání jedinečnosti Boha. A když ho poslechnou, má nařídit bohatým, aby dávali almužnu ze svého majetku chudým. A poté ho varoval, aby nebral jejich nejlepší majetek, protože povinnost je dávat průměrný (dobrý) majetek, ne ten nejlepší. Poté mu doporučil vyvarovat se křivd, aby ten, komu ukřivdil, proti němu neprosil Boha, protože Bůh vyplňuje prosby ukřivděného.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Vyznání: „Není boha kromě Boha" znamená uctívat jen jediného Boha a neuctívat nikoho jiného.
 Vyznání: „Muhammad je prorok Boží" znamená věřit v něj a v to, s čím přišel, a že to je poslední prorok.
 Mluvit se vzdělaným člověkem a tím, kdo má nejasnosti, je jiné než mluvit s nevzdělaným, proto Prorok upozornil Mu’ádze a řekl mu: „Přijdeš k lidem Knihy.“
 Důležitost toho, aby muslim byl vzdělaný a pevně přesvědčený o svém náboženství, aby uměl vyvrátit pochybnosti ostatních. Proto by měl neustále hledat vědění.
 Nesprávnost židovského a křesťanského náboženství poté, co přišel prorok Muhammad (ať mu Bůh žehná a dá mír), a že nebudou mezi zachráněnými v soudný den, pokud nepřestoupí na islám a neuvěří v proroka Muhammada (ať mu Bůh žehná a dá mír).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3390</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ</t>
+    <t>أيها الناس، إياكم والغلو في الدين، فإنما أهلك من كان قبلكم الغلو في الدين</t>
   </si>
   <si>
     <t>„Lidé, střezte se přehánění v náboženství, věru, že ty, kteří byli před vámi, zahubilo přehánění v náboženství.”</t>
   </si>
   <si>
     <t>عَنْ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ غَدَاةَ الْعَقَبَةِ وَهُوَ عَلَى نَاقَتِهِ: «الْقُطْ لِي حَصًى» فَلَقَطْتُ لَهُ سَبْعَ حَصَيَاتٍ، هُنَّ حَصَى الْخَذْفِ، فَجَعَلَ يَنْفُضُهُنَّ فِي كَفِّهِ وَيَقُولُ: «أَمْثَالَ هَؤُلَاءِ فَارْمُوا» ثُمَّ قَالَ: «أَيُّهَا النَّاسُ، إِيَّاكُمْ وَالْغُلُوَّ فِي الدِّينِ، فَإِنَّما أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ الْغُلُوُّ فِي الدِّينِ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl: Posel Boží (ať mu Bůh žehná a dá mír) řekl dopoledne v den, kdy se kamenuje Džabra al-'Aqaba, a přitom seděl na své velbloudici: „Najdi mi nějaké kamínky,” a tak jsem mu našel sedm kamínků, které byly určené k házení (které se vejdou mezi ukazováček a palec), a on jimi začal třást v hrsti a řekl: „Takovými podobnými házejte.” Poté řekl: „Lidé, střezte se přehánění v náboženství, věru, že ty, kteří byli před vámi, zahubilo přehánění v náboženství.”</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ عباس رضي الله عنهما أنه كان مع النبيِّ صلى الله عليه وسلم يومَ النحر صباحَ رَمي جمرةِ العقبةِ في حجة الوداع، 
 فأمره أن يَلقُط له حصى الجمار، فلقط له سبعَ حصيات، الواحدة منها بحجم الحِمَّص أو البُنْدُق، فوضَعَها النبيُّ صلى الله عليه وسلم في يدِه ثم حَرَّكَها، وقال: 
 بمثلِها في الحجم أرموا، 
 ثم حَذَّر النبيُّ صلى الله عليه وسلم مِن الغُلُوِّ والتشدد ومُجاوَزَةِ الحَدِّ في أمور الدين، فإنما أهلك الأمم السابقة مجاوزة الحد والإفراط والتشدد في الدين.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl, že byl s Prorokem (ať mu Bůh žehná a dá mír) ráno v den oběti, kdy se kamenuje Džamra Al-‘Aqaba, při Pouti na rozloučenou a Prorok mu nařídil, aby mu našel kamínky ke kamenování, a tak mu našel sedm kamínků o velikosti mezi cizrnou a lískovým oříškem, a Prorok (ať mu Bůh žehná a dá mír) si je dal do ruky, zatřásl jimi a řekl: Házejte podobně velkými. Poté Prorok (ať mu Bůh žehná a dá mír) varoval před přeháněním a překračováním hranic ve věcech týkajících se náboženství, protože předešlé národy byly zahubeny tím, že přeháněly v náboženství.</t>
   </si>
   <si>
     <t>النهي عن الغلو في الدين، وبيان سوء عاقبته، وأنه سبب للهلاك.
 الاعتبار بمن سبقنا من الأمم لِتَجَنُّبِ ما وقعوا فيه من الأخطاء.
 الحث على الاقتداء بالسُّنّة.</t>
   </si>
   <si>
     <t>Zákaz přehánění v náboženství a ukázání, že špatně končí a je příčinou záhuby.
 Poučení se od předešlých národů, aby se člověk vyvaroval jejich chyb.
 Nabádání k dodržování sunny a k jejímu následovaní.</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Ibn Mádžah, An-Nasáí a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3395</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>„Nevelebte mne tak, jako křesťané velebí syna Mariina, věru, že jsem jen služebník Boží, a tak říkejte: služebník Boží a Jeho posel.”</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Nevelebte mne tak, jako křesťané velebí syna Mariina, věru, že jsem jen služebník Boží, a tak říkejte: služebník Boží a Jeho posel.”</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal, aby lidé přeháněli v jeho chválení a dávali mu vlastnosti a činy, které patří jen Bohu, nebo říkali, že zná nepoznatelné, nebo ho vzývali, jako to dělají křesťané s Ježíšem, synem Mariiným (mír s ním). A poté jim vysvětlil, že je pouze jedním ze služebníků Boha, a nařídil jim, aby o něm říkali, že je služebník Boží a Jeho posel.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Varování před přeháněním v chválení a velebení, protože to vede k přidružování.
 To, před čím Prorok (ať mu Bůh žehná a dá mír) varoval, se už stalo, protože část muslimů přeháněla v chválení Posla Božího (ať mu Bůh žehná a dá mír) nebo jeho rodiny a část zase přeháněla ve velebení zbožných (awlijá), až upadli do přidružování.
 Posel Boží (ať mu Bůh žehná a dá mír) popsal sám sebe jako služebníka Božího, aby ukázal, že je jen sluhou, jehož Pánem je Bůh, a tak nemůže mít žádné božské vlastnosti.
 Posel Boží (ať mu Bůh žehná a dá mír) popsal sám sebe jako posla Božího, aby ukázal, že je poslem od Boha a je povinné mu věřit a následovat ho.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3406</t>
   </si>
   <si>
-    <t>لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ</t>
+    <t>لا عدوى ولا طيرة، ولا هامة ولا صفر، وفر من المجذوم كما تفر من الأسد</t>
   </si>
   <si>
     <t>„Není nákazy ani dobrých a špatných znamení (háma, safar) a před malomocným uteč, jako utíkáš před lvem.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ عَدْوَى وَلاَ طِيَرَةَ، وَلاَ هَامَةَ وَلاَ صَفَرَ، وَفِرَّ مِنَ المَجْذُومِ كَمَا تَفِرُّ مِنَ الأَسَدِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Není nákazy ani dobrých a špatných znamení (háma, safar) a před malomocným uteč, jako utíkáš před lvem.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بعضَ أمور الجاهلية تحذيرًا منها، وبيانًا أن الأمر بيد الله، وأنه لا يكون شيء إلا بأمره وتقديره، وهي: 
 الأول: كان أهل الجاهلية يظنون أن المرض يُعدي بنفسه؛ فنهى صلى الله عليه وسلم عن الاعتقاد بانتقال المرض من المريض إلى غيره بطبعه؛ فالله هو المتصرف في الكون؛ وهو الذي ينزل الداء ويرفعه، ولا يحدُث ذلك إلا بإرادته وتقديره. 
 الثاني: كان أهل الجاهلية إذا خرجوا لسفر أو تجارة، زجروا الطير، فإن طار جهة اليمين استبشروا، وإن طار جهة اليسار تشاءموا ورجعوا، فنهى صلى الله عليه وسلم عن هذا التشاؤم بالطير، وبيَّن أنه اعتقاد باطل. 
 الثالث: كان أهل الجاهلية يقولون: إذا وقع طائر البومة على دار حصل لأهله مصيبة؛ فنهى صلى الله عليه وسلم عن التشاؤم بذلك. 
 الرابع: نهى عن التشاؤم بشهر صفر، وهو الشهر الثاني من الأشهر القمرية. وقيل صفر هو: حيةٌ تكون في البطن تصيب الماشية والناس، يزعمون أنها أشد عدوى من مرض الجَرَب؛ فنفى هذا الاعتقاد.
 الخامس: أمر بالابتعاد عن المصاب بمرض الجذام كما تبتعد عن حيوان الأسد، وذلك احتياطٌ للنفس وطلبٌ لها السلامة وفعلٌ للأسباب التي أمر الله بها، والجذام: مرض تتآكل منه أعضاء الإنسان.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil některé věci z doby nevědomosti, aby před nimi varoval a vysvětlil, že vše je v rukou Božích a že nic na světě se neděje bez Jeho rozkazu a určení. Tyto věci jsou:
 První: lidé v době nevědomosti si mysleli, že nemoc se přenáší sama o sobě, a tak Prorok (ať mu Bůh žehná a dá mír) zakázal toto přesvědčení, že nemoc se přenáší z nemocného sama o sobě, protože Bůh je ten, kdo vládne světu, a On je ten, který sesílá nemoci a léčí je, a nic se neděje bez Jeho vůle a předurčení.
 Druhá: (ar. tajra) když lidé v době  nevědomosti vyjeli na cestu nebo chtěli obchodovat, vypustili ptáka; pokud letěl vpravo, považovali to za dobré znamení, a když letěl vlevo, považovali to za špatné znamení a vrátili se. A Prorok (ať mu Bůh žehná a dá mír) zakázal toto přesvědčení o ptácích a vysvětlil, že je špatné.
 Třetí: (háma) lidé v době nevědomosti říkali, že když si sova sedne na něčí dům, stane se jejich obyvatelům něco zlého a Prorok (ať mu Bůh žehná a dá mír) zakázal toto přesvědčení.
 Čtvrtá: (safar) zakázal považovat měsíc safar za špatné znamení. Safar je druhým měsícem měsíčního kalendáře. A říká se, že je tím míněn červ žijící v břiše dobytka a lidí, o kterém si mysleli, že se přenáší více než svrab, a tak zakázal toto přesvědčení.
 Pátá: nařídil vzdálit se od nemocného malomocenstvím tak, jako se člověk vzdaluje od lva, a to proto, aby se člověk řídil příčinami, jak to nařídil Bůh, a tak dodržoval preventivní opatření a snažil se zachovat zdraví. Malomocenství je nemoc známá také jako lepra.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والاعتماد عليه، وفعل الأسباب المشروعة.
 وجوب الإيمان بقضاء الله وقدره، وأن الأسباب بيد الله وهو الذي يجريها أو يسلب تأثيرها.
 إبطال ما يفعله بعض الناس من التشاؤم بالألوان، كالأسود والأحمر، أو بعض الأرقام والأسماء والأشخاص وذوي العاهات.
 في النهي عن القرب من المجذوم ومثله أصحاب الأمراض المعدية؛ هو من الأسباب التي أجرى الله العادة بأنها تفضي إلى مسبباتها؛ فالأسباب لا تستقل بذاتها، بل الله هو الذي إن شاء سلبها قواها فلا تؤثر شيئًا، وإن شاء أبقاها فأثرت.</t>
   </si>
   <si>
     <t>Povinnost spolehnout se na Boha a zároveň se řídit příčinami, které jsou v islámu povolené.
 Povinnost věřit v předurčení Boží a Jeho osud a že příčiny jsou v rukou Božích a jen Bůh jim dává nebo zabrání, aby vedly k následkům.
 Zákaz a zrušení toho, co dělají někteří lidé, když považují za špatné znamení některé barvy, jako je černá nebo červená barva, nebo nějaká čísla, jména nebo postižené lidi atd.
 V zákazu přibližování se k malomocnému a stejně tak k lidem s jinou infekční nemocí je řízení se příčinami, které Bůh vytvořil, aby obvykle vedly k následkům. Ale příčina sama o sobě nevede k následku - Bůh jí dal tuto moc a On jí může tuto moc vzít a pak k následku nevede. Anebo ji ponechá a vede k následku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3407</t>
   </si>
   <si>
-    <t>فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ</t>
+    <t>فوالله لأن يهدي الله بك رجلا واحدا، خير لك من أن يكون لك حمر النعم</t>
   </si>
   <si>
     <t>Při Bohu, aby Bůh díky tobě uvedl na správnou cestu jediného muže, je pro tebe lepší než vynikající velbloudi.”</t>
   </si>
   <si>
     <t>عَنْ سَهْلُ بْنُ سَعْدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ يَوْمَ خَيْبَرَ: «لَأُعْطِيَنَّ هَذِهِ الرَّايَةَ غَدًا رَجُلًا يَفْتَحُ اللَّهُ عَلَى يَدَيْهِ، يُحِبُّ اللَّهَ وَرَسُولَهُ وَيُحِبُّهُ اللَّهُ وَرَسُولُهُ»، قَالَ: فَبَاتَ النَّاسُ يَدُوكُونَ لَيْلَتَهُمْ أَيُّهُمْ يُعْطَاهَا، فَلَمَّا أَصْبَحَ النَّاسُ غَدَوْا عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كُلُّهُمْ يَرْجُو أَنْ يُعْطَاهَا، فَقَالَ: «أَيْنَ عَلِيُّ بْنُ أَبِي طَالِبٍ؟» فَقِيلَ: هُوَ يَا رَسُولَ اللَّهِ يَشْتَكِي عَيْنَيْهِ، قَالَ: «فَأَرْسِلُوا إِلَيْهِ»، فَأُتِيَ بِهِ فَبَصَقَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي عَيْنَيْهِ وَدَعَا لَهُ، فَبَرَأَ حَتَّى كَأَنْ لَمْ يَكُنْ بِهِ وَجَعٌ، فَأَعْطَاهُ الرَّايَةَ، فَقَالَ عَلِيٌّ: يَا رَسُولَ اللَّهِ، أُقَاتِلُهُمْ حَتَّى يَكُونُوا مِثْلَنَا؟ فَقَالَ: «انْفُذْ عَلَى رِسْلِكَ حَتَّى تَنْزِلَ بِسَاحَتِهِمْ، ثُمَّ ادْعُهُمْ إِلَى الإِسْلاَمِ، وَأَخْبِرْهُمْ بِمَا يَجِبُ عَلَيْهِمْ مِنْ حَقِّ اللَّهِ فِيهِ، فَوَاللَّهِ لَأَنْ يَهْدِيَ اللَّهُ بِكَ رَجُلًا وَاحِدًا، خَيْرٌ لَكَ مِنْ أَنْ يَكُونَ لَكَ حُمْرُ النَّعَمِ».</t>
   </si>
   <si>
     <t>Sahl Ibn Sa'd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl v den Chajbaru: „Dám tento prapor zítra muži, jehož rukou dá Bůh dobýt, který má rád Boha a Jeho Posla a Bůh a Jeho Posel mají rádi jeho.” A vyprávěl: „A celou noc se lidé dohadovali, kdo ho dostane, a když bylo ráno, přišli k Poslu Božímu (ať mu Bůh žehná a dá mír) a všichni si přáli, aby ho dostali. A on řekl: „Kde je ‘Alí Ibn Abí Tálib?” A bylo mu řečeno: „Posle Boží, stěžuje si na oči." A on řekl: „Pošlete pro něj.” A když k němu přišel, Prorok (ať mu Bůh žehná a dá mír) mu plivnul na oči a prosil ze něj Boha a on se vyléčil, jako by ho nikdy nic nebolelo. A pak mu dal prapor a ‘Alí řekl: „Posle Boží, mám proti nim bojovat, dokud nebudou jako my?" A on řekl: 
 „Jdi pomalu k nim, dokud nepřijdeš do jejich dvora, a pak je pozvi k islámu a oznam jim, co je v něm pro ně povinné z Božího práva. Při Bohu, aby Bůh díky tobě uvedl na správnou cestu jediného muže, je pro tebe lepší než vynikající velbloudi.”"</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم الصحابة بانتصار المسلمين على يهود خيبر من الغد، وذلك على يد رجل يعطيه الراية وهو العلم الذي يتخذه الجيش شعارًا له، 
 وهذا الرجل من صفاته أنه يحب الله ورسوله، ويحبه الله ورسوله، 
 فبات الصحابة ليلتهم يخوضون ويتحدثون عمن سيعطى الراية؟ رغبة في هذا الشرف العظيم، 
 فلما كان الصبح ذهبوا إلى النبيِّ صلى الله عليه وسلم، كلهم يرجوا أن يفوز بهذا الشرف، 
 فسأل صلى الله عليه وسلم عن علي بن أبي طالب رضي الله عنه؟ 
 فقيل: إنه مريض يشتكي عينيه.
 فأرسل إليه صلى الله عليه وسلم، فجاؤوا به، فبصق في عيني علي من ريقه الشريف، ودعا له، فشفي من مرضه وكأنه لم يكن به وجع، فأعطاه الراية، وأمره بالمضي برفق حتى يقترب من حصن العدو فيعرض عليهم الدخول في الإسلام، فإن أجابوه؛ أخبرهم بما يجب عليهم من الفرائض.
 ثم بيَّن صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لعلي فضل الدعوة إلى الله وأن الداعية إذا كان سببًا في هداية رجل واحد فذلك خير له من أن تكون له الإبل الحُمْر التي هي أنفس أموال العرب، فيمتلكها أو يتصدق بها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil svým druhům, že muslimové zítra zvítězí nad židy Chajbaru, a to rukou muže, kterému dá prapor, který si vojáci berou jako svůj znak. A mezi vlastnosti tohoto muže patří, že má rád Boha a Jeho Posla a Bůh a Jeho Posel mají rádi jeho. A tak sahába celou noc přemýšleli a diskutovali o tom, kdo dostane tento prapor, protože si každý přál, aby se mu dostalo takové velké cti. A když bylo ráno, šli k Prorokovi (ať mu Bůh žehná a dá mír) a každý si přál, aby to byl on, komu se dostane takové cti.
 A Prorok (ať mu Bůh žehná a dá mír) se zeptal, kde je ‘Alí Ibn Abí Tálib (ať je s ním Bůh spokojen)?
 A bylo mu řečeno, že je nemocný s očima.
 Prorok (ať mu Bůh žehná a dá mír) pro něj nechal poslat a když přišel, dal mu na oči svoje vznešené sliny a prosil za něj Boha a tak ho vyléčil z nemoci, jako kdyby nikdy žádnou nemoc neměl. A dal mu prapor a nařídil mu, aby opatrně a pomalu šel, dokud se nepřiblíží k pevnosti nepřátel, a pak je vyzval k přijetí islámu a když budou souhlasit, aby jim řekl, jaké povinnosti musí vykonávat.
 Poté Prorok (ať mu Bůh žehná a dá mír) vysvětlil ‘Alímu, jaké velké dobro je ve výzvě k Bohu a že když ten, který vyzývá, je příčinou v uvedení jen jediného člověka na správnou cestu, je to pro něj lepší, než kdyby vlastnil nebo rozdal vynikající velbloudy, kteří byli považováni za nejcennější  majetek Arabů.</t>
   </si>
   <si>
     <t>فضيلة علي بن أبي طالب -رضي الله عنه-، وشهادة رسول -صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ- له، بمحبة الله ورسوله له، ومحبته لله ورسوله.
 حرص الصحابة على الخير وتسابقهم إليه.
 مشروعية الأدب عند القتال وترك الطيش والأصوات المزعجة التي لا حاجة إليها.
 من دلائل نبوته صلى الله عليه وسلم إخباره بالنصر على اليهود، وشفاء عيني علي بن أبي طالب على يديه بإذن الله. 
 أن المقصود الأعظم من الجهاد هو دخول الناس في الإسلام.
 أن الدعوة تكون بالتدريج فيطلب من الكافر أولًا الدخول في الإسلام بالنطق بالشهادتين، ثم يُؤمر بفرائض الإسلام بعد ذلك.
 فضل الدعوة إلى الإسلام وما فيها من الخير للمدعو والداعي، فالمدعو قد يهتدي والداعي يُثاب ثوابًا عظيمًا.</t>
   </si>
   <si>
     <t>Velké dobro v ‘Alím Ibn Abí Tálibovi (ať je s ním Bůh spokojen) a dosvědčení Posla Božího (ať mu Bůh žehná a dá mír), že ho Bůh a Jeho Posel mají rádi a že on má rád Boha a Jeho Posla.
 Velký zájem sahába o dobro a jejich předhánění se v něm.
 Nařízení správné etikety v boji a zanechání nepříjemných zvuků a křiku, které k ničemu nejsou.
 Mezi důkazy proroctví Proroka (ať mu Bůh žehná a dá mír) patří oznámení vítězství nad židy a uzdravení očí (z dovolení Božího) ‘Alího Ibn Abí Táliba.
 Hlavním záměrem džihádu je přijetí islámu lidmi.
 Výzva k islámu má být postupná. Nejdříve by měl nevěřící přijmout islám vyslovením vyznání víry a pak by mu měly být nařízené povinnosti islámu.
 Velké dobro a odměna ve výzvě k islámu pro toho, kdo vyzývá, i pro vyzývaného. Ten, kdo je vyzýván, může být uveden na správnou cestu a ten, kdo vyzývá, má velikou odměnu u Boha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3409</t>
   </si>
   <si>
-    <t>أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ</t>
+    <t>أي عم، قل: لا إله إلا الله، كلمة أحاج لك بها عند الله</t>
   </si>
   <si>
     <t>„Strýci, řekni: Není boha kromě Boha, slova, díky nimž se tě budu zastávat u Boha,”</t>
   </si>
   <si>
     <t>عن سَعِيدِ بْنِ الْمُسَيَّبِ، عَنْ أَبِيهِ قَالَ: لَمَّا حَضَرَتْ أَبَا طَالِبٍ الْوَفَاةُ، جَاءَهُ رَسُولُ اللهِ صلى الله عليه وسلم فَوَجَدَ عِنْدَهُ أَبَا جَهْلٍ وَعَبْدَ اللهِ بْنَ أَبِي أُمَيَّةَ بْنِ الْمُغِيرَةِ، فَقَالَ: «أَيْ عَمِّ، قُلْ: لَا إِلَهَ إِلَّا اللهُ، كَلِمَةً أُحَاجُّ لَكَ بِهَا عِنْدَ اللهِ»، فَقَالَ أَبُو جَهْلٍ وَعَبْدُ اللهِ بْنُ أَبِي أُمَيَّةَ: أَتَرْغَبُ عَنْ مِلَّةِ عَبْدِ الْمُطَّلِبِ، فَلَمْ يَزَلْ رَسُولُ اللهِ صلى الله عليه وسلم يَعْرِضُهَا عَلَيْهِ، وَيُعِيدَانِهِ بِتِلْكَ الْمَقَالَةِ، حَتَّى قَالَ أَبُو طَالِبٍ آخِرَ مَا كَلَّمَهُمْ: عَلَى مِلَّةِ عَبْدِ الْمُطَّلِبِ، وَأَبَى أَنْ يَقُولَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «وَاللهِ لَأَسْتَغْفِرَنَّ لَكَ مَا لَمْ أُنْهَ عَنْكَ»، فَأَنْزَلَ اللهُ: {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ} [التوبة: 113]، وَأَنْزَلَ اللهُ فِي أَبِي طَالِبٍ، فَقَالَ لِرَسُولِ اللهِ صلى الله عليه وسلم: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ} [القصص: 56].</t>
   </si>
   <si>
     <t>Sa'íd Ibn Al-Musajjib vyprávěl, že jeho otec řekl: „Když přicházela k Abú Tálibovi smrt, přišel k němu Posel Boží (ať mu Bůh žehná a dá mír) a našel u něj Abú Džahla a ‘Abdulláha Ibn Abí Umajja Ibn Al-Mughíru a řekl: „Strýci, řekni: Není boha kromě Boha, slova, díky nimž se tě budu zastávat u Boha,”  ale ‘Abdulláh Ibn Abí Umajja řekl: „Odmítáš náboženství ‘Abdu-l-Muttaliba?" A Posel Boží nepřestal navrhovat to, co řekl, a oni stále opakovali, co řekli, dokud Abú Tálib neřekl jako poslední slova: „Náboženství ‘Abdu-l-Muttaliba" a neodmítl říci: Není boha kromě Boha. A posel Boží (ať mu Bůh žehná a dá mír) řekl: „Při Bohu za tebe budu prosit o odpuštění, dokud mi to nebude zakázáno.” A Bůh seslal verše: {Nepřísluší prorokovi ani věřícím, aby prosili za odpuštění pro modloslužebníky} [Pokání: 113] A Bůh také seslal ohledně Abú Táliba a řekl Poslu Božímu (ať mu Bůh žehná a dá mír): {Nemůžeš vést ty, které bys rád vedl, avšak Bůh, ten vede, koho chce} [Příběh: 56]."</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم على عَمِّه أبي طالب وهو يَحْتَضِرُ، فقال له: 
 يا عم، قل "لا إله إلا الله"، كلمة أشهد لك بها عند الله، 
 فقال أبو جهل وعبد الله بن أبي أمية: يا أبا طالب، تترك ملة أبيك عبد المطلب؟! وهي عبادة الأصنام، فلم يزالا يُكلِّمانه حتى قال آخر شيء كلَّمهم به: على مِلَّةِ عبد المطلب، ملة الشرك وعبادة الأصنام، 
 فقال النبي صلى الله عليه وسلم: سأدعوا لك بالمغفرة ما لم ينهني ربي عن ذلك، فنزل قول الله تعالى: 
 {مَا كَانَ لِلنَّبِيِّ وَالَّذِينَ آمَنُوا أَنْ يَسْتَغْفِرُوا لِلْمُشْرِكِينَ وَلَوْ كَانُوا أُولِي قُرْبَى مِنْ بَعْدِ مَا تَبَيَّنَ لَهُمْ أَنَّهُمْ أَصْحَابُ الْجَحِيمِ} [التوبة: 113]، 
 ونزل في أبي طالب قول الله تعالى: 
 {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللَّهَ يَهْدِي مَنْ يَشَاءُ وَهُوَ أَعْلَمُ بِالْمُهْتَدِينَ} [القصص: 56]، 
 فإنك لا تهدي مَن أحببتَ هدايتَه، إنما عليك البلاغ، والله يهدي من يشاء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) přišel ke svému strýci Abú Tálibovi, když umíral, a řekl mu: Strýci, řekni není boha kromě Boha, slova, která ti dosvědčím před Bohem. Ale Abú Džahl a ‘Abdulláh Ibn Abí Umajja řekli: Abú Tálibe, chceš opustit náboženství svého otce ‘Abdu-l-Muttaliba, což bylo uctívání soch, a to mu neustále opakovali, dokud nebylo poslední, co řekl: V náboženství ‘Abdu-l-Muttaliba, náboženství přidružování a uctívání soch. A Prorok (ať mu Bůh žehná a dá mír) řekl: Budu za tebe prosit o odpuštění, dokud mi to můj Pán nezakáže, a byla seslána Boží slova: {Nepřísluší prorokovi ani věřícím, aby prosili za odpuštění pro modloslužebníky, byť i to byli blízcí příbuzní, poté, co bylo jim jasně ukázáno, že stanou se obyvateli ohně.} [Pokání: 113] A o Abú Tálibovi byla seslána Boží slova: {Nemůžeš vést ty, které bys rád vedl, avšak Bůh, ten vede, koho chce. A On dobře zná ty, kdož správně jsou vedeni.} [Příběh: 56] Tj. nemůžeš uvést na správnou cestu toho, koho máš rád, můžeš pouze vyzývat k Bohu a Bůh je Ten, kdo uvede na správnou cestu toho, koho chce.</t>
   </si>
   <si>
     <t>تحريم الاستغفار للمشركين مهما كانت قرابتهم وعملهم وإحسانهم.
@@ -3627,994 +3627,994 @@
 الأعمال بالخواتيم.
 بطلان التعلُّق بالنبيِّ عليه الصلاة والسلام وغيره لِجَلْب النفع أو دفع الضرر.
 من قال "لا إله إلا الله" عن علمٍ ويقين واعتقادٍ دخل في الإسلام.
 مضرة أصحاب السوء وقرناء الشر على الإنسان.
 معنى "لا إله إلا الله": تركُ عبادة الأصنام والأولياء والصالحين وإفراد الله بالعبادة، وأنّ المشركين يعرفون معناها.
 جواز عيادة المريض المشرك إذا رُجي إسلامُه.
 هداية التوفيق بيد الله وحده لا شريك له،  وإنما على الرسول صلى الله عليه وسلم هداية الدلالة والإرشاد والبلاغ.</t>
   </si>
   <si>
     <t>Zákaz prosit o odpuštění za modloslužebníky, i kdyby byli příbuzní a dobře se chovali.
 Napodobování otců a vůdců v tom, co je špatné, je chování lidí nevědomosti (džáhilíja).
 Dokonalost milosrdenství Proroka (ať mu Bůh žehná a dá mír) a jeho snaha o vyzývání lidí k Bohu a jejich uvedení na správnou cestu.
 Odpověď tomu, kdo si myslí, že Abú Tálib byl muslimem.
 Činy jsou počítány podle toho, co bylo poslední.
 Chybnost domněnky, že Prorok (ať mu Bůh žehná a dá mír) nebo někdo jiný může člověku prospět nebo uškodit.
 Kdo řekne: „Není boha kromě Boha,” je si tím jistý a rozumí tomu, stává se muslimem.
 Špatní přátelé a druhové přinášejí člověku zlo a škodu.
 Slova: „není boha kromě Boha” znamenají opustit uctívání soch, svatých a zbožných a uctívat jen Boha. A ti, kdo přidružují k Bohu, znají tento význam.
 Povolení navštívit nemocného, i když to není muslim, pokud existuje možnost, že by přestoupil k islámu.
 Jestli člověk bude uveden na správnou cestu, je v rukou jediného Boha, který nemá společníka. Na Prorokovi (ať mu Bůh žehná a dá mír) bylo pouze, aby vyzýval k Bohu, poradil a předal poselství.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3410</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Nejšťastnější za mou přímluvu v soudný den bude ten, kdo upřímně ve svém srdci říkal: není boha kromě Boha.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že se zeptal: „Posle Boží, kdo bude v soudný den nejšťastnější za tvou přímluvu? A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Myslel jsem si, Abú Hurajro, že se mě na to nezeptá nikdo jiný než ty, protože jsem viděl tvou snahu vše se dozvědět. Nejšťastnější za mou přímluvu v soudný den bude ten, kdo upřímně ve svém srdci říkal: není boha kromě Boha.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejšťastnější za jeho přímluvu v soudný den bude ten, kdo upřímně ve svém srdci říkal: není boha kromě Boha, tzn. že neuctíval nikoho jiného než Boha, nic k Němu nepřidružoval a ani se nepředváděl před lidmi.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Potvrzení přímluvy Proroka (ať mu Bůh žehná a dá mír) v soudný den a že bude jen pro ty, kdo věřili v jednoho Boha.
 Přímluva Proroka (ať mu Bůh žehná a dá mír) se týká toho, že se přimluví u Boha, aby ti z věřících, kteří měli jít za své hříchy do pekla, tam nešli nebo aby je z pekla vyvedl.
 Velká zásluha a odměna za slova  prohlašující jedinost Boží.
 Správné prohlašování jedinosti Boží zahrnuje vědění, co to znamená, a konání podle toho.
 Velké zásluhy Abú Hurajry (ať je s ním Bůh spokojen) a jeho velká snaha dozvědět se co nejvíce.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3414</t>
   </si>
   <si>
-    <t>أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ</t>
+    <t>أدخله الله الجنة على ما كان من العمل</t>
   </si>
   <si>
     <t>Bůh vpustí do ráje i s jeho skutky.”</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ شَهِدَ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَأَنَّ عِيسَى عَبْدُ اللهِ وَرَسُولُهُ وَكَلِمَتُهُ أَلْقَاهَا إِلَى مَرْيَمَ وَرُوحٌ مِنْهُ، وَالْجَنَّةُ حَقٌّ، وَالنَّارُ حَقٌّ، أَدْخَلَهُ اللهُ الْجَنَّةَ عَلَى مَا كَانَ مِنَ الْعَمَلِ».</t>
   </si>
   <si>
     <t>‘Ubáda (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Toho, kdo dosvědčí, že není boha kromě Boha jediného, který nemá žádného společníka, a že Muhammad je Jeho služebník a posel a že Ježíš je služebník Boží a Jeho slovo, které vložil Marjam, a Jeho duch, že ráj je pravda a že oheň je pravda, Bůh vpustí do ráje i s jeho skutky.”</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ مَن نَطَقَ بكلمةِ التوحيد عارفًا لمعناها عاملًا بمقتضاها، 
 وشهد بعبودية محمد صلى الله عليه وسلم ورسالته، واعترف بعبودية عيسى ورسالته، 
 وأنَّ الله خلقه بقوله "كن" فكان، وأنه روح من الأرواح التي خلقها الله، 
 وَبَرَّأَ أُمَّهُ مِمّا نَسَبَه إليها اليهود، 
 وآمن بأن الجنة حق، وأن النار حق، معتقدًا وجودهما، وأنهما نعيم الله وعذابه، 
 ومات على ذلك؛ فمصيره إلى الجنة وإن كان مقصِّرًا في الطاعات، وله ذنوب.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) řekl, že ten, kdo vysloví slova tawhídu, ví, co znamenají, a chová se podle nich a dosvědčí, že Muhammad (ať mu Bůh žehná a dá mír) je služebník Boží, věří v jeho poselství a vyzná, že Ježíš je služebník Boží, a věří v jeho poselství a že Bůh ho stvořil slovy 
 „Buď!” a on byl a že je duch z duší, které stvořil Bůh, a zprostil jeho matku toho, z čeho ji nařkli židé, a uvěřil, že ráj je pravda a že oheň je pravda a že existují a je to dobrodiní a trest Boží, a na tom zemřel, přijde do ráje, i kdyby měl málo dobrých skutků a mnoho hříchů.</t>
   </si>
   <si>
     <t>الله تعالى خَلَقَ عيسى ابن مريم بكلمة (كُنْ) من غير أب.
  الجمع بين كون عيسى ومحمد صلى الله عليهما وسلم عبدي الله ورسوليه، فهما رسولان لا يكذبان، وعبدان لا يُعْبَدان.
 فضل التوحيد وتكفيره للذنوب، وأنَّ مصيرَ الموحِّد الجنةُ وإنْ وقع منه بعض الذنوب.</t>
   </si>
   <si>
     <t>Všemohoucí Bůh stvořil Ježíše, syna Mariina, bez otce, pouze slovy: Buď!
 Spojení mezi Ježíšem a Muhammadem (ať jim Bůh žehná a dá mír), že jsou oba služebníci Boží a Jeho poslové, znamená, že jsou oba poslové kteří nelžou, a služebníci Boží, kteří se nemají uctívat.
 Velká odměna za tawhíd a že jsou díky němu odpuštěny hříchy a že ten, kdo vyznává jedinost Boží, skončí v ráji, i kdyby se dopustil nějakých hříchů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3417</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>„Kdo se setká s Bohem, aniž by k Němu něco přidružoval, vstoupí do ráje a kdo se s ním setká poté, co k Němu přidružoval, vstoupí do pekla.”</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>Džábir Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Kdo se setká s Bohem, aniž by k Němu něco přidružoval, vstoupí do ráje a kdo se s ním setká poté, co k Němu přidružoval, vstoupí do pekla.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo zemřel, aniž by přidružoval k Bohu, nakonec přijde do ráje, i kdyby byl předtím potrestán za nějaké své hříchy, zatímco ten, kdo zemřel a přidružoval k Bohu, skončí navždy v ohni (v pekle).</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Zásluha a velká odměna víry v jednoho Boha, která je příčinou záchrany člověka před věčným peklem.
 Blízkost člověka k ráji a ohni, protože mezi nimi a člověkem je pouze smrt.
 Varování před přidružováním k Bohu, i kdyby to bylo jen málo, protože ve vyhýbání se přidružování je záchrana před ohněm.
 Činy jsou posuzovány podle posledních.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3418</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ</t>
+    <t>من مات وهو يدعو من دون الله ندا دخل النار</t>
   </si>
   <si>
     <t>Kdo zemře a vzývá místo Boha jiné, vstoupí do ohně.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: قَالَ النَّبِيُّ صلى الله عليه وسلم كَلِمَةً وَقُلْتُ أُخْرَى، قَالَ النَّبِيُّ صلى الله عليه وسلم: «مَنْ مَاتَ وَهُوَ يَدْعُو مِنْ دُونِ اللهِ نِدًّا دَخَلَ النَّارَ» وَقُلْتُ أَنَا: مَنْ مَاتَ وَهُوَ لَا يَدْعُو لِلهِ نِدًّا دَخَلَ الْجَنَّةَ.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) řekl slova a já řekl další. Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo zemře a vzývá místo Boha jiné, vstoupí do ohně.” A já jsem řekl: „A kdo zemře, aniž by vzýval místo Boha jiné, vstoupí do ráje."</t>
   </si>
   <si>
     <t>يُخْبِرُنا النبيُّ صلى الله عليه وسلم أنَّ مَن صَرَفَ شيئًا مما يجب أن يكون لله إلى غيره، كدعاء غير الله تعالى، أو الاستغاثة بغيره، ومات على ذلك فإنه من أهل النار. 
 وزاد ابن مسعود رضي الله عنه أن من مات وهو لا يشرك بالله شيًا فإنَّ مَصيرَه إلى الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo přiřkne někomu něco, co náleží jen Bohu, jako prosby (dua) k někomu jinému než k Bohu, žádost o pomoc, atd., a při tom zemře, patří mezi obyvatele ohně. A Ibn Mas'úd (ať je s ním Bůh spokojen) k tomu přidal, že ten, kdo zemře, aniž by cokoliv  Bohu přidružoval, skončí v ráji.</t>
   </si>
   <si>
     <t>الدعاء عبادةٌ لا يُصرف إلا لله تعالى.
 فضل التوحيد، وأنَّ مَن مات عليه دخل الجنة، وإنْ عُذِّبَ على بعض ذنوبه.
  خطر الشرك، وأنَّ مَن مات عليه دخل النار.</t>
   </si>
   <si>
     <t>Prosby k Bohu (dua) jsou uctívání, a tak je nelze dělat k nikomu jinému než k Bohu.
 Zásluha tawhídu - kdo ho správně dodržuje, skončí v ráji, i kdyby před tím byl potrestán za nějaké své hříchy.
 Nebezpečí přidružování a kdo na něm zemře, vstoupí do ohně.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3419</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
+    <t>هلك المتنطعون</t>
   </si>
   <si>
     <t>„Zhynuli ti, kteří přehání</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas’úd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Zhynuli ti, kteří přehání.”
 A řekl to třikrát.</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že budou mít neúspěch a nezdar ti, kteří přehání v náboženství i v pozemských věcech, ať už svými slovy nebo činy, a překračují míru a to, s čím přišel Prorok (ať mu Bůh žehná a dá mír).</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Zákaz přehánění a ztěžování v čemkoliv a nabádání k vyvarování se přehánění ve všech věcech, hlavně v uctívání.
 Snažit se být nejlepší v uctívání je v pořádku, pokud člověk následuje islám.
 Doporučení potvrzovat důležité věci, protože Prorok (ať mu Bůh žehná a dá mír) opakoval tuto důležitou věc třikrát.
 Milosrdenství a snadnost islámu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3420</t>
   </si>
   <si>
-    <t>لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ</t>
+    <t>لا عدوى، ولا طيرة، ويعجبني الفأل قال قيل: وما الفأل؟ قال: الكلمة الطيبة</t>
   </si>
   <si>
     <t>„Není nákazy ani špatného znamení, ale líbí se mi dobré znamení.” A byl tázán: Co je to dobré znamení? A řekl: „Dobré slovo.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا عَدْوَى، وَلَا طِيَرَةَ، وَيُعْجِبُنِي الْفَأْلُ» قَالَ قِيلَ: وَمَا الْفَأْلُ؟ قَالَ: «الْكَلِمَةُ الطَّيِّبَةُ».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Není nákazy ani špatného znamení, ale líbí se mi dobré znamení.” A byl tázán: Co je to dobré znamení? A řekl: „Dobré slovo.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ العدوى التي كان يَعتقدُها أهلَ الجاهلية بأنَّ المَرضَ يَنتقل بنفسه إلى الآخر من دون قَدَرِ الله بأنها باطلة، 
 وأنَّ الطيرة باطلة، وهي التشاؤم من أيِّ شيءٍ مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العَاهَات أو الأرقام أو الأيام أو غير ذلك،
 وإنما ذَكَرَ الطيرَ لأنه كان المشهور عند الجاهلية، وأصله إطلاق الطير عند الشروع في عملٍ من سفر أو تجارة أو غير ذلك، فإن طار جهة اليمين تفاءل ومضى لما يريد، وإن طار جهة الشمال تشاءم وكَفَّ عمّا يريد. 
 ثم أخبر صلى الله عليه وسلم أنه يُعجبه الفَأْل، وهو ما يَحْدُثُ للإنسانِ من الفرح والسرور من كلمة طيبة يسمعها، وتجعله يحسن الظن بربه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nákaza, kterou si představovali lidé v džáhilíji, tzn. že nemoc se šíří sama o sobě bez vůle Boží, je neplatná a nepravdivá. A že špatná znamení jsou falešná, nepravdivá a neplatná, tj. vše, co člověk považuje za špatné znamení, ať už to vidí nebo slyší, ať už ptáky, zvířata, postižené lidi, čísla nebo dny atd. V arabštině je použito slovo at-tajr (od slova pták), protože v džáhilíji bylo rozšířené vypustit ptáka, pokud se člověk chystal k nějaké vážné věci, jako na cestu nebo uzavření obchodu atd. A když letěl pták vpravo, považovalo se to za dobré znamení a učinil to, co zamýšlel, pokud ale letěl vlevo, považoval to za špatné znamení a nevykonal, co zamýšlel. Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že se mu líbí dobré znamení, čímž myslel radost, kterou má člověk z dobrého slova, díky kterému má dobré mínění o svém Pánu.</t>
   </si>
   <si>
     <t>التوكُّل على الله تعالى، وأنه لا يأتي بالخير إلا الله، ولا يدفع الشر إلا الله.
 النهي عن الطيرة، وهي ما يُتشاءم منه، ويصد عن العمل.
 الفأل ليس من الطيرة المنهي عنها، بل هو من حُسْنِ الظن بالله تعالى.
 كل شيء يحصل بتقدير الله عز وجل وحده لا شريك له.</t>
   </si>
   <si>
     <t>Spoléhání se jen na Všemohoucího Boha a že s dobrem může přijít jen Bůh a špatnému nemůže zabránit nikdo jiný než Bůh.
 Zákaz věřit a řídit se špatnými znameními.
 Dobré znamení nepatří pod zákaz o špatných znameních, protože patří pod dobré mínění o Bohu.
 Vše se děje na základě osudu jediného Boha, který nemá žádného společníka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3422</t>
   </si>
   <si>
-    <t>مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا</t>
+    <t>من جهز غازيا في سبيل الله فقد غزا، ومن خلف غازيا في سبيل الله بخير فقد غزا</t>
   </si>
   <si>
     <t>„Kdo připraví bojujícího na stezce Boží, ten bojoval, a kdo zastoupí bojujícího na stezce Boží, ten bojoval.”</t>
   </si>
   <si>
     <t>عَن زَيْدِ بْنِ خَالِدٍ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ جَهَّزَ غَازِيًا فِي سَبِيلِ اللَّهِ فَقَدْ غَزَا، وَمَنْ خَلَفَ غَازِيًا فِي سَبِيلِ اللَّهِ بِخَيْرٍ فَقَدْ غَزَا».</t>
   </si>
   <si>
     <t>Zajd Ibn Chálid (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo připraví bojujícího na stezce Boží, ten bojoval, a kdo zastoupí bojujícího na stezce Boží, ten bojoval.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن هَيَّأَ للغازي في سبيل الله أسبابَ سَفَرِه وما يَحتاج إليه مما لا بدَّ منه من سلاح، ومركوب، وطعام، ونفقة وغيرها؛ فهو في حكم الغازي، وحصل له ثواب الغزاة.
 ومَن تولَّى أمرَ الغازي بخير، ونابَ مَنابَه في مراعاة أهلِه زمانَ غيبتِه فهو في حكم الغازي.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo připraví bojujícího na stezce Boží, tzn. připraví mu na cestu, co potřebuje ze zbraní, jízdního zvířete, jídla, pití, jeho potřeb atd., je na stejném stupni jako ten, kdo bojuje na stezce Boží, a dostane se mu odměny bojujícího na stezce Boží.
 A ten, kdo zastoupí bojujícího na stezce Boží v jeho záležitostech v dobrém a zastupuje ho v péči o jeho rodinu v čase jeho nepřítomnosti, je na stejném stupni jako ten, kdo bojoval na stezce Boží.</t>
   </si>
   <si>
     <t>حث المسلمين على التعاون على الخير.
 قال ابن حجر: وفي هذا الحديث الحث على الإحسان إلى من فعل مصلحة للمسلمين، أو قام بأمر من مهماتهم.
 القاعدة العامة: أنّ مَن أعانَ شخصًا في طاعة من طاعات الله كان له مثل أجره، من غير أن ينقص من أجره شيئًا.</t>
   </si>
   <si>
     <t>Nabádání muslimů k pomáhání si v dobrém.
 Ibn Hadžar řekl: V tomto hadíthu je nabádání ke konání dobra k tomu, kdo koná věci, které jsou prospěšné pro muslimy, nebo plní nějakou jejich povinnost.
 Obecné pravidlo zní: tomu, kdo někomu pomohl ke konání dobrého skutku pro Boha, se dostane stejné odměny, aniž by mu (tj. tomu, komu pomohl) bylo ubráno něco z jeho odměny.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3437</t>
   </si>
   <si>
-    <t>عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ</t>
+    <t>عن النبي صلى الله عليه وسلم أنه قال في الأنصار: لا يحبهم إلا مؤمن، ولا يبغضهم إلا منافق، من أحبهم أحبه الله ومن أبغضهم أبغضه الله</t>
   </si>
   <si>
     <t>že Prorok (ať mu Bůh žehná a dá mír) řekl o al-ansár (pomocnících): „Nemá je rád nikdo jiný než věřící a nenávidí je pouze pokrytec. Toho, kdo je má rád, má Bůh rád a toho, kdo je nenávidí, Bůh nenávidí.”</t>
   </si>
   <si>
     <t>عَنِ الْبَرَاءِ رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ فِي الْأَنْصَارِ: «لَا يُحِبُّهُمْ إِلَّا مُؤْمِنٌ، وَلَا يُبْغِضُهُمْ إِلَّا مُنَافِقٌ، مَنْ أَحَبَّهُمْ أَحَبَّهُ اللهُ وَمَنْ أَبْغَضَهُمْ أَبْغَضَهُ اللهُ».</t>
   </si>
   <si>
     <t>Al-Bará’i (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl o al-ansár (pomocnících): „Nemá je rád nikdo jiný než věřící a nenávidí je pouze pokrytec. Toho, kdo je má rád, má Bůh rád a toho, kdo je nenávidí, Bůh nenávidí.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ حُبَّ الأنصار مِن أهل المدينة، علامةٌ على كمال الإيمان؛ وهذا لسابِقَتِهم في نُصرة الإسلام والنبي عليه الصلاة والسلام، والسعي في إيواء المسلمين، وبذلهم أموالهم وأنفسهم في سبيل الله، وأنَّ بُغضَهم عَلامةٌ على النفاق. 
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن أَحَبَّ الأنصار أحبَّه الله، ومَن أبغضهم أبغضَه الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil, že láska k al-ansár (pomocníkům), kteří žili v Medíně, je znakem dokonalé víry, protože jako první pomáhali islámu a Prorokovi (ať mu Bůh žehná a dá mír). Ubytovali u sebe muslimy, položili své životy a dali všanc majetek na cestě Boží. A oznámil, že nenávist vůči nim je známkou pokrytectví. Pak Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že toho, kdo má rád al-ansár, má Bůh rád a toho, kdo je nenávidí, Bůh nenávidí.</t>
   </si>
   <si>
     <t>فيه مَنْقَبَة عظيمة للأنصار، فحُبُّهم علامةٌ على الإيمان وبراءةٌ من النفاق.
 حُبُّ أولياء الله ونصرتهم سبب في حب الله للعبد.
 فضل السابقين الأولين في الإسلام.</t>
   </si>
   <si>
     <t>Velké přednosti al-ansár, láska k nim je znakem víry a znakem oproštění od pokrytectví.
 Láska k přátelům Božím (awlijá) a pomáhání jim je příčinou lásky Boha k člověku.
 Velké zásluhy prvních muslimů v islámu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3438</t>
   </si>
   <si>
-    <t>فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ</t>
+    <t>فتوضأ لهم وضوء النبي صلى الله عليه وسلم</t>
   </si>
   <si>
     <t>a předvedl jim očistu (wudu) Proroka (ať mu Bůh žehná a dá mír)</t>
   </si>
   <si>
     <t>عَنْ يحيى بنِ عُمَارةَ المَازِنِيِّ قَالَ: شَهِدْتُ عَمْرَو بْنَ أَبِي حَسَنٍ سَأَلَ عَبْدَ اللَّهِ بْنَ زَيْدٍ، عَنْ وُضُوءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَدَعَا بِتَوْرٍ مِنْ مَاءٍ، فَتَوَضَّأَ لَهُمْ وُضُوءَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَكْفَأَ عَلَى يَدِهِ مِنَ التَّوْرِ، فَغَسَلَ يَدَيْهِ ثَلاَثًا، ثُمَّ أَدْخَلَ يَدَهُ فِي التَّوْرِ، فَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثَلاَثَ غَرَفَاتٍ، ثُمَّ أَدْخَلَ يَدَهُ فَغَسَلَ وَجْهَهُ ثَلاَثًا، ثُمَّ غَسَلَ يَدَيْهِ مَرَّتَيْنِ إِلَى المِرْفَقَيْنِ، ثُمَّ أَدْخَلَ يَدَهُ فَمَسَحَ رَأْسَهُ، فَأَقْبَلَ بِهِمَا وَأَدْبَرَ مَرَّةً وَاحِدَةً، ثُمَّ غَسَلَ رِجْلَيْهِ إِلَى الكَعْبَيْنِ.</t>
   </si>
   <si>
     <t>Jahjá Ibn ‘Umára al-Máziní vyprávěl: „Viděl jsem ‘Amrú Ibn Abí Hasana ptát se ‘Abdulláha Ibn Zajda na očistu (wudu) Proroka (ať mu Bůh žehná a dá mír). Ten požádal o malou nádobu vody  a předvedl jim očistu (wudu) Proroka (ať mu Bůh žehná a dá mír). Nalil si vodu z nádoby na ruce a třikrát si je umyl, pak strčil ruku do nádoby a vodou z hrsti si třikrát vypláchl ústa a nos, pak strčil ruce do nádoby a třikrát si umyl obličej, pak si dvakrát umyl ruce až po lokty, pak strčil ruce (do nádoby) a jednou si jimi přetřel hlavu dopředu a dozadu a poté si umyl nohy až ke kotníkům."</t>
   </si>
   <si>
     <t>بَيَّنَ عبدُ الله بن زيدٍ رضي الله عنه كيفيةَ وضوءِ النبيِّ صلى الله عليه وسلم، بصورة فِعليَّة، 
 فطلب إناءً صغيرًا مِن ماء، 
 فبدأ أوّلًا بغسل كفيه، ثم أمال الإناء وصَبَّ مِن الماء فغسلهما ثلاثًا خارج الإناء، 
 ثم أَدخلَ يدَه في الإناء، فاغْتَرَفَ منه ثلاثَ غَرفات يتمضمض في كل غرفة ويستنشق ويستنثر، 
 ثم اغترف من الإناء فغسل وجهه ثلاث مرات، 
 ثم اغترف منه فغسل يديه إلى المرفقين مرتين مرتين، 
 ثم أدخل يديه في الإناء فمسح رأسه بيديه بَدَأَ بِمُقَدَّم رأسِهِ حتى وصل إلى قَفَاه أعلى الرقبة، ثم ردَّهما حتى وصل إلى المكان الذي بدأ منه، 
 ثم غسل رجليه مع الكعبين.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Zajd (ať je s ním Bůh spokojen) názorně ukázal, jak Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu (wudu). Požádal o malou nádobu s vodou a začal umytím rukou až po zápěstí tak, že na ně nalil vodu z nádoby a umyl si je třikrát mimo nádobu s vodou. Poté strčil ruku do nádoby a nabral tři hrsti vody a z každé si vypláchl ústa a nos, poté si nabral vodu z nádoby a umyl si třikrát obličej, poté si nabral vodu a umyl si dvakrát ruce až po lokty, poté si namočil ruce do nádoby a přetřel si hlavu rukama. Začal u čela a pokračoval až po zátylek a poté se vrátil zpět na místo, kde začal. Poté si umyl nohy včetně kotníků.</t>
   </si>
   <si>
     <t>سُلُوْكُ المُعلِّم أقربَ الوسائل إلى الفهم ورسوخ العلم، ومن ذلك التعليم بالعمل.
 جواز التكرار ثلاثًا في بعض أعضاء الوضوء واثنتين في بعضها، والواجب مرة واحدة.
 وجوب الترتيب بين أعضاء الوضوء كما جاء في الحديث.
 حَدُّ الوجه مِن مَنابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا.</t>
   </si>
   <si>
     <t>Chování učitele je nejlepším prostředkem k pochopení a udržení vědění. To zahrnuje i názorné vyučování.
 Povolení mýt některé části těla při malé očistě třikrát a jiné dvakrát, povinné je pouze jedno umytí.
 Povinnost aby části těla při mytí následovaly ve stejném pořadí, jaké je zmíněno v hadíthu.
 Hranice obličeje, který je povinné umýt, jsou: od místa, kde běžně rostou vlasy až po bradu (nebo vousy) a od ucha k uchu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3444</t>
   </si>
   <si>
-    <t>إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ</t>
+    <t>إنما كان يكفيك أن تقول بيديك هكذا ثم ضرب بيديه الأرض ضربة واحدة، ثم مسح الشمال على اليمين، وظاهر كفيه ووجهه</t>
   </si>
   <si>
     <t>„Stačilo by ti učinit rukama toto” a udeřil rukama jednou o zem, poté přetřel levou rukou pravou, hřbet rukou a obličej</t>
   </si>
   <si>
     <t>عَنْ عَمَّارِ بنِ ياسِرٍ رضي الله عنه قال: بَعَثَنِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي حَاجَةٍ، فَأَجْنَبْتُ فَلَمْ أَجِدِ الْمَاءَ، فَتَمَرَّغْتُ فِي الصَّعِيدِ كَمَا تَمَرَّغُ الدَّابَّةُ ثُمَّ أَتَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَذَكَرْتُ ذَلِكَ لَهُ فَقَالَ: «إِنَّمَا كَانَ يَكْفِيكَ أَنْ تَقُولَ بِيَدَيْكَ هَكَذَا» ثُمَّ ضَرَبَ بِيَدَيْهِ الْأَرْضَ ضَرْبَةً وَاحِدَةً، ثُمَّ مَسَحَ الشِّمَالَ عَلَى الْيَمِينِ، وَظَاهِرَ كَفَّيْهِ وَوَجْهَهُ.</t>
   </si>
   <si>
     <t>‘Ammán Ibn Jásir (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) mě vyslal (na cestu) v nějaké věci. Znečistil jsem se a nenašel jsem žádnou vodu, a tak jsem se vyválel v písku, jako se válí zvířata, pak jsem přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl mu to a on řekl: „Stačilo by ti učinit rukama toto” a udeřil rukama jednou o zem, poté přetřel levou rukou pravou, hřbet rukou a obličej."</t>
   </si>
   <si>
     <t>بَعَثَ النبيُّ صلى الله عليه وسلم عَمّارَ بن ياسر رضي الله عنه في سَفَرٍ لبعض حاجاته، فأصابته جنابة بجماع أو نزول المني بشهوة، فلم يجد الماء ليغتسل منه، 
 وكان لا يعلم حكم التيمم للجنابة، وإنما يعلم حكمَه للحدث الأصغر، 
 فاجتهد وظَنّ أنه كما يَمسح بالتراب الذي على وجه الأرض بعض أعضاء الوضوء عن الحدث الأصغر، فلابد أن يكون التيمم من الجنابة بتعميم البدن بالتراب؛ قياسًا على الماء، فَتَقَلَّبَ في التراب حتى عَمَّم البدنَ وصَلَّى، 
 فلما جاء إلى النبيِّ صلى الله عليه وسلم، ذَكَرَ له ذلك؛ ليرى هل هو على صواب أو لا؟ 
 فَبَيَّنَ له النبيُّ صلى الله عليه وسلم كيفيةَ التَّطَهُّر مِن الحَدَثَين الأصغر كالبول، والأكبر كالجنابة: وهو أن يضرب بيديه على التراب ضربة واحدة، ثم يمسح الشمال على اليمين، وظاهر كفيه ووجهه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) poslal ‘Ammára Ibn Jásira (ať je s ním Bůh spokojen) na cestu z důvodu nějaké potřeby. Ten se cestou znečistil buď stykem nebo polucí a nenašel vodu, aby mohl udělat velkou očistu (ghusl). A neznal pravidlo o použití tajammumu pro velké znečištění, ale věděl, že lze použít tajammum pro malé znečištění, a tak vyvodil, že když lze použít písek k očistě některých částí těla u malého znečištění, lze tajammum použít také u velkého znečištění, když použije písek na celé tělo, stejně jako u vody, a tak se celý vyválel v písku a pomodlil se. Když se vrátil k Prorokovi (ať mu Bůh žehná a dá mír), vyprávěl mu o tom, aby zjistil, zda to udělal správně, nebo ne. A Prorok (ať mu Bůh žehná a dá mír) mu vysvětlil jak se správně očistit od malého znečištění (jako je po vymočení se) a velkého znečištění (jako je pohlavní styk nebo ejakulace). A to tak, že udeří rukama jednou o písek a pak otře levou pravou, hřbety rukou a obličej.</t>
   </si>
   <si>
     <t>وجوب طلب الماء قبل التيمم.
 مشروعية التيمم لمن عليه جنابة ولم يجد الماء.
 التيمم للحدث الأكبر، كالتيمم للحدث الأصغر.</t>
   </si>
   <si>
     <t>Povinnost hledat vodu dříve, než člověk udělá tajammum.
 Možnost použít tajammum u velkého znečištění, pokud člověk nemá k dispozici vodu.
 Tajammum u velkého znečištění je stejný jako tajammum u malého znečištění.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3461</t>
   </si>
   <si>
-    <t>إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ</t>
+    <t>إن الناس إذا رأوا الظالم فلم يأخذوا على يديه أوشك أن يعمهم الله بعقاب منه</t>
   </si>
   <si>
     <t>„Věru, že když lidé uvidí tyrana a nezabrání mu, hrozí jim, že je všechny Bůh zasáhne trestem.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَكْرٍ الصِّدِّيقِ رضي الله عنه أَنَّهُ قَالَ: أَيُّهَا النَّاسُ، إِنَّكُمْ تَقْرَؤُونَ هَذِهِ الآيَةَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ}، وَإِنِّي سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ النَّاسَ إِذَا رَأَوْا الظَّالِمَ فَلَمْ يَأْخُذُوا عَلَى يَدَيْهِ أَوْشَكَ أَنْ يَعُمَّهُمُ اللَّهُ بِعِقَابٍ مِنْهُ».</t>
   </si>
   <si>
     <t>Abú Bakr As-Siddíq (ať je s ním Bůh spokojen) řekl: „Lidé, čtete tento verš: {Vy, kteří věříte! Za duše své jste sami odpovědni; neuškodí vám ten, kdo zbloudil, jste-li vy sami správnou cestou vedeni.} a věru, že jsem slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Věru, že když lidé uvidí tyrana a nezabrání mu, hrozí jim, že je všechny Bůh zasáhne trestem.”"</t>
   </si>
   <si>
     <t>يُخبِرُ أبو بكر الصديق رضي الله عنه: أن الناس يقرؤون هذه الآية: 
 {يَا أَيُّهَا الَّذِينَ آمَنُوا عَلَيْكُمْ أَنْفُسَكُمْ لاَ يَضُرُّكُمْ مَنْ ضَلَّ إِذَا اهْتَدَيْتُمْ} [المائدة: 105].
 ويفهمون منها أنّ على الإنسان السعي في إصلاح نفسه فقط، وأنه لا يضره بعد ذلك ضلال من ضل، وأنهم غير مطالَبين بالأمر بالمعروف والنهي عن المنكر! 
 فأعلمهم أنها ليست كذلك، وأنه سمع النبي صلى الله عليه وسلم يقول: 
 إن الناس إذا رأوا الظالم فلم يمنعوه من ظلمه، وعندهم القدرة على منعه، يوشك أن يعمَّ الله الجميعَ بعقاب من عنده، الفاعل للمنكر، والساكت عنه.</t>
   </si>
   <si>
     <t>Abú Bakr As-Siddíq (ať je s ním Bůh spokojen) řekl, že lidé čtou tento verš:
 {Vy, kteří věříte! Za duše své jste sami odpovědni; neuškodí vám ten, kdo zbloudil, jste-li vy sami správnou cestou vedeni.} [Prostřený stůl: 105],
 a chápou z něj, že člověk se má snažit napravit sám sebe a že mu poté neuškodí bloudění toho, kdo zbloudil, a že po nich není požadováno nařizování vhodného a zakazování zavrženíhodného.
 Proto je poučil, že to tak není a že slyšel Proroka (ať mu Bůh žehná a dá mír) říci, že když lidé uvidí tyrana a nezabrání mu v jeho tyranii, i když mají moc mu zabránit, hrozí, že je všechny zasáhne Boží trest - toho, kdo dělá zavrženíhodné věci, a toho, kdo k tomu mlčí.</t>
   </si>
   <si>
     <t>واجب المسلمين التناصح والأمر بالمعروف والنهي عن المنكر.
 عقاب الله العام يشمل الظالم لظلمه، ويشمل الساكت عن الإنكار إن كان قادرًا على الإنكار.
 تعليم العامة وإفهامهم النصوص القرآنية على الوجه الصحيح لها.
 أنه يجب على الإنسان العناية بفهم كتاب الله عز وجل، حتى لا يفهمه على غير ما أراد الله تعالى.
 الاهتداء لا يتحقق مع ترك الأمر بالمعروف والنهي عن المنكر.
 التفسير الصواب للآية: الزموا حفظ أنفسكم عن المعاصي، فإذا حفظتم أنفسكم لم يضركم إذا عجزتم عن الأمر بالمعروف والنهي عن المنكر ضلال من ضل بارتكاب المناهي إذا اهتديتم إلى اجتنابها.</t>
   </si>
   <si>
     <t>Povinnost muslimů, aby si vzájemně radili a nařizovali vhodné a zakazovali zavrženíhodné.
 Boží trest je obecný a zasáhne toho, kdo páchá křivdy, i toho, kdo k nim mlčí a neodsuzuje je, i když je toho schopen.
 Vyučování obyčejných lidí a vysvětlování jim koránských textů, aby je správně chápali.
 Je povinné, aby se člověk staral, aby pochopil Boží knihu, aby ji nechápal špatně, tak jak to Bůh nezamýšlel.
 Správné vedení není možné, pokud člověk zanechá nařizování vhodného a zakazování zavrženíhodného.
 Správný výklad tohoto verše je: chraňte sami sebe před hříchem a když budete sami sebe chránit před hříchem, neuškodí vám, když nejste schopni nařizovat vhodné a zakazovat zavrženíhodné, bloudění toho, kdo bloudí a páchá hříchy, když vy jste správně vedeni a vyhýbáte se jim.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي في الكبرى وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, At-Thirmidhí, An-Nasáí v As-Sunan Al-Kubrá, Ibn Mádžah a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3470</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>„Tomu, kdo mi zaručí to, co je mezi jeho čelistmi a co je mezi jeho nohama, já zaručím ráj.”</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>‘Sahl Ibn Sa’ad (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo mi zaručí to, co je mezi jeho čelistmi a co je mezi jeho nohama, já zaručím ráj.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pokud muslim dodrží dvě věci, vstoupí do ráje:
 První: chránit jazyk před říkáním věcí, které hněvají Boha.
 Druhá: chránit pohlaví před cizoložstvím atd.
 Těmito dvěma částmi těla se totiž vykoná nejvíce hříchů.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Chránit svůj jazyk a pohlaví je cesta do ráje.
 V hadíthu je uveden speciálně jazyk a pohlaví, protože to jsou dva největší zdroje zkoušek pro člověka na tomto světě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3475</t>
   </si>
   <si>
-    <t>كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ،</t>
+    <t>كنت أغتسل أنا والنبي صلى الله عليه وسلم من إناء واحد كلانا جنب، وكان يأمرني، فأتزر، فيباشرني وأنا حائض،</t>
   </si>
   <si>
     <t>„Dělala jsem  velkou očistu (ghusl) s Prorokem (ať mu Bůh žehná a dá mír) z jedné nádoby a oba jsme byli znečištění. A nařizoval mi, abych si vzala spodky, a pak se mnou měl intimnosti, když jsem měla menstruaci,</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: كُنْتُ أَغْتَسِلُ أَنَا وَالنَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ إِنَاءٍ وَاحِدٍ كِلاَنَا جُنُبٌ، وَكَانَ يَأْمُرُنِي، فَأَتَّزِرُ، فَيُبَاشِرُنِي وَأَنَا حَائِضٌ، وَكَانَ يُخْرِجُ رَأْسَهُ إِلَيَّ وَهُوَ مُعْتَكِفٌ فَأَغْسِلُهُ وَأَنَا حَائِضٌ.</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen), vyprávěla: „Dělala jsem  velkou očistu (ghusl) s Prorokem (ať mu Bůh žehná a dá mír) z jedné nádoby a oba jsme byli znečištění. A nařizoval mi, abych si vzala spodky, a pak se mnou měl intimnosti, když jsem měla menstruaci, a když dělal ‘itikáf vystrčil hlavu ven (z mešity) a já mu ji myla, když jsem měla menstruaci."</t>
   </si>
   <si>
     <t>أَخْبَرَتْ عائشةُ أُمُّ المؤمنين رضي الله عنها عن بعض أحوالِها الخاصة معه صلى الله عليه وسلم، ومن ذلك: أنها كانت تغتسل من الجنابة معه صلى الله عليه وسلم مِن إناءٍ واحدٍ فيأخذان منه معًا. 
 وأنه صلى الله عليه وسلم إذا أراد إتيانَها وهي حائض أَمَرَها أَنْ تُغطي بدنَها مِن السُّرَّةِ إلى الركبة، فيباشرها بما دون الجماع. 
 وأنه صلى الله عليه وسلم كان يَعتكف في المسجد فيُخرِج رأسَه إلى عائشة فتغسله وهي في بيتها حائضٌ.</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen), popisovala některé situace mezi sebou a Prorokem (ať mu Bůh žehná a dá mír): že se myla společně s Prorokem (ať mu Bůh žehná a dá mír), když byli oba znečištění, a oba nabírali vodu z jedné nádoby. Že když Prorok (ať mu Bůh žehná a dá mír) s ní chtěl mít (během její menstruace) intimnosti, řekl jí, ať si zakryje místa od pupku po kolena, a pak spolu měli sex bez styku. A že když Prorok (ať mu Bůh žehná a dá mír) dělal ‘itikáf v mešitě, tak jen vystrčil hlavu a ‘Á'iša mu ji umyla, když měla menstruaci.</t>
   </si>
   <si>
     <t>جواز اغتسال الرجل وزوجتِه مِن إناءٍ واحد.
 جواز مباشرة الحائض فيما دون الفرج، وأنَّ بدنَها طاهر.
 استحباب لبسِها الإزارَ وقتَ المباشرة.
 اتخاذ الأسباب المانعة من الوقوع في المحرم.
 منع مُكْثِ الحائضِ في المسجد.
 إباحة مباشرتِها الأشياءَ رطبة أو يابسة، ومن ذلك غسل الشعر وترجيله.
 حسن عشرة النبي صلى الله عليه وسلم لأهله.</t>
   </si>
   <si>
     <t>Povolení, aby se manžel myl se svojí ženou ze společné nádoby.
 Povolení mít sex se ženou, která menstruuje, ale bez vaginálního styku, protože její tělo je čisté.
 Doporučení, aby při tom žena měla spodky.
 Brát důvody, které brání tomu, aby člověk spadnul do zakázaných věcí.
 Zákaz zdržování se v mešitách pro menstruující ženy.
 Povolení, aby se menstruující žena dotýkala suchých i mokrých věcí jako například mytí a úprava vlasů.
 Krásné chování   Proroka (ať mu Bůh žehná a dá mír) k jeho rodině.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3476</t>
   </si>
   <si>
-    <t>سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ</t>
+    <t>ستكون أمراء فتعرفون وتنكرون، فمن عرف برئ، ومن أنكر سلم، ولكن من رضي وتابع</t>
   </si>
   <si>
     <t>„Přijdou vládci, jejichž některé skutky poznáte a jiné odmítnete. Ten, kdo je pozná, bude očištěn a ten, kdo je odmítne bude zachráněn, ale ten, kdo s nimi bude souhlasit a následovat je…!</t>
   </si>
   <si>
     <t>عَنْ أُمِّ سَلَمَةَ أُمِّ المُؤمنين رضي الله عنها: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «سَتَكُونُ أُمَرَاءُ فَتَعْرِفُونَ وَتُنْكِرُونَ، فَمَنْ عَرَفَ بَرِئَ، وَمَنْ أَنْكَرَ سَلِمَ، وَلَكِنْ مَنْ رَضِيَ وَتَابَعَ» قَالُوا: أَفَلَا نُقَاتِلُهُمْ؟ قَالَ: «لَا، مَا صَلَّوْا».</t>
   </si>
   <si>
     <t>Matka věřících Um Salama (ať je s ní Bůh spokojen) vyprávěla, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Přijdou vládci, jejichž některé skutky poznáte a jiné odmítnete. Ten, kdo je pozná, bude očištěn a ten, kdo je odmítne bude zachráněn, ale ten, kdo s nimi bude souhlasit a následovat je…!” Řekli: „A nemáme proti nim bojovat?" A on řekl: „Ne, dokud se modlí.”</t>
   </si>
   <si>
     <t>أَخْبَرَ عليه الصلاة والسلام أنه يُولَّى علينا أمراء، نَعرف بعضَ أعمالِهم؛ لموافقتِها ما عُرِف من الشرع، ونُنْكر بعضَها؛ لمخالفتِه ذلك، 
 فمَن كَرِهَ بقلبِه المنكر ولم يَقدر على الإنكار؛ فقد برىء من الإثم والنفاق، 
 ومن قدر على الإنكار باليد أو باللسان فأنكر عليهم ذلك فقد سَلِم مِن المعصية والمشاركة فيها، 
 ولكنْ مَن رضي فِعْلَهم وتابَعَهم عليه يهلك كما هلكوا.
 ثم سألوا النبي صلى الله عليه وسلم: ألا نقاتل وُلاةَ الأمرِ الذين هذه صفتُهم؟ فنهاهم عن ذلك، وقال: لا، ما أقاموا فيكم الصلاة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil, že muslimům budou vládnout vládci, jejichž některé skutky poznáme, tzn. budou v souladu se šarí'ou, ale jiné odmítneme, protože budou v rozporu s tím, co nařídil Bůh. A ten, kdo tyto skutky bude nenávidět ve svém srdci, aniž by byl schopný je veřejně odmítnout, bude očištěn od hříchu a pokrytectví. A ten, kdo je bude schopen veřejně odmítnout, ať slovně nebo fyzicky, a udělá to, bude zachráněn před hříchem a před tím, aby s nimi měl něco společného. Ale ten, kdo bude s těmito skutky souhlasit a následovat je,  zahyne stejně jako tito vládci.
 Poté se Proroka (ať mu Bůh žehná a dá mír) zeptali: Nemáme proti těmto vládcům bojovat? Ale on to zakázal a řekl: Ne, dokud se budou modlit (a dodržovat mezi vámi modlitbu).</t>
   </si>
   <si>
     <t>من دلالات نبوة النبي صلى الله عليه وسلم إخباره عما سيقع من المغيبات ووقوعه كما أخبر.
 لا يجوز الرضا عن المنكر ولا المشاركة فيه، ويجب إنكاره.
 إذا أَحدَثَ الأمراءُ ما يُخَالف الشريعة فلا تجوز طاعتُهم في ذلك.
 عدم جواز الخروج على ولاة الأمر المسلمين؛ لما يَتَرَتَّب على ذلك مِن المَفسدةِ وسَفْكِ الدماء وذهابِ الأمن، فَتَحَمُّلُ مُنكرِ الولاةِ العصاة، والصبرُ على أذاهم أَهْوَنُ من ذلك.
 الصلاةُ شأنُها عظيمٌ، فهي الفارقة بين الكفر والإسلام.</t>
   </si>
   <si>
     <t>Mezi důkazy proroctví Proroka Muhammada (ať mu Bůh žehná a dá mír) je, že oznámil, co se stane v budoucnosti, a to, že se to opravdu stalo.
 Není povolené souhlasit se zavrženíhodnými věcmi ani je podporovat, naopak je povinné je odmítnout.
 Pokud vládci budou dělat něco, co je v rozporu se šarí'ou, je zakázané je v tom poslechnout.
 Zákaz vystoupit a bojovat proti muslimským vládcům, protože to vede k prolévání krve, ztrátě bezpečnosti a k většímu zlu, a tak je lépe strpět některé zavrženíhodné věci, které dělají, protože je v tom menší zlo.
 Modlitba má vysoké postavení, rozlišuje mezi nevírou a islámem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3481</t>
   </si>
   <si>
-    <t>بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ</t>
+    <t>بايعت رسول الله صلى الله عليه وسلم على شهادة أن لا إله إلا الله، وأن محمدا رسول الله، وإقام الصلاة، وإيتاء الزكاة، والسمع والطاعة، والنصح لكل مسلم</t>
   </si>
   <si>
     <t>„Zavázal jsem se Poslu Božímu (ať mu Bůh žehná a dá mír) k vyznání, že není boha kromě Boha a že Muhammad je posel Boží, dodržování modlitby, dávání almužny, poslouchání a poslušnosti a k tomu být prospěšným každému muslimovi</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِِ بْنِ عَبْدِ اللَّهِ رضي الله عنه قَالَ: بَايَعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى شَهَادَةِ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَإِقَامِ الصَّلاَةِ، وَإِيتَاءِ الزَّكَاةِ، وَالسَّمْعِ وَالطَّاعَةِ، وَالنُّصْحِ لِكُلِّ مُسْلِمٍ.</t>
   </si>
   <si>
     <t>Džarír Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl: „Zavázal jsem se Poslu Božímu (ať mu Bůh žehná a dá mír) k vyznání, že není boha kromě Boha a že Muhammad je posel Boží, dodržování modlitby, dávání almužny, poslouchání a poslušnosti a k tomu být prospěšným každému muslimovi."</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ جريرُ بنِ عبدِ الله رضي الله عنه أنه التزمَ وعاهَدَ النبيَّ صلى الله عليه وسلم على التوحيد وأداء الصلوات الخمس المفروضات في اليوم والليلة، بشروطها وأركانها وواجباتها وسننها، وعلى أداء الزكاة المكتوبة، وهي عبادة مالية واجبة، تؤخذ من الأغنياء وتعطى المستحقين مِن الفقراء وغيرهم، وعلى الطاعة لولاة الأمر، والنصح لكل مسلم، وذلك بالحرص على منفعته، وإيصال الخير إليه، ودفع الشر عنه بالقول والفعل.</t>
   </si>
   <si>
     <t>Druh Proroka Džarír Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že se zavázal Prorokovi (ať mu Bůh žehná a dá mír), že bude dodržovat víru v jediného Boha, pět povinných modliteb za den s jejich pilíři, podmínkami a doporučenými věcmi, povinnou almužnu, což je povinné majetkové uctívání, které se bere od bohatých a dává chudým, a že bude poslouchat panovníky a bude prospěšným každému muslimovi, a to tak, že se bude snažit o jeho prospěch, dobro a bude slovy i činy bránit všemu špatnému, co by se mu mohlo stát.</t>
   </si>
   <si>
     <t>أهمية الصلاة والزكاة، وهما من أركان الإسلام.
 أهمية النصح والتناصح بين المسلمين، حتى بايع رسول الله صلى الله عليه وسلم الصحابة رضي الله عنهم عليها.</t>
   </si>
   <si>
     <t>Důležitost modlitby a povinné almužny, které patří do pilířů islámu.
 Důležitost prospěšnosti a dobrých rad mezi muslimy, jak dokazuje to, že si na to bral Posel Boží (ať mu Bůh žehná a dá mír) závazek a slib od svých druhů (sahába - ať je s nimi Bůh spokojen).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3512</t>
   </si>
   <si>
-    <t>اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ</t>
+    <t>اتقوا الله ربكم، وصلوا خمسكم، وصوموا شهركم، وأدوا زكاة أموالكم، وأطيعوا ذا أمركم تدخلوا جنة ربكم</t>
   </si>
   <si>
     <t>„Bojte se svého Pána, modlete se svých pět (modliteb), postěte se svůj měsíc, dávejte almužnu ze svých majetků a poslouchejte svého panovníka a vstoupíte do ráje svého Pána .”</t>
   </si>
   <si>
     <t>عَن أَبِي أُمَامَةَ رضي الله عنه قَالَ: سَمِعْتَ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَخْطُبُ فِي حَجَّةِ الوَدَاعِ فَقَالَ: «اتَّقُوا اللَّهَ رَبَّكُمْ، وَصَلُّوا خَمْسَكُمْ، وَصُومُوا شَهْرَكُمْ، وَأَدُّوا زَكَاةَ أَمْوَالِكُمْ، وَأَطِيعُوا ذَا أَمْرِكُمْ تَدْخُلُوا جَنَّةَ رَبِّكُمْ».</t>
   </si>
   <si>
     <t>Abú Umáma (ať je s ním Bůh spokojen) řekl: „Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) kázat při Pouti na rozloučenou a řekl: „Bojte se svého Pána, modlete se svých pět (modliteb), postěte se svůj měsíc, dávejte almužnu ze svých majetků a poslouchejte svého panovníka a vstoupíte do ráje svého Pána .”"</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم يومَ عرفة، في حجة الوداع، سَنة عشر من الهجرة، وسُمِّيَت بذلك؛ لأنه صلى الله عليه وسلم ودَّع الناس فيها،
 وأمر النَّاس جميعًا أن يتقوا ربَّهم بامتثال أوامره واجتناب نواهيه. 
 وأن يُصلُّوا الصلوات الخمس التي فَرَضَها الله عز وجل في اليوم والليلة. 
 وأن يصوموا شهر رمضان. 
 وأن يُعطوا زكاة الأموال إلى مستحقيها ولا يبخلوا بها. 
 وأن يطيعوا من جعلهم الله أمراء عليهم، في غير معصية الله، 
 فمن فعل هذه الأشياء المذكورة فثوابُه دخول الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) kázal v den ‘Arafa v roce 10 hidžry, při Pouti na rozloučenou - tak byla pojmenována, protože Prorok (ať mu Bůh žehná a dá mír) se při ní rozloučil s lidmi - a nařídil všem lidem, aby uctívali svého Pána tím, že budou dodržovat Jeho příkazy a vyhýbat se Jeho zákazům. A aby se modlili pět modliteb za den a noc, které nařídil Bůh, postili se v měsíci Ramadánu, dávali almužnu ze svých majetků tomu, komu náleží, a nebyli lakomí. A aby poslouchali toho, koho jim Bůh vybral jako panovníka, pokud v tom není hřích proti Bohu. A odměnou toho, kdo dělá všechny tyto věci, bude, že vstoupí do ráje.</t>
   </si>
   <si>
     <t>هذه الأعمال من أسباب دخول الجنة.</t>
   </si>
   <si>
     <t>Tyto činy jsou příčinou vstoupení do ráje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3520</t>
   </si>
   <si>
-    <t>لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ</t>
+    <t>لا يقبل الله صلاة أحدكم إذا أحدث حتى يتوضأ</t>
   </si>
   <si>
     <t>„Bůh nepřijme modlitbu toho, kdo se znečistí, dokud neudělá malou očistu (wudu).”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «لَا يَقْبَلُ اللهُ صَلَاةَ أَحَدِكُمْ إِذَا أَحْدَثَ حَتَّى يَتَوَضَّأَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Bůh nepřijme modlitbu toho, kdo se znečistí, dokud neudělá malou očistu (wudu).”</t>
   </si>
   <si>
     <t>بَيّنَ النبيُّ صلى الله عليه وسلم أنَّ مِن شروط صِحةِ الصلاةِ: الطهارةُ، فيَجبُ على مَن أرادَ الصلاةَ أنْ يتوضأ إنْ كان قد حصل منه ناقِضٌ من نواقض الوضوء؛ كالغائط أو البول أو النوم أو غيرِها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že mezi podmínky platnosti modlitby patří očista a je povinné, aby ten, kdo se chce modlit, byl očištěn, pokud se jeho očista nějakým způsobem poruší, například po stolici, močení, spánku atd.</t>
   </si>
   <si>
     <t>صلاةُ المُحْدِثِ لا تُقبل حتى يتطهرَ بالغسل من الحَدَث الأكبر وبالوضوء من الأصغر.
 الوضوء هو أَخْذُ ماءٍ وإدارته في الفم وإخراجه، ثم سحب الماء بنَفَسه إلى باطن أنفه، ثم إخراجه ونثره، ثم غسل وجهه ثلاث مرات، ثم غسل يديه مع المرفقين ثلاثًا، ثم مسح جميع رأسه مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا.</t>
   </si>
   <si>
     <t>Modlitba znečištěného člověka není přijata, musí nejdříve udělat velkou očistu (ghusl), pokud je znečištěn velkým znečištěním, nebo malou očistu (wudu), pokud je znečištěn malým znečištěním.
 Malá očista (wudu) se dělá tak, že si člověk umyje ruce, vypláchne si třikrát ústa a nos, poté si třikrát umyje obličej, poté si třikrát umyje ruce včetně loktů, poté si jednou přetře celou hlavu a nakonec si třikrát umyje nohy až po kotníky (včetně kotníků).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3534</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>„Pokud člověk onemocní nebo je na cestách, dostane se mu stejné (odměny) za činy, které by dělal, kdyby byl zdráv nebo necestoval.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>Abú Musá al-Aš’arí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud člověk onemocní nebo je na cestách, dostane se mu stejné (odměny) za činy, které by dělal, kdyby byl zdráv nebo necestoval.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) mluví o Božím milosrdenství a milosti. Pokud má muslim ve zvyku dělat nějaké dobré skutky, když nikam necestuje a je zdravý, ale pak onemocní a není schopný to dělat nebo odcestuje a nemůže to vykonat, bude mu zapsána stejná odměna za tento skutek, i když ho neudělal.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Velká Boží milost k Jeho služebníkům.
 Nabádání ke snaze konat co nejvíce dobrých skutků a využít svého zdraví a volného času ke konání dobrých skutků.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>„Nejlepší připomínání Boha (dhikr) je „lá illáha illa lláh" (není boha kromě Boha) a nejlepší dua je alhamdulilláh (chvála Bohu).”</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>Džábir (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Nejlepší připomínání Boha (dhikr) je „lá illáha illa lláh" (není boha kromě Boha) a nejlepší dua je alhamdulilláh (chvála Bohu).”</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejlepší připomínání Boha (dhikr) jsou slova lá illáha illa lláh (není boha kromě Boha), což znamená, že jediný, kdo si skutečně zaslouží uctívat, je Bůh. A nejlepší dua jsou slova alhamdulilláh (chvála Bohu), což je uznání toho, že jediný, kdo obdarovává, je Bůh, kterému patří všechny krásné a dokonalé vlastnosti.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Nabádání k připomínání si Boha (dhikr) slovy o Jeho jedinosti a dělání dua chválením.</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[Zaznamenal ho At-Thirmidhí, An-Nasáí v As-Sunan Al-Kubrá a Ibn Mádžah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3567</t>
   </si>
   <si>
-    <t>أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟</t>
+    <t>ألا أدلكم على ما يمحو الله به الخطايا، ويرفع به الدرجات؟</t>
   </si>
   <si>
     <t>„Mám vám ukázat to, čím Bůh maže hříchy a zvyšuje stupně ?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلَا أَدُلُّكُمْ عَلَى مَا يَمْحُو اللهُ بِهِ الْخَطَايَا، وَيَرْفَعُ بِهِ الدَّرَجَاتِ؟» قَالُوا بَلَى يَا رَسُولَ اللهِ قَالَ: «إِسْبَاغُ الْوُضُوءِ عَلَى الْمَكَارِهِ، وَكَثْرَةُ الْخُطَا إِلَى الْمَسَاجِدِ، وَانْتِظَارُ الصَّلَاةِ بَعْدَ الصَّلَاةِ، فَذَلِكُمُ الرِّبَاطُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Mám vám ukázat to, čím Bůh maže hříchy a zvyšuje stupně ?” Řekli: „Ano, Posle Boží." Řekl: „Dokonalé vykonání malé očisty (wudu) i přes těžkosti, mnoho kroků do mešity a čekání na modlitby po modlitbě, to je vaše pevnost (ar-ribát).”</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه هل يُريدون أنْ يدلَّهم على أعمال تكون سببًا في مغفرة الذنوب، ومحوها من كُتب الحفظة، وعلو المنازل في الجنة؟ 
 قال الصحابة: نعم نريد ذلك. قال: 
 الأول: استيعاب وإتمام الوضوء على مشقة؛ كَبردٍ، وقلة ماء، وألم جسم، وماء حار. 
 الثاني: كثرة الخُطا -وهي ما بين القدمين- إلى المساجد ببعد الدار، وكثرة التكرار. 
 الثالث: انتظار وقت الصلاة، وتعلُّق القلب بها، والتأهب لها، والجلوس لها في المسجد لانتظار الجماعة، فإذا صلاها انتظر في مصلاه صلاةً أخرى. 
 ثم بيَّنَ صلى الله عليه وسلم أنَّ هذه الأمور هي المرابطة الحقيقية؛ لأنها تسد طرق الشيطان على النفس، وتقهر الهوى، وتمنعها من قبول الوساوس، فيغلب بها حزبُ الله جنودَ الشيطان؛ وذلك هو الجهاد الأكبر، فكانت بمنزلة الرباط على ثغر العدو.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) se zeptal svých druhů, zda chtějí, aby jim ukázal skutky, které jsou příčinou odpuštění hříchů a jejich smazání ze zápisu těch, kteří zapisují, a příčinou vysokého postavení v ráji?
 A jeho druhové řekli: Ano, chceme. A on řekl:
 První: dokonale provedená malá očista i přes obtíže, jako je zima, nedostatek vody, bolest těla, horká voda atd.
 Druhý: udělat do mešity mnoho kroků tím, že člověk bydlí daleko a často tam chodí.
 Třetí: čekat na čas modlitby a mít k ní připoutané srdce, připravit se na ni a sedět v mešitě kvůli čekání na skupinovou modlitbu a když se pomodlí čekat na stejném místě na další modlitbu.
 Poté Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že tyto věci jsou skutečné obranné vojsko, protože uzavírají cesty satanovi, aby se dostal k duši nebo zvítězily touhy, a zabraňují jí přijmout našeptávání satana, a tak zvítězí strana Boží nad vojáky satanů. To je největší džihád, a proto má stejné postavení jako opevnění před nepřáteli.</t>
   </si>
   <si>
     <t>أهمية المحافظة على صلاة الجماعة في المسجد، والاهتمام بالصلوات وعدم التشاغل عنها.
 حسن عرض النبي صلى الله عليه وسلم وتشويقه لأصحابه حيث بدأهم بثواب عظيم على طريقة السؤال، وهذه طريقة من طرق التعليم.
 فائدة عرض المسألة بالسؤال والجواب: أن يكون الكلام أوقع في النفس بحكم الإبهام والتبيين.
 قال النووي رحمه الله: فذلكم الرباط أي: الرباط المرغَّب فيه، وأصل الرباط الحبس على الشيء، كأنه حبس نفسه على هذه الطاعة، وقيل: إنه أفضل الرباط كما قيل: الجهاد جهاد النفس، ويحتمل أنه الرباط المتيسر الممكن، أي: إنه من أنواع الرباط.
 كررت كلمة "الرباط" وعرفت ب(ال) التعريف؛ ذلك تعظيمٌ لشأن هذه الأعمال.</t>
   </si>
   <si>
     <t>Důležitost dodržování společné modlitby v mešitě a starost o modlitby a nezanedbávat je.
 Krásný způsob Proroka (ať mu Bůh žehná a dá mír) jak vysvětlit a nadchnout své druhy pro věci tím, že začal velkou odměnou a otázkou, což je jeden ze způsobů vyučování.
 Prospěch ukázání nějakého tématu jako otázky a odpovědi je, že  tato věc má pak na člověka větší účinek, když jde o nejasnost a pak její vyjasnění.
 An-Nawawí (ať se nad ním Bůh smiluje) řekl: „'To je vaše pevnost (ar-ribát)' znamená pevnost, ke které je nabádáno. Základním významem slova pevnost je uzavření se v něčem, tzn. jako by se uzavřel pouze v těchto dobrých skutcích. A říká se, že je to nejlepší opevnění, jako se říká, že džihádem je džihád (boj) sám se sebou. A je možné, že se tím myslí jednoduché možné opevnění, tj. že to patří pod nějaký druh opevnění (ar-ribát)."
 Slovo „ar-ribát” je zopakováno a má určitý člen (al) kvůli velkoleposti těchto skutků.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3574</t>
   </si>
   <si>
-    <t>أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ</t>
+    <t>ألا أنبئكم بخير أعمالكم، وأزكاها عند مليككم، وأرفعها في درجاتكم</t>
   </si>
   <si>
     <t>„Nemám vám říci o nejlepších skutcích, nejčistších u vašeho Pána, nejvíce povyšujících vaše stupně,</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَلاَ أُنَبِّئُكُمْ بِخَيْرِ أَعْمَالِكُمْ، وَأَزْكَاهَا عِنْدَ مَلِيكِكُمْ، وَأَرْفَعِهَا فِي دَرَجَاتِكُمْ وَخَيْرٌ لَكُمْ مِنْ إِنْفَاقِ الذَّهَبِ وَالوَرِقِ، وَخَيْرٌ لَكُمْ مِنْ أَنْ تَلْقَوْا عَدُوَّكُمْ فَتَضْرِبُوا أَعْنَاقَهُمْ وَيَضْرِبُوا أَعْنَاقَكُمْ؟» قَالُوا: بَلَى. قَالَ: «ذِكْرُ اللهِ تَعَالَى».</t>
   </si>
   <si>
     <t>Abú Ad-Dardá’ (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nemám vám říci o nejlepších skutcích, nejčistších u vašeho Pána, nejvíce povyšujících vaše stupně, pro vás lepších než dávání zlata a stříbra a pro vás lepších, než kdybyste potkali nepřátele a pobili jste je a oni pobili vás?” Řekli: „Ano." Řekl: „Vzpomínání Boha (dhikr).”</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابَه:
 هل تريدون أن أخبركم وأعلمكم بأفضل أعمالكم وأشرفها وأنماها وأطهرها وأنقاها عند الله المالك عز وجل؟
 وأرفعها في منازلكم في الجنة؟ 
 وخير لكم من التصدُّق بالذهب والفضة؟ 
 وخير لكم من أن تَلْقَوا الكفارَ للقتال، فتضربُوا أعناقَهم، ويضربوا أعناقَكم؟ 
 قال الصحابة: نعم نريد ذلك. 
 قال صلى الله عليه وسلم: ذكر الله تعالى في كل الأوقات وعلى جميع الهيئات والحالات.</t>
   </si>
   <si>
-    <t>Prorok (ať mu Bůh žehná a dá mír) se zeptal svých druhů: „
-Chcete, abych vám řekl a naučil vás nejlepší, nejctihodnější a nejčistší dobré skutky u Boha, Pána? “
+    <t>Prorok (ať mu Bůh žehná a dá mír) se zeptal svých druhů:
+Chcete, abych vám řekl a naučil vás nejlepší, nejctihodnější a nejčistší dobré skutky u Boha, Pána?
 A které vám nejvíce zvyšují vaše postavení v ráji?
 A které jsou pro vás lepší než rozdávání zlata a stříbra?
 A pro vás lepší než kdybyste potkali nepřátele a pobili jste je a oni pobili vás?
 A jeho druhové řekli: Ano, chceme.
 A Prorok (ať mu Bůh žehná a dá mír) řekl: Vzpomínání Všemohoucího Boha (dhikr) v každý čas, za každé situace a v jakémkoliv stavu.</t>
   </si>
   <si>
     <t>أن المداومة على ذكر الله تعالى ظاهرًا وباطنًا من أعظم القُرَب، وأنفعها عند الله تعالى.
 جميع الأعمال إنما شُرعت لإقامة ذكر الله تعالى، قال الله تعالى: (وَأَقِمِ الصَّلَاةَ لِذِكْرِي). وقال صلى الله عليه وسلم: إنَّما جُعل الطَّوافُ بالبيت وبين الصَّفا والمروة ورمي الجمار لإقامة ذكر الله تعالى. رواه أبو داود والترمذي.
 قال العز بن عبدالسلام في قواعده: هذا الحديث مما يدل على أن الثواب لا يترتب على قدر النَّصَب في جميع العبادات بل قد يأجر الله تعالى على قليل الأعمال أكثرَ مما يأجر على كثيرها، فالثواب يترتب على تفاوت الرتب في الشرف.
 قال المناوي في فيض القدير: هذا الحديث محمول على أن الذكر كان أفضل للمخاطبين به، ولو خوطب به شُجاع بَاسل حصل به نفع الإسلام في القتال لقيل له الجهاد، أو الغني الذي ينتفع به الفقراء بماله قيل له الصدقة، والقادر على الحج قيل له الحج، أو من له أبوان قيل له برهما، وبه يحصل التوفيق بين الأخبار.
 أكمل الذكر ما نطق به اللسانُ مع تدبُّر القلب، ثم ما كان بالقلب وحده كالتفكر، ثم ما كان باللسان وحده، وفي كلٍّ أجرٌ إن شاء الله تعالى.
 التزام المسلم بالأذكار المتعلقة بالأحوال كأذكار الصباح والمساء، ودخول المسجد والبيت والخلاء والخروج منها... وغير ذلك يجعله من الذاكرين الله كثيرًا.</t>
   </si>
   <si>
     <t>Pravidelné vzpomínání Boha (dhikr) vnitřně i zevně patří do nejvelkolepějších věcí, které přibližují k Bohu a jsou u Boha nejzáslužnější.
 Všechny dobré skutky byly nařízeny kvůli vzpomínání Boha (dhikr). Pravil Všemohoucí Bůh: {a modlitbu konej, na Mne
 vzpomínaje!}. A Prorok (ať mu Bůh žehná a dá mír) řekl: Obcházet Ka'abu a As-Safá a Al-Marwa a kamenovat (při pouti) bylo nařízeno kvůli připomínání si Boha (dhikr). Zaznamenal to Abú Dáwúd a At-Thirmidhí.
 Al'iz Ibn ‘Abdussalám rve své knize Al-Qawáid řekl: Tento hadíth dokazuje, že odměna ve věcech uctívání není posuzována podle velikosti úsilí, ale Bůh může dát za málo dobrých skutků větší odměnu než za mnoho dobrých skutků, a tak je odměna posuzována podle rozdílnosti postavení a zásluhy dobrého skutku.
 Al-Munáwí ve své knize Fajd al-qadír řekl: Tento hadíth je vyložen tak, že dhikr je nejlepším pro ty, kdo jsou jím osloveni, a pokud by jím byl osloven statečný a udatný člověk, který prospívá islámu bojem, bylo by mu řečeno (že nejlepším je) džihád, nebo bohatý, který prospívá chudým svým majetkem, bylo by mu řečeno almužna, nebo ten, kdo je schopný vykonat velkou pouť, bylo by mu řečeno velká pouť, nebo ten, který má oba rodiče, bylo by mu řečeno dobré chování k rodičům, a tímto dojde k souladu mezi všemi hadíthy.
 Nejdokonalejším dhikrem je to, co člověk vysloví slovy a přemýšlí nad tím srdcem, poté to, nad čím pouze přemýšlí srdcem, a poté to, co pouze vyslovuje jazykem, a ve všech těchto druzích je Boží odměna, dá-li Bůh.
 Tím, že muslim dodržuje dhikry, které jsou spojené s nějakým stavem, jako ranní a večerní dhikry, při vstupu do mešity, na wc, odchod z nich atd., činí ho to jedním z těch, kteří hodně vzpomínají Boha.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho At-Thirmidhí, Ibn Mádžah a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3575</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>„Ráj je člověku blíže než tkanička jeho boty a oheň také.”</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>Ibn Mas’úd (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Ráj je člověku blíže než tkanička jeho boty a oheň také.”</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ráj a oheň jsou člověku tak blízko jako  tkanička (nebo podrážka) jeho boty, protože buď dělá dobrý skutek, za který půjde do ráje, nebo hřeší a půjde do ohně.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Nabádání k dělání dobra, i kdyby ho bylo málo, a varování před tím činit zlo, i kdyby ho bylo jen málo.
 V životě muslima musí být jak naděje v milosrdenství Boží, tak strach před ohněm, a měl by neustále prosit Boha, aby ho upevnil v pravdě, aby z ní nesešel a aby na sebe nebyl pyšný.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>„Siwák je čistota úst a spokojenost Boha.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Siwák je čistota úst a spokojenost Boha.”</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že čištění zubů pomocí speciálního klacíku nebo kořene ze stromu arak (salvadora perská) čistí celá ústa od nečistot a pachů. A také je to příčinou spokojenosti Boha s Jeho služebníkem, protože je to poslouchání Boha v tom, co nařídil, a protože Bůh má rád čistotu.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Odměna za použití siwáku a Prorok (ať mu Bůh žehná a dá mír) také nabádal k jeho častému používání.
 Nejlepší je používání klacíku nebo kořene ze stromu arak (salvadora perská), ale pokud ho člověk nemá, může místo něj použít i kartáček a pastu na zuby.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho An-Nasáí a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>„Pět denních modliteb a od páteční modlitby do páteční modlitby a od ramadánu do ramadánu - hříchy mezi nimi jsou odpuštěny, pokud člověk neudělá velký hřích.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pět denních modliteb a od páteční modlitby do páteční modlitby a od ramadánu do ramadánu - hříchy mezi nimi jsou odpuštěny, pokud člověk neudělá velký hřích.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že v době mezi pěti denními modlitbami, od páteční modlitby do páteční modlitby a od ramadánu do ramadánu jsou člověku odpuštěny hříchy za podmínky, že se vyhne velkým hříchům. Velké hříchy jako cizoložství, pití alkoholu atd. lze totiž odpustit, pouze pokud se z nich člověk kaje.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>Hříchy jsou buď malé, nebo velké.
 Podmínka odpuštění malých hříchů je vyvarování se velkých.
 Velké hříchy jsou ty, za které následuje na tomto světě trest, nebo je důkaz o jejich trestu v budoucím životě nebo bylo řečeno, že se kvůli nim Bůh hněvá nebo že proklel toho, kdo je dělá. Patří mezi ně například cizoložství a pití alkoholu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>„Předávejte, co jsem řekl, i kdyby to měl být jen jeden verš, a není hříchem mluvit o tom, co vyprávěly děti Izraele, a ten, kdo o mně bude úmyslně lhát, bude mít své místo v ohni.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Předávejte, co jsem řekl, i kdyby to měl být jen jeden verš, a není hříchem mluvit o tom, co vyprávěly děti Izraele, a ten, kdo o mně bude úmyslně lhát, bude mít své místo v ohni.”</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil rozšiřovat vědění, které je v Koránu a sunně, i kdyby to byla jen malá část, jako jeden verš z Koránu nebo jeden hadíth, s podmínkou, že ten, kdo to rozšiřuje, tomu rozumí. Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že nevadí vyprávět, co říkali Izraelité o tom, co se jim stalo, o svých prorocích atd., pokud to není v rozporu s islámem. Nakonec varoval před tím, aby se o něm lhalo, a pokud si o něm někdo něco záměrně vymyslí, dostane se mu příbytku v ohni.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Nabádání k rozšiřování Božího zákona a že by člověk měl předat to, co se naučil a čemu rozumí, i kdyby toho bylo málo.
 Je povinné studovat islámské vědy, aby člověk mohl správně uctívat Boha a aby mohl správným způsobem předávat a rozšiřovat islám.
 Povinnost zjistit si správnost hadíthů dříve, než je člověk začne předávat dále, aby si nezasloužil výše uvedený trest.
 Nabádání k pravdomluvnosti a dávání si pozor na to, co člověk říká, aby neupadl do lži, zvláště co se týče Boha a Jeho nařízení.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3686</t>
   </si>
   <si>
-    <t>دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ</t>
+    <t>دلني على عمل إذا عملته دخلت الجنة، قال: تعبد الله لا تشرك به شيئا، وتقيم الصلاة المكتوبة، وتؤدي الزكاة المفروضة، وتصوم رمضان</t>
   </si>
   <si>
     <t>„Ukaž mi nějaké skutky, které když udělám, vstoupím do ráje," a on mu odpověděl: „Uctívej Boha a nic k Němu nepřidružuj, dodržuj povinnou modlitbu, dávej povinnou almužnu a posti se v měsíci Ramadánu.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ أَعْرَابِيًّا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ دَخَلْتُ الجَنَّةَ، قَالَ: «تَعْبُدُ اللَّهَ لاَ تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ المَكْتُوبَةَ، وَتُؤَدِّي الزَّكَاةَ المَفْرُوضَةَ، وَتَصُومُ رَمَضَانَ» قَالَ: وَالَّذِي نَفْسِي بِيَدِهِ لاَ أَزِيدُ عَلَى هَذَا، فَلَمَّا وَلَّى قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَرَّهُ أَنْ يَنْظُرَ إِلَى رَجُلٍ مِنْ أَهْلِ الجَنَّةِ، فَلْيَنْظُرْ إِلَى هَذَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že jeden beduín přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: „Ukaž mi nějaké skutky, které když udělám, vstoupím do ráje," a on mu odpověděl: „Uctívej Boha a nic k Němu nepřidružuj, dodržuj povinnou modlitbu, dávej povinnou almužnu a posti se v měsíci Ramadánu.” A on řekl: „Při Tom, v Jehož rukou je má duše, nic k tomu nepřidám," a když odešel, Prorok (ať mu Bůh žehná a dá mír) řekl: „Koho potěší podívat se na muže z obyvatel ráje, ať se podívá na tohoto.”</t>
   </si>
   <si>
     <t>قَدِمَ رجلٌ مِن أهلِ الباديةِ على النبيِّ صلى الله عليه وسلم لِيَدُلَّه على عَملٍ يُدخله الجنة، 
 فأجابه النبي صلى الله عليه وسلم بأنَّ دخول الجنة والنجاة من النار يَتَوَقَّفانِ على أداء أركان الإسلام، من عبادة الله وحده، وأن لا تشرك به شيئًا. 
 وتقيم الصلوات الخمس التي أوجبها الله على عباده في كل يوم وليلة. 
 وتعطي زكاة المال التي أوجبها الله عليك، وتدفعها لمستحقها. 
 وتحافظ على صيام شهر رمضان في وقته. 
 قال الرجل والذي نفسي بيده لا أزيد على العمل المفروض الذي سمعته منك شيئًا من الطاعات، ولا أنقص منه. 
 فلما انصرف قال النبي صلى الله عليه وسلم: 
 مَن سرَّه أن يَنظرَ إلى رجل من أهل الجنة فلينظر إلى هذا الأعرابي.</t>
   </si>
   <si>
     <t>Jeden beduín přišel k Prorokovi (ať mu Bůh žehná a dá mír), aby mu ukázal nějaký skutek, díky kterému vstoupí do ráje. A Prorok (ať mu Bůh žehná a dá mír) mu řekl, že vstoupení do ráje a záchrana před ohněm stojí na dodržování pilířů islámu, tj. uctívat jediného Boha a nic k Němu nepřidružovat, modlit se pravidelně pět modliteb, které Bůh nařídil Svým služebníkům každý den a noc, dávat almužnu z majetku, kterou Bůh nařídil a která se dává potřebným, a dodržovat půst v měsíci Ramadánu. A muž řekl: Při Tom, v Jehož rukou je má duše, nic z uctívání k těmto činům, které jsem od tebe slyšel, nepřidám a ani nic neuberu. A když odešel, Prorok (ať mu Bůh žehná a dá mír) řekl: Koho potěší podívat se na muže z obyvatel ráje, ať se podívá na tohoto beduína.</t>
   </si>
   <si>
     <t>توحيد الله تعالى بالعبادة أول ما يُبدأ به في الدعوة إلى الله.
 الاكتفاء بتعليم الواجبات على مَن كان حديثَ عهدٍ بإسلام.
 الدعوة إلى الله تعالى لا بُد فيها من التدرُّج.
 حرص الرجل على تَعلُّم أمر دينه.
 إذا اقتصر المسلم على الواجبات فإنه يفلح، ولكن لا يعني هذا التساهل بالتطوعات؛ لأن التطوع يُكمل به النقص بالفرائض.
 تخصيص بعض العبادات بالذكر دليل على أهميتها والحض عليها، ولا يعني عدم وجوب غيرها.</t>
   </si>
   <si>
     <t>Uctívání jediného Boha je první, s čím se má vyzývat k Bohu.
 Pokud je někdo nový v islámu, stačí ho naučit pouze povinné věci.
 Vyzývání k Bohu musí být postupné.
 Snaha tohoto muže naučit se povinnosti svého náboženství.
 Pokud muslim dodržuje pouze povinnosti, bude i tak blaženým, což ale neznamená brát uctívání na lehkou váhu, protože doporučené činy doplňují nedostatky povinných činů.
 To, že jsou v tomto hadíthu zmíněny jen některé povinnosti, ukazuje, že jsou důležité a jsme velmi nabádáni je dodržovat, ale neznamená to, že nic jiného už není povinné.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3689</t>
   </si>
   <si>
-    <t>أَفْلَحَ إِنْ صَدَقَ</t>
+    <t>أفلح إن صدق</t>
   </si>
   <si>
     <t>„Bude blažený, pokud říkal pravdu.“</t>
   </si>
   <si>
     <t>عَنْ طَلْحَةَ بْنِ عُبَيْدِ اللهِ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ أَهْلِ نَجْدٍ ثَائِرُ الرَّأْسِ، نَسْمَعُ دَوِيَّ صَوْتِهِ، وَلَا نَفْقَهُ مَا يَقُولُ حَتَّى دَنَا مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَإِذَا هُوَ يَسْأَلُ عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَمْسُ صَلَوَاتٍ فِي الْيَوْمِ وَاللَّيْلَةِ» فَقَالَ: هَلْ عَلَيَّ غَيْرُهُنَّ؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ، وَصِيَامُ شَهْرِ رَمَضَانَ»، فَقَالَ: هَلْ عَلَيَّ غَيْرُهُ؟ فَقَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، وَذَكَرَ لَهُ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الزَّكَاةَ، فَقَالَ: هَلْ عَلَيَّ غَيْرُهَا؟ قَالَ: «لَا، إِلَّا أَنْ تَطَّوَّعَ»، قَالَ: فَأَدْبَرَ الرَّجُلُ، وَهُوَ يَقُولُ: وَاللهِ، لَا أَزِيدُ عَلَى هَذَا، وَلَا أَنْقُصُ مِنْهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَفْلَحَ إِنْ صَدَقَ».</t>
   </si>
   <si>
     <t>Talha Ibn ‘Ubajdilláh (ať je s ním Bůh spokojen) vyprávěl: „Jeden muž přišel k Poslu Božímu (ať mu Bůh žehná a dá mír) z Nadždu s rozcuchanými vlasy, slyšeli jsme jeho vysoký hlas, ale nechápali, co říká, dokud jsme se nepřiblížili k Poslu Božímu (ať mu Bůh žehná a dá mír) a nezjistili jsme, že se ptá na islám
  A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pět  modliteb za den a noc.” A on řekl: „A musím se modlit jiné?" A řekl: „Ne, leda bys chtěl něco navíc. A půst v měsíci ramadánu.” A on (muž) řekl: „A musím i jiný?" A řekl: „Ne, leda bys chtěl něco navíc.” A poté Posel Boží (ať mu Bůh žehná a dá mír) zmínil povinnou almužnu (zakát). A on řekl: „A musím ještě jinou?" Řekl: „Ne, leda bys chtěl něco navíc.” A muž odešel a říkal: „Při Bohu, nic k tomu nepřidám ani nic neuberu." A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bude blažený, pokud říkal pravdu.“</t>
   </si>
   <si>
     <t>جاء رجلٌ من أهل نَجْدٍ إلى النبي صلى الله عليه وسلم وكان شعره مُنْتَفِشًا، وصوته مرتفعًا، ولا يُفقه ما يقول، حتى اقترب من النبي صلى الله عليه وسلم، فسأل عن فرائض الإسلام؟ 
 فبدأ النبيُّ صلى الله عليه وسلم بالصلاة، وأخبره أنَّ الله قد افترض عليه خمسَ صلوات في كل يوم وليلة.
 فقال: هل يلزمني شيء من الصلوات غير هذه الخَمس؟ 
 فقال: لا، إلا إذا تطوَّعت من صلوات النوافل. 
 ثم قال صلى الله عليه وسلم: ومما أوجبه الله عليك صوم شهر رمضان.
 فقال الرجل: هل يلزمني شيء من الصيام غير صوم رمضان؟ 
 فقال: لا، إلا أن تتطوّع بصوم. 
 ثم ذكر له صلى الله عليه وسلم الزكاة.
 فقال الرجل: هل يلزمني شيء من الصدقات بعد زكاة الفرض؟ 
 قال: لا، إلا أن تتطوّع. 
 وبعد أن سمع الرجل من النبي صلى الله عليه وسلم هذه الفرائض ولّى مدبرًا وأقسم بالله تعالى أنه سيلتزم بها من غير زيادة ولا نقصان، فقال صلى الله عليه وسلم على إثر ذلك: إذا صَدَقَ الرجل على ما حَلفَ عليه فإنه يكون من المُفلحين.</t>
   </si>
   <si>
@@ -4632,1113 +4632,1526 @@
   </si>
   <si>
     <t>سماحةُ الشريعة الإسلامية وتيسيرها على المكلفين.
 حسن معاملته صلى الله عليه وسلم لهذا الرجل، فقد مَكَّنَه من الاقتراب منه وسؤاله.
 البدء في الدعوة إلى الله تعالى بالأهم فالأهم.
 الإسلام عقيدة وعمل، فلا ينفع عمل من غير إيمان، ولا ينفع إيمان من غير عمل.
 أهمية هذه الأعمال وأنها من أركان الإسلام.
 صلاة الجمعة داخلة في الصلوات الخمس الواجبة؛ لأنها بدلًا عن صلاة ظهر يوم الجمعة لمن وجبت عليه.
 بدأ النبيُّ صلى الله عليه وسلم تعليمه بآكد فرائض الإسلام وهي أركانه بعد الشهادتين؛ لأنه كان مسلمًا، ولم يذكر الحج؛ لأنه قبل فرضهِ، أو لأنه لم يأتِ وقته.
 الإنسان إذا اقتصر على الواجب في الشرع فإنه مُفلح، ولكن لا يعني هذا أنه لا يُسن أن يأتي بالتطوع؛ لأن التطوع تكمل به الفرائض يوم القيامة.</t>
   </si>
   <si>
     <t>Snadnost islámského zákona a jeho jednoduchost pro všechny pověřené jeho povinností.
 Krásné chování Proroka (ať mu Bůh žehná a dá mír) k tomuto muži, kdy mu dovolil, aby se k němu přiblížil a zeptal se ho.
 Začínat s výzvou k Bohu tím nejdůležitějším.
 Islám je věrouka a činy, činy bez víry jsou nedostatečné a víra bez činů také.
 Důležitost těchto skutků a že patří k pilířům islámu.
 Páteční modlitba spadá do pěti povinných modliteb, protože je v pátek místo modlitby zuhr pro toho, pro koho je povinná.
 Prorok (ať mu Bůh žehná a dá mír) začal s vyučováním nejdůležitějších povinností islámu, což jsou jeho pilíře, kromě vyznání víry, protože tento muž byl již muslimem. A nezmínil pouť, protože to bylo před tím, než byla nařízena, nebo protože nepřišel její čas.
 Pokud se člověk omezí jen na povinnosti v islámském zákonu, je blažený. To ale neznamená, že není doporučené, aby konal navíc dobré skutky, protože tyto dobré skutky v soudný den doplňují povinnosti</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3700</t>
   </si>
   <si>
-    <t>مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ</t>
+    <t>ما يصيب المسلم من نصب ولا وصب ولا هم ولا حزن ولا أذى ولا غم حتى الشوكة يشاكها إلا كفر الله بها من خطاياه</t>
   </si>
   <si>
     <t>„Muslimovi se nestanou žádné těžkosti, nemoci, smutek, trápení, neštěstí, žal ani se nepíchne o trn, aniž by mu za to Bůh smazal nějaké hříchy.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ وَعَنْ أَبِي هُرَيْرَةَ رضي الله عنهما عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «مَا يُصِيبُ الْمُسْلِمَ مِنْ نَصَبٍ وَلَا وَصَبٍ وَلَا هَمٍّ وَلَا حُزْنٍ وَلَا أَذًى وَلَا غَمٍّ حَتَّى الشَّوْكَةِ يُشَاكُهَا إِلَّا كَفَّرَ اللهُ بِهَا مِنْ خَطَايَاهُ».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí a Abú Hurajra (ať je s nimi Bůh spokojen) vyprávěli, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Muslimovi se nestanou žádné těžkosti, nemoci, smutek, trápení, neštěstí, žal ani se nepíchne o trn, aniž by mu za to Bůh smazal nějaké hříchy.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ ما يُصاب به المسلمُ مِن أمراضٍ وهمومٍ وأحزانٍ وكروبٍ ومصائبَ وشدائدَ وخوفٍ وجوعٍ -حتى لو كانت شوكة تُصيبه فَتُؤْلِمُه-، يكونُ ذلك كفارةً لذنوبه وحطًّا لخطاياه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) ukázal, že za vše, co se stane muslimovi - nemoci, smutek, trápení, neštěstí, žal, těžkosti, strach, hlad i píchnutí o trn, které ho bolí, mu budou smazány hříchy.</t>
   </si>
   <si>
     <t>بيان فضل الله على عباده المؤمنين ورحمته بهم بغفران الذنوب بأقل ضرر يصيبهم.
 ينبغي للمسلم أن يَحْتَسِبَ عند الله ما يُصيبه، ويَصبر على كل صغيرة وكبيرة، لتكون له رفعة في الدرجات وكفارة للسيئات.</t>
   </si>
   <si>
     <t>Velké dobrodiní Boha a Jeho milosrdnost k Jeho věřícím služebníkům, když odpouští hříchy za to nejmenší nepohodlí, které se jim stane.
 Muslim by měl být trpělivý s tím, co se mu děje, ať je to velké nebo malé, a hledat za to odměnu u Boha, aby ho to pozvedlo na vyšší stupeň a byly mu odpuštěny hříchy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3701</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>„Oheň je zahalen touhou a ráj je zahalen věcmi, které člověk nemá rád.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Oheň je zahalen touhou a ráj je zahalen věcmi, které člověk nemá rád.”</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že oheň je zahalen touhou, tzn. vším, po čem člověk touží ze zakázaných věcí i z nedodržování povinností. Kdo tuto touhu bude následovat, zaslouží si oheň. A ráj je zahalen věcmi, které člověk nemá rád, například dodržování povinností, vyhýbání se zakázanému a hříchům atd. Pokud člověk v těchto věcech  přemůže sám sebe, zaslouží si ráj.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>Jednou z příčin, proč člověk následuje touhy, je, že satan tyto věci zkrášluje, a tak jim člověk snadno propadne.
 Nařízení vyhýbat se zakázaným touhám, protože to je cesta do ohně. A být trpělivý a přemoci sám sebe ve věcech, které člověk nemá rád, protože to je cesta do ráje.
 Velká odměna za překonávání sebe sama a snažení se co nejvíce uctívat Boha a za trpělivost a snahu při těžkostech, které doprovází konání dobrých skutků.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>„Práv muslima vůči druhému muslimovi je pět: odpovědět mu na pozdrav, navštívit ho, když je nemocný, doprovodit jeho pohřeb, přijmout jeho pozvání a poprosit za něj Boha, když kýchne.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Práv muslima vůči druhému muslimovi je pět: odpovědět mu na pozdrav, navštívit ho, když je nemocný, doprovodit jeho pohřeb, přijmout jeho pozvání a poprosit za něj Boha, když kýchne.”</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil některá práva muslima vůči jeho bratru muslimovi. První právo: právo na odpověď na pozdrav. Pokud člověk někoho pozdraví, je povinné mu na pozdrav odpovědět.
 Druhé právo: navštívit ho, když je nemocný.
 Třetí právo: následovat pohřební průvod z jeho domu do mešity a až na hřbitov, dokud není pohřben.
 Čtvrté právo: pokud muslim pozve muslima na oslavu nebo svatební hostinu atd., je povinné tam přijít.
 Páté právo: pokud kýchne a řekne alhmdulilláh, člověk by mu měl říci: „Jarhamukalláh.” (Ať se nad tebou Bůh smiluje.) A on by měl odpovědět: „Jahdíkumulláh wa juslihu bálakum.” (Ať vás Bůh vede a napraví.)</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Je to velkolepost Islámu, který potvrzuje práva mezi muslimy a utvrzuje v nich bratrství a lásku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3706</t>
   </si>
   <si>
-    <t>خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ</t>
+    <t>خير يوم طلعت عليه الشمس يوم الجمعة</t>
   </si>
   <si>
     <t>„Nejlepší den, ve kterém vyšlo slunce, je pátek</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «خَيْرُ يَوْمٍ طَلَعَتْ عَلَيْهِ الشَّمْسُ يَوْمُ الْجُمُعَةِ، فِيهِ خُلِقَ آدَمُ، وَفِيهِ أُدْخِلَ الْجَنَّةَ، وَفِيهِ أُخْرِجَ مِنْهَا، وَلَا تَقُومُ السَّاعَةُ إِلَّا فِي يَوْمِ الْجُمُعَةِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nejlepší den, ve kterém vyšlo slunce, je pátek. V něm byl stvořen Adam, v něm vstoupil do ráje a byl z něj vyhnán a hodina (soudný den) nepřijde jindy než v pátek.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ خيْرَ يومٍ طلعت عليه الشمس يومُ الجمعة، 
 ومن خصائصه: أن الله خلق فيه آدم عليه السلام، وفيه أدخله الجنة، وفيه أخرجه منها وأهبطه إلى الأرض، ولا تقوم الساعة إلا في يوم الجمعة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejlepším dnem, ve kterém vyšlo slunce, je pátek. A do jeho specifik patří, že v něm Bůh stvořil Adama (mír s ním), dal mu vstoupit do ráje a v něm ho z něj vyhnal a sesadil ho na zem a že soudný den nepřijde v jiný den než v pátek.</t>
   </si>
   <si>
     <t>فضل يوم الجمعة على سائر أيام الأسبوع.
 الحث والإكثار من الأعمال الصالحة في يوم الجمعة، والتأهب لنيل رحمة الله تعالى، ودفع نقمته.
 هذه الخصائص ليوم الجمعة التي ذكرت في الحديث قيل: أنها ليست لذكر فضيلة يوم الجمعة؛ لأن إخراج آدم وقيام الساعة لا يعد فضيلة، وقيل: بل جميعها فضائل وخروج آدم سبب وجود الذرية من الرسل والأنبياء والصالحين، وقيام الساعة سبب تعجيل جزاء الصالحين ونيلهم ما أعد الله لهم من الكرامات.
  ذُكِرَ ليوم الجمعة خصائص أخرى غير ما ذكر في هذه الرواية، ومنها: فيه تِيْبَ على آدم، وفيه قُبض، وفيه ساعة لا يصادفها عبد مؤمن وهو يصلي يسأل الله شيئًا إلا أعطاه إياه.
 أفضل أيام السنة يوم عرفة، وقيل: يوم النحر، وأفضل أيام الأسبوع يوم الجمعة، وأفضل ليلة ليلة القدر.</t>
   </si>
   <si>
     <t>Pátek je nejlepším ze všech dní.
 Nabádání ke konání co nejvíce dobrých skutků v pátek, aby se člověk připravil k získání milosrdenství Božího a zabránil Jeho trestu.
 Co se týče specifik, která byla zmíněna v tomto hadíthu, bylo řečeno, že nejsou zmíněna, aby ukázala dobro pátku, protože vyhnání Adama z ráje a příchod soudného dne není nic dobrého. A bylo řečeno, že naopak jsou to všechno dobré věci, protože vyhnání Adama je příčinou existence poslů, proroků a zbožných lidí z jeho potomstva a příchod soudného dne je uspíšení odměny pro zbožné a toho, že se jim dostane pocty, kterou pro ně Bůh připravil.
 Byla zmíněna i jiná specifika pátku, než jsou v této verzi, například v něm bylo Adamovi odpuštěno, v něm zemřel a v něm je hodina, ve kterou když se věřící služebník modlí a prosí o něco Boha, je mu to dáno.
 Nejlepším dnem roku je Den ‘Arafa a říká se: Den oběti (velký svátek), a nejlepším dnem týdne je pátek a nejlepší nocí je Noc úradku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3711</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>„Bůh se smiluje nad mužem, který odpouští, když nakupuje, prodává a vymáhá dluhy.”</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>Džábir (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bůh se smiluje nad mužem, který odpouští, když nakupuje, prodává a vymáhá dluhy.”</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) poprosil o Boží milosrdenství pro každého, kdo je štědrý a odpouští, když prodává. Tzn. že nedává vysoké ceny a chová se k nakupujícím hezky. A pro toho, kdo je štědrý a odpouští, když nakupuje, tzn. že se nesnaží snížit cenu a hledat vady na zboží. A pro toho, kdo je štědrý a odpouští, když vymáhá dluhy, které mu patří, tzn. že je nevymáhá tvrdým způsobem a pokud je dlužník chudý a nemá, tak mu s dluhem počká, dokud nebude mít.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>Cílem práva šarí’a je ochraňovat vše, co napravuje všechny vztahy mezi lidmi.
 Nabádání k těm nejlepším mravům ve všech lidských vztazích, včetně nakupování, prodeje atd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3716</t>
   </si>
   <si>
-    <t>رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ</t>
+    <t>رغم أنف، ثم رغم أنف، ثم رغم أنف، قيل: من؟ يا رسول الله قال: من أدرك أبويه عند الكبر، أحدهما أو كليهما فلم يدخل الجنة</t>
   </si>
   <si>
     <t>„Ať je potupen, ať je potupen, ať je potupen.” Řekli: „Kdo, Posle Boží?" Řekl: „Ten, kdo zastihne své rodiče jako staré, ať jednoho nebo oba, a nevstoupí do ráje</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ، ثُمَّ رَغِمَ أَنْفُ»، قِيلَ: مَنْ؟ يَا رَسُولَ اللهِ قَالَ: «مَنْ أَدْرَكَ أَبَوَيْهِ عِنْدَ الْكِبَرِ، أَحَدَهُمَا أَوْ كِلَيْهِمَا فَلَمْ يَدْخُلِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Ať je potupen, ať je potupen, ať je potupen.” Řekli: „Kdo, Posle Boží?" Řekl: „Ten, kdo zastihne své rodiče jako staré, ať jednoho nebo oba, a nevstoupí do ráje."</t>
   </si>
   <si>
     <t>دَعا النبيُّ صلى الله عليه وسلم بالذّل والخِزْي حتى بلغ به كأنه وضع أنفَه في التراب -كررها ثلاثًا- فسُئِل: مَن هذا يا رسول الله الذي دعوتَ عليه؟ 
 فقال صلى الله عليه وسلم: من أدرك والديه عند الكبر -أحدهما أو كليهما-، فلم يكونَا سببًا بدخوله الجنة؛ وذلك بسبب عدم الإحسان إليهما وعقوقهما.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) prosil Boha o ponížení slovy, která v arabštině doslova znamenají: „Ať strčí nos do písku - prachu,” ale myslí se jimi potupa a ponížení, a to zopakoval třikrát. A byl tázán: Kdo, Posle Boží, má být ten, o kterém mluvíš?
 A Prorok (ať mu Bůh žehná a dá mír) řekl: Ten, kdo zastihne oba své rodiče nebo jednoho z nich ve stáří naživu a zároveň se nestanou příčinou toho, aby vstoupil do ráje, což znamená, že se k nim nechoval dobře nebo se k nim choval špatně.</t>
   </si>
   <si>
     <t>وجوب بِرِّ الوالدين وأنه من أسباب دخول الجنة، خصوصًا عند كبرهما وضعفهما.
 عقوق الوالدين من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Povinnost dobrého chování k rodičům a že je příčinou vstupu do ráje, zvláště pokud jsou rodiče staří a nemocní.
 Neposlušnost vůči rodičům patří mezi velké hříchy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3718</t>
   </si>
   <si>
-    <t>سَبَقَ الْمُفَرِّدُونَ</t>
+    <t>سبق المفردون</t>
   </si>
   <si>
     <t>(všechny) předhonili ojedinělí.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَسِيرُ فِي طَرِيقِ مَكَّةَ، فَمَرَّ عَلَى جَبَلٍ يُقَالُ لَهُ جُمْدَانُ، فَقَالَ: «سِيرُوا هَذَا جُمْدَانُ، سَبَقَ الْمُفَرِّدُونَ» قَالُوا: وَمَا الْمُفَرِّدُونَ يَا رَسُولَ اللهِ؟ قَالَ: «الذَّاكِرُونَ اللهَ كَثِيرًا وَالذَّاكِرَاتُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží(ať mu Bůh žehná a dá mír) šel po mekkánské cestě a šel okolo hory zvané Džumdán a řekl: „Jděte, to je Džumdán,  (všechny) předhonili ojedinělí.”  Řekli: „A kdo jsou ojedinělí, Posle Boží?" Řekl: „Muži a ženy hojně vzpomínající Boha.”"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم منزلة الذاكرين الله كثيرًا، وأنهم قد انفردوا وسبقوا غيرَهم بنيل الدرجات العُلَى في جنات النعيم، وشبَّههم بجبل جُمدان الذي انفرد عن غيره من الجبال.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil postavení těch, kteří si hodně připomínají Boha (dhikr), a že jsou ojedinělí a že předhonili ostatní a získali vysoké postavení v ráji. A připodobnil je k hoře Džumdán, která je osamocená od ostatních hor.</t>
   </si>
   <si>
     <t>استحباب كثرة الذكر والانشغال به، فإنَّ السَّبْق في الآخرة إنما يكون بكثرة الطاعات، والإخلاص في العبادات.
 ذكر الله يكون باللسان فقط، أو بالقلب فقط، أو باللسان والقلب معًا، وهي أعلاها رتبة.
 من الذكر الأوراد الشرعية المقيدة، كأذكار الصباح والمساء، وأدبار الصلوات المكتوبات وغيرها.
 قال النووي: اعلم أن فضيلة الذكر غير منحصرة في التسبيح والتهليل والتحميد والتكبير ونحوها، بل كل عامل لله تعالى بطاعة فهو ذاكرٌ لله تعالى.
 ذكر الله من أعظم أسباب الثبات، قال سبحانه وتعالى: (يَا أَيُّهَا الَّذِينَ آمَنُوا إِذَا لَقِيتُمْ فِئَةً فَاثْبُتُوا وَاذْكُرُوا اللَّهَ كَثِيرًا لَّعَلَّكُمْ تُفْلِحُونَ) [الأنفال: 45]
 وجه التشبيه بينَ الذَّاكرينَ وجبل جُمدانَ هو الانفرادُ والاعتزالُ؛ فجبل جُمدانُ منفرد عن الجِبالِ، فكذا الذَّاكرينَ اللهَ تعالى فالمُنفَردُ هو الذي انفردَ قلبُه ولسانُه بذِكرِ ربَّه ولو كانَ بينَ النَّاسِ، واستأنس بأوقاتِ الخَلوةِ واستوحش من كثرةِ مُخالطةِ النَّاسِ، وقد يكون وجه التشبيه أن الذكر سبب التَّثبيت على الدين كما أن الجبال سبب لثبات الأرض، أو يكون السَّبقُ إلى الخَيراتِ في الدُّنيا والآخرةِ حيث كان المسافر من المدينة إلى مكة إذا وصل جُمدانَ كانَ علامةُ الوصولِ إلى مكةَ ومن وصلَ إليه كانَ سابقًا، فكذلك الذَّاكرُ للهِ تعالى فهو سابقٌ لغيرِه بكثرةِ ذِكرِه للهِ تعالى، والله أعلم.</t>
   </si>
   <si>
     <t>Doporučení říkat hodně dhikr a zaměstnat se jím, protože přední pozice v budoucím životě bude důsledkem množství dobrých skutků a upřímnosti úmyslu v uctívání.
 Vzpomínání Boha (dhikr) může být jen jazykem nebo jen srdcem nebo jazykem a srdcem současně, a to je nejvyšší a nejlepší možnost.
 Do dhikru, který se pravidelně říká z nějakého důvodu, patří: ranní dhikr, večerní, po skončení modliteb atd.
 An-Nawawí řekl: Věz, že hodnota dhikru není omezena jen na slova: Subhánalláh, lá illáha ilá lláh, alhamdulilláh, Alláhu akbar atd., ale každý, kdo dělá pro Boha dobrý skutek, je jedním z těch, co vzpomínají Boha.
 Dhikr je jednou z největších příčin upevnění. Pravil Všemohoucí Bůh: {Vy, kteří věříte! Kdykoliv střetnete se s nějakým oddílem, vytrvejte pevně a vzývejte často Boha, abyste dosáhli úspěchu!} [Kořist: 45]
 Připodobnění mezi vzpomínajícími Boha a horou Džumdán spočívá  v osamění a izolaci; hora Džumdán stojí osamocena od ostatních hor a stejně tak ti, kteří vzpomínají Boha. A osamocený je proto, že jeho srdce a jazyk vzývá pouze svého Pána, a to i kdyby byl mezi lidmi, a necítí se osamocený, když je sám, ale cítí se osamocený, když je mezi lidmi. Nebo toto přirovnání spočívá v tom, že dhikr je příčinou upevnění ve víře, stejně jako hory jsou příčinou upevnění země. Nebo spočívá v předhánění se v  dobru na tomto a onom světě, protože ten, kdo cestuje z Medíny do Mekky, ví, že když přijde k hoře Džumdán, přiblížil se k Mekce, a stejně tak ten, kdo vzpomíná Boha, předhonil ostatní tím, že si připomíná Boha. A Bůh ví nejlépe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3719</t>
   </si>
   <si>
-    <t>عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً</t>
+    <t>عليك بكثرة السجود لله، فإنك لا تسجد لله سجدة، إلا رفعك الله بها درجة، وحط عنك بها خطيئة</t>
   </si>
   <si>
     <t>Měl bys hodně padat na tvář, protože neučiníš jediné padnutí na tvář, aniž by tě jím Bůh povýšil o jeden stupeň  a smazal ti jím jeden hřích.”</t>
   </si>
   <si>
     <t>عَنْ مَعْدَانَ بْنِ أَبِي طَلْحَةَ الْيَعْمَرِيُّ قَالَ: لَقِيتُ ثَوْبَانَ مَوْلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقُلْتُ: أَخْبِرْنِي بِعَمَلٍ أَعْمَلُهُ يُدْخِلُنِي اللهُ بِهِ الْجَنَّةَ؟ أَوْ قَالَ قُلْتُ: بِأَحَبِّ الْأَعْمَالِ إِلَى اللهِ، فَسَكَتَ. ثُمَّ سَأَلْتُهُ فَسَكَتَ. ثُمَّ سَأَلْتُهُ الثَّالِثَةَ فَقَالَ: سَأَلْتُ عَنْ ذَلِكَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «عَلَيْكَ بِكَثْرَةِ السُّجُودِ لِلَّهِ، فَإِنَّكَ لَا تَسْجُدُ لِلَّهِ سَجْدَةً، إِلَّا رَفَعَكَ اللهُ بِهَا دَرَجَةً، وَحَطَّ عَنْكَ بِهَا خَطِيئَةً» قَالَ مَعْدَانُ: ثُمَّ لَقِيتُ أَبَا الدَّرْدَاءِ فَسَأَلْتُهُ فَقَالَ لِي: مِثْلَ مَا قَالَ لِي: ثَوْبَانُ.</t>
   </si>
   <si>
     <t>Ma'dán Ibn Abí Talha Al-Ja'marí vyprávěl: „Potkal jsem Thawbána, propuštěného otroka Posla Božího (ať mu Bůh žehná a dá mír), a řekl jsem: „Řekni mi nějaký skutek, který když udělám, Bůh mi jím dá vstoupit do ráje." Nebo řekl: „Skutky, které jsou nejvíce milé Bohu." A on mlčel. Poté jsem se ho zeptal znovu, ale on mlčel. Poté jsem se ho zeptal potřetí a řekl: „Zeptal jsem se na to Posla Božího (ať mu Bůh žehná a dá mír) a řekl: Měl bys hodně padat na tvář, protože neučiníš jediné padnutí na tvář, aniž by tě jím Bůh povýšil o jeden stupeň  a smazal ti jím jeden hřích.”" A Ma'dán vyprávěl: „Poté jsem potkal Abú Ad-Dardá’ a zeptal jsem se ho a řekl mi totéž, co mi řekl Thawbán."</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن العمل الذي يكون سببًا لدخول الجنة أو عن أحب الأعمال إلى الله؟ 
 فقال صلى الله عليه وسلم للسائل: الزم كثرة السجود في الصلاة، فإنك ما سجدت لله سجده إلا رفعك بها درجة، وغفر عنك بها خطيئة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán na skutek, který je příčinou vstoupení do ráje, nebo na skutek, který je Bohu nejmilejší.
 A Prorok (ať mu Bůh žehná a dá mír) řekl tomu, kdo se ptal: Dodržuj co nejvíce padnutí na tvář při modlitbě, protože za každé padnutí na tvář tě Bůh povýší o stupeň a odpustí ti jeden hřích.</t>
   </si>
   <si>
     <t>حث المسلم على الحرص على الصلاة فرضًا وتطوعًا، لاشتمالها على السجود.
 بيان فقه الصحابة وعلمهم أن الجنة لا تنال -بعد رحمة الله- إلا بالعمل.
 السجود في الصلاة من أعظم أسباب رفعة الدرجات، وغفران الذنوب.</t>
   </si>
   <si>
     <t>Nabádání muslimů, aby pečovali o povinné i doporučené modlitby, protože zahrnují padnutí na tvář.
 Správné pochopení druhů Proroka a jejich vědění, že ráj nelze dostat - po milosrdenství Božím - ničím jiným než dobrými skutky.
 Padnutí na tvář při modlitbě je jednou z největších příčin povýšení na stupních a odpuštění hříchů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3732</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>„Jeden muž půjčoval lidem a říkal svému sluhovi: „Pokud přijdeš k někomu, kdo není schopný splatit dluh, odpusť mu ho, třeba nám Bůh také odpustí,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Jeden muž půjčoval lidem a říkal svému sluhovi: „Pokud přijdeš k někomu, kdo není schopný splatit dluh, odpusť mu ho, třeba nám Bůh také odpustí," a pak se setkal s Bohem a ten mu odpustil.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vyprávěl o muži, který půjčoval lidem majetek na dluh a který říkal svému sluhovi, který pro něj vymáhal dluhy: Pokud přijdeš k dlužníkovi, který je chudý a nemá na zaplacení dluhu, odpusť mu ho - buď tím, že mu zcela odpustíš dluh, nebo že mu prodloužíš dobu na zaplacení dluhu anebo tím, že splatí jen část dluhu. A to proto, že touží po tom, aby i jemu Bůh odpustil. A když zemřel, Bůh mu odpustil všechny jeho hříchy.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Dobré chování a odpouštění lidem a odpouštění dluhů těm, kteří je nemohou zaplatit, je jednou z největších příčin záchrany v soudný den.
 Dobré chování ke všemu stvoření a upřímnost víry v Boha a touha po Jeho milosrdenství je jedním z důvodů odpuštění hříchů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3753</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ</t>
+    <t>كل أمتي معافى إلا المجاهرين</t>
   </si>
   <si>
     <t>„Celé mé obci bude odpuštěno kromě těch, kteří zveřejňují,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كُلُّ أُمَّتِي مُعَافًى إِلَّا المُجَاهِرِينَ، وَإِنَّ مِنَ المُجَاهَرَةِ أَنْ يَعْمَلَ الرَّجُلُ بِاللَّيْلِ عَمَلًا، ثُمَّ يُصْبِحَ وَقَدْ سَتَرَهُ اللَّهُ عَلَيْهِ، فَيَقُولَ: يَا فُلاَنُ، عَمِلْتُ البَارِحَةَ كَذَا وَكَذَا، وَقَدْ بَاتَ يَسْتُرُهُ رَبُّهُ، وَيُصْبِحُ يَكْشِفُ سِتْرَ اللَّهِ عَنْهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Celé mé obci bude odpuštěno kromě těch, kteří zveřejňují, a do zveřejňování patří, když člověk udělá v noci nějaký skutek a pak se probudí a Bůh mu tento čin skryl, ale on řekne: „Člověče, včera jsem udělal to a to," a přitom mu to Bůh přes noc skryl, a on se probudí a odhalí, co mu Bůh skryl.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ المُذنبَ يُرجى له عفوُ الله ومغفرتُه، إلا المعلن بالمعصية تفاخُرًا ووقاحةً فلا يَستحقُّ العفو؛ حيث يَعملُ المعصيةَ بالليل، ثم يُصبِحُ وقد ستره الله، فيُحدِّث غَيرَه بأنه فَعَلَ المعصيةَ الفلانية أمس، وقد باتَ يَستُرُه ربُّه، ويُصبحُ يَكشِفُ سِتْرَ الله عليه!!</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že muslim, který učinil nějaký hřích, má naději na Boží odpuštění kromě toho, kdo svůj hřích zveřejňuje, že se s ním chlubí - ten nemá na odpuštění právo. Tzn. když v noci udělá nějaký hřích, probudí se s tím, že Bůh mu tento hřích skryl, ale on začne někomu říkat, jaký hřích včera udělal, a tak  odhaluje, co mu Bůh skryl.</t>
   </si>
   <si>
     <t>قُبح المجاهرة بالمعصية بعد سِتْرِ الله تعالى عليه.
 في المجاهرة بالمعصية إشاعةُ الفاحشةِ بين المؤمنين.
 مَن سَتَرَه الله في الدنيا سَتَرَه في الآخرة، وهذا من سعة رحمة الله تعالى بعباده.
 مَن ابتُلي بمعصية عليه أن يَسْتُرَ على نفسِه وأن يَتوبَ إلى الله.
 عِظم ذنب المجاهرين الذين يتقصدون إظهار المعاصي، ويُفوِّتون على أنفسهم المعافاة.</t>
   </si>
   <si>
     <t>Ošklivost zveřejňování hříchu poté, co ho Bůh skryl.
 Ve zveřejňování hříchu je rozšiřování špatností mezi věřícími.
 Komu Bůh skryl hřích v tomto světě, tomu ho skryje ve světě budoucím, což je obrovské Boží milosrdenství k Jeho služebníkům.
 Kdo je zkoušen nějakým hříchem, měl by ho skrýt a kát se Bohu.
 Velikost hříchu těch, kteří ho zveřejňují a tím se připravují o odpuštění.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3756</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>„Kdo udržuje pokrevní svazky není ten, kdo oplácí dobro dobrem, ale ten, kdo udržuje pokrevní pouta, i když se přeruší, a znovu je navazuje.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo udržuje pokrevní svazky není ten, kdo oplácí dobro dobrem, ale ten, kdo udržuje pokrevní pouta, i když se přeruší, a znovu je navazuje.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že člověk, který udržuje pokrevní pouta a chová se dobře ke svým příbuzným, není ten, kdo oplácí dobré dobrem, ale ten, kdo navazuje a udržuje pokrevní svazky, když se přeruší, a chová se k příbuzným hezky, i když oni se k němu chovají špatně.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Udržování rodinných svazků v islámu znamená udržování rodinných pout a odpouštění těm z příbuzných, kteří člověku ukřivdí, a dávání těm, kteří ti nic nedávali atd., ne oplácet dobro dobrem.
 Udržování pokrevních pout je pomocí konání dobrého, dávání majetku příbuzným, prosbami za jejich dobro, přikazováním vhodného a zakazováním zavrženíhodného a jejich ochranou před zlem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/3854</t>
   </si>
   <si>
-    <t>فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا</t>
+    <t>فعلام نبايعك؟ قال: على أن تعبدوا الله ولا تشركوا به شيئا، والصلوات الخمس، وتطيعوا وأسر كلمة خفية ولا تسألوا الناس شيئا</t>
   </si>
   <si>
     <t>k čemu se máme zavázat?" A on řekl: „K tomu, abyste uctívali Boha a nepřidružovali k Němu nic, k pěti modlitbám, k poslušnosti," a řekl potichu,„a k tomu, abyste nikoho z lidí o nic nežádali.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُسْلِمٍ الْخَوْلَانِيِّ، قَالَ: حَدَّثَنِي الْحَبِيبُ الْأَمِينُ، أَمَّا هُوَ فَحَبِيبٌ إِلَيَّ، وَأَمَّا هُوَ عِنْدِي فَأَمِينٌ، عَوْفُ بْنُ مَالِكٍ الْأَشْجَعِيُّ رضي الله عنه قَالَ: كُنَّا عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، تِسْعَةً أَوْ ثَمَانِيَةً أَوْ سَبْعَةً، فَقَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» وَكُنَّا حَدِيثَ عَهْدٍ بِبَيْعَةٍ، فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» فَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، ثُمَّ قَالَ: «أَلَا تُبَايِعُونَ رَسُولَ اللهِ؟» قَالَ: فَبَسَطْنَا أَيْدِيَنَا وَقُلْنَا: قَدْ بَايَعْنَاكَ يَا رَسُولَ اللهِ، فَعَلَامَ نُبَايِعُكَ؟ قَالَ: «عَلَى أَنْ تَعْبُدُوا اللهَ وَلَا تُشْرِكُوا بِهِ شَيْئًا، وَالصَّلَوَاتِ الْخَمْسِ، وَتُطِيعُوا -وَأَسَرَّ كَلِمَةً خَفِيَّةً- وَلَا تَسْأَلُوا النَّاسَ شَيْئًا» فَلَقَدْ رَأَيْتُ بَعْضَ أُولَئِكَ النَّفَرِ يَسْقُطُ سَوْطُ أَحَدِهِمْ، فَمَا يَسْأَلُ أَحَدًا يُنَاوِلُهُ إِيَّاهُ.</t>
   </si>
   <si>
     <t>Abú Muslim al-Chawlání vyprávěl: „Řekl mi milý a spolehlivý - co se jeho týká, tak je pro mě milý a spolehlivý - ‘Awf Ibn Málik al-Ašdža'í (ať je s ním Bůh spokojen): „Bylo nás u Posla Božího (ať mu Bůh žehná a dá mír) devět, osm nebo sedm a on řekl: „Nezavážete se Poslu Božímu?” A bylo to nedávno, co jsme mu dali závazek (uzavření smlouvy), a řekli jsme: „Vždyť jsme se ti už zavázali, Posle Boží," a on řekl: „Nezavážete se Poslu Božímu?” a my jsme řekli: „Vždyť jsme se ti už zavázali, Posle Boží," a on řekl: „Nezavážete se Poslu Božímu?” A tak jsme mu podali ruce a řekli: „Vždyť jsme se ti už zavázali, Posle Boží, k čemu se máme zavázat?" A on řekl: „K tomu, abyste uctívali Boha a nepřidružovali k Němu nic, k pěti modlitbám, k poslušnosti," a řekl potichu,„a k tomu, abyste nikoho z lidí o nic nežádali.” A pak jsem viděl jednoho z těchto lidí, že mu upadl bič a nikomu neřekl, aby mu ho podal."</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم في عَدَدٍ مِن الصحابة فَطَلَبَ منهم ثلاث مرات أن يُبايعوه ويعاهدوه على التزام أمور: 
 الأول: عبادة الله وحده بامتثال أوامره واجتناب نواهيه، وألا يشركوا به شيئًا. 
 الثاني: إقامة الصلوات الخمس المفروضات في اليوم والليلة. 
 الثالث: السمع والطاعة بالمعروف لِمَن ولي أمرَ المسلمين. 
 الرابع: إنزال جميعِ حاجاتِهم بالله وعدم سؤال الناس منها شيئًا، وخفض النبي صلى الله عليه وسلم بها صوته. 
 وقد عمل الصحابة رضي الله عنهم بما بايعوا عليه، حتى قال راوي الحديث: فلقد رأيتُ بعضَ أولئك الصحابة يسقط سَوْطُ أحدِهم، فما يسأل أحدًا يناوله إياه بل ينزل ويأخذه بنفسه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl s několika sahába a třikrát je požádal, aby se mu zavázali, že budou dodržovat následující věci:
 První: uctívat jediného Boha dodržováním Jeho příkazů a vyhýbáním se Jeho zákazům a aby k Němu nic nepřidružovali.
 Druhá: dodržování pěti povinných modliteb za den a noc.
 Třetí: poslouchání toho, kdo vládne muslimům, v tom, co je povolené.
 Čtvrtá: všechny věci svěřit Bohu a nepožadovat nic od lidí. To Prorok (ať mu Bůh žehná a dá mír) řekl potichu.
 Druhové Proroka (ať je s nimi Bůh spokojen) dodržovali to, k čemu se zavázali. Vypravěč tohoto hadíthu dokonce řekl, že viděl jednoho z nich, jak mu spadnul bič, a nikoho o něj nepožádal, slezl a vzal si ho sám.</t>
   </si>
   <si>
     <t>الحثّ على ترك سؤال الناس، والتنزُّه عن جميع ما يسمى سؤالًا، والاستغناء عن الناس ولو كان في أمر يسير.
 السؤال المنهي عنه: السؤال المتعلِّق بالأمور الدنيوية، فلا يتناول السؤال عن العلم وأمور الدين.</t>
   </si>
   <si>
     <t>Nabádání k tomu nežádat o nic lidi a ke všemu, co pod to spadá, a snažit se je nepotřebovat, i kdyby se jednalo o malou věc.
 Zakázané žádání lidí se týká věcí pozemského života, ale netýká se hledání vědění a ptaní se na záležitosti náboženství.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4176</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>„Kdo počká (s dluhem) tomu, kdo je v těžkostech, nebo mu (z dluhu) sleví, toho Bůh zastíní svým trůnem v soudný den, v den, kdy nebude jiného stínu než Jeho</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo počká (s dluhem) tomu, kdo je v těžkostech, nebo mu (z dluhu) sleví, toho Bůh zastíní svým trůnem v soudný den, v den, kdy nebude jiného stínu než Jeho."</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že odměna toho, kdo počká dlužníkovi s dluhem nebo mu z dluhu část promine, bude, že ho Bůh zastíní svým trůnem v soudný den. V tento den bude slunce blízko hlav a bude obrovské vedro. A nikdo nenajde žádný stín, leda by ho zastínil Bůh.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Za ulehčení lidem je velká odměna a je to jedna z příčin záchrany před hrůzami soudného dne.
 Odměna i trest jsou stejným způsobem, jako byl skutek.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>„Tomu, kdo se postil ramadán s vírou a nadějí, že mu to bude započítáno, budou odpuštěny všechny jeho předešlé hříchy.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo se postil ramadán s vírou a nadějí, že mu to bude započítáno, budou odpuštěny všechny jeho předešlé hříchy.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo se postil v měsíci ramadánu, protože věří v Boha a věří, že Bůh tento půst nařídil a že za něj slíbil postícím velkou odměnu, a jeho záměrem při půstu je pouze Boží tvář a nic jiného (třeba předvádění se před lidmi), budou odpuštěny všechny jeho předešlé hříchy.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Odměna za upřímnost ve víře a její důležitost u půstu i jiných dobrých skutků.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ</t>
+    <t>من صلى البردين دخل الجنة</t>
   </si>
   <si>
     <t>„Ten, kdo se modlí al-bardajn (dvě chladné), vstoupí do ráje.”</t>
   </si>
   <si>
     <t>عن أَبِي مُوسَى الأَشْعَرِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «مَنْ صَلَّى ‌الْبَرْدَيْنِ دَخَلَ الْجَنَّةَ»</t>
   </si>
   <si>
     <t>Abú Músá Al-Aš'arí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ten, kdo se modlí al-bardajn (dvě chladné), vstoupí do ráje.”</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على الحرصِ على صلاة البردين وهما صلاة الفجر والعصر، وبشَّر مَن أتى بهما بحقهما من وقت وجماعة وغير ذلك كانتا سببًا في دخوله الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádal k dodržování modliteb al-bardajn, což jsou modlitba fadžr a ‘asr, a oznámil, že pro toho, kdo se je pravidelně modlí a dodržuje v nich vše, jako je správný čas, společná modlitba atd., budou tyto modlitby příčinou jeho vstupu do ráje.</t>
   </si>
   <si>
     <t>فضل المحافظة على صلاة الفجر والعصر؛ لأن الفجر يكون عند لذة النوم، والعصر يكون عند اشتغال الإنسان بعمله، فمن حافظ عليهما كان من باب أولى أن يحافظ على بقية الصلوات.
 سميت صلاة الفجر والعصر بالبردين؛ لأن صلاة الفجر فيها برد الليل، وصلاة العصر فيها برد النهار وإن كانت في وقتٍ حارٍ إلا أنه أخف من الوقت قبلها، أو تكون تسميتُها من باب التغليب كما يقال: القمران للشمس والقمر.</t>
   </si>
   <si>
     <t>Velká odměna za pravidelné dodržování modlitby fadžr a 'asr, protože fadžr je v čase sladkosti spánku a 'asr je v čase, kdy je člověk zaměstnán prací, a ten, kdo tyto modlitby pravidelně dodržuje, bude tím spíše dodržovat ostatní modlitby.
 Modlitby fadžr a 'asr byly nazvány modlitbami al-bardajn (dvě chladné), protože v čase fadžru je noční chlad a v čase 'asru začíná odpolední chladno, a i když je teplo, není už tak velké jako předtím. Anebo jsou pojmenované podle toho, která převažuje, stejně jako se slunci a měsíci říká al-qamarán (dva měsíce).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4198</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>„Tomu, kdo konal dobré skutky v Noci úradku (Lajlatu-l-qadr) s vírou a nadějí, že mu to bude započítáno, budou odpuštěny všechny jeho předešlé hříchy.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo konal dobré skutky v Noci úradku (Lajlatu-l-qadr) s vírou a nadějí, že mu to bude započítáno, budou odpuštěny všechny jeho předešlé hříchy.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo bude dělat dobré skutky v Noci úradku, která je v posledních deseti dnech v ramadánu, a bude se v ní snažit co nejvíce se modlit, dělat dua a dhikr a číst Korán, protože věří tomu, co o ní bylo řečeno, a proto si bude přát Boží odměnu, a bude to dělat upřímně jen pro Boha a nikoho jiného (třeba pro předvádění se před lidmi nebo aby si o něm mysleli, jak je zbožný, atd.), budou odpuštěny všechny jeho předešlé hříchy.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Velké dobro, které je v Noci úradku a nabádání ke konání dobrých činů v tuto noc.
 Dobré činy nebudou přijaty, pokud je člověk nedělá jen pro Boha.
 Boží milosrdenství a dobrota, protože odpustil všechny předešlé hříchy tomu, kdo konal dobré skutky v Noci úradku (Lajlatu-l-qadr) s vírou a nadějí, že mu to bude započítáno.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>„Pro koho chce Bůh dobro, toho zkouší utrpením.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pro koho chce Bůh dobro, toho zkouší utrpením.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) říká, že když si Bůh přeje pro některého ze Svých věřících služebníků dobro, zkouší je utrpením v nich samých, v jejich majetcích a jejich blízkých, protože když člověk trpí, obrací se k Bohu s prosbami a přibližuje se k Němu, odpouští se mu hříchy a roste jeho odměna.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Že i věřící může trpět různými druhy zkoušek.
 Zkoušení utrpením může být znakem Boží lásky k Jeho služebníkovi, kterého tím chce povýšit, zvýšit mu odměnu a odpustit hříchy.
 Nabádání k trpělivosti, pokud se člověku stane něco zlého.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4204</t>
   </si>
   <si>
-    <t>المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ</t>
+    <t>المسلم إذا سئل في القبر: يشهد أن لا إله إلا الله وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>„Pokud je muslim tázán v hrobě, vyzná, že není boha kromě Boha a že Muhammad je posel Boží.”</t>
   </si>
   <si>
     <t>عَنِ البَرَاءِ بْنِ عَازِبٍ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ إِذَا سُئِلَ فِي القَبْرِ: يَشْهَدُ أَنْ لاَ إِلَهَ إِلَّا اللَّهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ»، فَذَلِكَ قَوْلُهُ: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالقَوْلِ الثَّابِتِ فِي الحَيَاةِ الدُّنْيَا وَفِي الآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Al-Bará’ Ibn ‘Ázib (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud je muslim tázán v hrobě, vyzná, že není boha kromě Boha a že Muhammad je posel Boží.” A to jsou Boží slova: {Bůh utvrzuje ty, kdož uvěřili, slovem pevným v životě pozemském i budoucím} [Abraham: 27].</t>
   </si>
   <si>
     <t>يُسألُ المؤمنُ في القبر، فيسأله الملكان الموكَّلان بذلك وهما منكر ونكير، كما جاء تسميتهما في عدة أحاديث، 
 فيشهد أن لا إله إلا الله وأن محمدًا رسول الله، 
 قال النبي صلى الله عليه وسلم هذا هو القول الثابت الذي قال الله فيه: 
 {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ} [إبراهيم: 27].</t>
   </si>
   <si>
     <t>Věřící bude tázán v hrobě - budou se ho ptát dva andělé, kteří jsou tím pověřeni, jmenují se Munkar a Nakír, jak bylo uvedeno v mnoha hadíthech. A on dosvědčí, že není boha kromě Boha a že Muhammad je posel Boží. A Prorok (ať mu Bůh žehná a dá mír) řekl, že toto jsou  slova pevná, o kterých pravil Bůh: {Bůh utvrzuje ty, kdož uvěřili, slovem pevným v životě pozemském i budoucím} [Abraham: 27].</t>
   </si>
   <si>
     <t>أنَّ سؤال القبر حق.
 فضل الله على عباده المؤمنين في الدنيا والآخرة بتثبيتهم على القول الثابت.
 فضل شهادة التوحيد والموت عليها.
 تثبيت الله للمؤمن في الدنيا بالثبات على الإيمان، وسلوك الصراط المستقيم، وعند الموت بالموت على التوحيد، وفي القبر عند سؤال الملكين.</t>
   </si>
   <si>
     <t>Že otázky v hrobě jsou pravda.
 Velké Boží dobro pro věřící Boží služebníky na tomto a onom světě, protože Bůh je upevní v pevném slově.
 Velká odměna za vyznání víry a smrt na ní.
 Bůh upevňuje věřící na tomto světě tím, že je upevňuje ve víře a ve směřování po správné cestě, a při smrti je upevňuje ve vyznání jedinosti Boží a v hrobě je upevňuje během otázek obou andělů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4206</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ</t>
+    <t>أمرت أن أقاتل الناس حتى يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله، ويقيموا الصلاة، ويؤتوا الزكاة</t>
   </si>
   <si>
     <t>„Bylo mi nařízeno, abych bojoval proti lidem, dokud nedosvědčí, že není boha kromě Boha a že Muhammad je posel Boží, nebudou dodržovat modlitbu a dávat povinnou almužnu,</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أُمِرْتُ أَنْ أُقَاتِلَ النَّاسَ حَتَّى يَشْهَدُوا أَنْ لاَ إِلَهَ إِلَّا اللَّهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللَّهِ، وَيُقِيمُوا الصَّلاَةَ، وَيُؤْتُوا الزَّكَاةَ، فَإِذَا فَعَلُوا ذَلِكَ عَصَمُوا مِنِّي دِمَاءَهُمْ وَأَمْوَالَهُمْ إِلَّا بِحَقِّ الإِسْلاَمِ، وَحِسَابُهُمْ عَلَى اللَّهِ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bylo mi nařízeno, abych bojoval proti lidem, dokud nedosvědčí, že není boha kromě Boha a že Muhammad je posel Boží, nebudou dodržovat modlitbu a dávat povinnou almužnu, a když to budou dělat, budou přede mnou ochráněni oni i jejich majetky kromě práva islámu a jejich zúčtování je na Bohu.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ أمرَه بمقاتلة المشركين حتى يشهدوا بأن لا معبود بحق إلا الله وحده لا شريك له، ويشهدوا لمحمد صلى الله عليه وسلم بالرسالة، والعمل بمقتضى هذه الشهادة من المحافظة على الصلوات الخمس في اليوم والليلة، ويعطوا الزكاة المفروضة لمستحقيها. 
 فإذا فعلوا هذه الأمورَ فإنَّ الإسلام يَعْصِمُ دماءَهم وأموالَهم، فلا يَحِلُّ قتلُهم إلا إذا ارتكبوا جريمة أو جناية يستحقون عليها القتل بموجب أحكام الإسلام، ثم يوم القيامة يتولى الله تعالى حسابَهم حيث يعلم سرائرَهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil, že mu Bůh nařídil bojovat proti modloslužebníkům, dokud nedosvědčí, že si nezaslouží být uctíván nikdo jiný než jediný Bůh, který nemá žádného společníka, a nedosvědčí poselství Muhammada (ať mu Bůh žehná a dá mír) a nebudou konat podle tohoto dosvědčení, což znamená dodržovat pět modliteb za den a noc a dávat povinnou almužnu těm, kteří na ni mají nárok. A když tyto věci udělají, jsou podle islámu ochráněni oni i jejich majetky, tzn. že není povolené je zabíjet, leda by udělali nějaký zločin, za který podle islámského práva následuje trest smrti. A pak v soudný den jim bude účtovat skutky Bůh, který zná i jejich tajnosti.</t>
   </si>
   <si>
     <t>الأحكام إنما تَجْرِي على الظواهر، والله يتولَّى السرائر.
 أهمية الدعوة إلى التوحيد وأنه أول ما يُبدأ به في الدعوة.
 لا يعني هذا الحديث إكراه المشركين على الدخول في الإسلام، بل هم مُخَيَّرون بين الدخول في الإسلام أو دفع الجزية؛ فإنْ أبوا إلا مَنع الدعوة إلى الإسلام، فليس إلا المقاتلة بموجب أحكام الإسلام.</t>
   </si>
   <si>
     <t>Pravidla se řídí podle toho, co je vidět zvnějšku, zatímco Bůh je ten, kdo bude posuzovat skryté věci.
 Důležitost uctívání jediného Boha a je to první věc, se kterou se má vyzývat k Bohu.
 Tento hadíth neznamená, že se modloslužebníci mají nutit k přestoupení na islám, ale že si mají vybrat mezi přestoupením k islámu nebo zaplacením daně (džizja) a až když odmítnou obě tyto věci, je povolené proti nim bojovat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4211</t>
   </si>
   <si>
-    <t>يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ</t>
+    <t>إن الله تجاوز لي عن أمتي الخطأ والنسيان وما استكرهوا عليه</t>
+  </si>
+  <si>
+    <t>„Věru, že Bůh odpustil mé obci chybu, zapomenutí a to, k čemu byli donuceni.”</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا أَنَّ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إنَّ اللَّهَ تَجَاوَزَ لِي عَنْ أُمَّتِي الخَطَأَ وَالنِّسْيَانَ وَمَا اسْتُكْرِهُوا عَلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh odpustil mé obci chybu, zapomenutí a to, k čemu byli donuceni.”</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم : أن الله عفا عن أمته في ثلاثة أحوال:
+الأولى: الخطأ، وهو ما صدر منهم دون تعمد، وهو أن يقصد المسلم بفعله شيئًا، فيصادف فعله غير ما قصده. 
+والثانية: النسيان، وهو أن يكون المسلم متذكرًا لشيء، ولكن ينساه عند الفعل، فلا إثم في ذلك أيضًا. 
+والثالثة: الإكراه ، فقد يُكره العبد على فعل شيء لا يريده مع عدم قدرته على دفع الإكراه، وحينئذٍ لا يقع عليه الإثم أو الحرج.
+مع ملاحظة أن موضوع الحديث فيما بين العبد وربه في فعل المحظور، فأما ترك المأمور نسيانًا فلا يسقط، وأما لو ترتب على فعله ذلك جناية فلا يسقط حق المخلوق، كما لو قتل خطًأ، فعليه الدية، أو أتلف سيارة خطأ فعليه الضمان.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh odpustil jeho obci ve třech stavech: První: chyba, když člověk udělá něco neúmyslně, tj. když muslim zamýšlí něco udělat, ale omylem udělá něco jiného, než zamýšlel. Druhý: zapomenutí, to je když muslim chce něco udělat, ale pak na to zapomene a neudělá to, v tom také není hřích. Třetí: donucení, když někdo člověka přinutí udělat něco, co nechce, a není schopný to odvrátit, tak nemá hřích. S tím, že tento hadíth se týká toho, co je mezi člověkem a jeho Pánem v učinění něčeho zakázaného. Co se ale týče zanechání povinnosti kvůli zapomenutí, musí ji vykonat později (když si vzpomene) a pokud z jeho činu vznikla nějaká křivda vůči nějakému stvoření, musí se nahradit, a toto stvoření musí dostat své právo, pokud například někoho omylem zabije, musí zaplatit výkupné, nebo někomu omylem zničí auto, musí mu nahradit škodu atd.</t>
+  </si>
+  <si>
+    <t>سعة رحمة الله -عزّ وجل- ولطفه بعباده حيث رفع عنهم الإثم إذا صدرت منهم المعصية على هذه الأحوال الثلاثة.
+فضل الله على النبي محمد صلى الله عليه وسلم وأمته.
+رفعُ الإثم لا يعني رفع الحكم أو الضمان، فمثلًا من نسي الوضوء، وصلى ظانًّا أنه متطهر، فلا إثم عليه بذلك، ولكن عليه الوضوء وإعادة الصلاة.
+لا بد في رفع الإثم بالإكراه من توفر الشروط، مثل أن يكون المكِره قادرًا على تنفيذ ما هدد به.</t>
+  </si>
+  <si>
+    <t>Rozsáhlost Božího milosrdenství a Jeho laskavost k Jeho služebníkům, když jim odstranil hřích, pokud se ho dopustili za těchto tří okolností.
+Velké Boží dobrodiní pro Proroka Muhammada (ať mu Bůh žehná a dá mír) a jeho obec.
+Odstraněním hříchu se nemyslí odstranění následků nebo nahrazení - pokud například člověk zapomene malou očistu (wudu) a pomodlí se a myslí si, že je očištěn, tak nemá hřích, pokud si to ale uvědomí, musí se očistit a tuto modlitbu zopakovat.
+Co se týče odstranění hříchu kvůli donucování, musí být dodrženy určité podmínky, například, aby byl ten, kdo člověka nutí, schopný udělat to, čím vyhrožuje.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه والبيهقي وغيرهما</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والبيهقي وغيرهما]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4216</t>
+  </si>
+  <si>
+    <t>يسلم الراكب على الماشي، والماشي على القاعد، والقليل على الكثير</t>
   </si>
   <si>
     <t>„Ať pozdraví jezdec pěšího, pěší sedícího a menší počet větší.”</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُسَلِّمُ الرَّاكِبُ عَلَى المَاشِي، وَالمَاشِي عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».
 وَلِلبُخَارِي: «يُسَلِّمُ الصَّغِيرُ عَلَى الكَبِيرِ، وَالمَارُّ عَلَى القَاعِدِ، وَالقَلِيلُ عَلَى الكَثِيرِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ať pozdraví jezdec pěšího, pěší sedícího a menší počet větší.”</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم إلى أَدَبِ إلقاءِ تحية السلام بين الناس "السلام عليكم ورحمه الله وبركاته"، 
 فيُسلِّم الصغيرُ على الكبير، والراكبُ على الماشي، والماشي على القاعد، والعددُ القليلُ على الكثير.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) poučil o etiketě islámského pozdravu, který zní: „As-salámu alajkum wa rahmatulláhi wa barakátuh.” A tak by měl mladší zdravit jako první staršího, jezdec pěšího, pěší sedícího a menší počet lidí větší počet.</t>
   </si>
   <si>
     <t>استحباب التسليم على ما جاء به الحديث، فإذا سَلَّمَ الماشي على الراكب وغير ذلك مما ذُكِرَ، جاز، ولكنه خلاف الأولى والأفضل.
 إفشاء السلام على الكيفية التي جاءت في الحديث من أسباب المحبة والتَّآلف.
 إذا كانوا متكافئين متساويين فيما ذُكِرَ، فخَيْرُهُم الذي يبدأ بالسلام.
 كمال هذه الشريعة في بيان جميع ما يحتاجه الناس.
 تعليم آداب السلام وإعطاء كل ذي حق حقه.</t>
   </si>
   <si>
     <t>Doporučení zdravit způsobem, jaký je uveden v hadíthu, ale když pozdraví jako první pěší jezdce atd. je to povolené, je však lepší dělat to tak, jak je uvedeno v hadíthu.
 Zdravení způsobem uvedeným v hadíthu je jednou z příčin lásky a náklonnosti mezi lidmi.
 Pokud jsou všichni na stejné úrovni, je nejlepším z nich ten, kdo pozdraví jako první.
 Dokonalost islámského zákona, který vysvětluje všechno, co lidé potřebují.
 Důležitost učení se etice a dávání každému jeho práva.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4243</t>
   </si>
   <si>
-    <t>إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ</t>
+    <t>إن هذين حرام على ذكور أمتي، حل لإناثهم</t>
   </si>
   <si>
     <t>„Věru, že tyto dvě jsou zakázané pro muže z mé obce a jsou dovoleny jejich ženám.”</t>
   </si>
   <si>
     <t>عَن عَلِيٍّ بْنِ أَبِي طَالِبٍ رَضيَ اللهُ عنه قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ حَرِيرًا بِشِمَالِهِ، وَذَهَبًا بِيَمِينِهِ، ثُمَّ رَفَعَ بِهِمَا يَدَيْهِ، فَقَالَ: «إِنَّ هَذَيْنِ حَرَامٌ عَلَى ذُكُورِ أُمَّتِي، حِلٌّ لِإِنَاثِهِمْ».</t>
   </si>
   <si>
     <t>‘Alí Ibn Abí Tálib (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) vzal hedvábí do levé ruky a zlato do pravé, pak s nimi zvedl ruce a řekl: „Věru, že tyto dvě jsou zakázané pro muže z mé obce a jsou dovoleny jejich ženám.”"</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم ثوبًا من حَرِيْر أو قطعةً منه، بيده اليسرى، وأخذ ذهبًا مِن حُلِيٍّ أو ما شابه، بيده اليمنى، ثم قال: إنّ الحرير والذهب، حرامٌ لبسهما على الرجال، أما النساء فهما حلال لهن.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vzal oblečení z hedvábí nebo kus látky z něj do levé ruky a vzal zlato, jako jsou ozdoby nebo něco podobného, do pravé ruky a pak řekl: Věru, že je zakázáno nosit hedvábí a zlato pro muže, ale co se týče žen, pro ty je to povolené.</t>
   </si>
   <si>
     <t>قال السندي:‏ ‏(حرام): المراد استعمالُها لبسًا؛ وإلا فالاستعمال صَرْفًا وإنفاقًا وبيعًا جائزٌ للكُلّ، واستعمال الذهب باتخاذ الأواني منه واستعمالُها حرام للكل.
 توسعة الشريعة الإسلامية على النساء للحاجة إلى الزينة ونحوها.</t>
   </si>
   <si>
     <t>As-Sindí řekl: Zákazem se myslí jejich oblékání, ale jejich používání jako platidel a při obchodování je povolené všem a používání zlatého nádobí je zakázáno všem.
 Vstřícnost islámského práva vůči ženám kvůli jejich potřebě se zdobit atd.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وابن ماجه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4292</t>
   </si>
   <si>
-    <t>دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ</t>
+    <t>دعوني ما تركتكم، إنما هلك من كان قبلكم بسؤالهم واختلافهم على أنبيائهم</t>
   </si>
   <si>
     <t>„Nechte mě, jak jsem vás zanechal, věru, že ti, kteří byli před vámi, byli zahubeni svými otázkami a odporováním svým prorokům,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «دَعُونِي مَا تَرَكْتُكُمْ، إِنَّمَا هَلَكَ مَنْ كَانَ قَبْلَكُمْ بِسُؤَالِهِمْ وَاخْتِلَافِهِمْ عَلَى أَنْبِيَائِهِمْ، فَإِذَا نَهَيْتُكُمْ عَنْ شَيْءٍ فَاجْتَنِبُوهُ، وَإِذَا أَمَرْتُكُمْ بِأَمْرٍ فَأْتُوا مِنْهُ مَا اسْتَطَعْتُمْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nechte mě, jak jsem vás zanechal, věru, že ti, kteří byli před vámi, byli zahubeni svými otázkami a odporováním svým prorokům, a pokud vám něco zakážu, vyvarujte se toho, a pokud vám nařídím nějaký příkaz, vykonejte z něj, kolik jste schopni.”</t>
   </si>
   <si>
     <t>ذَكَرَ النبيُّ صلى الله عليه وسلم أنّ الأحكام الشرعية على أقسام ثلاثة: ما سُكت عنه، ونواهي، وأوامر. 
 فأما الأول: وهو ما سَكَتَ الشرعُ عنه: حيث لا حُكْم، وأنّ الأصل في الأشياء عدم الوجوب؛ 
 فأما في عهده صلى الله عليه وسلم فيجب تركُ السؤال عن شيء لم يقع خشية أن ينزل به وجوب أو تحريم، فإن الله تركَها رحمة بالعباد، 
 وأما بعد موته صلى الله عليه وسلم فإن كان السؤال على وجه الاستفتاء أو التعليم لما يحتاج إليه من أمر الدين فهو جائز بل مأمور به، وإن كان على وجه التَّعَنُّت والتكلُّف فهو المراد بترك السؤال عنه في هذا الحديث؛ وذلك لأنه قد يُفضي إلى مثل ما وقع لبني إسرائيل، إذ أُمروا أن يذبحوا بقرة فلو ذبحوا أيَّ بقرة لامتثلوا، ولكنهم شددوا فشُدِّد عليهم. 
 الثاني: النواهي؛ وهي: ما يثاب تاركه، ويعاقب فاعله، فيجب اجتنابُها كلها. 
 الثالث: الأوامر؛ وهو ما يثاب فاعله، ويعاقب تاركه، فيجب أن يفعل منه قدر الاستطاعة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) rozdělil právní nařízení na tři skupiny: o čem je pomlčeno, zákazy a příkazy.
 Co se týče první: to je to, o čem islámský zákon pomlčel, tzn. že není žádné nařízení a že základem u všech věcí je neexistence. Co se týče doby Proroka (ať mu Bůh žehná a dá mír), nesmí se ptát na žádnou věc, aby se nestala povinnou nebo zakázanou, protože Bůh ji ponechal bez nařízení jako milosrdenství pro své služebníky. Zatímco po smrti Proroka (ať mu Bůh žehná a dá mír), pokud se otázka týká nějaké konkrétní věci, kdy se člověk snaží zjistit, jak má postupovat (hledá fatwu), nebo učení se věcí, které jsou potřebné pro náboženství, je to (tj. tázání se) povolené, a dokonce i nařízené. Pokud je ale důvodem otázky hledání těžkostí, mělo by být otázek zanecháno, jak je uvedeno v tomto hadíthu, protože to vede k tomu, co se stalo dítkám Izraele, když jim bylo nařízeno, aby obětovali krávu, a kdyby obětovali jakoukoliv krávu, splnili by toto nařízení, ale protože to ztěžovali otázkami, bylo jim to ztíženo.
 Druhá: zákazy: to je to, za jehož zanechání je odměna a za jehož vykonání následuje trest. A je nařízeno zanechat jich úplně.
 Třetí: rozkazy: to je to, za jehož vykonání je odměna a za nevykonání je trest. A u těchto je povinné udělat tolik, kolik je člověk schopen.</t>
   </si>
   <si>
     <t>ينبغي الانشغال بالأهم  المُحتاج إليه، وترك ما لا يحتاج إليه في الحال، وعدم الاشتغال بالسؤال عما لم يقع.
 حرمة السؤال الذي ربما أوصل إلى تعقيد المسائل، وفتح باب الشبهات المفضية إلى كثرة الاختلاف.
 الأمر بترك كل المنهيات؛ لأنه لا مشقة في تركها، ولذلك كان النهي عنه عامًّا.
 الأمر بفعل المأمور به على قدر الاستطاعة؛ لأنه قد يلزم منه مشقة أو يعجز عنه؛ ولذا كان الأمر به على قدر الاستطاعة.
 النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة، والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
 تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
 كثرة السؤال مما لا يُحتاج إليه والاختلاف على الأنبياء سببٌ للهلاك، ولا سيّما في الأمور التي لا يمكن الوصول إليها، مثل: مسائل الغيب التي لا يعلمها إلا الله، وأحوال يوم القيامة.
 النهي عن السؤال في شِداد المسائل، قال الأوزاعي: إن الله إذا أراد أن يحرم عبده بركة العلم ألقى على لسانه المغاليط، فلقد رأيتهم أقلَّ الناس علمًا، وقال ابن وهب: سمعت مالكًا يقول: المِراء في العلم يذهب بنور العلم من قلب الرجل.</t>
   </si>
   <si>
     <t>Mělo by se zaměstnávat tím, co je důležité a potřebné, a zanechat toho, co není potřebné, a nezaměstnávat se otázkami na věci, které se nestaly.
 Zákaz otázky, která může vést ke ztěžování věcí a k otevírání dveří pochybnostem, které vedou k rozporům.
 Nařízení zanechat všeho zakázaného, protože v zanechání něčeho nejsou těžkosti, a proto je zákaz obecný.
 Nařízení vykonávat rozkazy podle schopnosti, protože v rozkazu může být těžkost nebo neschopnost ho vykonat, a proto bylo nařízeno je vykonávat podle schopnosti.
 Zákaz mnoha otázek; učenci rozdělili otázky na dvě skupiny: První: co je z důvodu učení se toho, co je potřebné pro náboženství, tyto otázky jsou povinné a takové otázky měli druhové Proroka. Druhá skupina: otázky z důvodu ztěžování věcí a tyto otázky jsou zakázané.
 Varování této obce před odporováním prorokům, tak jak se to stalo obcím před nimi.
 Mnoho otázek, které nejsou potřeba, a odporování prorokům je příčinou záhuby, zvláště ve věcech, které se nedají zjistit, jako otázky nepoznatelných věcí, které zná pouze Bůh, nebo otázky týkající se soudného dne.
 Zákaz otázek ohledně těžkých témat. Al-Awzá'í řekl: Věru, že když chce Bůh připravit svého služebníka o požehnání vědění, vloží mu na jazyk zbytečné otázky, které jen ztěžují věci, a viděl jsem, že tito lidé mají nejméně vědění. A Ibn Wahb řekl: Slyšel jsem Málika říci: Hádky a spory o vědění odstraňují světlo vědění ze srdce člověka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4295</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>اتق الله حيثما كنت، وأتبع السيئة الحسنة تمحها، وخالق الناس بخلق حسن</t>
+  </si>
+  <si>
+    <t>„Boj se Boha, kdekoliv jsi, a špatný skutek následuj dobrým a On ho smaže a chovej se k lidem dobrými mravy.”</t>
+  </si>
+  <si>
+    <t>‌عَنْ ‌أَبِي ‌ذَرٍّ، ‌جُنْدُبِ ‌بْنِ ‌جُنَادَةَ، ‌وَأَبِي ‌عَبْدِ ‌الرَّحْمَنِ، ‌مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقِ اللَّهَ حَيْثُمَا كُنْت، وَأَتْبِعْ السَّيِّئَةَ الْحَسَنَةَ تَمْحُهَا، وَخَالِقْ النَّاسَ بِخُلُقٍ حَسَنٍ».</t>
+  </si>
+  <si>
+    <t>Abú Dharr, Džundub Ibn Džunáda a Abú ‘Abdurrahmán, Mu‘ádz Ibn Džabal (ať je s nimi Bůh spokojen) vyprávěli, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Boj se Boha, kdekoliv jsi, a špatný skutek následuj dobrým a On ho smaže a chovej se k lidem dobrými mravy.”</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم بثلاثة أمور:
+الأول: تقوى الله وذلك بفعل الواجبات، وترك المحرمات، في كل مكان وزمان وحال، في السر والعلانية، وفي العافية والبلاء وغير ذلك.
+الثاني: إذا وقعت في سيئة، فافعل بعدها حسنة من صلاة وصدقة وبر وصلة وتوبة وغير ذلك، فإن ذلك يمحو السيئة. 
+الثالث: عامل الناس بأخلاق حسنة، مِنْ تبسم في وجوههم، ورفق ولين وبذل معروف وكف أذى.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) nařídil tři věci: První: bohabojnost dodržováním povinností a vyhýbáním se zákazům na každém místě, v každém čase a stavu, ve skrytu i veřejně, ve zdraví i nemoci, atd. Druhá: pokud upadneš do nějakého hříchu, udělej poté dobrý skutek, jako modlitbu, almužnu, dobrý skutek k příbuznému, a kaj se, protože to smaže tento hřích. Třetí: chovat se k lidem podle dobrých mravů, usmívat se, být milý a hodný, prokazovat dobro a odstraňovat zlo.</t>
+  </si>
+  <si>
+    <t>فضل الله عزّ وجل على العباد في رحمته ومغفرته وعفوه.
+اشتمل الحديث على الحقوق الثالثة: حق الله بالتقوى، وحق النفس بفعل الحسنات بعد السيئات، وحق الناس بالمعاملة بالأخلاق الحسنة.
+الترغيب في فعل الحسنات بعد السيئات، وحسن الخلق من خصال التقوى، وإنما أفرد بالذكر للحاجة إلى بيانها.</t>
+  </si>
+  <si>
+    <t>Velké Boží dobrodiní vůči lidem v Jeho milosrdnosti a odpouštění.
+Tento hadíth zahrnuje tři práva: právo Boha na bohabojnost, právo člověka (vůči sobě samému) konáním dobrých skutků po špatných, a právo ostatních lidí na dobré chování s dobrými mravy.
+Nabádání ke konání dobrých skutků po špatných a k dobrým mravům, a že patří k bohabojnosti. A byly zmíněny samy o sobě kvůli potřebě je objasnit.</t>
+  </si>
+  <si>
+    <t>قال الترمذي: حديث حسن</t>
+  </si>
+  <si>
+    <t>رواه الترمذي</t>
+  </si>
+  <si>
+    <t>[قال الترمذي: حديث حسن]</t>
+  </si>
+  <si>
+    <t>[Zaznamenal ho At-Thirmidhí]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4302</t>
+  </si>
+  <si>
+    <t>لقد سألتني عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>„Věru, že jsi se mne zeptal na obrovskou věc, která je lehká pro toho, pro koho ji Bůh učiní snadnou</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رضي الله عنه قَالَ: كُنْتُ مَعَ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ فِي سَفَرٍ، فَأَصْبَحْتُ يَوْمًا قَرِيبًا مِنْهُ وَنَحْنُ نَسِيرُ، فَقُلْتُ: يَا رَسُولَ اللهِ أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدُنِي عَنِ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَنِي عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ، تَعْبُدُ اللَّهَ وَلاَ تُشْرِكْ بِهِ شَيْئًا، وَتُقِيمُ الصَّلاَةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ» ثُمَّ قَالَ: «أَلاَ أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ: الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الخَطِيئَةَ كَمَا يُطْفِئُ الْمَاءُ النَّارَ، وَصَلاَةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ» قَالَ: ثُمَّ تَلاَ: «{تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ}، حَتَّى بَلَغَ {يَعْمَلُونَ}» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِرَأْسِ الأَمْرِ كُلِّهِ وَعَمُودِهِ، وَذِرْوَةِ سَنَامِهِ؟» قُلْتُ: بَلَى يَا رَسُولَ اللهِ، قَالَ: «رَأْسُ الأَمْرِ الإِسْلاَمُ، وَعَمُودُهُ الصَّلاَةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ» ثُمَّ قَالَ: «أَلاَ أُخْبِرُكَ بِمَلاَكِ ذَلِكَ كُلِّهِ؟» قُلْتُ: بَلَى يَا نَبِيَّ اللهِ، فَأَخَذَ بِلِسَانِهِ قَالَ: «كُفَّ عَلَيْكَ هَذَا» فَقُلْتُ: يَا نَبِيَّ اللهِ، وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ؟ فَقَالَ: «ثَكِلَتْكَ أُمُّكَ يَا مُعَاذُ، وَهَلْ يَكُبُّ النَّاسَ فِي النَّارِ عَلَى وُجُوهِهِمْ أَوْ عَلَى مَنَاخِرِهِمْ إِلاَّ حَصَائِدُ أَلْسِنَتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Mu‘ádz Ibn Džabal (ať je s ním Bůh spokojen) vyprávěl: Byl jsem s Prorokem (ať mu Bůh žehná a dá mír) na cestách a jeden den jsem byl blízko něj, když jsme šli, a řekl jsem: Posle Boží, řekni mi nějaký čin, kterým vstoupím do ráje, a který mě oddálí od ohně. Řekl: „Věru, že jsi se mne zeptal na obrovskou věc, která je lehká pro toho, pro koho ji Bůh učiní snadnou. Uctívej jediného Boha a nic k Němu nepřidružuj, dodržuj modlitbu, dávej almužnu, posti se v ramadánu a vykonej velkou pouť ke Ka‘abě.” A potom řekl: „Nemám ti ukázat dveře všeho dobra? Půst je ochranou, almužna uhasí hřích stejně jako voda uhasí oheň a modlitba člověka uprostřed noci,” a pak recitoval: {Boky jejich se lůžkům vyhýbají} až k: {za skutky jejich}. Poté řekl: „Nemám ti říct o hlavě věci, jejím podpěrném sloupu a vrcholu jejího hrbu?” Řekl jsem: Ano, Posle Boží. Řekl: „Hlavou věci je islám, jeho podpěrným sloupem je modlitba a jeho vrcholem hrbu je džihád.” A poté řekl: „Nemám ti říct o tom, co všechno toto činí dokonalým?" Řekl jsem: Ano, Proroku Boží. A on uchopil jazyk a řekl: „Zdrž se tohoto.” Řekl jsem: Proroku Boží, budeme se zodpovídat za vše, co řekneme? A on řekl: „Aby o tebe tvá matka přišla  Mu‘ádzi! Budou snad lidé svrženi na svých obličejích a nosech do ohně za něco jiného než za to, co si vysloužily jejich jazyky?”</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، 
+قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام: 
+الأول: تعبد الله وحده ولا تشرك به شيئًا. 
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها. 
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس. 
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل: 
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟ 
+قال معاذ رضي الله عنه: بلى يا رسول الله. 
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. 
+وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله. 
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. 
+قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟! 
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>Mu‘ádz (ať je s ním Bůh spokojen) vyprávěl: Byl jsem s Prorokem (ať mu Bůh žehná a dá mír) na cestách a jeden den jsem byl blízko něj, když jsme šli, a řekl jsem: Posle Boží, řekni mi nějaký čin, na základě, kterého vstoupím do ráje a vzdálím se od ohně. A on řekl: Věru, že jsi se mne zeptal na obrovský skutek ke konání, který je lehký pro toho, pro koho ho Bůh učiní snadným, vykonej všechny povinnosti islámu:
+První: uctívej jediného Boha a nic k němu nepřidružuj.
+Druhý: dodržuj pět povinných modliteb za den a noc: fadžr, zuhr, asr, maghrib a iša, s jejich podmínkami, pilíři a povinnostmi.
+Třetí: dávej povinnou almužnu, což je povinné uctívání pro každý majetek, který dosáhl určité jasně dané hranice v islámu, a která se dává těm, kteří na ni mají právo.
+Čtvrtý: posti se v ramadánu, což je zdržení se jídla, pití a dalších věcí, které ruší půst, s úmyslem uctívání, od úsvitu do západu slunce.
+Pátý: vykonej velkou pouť do Mekky kvůli vykonání náboženských rituálů jako uctívání Boha.
+Poté Prorok (ať mu Bůh žehná a dá mír) řekl: Mám ti říct o cestě, která vede ke dveřím všeho dobra? To je následování povinných věcí věcmi doporučenými:
+Za prvé: doporučený půst. Ten zabraňuje upadnutí do hříchů, a to tak, že snižuje touhu a sílu.
+Za druhé: doporučená almužna, ta uhasí hřích po jeho spáchání a odstraní ho a smaže jeho následky.
+Za třetí: noční modlitba v poslední třetině noci, a pak Prorok (ať mu Bůh žehná a dá mír přečetl slova Boží: {Boky jejich se lůžkům vyhýbají, neboť oni Pána svého z bázně i z touhy vzývají, a z toho, co jsme jim uštědřili, rozdávají.
+Žádná duše neví, co z radostí skryto je pro ně}, tj. v ráji, {odměnou za skutky jejich.}
+A pak Prorok (ať mu Bůh žehná a dá mír) řekl: Nemám ti říct o základu náboženství? A jeho podpěrném sloupu, který ho podepírá? A vrcholu jeho hrbu?
+Mu‘ádz (ať je s ním Bůh spokojen) řekl: Ano, Posle Boží.
+A Prorok (ať mu Bůh žehná a dá mír) řekl: Hlavou věci je islám, což jsou dvě vyznání víry, a ta jsou pro člověka základem náboženství. A jeho pilířem je modlitba, protože není islám bez modlitby, stejně jako není dům bez pilíře, a ten, kdo se modlí, posiluje svoji víru. A vrcholem jeho hrbu, jeho vyvýšením, je džihád a vyvinutí úsilí v boji proti nepřátelům islámu, aby slovo Boží mělo navrch.
+A poté Prorok (ať mu Bůh žehná a dá mír) řekl: Nemám ti říci o nejlepším a nejdokonalejším provedení toho, co bylo uvedeno? A pak Prorok (ať mu Bůh žehná a dá mír) uchopil svůj jazyk a řekl: Zadrž toto a nemluv o tom, co se tě netýká. A Mu‘ádz řekl: Bude nás náš Pán soudit a trestat za všechno, co řekneme?
+A Prorok (ať mu Bůh žehná a dá mír) řekl: Aby o tebe tvá matka přišla! A tato slova nejsou prosbou proti němu, ale tato slova Arabové běžně říkali, aby upozornili na něco důležitého, aby na to dal člověk pozor a vnímal to. A pak řekl: Nebudou snad lidé vhozeni a svrženi svými  obličeji do ohně právě za to, co si jejich jazyky zasloužily, kvůli nevíře, nadávkám, urážkám, pomluvám, lžím atd.</t>
+  </si>
+  <si>
+    <t>حرص الصحابة رضي الله عنهم على العِلْم، ولهذا يَكثُرُ منهم سؤال النبي صلى الله عليه وسلم عنه.
+فقه الصحابة رضي الله عنهم لعلمهم أنَّ الأعمال سبب لدخول الجنة.
+السؤال الذي صَدَر من معاذ رضي الله عنه سؤال عظيم؛ لأنه في الحقيقة هو سِرُّ الحياة والوجود، فكل موجود في هذه الدنيا من بني آدم أو من الجنّ غايته إما الجنة وإما النار، فلذلك كان هذا السؤال عظيمًا.
+ترتُّب دخوله الجنة على الإتيان بأركان الإسلام الخمسة، وهي: الشهادتان والصلاة والزكاة والصيام والحج.
+رأس الدين وأغلى المُهمّات وأعلى الواجبات توحيد الله، بعبادته وحده لا شريك له.
+رحمة الله بعباده أنْ فتح لهم أبواب الخير ليتزوَّدوا من أسباب الأجر ومغفرة الذنوب.
+فضل التقرب بالنوافل بعد أداء الفرائض.
+الصلاة من الإسلام بمنزلة العمود الذي تقوم عليه الخَيْمَة، يَذهب الإسلام بذهابها، كما تسقط الخيمة بسقوط عمودها.
+وجوب حفظ اللسان عما يضر الإنسان في دينه.
+كَفُّ اللسان وضبطُه وحَبسُه هو أصل الخير كله.</t>
+  </si>
+  <si>
+    <t>Druhové Proroka (ať je s nimi Bůh spokojen) měli velký zájem o vědění, a proto se Proroka (ať mu Bůh žehná a dá mír) hodně ptali.
+Velké porozumění druhů Proroka (ať je s nimi Bůh spokojen), protože věděli, že skutky jsou příčinou vstupu do ráje.
+Otázka, na kterou se Mu‘ádz (ať je s ním Bůh spokojen) zeptal je obrovská otázka, protože je to ve skutečnosti podstata života a existence, protože cílem všeho, co v tomto světě existuje, ať jsou to lidé nebo džinové, je buď ráj, nebo oheň. A proto byla tato otázka obrovská.
+Vstoupení do ráje je založené na dodržování pěti pilířů islámu, což jsou vyznání víry, modlitba, povinná almužna, půst a pouť.
+Hlavou náboženství a nejdůležitější a nejvyšší povinností je dodržování jedinosti Boží (tawhíd) při uctívání Boha jediného, který nemá žádného společníka.
+Z Božího milosrdenství vůči lidem je, že jim otevřel brány dobra, aby se jim dostalo, co nejvíce příčin odměny a odpuštění hříchů.
+Velká zásluha přibližování se k Bohu nepovinným uctíváním po splnění povinného.
+Modlitba je v islámu jako podpěrný sloup ve stanu, pokud se ztratí, ztratí se i islám, stejně jako spadne stan, když spadne jeho podpěrný sloup.
+Povinnost zadržet jazyk v tom, co škodí člověku v jeho víře.
+Zadržení, omezení a ovládnutí jazyka je základem všeho dobra.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4303</t>
+  </si>
+  <si>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>„Pokud se muslimové střetnou meči, ten, kdo zabil, i ten, kdo je zabit, jsou v ohni</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Abú Bakr (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Pokud se muslimové střetnou meči, ten, kdo zabil, i ten, kdo je zabit, jsou v ohni.” Zeptal jsem se: „Posle Boží, rozumím tomu, že ten, kdo zabil, ale proč ten, kdo byl zabit?" Prorok odpověděl: „Protože se snažil zabít svého bratra.”</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) říká, že pokud spolu bojují dva muslimové a každý z nich se snaží zabít svého soupeře, oba skončí v pekelném ohni. Sahába (druhové Proroka) se ale divili, proč je ten, který byl zabit, také v ohni? A Prorok (ať mu Bůh žehná a dá mír) jim odpověděl, že přijde do ohně proto, že se snažil zabít svého druha a zabránilo mu v tom jen to, že byl dříve sám zabit.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Trest za úmysl dopustit se hříchu, pokud člověk zapříčiní to, co k tomu hříchu vede.
 Velký zákaz a trest ohně za to, když se muslimové vraždí navzájem.
 Pokud muslimové proti sobě bojují odůvodněně (například potírání vzpoury špatných muslimů), tento zákaz a trest se jich netýká.
 Ten, kdo se dopustí velkého hříchu, zůstává stále muslimem, protože Prorok (ať mu Bůh žehná a dá mír) nazval v hadíthu ty, co spolu bojují, muslimy.
 Meč v hadíthu je pouze jako příklad, a proto pokud se muslimové střetnou jakoukoli vražednou zbraní, ten, kdo zabil, i ten, kdo je zabit, skončí v ohni.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>ازهد في الدنيا يحبك الله، وازهد فيما عند الناس يحبك الناس</t>
+  </si>
+  <si>
+    <t>„Zřekni se pozemského života a Bůh tě bude milovat a zřekni se toho, co mají lidé, a lidé tě budou milovat.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ سَهْلِ بْنِ سَعِدٍ السَّاعِدِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: يَا رَسُولَ اللَّهِ، دُلَّنِي عَلَى عَمَلٍ إِذَا عَمِلْتُهُ أَحَبَّنِي اللَّهُ وَأَحَبَّنِي النَّاسُ، فَقَالَ: «ازْهَدْ فِي الدُّنْيَا يُحِبُّكَ اللَّهُ، وَازْهَدْ فِيمَا عِنْدَ النَّاسِ يُحِبُّكَ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>Abú Al-‘Abbás Sahl Ibn Sa‘d As-Sá‘idí (ať je s ním Bůh spokojen) vyprávěl: Jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: Posle Boží, ukaž mi nějaký čin, který když udělám, bude mě mít rád Bůh a budou mě mít rádi lidé. A on řekl: „Zřekni se pozemského života a Bůh tě bude milovat a zřekni se toho, co mají lidé, a lidé tě budou milovat.”</t>
+  </si>
+  <si>
+    <t>سَأل رجل النبي صلى الله عليه وسلم أن يرشده إلى عمل إذا عمله أحبه الله وأحبه الناس، فقال له صلى الله عليه وسلم: يحبك الله إذا تركت الفاضل من الدنيا، وما لا ينفعك في الآخرة، وتركت ما قد يكون فيه ضرر في دينك، ويحبك الناس إذا زهدت بما في أيديهم من الدنيا؛ لأنهم يحبونها بطبعهم، ومن زاحمهم عليها أبغضوه، ومن تركها لهم أحبوه.</t>
+  </si>
+  <si>
+    <t>Jeden muž se zeptal Proroka (ať mu Bůh žehná a dá mír), aby mu poradil nějaký čin, který když udělá, bude ho milovat Bůh a budou ho mít rádi i lidé. A Prorok (ať mu Bůh žehná a dá mír) řekl: Bůh tě bude milovat, pokud zanecháš z pozemského života to, co je navíc, co ti v ničem neprospěje v budoucím životě, a zanecháš toho, co může ublížit tvojí víře. A lidé tě budou mít rádi, pokud se zřekneš toho, co vlastní z pozemského života, protože to mají přirozeně rádi, a tak nemají rádi toho, kdo v tom s nimi soutěží, zatímco toho, kdo jim to přenechá, mají rádi.</t>
+  </si>
+  <si>
+    <t>فضيلة الزهد في الدنيا، وهو: أن يترك ما لا ينفع في الآخرة.
+الزهد مرتبته أعلى من الورع؛ لأن الورع ترك ما قد يضر، والزهد ترك ما لا ينفع في الآخرة.
+قال السندي: إن الدنيا محبوبة عند الناس فمن يزاحمهم فيها يصير مبغوضًا عندهم بقدر ذلك، ومن تركهم ومحبوبهم يكون محبوبًا في قلوبهم بقدر ذلك.</t>
+  </si>
+  <si>
+    <t>Velká odměna za askezi v tomto životě, to je zanechání toho, co člověku v ničem neprospěje ve světě budoucím.
+Askeze je vyšší úroveň než al-war‘ (bohabojnost), protože al-war‘ je zanechání toho, co může uškodit, zatímco askeze je zanechání všeho, co člověku neprospěje v budoucím životě.
+As-Sindí řekl: Pozemský svět je lidmi milován a ten, kdo s nimi o něj soutěží, se stejnou měrou stane lidmi nenáviděn, zatímco ten, kdo zanechá to, co milují, se jimi stane stejnou měrou milován.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه وغيره بأسانيد حسنة</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه وغيره بأسانيد حسنة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4307</t>
+  </si>
+  <si>
+    <t>البر حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>„Dobro jsou dobré mravy a hřích je to, co tíží tvoji hruď a nechceš, aby to lidé zjistili.”</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ الْأَنْصَارِيِّ رضي الله عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْبِرِّ وَالْإِثْمِ، فَقَالَ: «الْبِرُّ حُسْنُ الْخُلُقِ، وَالْإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».</t>
+  </si>
+  <si>
+    <t>An-Nawwás Ibn Sim‘án Al-Ansárí (ať je s ním Bůh spokojen) vyprávěl: Zeptal jsem se Posla Božího (ať mu Bůh žehná a dá mír) na dobro (zbožný skutek) a hřích a řekl:  „Dobro jsou dobré mravy a hřích je to, co tíží tvoji hruď a nechceš, aby to lidé zjistili.”</t>
+  </si>
+  <si>
+    <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن البر والإثم، فقال: 
+أعظم خِصَال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقِلَّة الغَضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمَبَرّة وحسن العشرة والصحبة. 
+وأما الإثم فما تَحَرَّك في النفس مِن المشتبهات وتردَّد دون أنْ ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرِد أن تُظْهِرَه لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán a na dobro a na hřích a řekl:
+Největším dobrem jsou dobré mravy, vůči Bohu je to bohabojnost a vůči ostatním stvořením je to neškodit, nehněvat se, usmívat se, hezky mluvit, udržovat rodinná pouta, být hodný, milý, dobře se chovat a hezky se přátelit.
+Zatímco hřích je to, co tíží duši z věcí, které jsou pochybné a není jim otevřená hruď a srdce o nich cítí pochybnost a strach, že by to mohl být hřích, a člověk si to nepřeje ukázat, protože je to pro nejlepší a dokonalé lidi ošklivé, protože člověk přirozeně chce, aby v něm ostatní viděli dobro, a pokud nechce, aby někdo znal jeho čin, znamená to, že tento čin je hřích a není v něm žádné dobro.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم  قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>Nabádání k dobrým mravům, protože dobré mravy patří mezi největší druhy dobra.
+Pravda a faleš se nemohou věřícímu splést, naopak pozná pravdu podle světla, které má v srdci, a uteče od falše a bude ji odmítat.
+Mezi znaky hříchu patří nepokoj v srdci a tíže a že si člověk nepřeje, aby to někdo zjistil.
+As-Sindí řekl: Toto se týká věcí, o kterých jsou pochyby a lidé neví, zda jsou správné nebo ne, ale to, co je nařízené a není žádný důkaz, který ukazuje opak, to patří do dobra a stejně tak to, co je zakázané, je hřích a není třeba se v těchto věcech ptát srdce a cítit klid.
+Tímto  hadíthem jsou osloveni ti, kteří mají zdravou přirozenost, ne ti, kteří mají převrácená srdce, která neznají dobro a neodmítají zlo, kromě toho, co odpovídá jejich touhám.
+At-Tíbí řekl: Říká se, že dobro v tomto hadíthu je vysvětlováno mnoha významy; na některých místech je vysvětleno jako to, v čem cítí duše i srdce klid, jindy je vysvětlováno jako víra, jindy jako to, co tě přibližuje k Bohu, a zde je vysvětlováno jako dobré mravy. A dobré mravy jsou vysvětlovány jako snášení ubližování, nehněvání se, usmívání se a laskavá řeč. A všechny tyto významy jsou si podobné.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4308</t>
+  </si>
+  <si>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>„Náboženství je přát si a konat dobro pro druhého (nasíha)</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>Tamím ad-Dárí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Náboženství je přát si a konat dobro pro druhého (nasíha).” Zeptali se: „Pro koho?" Odpověděl: „Pro Boha, Jeho knihu a Jeho posla, pro vůdce muslimů i pro obyčejné muslimy.”</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) říká, že náboženství stojí na upřímné víře, aby člověk vyplnil, co mu Bůh nařídil, dokonale, bez podvádění a nedostatků.
 A když se Proroka (ať mu Bůh žehná a dá mír) zeptali, komu mají přát a konat dobro (nasíha), řekl:
 Za prvé: Bohu Všemohoucímu, a to tak, že všechny činy budou konat pouze pro Něj, aniž by k Němu přidružovali, a že budou věřit v jedinost Jeho panství, božství a vlastností a velebit Ho a vyzývat k víře v Něj.
 Za druhé: Jeho knize, což je Vznešený Korán, a to tak, že budou věřit, že je to slovo Boží a Jeho poslední kniha, která zrušila všechna předešlá seslání, a budou ho mít v úctě, správně ho recitovat, řídit se jím, uznají i to, čemu v něm nerozumí, a odmítnou výklady těch, kteří ho překrucují. A budou si z něj brát ponaučení, rozšiřovat ho a vyzývat k jeho čtení.
 Za třetí: Jeho proroku Muhammadovi (ať mu Bůh žehná a dá mír), a to tak, že budou věřit, že je to poslední posel, a že budou věřit tomu, s čím přišel, poslouchat jeho příkazy, vyhýbat se tomu, co zakázal, uctívat Boha jen tím, s čím přišel, respektovat ho, šířit jeho výzvu a zákon a bránit ho před pomluvami.
 Za čtvrté: vůdcům muslimů, a to tak, že jim budou pomáhat šířit pravdu, neodporovat jim a poslouchat je v tom, co je v souladu s Boží poslušností.
 Za páté: všem obyčejným muslimům, a to tak, že se k nim budou dobře chovat, budou je chránit před ubližováním, budou si pro ně přát dobro a pomáhat jim k dobru a bohabojnosti.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Nařízení přát si dobro a konat ho (nasíha) pro všechny.
 Že přání a konání dobra pro ostatní (nasíha) má v náboženství vysoké postavení.
 Že náboženství zahrnuje věrouku, slova i činy.
 Do přání a konání dobra pro ostatní (nasíha) patří očištění duše od napomáhání druhým v podvodu a také tam patří přání dobra.
 Dobrý způsob, kterým Prorok (ať mu Bůh žehná a dá mír) učil: uvedl obecné pravidlo a pak ho rozebral do detailu.
 Začínat nejdůležitější věcí a pokračovat tou méně důležitou, jako Prorok (ať mu Bůh žehná a dá mír), který začal nejdříve s přáním a konáním dobra (nasíha) pro Boha, pak pro Jeho knihu, pak pro Jeho Proroka (ať mu Bůh žehná a dá mír), pak pro vůdce muslimů a nakonec pro všechny obyčejné muslimy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>الرضاعة تحرم ما تحرم الولادة</t>
+  </si>
+  <si>
+    <t>„Kojení zakazuje to, co zakazuje početí.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الرَّضَاعَةُ تُحَرِّمُ مَا تُحَرِّمُ الوِلَادَةُ».</t>
+  </si>
+  <si>
+    <t>‘Á'iša (ať je s ní Bůh spokojen) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kojení zakazuje to, co zakazuje početí.”</t>
+  </si>
+  <si>
+    <t>بيَّنَ النبيُّ صلى الله عليه وسلم أنه يحرم من الرضاع ما يحرم من الولادة والنسب من خال أو عم أو أخ...، وتبيح الرضاعة ما تبيح الولادة من الأحكام.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že kojení zakazuje to, co je zakázané početím a příbuzenským vztahem, jako strýc, bratr atd. A zároveň kojení povoluje to, co povoluje početí (příbuzenských vztah).</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في أحكام الرضاع.
+قال ابن حجر: قوله: (الرضاعة تحرم ما تحرم الولادة) أي: وتبيح ما تبيح، وهو بالإجماع فيما يتعلق بتحريم النكاح وتوابعه، وانتشار الحرمة بين الرضيع وأولاد المرضعة، وتنزيلهم منزلة الأقارب في جواز النظر والخلوة والمسافرة، ولكن لا يترتب عليه باقي أحكام الأمومة من التوارث ووجوب الإنفاق والعتق بالملك والشهادة والعقل وإسقاط القصاص.
+إثبات حكم التحريم بالرضاع تحريمًا مؤبدًا.
+دلت الأحاديث الأخرى أن التحريم بالرضاعة يثبت بخمس رضعات معلومات، وأن تكون في السنتين الأوليين.
+المحرمات بالنسب هن: الأمهات، ويدخل فيهنَّ الجدات، وإن علون من قبل الأمّ أو الأب. والبنات: ويدخل فيهنَّ بنات البنات، وبنات الأولاد، وإن سفلن. والأخوات: سواء أكنّ من قبل الأب والأم، أو من قبل أحدهما. والعمَّات: ويدخل فيهنّ جميع أخوات الأب الشقيقات وغير الشقيقات، وكذلك جميع أخوات أجدادك، وإن علون. والخالات: ويدخل فيهنّ جميع أخوات الأم الشقيقات، وغيرهنّ، وكذلك جميع أخوات الجدات، وإن علون، سواء أكنَّ جدات من الأب أم من الأم. وبنات الأخ، وبنات الأخت، ويدخل فيهنَّ بناتهنَّ، وإن سفلن.
+المحرمات بالرضاع، فيحرم من الرضاع ما يحرم من النسب، فكل امرأة حَرُمت من النسب حَرُمَ مثلها من الرضاع إلا أم أخيه وأخت ابنه من الرضاع فلا تحرم.</t>
+  </si>
+  <si>
+    <t>Tento hadíth je pravidlem v otázkách soukojenectví.
+Ibn Hadžar řekl: Slova: „Kojení zakazuje to, co zakazuje početí,” tj. a povoluje, co povoluje, se týkají (a je na tom shoda mezi všemi učenci) zákazu manželství a jeho důsledků a vzniku příbuzenského vztahu mezi nakojeným dítětem a dětmi ženy, která ho nakojila, v tom, že je mu povoleno se na ně dívat, být s nimi sám a cestovat s nimi, ale nepatří do toho všechna pravidla příbuzenství, jako je dědictví, povinnost výživy, svědectví, výkupné a zrušení krevní msty.
+Potvrzení pravidla zákazu(manžleství) kvůli kojení, a to trvalého zákazu.
+Jiné hadíthy dokazují, že tento zákaz kvůli kojení nastává po pěti jasných nakojeních do dvou let věku dítěte.
+Ženy zakázané z důvodu příbuzenství jsou matky, kam patří i babičky a výše, ať už ze strany matky nebo ze strany otce, dcery, kam patří i dcery dcer a synů (vnučky a níže), sestry, ať už ze strany matky nebo otce nebo obou, tety, tj. všechny sestry otce i matky i prarodičů, dcery bratra i sestry (neteře) a jejich dcery.
+Ženy zakázané z důvodu soukojenectví jsou stejné jako u příbuzenství. Každá žena, která je zakázána z důvodu příbuzenství, je zakázána kvůli soukojenectví kromě matky bratra ze soukojenectví a sestry syna ze soukojenectví, ty zakázány nejsou.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4311</t>
+  </si>
+  <si>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>„Věru, že povolené (halál) je jasné a zakázané (harám) je jasné</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>An-N’umán Ibn Bašír (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci (a při tom si N’umán ukázal na uši): „Věru, že povolené (halál) je jasné a zakázané (harám) je jasné a mezi nimi jsou věci nejasné, které většina lidí nezná. Ten, kdo se těchto nejasných věcí vyvaruje, očistí svoji víru a čest, ale ten, kdo do nejasných věcí spadne, spadne do zakázaného (harám), stejně jako pastevec, který pase blízko hranic; tomu hrozí, že začne pást za nimi.  Věru, že každý král má svoje hranice, a hranice Boží jsou Jeho zákazy. Věru, že v těle je orgán, který když se napraví, napraví se celé tělo, ale když se zkazí, zkazí se celé tělo. Věru, že tento orgán je srdce."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil velké obecné pravidlo týkající se všech věcí, že všechny věci se dělí do tří kategorií: jasné povolení (halál), jasný zákaz (harám) a věci, u kterých není zcela jasné, zda jsou zakázané nebo povolené, a u kterých většina lidí neví, do které kategorie patří.
 A kdo zanechá těchto nejasných věcí, ochrání své náboženství tím, že bude daleko od zakázaných věcí, a také jeho čest bude ochráněna před pomluvami lidí, že dělá věci, které jsou pochybné. Zatímco tomu, kdo se pochybným věcem nevyhýbá, hrozí, že spadne do zakázaného nebo před lidmi ztratí svoji čest. Posel Boží (ať mu Bůh žehná a dá mír) uvedl příklad ukazující že ten, kdo dělá pochybné věci, se podobá tomu, kdo pase své ovce blízko hranic někoho jiného a hrozí mu, že jeho ovce tyto hranice přejdou, protože je mají blízko, a budou se pást na cizím. Stejně tak tomu, kdo dělá pochybné věci, které jsou blízko zakázaných, hrozí, že spadne do zakázaného. Nakonec Prorok (ať mu Bůh žehná a dá mír) řekl, že v těle je orgán (srdce), který když se napraví, napraví se celé tělo, ale když se zkazí, zkazí se celé tělo.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Nabádání k zanechání pochybných věcí, u kterých není jasné, jaké pro ně platí nařízení.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا</t>
+    <t>أيها الناس، إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>„Lidé, věru, že Bůh je dobrý, a tak nepřijímá nic jiného než dobré, a věru, že nařídil věřícím to, co nařídil poslům,</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُّهَا النَّاسُ، إِنَّ اللهَ طَيِّبٌ لَا يَقْبَلُ إِلَّا طَيِّبًا، وَإِنَّ اللهَ أَمَرَ الْمُؤْمِنِينَ بِمَا أَمَرَ بِهِ الْمُرْسَلِينَ، فَقَالَ: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} [المؤمنون: 51] وَقَالَ: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} [البقرة: 172] ثُمَّ ذَكَرَ الرَّجُلَ يُطِيلُ السَّفَرَ أَشْعَثَ أَغْبَرَ، يَمُدُّ يَدَيْهِ إِلَى السَّمَاءِ: يَا رَبِّ، يَا رَبِّ، وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالْحَرَامِ، فَأَنَّى يُسْتَجَابُ لِذَلِكَ؟».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Lidé, věru, že Bůh je dobrý, a tak nepřijímá nic jiného než dobré, a věru, že nařídil věřícím to, co nařídil poslům, a pravil: {Poslové, jezte z výtečných pokrmů a konejte zbožné skutky, vždyť Já o všem, co činíte, dobře jsem zpraven} [Věřící: 51], a pravil: {Vy, kteří věříte, jezte z výtečných pokrmů, jež jsme vám uštědřili.} [Kráva: 172]. Pak zmínil muže na dlouhé cestě, rozcuchaného a špinavého, který zvedá ruce k nebesům (a říká): Ó Pane, Ó Pane! A jeho jídlo je zakázané, jeho pití je zakázané, jeho oblečení je zakázané a živí se zakázaným; jak by mu mohlo být odpovězeno (a jeho prosby vyplněny)?”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها: 
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك. 
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر. 
+ثالثًا: يرفع يديه إلى السماء بالدعاء. 
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب! 
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh je dobrý, svatý, prostý nedostatků a chyb a vyznačuje se dokonalostí a nepřijímá z činů, slov a přesvědčení nic, co by nebylo dobré, vykonané upřímně jen pro Něj a v souladu s vedením Proroka (ať mu Bůh žehná a dá mír), a k Bohu se nelze přibližovat ničím jiným. A jednou z největších věcí, kterými se skutky věřícího stávají dobrými, je dobré jídlo, aby bylo povolené (halál). Tím očišťuje své skutky, a proto Bůh nařídil věřícím to, co nařídil poslům - aby jedli povolené věci a činili dobré skutky, a pravil: {Poslové, jezte z výtečných pokrmů a konejte zbožné skutky, vždyť Já o všem, co činíte, dobře jsem zpraven}, a pravil: {Vy, kteří věříte, jezte z výtečných pokrmů, jež jsme vám uštědřili}.
+Poté Prorok (ať Mu Bůh žehná a dá mír) varoval před jedením zakázaného, které ničí skutky a zabraňuje jejich přijetí, i kdyby člověk splnil zjevné příčiny přijetí skutků, kam patří:
+Za prvé: dlouhé cestování kvůli uctívání, jako je velká pouť (hadždž), džihád, udržování pokrevních svazků atd.
+Za druhé: rozcuchání vlasů kvůli nečesání a změna barvy oblečení kvůli prachu, což dokazuje nemohoucnost.
+Za třetí: zvednutí rukou k nebi při prosbách k Bohu (dua).
+Za čtvrté: přiblížení se Bohu Jeho jmény a vytrvalost v prosbách slovy: Ó Pane, Ó Pane.
+A přes tyto příčiny vyplnění proseb mu nebylo vyhověno, protože jeho jídlo, pití a oblečení byly zakázané a živil se zakázaným a není možné vyplnit prosby tomu, kdo je takový, a jak by takovému mohly být vyplněny?</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصفه به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>Boží dokonalost v Jeho podstatě, vlastnostech, činech a pravidlech.
+Nařízení upřímného konání skutků pouze pro jediného Boha a následování Proroka (ať mu Bůh žehná a dá mír).
+Používání toho, co člověka přiměje k činům, protože Prorok (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh nařídil věřícím totéž, co nařídil poslům,” a když věřící ví, že toto patří mezi věci nařízené poslům, povzbudí ho to k tomu, aby to splnil.
+Mezi to, co zabraňuje vyplnění proseb, patří jedení zakázaného.
+K příčinám vyplnění proseb patří pět věcí: první: dlouhé cestování, protože je v něm velká těžkost, která patří k největším příčinám vyplnění proseb, druhá: stav nemohoucnosti a nouze, třetí: zvednutí rukou k nebi, čtvrtá: vytrvalost v prosbách Bohu opakovaným připomínáním Jeho panství, což je jedna z nejdůležitějších věcí, kterou se žádá vyplnění proseb, pátá: jedení a pití dobrého (povoleného).
+Jedení dobrého a povoleného je příčinou, která napomáhá dobrým skutkům.
+Soudce (Al-Qádí) řekl: Dobré je opak špatného a pokud je tímto popsán Bůh, myslí se tím, že je prostý všech nedostatků a svatý bez chyb, a pokud je tímto popsán člověk, myslí se tím, že je prostý nízkých mravů a odporných skutků a vlastní jejich opaky, a pokud je tímto popsán majetek, myslí se tím, že je povolený (halál), patřící mezi nejlepší dobré majetky.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4316</t>
+  </si>
+  <si>
+    <t>إن الله عز وجل يبسط يده بالليل ليتوب مسيء النهار، ويبسط يده بالنهار ليتوب مسيء الليل، حتى تطلع الشمس من مغربها</t>
   </si>
   <si>
     <t>„Věru, že Bůh v noci natahuje ruku, aby přijal pokání toho, kdo hřešil ve dne, a ve dne natahuje ruku, aby přijal pokání toho, kdo hřešil v noci, a to dokud slunce nevyjde na západě.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي مُوسَى رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ عَزَّ وَجَلَّ يَبْسُطُ يَدَهُ بِاللَّيْلِ لِيَتُوبَ مُسِيءُ النَّهَارِ، وَيَبْسُطُ يَدَهُ بِالنَّهَارِ لِيَتُوبَ مُسِيءُ اللَّيْلِ، حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا».</t>
   </si>
   <si>
     <t>Abú Músá (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh v noci natahuje ruku, aby přijal pokání toho, kdo hřešil ve dne, a ve dne natahuje ruku, aby přijal pokání toho, kdo hřešil v noci, a to dokud slunce nevyjde na západě.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم: أنَّ الله تعالى يقبل التوبة من عباده، 
 فإن أذنب العبد ذنبًا بالنهار وتاب بالليل قَبِلَ الله توبته، وإن أذنب ذنبًا بالليل وتاب بالنهار قَبل الله توبته، 
 ويبسط يده سبحانه للتوبة فرحًا بها، وقبولًا لها، ولا يزال باب التوبة مفتوحًا حتى تطلع الشمس من مغربها إيذانًا بانتهاء الدنيا، فإذا طلعت فإن باب التوبة يُغلق.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh přijímá pokání svých služebníků a když služebník udělá hřích ve dne a kaje se v noci, Bůh přijme jeho pokání, a když udělá hřích v noci a kaje se ve dne, Bůh přijme jeho pokání. A že Bůh natahuje ruku, aby přijal pokání radostí a přijetím. A dveře pokání jsou otevřené, dokud slunce nevyjde na západě, což je znamením konce světa, a když slunce vyjde na západě, zavřou se dveře pokání.</t>
   </si>
   <si>
     <t>قبول التوبة مستمر ما دام بابها مفتوحًا، ويغلق بابها بمطلع الشمس من مغربها، وأن يتوب الإنسان قبل غرغرة الموت، وهي وصول الروح إلى الحلقوم.
 عدم اليأس والقنوط بسبب الذنب، فإن عفو الله سبحانه ورحمته واسعة، وباب التوبة مفتوح.
  شروط التوبة: الأول: الإقلاع عن المعصية، والثاني: الندم على فعلها، والثالث: العزم على ألّا يعود إليها أبدًا، هذا إن كانت في حقوق الله تعالى، وإن كانت متعلِّقة بحق من حقوق العباد، فيشترط لصحة التوبة أن يؤدي ذلك الحق إلى صاحبه، أو يعفو عنه صاحب الحق.</t>
   </si>
   <si>
     <t>Přijetí pokání trvá, dokud jsou jeho dveře otevřené, a jeho dveře se zavřou, když slunce vyjde na západě. A člověk se může kát, dokud se nepřiblíží smrt, tj. dokud duše nevystoupí do krku.
 Neztrácet naději kvůli hříchu, protože Boží odpouštění a milosrdenství jsou obrovské a dveře pro pokání jsou otevřené.
 Podmínky pokání: První: přestat konat tento hřích. Druhá: litovat, že ho člověk učinil. Třetí: pevné rozhodnutí tento hřích nikdy neopakovat. Tyto podmínky platí, pokud se jedná o práva Boha. Pokud je tento hřích spojený s právy lidí, je další podmínkou vrátit právo tomu, komu nějaké ubral, nebo aby mu ten člověk odpustil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4318</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>„Bůh uložil se chovat dobře ke všemu na světě</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>Šaddád Ibn Aws (ať je s ním Bůh spokojen) vyprávěl: „Od Posla Božího (ať mu Bůh žehná a dá mír) jsem si zapamatoval dvě věci: „Bůh uložil se chovat dobře ke všemu na světě, a tak když zabíjíte, dělejte to dobře (tj. bezbolestně), a když podřezáváte, podřezávejte dobře -  naostřete si nože a ulevte tomu, koho podřezáváte (tj. dobytku)."</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Všemohoucí Bůh nařídil chovat se dobře ke všemu na světě. Chovat se dobře, v arabštině al-ihsán, doslova znamená: hlídat sám sebe před Bohem, v uctívání, v chování se dobře a neubližování veškerému stvoření a patří sem i zabíjet dobytek správným způsobem, aby netrpěl.
 Al-ihsán u popravy znamená, že poprava by měla být vykonána co nejrychleji a co nejméně bolestivě.
 Al-ihsán u zabití dobytka na maso znamená, že nůž by měl být co nejostřejší, zvíře by ho nemělo vůbec vidět a ani ostatní zvířata okolo by to neměla vidět.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Milosrdenství a soucit Boha s Jeho stvořením.
 Správné zabíjení dobytka a poprava by měly být provedeny v souladu s šarí'ou.
 Šarí'a (islámský zákon) je dokonalý a obsahuje všechno dobro a patří do něj i soucit a milosrdenství vůči zvířatům.
 Zákaz zohavování mrtvol.
 Zákaz jakéhokoliv týrání a ubližování zvířatům.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>Bůh určil dobré a špatné skutky a vysvětlil je. A kdo se chystá udělat dobrý skutek, ale neudělá ho, tomu Bůh zapíše celý tento dobrý skutek (jako by ho udělal), a pokud se chystá ho udělat a udělá ho, Bůh mu ho zapíše jako deset dobrých skutků až 700násobně či více. A tomu, kdo se chystá udělat špatný skutek, ale neudělá ho, Bůh zapíše jeden celý dobrý skutek, ale pokud ho bude chtít udělat a udělá ho, Bůh mu ho zapíše jako jeden špatný skutek</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) řekl, že Prorok (ať mu Bůh žehná a dá mír) řekl o Všemohoucím Bohu: „Bůh určil dobré a špatné skutky a vysvětlil je. A kdo se chystá udělat dobrý skutek, ale neudělá ho, tomu Bůh zapíše celý tento dobrý skutek (jako by ho udělal), a pokud se chystá ho udělat a udělá ho, Bůh mu ho zapíše jako deset dobrých skutků až 700násobně či více. A tomu, kdo se chystá udělat špatný skutek, ale neudělá ho, Bůh zapíše jeden celý dobrý skutek, ale pokud ho bude chtít udělat a udělá ho, Bůh mu ho zapíše jako jeden špatný skutek."</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) vysvětluje, že Bůh určil dobré a špatné skutky a pak vysvětlil andělům, jak je mají zapsat:
 Kdo chce a pevně se rozhodne udělat dobrý skutek, bude mu to zapsáno jako jeden dobrý skutek, i kdyby ho neudělal, a pokud ho udělá, bude mu to zapsáno jako deset dobrých skutků až 700násobně či více, podle jeho úmyslu, upřímnosti a toho, jak velký prospěch z tohoto skutku je.
 Tomu, kdo chce a pevně se rozhodne udělat špatný skutek, ale neudělá ho kvůli Bohu, bude zapsán jeden dobrý skutek. Pokud ho ale neudělá proto, že zapomene, aniž by udělal něco, co k tomu špatnému skutku vede, nebude mu zapsáno nic. A pokud ho neudělá proto, že toho nebude schopný, pak mu bude zapsáno to, co zamýšlel. A pokud ho udělá, bude mu to zapsáno jako jeden špatný skutek.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Ukázání velké Boží milosti této obci, kdy jejich dobré skutky budou navýšeny, na rozdíl od špatných skutků.
 Důležitost úmyslu v konání činů a jeho plody.
 Velká Boží milost a dobro, když tomu, kdo se chystá udělat dobrý skutek, ale neudělá ho, přesto bude zapsán jeden dobrý skutek za jeho úmysl.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>„Věru, že Bůh se nedívá na váš vzhled a majetek, ale dívá se na vaše srdce a činy.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh se nedívá na váš vzhled a majetek, ale dívá se na vaše srdce a činy.”</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že Všemohoucí Bůh se nedívá na vzhled svých služebníků, zda jsou krásní nebo oškliví, tlustí nebo hubení, zdraví nebo nemocní. Ani se nedívá na jejich majetek, zda jsou bohatí nebo chudí. Bůh nebude lidi soudit podle těchto věcí, ale dívá se na jejich srdce a na to, co je v nich, zda bohabojnost, jistota ohledně Boha, víra a upřímnost. Nebo zda je v nich domýšlivost a snaha zalíbit se lidem. A také se dívá na jejich činy, zda jsou dobré nebo špatné, a podle toho své služebníky odměňuje.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Starání se o dobro v srdci a jeho očištění od všech špatných vlastností.
 Náprava srdce spočívá v upřímnosti a dobrém úmyslu. A náprava činů v následování Proroka (ať mu Bůh žehná a dá mír). Na tyto dvě věci se Bůh dívá a soudí je.
 Člověk by neměl být pyšný na svůj majetek, krásu a sílu ani na nic jiného z povrchních pozemských věcí.
 Varování před díváním se na vnějšek bez nápravy vnitřku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ</t>
+    <t>إن الله ورسوله حرم بيع الخمر، والميتة والخنزير والأصنام</t>
   </si>
   <si>
     <t>„Věru, že Bůh a Jeho Posel zakázali prodej vína, zdechlin, prasete a soch (model).”</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُمَا أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ عَامَ الفَتْحِ وَهُوَ بِمَكَّةَ: «إِنَّ اللَّهَ وَرَسُولَهُ حَرَّمَ بَيْعَ الخَمْرِ، وَالمَيْتَةِ وَالخِنْزِيرِ وَالأَصْنَامِ»، فَقِيلَ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ شُحُومَ المَيْتَةِ، فَإِنَّهَا يُطْلَى بِهَا السُّفُنُ، وَيُدْهَنُ بِهَا الجُلُودُ، وَيَسْتَصْبِحُ بِهَا النَّاسُ؟ فَقَالَ: «لاَ، هُوَ حَرَامٌ»، ثُمَّ قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عِنْدَ ذَلِكَ: «قَاتَلَ اللَّهُ اليَهُودَ إِنَّ اللَّهَ لَمَّا حَرَّمَ شُحُومَهَا جَمَلُوهُ، ثُمَّ بَاعُوهُ، فَأَكَلُوا ثَمَنَهُ».</t>
   </si>
   <si>
     <t>Džábir Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci v den dobytí, když byl Mekce: „Věru, že Bůh a Jeho Posel zakázali prodej vína, zdechlin, prasete a soch (model).” A někdo řekl: „Posle Boží, co tuk zdechlin, mažou se jím lodě, potírají kůže a lidé jím svítí?" A on řekl: „Ne, je zakázaný.” A přitom pak Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ať Bůh zahubí židy, věru, že když jim Bůh zakázal jejich tuk, nechali ho roztéct, pak ho prodali a jeho cenu projedli.”</t>
   </si>
   <si>
     <t>سَمِعَ جابرُ بن عبدِ الله رضي الله عنهما النبيَّ صلى الله عليه وسلم يقول عامَ الفَتْح، وهو بمكة: إن الله ورسوله حَرَّم بيعَ الخمر والميتة والخنزير والأصنام، فقيل: يا رسول الله، هل يَحِلُّ أنْ نبيعَ شحومَ الميتة؟ لأنها يُطْلَى بها السُّفُن، ويُدهَن بها الجلود، ويُوقِد بها الناسُ سُرُجَهم، فقال: لا، بيعُها حرام، ثم قال صلى الله عليه وسلم عند ذلك: أَهْلَكَ اللهُ اليهودَ ولعنَهم؛ إن الله لمّا حرّم عليهم شحوم البهائم أذابوها، ثم باعوا دُهنَها فأكلوا ثَمَنَه.</t>
   </si>
   <si>
     <t>Džábir Ibn ‘Abdulláh (ať je s ním Bůh spokojen) slyšel Proroka (ať mu Bůh žehná a dá mír) říci v den dobytí, když byl Mekce: Věru, že Bůh a Jeho Posel zakázali prodej vína, zdechlin, prasete a soch (model). A někdo řekl: Posle Boží, je nám dovoleno prodávat tuk zdechlin? Protože se jím mažou lodě, potírají kůže a lidé jím svítí v lampách? A on řekl: Ne, je zakázáno ho prodávat. A přitom pak Prorok (ať mu Bůh žehná a dá mír) řekl: Ať Bůh zahubí židy a prokleje je, věru, že když jim Bůh zakázal tuk ze zvířat, nechali ho roztéct, pak ho prodali a jeho cenu projedli.</t>
   </si>
   <si>
     <t>قال النووي: الميتة والخمر والخنزير: أجمع المسلمون على تحريم بيع كلِّ واحدٍ منها.
 قال القاضي: تَضَمَّنَ هذا الحديث أن ما لا يَحِلُّ أكلُه والانتفاع به لا يجوز بيعه، ولا يحل أكل ثمنه، كما في الشحوم المذكورة في الحديث.
 قال ابن حجر: وسياقُه مُشْعِرٌ بِقُوَّة ما أوّله الأكثر أن المراد بقوله: "هو حرام" البيع لا الانتفاع.
 كلُّ حِيْلةٍ يُتَوَصَّل بها إلى تحليل مُحَرَّمٍ فهي باطلة.
 قال النووي: قال العلماء: وفي عموم تحريم بيع الميتة أنه يحرم بيع جُثَّة الكافر إذا قتلناه وطَلَبَ الكفّارُ شراءَه، أو دَفْع عِوَضٍ عنه، وقد جاء في الحديث: أنّ نوفل بن عبد الله المخزومي قتله المسلمون يوم الخندق، فبذل الكفار في جسده عشرة آلاف درهم للنبي صلى الله عليه وسلم فلم يأخذْها، ودَفَعَه إليهم.</t>
   </si>
   <si>
     <t>An-Nawawí řekl: Co se týče zdechliny, vína a prasete, muslimové se shodli, že je zakázáno je prodávat.
 Soudce(Al-Qádí) řekl: Tento hadíth zahrnuje i to, co není povolené jíst a používat, a tak se to nesmí ani prodávat a projíst jeho cenu, jako tuk zmíněný v hadíthu.
 Ibn Hadžar řekl: Jeho kontext dokazuje sílu začátku, kdy je zamýšleno slovy:  „Je to zakázané” prodej a ne používání.
 Jakýkoliv trik, který vede k povolení zakázaného, je špatný a neplatný.
 An-Nawawí řekl: Učenci řekli: Do obecného zákazu prodeje zdechlin patří i zákaz prodeje mrtvoly nevěřícího, pokud bychom ho zabili a nevěřící ho chtěli koupit nebo ho za něco vyměnit. A bylo zaznamenáno v hadíthu, že muslimové zabili Nawfala Ibn ‘Abdulláha Al-Machzúmího v den příkopové války a nevěřící chtěli vykoupit jeho tělo za deset tisíc dirhamů, ale Prorok (ať mu Bůh žehná a dá mír) si je nevzal a dal jim jeho tělo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4556</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>أوليس قد جعل الله لكم ما تصدقون؟ إن بكل تسبيحة صدقة، وكل تكبيرة صدقة، وكل تحميدة صدقة، وكل تهليلة صدقة، وأمر بالمعروف صدقة، ونهي عن منكر صدقة، وفي بضع أحدكم صدقة</t>
+  </si>
+  <si>
+    <t>„Cožpak vám Bůh nedal nic, z čeho byste dali almužnu? Věru, že za každý tasbíh je almužna, za každý takbír je almužna, za každý tahmíd je almužna, za každý tahlíl je almužna, za nařizování vhodného je almužna, za zakazování zavrženíhodného je almužna a za styk každého z vás se svou ženou je almužna.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ذَرٍّ رضي الله عنه: أَنَّ نَاسًا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالُوا لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: يَا رَسُولَ اللهِ، ذَهَبَ أَهْلُ الدُّثُورِ بِالْأُجُورِ، يُصَلُّونَ كَمَا نُصَلِّي، وَيَصُومُونَ كَمَا نَصُومُ، وَيَتَصَدَّقُونَ بِفُضُولِ أَمْوَالِهِمْ، قَالَ: «أَوَلَيْسَ قَدْ جَعَلَ اللهُ لَكُمْ مَا تَصَّدَّقُونَ؟ إِنَّ بِكُلِّ تَسْبِيحَةٍ صَدَقَةً، وَكُلِّ تَكْبِيرَةٍ صَدَقَةً، وَكُلِّ تَحْمِيدَةٍ صَدَقَةً، وَكُلِّ تَهْلِيلَةٍ صَدَقَةً، وَأَمْرٌ بِالْمَعْرُوفِ صَدَقَةٌ، وَنَهْيٌ عَنْ مُنْكَرٍ صَدَقَةٌ، وَفِي بُضْعِ أَحَدِكُمْ صَدَقَةٌ»، قَالُوا: يَا رَسُولَ اللهِ، أَيَأتِي أَحَدُنَا شَهْوَتَهُ وَيَكُونُ لَهُ فِيهَا أَجْرٌ؟ قَالَ: «أَرَأَيْتُمْ لَوْ وَضَعَهَا فِي حَرَامٍ أَكَانَ عَلَيْهِ فِيهَا وِزْرٌ؟ فَكَذَلِكَ إِذَا وَضَعَهَا فِي الْحَلَالِ كَانَ لَهُ أَجْرٌ».</t>
+  </si>
+  <si>
+    <t>Abú Dharr (ať je s ním Bůh spokojen) vyprávěl, že někteří z druhů Proroka (ať mu Bůh žehná a dá mír) řekli Prorokovi (ať mu Bůh žehná a dá mír): Posle Boží, lidé, kteří jsou bohatí získávají všechnu odměnu, modlí se stejně, jako se modlíme my, postí se stejně, jako se postíme my, a dávají almužnu ze svých nejlepších majetků. A (Prorok) řekl: „Cožpak vám Bůh nedal nic, z čeho byste dali almužnu? Věru, že za každý tasbíh je almužna, za každý takbír je almužna, za každý tahmíd je almužna, za každý tahlíl je almužna, za nařizování vhodného je almužna, za zakazování zavrženíhodného je almužna a za styk každého z vás se svou ženou je almužna.” Řekli: Posle Boží, copak za ukojení své touhy budeme mít odměnu? A (Prorok) řekl: „Nemyslíte, že kdybyste ukojili svou touhu zakázaným způsobem, že byste za to měli hřích? A stejně tak, pokud ji ukojíte povoleným způsobem, dostane se vám odměny.”</t>
+  </si>
+  <si>
+    <t>اشْتَكَى بعضُ فقراء الصحابة حالَهم وفقرَهم للنبيِّ صلى الله عليه وسلم وعَدَم تَصَدُّقِهم بالأموال لِيَحصلوا على الأجور الكثيرة كما حصل عليها إخوانُهم أصحاب المال الكثير وليفعلوا الخير مثلهم؛ حيث إنهم يُصلُّون كما نصلِّي، ويصومون كما نصوم، ويتصدقون بفضول أموالهم ولا نتصدق! 
+فَدَلَّهم النبيُ صلى الله عليه وسلم على ما يقدرون عليه من الصدقات،‏ فقال صلى الله عليه وسلم: 
+أَوَلَيس قد جعل الله لكم ما تَصدّقون به على أنفسكم؟! فإنّ قولَكم: (سبحان الله) يكون لكم أجر صدقة، وكذا قول: (الله أكبر) صدقة، وقول: (الحمد لله) صدقة، وقول: (لا إله إلا الله) صدقة، و(الأمر بالمعروف) صدقة، و(النهي عن المنكر) صدقة، بل ‏وفي جماع أحدكم لزوجته صدقة.
+فتعجَّبوا، وقالوا: يا رسول الله، أيأتي أحدُنا شهوتَه ويكونُ له فيها أجر؟! 
+قال: أرأيتم لو وَضعها في حرامٍ مِن زنى أو غيره أكان عليه فيها إثم؟ فكذلك إذا وضعها في الحلال كان له أجر.</t>
+  </si>
+  <si>
+    <t>Někteří chudí druhové Proroka si stěžovali Prorokovi (ať mu Bůh žehná a dá mír) na svoji chudobu a že nemohou dávat almužnu a tak dostat velkou odměnu jako jejich bohatí bratři ve víře a nemohou dělat stejné dobro jako oni, když se modlí stejně jako oni (ti chudí), postí se jako oni a dávají almužny ze svých nejlepších  majetků, ale oni (chudí druhové) ji dávat nemohou. A Prorok (ať mu Bůh žehná a dá mír) jim ukázal, jakou almužnu mohou dávat, a řekl: Copak vám Bůh nedal to, co byste mohli dávat jako almužnu? Věru, že za svoje slova „Subhánalláh" máte odměnu almužny a stejně tak slova „Alláhu akbar" jsou almužnou slova „Alhamdulilláh" jsou almužnou, slova „Lá illáha illa-lláh" jsou almužnou, nařizování vhodného je almužnou, zakazování zavrženíhodného je almužnou a dokonce i styk každého z vás se svojí manželkou je almužnou. A oni se divili a řekli: Posle Boží, když někdo z nás uspokojí svoji touhu, tak za to bude mít odměnu? A on řekl: Což si nemyslíte, že pokud by uspokojil svoji touhu zakázaným způsobem, například cizoložstvím atd., tak by se mu nedostalo hříchu? A stejně tak, pokud ji uspokojí povoleným způsobem, dostane se mu odměny.</t>
+  </si>
+  <si>
+    <t>تنافُس الصحابة على فعل الخيرات، وحرصهم في نيل عظيم الأجر والفضل من عند الله تعالى.
+كثرة وجوه أعمال الخير، وأنها تشمل كلَّ عمل يقوم به المسلم بنية صالحة وقَصْد حَسَن.
+يسر الإسلام وسهولته، فكل مسلم يجد ما يَعمله ليطيع الله به.
+قال النووي: وفي هذا دليل على أنَّ المباحات تصير طاعات بالنيات الصادقات، فالجماع يكون عبادة إذا نَوَى به قضاء حقّ الزوجة ومعاشرتها بالمعروف الذي أمر الله تعالى به، أو طلب ولد صالح، أو إعفاف نفسه أو إعفاف الزوجة ومنعهما جميعًا من النظر إلى حرام، أو الفكر فيه، أو الهم به، أو غير ذلك من المقاصد الصالحة.
+ضرب المثل والقياس؛ ليكون أوضح وأوقع في نفس السامع.</t>
+  </si>
+  <si>
+    <t>Soutěžení sahába v konání dobrých skutků a jejich snaha dostat co největší odměnu a dobrodiní od Boha Všemohoucího.
+Mnoho druhů dobrých skutků a že tyto zahrnují každý čin, který muslim učiní se správným úmyslem a dobrým záměrem.
+Snadnost islámu, každý muslim najde nějaký čin, kterým může uctívat Boha.
+An-Nawawí řekl: V tomto hadíthu je důkaz toho, že povolené věci se stávají dobrým skutkem, pokud je v nich správný úmysl, a tak je styk mezi manželi považován za uctívání, pokud mají úmysl naplnit práva druhého z manželů a chovat se k němu hezky, jak to nařídil Bůh, nebo chtějí zplodit zbožného potomka, uchránit sebe nebo druhého manžela před cizoložstvím nebo zakázaným pohledem nebo přemýšlením nad něčím zakázaným nebo mají jakýkoli jiný správný záměr.
+Uvádění metafor a přirovnání, aby to bylo jasné a přesvědčivé pro toho, kdo to poslouchá.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4558</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>„Věru, že to, co se dostalo k lidem ze slov prvního proroctví, je: pokud se nestydíš, učiň, co chceš.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبي مَسْعُودٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Abú Mas‘úd (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Věru, že to, co se dostalo k lidem ze slov prvního proroctví, je: pokud se nestydíš, učiň, co chceš.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že slova, která byla odkázána prvními proroky a lidé si je předávali po staletí, až se dostala k prvním v této obci, zní: podívej se na to, co chceš učinit, a pokud to patří mezi věci, za které se člověk nestydí, tak to učiň, ale pokud to patří mezi věci, za které se člověk stydí, tak to zanech; a věru, že stydlivost brání konání ošklivých věcí, a ten, komu chybí stydlivost, ten se oddává každé špatnosti a nemravnosti.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>Stydlivost je základem dobrých mravů.
+Stydlivost patří mezi vlastnosti proroků (mír s nimi) a je o nich zaznamenána.
+Stydlivost je to, co vede muslima k tomu, aby dělal vše, co ho zdokonaluje a zkrášluje, a zanechal všeho, co ho špiní a hanobí.
+An-Nawawí řekl: A tímto nařízením se myslí povolení, tzn. pokud chceš učinit nějakou věc a ta patří mezi ty, za které se člověk nestydí před Bohem ani před lidmi, učiň ji, a pokud nepatří, tak ji nečiň, a o tom je islám, že co je přikázáno, je povinné nebo doporučené a zanechat ho patří mezi věci, za které se člověk stydí, a zákaz je zakázaný nebo zavrženíhodný a učinit ho patří mezi věci, za které se člověk stydí. Co se ale týče povoleného, učinit ho nebo ho zanechat může obojí patřit do věcí, za které se člověk stydí. Proto tento hadíth zahrnuje pět pravidel. A říká se, že tímto nařízením se myslí výhružka, tzn. pokud jsi přišel o stydlivost, učiň, co chceš, ale Bůh tě za to odplatí. A říká se, že se jím myslí oznámení, tj. kdo se nestydí, dělá si, co chce.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4559</t>
+  </si>
+  <si>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>„Věru, že činy jsou posuzovány podle úmyslů a každému se dostane toho, co zamýšlel.”</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>Ibn ‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že činy jsou posuzovány podle úmyslu a člověku se dostane toho, co zamýšlel. Emigrace toho, kdo emigroval kvůli Bohu a Jeho Poslu, bude pro Boha a Jeho Posla, zatímco emigrace toho, kdo emigroval kvůli pozemským statkům nebo aby se oženil, bude pro to, co zamýšlel."
 Ve verzi Buchárího je:„Věru, že činy jsou posuzovány podle úmyslů a každému se dostane toho, co zamýšlel.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že všechny činy jsou posuzovány podle úmyslu. Toto pravidlo je všeobecně platné pro všechny skutky a činy lidí. Tomu, kdo svým činem zamýšlí získat nějaký prospěch, se dostane pouze tohoto prospěchu, aniž by se mu dostalo odměny od Boha, zatímco tomu, kdo svým činem zamýšlí přiblížit se Bohu, se dostane odměny u Boha, i kdyby tento čin byl něco obyčejného jako jezení nebo pití.
 Poté Prorok (ať mu Bůh žehná a dá mír) uvedl příklad vlivu úmyslu na činy a uvedl příklad toho, kdo emigroval kvůli svému Pánu, a proto je jeho emigrace přijata a dostane za ni odměnu, protože jeho úmysl byl čistý, ale ten, kdo emigroval kvůli pozemskému prospěchu, například financím, lepšímu postavení, manželství nebo obchodům, za to nedostane žádnou odměnu od Boha a bude mít pouze tento pozemský prospěch.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Nabádání k upřímným úmyslům, protože Bůh přijímá ze skutků pouze to, co bylo vykonáno jen pro Něj.
 Pokud člověk koná činy, kterými se přibližuje k Bohu, ale jeho úmysl není konat je pro Boha, nebude za ně mít odměnu, dokud je nebude vykonávat pouze pro Boha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>„Islám je, že vyznáváš, že není boha kromě Boha a Muhammad je Posel Boží, dodržuješ modlitbu, dáváš almužnu, postíš se v měsíci ramadánu a vykonáš pouť, pokud jsi toho schopný.”</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) vyprávěl: „Jednou jsme byli u Posla Božího (ať mu Bůh žehná a dá mír), když se objevil muž ve velmi bílém oblečení a s velice černými vlasy. Nebyla na něm znát žádná únava z cesty, a přitom ho nikdo z nás neznal. Sedl si k Prorokovi (ať mu Bůh žehná a dá mír), opřel svoje kolena o jeho, položil mu ruce na stehna a řekl: „Muhammade, řekni mi o islámu!” Posel Boží odpověděl: „Islám je, že vyznáváš, že není boha kromě Boha a Muhammad je Posel Boží, dodržuješ modlitbu, dáváš almužnu, postíš se v měsíci ramadánu a vykonáš pouť, pokud jsi toho schopný.” Muž řekl: „Máš pravdu," čemuž jsem se podivil, že se ptá a pak říká, že má pravdu, a pak řekl: „Řekni mi o víře!" Prorok mu odpověděl: „Abys věřil v Boha, Jeho anděly, knihy a posly, v soudný den a osud, ať je špatný nebo dobrý.” Muž řekl: „Máš pravdu, řekni mi o pravé zbožnosti (ihsán)." Odpověděl: „Abys uctíval Boha, jako kdybys Ho viděl, a pokud Ho nevidíš, On vidí tebe.”
 Řekl: „Řekni mi o Hodině (Soudný den)." Prorok odpověděl: „Dotázaný o ní neví více než ten, kdo se ptá." Řekl: „Řekni mi o jejích znameních.” Prorok odpověděl: „Žena porodí svého pána a bosí nazí pastevci ovcí budou stavět vysoké budovy." Poté tento muž odešel a Prorok se mě zeptal: „Víš, kdo byl ten, kdo se ptal?” Řekl jsem: „Bůh a Jeho Posel ví lépe!" A Prorok řekl: „To byl Gabriel, přišel, aby vás naučil vaše náboženství."</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že anděl Gabriel (mír s ním) se objevil mezi druhy Proroka (sahába; ať je s nimi Bůh spokojen) jako muž, kterého nikdo neznal, v bílém oblečení a s velmi černými vlasy. Nebyly na něm vidět žádné stopy cestování jako prach, špinavé oblečení a rozcuchané vlasy atd., a přitom ho nikdo z přítomných sedících okolo Proroka neznal. A pak si sedl k Prorokovi (ať mu Bůh žehná a dá mír), jako by se učil, a zeptal se Proroka na islám a ten mu odpověděl, že je to pět pilířů, které zahrnují vyznání víry, dodržování pěti denních modliteb, dávání almužny těm, kterým náleží, půst v měsíci ramadánu a vykonání povinné poutě pro toho, kdo je jí schopen.
 A tento muž mu řekl: „Máš pravdu," čemuž se sahába podivili, že se na něco ptá, jako by to nevěděl, ale pak říká Prorokovi: „Máš pravdu."
 Poté se ho zeptal na víru a on mu odpověděl, že je to šest pilířů, které zahrnují víru v existenci Všemohoucího Boha, v Jeho vlastnosti, to, že On jediný tvoří a jediný si zasluhuje uctívání a že andělé, kteří jsou stvořeni ze světla, jsou služebníci Boha, nikdy se nevzpouzejí Jeho rozkazu a dělají, co jim nařídí. Také zahrnují víru v knihy, které byly seslány od Všemohoucího Boha prorokům, jako je Korán, Tóra, Evangelium a další, víru v proroky a posly, kteří oznamovali, co jim Bůh zjevil, a mezi ně patřil Noe, Abrahám, Mojžíš, Ježíš a další a posledním z nich byl Muhammad (mír s nimi). Dále zahrnují víru v soudný den, kam patří víra ve vše, co se bude dít po smrti, v dočasný pobyt v hrobě, vzkříšení, zúčtování a konečný cíl buď v ráji, nebo v ohni. A nakonec víra v to, že Bůh určil každé věci podle Svého vědění, moudrosti, vůle a osudu, který zapsal a který se naplní, tak jak ho určil a stvořil. Poté se ho ptal na pravou zbožnost (ihsán) a on mu odpověděl, že to je uctívat Boha, jako kdyby Ho viděl, a pokud nedosáhne tohoto stupně, tak Ho má uctívat, jako když Bůh vidí jeho. A první stupeň (uctívání, jako by člověk viděl Boha)  je vyšší než druhý stupeň, kdy si člověk jen dává pozor, protože ví, že Bůh vidí jeho.
 Poté se ho zeptal, kdy přijde Hodina (soudný den), a Prorok (ať mu Bůh žehná a dá mír) řekl, že to ví pouze Bůh a nikdo jiný - ani ten, kdo se ptá, ani ten, kdo je tázán.
@@ -5751,759 +6164,1069 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Dobré mravy Proroka (ať mu Bůh žehná a dá mír) a to, že sedával se sáhaba a oni s ním.
 Je vhodné se chovat vlídně k tázajícímu, aby se mohl správně zeptat, aniž by se bál.
 Správné a vhodné  chování k učiteli, jako to dělal Gabriel (mír s ním), když seděl vhodným a slušným způsobem před  Prorokem (ať mu Bůh žehná a dá mír), aby se od něj poučil.
 Pilířů islámu je pět a pilířů víry šest.
 Když se ve stejné větě zmiňuje islám a ímán (víra), vykládá se islám jako vnější věci, zatímco ímán jako vnitřní.
 Vysvětlení toho, že náboženství (víra) má více úrovní, první úroveň je islám, druhá úroveň je ímán (víra) a třetí úroveň je ihsán (pravá zbožnost) a tato úroveň je nejvyšší.
 Podnětem pro otázku je nevědomost, protože nevědomost vede člověka, aby se ptal. Proto se sahába divili, že Gabriel se na něco ptá a zároveň pak potvrzuje správnost odpovědi.
 Mělo by se začínat vždy tou nejdůležitější věcí, proto u vysvětlování islámu Prorok uvedl jako první věc vyznání víry, a u vysvětlování ímán (víry) začal jako první vírou v Boha.
 Je možné ptát se učenců, i když ten, kdo se ptá, zná odpověď, ale ptá se proto, aby poučil někoho jiného.
 Kdy přijde soudný den (Hodina), ví pouze Bůh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4563</t>
   </si>
   <si>
-    <t>صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً</t>
+    <t>دع ما يريبك إلى ما لا يريبك، فإن الصدق طمأنينة، وإن الكذب ريبة</t>
+  </si>
+  <si>
+    <t>„Zanech toho, o čem máš pochyby, pro to, o čem pochyby nemáš. A věru, že pravda je uklidněním a lež jsou pochyby.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي الحَوْرَاءِ السَّعْدِيِّ قَالَ: قُلْتُ لِلْحَسَنِ بْنِ عَلِيٍّ رضي الله عنهما: مَا حَفِظْتَ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ؟ قَالَ: حَفِظْتُ مِنْ رَسُولِ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُكَ إِلَى مَا لاَ يَرِيبُكَ، فَإِنَّ الصِّدْقَ طُمَأْنِينَةٌ، وَإِنَّ الكَذِبَ رِيبَةٌ».</t>
+  </si>
+  <si>
+    <t>Abú al-Hawrá as-Sa‘adí vyprávěl: Řekl jsem Al-Hasanovi Ibn ‘Alímu (ať je s nimi Bůh spokojen): Co si pamatuješ od Posla Božího (ať mu Bůh žehná a dá mír)? A on řekl: Od Posla Božího (ať mu Bůh žehná a dá mír) si pamatuji: „Zanech toho, o čem máš pochyby, pro to, o čem pochyby nemáš. A věru, že pravda je uklidněním a lež jsou pochyby.”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه، فإنَّ القلب يَطمئن إليه ويسكن، وما فيه ريبة يَقلق القلبُ منه ويَضطرِب.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) nařídil zanechat ta slova a činy, o kterých má člověk pochyby, zda jsou zakázaná nebo ne, zda je to harám nebo halál, pro to, o čem pochyby nemá a má jistotu, že to je dobré a povolené, a v těchto věcech nalezne srdce uklidnění a klid, zatímco ve věcech, o kterých jsou pochyby, se srdce bude bát a bude neklidné.</t>
+  </si>
+  <si>
+    <t>على المسلم بناء أموره على اليقين وترك المشكوك فيه، وأن يكون في دينه على بصيرة.
+النهي عن الوقوع في الشبهات.
+إذا أردتَ الطمأنينةَ والاستراحة فاترك المشكوك فيه واطرحه جانبًا.
+رحمة الله بعباده إذ أمرَهم بما فيه راحة النفس والبال ونهاهم عمّا فيه قَلَقٌ وحَيْرة.</t>
+  </si>
+  <si>
+    <t>Muslim má stavět věci na jistotě a zanechat věci, o kterých jsou pochyby, a být si jistý ve svém náboženství.
+Zákaz upadnout do pochybných věcí.
+Pokud člověk chce klid a pokoj, musí zanechat pochybných věcí a nedělat je.
+Boží milosrdnost, když nařídil Svým služebníkům to, v čem cítí klid v duši, a zakázal jim věci, ve kterých cítí neklid a strach.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي وأحمد]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4564</t>
+  </si>
+  <si>
+    <t>صلاة الرجل في جماعة تزيد على صلاته في بيته وصلاته في سوقه بضعا وعشرين درجة</t>
   </si>
   <si>
     <t>„Modlitba muže ve skupině je více než dvacetkrát vyšší (má větší odměnu) než jeho modlitba v jeho domě a jeho modlitba na trhu,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صَلَاةُ الرَّجُلِ فِي جَمَاعَةٍ تَزِيدُ عَلَى صَلَاتِهِ فِي بَيْتِهِ وَصَلَاتِهِ فِي سُوقِهِ بِضْعًا وَعِشْرِينَ دَرَجَةً، وَذَلِكَ أَنَّ أَحَدَهُمْ إِذَا تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ، ثُمَّ أَتَى الْمَسْجِدَ لَا يَنْهَزُهُ إِلَّا الصَّلَاةُ، لَا يُرِيدُ إِلَّا الصَّلَاةَ، فَلَمْ يَخْطُ خَطْوَةً إِلَّا رُفِعَ لَهُ بِهَا دَرَجَةٌ، وَحُطَّ عَنْهُ بِهَا خَطِيئَةٌ، حَتَّى يَدْخُلَ الْمَسْجِدَ، فَإِذَا دَخَلَ الْمَسْجِدَ كَانَ فِي الصَّلَاةِ مَا كَانَتِ الصَّلَاةُ هِيَ تَحْبِسُهُ، وَالْمَلَائِكَةُ يُصَلُّونَ عَلَى أَحَدِكُمْ مَا دَامَ فِي مَجْلِسِهِ الَّذِي صَلَّى فِيهِ، يَقُولُونَ: اللهُمَّ ارْحَمْهُ، اللهُمَّ اغْفِرْ لَهُ، اللهُمَّ تُبْ عَلَيْهِ، مَا لَمْ يُؤْذِ فِيهِ، مَا لَمْ يُحْدِثْ فِيهِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Modlitba muže ve skupině je více než dvacetkrát vyšší (má větší odměnu) než jeho modlitba v jeho domě a jeho modlitba na trhu, a to proto, že udělá očistu (wudu) nejlepším způsobem, poté jde do mešity, aniž by vyšel kvůli něčemu jinému a zamýšlel cokoliv jiného než modlitbu, a neujde krok, aniž by za něj byl povýšen o jeden stupeň a byl mu smazán jeden hřích, dokud nedojde do mešity. A když dojde do mešity, je v modlitbě, dokud na ni čeká, a andělé se modlí za každého z vás, dokud zůstává na místě, kde se modlil, a dokud nikomu neublíží nebo se neznečistí, a říkají: Bože, buď k němu milosrdný, Bože, odpusť mu, Bože, smiluj se nad ním.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا صَلَّى المسلم في جماعةٍ، كانت صلاتُه تلك أفضلَ مِن صلاتِهِ في بيتِهِ أو سوقِه بضعًا وعشرين مَرّة. 
 ثم ذَكَرَ السبب في ذلك: وهو أنَّ الرجل إذا توضأ فأتمَّ الوضوءَ وأحسنَه، ثم خرج إلى المسجد لا يُخرجه إلا إرادة الصلاة، لم يَخْطُ خُطوةً إلا رُفع له بها مرتبة ومنزلة، ومُحِيَ عنه بها خطيئة، 
 فإذا دخل المسجد وجلس ينتظر الصلاة، فإنه يأخذ أجرَ الصلاة وثوابَها ما انتظر الصلاة، والملائكة تدعو له ما دام في مجلسه الذي صلى فيه، تقول: 
 "اللهم اغفر له، اللهم ارحمه، اللهم تُبْ عليه" ما لم يُفسِدْ وضوءَه، أو يفعل ما يتأذى به الناس أو الملائكة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pokud se muslim modlí ve skupině, jeho modlitba je více než dvacetkrát lepší než jeho modlitba doma nebo na trhu. Poté řekl, jaký to má důvod: to, že muž udělá tu nejlepší a nejdokonalejší očistu, pak jde do mešity, aniž by svým odchodem zamýšlel cokoliv jiného než modlitbu, a neujde ani jeden krok, aniž by za něj byl povýšen o stupeň a aniž by mu byl za něj smazán hřích. A když vstoupí do mešity, sedne si a čeká na modlitbu, bude mít odměnu, jako by se modlil, dokud čeká na modlitbu, a andělé za něj prosí a říkají: „Bože, buď k němu milosrdný, Bože, odpusť mu, Bože, smiluj se nad ním.” A to říkají, dokud sedí tam, kde modlil, a dokud si nezruší malou očistu nebo neudělá něco, co ubližuje lidem nebo andělům.</t>
   </si>
   <si>
     <t>صلاةُ المنفرد في بيتِه أو سوقِه صحيحةٌ، ولكنه يأثمُ لترك الجماعة بلا عذر.
 صلاة الجماعة في المسجد أفضل من صلاة الإنسان منفردًا بخمس أو ست أو سبع وعشرين درجة.
 من وظائف الملائكة الدعاء للمؤمنين.
 فضل الذهاب للمسجد متوضئًا.</t>
   </si>
   <si>
     <t>Modlitba toho, kdo se modlí sám doma nebo na trhu, je správná, ale pokud se nikdy nemodlí společnou modlitbu, aniž by měl omluvu, je to hřích.
 Společná modlitba v mešitě je 25-, 26- nebo 27krát lepší, než když se člověk modlí sám.
 K práci andělů patří, že dělají prosby za věřící.
 Doporučení chodit do mešity už s malou očistou (wudu).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4566</t>
   </si>
   <si>
-    <t>كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ</t>
+    <t>كل سلامى من الناس عليه صدقة</t>
   </si>
   <si>
     <t>„Za každý kloub se má dávat almužna,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلاَمَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ يَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَيُعِينُ الرَّجُلَ عَلَى دَابَّتِهِ فَيَحْمِلُ عَلَيْهَا أَوْ يَرْفَعُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ يَخْطُوهَا إِلَى الصَّلاَةِ صَدَقَةٌ، وَيُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Za každý kloub se má dávat almužna, za každý den, kdy vyjde slunce. A když usmíří dva, je to almužna, když pomůže člověku jízdním zvířetem, sveze ho nebo na něm veze jeho věci, je to almužna, dobré slovo je almužna, každý krok k modlitbě je almužna a odstranění škodlivých věcí z cesty je almužna.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، 
 وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: 
 عدلك وإصلاحك بيـن متخاصمين صدقةٌ،
 وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، 
 والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ،
 وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، 
 وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že každý pověřený muslim má dát za každý kloub ve svém těle almužnu jako dobrý skutek pro Boha, aby Mu poděkoval za své zdraví a že díky kloubům může hýbat kostmi. A že tato almužna může být jakýkoliv dobrý skutek, nejen dávání majetku, a že mezi tyto dobré skutky patří: Usmíření dvou rozhádaných je almužna. Pomoc tomu, kdo nemá jízdní zvíře, a svézt ho nebo vzít jeho věci je almužna. Dobré slovo, jako dhikr, dua, pozdrav atd., je almužna. Každý krok, který člověk učiní k modlitbě, je almužna. A odstranění věcí, které mohou uškodit, z cesty je almužna.</t>
   </si>
   <si>
     <t>تركيب عظام الآدمي وسلامتها من أعظم نعم الله تعالى عليه، فيحتاج كل عظم منها إلى تصدق عنه بخصوصه ليتم شكر تلك النعمة.
 الترغيب في تجديد الشكر كل يوم لدوام تلك النعم.
 الترغيب في المداومة على النوافل والصدقات كل يوم.
 فضل الإصلاح بين الناس.
 الحث على معونة الرجل أخاه؛ لأن معونته إياه صدقة.
 الحث على حضور الجماعات والمشي إليها، وعمارة المساجد بذلك.
 وجوب احترام طرق المسلمين بتجنب ما يؤذيهم أو يضر بهم.</t>
   </si>
   <si>
     <t>Sestavení lidských kostí a jejich zdraví patří mezi největší Boží dobrodiní vůči člověku. A tak každá tato kost a kloub zasluhuje almužnu jako vyjádření díků Bohu za toto dobrodiní.
 Povzbuzení k opakování díků každý den, aby bylo toto dobrodiní zachováno.
 Povzbuzení k pravidelnému a trvalému konání doporučeného uctívání a dávání almužny každý den.
 Velké dobro v usmiřování lidí.
 Nabádání člověka, aby pomohl svému bratru, a jeho pomoc je považována za almužnu.
 Nabádání k účasti při  společných modlitbách a k chození na ně a oživování mešit společnými modlitbami.
 Povinnost respektování cest tím, že se člověk vyvaruje věcí, které škodí ostatním.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4568</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>كن في الدنيا كأنك غريب أو عابر سبيل</t>
+  </si>
+  <si>
+    <t>„Buď v tomto světě jako cizinec nebo ten, kdo jen prochází.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: أَخَذَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ بِمَنْكِبِي، فَقَالَ: «كُنْ فِي الدُّنْيَا كَأَنَّكَ غَرِيبٌ أَوْ عَابِرُ سَبِيلٍ»، وَكَانَ ابْنُ عُمَرَ، يَقُولُ: إِذَا أَمْسَيْتَ فَلاَ تَنْتَظِرِ الصَّبَاحَ، وَإِذَا أَصْبَحْتَ فَلاَ تَنْتَظِرِ المَسَاءَ، وَخُذْ مِنْ صِحَّتِكَ لِمَرَضِكَ، وَمِنْ حَيَاتِكَ لِمَوْتِكَ.</t>
+  </si>
+  <si>
+    <t>Abdulláh Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl: Posel Boží (ať mu Bůh žehná a dá mír) mě vzal za rameno a řekl: „Buď v tomto světě jako cizinec nebo ten, kdo jen prochází.” A Ibn ‘Umar říkával: Když přijde večer, neočekávej ráno a když přijde ráno, neočekávej večer. A využij svého zdraví, než přijde nemoc, a využij života, než přijde smrt.</t>
+  </si>
+  <si>
+    <t>ذَكَرَ ابنُ عُمر رضي الله عنهما بأن النبي صلى الله عليه وسلم أخذ بمنكبه -وهو مَجْمَع العَضُد والكَتِف- وقال له: كن في الدنيا كأنك غريب، قَدِمَ بلدًا لا مَسْكن لَهُ فيه يؤويه، ولا ساكن يسليه، خالٍ عن الأهل والعيال والعلائق، التي هي سبب الاشتغال عن الخالق، بل كن أشدَّ من الغريب وهو عابر السبيل المار على الطريق طالبًا وطنه؛ لأن الغريب قد يسكن في بلاد الغُرْبة ويُقيم فيها، بخلاف عابر السبيل القاصد للبلد، فإن من شأنه التخفف وعدم التوقف، والحرص على وصول بلده، فكما أن المسافر لا يحتاج إلى أكثر مما يبلغه إلى غاية سفره، فكذلك لا يحتاج المؤمن في الدنيا إلى أكثر مما يبلغه المَحل. 
+فعمل ابن عمر بهذه النصيحة وكان يقول: إذا أصبحتَ فلا تنتظر المساء، وإذا أمسيتَ فلا تنتظر الصباح، وعُدَّ نفسك في أهل القبور، ولأن العمرَ لا يخلو عن صحة ومرض؛ 
+فبادر أيام صحتك بالطاعة لمرضك؛ واغتنم الأعمال الصالحة في الصحة قبل أن يحول بينك وبينها المرض، واغتنم حياتك في الدنيا، فاجمع فيها ما ينفعك بعد موتك.</t>
+  </si>
+  <si>
+    <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) ho chytil za rameno a řekl mu: Buď v tomto pozemském světě jako cizinec, který přišel do země, kde nemá žádný domov, kde by mohl žít, ani rodinu, děti a známé, kteří jsou příčinou zaměstnanosti a zaneprázdněnosti vzhledem k jeho Stvořiteli, a buď ještě více než jen cizincem, buď tím, kdo jde po cestě a hledá vlast, protože cizinec se může usadit v cizí zemi a žít v ní, na rozdíl od toho, kdo jde po cestě a hledá zemi, protože ten se nikde neusadí a má snahu dostat se do své země. A stejně jako ten, kdo je na cestě, nepotřebuje nic víc, jen to, co mu dá dospět do jeho cíle, tak věřící nepotřebuje v tomto světě nic jiného, než aby dospěl do svého cíle.
+A sám Ibn ‘Umar se choval podle této rady a říkával: Pokud přijde ráno, neočekávej večer a pokud přijde večer, neočekávej ráno a předpokládej, že patříš mezi obyvatele hrobů. A protože život není prostý nemocí, ve dny svého zdraví spěchej s dobrými skutky, než přijde nemoc, a chop se příležitosti a konej dobré skutky, dokud jsi zdravý a dokud ti v tom nezabrání nějaká nemoc, a stejně tak využij toho, že žiješ, a nashromáždi v životě vše, co ti prospěje po smrti.</t>
+  </si>
+  <si>
+    <t>وضع المُعلّم كفَّه على كتف المتعلم عند التعليم للتأنيس والتنبيه.
+الابتداء بالنصيحة والإرشاد لمن لم يطلب ذلك.
+حسن تعليم النبي صلى الله عليه وسلم بضرب الأمثال المُقْنِعَة، بقوله: "كُنْ فِي الدُّنْيَا كَأَنَّكَ غَريْبٌ أَوْ عَابِرُ سَبِيْلٍ".
+اختلاف الناس في سيْرهم إلى الآخرة؛ فعابر السبيل، منزلة أعلى في الزهد من منزلة الغريب.
+ بيان قِصَر الأمل، والاستعداد للموت.
+ الحديث لا يدل على ترك الرزق وتحريم ملذات الدنيا؛ ولكن يدل على الترغيب في الزهد فيها، والتَّقَلُّل منها.
+المسارعة إلى الأعمال الصالحة قبل أن لا يقدر عليها، ويحول مرض أو موت.
+فضيلة عبد الله بن عمر رضي الله عنهما حيث تأثّر بهذه الموعظة من رسول الله صلى الله عليه وسلم.
+وطن المؤمنين هي الجنة فهو غريب على الدنيا، وهو مسافر للدار الآخرة، فلا يُعلِّق قلبه بشيء من بلد الغربة، بل قلبه متعلق بوطنه الذي يرجع إليه، وإقامته في الدنيا ليقضي حاجته وجهازه للرجوع إلى وطنه.</t>
+  </si>
+  <si>
+    <t>Položení ruky učitele na rameno žaka při učení, aby ho upozornil a cítil se lidsky.
+Začínat radou a poradit i tomu, kdo o to nežádal.
+Prorokův (ať mu Bůh žehná a dá mír) krásný způsob vyučování tím, že uváděl metafory, které jsou přesvědčivé, jako jsou jeho slova: „Buď v tomto světě jako cizinec nebo ten, kdo jen prochází.”
+Rozdíl mezi lidmi v jejich cestě k budoucímu životu - ten, kdo je jakoby na cestě, je na vyšší úrovni v askezi než ten, kdo je jako cizinec.
+Ukázání krátkosti času a přípravy na smrt.
+Hadíth nedokazuje to, že by člověk měl přestat hledat obživu nebo že by bylo zakázáno si užívat v pozemském životě, pouze nabádá k askezi a omezení užívání pozemského života.
+Spěchání s vykonáváním dobrých skutků, dokud je toho člověk schopný a nezabrání mu v tom nemoc nebo smrt.
+Velké zásluhy Abdulláha Ibn ‘Umara (ať je s ním Bůh spokojen), protože se řídil tímto varováním Posla Božího (ať mu Bůh žehná a dá mír).
+Věřící mají vlast v ráji a v pozemském světě jsou cizinci, kteří jsou na cestě do budoucího světa, a tak by se jejich srdce neměla vázat na nic z této cizí země, ale měla by být připoutána k jejich vlasti, do které se vrací a jejich pobyt v pozemském světě je jen, aby učinili, co je potřebné, a připravili se na návrat do své vlasti.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4704</t>
+  </si>
+  <si>
+    <t>لا تحاسدوا، ولا تناجشوا، ولا تباغضوا، ولا تدابروا، ولا يبع بعضكم على بيع بعض، وكونوا عباد الله إخوانا</t>
+  </si>
+  <si>
+    <t>„Nezáviďte si, nepřihazujte kvůli zvýšení ceny, nebuďte k sobě nenávistní a nedělejte si věci za zády, nepřeplácejte, abyste koupili(nebo prodali), co chtěli koupit(nebo prodat) jiní, a buďte služebníky Božími a mezi sebou bratry</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحَاسَدُوا، وَلَا تَنَاجَشُوا، وَلَا تَبَاغَضُوا، وَلَا تَدَابَرُوا، وَلَا يَبِعْ بَعْضُكُمْ عَلَى بَيْعِ بَعْضٍ، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا الْمُسْلِمُ أَخُو الْمُسْلِمِ، لَا يَظْلِمُهُ وَلَا يَخْذُلُهُ، وَلَا يَحْقِرُهُ التَّقْوَى هَاهُنَا» وَيُشِيرُ إِلَى صَدْرِهِ ثَلَاثَ مَرَّاتٍ «بِحَسْبِ امْرِئٍ مِنَ الشَّرِّ أَنْ يَحْقِرَ أَخَاهُ الْمُسْلِمَ، كُلُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ حَرَامٌ، دَمُهُ، وَمَالُهُ، وَعِرْضُهُ».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nezáviďte si, nepřihazujte kvůli zvýšení ceny, nebuďte k sobě nenávistní a nedělejte si věci za zády, nepřeplácejte, abyste koupili(nebo prodali), co chtěli koupit(nebo prodat) jiní, a buďte služebníky Božími a mezi sebou bratry. Muslim je muslimovi bratrem, nekřivdí mu, neklame ho a neponižuje ho. Bohabojnost je zde,” a ukázal si třikrát na hruď, „a člověku dostačuje jako zlo, aby ponižoval svého bratra muslima. Každému muslimovi je zakázána krev, majetek a čest jiného muslima."</t>
+  </si>
+  <si>
+    <t>أَوْصَى النبيُّ صلى الله عليه وسلم المسلمَ بأخيه المسلم خيرًا، وبيَّن بعض ما يجب عليه من الواجبات والآداب نحوهم؛ ومن ذلك: 
+الوصية الأولى: لا تحاسدوا بأن يتمَنَّى بعضكم زوال نعمة بعض. 
+الثانية: لا تناجشوا بأن يزيد في ثمن السلعة وهو لا يريد شراءها؛ وإنما يريد نفع البائع، أو الإضرار بالمشتري. 
+الثالثة: لا تباغضوا وهي إرادة المضرة وهي ضد المحبة؛ إلا إذا كان البغض في الله تعالى؛ فإنه واجب. 
+الرابعة: لا تدابروا بأن يعطِيَ كل واحد منكم أخاه دبره وقفاه فيعرض عنه ويهجره. 
+الخامسة: لا يبع بعضكم على بيع بعضٍ بأن يقول لمن اشترى سلعة: عندي مثلها بأقل منها أو أجود منها بسعرها. 
+ثم أوصى عليه الصلاة والسلام بوصية جامعة فقال: وكونوا كالإخوة بترك ما ذُكِر من منهيات، وببذل المودة والرفق والشفقة والملاطفة والتعاون في الخير، مع صفاء القلوب والنصيحة بكل حال. 
+ومن مقتضيات هذه الأخوة: 
+ألّا يَظلم أخاه المسلم ويعتدي عليه. 
+وألّا يترك أخاه المسلم يُظلم فيخذله في مقام يستطيع أن ينتصر له، ويرفع عنه الظلم. 
+وألّا يحتقره ويستقله وينظر إليه بعين الاستنقاص والازدراء؛ وهو ناتج عن كِبر في القلب.
+ثم بيَّن النبيُّ صلى الله عليه وسلم ثلاث مرات أن التقوى في القلب، ومن كان في قلبه التقوى التي تقتضي حسن الخلق، وخشية الله ومراقبته فإنه لا يحتقر مسلمًا، وكافيه من خصال الشر ورذائل الأخلاق احتقار أخيه المسلم؛ وذلك لكِبرٍ في قلبه. 
+ثم أَكَّدَ صلى الله عليه وسلم على ما مضى بأنَّ كل المسلم على المسلم حرامٌ: دمُه: بأن يعتدي عليه بقتل أو ما دونه كجرح أو ضرب ونحوها، وكذا ماله: بأن يأخذ منه بغير حق، وكذا عِرضه: بأن يذمّه في نفسه أو حسبه.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) doporučil bratru muslimovi dobro a vysvětlil část jeho povinností a etiky vůči ostatním, kam patří: První doporučení a rada: nezáviďte si tak, že si budete přát, aby ostatní přišli o dobrodiní, kterého se jim dostalo. Druhé: nezvedejte cenu tak, že zvedáte cenu, aniž byste chtěli věc koupit, a to jen proto, aby měl kupec prospěch nebo abyste ublížili tomu, který kupuje. Třetí: nebuďte k sobě nenávistní, což je přát si škodu a ublížení, a to je opakem lásky, leda by tato nenávist byla kvůli Bohu, pak je povinná. Čtvrté: neotáčejte se k sobě zády, a to tak, že se každý otočí zády ke svému bratru, odmítne ho a vyhýbá se mu. Páté: nepřeplácejte, abyste koupili nebo prodali to, co chtěli koupit nebo prodat jiní, například tak, že řeknete tomu, kdo si chce něco koupit: Mám to stejné levnější nebo mám lepší za stejnou cenu. A pak dal Prorok (mír s ním) obecnou radu, která zahrnuje všechno uvedené, a řekl: Buďte jako bratři tím, že zanecháte výše uvedené zakázané věci, a tím, že se budete snažit dávat lásku, náklonnost, soucit, laskavost a spolupráci při konání dobra spolu s čistotou srdce a radami za všech okolností. A do požadavků tohoto bratrství patří: Aby nekřivdil svému bratru muslimovi a nenapadal jej. Aby nenechal ukřivdit svému muslimskému bratrovi a tím ho nezklamal v situaci, kdy se ho může zastat a odstranit křivdu. A aby ho neponižoval, nesnižoval a nepohlížel na něj s despektem a opovržením, což vzniká namyšleností v srdci. Poté Prorok (ať mu Bůh žehná a dá mír) třikrát řekl, že bohabojnost je v srdci, a bohabojnost v srdci vede k dobrým mravům, strachu před Bohem a dávání si před ním pozor a takový člověk nesnižuje muslima. A snižování bratra muslima je dostačující špatná vlastnost a nízké mravy, protože takový člověk má v srdci povýšenost. Pak Prorok (ať mu Bůh žehná a dá mír) potvrdil vše předešlé tím, že každému muslimovi je zakázána krev jiného muslima, tzn. aby ho napadl a zabil nebo i jen zranil, bil, atd., a stejně tak je mu zakázán jeho majetek, aby mu ho bezprávně bral, a také čest jiného muslima, aby nadával jemu nebo jeho rodu atd.</t>
+  </si>
+  <si>
+    <t>الأمر بكلِّ ما تقتضيه الأخوة الإيمانية، والنهي عن ما يضادها من الأقوال والأعمال.
+عمدة التقوى ما في القلب من معرفة الله، وخشيته ومراقبته، وهذه التقوى ينتج عنها الأعمال الصالحة.
+الانحراف الظاهر يدلُّ على ضعف تقوى القلب.
+النهي عن أذية المسلم بأي وجه من الوجوه من قول أو فعل.
+ليس من الحسد أن يتمنى المسلم أن يكون مثل غيره، دون تمني زوالها عن الآخر، وهذا يسمى غبطة؛ وهي جائزة تعين على المسابقة إلى الخيرات.
+الإنسان بطبعه يكره أن يفوقَه أحد في شيء من الفضائل، فإن أحب زوالها عن الآخر فهو الحسد المذموم، وإن أحب المسابقة فهي الغبطة الجائزة.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه أن يبيّن للمشتري أنه خدع في شرائه خداعًا فاحشًا؛ فهذا من مقتضيات النصيحة، بشرط أن تكون نيته نصح أخيه المشتري لا الإضرار بالبائع، والأعمال بالنيات.
+ليس من بيع المسلم عَلَى بَيْعِ أخيه  إذا كان البائعان لم يتراضيا ولم يستقر الثمن.
+ليس من التباغض المنهي عنه في الحديث: البغض في الله، فهو واجب، ومِن أوثق عرى الإيمان.</t>
+  </si>
+  <si>
+    <t>Nařízení všeho, co vede k bratrství ve víře, a zákaz všeho, co je s tím v rozporu, ať slovy nebo činy.
+Základem zbožnosti je poznání Boha v srdci, bázeň před Ním a uvědomování si Ho a tato zbožnost vede k dobrým skutkům.
+Zjevné odchýlení ukazuje na slabou zbožnost v srdci.
+Zákaz ubližovat muslimovi jakýmkoli způsobem ať už slovy nebo činy.
+Do závisti nepatří, když si muslim přeje, aby byl jako někdo jiný, aniž by si přál, aby o to tento člověk přišel, a takové přání je povolené a pomáhá v soutěžení v dobrých skutcích.
+Člověk přirozeně nechce, aby ho někdo převyšoval ve ctnostech, a pokud si přeje, aby o ně přišel, je to závist, která je špatná, ale pokud si to nepřeje a jen chce být také dobrý, je to povolené.
+Do přeplácení prodeje muslima nepatří to, pokud tomu, kdo chce koupit, objasní, že prodávající je podvodník a chce ho podvést, to patří pod povolenou radu za podmínky, že jeho úmyslem je poradit svému nakupujícímu bratrovi a nechce uškodit tomu, kdo prodává, protože skutky jsou souzeny podle úmyslu.
+Do přeplácení nákupu a prodeje muslima nepatří, pokud se prodejce s nakupujícím ještě nedohodli a není ještě stanovena cena.
+Do zakázané nenávisti v hadíthu nepatří nenávist kvůli Bohu, protože ta je povinná a je jedním z největších důkazů víry.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4706</t>
+  </si>
+  <si>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>„Nehněvej se,”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že jeden muž řekl Prorokovi (ať mu Bůh žehná a dá mír): „Doporuč mi něco!" A on mu řekl: „Nehněvej se,” a tento muž se ho zeptal ještě několikrát a Prorok mu vždy řekl: „Nehněvej se."</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Jeden ze sahába (ať je s nimi Bůh spokojen) požádal Proroka (ať mu Bůh žehná a dá mír), aby mu doporučil něco, co mu prospěje, a on mu doporučil, ať se nehněvá, čímž se myslí odstranit příčiny hněvu a pokud už k tomu dojde, tak se ovládat a nekřičet, nenadávat ani fyzicky neubližovat.
 Tento muž několikrát opakoval svoji prosbu o nějaké doporučení, ale Prorok (ať mu Bůh žehná a dá mír) mu neřekl nic více než: „Nehněvej se.”</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Varování před hněvem a jeho příčinami, protože hněv je příčina všeho zla, a proto vyvarování se hněvu je příčina všeho dobra.
 Hněv kvůli Bohu, jako je hněv, když někdo porušuje Boží omezení, je dobrý hněv.
 Opakování některých slov, dokud je posluchač nepochopí a neuvěří jejich důležitosti.
 Žádat učence o nějaké doporučení je vhodné a záslužné.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>„Neškoďte a neoplácejte škodu škodou a tomu, kdo ztěžuje věci ostatním, Bůh ztíží</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abú S’aíd al-Chudarí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír)  řekl: „Neškoďte a neoplácejte škodu škodou a tomu, kdo ztěžuje věci ostatním, Bůh ztíží."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že je třeba zabránit jakýmkoliv škodám, ať se to týká člověka samotného nebo jiných lidí, a tak není dovoleno, aby člověk škodil sobě nebo komukoliv jinému.
 Také není povoleno, aby člověk oplácel škodu škodou, protože škoda se nesmí odstraňovat jinou škodou, pouze v případě krevní msty (qisás).
 Poté Prorok (ať mu Bůh žehná a dá mír) ukázal, že tomu, kdo škodí jiným, bude uškozeno, a tomu, kdo ztěžuje věci ostatním, bude také vše ztíženo.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Zákaz oplácet horším.
 Bůh nikdy nenařizuje Svým služebníkům škodlivé věci.
 Zákaz škodit sobě a ostatním slovy i činy.
 Odplata je podle skutku a tak tomu, kdo škodí, Bůh uškodí, tomu, kdo ztěžuje, Bůh ztíží.
 Jedno z islámských pravidel zní: „Škoda se musí odstranit,” a proto islámský zákon (šarí’a) neschvaluje žádnou škodu a odmítá škodění.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[Správný na základě podobných hadíthů]</t>
   </si>
   <si>
     <t>[Zaznamenal ho Ad-Dáraqutní]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ</t>
+    <t>لا يحل دم امرئ مسلم إلا بإحدى ثلاث</t>
+  </si>
+  <si>
+    <t>„Krev (zabití) muslima není dovolena kromě jednoho ze tří</t>
+  </si>
+  <si>
+    <t>عَنِ ابنِ مَسعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يَحِلُّ دَمُ امْرِئٍ مُسْلِمٍ إِلَّا بِإِحْدَى ثَلَاثٍ: الثَّيِّبُ الزَّانِي، وَالنَّفْسُ بِالنَّفْسِ، وَالتَّارِكُ لِدِينِهِ المُفَارِقُ لِلْجَمَاعَةِ».</t>
+  </si>
+  <si>
+    <t>Ibn Mas‘úd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Krev (zabití) muslima není dovolena kromě jednoho ze tří: cizoložník, který není panic (nebo panna), duše za duši a ten, kdo opustí svoji víru a odloučí se od většiny.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دمَ المسلم حرام، إلا إنْ فعل واحدة من خصال ثلاث: 
+الأولى: مَن وقع في فاحشة الزنا، وقد تزوج بعقد صحيح؛ فيحل قتله بالرجم. 
+الثانية: من قَتل نفسًا معصومة عمدًا بغير حق، قُتل بشروطه. 
+الثالثة: الخارج عن جماعة المسلمين؛ إما بترك دينه الإسلام كله بالردة، أو المفارق بغير ردة بترك بعضه كأهل البغي، وقطاع الطريق، والمحاربين من الخوارج وغيرهم.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) objasnil, že krev (zabití) muslima je zakázána, leda že by učinil jednu z těchto tří věcí: První: kdo upadne do cizoložství a uzavřel předtím správným způsobem sňatek, toho je povoleno zabít ukamenováním. Druhá: kdo zabije úmyslně a bezprávně někoho jiného, je zabit, když jsou dodrženy určité podmínky. Třetí: kdo se odloučí od většiny muslimů, buď tím, že odpadne od islámské víry, nebo se odloučí ne tím, že by odpadl, ale tím, že například bojuje proti muslimům, přepadá je atd. jako Cháridžovci a jiní.</t>
+  </si>
+  <si>
+    <t>تحريم فعل هذه الخصال الثلاث، وأن من فعل واحدة منها استحق عقوبة القتل: إما كفرًا، وهو المرتد عن الإسلام، وإما حدًّا، وهما: الثيب الزاني، والقاتل عمدًا.
+وجوب حفظ الأعراض ونقائها.
+وجوب احترام المسلم، وأنه معصوم الدم.
+الحث على التزام جماعة المسلمين وعدم مفارقتهم.
+حسن تعليم النبي صلى الله عليه وسلم حيث يَرِدُ كلامُه أحيانًا بالتقسيم؛ لأن التقسيم يحصر المسائل ويجمعها وهو أسرع حفظًا.
+شرع الله الحدودَ؛ لردع الجناة، ولحماية المجتمع ووقايتِه من الجرائم.
+تطبيق هذه الحدود هو من اختصاص ولي الأمر.
+أسباب القتل أكثر من ثلاثة، ولكنها لا تخرج عنها، قال ابن العربي المالكي: ولا تخرج عن هذه الثلاثة بحال، فإنَّ مَن سَحَرَ أو سب نبيَّ الله كفر، فهو داخل في التارك لدينه.</t>
+  </si>
+  <si>
+    <t>Zákaz učinit jednu ze tří zmíněných věcí a pokud jednu z nich udělá, zaslouží si trest smrti, buď jako nevěřící, to je ten, kdo odpadne od islámu, nebo jako potrestání, a to je cizoložník, který není panic, a vrah, který zabil úmyslně.
+Povinnost chránit čest a očišťovat ji.
+Povinnost úcty k muslimovi a že se nesmí zabít.
+Nabádání držet se komunity muslimů a neopouštět ji.
+Krásný způsob učení Proroka (ať mu Bůh žehná a dá mír), kdy věci rozděluje na kategorie, protože rozdělení shrnuje otázky, spojuje je dohromady a je lépe zapamatovatelné.
+Bůh určil tresty, aby odradil zločince, ochránil společnost a zabránil zločinům.
+Vykonávání těchto trestů náleží vládcům (a těm, kteří jsou jimi k tomu určeni).
+Důvodů popravy je více než tyto tři, ale všechny jsou v těchto třech zahrnuté. Ibn Al-‘Arabí Al-Málikí řekl: A nejsou nikdy mimo tyto tři a věru, že ten, kdo praktikuje čarodějnictví nebo uráží Proroka Božího, je nevěřícím a patří mezi ty, kdo opustili svoji víru.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4714</t>
+  </si>
+  <si>
+    <t>لا يزال لسانك رطبا من ذكر الله</t>
+  </si>
+  <si>
+    <t>„Ať je tvůj jazyk stále vlhký od připomínání si Boha.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللهِ بْنِ بُسْرٍ رضي الله عنه أَنَّ رَجُلاً قَالَ: يَا رَسُولَ اللهِ إِنَّ شَرَائِعَ الإِسْلاَمِ قَدْ كَثُرَتْ عَلَيَّ، فَأَخْبِرْنِي بِشَيْءٍ أَتَشَبَّثُ بِهِ، قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ».</t>
+  </si>
+  <si>
+    <t>Abdulláh Ibn Busr (ať je s ním Bůh spokojen) vyprávěl, že jeden muž řekl: Posle Boží, věru, že nařízeních islámu je na mě moc, tak mi ukaž něco, čeho bych se mohl pevně držet. A on řekl: „Ať je tvůj jazyk stále vlhký od připomínání si Boha.”</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك. 
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>Jeden muž si stěžoval Prorokovi (ať mu Bůh žehná a dá mír), že doporučených a dobrovolných věcí v islámu je na něj příliš mnoho a nedokáže je všechny vykonávat, protože je slabý, a pak se zeptal Proroka (ať mu Bůh žehná a dá mír), aby mu řekl o nějakém jednoduchém činu, za který je velká odměna, aby se toho činu držel a pravidelně ho vykonával.
+A Prorok (ať mu Bůh žehná a dá mír) mu poradil, aby jeho jazyk byl stále vlhký od toho, jak s ním hýbe při vzpomínání Boha (dhikr) v každé situaci a v každý čas, jako je prošení za odpuštění, prosby, dhikr jako jako slova subhanalláh a alhamdulilláh atd.</t>
+  </si>
+  <si>
+    <t>فضل المداومة على ذكر الله تعالى.
+من عظيم فضل الله تيسير أسباب الأجر.
+تفاضل العباد في نصيبهم من أبواب البر والخير.
+كثرة ذكر الله باللسان تسبيحًا وتحميدًا وتهليلًا وتكبيرًا وغير ذلك مع مواطأة القلب يقوم مقام كثير من نوافل الطاعات.
+مراعاته صلى الله عليه وسلم للسائلين بإجابة كلٍّ بما يناسبه.</t>
+  </si>
+  <si>
+    <t>Velká odměna za pravidelné připomínání si Boha (dhikr).
+Do velkého Božího dobra patří jednoduchost příčin odměny.
+Rozdíly v lidech na základě jejich podílu z dobra.
+Časté připomínání si Boha jazykem, jako slova subhánalláh, alhamdulilláh, lá illáha ilá-lláh, Alláhu akbar atd., s uvědoměním si v srdci zaujímá místo mnoha doporučených druhů uctívání.
+Prorokovy (ať mu Bůh žehná a dá mír) odpovědi braly v úvahu ty, kteří se ptali, a každému odpovídal to, co je pro něj nejlepší.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4716</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
   </si>
   <si>
     <t>„Nikdo z vás nebude skutečně věřit, dokud si nebude přát pro svého bratra totéž co pro sebe</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nikdo z vás nebude skutečně věřit, dokud si nebude přát pro svého bratra totéž co pro sebe."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že víra muslima nebude dokonalá, dokud si nebude přát pro svého bratra to, co si přeje sám pro sebe, ať už se jedná o dobré skutky nebo jakékoliv dobro na tomto a onom světě, a nebude pro něj nenávidět to samé co pro sebe. A když uvidí, že některý jeho bratr má nedostatek ve víře, bude se snažit ho napravit a když v něm uvidí dobro, bude mu v něm pomáhat a bude mu radit ve věcech tohoto i budoucího světa.</t>
   </si>
   <si>
     <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
 الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
 تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
 استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
 قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
   </si>
   <si>
     <t>Povinnost přát svému bratru ve víře to samé, co si člověk přeje pro sebe, protože odmítnutí víry tomu, kdo si nepřeje pro svého bratra to samé co sám pro sebe, dokazuje, že se jedná o povinnost.
 Bratrství v islámu stojí nad příbuzenským bratrstvím, a proto jsou jeho práva povinější.
 Zákaz všeho, co stojí proti této lásce a smyslu hadíthu, ať se jedná o slova nebo činy, jako je podvod, pomluva, závist, útočení na osobu muslima, na jeho majetek nebo na jeho čest.
 Používání výrazů motivujících k činům, na základě slov: „svého bratra.”
 Al-Kirmání (ať se nad ním Bůh smiluje) řekl: K víře patří také nemít rád (nepřát si) pro svého bratra to, co člověk nemá rád (nepřeje si) pro sebe ze špatných věcí, i když to není zmíněno, protože láska k něčemu vyžaduje nenávist k opaku, a tak nebylo třeba to zmiňovat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4717</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>„Kdybyste se spolehli na Boha správným spolehnutím, uštědřil by vám obživu stejně, jako ji uštědřuje ptákům: ráno vylétají s prázdnými břichy a večer se vrací s plnými</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že slyšel Proroka (ať mu Bůh žehná a dá mír) říci: „Kdybyste se spolehli na Boha správným spolehnutím, uštědřil by vám obživu stejně, jako ji uštědřuje ptákům: ráno vylétají s prázdnými břichy a večer se vrací s plnými."</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nás nabádá k tomu, abychom se plně spolehli na Boha, co se týče našeho prospěchu a škody, protože nikdo kromě Všemohoucího Boha nám nemůže nic dát nebo vzít nebo prospět anebo uškodit. A nabádá nás, abychom hledali příčiny, které vedou k prospěchu nebo k zabránění škody, společně se spolehnutím se na Boha. Pokud to budeme dělat, Bůh nám uštědří obživu stejně jako ptákům, kteří ráno vylétají hladoví s prázdnými břichy a večer se vrací s plnými. A to, že ptáci vylétají, je považováno za příčinu, která vede k obživě, tzn. že jen líně nečekají na obživu.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Spoléhání se na Boha je záslužné a je to největší příčina, která vede k obživě.
 Spoléhání se na Boha není v rozporu s konáním příčin, protože v hadíthu se říká, že skutečné spoléhání není v rozporu s tím, že se ráno vychází hledat obživa a večer se pak navrací.
 Starost  islámského zákona (šarí’a) o činy srdce, protože spoléhání se patří pod činy srdce.
 Řídit se pouze příčinami a následky je nedostatek ve víře a neřídit se příčinami vůbec je nedostek rozumu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4721</t>
   </si>
   <si>
-    <t>لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ</t>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، ولكن البينة على المدعى، واليمين على من أنكر</t>
   </si>
   <si>
     <t>„Kdyby bylo lidem dáno, co požadují, chtěli by majetky lidí i jejich krev (život), ale musí být důkaz pro žalobce a přísaha pro toho, kdo odmítá (žalovaného).”</t>
   </si>
   <si>
     <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، ولَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdyby bylo lidem dáno, co požadují, chtěli by majetky lidí i jejich krev (život), ale musí být důkaz pro žalobce a přísaha pro toho, kdo odmítá (žalovaného).”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لو يُعطى الناس بمُجَرَّدِ دَعواهم مِن غير أدلّة ولا قرائن لادَّعى أُناسٌ أموالَ قومٍ ودماءَهم، ولكن يجب على المُدَّعِي تقديمُ البينةِ والدليلِ بما يُطالِب، فإن لم يكن له بينة فتُعرَضُ الدعوى على المُدَّعَى عليه، فإن أنكرها فعليه الحَلِفُ ويَبْرَأ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pokud by bylo lidem dáváno pouze na základě jejich žádostí bez důkazů, žádali by majetky a životy jiných lidí, a tak je povinné, aby žalobce předložil důkaz na to, co požaduje, a pokud nemá důkaz, tak se osloví žalovaný, a pokud odmítne žalobu, musí přísahat, a pokud to udělá, je osvobozen.</t>
   </si>
   <si>
     <t>قال ابن دقيق العيد: وهذا الحديث أصل من أصول الأحكام، وأعظم مرجع عند التنازع والخصام.
 الشريعة جاءت لحماية أموال الناس ودمائهم عن التلاعب.
 القاضي لا يَحكم بعلمه وإنما يَرجع إلى البينات.
 كل من ادّعى دعوى خالية عن برهان فهي مردودة، وسواء كانت في الحقوق والمعاملات أو في مسائل الإيمان والعلم.</t>
   </si>
   <si>
     <t>Ibn Daqíq Al-‘Íd řekl: Tento hadíth je jedním ze základů soudnictví a nejdůležitějším pravidlem ve sporech a hádkách.
 Islámský zákon přišel, aby chránil majetky a životy lidí před zahráváním si s nimi.
 Soudce nesoudí podle svých vědomostí ale podle důkazů.
 Každému, kdo podává žalobu(nebo něco tvrdí)bez důkazu, bude zamítnuta, ať už se týká práv a činů mezi lidmi nebo otázek víry a vědění.</t>
   </si>
   <si>
     <t>رواه البيهقي</t>
   </si>
   <si>
     <t>[Al-Bayhaqi]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4722</t>
   </si>
   <si>
-    <t>مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ</t>
+    <t>ما ملأ آدمي وعاء شرا من بطن، بحسب ابن آدم أكلات يقمن صلبه، فإن كان لا محالة، فثلث لطعامه، وثلث لشرابه، وثلث لنفسه</t>
+  </si>
+  <si>
+    <t>„Člověk nemůže naplnit horší nádobu, než je břicho; jídlo, které dostačuje synu Adama, je takové, které ho udrží při životě a posílí ho k dobrým skutkům, a pokud není jiné možnosti (než ho naplnit), tak třetinu pro jeho jídlo, třetinu pro jeho pití a třetinu pro jeho dýchání.”</t>
+  </si>
+  <si>
+    <t>عَنْ المِقْدَامِ بْنِ مَعْدِي كَرِبَ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مَلأَ آدَمِيٌّ وِعَاءً شَرًّا مِنْ بَطْنٍ، بِحَسْبِ ابْنِ آدَمَ أَكَلاَتٌ يُقِمْنَ صُلْبَهُ، فَإِنْ كَانَ لَا مَحَالَةَ، فَثُلُثٌ لِطَعَامِهِ، وَثُلُثٌ لِشَرَابِهِ، وَثُلُثٌ لِنَفَسِهِ».</t>
+  </si>
+  <si>
+    <t>Al-Miqdám Ibn Ma‘dí Karib (ať je s ním Bůh spokojen) vyprávěl: Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Člověk nemůže naplnit horší nádobu, než je břicho; jídlo, které dostačuje synu Adama, je takové, které ho udrží při životě a posílí ho k dobrým skutkům, a pokud není jiné možnosti (než ho naplnit), tak třetinu pro jeho jídlo, třetinu pro jeho pití a třetinu pro jeho dýchání.”</t>
+  </si>
+  <si>
+    <t>يرشدنا النبي الكريم صلى الله عليه وسلم إلى أصل من أصول الطب، وهي الوقاية التي يقي بها الإنسان صحته، وهي التقليل من الأكل، بل يأكل بقدر ما يسد رمقه ويقويه على أعماله اللازمة، وإن شر وعاء مُلئ هو البطن لما ينتج عن الشبع من الأمراض الفتاكة التي لا تحصى عاجلًا أو آجلًا باطنًا أو ظاهرًا.
+ثم إن الرسول صلى الله عليه وسلم قال: إذا كان الإنسان لابد له من الشبع، فليجعل الأكل بمقدار الثلث، والثلث الآخر للشرب، والثلث للنفس حتى لا يحصل عليه ضيق وضرر، وكسل عن تأدية ما أوجب الله عليه في أمر دينه أو دنياه.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) nám radí jeden z nejdůležitějších základů lékařství, což je věc, která ochraňuje zdraví člověka, a to je snížit množství jídla tak, aby člověk jedl jen tolik, kolik mu dostačuje k tomu, aby žil a byl silný k vykonávání nutných činností. A říká, že nejhorší nádoba, která je naplněna, je břicho, protože nasycení vede k nesčetným smrtelným nemocem, které se projeví dříve či později, ať navenek nebo uvnitř. Poté Posel Boží (ať mu Bůh žehná a dá mír) řekl: Pokud už člověk musí být sytý, ať naplní jídlem žaludek z jedné třetiny, pitím z jedné třetiny a jednu třetinu ponechá k dýchání, aby mu to neuškodilo, necítil tíseň a nebyl líný vykonat to, co mu Bůh nařídil pro tento i pro budoucí život.</t>
+  </si>
+  <si>
+    <t>عدم التوسع في الأكل والشرب، وهذا أصل جامع لأصول الطب كلها، لما في كثرة الشبع من الأمراض والأسقام.
+الغاية من الأكل، هي حفظ الصحة والقوة وبهما سلامة الحياة.
+لملء البطن من الطعام أضرار بدنية ودينية، قال عمر رضي الله عنه: «إياكم والبطنة، فإنها مفسدة للجسم ومكسلة عن الصلاة».
+الأكل من حيث الحكم على أقسام: واجب، وهو ما به تُحفظ الحياة ويؤدي تركه إلى ضرر. جائز، وهو ما زاد على القدر الواجب ولا يُخشى ضرره. مكروه، وهو ما يُخشى ضرره. محرم، وهو ما يُعلم ضرره. ومستحب، وهو ما يُستعان به على عبادة الله وطاعته، وقد أجمل ذلك في الحديث في ثلاث مراتب: أولها: ملء البطن. ثانيها: أكلات أو لقيمات يقمن صلبه. ثالثها: قوله: «ثلث لطعامه وثلث لشرابه وثلث لنفسه» وهذا كله إذا كان جنس المأكول حلالًا.
+الحديث قاعدة من قواعد الطب، وحيث إن علم الطب مداره على ثلاثة أصول: حفظ القوة والحمية والاستفراغ، فقد اشتمل الحديث على الأولين منها، كما في قوله تعالى : (وَكُلُوا وَاشْرَبُوا وَلَا تُسْرِفُوا إِنَّهُ لَا يُحِبُّ الْمُسْرِفِينَ) [الأعراف: 31].
+كمال هذه الشريعة حيث اشتملت على مصالح الإنسان في دينه ودنياه.
+من علوم الشريعة أصولُ الطب وأنواع منه، كما جاء في العسل والحبة السوداء.
+اشتمال أحكام الشريعة على الحكمة، وأنها مبنية على درء المفاسد وجلب المصالح.</t>
+  </si>
+  <si>
+    <t>Nepřehánět v jídle a pití - to je principem všech základů medicíny, protože přílišné nasycení vede k nemocem.
+Cílem jedení je síla a ochrana zdraví, které vedou ke zdravému životu.
+Naplnění břicha škodí psychicky i fyzicky. ‘Umar (ať je s ním Bůh spokojen) řekl: „Varujte se přílišného nasycení, protože ničí tělo a vede k lenosti v modlitbě."
+Jídlo se dělí podle islámského pravidla následovně: povinné, to je v případě, že je třeba pro záchranu života, kdy jeho zanechání vede ke škodě; povolené, to je tolik, co je nad povinnost, kdy nehrozí žádná škoda; zavrženíhodné, to je, když jsou obavy, že by vedlo ke škodě; zakázané, to je, pokud je jasné, že jedení vede ke škodě; a doporučené, to je, pokud se jím člověk posiluje k uctívání Boha a dobrým skutkům. Toto je stručně vyjádřeno v hadíthu ve třech stupních: první z nich: naplnění břicha, druhý: jídlo, které posiluje k dobrým skutkům, a třetí z nich: slova Proroka: „třetinu pro jeho jídlo, třetinu pro jeho pití a třetinu pro jeho dýchání.” A toto všechno je v případě, že je toto jídlo samo o sobě povolené (halál).
+Tento hadíth je jedním z pravidel lékařství, protože lékařská věda se točí kolem tří principů: zachování síly, strava (dieta) a vylučování, a tento hadíth zahrnuje první dva z nich, stejně jako slova Všemohoucího: {Jezte a pijte, avšak nepřehánějte, vždyť On nemiluje ty, kdož přehánějí!} [Rozpoznání: 31].
+Dokonalost šarí‘y,  protože obsahuje všechen prospěch člověka, jak v jeho víře tak v tomto světě.
+Do věd šarí‘y patří základy lékařství a některé jeho druhy, například záznamy o medu a černém semenu.
+Pravidla šarí‘y obsahují moudrost a jsou postavena na odstranění škod a přinášení prospěchu.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد والترمذي والنسائي وابن ماجه</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4723</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس فيه فهو رد</t>
   </si>
   <si>
     <t>„Kdo v naší věci udělá něco, co v ní není, bude to odmítnuto</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قَالَ رَسُولُ اللهِ صلى الله عليه وسلم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ فِيهِ فَهُوَ رَدٌّ» متفق عليه.
 ولمسلم: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
   </si>
   <si>
     <t>‘Á'iša (ať je s ní Bůh spokojen) vyprávěla, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo v naší věci udělá něco, co v ní není, bude to odmítnuto." Na tomto hadíthu je shoda. A ve sbírce Sahíh Muslim je: „Kdo učiní nějaký skutek, který není ve shodě s našimi příkazy, bude odmítnut.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن اخترَعَ في الدِّينِ أو عَمِلَ عملًا لم يَدُل عليه دليلٌ من الكتاب والسنة، فهو مَردودٌ على صاحبِه غير مقبول عند الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že tomu, kdo vytvoří nebo udělá v náboženství něco, co nemá důkaz v Koránu nebo sunně, to bude odmítnuto a Bůh to nepřijme.</t>
   </si>
   <si>
     <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
 الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
 هذا الحديث دليلٌ على كمال الدين.
 البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
 هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
 المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
   </si>
   <si>
     <t>Základ veškerého uctívání je v Koránu a sunně, a tak nelze Boha uctívat ničím jiným než tím, co On sám nařídil, ne novotami nebo tím, co si někdo vymyslí.
 Náboženství není podle něčího názoru nebo toho, co si myslí, že je nejlepší, ale podle následovaní Proroka (ať mu Bůh žehná a dá mír).
 Tento hadíth je důkazem dokonalosti a úplnosti náboženství.
 Novoty jsou to, co si někdo vymyslí o náboženství, aniž by k tomu měl důkaz od Proroka (ať mu Bůh žehná a dá mír) nebo jeho druhů, ať se to týká věrouky, slov anebo činů.
 Tento hadíth je jedním ze základních pravidel islámu. Posuzují se jím všechny skutky, a tak jako každý skutek, který není vykonaný pouze pro Boha, je bez odměny, tak každý skutek, který není v souladu s tím, s čím přišel Prorok (ať mu Bůh žehná a dá mír), je odmítnut.
 Zakázané novoty jsou ty, které se týkají náboženských věcí, ne ty, které se týkají běžného pozemského života.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4792</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>من نفس عن مؤمن كربة من كرب الدنيا نفس الله عنه كربة من كرب يوم القيامة</t>
+  </si>
+  <si>
+    <t>„Tomu, kdo pomohl svému bratrovi ulevit v jeho starosti, Bůh uleví ve starostech soudného dne,</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ نَفَّسَ عَنْ مُؤْمِنٍ كُرْبَةً مِنْ كُرَبِ الدُّنْيَا نَفَّسَ اللهُ عَنْهُ كُرْبَةً مِنْ كُرَبِ يَوْمِ الْقِيَامَةِ، وَمَنْ يَسَّرَ عَلَى مُعْسِرٍ يَسَّرَ اللهُ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمَنْ سَتَرَ مُسْلِمًا سَتَرَهُ اللهُ فِي الدُّنْيَا وَالْآخِرَةِ، وَاللهُ فِي عَوْنِ الْعَبْدِ مَا كَانَ الْعَبْدُ فِي عَوْنِ أَخِيهِ، وَمَنْ سَلَكَ طَرِيقًا يَلْتَمِسُ فِيهِ عِلْمًا سَهَّلَ اللهُ لَهُ بِهِ طَرِيقًا إِلَى الْجَنَّةِ، وَمَا اجْتَمَعَ قَوْمٌ فِي بَيْتٍ مِنْ بُيُوتِ اللهِ يَتْلُونَ كِتَابَ اللهِ وَيَتَدَارَسُونَهُ بَيْنَهُمْ إِلَّا نَزَلَتْ عَلَيْهِمِ السَّكِينَةُ، وَغَشِيَتْهُمُ الرَّحْمَةُ، وَحَفَّتْهُمُ الْمَلَائِكَةُ، وَذَكَرَهُمُ اللهُ فِيمَنْ عِنْدَهُ، وَمَنْ بَطَّأَ بِهِ عَمَلُهُ لَمْ يُسْرِعْ بِهِ نَسَبُهُ».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo pomohl svému bratrovi ulevit v jeho starosti, Bůh uleví ve starostech soudného dne, tomu, kdo ulehčí tomu, kdo má obtíže, Bůh ulehčí v pozemském i v budoucím životě, toho, kdo skryje muslima, Bůh skryje v pozemském i budoucím životě. Bůh tak dlouho pomáhá Svému služebníkovi, dokud tento služebník pomáhá svému bratrovi. Tomu, kdo se vydá cestou hledání vědění, Bůh ulehčí cestu do ráje; nesejdou se lidé v některém z Božích domů, aby četli Boží knihu a studovali ji, aniž by na ně byl seslán pokoj a mír, přikrylo je milosrdenství, obklopili je andělé a vzpomněl je Bůh před těmi, kteří jsou u Něj, a toho, kdo je pomalý ve svých činech, neučiní rychlým jeho původ.</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ جَزاء المسلم عند الله مِن جِنْس ما يَعمله المسلم مع المسلمين؛ فمَن نفَّس وفرَّج وأزال وكَشَفَ عن مؤمنٍ كُربةً وشدة من كُرَب الدنيا، جازاه الله بأن ينفَّس عنه كربةً من كرب يوم القيامة.
+ومَن يَسَّر على معسرٍ وسهَّل عليه وأزال عسرته، يسَّر الله عليه في الدنيا والآخرة. 
+ومَن ستر مسلمًا كأن اطّلع منه على ما لا ينبغي إظهاره من الزّلات والعَثَرات، ستره الله في الدنيا والآخرة. 
+والله يكون مُعينًا لِعَبدِه، ما كان العبد سائرًا في إعانة أخيه في مصالحه الدينية والدنيوية، والإعانة تكون بالدعاء والبدن والمال وغير ذلك. 
+ومن مشى إلى تحصيل علمٍ شرعيٍ، قاصدًا به وجه الله تعالى؛ سهَّل الله له به طريقًا إلى الجنة. 
+وما اجتمع قومٌ في بيتٍ من بيوت الله، يتلون كتاب الله ويتدارسونه بينهم، إلا نزلت عليهم الطمأنينة والوقار، وغطتهم وعمَّتهم رحمة الله، وحفَّتْهم الملائكة، وأثنى الله عليهم في المقرَّبين عنده، وكفى شرفًا ذِكرُ اللهِ العبدَ في الملأ الأعلى. 
+ومَن كان عمله ناقصًا، لم يُلْحِقْه بمرتبة أصحاب الأعمال، فينبغي ألا يَتَّكل على شرف النسب وفضيلة الآباء ويُقَصّر في العمل.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že odplata muslima u Boha bude stejným způsobem jako byl jeho skutek vůči ostatním muslimům, a tak toho, kdo uleví a odstraní nějakou starost věřícímu v tomto životě, Bůh odmění stejným způsobem a uleví mu a odstraní jeho starost v soudný den. A tomu, kdo ulehčí tomu, kdo má těžkosti a odstraní je, Bůh ulehčí v tomto pozemském světě i v budoucím. A kdo skryje muslima, tak, že se o něm dozví něco, co by nemělo být vyjeveno, jako nějaké pochybení atd., a on to skryje, toho Bůh skryje v pozemském i budoucím životě. A Bůh pomáhá Svému služebníkovi tak dlouho, dokud tento služebník pomáhá svému bratrovi v prospěšných věcech tohoto i onoho světa, a tato pomoc může být prosbou (dua), fyzicky, majetkem atd. Tomu, kdo vyšel hledat náboženské vědění a dělá to pouze v touze po Boží tváři, Bůh ulehčí cestu do ráje. A nesejdou se lidé v některém z Božích domů, aby četli Boží knihu a studovali ji, aniž by na ně byl seslán pokoj a mír, přikrylo je Boží milosrdenství, obklopili je andělé a Bůh je chválil před přiblíženými, kteří jsou u Něj, což dostačuje jako nejvyšší čest, aby je Bůh vzpomenul před nejvyšším shromážděním (andělů). A ten, jehož skutky jsou nedostatečné a nestačí, aby byl na pozici těch, kteří konají dobré skutky, by se neměl opírat o svůj vznešený původ a ctihodné otce, když dostatečně nekoná.</t>
+  </si>
+  <si>
+    <t>قال ابن دقيق العيد: هذا حديث عظيم، جامع لأنواع من العلوم والقواعد والآداب، فيه فضل قضاء حوائج المسلمين ونفعهم بما يتيسر، مِن علم، أو مال، أو معاونة، أو إشارة بمصلحة، أو نصيحة، أو غير ذلك.
+الترغيب في التيسير على المعسر.
+الحث على عون العبد المسلم، وأن الله تعالى يُعين المعين حسب إعانته لأخيه.
+مِن سِتْر المسلم: عدمُ تتبُّع عوراته، وقد رُوي عن بعض السلف أنه قال: أدركت قومًا لم يكن لهم عيوب، فذكروا عيوبَ الناس، فَذَكَر الناسُ لهم عيوبًا، وأدركت قومًا كانت لهم عيوب، فَكَفُّوا عن عيوب الناس، فنُسِيت عيوبُهم.
+ليس من لوازم الستر على الناس ترك المنكر وعدم تغييره، بل يُغَيِّر ويَسْتُر، وهذا في حقِّ مَن لا يُعرَف بالفساد والتَّمَادِيْ في الطغيان، وأما من عُرِف بذلك فإنه لا يُستحب الستر عليه، بل يرفع أمره إلى مَن له الولاية، إذا لم يخَفْ مِن ذلك مفسدة؛ وذلك لأن الستر عليه يُغْرِيْهِ على الفساد، ويُجَرِّئهُ على أذية العباد، ويُجرّئ غيره من أهل الشر والعناد.
+الحث على طلب العلم وتلاوة القرآن وتدارسه.
+قال النووي: في هذا دليل لفضل الاجتماع على تلاوة القرآن في المسجد... ويلحق بالمسجد في تحصيل هذه الفضيلة الاجتماع في مدرسة ورباط ونحوهما إن شاء الله تعالى.
+الجزاء إنما رتَّبَه الله على الأعمال لا على الأنساب.</t>
+  </si>
+  <si>
+    <t>Ibn Daqíq al-‘Íd řekl: Tento velkolepý hadíth shrnul všechny druhy věd, pravidel a etiky, je v něm zmíněna zásluha toho, kdo pomáhá lidem v jejich potřebách a prospívá jim, jak je toho schopný, věděním, majetkem, pomocí, radou nebo něčím jiným.
+Povzbuzování k ulehčování tomu, kdo má obtíže.
+Nabádání k pomáhání muslimovi a že Bůh pomáhá každému podle toho, jak on pomáhá svému bratrovi.
+Ke skrytí muslima patří nevyhledávat tajnosti a bylo zaznamenáno, že někteří ctihodní předci (salaf) říkali: Zažil jsem lidi, kteří neměli chyby, ale zmínili chyby jiných lidí a lidé zmínili jejich chyby, a zažil jsem lidi, kteří měli chyby, ale pomlčeli o chybách jiných lidí a jejich chyby byly zapomenuty.
+Ke skrývání chyb lidí nepatří zanechání zavrženíhodných věcí a snaha je změnit, naopak by je člověk měl změnit a skrýt je. A to se týká toho, kdo není znám zkažeností a setrváváním v hříchu, ale toho, kdo je tímto znám, není doporučené skrývat, naopak by měl být oznámen tomu, kdo vládne, pokud není obava, že by v tom byl neprospěch, a to protože jeho skrývání by ho povzbuzovalo ke špatnosti a vedlo k ubližování lidem a povzbuzovalo by ostatní špatné a tvrdohlavé lidi.
+Nabádání k hledání vědění, recitaci Koránu a jeho studiu.
+An-Nawawí řekl: V tomto hadíthu je důkaz odměny za shromažďování se při recitaci Koránu v mešitě… a k dosažení této odměny lze k mešitě přirovnat shromažďování ve škole atd., dá-li Bůh.
+Odplatu Bůh založil na činech a ne na původu.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/4801</t>
+  </si>
+  <si>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>Služebníci moji, věru že jsem si zakázal páchat křivdu a učinil jsem to zakázané mezi vámi, a tak si vzájemně nekřivděte</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>Abú Dharr (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh pravil: „Služebníci moji, věru že jsem si zakázal páchat křivdu a učinil jsem to zakázané mezi vámi, a tak si vzájemně nekřivděte. Služebníci moji, všichni bloudíte kromě toho, koho jsem uvedl na správnou cestu, a tak mě o to žádejte a já vás uvedu na správnou cestu. Služebníci moji, všichni jste hladoví kromě toho, koho jsem nakrmil, a tak mě žádejte o jídlo a já vás nakrmím. Služebníci moji, všichni jste nazí kromě toho, koho jsem ošatil, a tak mě žádejte o oděv a já vás ošatím. Služebníci moji, věru, že děláte špatnosti ve dne a v noci, ale já odpouštím všechny hříchy, a tak mě žádejte o odpuštění a já vám odpustím. Služebníci moji, věru, že nedosáhnete mého poškození a nemůžete mi uškodit ani nedosáhnete mého prospěchu a nemůžete mi prospět. Služebníci moji, kdyby první i poslední z vás, z lidí i džinů, byli nejbohabojnějšího srdce jednoho z vás, nezvýšilo by to nic z mého království. Služebníci moji, kdyby první i poslední z vás, z lidí i džinů, byli nejhříšnějšího srdce jednoho z vás, nezmenšilo by to nic z mého království. Služebníci moji, kdybyste první i poslední z vás, z lidí i džinů, stáli na jednom místě a každý z vás mě o něco požádal a já bych mu to dal, nezmenšilo by se to, co vlastním, leda jako když namočí jehlu do moře. Služebníci moji, věru, že vám zúčtuji vaše činy a poté vás za ně odplatím, a tak ten, kdo nalezne dobro, ať chválí Boha, a ten, kdo nalezne zlo, ať kárá jen sám sebe."</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
 وأنهم لا يستطيعون أن يضروا الله أو ينفعوه بشيء، 
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh pravil, že sám Sobě zakázal páchat křivdy a také učinil páchání křivdy zakázané mezi Svým stvořením, a tak nikdo nikomu nesmí křivdit. A že všichni lidé zbloudí ze správné cesty kromě toho, koho Bůh uvede na správnou cestu, a toho, kdo Boha o ni požádá, Bůh uvede na správnou cestu. A že všichni lidé potřebují Boha ve všech svých potřebách a tomu, kdo Boha o nějakou poprosí, ji Bůh dostatečně naplní. A že hřeší ve dne i v noci, ale Bůh jejich hříchy skrývá a odpouští, pokud ho poprosí o odpuštění. A že nedokáží Bohu ničím prospět ani mu uškodit. A kdyby všichni byli nejbohabojnějšího srdce jednoho z nich, nezvýšila by jejich bohabojnost nic z Božího království. A kdyby všichni byli nejhříšnějšího srdce jednoho z nich, nezmenšila by jejich hříšnost nic z Božího království, protože jsou před Bohem slabí a chudí a potřebují Ho v každé situaci, místě i čase, zatímco Bůh je bohatý. A že kdyby první i poslední z lidí i džinů stáli na jednom místě a každý z nich požádal o něco Boha a On mu to dal, nezmenšilo by to nic z toho, co Bůh vlastní, stejně jako když namočí jehlu do moře a pak ji vyndá, z moře nic neubude. A to proto, že Bůh vlastní dokonalé bohatsví.
 A že Bůh zapisuje činy Svých služebníků a účtuje jim je a poté je za ně v soudný den odplatí a ten, kdo nalezne dobro, ať chválí Boha za to, že Ho poslouchal, a ten, kdo nalezne zlo, ať kárá jen svoji duši, která nabádá ke špatnostem a dovedla ho ke ztrátě.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Tento hadíth patří mezi hadithy, které Prorok (ať mu Bůh žehná a dá mír) vypráví o Bohu, říká se jim hadíth al-qudsí (svatý) nebo Božský. Tento hadíth má význam i formu přímo od Boha, ale liší se od Koránu tím, že se nerecituje, není nutné být kvůli němu očištěn atd.
 Co lidé získají z vědění nebo vedení ke správné cestě, je pouze proto, že je Bůh vedl a naučil je to.
 Cokoliv dobrého se člověku dostane, pochází od Boha, a cokoliv se mu stane špatného, pochází od něho samého a jeho touhy.
 Kdo dobře dopadl, dopadl tak s pomocí Boží a Bůh ho za to odmění, a proto Mu patří veškerá chvála, ale kdo dopadne špatně, může kárat jen sám sebe.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Chlapče, naučím tě tato slova: dodržuj Boží nařízení a On tě ochrání, dodržuj Boží nařízení a najdeš Ho před sebou. Pokud chceš někoho o něco žádat, žádej Boha</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl: „Jednou jsem byl za Poslem Božím (ať mu Bůh žehná a dá mír) a on řekl: „Chlapče, naučím tě tato slova: dodržuj Boží nařízení a On tě ochrání, dodržuj Boží nařízení a najdeš Ho před sebou. Pokud chceš někoho o něco žádat, žádej Boha, a pokud potřebuješ pomoc, hledej ji u Boha. A věz, že pokud se celý svět spojí, aby ti něčím prospěl, nemůže ti prospět ničím jiným, než co ti Bůh již určil. A pokud se spojí, aby ti ublížil, nemůže ti ublížit ničím jiným než tím, co ti Bůh už určil. Pera již byla zvednuta a listy již zaschly.”"</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že jednou, když byl malý, jel za Prorokem (ať mu Bůh žehná a dá mír) a ten mu řekl: Naučím tě nějaké věci, kterými ti Bůh prospěje:
 Chraň se Boha tím, že budeš dodržovat Jeho nařízení a zákazy tak, že tě Bůh vždy nalezne poslušného, přibližujícího se k Němu dobrými skutky a nenalezne tě hřešícího. A když to budeš dodržovat, tvá odměna bude, že tě Bůh ochrání od všeho špatného na tomto i v budoucím světě a pomůže ti ve všem, co pro tebe bude důležité.
 A pokud o něco žádáš, žádej pouze Boha, protože On jediný odpovídá těm, kteří žádají.
 A pokud potřebuješ pomoc, nepros o ni nikoho jiného než Boha.
 A měj jistotu v tom, že pokud se celý svět spojí, aby ti něčím prospěl, nemůže ti prospět ničím jiným, než co ti Bůh již určil. A pokud se spojí, aby ti ublížil, nemůže ti ublížit ničím jiným než tím, co ti Bůh už určil.
 A že toto je věc, kterou Bůh určil podle Svojí moudrosti a vědění a kterou nelze změnit.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Důležitost učení mladých lidí a dětí věcí z náboženství, které se týkají tawhídu, výchovy a dalších věcí.
 Odměna i trest jsou stejným způsobem, jako byl skutek.
 Nařízení spoléhat se pouze na Boha, protože On je nejlepší ochránce.
 Víra v osud a spokojenost s ním a že Bůh určil každou věc.
 Toho, kdo opustil Boha (nedodržoval Jeho příkazy), Bůh taky opustí a nebude ho ochraňovat.</t>
   </si>
   <si>
-    <t>رواه الترمذي</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Člověk učinil hřích a řekl: „Bože, odpusť mi můj hřích</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) mluvil o Bohu a řekl: „Člověk učinil hřích a řekl: „Bože, odpusť mi můj hřích." Všemohoucí řekl: „Můj služebník učinil hřích a věděl, že má Pána, který odpouští hřích nebo za něj trestá." Poté znovu zhřešil a řekl: „Pane, odpusť mi můj hřích." Všemohoucí řekl: „Můj služebník učinil hřích a věděl, že má Pána, který odpouští hřích nebo za něj trestá." Poté znovu zhřešil a řekl: „Pane, odpusť mi můj hřích." Všemohoucí řekl: „Můj služebník učinil hřích a věděl, že má Pána, který odpouští hřích nebo za něj trestá. Učiň, co chceš, však jsem ti odpustil.”"</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vyprávěl o Bohu, že když člověk učiní hřích a poté řekne: „Bože, odpusť mi můj hřích," Všemohoucí Bůh řekne: „Můj služebník učinil hřích a věděl, že má Pána, který odpouští hřích," a tak jeho hřích skryje a odpustí mu ho. Poté člověk znovu zhřeší a řekne: „Bože, odpusť mi můj hřích," Všemohoucí Bůh řekne: „Můj služebník učinil hřích a věděl, že má Pána, který odpouští hřích," a tak jeho hřích skryje a odpustí mu ho. Poté člověk znovu zhřeší a řekne: „Bože odpusť mi můj hřích," Všemohoucí Bůh řekne: „Můj služebník učinil hřích a věděl, že má Pána, který odpouští hřích," a tak jeho hřích skryje a odpustí mu ho. A tak ať hřeší jakkoliv, pokud pokaždé přestane, je mu to líto a pevně se rozhodne tento hřích neopakovat, ale přesto do něj znovu spadne, tak pokud vždy udělá to, že se kaje a prosí Boha o odpuštění, tato kajícnost vymaže to, co bylo před ní.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Obrovské milosrdenství Boha k Jeho služebníkům. A jakkoliv člověk zhřeší, pokud se kaje a prosí Boha za odpuštění, Bůh mu odpustí.
 Ten, kdo věří ve Všemohoucího Boha, doufá v Jeho odpuštění a bojí se Jeho trestu, a proto se kaje co nejdříve a nesetrvává v hříchu.
 Podmínky správné kajícnosti:
 Přestat hřešit, litovat hříchu, pevně se rozhodnout se k tomuto hříchu už nikdy nevrátit. Pokud se hřích týká majetku, života nebo cti jiných lidí, čtvrtou podmínkou je vrátit člověku jeho právo nebo odpuštění tohoto člověka.
 Důležitost poznání Boha, který člověka učí jeho náboženství (např. že se má kát), a tak se člověk kaje za každý hřích a nesetrvává v něm a neztrácí naději.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>„Věru, že spravedliví jsou na kazatelnách ze světla po pravici Milosrdného a obě Jeho ruce jsou pravé</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že spravedliví jsou na kazatelnách ze světla po pravici Milosrdného a obě Jeho ruce jsou pravé - ti, kdo jsou spravedliví ve svých soudech, ke svým rodinám a k těm, kterým vládnou.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ti, kteří spravedlivě a s pravdou soudí mezi těmi, kterým vládnou, nebo se chovají spravedlivě ke své rodině, budou v soudný den sedět na vysokých luxusních křeslech, která byla stvořena ze světla, za odměnu za to, jak se chovali. A tyto kazatelny se nacházejí po pravici Milosrdného Boha a obě ruce Všemohoucího jsou pravé.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Nabádání ke spravedlnosti a odměna za ni.
 Všeobecná spravedlnost zahrnuje všechny druhy vládnutí a souzení mezi lidmi i spravedlivé chování ke všem ženám a dětem.
 Ukázání postavení spravedlivých v soudný den.
 Různé stupně mezi věřícími v soudný den podle jejich činů.
 Targhíb (vzbuzení touhy) je jeden ze způsobů vyzývání (da'wa), kdy se vzbudí touha k dobrým činům u toho, kdo je vyzýván.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4935</t>
   </si>
   <si>
-    <t>مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ</t>
+    <t>من يحرم الرفق يحرم الخير</t>
   </si>
   <si>
     <t>„Kdo je zbaven laskavosti, je zbaven veškerého dobra.”</t>
   </si>
   <si>
     <t>عَنْ جَرِيرٍ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ يُحْرَمِ الرِّفْقَ يُحْرَمِ الْخَيْرَ».</t>
   </si>
   <si>
     <t>Džarír (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo je zbaven laskavosti, je zbaven veškerého dobra.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ مَن يُحرَم الرفق فلم يوفق له في أمور الدين والدنيا وفيما يتصرَّف فيه لنفسه، وفيما يتصرَّف فيه مع غيره، فقد مُنِعَ الخيرَ كله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo je zbaven laskavosti ve věcech pozemského i budoucího života, ve věcech týkajících se chování k sobě samému i v chování vůči jiným lidem, bude zbaven veškerého dobra.</t>
   </si>
   <si>
     <t>فضل الرِّفق والحث على التخلُّق به، وذم العنف.
 الرفق به انتظام خير الدارين واتساع أمرهما، وفي العنف ضد ذلك.
 الرفق ناتج عن حسن الخلق والسلامة، والعنف ناتج عن الغضب والفَظَاظة، ولذا أثنى صلى الله عليه وسلم على الرفق وبالغ فيه.
 قال سفيان الثوري رحمه الله لأصحابه: أتدرون ما الرفق؟ هو أن تضع الأمور مواضعها، الشدة في موضعها، واللين في موضعه، والسيف في موضعه، والسوط في موضعه.</t>
   </si>
   <si>
     <t>Velké dobro v laskavosti a nabádání k ní a odsuzování tvrdosti a přísnosti.
 Laskavostí se dosáhne dobra tohoto i onoho světa, zatímco tvrdostí se stane opak.
 Laskavost pramení z dobrého chování a bezpečí, zatímco násilí je důsledkem hněvu a hrubosti, proto Prorok (ať mu Bůh žehná a dá mír) chválil laskavost a přeháněl v tom.
 Sufján Ath-Thawrí (ať se nad ním Bůh smiluje) řekl svým druhům: Víte, co je to laskavost? Znamená to dát věci, kam patří, tvrdost, kam patří, laskavost, kam patří, meč, kam patří, a bič, kam patří.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4939</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>„Celá moje obec vstoupí do ráje kromě těch, kdo odmítnou</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Celá moje obec vstoupí do ráje kromě těch, kdo odmítnou.” Řekli: „Posle Boží, a kdo odmítne?" Řekl: „Kdo mě poslechne, vstoupí do ráje, ale kdo mě neposlechne, to je ten, který odmítne.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že celá jeho obec vstoupí do ráje kromě těch, kteří odmítnou!
 A sahába (ať je s nimi Bůh spokojen) řekli: A kdo by odmítl, Posle Boží?!
 A Prorok jim odpověděl, že ten, kdo následuje a poslouchá Proroka (ať mu Bůh žehná a dá mír), vstoupí do ráje, zatímco ten, kdo ho neposlouchá a neposlouchá islámský zákon, je ten, kdo odmítá vstoupit do ráje kvůli svým špatným činům.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Poslouchání Proroka (ať mu Bůh žehná a dá mír) je považováno za poslouchání Boha a neposlušnost vůči němu je považována za neposlušnost vůči Bohu.
 Poslouchání Proroka (ať mu Bůh žehná a dá mír) vede do ráje, zatímco neposlušnost vůči němu vede do ohně.
 Dobrá zpráva těm z této obce, kdo jsou poslušní, že všichni půjdou do ráje kromě těch, kdo jsou neposlušni Boha a Jeho Posla.
 Soucit Proroka (ať mu Bůh žehná a dá mír) s jeho obcí a jeho snaha uvést je na správnou cestu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4947</t>
   </si>
   <si>
-    <t>لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ</t>
+    <t>لا تزول قدما عبد يوم القيامة حتى يسأل عن عمره فيما أفناه، وعن علمه فيم فعل، وعن ماله من أين اكتسبه وفيم أنفقه، وعن جسمه فيم أبلاه</t>
   </si>
   <si>
     <t>„Nohy člověka se v soudný den nepohnou z místa, dokud nebude tázán na roky svého života, jak je utratil, na své vědění, co s ním udělal, na svůj majetek, odkud ho získal a co s ním udělal, a na své tělo, na co ho použil.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي بَرْزَةَ الأَسْلَمِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَا تَزُولُ قَدَمَا عَبْدٍ يَوْمَ القِيَامَةِ حَتَّى يُسْأَلَ عَنْ عُمُرِهِ فِيمَا أَفْنَاهُ، وَعَنْ عِلْمِهِ فِيمَ فَعَلَ، وَعَنْ مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ وَفِيمَ أَنْفَقَهُ، وَعَنْ جِسْمِهِ فِيمَ أَبْلَاهُ».</t>
   </si>
   <si>
     <t>Abú Barza al-Aslamí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nohy člověka se v soudný den nepohnou z místa, dokud nebude tázán na roky svého života, jak je utratil, na své vědění, co s ním udělal, na svůj majetek, odkud ho získal a co s ním udělal, a na své tělo, na co ho použil.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّه لا يُجاوِزُ أحدٌ مِن الناس مَوقِفَ الحسابِ يوم القيامة إلى جنةٍ أو نارٍ حتى يُسألَ عن أمور: 
 الأول: حياتِه فِيمَ أَفْنَاها وقضاها؟ 
 الثاني: عِلْمِهِ هل طلبه لله؟ وهل عمل به؟ وهل بلّغه لمستحقه؟ 
 الثالث: مَالِهِ مِنْ أَيْنَ اكْتَسَبَهُ أمن حلال أم حرام؟ وَفِيمَ أَنْفَقَهُ فيما يرضي الله أو ما يسخطه؟ 
 الرابع: جِسْمِهِ وقوّته وعافيته وشبابه فيمَ أَبْلَاه واستخدمه؟</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nikdo z lidí v soudný den neprojde zúčtováním do ráje nebo ohně, dokud nebude dotázán na tyto věci:
 První: jeho život, co s ním udělal a jak ho strávil?
 Druhá: vědění, zda ho hledal kvůli Bohu? A zda se podle něj řídil? A zda ho předal?
 Třetí: majetek, odkud ho získal, zda z povoleného nebo zakázaného? A za co ho utratil, zda za to, v čem má Bůh zalíbení, nebo za to, co Ho hněvá?
 Čtvrtá: jeho tělo, síla, zdraví a mládí - k čemu ho použil a čím ho unavil?</t>
   </si>
   <si>
     <t>الحث على اغتنام الحياة فيما يرضي الله تعالى.
 نعم الله على العباد كثيرة، وسيسأله عن النعيم الذي كان فيه، فعليه أن يضع نعم الله فيما يرضيه.</t>
   </si>
   <si>
     <t>Nabádání k využití života k tomu, co má Bůh rád.
 Bůh dal člověku mnoho darů a bude se na ně ptát, a proto by je člověk měl použít k tomu, co má Bůh rád.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4950</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>„Gabriel mi tak dlouho ukládal chovat se dobře k sousedovi, až jsem myslel, že mu dá podíl na dědictví</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Gabriel mi tak dlouho ukládal chovat se dobře k sousedovi, až jsem myslel, že mu dá podíl na dědictví."</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Gabriel mu neustále opakoval a nařizoval chovat se dobře k sousedovi, ať už je muslim nebo ne a ať je jeho příbuzným nebo ne. Nařizoval mu chránit jeho práva, neubližovat mu, dobře se k němu chovat a trpělivě snášet jeho ústrky, až se Prorok (ať mu Bůh žehná a dá mír) domníval, že práva souseda jsou tak velká, že Bůh sešle zjevení o tom, že sousedovi bude náležet nějaký podíl na dědictví.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Soused má velká práva, která by člověk měl dodržovat.
 Potvrzení práv souseda opakovaným uložením chovat se k němu dobře ukazuje na povinnost být k sousedovi štědrý, mít ho rád, dobře se k němu chovat, chránit ho před škodou, navštěvovat ho v nemoci, blahopřát mu k radostným událostem a kondolovat mu při smutných.
 Čím blíže soused je, tím více má práv.
 Dokonalost islámského zákona (šarí’a) spočívá v tom, že napravuje celou společnost, včetně nařízení chovat se dobře k sousedům a chránit je před škodou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4965</t>
   </si>
   <si>
-    <t>أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟</t>
+    <t>أرأيتم لو أن نهرا بباب أحدكم يغتسل فيه كل يوم خمسا، ما تقول ذلك يبقي من درنه؟</t>
   </si>
   <si>
     <t>„Co myslíte, kdyby měl někdo u dveří řeku a každý den se v ní pětkrát koupal, myslíte, že na něm zbyde nějaká špína?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «أَرَأَيْتُمْ لَوْ أَنَّ نَهَرًا بِبَابِ أَحَدِكُمْ يَغْتَسِلُ فِيهِ كُلَّ يَوْمٍ خَمْسًا، مَا تَقُولُ ذَلِكَ يُبْقِي مِنْ دَرَنِهِ؟» قَالُوا: لَا يُبْقِي مِنْ دَرَنِهِ شَيْئًا، قَالَ: «فَذَلِكَ مِثْلُ الصَّلَوَاتِ الخَمْسِ، يَمْحُو اللَّهُ بِهِ الخَطَايَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Co myslíte, kdyby měl někdo u dveří řeku a každý den se v ní pětkrát koupal, myslíte, že na něm zbyde nějaká špína?” Řekli: „Ne, žádná špína na něm nezbyde." Řekl: „A stejně tak pět modliteb, Bůh jimi smaže hříchy.”</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الصلواتِ الخمس في كلِّ يومٍ وليلةٍ في إزالتِها وتكفيرِها لصغائر الذنوب والخطايا بِنَهْرٍ على بابِ الإنسان يَغتسلُ منه كلَّ يومٍ خمسَ مرات، فلا يبقى مِن دَرَنِهِ ووَسَخِهِ شيءٌ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) přirovnal pět modliteb za den a noc k řece u dveří člověka, ve které se koupe, v tom, že těchto pět modliteb smyje malé hříchy, stejně jako tato řeka smyje všechnu špínu tak, že z ní nic nezbyde.</t>
   </si>
   <si>
     <t>هذا الفضلُ خاصٌّ بتكفير الصغائر، أما الكبائر فلا بُد من التوبة منها.
 فضل أداء الصلوات الخمس والمحافظة عليها بشروطِها وأركانِها وواجباتِها وسننِها.</t>
   </si>
   <si>
     <t>Toto se týká pouze odpouštění malých hříchů, co se týče velkých, z těch se člověk musí nejdříve kát.
 Velké dobro v dodržování pěti povinných modliteb, včetně jejich podmínek, pilířů, povinností a doporučených věcí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4968</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى</t>
+    <t>مثل المؤمنين في توادهم وتراحمهم وتعاطفهم مثل الجسد، إذا اشتكى منه عضو تداعى له سائر الجسد بالسهر والحمى</t>
   </si>
   <si>
     <t>„Příklad věřících v jejich vzájemném milosrdenství, lásce a soucitu je jako tělo: pokud je nějaký orgán nemocný, zachvátí kvůli němu nespavost a horečka celé tělo</t>
   </si>
   <si>
     <t>عَنِ النُّعْمَانِ بْنِ بَشِيرٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَثَلُ الْمُؤْمِنِينَ فِي تَوَادِّهِمْ وَتَرَاحُمِهِمْ وَتَعَاطُفِهِمْ مَثَلُ الْجَسَدِ، إِذَا اشْتَكَى مِنْهُ عُضْوٌ تَدَاعَى لَهُ سَائِرُ الْجَسَدِ بِالسَّهَرِ وَالْحُمَّى».</t>
   </si>
   <si>
     <t>An-Nu'mán Ibn Bašír (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Příklad věřících v jejich vzájemném milosrdenství, lásce a soucitu je jako tělo: pokud je nějaký orgán nemocný, zachvátí kvůli němu nespavost a horečka celé tělo."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه يَجبُ أنْ تكونَ حالُ المسلمين بعضهم مع بعض من محبة الخير والرحمة والمساعدة والنصرة، والتأذِّي بما يحصل لهم من الضرر، كمثل الجسد الواحد، إذا مرض منه عضو، تفاعل معه الجسدُ كلُّه بالسهر والحُمّى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že věřící mají být vůči sobě plni lásky, dobra, milosrdenství a pomoci a být postiženi tím, když se jim stane něco špatného, tak jako jedno tělo - když jedna jeho část onemocní, celé tělo reaguje nespavostí a horečkou.</t>
   </si>
   <si>
     <t>ينبغي تعظيمُ حقوق المسلمين والحضُّ على تعاونهم وملاطفة بعضهم بعضًا.
 ينبغي أن يكونَ بين أهلِ الإيمان المحبة والنصرة.</t>
   </si>
   <si>
     <t>Je nutné ctít práva muslimů, pomáhat jim a soucítit a nimi.
 Je nutné, aby mezi věřícími byla láska a vzájemná pomoc.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/4969</t>
   </si>
   <si>
-    <t>مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ</t>
+    <t>مروا أولادكم بالصلاة وهم أبناء سبع سنين، واضربوهم عليها وهم أبناء عشر، وفرقوا بينهم في المضاجع</t>
   </si>
   <si>
     <t>„Nařizujte svým dětem modlitbu, když dosáhnou sedmi let, a trestejte je kvůli ní, když dosáhnou deseti let, a oddělte je od sebe v posteli.”</t>
   </si>
   <si>
     <t>عن عمرو بن شُعيب عن أبيه عن جدِّه قال: قال رسولُ الله صلى الله عليه وسلم: «مُرُوا أولادكمِ بالصلاةِ وهم أبناءُ سبعِ سِنينَ، واضرِبوهم عليها وهم أبناءُ عَشرٍ، وفرِّقوا بينهم في المَضاجِعِ».</t>
   </si>
   <si>
     <t>‘Amrú Ibn Šu'ajb vyprávěl, že jeho otec vyprávěl, že jeho děd vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nařizujte svým dětem modlitbu, když dosáhnou sedmi let, a trestejte je kvůli ní, když dosáhnou deseti let, a oddělte je od sebe v posteli.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على الأبِ أنْ يأمُرَ أولادَه -الذكور والإناث- بالصلاة وأعمارهم سبع سنين، ويُعَلِّمهم ما يحتاجون لإقامتها. 
 وإذا بَلَغُوا عشرَ سنين زادَ في الأمر، فيضرب على التقصير فيها، ويُفَرِّق بينهم في الفِراش.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že rodiče by měli svým dětem nařídit modlitbu, když je jim sedm let, a naučit je vše, co k ní potřebují. Když dosáhnou deseti let, přidají k tomuto nařízení ještě trest za to, pokud se správně nemodlí, a také je v tomto věku oddělí od sebe při spaní v jedné posteli.</t>
   </si>
   <si>
     <t>تعليم الأولاد الصغار قبل البلوغ أمورَ الدين، ومن أهمِّها الصلاة.
 الضرب يكون للتأديب، وليس للتعذيب، فيضرب ضربًا يليق بحالِه.
 عناية الشريعة بحفظ الأعراض، وسدُّها كلَّ طريقٍ قد يُفضي إلى الفساد.</t>
   </si>
   <si>
     <t>Učení dětí náboženství dříve, než dospějí, přičemž modlitba je nejdůležitější.
 Bití je možné pouze jako výchovná metoda, ne jako trápení dětí, a mělo by být použito jen v míře, která má výchovný účinek.
 Starost islámského zákona o ochranu cti a uzavření jakékoliv cesty, která by mohla vést ke špatnosti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5272</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>„Věru, že ar-ruqá (množné číslo od ruqja), at-tamá'im (amulety) a at-tiwala (druh magie) jsou přidružování</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>‘Abdullláh Ibn Mas’úd (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího ať mu Bůh žehná a dá mír) říci: „Věru, že ar-ruqá (množné číslo od ruqja), at-tamá'im (amulety) a at-tiwala (druh magie) jsou přidružování."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětluje, jaké věci jsou považovány za přidružování, například:
 Za prvé: ar-ruqá, množné číslo slova ruqja, tím se zde myslí slova obsahující přidružování k Bohu, kterými se předislámští Arabové léčili.
 Za druhé: at-tamá'im, to jsou různě vyrobené amulety, které se zavěšovaly na krk dětem nebo dobytku, aby je ochránily před uřknutím.
 Za třetí: at-tiwala, to byly věci, které se vyráběly pomocí magie a používaly proto, aby se jeden z manželů zamiloval do druhého.
 Tyto věci jsou považovány za přidružování, protože považují za příčinu něco, co podle islámu a důkazů příčina není a co není ani dokázáno zkušeností. Co se týče příčin, které jsou podle islámu povolené, jako čtení Koránu, nebo příčiny získané zkušeností, jako různé léky, ty jsou povolené s tím, že je člověk považuje za příčinu a ví, že pomoci nebo uškodit může jen Bůh.</t>
   </si>
@@ -6516,2742 +7239,2777 @@
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Ochránění tawhídu a víry ode všeho, co je narušuje.
 Zákaz používání výše uvedených věcí, tj. ruqja, at-tamá'im (amulety) a at-tiwala (magie).
 Víra člověka v to, že tyto věci jsou příčinou, je považována za malé přidružování, protože pokládá za příčinu něco, co příčina není. Víra v to, že tyto věci samy o sobě mohou pomoci nebo uškodit, je považována za velké přidružování.
 Varování před konáním příčin, které jsou zakázané a považované za přidružování.
 Zákaz ruqji a její považování za přidružování kromě toho, co islám povolil.
 Nutnost oddání se pouze Bohu, protože jen On, který nemá společníka, může pomoci nebo uškodit, a tak jen Bůh dává dobro a jen On Všemohoucí zabraňuje zlu.
 Povolená ruqja má tři podmínky: 
 1 - věřit, že je to pouze příčina, která může pomoci jen s dovolením Božím.
 2 - provádět ji pouze Koránem, jmény a vlastnostmi Boha a prosbami, které říkal Prorok a které jsou v souladu s islámem.
 3 - provádět ji ve srozumitelném jazyce a aby neobsahovala žádná nejasná a neznámá písmena a žádné kouzelnictví.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, Ibn Mádžah a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>„Víte, co je to pomluva?” Řekli: „Bůh a Jeho posel ví lépe." Řekl: „To, že říkáš o svém bratrovi něco, co by se mu nelíbilo.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Víte, co je to pomluva?” Řekli: „Bůh a Jeho posel ví lépe." Řekl: „To, že říkáš o svém bratrovi něco, co by se mu nelíbilo.” Někdo řekl: „A co když je to, co říkám o svém bratrovi, pravda?" Řekl: „Pokud je to pravda, pak jsi ho pomluvil, a pokud to není pravda, tak jsi ho křivě osočil."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pomluva je zakázána a že pomluva je, když muslim říká o někom, kdo není přítomen, co by se mu nelíbilo, ať už mluví o nějaké jeho fyzické nebo mravní vlastnosti, například že je jednooký nebo podvodník nebo lhář atd., a to i kdyby ten člověk takový skutečně byl.
 Pokud ale navíc ten člověk takový není, je to ještě horší než pomluva, v arabštině se tomu říká al-buhtán, což je vymýšlet si o člověku něco, co není pravda.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Prorokův (ať mu Bůh žehná a dá mír) dobrý způsob učení, kdy vysvětluje různé otázky tak, že je nejdříve sám pokládá.
 Správné způsoby sahába vůči Prorokovi (ať mu Bůh žehná a dá mír), když odpověděli: „Bůh a Jeho posel ví lépe."
 Člověk, který je tázán a neví, by měl říci: „Bůh ví lépe."
 Islámský zákon (šarí’a) chrání společnost tím, že chrání práva a bratrství mezi lidmi.
 Pomluva je zakázána kromě několika případů, kdy může být prospěšná: pokud je někomu ukřivděno, může říci tomu, kdo mu může pomoci: Ten a ten mi ukřivdil, udělal to a to ... nebo pokud se někdo ptá na snoubence, společníka, souseda atd. - v těchto případech je povoleno o nich říci vše, co člověk ví.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>„Bože, tomu, kdo vládne čemukoliv v mé obci a ztěžuje, to také ztěž, a k tomu, kdo vládne čemukoliv v mé obci a je k nim milosrdný, buď k němu milosrdný</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla, že slyšela Posla Božího (ať mu Bůh žehná a dá mír) u ní doma říci: „Bože, tomu, kdo vládne čemukoliv v mé obci a ztěžuje, to také ztěž, a k tomu, kdo vládne čemukoliv v mé obci a je k nim milosrdný, buď k němu milosrdný."</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) prosil Boha za to, aby tomu, kdo nějakým způsobem vládne muslimům, ať už je to vládnutí úplné (třeba u panovníka) nebo částečné (třeba rodiče doma, učitelé ve škole atd.), a jakýmkoliv způsobem jim ztěžuje život a není k nim milosrdný, Bůh oplatil stejným způsobem a vše mu ztížil.
 Ale aby tomu, kdo je k nim milosrdný a zjednodušuje jim život, Bůh také zjednodušil všechny jeho záležitosti a byl k němu milosrdný.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Povinnost toho, kdo nějakým způsobem vládne muslimům, být k nim milosrdný, jak jen je toho schopný.
 Odměna i trest jsou stejným způsobem, jako byl skutek.
 Míra milosrdenství nebo jeho opaku se měří podle toho, co je nebo není v souladu s Koránem a sunnou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>„Věru, že mužům (těm), kteří nakládají s majetkem Božím v rozporu s právem, náleží v soudný den pekelný oheň</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Chawla al-Ansáríja (ať je s ní Bůh spokojen) vyprávěla, že slyšela Posla Božího (ať mu Bůh žehná a dá mír) říci: „Věru, že mužům (těm), kteří nakládají s majetkem Božím v rozporu s právem, náleží v soudný den pekelný oheň."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) mluvil o těch, kdo nakládají s majetkem muslimů bezprávně, například si ho bezprávně berou. Tento význam je ale obecný a znamená jakékoliv nakládání s majetkem, tzn. získávání i utrácení zakázaným způsobem, a patří sem i neoprávněné braní z majetku sirotků, veřejných sbírek, úschov atd.
 Prorok (ať mu Bůh žehná a dá mír) řekl, že všichni tito lidé dostanou v soudný den jako odplatu pekelný oheň.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Majetek, který člověk vlastní, ve skutečnosti patří Bohu a člověk ho dostal, jen aby s ním nakládal podle zákona a aby se vyvaroval s ním nakládat jakkoliv jinak. Toto se týká jakékoliv majetku, i osobního.
 Islám klade velký důraz na veřejný majetek a kdo ho spravuje, bude v soudný den tázán na to, jakým způsobem ho spravoval.
 Toto varování platí pro každého, kdo jakýmkoliv neislámským způsobem nakládá s majetkem, ať už patří někomu jinému nebo jemu samému.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5331</t>
   </si>
   <si>
-    <t>إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ</t>
+    <t>إياكم والظن؛ فإن الظن أكذب الحديث</t>
   </si>
   <si>
     <t>„Varujte se domněnek, protože domněnky jsou nejlživější řeč,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صلى الله عليه وسلم قَالَ: «إِيَّاكُمْ وَالظَّنَّ؛ فَإِنَّ الظَّنَّ أَكْذَبُ الْحَدِيثِ، وَلَا تَحَسَّسُوا، وَلَا تَجَسَّسُوا، وَلَا تَحَاسَدُوا، وَلَا تَدَابَرُوا، وَلَا تَبَاغَضُوا، وَكُونُوا عِبَادَ اللهِ إِخْوَانًا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Varujte se domněnek, protože domněnky jsou nejlživější řeč, nevyzvídejte, nehledejte chyby druhých, nezáviďte, neodvracejte se od druhých a nebuďte k nim nenávistní, ale buďte služebníci Boží a bratři.”</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم ويُحَذِّرُ مِن بعضِ ما يؤدِّي إلى الفُرْقة والعداوة بين المسلمين، 
 ومن ذلك: 
 (الظن) وهو تُهمةٌ تقَعُ في القَلبِ بلا دَليلٍ، وبَيَّنَ أنه مِن أَكْذَب الحديث. 
 وعن (التَّحَسُّس): وهو البحث عن عورات الناس بالعين أو الأذن. 
 و(التَّجَسُّس): وهو البحث عن ما خفي من الأمور، وأكثر ما يقال ذلك في الشر. 
 وعن: (الحسد) وهو كراهية حصول النعمة للآخرين. 
 وعن: (التدابر) بأنْ يَعْرِضَ بعضُهم عن بعض، فلا يسلِّم ولا يزور أخاه المسلم، 
 وعن: (التباغض) والكراهية والنفرة، كأذية الآخرين، والعبوس وسوء المقابلة. 
 ثم قال كلمة جامعة تصلح بها أحوال المسلمين بعضهم مع بعض: (وكونوا عباد الله إخوانًا) 
 فالأخوة رابطة تلتئم بها العلاقات بين الناس، وتزيد المحبة والأُلْفة بينهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal a varoval před některými vlastnostmi, které vedou k rozdělování a nenávisti mezi muslimy. Patří tam:
 Domněnky - tím se myslí špatné myšlenky, které člověka napadnou bez důkazu. Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že to je nejlživější řeč.
 Vyzvídání - tím se myslí vyhledávat, ať už očima nebo poslechem, skryté věci druhých lidí.
 Hledání chyb - tím se myslí hledání tajných a převážně špatných věcí u druhých lidí.
 Závist - to je, když člověk nemá rád, když se druhému stane něco dobrého.
 Odvracení se od druhých - to znamená, když se člověk odvrací od druhých, nezdraví je, nenavštěvuje atd.
 Nenávist - když člověk nemá rád druhé, nenávidí je, ubližuje jim, neusmívá se na ně, nevítá je atd.
 Poté Prorok (ať mu Bůh žehná a dá mír) řekl jen jeden výrok, kterým se napraví vztahy mezi muslimy, a to je: Buďte služebníci Boží a bratři. Bratrstvím se tvoří vztahy mezi lidmi a roste mezi nimi láska a náklonnost.</t>
   </si>
   <si>
     <t>لا يَضُرُّ الظنُّ السيءُ بمَن ظهرتْ منه علاماتُه، وعلى المؤمن أن يكون كَيِّسًا فَطِنًا لا يَنْخدع بأهل السوء والفسوق.
 المراد التحذير من التهمة التي تستقر في النفس، ومن الإصرار عليها، أما ما يَعرِض في النفس ولا يستقر فهذا لا يُكلف به.
 تحريم أسباب التنافر والقطيعة بين أفراد المجتمع المسلم، من التجسس والحسد ونحوِهما.
 الوصية بمعاملة المسلم معاملة الأخ في النصيحة والتَّوَادّ.</t>
   </si>
   <si>
     <t>Pokud jsou špatné domněnky o někom, u koho jsou k tomu určitá znamení, nevadí to, protože muslim by měl být chytrý a nenechat se podvést špatnými a hříšnými lidmi.
 Toto varování se také týká stálých domněnek, které má člověk neustále, a toho, když na těchto domněnkách trvá. Pokud ho jen něco napadne, aniž by na tom trval, není povinnost se tomu vyhnout.
 Zákaz dělat vše, co vede k rozdělování a nenávisti ve společnosti muslimů, ať už je to vyzvídání, závist nebo něco jiného.
 Doporučení chovat se k ostatním muslimům jako k bratrům, co se týče lásky, poskytování rad atd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5332</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>„Není služebníka, kterému Bůh svěří vedení jiných a on je podvede a pak zemře, aniž by mu Bůh zakázal vstoupit do ráje.”</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>Ma’qil Ibn Jasár al-Muzaní (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Není služebníka, kterému Bůh svěří vedení jiných a on je podvede a pak zemře, aniž by mu Bůh zakázal vstoupit do ráje.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že každému, komu Bůh svěřil vládnutí nad někým jiným nebo mu dal zodpovědnost za jiné, ať už je to obecné vládnutí jako panovník a vládce země nebo třeba vládnutí muže a ženy doma, a on nevládne dobře a zodpovědně a tím je podvede a připraví o jejich náboženská nebo jiná práva, bude patřit tento velký trest.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Toto varování se netýká pouze vládců země a jim podobných, ale je obecné pro každého člověka, kterému Bůh svěří odpovědnost za jiné.
 Povinnost toho, kdo nějakým způsobem vládne muslimům, aby svým svěřencům dobře radil, snažil se ze všech sil co nejlépe splnit svou povinnost a vyvaroval se zneužití a podvedení těch, kteří mu byli svěřeni.
 Kdokoliv, kdo nějakým způsobem vládne muslimům, má obrovskou zodpovědnost.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>„(Konání) jakýchkoli věcí podle dobrých mravů je považováno za almužnu</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Džábir Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „(Konání) jakýchkoli věcí podle dobrých mravů je považováno za almužnu."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že jakýkoliv dobrý skutek a prospěch pro druhé, ať už je to vykonáno slovy nebo činem, je považován za almužnu a je za něj odměna u Boha.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Almužna se netýká jen majetku člověka, ale je do ní zahrnuto veškeré dobré a prospěšné chování a mluvení s druhými lidmi.
 Nabádání k dobrému skutku a konání prospěšných věcí pro druhé.
 Nesnižovat jakýkoliv dobrý skutek, i kdyby byl malý.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[Zaznamenal ho Al-Buchárí z hadíthu Džábira a Muslim z hadíthu Hudzajfy]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>„Nesnižuj nic z dobrých skutků, i kdyby to měl být jen radostný úsměv, když potkáš svého bratra.”</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Abú Dharr (ať je s ním Bůh spokojen) vyprávěl, že mu Prorok (ať mu Bůh žehná a dá mír) řekl: „Nesnižuj nic z dobrých skutků, i kdyby to měl být jen radostný úsměv, když potkáš svého bratra.”</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádá ke konání dobrých skutků a aby je člověk nesnižoval, i kdyby byly jakkoliv malé. Patří tam i radostný úsměv, když člověk potká svého bratra, což by měl muslim pravidelně dělat, protože to těší druhé lidi, mají z toho radost a necítí se osamělí.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Věřící by se měli mít mezi sebou rádi a měli by se na sebe usmívat, když se potkají.
 Dokonalost islámu, který zahrnuje všechny věci a obsahuje všechen prospěch a nápravu muslimů a jejich sjednocení.
 Nabádání k dobrým činům, i kdyby měly být malé.
 Doporučení potěšit druhé muslimy, což vede k tomu, že se mezi sebou mají rádi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>„Silný není ten, kdo křičí a přepere ostatní, ale ten, kdo se dokáže ovládnout, když se hněvá.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Silný není ten, kdo křičí a přepere ostatní, ale ten, kdo se dokáže ovládnout, když se hněvá.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že skutečná síla není fyzická a že ten, kdo přepere ostatní, není považován za silného, ale že opravdu silný je ten, kdo bojuje sám se sebou a když se hněvá, dokáže svůj hněv ovládat, protože to ukazuje, že dokáže zvítězit sám nad sebou a nad satanem.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Laskavost a ovládání svého hněvu patří k dobrým skutkům, ke kterým islám nabádá.
 Boj se sebou samým, když se člověk hněvá, je těžší než boj s nepřítelem.
 Islám změnil předislámské vnímání síly v dobré mravy, kdy nejsilnější člověk je ten, který dokáže ovládat sám sebe.
 Vyvarování se hněvu, protože hněv je příčinou zla a škody společnosti i jedince.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>„Kdo se připodobňuje k nějaké skupině lidí, patří mezi ně.”</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo se připodobňuje k nějaké skupině lidí, patří mezi ně.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo se připodobňuje k nějaké skupině lidí, třeba k nevěřícím nebo k hříšníkům nebo naopak ke zbožným lidem, tzn. dělá něco, co je pro ně specifické, ať je to uvažování nebo způsob uctívání nebo jejich běžné chování a zvyky, je jeden z nich, protože připodobňování se k někomu vzhledem vede k tomu, že se jim člověk přiblíží i vnitřně. Také pokud se někdo k někomu připodobňuje, znamená to, že je obdivuje, což vede i k tomu, že je má rád, váží si jich atd., což ve výsledku vede k tomu, že se stane jedním z nich vnějškem i vnitřně.</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Varování před připodobňováním se k nevěřícím a hříšníkům.
 Nabádání k připodobňování se ke zbožným a k jejich následovaní.
 Připodobňování se k někomu vnějškem vede ke změně vnitřku.
 Člověk má hřích podle stupně a druhu připodobňování se.
 Zákaz připodobňování se k nevěřícím v jejich náboženství a zvycích, co se ale týče ostatních věcí, třeba vzdělání atd., to zakázané není.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Kdo dovede někoho k dobru, bude mít stejnou odměnu jako ten, kdo to dobro vykoná</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>Abú Mas’úd al-Ansárí (ať je s ním Bůh spokojen) vyprávěl, že jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: „Moje jízdní zvíře pošlo, svez mě!" A on řekl: „Já žádné nemám.” Nějaký muž řekl: „Posle Boží, já mu ukážu někoho, kdo ho sveze." A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo dovede někoho k dobru, bude mít stejnou odměnu jako ten, kdo to dobro vykoná.”</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl mu: „Moje jízdní zvíře pošlo a jsem na cestě, dej mi nějaké jiné, které mě sveze," ale Prorok (ať mu Bůh žehná a dá mír) se mu omluvil, že žádné nemá. A jeden muž, který to slyšel, řekl: „Posle Boží, já mu ukážu někoho, kdo ho sveze." A Posel Boží (ať mu Bůh žehná a dá mír) mu řekl, že dostane odměnu jako ten, který ho sveze, protože ho k němu dovedl.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Nabádání k ukazování dobra ostatním.
 Nabádání ke konání dobra je jedna z příčin solidarity a dokonalosti muslimské společnosti.
 Velká Boží dobrota.
 Tento hadíth je považován za obecné pravidlo, které zahrnuje jakékoliv konání dobra.
 Pokud člověk nemůže vyhovět a pomoci druhému, má ho dovést k někomu, kdo mu pomoci může.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5354</t>
   </si>
   <si>
-    <t>سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ</t>
+    <t>سألت النبي صلى الله عليه وسلم: أي الذنب أعظم عند الله؟ قال: أن تجعل لله ندا وهو خلقك</t>
   </si>
   <si>
     <t>Zeptal jsem se Proroka (ať mu Bůh žehná a dá mír): „Který hřích je u Boha největší?" A on řekl: „Brát si vedle Boha rovné, když tě stvořil</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسْعُودٍ رضي الله عنه قال: سَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الذَّنْبِ أَعْظَمُ عِنْدَ اللهِ؟ قَالَ: «أَنْ تَجْعَلَ لِلهِ نِدًّا وَهُوَ خَلَقَكَ» قُلْتُ: إِنَّ ذَلِكَ لَعَظِيمٌ، قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «وَأَنْ تَقْتُلَ وَلَدَكَ؛ تَخَافُ أَنْ يَطْعَمَ مَعَكَ» قُلْتُ: ثُمَّ أَيُّ؟ قَالَ: «أَنْ تُزَانِيَ حَلِيلَةَ جَارِكَ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl: Zeptal jsem se Proroka (ať mu Bůh žehná a dá mír): „Který hřích je u Boha největší?" A on řekl: „Brát si vedle Boha rovné, když tě stvořil.” Řekl jsem: „To je obrovské. A co potom?" Řekl: „Zabít své dítě, protože se bojíš, že by jedlo s tebou.” Řekl jsem: „A co potom?" Řekl: „Smilnit se ženou svého souseda.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن أَعْظَمِ الذنوب فقال: 
 أعظمُها الشركُ الأكبر، وهو أن تجعل لله مَثِيْلًا أو نظيرًا في ألوهيته أو ربوبيته أو أسمائه وصفاته، وهذا الذنب لا يغفره الله تعالى إلا بالتوبة، وإن مات صاحبه عليه فهو مُخَلَّدٌ في النار. 
 ثم قَتْلُ المرءِ ولدَه خشيةَ أن يأكل معه، وقتلُ النفس حرام، لكن يعظم إثمه إذا كان المقتول ذا رَحِمٍ من القاتل، ويعظم إثمه أيضًا حين يكون مقصودُ القاتل الخشيةَ من أنْ يشاركه المقتول في رزق الله. 
 ثم أنْ يُزانيَ الرجل بزوجة جاره بأنْ يُحاول التَّغْرِيرَ بزوجة جاره حتى يَزنيَ بها وتنقاد له، 
 والزنا حرام ولكن يعظم إثمه إذا كانت المزنيُّ بها زوجةَ الجار الذي أوصى الشرع بالإحسان إليه وبره وحسن صحبته.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán na největší hříchy a řekl: Největším hříchem je velké přidružování. To je, když člověk staví na roveň Bohu jiné, ať už v Jeho božství, panství nebo v Jeho jménech či vlastnostech. Tento hřích Bůh neodpustí, pokud se z něj člověk nekaje. Pokud zemře, aniž by se kál, bude navždy v ohni. Dalším hříchem je, když člověk zabije své dítě, protože se bojí, že by s ním jedlo. Zabití člověka obecně je zakázané, ale ještě větším hříchem je, pokud je to příbuzný. A ještě horší je, když jediným důvodem je, že se vrah bojí, že by s ním oběť sdílela něco z toho, co mu Bůh uštědřil. Dalším hříchem je, když člověk smilní se ženou svého souseda, když ji svede, aby s ní mohl smilnit a byla mu oddaná. Cizoložství a smilstvo je obecně zakázané, ale je ještě horší, když někdo smilní se ženou svého souseda, protože islám člověku nařizuje chovat se hezky ke svému sousedovi, přátelit se s ním atd.</t>
   </si>
   <si>
     <t>تفاوت الذنوب في العِظَم، كما أن الأعمال الصالحة تَتَفاوت في الفضل.
 أعظم الذنوب: الشرك بالله تعالى، ثم قتل الولد خشية أن يطعم معك، ثم أن تُزاني زوجة جارك.
 الرزق بيد الله وقد تَكَفَّلَ سبحانه بأرزاق المخلوقين.
 عِظَم حق الجار، وأنَّ أذيتَه أَعظم إثمًا من أذية غيرِه.
 الخالق هو المستحق للعبادة وحده لا شريك له.</t>
   </si>
   <si>
     <t>Hříchy se dělí na menší a větší, stejně jako dobré skutky se dělí na menší a větší.
 Největším hříchem je: přidružování k Bohu, pak zabití dítěte ze strachu, že by s člověkem jedlo, a pak smilnění se ženou souseda.
 Obživa je od Boha, Bůh je ten, kdo ji uštědřuje Svému stvoření.
 Soused má velká práva a škodit sousedovi je horší než škodit někomu jinému.
 Stvořitel je jediný, kdo si zaslouží být uctíván, a nikdo jiný.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5359</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>„Nenadávejte zemřelým, protože oni už se dostali tam, kam si zasloužili.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nenadávejte zemřelým, protože oni už se dostali tam, kam si zasloužili.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že je zakázáno nadávat zemřelým a urážet je a že to patří do špatných mravů, protože oni už se dostali tam, kam si zasloužili špatnými nebo dobrými skutky. Navíc tyto nadávky se k nim už nedostanou, jen se tím ubližuje živým pozůstalým.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Hadíth dokazuje zákaz nadávání zemřelým.
 Zemřelí se mají přestat urážet z ohledu na zájem žijících pozůstalých a z důvodu ochrany společnosti před vzájemnou nenávisti a hádkami.
 Moudrost zákazu urážení zemřelých spočívá v tom, že tito zemřelí se už dostali tam, kam si zasloužili, a jejich urážení k ničemu není, naopak to jen ubližuje žijicím pozůstalým.
 Člověk by neměl říkat věci, ve kterých není žádný prospěch.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>„Člověku není dovoleno, aby přerušil kontakt se svým bratrem na více než tři dny, kdy se potkávají a každý z nich se odvrací od toho druhého, a lepší z nich je ten, který jako první popřeje mír (pozdraví).”</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>Abú Ajúb al-Ansárí (ať je s ním Bůh spokojen) vyprávěl: „Člověku není dovoleno, aby přerušil kontakt se svým bratrem na více než tři dny, kdy se potkávají a každý z nich se odvrací od toho druhého, a lepší z nich je ten, který jako první popřeje mír (pozdraví).”</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal, aby muslim přerušil kontakt se svým bratrem muslimem na déle než tři dny, tzn. že se oba dva potkávají, ale odvrací se od sebe, nepozdraví se a nemluví spolu.
 A lepší z těchto dvou je ten, který se jako první snaží znovu navázat kontakt a pozdravit. 
 Zakázaným přerušením kontaktu se zde myslí, pokud je důvodem nějaké osobní nepřátelství, ne pokud tento člověk patří k hříšníkům. S hříšníkem a špatným člověkem lze přerušit kontakt na dobu delší než tři dny a její trvání se odvíjí od prospěchu. Jakmile by byl v navázání kontaktu nějaký prospěch, měl by se kontakt navázat.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Povolení přerušit kontakt na dobu kratší tří dnů, kdy islám přihlédnul k lidské povaze a prominul člověku, že tři dny nekomunikuje, dokud ho to nepřejde.
 Zásluha pozdravu, který odstraňuje nevraživost a je známkou lásky.
 Islám klade důraz na bratrství a lásku mezi lidmi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>„Nevstoupí do ráje ten, kdo přerušuje pokrevní svazky.”</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>Džubajr Ibn Mut’im (ať je s ním Bůh spokojen) vyprávěl, že slyšel Proroka (ať mu Bůh žehná a dá mír) říci: „Nevstoupí do ráje ten, kdo přerušuje pokrevní svazky.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo přerušuje kontakt s příbuznými, nedává jim jejich práva nebo jim ubližuje a nechová se k nim dobře, si nezaslouží jít do ráje.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Přerušování pokrevních svazků patří mezi velké hříchy.
 Udržování pokrevních svazků se posuzuje podle zvyku, a proto se může lišit v závislosti na místě, čase a konkrétním člověku.
 Udržování pokrevních svazků může být pomocí navštěvování, dávání darů, dobrého chování, navštěvování nemocných, přikazováním vhodného a zakazováním zavrženíhodného atd.
 Čím bližší je příbuzný, tím větší hřích je s ním přerušit pouto.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>„Pomlouvač nevstoupí do ráje.”</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>Hudzajfa (ať je s ním Bůh spokojen) vyprávěl, že slyšel, Proroka (ať mu Bůh žehná a dá mír) říci: „Pomlouvač nevstoupí do ráje.”</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo chodí s pomluvami mezi lidmi, aby mezi nimi dělal rozbroje, si zaslouží trest a nevstoupí do ráje.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Pomlouvání patří mezi velké hříchy.
 Zákaz pomlouvání, protože vede k rozbrojům a škodě mezi jednotlivci a celými skupinami.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ</t>
+    <t>ما شيء أثقل في ميزان المؤمن يوم القيامة من خلق حسن، وإن الله ليبغض الفاحش البذيء</t>
   </si>
   <si>
     <t>„Není nic těžšího na vahách věřícího v soudný den než dobré mravy, a věru, že Bůh nenávidí hanebného a sprostého.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي الدَّرْدَاءِ رضي الله عنه أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَا شَيْءٌ أَثْقَلُ فِي مِيزَانِ الْمُؤْمِنِ يَوْمَ القِيَامَةِ مِنْ خُلُقٍ حَسَنٍ، وَإِنَّ اللَّهَ لَيُبْغِضُ الفَاحِشَ البَذِيءَ».</t>
   </si>
   <si>
     <t>Abú Dardá’a (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Není nic těžšího na vahách věřícího v soudný den než dobré mravy, a věru, že Bůh nenávidí hanebného a sprostého.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ أَثقلَ ما في مِيْزانِ المؤمنِ يوم القيامة من الأعمالِ والأقوالِ هو حُسْنُ الخُلُق، وذلك بِبَسْطِ الوَجْه، وكفِّ الأذى، وبذلِ المعروف. 
 والله تعالى يُبْغِضُ القبيحَ في فِعْلِه وقَوْلِه، البَذيءَ فيما يَنْطِقُ بِهِ لسانُه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejtěžším skutkem na vahách věřícího v soudný den jsou dobré mravy, jako usmívat se na lidi, neškodit jim a chovat se podle dobrých způsobů. Všemohoucí Bůh nenávidí špatné chování a sprostou mluvu.</t>
   </si>
   <si>
     <t>فضيلة حسن الخلق؛ لأَنه يُوْرِثُ لصاحبِهِ مَحبةَ الله، ومحبةَ عبادِه، وهو أعظمُ ما يُوْزَنُ يومَ القيامة.</t>
   </si>
   <si>
     <t>Velký prospěch dobrých mravů, které vedou k tomu, že takového člověka má Bůh rád, a Boží láska je to nejvelkolepější, co bude mít největší váhu v soudný den.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd a At-Thirmidhí]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5371</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>„Kdo by rád, aby mu bylo více uštědřeno a aby déle žil, ať udržuje pokrevní svazky.”</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>Anas Ibn Málik  (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo by rád, aby mu bylo více uštědřeno a aby déle žil, ať udržuje pokrevní svazky.”</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádá k udržování pokrevních svazků návštěvami nebo dárky, pomocí atd. a říká, že je to jedna z příčin zvětšení majetku a prodloužení života.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Pokrevními svazky se myslí příbuzní z matčiny a otcovy strany a čím bližší je příbuzný, tím větší důraz je kladen na udržování pout.
 Odměna i trest jsou stejným způsobem, jako byl skutek. Tomu, kdo zachovává pokrevní svazky, Bůh zachová dlouhý život a uštědří mu obživu.
 Udržování pokrevních svazků je jedna z příčin zvětšení majetku a dlouhého života, a to i přes to, že tyto věci jsou dané a určené. Proto to někteří vysvětlují tak, že se tím myslí požehnání, díky němuž člověk dokáže ve stejném čase udělat více a za stejný majetek mít více požehnání (obživy), jiní ale říkají, že se tím myslí skutečná dlouhověkost a skutečné rozšíření majetku a obživy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>„Tomu, kdo škodí, Bůh uškodí a tomu, kdo ztěžuje, Bůh ztíží.”</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>Abú Sirma (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo škodí, Bůh uškodí a tomu, kdo ztěžuje, Bůh ztíží.”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varuje před ubližováním jiným muslimům a ztěžování jakýchkoliv jejich záležitostí, ať se to týká jich samotných, jejich majetku nebo jejich rodiny. Tomu, kdo takové věci dělá, Bůh oplatí stejným způsobem.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Zákaz škodění jiným muslimům a ztěžování jejich záležitostí.
 Bůh vrací lidem špatné věci.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5375</t>
   </si>
   <si>
-    <t>إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟</t>
+    <t>إن النبي صلى الله عليه وسلم خرج علينا، فقلنا: يا رسول الله، قد علمنا كيف نسلم عليك، فكيف نصلي عليك؟</t>
   </si>
   <si>
     <t>Věru, že Prorok (ať mu Bůh žehná a dá mír) k nám přistoupil a my jsme řekli: „Posle Boží, už víme jak tě pozdravit, ale jak se za tebe máme modlit?</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ أَبِي لَيْلَى قَالَ: لَقِيَنِي كَعْبُ بْنُ عُجْرَةَ، فَقَالَ: أَلاَ أُهْدِي لَكَ هَدِيَّةً؟ إِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَرَجَ عَلَيْنَا، فَقُلْنَا: يَا رَسُولَ اللَّهِ، قَدْ عَلِمْنَا كَيْفَ نُسَلِّمُ عَلَيْكَ، فَكَيْفَ نُصَلِّي عَلَيْكَ؟ قَالَ: «فَقُولُوا: اللَّهُمَّ صَلِّ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا صَلَّيْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ، اللَّهُمَّ بَارِكْ عَلَى مُحَمَّدٍ وَعَلَى آلِ مُحَمَّدٍ، كَمَا بَارَكْتَ عَلَى آلِ إِبْرَاهِيمَ، إِنَّكَ حَمِيدٌ مَجِيدٌ».</t>
   </si>
   <si>
     <t>‘Abdurrahmán Ibn Abí Lajlá vyprávěl: „Potkal mě Ka'b Ibn ‘Udžra a řekl: „Nemám ti věnovat dárek? Věru, že Prorok (ať mu Bůh žehná a dá mír) k nám přistoupil a my jsme řekli: „Posle Boží, už víme jak tě pozdravit, ale jak se za tebe máme modlit?" A on řekl: „Řekněte: Alláhumma salli ‘alá Muhammad wa ‘alá áli Muhammad, kamá salajta ‘alá áli Ibráhím, innaka hamídun madžíd, Alláhumma bárik ‘alá Muhammad wa ‘alá áli Muhammad, kamá bárakta ‘alá áli Ibráhím, innaka hamídun madžíd." (Ó Bože, sešli milosrdenství na Muhammada i rod Muhammadův, tak jako jsi seslal milosrdenství rodu Abrahamovu, věru Tys chvályhodný, slávyplný. Ó Bože, sešli požehnání na Muhammada i na rod Muhammadův, tak jako jsi seslal požehnání na rod Abrahamův, věru Tys chvályhodný, slávyplný.)”"</t>
   </si>
   <si>
     <t>سَألَ الصحابةُ النبيَّ صلى الله عليه وسلم عن كيفيةِ الصلاةِ عليه؟ بعد مَعرفتِهِم كيفيةَ السلامِ عليه في التحيات: "السلام عليك أيها النبي ورحمة الله وبركاته..."؟ 
 فأخبرَهم النبيُّ صلى الله عليه وسلم بكيفيةِ الصلاةِ عليه، ومعناها: 
 "اللهم صلِّ على محمدٍ وعلى آل محمد" 
 أي: أثن عليه بالذكر الجميل في الملأ الأعلى، وعلى أتباعه في دينه، والمؤمنون من قرابته. 
 "كما صلَّيتَ على آل إبراهيم" 
 فكما تفضلت على آل إبراهيم عليه السلام وهم إبراهيم وإسماعيل وإسحاق وذريتهم وأتباعهم المؤمنين، فأَلْحِقْ فضلك بمحمدٍ صلى الله عليه وسلم. 
 "إنك حميد مجيد" 
 أي: المحمود في ذاتك وصفاتك وأفعالك، الواسع في عظمتك وسلطانك وعطائك. 
 "اللهم بارك على محمدٍ وعلى آل محمد كما باركتَ على آل إبراهيم" 
 أي أعطِهِ من الخير والكرامة أعظمَها وزِدْها وثَبِّتْها.</t>
   </si>
   <si>
     <t>Druhové Proroka (ať mu Bůh žehná a dá mír) se ho zeptali, jak se za něj mají modlit, poté, co se dozvěděli, jak ho mají pozdravit, tj. slovy: „As-salámu ‘alajkum ajjuha n-nabí wa rahmatulláhi wa barakátuh.” A Prorok (ať mu Bůh žehná a dá mír) je naučil, jak zní modlitba za něj: „Alláhumma salli ‘alá Muhammad wa ‘alá áli Muhammad” To znamená: Chval ho hezkým připomenutím přede všemi a také ty, kteří ho následují ve víře, a věřící z jeho příbuzných. „kamá salajta  ‘alá áli Ibráhím" Tj. stejně jako jsi požehnal rodu Abrahamovu, což je Abraham, Ismael, Izák, jejich potomci a ti, co je následovali ve víře, požehnej Muhammadovi (ať mu Bůh žehná a dá mír). „innaka hamídun madžíd” Tj. jsi pochválen Ty sám, Tvé vlastnosti a činy a jsi veliký ve Své slávě, moci a štědrosti. „Alláhumma bárik ‘alá Muhammad wa ‘alá áli Muhammad, kamá bárakta ‘alá áli Ibráhím” Tzn. dej mu trvale to nejlepší z dobra a cti a rozšiř ho.</t>
   </si>
   <si>
     <t>السَّلَفُ كانوا يتهادَوْن مسائلَ العلم.
 وجوب الصلاة على النبي صلى الله عليه وسلم في التشهد الأخير من الصلاة.
 النبي صلى الله عليه وسلم علَّم أصحابَه السلامَ والصلاةَ عليه.
 هذه الصيغة هي أكملُ الصِّيَغِ في الصلاةِ على النبيِّ صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Pravověrní předci si dávali mezi sebou náboženské otázky jako dary.
 Povinnost modlit se za Proroka na konci posledního tašahhudu v modlitbě.
 Prorok (ať mu Bůh žehná a dá mír) naučil své druhy jak ho zdravit a jak se za něj modlit.
 Výše uvedený způsob modlitby za Proroka (ať mu Bůh žehná a dá mír) je nejdokonalejší.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5377</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ</t>
+    <t>لا صلاة لمن لم يقرأ بفاتحة الكتاب</t>
   </si>
   <si>
     <t>„Není modlitby pro toho, kdo nerecitoval Fátihu.”</t>
   </si>
   <si>
     <t>عَنْ عُبَادَةَ بْنِ الصَّامِتِ رضي الله عنه أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا صَلَاةَ لِمَنْ لَمْ يَقْرَأْ بِفَاتِحَةِ الكِتَابِ».</t>
   </si>
   <si>
     <t>‘Ubáda Ibn As-Sámit (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Není modlitby pro toho, kdo nerecitoval Fátihu.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلمَ أنَّ الصلاةَ لا تَصِحُّ إلا بقراءة سورة الفاتحة، فهي ركن من أركان الصلاة في كلِّ ركعة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že modlitba není platná, pokud při ní člověk nepřednese súru al-Fátiha. Recitace této súry je považována za jeden z pilířů modlitby.</t>
   </si>
   <si>
     <t>لا يُجْزِىءُ عن قراءةِ الفاتحةِ غيرُها مع القُدرةِ عليها.
 بُطلان الركعة التي لم يُقرأْ فيها بالفاتحة، مِن المُتَعَمِّدِ والجاهلِ والناسي؛ لأنها ركن، والأركان لا تسقط مطلقًا.
 تسقط قراءةُ الفاتحةِ عن المأموم إذا أدركَ الإمام راكعًا.</t>
   </si>
   <si>
     <t>Není povoleno místo súry al-Fátiha recitovat jinou súru, pokud je ji člověk schopen přednést.
 Pokud člověk zapomene nebo záměrně nepřednese súru Al-Fátiha v jednom raka'a, je toto raka'a neplatné, protože je to jeden z jeho pilířů a pilíř je nutné vždy dodržet.
 Pokud se člověk modlí za imámem ve společné modlitbě a stihne se přidat dříve, než se imám zvedne z poklony (rukú') nemusí al-Fátihu recitovat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5378</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>„Služebník je svému Panu nejblíže, když leží tváří na zemi (sudžúd), a tak (v této poloze) nejvíce proste Boha.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Služebník je svému Panu nejblíže, když leží tváří na zemi (sudžúd), a tak (v této poloze) nejvíce proste Boha.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že služebník je svému Panu nejblíže, když leží tváří na zemi, protože modlící se pokládá nejvznešenější část svého těla na zem z pokory před Bohem.
 A tak Prorok (ať mu Bůh žehná a dá mír) nařídil v této poloze (sudžúd) co nejvíce prosit Boha (dělat dua) i proto, aby se v této poloze spojila pokora vůči Bohu jak v činech, tak ve slovech.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Dobré skutky přibližují člověka k Všemohoucímu Bohu.
 Doporučení prosit Boha co nejvíce v poloze tváří k zemi, protože v této poloze Bůh odpovídá na prosby.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً</t>
+    <t>من اغتسل يوم الجمعة غسل الجنابة ثم راح، فكأنما قرب بدنة</t>
   </si>
   <si>
     <t>„Kdo v pátek udělal velkou očistu (ghusl) jako po velkém znečištění a poté šel, ten jako by obětoval velblouda,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنِ اغْتَسَلَ يَوْمَ الجُمُعَةِ غُسْلَ الجَنَابَةِ ثُمَّ رَاحَ، فَكَأَنَّمَا قَرَّبَ بَدَنَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّانِيَةِ، فَكَأَنَّمَا قَرَّبَ بَقَرَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الثَّالِثَةِ، فَكَأَنَّمَا قَرَّبَ كَبْشًا أَقْرَنَ، وَمَنْ رَاحَ فِي السَّاعَةِ الرَّابِعَةِ، فَكَأَنَّمَا قَرَّبَ دَجَاجَةً، وَمَنْ رَاحَ فِي السَّاعَةِ الخَامِسَةِ، فَكَأَنَّمَا قَرَّبَ بَيْضَةً، فَإِذَا خَرَجَ الإِمَامُ حَضَرَتِ المَلاَئِكَةُ يَسْتَمِعُونَ الذِّكْرَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo v pátek udělal velkou očistu (ghusl) jako po velkém znečištění a poté šel, ten jako by obětoval velblouda, a kdo šel ve druhou hodinu, ten jako by obětoval krávu, kdo šel ve třetí hodinu, ten jako by obětoval rohatého berana, kdo šel ve čtvrtou hodinu, ten jako by obětoval slepici, a kdo šel v pátou hodinu, ten jako by obětoval vejce. A když vstoupí imám, přijdou andělé a poslouchají připomínání Boha (dhikr).”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فَضْل التَّبْكِيْر في الذهاب إلى صلاة الجمعة، 
 ويبدأ التبكير من طلوع الشمس إلى مجيء الإمام؛ وهو خمس ساعات، وتقسم على حسب الوقت بين طلوع الشمس إلى دخول الإمام وصعوده المنبر للخطبة خمسة أجزاء:
 الأول: من اغتسل غسلًا كاملًا كغسل الجنابة،  ثم ذهب لمسجد الجمعة في الساعة الأولى فكأنما تصدَّق بِجَمَل.
 الثاني: من ذهب في الساعة الثانية فكأنما تصدَّق ببقرة.
 الثالث: من ذهب في الساعة الثالثة فكأنما تصدق بكبش -وهو ذكر الضأن-  له قرون. 
 الرابع: من ذهب في الساعة الرابعة فكأنما تصدق بدجاجة.
 الخامس: من ذهب في الساعة الخامسة فكأنما تصدق ببيضة.
 فإذا خرج الإمام للخطبة؛ توقَّفت الملائكة الجالسون على الأبواب لكتابة الداخلين للمسجد الأول فالأول عن الكتابة، وجاؤوا يستمعون الذكر والخطبة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vypráví o tom, jaká velká odměna je za včasné chození na páteční modlitbu. Včasné chození začíná východem slunce a trvá až do té doby, než přijde imám, což je pět hodin, tzn. že se čas od úsvitu až po vystoupení imáma na kazatelnu rozdělí na pět částí (hodin):
 První: ten kdo se dokonale očistil velkou očistou, stejnou jako je očista od velkého znečištění, a pak šel do mešity v tuto první hodinu, ten jako by dal jako almužnu velblouda.
 Druhá: ten, kdo šel v druhou hodinu, ten jako by dal jako almužnu krávu.
 Třetí: ten, kdo šel ve třetí hodinu, ten jako by dal jako almužnu berana s rohy.
 Čtvrtá: ten, kdo šel ve čtvrtou hodinu, ten jako by dal jako almužnu slepici.
 Pátá: ten, kdo šel v pátou hodinu, ten jako by dal jako almužnu vejce.
 A když přijde imám kázat, přestanou andělé, kteří sedí ve dveřích a zapisují jednoho po druhém ty, kteří vstupují do mešity, zapisovat a jdou poslouchat kázání a dhikr.</t>
   </si>
   <si>
     <t>الحث على الاغتسال يوم الجمعة، ويكون قبل الذهاب إلى الصلاة.
 فضيلة التبكير إلى صلاة الجمعة من أول ساعات النهار.
 الحث على المبادرة إلى الأعمال الصالحة.
 حضور الملائكة صلاة الجمعة واستماعهم للخطبة.
 الملائكة على أبواب المساجد، يكتبون القادمين، الأوّل فالأول، في المجيء إلى صلاة الجمعة.
 قال ابن رجب: قوله: "من اغتسل يوم الجمعة، ثم راح" يَدُلّ على أن الغُسل المستحب للجمعة أوّله طلوع الفجر، وآخره الرواح إلى الجمعة.</t>
   </si>
   <si>
     <t>Nabádání k velké očistě v pátek předtím, než člověk jde na modlitbu.
 Velká odměna za včasné chození na páteční modlitbu, už od začátku dne.
 Nabádání ke spěchání vykonávat dobré skutky.
 Přítomnost andělů na páteční modlitbě a jejich poslouchání kázání.
 Andělé jsou ve dveřích mešit a zapisují jednoho po druhém ty, kteří přichází na páteční modlitbu.
 Ibn Radžab řekl: Slova: „Kdo v pátek udělal velkou očistu a pak šel,” dokazují, že velká očista (ghusl) je doporučená v pátek od východu úsvitu(Fadžr) až do odchodu na páteční modlitbu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5393</t>
   </si>
   <si>
-    <t>مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من أكل طعاما فقال: الحمد لله الذي أطعمني هذا ورزقنيه من غير حول مني ولا قوة، غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>„Tomu, kdo snědl jídlo a řekl: Alhamdulilláhi lladhí at'amaní hádhá wa razaqaníhi min ghajri hawlin
 minní wa lá quwwa
 (Chvála Bohu, který mě nakrmil jídlem a obdaroval mě jím, nebot’ takovou mocí ani silou nevládnu), budou odpuštěny všechny jeho předešlé hříchy.”</t>
   </si>
   <si>
     <t>عَنْ سَهْلِ بْنِ مُعَاذِ بْنِ أَنَسٍ عَنْ أَبِيهِ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «مَنْ أَكَلَ طَعَامًا فَقَالَ: الحَمْدُ لِلَّهِ الَّذِي أَطْعَمَنِي هَذَا وَرَزَقَنِيهِ مِنْ غَيْرِ حَوْلٍ مِنِّي وَلاَ قُوَّةٍ، غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».</t>
   </si>
   <si>
     <t>Sahl Ibn Mu'ádz Ibn Anas vyprávěl, že jeho otec vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo snědl jídlo a řekl: Alhamdulilláhi lladhí at'amaní hádhá wa razaqaníhi min ghajri hawlin
 minní wa lá quwwa
 (Chvála Bohu, který mě nakrmil jídlem a obdaroval mě jím, nebot’ takovou mocí ani silou nevládnu), budou odpuštěny všechny jeho předešlé hříchy.”</t>
   </si>
   <si>
     <t>يحثُّ النبيُّ صلى الله عليه وسلم مَن أَكلَ طعامًا بأنْ يَحمدَ الله، فلا قدرة لي في جلب الطعام، ولا في أكله إلا بالله تعالى وإعانته، 
 ثم بشَّر صلى الله عليه وسلم مَن قال ذلك بأنه مستحق لمغفرة الله له ما مضى من ذنوبه الصغائر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádá toho, kdo sní jídlo, aby poděkoval Bohu, protože nemá sílu a moc, aby ho sám získal nebo sám jedl, pouze s pomocí Boží. A poté oznámil radostnou zprávu, že tomu, kdo to řekne, náleží Boží odpuštění všech jeho předešlých malých hříchů.</t>
   </si>
   <si>
     <t>استحباب حَمْد الله تعالى في آخر الطعام.
 بيان عظيم فضل الله تعالى على عباده حيث رزَقَهم ويَسَّرَ لهم أسباب الرزق وجعل في ذلك تكفير السيئات.
 أمور العباد كلها من الله عز وجل، وليست بحولهم وقوتهم، والعبد مأمور بفعل الأسباب.</t>
   </si>
   <si>
     <t>Doporučení po jídle pochválit Boha a poděkovat Mu.
 Ukázání velké Boží dobroty vůči lidem, kdy jim uštědřuje obživu a usnadňuje její příčiny a odpouští jim při ní hříchy.
 Všechny věci jsou od Boha a nejsou v moci lidí, ale člověk má přikázáno řídit se příčinami.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5431</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ</t>
+    <t>من توضأ فأحسن الوضوء ثم أتى الجمعة فاستمع وأنصت غفر له ما بينه وبين الجمعة وزيادة ثلاثة أيام</t>
   </si>
   <si>
     <t>„Tomu, kdo udělá malou očistu (wudu), jak nejlépe umí, a poté jde na páteční kázání, poslouchá a mlčí, bude odpuštěno, co je mezi pátky a tři dny navíc,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ ثُمَّ أَتَى الْجُمُعَةَ فَاسْتَمَعَ وَأَنْصَتَ غُفِرَ لَهُ مَا بَيْنَهُ وَبَيْنَ الْجُمُعَةِ وَزِيَادَةُ ثَلَاثَةِ أَيَّامٍ، وَمَنْ مَسَّ الْحَصَى فَقَدْ لَغَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo udělá malou očistu (wudu), jak nejlépe umí, a poté jde na páteční kázání, poslouchá a mlčí, bude odpuštěno, co je mezi pátky a tři dny navíc,  a kdo se dotkne kamínků, ten nemlčel.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضأ فأحسن وضوءه بإتمام أركانه والإتيان بسننه وآدابه، ثم أتى صلاة الجمعة وأنصت وأصغى للخطيب، وسكت عن اللغو؛ غفر الله له صغائر ذنوب عشرة أيام، من صلاة الجمعة إلى الجمعة الثانية وزياة ثلاثة أيام؛ لأن الحسنة بعَشر أمثالها، 
 ثم حذَّر صلى الله عليه وسلم من عدم إقبال القلب عمّا يقال في الخطبة من مواعظ، ومِن عَبَثِ الجوارح مِن مَسِّ الحصى وغيره من أنواع العبث والانشغال، بأنَّ مَن فَعل ذلك فقد لغا، ومن لغا فلا حظ له في أجر جمعة كاملة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo co nejlépe udělá malou očistu, tím, že dokonale vykoná všechny její pilíře, doporučené věci a dodrží její etiketu, a pak jde na páteční modlitbu, mlčí, poslouchá kázání imáma a nedělá nic jiného, Bůh odpustí všechny malé hříchy po deset dní, od páteční modlitby do další páteční modlitby a navíc tři dny, protože jeden dobrý skutek je počítán za deset stejných. Poté Prorok (ať mu Bůh žehná a dá mír) varoval před nesoustředěním se na to, co se říká v kázání, a před hraním si s údy, jako hraní si s kamínky, nebo jiným zaměstnáváním se a ten, kdo toto dělá, není považován za toho, kdo mlčí a poslouchá kázání, a tomu, kdo nemlčí a neposlouchá kázání, se nedostane plné odměny za páteční modlitbu.</t>
   </si>
   <si>
     <t>الحث على أداء الوضوء وإتمامه على كمال، والمحافظة على صلاة الجمعة.
 فضل صلاة الجمعة.
 وجوب الإنصات لخطبة الجمعة، وعدم التشاغل عنها بالكلام وغيره.
 من لغا أثناء الخطبة فصلاة الجمعة مجزئة ومسقطة للفرض، مع نقص الأجر.</t>
   </si>
   <si>
     <t>Nabádání k vykonání malé očisty pořádně a dokonale a k pravidelnému chození na páteční modlitbu.
 Velká odměna za páteční modlitbu.
 Povinnost mlčet a poslouchat páteční kázání a nezaměstnávat se ničím jiným, ať už mluvením nebo čímkoliv jiným.
 Páteční modlitba toho, kdo si během pátečního kázání hraje, bude platná, ale bude mít menší odměnu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5433</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>„Kdo se pomodlí ranní modlitbu, ten je pod Boží ochranou</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Džundub Ibn ‘Abdulláh al-Qasrí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo se pomodlí ranní modlitbu, ten je pod Boží ochranou, tak ať si vás Bůh ze své ochrany nevyžádá, protože koho si ze své ochrany vyžádá, toho dostihne a pak ho svrhne tváří do ohně pekelného.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že ten, kdo se pomodlil ranní modlitbu fadžr, je pod Boží ochranou. Bůh ho ochraňuje, zastává se ho, brání ho a dává mu zvítězit.
 Poté Prorok (ať mu Bůh žehná a dá mír) varoval toho, kdo zruší tuto smlouvu (o ochraně) buď protože se nemodlí, nebo protože vystoupuje proti těm, kteří se modlí, a tím vystoupí z této ochrany a zasluhuje si trest, že si ho Bůh vyžádá za to, co udělal, a koho si Bůh vyžádá, toho dostihne a potom ho vhodí obličejem do ohně.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Ukázání důležitosti modlitby fadžr a její odměny.
 Velké varování pro toho, kdo chce udělat něco špatného tomu, kdo se modlí ranní modlitbu (fadžr).
 Boží odplata tomu, kdo dělá špatnosti Jeho zbožným služebníkům.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>„Kdo věří v Boha a soudný den, ať říká dobré anebo mlčí,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo věří v Boha a soudný den, ať říká dobré anebo mlčí, kdo věří v Boha a soudný den, ať se chová štědře ke svému sousedovi, kdo věří v Boha a soudný den, ať je štědrý ke svému hostu.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že člověka, který věří v Boha a soudný den, ve kterém je zúčtování a odplata za činy, jeho víra nabádá k těmto věcem:
 První: hezky mluvit, tzn. chválit Boha, provolávat Jeho slávu, přikazovat vhodné a zakazovat zavrženíhodné, udobřovat lidi atd. Pokud neříká toto, tak mlčí a zdržuje se toho, aby ubližoval lidem jazykem.
 Druhá: dobře se chovat k sousedovi, neubližovat mu a neškodit.
 Třetí: být štědrý k hostu, který přijde na návštěvu, tzn. pohostit ho a hezky s ním mluvit.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Víra v Boha a soudný den je základem každého dobra a vede ke konání dobra.
 Varování před škoděním jazykem.
 Islámské náboženství je náboženstvím lásky a štědrosti.
 Výše uvedené věci jsou součástí víry a patří k dobrému vychování.
 Příliš mnoho mluvení může zajít do zavrženíhodných až zakázaných věcí, a tak je jistější nemluvit nebo říkat pouze dobré.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>„K tomu, kdo není milosrdný k lidem, není milosrdný Bůh.”</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>Džarír Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „K tomu, kdo není milosrdný k lidem, není milosrdný Bůh.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že k tomu, kdo není milosrdný k lidem, není milosrdný Bůh. Milosrdenství člověka k ostatnímu stvoření je jedna z největších příčin, která vede k Božímu milosrdenství vůči němu.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Je žádoucí být milosrdný ke všem stvořením. Zde zmínil lidi, protože jsou nejdůležitější.
 Bůh je milosrdný     ke Svým služebníkům, kteří jsou milosrdní. Odměna i trest jsou stejným způsobem, jako byl skutek.
 Milosrdenství k lidem zahrnuje konat pro ně dobro, chránit je před zlem a chovat se k nim hezky.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5439</t>
   </si>
   <si>
-    <t>يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي</t>
+    <t>يا ابن آدم إنك ما دعوتني ورجوتني غفرت لك على ما كان فيك ولا أبالي</t>
   </si>
   <si>
     <t>Synu Adama, dokud Mě budeš prosit a doufat ve Mne, odpustím ti kvůli tomu, co bylo v tobě, a nebude Mi na tom záležet</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «قَالَ اللَّهُ تَبَارَكَ وَتَعَالَى: يَا ابْنَ آدَمَ إِنَّكَ مَا دَعَوْتَنِي وَرَجَوْتَنِي غَفَرْتُ لَكَ عَلَى مَا كَانَ فِيكَ وَلاَ أُبَالِي، يَا ابْنَ آدَمَ لَوْ بَلَغَتْ ذُنُوبُكَ عَنَانَ السَّمَاءِ ثُمَّ اسْتَغْفَرْتَنِي غَفَرْتُ لَكَ، وَلاَ أُبَالِي، يَا ابْنَ آدَمَ إِنَّكَ لَوْ أَتَيْتَنِي بِقُرَابِ الأَرْضِ خَطَايَا ثُمَّ لَقِيتَنِي لاَ تُشْرِكُ بِي شَيْئًا لأَتَيْتُكَ بِقُرَابِهَا مَغْفِرَةً».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl: „Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Požehnaný a Všemohoucí Bůh řekl:  Synu Adama, dokud Mě budeš prosit a doufat ve Mne, odpustím ti kvůli tomu, co bylo v tobě, a nebude Mi na tom záležet. Synu Adama, pokud tvé hříchy dosáhnou nebeských končin a poté Mě poprosíš za odpuštění, odpustím ti a nebude Mi na nich záležet. Synu Adama, pokud ke Mně přijdeš s plnou zemí hříchů a pak se se Mnou setkáš, aniž bys ke Mně cokoliv přidružoval, přijdu k tobě s plnou (zemí) odpuštění.”"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلَّى اللهُ علَيه وسلَّم أنَّ الله تباركَ وتعالى قال في الحديثِ القدسيِّ: يا ابنَ آدمَ ما دمْتَ تدْعونِي وتَرْجو رَحْمتي، ولمْ تَقْنَطْ؛ سَتَرتُ ذنبَكَ ومحوتُه غير مبالٍ فيه؛ ولو كانَ هذا الذنب والمعصية من الكبائر. 
 يا ابن آدم: لو كَثُرَت ذُنوبُك كثرةً تَملَأُ ما بينَ السَّماءِ والأرضِ بحيث تَبلُغُ أقطارَها وتَعُمَّ نَواحِيَها، ثمَّ استَغفَرتَني؛ محوت وغَفَرتُ لك جميعَها غيرَ مُبالٍ بكَثرتِها.
 يا ابنَ آدمَ: إنَّك لو أتيتَني بعدَ الموتِ بمِلْءِ الأرضِ ذُنوبًا ومَعاصِيَ، وكنتَ قد مِتَّ مُوحِّدًا لا تُشرِكُ بي شيئًا؛ لقابَلتُ هذه الذُّنوبَ والْمعاصِيَ، بمِلْئِ الأرض، مَغفِرةً؛ لأنَّني واسِعُ المغفرةِ، وأغفِرُ كل الذنوب إلا الشِّركَ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vyprávěl, že Požehnaný a Všemohoucí Bůh v hadíthu al-qudsí řekl: Synu Adama, dokud Mě vzýváš a doufáš ve Mě a neztratil jsi naději, skryji tvé hříchy a vymažu je a nebude Mi na nich záležet, a to i kdyby patřily k velkým hříchům. Synu Adama, pokud budeš mít tolik hříchů, že zaplní, co je mezi nebem a zemí, tak, že se dostanou do všech končin nebes, a pak Mě poprosíš za odpuštění, vymažu je a všechny ti je odpustím a nebude Mi záležet na tom, kolik jich je.
 Synu Adama, pokud ke Mně po smrti přijdeš s plnou zemí hříchů a zemřel jsi, aniž bys ke Mně cokoliv přidružoval, vyměním tyto hříchy za plnou zemi odpuštění, protože jsem plný nesmírného odpuštění a odpouštím všechny hříchy kromě přidružování.</t>
   </si>
   <si>
     <t>سعة رحمة الله تعالى ومغفرته وفضله.
 فضل التوحيد، وأنَّ الله يغفر للموحدين الذنوب والمعاصي.
 خطر الشرك وأن الله لا يغفر للمشركين.
 قال ابن رجب: وقد تضمَّن هذا الحديث الأسباب الثلاثة التي تحصل بها مغفرة الذنوب: الأول: الدعاء مع الرجاء، الثاني: الاستغفار وطلب التوبة، الثالث: الموت على التوحيد.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 الذنوب ثلاثة أنواع: الأول: الشرك بالله؛ وهذا لا يغفره الله، قال الله عز وجل: {إنه من يشرك بالله فقد حرم الله عليه الجنة}، الثاني: ظلم العبد نفسه فيما بينه وبين ربه من ذنوب ومعاصي؛ فإن الله عز وجل يغفر ذلك، ويتجاوز إن شاء، الثالث: ذنوب لا يترك الله منها شيئًا؛ وهي ظلم العباد بعضهم بعضًا، فلا بد من القصاص.</t>
   </si>
   <si>
     <t>Rozsáhlost Božího milosrdenství, odpuštění a Jeho dobra.
 Velká odměna za tawhíd(monoteismus) a to, že Bůh odpustí těm, kteří ho dodržují, všechny hříchy.
 Nebezpečí přidružování a to, že Bůh neodpustí polyteistům.
 Ibn Radžab řekl: Tento hadíth obsahuje tři příčiny, které vedou k odpuštění hříchů: první: prosby k Bohu s nadějí, druhá: prosba za odpuštění a pokání, třetí: smrt na dodržování tawhídu.
 Tento hadíth patří do skupiny hadíthů, kdy Prorok (ať mu Bůh žehná a dá mír) vypráví, co říká Bůh. Tyto hadíthy se nazývají al-qudsí (svaté) a mají význam i přesné znění od Boha, ale liší se od Koránu tím, že je nelze recitovat v modlitbě, za jejich recitování není odměna, není třeba být očištěn, aby se jich člověk mohl dotýkat atd.
 Jsou tři druhy hříchů: první: přidružování k Bohu, tento hřích Bůh neodpustí. Pravil Bůh: {Kdo bude přidružovat k Bohu, tomu Bůh zakáže vstup do ráje}. Druhý: ukřivdění sám sobě hříchy, které jsou mezi ním a Bohem, to Bůh odpouští, pokud si to přeje. Třetí: křivdy lidí mezi sebou, ty Bůh neodpouští a je třeba vyrovnání a odplaty mezi lidmi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5456</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>„Nejvíce nenáviděný člověk u Boha je ten, který se nejvíce hádá.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nejvíce nenáviděný člověk u Boha je ten, který se nejvíce hádá.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Všemohoucí Bůh nenávidí ty lidi, kteří se nejvíce hádají, kteří nejsou schopni přijmout pravdu a snaží se ji hádáním změnit nebo ve svém hádání přehánějí a hádají se o něčem, o čem nemají vědění.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Mezi zakázané hádání nepatří, pokud je někomu ukřivděno a on se domáhá svého práva způsobem, který je v souladu s islámským zákonem.
 Hádky a spory patří pod pohromy jazyka, které vedou k rozporům a rozbrojům mezi muslimy.
 Hádání je chvályhodné, pokud je vedeno dobrým způsobem a pro pravdu, zatímco zavrženíhodné je proti pravdě, při obhajování falše nebo hádání se bez důkazu nebo bez znalosti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>„Bůh má nejraději čtyři výroky: subhánalláh (sláva Bohu), alhamdulilláh (chvála Bohu), lá illáha ilá-lláh (není boha kromě Boha) a Alláhu akbar (Bůh je největší), a nezáleží na tom, kterým začneš.”</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>Samura Ibn Džundab (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bůh má nejraději čtyři výroky: subhánalláh (sláva Bohu), alhamdulilláh (chvála Bohu), lá illáha ilá-lláh (není boha kromě Boha) a Alláhu akbar (Bůh je největší), a nezáleží na tom, kterým začneš.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Všemohoucí Bůh má nejraději tyto výroky:
 Subhánalláh (sláva Bohu), což znamená, že Bůh nemá žádný nedostatek.
 Alhamdulilláh (chvála Bohu), což znamená připsat Bohu veškerou dokonalost, milovat Ho a vyvyšovat Ho.
 Lá illáha ilá-lláh (není boha kromě Boha), což znamená, že nikdo si nezaslouží být uctíván, jen Bůh.
 Alláhu akbar (Bůh je největší), tzn. že Bůh je větší, mocnější a velkolepější než cokoliv jiného.
 Prorok také řekl, že tyto výroky je možné říkat v jakémkoliv pořadí a na odměnu to nemá vliv.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Snadnost islámu, protože nezáleží na pořadí těchto výroků.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) byl tázán na to, co přivede nejvíce lidi do ráje. A odpověděl: „Bohabojnost a dobré mravy</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) byl tázán na to, co přivede nejvíce lidi do ráje. A odpověděl: „Bohabojnost a dobré mravy.” Pak byl tázán na to, co přivede nejvíce lidí do ohně, a odpověděl: „Ústa a pohlavní orgány.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že největší důvody, které přivádí do ráje, jsou dva:
 bohabojnost a dobré mravy.
 Bohabojnost znamená, že člověk si vytváří ochranu mezi sebou a Božím trestem, a to tak, že vykonává Jeho příkazy a varuje se Jeho zákazů.
 Dobré mravy: že se člověk usmívá na ostatní, chová se k nim dobře, pomáhá jim v potížích a neubližuje jim.
 A největší důvody, které přivádí do ohně, jsou dva:
 Jazyk a pohlavní orgány:
 Hříchy jazyka jsou lež, pomluva, nařčení a další.
 Hříchy pohlavních orgánů jsou cizoložství, sodomie a další.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Vstup do ráje má příčiny, které souvisí s Všemohoucím Bohem, jako bohabojnost, a jiné příčiny, které souvisí s lidmi, jako jsou dobré mravy.
 Nebezpečí jazyka pro jeho vlastníka a že může být jedním z důvodů vstoupení do ohně.
 Nebezpečí touhy a špatných činů s ní souvisejících pro člověka a že to je jedna z hlavních příčin vstoupení do ohně.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[Hasan Sahíh (Správný Dobrý)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Stud patří k víře</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) slyšel jednoho muže varovat svého bratra ohledně stydlivosti a řekl: 
 „Stud patří k víře.”</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) slyšel jednoho muže, jak radí svému bratru, aby zanechal přílišné stydlivosti, a tak vysvětlil, že stydlivost patří k víře a že přichází vždy jen s dobrem.
 Stud je vlastnost, která vede ke konání dobrých věcí a zanechání špatných.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>To, co člověku brání v konání dobra, není stydlivost, ale nemohoucnost a zbabělost.
 Stud před Bohem spočívá v konání toho, co nařídil, a vyhýbání se tomu, co zakázal.
 Stydlivost před lidmi spočívá v jejich respektování a chování se k nim podle jejich postavení a ve vyhýbání se špatným mravům.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ،</t>
+    <t>المؤمن القوي، خير وأحب إلى الله من المؤمن الضعيف، وفي كل خير،</t>
   </si>
   <si>
     <t>„Silný věřící je lepší a Bohu milejší než slabý věřící a v obou je dobro</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْمُؤْمِنُ الْقَوِيُّ، خَيْرٌ وَأَحَبُّ إِلَى اللهِ مِنَ الْمُؤْمِنِ الضَّعِيفِ، وَفِي كُلٍّ خَيْرٌ، احْرِصْ عَلَى مَا يَنْفَعُكَ، وَاسْتَعِنْ بِاللهِ وَلَا تَعْجَزْ، وَإِنْ أَصَابَكَ شَيْءٌ، فَلَا تَقُلْ لَوْ أَنِّي فَعَلْتُ كَانَ كَذَا وَكَذَا، وَلَكِنْ قُلْ قَدَرُ اللهِ وَمَا شَاءَ فَعَلَ، فَإِنَّ (لَوْ) تَفْتَحُ عَمَلَ الشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Silný věřící je lepší a Bohu milejší než slabý věřící a v obou je dobro. Pečuj o to, co ti prospívá, žádej o Boží pomoc a nebuď neschopný a pokud se ti něco stane, neříkej: „Kdybych učinil to a to, ...." ale řekni: „Je to Boží osud, co chce, to se stane," protože slovo kdyby otevírá cestu satanovi."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المؤمنَ خيرٌ كلُّه، ولكن المؤمن القوي في إيمانِهِ وعزيمتِهِ ومالِهِ وغيرِها مِن أوجه القوة خيرٌ وأحبُّ إلى الله عز وجل من المؤمن الضعيف. 
 ثم أوصى النبيُّ صلى الله عليه وسلم المؤمنَ بالأخذِ بالأسبابِ فيما ينفعه من أمور الدنيا والآخرة، مع الاعتماد على الله سبحانه وتعالى، والاستعانة به، والتوكل عليه. 
 ثم نَهى صلى الله عليه وسلم عن العَجْزِ والكَسَلِ والتَّثَاقُلِ عن فِعْلِ ما ينفع في الدارين. 
 فإذا اجتهد المؤمن في العمل، وأخذ بالأسباب، مستعينًا بالله، وطلب الخير من الله، فلا عليه بعدها إلا أنْ يُفَوِّضَ أمرَه كلَّه لله، وليعلم أنَّ اختيار الله عز وجل هو الخير، 
 فإذا أصابته بعد ذلك مصيبة، فلا يقل: 
 "لو أني فعلتُ كان كذا وكذا"؛ 
 "فإن (لو) تفتح عمل الشيطان" في الاعتراض على القدر، والتَّحَسُّرِ على ما فات، ولكن يقول مستسلمًا وراضيًا: "قَدر الله، وما شاء فعل"،
 فما وقع إنما هو بمقتضى ما أراده الله، فإنه فعَّالٌ لما يريد، ولا رادّ لقضائه، ولا مُعَقِّب لحُكْمِهِ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že v každém věřícím je dobro, ale věřící, který je silný ve své víře, přesvědčení, majetku a všech ostatních druzích síly, je lepší a milejší Bohu než slabý věřící. Poté Prorok (ať mu Bůh žehná a dá mír) doporučil věřícímu, aby se držel prostředků, které mu prospějí ve věcech pozemského i budoucího světa, a spoléhal se na Boha a žádal o pomoc pouze Jeho. Poté Prorok (ať mu Bůh žehná a dá mír) zakázal neschopnost, lenost a lhostejnost při vykonávání činů, které člověku prospívají v obou světech. A pokud se člověk opravdu snaží ve svých skutcích, využívá prostředků a žádá o pomoc a dobro jen Boha, tak pak zbývá jen spolehnout se na Boha a věřit, že to co pro něj Bůh vybral, je dobro. A pokud se stane něco špatného, nemá říkat: „Kdybych učinil to a to, stalo by se to a to,” „protože slovo kdyby otevírá cestu satanovi“ v tom, že si člověk stěžuje na osud a trápí se tím, čeho nedosáhl. Proto by měl naopak spokojeně říkat: „Je to Boží osud a co chce, to se stane.” A to, co se stane, je vždy to, co chtěl Bůh, protože On koná, co chce, a nikdo nemůže zabránit Jeho předurčení a nikdo nemůže změnit Jeho rozhodnutí.</t>
   </si>
   <si>
     <t>تَفاوُت الناس في الإيمان.
 استحباب القوة في الأعمال؛ لأنه يحصل بها من الفائدةِ ما لا يحصل بالضعف.
 الإنسانُ ينبغي أنْ يحرصَ على ما ينفعُه، ويترك ما لا ينفعه.
 يجب على المؤمن أنْ يَطلُبَ معونةَ الله له في كل أموره، ولا يعتمد على نفسه.
 إثبات القضاء والقدر، وأنه لا ينافي بَذْلَ الأسباب والسعي في طلب الخيرات.
 النهي عن قول «لو» على وجه التَّسَخُّطِ عند نزول المصائب، وتحريم الاعتراض على القضاء والقدر لله تعالى.</t>
   </si>
   <si>
     <t>Lidé se liší v úrovni víry.
 Je doporučené být ve všem silný, protože v síle je prospěch, na rozdíl od slabosti.
 Člověk by měl pečovat o to, co mu prospívá, a zanechat toho, co mu neprospívá.
 Je povinné, aby věřící žádal Boha o pomoc ve všech věcech a aby se nespoléhal pouze na sebe.
 Existence osudu a předurčení není v rozporu s využíváním dobrých prostředků a hledáním dobra.
 Zákaz říkat „kdyby” ve smyslu zlobení se na něco špatného, co se stalo, stejně jako je zakázáno odmítat a stěžovat si na osud a předurčení Boží.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5493</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>„Prosby k Bohu (dua) jsou uctíváním</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>An-N’umán Ibn Bašír (ať je s ním Bůh spokojen) řekl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Prosby k Bohu (dua) jsou uctíváním.” A pak recitoval: „{I pravil Pán váš: „Vzývejte Mne a Já vás vyslyším! Ti, kdo se pyšně povyšují nad uctívání, ti věru vejdou do pekla, kde budou poníženi."}" [Odpouštějící: 60]</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že prosby k Bohu (dua) jsou uctíváním, a proto je povinné, aby směřovaly pouze k Bohu, ať už člověk prosí Boha o nějaký prospěch na tomto nebo onom světě nebo Ho prosí, aby ho ochránil před utrpením na tomto nebo onom světě, anebo říká dua jen kvůli uctívání, což jsou slova, která má Bůh rád, a patří sem i činy vnitřní a vnější, které má Bůh rád, a všechny druhy uctívání, ať pomocí srdce, těla nebo majetku.
 Poté to Prorok (ať mu Bůh žehná a dá mír) dokázal tím, že řekl: Pravil Bůh: {„Vzývejte Mne a Já vás vyslyším! Ti, kdo se pyšně povyšují nad uctívání, ti věru vejdou do pekla, kde budou poníženi."}</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Dua je základem uctívání a nesmí se dělat pro nikoho jiného než pro Boha.
 Dua obsahuje skutečné uctívání a uznání moci a bohatství Všemohoucího Boha a zároveň potřebu člověka vůči Bohu.
 Velký trest pro ty, kdo jsou domýšliví a neprosí Boha. Ti, kteří jsou domýšliví a neprosí Boha, vejdou do pekla, kde budou poníženi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ</t>
+    <t>كان أكثر دعاء النبي صلى الله عليه وسلم: اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) říkal nejvíce tuto prosbu: „Bože, Pane náš, dej nám v tomto světě dobré a i v posmrtném životě dobré a odvrať od nás trest v Pekle.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ أَكْثَرُ دُعَاءِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «اللَّهُمَّ رَبَّنَا آتِنَا فِي الدُّنْيَا حَسَنَةً، وَفِي الآخِرَةِ حَسَنَةً، وَقِنَا عَذَابَ النَّارِ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) říkal nejvíce tuto prosbu: „Bože, Pane náš, dej nám v tomto světě dobré a i v posmrtném životě dobré a odvrať od nás trest v Pekle.”</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم يُكْثِرُ الدعاءَ بِجَوامِعِ الدعاء، ومنها: 
 "اللهم ربنا آتنا في الدنيا حسنة، وفي الآخرة حسنة، وقنا عذاب النار"،
 فهو يشتمل على حسنة الدنيا من رزق هنيءٍ واسع حلال، وزوجة صالحة، وولدٍ تقَرُّ به العين، وراحة، وعلمٍ نافع، وعمل صالح، ونحو ذلك من المطالب المحبوبة والمباحة، وحسنة الآخرة من السلامة من العقوبات في القبر والموقف والنار، وحصول رضا الله، والفوز بالنعيم المُقيم، والقرب من الرب الرحيم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) říkal nejvíce prosby, které byly krátké a měly velký význam. Mezi ně patří i slova: „Bože, Pane náš, dej nám v tomto světě dobré a i v posmrtném životě dobré a odvrať od nás trest v Pekle.” Tato prosba zahrnuje dobro na tomto světě, jako mnoho povolené obživy (majetku), zbožnou ženu, hodné děti, klid, užitečné vědomosti a vědění, dobré skutky a další podobné oblíbené věci, a také zahrnuje dobro budoucího života a ochranu před trestem v hrobě, při zúčtování a před trestem ohně a naopak zahrnuje Boží spokojenost, věčnou blaženost a blízkost Milosrdnému Bohu.</t>
   </si>
   <si>
     <t>استحباب الدعاء بالأدعية الجامعة، تأسيًا بالنبي صلى الله عليه وسلم.
 الأكمل أنْ يَجمعَ الإنسانُ في دعائه بين خير الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Doporučení říkat stejné prosby a řídit se v nich podle Proroka (ať mu Bůh žehná a dá mír).
 Nejdokonalejší je, když člověk spojí v prosbě žádost o dobro v tomto i v budoucím světě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5502</t>
   </si>
   <si>
-    <t>سَيِّدُ الِاسْتِغْفَارِ</t>
+    <t>سيد الاستغفار</t>
   </si>
   <si>
     <t>„Vedoucí proseb za odpuštění (sajjid al-istighfár) je,</t>
   </si>
   <si>
     <t>عَنْ شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «سَيِّدُ الِاسْتِغْفَارِ أَنْ تَقُولَ: اللَّهُمَّ أَنْتَ رَبِّي لاَ إِلَهَ إِلَّا أَنْتَ، خَلَقْتَنِي وَأَنَا عَبْدُكَ، وَأَنَا عَلَى عَهْدِكَ وَوَعْدِكَ مَا اسْتَطَعْتُ، أَعُوذُ بِكَ مِنْ شَرِّ مَا صَنَعْتُ، أَبُوءُ لَكَ بِنِعْمَتِكَ عَلَيَّ، وَأَبُوءُ لَكَ بِذَنْبِي فَاغْفِرْ لِي، فَإِنَّهُ لاَ يَغْفِرُ الذُّنُوبَ إِلَّا أَنْتَ» قَالَ: «وَمَنْ قَالَهَا مِنَ النَّهَارِ مُوقِنًا بِهَا، فَمَاتَ مِنْ يَوْمِهِ قَبْلَ أَنْ يُمْسِيَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ، وَمَنْ قَالَهَا مِنَ اللَّيْلِ وَهُوَ مُوقِنٌ بِهَا، فَمَاتَ قَبْلَ أَنْ يُصْبِحَ، فَهُوَ مِنْ أَهْلِ الجَنَّةِ».</t>
   </si>
   <si>
     <t>Šaddád Ibn Aws (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Vedoucí proseb za odpuštění (sajjid al-istighfár) je, když řekneš: „Bože, Ty jsi můj Pán, není boha kromě Tebe, stvořil jsi mne a já jsem Tvůj služebník a dodržuji Tvou úmluvu a slib, jak jsem schopen. Chraň mě před zlem, kterého jsem se dopustil, doznávám Tvou milost, kterou jsi mi udělil, a doznávám své hříchy, odpusť mi je, protože nikdo jiný nemůže odpustit hříchy, jen Ty.” A kdo to řekne ve dne, s vírou a jistotou v to, co říká, a zemře dříve, než přijde noc, patří mezi obyvatele ráje, a kdo to řekne v noci, s vírou a jistotou v to, co říká, a zemře dříve, než přijde ráno, patří mezi obyvatele. ráje.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ للاستغفار ألفاظًا، وأنَّ أفضلَها وأعظمَها أنْ يقولَ العبد: 
 "اللهم أنت ربي لا إله إلا أنت خلقتني وأنا عبدك وأنا على عَهْدِكَ وَوَعْدِكَ ما اسْتَطَعْتُ أعوذ بك من شر ما صنعتُ أَبُوءُ لك بنعمتك عليَّ وأَبُوءُ لك بذنبي فَاغْفرْ لي فإنه لا يغفر الذنوب إلا أنت" 
 فيُقِرُّ العبدُ لله بالتوحيد أولًا، وأنَّ الله خالقُه ومعبوده لا شريك له، وأنه على ما عاهد الله سبحانه عليه من الإيمان به والطاعة له، بحسب استطاعته؛ لأن العبد مهما قام به من العبادة لا يَقْدِرُ أن يأتيَ بجميع ما أمره الله به ولا القيام بما يجب من شكر النعم، وأنه يلتجئ إلى الله، ويعتصم به، فإنه المستعاذ به من الشر الذي صنعه العبد، 
 وأنه يقر ويعترف له طوعًا بنعمته عليه، ويرجع على نفسه بالإقرار والاعتراف بإثمه ومعصيته، 
 وبعد هذا التوسل إلى الله، يدعو ربه أن يغفر له بأن يستر ذنوبه ويقيه آثامَها بعفوه وفضله ورحمته، فإنه لا يغفر الذنوب إلا هو عز وجل. 
 ثم أخبر عليه الصلاة والسلام أنها من أذكار الصباح والليل، فمن قالها بيقين واستحضار لمعانيها وإيمان بها في أول يومه، ما بين طلوع الشمس إلى زوالها، وهو وقت النهار، فمات، دخل الجنة، 
 ومن قالها ليلًا، وهو من غروب الشمس إلى طلوع الفجر، فمات قبل أن يصبح، دخل الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že prosby za odpuštění mají různé verze a nejlepší z nich jsou slova služebníka: „Bože, Ty jsi můj Pán, není boha kromě Tebe, stvořil jsi mne a já jsem Tvůj služebník a dodržuji Tvou úmluvu a slib, jak jsem schopen. Chraň mě před zlem, kterého jsem se dopustil, doznávám Tvou milost, kterou jsi mi udělil, a doznávám své hříchy, odpusť mi je, protože nikdo jiný nemůže odpustit hříchy, jen Ty.” Člověk nejdříve dosvědčí jedinost Boží, že Bůh je jeho stvořitelem, tím, koho uctívá a který nemá žádné společníky, a že dodržuje to, co slíbil Bohu z víry a poslušnosti, jak je toho schopen, protože i když se člověk snaží, nikdy nemůže dosáhnout dokonalosti a vykonat vše, co mu Bůh nařídil, ani dostatečně poděkovat za Boží dobrodiní. A pak dosvědčuje, že se obrací na Boha, přidržuje se Jej a žádá Ho o ochranu před vším zlem, kterého se člověk dopustil. A poslušně Bohu dosvědčuje, aby mu poděkoval za Jeho dobrodiní, a také sám před sebou dosvědčuje svůj hřích. A nakonec se přibližuje k Bohu a prosí Ho za odpuštění a aby skryl jeho hříchy a smazal je díky Své dobrotě a milosrdnosti, protože nikdo jiný kromě Boha nemůže odpustit hříchy. Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že tyto prosby patří do ranních a večerních proseb, a že kdo je řekne s vírou a jistotou a rozumí tomu, co říká, na začátku dne, což je od úsvitu do východu slunce, a pak zemře, vstoupí do ráje. A kdo je řekne v noci (a tento čas začíná již před západem slunce) a zemře, než se rozední, vstoupí do ráje.</t>
   </si>
   <si>
     <t>صيغ الاستغفار تختلف وبعضها أفضل من بعض.
 أنه ينبغي للعبد أن يحرص على دعاء الله بهذا الدعاء؛ لأنه سيد الاستغفار.</t>
   </si>
   <si>
     <t>Prosby o odpuštění mají různé verze a některé z nich jsou lepší než ostatní.
 Člověk by se měl snažit říkat tyto prosby (ideálně v arabštině), protože jsou nazývány těmi, které vedou v prosbách o odpuštění.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5503</t>
   </si>
   <si>
-    <t>عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ</t>
+    <t>عليكم بالصدق، فإن الصدق يهدي إلى البر، وإن البر يهدي إلى الجنة</t>
   </si>
   <si>
     <t>„Mluvte vždy pravdu, protože pravda vede k dobrotě a dobrota vede do ráje,</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ مَسعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «عَلَيْكُمْ بِالصِّدْقِ، فَإِنَّ الصِّدْقَ يَهْدِي إِلَى الْبِرِّ، وَإِنَّ الْبِرَّ يَهْدِي إِلَى الْجَنَّةِ، وَمَا يَزَالُ الرَّجُلُ يَصْدُقُ وَيَتَحَرَّى الصِّدْقَ حَتَّى يُكْتَبَ عِنْدَ اللهِ صِدِّيقًا، وَإِيَّاكُمْ وَالْكَذِبَ، فَإِنَّ الْكَذِبَ يَهْدِي إِلَى الْفُجُورِ، وَإِنَّ الْفُجُورَ يَهْدِي إِلَى النَّارِ، وَمَا يَزَالُ الرَّجُلُ يَكْذِبُ وَيَتَحَرَّى الْكَذِبَ حَتَّى يُكْتَبَ عِنْدَ اللهِ كَذَّابًا».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Mluvte vždy pravdu, protože pravda vede k dobrotě a dobrota vede do ráje, a člověk bude říkat pravdu a vyhledávat ji tak dlouho, dokud nebude u Boha zapsán jako pravdomluvný. A chraňte se lži, protože lež vede k hříšnosti a hříšnost vede do ohně, a člověk bude tak dlouho lhát a vyhledávat lež, až ho Bůh zapíše jako lháře.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بالصدق، وأَخبر أن الالتزام به يوصِل إلى العمل الصالح الدائم، والمواظب على فعل الخير يوصل صاحبه إلى الجنة، ولا يزال يتكرر منه الصدق في السر والعلانية، ويستحق اسم صِدِّيق؛ وهو المبالغة في الصدق، 
 ثم حذَّر صلى الله عليه وسلم من الكذب وقول الباطل؛ لأنه يبعث على الميل عن الاستقامة، وإلى فعل الشر والفساد والمعاصي، ثم يوصله إلى النار، وما زال يستكثر من الكذب حتى يُكتب عند الله من الكاذبين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil mluvit pravdu a řekl, že dodržování pravdomluvnosti vede k trvalému dobrému skutku a ten vede toho, kdo jej koná, do ráje a tak dlouho mluví pravdu skrytě i veřejně, až si zaslouží jméno pravdomluvný (arabsky siddíq, což je forma, která znamená mnoho). Poté Prorok (ať mu Bůh žehná a dá mír) varoval před lží a falešnými řečmi, protože to vede k odchýlení, zlu, špatnosti a hříchům a ty vedou do ohně. A člověk tak dlouho lže, až je u Boha zapsán jako lhář.</t>
   </si>
   <si>
     <t>الصدق خلق كريم يحصل بالاكتساب والمجاهدة، فإنَّ الرجل ما يزال يصدُق ويتحرى الصدق، حتى يكون الصدق سجية له وطبعًا، فيكتب عند الله من الصديقين والأبرار.
 الكذب خلق ذميم يكتسبه صاحبه من طول ممارسته، وتحريه قولًا وفعلًا، حتى يصبح خُلقًا وسجية، ثم يكتب عند الله تعالى من الكذابين.
 الصدق يطلق على صدق اللسان، وهو نقيض الكذب، والصدق في النية، وهو الإخلاص، والصدق في العزم على خير نواه، والصدق في الأعمال، وأقلُّه استواءُ سريرتِه وعلانيته، والصدق في المقامات، كالصدق في الخوف والرجاء وغيرهما، فمن اتصف بذلك كان صدّيقًا، أو ببعضها كان صادقًا.</t>
   </si>
   <si>
     <t>Pravdomluvnost je dobrý mrav, který lze získat snažením. Člověk tak dlouho říká pravdu a vyhledává ji, až se pravdomluvnost stane jeho přirozeností a povahou a je u Boha zapsán jako pravdomluvný a zbožný.
 Lež je špatný mrav, který lze získat dlouhým praktikováním a vyhledáváním lži ať slovy nebo činy, až se stane jeho přirozeností a pak bude zapsán u Boha mezi lháři.
 Pravdomluvnost zahrnuje jazyk, což je opak lži, úmysl, což je upřímnost (a zasvěcení jen Bohu) a pevný záměr vykonat, co člověk zamýšlel. Pravdomluvnost v činech je nejméně to, aby skryté bylo stejné jako zjevné, a pravdomluvnost ve stavu je upřímnost ve strachu, doufání atd. A kdo má všechny popsané vlastnosti, je nejvíce pravdomluvný (arabsky siddíq) a kdo má jen některé, je jen pravdomluvný (ar. sádiq).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5504</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>„Dva výroky jsou lehké na jazyku ale těžké na vahách a Milosrdný je má rád</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Dva výroky jsou lehké na jazyku ale těžké na vahách a Milosrdný je má rád: subhánalláhi-l-‘azím (sláva Bohu Mocnému) a subhánalláhi wa bihamdihi (sláva Bohu a Jemu chvála).”</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že jsou dva výroky, které člověk může kdykoliv v každé situaci jednoduše vyslovit, a že tyto výroky mají velkou odměnu na miskách vah a Milosrdný, Požehnaný a Všemohoucí Bůh je má rád.
 Subhánalláhi-l-‘azím (sláva Bohu Mocnému) a subhánalláhi wa bihamdihi (sláva Bohu a Jemu chvála) obsahují dokonalost a velkolepost Boha, který nemá žádný nedostatek.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Nejlepší připomínání Boha (dhikr) je to, které obsahuje slova o dokonalosti Boží a Jeho chválení.
 Rozlehlost Boží milosrdnosti vůči Jeho služebníkům, když jim dává obrovskou odměnu za malé činy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>„Pro Všemohoucího Boha není nic lepšího než prosba (dua).”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pro Všemohoucího Boha není nic lepšího než prosba (dua).”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejlepší způsob uctívání Boha je Ho prosit (dělat dua), protože tím člověk uznává, že Bůh je všeho mocný a bohatý, zatímco člověk je nemohoucí a chudý.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Velká zásluha dua a že ten, kdo prosí Boha, Ho tím uctívá a uznává, že Bůh je bohatý, protože chudého nikdo neprosí, že je slyšící, protože na hluchého nikdo nemluví, že je štědrý, protože lakomého nikdo neprosí, že je milosrdný, protože krutého nikdo neprosí, že je mocný, protože nemohoucího nikdo neprosí, a že je blízko, protože vzdálený neslyší, a že to znamená další krásné vlastnosti Všemohoucího Boha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>„Almužna nezmenší majetek a pokud člověk odpustí, Bůh zvýší jeho úctyhodnost a nikdo se před Bohem neponíží, aniž by ho Bůh povýšil.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Almužna nezmenší majetek a pokud člověk odpustí, Bůh zvýší jeho úctyhodnost a nikdo se před Bohem neponíží, aniž by ho Bůh povýšil.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že almužna nezmenší majetek, naopak almužna zabrání jeho zničení. Bůh za ni dává mnohem více dobra, a tak almužna naopak majetek zvětšuje a nezmenšuje ho.
 A pokud člověk odpouští, přestože je silný a může se pomstít, Bůh mu dá ještě větší moc a sílu.
 A pokud se někdo pokoří kvůli Bohu, ne ze strachu před druhými nebo aby se něčemu vyhnul nebo něčeho dosáhnul, Bůh mu dá za odměnu úctyhodnost a bude povýšen.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Dobro a blaženost je v řízení se islámským zákonem a v konání dobra, i když si to někteří lidé nemyslí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>„Tomu, kdo ochrání čest svého bratra, Bůh ochrání v soudný den obličej před ohněm.”</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>Abú Dardá’a (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo ochrání čest svého bratra, Bůh ochrání v soudný den obličej před ohněm.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že toho, kdo ochrání čest svého bratra muslima v jeho nepřítomnosti tím, že se ho zastane, když ho někdo nařkne nebo mu chce ublížit, Bůh ochrání před utrpením v soudný den.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Zákaz mluvit špatně a kazit pověst jiných muslimů.
 Odměna i trest jsou stejným způsobem, jako byl skutek a toho, kdo ochrání čest svého bratra, Bůh ochrání před ohněm.
 Islám je náboženstvím bratrství a vzájemného pomáhání si.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>„Tomu, kdo řekne stokrát za den:„subhánalláhi wa bihamdihi" (sláva Bohu a Jemu chvála), budou odpuštěny všechny jeho špatnosti, i kdyby jich bylo tolik jako mořské pěny.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo řekne stokrát za den:„subhánalláhi wa bihamdihi" (sláva Bohu a Jemu chvála), budou odpuštěny všechny jeho špatnosti, i kdyby jich bylo tolik jako mořské pěny.”</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo řekne stokrát za den „subhánalláhi wa bihamdihi" (sláva Bohu a Jemu chvála), budou odpuštěny a prominuty všechny jeho špatnosti, i kdyby jich bylo tolik jako mořské pěny.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Této odměny se dostane tomu, kdo to řekne stokrát za den, ať je to najednou nebo po částech.
 „Subhánalláh" (sláva Bohu) znamená, že Bůh nemá žádný nedostatek. A „alhamdulilláh" (chvála Bohu) znamená připsat Bohu veškerou dokonalost, milovat Ho a vyvyšovat Ho.
 Špatnostmi se v hadíthu myslí malé hříchy, protože pro odpuštění velkých hříchů je třeba udělat pokání.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>„Kdo desetkrát řekne: „Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír." (Není boha kromě Boha, Jediného, který nemá společníka žádného, Jemu náleží vláda i chvála a On má moc nad každou věcí),</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>Abú Ajjúb (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo desetkrát řekne: „Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír." (Není boha kromě Boha, Jediného, který nemá společníka žádného, Jemu náleží vláda i chvála a On má moc nad každou věcí), bude to, jako kdyby propustil na svobodu čtyři duše (otroky) synů Izmaela.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo řekne: „Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír." (Není boha kromě Boha, Jediného, který nemá společníka žádného, Jemu náleží vláda i chvála a On má moc nad každou věcí.) a zopakuje tuto větu za den desetkrát, se dostane stejné odměny jako tomu, kdo propustil na svobodu čtyři otroky z potomstva Izmaela, syna Abrahama (mír s nimi). V hadíthu jsou zmíněni potomci Izmaela, protože jsou považováni za nejurozenější z lidí.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Připomínání Boha (dhikr) těmito slovy zahrnuje chválení Boha, uznávání Boží jedinosti, Jeho království a Jeho dokonalé moci.
 Tuto odměnu dostane ten, kdo tuto větu řekne desetkrát za sebou, i ten, kdo ji tolikrát řekne kdykoliv během dne.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>„Pro koho chce Bůh dobro, toho poučí v náboženství</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>Mu'áwíja (ať je s ním Bůh spokojen) vyprávěl, že slyšel, Proroka (ať mu Bůh žehná a dá mír) říci: „Pro koho chce Bůh dobro, toho poučí v náboženství a já jsem jen ten, kdo rozděluje, zatímco Bůh je Ten, kdo dává. A dokud bude tato obec dodržovat náboženství Boží, neuškodí jí ti, kdo jsou proti ní, dokud nepřijde rozkaz Boží (soudný den).”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, pro koho chce Bůh dobro, dá porozumění Jeho náboženství a že on, Prorok (ať mu Bůh žehná a dá mír), je pouze tím, kdo rozděluje (ať je to majetek nebo vědění), ale Tím, kdo opravdu dává, je pouze Bůh a vše ostatní je pouze příčinou z dovolení Božího. A že dokud bude tato obec dodržovat náboženství Boží, neuškodí jí ti, kdo jsou proti ní, dokud nepřijde soudný den.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Velkolepost a velká zásluha islámského vědění, jeho vyučování a nabádání k němu.
 Držet se pravdy je pro tuto obec závazné a pokud to nějaká její část nedělá, musí to dělat jiná část.
 Poučení v náboženství je dobrem, které si Bůh přeje pro Svého služebníka.
 Prorok (ať mu Bůh žehná a dá mír) sám nic nevlastnil a cokoliv dával, bylo jen z dovolení Božího.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5518</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ</t>
+    <t>يا أيها الناس، أفشوا السلام، وأطعموا الطعام، وصلوا الأرحام، وصلوا بالليل والناس نيام، تدخلوا الجنة بسلام</t>
   </si>
   <si>
     <t>„Lidé, šiřte pozdrav, krmte jídlem, udržujte rodinná pouta a modlete se v noci, když lidé spí, a vstoupíte v míru do ráje.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدُ اللَّهِ بْنُ سَلَامٍ رضي الله عنه قَالَ: لَمَّا قَدِمَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ الْمَدِينَةَ انْجَفَلَ النَّاسُ قِبَلَهُ، وَقِيلَ: قَدِمَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ، قَدِمَ رَسُولُ اللَّهِ، قَدِمَ رَسُولُ اللَّهِ، ثَلَاثًا، فَجِئْتُ فِي النَّاسِ لِأَنْظُرَ، فَلَمَّا تَبَيَّنْتُ وَجْهَهُ، عَرَفْتُ أَنَّ وَجْهَهُ لَيْسَ بِوَجْهِ كَذَّابٍ، فَكَانَ أَوَّلُ شَيْءٍ سَمِعْتُهُ تَكَلَّمَ بِهِ أَنْ قَالَ: «يَا أَيُّهَا النَّاسُ، أَفْشُوا السَّلَامَ، وَأَطْعِمُوا الطَّعَامَ، وَصِلُوا الْأَرْحَامَ، وَصَلُّوا بِاللَّيْلِ وَالنَّاسُ نِيَامٌ، تَدْخُلُوا الْجَنَّةَ بِسَلَامٍ».</t>
   </si>
   <si>
     <t>‘Abulláh Ibn Salám (ať je s ním Bůh spokojen) vyprávěl: „Když Prorok (ať mu Bůh žehná a dá mír) přijel do Medíny, lidé k němu rychle přiběhli a bylo řečeno: Přijel Posel Boží (ať mu Bůh žehná a dá mír), přijel Posel Boží, přijel Posel Boží, třikrát. Přišel jsem s lidmi, abych se podíval, a když jsem jasně viděl jeho obličej, věděl jsem, že nemůže být lhář, a první věc, kterou jsem od něj uslyšel, že řekl, byla: „Lidé, šiřte pozdrav, krmte jídlem, udržujte rodinná pouta a modlete se v noci, když lidé spí, a vstoupíte v míru do ráje.”</t>
   </si>
   <si>
     <t>لما جَاءَ النبيُّ صلى الله عليه وسلم المدينة، ورآه الناس اتجهوا ناحيتَه مسرعين، وممن توجه إليه عبد الله بن سَلَامٍ رضي الله عنه وكان من اليهود، فلما رآه عرف أن وجهه ليس بوجه كذاب؛ لِمَا يبدو عليه من النور والجمال والهيبة الصادقة، 
 فكان أول شيء سمعه من النبي صلى الله عليه وسلم أنه حث الناس على أعمال تكون سببًا في دخول الجنة، ومنها: 
 أولًا: نشر تحية السلام وإظهاره والإكثار منه على مَن عرفت ومن لم تعرف. 
 ثانيًا: إطعام الطعام بالصدقة والهدية والضيافة.
 ثالثًا: صلة الأرحام بمن تربطك بهم رحم أو قرابة من جهة الأب أو الأم.
 رابعًا: صلاة نافلة قيام الليل والناس نيام.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) přijel do Medíny a lidé ho uviděli, ihned k němu spěchali a s nimi i ‘Abdulláh Ibn Salám (ať je s ním Bůh spokojen), který patřil mezi židy. Když Proroka uviděl, poznal, že jeho obličej není obličejem lháře, protože jeho obličej svítil světlem a krásou a pravdomluvností. A první věcí, kterou slyšel od Proroka (ať mu Bůh žehná a dá mír), bylo, že nabádal lidi k činům, které jsou příčinou vstupu do ráje, a mezi ně patří:
 Za prvé: rozšiřování pozdravu míru, říkat ho často a veřejně lidem, které člověk zná i které nezná.
 Za druhé: nakrmení jídlem jako almužna, dárek i pohostinnost.
 Za třetí: udržování rodinných pout se všemi blízkými i vzdálenými příbuznými z matčiny i otcovy strany.
 Za čtvrté: doporučené noční modlitby, když ostatní lidé spí.</t>
   </si>
   <si>
     <t>استحباب نشر تحية السلام بين المسلمين، وأما غير المسلم فلا يُبدأ بالسلام، وإن سَلَّم بقول: السلام عليكم، فيُرد عليه بقول: وعليكم.</t>
   </si>
   <si>
     <t>Doporučení zní šířit pozdrav míru mezi muslimy, co se týče nemuslimů, ti se nemají zdravit slovy as-salamu alajkum jako první, pokud ale oni jako první řeknou as-salamu alajkum, má se jim odpovědět: Wa alajkum.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5520</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>„Bůh miluje služebníka, který je bohabojný, soběstačný a pokorný.”</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>Sa'ad Ibn Abí Waqás (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Bůh miluje služebníka, který je bohabojný, soběstačný a pokorný.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že Bůh miluje některé Své služebníky, například:
 Bohabojné: to jsou ti, kteří dodržují Boží příkazy a varují se Jeho zákazů.
 Soběstačné: to jsou ti, kteří nepotřebují žádného člověka a nikoho jiného než Boha.
 Pokorní: to jsou ti, kteří pokorně uctívají Boha, zabývají se jen tím, co jim prospěje v budoucím životě, a nezáleží jim na tom, aby je někdo znal, mluvil o nich a chválil je.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Ukázání některých vlastností, které má Bůh rád a mezi které patří bohabojnost, pokora a spokojenost s tím, co Bůh člověku dal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5545</t>
   </si>
   <si>
-    <t>إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ</t>
+    <t>إنكم سترون ربكم كما ترون هذا القمر، لا تضامون في رؤيته</t>
   </si>
   <si>
     <t>Věru, že uvidíte svého Pána tak, jako vidíte tento měsíc, aniž by to pro vás bylo těžké,</t>
   </si>
   <si>
     <t>عن جَرِيْر بنِ عبدِ الله رضي الله عنه قال: كُنَّا عِنْدَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَنَظَرَ إِلَى الْقَمَرِ لَيْلَةً -يَعْنِي الْبَدْرَ- فَقَالَ: «إِنَّكُمْ سَتَرَوْنَ رَبَّكُمْ كَمَا تَرَوْنَ هَذَا الْقَمَرَ، لَا تُضَامُونَ فِي رُؤْيَتِهِ، فَإِنِ اسْتَطَعْتُمْ أَنْ لَا تُغْلَبُوا عَلَى صَلَاةٍ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ غُرُوبِهَا فَافْعَلُوا» ثُمَّ قَرَأَ: «{وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}»</t>
   </si>
   <si>
     <t>Džarír Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl: „Byli jsme s Prorokem (ať mu Bůh žehná a dá mír) a on se podíval v noci na měsíc - tj. v úplňku, a řekl: „Věru, že uvidíte svého Pána tak, jako vidíte tento měsíc, aniž by to pro vás bylo těžké, a pokud se můžete vyhnout zameškání modlitby před východem a západem slunce, tak to udělejte." Poté zarecitoval: {a před slunce východem a západem oslavuj chválu svého Pána}."</t>
   </si>
   <si>
     <t>كان الصحابةُ مع النبيِّ صلى الله عليه وسلم ذات ليلةٍ فنَظَرَ إلى القمر -ليلة الرابع عشر-، فقال: 
 إنَّ المؤمنين سيرون ربَّهم حقيقةً بالعين دون اشتباه، وأنهم لا يتزاحمون ولا يصيبهم تعب ولا مشقة عند رؤيته تعالى. 
 ثم قال رسول الله صلى الله عليه وسلم: 
 فإن استطعتم قطعَ الأسبابِ التي تَصرفُكم عن صلاةِ الفجر وصلاةِ العصر فافعلوا، وأتوا بهما كاملتين في وقتهما في جماعة، فإن ذلك من أسباب النظر إلى وجه الله عز وجل، 
 ثم قرأ صلى الله عليه وسلم الآية: 
 {وَسَبِّحْ بِحَمْدِ رَبِّكَ قَبْلَ طُلُوعِ الشَّمْسِ وَقَبْلَ الْغُرُوبِ}.</t>
   </si>
   <si>
     <t>Sahába byli jednou v noci s Prorokem (ať mu Bůh žehná a dá mír) a on se čtrnáctou noc v měsíci podíval na měsíc a řekl, že věřící uvidí svého Pána očima bez jakýchkoli pochyb, aniž by tím byli unavení anebo měli při Jeho spatření jakékoliv těžkosti. Poté Posel Boží (ať mu Bůh žehná a dá mír) řekl: Pokud dokážete odstranit příčiny, které vedou k zanedbání modlitby fadžr a 'asr, tak to udělejte, abyste se je mohli modlit dokonale, ve skupině, ve správném čase, protože je to jeden z důvodů spatření Boha. Poté Prorok (ať mu Bůh žehná a dá mír) přednesl tento verš: {a před slunce východem a západem oslavuj chválu svého Pána}.</t>
   </si>
   <si>
     <t>البشرى لأهل الإيمان برؤية الله تعالى في الجنة.
 مِن أساليب الدعوة: التوكيدُ والترغيبُ وضَرْبُ الأمثال.</t>
   </si>
   <si>
     <t>Radostné oznámení věřícím, že v ráji uvidí Boha.
 Ze způsobů správného vyzývání k Bohu je utvrzení, vzbuzování zájmu a uvádění příkladů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5657</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>že Prorok (ať mu Bůh žehná a dá mír) nikdy neodmítnul parfém</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) nikdy neodmítnul parfém.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>Mezi správné vedení Proroka (ať mu Bůh žehná a dá mír) patří, že nikdy neodmítnul parfém, pokud mu ho někdo věnoval, protože je lehký a hezky voní.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Doporučení přijmout parfém, pokud ho člověk dostane darem, protože je lehký a není výčitek pro toho, kdo ho přijme.
 Dokonalost a dobré mravy Proroka (ať mu Bůh žehná a dá mír), který neodmítal dary a přijímal je, hlavně když se jednalo o parfém.
 Nabádání k používání parfémů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5733</t>
   </si>
   <si>
-    <t>اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ،</t>
+    <t>اتقوا الظلم، فإن الظلم ظلمات يوم القيامة، واتقوا الشح، فإن الشح أهلك من كان قبلكم،</t>
   </si>
   <si>
     <t>„Varujte se křivd, protože křivdy jsou v soudný den temnotami, a varujte se lakoty, protože lakota zahubila ty, kteří byli před vámi,</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللهِ رضي الله عنهما أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «اتَّقُوا الظُّلْمَ، فَإِنَّ الظُّلْمَ ظُلُمَاتٌ يَوْمَ الْقِيَامَةِ، وَاتَّقُوا الشُّحَّ، فَإِنَّ الشُّحَّ أَهْلَكَ مَنْ كَانَ قَبْلَكُمْ، حَمَلَهُمْ عَلَى أَنْ سَفَكُوا دِمَاءَهُمْ وَاسْتَحَلُّوا مَحَارِمَهُمْ».</t>
   </si>
   <si>
     <t>Džábir Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Varujte se křivd, protože křivdy jsou v soudný den temnotami, a varujte se lakoty, protože lakota zahubila ty, kteří byli před vámi, vedla je k prolévání krve a povolení zakázaného.”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم من الظلم، ومنه: ظلم الناس وظلم النفس والظلم في حق الله تعالى، 
 وهو تَرْكُ إعطاءِ كلِّ ذِي حقٍّ حقَّه، وأنَّ الظلم ظلمات على أصحابِه يوم القيامة من حصول الشدائد والأهوال، 
 ونهى عن الشح الذي هو شدة البخل مع الحرص، ومنه التقصير في أداء الحقوق المالية وشدة الحرص على الدنيا، 
 وهذا النوع من الظلم أَهْلَكَ من كان قبلنا من الأمم، حيث حَمَلَهم على قتل بعضهم، وإباحة ما حرم الله من المحرمات.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před pácháním křivd, kam patří křivdění jiným lidem, sám sobě i vůči Božímu právu. Křivda je, když člověk nedává práva těm, komu náleží. A tím, že křivda je v soudný den temnotami, se myslí, že kdo ji páchal, zažije velký strach, zděšení a trest. A zakázal lakotu, do které spadá i opomíjení majetkových práv a přílišná péče a starost o tento pozemský svět. A tento druh křivdy zahubil národy, které byly před námi, protože je vedl k vzájemnému zabíjení a povolování toho, co Bůh zakázal.</t>
   </si>
   <si>
     <t>بذل المال ومواساة الإخوان من أسباب التَّحَابِّ والتواصل.
 البخل والشح يَجُرُّ إلى المعاصي والفواحش والآثام.
 الاعتبار بأحوال الأمم السابقة.</t>
   </si>
   <si>
     <t>Dávání majetku a pomáhání bratrům patří mezi prostředky, které vedou k jednotě a lásce.
 Lakota vede ke hříchům a hanebnostem.
 Brát si ponaučení z předešlých národů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5787</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>„Nejdokonalejší víru má ten věřící, který má nejlepší mravy, a nejlepší z vás je ten, kdo je nejlepší ke své ženě.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nejdokonalejší víru má ten věřící, který má nejlepší mravy, a nejlepší z vás je ten, kdo je nejlepší ke své ženě.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejdokonalejší víru má ten věřící, který má nejlepší mravy (například se na ostatní usmívá, hezky mluví, neubližuje a vynakládá úsilí při dodržování zvyku).
 A že nejlepší z věřících jsou ti, kteří se chovají nejlépe ke svým ženám, tj. manželce, dceři, sestře a dalším ženským příbuzným, protože si zaslouží nejlepší chování.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Dobré mravy patří k víře a jsou chválené.
 Konání činů patří k víře, která stoupá a klesá.
 Islám uctil ženu a nabádá k dobrému chování vůči ní.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>„Pozemský život je užívání a nejlepší pozemské užívání je zbožná žena.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pozemský život je užívání a nejlepší pozemské užívání je zbožná žena.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pozemský život se vším, co v něm je, je pouze dočasné užívání, které skončí, a  nejlepším užíváním je zbožná žena, na kterou když se manžel podívá, má radost, když jí něco nařídí, poslechne jej a když je od ní vzdálen, ochrání pro něj svoji čest a jeho majetek.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Povolení užívat si v pozemském životě dobrých věcí, které Bůh povolil svým služebníkům, bez zbytečného plýtvání.
 Nabádání k výběru zbožné ženy, protože pomáhá manželovi uctívat jeho Pána.
 Nejlepším užíváním pozemského života je to, co pomáhá a vede k uctívání Boha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا</t>
+    <t>إن الدين يسر، ولن يشاد الدين أحد إلا غلبه، فسددوا وقاربوا</t>
   </si>
   <si>
     <t>„Věru že náboženství je jednoduché a nebude nikdo, kdo by ztěžoval náboženství, aniž by ho to přemohlo, a tak zjednodušujte, přibližujte</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ الدِّينَ يُسْرٌ، وَلَنْ يُشَادَّ الدِّينَ أَحَدٌ إِلَّا غَلَبَهُ، فَسَدِّدُوا وَقَارِبُوا، وَأَبْشِرُوا، وَاسْتَعِينُوا بِالْغَدْوَةِ وَالرَّوْحَةِ وَشَيْءٍ مِنَ الدُّلْجَةِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Věru že náboženství je jednoduché a nebude nikdo, kdo by ztěžoval náboženství, aniž by ho to přemohlo, a tak zjednodušujte, přibližujte a oznamujte dobré zprávy a pomozte si brzkým ránem (al-ghadwa), odpolednem (ar-rawha) a částí noci (ad-duldža).”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ دينَ الإسلامِ مبنيٌّ على التيسير والسهولة في كل شؤونه، ويتأكد التيسير عند وجود سبب العجز والحاجة، ولأنَّ التعمُّقَ في الأعمال الدينية وترك الرفق عاقبتُه العجز والانقطاع عن العمل كله أو بعضه،
 ثم حث صلى الله عليه وسلم على التوسط من غير مبالغة؛ فلا يُقصِّر العبد فيما أُمر به، ولا يتحمل ما لا يطيقه، فإن عجز عن العمل بالأكمل؛ فالعمل على ما يَقْرُبُ منه.
 وبشَّر صلى الله عليه وسلم بالثواب الجزيل على العمل الدائم وإن قلَّ لمَن عجز عن العمل بالأكمل؛ لأن العجز إذا لم يكن من صنيعه فلا يستلزم نقص أجره. 
 وحيث أن الدنيا في الحقيقة دار سفر ونُقْلة إلى الآخرة أمر صلى الله عليه وسلم بالاستعانة على مداومة العبادة بإيقاعها في الأوقات الثلاثية المنشطة: 
 الأول: الغَدوة: بسير أول النهار؛ ما بين صلاة الفجر وطلوع الشمس. 
 الثاني: الرَّوحة: بالسير بعد الزوال. 
 الثالث: الدُّلْجة: بسير الليل كله أو بعضه، ولأن عمل الليل أشق من عمل النهار أمر ببعضه بقوله: وشيءٍ من الدلجة.</t>
   </si>
   <si>
-    <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že islámské náboženství je postavené na jednoduchosti a usnadnění ve všech jeho záležitostech a zvláště v případě potřeby a nemohoucnosti, protože přehánění v náboženských činech a zanechání milosrdnosti končí neschopností a částečným nebo úplným zastavením  konání skutků. . Poté Prorok (ať mu Bůh žehná a dá mír) nabádal k prostřední cestě, bez přehánění, kdy člověk nedělá méně, než mu bylo nařízeno, ani si na sebe nebere tolik, kolik není schopen splnit. A i kdyby to, co udělá, nebylo zcela dokonalé, tak činy jsou posuzovány podle toho, čemu jsou nejblíže.
+    <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že islámské náboženství je postavené na jednoduchosti a usnadnění ve všech jeho záležitostech a zvláště v případě potřeby a nemohoucnosti, protože přehánění v náboženských činech a zanechání milosrdnosti končí neschopností a částečným nebo úplným zastavením  konání skutků. Poté Prorok (ať mu Bůh žehná a dá mír) nabádal k prostřední cestě, bez přehánění, kdy člověk nedělá méně, než mu bylo nařízeno, ani si na sebe nebere tolik, kolik není schopen splnit. A i kdyby to, co udělá, nebylo zcela dokonalé, tak činy jsou posuzovány podle toho, čemu jsou nejblíže.
 A Prorok (ať mu Bůh žehná a dá mír) oznámil radostnou zprávu o velké odměně za pravidelné konání dobrých skutků, i kdyby jich nebylo tolik a nebyly dokonalé, pro toho, kdo toho není schopen, protože neschopnost není jeho vinou, a tak kvůli ní nemůže být zmenšena odměna.
 A protože tento svět je ve skutečnosti jen cesta a přechod do světa budoucího, Prorok (ať mu Bůh žehná a dá mír) nařídil, aby si člověk pomohl k pravidelnému uctívání tím, že ho bude konat ve třech časech, kdy je k němu síla:
 První: al-ghadwa - to je doslova cestování od brzkého rána, tj. mezi modlitbou fadžr a východem slunce.
 Druhý: ar-rawha - to je cestování po začátku poledního stínu.
 Třetí: ad-duldža - to je cestování po celou noc nebo její část a protože skutky vykonané v noci jsou těžší než skutky vykonané ve dne, nařídil jen část noci, ve slovech: „částí noci.”</t>
   </si>
   <si>
     <t>يُسر وسماحة الشريعة الإسلامية وتوسُّطها بين الإفراط والتفريط.
 على العبد أن يأتي بالأمر بقدر استطاعته، من دون تساهل أو تشديد.
 على العبد أن يختار أوقات النشاط في العبادة، وهذه الأوقات الثلاثة بخصوصها هي أروح ما يكون فيها البدن للعبادة.
 قال ابن حجر العسقلاني: كأنه صلى الله عليه وسلم خاطب مسافرًا إلى مقصدٍ، وهذه الأوقات الثلاثة أطيب أوقات المسافر، فنبهه على أوقات نشاطه؛ لأن المسافر إذا سافر الليل والنهار جميعًا عجز وانقطع، وإذا تحرَّى السير في هذه الأوقات المنشطة أمكنته المداومة من غير مشقة.
 قال ابن حجر: الإشارة في هذا الحديث إلى الأخذ بالرخصة الشرعية، فإنّ الأخذ بالعزيمة في موضع الرخصة تَنَطُّعٌ، كمن يترك التيمم عند العجز عن استعمال الماء فيفضي به استعماله إلى حصول الضرر.
 قال ابن المنير: في هذا الحديث عَلَمٌ من أعلام النبوة، فقد رأينا ورأى الناس قبلنا أن كل متنطع في الدين ينقطع، وليس المراد مَنْعِ طلب الأكمل في العبادة فإنه من الأمور المحمودة، بل منع الإفراط المؤدّي إلى الملال، أو المبالغة في التطوع المفضي إلى ترك الأفضل، أو إخراج الفرض عن وقته كمَن بات يصلي الليل كلَّه فنام عن صلاة الصبح في الجماعة، أو إلى أن طلعت الشمس فخرج وقت الفريضة.</t>
   </si>
   <si>
     <t>Snadnost a tolerance islámského zákona a jeho střední cesta mezi přeháněním a nedbalostí.
 Člověk by měl dělat věci, tak jak je jich schopen, aniž by přeháněl a aniž by zlehčoval.
 Člověk by si měl k uctívání vybrat časy, ve kterých je aktivní, a tyto tři výše zmíněné časy jsou pro tělo nejvhodnější k uctívání.
 Ibn Hadžar al-‘Asqalání řekl: Jako by Prorok (ať mu Bůh žehná a dá mír) mluvil k cestujícímu, který někam cestuje, a tyto tři časy jsou nejlepší pro cestujícího, a upozornil ho na časy aktivity, protože pokud by cestoval ve dne a v noci, nebyl by toho schopen a cestu by přerušil, ale pokud by cestoval v těchto časech aktivity, mohl by trvale cestovat bez obtíží.
 Ibn Hadžar řekl: Tento hadíth ukazuje na použití ulehčující vyjímky (ruchsa), protože držet se povinnosti (‘azíma) tam, kde je možné použít ulehčující vyjímku (ruchsa) je přehánění, jako například ten, kdo není schopen použít vodu a neudělá tajammum a pak kvůli použití vody dojde úhony.
 Ibn al-Munajir řekl: V tomto hadíthu se nachází jedno ze znamení proroctví, protože vidíme a i lidé před námi viděli, že každý, kdo přehání v náboženství, nakonec přestane  uctívat úplně. A není zde myšleno snažit se uctívat co nejdokonaleji, protože to je chvályhodná věc, ale myšleno je přehánění, které vede ke znudění, nebo přehánění v nějakém uctívání, které vede k zanechání lepšího nebo nevykonání povinnosti v jejím čase, jako ten, kdo se modlil celou noc a pak zaspal modlitbu za úsvitu ve skupině nebo ji zaspal až do východu slunce, kdy vypršel její čas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5795</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>„V ničem se nenachází laskavost, aniž by to tuto věc zkrášlilo, a z ničeho není odňata, aniž by to tuto věc zohyzdilo.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>‘Á'iša (ať je s ní Bůh spokojen), manželka Proroka (ať mu Bůh žehná a dá mír), vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) řekl: „V ničem se nenachází laskavost, aniž by to tuto věc zkrášlilo, a z ničeho není odňata, aniž by to tuto věc zohyzdilo.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že laskavost ve slovech a činech jim přidává krásu, dobro a dokonalost a také díky ní člověk spíše dosáhne svého.
 Zatímco pokud v nich laskavost chybí, stanou se špatnými a ošklivými, a člověk tak ničeho nedosáhne, leda s obtížemi.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Nabádání k laskavosti.
 Laskavost člověka zkrášluje a je příčinou mnohého dobra v tomto i budoucím životě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>„Věru že Bůh je spokojen se služebníkem, který sní jídlo a poděkuje Mu za něj nebo se napije pití a poděkuje Mu za něj.”</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru že Bůh je spokojen se služebníkem, který sní jídlo a poděkuje Mu za něj nebo se napije pití a poděkuje Mu za něj.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že děkovat Bohu za to, co člověku dal, patří k věcem, za které získá Boží spokojenost. Proto by měl po jídle nebo pití říci: „alhamdulilláh" (chvála (díky) Bohu).</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Štědrost Boha, který člověka obdaruje a je spokojený, když Mu poděkuje.
 Spokojenosti Boží lze dosáhnout těmi nejjednoduššími prostředky, jako poděkování za jídlo a pití.
 K etiketě jezení a pití patří říci po jídle nebo pití: „alhamdulilláh" (chvála (díky) Bohu).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>„Věru, že dobrými mravy věřící dosáhne postavení toho, kdo se postí a modlí.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>‘Á'iša (ať je s ní Bůh spokojen) vyprávěla, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že dobrými mravy věřící dosáhne postavení toho, kdo se postí a modlí.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že dobrými mravy člověk dosáhne postavení člověka, který se každý den postí a celou noc se modlí. Do dobrých mravů patří: pomáhat lidem, hezky mluvit, usmívat se, neubližovat a snášet lidi.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Velká péče islámu o výchovu k dobrým mravům.
 Velká zásluha dobrých mravů, kdy člověk, který má dobré mravy, dosáhne stupně člověka, který se neustále postí a modlí.
 Půst přes den a modlení v noci jsou pro člověka velké a těžké činy. Proto si jejich status zaslouží člověk, který má dobré mravy, protože bojuje sám se sebou, aby se choval hezky a správně.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Věru, že nejlepší z vás jsou ti, kteří mají nejlepší mravy.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) nikdy nemluvil ošklivě, ani se ošklivě nechoval a říkával: „Věru, že nejlepší z vás jsou ti, kteří mají nejlepší mravy.”</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) neměl žádné špatné mravy, nemluvil ošklivě, ani se ošklivě nechoval, ani neměl ošklivé myšlenky a nedělal naschvály, naopak měl jen dobré mravy.
 Prorok (ať mu Bůh žehná a dá mír) říkával: nejlepší z vás u Boha jsou ti, kteří mají dobré mravy (například se na ostatní usmívají, hezky mluví, neškodí lidem, chovají se k nim hezky a pomáhají lidem, aniž by o to žádali.</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Věřící by se měl vyvarovat ošklivého mluvení a jednání.
 Dokonalé mravy Proroka (ať mu Bůh žehná a dá mír), který se choval a mluvil pouze hezky.
 Dobré mravy jsou předmětem soutěžení a ten, kdo vyhraje, je nejlepší věřící s nejdokonalejší vírou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>„Bůh pravil: rozdávej, synu Adama, a Já dám tobě.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bůh pravil: rozdávej, synu Adama, a Já dám tobě.”</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh pravil: rozdávej povinné i doporučené almužny, synu Adama, a Já ti za to rozšířím majetek a požehnám ti v něm.</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Nabádání k dávání almužen a rozdávání majetku na cestě Boží.
 Rozdávání majetku na dobročinné účely je největší příčinou požehnání a znásobení majetku, kdy Bůh dá člověku to, co rozdal.
 Tento hadíth patří do skupiny hadíthů, kdy Prorok (ať mu Bůh žehná a dá mír) vypráví, co říká Bůh. Tyto hadíthy se nazývají al-qudsí (svaté) a mají význam i přesné znění od Boha, ale liší se od Koránu tím, že je nelze recitovat v modlitbě, není za to odměna, není třeba být očištěn, aby se jich mohl člověk dotýkat atd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5805</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ</t>
+    <t>أن رجلا سأل النبي صلى الله عليه وسلم: أي الإسلام خير؟ قال: تطعم الطعام، وتقرأ السلام على من عرفت ومن لم تعرف</t>
   </si>
   <si>
     <t>že jeden muž se zeptal Proroka (ať mu Bůh žehná a dá mír), jaký islám je nejlepší? A on odpověděl: „Nakrm jídlem a zdrav toho, koho znáš, i toho, koho neznáš.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَيُّ الإِسْلاَمِ خَيْرٌ؟ قَالَ: «تُطْعِمُ الطَّعَامَ، وَتَقْرَأُ السَّلاَمَ عَلَى مَنْ عَرَفْتَ وَمَنْ لَمْ تَعْرِفْ».</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že jeden muž se zeptal Proroka (ať mu Bůh žehná a dá mír), jaký islám je nejlepší? A on odpověděl: „Nakrm jídlem a zdrav toho, koho znáš, i toho, koho neznáš.”</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم: أيُّ خِصَالِ الإسلامِ أفضلُ؟ فَذَكَرَ خَصْلتين:
 الأولى: الإكثار من إطعام الفقراء، ويدخل فيه الصدقة والهدية والضيافة والوليمة، وتتأكد فضيلة الإطعام في أوقات المجاعة وغلاء الأسعار. 
 والثانية: إلقاء السلام على كلِّ مسلم، عَرَفْتَه أوْ لم تَعْرِفْه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán na to, jaké věci jsou v islámu nejlepší, a zmínil dvě:
 První: krmit co nejvíce chudé, tam patří i dávání almužen, darů, pohoštění a hoštění hostů. A pokud toto dělá v dobách, kdy je hladomor nebo vysoké ceny, má větší odměnu.
 Druhá: zdravit pozdravem míru každého muslima, ať ho zná nebo ne.</t>
   </si>
   <si>
     <t>حرص الصحابة على معرفة الخِصال التي تنفع في الدنيا والآخرة.
 السلام وإطعام الطعام من أفضل الأعمال في الإسلام؛ لفضلها وحاجة الناس إليها في كل وقت.
 بهاتين الخصلتين يجتمع الإحسان بالقول والفعل، وهو أكمل الإحسان.
 هذه الخصال فيما يتعلَّق بتعامل المسلمين فيما بينهم، وهناك خِصالٌ في تعامُلِ العبد مع ربِّه.
 البدء بالسلام مخصوص بين المسلمين، فلا يُسلَّم ابتداءً على كافر.</t>
   </si>
   <si>
     <t>Snaha a zájem druhů Proroka dozvědět se věci, které jim budou prospěšné v tomto i budoucím světě.
 Zdravení a nakrmení patří do nejlepších skutků v islámu, protože jsou lidem potřebné a dobré v každé době.
 Těmito dvěma skutky se spojuje konání dobra slovem i činem, což je nejdokonalejší konání dobra.
 Tyto skutky se týkají chování muslimů mezi sebou, zatímco jiné skutky se týkají chování člověka vůči Bohu.
 Zdravení slovy As-salámu ‘alajkum se týká pouze muslimů a neměli by se takto zdravit nemuslimové.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5808</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>„Věru, že Bůh počká tomu, kdo páchá křivdy, ale když se ho zmocní, už ho nepustí,</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>Abú Músá (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh počká tomu, kdo páchá křivdy, ale když se ho zmocní, už ho nepustí,” a pak recitoval: „{Takový je zásah Pána tvého, když města zasahuje, jež nespravedlivá jsou. A zásah Jeho věru bolestný je a prudký!} [Húd: 102]”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před setrváním v páchání křivd, jako je dopouštění se hříchů, přidružování a křivdění lidem, protože Bůh takovému člověku počká, prodlouží mu věk a nespěchá s trestem, ale pokud se nebude kát, zmocní se ho za křivdy, které páchal, a už nepustí.
 Proto Prorok (ať mu Bůh žehná a dá mír) recitoval: {Takový je zásah Pána tvého, když města zasahuje, jež nespravedlivá jsou. A zásah Jeho věru bolestný je a prudký!} [Húd: 102]</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Rozumný člověk by měl spěchat s pokáním, protože pokud bude v páchání křivd pokračovat, není v bezpečí před Boží lstí.
 Boží odklad a nespěchání s trestem těm, kdo páchají křivdy, je proto, aby jim trest byl zvýšen, pokud se nebudou kát.
 Páchání křivd je příčinou Božího trestu národům.
 Pokud Bůh zahubil nějakou vesnici, ve které byli zbožní lidé, tito zbožní lidé budou vzkříšeni, tak jak zemřeli jako zbožní, a tento Boží trest jim neuškodí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5811</t>
   </si>
   <si>
-    <t>كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ،</t>
+    <t>كلكم راع فمسئول عن رعيته،</t>
   </si>
   <si>
     <t>„Každý z vás je pastýřem a je zodpovědný za své stádo</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بنِ عُمرَ رَضِيَ اللَّهُ عَنْهُما أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «كُلُّكُمْ رَاعٍ فَمَسْئُولٌ عَنْ رَعِيَّتِهِ، فَالأَمِيرُ الَّذِي عَلَى النَّاسِ رَاعٍ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالرَّجُلُ رَاعٍ عَلَى أَهْلِ بَيْتِهِ وَهُوَ مَسْئُولٌ عَنْهُمْ، وَالمَرْأَةُ رَاعِيَةٌ عَلَى بَيْتِ بَعْلِهَا وَوَلَدِهِ وَهِيَ مَسْئُولَةٌ عَنْهُمْ، وَالعَبْدُ رَاعٍ عَلَى مَالِ سَيِّدِهِ وَهُوَ مَسْئُولٌ عَنْهُ، أَلاَ فَكُلُّكُمْ رَاعٍ وَكُلُّكُمْ مَسْئُولٌ عَنْ رَعِيَّتِهِ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Každý z vás je pastýřem a je zodpovědný za své stádo. Emír (vůdce) lidí je pastýřem a je za ně zodpovědný. Muž je pastýřem ve své rodině a je za ni zodpovědný, žena je pastýřem v domě svého manžela a jeho dětí a je za ně zodpovědná a sluha pečuje o majetek svého pána a je za něj zodpovědný, a tak je každý z vás pastýřem a je zodpovědný za to, oč pečuje.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم في المجتمع مسؤوليةً يرعاها ويَتَحَمّلُها، 
 فالإمامُ والأمير راعٍ فيما استرعاه الله، فعليه حفظُ شرائعهم، وحمايتُهم ممّن جارَ عليهم، ومجاهدة عدوهم، وعدم تضييع حقوقهم،
 والرجل في أهل بيته مُكَلَّف بالقيام عليهم بالنفقة، وحسن المعاشرة، وتعليمهم وتأديبهم،
 والمرأة في بيت زوجها راعية بحسن تدبير بيته، وتربية أولاده، وهي مسؤولة عن ذلك،
 والخادم المملوك والأجير مسؤول في مال سيده بالقيام بحفظ ما في يده منه، وخدمته، وهو مسؤول عن ذلك،
 فكل أحد راع فيما استُرْعِيَ عليه، وكل أحد مسؤول عن رعيته.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že každý muslim má ve společnosti nějakou zodpovědnost, kterou musí dodržovat. Imám a emír je zodpovědný za to, čím ho Bůh pověřil, musí hájit zákony lidí, lidi před nepřáteli a také chránit jejich práva. Muž je pověřen, aby živil svoji rodinu, dobře se k ní choval, učil ji a vychovával. Žena je pověřená chránit a pečovat o dům svého manžela a jejich děti a vychovávat je a je za to zodpovědná. Sluha nebo otrok je zodpovědný za majetek svého pána, aby ho ochraňoval, a také aby mu sloužil. A tak každý pečuje a je zodpovědný za to, co mu bylo dáno do péče.</t>
   </si>
   <si>
     <t>المسؤولية في المجتمع المسلم عامَّة، وكلٌّ بِحَسَبِهِ وقدرتِه ومسؤوليتِه.
 عِظَمُ مسؤولية المرأة، وذلك بالقيام بحقِّ بيت زوجها وواجباتِها نحو أولادِها.</t>
   </si>
   <si>
     <t>Zodpovědnost v muslimské společnosti je obecná, pro každého tolik, kolik dokáže, a za co dokáže být zodpovědný.
 Velká zodpovědnost ženy, protože má na starosti dům svého manžela a hlavně výchovu dětí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5819</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>„Nezanechal jsem po sobě škodlivější pokušení než pokušení žen pro muže.”</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>Usáma Ibn Zajd (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nezanechal jsem po sobě škodlivější pokušení než pokušení žen pro muže.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že po sobě nezanechal škodlivější pokušení a větší zkoušku, než jsou ženy pro muže, protože se stává, že muž poslouchá svou ženu ve věcech, které bývají v rozporu s islámským právem a pokud se muž přibližuje k cizím ženám a pobývá s nimi o samotě, vede to ke špatnostem.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Muslim by se měl vyvarovat pokušení žen a měl by zahradit každou cestu, která k němu vede.
 Věřící by se měl utéct pod ochranu Boha a přát si, aby ho ochránil před pokušením.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5830</t>
   </si>
   <si>
-    <t>مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ</t>
+    <t>من استطاع الباءة فليتزوج، فإنه أغض للبصر، وأحصن للفرج، ومن لم يستطع فعليه بالصوم، فإنه له وجاء</t>
   </si>
   <si>
     <t>„Kdo z vás je schopen se oženit, ať se ožení, protože to je lepší pro klopení zraku a pro cudnost, a kdo není schopný, ať se postí, protože půst je pro něj ochrana.”</t>
   </si>
   <si>
     <t>عَن عَبْدِ اللَّهِ بنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: كُنَّا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: «مَنِ اسْتَطَاعَ البَاءَةَ فَلْيَتَزَوَّجْ، فَإِنَّهُ أَغَضُّ لِلْبَصَرِ، وَأَحْصَنُ لِلْفَرْجِ، وَمَنْ لَمْ يَسْتَطِعْ فَعَلَيْهِ بِالصَّوْمِ، فَإِنَّهُ لَهُ وِجَاءٌ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl: „Byli jsme s Prorokem (ať mu Bůh žehná a dá mír) a on řekl: „Kdo z vás je schopen se oženit, ať se ožení, protože to je lepší pro klopení zraku a pro cudnost, a kdo není schopný, ať se postí, protože půst je pro něj ochrana.”</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن قَدَر على الجماع ومُؤَن النكاح بالزواج؛ فإنه أحفظ لبصره عن الحرام، وأشد إحصانًا لفرجه، ومنعًا من الوقوع في الفاحشة، 
 ومن لم يستطع مُؤنَ النكاح وهو قادر على الجماع فعليه بالصوم فإنه يقطع شهوة الفرج وشر المني.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádal toho, kdo je schopný styku a poskytnutí materiálního zabezpečení, aby se oženil, protože to chrání jeho zrak před zakázaným a vede to k cudnosti a zabraňuje to upadnutí do smilstva. A kdo není schopen poskytnout materiální zabezpečení, ale je schopen styku, měl by se postit, protože půst snižuje touhu.</t>
   </si>
   <si>
     <t>حرص الإسلام على أسباب العفَّة والسلامة من الفواحش.
 حث من لم يستطع مؤنة النكاح بالصوم؛ لأنه يضعف الشهوة.
 وجه تشبيه الصيام بالوجاء؛ لأن الوِجاء رضُّ عروق الخِصْيَتَين، فتذهب بذهابهما شهوة الجماع، وكذلك الصوم، فهو مُضعِف لشهوة الجماع.</t>
   </si>
   <si>
     <t>Zájem a snaha islámu o příčiny cudnosti a bezpečí před hanebnostmi.
 Nabádání toho, kdo není schopen se oženit kvůli financím, aby se postil, protože půst oslabuje touhu.
 „Půst je pro něj ochranou” - v originále je použito slovo widžá’, což je doslova přerušení žil varlat, a je to připodobněno k půstu, protože tím, že se zničí varlata, zničí se i touha ke styku a stejně tak půst vede ke zmenšení touhy ke styku.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5863</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>„Zjednodušujte a neztěžujte, oznamujte  radostné zvěsti a neodrazujte.”</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Zjednodušujte a neztěžujte, oznamujte  radostné zvěsti a neodrazujte.”</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil zjednodušovat lidem všechny záležitosti, ať náboženské nebo pozemské, v rámci hranic, které nastavil Bůh a Jeho zákon, a neztěžovat jim je.
 A nabádal k oznamování radostných zvěstí a neodrazování lidí.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Povinností věřícího je, aby v lidech vzbuzoval lásku k Bohu a dobru.
 Je nutné, aby ten, kdo vyzývá k Bohu, dával pozor na způsob, jakým vyzývá lidi k islámu, a choval se moudře.
 Oznamování radostných zvěstí vede k radosti a klidu toho, kdo vyzývá, a k přijetí toho, k čemu vyzývá.
 Zatímco ztěžování vyvolává odmítání a pochyby o slovech toho, kdo vyzývá.
 Rozlehlost milosrdnosti Boha vůči Jeho služebníkům, když jim dal jednoduché náboženství.
 Islámský zákon (šarí’a) přišel se zjednodušováním nařízených věcí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5866</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>ألحقوا الفرائض بأهلها، فما بقي فلأولى رجل ذكر</t>
+  </si>
+  <si>
+    <t>„Dejte dědické podíly těm, kterým jsou určeny, a co zůstane, nejbližšímu mužskému příbuznému.”</t>
+  </si>
+  <si>
+    <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَلْحِقُوا الفَرَائِضَ بِأَهْلِهَا، فَمَا بَقِيَ فَلِأَوْلَى رَجُلٍ ذَكَرٍ».</t>
+  </si>
+  <si>
+    <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Dejte dědické podíly těm, kterým jsou určeny, a co zůstane, nejbližšímu mužskému příbuznému.”</t>
+  </si>
+  <si>
+    <t>يأمر النبي صلى الله عليه وسلم القائمين على قسمة التركة أن يوزعوها على مستحقيها بالقسمة العادلة الشرعية كما أراد الله تعالى، فيعطى أصحاب الفروض المقدرة فروضهم في كتاب الله، وهي الثلثان والثلث والسدس والنصف والربع والثمن، فما بقى بعدها، فإنه يعطى إلى من هو أقرب إلى الميت من الرجال، ويسمون العصبة.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) nařídil těm, kdo rozdělují dědictví, aby ho rozdělili těm, kterým patří, podle spravedlivého islámského zákona, jak to chtěl Bůh, a dali každému, komu patří, jeho díl podle Boží Knihy, což je třetina, dvě třetiny, šestina, polovina, čtvrtina nebo osmina. A to, co zbyde po rozdělení, mají dát nejbližšímu mužskému příbuznému zemřelého; ti se arabsky nazývají ‘asaba.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في قسمة التركة.
+أن قسمة الفرائض تكون بالبداءة بأهل الفرائض.
+أن ما بقي بعد الفروض للعصبة.
+تقديم الأقرب فالأقرب فلا يرث عاصب بعيد كالعم، مع وجود عاصب قريب كالأب.
+أنه لا شيء للعاصب إذا استغرقت الفروض التركة، أي لم يبق منها شيئًا.</t>
+  </si>
+  <si>
+    <t>Tento hadíth je pravidlem při rozdělování dědictví.
+Že se při rozdělování dědictví začíná těmi, kteří na něj mají jasně určený nárok.
+Že to, co zbyde po rozdělení jasných dílů, náleží ‘asaba (nejbližší určení mužští příbuzní zemřelého).
+Nejdříve se dává tomu nejbližšímu a tak nedostane vzdálený, například strýc, pokud existuje bližší, například otec.
+Pokud je celé dědictví rozděleno a nic nezůstane, tak ‘asaba nemají na nic nárok a nic nedostanou.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/5887</t>
+  </si>
+  <si>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>„Vytrvejte v (recitaci) Koránu, při Tom, v Jehož rukou je duše Muhammada, (Korán) se ztratí rychleji než velbloud.”</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>Abú Músá al-Aš'arí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Vytrvejte v (recitaci) Koránu, při Tom, v Jehož rukou je duše Muhammada, (Korán) se ztratí rychleji než velbloud.”</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil vytrvat a pilně pravidelně přednášet Korán, aby ho člověk nezapomněl poté, co se ho naučil nazpaměť, což potvrdil přísahou k Bohu a tím, že přirovnal Korán k velbloudovi - když ho člověk pevně nedrží, tak rychle uteče a zmizí.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Pokud člověk pravidelně recituje a opakuje Korán, bude si ho stále pamatovat, pokud ne, zapomene ho.
 Přínos opakování Koránu: odměna u Boha a zvýšení postavení v soudný den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>„Nejlepší z vás je ten, kdo se naučil Korán a vyučuje ho.”</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>‘Uthmán (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nejlepší z vás je ten, kdo se naučil Korán a vyučuje ho.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejlepší z muslimů u Boha je ten, kdo se naučil dobře přednášet Korán, umí ho zpaměti, zná jeho výklad a rozumí mu a pak to učí ostatní lidi.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Ukázání ctihodnosti Koránu a že to je nejlepší řeč, protože to je řeč Boha.
 Nejlepší z těch, kteří se učí, jsou ti, kteří učí i ostatní, ne jen sebe.
 Učení a vyučování Koránu zahrnuje: jeho čtení a pochopení jeho významu a jeho nařízení.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5913</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ</t>
+    <t>والذي نفسي بيده لتركبن سنة من كان قبلكم</t>
   </si>
   <si>
     <t>, věru že při Tom, v Jehož rukou je má duše, budete následovat zvyky těch, kteří byli před vámi.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي وَاقِدٍ اللَّيْثِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ لَمَّا خَرَجَ إِلَى حُنَيْنٍ مَرَّ بِشَجَرَةٍ لِلْمُشْرِكِينَ يُقَالُ لَهَا: ذَاتُ أَنْوَاطٍ يُعَلِّقُونَ عَلَيْهَا أَسْلِحَتَهُمْ، فَقَالُوا: يَا رَسُولَ اللهِ، اجْعَلْ لَنَا ذَاتَ أَنْوَاطٍ كَمَا لَهُمْ ذَاتُ أَنْوَاطٍ، فَقَالَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «سُبْحَانَ اللهِ! هَذَا كَمَا قَالَ قَوْمُ مُوسَى {اجْعَلْ لَنَا إِلَهًا كَمَا لَهُمْ آلِهَةٌ} [الأعراف: 138] وَالَّذِي نَفْسِي بِيَدِهِ لَتَرْكَبُنَّ سُنَّةَ مَنْ كَانَ قَبْلَكُمْ».</t>
   </si>
   <si>
     <t>Abú Wáqid al-Lajthí (ať je s ním Bůh spokojen) vyprávěl, že když Posel Boží (ať mu Bůh žehná a dá mír) šel do Hunajnu, šel kolem stromu polyteistů, kterému se říkalo Dhát Anwát, na který věšeli své zbraně, a lidé řekli: „Posle Boží, udělej pro nás Dhát Anwát, stejně jako oni mají Dhát Anwát." Prorok (ať mu Bůh žehná a dá mír) řekl: „Subhánalláh (sláva Bohu) to je, jako když národ Mojžíše řekl {Mojžíši, udělej nám božstvo podobné božstvům, která mají tito!} [Rozpoznání: 138], věru že při Tom, v Jehož rukou je má duše, budete následovat zvyky těch, kteří byli před vámi.”</t>
   </si>
   <si>
     <t>خَرَجَ رسولُ الله صلى الله عليه وسلم إلى حُنَيْن وهو: وادٍ بين الطائف ومكة، وكان معه بعضُ الصحابة الذين دخلوا في الإسلام قريبًا، 
 فمرُّوا بشجرة يقال لها: "ذات أنواط"، أي: ذات مُعَلَّقات، كان المشركون يُعَظِّمونها ويعلِّقون عليها أسلحتَهم وغيرَها طلبًا للبركة، 
 فطلبوا مِن الرسول صلى الله عليه وسلم أن يَجْعَلَ لهم شجرةً مثلَها، يُعلِّقون عليها أسلحتهم، طلبًا للبركة؛ ظَنًّا منهم أنَّ هذا أمرٌ جائز، 
 فسبَّح النبيُّ صلى الله عليه وسلم استنكارًا لهذه المقالة، وتعظيمًا لله، وأخبَر أنّ هذه المقالة تُشْبِهُ مقالةَ قوم موسى له: {اجعل لنا إلهًا كما لهم آلهة}، 
 لمَّا رَأَوْا مَن يَعْبُدُ الأصنام فطلبوا أن يكونَ لهم أصنامٌ كما للمشركين أصنامٌ، وأنَّ هذا اتّباعٌ لطريقتِهم، 
 ثم أخبَر صلى الله عليه وسلم أنَّ هذه الأمة ستَتَّبِع طريقةَ اليهود والنصارى وتفعل فِعلَهم، مُحَذِّرًا من ذلك.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) šel do Hunajnu, což je údolí mezi Tá'ifem a Mekkou, a byli s ním někteří jeho druhové, kteří nově přijali islám. A šli okolo stromu, který se nazýval Dhát Anwát, což znamená ten, na který se věší, protože polyteisté tento strom uctívali a věšeli na něj zbraně a jiné věci, protože si mysleli, že pak budou požehnané. A druhové Proroka požádali Posla Božího (ať mu Bůh žehná a dá mír), aby jim dal podobný strom, na který si budou věšet zbraně, aby se jim dostalo požehnání, protože si mysleli, že to je povolené. Ale Prorok (ať mu Bůh žehná a dá mír) řekl: „Subhánalláh," což je výraz nesouhlasu s tím, co řekli, a zároveň velebení Boha. A řekl jim, že to, co říkají, je podobné tomu, co říkal lid Mojžíšův:  {udělej nám božstvo podobné božstvům, která mají tito!} Protože viděli, že oni uctívají sochy, a požádali o to, aby měli stejné sochy jako polyteisté, což je následovaní jejich cesty. Jako varování před tím poté Prorok (ať mu Bůh žehná a dá mír) řekl, že tato obec bude následovat cestu židů a křesťanů.</t>
   </si>
   <si>
     <t>الإنسانُ قد يَستحسنُ شيئًا يَظُنُّه يُقَرِّبُه إلى الله تعالى، وهو يُبْعِدُه عنه.
 ينبغي للمسلم أن يُسَبِّح ويُكَبِّر إذا سمِع ما لا ينبغي أن يُقَال في الدين، وعند التَّعَجُّب.
 من الشرك التَّبَرُّك بالأشجارِ والأحجارِ وغيرها، والبَرَكة إنما تطلب من الله وحده.
 سبب عبادة الأصنام هو تعظيمها، والعكوف عندها، والتَبَرُّك بها.
 وجوب سَدِّ الأبواب والطُّرُق التي تُوصل إلى الشرك.
 ما جاء من النصوص في ذمِّ اليهود والنصارى هو تحذيرٌ لنا.
 النَّهْيُ عن التَّشَبُّه بأهل الجاهلية واليهود والنصارى، إلا ما دلَّ الدليل على أنه من ديننا.</t>
   </si>
   <si>
     <t>Člověk některé věci považuje za dobré, protože si myslí, že ho přibližují k Všemohoucímu Bohu, ale ve skutečnosti ho od Něj oddalují.
 Pokud člověk slyší něco, co je proti náboženství, nebo se něčemu diví má říci: „Subhánalláh" nebo „Alláhu akbar."
 Hledat požehnání od stromů nebo kamenů patří do přidružování k Bohu, protože požehnání se žádá pouze od Boha.
 Příčinou uctívání soch je jejich vyvyšování a hledání u nich požehnání.
 Povinnost uzavřít všechny dveře a cesty, které vedou k přidružování.
 Cokoliv se v textech vyskytne o kritice židů a křesťanů, je považováno za varování pro nás (muslimy).
 Zákaz připodobňovat se k lidem z doby nevědomosti, židům a křesťanům, kromě věcí, u kterých je jasně řečeno, že patří i do našeho náboženství.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5927</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ</t>
+    <t>أن رجلا أتى النبي صلى الله عليه وسلم، فكلمه في بعض الأمر، فقال: ما شاء الله وشئت، فقال النبي صلى الله عليه وسلم: أجعلتني لله عدلا؟ قل: ما شاء الله وحده</t>
   </si>
   <si>
     <t>že jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a o něčem s ním mluvil a pak řekl: „Jak si přeje Bůh a ty." Prorok (ať mu Bůh žehná a dá mír) mu řekl: „Stavíš mě na roveň Bohu? Říkej: jak si přeje pouze Bůh samotný.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما: أَنَّ رَجُلًا أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَكَلَّمَهُ فِي بَعْضِ الْأَمْرِ، فَقَالَ: مَا شَاءَ اللهُ وَشِئْتَ، فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَجَعَلْتَنِي لِلَّهِ عَدْلًا؟ قُلْ: مَا شَاءَ اللهُ وَحْدَهُ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a o něčem s ním mluvil a pak řekl: „Jak si přeje Bůh a ty." Prorok (ať mu Bůh žehná a dá mír) mu řekl: „Stavíš mě na roveň Bohu? Říkej: jak si přeje pouze Bůh samotný.”</t>
   </si>
   <si>
     <t>جاءَ رجلٌ إلى النبيِّ صلى الله عليه وسلم فكَلَّمَه في أمرٍ له، ثم قال: "ما شاء الله وشئت"، 
 فأنكر عليه النبيُّ صلى الله عليه وسلم هذا القول، وأخبره أنّ عَطْف مشيئة المخلوق على مشيئة الله بالواو شِركٌ أصغر، لا يجوز للمسلم أن يَتَلَفَّظَ به، 
 ثم أَرْشَدَه إلى القول الحق: "ما شاء الله وحده"، فيُفْرِد الله في مشيئته، ولا يَعْطِف عليه مشيئة أحدٍ بأيِّ نوع من أنواع العَطْف.</t>
   </si>
   <si>
     <t>Jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a o něčem s ním mluvil a pak řekl: „Jak si přeje Bůh a ty.” Ale Prorok (ať mu Bůh žehná a dá mír) to odmítl a řekl mu, že spojovat spojkou (a) vůli člověka s vůlí Boha je považováno za malé přidružování a není povoleno, aby to muslim říkal. A pak mu řekl, co je správné říkat: „Jak si přeje pouze Bůh samotný.” Takto se mluví jen o vůli jediného Boha a nikdo se k ní nepřipojuje.</t>
   </si>
   <si>
     <t>النهي عن قول: ما شاء الله وشئت، وما أشبهه مما فيه عَطْف مشيئة العبد على مشيئة الله بالواو؛ لأنه شرك أصغر.
 وجوب إنكار المنكر.
 رسول الله صلى الله عليه وسلم قد حَمَى حِمَى التوحيد، وسدَّ طرق الشرك.
 عند إنكار المنكر يحسن توجيه المدعو إلى بديل مباح، اقتداءً بالنبي صلى الله عليه وسلم.
 الجمع بين قوله صلى الله عليه وسلم في هذا الحديث: «ما شاء الله وَحْدَه»، وقوله في الحديث الآخر: «قل: ما شاء الله ثم شئت» أن قول الشخص: «ما شاء الله ثم شئت» جائز، لكن قوله: «ما شاء الله وحده» أفضل.
 يجوز أن تقول: «ما شاء الله ثم شئت» ولكن الأفضل قول: «ما شاء الله وحده».</t>
   </si>
   <si>
     <t>Zákaz říkat: co si přeje Bůh a ty a další podobné věty, kdy se k vůli Boží připojuje vůle člověka, protože to je malé přidružování.
 Povinnost odmítat zavrženíhodné věci.
 Prorok (ať mu Bůh žehná a dá mír) jasně stanovil hranice tawhídu a uzavřel všechny cesty k přidružování.
 Pokud někdo odmítá zavrženíhodnou věc, je dobré místo ní podle vzoru Proroka (ať mu Bůh žehná a dá mír) poskytnout něco povoleného.
 Spojení tohoto hadíthu, kdy Prorok (ať mu Bůh žehná a dá mír) řekl: „Řekni: co si přeje pouze jediný Bůh,” s hadíthem, kde Prorok (ať mu Bůh žehná a dá mír) řekl: „Řekni: jak si přeje Bůh a pak jak si přeješ ty,” je takové, že slova: „Jak si přeje Bůh a pak jak si přeješ ty” jsou povolená, ale slova: „Jak si přeje pouze jediný Bůh” jsou lepší.
 Je povoleno říkat: „Jak si přeje Bůh a pak jak si přeješ ty,” ale slova: „Jak si přeje pouze jediný Bůh” jsou lepší.</t>
   </si>
   <si>
     <t>إسناده حسن</t>
   </si>
   <si>
     <t>رواه ابن ماجه والنسائي في الكبرى وأحمد</t>
   </si>
   <si>
     <t>[Jeho řetězec je dobrý (Hasan)]</t>
   </si>
   <si>
     <t>[Zaznamenal ho Ibn Mádžah, An-Nasáí v As-Sunan Al-Kubrá a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5928</t>
   </si>
   <si>
-    <t>أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ</t>
+    <t>أشد الناس عذابا عند الله يوم القيامة الذين يضاهون بخلق الله</t>
   </si>
   <si>
     <t>největší trest budou mít u Boha v soudný den ti lidé, kteří napodobují stvoření Boha</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤمنينَ رضي الله عنها قَالَتْ: دَخَلَ عَلَيَّ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَقَدْ سَتَرْتُ سَهْوَةً لِي بِقِرَامٍ فِيهِ تَمَاثِيلُ، فَلَمَّا رَآهُ هَتَكَهُ وَتَلَوَّنَ وَجْهُهُ وَقَالَ: «يَا عَائِشَةُ، أَشَدُّ النَّاسِ عَذَابًا عِنْدَ اللهِ يَوْمَ الْقِيَامَةِ الَّذِينَ يُضَاهُونَ بِخَلْقِ اللهِ» قَالَتْ عَائِشَةُ: «فَقَطَعْنَاهُ فَجَعَلْنَا مِنْهُ وِسَادَةً أَوْ وِسَادَتَيْنِ».</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen) vyprávěla: „Posel Boží (ať mu Bůh žehná a dá mír) ke mě vstoupil a já jsem pověsila doma závěs, na kterém byly obrazy. Když ho viděl, strhl ho, jeho obličej změnil barvu a řekl: „'Á'išo,  největší trest budou mít u Boha v soudný den ti lidé, kteří napodobují stvoření Boha.”"A ‘Á'iša vyprávěla: „A tak jsme ho rozstříhali a udělali z něj jeden nebo dva polštáře.”</t>
   </si>
   <si>
     <t>دَخَلَ النبيُّ صلى الله عليه وسلم بيتَه على عائشة رضي الله عنها فوجدَها قد سترتْ الخِزانة الصغيرة التي يُوضَع فيها المتاع بقماش فيه تصاوير لذوات الأرواح، فتَغَيَّرَ لونُ وجهِهِ غضبًا لله ونَزَعَه، وقال: 
 أشدُّ الناس عذابًا يوم القيامة الذين يُشابِهون بتصاويرهم خلقَ الله. 
 قالت عائشة: فجعلناه وِسَادَة أو وسادتين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vstoupil do domu ‘Á'iši (ať je s ní Bůh spokojen) a viděl, že přehodila závěs přes malou truhlu, do které se dávají různé věci. Na tomto závěsu byly obrazy živých bytostí, a tak se Prorokovi (ať mu Bůh žehná a dá mír) změnila barva v obličeji, jak se rozzlobil, strhl ten závěs a řekl: Největší trest budou mít u Boha v soudný den ti lidé, kteří napodobují svými obrazy stvoření Boha. A ‘Á'iša vyprávěla: a tak jsme z něj udělali polštář nebo dva polštáře.</t>
   </si>
   <si>
     <t>إنكار المنكر وقتَ رؤيتِه وعدم التراخي في ذلك، ما لم يكن في ذلك مفسدة أكبر.
 العذاب يوم القيامة يتفاوت بحسب عِظَمِ الذنب.
 تصوير ذوات الأرواح من كبائر الذنوب.
 من حِكَمِ تحريم التصوير مضاهاة خلق الله تعالى، سواءً قصد المصوِّرُ المضاهاة أو لم يقصد.
 حرص الشريعة على حفظ الأموال بالاستفادة منها بعد تجنيبِها ما يحرم فيها.
 المنع من صناعة صور ذات الأرواح على أيِّ شَكْلٍ كان، ولو كانت ممتهنة.</t>
   </si>
   <si>
     <t>Odmítat zavrženíhodné věci hned, když je člověk vidí, a nečekat na později, leda by to v tom byl větší neprospěch a škoda.
 Trest v soudný den bude mít různé úrovně podle velikosti hříchu.
 Zobrazovat živé tvory patří mezi největší hříchy.
 Jedno z mouder zákazu zobrazování je zákaz napodobování Božího stvoření ať už to ten, kdo zobrazuje, zamýšlel, nebo ne.
 Islámský zákon ochraňuje majetek i tak, že z něj využije vše ostatní kromě zakázaného.
 Zákaz zobrazovat živé tvory jakýmkoliv způsobem, i kdyby to bylo uděláno profesionálně.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5931</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>„Pokud někdo někam přijede a řekne: „A'údhu bikalimáti lláhi at-támmáti min šarri má chalaq," (Hledám ochranu v dokonalých Božích slovech před vším zlem, které stvořil) nic mu neublíží, dokud z toho místa neodjede.”</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Chawla bint Hakím as-Sulamíja (ať je s ní Bůh spokojen) vyprávěla, že slyšela Posla Božího (ať mu Bůh žehná a dá mír) říci: „Pokud někdo někam přijede a řekne: „A'údhu bikalimáti lláhi at-támmáti min šarri má chalaq," (Hledám ochranu v dokonalých Božích slovech před vším zlem, které stvořil) nic mu neublíží, dokud z toho místa neodjede.”</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vede svoji obec, aby se dala v takovou ochranu, která jí pomůže před vším zlem a vším, čeho se člověk bojí, když někam přijede, ať už je na cestách nebo jen na výletě, aby se utekl v ochranu dokonalých Božích slov před vším zlem, které bylo stvořeno, a tak byl na tomto místě v bezpečí před vším, co by mu mohlo ublížit.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Utíkání se v ochranu Boha je považováno za uctívání, a to pomocí Jeho jmen nebo vlastností.
 Je povolené utíkat se v ochranu Boží pomocí Jeho slov, protože Boží slova jsou považována za Boží vlastnost, zatímco utíkání se v ochranu kohokoliv jiného než Boha je považováno za přidružování.
 Velké požehnání v tomto dua.
 Ochrana pomocí uvedených dhikrů je příčinou ochrany člověka před zlem.
 Utíkání se v ochranu někoho jiného než Boha, například džinů nebo kouzelníků, je neplatné a člověku nepomůže.
 Doporučení říkat toto dua, pokud člověk někam přijde nebo přijede.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Mám tě poslat s tím, s čím mě poslal Posel Boží (ať mu Bůh žehná a dá mír)? Poslal mě s tím, abych nezanechal žádnou sochu, aniž bych ji zničil, ani vyzdvižený hrob, aniž bych ho srovnal se zemí</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>Abú al-Hajjádž al-Asadí vyprávěl: „‘Alí Ibn Abí Tálib mi řekl: „Mám tě poslat s tím, s čím mě poslal Posel Boží (ať mu Bůh žehná a dá mír)? Poslal mě s tím, abych nezanechal žádnou sochu, aniž bych ji zničil, ani vyzdvižený hrob, aniž bych ho srovnal se zemí."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysílal své druhy, aby zničili nebo odstranili všechny sochy, ať už ztělesňují člověka,  nebo ne,
 a aby srovnali se zemí hroby, které jsou vyvýšené, tj. aby srovnali se zemí stavby, které jsou na nich postavené atd.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Zákaz tvoření soch a obrazů živých tvorů, protože to vede k přidružování.
 Povolení fyzicky odstraňovat zavrženíhodné věci, pokud je toho člověk schopen.
 Snaha Proroka (ať mu Bůh žehná a dá mír) odstranit všechny stopy doby nevědomosti, jako jsou obrazy, sochy a budovy postavené na hrobech.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>„Nikdo z vás neuvěří, dokud pro něj nebudu milejší než jeho rodiče, děti a všichni lidé na světě</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nikdo z vás neuvěří, dokud pro něj nebudu milejší než jeho rodiče, děti a všichni lidé na světě."</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) řekl, že muslim nebude mít dokonalou víru, dokud jeho láska k Poslu Božímu (ať mu Bůh žehná a dá mír) nebude mít přednost před láskou k jeho matce, otci, dceři, synovi a všem lidem na světě. A z této  lásky vyplývá poslouchat ho, pomáhat mu a vyvarovat se neposlušnosti vůči němu.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Povinnost milovat Posla Božího (ať mu Bůh žehná a dá mír) více než jakékoliv jiné stvoření na světě.
 Znakem dokonalosti této lásky je pomáhat obhajovat sunnu Posla Božího (ať mu Bůh žehná a dá mír), majetkem i duší.
 Z lásky k Poslu Božímu (ať mu Bůh žehná a dá mír) vyplývá poslušnost k tomu, co nařídil, víra v to, co řekl, vyvarování se toho, co zakázal, jeho následování a nevnášení novot.
 Právo Proroka (ať mu Bůh žehná a dá mír) má přednost před právy všech lidí, protože on je příčinou našeho správného vedení, záchrany před ohněm a přivedení do ráje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>„Není jedním z nás ten, kdo věří různým znamením, věští nebo si nechává věštit, praktikuje magii nebo chodí za kouzelníky</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>‘Imrán Ibn Husain (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Není jedním z nás ten, kdo věří různým znamením, věští nebo si nechává věštit, praktikuje magii nebo chodí za kouzelníky. A ten, kdo zaváže uzel nebo půjde za věštcem a uvěří tomu, co říká, odmítnul to, co bylo sesláno Muhammadovi (ať mu Bůh žehná a dá mír).”</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před některými praktikami a řekl, že ten, kdo je dělá, nepatří mezi muslimy. Některé tyto praktiky jsou:
 Za prvé: víra v různá znamení, v arabštině tatajjara, což je odvozeno od slova pták, protože Arabové před islámem, když se někam chystali nebo chtěli něco udělat, vypustili ptáka a pokud se dal vpravo, považovali to za dobré znamení a udělali to, ale pokud letěl vlevo, považovali to za špatné znamení a neudělali to. Proto je zakázána víra ve všechna špatná znamení.
 Za druhé: věštění. Kdo věří, že zná skryté a budoucnost díky hvězdám nebo něčemu jinému, anebo chodí za někým, kdo toto praktikuje, a věří tomu, co říká, odmítá, co bylo sesláno Muhammadovi (ať mu Bůh žehná a dá mír) (tj. stává se nevěřícím).
 Za třetí: kdo praktikuje čarodějnictví nebo chodí za kouzelníky, tj. kdo sám čaruje nebo pověří jiného, aby pro něj udělal nějaké kouzlo, aby někomu pomohlo nebo uškodilo. Sem patří kouzla, která dělali Arabové před islámem, že zavazovali uzly, četli do nich kouzelné formule a foukali do nich.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Povinnost spoléhat se pouze na Boha, věřit v Boží vůli a osud a zákaz věštění, strachu ze špatných znamení a čarodějnictví.
 Tvrzení o tom, že člověk zná skryté a budoucnost, patří do přidružování a je v rozporu s tvrzením o Boží jedinosti.
 Zákaz věřit věštcům a chodit za nimi. Mezi to patří věštění z ruky, ze šálků, horoskopy atd. Je zakázáno je číst a zkoumat, i kdyby tomu člověk nevěřil.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[Zaznamenal ho Al-Bazzár]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>„Modlitba toho, kdo přijde za věštcem a na něco se ho zeptá, nebude po čtyřicet nocí přijata.”</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Jedna z žen Proroka (ať mu Bůh žehná a dá mír) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Modlitba toho, kdo přijde za věštcem a na něco se ho zeptá, nebude po čtyřicet nocí přijata.”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před chozením za věštci, kteří tvrdí, že znají skryté a budoucnost, a řekl, že pokud se jich člověk i jen zeptá na nějakou věc týkající se jejich věštění, Bůh ho potrestá tím, že po čtyřicet nocí nepřijme jeho modlitbu.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Zákaz věštění a chození za věštci a ptaní se jich na věci, které jsou skryté.
 Pokud člověk udělá nějaký hřích, může být potrestán tím, že některé jeho dobré skutky nebudou přijaty.
 Do tohoto hadíthu patří i horoskopy, věštění z ruky a ze šálku, a to i kdyby tomu člověk nevěřil, protože to vše spadá pod věštění.
 Pokud má člověk, který jde za věštcem, takový trest, jak velký trest bude mít samotný věštec?
 Modlitba po těchto čtyřicet nocí je považována za platnou a není třeba ji nahrazovat, ale bude bez odměny.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>„Kdo převezme vědění o hvězdách, převzal část čarodějnictví, čím víc, tím víc.”</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo převezme vědění o hvězdách, převzal část čarodějnictví, čím víc, tím víc.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že kdo se učil a převzal část vědění o věštění z hvězd, horoskopů atd., jako by se naučil část z čarodějnictví. A čím více z toho ví, tím více ví z čarodějnictví.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Zákaz astrologie, což je věštění budoucnosti z hvězd, protože si osobuje znalost skrytého.
 Věštění z hvězd patří do čarodějnictví, které je v rozporu s Boží jediností, nepatří sem ale znát hvězdy a řídit se jimi při určování světových stran, začátků lunárních měsíců atd. - to je povolené.
 Čím více se člověk učí věštění z hvězd, tím více se učí z čarodějnictví.
 Bůh ve Své knize uvedl tři prospěšné vlastnosti hvězd: zkrášlují nebe, jsou znameními, podle kterých lze určit směr, a kamenují satany.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/5989</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>„Nejvíce si zaslouží dodržet ty podmínky, za kterých vám byly povoleny pohlavní orgány.”</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>‘Uqba Ibn ‘Ámir (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nejvíce si zaslouží dodržet ty podmínky, za kterých vám byly povoleny pohlavní orgány.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že podmínky, které si nejvíce zaslouží dodržet, jsou podmínky, které si žena dala do svatební smlouvy a pod kterými souhlasila, že si muže vezme.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Povinnost dodržet podmínky zmíněné ve svatební smlouvě, leda že by v nich bylo zakázáno něco dovoleného nebo dovoleno něco zakázaného.
 Dodržování podmínek ve svatební smlouvě je důležitější než dodržování jiných podmínek, protože na základě těchto podmínek bylo muži dovoleno mít se ženou styk.
 Vysoké postavení manželství v islámu, když dává důraz na plnění jeho podmínek.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6021</t>
   </si>
   <si>
-    <t>أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ</t>
+    <t>ألا أدلكما على خير مما سألتما؟ إذا أخذتما مضاجعكما أو أويتما إلى فراشكما فسبحا ثلاثا وثلاثين، واحمدا ثلاثا وثلاثين، وكبرا أربعا وثلاثين، فهو خير لكما من خادم</t>
   </si>
   <si>
     <t>Nechcete, abych vám ukázal, co je lepší než to, co jste žádali? Když se budete chystat na lože, řekněte třiatřicetkrát: Subhánalláh, třiatřicetkrát:  Alhamdulilláh a čtyriatřicetkrát: Alláhu akbar, to je pro vás lepší než sluha.”</t>
   </si>
   <si>
     <t>عَنْ عَلِيٍّ رضي الله عنه: أَنَّ فَاطِمَةَ رَضيَ اللهُ عنْها أَتَتِ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَشْكُو إِلَيْهِ مَا تَلْقَى فِي يَدِهَا مِنَ الرَّحَى، وَبَلَغَهَا أَنَّهُ جَاءَهُ رَقِيقٌ، فَلَمْ تُصَادِفْهُ، فَذَكَرَتْ ذَلِكَ لِعَائِشَةَ، فَلَمَّا جَاءَ أَخْبَرَتْهُ عَائِشَةُ، قَالَ: فَجَاءَنَا وَقَدْ أَخَذْنَا مَضَاجِعَنَا، فَذَهَبْنَا نَقُومُ، فَقَالَ: «عَلَى مَكَانِكُمَا» فَجَاءَ فَقَعَدَ بَيْنِي وَبَيْنَهَا، حَتَّى وَجَدْتُ بَرْدَ قَدَمَيْهِ عَلَى بَطْنِي، فَقَالَ: «أَلاَ أَدُلُّكُمَا عَلَى خَيْرٍ مِمَّا سَأَلْتُمَا؟ إِذَا أَخَذْتُمَا مَضَاجِعَكُمَا -أَوْ أَوَيْتُمَا إِلَى فِرَاشِكُمَا- فَسَبِّحَا ثَلاَثًا وَثَلاَثِينَ، وَاحْمَدَا ثَلاَثًا وَثَلاَثِينَ، وَكَبِّرَا أَرْبَعًا وَثَلاَثِينَ، فَهُوَ خَيْرٌ لَكُمَا مِنْ خَادِمٍ».</t>
   </si>
   <si>
     <t>‘Alí (ať je s ním Bůh spokojen) vyprávěl: „Fátima (ať je s ní Bůh spokojen) přišla k Prorokovi (ať mu Bůh žehná a dá mír), aby si stěžovala na bolest rukou od mlýnského kamene, protože zaslechla, že se k němu dostal otrok. Ale nenašla ho a řekla to ‘Áiše, a když přišel, ‘Áiša mu to řekla." (’Alí) vyprávěl: „A přišel (Prorok) k nám, když už jsme leželi, a chtěli jsme vstát, ale řekl: „Zůstaňte na místě,” a přišel si sednout mezi nás, až jsem cítil chlad jeho nohou na břiše, a řekl: „Nechcete, abych vám ukázal, co je lepší než to, co jste žádali? Když se budete chystat na lože, řekněte třiatřicetkrát: Subhánalláh, třiatřicetkrát:  Alhamdulilláh a čtyriatřicetkrát: Alláhu akbar, to je pro vás lepší než sluha.”"</t>
   </si>
   <si>
     <t>شَكَتْ فاطمةُ رضي الله عنها بنتُ النبيِّ صلى الله عليه وسلم ما تجدُه في يدها من أَثَرَ آلة الطَّحْنِ مما تطحن، فلما جاء إلى النبي صلى الله عليه وسلم سَبْيٌ، انطلقت إليه تسأله خادمًا من هذا السبي؛ ليقوم مكانَها بأعمال البيت، ولكنها لم تجده في بيته، ووجدتْ عائشةَ رضي الله عنها، فأخبرتها بذلك، 
 فلما جاء صلى الله عليه وسلم أخبرتْه عائشةُ بمجيء فاطمة إليه لتسأله خادمًا، 
 فجاء النبي صلى الله عليه وسلم فاطمة وعليًا رضي الله عنهما في بيتِهما وهما في الفِراش يتهيئان للنوم، فقعد بينهما حتى وجد علي رضي الله عنه برد قدمي النبي صلى الله عليه وسلم على بطنه، وقال: 
 ألا أعلِّمُكما خيرًا مما سألتماني من إعطائكم الخادم؟ 
 قالا بلى، فقال صلى الله عليه وسلم: 
 إذا أخذتما مضاجعكما للنوم من الليل، فكبِّرا أربعًا وثلاثين مرة، بقول: الله أكبر، 
 وسبِّحا ثلاثًا وثلاثين مرة، بقول: سبحان الله، 
 واحْمدَا ثلاثًا وثلاثين، بقول: الحمد لله؛ 
 فهذا الذكر خيرٌ لكما من خادم.</t>
   </si>
   <si>
     <t>Fátimu (ať je s ní Bůh spokojen), dceru Proroka (ať mu Bůh žehná a dá mír), bolely ruce od nástroje na mletí mouky a když k Prorokovi (ať mu Bůh žehná a dá mír) přišel zajatec, přišla k němu, aby ho o něj požádala, aby pracoval místo ní, ale nenašla Proroka doma a našla tam ‘Áišu (ať je s ní Bůh spokojen) a řekla jí to. A když Prorok (ať mu Bůh žehná a dá mír) přišel, ‘Áiša mu řekla, že přišla Fátima, aby ho požádala o sluhu. A Prorok (ať mu Bůh žehná a dá mír) šel k Fátimě a ‘Alímu (ať je s nimi Bůh spokojen) domů, ale oni už leželi v posteli a chystali se spát, a tak si sedl mezi ně, až ‘Alí (ať je s ním Bůh spokojen) pocítil chlad Prorokových nohou na břiše. A Prorok (ať mu Bůh žehná a dá mír) řekl: Nechcete naučit něco, co je lepší než vaše žádost o sluhu? Řekli: Ano, a Prorok (ať mu Bůh žehná a dá mír) řekl: Když se budete v noci před spaním chystat na lože, řekněte třiatřicetkrát: Subhánalláh, třiatřicetkrát: Alhamdulilláh a čtyriatřicetkrát: Alláhu akbar a tato slova (dhikr) jsou pro vás lepší než sluha.</t>
   </si>
   <si>
     <t>استحباب المداومة على هذا الذكر المبارك، حيث ورد أن عليا رضي الله عنه لم يترك هذه الوصية النبوية، المتضمنة حتى ليلة صفين.
 هذا الذكر لا يقال إلا في نوم الليل ولفظه عند مسلم من رواية معاذ عن شعبة "إذا أخذتما مضاجعكما من الليل".
 إذا نسي المسلم هذا الذكر في أول الليل ثم ذكره آخره فلا بأس بقوله؛ لأن علي رضي الله عنه راوي الحديث يقول بأنه نسي قوله ليلة صفين أول الليل ثم تذكر فقاله قبل الصبح.
 قال المهلب: فيه حمل الإنسان أهله على ما يحمل عليه نفسه من إيثار الآخرة على الدنيا إذا كانت لهم قدرة على ذلك.
 قال ابن حجر العسقلاني: من واظب عليه لا يتضرر بكثرة العمل ولا يشق عليه ولو حصل له التعب.
 قال العيني: وجه الخيرية إما أن يراد به أنه يتعلق بالآخرة والخادم بالدنيا، والآخرة خير وأبقى، وإما أن يراد بالنسبة إلى ما طلبته بأن يحصل لها بسبب هذه الأذكار قوة تقدر على الخدمة أكثر مما يقدر الخادم.</t>
   </si>
   <si>
     <t>Doporučení říkat pravidelně tento požehnaný dhikr, protože bylo zaznamenáno, že ‘Alí (ať je s ním Bůh spokojen) nikdy nezanechal tohoto doporučení Proroka, ani v noci bitvy u Siffín.
 Tento dhikr se říká pouze v noci před spaním. U Muslima zní verze, kterou zaznamenal Š'uba od Mu'ádze: „Když se v noci chystáte na lože.”
 Pokud muslim zapomene říct tento dhikr na začátku noci a vzpomene si až na konci, nevadí, když ho řekne, protože ‘Alí (ať je s ním Bůh spokojen), který hadíth vyprávěl, řekl, že v noci bitvy u Siffín ho zapomněl říci, pak si vzpomněl a řekl ho před ránem.
 Al-Muhallab řekl:  V tomto hadíthu je návod, aby člověk vedl svou rodinu k tomu, k čemu vede sám sebe, což je dávat přednost budoucímu životu před pozemským, pokud jsou toho schopni.
 Ibn Hadžar al-‘Asqalání řekl: Tomu, kdo tento dhikr říká pravidelně, neuškodí mnoho práce ani pro něj nebude těžká, i kdyby byl unaven.
 Al-‘Ajní řekl: Důvodem, proč je (tento dhikr) lepší, je buď to, že je spojen s budoucím životem, zatímco sluha je spojen s pozemským, a budoucí život je lepší a trvalejší. Nebo je tím myšleno to, co žádal, že díky tomuto dhikru se člověku dostane takové síly, že toho dokáže více, než by dokázal sluha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6076</t>
   </si>
   <si>
-    <t>{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ</t>
+    <t>قل هو الله أحد والمعوذتين حين تمسي وتصبح ثلاث مرات، تكفيك من كل شيء</t>
   </si>
   <si>
     <t>„Rci: {On Bůh je jedinečný} a dvě ochranné súry třikrát, když přijde večer a když přijde ráno, a budou ti dostačovat proti každé věci.”</t>
   </si>
   <si>
     <t>عَن عبدِ اللهِ بن خُبَيب رضي الله عنه أنه قال: خَرَجْنَا فِي لَيْلَةٍ مَطِيرَةٍ وَظُلْمَةٍ شَدِيدَةٍ، نَطْلُبُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؛ يُصَلِّي لَنَا، قَالَ: فَأَدْرَكْتُهُ، فَقَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، ثُمَّ قَالَ: «قُلْ»، فَلَمْ أَقُلْ شَيْئًا، قَالَ: «قُلْ»، فَقُلْتُ: مَا أَقُولُ؟ قَالَ: «{قُلْ هُوَ اللهُ أَحَدٌ} وَالْمُعَوِّذَتَيْنِ حِينَ تُمْسِي وَتُصْبِحُ ثَلَاثَ مَرَّاتٍ، تَكْفِيكَ مِنْ كُلِّ شَيْءٍ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Chubajb (ať je s ním Bůh spokojen) vyprávěl: „Za deštivé a temné noci jsme vyšli hledat Posla Božího (ať mu Bůh žehná a dá mír), aby se s námi modlil, a našel jsem ho a on řekl: „Řekni.” Já nic neřekl a on poté řekl: „Řekni.” Já nic neřekl a on řekl: „Řekni.” Řekl jsem: „Co mám říkat?" A on řekl: „Rci: {On Bůh je jedinečný} a dvě ochranné súry třikrát, když přijde večer a když přijde ráno, a budou ti dostačovat proti každé věci.”</t>
   </si>
   <si>
     <t>يُخْبِرُ الصحابيُّ الجليلُ عبدُ الله بن خبيب رضي الله عنه: أنهم خَرَجوا في ليلةٍ كثيرة المطر وكانت الظلمةُ شديدةً، للبحث عن رسول الله صلى الله عليه وسلم؛ ليصلي بهم، فوجدوه، 
 فقال له النبي صلى الله عليه وسلم: "قل" أي اقرأ، فلم يقرأ شيئًا، 
 فأعاد عليه النبي صلى الله عليه وسلم قولَه، فقال عبد الله: ماذا أقرأ يا رسول الله؟ 
 فقال النبي صلى الله عليه وسلم: اقرأ سورة الإخلاص {قل هو الله أحد}، والمعوذتين {قل أعوذ برب الفلق}، و{قل أعوذ برب الناس}، وقتَ المساء، ووقت الصباح، ثلاث مرات تحفظك من كل شرٍّ، وتقيك من كل سوء.</t>
   </si>
   <si>
     <t>Ctihodný druh Proroka ‘Abdulláh Ibn Chubajb (ať je s ním Bůh spokojen) vyprávěl, že za deštivé a temné noci vyšli hledat Posla Božího (ať mu Bůh žehná a dá mír), aby se s nimi modlil, a našli ho. A Prorok (ať mu Bůh žehná a dá mír) řekl: „Řekni,” tzn. čti nebo přednášej, ale on nic nepřednesl. A Prorok (ať mu Bůh žehná a dá mír) to opakoval a ‘Abdulláh řekl: „Co mám přednášet, Posle Boží?" A Prorok (ať mu Bůh žehná a dá mír) mu řekl: „Přednes súru Upřímnost víry {Rci: On Bůh je jedinečný} a dvě ochranné Súry {Rci: Utíkám se v ochranu Pána záře jitřní} a {Rci: Utíkám se v ochranu Pána lidí} třikrát večer a ráno a ochrání tě před každým zlem a vším špatným."</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين في الصباح والمساء وأنها حِرْزٌ من كلِّ شَرٍّ.
 فضل قراءة سورة الإخلاص والمعوذتين.</t>
   </si>
   <si>
     <t>Doporučení přednášet súru Upřímnost víry a dvě ochranné súry ráno a večer a že tyto súry chrání před každým zlem.
 Velké dobro v recitaci súry Upřímnost víry a dvou ochranných súr.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6082</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ</t>
+    <t>قل: لا إله إلا الله وحده لا شريك له، الله أكبر كبيرا، والحمد لله كثيرا، سبحان الله رب العالمين، لا حول ولا قوة إلا بالله العزيز الحكيم</t>
   </si>
   <si>
     <t>„Řekni: Lá illáha illá lláhu wahdahu lá šaríka lah, Alláhu akbar kabírá, wa-lhamdu lilláhi kathírá, subhánalláhi Rabbi-l-‘álamín, lá hawla wa lá quwwata illá billáhi l‘azízi -lhakím." (Není boha kromě Boha, který nemá žádného společníka, Bůh je převeliký, chvála Bohu, sláva Bohu, Pánu všech světů, není moci ani síly, jen u Boha, ctihodného a moudrého.)</t>
   </si>
   <si>
     <t>عَنْ سَعْدٍ رضي الله عنها قَالَ: جَاءَ أَعْرَابِيٌّ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: عَلِّمْنِي كَلَامًا أَقُولُهُ، قَالَ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، اللهُ أَكْبَرُ كَبِيرًا، وَالْحَمْدُ لِلَّهِ كَثِيرًا، سُبْحَانَ اللهِ رَبِّ الْعَالَمِينَ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ الْعَزِيزِ الْحَكِيمِ» قَالَ: فَهَؤُلَاءِ لِرَبِّي، فَمَا لِي؟ قَالَ: «قُلْ: اللهُمَّ اغْفِرْ لِي وَارْحَمْنِي وَاهْدِنِي وَارْزُقْنِي».</t>
   </si>
   <si>
     <t>Sa'd (ať je s ním Bůh spokojen) vyprávěl: „Jeden beduín přišel k Poslu Božímu (ať mu Bůh žehná a dá mír) a řekl: „Nauč mě slova, která budu říkat," a on řekl: „Řekni: Lá illáha illá lláhu wahdahu lá šaríka lah, Alláhu akbar kabírá, wa-lhamdu lilláhi kathírá, subhánalláhi Rabbi-l-‘álamín, lá hawla wa lá quwwata illá billáhi l‘azízi -lhakím." (Není boha kromě Boha, který nemá žádného společníka, Bůh je převeliký, chvála Bohu, sláva Bohu, Pánu všech světů, není moci ani síly, jen u Boha, ctihodného a moudrého.) A ten muž řekl: „To je pro Boha, a co je pro mne?" A Prorok řekl: „Řekni: Alláhuma ghfir lí, wa-rhamní, wa-hdiní, wa-rzuqní." (Bože, odpusť mi, smiluj se nade mnou, uveď mne na správnou cestu a uštědři mi.)</t>
   </si>
   <si>
     <t>سَأَلَ رجلٌ من سُكّانِ الباديةِ رسولَ الله صلى الله عليه وسلم أنْ يُعلِّمه ذكرًا يقوله، 
 فقال له عليه الصلاة والسلام: قل: 
 "لا إله إلا الله وحده لا شريك له" بدأ بشهادة التوحيد، ومعناها لا معبود بحق إلا الله، 
 "الله أكبر كبيرًا" 
 أي: الله أكبر من كلِّ شيءٍ وأعظم، 
 "والحمد لله كثيرًا" 
 أي: حمدًا لله كثيرًا، على صفاته وأفعاله ونعمه التي لا تحصى، 
 "سبحان الله رب العالمين" 
 أي: تَنَزَّهَ وتَقَدَّسَ عن النقص، 
 "لا حول ولا قوة إلا بالله العزيز الحكيم" 
 أي: لا تَحَوُّلٌ من حَالٍ إلى حالٍ إلا بالله وإعانتِه وتوفيقِه، 
 فقال الرجل: هؤلاء الكلمات لربي لِذِكْرِهِ وتعظيمِه، فما لي من الدعاء لنفسي؟ 
 فقال له عليه الصلاة والسلام: قل: 
 "اللهم اغفر لي" 
@@ -9266,121 +10024,121 @@
   <si>
     <t>Jeden beduín se zeptal Posla Božího (ať mu Bůh žehná a dá mír), aby ho naučil dhikr, který má říkat. A Prorok (ať mu Bůh žehná a dá mír) mu řekl: „Řekni: „Lá illáha illá lláhu wahdahu lá šaríka lah." A začal vyznáním víry v jedinost Boží. Tato věta znamená, že neexistuje nikdo jiný, kdo by si zasloužil být uctíván kromě Boha. „Alláhu akbar kabírá” Tzn. že Bůh je větší a velkolepější než cokoliv jiného. „wa lhamdu lilláhi kathírá” Tzn. chválit hodně Boha za Jeho vlastnosti, činy a dobrodiní, které nelze spočítat. „subhánalláhi Rabbi-l-‘álamín” Tzn. očistit Boha od každého nedostatku a světit Ho. „lá hawla wa lá quwwata illá billáhi l‘azízi lhakím” Tzn. že člověk nezmění svůj stav, dokud mu k tomu nepomůže Bůh. A tento muž řekl: Tato slova jsou pro mého Pána, abych Ho jimi vzpomínal a uctíval, ale jaké prosby jsou pro mne? A Prorok (ať mu Bůh žehná a dá mír) mu řekl: Řekni: „Alláhuma ghfir lí” Tzn. smaž mi mé hříchy a skryj je. „wa-rhamní” Tzn. dej mi prospěch a dobré věci na tomto i onom světě. „wa-hdiní” Tzn. uveď mne do nejlepšího stavu a na správnou cestu. „wa-rzuqní” Tzn. dej mi povolený majetek a zdraví a vše dobré.</t>
   </si>
   <si>
     <t>الحث على ذكر الله بالتهليل والتكبير والتحميد والتسبيح.
 استحباب ذكر الله والثناء عليه قبل الدعاء.
 استحباب دعاء الإنسان بأطيب الدعاء، وبما هو مأثور مما فيه جوامع خير الدنيا والآخرة، وله أن يدعو بما يشاء.
 ينبغي للعبد الحرص على تَعَلُّم ما ينفعه في الدنيا والآخرة.
 الحث على طلب المغفرة والرحمة والرزق، فهي جِمَاع الخير.
 شفقته صلى الله عليه وسلم على تعليمِ أمتِهِ ما ينفعهم.
 ذُكِرَت الرحمة بعد المغفرة ليتكامل التطهير، فالمغفرة ستر الذنوب ومحوها والزحزحة عن النار، والرحمة إيصال الخيرات ودخول الجنة، وهذا هو الفوز العظيم.</t>
   </si>
   <si>
     <t>Nabádání ke vzpomínání Boha slovy o Jeho jedinosti, velikosti a k Jeho chválení.
 Doporučení chválit Boha a vzpomínat Ho před každými prosbami.
 Doporučení, aby člověk říkal co nejlepší prosby a takové, které jsou zaznamenány od Proroka, ve kterých se spojuje dobro tohoto i budoucího světa. A je povolené žádat o vše, co si člověk přeje.
 Člověk by se měl snažit naučit vše, co mu prospívá v tomto a budoucím světě.
 Nabádání k žádání o odpuštění, milosrdenství a obdarování, což všechno je dobro.
 Snaha Proroka (ať mu Bůh žehná a dá mír) naučit svoji obec, co jí prospívá.
 Milosrdenství je zmíněno po odpuštění, aby bylo dosáhnuto dokonalého očištění. Odpuštění znamená skrýt hříchy, smazat je a oddálit člověka od ohně, zatímco milosrdenství je darování dobra a vstoupení do ráje, což je největší úspěch.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6112</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم أجود الناس، وكان أجود ما يكون في رمضان حين يلقاه جبريل</t>
   </si>
   <si>
     <t>„Posel Boží (ať mu Bůh žehná a dá mír) byl nejštědřejším z lidí. A v měsíci ramadánu byl ještě štědřejší, když se setkával s andělem Gabrielem</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: كَانَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدَ النَّاسِ، وَكَانَ أَجْوَدُ مَا يَكُونُ فِي رَمَضَانَ حِينَ يَلْقَاهُ جِبْرِيلُ، وَكَانَ يَلْقَاهُ فِي كُلِّ لَيْلَةٍ مِنْ رَمَضَانَ فَيُدَارِسُهُ القُرْآنَ، فَلَرَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَجْوَدُ بِالخَيْرِ مِنَ الرِّيحِ المُرْسَلَةِ.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) byl nejštědřejším z lidí. A v měsíci ramadánu byl ještě štědřejší, když se setkával s andělem Gabrielem. A setkával se s ním v ramadánu každou noc a on ho učil Korán. A Posel Boží (ať mu Bůh žehná a dá mír) byl štědřejší a rozdával dobro rychleji než rychlý vítr.”</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم أعظم الناس كَرمًا، وكان يَكثر كرمُه في شهر رمضان حيث كان يُعطي ما ينبغي لمَن ينبغي، والسبب في زيادة كرمه أمران: 
 الأول: الْتِقاؤه بجبريل عليه السلام.
 والأمر الآخر: مدارسة القرآن، وهو القراءة عن ظهر قلب.
 فيدارسه جبريل عليه السلام جميع ما نزل من القرآن، ولَرَسُول الله صلى الله عليه وسلم أكرم وأكثر عطاءً وفعلًا للخير، وأسرع نفعًا للخلق من الريح الطيبة التي يرسلها الله بالغيث والرحمة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl nejštědřejším ze všech lidí a nejvíce štědrý byl v měsíci Ramadánu, kdy dával, kolik je potřeba, těm, kterým je potřeba. Důvodem větší štědrosti jsou dvě věci:
 První: jeho setkávání se s Gabrielem (mír s ním).
 Druhá věc: učení se Koránu, což bylo jeho přednášení zpaměti.
 A Gabriel (mír s ním) ho učil vše, co bylo sesláno z Koránu, a Posel Boží (ať mu Bůh žehná a dá mír) byl štědřejší a rozdával více a konal více dobra a byl prospěšnější všemu stvoření než dobrý vítr, který Bůh sesílá s deštěm a požehnáním.</t>
   </si>
   <si>
     <t>بيان جُود النبي صلى الله عليه وسلم وسَعَة كرمه وخاصة في رمضان، فإنه شهر الطاعات ومواسم الخيرات.
 الحث على الجود في كل وقت، وتستحب الزيادة في شهر رمضان.
 الإكثار من البذل والعطاء والإحسان وقراءة القرآن في شهر رمضان.
 من أسباب حفظ العلم مدارسته مع طلاب العلم والعلماء.</t>
   </si>
   <si>
     <t>Ukázání štědrosti Proroka (ať mu Bůh žehná a dá mír), zvláště v Ramadánu, který je měsícem dobrých skutků a časem dobra.
 Nabádání ke štědrosti v každém čase a je doporučené být štědřejší v měsíci Ramadánu.
 Více dávat, rozdávat, konat dobro a číst Korán v měsíci Ramadánu.
 Mezi příčiny zapamatování si vědění patří jeho učení se se studenty a učenci.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6179</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>„Posel Boží (ať mu Bůh žehná a dá mír) měl ze všech lidí nejlepší mravy</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) měl ze všech lidí nejlepší mravy."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) měl ze všech lidí nejdokonalejší mravy a byl nejlepší ze všech lidí ve všech dobrých vlastnostech, jako hezká mluva, neubližovat druhým a mít trpělivost s lidmi.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Dokonalost mravů Proroka (ať mu Bůh žehná a dá mír).
 Prorok (ať mu Bůh žehná a dá mír) je dokonalým vzorem dobrých mravů.
 Nabádání k napodobování Proroka (ať mu Bůh žehná a dá mír) v jeho dobrých mravech.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) toto říkal na konci každé modlitby.”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>Abú az-Zubajr řekl: „Ibn az-Zubajr říkal na konci každé modlitby, když pozdravil: „Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír. Lá hawla wa lá quwwata illá billáh, lá illáha illa lláh, wa lá na'budu illa íjjáhu, lahu-n-ni'ma, wa lahu-l-fadl, wa lahu-thaná al-hasan, lá illáha illa lláhu muchlisína lahu-ddína wa law kariha-l-káfirún," (Není boha kromě Boha, Jediného, který nemá společníka žádného, Jemu náleží vláda i chvála a On má moc nad každou věcí. Není moci ani síly leč u Boha, není boha kromě Boha a nebudeme uctívat nikoho jiného kromě Něj, Jemu patří veškeré dobrodiní a Jemu patří veškeré zásluhy a Jemu patří veškeré chválení, není boha kromě Boha, upřímně mu zasvěcujeme víru, i když to nevěřící nenávidí) a říkal: „ Posel Boží (ať mu Bůh žehná a dá mír) toto říkal na konci každé modlitby.”"</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
   <si>
@@ -9389,469 +10147,469 @@
 „Který nemá společníka” znamená, že nemá žádného společníka ve Svém božství, panství a vlastnostech.
 „Jemu náleží vláda ” znamená všechno vládnutí nad nebesy, zemí i nad tím, co je mezi nimi.
 „Jemu náleží chvála” znamená, že Bůh má všechny dokonalé vlastnosti, je chválen s dokonalou láskou a uctíváním vždy - za časů přízně i neštěstí.
 „On je každé věci mocen” znamená, že Jeho moc je dokonalá a úplná ve všech směrech a nikdo Mu nemůže nic zakázat ani Ho nijak omezit.
 „Není moci ani síly leč u Boha” znamená, že člověk nemá sílu ani moc měnit svůj stav, měnit hřešení v poslušnost, jedině s pomocí Boha, a jen On pomáhá a jen na Něj je třeba spoléhat.
 „Není boha kromě Boha a nebudeme uctívat nikoho jiného kromě Něj” znamená potvrzení Boží jedinosti a odmítnutí přidružování a že jen Bůh a nikdo jiný si zaslouží být uctíván.
 „Jemu patří veškeré dobrodiní a zásluhy” znamená, že Bůh je ten, kdo tvoří veškeré dobrodiní, činí je dokonalým a dává je, komu chce, ze Svých služebníků.
 „Jemu patří veškeré chválení” znamená chválení Jeho podstaty, vlastností, činů a dobrodiní v každý čas.
 „Není boha kromě Boha, upřímně mu zasvěcujeme víru” znamená upřímně věřit v Jeho jedinost, bez předvádění se před ostatními v uctívání Boha.
 „I když to nevěřící nenávidí“ znamená, že vytrváme v prohlašování jedinosti Boží a v Jeho uctívání, i když se to nevěřícím nelíbí.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Doporučení nezapomínat na tento dhikr po každé povinné modlitbě.
 Muslim by měl být hrdý na svoji víru a ukazovat náboženské obřady, i když se to nevěřícím nelíbí.
 Pokud je v hadíthu řečeno „na konci (dubur) modlitby," tak v případě dhikru to znamená po pozdravu a v případě dua to znamená před pozdravem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>„Nedělejte ze svých domů hrobky, věru, že satan utíká z domu, ve kterém je čtena súra Kráva</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nedělejte ze svých domů hrobky, věru, že satan utíká z domu, ve kterém je čtena súra Kráva."</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal ponechávat domy bez modlitby, kdy jsou jako hrobky, ve kterých se nemodlí.
 Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že satan utíká z domu, ve kterém je čtena súra Kráva.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Doporučení dělat doma co nejvíce uctívání a nepovinných modliteb.
 Není dovolené se modlit v hrobkách, protože to vede k přidružování a protože to je přehánění v oslavování těch, kterým tyto hroby patří, netýká se to ale pohřební modlitby.
 Zákaz modlit se u hrobů byl druhům Proroka známý, a proto Prorok (ať mu Bůh žehná a dá mír) zakázal dělat si z vlastních domů hroby tím, že se v nich člověk nemodlí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>„Říci: „Subhánalláh, wa alhamdulilláh, wa lá illáha illa lláh, wa Alláhu akbar" (sláva Bohu, chvála Bohu, není boha kromě Boha a Bůh je velký) je mi milejší než vše, na co zasvítilo slunce.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Říci: „Subhánalláh, wa alhamdulilláh, wa lá illáha illa lláh, wa Alláhu akbar" (sláva Bohu, chvála Bohu, není boha kromě Boha a Bůh je velký) je mi milejší než vše, na co zasvítilo slunce.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že říci tento dhikr je lepší než celý pozemský život a vše v něm.
 „Subhánalláh” (sláva Bohu) znamená, že Bůh nemá žádný nedostatek.
 „Alhamdulilláh” (chvála Bohu) znamená chválit Boha a přisuzovat Mu všechny dokonalé vlastnosti s láskou a uctíváním.
 „Lá illáha illa lláh” (není boha kromě Boha) znamená, že jediný pravý, kdo si zaslouží uctívání, je Bůh.
 „Alláhu akbar” (Bůh je největší) znamená, že Bůh je nejvelkolepější a největší ze všeho.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Nabádání k říkání tohoto dhikru a že je lepší než všechno na tomto světě.
 Nabádání k tomu říkat co nejvíce dhikru, protože je za to velká odměna.
 Užívání pozemského života je malé a skončí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6211</t>
   </si>
   <si>
-    <t>مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ</t>
+    <t>ما من امرئ مسلم تحضره صلاة مكتوبة فيحسن وضوءها وخشوعها وركوعها، إلا كانت كفارة لما قبلها من الذنوب، ما لم يؤت كبيرة، وذلك الدهر كله</t>
   </si>
   <si>
     <t>„Není muslima, který, když přijde čas povinné modlitby, se na ni co nejlépe očistí, dodrží její poklony a je soustředěný, aby mu za ni nebyly odpuštěny hříchy od minulé modlitby, pokud neudělá velký hřích, a tak to je celý život.”</t>
   </si>
   <si>
     <t>عَنْ عُثْمَانَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنَ امْرِئٍ مُسْلِمٍ تَحْضُرُهُ صَلَاةٌ مَكْتُوبَةٌ فَيُحْسِنُ وُضُوءَهَا وَخُشُوعَهَا وَرُكُوعَهَا، إِلَّا كَانَتْ كَفَّارَةً لِمَا قَبْلَهَا مِنَ الذُّنُوبِ، مَا لَمْ يُؤْتِ كَبِيرَةً، وَذَلِكَ الدَّهْرَ كُلَّهُ».</t>
   </si>
   <si>
     <t>‘Uthmán (ať je s ním Bůh spokojen) vyprávěl: „Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Není muslima, který, když přijde čas povinné modlitby, se na ni co nejlépe očistí, dodrží její poklony a je soustředěný, aby mu za ni nebyly odpuštěny hříchy od minulé modlitby, pokud neudělá velký hřích, a tak to je celý život.”"</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه ما مِن مُسلم يَدخل عليه وقت الصلاة المفروضة فيحسن وضوءها ويُتِمُّه، ثم يَخشع في صلاته بحيث يكون قلبُه وجوارحُه كلُّها مُقبلةً على الله مستحضرةً عظمتَه، ويُتم أفعالَ الصلاةِ كالركوعِ والسجود وغيرِهِ، إلا كانت هذه الصلاةُ مُكفِّرَةً لما قبلها من المعاصي الصغائر، ما لم يعمل كبيرة من كبائر الذنوب، وهذا الفضل مُمْتَدٌّ على مَرِّ الزمان وفي كل صلاة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že není muslima, kterému by, když přijde čas povinné modlitby a on se na ni dokonale očistil, poté byl na ni plně soustředěn, tzn. jeho srdce i tělo stojí před Bohem a plně vnímá Jeho velkolepost, a dokonale provedl všechny její úkony, jako poklony, padnutí na tvář atd., za tuto modlitbu nebyly odpuštěny všechny malé hříchy od předešlé modlitby, pokud neudělal velký hřích. A tato odměna trvá celý život, za každou povinnou modlitbu.</t>
   </si>
   <si>
     <t>الصلاة المكفرة للذنوب هي التي أحسن العبد وضوءَها، وأدَّاها خاشعًا يبتغي بها وجه الله تعالى.
 فضل المداومة على العبادات، وأنها سبب لمغفرة صغائر الذنوب.
 فضل إحسان الوضوء، وإحسان الصلاة والخشوع فيها. 
 أهمية اجتناب كبائر الذنوب لمغفرة الذنوب الصغائر.
 كبائر الذنوب لا تُكَفَّر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Modlitba, za kterou jsou odpuštěny hříchy, je taková, při které člověk co nejlépe udělá malou očistu a kterou provede se soustředěním, kdy touží jen po Boží tváři.
 Velké dobro v pravidelném dodržování uctívání, protože je příčinou odpuštění malých hříchů.
 Velké dobro v co nejlépe provedené malé očistě a modlitbě a soustředění při ní.
 Důležitost vyhýbání se velkým hříchům, aby člověku byly odpuštěny malé hříchy.
 Velké hříchy lze odpustit, pouze pokud se z nich člověk kaje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6254</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>„Není lepších dnů, kdy jsou dobré skutky Bohu nejmilejší, než tyto dny," tj. deset dní</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Není lepších dnů, kdy jsou dobré skutky Bohu nejmilejší, než tyto dny," tj. deset dní. Řekli: „Posle Boží, ani džihád na stezce Boží (v jiných dnech)?" Řekl: „Ani džihád na stezce Boží, kromě muže, který vyšel, dal všanc sebe a svůj majetek a nevrátil se ani s jedním z nich.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejlepšími dny pro konání dobrých skutků je prvních deset dní měsíce dhu-l-hidždža.
 A sahába (ať je s nimi Bůh spokojen) se zeptali Proroka (ať mu Bůh žehná a dá mír), zda je lepší džihád v jiných dnech, nebo jakékoliv jiné dobré skutky vykonané v těchto deseti dnech? A to proto, že věděli, že nejlepší dobrý skutek je džihád.
 A Prorok (ať mu Bůh žehná a dá mír) odpověděl, že vykonání jakéhokoli dobrého skutku v těchto deseti dnech je lepší než džihád v jiných dnech, kromě člověka, který vyjde do džihádu na stezce Boží, dá všanc sám sebe a svůj majetek a pak přijde na stezce Boží o majetek i o život. Takovýto člověk má větší odměnu než ten, kdo koná dobré skutky v těchto deseti dnech.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Za konání dobrých skutků v prvních deseti dnech měsíce dhu-l-hidždža je velká odměna, a proto by muslim měl využít příležitosti a konat v těchto dnech dobré skutky, jako připomínat si Boha (dhikr), číst Korán, modlit se, postit se, dávat almužnu a dělat další dobré skutky.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[Zaznamenal ho Al-Buchárí a Abú Dáwúd a je to jeho znění]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ</t>
+    <t>مثل المؤمن الذي يقرأ القرآن كمثل الأترجة، ريحها طيب وطعمها طيب، ومثل المؤمن الذي لا يقرأ القرآن كمثل التمرة، لا ريح لها وطعمها حلو</t>
   </si>
   <si>
     <t>„Příkladem věřícího, který recituje Korán, je etrog (cedrát) - jeho vůně je krásná a jeho chuť je dobrá. Příkladem věřícího, který nepřednáší Korán, je datle - nemá žádnou vůni, ale její chuť je sladká</t>
   </si>
   <si>
     <t>عَن أَبي مُوْسى الأَشْعريِّ رضي الله عنه قال: قال رسولُ اللهِ صلى اللهُ عليه وسلم: «مَثَلُ الْمُؤْمِنِ الَّذِي يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْأُتْرُجَّةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا طَيِّبٌ، وَمَثَلُ الْمُؤْمِنِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ التَّمْرَةِ، لَا رِيحَ لَهَا وَطَعْمُهَا حُلْوٌ، وَمَثَلُ الْمُنَافِقِ الَّذِي يَقْرَأُ الْقُرْآنَ مَثَلُ الرَّيْحَانَةِ، رِيحُهَا طَيِّبٌ وَطَعْمُهَا مُرٌّ، وَمَثَلُ الْمُنَافِقِ الَّذِي لَا يَقْرَأُ الْقُرْآنَ كَمَثَلِ الْحَنْظَلَةِ، لَيْسَ لَهَا رِيحٌ وَطَعْمُهَا مُرٌّ».</t>
   </si>
   <si>
     <t>Abú Musá al-Aš'arí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Příkladem věřícího, který recituje Korán, je etrog (cedrát) - jeho vůně je krásná a jeho chuť je dobrá. Příkladem věřícího, který nepřednáší Korán, je datle - nemá žádnou vůni, ale její chuť je sladká. Příkladem pokrytce, který recituje Korán, je bazalka - její vůně je krásná, ale její chuť je hořká. A příkladem pokrytce, který nerecituje Korán, je kolokvinta obecná - nemá žádnou vůni a její chuť je hořká.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أقسامَ الناسِ في قراءة القرآن والانتفاع به: 
 فالقسم الأول: المؤمن الذي يقرأ القرآنَ وينتفع به، فهو كَثَمَرَةِ الأترجة، طَيِّبُ الطعم والرائحة وحَسَن اللون، ومنافعه كثيرة، فهو يعمل بما يقرأ، وينفع عبادَ الله. 
 الثاني: المُؤمن الذي لا يقرأ القرآن، فهو كالتَّمْرَة، طعمُها حُلْو، ولا ريح لها، فقلبُه مُشتملٌ على الإيمان كاشتمال التمرة على الحلاوة في طعمها وباطنها، وعدم ظهور ريح لها يَشُمُّه الناسُ؛ لعدم ظهور قراءة منه يرتاح الناس بسماعها. 
 الثالث: المنافق الذي يقرأ القرآن، فهو كالريحانة، لها رائحة طيبة وطعمها مُرّ، حيث لم يُصلِح قلبَه بالإيمان، ولم يعملْ بالقرآن، ويَظهرُ أمامَ الناس أنه مؤمن، فريحُها الطيب يُشبه قراءتَه، وطعمُها المُرُّ يُشبه كُفرَه. 
 الرابع: المنافق الذي لا يقرأ القرآن، فهو كالحَنْظَلَة، حيثُ إنها لا رائحة لها، ومُرٌّ مذاقُها، فانعدام ريحِها أَشبَهَ انعدامَ ريحِه؛ لعدم قراءته، ومَرَارةُ طعمِها شَبيهٌ بمرارة كفرِه، فباطنُه خَالٍ من الإيمان، وظاهره لا نفع فيه، بل هو ضارٌّ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) ukázal druhy lidí podle užitečnosti a recitace Koránu:
 První druh: věřící, který čte Korán a řídí se jím, ten je jako plod etrog (plod stromu cedrát), který má výbornou chuť, nádhernou vůni, krásnou barvu a je velice prospěšný, protože čte Korán, řídí se jím a tím je prospěšný ostatním.
 Druhý: věřící, který nerecituje Korán, ten je jako datle, která má sladkou chuť, ale žádnou vůni. Jeho srdce obsahuje víru, stejně jako datle obsahuje sladkost ve svém vnitřku, ale nemá žádnou vůni, kterou by lidé cítili - nerecituje Korán, a tak lidé nemohou pociťovat klid při jeho poslechu.
 Třetí: pokrytec, který recituje Korán, ten je jako bazalka, která má nádhernou vůni, ale hořkou chuť. Stejně tak jeho srdce nemá víru a neřídí se Koránem, a před lidmi se tváří jako věřící. Krásná vůně je podobna jeho přednesu Koránu a hořká chuť je jako jeho nevíra.
 Čtvrtý: pokrytec, který nerecituje Korán, ten je jako kolokvinta, která nemá žádnou vůni a je hořká. Absence vůně je absence čtení Koránu a hořká chuť je jeho nevíra, jeho vnitřek je bez víry a jeho vnějšek také nedává žádný prospěch a naopak je celý škodlivý.</t>
   </si>
   <si>
     <t>بيان فضيلة حامل القرآن العامل به.
 مِن طُرُق التعليم ضَرْبُ المَثَل؛ لتقريب الفهم.
 ينبغي للمسلم أن يكونَ له وِرْدٌ مُسْتَمِرٌّ مِن كتاب الله تعالى.</t>
   </si>
   <si>
     <t>Vysvětlení velkého dobra recitace Koránu a řízení se jím.
 Jedním ze způsobů učení je dávání příkladů a metafor pro lepší porozumění.
 Muslim by měl recitovat část Koránu pravidelně každý den.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6258</t>
   </si>
   <si>
-    <t>مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً</t>
+    <t>معقبات لا يخيب قائلهن أو فاعلهن دبر كل صلاة مكتوبة، ثلاث وثلاثون تسبيحة، وثلاث وثلاثون تحميدة، وأربع وثلاثون تكبيرة</t>
   </si>
   <si>
     <t>„Završující (připomínání Boha), se kterými ten, kdo je říká - nebo dělá - na konci každé povinné modlitby, neprohraje: třiatřicetkrát subhánalláh, třiatřicetkrát alhamdulilláh a čtyřiatřicetkrát Alláhu akbar.”</t>
   </si>
   <si>
     <t>عَنْ كَعْبِ بْنِ عُجْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مُعَقِّبَاتٌ لَا يَخِيبُ قَائِلُهُنَّ -أَوْ فَاعِلُهُنَّ- دُبُرَ كُلِّ صَلَاةٍ مَكْتُوبَةٍ، ثَلَاثٌ وَثَلَاثُونَ تَسْبِيحَةً، وَثَلَاثٌ وَثَلَاثُونَ تَحْمِيدَةً، وَأَرْبَعٌ وَثَلَاثُونَ تَكْبِيرَةً».</t>
   </si>
   <si>
     <t>Ka'b Ibn ‘Udžra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Završující (připomínání Boha), se kterými ten, kdo je říká - nebo dělá - na konci každé povinné modlitby, neprohraje: třiatřicetkrát subhánalláh, třiatřicetkrát alhamdulilláh a čtyřiatřicetkrát Alláhu akbar.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أذكارٍ لا يَخْسَرُ ولا يَنْدَمُ قائلُها، بل له ثوابُ هذه الكلمات، ويأتي بعضُها عَقِبَ بعضٍ، وتُقال عَقِب الصلاة المفروضة، وهي: 
 "سبحان الله" ثلاثًا وثلاثين مرة، أي تنزيهه تعالى عن كل نقص. 
 و"الحمد لله" ثلاثًا وثلاثين مرة، وهي وصف الله بالكمال التامِّ مع محبته وتعظيمه. 
 و"الله أكبر" أربعًا وثلاثين مرة، فالله أكبر وأعظم وأعزُّ من كل شيء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že je dhikr, který když člověk řekne, nebude litovat a dostane se mu za tato slova velké odměny. Tento dhikr se říká po sobě a následuje po povinné modlitbě. Tato slova zní:
 „Subhánalláh” -  říká se třiatřicetkrát a znamená oproštění Boha od každého nedostatku.
 A slova „alhamdulilláh,” která se také říkají třiatřicetkrát. A tato slova popisují dokonalost Boha s láskou a úctou.
 A slova „Alláhu akbar,” která se říkají čtyřiatřicetkrát a znamenají, že Bůh je největší a nejvelkolepější ze všeho.</t>
   </si>
   <si>
     <t>فضل التسبيح والتحميد والتكبير، فهُنَّ الباقيات الصالحات.</t>
   </si>
   <si>
     <t>Velké dobro ve slovech subhánalláh, alhamdulilláh a Alláhu akbar a že tato slova patří do trvalých dobrých skutků.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6259</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Skutky toho, kdo zanechá modlitbu ‘asr, budou ztraceny.”</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>Burajda Ibn al-Hasíb (ať je s ním Bůh spokojen) vyprávěl: „Modlete se modlitbu ‘asr včas, protože Prorok (ať mu Bůh žehná a dá mír) řekl: „Skutky toho, kdo zanechá modlitbu ‘asr, budou ztraceny.”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před úmyslným opožďováním modlitby ‘asr a jejím modlením až po skončení jejího času. Dobré skutky toho, kdo to dělá, budou ztraceny a přijde o ně.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Nabádání k modlení se modlitby ‘asr včas a co nejdříve.
 Velká hrozba pro toho, kdo zanechá modlitbu ‘asr nebo ji opožďuje. U této modlitby je to horší než u jiných, protože o ní konkrétně se mluví v Koránu (jako o prostřední modlitbě), ve slovech Všemohoucího: {Dodržujte modlitby a modlitbu prostřední} [Kráva: 238].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>„Špatné skutky toho, kdo udělá malou očistu, jak nejlépe umí, opustí jeho tělo i zpod nehtů</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>‘Uthmán Ibn ‘Affán (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Špatné skutky toho, kdo udělá malou očistu, jak nejlépe umí, opustí jeho tělo i zpod nehtů."</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že když clověk udělá malou očistu a dodrží všechny její doporučené věci, bude to příčinou odpuštění jeho špatných skutků, které ho opustí i zpod nehtů na rukou a nohou.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Nabádání učit se, jak se správně očistit se všemi doporučenými věcmi a konat podle toho.
 V malé očistě je velký prospěch, je příčinou odpuštění malých hříchů. Co se týče velkých hříchů, k jejich odpuštění je třeba vykonat pokání.
 Podmínkou odpuštění hříchů je udělat malou očistu dokonale, tak jak ji vysvětlil Prorok (ať mu Bůh žehná a dá mír).
 Odpuštění hříchů v tomto hadíthu je podmíněno vyhýbáním se velkým hříchům a konáním pokání z velkých hříchů. Pravil Všemohoucí: {Jestliže se vystříháte těžkých hříchů, které jsou vám zakázány, věru vám vymažeme vaše špatné skutky} [ Ženy: 31].</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ</t>
+    <t>من قال حين يسمع المؤذن أشهد أن لا إله إلا الله وحده لا شريك له، وأن محمدا عبده ورسوله، رضيت بالله ربا وبمحمد رسولا، وبالإسلام دينا، غفر له ذنبه</t>
   </si>
   <si>
     <t>„Kdo řekne, když slyší azán: Ašhadu an lá illáha illá lláhu wahdahu lá šaríka lah, wa ašhadu anna Muhammadan 'abduhu wa rasúluh. Radítu billáhi rabban wa bimuhammadin rasúlan wa bi-l-islámi dínan (Vyznávam, že není boha kromě Boha, který nemá žádného společníka, a že Muhammad je Jeho otrok a posel. Jsem spokojen s Bohem jako Pánem, Muhammadem jako poslem a islámem jako náboženstvím), tomu bude odpuštěn hřích.”</t>
   </si>
   <si>
     <t>عَنْ سَعْدِ بْنِ أَبِي وَقَّاصٍ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «مَنْ قَالَ حِينَ يَسْمَعُ الْمُؤَذِّنَ أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، رَضِيتُ بِاللهِ رَبًّا وَبِمُحَمَّدٍ رَسُولًا، وَبِالْإِسْلَامِ دِينًا، غُفِرَ لَهُ ذَنْبُهُ».</t>
   </si>
   <si>
     <t>Sa'd Ibn Abí Waqqás (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo řekne, když slyší azán: Ašhadu an lá illáha illá lláhu wahdahu lá šaríka lah, wa ašhadu anna Muhammadan 'abduhu wa rasúluh. Radítu billáhi rabban wa bimuhammadin rasúlan wa bi-l-islámi dínan (Vyznávam, že není boha kromě Boha, který nemá žádného společníka, a že Muhammad je Jeho otrok a posel. Jsem spokojen s Bohem jako Pánem, Muhammadem jako poslem a islámem jako náboženstvím), tomu bude odpuštěn hřích.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه مَن قال حين يَسمعُ المؤذنَ 
 "أشهد أن لا إله إلا الله وحده لا شريك له" أي: أُقِرُّ وأعترفُ وأُخبِر أنه لا معبود بحق إلا الله، وكل معبود سواه فهو باطل، 
 "وأن محمدًا عبده ورسوله" أي: أنه عَبْدٌ لا يُعبَد، ورسول لا يَكذِب، 
 "رضيت بالله ربًّا" أي: بربوبيته وألوهيته وأسمائه وصفاته، 
 "وبمحمد رسولًا" أي: بجميع ما أرسل به، وبلغه إلينا،
 "وبالإسلام" أي: بجميع أحكام الإسلام من الأوامر والنواهي،
 "دينًا" أي: اعتقادًا وانقيادًا،
 "غفر له ذنبه" أي: من الصغائر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že kdo řekne, když slyší azán: „Vyznávám, že není boha kromě Boha, který nemá žádného společníka,” tzn. dosvědčuji a oznamuji, že nikdo kromě Boha si nezaslouží být uctíván a cokoliv, co je uctíváno kromě Něj, je falešné. „a že Muhammad je Jeho otrok a posel.” Tzn. že je otrok, který se neuctívá, a posel, který nelže. „Jsem spokojen s Bohem jako Pánem,” tzn. s Jeho panstvím, božstvím a vlastnostmi. „Muhammadem jako poslem,” tj. se vším, s čím byl seslán a co nám předal. „a islámem,” tj. se všemi jeho pravidly, nařízeními a zákazy. „jako náboženstvím," tj. čemu věřím a podle čeho se řídím. „Bude mu odpuštěn jeho hřích,” tj. z malých hříchů.</t>
   </si>
   <si>
     <t>ترديد هذا الدعاء عند سماع النداء من مُكَفِّرات الذنوب.</t>
   </si>
   <si>
     <t>Opakování tohoto dua, když je slyšet azán, patří mezi věci, které vedou k odpuštění hříchů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6272</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>„Tomu, kdo v noci přednese poslední dva verše ze súry Kráva, budou dostačovat.”</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo v noci přednese poslední dva verše ze súry Kráva, budou dostačovat.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že toho, kdo v noci přednese poslední dva verše ze súry Kráva, Bůh ochrání před vším špatným a zlem. Někteří vysvětlují, že přednesení těchto veršů je dostačující, jiní vysvětlují, že tyto dva verše jsou to nejmenší, co by měl člověk v noci při nočních modlitbách přednést. Existují i jiné názory a nejsprávnější asi bude, že tento hadíth zahrnuje všechny tyto názory.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Velký prospěch a odměna za přečtení dvou posledních veršů ze súry Kráva, které začínají slovy: {Uvěřil posel v to, co od Pána jeho mu bylo sesláno…}
 Pokud jsou výše uvedené verše předneseny v noci, ochraňují toho, kdo je přednesl, před zlem a satany.
 Noc začíná západem slunce a trvá až do fadžru (úsvitu).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
-[...2 lines deleted...]
-    <t>„Kdo přečte jen jedno písmeno z Boží Knihy, má za něj dobrý skutek a jeden dobrý skutek je zdesetinásoben.</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
+  </si>
+  <si>
+    <t>„Kdo přečte jen jedno písmeno z Boží Knihy, má za něj dobrý skutek a jeden dobrý skutek je zdesetinásoben</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo přečte jen jedno písmeno z Boží Knihy, má za něj dobrý skutek a jeden dobrý skutek je zdesetinásoben. A neříkám, že {Alif, Lám, Mím} je jedno písmeno, ale {Alif} je jedno písmeno, {Lám} je druhé a {Mím} je třetí."</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že každý muslim, který přečte písmeno z Koránu, má za to jeden dobrý skutek, ale jeho odměna bude zvýšena desetkrát.
 A poté řekl: (A neříkám, že {Alif, Lám, Mím} je jedno písmeno, ale {Alif} je jedno písmeno, {Lám} je druhé a {Mím} je třetí), a tak bude za tato tři písmena třicetinásobná odměna.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Nabádání k tomu co nejvíce číst Korán.
 Ten, kdo recituje Korán, má za každé písmeno ve slově desetinásobnou odměnu.
 Rozlehlost Božího milosrdenství a štědrosti, když Svým služebníkům, znásobuje odměnu.
 Korán je nejlepší řeč a jeho přenášení je uctíváním, a to proto, že to jsou slova Boží.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6275</t>
   </si>
   <si>
-    <t>كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ</t>
+    <t>كذبني ابن آدم ولم يكن له ذلك، وشتمني ولم يكن له ذلك</t>
   </si>
   <si>
     <t>Syn Adama mne prohlásil za lháře a neměl na to právo a urazil mne a neměl na to právo</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «قَالَ اللَّهُ: كَذَّبَنِي ابْنُ آدَمَ وَلَمْ يَكُنْ لَهُ ذَلِكَ، وَشَتَمَنِي وَلَمْ يَكُنْ لَهُ ذَلِكَ، فَأَمَّا تَكْذِيبُهُ إِيَّايَ فَقَوْلُهُ: لَنْ يُعِيدَنِي، كَمَا بَدَأَنِي، وَلَيْسَ أَوَّلُ الخَلْقِ بِأَهْوَنَ عَلَيَّ مِنْ إِعَادَتِهِ، وَأَمَّا شَتْمُهُ إِيَّايَ فَقَوْلُهُ: اتَّخَذَ اللَّهُ وَلَدًا وَأَنَا الأَحَدُ الصَّمَدُ، لَمْ أَلِدْ وَلَمْ أُولَدْ، وَلَمْ يَكُنْ لِي كُفْؤًا أَحَدٌ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Pravil Bůh: „Syn Adama mne prohlásil za lháře a neměl na to právo a urazil mne a neměl na to právo. Pokud jde o jeho prohlášení mne za lháře, jsou to jeho slova: nenavrátí mne zpět tak, jak mě vytvořil. A přitom první stvoření pro mne není jednodušší než jeho navrácení. Pokud jde o to, jak mne urazil, jsou to jeho slova: Bůh si vzal syna. A přitom Já jsem jediný, sám o sobě věčný, neplodil jsem a nebyl zplozen a není nikoho, kdo by mi byl roven.”"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم في الحديث القُدْسِيِّ أنّ اللهَ عز وجل أَخْبَرَ عن المشركين والكفار أنهم يُكذِّبونه ويَصِفُونه بالنقائص والمعايب، وما كان ينبغي لهم ذلك. 
 فأما تكذيبُهم لله: فَزَعْمُهم أنَّ الله لن يُعيدَهم بعد موتِهم مرة أخرى كما خلقهم أول مرة من عَدَم، فردَّ عليهم بأن الذي بَدَأ الخَلْقَ مِن العَدَم قادرٌ على إعادتهم بل أهون، وإن كان الأمر بالنسبة لله مستويان الخلق والإعادة، فالله على كل شيء قدير.
 وأما شتمهم: فقولهم: إن له ولدًا، فَرَدَّ عليهم بأنه الأحد المُتَفَرِّدُ بجميع الكمالات في أسمائه وصفاته وأفعاله، المُنَزَّه عن كل نقص وعيب، الصمد الذي لا يحتاج إلى أحد، ويحتاج إليه كل أحد، ولم يكن والدًا لأحد، ولم يكن ولدًا لأحد، ولم يكن لي كفؤًا أحدٌ من مثيلٍ أو نظيرٍ سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil ve svatém hadíthu, že velectěný Bůh řekl o polyteistech a nevěřících, že ho prohlašují za lháře a přisuzují mu nedostatky a chyby, což jim nepřísluší.
 Co se týče prohlašování Boha za lháře: jsou to jejich domněnky, že Bůh je po jejich smrti znovu nenavrátí, jako když je poprvé stvořil z ničeho. A Bůh jim odpověděl, že kdo je schopný je stvořit z ničeho, je schopný je navrátit, naopak je to pro něj jednodušší, i když z pohledu Boha jsou obě věci stejné, stvoření i návrat, protože Bůh je každé věci mocný.
 A co se týče jejich urážky: jsou to jejich slova, že Bůh má syna. A Bůh jim odpověděl, že je jediný ve všech Svých jménech, vlastnostech a činech, oproštěn od každého nedostatku a chyby, soběstačný, který nikoho nepotřebuje a naopak každý potřebuje Jeho, není ničím otcem ani ničím synem a nikdo mu není rovný ani podobný, ani není stejný jako On, Všemohoucí.</t>
   </si>
   <si>
     <t>إثبات كمال القدرة لله تعالى.
 إثبات البعث بعد الموت.
 كفر من أنكر البعث أو نسب الولد لله تعالى.
 ليس لله تعالى مثيل ولا نظير.
 سعة حلم الله سبحانه، وإمهاله للكافرين لعلهم أن يتوبوا ويرجعوا.</t>
   </si>
   <si>
     <t>Potvrzení dokonalé Boží moci.
 Potvrzení vzkříšení po smrti.
 Nevíra toho, kdo odmítá vzkříšení nebo přiřkne Bohu syna.
 Bůh nemá sobě rovného, stejného ani podobného.
 Velká milost Boží, protože čeká s trestem pro nevěřící, aby měli možnost se kát a vrátit se k Němu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6327</t>
   </si>
   <si>
-    <t>مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ</t>
+    <t>من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
   </si>
   <si>
     <t>Proti tomu, kdo škodí mému příteli (walí), jsem povolil válčit. Můj služebník se mi nepřiblíží ničím více milovaným než  tím, co jsem mu nařídil jako povinnost</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقَدْ آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إِلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إِلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وَمَا يَزَالُ عَبْدِي يَتَقَرَّبُ إِلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ: كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنِ اسْتَعَاذَنِي لَأُعِيذَنَّهُ، وَمَا تَرَدَّدْتُ عَنْ شَيْءٍ أَنَا فَاعِلُهُ تَرَدُّدِي عَنْ نَفْسِ المُؤْمِنِ، يَكْرَهُ المَوْتَ وَأَنَا أَكْرَهُ مَسَاءَتَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh pravil: Proti tomu, kdo škodí mému příteli (walí), jsem povolil válčit. Můj služebník se mi nepřiblíží ničím více milovaným než  tím, co jsem mu nařídil jako povinnost. Můj služebník se mi nepřestane přibližovat doporučenými věcmi, dokud ho nebudu milovat. A když ho budu milovat, budu jeho sluchem, kterým slyší, zrakem, kterým vidí, rukou, kterou sahá, a nohou, kterou chodí, když mě požádá, dám mu, když se dá pod mou ochranu, ochráním ho. A nerozpakuji se u žádného svého činu kromě duše věřícího - on nenávidí smrt a já nenávidím mu jakkoliv ublížit.”"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: 
 مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة. 
 والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. 
 وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. 
 فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
 يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله. 
 ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
 ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله. 
 ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير. 
 ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف. 
 ثم قال الله تعالى: وما تَردَّدتُ عن شيءٍ أنا فاعله تَرَدُّدي في قَبْضِ نَفْس المؤمن رحمة به؛ لأنه يكره الموت لما فيه من الألم، والله يكره ما يُؤلم المؤمن.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil ve svatém hadíthu, že velectěný Bůh řekl: Tomu, kdo uškodí jednomu mému příteli (walí), rozzlobí ho nebo ho nenávidí, otevřeně ukazuji nepřátelství.
@@ -9863,1282 +10621,1285 @@
 A společně s tímto, pokud Boha o něco požádá, dá mu, oč žádal, a tak vyplňuje jeho prosby. A když se dá pod ochranu Boží, Bůh ho ochrání před vším, čeho se bojí.
 A poté Všemohoucí Bůh řekl: A nerozpakuji se u žádného svého činu kromě vzetí duše věřícího, z milosrdenství vůči němu, protože nenávidí smrt kvůli bolesti s ní spojené a Bůh nenávidí vše, co bolí věřícího.</t>
   </si>
   <si>
     <t>هذا الحديث ممّا يَرويه النبيُّ صلى الله عليه وسلم عن ربه، ويُسمّى بالحديث القُدْسِي أو الإلهي، وهو الذي لَفْظُه ومعناه مِن الله، غير أنه ليست فيه خصائصُ القرآن التي امتاز بها عما سواه، من التعبُّدِ بتلاوتِه والطهارة له والتَّحَدِّي والإعجاز، وغير ذلك.
 النهي عن إيذاء أولياء الله والترغيب في حُبِّهم، والاعتراف بفضلهم.
 الأمر بمعاداة أعداء الله وتحريم موالاتهم.
 مَن ادَّعَى ولايةَ اللهِ بدون اتّباع شرعِه فهو كاذبٌ في دعواه.
 تُنالُ ولايةُ الله بفعل الواجبات وترك المحرمات.
 مِن أسباب محبة الله للعبد وإجابة دعوته فِعْلُ النوافل بعد القيام بالواجبات وترك المحرمات.
 الدلالة على شرف الأولياء ورفعة منزلتهم.</t>
   </si>
   <si>
     <t>Tento hadíth patří do skupiny hadíthů, kdy Prorok (ať mu Bůh žehná a dá mír) vypráví, co říká Bůh. Tyto hadíthy se nazývají al-qudsí (svaté) nebo Božské a jsou to hadíthy, jejichž význam i přesné znění je od Boha, ale liší se od Koránu tím, že je nelze recitovat v modlitbě, za jejich recitování není odměna, není třeba být očištěn, aby se jich člověk mohl dotýkat atd.
 Zákaz škodit přátelům Božím a nabádání k tomu mít je rád a přiznat jim jejich zásluhy.
 Nařízení nepřátelství vůči nepřátelům Božím a zákaz přátelit se s nimi.
 Kdo tvrdí, že je přítel Boží (walí), aniž by následoval Jeho zákon, ve svém tvrzení lže.
 Božího přátelství lze dosáhnout dodržováním povinností a vyhýbáním se zakázanému.
 Mezi příčiny Boží lásky a splnění proseb patří konání nepovinného uctívání po dodržování povinností a vyhýbání se zákazům.
 Důkaz vysokého postavení přátel Božích (awlijá).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6337</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ</t>
+    <t>من حلف فقال في حلفه: واللات والعزى، فليقل: لا إله إلا الله، ومن قال لصاحبه: تعال أقامرك، فليتصدق</t>
   </si>
   <si>
     <t>„Kdo přísahal a řekl ve své přísaze: Při Al-Lát, při Al-‘Uzzá, ať řekne: Není boha kromě Boha. A kdo řekne svému druhovi: Pojď hazardovat, ať dá almužnu.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَلَفَ فَقَالَ فِي حَلِفِهِ: وَاللَّاتِ وَالعُزَّى، فَلْيَقُلْ: لاَ إِلَهَ إِلَّا اللَّهُ، وَمَنْ قَالَ لِصَاحِبِهِ: تَعَالَ أُقَامِرْكَ، فَلْيَتَصَدَّقْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo přísahal a řekl ve své přísaze: Při Al-Lát, při Al-‘Uzzá, ať řekne: Není boha kromě Boha. A kdo řekne svému druhovi: Pojď hazardovat, ať dá almužnu.”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن الحَلِف بغير الله؛ حيث المؤمن لا يحلف إلا بالله، 
 ويخبر أنّ من حلف بغير الله؛ كمن حلف مثلًا: باللات والعُزى -وهما صنمان كانا يُعبدان في الجاهلية قبل الإسلام- فيجب عليه أن يقول مستدركًا على نفسه: لا إله إلا الله، تبرؤًا من الشرك، وكفارةً عن حلفه ذاك.
 ثم أخبر صلى الله عليه وسلم أنّ من قال لصاحبه: تعال نلعب القمار، -وهو أن يتغالب اثنان فأكثر على أن يكون بينهم مال يأخذه الغالب، ولا يخلو كل واحد منهما فيه من أن يغنم أو يغرم-؛ فيستحب أن يتصدق بشيء تكفيرًا عما دعا إليه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varuje toho, kdo přísahá při někom jiném než při Bohu, protože věřící přísahá jen při Bohu. A řekl, že pro toho, kdo přísahal při něčem jiném než při Bohu, jako ten, kdo například přísahal při Al-Lát nebo Al-‘Uzzá, což byly modly v době nevědomosti před islámem, je povinné, aby poté dodal sám pro sebe: Není boha kromě Boha, aby se oprostil od přidružování, a jako vykoupení za toto přísahání.
 Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo řekne svému druhovi: Pojď hrát hazardní hru, to je hra, kterou hraje dva a více lidí o peníze, které jeden z nich vyhraje, což znamená, že každý z nich buď dostane více, nebo o více přijde, je doporučené, aby jako vykoupení za to, že k něčemu takovému zval, dal almužnu.</t>
   </si>
   <si>
     <t>الحلف لا يكون إلا بالله وأسمائه وصفاته.
 الحلف بغير الله تعالى محرَّم، سواء الحلف بالأصنام كاللات والعزى، أو الحلف بالأمانة، أو الحلف بالنبي أو غير ذلك.
 قال الخطابي: اليمين إنما تكون بالمعبود المعظّم، فإذا حلف باللات ونحوها فقد ضاهى الكفار، فأمر أن يتدارك بكلمة التوحيد.
 ليس على من حلف بغير الله كفارة يمين، وإنما يلزمه الإنابة والاستغفار؛ لأنه أعظم من أن تكفِّرَه غير التوبة.
 تحريم القمار بكل صوره وأشكاله، وهو الميسِر الذي حرَّمه الله تعالى وقرَنه بالخمر والأصنام.
 وجوب الرجوع عن المعصية في حال اقترافها.
 من وقع في سيئة عليه أن يتبعها حسنة؛ لأن الحسنات يذهبن السيئات.</t>
   </si>
   <si>
     <t>Přísahat lze jen při Bohu, Jeho jménech nebo Jeho vlastnostech.
 Přísahání při něčem jiném než při Bohu je zakázané, ať už se jedná o přísahání při modlách, jako Al-Lát nebo Al-‘Uzzá,  přísahání při důvěře, při Prorokovi nebo při čemkoliv jiném.
 Al-Chattábí řekl: Přísaha má být při tom nejvyšším, který je uctíván, a když člověk přísahá při Al-Lát nebo něčem podobném, napodobuje nevěřící a tak je mu nařízeno, aby to vyvrátil slovy tawhídu(monoteismu).
 Pro toho, kdo přísahá při něčem jiném než při Bohu, neplatí vykupování se z přísahy, ale musí se kát a prosit za odpuštění, protože to je horší, než se z toho vykoupit bez pokání.
 Zákaz hazardu ve všech jeho podobách, hazard se nazývá majsir, který byl Bohem zakázán společně s vínem a modlami.
 Povinnost odvrátit se od hříchu už ve chvíli jeho páchání.
 Ten, kdo udělá nějaký hřích, by měl udělat dobrý skutek, protože dobré skutky odstraňují ty špatné.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6379</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْمُفْلِسُ؟</t>
+    <t>أتدرون ما المفلس؟</t>
   </si>
   <si>
     <t>„Víte, kdo je na mizině?</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «أَتَدْرُونَ مَا الْمُفْلِسُ؟» قَالُوا: الْمُفْلِسُ فِينَا مَنْ لَا دِرْهَمَ لَهُ وَلَا مَتَاعَ، فَقَالَ: «إِنَّ الْمُفْلِسَ مِنْ أُمَّتِي يَأْتِي يَوْمَ الْقِيَامَةِ بِصَلَاةٍ وَصِيَامٍ وَزَكَاةٍ، وَيَأْتِي قَدْ شَتَمَ هَذَا، وَقَذَفَ هَذَا، وَأَكَلَ مَالَ هَذَا، وَسَفَكَ دَمَ هَذَا، وَضَرَبَ هَذَا، فَيُعْطَى هَذَا مِنْ حَسَنَاتِهِ، وَهَذَا مِنْ حَسَنَاتِهِ، فَإِنْ فَنِيَتْ حَسَنَاتُهُ قَبْلَ أَنْ يُقْضَى مَا عَلَيْهِ أُخِذَ مِنْ خَطَايَاهُمْ فَطُرِحَتْ عَلَيْهِ، ثُمَّ طُرِحَ فِي النَّارِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Víte, kdo je na mizině?" Odpověděli: „Na mizině je u nás ten, kdo nemá peníze ani žádný jiný majetek." A (Prorok) řekl: „Věru že na mizině je z mé obce ten, kdo přijde v soudný den s tím, že se modlil, postil a dával almužnu, ale také někomu nadával, neprávem ho obviňoval, bral cizí majetek, někoho zabil nebo ho bil, a pak bude dávat ze svých dobrých skutků tomu a tomu a pokud jeho dobré skutky dojdou dříve, než bude odškodněno, co udělal, ponese špatné skutky těch, kterým ukřivdil, a budou na něj vhozeny a pak bude i on vhozen do ohně."</t>
   </si>
   <si>
     <t>سَألَ النبيُّ صلى الله عليه وسلم أصحابه: أتدرون من المفلس؟ قالوا: المفلس فينا من لا مال له ولا متاع، فقال: إن المفلس من أمتي يوم القيامة من يأتي بأعمال صالحة من صلاة وصيام وزكاة، ويأتي وقد شتم هذا وسبَّه، وقَذَفَ هذا في عرضه، وأكل مال هذا وجحده، وسَفَكَ دمَ هذا وظلمه، وضرب هذا وأهانه، فيعطى المظلوم من حسناته، فإن فنيت حسناته قبل أن يَقضيَ ما عليه من الحقوق والمظالم، أُخذ من ذنوب المظلوم فجُعلت في صحائف الظالم، ثم طُرح ورُمي في النار حيث لم يبقَ له حسنات.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) se zeptal svých druhů: Víte, kdo je na mizině? A oni řekli: Na mizině je u nás ten, kdo nemá peníze ani žádný jiný majetek. A Prorok řekl: Věru že na mizině je z mé obce ten, kdo přijde v soudný den s dobrými skutky, jako je modlitba, půst a almužna, ale také přijde s tím, že někomu nadával, urazil jeho čest, bral cizí majetek, zabil někoho a ukřivdil mu nebo ho bil a ponížil ho, a pak bude dávat tomu, kterému ukřivdil, ze svých dobrých skutků a když jeho dobré skutky dojdou dříve, než se dostane práv těm, kterým ukřivdil, vezme si hříchy těch, kterým ukřivdil, a budou zapsány v jeho svitcích a vhozeny na něj a pak bude i on vhozen do ohně, protože už nebude mít žádné dobré skutky.</t>
   </si>
   <si>
     <t>التحذير من الوقوع في المُحرمات، وخاصة ما يتعلق بحقوق العباد المادية والمعنوية.
 حقوق الخَلْق فيما بينهم مَبنية على المُشَاحّة، وحقوق الخالق سوى الشرك مبنية على المُسامحة.
 استعمال طريقة المحاورة التي تُشوِّق السامع وتُلفتْ نظرَه وتثير اهتمامه، وخاصة في التربية والتوجيه.
 بيان معنى المفلس الحقيقي، وهو من أخذ غرماؤه أعمالَه الصالحةَ يوم القيامة.
 القصاص في الآخرة قد يأتي على جميع الحسنات، حتى لا يبقي منها شيئًا.
 معاملة الله للخلق قائمة على العدل والحق.</t>
   </si>
   <si>
     <t>Varování před upadnutím do zakázaných věcí, hlavně těch, které jsou spojeny s právy ostatních lidí, ať už materiálními nebo duchovními.
 Práva mezi lidmi jsou založena na sporech, zatímco práva Boha, kromě přidružování jsou postavena na odpuštění.
 Používání způsobu dialogu, který přitahuje posluchače, upoutává jeho pozornost a probouzí jeho zájem, zejména ve vzdělávání a vedení.
 Vysvětlení skutečného významu výrazu „na mizině,” což je ten, jehož dlužníci si v soudný den vezmou jeho dobré skutky.
 Odplata a vyrovnání v budoucím životě může vzít všechny dobré skutky, až z nich nic nezbyde.
 Chování Boha k Jeho stvoření je postavené na spravedlnosti a pravdě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6454</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>„Pokud muž dává své rodině peníze s úmyslem, že to dělá pro Boha, je to pro něj považováno za almužnu.”</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>Abú Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Pokud muž dává své rodině peníze s úmyslem, že to dělá pro Boha, je to pro něj považováno za almužnu.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pokud muž dává své rodině, kterou je povinen živit (tzn. manželce, rodičům, dětem atd.) peníze s úmyslem, že se chce přiblížit Bohu a chce za to mít odměnu, bude to, co dal, považováno za almužnu a dostane za to odměnu.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Je možné mít odměnu za vyživování své rodiny.
 Věřící by měl všechny skutky konat pro Boha a pro to, co je u Boha za odměnu.
 Člověk by se měl snažit o upřímný úmysl ve všech dobrých činech, kam patří i vyživování rodiny.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
-[...2 lines deleted...]
-    <t>„Víra má přes sedmdesát (v jiné verzi přes šedesát) odvětví, nejlepší z nich jsou slova: „Není boha kromě Boha" a nejnižší z nich je odstraňování překážek z cesty.</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
+  </si>
+  <si>
+    <t>„Víra má přes sedmdesát (v jiné verzi přes šedesát) odvětví, nejlepší z nich jsou slova: „Není boha kromě Boha" a nejnižší z nich je odstraňování překážek z cesty</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Víra má přes sedmdesát (v jiné verzi přes šedesát) odvětví, nejlepší z nich jsou slova: „Není boha kromě Boha" a nejnižší z nich je odstraňování překážek z cesty. A stydlivost je jedno z odvětví víry.”</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že víra obsahuje mnoho odvětví a částí a zahrnuje skutky, slova a přesvědčení.
 A že nejvyšší a nejlepší část víry jsou slova: „není boha kromě Boha,” kdy člověk ví, co to znamená, a chová se podle toho. Tzn. že Bůh je jediný pravý, který si zasluhuje uctívání jen On sám bez kohokoliv dalšího.
 Zatímco nejmenší z částí víry je odstraňování překážek a věcí, které mohou škodit, z cest, kde chodí lidé.
 Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že stydlivost je jednou z částí víry, protože stydlivost vede k dobrému chování a zanechání špatných věcí.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Víra má různé stupně a některé jsou vyšší než jiné.
 Víra zahrnuje slova, činy a přesvědčení.
 Stydlivost před Bohem znamená, že se člověk vyhýbá tomu, aby ho Bůh viděl dělat zakázané věci, a na druhou stranu nechybí tam, kde se konají povinné věci.
 Určitý počet v hadíthu neznamená, že jich není více, ale znamená to, že skutků víry je mnoho, protože Arabové někdy říkají určitý počet, ale nemyslí tím, že to nemůže být více nebo méně.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6468</t>
   </si>
   <si>
-    <t>مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ</t>
+    <t>ما منكم من أحد إلا سيكلمه الله، ليس بينه وبينه ترجمان</t>
   </si>
   <si>
     <t>„Není nikoho z vás, aniž by s ním Bůh mluvil bez tlumočníka,</t>
   </si>
   <si>
     <t>عَنْ عَدِيِّ بْنِ حَاتِمٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَا مِنْكُمْ مِنْ أَحَدٍ إِلَّا سَيُكَلِّمُهُ اللهُ، لَيْسَ بَيْنَهُ وَبَيْنَهُ تُرْجُمَانٌ، فَيَنْظُرُ أَيْمَنَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ أَشْأَمَ مِنْهُ فَلَا يَرَى إِلَّا مَا قَدَّمَ، وَيَنْظُرُ بَيْنَ يَدَيْهِ فَلَا يَرَى إِلَّا النَّارَ تِلْقَاءَ وَجْهِهِ، فَاتَّقُوا النَّارَ وَلَوْ بِشِقِّ تَمْرَةٍ».</t>
   </si>
   <si>
     <t>‘Adí Ibn Hátim (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Není nikoho z vás, aniž by s ním Bůh mluvil bez tlumočníka, a podívá se napravo a uvidí jen, co činil, a podívá se nalevo a uvidí pouze to, co činil, a podívá se před sebe a uvidí před svým obličejem pouze oheň, a tak se střezte ohně, i kdyby jen pomocí půlky datle.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم بأنَّ كلَّ مؤمن سيقف بين يدي الله يوم القيامة لوحدِه، وأنّ الله تعالى سيُكلّمه بدون واسطة وليس بينهما مترجم يترجم الكلام، فينظر جهة اليمين والشمال من شدة الفزع، ولعله أن يجد طريقًا يذهب فيها ليحصل له النجاة من النار التي هي أمامه. 
 فإذا نظر في الجانب الذي على يمينه فلا يرى إلا ما قدَّمَ من العمل الصالح، 
 وإذا نظر عن شماله فلا يرى إلا ما قدَّم من العمل السيء، 
 وإذا نظر أمامه فلا يرى إلا النار، ولا يمكنه أن يَحيدَ عنها إذ لا بدّ له من المرور على الصراط. 
 ثم قال صلى الله عليه وسلم: اجعلوا بينكم وبين النار وقاية من الصدقة وعمل البر، ولو بشيء يسير كنصف تمرة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že každý věřící bude stát před Bohem v soudný den sám a Všemohoucí Bůh s ním bude mluvit bez prostředníka a bez překladatele. A bude se dívat vpravo a vlevo z velkého strachu a aby našel cestu, kterou by se zachránil před ohněm, který je před ním. A když se podívá napravo, neuvidí nic jiného než své dobré skutky, které udělal. A když se podívá nalevo, neuvidí nic jiného než své špatné skutky, které udělal. A když se podívá před sebe, neuvidí nic jiného než oheň, před kterým nelze utéct, a bude muset přejít přes most (sirát). Poté Prorok (ať mu Bůh žehná a dá mír) řekl: A učiňte mezi sebou a ohněm ochranu z almužny a dobrých skutků, i kdyby to měla být nepatrná věc jako polovina datle.</t>
   </si>
   <si>
     <t>الحث على الصدقات وإن قَلَّتْ والتَّخَلُّق بالخصال الحميدة، والمعاملة باللطف ولين الكلام.
 قرب الله تعالى من عبده يوم القيامة، إذ ليس بينهما حجاب ولا واسطة ولا ترجمان، فليَحذَر المؤمن من مخالفة أمر ربه.
 ينبغي على المرء أن لا يحتقر ما يتصدق به، ولو كان يسيرًا، فإنه وقاية من النار.</t>
   </si>
   <si>
     <t>Nabádání k dávání almužen, i kdyby to bylo málo, a k chvályhodným vlastnostem a laskavému chování a mluvení.
 Blízkost Všemohoucího Boha k člověku v soudný den, protože mezi nimi nebude clony, ani prostředníka, ani tlumočníka, a tak se má věřící varovat odporování Božímu rozkazu.
 Člověk by neměl snižovat jakoukoliv almužnu, i kdyby byla nepatrná, protože to je ochrana před ohněm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6615</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>Nezanechte krk jediného zvířete, aniž byste mu z něj strhli provaz, kterým je ověšen.”</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>Abú Bašír al-Ansárí (ať je s ním Bůh spokojen) vyprávěl, že byl s Poslem Božím (ať mu Bůh žehná a dá mír) na některých cestách a Posel Boží (ať mu Bůh žehná a dá mír) vyslal posla do míst, kde nocovali lidé, aby jim řekl: „Nezanechte krk jediného zvířete, aniž byste mu z něj strhli provaz, kterým je ověšen.”</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl na cestě a lidé byli ve stanech v místě nocování. Prorok k nim poslal člověka, aby jim nařídil strhnout z jejich velbloudů to, čím byli ověšeni, ať to byly provazy, zvonky atd. Arabové jim tyto věci věšeli na krk jako ochranu před uřknutím, a tak jim bylo nařízeno je strhnout, protože jediný, kdo může člověka ochránit, je pouze Bůh.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Zákaz věšení různých amuletů, aby ochraňovaly člověka nebo mu přinesly něco dobrého, protože to je přidružování k Bohu.
 Je povoleno dávat ohlávky a všechny věci, které slouží k řízení zvířete.
 Povinnost upozorňovat podle schopnosti člověka na zavrženíhodné věci.
 Povinnost spojit srdce pouze s Bohem, jediným, který nemá žádného společníka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ</t>
+    <t>من علق تميمة فقد أشرك</t>
   </si>
   <si>
     <t>„Kdo si pověsí amulet, ten přidružil k Bohu.”</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ الْجُهَنِيِّ رضي الله عنه: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَقْبَلَ إِلَيْهِ رَهْطٌ، فَبَايَعَ تِسْعَةً وَأَمْسَكَ عَنْ وَاحِدٍ، فَقَالُوا: يَا رَسُولَ اللهِ، بَايَعْتَ تِسْعَةً وَتَرَكْتَ هَذَا؟ قَالَ: «إِنَّ عَلَيْهِ تَمِيمَةً»، فَأَدْخَلَ يَدَهُ فَقَطَعَهَا، فَبَايَعَهُ، وَقَالَ: «مَنْ عَلَّقَ تَمِيمَةً فَقَدْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>‘Uqba Ibn ‘Ámir (ať je s ním Bůh spokojen) vyprávěl, že k Poslu Božímu (ať mu Bůh žehná a dá mír) přišla skupina a on nechal slíbit věrnost devět z nich kromě jednoho. A oni řekli: „Posle Boží, devět jsi nechal slíbit věrnost, a tohoto jsi nechal?" A on řekl: „Má na sobě amulet” a on (muž) zasunul ruku a strhl ho. Pak ho (Prorok) nechal slíbit věrnost a pak řekl: „Kdo si pověsí amulet, ten přidružil k Bohu.”</t>
   </si>
   <si>
     <t>قَدِمَ جماعةٌ إلى النبيّ صلى الله عليه وسلم، وكان عددُهم عشرة، فبايع تسعةً منهم على الإسلام والمتابعة، ولم يبايع العاشر، فلما سُئل عن سببِ ذلك قال عليه الصلاة والسلام: 
 إنّ عليه تميمة، وهي ما يُربط أو يُعلَّق مِن الخَرَز وغيرِها لِدَفع العين أو الضرر. 
 فأدخلَ الرجلُ يدَه لموضع التميمة وقَطَعَها وتَخلَّص منها، فبايعه النبي صلى الله عليه وسلم عند ذلك، وقال مُحَذِّرًا من التمائم ومُبَيِّنًا حكمَها: 
 "مَن علَّقَ تَميمة فقد أشرك".</t>
   </si>
   <si>
     <t>K Prorokovi (ať mu Bůh žehná a dá mír) přišla desetičlenná skupina a on nechal devět z nich slíbit věrnost islámu a jednoho vynechal. A když byl tázán na důvod, řekl, že má na sobě amulet, tj. věc, která se váže nebo pověsí a má chránit před uřknutím a vším špatným. A tak tento muž zasunul ruku k tomuto amuletu, utrhl ho a vyhodil. Pak ho Prorok (ať mu Bůh žehná a dá mír) nechal slíbit věrnost a pak varoval před amulety a řekl: „Kdo si pověsí amulet, ten přidružil k Bohu.”</t>
   </si>
   <si>
     <t>مَن اعتَمَدَ على غير الله عامَلَه الله بِنَقِيْضِ قَصْدِه.
 اعتقاد أنَّ تَعليقَ التمائمِ سببٌ في دفع الأذى والعين شركٌ أصغر، أما إن اعتقد أنها تنفع بذاتها فهو شرك أكبر.</t>
   </si>
   <si>
     <t>Tomu, kdo se spolehne na někoho jiného než na Boha, Bůh učiní opak toho, co zamýšlel.
 Víra v to, že pověšení amuletů je prostředek (od Boha) k ochraně před zlem a uřknutím, je malé přidružování, ale víra v to, že amulet sám o sobě může prospívat, je velké přidružování.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6762</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>„Majetek a krev toho, kdo řekne: „Není boha kromě Boha" a odmítne vše, co je místo Něj uctíváno, se stanou nedotknutelnými a Bůh je ten, který s ním zúčtuje</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>Táriq Ibn Ašjam al-Ašdža'í (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Majetek a krev toho, kdo řekne: „Není boha kromě Boha" a odmítne vše, co je místo Něj uctíváno, se stanou nedotknutelnými a Bůh je ten, který s ním zúčtuje.</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že majetek a krev toho, kdo řekne: není boha kromě Boha (tj. že je jediný pravý Bůh, který si zaslouží být uctíván) a odmítne vše, co je místo Něj uctíváno, a odmítne všechna ostatní náboženství kromě islámu, budou pro muslimy nedotknutelnými, leda by udělal nějaký zločin, za který by si zasloužil trest.
 A Bůh je ten, kdo s ním v soudný den zúčtuje, a pokud byl upřímný, dá mu odměnu a pokud byl pokrytec, potrestá ho.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Vyslovení vyznání, že není boha kromě Boha, a odmítnutí všeho, co je uctíváno kromě Něj, je podmínkou přijetí islámu.
 Vyznání (není boha kromě Boha) znamená odmítnutí všeho, co je uctíváno místo Boha, jako sochy, modly, hroby a další. A znamená to věřit, že je jen jeden Bůh.
 Tomu, kdo prohlásil jedinost Boží, a chová se před lidmi podle islámu, se nesmí ubližovat a nic dělat, dokud mu není jasně prokázán opak.
 Nedotknutelnost majetku muslima, jeho krve a cti, kromě podle práva.
 V tomto světě se řídí podle vnějšího zdání, zatímco v budoucím životě bude rozhodnuto na základě vnitřních úmyslů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6765</t>
   </si>
   <si>
-    <t>مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ</t>
+    <t>من حدث عني بحديث يرى أنه كذب، فهو أحد الكاذبين</t>
   </si>
   <si>
     <t>„Kdo o mně říká vyprávění (hadíth), o kterém si myslí, že je to lež, ten je jedním z lhářů.”</t>
   </si>
   <si>
     <t>عَنْ سَمُرَةَ بْنِ جُنْدَبٍ وَالْمُغِيرَةِ بْنِ شُعْبَةَ رضي الله عنهما قَالَا: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ حَدَّثَ عَنِّي بِحَدِيثٍ يُرَى أَنَّهُ كَذِبٌ، فَهُوَ أَحَدُ الْكَاذِبِينَ».</t>
   </si>
   <si>
     <t>Samura Ibn Džundab a Al-Mughíra Ibn Šu'ba (ať je s nimi Bůh spokojen) vyprávěli, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo o mně říká vyprávění (hadíth), o kterém si myslí, že je to lež, ten je jedním z lhářů.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أن مَن نَقَلَ عنه حديثًا وهو يعلم أو يظن أو يغلِب على ظنه أنه كذبٌ عليه صلى الله عليه وسلم؛ فالراوي له يُشاركُ البادي بهذا الكذب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že kdo o něm bude vyprávět nějaký hadíth a bude vědět nebo se domnívat, že to je lež o Prorokovi (ať mu Bůh žehná a dá mír), ten je spoluúčastníkem na této lži.</t>
   </si>
   <si>
     <t>التثبُّت من الأحاديث المروية عن النبي صلى الله عليه وسلم، والتأكد من صحتها قبل روايتها.
 صفة الكذب تُطلق على كل من اختَرَعَ الكذب وعلى مَن قام بنقلِه ونشره بين الناس.
 يحرم رواية الحديث الموضوع على مَن عَرَف كونَه موضوعًا، أو غلب على ظنه وضعُه إلا إذا كان للتحذير منه.</t>
   </si>
   <si>
     <t>Ověřování si hadíthů o Prorokovi (ať mu Bůh žehná a dá mír) a být si před jejich rozšiřováním jistý jejich správností.
 Popis lhář je používaný na toho, kdo si lež vymyslí, i na toho, kdo ji předává dále a rozšiřuje ji mezi lidmi.
 Vyprávět lživý hadíth je zakázáno tomu, kdo ví, že je lživý, nebo se to domnívá, ledaže by chtěl před ním varovat.</t>
   </si>
   <si>
     <t>رواه مسلم في مقدمته</t>
   </si>
   <si>
+    <t>[رواه مسلم في مقدمته]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/6982</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Věru, že mravy Proroka Božího (ať mu Bůh žehná a dá mír) byly Korán</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Sa'ad Ibn Hišám Ibn ‘Ámir řekl 'Á'iše (ať je s ní Bůh spokojen), když k ní vstoupil: „Matko věřících, řekni mi o mravech Posla Božího (ať mu Bůh žehná a dá mír)!" A ona řekla: „Ty nečteš Korán?" Řekl jsem: „Ano." Řekla: „Věru, že mravy Proroka Božího (ať mu Bůh žehná a dá mír) byly Korán."</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Matka věřících 'Á'iša (ať je s ní Bůh spokojen) byla tázána na mravy Proroka (ať mu Bůh žehná a dá mír) a odpověděla slovem, které zahrnuje vše, a tím je Korán, který zahrnuje všechny dokonalé vlastnosti. A řekla, že Prorok (ať mu Bůh žehná a dá mír) se choval podle Koránu, dělal, co Korán nařídil, varoval se toho, co zakázal, choval se podle jeho etikety a ponaučil se z jeho příběhů a vyprávění.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Nabádání k napodobování Proroka (ať mu Bůh žehná a dá mír) v jeho chování podle Koránu.
 Chvála mravů Proroka (ať mu Bůh žehná a dá mír) a že jeho mravy byly z Božího vnuknutí.
 Korán je zdrojem veškerých dobrých mravů.
 Mravy v islámu zahrnují celé náboženství, řízení se příkazy a vyvarování se zákazů.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[Zaznamenal ho Muslim v dlouhém hadíthu]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8265</t>
   </si>
   <si>
-    <t>الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء</t>
+    <t>الراحمون يرحمهم الرحمن، ارحموا أهل الأرض يرحمكم من في السماء</t>
   </si>
   <si>
     <t>„Nad milosrdnými se slituje Milosrdný. Mějte soucit s těmi, kdo jsou na zemi, a bude s vámi mít soucit Ten, který je na nebi.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «الرَّاحِمُونَ يَرْحَمُهمُ الرَّحمنُ، ارحَمُوا أهلَ الأرضِ يَرْحْمْكُم مَن في السّماء».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Nad milosrdnými se slituje Milosrdný. Mějte soucit s těmi, kdo jsou na zemi, a bude s vámi mít soucit Ten, který je na nebi.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذين يرحمون غيرَهم يرحمُهم الرحمنُ برحمتِه التي وسعت كلَّ شيء؛ جزاءً وفاقًا.
 ثم أَمَرَ صلى الله عليه وسلم برحمةِ جميعِ مَن في الأرض مِن إنسانٍ أو حيوانٍ أو طيرٍ أو غيرِه من أنواع الخلق وجزاء ذلك أنْ يرحمَكم الله من فوق سمواته.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že nad těmi, kdo mají slitování s ostatními, se za odměnu smiluje Milosrdný Bůh. Jeho milosrdnenství a slitování je obsáhlejší než všechno ostatní.
 Poté Prorok (ať mu Bůh žehná a dá mír) nařídil být milosrdný ke všem (lidem, zvířatům a všemu stvoření) na zemi a odměnou za to bude milosrdenství Boží na nebesích.</t>
   </si>
   <si>
     <t>دين الإسلام دين الرحمة، وهو قائم كله على طاعة الله والإحسان إلى الخلق.
  الله عز وجل متصف بالرحمة، وهو سبحانه الرحمن الرحيم، مُوْصِلُ الرحمة إلى عباده.
 الجزاء من جنس العمل، فالراحمون يرحمهم الله.</t>
   </si>
   <si>
     <t>Islámské náboženství je náboženstvím milosrdenství, které vychází z poslušnosti k Bohu a dobrého chování ke všemu stvoření.
 Bůh má jako Svoji vlastnost milosrdnost, je Milosrdný a Slitovný a dává milosrdenství Svým služebníkům.
 Odměna i trest jsou stejným způsobem, jako byl skutek. A tak je Bůh milosrdný k těm, kteří jsou milosrdní k ostatním.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8289</t>
   </si>
   <si>
-    <t>كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم</t>
+    <t>كان إذا دخل المسجد قال: أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرجيم</t>
   </si>
   <si>
     <t>vstupoval do mešity, řekl: „Utíkám se k Velkolepému Bohu, k Jeho ctěné tváři a věčné moci před prokletým satanem”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما: عن النبي صلى الله عليه وسلم أنه كان إذا دخل المسجد قال: «أعوذ بالله العظيم، وبوجهه الكريم، وسلطانه القديم، من الشيطان الرَّجِيم»، قال: أَقَطُّ؟ قلت: نعم، قال: فإذا قال ذلك قال الشيطان: حُفِظَ منِّي سائر اليوم.</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že když Prorok (ať mu Bůh žehná a dá mír) vstupoval do mešity, řekl: „Utíkám se k Velkolepému Bohu, k Jeho ctěné tváři a věčné moci před prokletým satanem” (Někdo) řekl: „Jenom?" Řekl jsem: „Ano, řekl: A když to řekne, řekne Satan: Je ode mě chráněn po zbytek dne."</t>
   </si>
   <si>
     <t>كَانَ النبيُّ صلى الله عليه وسلم إذا دَخل المسجدَ قال: 
 (أعوذ بالله العظيم) أعتصم وألتجئ بالله وصفاته 
 (وبوجهه الكريم) الجَواد المُعطي، 
 (وسلطانه) غَلبَتِه وقدرتِه وقهرِه على من أراد من خلقِه 
 (القديم) الأزلي الأبدي 
 (من الشيطان الرجيم) المبعود والمطرود من رحمة الله،
 أي: اللهم احفظني من وسوسته وإغوائه وخطواته وخطراته وتسويله وإضلاله، فإنه السبب في الضلالة والباعث على الغواية والجهالة، 
 فقيل لعبد الله بن عمرو "أقط؟" أي: هل قال النبي صلى الله عليه وسلم هذا فقط؟ 
 قال: نعم.
 فإذا قال الداخل للمسجد هذا الدعاء؛ قال الشيطان: لقد حَفِظ هذا الداخل نفسَه مني جميع الوقت، يومه وليلته.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) vstoupil do mešity, řekl: (Utíkám se k Velkolepému Bohu) Přidržuji se a utíkám se k Bohu a Jeho vlastnostem. (A k Jeho ctěné tváři) Štědrému, který dává. (Jeho moci) Jeho nadvládě, moci a vítězství, nad kýmkoli ze svého stvoření chce. (Věčné) Která nemá začátek ani konec. (Před prokletým satanem) Oddáleným a vyhnaným z Boží milosti. Tj. Bože, ochraň mě od jeho našeptávání, pokušení, kroků, nebezpečí, svedení a jeho bloudění, protože on je příčinou bloudění a příčinou klamu a nevědomosti. A ‘Abdalláhovi Ibn ‘Amru bylo řečeno: „Jenom?” Tj. Prorok (ať mu Bůh žehná a dá mír) řekl pouze toto? A on řekl: Ano.
 A když ten, kdo vstupuje do mešity, řekne toto dua, řekne Satan: Ten, kdo vstoupil, je přede mnou chráněn po celý čas, celý den a noc.</t>
   </si>
   <si>
     <t>فضل الدعاء بهذا الذكر عند دخول المسجد، وأنه يحفظ قائلَه من الشيطان بقية يومه.
 التحذير من الشيطان، وأنه يتربَّصُ للمسلم؛ لإضلاله وإغوائه.
 يحصل للإنسان من الحفظ من إضلال الشيطان وإزاغته على قدر ما يقوم بقلبه من الإيمان بالله والاستحضار لهذا الدعاء وتصديقه بموعد الله المترتب عليه.</t>
   </si>
   <si>
     <t>Odměna za říkání tohoto dua při vstupu do mešity a že ten, kdo ho řekne, je chráněn před satanem po zbytek dne.
 Varování před satanem a že číhá na muslima, aby ho nechal zbloudit.
 Člověku se dostane ochrany před satanovým zblouděním podle toho, kolik má v srdci víry a jak moc je soustředěný na toto dua a věří tomu, co mu Bůh za něj slíbil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8294</t>
   </si>
   <si>
-    <t>يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ</t>
+    <t>يقول الله تعالى لأهون أهل النار عذابا يوم القيامة: لو أن لك ما في الأرض من شيء أكنت تفتدي به؟ فيقول: نعم</t>
   </si>
   <si>
     <t>„Všemohoucí Bůh řekne v soudný den obyvateli ohně, který má nejmenší trest: Kdybys měl vše, co je na zemi, vykoupil by ses tím? A on řekne: Ano</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «يَقُولُ اللَّهُ تَعَالَى لِأَهْوَنِ أَهْلِ النَّارِ عَذَابًا يَوْمَ القِيَامَةِ: لَوْ أَنَّ لَكَ مَا فِي الأَرْضِ مِنْ شَيْءٍ أَكُنْتَ تَفْتَدِي بِهِ؟ فَيَقُولُ: نَعَمْ، فَيَقُولُ: أَرَدْتُ مِنْكَ أَهْوَنَ مِنْ هَذَا، وَأَنْتَ فِي صُلْبِ آدَمَ: أَلّاَ تُشْرِكَ بِي شَيْئًا، فَأَبَيْتَ إِلَّا أَنْ تُشْرِكَ بِي».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Všemohoucí Bůh řekne v soudný den obyvateli ohně, který má nejmenší trest: Kdybys měl vše, co je na zemi, vykoupil by ses tím? A on řekne: Ano. A (Bůh) řekne: Chtěl jsem po tobě méně než toto, když jsi byl v bedrech Adama, abys ke Mně nic nepřidružoval, a odmítl jsi a přidružoval jsi ke Mně.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ الله تعالى يقول لأهون أهل النار عذابًا بعد دخولها: لو كانت لك الدنيا وما فيها أكنت مُفتديًا بها من هذا العذاب؟ 
 فيقول: نعم، 
 فيقول الله: قد طَلبتُ منك وأمرتُك بأيسر من ذلك حين أُخذ الميثاق عليك وأنت في صُلْبِ آدم ألّا تشرك بي شيئًا؛ فأبيتَ إذْ أخرجتُك إلى الدنيا إلا الشرك.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Všemohoucí Bůh řekne obyvateli ohně, který má nejmenší trest, poté, co do něj vstoupí: Kdybys měl celý pozemský svět a vše, co je v něm, vykoupil by ses tím z tohoto trestu? A on řekne: Ano. A Bůh řekne: Žádal jsem od tebe a nařídil něco jednoduššího, když jsem s tebou uzavřel smlouvu, když jsi byl v bedrech Adama - abys ke Mně nic nepřidružoval, ale když jsi vyšel do pozemského života, odmítl jsi a přidružoval jsi.</t>
   </si>
   <si>
     <t>فضل التوحيد ويُسْر العمل به.
 خطر الشرك بالله تعالى وعاقبته.
 أخذ الله الميثاق على بني آدم وهم في ظَهْر أبيهم آدم بعدم الشرك.
 التحذير من الشرك وأنّ الدنيا كلَّها لا تغني عن الكافر يوم القيامة شيئًا.</t>
   </si>
   <si>
     <t>Velká odměna za tawhíd (monoteismus) a jednoduchost jeho vykonávání.
 Nebezpečí přidružování k Bohu a jeho špatný konec.
 Bůh uzavřel smlouvu s potomky Adama, když byli v bedrech svého otce Adama, aby nepřidružovali.
 Varování před přidružováním a že celý pozemský svět nebude nevěřícímu v soudný den k prospěchu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8315</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟</t>
+    <t>إن الله تبارك وتعالى يقول لأهل الجنة: يا أهل الجنة؟ فيقولون: لبيك ربنا وسعديك، فيقول: هل رضيتم؟ فيقولون: وما لنا لا نرضى وقد أعطيتنا ما لم تعط أحدا من خلقك؟</t>
   </si>
   <si>
     <t>„Věru, že požehnaný Bůh řekne obyvatelům ráje: Obyvatelé ráje! A oni řeknou: Tobě k službám, náš Pane! A On řekne: Jste spokojeni? A oni řeknou: Proč bychom nebyli spokojeni, když jsi nám dal to, co jsi nedal nikomu jinému ze Svého stvoření?</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ تَبَارَكَ وَتَعَالَى يَقُولُ لِأَهْلِ الجَنَّةِ: يَا أَهْلَ الجَنَّةِ؟ فَيَقُولُونَ: لَبَّيْكَ رَبَّنَا وَسَعْدَيْكَ، فَيَقُولُ: هَلْ رَضِيتُمْ؟ فَيَقُولُونَ: وَمَا لَنَا لاَ نَرْضَى وَقَدْ أَعْطَيْتَنَا مَا لَمْ تُعْطِ أَحَدًا مِنْ خَلْقِكَ؟ فَيَقُولُ: أَنَا أُعْطِيكُمْ أَفْضَلَ مِنْ ذَلِكَ، قَالُوا: يَا رَبِّ، وَأَيُّ شَيْءٍ أَفْضَلُ مِنْ ذَلِكَ؟ فَيَقُولُ: أُحِلُّ عَلَيْكُمْ رِضْوَانِي، فَلاَ أَسْخَطُ عَلَيْكُمْ بَعْدَهُ أَبَدًا».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že požehnaný Bůh řekne obyvatelům ráje: Obyvatelé ráje! A oni řeknou: Tobě k službám, náš Pane! A On řekne: Jste spokojeni? A oni řeknou: Proč bychom nebyli spokojeni, když jsi nám dal to, co jsi nedal nikomu jinému ze Svého stvoření? A On řekne: Dám vám něco ještě lepšího! A oni řeknou: Co může být lepší než toto? A On řekne: Sešlu na vás Svoje zalíbení a už nikdy se na vás poté nebudu hněvat.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يقول لأهل الجنة وهم فيها: يا أهلَ الجنة، فيردُّون عليه قائلين: لبيك ربَّنا وسعديك، 
 فيقول لهم: هل رضيتم؟ فيقولون: نعم رضينا؛ وما لنا لا نرضى وقد أعطيتنا ما لم تُعطِ أحدًا من خلقك! 
 فيقول سبحانه: ألا أعطيكم أفضل من ذلك؟ 
 قالوا: يا رب، وأي شيء أفضل من ذلك؟! 
 فيقول: أنزل عليكم دوام رضواني؛ ولا أغضب عليكم بعده أبدًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Všemohoucí Bůh řekne obyvatelům ráje, když v něm budou: Obyvatelé ráje! A oni Mu odpoví: Tobě k službám, náš Pane! A On jim řekne: Jste spokojeni? A oni řeknou: Ano, jsme spokojeni, proč bychom nebyli spokojeni, když jsi nám dal to, co jsi nedal nikomu jinému ze Svého stvoření! A Bůh řekne: Nemám vám dát něco ještě lepšího? A oni řeknou: Pane, a co může být lepší než toto? A On řekne: Sešlu na vás Svoji trvalou spokojenost a zalíbení a už se na vás poté nebudu nikdy hněvat.</t>
   </si>
   <si>
     <t>كلام الله عز وجل مع أهل الجنة.
 البشارة من الله لأهل الجنة برضاه عنهم، وإحلال رضوانه عليهم وعدم سخطه أبدًا.
 رضا كل من في الجنة بحاله مع اختلاف منازلهم وتنويع درجاتهم؛ لأن الكل أجابوا بلفظ واحد وهو: "أعطيتنا ما لم تعط أحدًا من خلقك".</t>
   </si>
   <si>
     <t>Bůh bude mluvit s obyvateli ráje.
 Radostná zvěst od Boha obyvatelům ráje, že s nimi bude spokojen a sešle na ně Své zalíbení a nikdy se na ně nebude hněvat.
 Spokojenost všech obyvatel ráje, přes jejich různé stupně a postavení, protože všichni odpověděli stejně a řekli: „Dal jsi nám to, co jsi nedal nikomu ze Svých stvoření.”</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8343</t>
   </si>
   <si>
-    <t>أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى</t>
+    <t>أن رجلا توضأ فترك موضع ظفر على قدمه فأبصره النبي صلى الله عليه وسلم فقال: ارجع فأحسن وضوءك فرجع، ثم صلى</t>
   </si>
   <si>
     <t>že jeden muž udělal malou očistu (wudu), ale zapomněl na noze umýt místo o velikosti nehtu a Prorok (ať mu Bůh žehná a dá mír) si ho všimnul a řekl: „Vrať se a vylepši svoji očistu (wudu).” A on se vrátil a pak se šel modlit</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قال: أَخْبَرَنِي عُمَرُ بْنُ الْخَطَّابِ: أَنَّ رَجُلًا تَوَضَّأَ فَتَرَكَ مَوْضِعَ ظُفُرٍ عَلَى قَدَمِهِ فَأَبْصَرَهُ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «ارْجِعْ فَأَحْسِنْ وُضُوءَكَ» فَرَجَعَ، ثُمَّ صَلَّى.</t>
   </si>
   <si>
     <t>Džábir (ať je s ním Bůh spokojen) vyprávěl: „‘Umar Ibn al-Chattáb mi vyprávěl, že jeden muž udělal malou očistu (wudu), ale zapomněl na noze umýt místo o velikosti nehtu a Prorok (ať mu Bůh žehná a dá mír) si ho všimnul a řekl: „Vrať se a vylepši svoji očistu (wudu).” A on se vrátil a pak se šel modlit."</t>
   </si>
   <si>
     <t>أَخْبَرَ عُمَرُ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم أَبْصَرَ رَجلًا انتهى مِن وضوئه، فتَرَكَ قَدْرَ ظُفرٍ في قَدَمه لم يُصِبْهُ ماءُ الوضوء، 
 فقال له مشيرًا إلى موضع التقصير: ارجع فأحسن وضوءك وأَتِمَّه وأعْطِ كلَّ عُضوٍ حقَّه من الماء، 
 فرجع الرجل فأتمّ وضوءه ثم صلى.</t>
   </si>
   <si>
     <t>‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) zahlédl muže, který vykonal malou očistu, ale zapomněl na noze místo o velikosti nehtu, kam se nedostala voda, a ukázal na to místo a řekl mu: vrať se, vylepši a dokonči svoji očistu, aby každý úd dostal svoji část vody. A tento muž se vrátil, dokončil očistu a pak se modlil.</t>
   </si>
   <si>
     <t>وجوبُ المبَادَرة إلى الأمرِ بالمعروف، وإرشادِ الجاهلِ والغَافل، وخصوصًا إذا كان المُنكَر يترتَّب عليه فسادُ عبادته.
 وجوب تعميم أعضاء الوضوء بالماء، وأنَّ من ترك جزءًا من العضو -ولو يسيرًا- لم يصحّ معه الوضوء ولزمته الإعادة إذا كان الفاصل طويلًا.
 مشروعية إحسان الوضوء، وذلك بإتمامه وإسْبَاغه على الوجه المأمور به شرعًا.
 القدمان من أعضاء الوضوء، ولا يكفي فيهما المسح، بل لابدَّ من الغسل.
 ينبغي الموالاة بين أعضاء الوضوء، بحيث يَغسل كلَّ عضو قبل أن يَجِفَّ الذي قبله.
 الجهل والنسيان لا يُسقِطان الواجبَ، وإنما يُسقِطان الإثمَ، فهذا الرجل الذي لم يُسْبِغ وضوءه لجهله لم يُسقِط عنه النبيُّ صلى الله عليه وسلم الواجبَ، وهو الوضوء، وإنما أمره أن يعيدَه.</t>
   </si>
   <si>
     <t>Povinnost spěchat s nařizováním vhodného a vést toho, kdo neví nebo zapomněl, zvláště pokud se tato věc týká něčeho, na čem stojí platnost uctívání.
 Povinnost, aby se voda dostala na všechny části těla, které se mají omývat při malé očistě. A že  očista toho, kdo zapomene omýt i jen malý kousek těla, bude neplatná a pokud si vzpomene za dlouho, musí udělat celou novou malou očistu.
 Doporučení dělat dobře malou očistu, a to tak, že bude zcela úplná a podle toho, jak byla nařízena Bohem.
 Nohy patří do částí těla, které se musí u malé očisty umývat a nestačí je jen otřít.
 Je třeba, aby části těla při umývání při malé očistě následovaly hned za sebou, tj. než předchozí část oschne od vody.
 Nevědomost a zapomenutí nevedou ke zrušení povinnosti, jsou pouze důvodem pro neexistenci hříchu. Například tento muž, který nevědomky neudělal úplnou malou očistu, nebyl Prorokem (ať mu Bůh žehná a dá mír) zbaven její povinnosti, ale naopak mu nařídil, aby ji dokončil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8386</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ</t>
+    <t>كان النبي صلى الله عليه وسلم يغسل، أو كان يغتسل، بالصاع إلى خمسة أمداد، ويتوضأ بالمد</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) dělal velkou očistu (ghusl) jednou sá'a až pěti hrstmi(vody) a malou očistu (wudu) jednou hrstí(vody)</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَغْسِلُ، أَوْ كَانَ يَغْتَسِلُ، بِالصَّاعِ إِلَى خَمْسَةِ أَمْدَادٍ، وَيَتَوَضَّأُ بِالْمُدِّ.</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) dělal velkou očistu (ghusl) jednou sá'a až pěti hrstmi(vody) a malou očistu (wudu) jednou hrstí(vody)."</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم يغتسل من الجنابة بالصاع إلى خمسة أمداد، ويتوضأ بالمد. والصاع: أربعة أمداد، والمد: مِقْدار ملء كفَّي إنسانٍ مُعتدلِ الخِلْقة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) dělal velkou očistu (ghusl) po velkém znečištění jednou sá'a až pěti hrstmi vody. Jedna sá'a se rovná čtyřem hrstem. Jedna hrst je obsah dvou dlaní průměrného člověka.</t>
   </si>
   <si>
     <t>مشروعية الاقتصاد في ماء الوضوء والغسل، وعدم الإسراف ولو كان الماء مُتيسرًا.
 استحباب التقليل في ماء الوضوء والغسل بقدر الحاجة، وأن هذا هو هدي النبي صلى الله عليه وسلم.
 المقصود الاستيفاء في الوضوء والغسل مع مراعاة السنن والآداب بلا إسراف ولا تقتير ويراعى الوقت وكثرة الماء وقلته وغير ذلك.
 تطلق الجنابة على كل من أنزل المني أو جامع، وسميت بذلك لاجتناب صاحبها الصلاة والعبادات حتى يطهر منها.
 الصاع: مكيال معروف، والمراد به الصاع النبوي، ويبلغ وزنه (480) مثقالاً من البر الجيد، وباللتر (3 لترات).
 المد: وحدةُ كيلٍ شرعية، وهي ملء كفي الإنسان المعتدل إذا ملأهما ومد يده بهما، والمد ربع الصاع باتفاق الفقهاء، ومقداره (750) ملل.</t>
   </si>
   <si>
     <t>Doporučení šetřit vodou při malé a velké očistě a neplýtvat, i kdyby vody bylo dost.
 Doporučení použít malého množství vody u malé a velké očisty, jen co stačí pro potřebu, a toto je považováno za vedení Proroka (ať mu Bůh žehná a dá mír).
 Cílem je vykonat dokonale malou a velkou očistu se vším, co je při tom doporučené, bez plýtvání a bez šetření s přihlédnutím k času, dostatku vody atd.
 Velkou nečistotou se myslí styk nebo ejakulace. V arabštině se nazývá džanába, od slova džanaba (vzdálit se, vyhnout se), protože se člověk vyhýbá modlitbě a některým druhům uctívání, dokud se od ní neočistí.
 As-sá'a je míra, která je známá, ale zde myslí se jí sá’a Proroka, to je na váhu 480 mithqálů nebo na objem 3 litry.
 Hrst je míra v islámu a jsou to dvě plné dlaně průměrného člověka, když je zcela naplní a má natažené ruce. A jedna hrst je podle všech učenců čtvrtina as-sá'a a je to 750 ml.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8387</t>
   </si>
   <si>
-    <t>مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ</t>
+    <t>ما من مسلم يتوضأ فيحسن وضوءه، ثم يقوم فيصلي ركعتين، مقبل عليهما بقلبه ووجهه، إلا وجبت له الجنة</t>
   </si>
   <si>
     <t>„Není muslima, jenž udělá malou očistu co nejlepším způsobem a poté se pomodlí dvě rak'a plně na ně soustředěn srdcem a tváří, aniž by se mu dostalo ráje.”</t>
   </si>
   <si>
     <t>عَنْ عُقْبَةَ بْنِ عَامِرٍ رضي الله عنه قَالَ: كَانَتْ عَلَيْنَا رِعَايَةُ الْإِبِلِ فَجَاءَتْ نَوْبَتِي فَرَوَّحْتُهَا بِعَشِيٍّ فَأَدْرَكْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَائِمًا يُحَدِّثُ النَّاسَ فَأَدْرَكْتُ مِنْ قَوْلِهِ: «مَا مِنْ مُسْلِمٍ يَتَوَضَّأُ فَيُحْسِنُ وُضُوءَهُ، ثُمَّ يَقُومُ فَيُصَلِّي رَكْعَتَيْنِ، مُقْبِلٌ عَلَيْهِمَا بِقَلْبِهِ وَوَجْهِهِ، إِلَّا وَجَبَتْ لَهُ الْجَنَّةُ» قَالَ فَقُلْتُ: مَا أَجْوَدَ هَذِهِ، فَإِذَا قَائِلٌ بَيْنَ يَدَيَّ يَقُولُ: الَّتِي قَبْلَهَا أَجْوَدُ، فَنَظَرْتُ فَإِذَا عُمَرُ قَالَ: إِنِّي قَدْ رَأَيْتُكَ جِئْتَ آنِفًا، قَالَ: «مَا مِنْكُمْ مِنْ أَحَدٍ يَتَوَضَّأُ فَيُبْلِغُ - أَوْ فَيُسْبِغُ - الْوَضُوءَ ثُمَّ يَقُولُ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا عَبْدُ اللهِ وَرَسُولُهُ إِلَّا فُتِحَتْ لَهُ أَبْوَابُ الْجَنَّةِ الثَّمَانِيَةُ يَدْخُلُ مِنْ أَيِّهَا شَاءَ».</t>
   </si>
   <si>
     <t>‘Uqba Ibn ‘Ámir (ať je s ním Bůh spokojen) vyprávěl: „Starali jsme se o velbloudy a když přišla moje směna a večer jsem je vrátil, zastihl jsem Posla Božího (ať mu Bůh žehná a dá mír), jak stojí a mluví k lidem, a zaslechl jsem z jeho slov: „Není muslima, jenž udělá malou očistu co nejlepším způsobem a poté se pomodlí dvě rak'a plně na ně soustředěn srdcem a tváří, aniž by se mu dostalo ráje.”" Vyprávěl: „A řekl jsem: „Jak je to krásné!" A někdo přede mnou řekl: „To předtím bylo ještě krásnější!" Tak jsem se podíval a byl to ‘Umar a řekl: „Viděl jsem, že jsi přišel před chvílí, (Prorok) řekl: Není nikoho z vás, který pořádně udělá malou očistu a poté řekne: Vyznávám, že není boha kromě Boha a že Muhammad je služebník Boha a Jeho posel, aniž by se mu otevřelo všech osm bran ráje a on si mohl vybrat, kterou z nich vstoupí.”"</t>
   </si>
   <si>
     <t>بَيّن النبيُّ صلى الله عليه وسلم وهو يُحدِّث الناس فضلين عظيمين:
 الأول: أنَّ من توضأ فأحسن الوضوء وأسْبغَه وأتمه وأكمله على الوجه المسنون، وأعطى كل عضو حقَّه من الماء، ثم قال: أشهد أن لا إله إلا الله، وأن محمدًا عبد الله ورسوله؛ إلا فُتحت له أبواب الجنة الثمانية يدخل من أيها شاء. 
 الثاني:  أن من توضأ هذا الوضوء التامّ الكامل، ثم قام بعد هذا الوضوء فصلى ركعتين؛ مُقبلًا عليهما بقلبه بالإخلاص والخشوع، وخضع بوجهه وجميع أعضاء جسده لله، إلا وجبت له الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) mluvil s lidmi a řekl jim o dvou obrovských odměnách:
 První: tomu, kdo udělá malou očistu co nejlépe a dokonale podle sunny, každý úd na těle pořádně umyje vodou a pak řekne: Vyznávám, že není boha kromě Boha a že Muhammad je služebník Boha a Jeho posel, se otevře všech osm bran ráje a on si může vybrat, kterou z nich vstoupí.
 Druhá: tomu, kdo udělá malou očistu dokonalým způsobem a poté se pomodlí dvě rak'a, kdy je na ně srdcem plně soustředěn a pokorný a stejně tak jeho obličej a všechny jeho údy jsou v klidu před Bohem, se dostane ráje.</t>
   </si>
   <si>
     <t>عَظيم فضل الله تعالى بإعطائه الأجر الكبير على العمل اليسير.
 مشروعية إسباغ الوضوء وإتمامه، وصلاة ركعتين بخشوع بعده، وما يحصل به من الأجر العظيم.
 إسباغ الوضوء، والإتيان بعده بهذا الذكر، من أسباب دخول الجنة.
 استحباب قول هذا الذكر للمغتسل أيضًا.
 حرص الصحابة على الخير من تعلُّم العلم ونشره، وتعاونهم على ذلك وفي أمور معيشتهم.
 الذكر بعد الوضوء فيه تخليص القلب وتطهيره من الشرك، كما أن الوضوء فيه تطهير البدن وتخليصه من الوسخ.</t>
   </si>
   <si>
     <t>Velká Boží dobrota, kdy dává velkou odměnu za málo jednoduchých skutků.
 Doporučení provést dokonale malou očistu a poté se pomodlit dvě rak'a s plným soustředěním a jaká je za to obrovská odměna.
 Správné a pořádné vykonání malé očisty a poté říci výše zmíněný dhikr je příčinou vstupu do ráje.
 Doporučení říct výše zmíněný dhikr i pro toho, kdo udělal velkou očistu.
 Úsilí a snaha sahába o dobro při hledání vědění a jejich vzájemné pomáhání si při tom a také jejich vzájemné pomáhání si i v ostatních záležitostech života.
 V dhikru po malé očistě je očištění srdce od přidružování, stejně jako je v malé očistě očista těla od nečistot.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8388</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>že Prorok (ať mu Bůh žehná a dá mír) vzpomínal Boha v každé situaci a za každého stavu</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>‘Á'iša (ať je s ní Bůh spokojen) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) vzpomínal Boha v každé situaci a za každého stavu.</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Matka věřících 'Á'iša (ať je s ní Bůh spokojen) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) se velmi snažil připomínat si Boha (dhikr) a že to dělal v každém čase, místě a situaci.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Malá nebo velká očista není podmínkou pro dělání dhikru.
 Prorok (ať mu Bůh žehná a dá mír) dělal dhikr nepřetržitě.
 Nabádání k tomu dělat dhikr co nejvíce a za všech situací, stejně jako to dělal Prorok (ať mu Bůh žehná a dá mír), kromě některých situací, například při vyměšování.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8402</t>
   </si>
   <si>
-    <t>سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي</t>
+    <t>سألت رسول الله صلى الله عليه وسلم عن نظر الفجاءة فأمرني أن أصرف بصري</t>
   </si>
   <si>
     <t>„Zeptal jsem se Posla Božího (ať mu Bůh žehná a dá mír) na náhodný pohled a nařídil mi, abych odvrátil zrak</t>
   </si>
   <si>
     <t>عَنْ جَرِيرِ بْنِ عَبْدِ اللهِ رَضيَ اللهُ عنه قَالَ: سَأَلْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ نَظَرِ الْفُجَاءَةِ فَأَمَرَنِي أَنْ أَصْرِفَ بَصَرِي.</t>
   </si>
   <si>
     <t>Džarír Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl: „Zeptal jsem se Posla Božího (ať mu Bůh žehná a dá mír) na náhodný pohled a nařídil mi, abych odvrátil zrak."</t>
   </si>
   <si>
     <t>سَأَلَ جَريرُ بن عبد الله رضي الله عنه النبيَّ صلى الله عليه وسلم عن نَظَرِ الرَّجُلِ للمرأةِ الأجنبيةِ عنه بَغْتَةً مِن غير قَصْدٍ؟ فأمرَه صلى الله عليه وسلم يَجِبُ عليه أن يَفْتِلَ وجهَه إلى الشِّقِّ الآخَرِ والناحيةِ الأخرى فَوْرَ عِلْمِهِ، وليس عليه إثم.</t>
   </si>
   <si>
     <t>Džarír Ibn ‘Abdulláh (ať je s ním Bůh spokojen) se zeptal Proroka (ať mu Bůh žehná a dá mír) na to, když se muž náhodně podívá na cizí ženu, aniž by v tom byl úmysl. A Prorok (ať mu Bůh žehná a dá mír) mu nařídil, aby hned odvrátil zrak a tvář na druhou stranu, a pak nemá žádný hřích.</t>
   </si>
   <si>
     <t>الحضُّ على غضِّ البَصَر.
 التحذير من إدَامَةِ النظرِ لِمَا يَحْرُمُ النظرُ إليه إذا وَقَعَ عليه البَصَرُ بَغْتةً ومن غير قصد.
 فيه أنَّ تحريم النظرِ إلى النساء أمرٌ مُستقرٌّ عند الصحابة بدليل أن جرير رضي الله عنه سأل النبيَّ صلى الله عليه وسلم عمّا لو وقع نظرُه على امرأة من غير قصد، فهل حكمه حكم من قصد النظر؟
 فيه عناية الشرع بمصالح العباد، فإنه حرَّم عليهم النظر إلى النساء لما يترتب عليه من مفاسد دنيوية وأخروية.
 رجوع الصحابة إلى النبي صلى الله عليه وسلم وسؤاله عما يُشكل عليهم، وهكذا ينبغي للعامة الرجوع إلى علمائهم وسؤالهم عما أَشكَلَ عليهم.</t>
   </si>
   <si>
     <t>Nabádání ke klopení zraku.
 Varování před prodlužováním pohledu na zakázané věci, když na ně člověk náhodou neúmyslně pohlédne.
 Tento hadíth dokazuje, že zákaz dívání se na ženy byla věc, která byla druhům Proroka známá, jak to dokazuje otázka Džaríra Ibn ‘Abdulláha (ať je s ním Bůh spokojen) na Proroka (ať mu Bůh žehná a dá mír), co když se podívá na ženu náhodně, bez úmyslu, zda je to stejné, jako když se na ni dívá úmyslně?
 V tomto hadíthu je ukázána péče islámského zákona o prospěch lidstva, protože pohled na ženy je zakázaný proto, že vede ke škodě na tomto i onom světě.
 Obracení se sahába na Proroka (ať mu Bůh žehná a dá mír) v otázkách a ve věcech, které jim nebyly jasné. A stejně tak by se běžní lidé měli obracet na učence a ptát se jich na to, co jim není jasné.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8902</t>
   </si>
   <si>
-    <t>صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ</t>
+    <t>صنفان من أهل النار لم أرهما، قوم معهم سياط كأذناب البقر يضربون بها الناس، ونساء كاسيات عاريات مميلات مائلات</t>
   </si>
   <si>
     <t>„Dva typy obyvatel ohně, které jsem neviděl - lidé, kteří mají biče jako ocasy krav a bijí s nimi lidi, a ženy oblečené, nahé, nakloněné a odkloněné,</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «صِنْفَانِ مِنْ أَهْلِ النَّارِ لَمْ أَرَهُمَا، قَوْمٌ مَعَهُمْ سِيَاطٌ كَأَذْنَابِ الْبَقَرِ يَضْرِبُونَ بِهَا النَّاسَ، وَنِسَاءٌ كَاسِيَاتٌ عَارِيَاتٌ مُمِيلَاتٌ مَائِلَاتٌ، رُؤُوسُهُنَّ كَأَسْنِمَةِ الْبُخْتِ الْمَائِلَةِ، لَا يَدْخُلْنَ الْجَنَّةَ، وَلَا يَجِدْنَ رِيحَهَا، وَإِنَّ رِيحَهَا لَيُوجَدُ مِنْ مَسِيرَةِ كَذَا وَكَذَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Dva typy obyvatel ohně, které jsem neviděl - lidé, kteří mají biče jako ocasy krav a bijí s nimi lidi, a ženy oblečené, nahé, nakloněné a odkloněné, jejichž hlavy jsou jako nakloněné hrby velblouda, nevstoupí do ráje  ani neucítí jeho vůni, a jeho vůně je cítit na takovou a takovou dálku.”</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم مِن صِنفين مِن الناس مِن أهل النار لم يَرَهما ولم يُوجدا في عَصرِه، بل سيكونان بعده:
 الصنف الأول: قومٌ معهم سِيَاطٌ كذُيول البقر طويلة، يضربون بها الناس، وهم الشُّرَطُ وأعوانُ الظلمة الذين يضربون الناس بغير حق. 
 والصنف الثاني: نساءٌ خَلَعْنَ ثوبَ العِفَّة والحياء الذي فُطِرَتْ عليه الأنثى عادةً.
 ووصفهن: كاسيات في الحقيقة، عاريات في المعنى؛ لأنهن يَلبَسنَ ثيابًا رقاقًا تَصِفُ البَشَرَة، ويَستُرْنَ بعضَ بَدنِهِن ويَكشفنَ بعضَه؛ إظهارًا للجمال، 
 مُمِيْلات قلوب الرجال إليهنَّ بِلبسِهنّ وتَبَخْتُرِهُنّ بالمشي، مميلات لأكتافِهن، ويُمِلْنَ غيرَهنَّ إلى الانحراف والزيغ الواقعات فيه، 
 ومن صفاتهن: رؤوسُهنَّ مِثلُ سنام الجمل المائل، فهنّ يُعَظِّمْنَ حَجْمَ رؤوسِهِنَّ ويُكبرنها بلف عصابة ونحوها، 
 والتشبيه بأسنمة البُخت إنما هو لارتفاع شعرِهنّ وظفائرِهنّ فوقَ رؤوسهن، وتَكَسُّرها بما يضفرنه حتى تميلَ إلى ناحية من نواحي الرأس كما يميل سنام البعير. 
 فمَنْ كُنّ بهذه الصفات ففيهن هذا الوعيد الشديد بأنْ لا يَدخُلْنَ الجنة ولا يَجِدْنَ ريحَها ولا يَقْرَبْنَ منها، وريح الجنة يوجد ويُشَمُّ من مسافة بعيدة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varuje před dvěma typy lidí, kteří patří mezi obyvatele ohně a které neviděl a neexistovali v jeho době, ale objevili se až po něm:
 První typ: lidé, kteří mají dlouhé biče jako kravské ocasy a bijí jimi lidi, tím se myslí pomocníci tyranů, kteří bijí bezprávně jiné lidi.
 Druhý typ: ženy, které sundaly oblečení cudnosti a stydlivosti, která je pro ženy přirozená.
 Jejich popisem slovy oblečené, nahé se myslí, že zdánlivě jsou oblečené, ale ve skutečnosti jsou nahé, protože jejich oblečení je průsvitné nebo zahaluje jen nějakou část těla, zatímco jiná zůstává odhalená, aby odhalila jejich krásu. Přiklánějí k sobě srdce mužů svým oblečením, způsobem chůze a nakláněním. Přivádí ostatní k odchýlení a na špatnou cestu, na které jsou ony samy. Mezi jejich znaky také patří, že jejich hlavy jsou jako nakloněný hrb velblouda. Tj. zvětšují objem svých hlav obtáčením různých látek atd. Připomínají hrby velblouda tím, jak jsou jejich vlasy a copy vyvýšené na hlavě a naklánějí se na stranu jako hrby velblouda. Pro ty, kteří jsou takto popsáni, platí velká hrozba, že nevstoupí do ráje, ani se mu nepřiblíží a ani neucítí jeho vůni, přestože jeho vůně je cítit z veliké dálky.</t>
   </si>
   <si>
     <t>تحريم ضربِ الناس وإيذائهم دون إثم فعلوه أو ذنب اقترفوه.
 تحريم إعانة الظلمة على ظلمهم.
 تحذير النساء من التبرُّج والسفور ولبس الضيق والشَّفاف الذي يَصف العورة أو يُجَسِّمها.
 حث المرأة المسلمة على الالتزام بأوامر الله، والبُعد عمّا يُسخِطه ويجعلها تستحق العذاب الأليم المقيم في الآخرة.
 الحديث من دلائل نبوَّته عليه الصلاة والسلام، حيث أخبر عليه الصلاة والسلام عن الأمور الغيبية التي لم تقع، ووقعت كما أخبر.</t>
   </si>
   <si>
     <t>Zákaz bití a škození lidem bez toho, aby udělali nějaký hřích.
 Zákaz pomáhat tyranům ve zlu, které páchají.
 Varování ženám, které se nezahalují nebo nosí upnuté a průhledné oblečení, pod kterým je vidět nebo se rýsuje nahota.
 Nabádání muslimské ženy, aby dodržovala Boží příkazy a vzdalovala se ode všeho, co Boha hněvá a za co jí hrozí v budoucím životě trest.
 Tento hadíth je jedním z důkazů proroctví Proroka, protože oznámil věci, které nastaly až po něm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8903</t>
   </si>
   <si>
-    <t>لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ</t>
+    <t>لا ينظر الرجل إلى عورة الرجل، ولا المرأة إلى عورة المرأة</t>
   </si>
   <si>
     <t>„Ať se muž nedívá na nahotu jiného muže a ať se žena nedívá na nahotu jiné ženy</t>
   </si>
   <si>
     <t>عَن أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا يَنْظُرُ الرَّجُلُ إِلَى عَوْرَةِ الرَّجُلِ، وَلَا الْمَرْأَةُ إِلَى عَوْرَةِ الْمَرْأَةِ، وَلَا يُفْضِي الرَّجُلُ إِلَى الرَّجُلِ فِي ثَوْبٍ وَاحِدٍ، وَلَا تُفْضِي الْمَرْأَةُ إِلَى الْمَرْأَةِ فِي الثَّوْبِ الْوَاحِدِ».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ať se muž nedívá na nahotu jiného muže a ať se žena nedívá na nahotu jiné ženy. A ať není pod stejnou pokrývkou (bez oblečení) muž s mužem a ať pod jednou pokrývkou není ani žena se ženou.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم أن يَنظُرَ الرجلُ إلى عورة الرجل، أو تنظرَ المرأةُ إلى عورة المرأة. 
 والعورة: هي كل ما يُسْتَحْيَا منه إذا ظَهَر، وعورة الرجل هي ما بين سُرَّتِه ورُكبتِه، 
 والمرأةُ كلُّها عورةٌ بالنسبة للرجال الأجانب، وبالنسبة للنساء ولمحارمِها فإنها تُظْهِرُ ما يَظْهَر عادةً عند عملِها في البيت. 
 ونَهى النبيُّ صلى الله عليه وسلم عن أنْ يَخْلُوَ الرجلُ إلى الرجل في ثوبٍ واحدٍ أو تحت غطاء واحدٍ مُتَجَرِّدَيْن، وعن أنْ تَخْلُوَ المرأةُ إلى المرأة في ثوب واحد أو تحت غطاء واحد مُتَجَرِّدَتين؛ لأن ذلك قد يُؤدِّي إلى لَمْسِ كلٍّ منهما عورةَ صاحبه، ولمسُها مَنهيٌّ عنه كالنظر إليها، بل هو أشد في النهي؛ لما يؤدي ذلك إلى مفاسد أكبر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal, aby se muž díval na nahotu jiného muže a aby se žena dívala na nahotu jiné ženy.
 Nahota ('awra): obecně to je vše, za co se člověk stydí na veřejnosti. A nahota muže je mezi pupkem a koleny. Nahota ženy před cizím mužem je celá žena a před muži, kteří jsou jejím mahramem, může odhalit to, co se v takových situacích běžně doma při práci odhaluje.
 Prorok (ať mu Bůh žehná a dá mír) zakázal, aby byl nahý muž ve stejném oblečení nebo pod společnou přikrývkou s jiným mužem a totéž mezi dvěma ženami, protože to vede k dotyku nahoty každého z nich a dotyk těchto míst je zakázán, stejně jako je zakázáno se na ně dívat. Naopak je to ještě horší, protože to vede k větším špatnostem.</t>
   </si>
   <si>
     <t>النهي عن النظر إلى العورات ماعدا الزوج وزوجته.
 حرص الإسلام على طهارة المجتمع وإغلاق الطرق المؤدِّية للفواحش.
 جواز النظر إلى العورة إذا دعت الحاجة إلى ذلك كالتَّطَبُّب ونحوه، على أن يكون بغير شهوة.
 المسلم مأمور بستر عورته وغضِّ بصره عن عورة غيره.
 خُصَّ النهي بالرجال مع الرجال والنساء مع النساء؛ لأنه أدعى للنظر وكشف العورات.</t>
   </si>
   <si>
     <t>Zákaz dívat se na nahotu jiného člověka, pokud se nejedná o manžela s manželkou.
 Snaha islámu o čistotu společnosti a uzavření všech cest, které by vedly k hanebnostem.
 Je povolené dívat se na nahotu druhého, pokud je k tomu oprávněný důvod, například u lékaře za podmínky, že v tom nesmí být touha.
 Muslim má povinnost zahalovat svoji nahotu a sklopit zrak před nahotou jiného člověka.
 Zde je zmíněn zákaz u mužů s muži a žen s ženami, protože je pravděpodobnější, že dojde k dívání a odhalování.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8904</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>že Posel Boží (ať mu Bůh žehná a dá mír) zakázal vyholit si část vlasů a část nechat</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) zakázal vyholit si část vlasů a část nechat.</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal vyholovat část hlavy a část nechávat bez vyholení.
 Tento zákaz je obecný pro staré i mladé muže. Co se týče žen, ty mají zakázáno vyholovat hlavu obecně.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Starost islámského práva o vzhled člověka.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Toto pravdivé slovo je od džina, který si ho pamatuje a pak ho jako slepice zakvoká do ucha svého přítele, a ten je smíchá se stovkami lží.”</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>‘Á'iša (ať je s ní Bůh spokojen) vyprávěla: „Lidé se ptali Posla Božího (ať mu Bůh žehná a dá mír) na věštce a Posel Boží (ať mu Bůh žehná a dá mír) jim řekl: „Nejsou k ničemu.” Řekli: „Posle Boží, někdy říkají něco, co je pravda." A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Toto pravdivé slovo je od džina, který si ho pamatuje a pak ho jako slepice zakvoká do ucha svého přítele, a ten je smíchá se stovkami lží.”"</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán na věštce, kteří věští budoucnost, a řekl: Nevšímejte si jich, neposlouchejte je a nestarejte se o ně.
 Řekli: Jejich slova jsou někdy pravdivá, například někdy řeknou, že se něco stane v určitý měsíc, a opravdu se to stane.
 A Prorok (ať mu Bůh žehná a dá mír) řekl: Džinové si zapamatovali, co v nebesích slyšeli za zprávy, pak je říkají svým přátelům věštcům a pak si věštec k tomu, co slyšel, přidá sto lží.</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Zákaz věřit tomu, co říkají věštci, a že to, co říkají, je ve většině případů lež, i když to v některých případech může být pravda.
 Po poslání Proroka (ať mu Bůh žehná a dá mír) bylo nebe ochráněno před satany, aby nemohli naslouchat vnuknutí. A jsou po nich házeny šlehající plameny.
 Džinové si mohou brát za přátele lidi.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>„Byli jsme u ‘Umara a on řekl: „Bylo nám zakázáno ztěžovat si věci.”</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: „Byli jsme u ‘Umara a on řekl: „Bylo nám zakázáno ztěžovat si věci.”"</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) jim zakázal ztěžovat si jakékoliv věci (ať slova nebo činy), když k tomu není důvod.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>Do zakázaného ztěžování patří: mnoho se ptát, zkoumat věci, o kterých není třeba nic vědět, nebo být přísný ve věcech, ve kterých Bůh poskytnul mnoho možností.
 Muslim by si měl zvyknout na toleranci a nebýt přísný ve slovech nebo činech, ať se to týká jídla, pití, řeči nebo čehokoliv jiného.
 Islám je jednoduché a snadné náboženství.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8945</t>
   </si>
   <si>
-    <t>لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ</t>
+    <t>لا تدخل الملائكة بيتا فيه كلب ولا صورة</t>
   </si>
   <si>
     <t>„Andělé nevstoupí do domu, ve kterém je pes nebo obraz.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي طَلْحَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَدْخُلُ المَلاَئِكَةُ بَيْتًا فِيهِ كَلْبٌ وَلاَ صُورَةٌ».</t>
   </si>
   <si>
     <t>Abú Talha (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Andělé nevstoupí do domu, ve kterém je pes nebo obraz.”</t>
   </si>
   <si>
     <t>‏أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ ملائكة الرحمة لا تدخل بيتًا فيه كلبٌ ولا صورة ذَوَات الأرواح؛ 
 وذلك أن صورة ما فيه روح: معصية فاحشة، وفيها مضاهاة لخلق الله، ووسيلة من وسائل الشرك، وبعضها صورة ما يعبد من دون الله، 
 وأما سبب امتناعهم من بيت فيه كلب: لكثرة أكله النجاسات، ولأن بعضها يُسمى شيطانًا؛ والملائكة ضد الشياطين، 
 ولقبح رائحة الكلب؛ والملائكة تكره الرائحة القبيحة، ولأنها منهيٌّ عن اتخاذها؛ فعُوقِب متخذها بحرمانه دخول ملائكة الرحمة بيته، وصلاتها فيه، واستغفارها له، وتبريكها عليه وفي بيته، ودفعها أذى الشيطان عنه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že andělé milosrdenství nevstoupí do domu, ve kterém je pes nebo zobrazení živých bytostí. A to proto, že zobrazování živých bytostí je velký hřích, je to napodobování Božího stvoření a cesta k přidružování; a některé z těchto obrazů jsou zobrazením toho, co je uctíváno místo Boha. A co se týče důvodu jejich odmítnutí vstoupení do domu, kde je pes, je to proto, že jí mnoho nečistých věcí a že někteří z nich byli nazváni satany a andělé jsou proti satanům. A kvůli ošklivému zápachu psa a andělé nemají rádi ošklivý zápach. Proto je zakázáno je mít doma a tomu, kdo je má doma, za trest nevstoupí andělé milosrdenství do domu, nemodlí se tam, neprosí za něj o odpuštění a nepožehnají jeho domu a nezabrání škodění satana.</t>
   </si>
   <si>
     <t>تحريم اقتناء الكلب إلا كلب صيد أو ماشية أو زرع.
 اتخاذ الصور من الأمور الخبيثة التي تَنْفِر منها الملائكة، ويكون وجودها في المكان سبب لحرمان الرحمة، ومثل ذلك الكلب.
 الملائكة الذين لا يدخلون بيتًا فيه كلب أو صورة هم ملائكة الرحمة، وأما الحَفَظَة وغيرُهم ممن لهم وظيفة كمَلَك الموت فيدخلون في كل بيت.
 تحريم تعليق صور ذوات الأرواح على الجدران وغيرها.
 قال الخطابي: وإنما لا تدخل الملائكة بيتًا فيه كلب أو صورة مما يحرم اقتناؤه من الكلاب والصور، فأما ما ليس بحرام من كلب الصيد والزرع والماشية والصورة التي تمتهن في البساط والوسادة وغيرهما فلا يمتنع دخول الملائكة بسببه.</t>
   </si>
   <si>
     <t>Zákaz brát do domu psa, leda by byl určený pro lov, k dobytku nebo k ochraně.
 Dávání si obrazů patří do špatných věcí, které odpuzují anděly, a jejich existence na nějakém místě je důvodem ke ztrátě milosrdenství a totéž se týká psa.
 Andělé, kteří nevstoupí do domu, ve kterém je pes nebo obraz, jsou andělé milosrdenství, ale ostatní andělé, kteří mají nějakou úlohu, jako zapisování skutků, odebírání duší při smrti atd., vstupují do každého domu.
 Zákaz věšení obrazů živých tvorů na zeď atd.
 Al-Chattábí řekl: A andělé nevstoupí do příbytků, ve kterých je pes nebo obraz, které je zakázáno vlastnit. Pokud ale není zakázáno je vlastnit, jako psa pro lov, dobytek, v zemědělství atd. nebo obraz, který není na ctěném místě, například je na koberci, polštářku atd., tak v tomto případě se andělé nebrání vstupu do takového domu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8950</t>
   </si>
   <si>
-    <t>لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ</t>
+    <t>لا تصحب الملائكة رفقة فيها كلب ولا جرس</t>
   </si>
   <si>
     <t>„Andělé nedoprovodí skupinu, ve které je pes nebo zvon.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَصْحَبُ الْمَلَائِكَةُ رُفْقَةً فِيهَا كَلْبٌ وَلَا جَرَسٌ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Andělé nedoprovodí skupinu, ve které je pes nebo zvon.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الملائكةَ لا تُرافِق صحبةً في سفرٍ وفي رُفْقَتِهم كلبٌ، أو الجرس الذي يُعلّق على الدوابِّ فيُحْدِث صوتًا إذا تَحرَّكت.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že andělé nedoprovodí na cestách skupinu, která má s sebou psa nebo zvon, který se zavěšuje na krk dobytku, aby byl slyšet, když jde.</t>
   </si>
   <si>
     <t>النهي عن اقتناء الكلاب واستصحابها، ويستثنى من النهي كلبُ الصَّيد أو الحِراسة.
 الملائكة الذين يَمتنعون عن المرافقة هم ملائكة الرحمة، أما الحَفَظَة فهم لا يفارقون العِباد في حِلِّهم وتَرْحَالهم.
 النهي عن الجَرَس؛ لأنه مِزْمَار مِن مَزَامِيْر الشيطان، وفيه تَشَبُّه بناقوس النصارى.
 على المسلم أن يحرص على الابتعاد عن كلِّ ما مِن شأنه إبعاد الملائكة عنه.</t>
   </si>
   <si>
     <t>Zákaz chovat psy a brát je s sebou na cesty, pokud se nejedná o lovecké nebo hlídací psy atd.
 Andělé, kteří nebudou tuto skupinu doprovázet, jsou tzv. andělé milosti, zatímco chránící andělé se od člověka nikdy neoddělí a jsou s ním za všech okolností.
 Zákaz používání zvonů, protože patří do satanových píšťal a protože to je napodobování rituálů křesťanů.
 Muslim by se měl snažit vzdálit se od všeho, co od něj odhání anděly.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8951</t>
   </si>
   <si>
-    <t>لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ</t>
+    <t>لا تحلفوا بالطواغي، ولا بآبائكم</t>
   </si>
   <si>
     <t>„Nepřísahejte při at-tawághí ani při svých otcích.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ الرَّحْمَنِ بْنِ سَمُرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَحْلِفُوا بِالطَّوَاغِي، وَلَا بِآبَائِكُمْ».</t>
   </si>
   <si>
     <t>‘Abdurrahmán Ibn Samura (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nepřísahejte při at-tawághí ani při svých otcích.”</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن الحَلِف بالطواغي، جمع طاغية، وهي الأصنام التي كان المشركون يَعبدونها مِن دون الله، وهي سببُ طغيانِهم وكفرِهم، 
 وينهى صلى الله عليه وسلم عن الحلف بالآباء؛ حيث كان من عادة العرب في الجاهلية أن يَحلفوا بآبائهم افتخارًا وتعظيمًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal přísahat při at-tawághí (jednotné číslo tághíja), což jsou sochy, které polyteisté uctívali místo Boha a byly příčinou jejich nevíry a vzpurnosti. A zakázal přísahat při otcích, protože zvykem Arabů v době nevědomosti bylo přísahat při svých otcích, protože se jimi chlubili a ctili je.</t>
   </si>
   <si>
     <t>الحَلف لا يجوز إلا بالله وأسمائه وصفاته.
 تحريم الحلف بالطواغيت، والآباء والرؤساء والأصنام، وما شابَهَها من كل باطل.
 الحلف بغير الله من الشرك الأصغر، وقد يكون شركًا أكبر، إذا قام بقلبه تعظيم المحلوف به وأنه يعظِّمه كما يعظِّم الله أو أنه يعتقد فيه شيئًا من العبادة.</t>
   </si>
   <si>
     <t>Není dovolené přísahat při někom jiném než při Bohu, Jeho jménech a vlastnostech.
 Zákaz přísahání při modlách, otcích, vládcích, sochách a všemu, co je tomu podobné.
 Přísahání při někom jiném než při Bohu je malé přidružování, ale může spadat i do velkého, pokud v srdci uctívá toho, při kom přísahá, jako Boha nebo ho jakýmkoli jiným způsobem uctívá jako Boha.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/8959</t>
   </si>
   <si>
-    <t>كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا</t>
+    <t>كنا لا نعد الكدرة والصفرة بعد الطهر شيئا</t>
   </si>
   <si>
     <t>„Šedý a žlutý výtok po úplném očištění jsme nepovažovali za nic</t>
   </si>
   <si>
     <t>عن أُمِّ عَطِيَّةَ رَضي الله عنها، وكَانَتْ بايَعَت النبيَّ صلى الله عليه وسلم، قالت: كُنَّا لا نَعُدّ الكُدرَةَ والصُّفْرَةَ بعدَ الطُّهرِ شيئًا.</t>
   </si>
   <si>
     <t>Um ‘Atijja (ať je s ní Bůh spokojen), která slíbila věrnost Prorokovi (ať mu Bůh žehná a dá mír) řekla: „Šedý a žlutý výtok po úplném očištění jsme nepovažovali za nic."</t>
   </si>
   <si>
     <t>أَخْبَرتْ الصحابيّةُ أُمُّ عَطية رضي الله عنها أنَّ النساء في عَهد النبيِّ صلى الله عليه وسلم لا يَعْتَبِرْنَ الماءَ الذي يَخرُج من الفَرْج -والذي يَميل لونُه إلى السواد، أو إلى الاصفرار- بعدَ رؤية الطُّهرِ مِن الحيض: حيضًا، فلا يَتْرُكْنَ الصَّلاة ولا الصوم لأجله.</t>
   </si>
   <si>
     <t>Um ‘Atijja (ať je s ní Bůh spokojen), která patřila mezi druhy Proroka (sahába) řekla, že ženy v čase Proroka nepovažovaly šedočerný nebo žlutý výtok, který vytekl po úplném očištění z menstruace, za menstruaci, tzn. že se kvůli němu nepřestávaly modlit ani postit.</t>
   </si>
   <si>
     <t>الماء الذي ينزل من فرج المرأة -بعد الطهر من الحيض- لا يُعتبر ولو كان فيه الكدرة والصفرة المكتسبة من الدم.
 نزول الكدرة والصفرة زمن الحيض والعادة يعتبر حيضًا؛ لأنه دم في وقته، إلا أنه ممتزج بماء.
 لا تترك المرأة الصلاة ولا الصوم لأجل الكدرة والصفرة التي بعد الطهر، بل تتوضأ وتصلي.</t>
   </si>
   <si>
     <t>Pokud se žena očistí z menstruace (tzn. že už menstruace úplně skončila, viděla bílý výtok atd.) a poté má žlutý nebo šedočerný výtok (špinění), není to považováno za menstruaci.
 Hnědý, žlutý nebo šedý výtok (špinění) v době menstruace je považován za menstruaci, protože je to v jejím období.
 Pokud je šedý nebo žlutý výtok (špinění) až po skončení menstruace, žena se má modlit i postit, jen udělá před každou modlitbou malou očistu (wudu).</t>
   </si>
   <si>
     <t>رواه أبو داود بهذا اللفظ، ورواه البخاري  بدون زيادة (بعد الطهر)</t>
   </si>
   <si>
-    <t>[Zaznamenal ho Abú Dáwúd v tomto znění a zaznamenal ho Al-Buchárí bez slov(po očistě)]</t>
+    <t>[رواه أبو داود بهذا اللفظ ورواه البخاري بدون زيادة (بعد الطهر)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10014</t>
   </si>
   <si>
-    <t>امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي</t>
+    <t>امكثي قدر ما كانت تحبسك حيضتك، ثم اغتسلي</t>
   </si>
   <si>
     <t>„Počkej po dobu, kdy jsi mívala menstruaci, a pak udělej velkou očistu (ghusl)</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المُؤْمِنينَ رَضي الله عنها أَنَّهَا قَالَتْ: إِنَّ أُمَّ حَبِيبَةَ بِنْتَ جَحْشٍ الَّتِي كَانَتْ تَحْتَ عَبْدِ الرَّحْمَنِ بْنِ عَوْفٍ شَكَتْ إِلَى رَسُولِ اللهِ صلى الله عليه وسلم الدَّمَ، فَقَالَ لَهَا: «امْكُثِي قَدْرَ مَا كَانَتْ تَحْبِسُكِ حَيْضَتُكِ، ثُمَّ اغْتَسِلِي». فَكَانَتْ تَغْتَسِلُ عِنْدَ كُلِّ صَلَاةٍ.</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících (ať je s ní Bůh spokojen) vyprávěla: „Um Habíba bint Džahš, žena ‘Abdurrahmána Ibn ‘Auf, si stěžovala Poslu Božímu (ať mu Bůh žehná a dá mír), že neustále krvácí a on jí řekl: „Počkej po dobu, kdy jsi mívala menstruaci, a pak udělej velkou očistu (ghusl)." A ona dělala velkou očistu před každou modlitbou."</t>
   </si>
   <si>
     <t>اشْتَكتْ إِحدى الصحابيَّات للنبيِّ صلى الله عليه وسلم استمرارَ نزولِ الدَّم معها، 
 فأمَرَها أن تنقطع عن الصلاة قَدْرَ ما كانت حيضتُها تحبِسُها قبلَ نزولِ هذا الأمر الطارئ بها، ثم تغتسل وتصلي، فكانت تغتسل تطوُّعًا لكل صلاة.</t>
   </si>
   <si>
     <t>Jedna žena, která patřila mezi druhy Proroka (sahába) si stěžovala Prorokovi (ať mu Bůh žehná a dá mír), že neustále krvácí, a on jí nařídil, aby se přestala modlit v čase, kdy mívala menstruaci před tím, než začala takto krvácet, pak, když tento čas skončí, udělala velkou očistu a modlila se. Ona pak dělala navíc dobrovolně velkou očistu před každou modlitbou.</t>
   </si>
   <si>
     <t>الاستحاضة هي: أن يَسْتَمرَّ بالمرأة خروجُ الدم بعد أيام حيضِها المُعتاد.
 المستحاضة تَعتَبِر نفسَها حائضًا قَدْر الأيَّام التي كان يأتيها فيها الحيض، قبل أن يُصيبها ما أصابها من الاستحاضة.
 إذا مَضَت قَدْرُ أيَّام عادتِها الأصلية، فإنَّها تُعتَبر طاهرةً من الحيض -ولو أنَّ دم الاستحاضة معها- فتغتسل من الحيض.
 المستحاضة لا يجب عليها الغسل لكل صلاة؛ لأنَّ اغتسالَها رضي الله عنها كان باجتهاد منها، ولو كان واجبًا لَبَيَّنَه لها رسولُ الله صلى الله عليه وسلم.
 المستحاضة يلزمها أن تتوضأ لكل صلاة؛ لأن حَدَثَها دائم لا ينقطع، ومثلُها كلُّ مَن حَدَثه دائم كالذي به سَلَسُ بول، أو خروج ريح مستمر.
 سؤال أهل العلم عمّا يُشكل في أمور الدين، حيث إنّ هذه المرأة شَكَت إلى النبي صلى الله عليه وسلم، وسألته عن كثرة الدم الذي يصيبها.</t>
   </si>
   <si>
     <t>Istiháda je, když žena krvácí i mimo dny, kdy obvykle mívá menstruaci.
 Pokud má žena istihádu, považuje za menstruaci pouze dny, ve které obvykle měla menstruaci před tím, než začala nepřetržitě krvácet.
 A když tyto dny skončí, je považována za čistou a má udělat velkou očistu, i kdyby dále krvácela.
 Žena, která má istihádu, nemusí dělat velkou očistu před každou modlitbou, protože tato žena (ať je s ní Bůh spokojen) dělala velkou očistu jen ze svého rozhodnutí a kdyby to bylo povinné, Prorok (ať mu Bůh žehná a dá mír) by to objasnil.
 Žena, která má istihádu, musí dělat malou očistu před každou modlitbou, protože je neustále znečištěna jako ten, kdo má trvalý únik moči nebo stolice.
 Pokud člověk něco neví o náboženství, má se ptát učenců, stejně jako tato žena, která si stěžovala Prorokovi (ať mu Bůh žehná a dá mír) a ptala se ho na neustálé krvácení, které má.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10015</t>
   </si>
   <si>
-    <t>الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ</t>
+    <t>الغسل يوم الجمعة واجب على كل محتلم، وأن يستن، وأن يمس طيبا إن وجد</t>
   </si>
   <si>
     <t>„Velká očista (ghusl) v pátek je povinná pro každého, kdo už měl noční poluci, a aby si vyčistil zuby a použil voňavku, pokud ji má.”</t>
   </si>
   <si>
     <t>عَنْ عَمْرِو بْنُ سُلَيْمٍ الأَنْصَارِيُّ قَالَ: أَشْهَدُ عَلَى أَبِي سَعِيدٍ قَالَ: أَشْهَدُ عَلَى رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الغُسْلُ يَوْمَ الجُمُعَةِ وَاجِبٌ عَلَى كُلِّ مُحْتَلِمٍ، وَأَنْ يَسْتَنَّ، وَأَنْ يَمَسَّ طِيبًا إِنْ وَجَدَ».</t>
   </si>
   <si>
     <t>‘Amrú Ibn Sulajm al-Ansárí řekl: „Dosvědčuji, že Abú Sa’íd řekl: „Dosvědčuji, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Velká očista (ghusl) v pátek je povinná pro každého, kdo už měl noční poluci, a aby si vyčistil zuby a použil voňavku, pokud ji má.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الغُسل يوم الجمعة مُتأكِّد كالواجب في حقِّ كلِّ ذَكَرٍ بالِغ من المسلمين ممّن وَجبت عليه الجمعة، 
 وأن ينظِّف أسنانَه بالسواك ونحوه، 
 وأن يتطيَّب بأيِّ رائحة عِطْرية طيبة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že velká očista je velmi doporučená jako povinnost pro každého dospělého muže z muslimů, kteří mají povinnost jít na páteční kázání. A také, aby si vyčistil zuby, ať už siwákem nebo něčím jiným. A aby použil jakoukoliv hezkou voňavku.</t>
   </si>
   <si>
     <t>تأكُّد استحباب غُسل يوم الجمعة على كلِّ رجل مسلم بالغ.
 النَّظافة وإزالة الروائح الكَريهة مطلوبة شرعًا للمسلم.
 تعظِيم يوم الجمعة، والاستعداد له.
 تأكيد استحباب الاسْتِيَاك للجمعة.
 استحباب التطيُّب بأيِّ رائحة عطرية طيبة قبل الذهاب للجمعة.
 المرأة إذا خرجت من بيتها للصلاة أو غيرها، فلا يجوز لها التَّطَيُّب؛ لدلالة السُّنة على تحريم ذلك.
 المحتلم هو البالغ، والبلوغ يحصل بعلامات، ثلاث منها يشترك فيها الرجل والمرأة وهي: الأولى: إكمال خمس عشرة سنة، والثانية: إذا نَبَتَ الشعر الخشن حول الفرج، والثالثة: إنزل المني بالاحتلام أو بالشهوة ولو بغير احتلام، وأما العلامة الرابعة فهي تخص المرأة وهي: الحيض، فإذا حاضت المرأة صارت بالغة.</t>
   </si>
   <si>
     <t>Velká očista (ghusl) v pátek je silně doporučena pro každého dospělého muslima.
 Čistota a odstranění nepříjemných pachů jsou islámským zákonem vyžadovány u každého muslima.
 Povyšování pátečního dne a příprava na něj.
 Potvrzení doporučení používat siwák před pátečním kázáním.
 Doporučení použít jakoukoliv hezkou voňavku před odchodem na páteční kázání.
 Pokud žena odejde z domu, ať už na modlitbu nebo jinam, nemá povolené použít voňavku, protože je to zakázané v jiném hadíthu.
 Tím, kdo měl už noční poluci, se myslí dospělý, protože dospělosti se v islámu dosahuje jedním z těchto způsobů: tři z nich jsou společné pro muže a ženy: první: dosáhnutí patnácti let, druhý: nárust ochlupení kolem pohlaví, třetí: ejakulace v důsledku mokrého snu nebo v důsledku touhy, i bez mokrého snu. Čtvrtý znak se týká pouze žen a to je menstruace, jakmile žena dostane menstruaci, je považována za dospělou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10036</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا خرج من الغائط قال: غفرانك</t>
   </si>
   <si>
     <t>že když Prorok (ať mu Bůh žehná a dá mír) odcházel po vykonání velké potřeby, řekl: „Ghufrának.”</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤْمنينَ رَضيَ اللهُ عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا خَرَجَ مِنَ الغَائِطِ قَالَ: «غُفْرَانَكَ».</t>
   </si>
   <si>
     <t>‘Áiša, matka věřících (ať je s ní Bůh spokojen) vyprávěla, že když Prorok (ať mu Bůh žehná a dá mír) odcházel po vykonání velké potřeby, řekl: „Ghufrának.”</t>
   </si>
   <si>
     <t>كانَ النبيُّ صلى الله عليه وسلم إذا خَرَجَ مِن قَضاء حاجتِه مِن الغائط قال: أسألُك (غُفرانَك) يا الله.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) odcházel po vykonání velké potřeby, řekl: Prosím Tě, Bože, o Tvoje odpuštění (ghufrának).</t>
   </si>
   <si>
     <t>استحباب قول: "غُفرانَك" بعد الخروج من مَحلِّ قضاء الحاجة.
 استغفار النبيِّ صلى الله عليه وسلم لربّه في جميع الأحوال.
 قيل في سبب طلب المغفرة بعد قضاء الحاجة: من التقصير في شكر نعم الله الكثيرة ومنها تيسير خروج ما يؤذي، وأطلب مغفرتَك أن انشغلت عن ذكرِك وقت قضاء الحاجة.</t>
   </si>
   <si>
     <t>Doporučení říci: „Ghufrának” po odchodu z toalety a vykonání potřeby.
 Prorok (ať mu Bůh žehná a dá mír) prosil Boha za odpuštění za všech okolností.
 Říká se, že důvodem prosby za odpuštění po vykonání potřeby je nedbalost při děkování Bohu za mnohá požehnání, kam patří i usnadnění odstranění toho, co škodí, a tak se žádá o odpuštění, kvůli zaměstnání se vykonáváním potřeby místo vzpomínání na Boha (dhikr).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10046</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Není člověka, který by nevyznal, že není boha kromě Boha a Muhammad je Posel Boží, upřímně ve svém srdci, aniž by ho Bůh zakázal ohni</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Mu'ádz následoval Proroka (ať mu Bůh žehná a dá mu mír) na cestě a on mu jednou řekl: „Mu'ádzi Ibn Džabale!” Odpověděl: „Zde jsem k tvým službám.” Poté (Prorok) řekl třikrát totéž a řekl: „Není člověka, který by nevyznal, že není boha kromě Boha a Muhammad je Posel Boží, upřímně ve svém srdci, aniž by ho Bůh zakázal ohni.” (Mu'ádz) řekl: „Posle Boží, nemám tuto radostnou novinu oznámit lidem?" A on odpověděl: „Neoznamuj ji, aby se na to lidé nespoléhali.” A Mu'ádz toto vyprávěl před svou smrtí, protože se bál hříchu.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Mu'ádz Ibn Džabal (ať je s ním Bůh spokojen) jel na velbloudu za Prorokem (ať mu Bůh žehná a dá mu mír) a ten na něj třikrát zavolal: Mu'ádzi, protože mu chtěl říci něco důležitého.
 Mu'ádz Ibn Džabal (ať je s ním Bůh spokojen) pokaždé odpověděl: „Zde jsem, Posle Boží, k tvým službám.”
 A Prorok (ať mu Bůh žehná a dá mu mír) mu řekl, že není člověka, který by nevyznal, že není boha kromě Boha (tzn. že jediný, kdo si zaslouží uctívat, je Bůh) a Muhammad je Posel Boží, upřímně ve svém srdci, aniž by ho Bůh zakázal ohni.
 A Mu'ádz Ibn Džabal (ať je s ním Bůh spokojen) se zeptal Proroka (ať mu Bůh žehná a dá mu mír), zda to nemá říci lidem, aby měli radost ze takové dobré zprávy?
 Ale Prorok (ať mu Bůh žehná a dá mu mír) se bál, že lidé se pak na to budou spoléhat a budou dělat málo dobrých skutků.
 Mu'ádz to proto neřekl nikomu, až když byl těsně přes smrtí a bál se, že bude mít hřích za to, že zamlčuje vědění.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Pokora Proroka (ať mu Bůh žehná a dá mu mír), když nechal Mu'ádze sedět za sebou na velbloudovi.
 Způsob učení Proroka (ať mu Bůh žehná a dá mu mír), kdy na Mu'ádze několikrát opakovaně zavolal, aby se soustředil na to, co mu řekne.
 Z podmínek vyznání, že není boha kromě Boha a Muhammad je Posel Boží, je, aby to bylo řečeno upřímně ze srdce a s jistotou, aby o tom člověk nepochyboval.
 Ti, kteří vyznávají jedinost Boží, nebudou navěky v ohni. I kdyby tam chvíli byli za své hříchy, posléze budou vyvedení ven, poté, co se očistí.
 Velké dobro ve vyznání víry pro toho, kdo je řekne upřímně.
 Povolení nevyprávět někdy některý hadíth, pokud je v tom nějaký neprospěch.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10098</t>
   </si>
   <si>
-    <t>المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ</t>
+    <t>المسلم من سلم المسلمون من لسانه ويده، والمهاجر من هجر ما نهى الله عنه</t>
   </si>
   <si>
     <t>„Muslim je ten, před jehož jazykem a rukou jsou muslimové v bezpečí. A muhádžir (emigrant) je ten, kdo zanechá toho, co mu Bůh zakázal.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رَضِيَ اللَّهُ عَنْهُمَا عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «المُسْلِمُ مَنْ سَلِمَ المُسْلِمُونَ مِنْ لِسَانِهِ وَيَدِهِ، وَالمُهَاجِرُ مَنْ هَجَرَ مَا نَهَى اللَّهُ عَنْهُ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Muslim je ten, před jehož jazykem a rukou jsou muslimové v bezpečí. A muhádžir (emigrant) je ten, kdo zanechá toho, co mu Bůh zakázal.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ المسلمَ كاملَ الإسلامِ هو مَن سَلِم المسلمون من لسانه فلا يَسُبُّهم، ولا يَلعنُهم، ولا يغتابهم، ولا يسعى بينهم بأيِّ نوع من أنواع الأذى بلسانه، 
 وسلِموا مِن يده فلا يَعتدي عليهم، ولا يأخذ أموالَهم بغير حق، وما أشبه ذلك، 
 والمهاجر من ترك ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že opravdový muslim je ten, před jehož jazykem jsou muslimové v bezpečí, což znamená že jim nenadává, neproklíná je, nepomlouvá a neškodí jim jazykem jakýkoliv jiným způsobem. A také jsou v bezpečí před jeho rukou, tzn. že jim neubližuje, nenapadá je, nekrade jejich majetek atd. A opravdovým emigrantem je ten, kdo zanechá všeho, co mu Bůh zakázal.</t>
   </si>
   <si>
     <t>كمال الإسلام لا يكون إلا بِعَدَم إِلْحاقِ الأذى بالآخرين ماديًّا كان أو معنويًّا.
 خص اللسان واليد بالذكر؛ لكثرة أخطائهما وأضرارهما، فإنَّ معظم الشرور تصدر عنهما.
 الحث على ترك المعاصي والتزام ما أمر الله تعالى به.
 أفضل المسلمين مَن أدَّى حقوق الله تعالى وحقوق المسلمين.
 الاعتداء قد يكون قولًا أو فعلًا.
 الهجرة الكاملة هي هَجْرُ ما حرَّم الله تعالى.</t>
   </si>
   <si>
     <t>Dokonalý islám je pouze, když někdo neubližuje ostatním, ať už fyzicky nebo psychicky.
 V hadíthu je zmíněn jazyk a ruka, protože kvůli nim se děje nejvíce chybování a ubližování a nejvíce zla je od nich.
 Nabádání k zanechání hříchů a dodržování toho, co přikázal Bůh.
 Nejlepší muslimové jsou ti, kteří dodržují práva Boha i práva muslimů.
 Napadání může být slovem i činem.
 Dokonalá emigrace je zanechání toho, co zakázal Bůh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10101</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>„Náš Požehnaný a Všemohoucí Pán sestupuje každou noc k nebesům tohoto světa, v poslední třetině noci,</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Náš Požehnaný a Všemohoucí Pán sestupuje každou noc k nebesům tohoto světa, v poslední třetině noci, a říká: „Kdo mě o něco prosí, abych mu to vyplnil? Kdo mě o něco prosí, abych mu to dal? Kdo mě prosí o odpuštění, abych mu odpustil?"</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mu mír) řekl, že Požehnaný a Všemohoucí Bůh sestupuje každou noc v poslední třetině noci k pozemským nebesům a nabádá Své služebníky, aby Ho o něco prosili, a odpovídá jim, a aby Ho o něco žádali, a poté jim to dává, a aby Ho prosili za odpuštění, a poté jim odpouští.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Modlitba, prosby a pokání v poslední třetině noci mají velkou odměnu a zásluhu.
 Člověk, který slyší tento hadíth, by se měl snažit využít příležitosti a vyhledávat tyto časy, kdy Bůh vyplňuje prosby.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ</t>
+    <t>لا تسافر المرأة مسيرة يومين إلا ومعها زوجها أو ذو محرم</t>
   </si>
   <si>
     <t>„Ať žena necestuje na vzdálenost větší než dva dny cesty, aniž by s ní byl její manžel nebo mahram</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيَّ رَضِيَ اللَّهُ عَنْهُ -وَكَانَ غَزَا مَعَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ثِنْتَيْ عَشْرَةَ غَزْوَةً- قَالَ: سَمِعْتُ أَرْبَعًا مِنَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَعْجَبْنَنِي، قَالَ: «لاَ تُسَافِرِ المَرْأَةُ مَسِيرَةَ يَوْمَيْنِ إِلَّا وَمَعَهَا زَوْجُهَا أَوْ ذُو مَحْرَمٍ، وَلاَ صَوْمَ فِي يَوْمَيْنِ: الفِطْرِ وَالأَضْحَى، وَلاَ صَلاَةَ بَعْدَ الصُّبْحِ حَتَّى تَطْلُعَ الشَّمْسُ، وَلاَ بَعْدَ العَصْرِ حَتَّى تَغْرُبَ، وَلاَ تُشَدُّ الرِّحَالُ إِلَّا إِلَى ثَلاَثَةِ مَسَاجِدَ: مَسْجِدِ الحَرَامِ، وَمَسْجِدِ الأَقْصَى، وَمَسْجِدِي هَذَا».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) - a zažil s Prorokem (ať mu Bůh žehná a dá mír) dvanáct bitev - vyprávěl: „Slyšel jsem od Proroka (ať mu Bůh žehná a dá mír) čtyři věci, které se mi líbily, řekl: „Ať žena necestuje na vzdálenost větší než dva dny cesty, aniž by s ní byl její manžel nebo mahram. Není žádného půstu ve dva dny: al-fitr a al-adhá. Není žádné modlitby po modlitbě fadžr až do východu slunce a ani po modlitbě ‘asr, dokud nezapadne slunce. A je zakázáno cestovat za účelem navštívení jiných než těchto tří mešit: Posvátné mešity, mešity al-Aqsá a této mešity.”"</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عَن أربعة أمور: 
 أولها: منع المرأة من السفر مَسيرة يومين بدون زوجِها أو أحدٍ محارمِها وهو مَن حَرُمتْ عليه تحريمًا مؤبدًا مِن الأقارب، كالابن والأب، وابن الأخ وابن الأخت، والعم والخال، ونحو ذلك. 
 ثانيها: النهي عن صوم يوم عيد الفطر ويوم عيد الأضحى، وسواء صامهما المسلم عن نَذْر، أو تطوُّع، أو كفارة. 
 ثالثها: النهي عن صلاة التطوع بعد صلاة العصر حتى تغرب الشمس، وبعد طلوع الصبح حتى تطلع الشمس. 
 رابعها: النهي عن السفر إلى بُقْعَة من البِقاع واعتقاد فضلها واعتقاد مضاعفة الحسنات فيها غير هذه المساجد الثلاثة فلا تُشد الرحال لغيرها لأجل الصلاة فيها، فإنَّ الأجر لا يُضاعف إلا في هذه المساجد الثلاثة، المسجد الحرام، والمسجد النبوي، والمسجد الأقصى.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal tyto čtyři věci:
 První: ženě cestovat na vzdálenost delší, než jsou dva dny cesty, bez manžela nebo mahrama. Mahram je muž z příbuzenstva ženy, kterého si nikdy nemůže vzít za manžela, jako syn, otec, bratr, synovec, strýc atd.
 Druhá: zakázal postit se na malý svátek (al-fitr) a na velký svátek (al-adhá), ať už se je postí dobrovolně, jako slib Bohu (nazr) nebo jako výkupné za hřích (kafára).
 Třetí: zákaz dobrovolné modlitby po modlitbě fadžr až do východu slunce a po modlitbě ‘asr až do západu slunce.
 Čtvrtá: zákaz cestovat na jakákoliv místa na zemi a myslet si o nich, že jsou lepší než jiná a že je za to odměna nebo že odměna za modlitbu v nich bude zvýšena, kromě tří mešit: Posvátné mešity, Prorokovy mešity a mešity al-Aqsá.</t>
   </si>
   <si>
@@ -11149,1544 +11910,1594 @@
 اعتناء الشريعة الإسلامية بالمرأة، وحمايتها وصَونها.
 عدم صحة صلاة التطوع المُطْلق بعد صلاة الفجر والعصر، ويُستثنى مِن ذلك قضاء الفرائض الفوائت، وذوات الأسباب كتحيَّة المسجد ونحو ذلك.
 تَحْرُم الصلاة بعد طلوع الشمس مباشرة، بل لابد من ارتفاعها قَدْرَ رمحٍ، بما يُقارب عشرَ دقائق إلى ربع ساعة تقريبًا.
 وقت العصر يَمتدُّ إلى غروب الشمس.
 فيه جواز شَد الرِّحال إلى المساجد الثلاثة.
 فضل المساجد الثلاثة ومَزِيَّتُها على غيرها.
 عدم جواز السفر لزيارة القبور ولو كان قَبر النبي صلى الله عليه وسلم، وتجوز زيارته لمن كان في المدينة، أو أتى إليها لغرضٍ مشروعٍ أو جائز.</t>
   </si>
   <si>
     <t>Zákaz cestování ženy bez mahrama.
 Žena nemůže být mahramem pro jinou ženu na cestách, protože v hadíthu jsou slova: „její manžel nebo mahram.”
 Žena se nesmí vydávat bez manžela nebo mahrama na jakékoliv cesty, které se dají nazvat cestováním. A tento hadíth se týkal konkrétního tázajícího a místa, kde žil.
 Mahramem se myslí buď manžel ženy, nebo muž, kterého si nikdy nemůže vzít za manžela, protože je jejím příbuzným, jako syn, otec, bratr, synovec, strýc, nebo protože jsou spříznění společným kojením, jako soukojenec atd.  A tento muž musí být muslim, rozumný, dospělý, čestný a spolehlivý, protože jeho účelem je ochránit ženu, pomáhat jí a poskytovat jí bezpečí.
 Starost islámského zákona o ženu a její ochranu a bezpečí.
 Neplatnost dobrovolné modlitby po modlitbě fadžr a ‘asr. Je ale možné nahrazovat v této době povinné modlitby a modlit se modlitby, které mají nějaký důvod, jako modlitba Pozdrav mešitě atd.
 Je zakázáno se modlit těsně po východu slunce. Je třeba, aby slunce vyšlo nad obzor na délku oštěpu, což je zhruba deset až patnáct minut po východu slunce.
 ‘Asr je možné se modlit až do západu slunce.
 Je povolené cestovat za účelem návštěvy do těchto tří mešit.
 Tyto tři mešity jsou lepší než jiné.
 Zákaz cestovat kvůli navštěvování hrobů, i kdyby se jednalo o hrob Proroka (ať mu Bůh žehná a dá mír). Je ale povolené jeho hrob navštívit pro toho, kdo je v Medíně nebo do ní přišel za jiným povoleným účelem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10603</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>„Neseďte na hrobech a nemodlete se k nim.”</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Abú Marthad al-Ghanawí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Neseďte na hrobech a nemodlete se k nim.”</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal sedět na hrobech.
 Také zakázal modlit se ke hrobům, tzn. aby byl hrob v qible modlícího se, protože to vede k přidružování.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Zákaz modlit se v hrobkách nebo k hrobům, kromě pohřební modlitby.
 Důvodem zákazu modlení se ke hrobům je, že to vede k přidružování.
 Islám zakázal přehánění i nedostatečnou úctu k hrobům, a tak by se mělo jít zlatou střední cestou a nepřehánět ani nezanedbávat.
 Nedotknutelnost muslima trvá i po jeho smrti, protože Prorok (ať mu Bůh žehná a dá mír) řekl: (lámat kosti mrtvého je jako lámat ho zaživa).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10647</t>
   </si>
   <si>
-    <t>أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا</t>
+    <t>أولئك قوم إذا مات فيهم العبد الصالح، أو الرجل الصالح، بنوا على قبره مسجدا</t>
   </si>
   <si>
     <t>Tito lidé, když mezi nimi zemřel zbožný služebník nebo zbožný muž, postavili na jeho hrobě mešitu</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ أُمِّ المؤمنين رضي الله عنها: أَنَّ أُمَّ سَلَمَةَ ذَكَرَتْ لِرَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَنِيسَةً رَأَتْهَا بِأَرْضِ الْحَبَشَةِ، يُقَالُ لَهَا مَارِيَةُ، فَذَكَرَتْ لَهُ مَا رَأَتْ فِيهَا مِنَ الصُّوَرِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أُولَئِكَ قَوْمٌ إِذَا مَاتَ فِيهِمُ الْعَبْدُ الصَّالِحُ، أَوِ الرَّجُلُ الصَّالِحُ، بَنَوْا عَلَى قَبْرِهِ مَسْجِدًا، وَصَوَّرُوا فِيهِ تِلْكَ الصُّوَرَ، أُولَئِكَ شِرَارُ الْخَلْقِ عِنْدَ اللهِ».</t>
   </si>
   <si>
     <t>‘Á'iša, matka věřících(ať je s ní Bůh spokojen) vyprávěla, že Um Salama se zmínila Poslu Božímu (ať mu Bůh žehná a dá mír) o kostelu, který viděla v Habeši, kterému říkali Mária, a říkala, co v něm viděla za obrazy, a Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tito lidé, když mezi nimi zemřel zbožný služebník nebo zbožný muž, postavili na jeho hrobě mešitu a namalovali tyto obrazy a jsou nejhorším stvořením u Boha."</t>
   </si>
   <si>
     <t>ذَكَرَتْ أُمُّ المؤمنين أُمُّ سَلَمَة رضي الله عنها للنبيِّ صلى الله عليه وسلم أنها لمَّا كانت بأرض الحَبَشة رأتْ كَنِيسة -يُقال لها مَارِيَة- فيها صورٌ وزَخارِفُ وتصاويرُ؛ تَعَجُّبًّا من ذلك! 
 فبَيَّنَ النبيُّ صلى الله عليه وسلم أسباب وضع هذه الصور؛ 
 فقال: إن هؤلاء الذين تذكرين كانوا إذا مات فيهم الرجلُ الصالحُ بَنَوا على قبره مَسجدًا يُصَلُّون فيه، وصَوَّرُوا تلك الصور، 
 وبَيَّنَ أنَّ فاعلَ ذلك شَرُّ الخلقِ عند الله تعالى؛ لأنَّ فِعلَه يؤدِّي إلى الشرك بالله تعالى.</t>
   </si>
   <si>
     <t>Um Salama se zmínila Poslu Božímu (ať mu Bůh žehná a dá mír) o kostelu, který viděla v Habeši, kterému říkali Mária, ve kterém byly obrazy a různé ozdoby, a ona se tomu divila. A Prorok (ať mu Bůh žehná a dá mír) vysvětlil důvod těchto obrazů a řekl: Tito lidé, o kterých mluvíš, když mezi nimi zemřel zbožný služebník nebo zbožný muž, postavili na jeho hrobě mešitu, ve které se modlili, a namalovali tyto obrazy. A vysvětlil, že ten, kdo toto dělá, je u Boha nejhorším stvořením, protože tyto činy vedou k přidružování k Bohu.</t>
   </si>
   <si>
     <t>تحريم بناء المساجد على القُبور، أو الصلاة عندها، أو دَفن الموتى في المساجد؛ سَدَّا لذَريعة الشِّرك.
 بناء المساجد على القُبور، ونَصب الصُّور فيها، هو عمل اليَّهود والنَّصارى، وأنَّ من فعل هذا، فقد شَابَهَهم.
 تحريم اتخاذ الصُّور لذَوَات الأرواح.
 مَن بَنى مسجدًا على قَبر وصَوَّر فيه التصاوير، فهو مِن شَرِّ خَلْقِ الله تعالى.
 حِماية الشَّريعة لجَنَاب التوحيد حماية كاملة، بسد جميع الوسائل التي قد تُؤدي إلى الشِّرك.
  النهي عن الغلو في الصالحين؛ لأنه سببٌ للوقوع في الشرك.</t>
   </si>
   <si>
     <t>Zákaz stavět mešity na hrobech nebo se u hrobů modlit anebo pohřbívat mrtvé v mešitách, protože to vede k přidružování k Bohu.
 Stavit mešity na hrobech a dávat tam obrazy jsou činy židů a křesťanů a ten, kdo to dělá, se jim podobá.
 Zákaz zobrazení živých bytostí.
 Ten, kdo staví mešitu na hrobě a dává do ní obrazy, je u Boha nejhorším stvořením.
 Šarí'a dokonale chrání všechny části tawhídu tím, že zabraňuje všemu, co vede k přidružování.
 Zákaz přehánět u zbožných mužů, protože to je jednou z příčin vedoucích k přidružování.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10887</t>
   </si>
   <si>
-    <t>أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ</t>
+    <t>أمرت أن أسجد على سبعة أعظم</t>
   </si>
   <si>
     <t>„Bylo mi nařízeno, abych udělal sudžúd na sedmi kostech</t>
   </si>
   <si>
     <t>عن ابنِ عَبَّاسٍ رضي الله عنهما عن النبيِّ صلى الله عليه وسلم قال: «أُمِرْتُ أَنْ أَسْجُدَ عَلَى سَبْعَةِ أَعْظُمٍ: عَلَى الْجَبْهَةِ وَأَشَارَ بِيَدِهِ عَلَى أَنْفِهِ، وَالْيَدَيْنِ، وَالرُّكْبَتَيْنِ، وَأَطْرَافِ الْقَدَمَيْنِ، وَلَا نَكْفِتَ الثِّيَابَ وَالشَّعَرَ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Bylo mi nařízeno, abych udělal sudžúd na sedmi kostech: na čele," a pak si ukázal na nos, „a na rukou, kolenou a prstech na nohou. A nevyhrnujte oblečení a vlasy.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم بأنَّ اللهَ أَمَرَه عند الصلاة أنْ يَسجُدَ على سبعةٍ من أعضاء الجسم؛ وهي: 
 أولاً: الجبهة: وهي: صفحة الوجه فوق الأنف والعينين، 
 وأشار صلى الله عليه وسلم بيده إلى أنفِه، مُبَيِّنًا أن الجَبْهةَ والأنف عضو واحد من السبعة، وتأكيدًا على أنَّ الساجِد يُلامِسُ بأنفِه الأرضَ. 
 العضو الثاني والثالث: اليدان. 
 الرابع والخامس: الرُّكْبتان. 
 السادس والسابع: أصابع القدمين. 
 وأَمَرَنا أنْ لا نَربِطَ شعورنًا، أو نَجمعَ ثيابَنا بعضَها على بعض عند السجود على الأرض صيانةً لها؛ بل نُرسِلُها حتى تقع على الأرض، فتسجد مع الأعضاء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že mu Bůh nařídil, aby při modlitbě dělal sudžúd na sedmi částech těla:
 První: čelo A Prorok (ať mu Bůh žehná a dá mír) ukázal na nos, aby vysvětlil, že nos je jedna z těchto sedmi částí těla, a potvrdil to, že se musí dotknout země.
 Druhá a třetí část: ruce.
 Čtvrtá a pátá: kolena.
 Šestá a sedmá: prsty na nohou.
 A že nám bylo nařízeno při sudžúdu nesvazovat si vlasy a nevyhrnovat oblečení, aby se neušpinily, ale že se mají nechat volně na zemi, aby dělaly sudžúd s částmi těla.</t>
   </si>
   <si>
     <t>وجوب السُّجود في الصلاة على الأعَضاء السَّبعة.
 كراهية جَمْعِ وضَمِّ الثَّوب والشَّعَر في الصلاة.
 يجب على المصلي أن يطمئن في صلاته، وذلك بأنْ يضع أعضاء السجود السبعة على الأرض، ويستقر عليها حتى يأتي بالذكر المشروع.
 النهيُ عن كَفِّ الشَّعَرِ خاصٌّ بالرجال دون النساء؛ لأن المرأة في الصلاة مأمورة بالتستر.</t>
   </si>
   <si>
     <t>Povinnost dělat sudžúd v modlitbě na těchto sedmi částech těla.
 Vyhrnovat oblečení a svazovat vlasy při modlitbě je zavrženíhodné.
 Je povinné, aby ten, kdo se modlí, se modlil v klidu, tzn. aby položil všech těchto sedm částí na zem a chvíli tak vydržel, aby mohl říci dhikr pokorně.
 Zákaz svazování vlasů se týká mužů, ne žen, protože žena má nařízeno se na modlitbu zahalovat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10925</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>že Prorok (ať mu Bůh žehná a dá mír) říkal mezi sadždami: „Alláhuma ghfir lí, wa rhamní, wa ‘áfiní, wa hdiní, wa rzuqní.” (Bože odpusť mi, buď ke mě milosrdný, smiluj se nade mnou, uveď mne na správnou cestu a obdař mne.)</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) říkal mezi sadždami: „Alláhuma ghfir lí, wa rhamní, wa ‘áfiní, wa hdiní, wa rzuqní.” (Bože odpusť mi, buď ke mě milosrdný, smiluj se nade mnou, uveď mne na správnou cestu a obdař mne.)</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) prosil Boha mezi sadždami o těchto pět věcí, které muslim velmi potřebuje a které zahrnují veškeré dobro na tomto i v budoucím světě. Zahrnují prosbu o odpuštění a skrytí hříchů, milosrdenství, očištění od pochybností, nejasností a nemocí, prosbu k Bohu o správné vedení k pravdě a utvrzení v ní a prosbu o obdarování vírou, věděním, dobrými skutky a dobrým, povoleným majetkem.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Doporučení říkat toto du’a při sezení mezi sadždami.
 Velké dobro v tomto du’a, protože zahrnuje veškeré dobro na tomto i onom světě.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>[Dobrý na základě podobných (hadíthů)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Alláhumma anta s-salám, wa minka s-salám, tabárakta dhá-l-džaláli wa-l-ikrám." (Ó Bože, Tys Mír a od Tebe mír, bud’ požehnán, Ty, majestátnosti a velkomyslnosti plný)</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>Thawbán (ať je s ním Bůh spokojen) vyprávěl, že když Posel Boží (ať mu Bůh žehná a dá mír) skončil modlitbu, požádal Boha třikrát o odpuštění  a řekl: „Alláhumma anta s-salám, wa minka s-salám, tabárakta dhá-l-džaláli wa-l-ikrám." (Ó Bože, Tys Mír a od Tebe mír, bud’ požehnán, Ty, majestátnosti a velkomyslnosti plný). Al-Walíd řekl: „Řekl jsem al-Awzá’ímu: „A jak prosit Boha o odpuštění?" Odpověděl: „Řekneš: Astaghfirulláh, astaghfirulláh, astaghfirulláh." (Prosím Boha za odpuštění…)</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) skončil modlitbu, říkal: Astaghfirulláh, astaghfirulláh, astaghfirulláh. (Prosím Boha za odpuštění…)
 Poté velebil Boha slovy:„ Alláhumma anta s-salám, wa minka s-salám, tabárakta dhá-l-džaláli wa-l-ikrám." (Ó Bože, Tys Mír a od Tebe mír, bud’ požehnán, Ty, majestátnosti a velkomyslnosti plný.) Tzn. Bůh je dokonalý ve Svých vlastnostech, nemá žádných nedostatků a vad a prosíme pouze Jeho, aby nás zbavil všeho zlého v tomto a budoucím světě, a Bůh je ten, Jehož dobro se rozšiřuje na tomto i onom světě, je Velkolepý a Dobrotivý.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Doporučení prosit Boha za odpuštění pravidelně po každé modlitbě.
 Doporučení prosit Boha za odpuštění za nedostatky v uctívání a jako náhradu za to, co člověk zameškal nebo nedokončil v uctívání.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10947</t>
   </si>
   <si>
-    <t>مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من سبح الله في دبر كل صلاة ثلاثا وثلاثين، وحمد الله ثلاثا وثلاثين، وكبر الله ثلاثا وثلاثين، فتلك تسعة وتسعون، وقال: تمام المائة: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير غفرت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>„Tomu, kdo řekne na konci každé modlitby třiatřicetkrát subhánalláh,  třiatřicetkrát alhamdulilláh a třiatřicetkrát Alláhu akbar, to je devětadevadesátkrát, a pak řekne, aby dovršil sto: Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír," (Není boha kromě Boha, Jediného, který nemá společníka žádného, Jemu náleží vláda i chvála a On má moc nad každou věcí.) budou odpuštěny hříchy, i kdyby jich bylo jako mořské pěny.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ سَبَّحَ اللهَ فِي دُبُرِ كُلِّ صَلَاةٍ ثَلَاثًا وَثَلَاثِينَ، وَحَمِدَ اللهَ ثَلَاثًا وَثَلَاثِينَ، وَكَبَّرَ اللهَ ثَلَاثًا وَثَلَاثِينَ، فَتْلِكَ تِسْعَةٌ وَتِسْعُونَ، وَقَالَ: تَمَامَ الْمِائَةِ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ غُفِرَتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo řekne na konci každé modlitby třiatřicetkrát subhánalláh,  třiatřicetkrát alhamdulilláh a třiatřicetkrát Alláhu akbar, to je devětadevadesátkrát, a pak řekne, aby dovršil sto: Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír," (Není boha kromě Boha, Jediného, který nemá společníka žádného, Jemu náleží vláda i chvála a On má moc nad každou věcí.) budou odpuštěny hříchy, i kdyby jich bylo jako mořské pěny.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ من قال بعد انقضاء الصلاة المفروضة: 
 ثلاثًا وثلاثين مرة: "سبحان الله" وهو تنزيه الله عن النقائص. 
 وثلاثًا وثلاثين: "الحمد لله" وهو الثناء عليه بصفات الكمال مع محبته وتعظيمه. 
 وثلاثًا وثلاثين: "الله أكبر" وهو أن الله أعظم وأجل من كل شيء.
 وتكملة العدد مئة بقول: "لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير" ومعناه: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المختص بالملك التام، والمستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يعجزه شيء.
 فمن قال ذلك مُحِيَتْ خطاياه وغفرت، ولو كانت كثيرة مثل الرغوة البيضاء التي تعلو البحر عند تموُّجِه وهيجانِه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že kdo řekne po vykonání povinné modlitby:
 Třiatřicetkrát: 
 „Subhánalláh” (sláva Bohu), tj. oproštění Boha od všech nedostatků,
 a třiatřicetkrát:„Alhamdulilláh” (chvála Bohu), tj. chválení Boha dokonalými vlastnostmi s láskou a úctou,
 a třiatřicetkrát: „Alláhu akbar” (Bůh je největší), tj. že Bůh je největší a nejvelkolepější ze všeho,
 a jako dokončení počtu sto: „Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír,” což znamená, že není žádného jiného pravého boha kromě Boha jediného, který nemá žádného společníka a jen Jemu patří dokonalé panování a zasluhuje si chválu s láskou a uctíváním a nikdo jiný, a že je mocný a není ničeho, co by Ho činilo neschopným.
 A hříchy toho, kdo toto řekne, budou smazány a odpuštěny, i kdyby jich bylo tolik, jako je bílé pěny, která je v moři u vln.</t>
   </si>
   <si>
     <t>استحباب هذا الذِّكر بعد الصَّلوات المفروضة.
 هذا الذكر سبب لغفران الذنوب.
 عظيم فضل الله تعالى ورحمته ومغفرته.
 هذا الذِّكر سببٌ لمغفرة الذُّنوب، والمراد: تكفير صغائر الذُّنوب، أما الكبائر فلا يُكَفِّرها إلَّا التُّوبة.</t>
   </si>
   <si>
     <t>Doporučení říkat tento dhikr po každé povinné modlitbě.
 Tento dhikr je příčinou odpuštění hříchů.
 Velké dobrodiní Boha, Jeho milosrdnost a odpuštění.
 Tím, že tento dhikr je příčinou odpuštění hříchů, se myslí malé hříchy. Co se týče velkých hříchů, ty lze odpustit jen pokáním.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10948</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ</t>
+    <t>من قرأ آية الكرسي في دبر كل صلاة مكتوبة لم يمنعه من دخول الجنة إلا أن يموت</t>
   </si>
   <si>
     <t>„Tomu, kdo přednese Verš trůnu na konci každé povinné modlitby, nebrání ve vstupu do ráje nic kromě smrti.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ قَرَأَ آيَةَ الْكُرْسِيِّ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ لَمْ يَمْنَعْهُ مِنْ دُخُولِ الْجَنَّةِ إِلَّا أَنْ يَمُوتَ».</t>
   </si>
   <si>
     <t>Abú Umáma (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo přednese Verš trůnu na konci každé povinné modlitby, nebrání ve vstupu do ráje nic kromě smrti.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قرأ آية الكرسي بعد انتهاء الصلاة المفروضة لم يمنعه من دخول الجنة إلا الموت؛ وهي في سورة البقرة، قوله تعالى: 
 {اللَّهُ لَا إِلَهَ إِلَّا هُوَ الْحَيُّ الْقَيُّومُ لَا تَأْخُذُهُ سِنَةٌ وَلَا نَوْمٌ لَهُ مَا فِي السَّمَاوَاتِ وَمَا فِي الْأَرْضِ مَنْ ذَا الَّذِي يَشْفَعُ عِنْدَهُ إِلَّا بِإِذْنِهِ يَعْلَمُ مَا بَيْنَ أَيْدِيهِمْ وَمَا خَلْفَهُمْ وَلَا يُحِيطُونَ بِشَيْءٍ مِنْ عِلْمِهِ إِلَّا بِمَا شَاءَ وَسِعَ كُرْسِيُّهُ السَّمَاوَاتِ وَالْأَرْضَ وَلَا يَئُودُهُ حِفْظُهُمَا وَهُوَ الْعَلِيُّ الْعَظِيمُ} 
 [البقرة: 255].</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír), řekl, že tomu, kdo po skončení povinné modlitby přednese Verš trůnu, nebrání ve vstupu do ráje nic jiného než smrt. Tento verš je v súře Kráva, jsou to Boží slova: {Bůh - není božstva kromě Něho, živého, trvalého! Nepadá naň ani dřímota, ani spánek, Jemu náleží vše, co na nebesích je i na zemi! Kdo může se u Něho přimluvit jinak, než s dovolením Jeho? On zná, co je před rukama jejich i co je za zády jejich, zatímco oni neobejmou z vědění Jeho nic leda to, co On chce. Trůn Jeho obepíná nebesa i zemi a střežení jich mu potíží nečiní - On vznešený je a mohutný!} [Kráva: 255]</t>
   </si>
   <si>
     <t>فضل هذه الآية العظيمة؛ لما اشتملت عليه من الأسماء الحسنى، والصفات العلى.
 استحباب قراءة تلك الآية العظيمة بعد كل صلاة مفروضة.
 الأعمال الصالحة سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Velké dobro v tomto velkolepém verši, protože zahrnuje překrásná jména a vznešené vlastnosti Boží.
 Doporučení číst tento velkolepý verš po každé povinné modlitbě.
 Dobré skutky jsou příčinou vstoupení do ráje.</t>
   </si>
   <si>
     <t>رواه النسائي في الكبرى</t>
   </si>
   <si>
+    <t>[رواه النسائي في الكبرى]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10950</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>„Modli se vestoje, pokud toho nejsi schopný, tak vsedě, a pokud ani toho nejsi schopný, tak na boku.”</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>‘Imrán Ibn Husain (ať je s ním Bůh spokojen) vyprávěl, že měl hemoroidy, a tak se zeptal Proroka (ať mu Bůh žehná a dá mír) na modlitbu, a ten řekl: „Modli se vestoje, pokud toho nejsi schopný, tak vsedě, a pokud ani toho nejsi schopný, tak na boku.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že základem je, aby se člověk modlil vestoje, ale pokud toho není schopný, může se modlit vsedě a pokud není schopný se modlit vsedě, může se modlit vleže na boku.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Modlitba je povinná za všech okolností, pokud člověku zůstal rozum, ale je možné ji vykonávat podle svých schopností.
 Tolerance a jednoduchost islámu, když člověk může vykonávat uctívání způsobem, kterého je schopný.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/10951</t>
   </si>
   <si>
-    <t>لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ</t>
+    <t>لا تسبوا أصحابي، فلو أن أحدكم أنفق مثل أحد ذهبا ما بلغ مد أحدهم، ولا نصيفه</t>
   </si>
   <si>
     <t>„Neurážejte mé druhy, kdyby kdokoliv z vás rozdal tolik zlata jako hora Uhud, nedosáhl by hrsti jednoho z nich nebo její poloviny.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لاَ تَسُبُّوا أَصْحَابِي، فَلَوْ أَنَّ أَحَدَكُمْ أَنْفَقَ مِثْلَ أُحُدٍ ذَهَبًا مَا بَلَغَ مُدَّ أَحَدِهِمْ، وَلاَ نَصِيفَهُ».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Neurážejte mé druhy, kdyby kdokoliv z vás rozdal tolik zlata jako hora Uhud, nedosáhl by hrsti jednoho z nich nebo její poloviny.”</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن سَبِّ الصحابة، وخاصة السابقين الأولين من المهاجرين والأنصار؛ وأَخْبَر أنه لو أنفق أَحدٌ من الناس مِثلَ جبل أُحد ذهبًا ما بَلغَ ثوابَه في ذلك ثواب نفقة أحد الصحابة مُد طعام أو نصفه -والمد ملء كفي الرجل المتوسط-؛ وذلك لمزيد إخلاصهم، وصِدْق نياتهم، وسَبْق إنفاقهم وقتالِهم قبل فتح مكة حيث شدة الحاجة إليه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal urážet a nadávat jeho druhům a hlavně těm prvním z přesídlenců (muhádžirún) a pomocníků (ansár). A řekl, že kdyby kdokoliv z lidí dal tolik zlata jako celá hora  Uhud, neměl by za to takovou odměnu, jako má jeho druh za rozdání hrsti nebo půlky hrsti jídla, a to proto, protože mají více upřímnosti ve víře a úmyslu, a za to, co dříve dávali a jak bojovali před dobytím Mekky.</t>
   </si>
   <si>
     <t>سَبُّ الصحابة -رضي الله عنهم- حرامٌ، ومن المعاصي الكبائر.</t>
   </si>
   <si>
     <t>Nadávání druhům Proroka (sahába) -ať je s nimi Bůh spokojen-je zakázané a patří do velkých hříchů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/11000</t>
   </si>
   <si>
-    <t>‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ</t>
+    <t>ليبلغن هذا الأمر ما بلغ الليل والنهار، ولا يترك الله بيت مدر ولا وبر إلا أدخله الله هذا الدين</t>
   </si>
   <si>
     <t>„Tato věc dosáhne tam, kam dosáhne noc a den, a Bůh nezanechá žádný dům, ani hliněný ani z velbloudí srsti, aniž by do něj dal přijít islámu</t>
   </si>
   <si>
     <t>عن تَميم الداري رضي الله عنه، قال: سمعتُ رسول الله صلى الله عليه وسلم يقول: «‌لَيَبْلُغَنَّ ‌هَذَا الأَمْرُ مَا بَلَغَ اللَّيْلُ وَالنَّهَارُ، وَلَا يَتْرُكُ اللهُ بَيْتَ مَدَرٍ وَلَا وَبَرٍ إِلَّا أَدْخَلَهُ اللهُ هَذَا الدِّينَ، بِعِزِّ عَزِيزٍ أَوْ بِذُلِّ ذَلِيلٍ، عِزًّا يُعِزُّ اللهُ بِهِ الإِسْلَامَ، وَذُلًّا يُذِلُّ اللهُ بِهِ الكُفْرَ» وَكَانَ تَمِيمٌ الدَّارِيُّ يَقُولُ: قَدْ عَرَفْتُ ذَلِكَ فِي أَهْلِ بَيْتِي، لَقَدْ أَصَابَ مَنْ أَسْلَمَ مِنْهُمُ الْخَيْرُ وَالشَّرَفُ وَالْعِزُّ، وَلَقَدْ أَصَابَ مَنْ كَانَ مِنْهُمْ كَافِرًا الذُّلُّ وَالصَّغَارُ وَالْجِزْيَةُ.</t>
   </si>
   <si>
     <t>Tamím Ad-Dárí (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Tato věc dosáhne tam, kam dosáhne noc a den, a Bůh nezanechá žádný dům, ani hliněný ani z velbloudí srsti, aniž by do něj dal přijít islámu, se ctí pro ctěného nebo s ponížením pro poníženého, se ctí, jíž Bůh ctí islám, a s ponížením, kterým Bůh ponižuje nevíru.“ A Tamím Ad-Dárí říkal: A toto jsem viděl u své rodiny - těm z nich, kteří přijali islám, se dostalo dobra, cti a úcty, a těm z nich, kteří zůstali nevěřící, se dostalo ponížení, srážení a (placení) džizji.</t>
   </si>
   <si>
     <t>يُخبِرُ رسولُ الله صلى الله عليه وسلم أنَّ هذا الدين سوف يعمُّ جميع أجزاء الأرض، فأيّ مكان وصله الليل والنهار سيصله هذا الدين، 
 ولن يترك الله تعالى بيتًا في المدن والقرى ولا في البوادي والصحراء إلا أدخل عليه هذا الدين، 
 فمَن قَبِلَ هذا الدين وآمن به فإنه يكون عزيزًا بعزة الإسلام، 
 ومن رفضه وكفر به فإنه يكون ذليلًا مهانًا. 
 ثم أخبر الصحابي تميم الداري رضي الله عنه أنه عرف ذلك الذي أخبر به رسول الله صلى الله عليه وسلم في أهل بيته خاصة، فإنّ من أسلم منهم ناله الخير والشرف والعز، ومن كفر منهم ناله الذل والهوان هذا مع ما يدفعه للمسلمين من أموال.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) řekl, že toto náboženství se rozšíří do všech částí země, v každém místě, kde je noc a den, bude toto náboženství. A Bůh nenechá žádný dům, ať ve městě nebo na vesnici nebo poušti, aniž by do něj vstoupilo toto náboženství. A ten, kdo toto náboženství přijme a uvěří v něj, bude poctěn ctí islámu, ale ten, kdo ho odmítne a neuvěří v něj, bude ponížen.
 Poté druh Proroka Tamím Ad-Dárí (ať je s ním Bůh spokojen) řekl, že poznal to, co řekl Posel Boží (ať mu Bůh žehná a dá mír), u své rodiny a tomu z nich, kdo přijal islám, se dostalo dobra, cti a úcty, zatímco tomu, kdo neuvěřil, se dostalo ponížení s tím, že musel platit muslimům džizju (část majetku za ochranu).</t>
   </si>
   <si>
     <t>بشارة للمسلمين بأن دينهم سينتشر في جميع أجزاء الأرض.
 العزة للإسلام والمسلمين والذل للكفر والكافرين.
 فيه دليل من دلائل النبوة وعلم من أعلامها حيث وقع الأمر كما أخبر النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Radostná zpráva pro muslimy, že jejich náboženství se rozšíří do všech částí světa.
 Čest a úcta patří islámu a muslimům a ponížení patří nevíře a nevěřícím.
 V tomto hadíthu je důkaz proroctví a jeden z jeho znaků, protože došlo k tomu, co Prorok (ať mu Bůh žehná a dá mír) oznámil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/11220</t>
   </si>
   <si>
-    <t>إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ</t>
+    <t>إذا شك أحدكم في صلاته، فلم يدر كم صلى ثلاثا أم أربعا، فليطرح الشك، وليبن على ما استيقن، ثم يسجد سجدتين قبل أن يسلم</t>
   </si>
   <si>
     <t>„Pokud má někdo z vás ve své modlitbě pochyby a neví, kolik se modlil, zda tři nebo čtyři, ať odhodí pochyby a staví na tom, o čem si je jistý, a poté udělá před taslímem (slova: As-salámu alajkum… na konci modlitby) dvě sadždy</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الْخُدْرِيِّ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا شَكَّ أَحَدُكُمْ فِي صَلَاتِهِ، فَلَمْ يَدْرِ كَمْ صَلَّى ثَلَاثًا أَمْ أَرْبَعًا، فَلْيَطْرَحِ الشَّكَّ، وَلْيَبْنِ عَلَى مَا اسْتَيْقَنَ، ثُمَّ يَسْجُدُ سَجْدَتَيْنِ قَبْلَ أَنْ يُسَلِّمَ، فَإِنْ كَانَ صَلَّى خَمْسًا شَفَعْنَ لَهُ صَلَاتَهُ، وَإِنْ كَانَ صَلَّى إِتْمَامًا لِأَرْبَعٍ كَانَتَا تَرْغِيمًا لِلشَّيْطَانِ».</t>
   </si>
   <si>
     <t>Abú Sa'íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Pokud má někdo z vás ve své modlitbě pochyby a neví, kolik se modlil, zda tři nebo čtyři, ať odhodí pochyby a staví na tom, o čem si je jistý, a poté udělá před taslímem (slova: As-salámu alajkum… na konci modlitby) dvě sadždy, a pokud se pomodlil pět, udělají mu v modlitbě lichý počet, a pokud se modlil úplně čtyři, byly navzdory šajtánovi.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المصلي إذا تردد في صلاته ولم يدر كم صلى، ثلاثًا، أم أربعًا؟ فليبعد العددَ الزائدَ المشكوكَ فيه ولا يأخذ به؛ فالثلاث هو المتيقن، فيصلي ركعة رابعة، ثم يسجد سجدتين قبل أن يسلم.
 فإن كان ما صلّاه حقيقة أربعًا؛ صار خمسًا بإضافة ركعة، وسجدتي السهو عوضًا عن ركعة، فكان العدد شفعًا لا وترًا: وإن كان صلى بالركعة الزائدة أربعًا؛ فيكون قد أدى ما عليه من غير زيادة ولا نقصان.
 وسجدتا السهو كانتا إذلالًا للشيطان ودحرًا له، وردَّه خاسئًا مُبْعِدًا عن مراده؛ لأنه لَبَّسَ عليه صلاته، وتعرَّض لإفسادها، وكملت صلاة ابن آدم لمّا امتثل أمر الله تعالى بالسجود الذي عصى به إبليس، حينما امتنع من طاعة الله بالسجود لآدم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že pokud má modlící ve své modlitbě pochyby a neví, zda se modlil tři nebo čtyři raka'a, má odhodit ten vyšší počet, nebrat ho a vzít ten menší, tj. tři, protože o tom je jistota, a tak má přidat další raka'a a poté udělat před taslímem (pozdravem) dvě sadždy.
 A pokud se skutečně modlil čtyři raka'a, stane z nich po přidaném raka'a pět a dvě sadždy kvůli omylu jsou místo jednoho raka'a, a tak se stane počet raka'a sudý, ne lichý. A pokud se modlil tři s přidaným raka'a, budou čtyři, a tak bude jeho modlitba úplná bez přidání i bez nedostatku.
 A dvě opravné sadždy budou ponížením a porážkou pro satana, že skončí ponížen a vzdálen od toho, co zamýšlel, protože chtěl člověku zničit modlitbu, a jeho modlitba se stala úplnou, když poslechl Boha a udělal sudžúd, který Iblís odmítl, když odmítl poslušnost Bohu a nepadnul na tvář před Adamem.</t>
   </si>
   <si>
     <t>المصلي إذا شك في صلاته ولم يترجّح عنده أحد الأمرين فإنه يطرح الشك ويعمل باليقين، وهو الأقل، فيتم صلاته ويسجد للسهو قبل أن يسلِّم ثم يسلِّم.
 هاتان السجدتان طريق إلى جبر الصلاة، وردّ للشيطان خاسئًا ذليلًا مُبعدًا عن مُراده.
 الشك الذي في الحديث هو التردد بلا رجحان، فإذا وُجد الظن وترجّح عُمِل به.
 الحث على محاربة الوسواس ودفعه بامتثال أمر الشرع.</t>
   </si>
   <si>
     <t>Pokud má modlící pochyby o své modlitbě a není si jistý, má odhodit pochyby a stavět na jistotě, což je menší počet, a tak dokončit modlitbu a udělatk před pozdravem na konci modlitby dvě sadždy.
 A tyto dvě sadždy jsou cesta jak napravit modlitbu a porážka satana, že skončí ponížen a vzdálen od toho, co zamýšlel.
 Pochybami se v hadíthu myslí stav, kdy nepřevažuje žádná z obou možností, pokud ale jedna převažuje a člověk se domnívá, že je správná, má se řídit podle ní.
 Nabádání k boji proti našeptávání a jeho zabránění poslušností Bohu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/11231</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Slyšíš volání k modlitbě?” A on řekl: „Ano," a tak mu řekl: „Tak ho vyplň!”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že k Prorokoví (ať mu Bůh žehná a dá mír) přišel slepý muž a řekl: „Posle Boží, nemám nikoho, kdo by mě odvedl do mešity," a zeptal se Posla Božího (ať mu Bůh žehná a dá mír), zda by mohl mít úlevu a modlit se doma. Prorok mu to povolil, ale když se otočil, znovu si ho zavolal a řekl: „Slyšíš volání k modlitbě?” A on řekl: „Ano," a tak mu řekl: „Tak ho vyplň!”</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>K Prorokovi (ať mu Bůh žehná a dá mír) přišel slepý muž a řekl: „Posle Boží, nemám nikoho, kdo by mi pomohl a odvedl mě do mešity, abych se tam mohl pomodlit pět denních modliteb," a chtěl, aby mu Prorok (ať mu Bůh žehná a dá mír) dal úlevu a mohl se modlit doma a nemusel se modlit společnou modlitbu. Prorok mu to povolil, ale když se otočil, znovu si ho zavolal a řekl: „Slyšíš volání k modlitbě?” A on řekl: „Ano," a tak mu řekl: „Tak ho vyplň tím, že se půjdeš pomodlit."</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Povinnost modlit se společnou modlitbu, protože úleva (ruchsa) je pouze v případě povinných věcí.
 Slova „tak ho vyplň” pro toho, kdo slyší volání k modlitbě, dokazuje povinnost společné modlitby, protože každý rozkaz znamená povinnost, pokud není jiný důkaz, že tomu tak není.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/11287</t>
   </si>
   <si>
-    <t>خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا</t>
+    <t>خير صفوف الرجال أولها، وشرها آخرها، وخير صفوف النساء آخرها، وشرها أولها</t>
   </si>
   <si>
     <t>„Nejlepší řady mužů jsou první a nejhorší jsou poslední a nejlepší řady žen jsou poslední a nejhorší jsou první.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «خَيْرُ صُفُوفِ الرِّجَالِ أَوَّلُهَا، وَشَرُّهَا آخِرُهَا، وَخَيْرُ صُفُوفِ النِّسَاءِ آخِرُهَا، وَشَرُّهَا أَوَّلُهَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nejlepší řady mužů jsou první a nejhorší jsou poslední a nejlepší řady žen jsou poslední a nejhorší jsou první.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنّ خيرَ صفوف الرجال في الصلاة وأكثرها ثوابًا وفضلًا أولُها؛ لقربهم من الإمام واستماعهم لقراءته وبُعْدِهم من النساء، 
 وشرّها وأقلّها ثوابًا وفضلًا وأبعدها من مطلوب الشرع آخرها، 
 وخير صفوف النساء آخرها؛ لأنه أسترُ لهن، وأبعد من مخالطة الرجال ورؤيتهم والفتنة بهم، وشرها أولها؛ لقربها من الرجال والتعرض للفتنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nejlepší řady pro muže v modlitbě, za které je největší odměna, jsou ty první, protože jsou blízko imáma a jeho čtení a jsou nejdále od žen. A nejhorší, za které je nejmenší odměna, jsou ty poslední. A nejlepší řady pro ženy jsou poslední, protože jsou v nich nejvíce chráněné a jsou nejdále od mísení se s muži a od jejich pohledů a pokušení. A nejhorší řady jsou pro ně první, protože jsou blízko mužů a pokušení.</t>
   </si>
   <si>
     <t>حث الرجال على المسارعة إلى الطاعات والصفوف الأولى في الصلوات.
 جواز صلاة النساء في المسجد مع الرِّجال في صفوف مستقلة، لكن مع التَّستُّر والحِشْمَة.
 النَّساء إذا اجتمعن في المسجد، فإنهن يَكُنَّ صفوفًا، كصفوف الرِّجال، ولا يتفرقن، بل عليهن التَّراص في الصّف وسدّ الخلل، كما في صفوف الرجال.
 بيان شدة عناية الشرع بالحث بابتعاد النساء عن الرجال حتى في مواطن العبادة.
 تفاضل الناس بحسب أعمالهم.
 قال النووي: أما صفوف الرجال فهي على عمومها، فخيرها أولُها أبدًا، وشرها آخرها أبدًا، أما صفوف النساء فالمراد بالحديث: صفوف النساء اللواتي يصلين مع الرجال، وأما إذا صلين متميزات لا مع الرجال فهن كالرجال؛ خير صفوفهن أولُها وشرُّها آخرُها.
 قال النووي: الصف الأول الممدوح الذي قد وردت الأحاديث بفضله والحث عليه هو الصف الذي يلي الإمام؛ سواء جاء صاحبه متقدِّمًا أو متأخرًا، وسواء تخلله مقصورة ونحوها أم لا.</t>
   </si>
   <si>
     <t>Nabádání mužů k pospíchání k dobrým skutkům a k prvním řadám v modlitbě.
 Povolení ženám modlit se v mešitě s muži, ale v jiných řadách a s cudností a zahalené.
 Pokud se ženy sejdou spolu mešitě, mají stejné řady jako muži a nemají stát daleko od sebe, ale musí vyrovnat řady a vyplnit mezery stejně jako muži v řadách.
 Velká starost islámského zákona a jeho nabádání k tomu, aby se ženy vzdalovaly od mužů i na místech určených pro uctívání.
 Lidé se liší podle svých dobrých skutků.
 An-Nawawí řekl: Co se týče řad mužů, obecně jsou vždy nejlepší první řady a nejhorší poslední. A co se týče žen: tak v hadíthu jsou myšleny řady žen, které se modlí s muži, pokud se ale modlí samy, bez mužů, jsou jako muži a nejlepší řady jsou první a nejhorší poslední.
 An-Nawawí řekl: První řadou, která je chválena, a o které hadíthy říkají, že je nejlepší, a nabádají se v ní modlit, je ta, která je hned za imámem, ať už tento člověk do ní vstoupil na začátku nebo pozdě nebo do ní vstoupil kvůli mezeře atd.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/11299</t>
   </si>
   <si>
-    <t>إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب</t>
+    <t>إن هاتين الصلاتين أثقل الصلوات على المنافقين، ولو تعلمون ما فيهما لأتيتموهما ولو حبوا على الركب</t>
   </si>
   <si>
     <t>„Věru, že tyto dvě modlitby jsou nejtěžší modlitby pro pokrytce a kdybyste věděli, co v nich je, přišli byste na ně, i kdyby to mělo být po kolenou</t>
   </si>
   <si>
     <t>عن أُبيِّ بن كعبٍ رضي الله عنه قال: صلَّى بنا رسولُ الله صلى الله عليه وسلم يومًا الصُّبحَ فقال: «أشاهِد فُلان؟» قالوا: لا، قال: «أشاهِدٌ فُلان؟» قالوا: لا، قال: «إنَّ هاتيَنِ الصَّلاتين أثقَلُ الصَّلَواتِ على المُنافقين، ولو تعلمون ما فيهما لأتيتُمُوهما ولو حَبْوًا على الرُّكب، وإن الصفَّ الأوّلَ على مِثلِ صَفِّ الملائكة، ولو عَلِمتُم ما فضيلتُه لابتَدَرتُموهُ، وإنّ صلاةَ الرجل مع الرجل أزكى من صلاتِه وحدَه، وصلاتَه مع الرجلَين أزكى من صلاتِه مع الرجل، وما كَثُرَ فهو أحبُّ إلى الله تعالى».</t>
   </si>
   <si>
     <t>Ubajj Ibn Ka’ab (ať je s ním Bůh spokojen) vyprávěl: „Jeden den se s námi Posel Boží (ať mu Bůh žehná a dá mír) modlil modlitbu při úsvitu a řekl: „Byl tady ten?” A řekli: „Ne," a on řekl: „Byl tady tamten?” Řekli: „Ne." A on řekl: „Věru, že tyto dvě modlitby jsou nejtěžší modlitby pro pokrytce a kdybyste věděli, co v nich je, přišli byste na ně, i kdyby to mělo být po kolenou.  A věru, že první řada je jako řada andělů a kdybyste věděli, jaká je za ni odměna, spěchali byste do ní. A věru, že modlitba muže s jedním mužem je lepší než jeho modlitba o samotě a jeho modlitba se dvěma muži je lepší než jeho modlitba s jedním mužem a čím je jich více, tím je to Bohu milejší.”"</t>
   </si>
   <si>
     <t>صَلَّى النبيُّ الله صلى الله عليه وسلم يومًا الفجر، ثم سأل: أحاضر فلان صلاتنا هذه؟ 
 قال الصحابة: لا. 
 ثم قال: أحاضر فلان؟ لشخص آخر، 
 قالوا: لا. 
 قال صلى الله عليه وسلم: 
 إنّ صلاة الفجر والعشاء أثقل الصلوات على المنافقين؛ لغَلَبة الكسل فيهما، ولقلة تحصيل الرياء لهما، حيث لا يُرون في الظلام.
 ولو تعلمون أيها المؤمنون ما في صلاتي الصبح والعشاء من الأجر والثواب الزائد -لأن الأجر على قدر المشقة- لأتيتموهما ولو زحفًا ومشيًا على الأيدي والركب. 
 وإن الصف الأول في قربهم من الإمام كمثل صف الملائكة في قربهم من الله تعالى، ولو يعلم المؤمنون ما فضيلة الصف الأول لتسابقوا إليه، 
 وإن صلاة الرجل مع الرجل أعظم ثوابًا وأثرًا من صلاته وحده، وصلاته مع الرجلين أفضل مع الرجل الواحد، 
 والصلاة التي كثر المصلون فيها فهي أحب إلى الله وأفضل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) se jeden den modlil fadžr a pak se zeptal: Byl tady s námi na modlitbu ten a ten člověk? A jeho druhové řekli: Ne. A poté řekl: A byl tady s námi ten a ten člověk? O jiném člověku. A řekli: Ne. A Prorok (ať mu Bůh žehná a dá mír) řekl: Věru, že modlitby fadžr a ‘iša jsou nejtěžší modlitby pro pokrytce, protože v nich člověka nejvíce přemáhá lenost a protože se v nich nelze tolik předvádět, protože po tmě je není vidět.
 A kdybyste vy věřící věděli, jaká je odměna za modlitby fadžr a ‘iša, tzn. větší než za jiné, protože odměna se odvíjí podle obtíží, přišli byste na ni, i kdyby to mělo být po kolenou.
 A věru, že první řada v blízkosti k imámovi je jako řada andělů v blízkosti k Bohu. A kdyby věřící věděli, jaká je odměna za první řadu, závodili by o ni. A věru, že modlitba muže společně s dalším má větší odměnu než jeho modlitba o samotě a jeho modlitba se dvěma muži je lepší než s jedním mužem. A modlitba, ve které je mnoho modlících se, je nejlepší a Bohu nejmilejší.</t>
   </si>
   <si>
     <t>مشروعية تَفقُد إمام المسجد أحوال المأمومين، والسؤال عمن غَاب منهم.
 مُلازمة صلاة الجماعة، ولاسيما صلاة العشاء والفجر من علامات الإيمان.
 عِظَم أجر صلاتي العِشاء والفجر؛ لما في الإتيان إليهما من مجاهدة النَّفس والمُصَابرة على الطَّاعة، فكان أجرهما أعظم من غيرهما.
 صلاة الجماعة تنعقد باثنين فما فوق.
 بيان فضل الصف الأول، والترغيب في المبادرة إليه.
 فضل كثرة الجماعة، فإنه كلما كثر الجمع كان الأجر أكثر.
 الأعمال الصالحة تتفاوت في الفضل بحسب تفضيل الشرع لها، وما تتصف به من أحوال.</t>
   </si>
   <si>
     <t>Povolení, aby imám mešity zkoumal stavy věřících a ptal se na toho, kdo chybí.
 Dodržování společné modlitby - hlavně modlitby ‘iša a fadžr, patří mezi znaky víry.
 Velká odměna za modlitby ‘iša a fadžr, protože pro chození na ně je třeba vyvinout velké úsilí, a tak je jejich odměna větší než za jiné modlitby.
 Společná modlitba se počítá od dvou lidí více.
 Ukázání odměny za modlení se v první řadě a nabádání ke spěchání do první řady.
 Dobro v mnoha modlících se ve skupině a čím více jich je, tím je odměna větší.
 Dobré skutky se od sebe liší podle toho, jak to rozhodl islámský zákon, a podle stavů.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وأحمد</t>
   </si>
   <si>
+    <t>[رواه أبو داود والنسائي وأحمد]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/11306</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>„Posel Boží (ať mu Bůh žehná a dá mír) nás naučil kázání potřeby</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas’úd (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) nás naučil kázání potřeby: Chvála Bohu, jen Jeho o pomoc žádáme, o odpuštění prosíme a k Němu se utíkáme před zlem sebe samých. Koho Bůh uvede na správnou cestu, toho nikdo nesvede a toho, kdo bloudí, nikdo neuvede na správnou cestu. A vyznávám, že není boha kromě Boha, a vyznávám, že Muhammad je Jeho služebník a posel. {Lidé, bojte se Pána svého, jenž stvořil vás z bytosti jediné a stvořil z ní manželku její a rozmnožil je oba v množství velké mužů i žen. A bojte se Boha, v Jehož jménu se vzájemně prosíte, a dbejte na pravidla o pokrevních svazcích, neboť Bůh zajisté nad vámi je pozorovatelem.} [Ženy: 1] {Vy, kteří věříte! Bojte se Boha bázní, jež Mu přísluší, a neumírejte jinak, než když jste se do vůle Jeho odevzdali!} [ Rod ‘Imránův: 102] {Vy, kteří věříte! Bojte se Boha a mluvte slova přímá!
 Bůh pak pro vás zlepší skutky vaše a odpustí vám hříchy vaše. A kdo poslouchá Boha a posla Jeho, ten již dosáhl úspěchu nesmírného.} [Spojenci: 70-71]"</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas’úd (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) je naučil kázání potřeby. To je kázání, které se říká (arabsky) na začátku důležitých událostí, například uzavření manželství, nebo na začátku pátečního kázání atd. Toto kázání obsahuje velké a důležité významy, například že Bůh si zasluhuje všechny druhy chvály, dále žádost o pomoc pouze Boha, který nemá žádného společníka, skrytí a odpuštění hříchů a utíkání se k Bohu před každým zlem, včetně zla sebe samého.
 Poté Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že na správnou cestu uvádí jen Bůh a koho Bůh uvede na správnou cestu, toho nikdo nesvede a toho, kdo bloudí, nikdo neuvede na správnou cestu.
 Poté řekl vyznání víry, že jediný pravý, který si zaslouží uctívat, je Bůh, a vyznání poselství, že Muhammad je služebník Boží a Jeho posel.
 A zakončil toto kázání verši z Koránu, které zahrnují nařízení bát se Boha konáním toho, co nařídil, a vyhýbáním se tomu, co zakázal, z touhy po Jeho tváři, a že odměnou toho, kdo toto konal, je napravení skutků a slov, odpuštění hříchů, dobrý život na tomto světě a získání ráje v soudný den.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Doporučení říkat toto kázání na začátku všech důležitých proslovů, jako je proslov při uzavírání manželství, a na začátku pátečního kázání.
 Kázání by mělo obsahovat chválení Boha, vyznání víry a nějaké verše z Koránu.
 Prorok (ať mu Bůh žehná a dá mír) učil své druhy (sahába) to, co potřebovali znát ze svého náboženství.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[Zaznamenal ho Abú Dáwúd, At-Thirmidhí,Ibn Mádžah, An-Nasáí a Ahmad]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58060</t>
   </si>
   <si>
-    <t>لا نِكَاحَ إِلّا بِوَليٍّ</t>
+    <t>لا نكاح إلا بولي</t>
   </si>
   <si>
     <t>„Bez walího není svatby.”</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه أن النبي صلى الله عليه وسلم قال: «لا نِكَاحَ إِلّا بِوَليٍّ».</t>
   </si>
   <si>
     <t>Abú Músá (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Bez walího není svatby.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ المرأةَ لا يَصِحُّ زواجُها إلا بولي يقوم بعقد النكاح.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že nelze provdat ženu bez walího (tj. jejího zástupce), který za ni uzavře manželskou smlouvu.</t>
   </si>
   <si>
     <t>الولي شرطٌ في صِحة النكاح، فإنْ حَصَلَ بلا ولي، أو زَوَّجَت المرأةُ نفسَها، لم يصح النكاح.
 الولي هو أقرب الرجال إلى المرأة، فلا يزوجها وليٌّ بعيد مع وجود أقرب منه.
 يُشترط في الولي: التكليف، والذكورية، والرشد في معرفة مصالح النكاح، واتفاق الدين بين الولي والمولى عليها، فمن لم يتَّصف بهذه الصفات فليس أهلًا للولاية في عقد النكاح.</t>
   </si>
   <si>
     <t>Walí (zástupce ženy) je podmínkou platnosti svatby a pokud je svatba bez walího nebo žena zastupuje sama sebe, je svatba neplatná.
 Walí by měl být její nejbližší muslimský mužský příbuzný a není dovoleno, aby ženu zastupoval vzdálený příbuzný, pokud existuje někdo bližší.
 Podmínky walího: aby byl muž, rozumný, dokázal poznat prospěch v manželství a byl stejného náboženství jako žena, kterou zastupuje. Pokud něco z toho nesplňuje, nemůže zastupovat ženu při svatbě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58066</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ</t>
+    <t>يا غلام، سم الله، وكل بيمينك، وكل مما يليك</t>
   </si>
   <si>
     <t>Chlapče, řekni: „Ve jménu Boha," jez pravou rukou a jez jen to, co máš před sebou</t>
   </si>
   <si>
     <t>عن عُمر بن أبي سلمة رضي الله عنه قال: كُنْتُ غُلَامًا فِي حَجْرِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، وَكَانَتْ يَدِي تَطِيشُ فِي الصَّحْفَةِ، فَقَالَ لِي رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا غُلَامُ، سَمِّ اللهَ، وَكُلْ بِيَمِينِكَ، وَكُلْ مِمَّا يَلِيكَ» فَمَا زَالَتْ تِلْكَ طِعْمَتِي بَعْدُ.</t>
   </si>
   <si>
     <t>‘Umar Ibn Abí Salama (ať je s ním Bůh spokojen) vyprávěl: „Byl jsem chlapec a vychovával mě Posel Boží (ať mu Bůh žehná a dá mír). Sahal jsem po celém talíři a Posel Boží (ať mu Bůh žehná a dá mír) mi řekl: „Chlapče, řekni: „Ve jménu Boha," jez pravou rukou a jez jen to, co máš před sebou.” Od té doby jsem jedl pouze takto."</t>
   </si>
   <si>
     <t>يُخْبِرُ عُمَرُ بن أبي سلمة رضي الله عنهما، ابن زوجة النبي صلى الله عليه وسلم أم سلمة رضي الله عنها، -وكان تحت تربيتِه ورعايته-، أنه كان أثناء الأكل يَنْقُلُ يدَه في جوانب الإناء ليلتقط الطعام، فعلَّمه النبي صلى الله عليه وسلم ثلاثة آداب من آداب الأكل: 
 أولها: قول "بسم الله" في بداية الأكل. 
 وثانيها: الأكل باليمين. 
 وثالثها: الأكل من الجانب الذي يَقْرُبُ منه من الطعام.</t>
   </si>
   <si>
     <t>‘Umar Ibn Abí Salama (ať je s ním Bůh spokojen), syn Umm Salama, manželky Proroka (ať mu Bůh žehná a dá mír), byl vychováván Prorokem (ať mu Bůh žehná a dá mír). Během jídla si vybíral jídlo z celého talíře a Prorok (ať mu Bůh žehná a dá mír) ho naučil tři věci týkající se etikety při jídle:
 První: říct před začátkem jídla: „Bismilláh” (ve jménu Boha).
 Druhá: jíst pravou rukou.
 Třetí: jíst z té strany talíře, kterou má před sebou.</t>
   </si>
   <si>
     <t>من آداب الأكل والشرب التسميةُ في أوله.
 تعليم الصبيان الآداب، لاسيَّما من كان تحت كفالة الإنسان.
 رفق النبي صلى الله عليه وسلم، وسعة صدره في تعليم الصغار وتأديبهم.
 من آداب الطعام الأكل مما يلي الإنسان، إلا إذا كان أصنافًا متعددة فله أن يأخذ منها.
 التزام الصحابة بما أدَّبهم به النبي صلى الله عليه وسلم، وذلك مستفاد من قول عمر: فما زالت تلك طعمتي بعد.</t>
   </si>
   <si>
     <t>K etiketě jídla a pití patří říci před jejich zahájením 
 „bismilláh” (ve jménu Boha).
 Učení dětí správnému chování, hlavně těch dětí, které má člověk na starosti a je za ně zodpovědný.
 Laskavost Proroka (ať mu Bůh žehná a dá mír) a velká trpělivost při učení a vychovávání dětí.
 K etiketě při jídle patří jíst pouze to, co má člověk před sebou, pokud na stole není více druhů jídla - pak je možné vzít si od každého druhu.
 Sahába dodržovali to, co se naučili od Proroka (ať mu Bůh žehná a dá mír), jak dokazují slova ‘Umara, kdy řekl:   
 „Od té doby jsem jedl pouze takto.”</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58120</t>
   </si>
   <si>
-    <t>إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ</t>
+    <t>إذا أكل أحدكم فليأكل بيمينه، وإذا شرب فليشرب بيمينه، فإن الشيطان يأكل بشماله، ويشرب بشماله</t>
   </si>
   <si>
     <t>„Pokud někdo z vás jí, ať jí pravou rukou, a pokud pije ať pije pomocí pravé ruky, věru, že satan jí levou rukou a pije pomocí levé ruky.”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «إِذَا أَكَلَ أَحَدُكُمْ فَلْيَأْكُلْ بِيَمِينِهِ، وَإِذَا شَرِبَ فَلْيَشْرَبْ بِيَمِينِهِ، فَإِنَّ الشَّيْطَانَ يَأْكُلُ بِشِمَالِهِ، وَيَشْرَبُ بِشِمَالِهِ».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud někdo z vás jí, ať jí pravou rukou, a pokud pije ať pije pomocí pravé ruky, věru, že satan jí levou rukou a pije pomocí levé ruky.”</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم أنْ يأكلَ المسلمُ ويشربَ بيدِهِ اليمين، وينهى عن الأكل والشرب بالشمال؛ وذلك لأن الشيطان يأكل ويشرب بها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil, aby muslim jedl a pil pomocí pravé ruky, a zakázal při jídle a pití používat levou ruku, protože satan jí a pije pomocí levé ruky.</t>
   </si>
   <si>
     <t>النهي عن التشبه بالشيطان بالأكل أو الشرب بالشمال.</t>
   </si>
   <si>
     <t>Zákaz připodobňovat se satanovi a jíst nebo pít pomocí levé ruky.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58122</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ</t>
+    <t>إن الله تجاوز عن أمتي ما حدثت به أنفسها، ما لم تعمل أو تتكلم</t>
   </si>
   <si>
     <t>„Věru, že Bůh odpustil mé obci to, co si říká v duchu, dokud to neučiní nebo o tom nemluví.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللَّهَ تَجَاوَزَ عَنْ أُمَّتِي مَا حَدَّثَتْ بِهِ أَنْفُسَهَا، مَا لَمْ تَعْمَلْ أَوْ تَتَكَلَّمْ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh odpustil mé obci to, co si říká v duchu, dokud to neučiní nebo o tom nemluví.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ المسلم لا يُؤاخَذُ بحديث النَّفْس من الشر قبل العمل به أو التكلُّم  به، حيث رفع الله الحرج وعفا، ولم يؤاخذ أمة محمد صلى الله عليه وسلم بما وُجِدَ في الذهن وتردد في النفس من غير أن يطمئن إليه ويستقر عنده؛ فإن استقرَّ في قلبه كالكبر أو الخيلاء أو النفاق أو عمل بجوارحه أو قال بلسانه فإنه يؤاخذ بذلك.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že muslim nebude trestán za to, jaké špatné věci si říká v duchu, pokud je neudělá nebo o nich nemluví, protože Bůh odstranil těžkosti a odpouští, a tak Muhammadova obec nebude trestána za to, co se objeví v mysli, dokud se to pevně neusadí v mysli a v srdci. Pokud se to ale pevně usadí jako u domýšlivosti, pokrytectví nebo to učiní fyzicky nebo o tom mluví, bude se za to zodpovídat.</t>
   </si>
   <si>
     <t>الله تبارك وتعالى تجاوز وعفا عن الأفكار والهواجس التي تطرأ على النفس، فيحدّث الإنسان بها نفسه، وتمر على خاطره.
 الطلاق إذا فكَّر فيه الإنسان، وعرض في خاطره، ولكنه لم يتكلم به ولم يكتبه، فإنه لا يعتبر طلاقًا.
 حديث النفس لا يؤاخذ به الإنسان مهما عظم ما لم يستقر في نفسه ويعمل به أو يتكلم به.
 عظيم قدر أمة محمد صلى الله عليه وسلم باختصاصها بعدم المؤاخذة بحديث النفس بخلاف الأمم قبلنا.</t>
   </si>
   <si>
     <t>Všemohoucí a požehnaný Bůh odpouští myšlenky a nápady, které člověka napadnou v duchu a projdou jím.
 Pokud člověka napadne rozvod a myslí na něj v duchu, ale neřekl ho ani ho nenapsal, není považovaný za platný.
 Člověk se nebude zodpovídat za myšlenky, které ho v duchu napadnou, ať jsou jakkoliv velké, pokud se v něm trvale neusadí, nekoná podle nich nebo o nich nemluví.
 Velká hodnota obce Muhammada (ať mu Bůh žehná a dá mír), které se na rozdíl od ostatních obcí dostalo vyjímky nenést odpovědnost za myšlenky v duchu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58144</t>
   </si>
   <si>
-    <t>رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ</t>
+    <t>رفع القلم عن ثلاثة: عن النائم حتى يستيقظ، وعن الصبي حتى يحتلم، وعن المجنون حتى يعقل</t>
   </si>
   <si>
     <t>„Tři nejsou zodpovědní za své činy: spící, dokud se neprobudí, dítě, dokud nedosáhne pohlavní dospělosti, a blázen, dokud nenabyde rozumu.”</t>
   </si>
   <si>
     <t>عن علي رضي الله عنه عن النبي صلى الله عليه وسلم قال: «رُفِعَ الْقَلَمُ عن ثلاثة: عن النائم حتى يَسْتَيْقِظَ، وعن الصبي حتى يَحْتَلِمَ، وعن المجنون حتى يَعْقِلَ».</t>
   </si>
   <si>
     <t>‘Alí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Tři nejsou zodpovědní za své činy: spící, dokud se neprobudí, dítě, dokud nedosáhne pohlavní dospělosti, a blázen, dokud nenabyde rozumu.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنَّ التكليفَ لازِمٌ لبني آدم إلا هؤلاء الثلاثة: 
 الطفل الصغير حتى يَكْبُرَ ويَبْلُغ.
 وعن المجنون فاقِدِ العقل حتى يَرجِعَ إليه عقلُه. 
 وعن النائم حتى يَستيقظَ.
 فالتكليف قد رُفِع عنهم، وفِعْلُهم الإثمَ لا يُكتبُ عليهم، لكن يُكتب الخيرُ للصبي الصغير دون المجنون والنائم؛ لأنهما في حَيِّزِ مَن ليس قابلًا لصحة العبادة منه لزوال الشعور.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že všichni potomci Adama jsou zodpovědní za své činy, kromě tří:
 Malé dítě, dokud nevyroste a nedosáhne pohlavní dospělosti.
 Blázen nebo ten, který ztratil vědomí, dokud ho nenabyde zpátky.
 A spící, dokud se neprobudí.
 Tito nejsou zodpovědní za své činy a není jim zapsán hřích, ale malému dítěti jsou zapsány dobré skutky, na rozdíl od blázna a spícího, protože jejich uctívání není platné, protože jsou zbaveni vědomí.</t>
   </si>
   <si>
     <t>فَقْدُ الإنسانِ الأهليةَ يكون إما بسبب النوم الذي أفقده الاستيقاظَ لأداءِ واجباته، أو بسبب حَدَاثَةِ السِّنِّ والصِّغَرِ الذي هو معها فاقد للأهلية، أو بسبب الجنون الذي اضطربت معه وظائفه العقلية، أو ما يَلْحَق به كالسُّكْر، فمن فقد التمييز والتصوُّر الصحيحين، فانتفت عنه الأهلية بسببٍ من هذه الأسباب الثلاثة؛ فإن الله تبارك وتعالى بعدله، وحلمه، وكرمه، قد رَفَعَ عنه المؤاخذةَ بما يَصْدُرُ عنه من تعدٍّ أو تقصير في حق الله تعالى.
 عدم كتابة الآثام عليهم، لا ينافي ثبوت بعض الأحكام الدنيوية عليهم؛ كالمجنون لو قَتَل، فلا قود عليه ولا كفارة، وعلى عاقلته الدية.
 للبلوغ ثلاث علامات: نزولُ المنيِّ، باحتلام وغيره، أو نَباتُ شَعَر العَانة، أو بإتمام خمسة عشر عامًا، وتزيد المرأة أمرًا رابعًا: وهو الحيضُ.
 قال السبكي: الصبي الغلام، وقال غيره: الولد في بطن أمه يسمى جَنينًا فإذا وُلِد فصبيٌّ فإذا فُطِمَ فغلامٌ إلى سَبْعٍ ثم يَصيْرُ يافِعًا إلى عَشْر ثم حزورًا إلى خمس عشرة، والذي يُقطع به أنه يُسمّى صبيًّا في هذه الأحوال كلها، قاله السيوطي.</t>
   </si>
   <si>
     <t>Ke ztrátě schopnosti člověka přijímat Boží nařízení dochází buď kvůli spánku, který mu brání probudit se, aby mohl vykonávat své povinnosti, nebo kvůli jeho nízkému věku a mládí, kvůli kterému ztrácí schopnost přijímat Boží nařízení, nebo kvůli šílenství, které narušuje jeho duševní funkce, nebo kvůli něčemu, co se k tomu přirovnává, jako je opilost. A ten, kdo ztratí správné rozlišování a vnímání, ztrácí svou schopnost přijímat Boží nařízení kvůli jednomu z těchto tří důvodů. A Požehnaný a Všemohoucí Bůh ho díky Své spravedlnosti, shovívavosti a štědrosti zprostil zodpovědnosti za jakýkoli jeho přestupek nebo nedbalost, kterých se dopustí vůči Všemohoucímu Bohu.
 Nezapsání jejich hříchů není v rozporu s potvrzením některých pravidel na tomto světě proti nim. Například pokud blázen někoho zabije, neuplatňuje se na něj krevní msta ani odčinění (kafára), ale jeho příbuzní musí zaplatit výkupné.
 Pohlavní dospělost má tři znaky: vytečení ejakulátu, ať už ve snu nebo bez něj, růst ochlupení na pohlaví nebo dosažení patnácti let. A u dívek je navíc ještě čtvrtý znak, a to je menstruace.
 As-Subkí řekl: Slovem dítě (sabí) se v hadíthu myslí chlapec (ghulám). A jiní řekli: Dítě v břiše své matky se nazývá plodem (džanín) a když se narodí, tak dítětem (sabí), a pokud je odstaveno, tak chlapcem (ghulám) až do svých sedmi let, pak se nazývá jáfi’ do deseti a pak hazwar do patnácti let a jisté je, že se mu ve všech těchto obdobích říká dítě (sabí), to řekl As-Sujútí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58148</t>
   </si>
   <si>
-    <t>مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً</t>
+    <t>من خرج من الطاعة، وفارق الجماعة فمات، مات ميتة جاهلية</t>
   </si>
   <si>
     <t>„Kdo se vzepře poslušnosti, odštěpí se od většiny a zemře, zemře smrtí nevědomého (džáhilíja),</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم أنه قال: «مَنْ ‌خَرَجَ ‌مِنَ ‌الطَّاعَةِ، وَفَارَقَ الْجَمَاعَةَ فَمَاتَ، مَاتَ مِيتَةً جَاهِلِيَّةً، وَمَنْ قَاتَلَ تَحْتَ رَايَةٍ عِمِّيَّةٍ، يَغْضَبُ لِعَصَبَةٍ، أَوْ يَدْعُو إِلَى عَصَبَةٍ، أَوْ يَنْصُرُ عَصَبَةً، فَقُتِلَ، فَقِتْلَةٌ جَاهِلِيَّةٌ، وَمَنْ خَرَجَ عَلَى أُمَّتِي، يَضْرِبُ بَرَّهَا وَفَاجِرَهَا، وَلَا يَتَحَاشَى مِنْ مُؤْمِنِهَا، وَلَا يَفِي لِذِي عَهْدٍ عَهْدَهُ، فَلَيْسَ مِنِّي وَلَسْتُ مِنْهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo se vzepře poslušnosti, odštěpí se od většiny a zemře, zemře smrtí nevědomého (džáhilíja), kdo bojuje pod vlajkou slepoty, hněvá se kvůli svému kmeni, vyzývá ke svému kmeni anebo pomáhá svému kmeni a bude zabit, bude zabit jako nevědomý, a kdo se vzbouří proti mé obci a zabíjí zbožné i hříšné, aniž by se bál, že zabije věřícího, a nedodržuje smlouvu s tím, s kým ji uzavřel, nepatří ke mně a já nepatřím k němu.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن خَرَجَ عن طاعة ولاة الأمور، وفارق جماعة الإسلام المُتَّفِقة على بيعة الإمام، فمات على تلك الحال من المفارقة وعدم الطاعة، مات ميتة أهل جاهلية، الذين كانوا لا يطيعون أميرًا ولا يَنْضَمُّونَ إلى جماعة واحدة، بل كانوا فِرَقًا وعصائب يقاتل بعضهم بعضًا.
 وأخبر صلى الله عليه وسلم أنَّ مَن قاتل تحت راية لا يَستَبينُ فيها وجه الحق من الباطل، يغضب لمحض التَّعَصُّبِ لقومه أو قبيلته، لا لنصرة الدين والحق، فيقاتل تعصُّبًا بغير بصيرة وعلم، فإذا قُتِل على تلك الحال، كانت كقتلة الجاهلية.
 وأنَّ مَن خرج على أمته صلى الله عليه وسلم يَضربُ صالحَها، وفاجرَها، ولا يبالي بما يفعله ولا يخاف عقوبتَه مِن قَتْلِ مؤمنِها، ولا يفي لأصحاب العهد من الكفار أو ولاة الأمور بعهدِهم بل يَنقضُها، فهو ليس مني ولست منه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že smrt toho, kdo se vzpírá poslušnosti vůči vládcům a odštěpuje se od islámské skupiny, která přísahala poslušnost imámovi, a zemře při tom, je stejná jako smrt lidí v době nevědomosti (před islámem), kteří neposlouchali jednoho vládce a jednu skupinu, ale štěpili se na kmeny a sekty, které proti sobě bojovaly.
-. Také řekl, že kdo bojuje pod praporem těch, u nichž není jasné, kde je pravda, hněvá se pouze kvůli svému národu nebo kmeni, ne kvůli víře a pravdě, a bojuje bez vědění a bude zabit, jako by byl zabit v době nevědomosti.
+Také řekl, že kdo bojuje pod praporem těch, u nichž není jasné, kde je pravda, hněvá se pouze kvůli svému národu nebo kmeni, ne kvůli víře a pravdě, a bojuje bez vědění a bude zabit, jako by byl zabit v době nevědomosti.
 A že kdo se vzbouří proti obci Proroka (ať mu Bůh žehná a dá mír) a zabíjí zbožné a hříšné, aniž by ho zajímalo, co dělá, a aniž by se bál, že zabije věřícího, a ani nedodržuje smlouvy uzavřené s nevěřícími nebo s vládci a porušuje je, si zaslouží takový obrovský trest.</t>
   </si>
   <si>
     <t>النهي عن التشبه بأحوال أهل الجاهلية.
 وجوب طاعة ولاة الأمور في غير معصية الله عز وجل.
 التحذير شديد لمن خرج عن طاعة الإمام، وفارق جماعة المسلمين، فإذا مات على هذه الحال، مات ميتة جاهلية.
 النهي عن قتال العصبية.
 وجوب الوفاء بالعهود.
 في الطاعة ولزوم الجماعة الخير الكثير، والأمن والطمأنينة، وصلاح الأحوال.
 هذا الوعيد في الحديث يدل على أن هذه الأعمال من كبائر الذنوب.</t>
   </si>
   <si>
     <t>Poslušnost vládcům je povinná, pokud se nejedná o hřích proti Bohu.
 Velké varování pro toho, kdo se vzpírá poslušnosti imámovi a odštěpuje se od skupiny muslimů. A pokud při tom zemře, zemře způsobem lidí z doby nevědomosti.
 Hadíth ukazuje na zákaz nacionalismu (boje kvůli národu nebo kmeni).
 Povinnost dodržovat úmluvy.
 V poslušnosti a přidržování se skupiny muslimů je velké dobro, bezpečnost, klid a náprava společnosti.
 Zákaz připodobňování se k lidem v době nevědomosti (džáhilíja).
 Nařízení přidržovat se skupiny muslimů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58218</t>
   </si>
   <si>
-    <t>مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ</t>
+    <t>من أتاكم وأمركم جميع على رجل واحد، يريد أن يشق عصاكم، أو يفرق جماعتكم، فاقتلوه</t>
   </si>
   <si>
     <t>„Pokud k vám někdo přijde, když jste všichni spojení pod jedním mužem, a chce vás rozdělit nebo tohoto muže odstranit, bojujte proti němu.”</t>
   </si>
   <si>
     <t>عن عرفجة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ أَتَاكُمْ وَأَمْرُكُمْ جَمِيعٌ عَلَى رَجُلٍ وَاحِدٍ، يُرِيدُ أَنْ يَشُقَّ عَصَاكُمْ، أَوْ يُفَرِّقَ جَمَاعَتَكُمْ، فَاقْتُلُوهُ».</t>
   </si>
   <si>
     <t>‘Arfadža (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Pokud k vám někdo přijde, když jste všichni spojení pod jedním mužem, a chce vás rozdělit nebo tohoto muže odstranit, bojujte proti němu.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ المسلمين إذا اجتمعوا على حاكمٍ واحد، وجماعة واحدة، ثم جاء مَن يريد أن يُنازِعَه الحُكْمَ، أو أراد تفريقَ المسلمين لأكثر من جماعة، وجب عليهم منعُه وقتالُه؛ دفعًا لشرِّه وحقنًا لدماء المسلمين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že když se muslimové shodnou na jednom vládci a jedné skupině a pak přijde někdo, kdo ho chce svrhnout nebo je chce rozdělit, musí mu v tom bránit a bojovat proti němu, aby zabránili zlu a prolévání krve muslimů.</t>
   </si>
   <si>
     <t>وجوب السمع والطاعة لولي أمر المسلمين في غير معصية، وتحريم الخروج عليه.
 مَن خَرَجَ على إمام المسلمين وجماعتهم فإنه يجب قتاله مهما كانت منزلته شَرَفًا ونَسَبًا.
 الحث على الاجتماع وعدم التفرُّق والاختلاف.</t>
   </si>
   <si>
     <t>Povinnost poslouchat vládce muslimů, pokud se nejedná o hřích, a zákaz bouřit se proti němu.
 Proti tomu, kdo se vzbouří proti imámovi muslimů a jejich skupině, se musí bojovat, ať je jakkoliv vznešeného původu nebo postavení.
 Nabádání ke spojování a neštěpení se.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58223</t>
   </si>
   <si>
-    <t>كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة</t>
+    <t>اجتنبوا هذه القاذورة التي نهى الله عنها فمن ألم فليستتر بستر الله وليتب إلى الله، فإنه من يبد لنا صفحته نقم عليه كتاب الله عز وجل</t>
+  </si>
+  <si>
+    <t>„Vyvarujte se této špinavosti, kterou Bůh zakázal, a pokud do ní někdo upadne, ať se skryje Boží clonou a kaje se Bohu, a věru, že toho, kdo nám ukáže své činy, potrestáme podle Boží knihy.”</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عُمَرَ رضي الله عنهما أَنَّ رَسُولَ اللَّهِ صلى الله عليه وسلم قَامَ بَعْدَ أَنْ رَجَمَ الْأَسْلَمِيَّ فَقَالَ: «اجْتَنِبُوا ‌هَذِهِ ‌الْقَاذُورَةَ الَّتِي نَهَى اللَّهُ عَنْهَا فَمَنْ أَلَمَّ فَلْيَسْتَتِرْ بِسِتْرِ اللَّهِ وَلْيُتُبْ إِلَى اللَّهِ، فَإِنَّهُ مَنْ يُبْدِ لْنَا صَفْحَتَهُ نُقِمْ عَلَيْهِ كِتَابَ اللَّهِ عز وجل».</t>
+  </si>
+  <si>
+    <t>‘Abdulláh Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že když Posel Boží (ať mu Bůh žehná a dá mír) vstal po kamenování Al-Aslamího, řekl: „Vyvarujte se této špinavosti, kterou Bůh zakázal, a pokud do ní někdo upadne, ať se skryje Boží clonou a kaje se Bohu, a věru, že toho, kdo nám ukáže své činy, potrestáme podle Boží knihy.”</t>
+  </si>
+  <si>
+    <t>أخبر ابن عمر رضي الله عنهما أن النبي صلى الله عليه وسلم قام بعد أن رجم ماعز بن مالك الأسلمي رضي الله عنه حدَّ الزنا، فخطب بالناس وقال: 
+اجتنبوا ‌هذه ‌القاذورة وما يُستقذر ويُستقبح من المعاصي التي نهى الله عنها، ومن وقع وأصاب منها شيئًا وجب عليه شيئان: 
+الأول: أن يستتر حيث ستره الله ولا يُخبِر بمعصيته. 
+الثاني: أن يبادر بالتوبة إلى الله ولا يصرّ عليها، ومن ظهرت لنا معصيته أقمنا عليه الحدَّ المذكور في كتاب الله عز وجل لتلك المعصية.</t>
+  </si>
+  <si>
+    <t>Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že když Prorok (ať mu Bůh žehná a dá mír) vstal po kamenování Má‘ize Ibn Málika Al-Aslamího za cizoložství, začal kázat lidem a řekl: Vyvarujte se této špinavosti a toho, co člověka špiní a činí ohavným, z hříchů, které Bůh zakázal. A pro toho, kdo do nich upadne a něco z nich spáchá, jsou povinné dvě věci: První: aby to skryl, když ho skryl Bůh, a nikomu neříkal o svém hříchu. Druhá: aby spěchal s pokáním Bohu a přestal tento hřích dělat.
+A pokud někdo vyjeví svůj hřích, bude potrestán podle toho, co je v Boží knize nařízeno jako trest za tento hřích.</t>
+  </si>
+  <si>
+    <t>الترغيب في ستر العبد المذنب نفسه، ويتوب عن الذنب فيما بينه وبين ربه.
+الحدود إذا بلغت ولي الأمر فلا بد من إقامة الحد.
+وجوب اجتناب المعاصي، والتوبة منها.</t>
+  </si>
+  <si>
+    <t>Nabádání k tomu, aby člověk skryl své hříchy a kál se Bohu a zůstalo to jen mezi ním a jeho Pánem.
+Pokud se k vládci dostane nějaký hřích, za který je trest, musí tento trest vykonat.
+Povinnost vyhnout se hříchům a kát se.</t>
+  </si>
+  <si>
+    <t>رواه الحاكم والبيهقي</t>
+  </si>
+  <si>
+    <t>[رواه الحاكم والبيهقي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/58240</t>
+  </si>
+  <si>
+    <t>كل مسكر خمر، وكل مسكر حرام، ومن شرب الخمر في الدنيا فمات وهو يدمنها لم يتب، لم يشربها في الآخرة</t>
   </si>
   <si>
     <t>„ Vše, co způsobuje opilost, je víno (chamr) a vše, co způsobuje opilost, je zakázané. A ten, kdo pil víno a zemřel při tom, že pil, aniž se kál, nebude ho pít v budoucím životě.”</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «كل مُسْكِرٍ خَمْرٌ، وكل مُسْكِرٍ حرام، ومن شرِب الخمر في الدنيا فمات وهو يُدْمِنُهَا لَمْ يَتُبْ، لَمْ يَشْرَبْهَا في الآخرة».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „ Vše, co způsobuje opilost, je víno (chamr) a vše, co způsobuje opilost, je zakázané. A ten, kdo pil víno a zemřel při tom, že pil, aniž se kál, nebude ho pít v budoucím životě.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّ كل ما يُغيِّبُ العقلَ ويُذهبُه فهو خمر مُسْكر سواء كان شربًا أو أكلًا أو استنشاقًا أو غير ذلك، وأن كل ما يسكر ويذهب العقل فقد حرّمه الله عز وجل ونهى عنه، قليله وكثيره، 
 وأن كل من شرب أي نوع من أنواع تلك المسكرات، وواظب على شربها ولم يتب منها حتى مات؛ فهو مستحق لعقاب الله بحرمانه من شربها في الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že vše, co otupuje rozum a ničí ho, je považované za opojné víno, ať je to nápoj nebo jídlo nebo se to čichá atd. A že vše, co působí opilost, Bůh zakázal, v malém i velkém množství. A že každý, kdo pravidelně požívá jakýkoliv druh věcí, které způsobují opilost, a nekaje se až do smrti, si zasluhuje trest Boží, který bude spočívat v tom, že mu bude zakázáno pít víno v ráji.</t>
   </si>
   <si>
     <t>علة تحريم الخمر الإسكار، فكل ما يُسكر من أي نوع كان فهو حرام.
 الله -تعالى- حرَّم الخمر؛ لما تشتمل عليه من الأضرار والمفاسد العظيمة.
 شرب الخمر في الجنة من كمال اللذة وتمام النعيم.
 مَن لم يُمسكْ نفسَه عن شرب الخمر في الدنيا حَرَمَه الله شربَها في الجنة، فالجزاء من جنس العمل.
  الحث على المبادرة بالتوبة من الذنوب قبل الموت.</t>
   </si>
   <si>
     <t>Důvodem zákazu vína je opilost a tak vše, co způsobuje opilost, je zakázané.
 Bůh zakázal víno, protože je v něm mnoho velkých škod.
 Pití vína v ráji patří k dokonalému požitku a blaženosti v ráji.
 Tomu, kdo se nezdrží pití vína na tomto světě, Bůh zakáže ho pít v ráji, protože odměna i trest jsou stejným způsobem, jako byl skutek.
 Nabádání ke spěchání s pokáním dříve, než přijde smrt.</t>
   </si>
   <si>
     <t>رواه مسلم وأخرج البخاري الجملة الأخيرة منه</t>
   </si>
   <si>
+    <t>[رواه مسلم وأخرج البخاري الجملة الأخيرة منه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/58259</t>
   </si>
   <si>
-    <t>مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا</t>
+    <t>من قتل معاهدا لم يرح رائحة الجنة، وإن ريحها توجد من مسيرة أربعين عاما</t>
   </si>
   <si>
     <t>„Kdo zabije toho, s kým byla uzavřena smlouva, neucítí vůní ráje a věru, že jeho vůně je cítit z dálky, která se ujde za čtyřicet let.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَنْ قَتَلَ مُعَاهَدًا ‌لَمْ ‌يَرَحْ ‌رَائِحَةَ الْجَنَّةِ، وَإِنَّ رِيحَهَا تُوجَدُ مِنْ مَسِيرَةِ أَرْبَعِينَ عَامًا».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo zabije toho, s kým byla uzavřena smlouva, neucítí vůní ráje a věru, že jeho vůně je cítit z dálky, která se ujde za čtyřicet let.”</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم الوعيدَ الشديدَ على أنَّ مَن قَتَلَ مُعاهَدًا -وهو مَن دخل من الكفار إلى دار الإسلام بِعَهْدٍ وأمان- بأنه لن يَشمَّ رائحةَ الجنة، وإنَّ ريحَها يكون على بُعدِ مسيرة أربعين عامًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že kdo zabije toho, s kým je uzavřena smlouva, tj. nemuslima, který žije na islámském území na základě smlouvy a poskytnutí bezpečí, dostane velký trest, tj. že neucítí vůní ráje, jež je cítit z dálky, která se ujde za čtyřicet let.</t>
   </si>
   <si>
     <t>تحريم قتل المُعاهَد والذِّمِّي والمُستأمَن من الكفار، وأنه كبيرة من كبائر الذنوب.
 المعاهد: هو مَن أُخِذَ عليه العهد من الكفار وهو يقيم في بلاده لا يحارب المسلمين ولايحاربونه، والذِّمِّي: هو من استوطن دارَ المسلمين ودفع الجزية، والمستأمَن: هو مَن دخل دار المسلمين بعهد وأمان لوقت محدد.
 التحذير من خيانة العهود مع غير المسلمين.</t>
   </si>
   <si>
     <t>Zákaz zabíjení nemuslimů, kteří uzavřeli s muslimy smlouvu, nebo jim bylo poskytnuto bezpečí. Toto je považováno za velký hřích.
 Arabsky mu'áhad (ten, s kým je uzavřena smlouva): nemuslim, se kterým je uzavřena smlouva, nežije v zemi muslimů a není s ní ve válce. 
 Arabsky dhimmí: nemuslim, který žije v zemi muslimů a platí daň (džizju).
 Arabsky musta'man: ten, kdo přišel do muslimské země a bylo mu poskytnuto dočasné bezpečí.
 Varování před porušováním smluv s nemuslimy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/64637</t>
   </si>
   <si>
-    <t>نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ</t>
+    <t>نهى عن كل ذي ناب من السباع، وعن كل ذي مخلب من الطير</t>
   </si>
   <si>
     <t>zakázal z šelem všechny, co mají tesáky, a z ptáků všechny, co mají drápy</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضيَ اللهُ عنهُما أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم: نَهَى عَنْ كُلِّ ذِي نَابٍ مِنَ السِّبَاعِ، وَعَنْ كُلِّ ذِي مِخْلَبٍ مِنَ الطَّيْرِ.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) zakázal z šelem všechny, co mají tesáky, a z ptáků všechny, co mají drápy.</t>
   </si>
   <si>
     <t>نَهَى النبيُّ صلى الله عليه وسلم عن أكْلِ كلِّ سَبُعٍ من الحيوانات المُفْتَرِسَة التي تَصِيْد بواسطة نابِها، وعن أَكْلِ كلِّ طَيْرٍ يَقْطَع ويُمْسِكُ بمِخْلَبِهِ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) zakázal jíst ze zvířat každou šelmu, která loví pomocí tesáků, a z ptáků každého, který loví svými pařáty.</t>
   </si>
   <si>
     <t>حرص الإسلام على الطيِّبات في كل شيء من المأكل والمشرب وغيرها.
 الأصل في الأطعمة الحِلّ؛ إلا ما دلَّ الدليل على تحريمه.</t>
   </si>
   <si>
     <t>Velký zájem islámu na všech dobrých věcech z jídla, pití atd.
 Základním pravidlem v jídle je, že vše je povolené, dokud neexistuje nějaký důkaz, že je něco z toho zakázané.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/64643</t>
   </si>
   <si>
-    <t>لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ</t>
+    <t>لعن رسول الله صلى الله عليه وسلم الراشي والمرتشي في الحكم</t>
   </si>
   <si>
     <t>„Posel Boží (ať mu Bůh žehná a dá mír) proklel ty, kdo dávají úplatky, i ty, kdo je berou</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: لَعَنَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ الرَّاشِيَ وَالْمُرْتَشِيَ فِي الْحُكْمِ.</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) proklel ty, kdo dávají úplatky, i ty, kdo je berou."</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم بالطرد والإبعاد من رحمة الله عز وجل لدافع الرشوة وآخذها وقابضها.
 ومن ذلك ما يُدفع للقُضاة ليَحِيْفُوا في الحُكْم الذي يَتَولونه؛ ليتوصل به المُعطي إلى مراده بغير حق.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, ať jsou vzdáleni Boží milosti ti, kdo dávají úplatky, a ti, kdo je berou.
 Patří sem i to, když někdo dává peníze soudci, aby bezprávně dosáhl toho, co chce.</t>
   </si>
   <si>
     <t>يَحْرُمُ بذل الرشوة، وأخذُهَا، والتوسُّطُ فيها، والإعانةُ عليها؛ لما فيها من التعاون على الباطل.
 الرشوة من كبائر الذنوب؛ لأنَّ رسول الله صلى الله عليه وسلم لعن آخذَها ومعطيَها.
 الرشوة في باب القضاء والحُكْم أعظم جُرْمًا، وأشد إثمًا؛ لما فيها من الظلم والحكم بغير ما أنزل الله.</t>
   </si>
   <si>
     <t>Zákaz dávání a braní úplatků, doporučování a napomáhání ke korupci, protože to je napomáhání ke hříchu.
 Korupce patří mezi velké hříchy, protože Posel Boží (ať mu Bůh žehná a dá mír) proklel toho, kdo bere úplatky, i toho, kdo je dává.
 Korupce u soudu a vlády je nejhorší a je za ni větší hřích, protože je to nespravedlnost a vládnutí podle toho, co Bůh neseslal.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/64689</t>
   </si>
   <si>
-    <t>بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ</t>
+    <t>بني الإسلام على خمس</t>
   </si>
   <si>
     <t>„Islám je postaven na pěti</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بنِ عُمَر رضي الله عنهما قال: قال رسولُ الله صلى الله عليه وسلم: «بُنِيَ الْإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Islám je postaven na pěti: vyznání, že není boha kromě Boha a Muhammad je Jeho služebník a posel, dodržování modlitby, dávání almužny, pouti ke Ka'abě a půstu v měsíci ramadánu."</t>
   </si>
   <si>
     <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، 
 وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. 
 والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. 
 والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. 
 والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. 
 والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) přirovnal islám k pevné budově, která stojí na pěti pilířích, a další části islámu jsou doplňky této stavby. Prvním z těchto pilířů je vyznání víry: vyznání, že není boha kromě Boha a Muhammad je posel Boží, to je jeden pilíř, protože tato dvě vyznání nelze rozdělit. Člověk toto vyznání vysloví jako přiznání jedinosti Boží, že jen Bůh si zaslouží být uctíván, nikdo jiný, a také se podle tohoto vyznání musí chovat a věřit v poselství proroka Muhammada (ať mu Bůh žehná a dá mír) a následovat ho. Druhým pilířem je dodržování modlitby. Tzn. pět povinných modliteb denně: fadžr, zuhr, 'asr, maghrib a 'iša, včetně jejich podmínek, pilířů a povinností. Třetím pilířem je dávání povinné almužny (zakát), to je uctívání týkající se majetku, povinné u každého majetku, který dosáhne určité hodnoty, z něhož se pak dá část těm, kterým náleží. Čtvrtým pilířem je pouť (hadždž), tj. přijet do Mekky a vykonat obřady spojené s poutí pouze jako uctívání Boha. Pátým pilířem je půst v měsíci ramadánu, tj. zdržení se jídla, pití a dalších věcí, které ruší půst, s úmyslem pro Boha, od fadžru do západu slunce.</t>
   </si>
   <si>
     <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
 الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
   </si>
   <si>
     <t>Obě vyznání víry jsou spojena a žádné z nich neplatí samotné, pokud s ním není to druhé, a proto jsou také obě považována za jeden pilíř.
 Vyznání víry jsou základem náboženství, žádné slovo ani čin bez nich nebudou přijaty.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65000</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>„Kdo z vás uvidí něco zavrženíhodného, ať to změní rukou, a pokud není schopen, tak jazykem, a pokud není schopen, tak svým srdcem, a to je nejslabší víra.”</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abú Sa’íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Kdo z vás uvidí něco zavrženíhodného, ať to změní rukou, a pokud není schopen, tak jazykem, a pokud není schopen, tak svým srdcem, a to je nejslabší víra.”</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nařídil napravovat zavrženíhodné věci, tj. vše, co zakázal Bůh a Jeho Posel. Každý podle svých schopností, a tak pokud někdo vidí něco zavrženíhodného, musí se snažit to změnit fyzicky, pokud je toho schopen. Pokud toho není schopen, musí dát najevo nesouhlas aspoň slovy, zakázat tomu, kdo to dělá, aby to dělal, vysvětlit mu špatnost jeho chování a k jaké újmě to vede atd. a vést ho, aby činil dobro. A pokud není schopen ani tohoto, musí tuto věc nenávidět aspoň srdcem a mít pevné přesvědčení, že jakmile bude schopen ji změnit, udělá to. A toto odmítnutí srdcem je nejnižší stupeň při měnění zavrženíhodných věcí.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Tento hadíth je základem pro vysvětlování fází napravování zavrženíhodných věcí.
 Zakazování zavrženíhodného má různé úrovně a záleží na možnostech každého.
 Zakazování zavrženíhodného je v náboženství důležitá věc, je povinností každého muslima a každý je jím pověřen podle svých schopností.
 Nařizování vhodného a zakazování zavrženíhodného je součástí víry. A víra se snižuje a zvyšuje.
 Podmínkou při zakazování zavrženíhodného je, aby člověk měl jistotu, že je tato věc opravdu zavrženíhodná.
 Podmínkou měnění zavrženíhodných věcí je, aby změna nevedla k ještě horšímu.
 Zakazování zavrženíhodného má svoje podmínky a způsoby a muslim by se je měl nejdříve naučit.
 Napravování zavrženíhodného má svou islámskou politiku a je k němu třeba vědění a moudrosti.
 Pokud člověk neodmítá zavrženíhodné věci svým srdcem, dokazuje to, že má slabou víru.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>Kdo se stane dobrým muslimem, nebude trestán za to, co dělal v džáhilíji, ale kdo jako muslim udělá špatné, bude trestán za první i poslední.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>Ibn Mas’úd (ať je s ním Bůh spokojen) vyprávěl: „Jeden muž řekl: „Posle Boží, budeme trestáni za to, co jsme dělali v džáhilíji (před islámem)?" A on odpověděl: „Kdo se stane dobrým muslimem, nebude trestán za to, co dělal v džáhilíji, ale kdo jako muslim udělá špatné, bude trestán za první i poslední.”"</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) ukázal velké dobro a prospěch přijetí islámu. A že ten, kdo přestoupí na islám a bude dobrým a upřímným muslimem, nebude trestán za svoje hříchy před islámem. Ale ten, kdo se dopustí špatného, například bude pokrytcem nebo odpadne od islámu, bude trestán za hříchy před islámem i v islámu.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Starost sahába (ať je s nimi Bůh spokojen) a jejich strach z věcí, které dělali před islámem.
 Nabádání k vytrvání v islámu.
 Velké dobro a prospěch vstoupení do islámu a že to maže všechny špatné činy před tím.
 Odpadlík a pokrytec bude trestán za všechny špatné činy, které konal před islámem i v islámu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>Myslíš, že když se budu modlit povinné modlitby, postit se v ramadánu, povolovat, co je povolené, a zakazovat, co je zakázané,</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>Džábir (ať je s ním Bůh spokojen) vyprávěl: „Jeden muž se ptal Posla Božího (ať mu Bůh žehná a dá mír) a řekl: „Myslíš, že když se budu modlit povinné modlitby, postit se v ramadánu, povolovat, co je povolené, a zakazovat, co je zakázané, a nebudu dělat už nic navíc, přijdu do ráje?" Prorok odpověděl: „Ano.” A muž řekl: „Při Bohu, nebudu dělat nic víc než toto."</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že kdo se modlil pouze povinné modlitby, aniž by se modlil jakoukoliv doporučenou modlitbu, a postil se pouze v měsíci ramadánu a povoloval věci, které jsou povolené, a věřil, že zakázané věci jsou zakázané, a vyhýbal se jim, vstoupí do ráje.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Muslim by se měl snažit dodržovat povinnosti a vyhýbat se zakázaným věcem a jeho cílem by měl být vstup do ráje.
 Důležitost konání povoleného a víry v to, že to je povolené, a vyhýbání se zakázanému a víry v to, že to je zakázané.
 Konání povinných věcí a vyhýbání se zakázaným je příčinou vstupu do ráje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>„Očišťování je polovina víry, slova „chvála Bohu" naplní váhy, slova „sláva Bohu a chvála Bohu" naplní, co je mezi nebesy a zemí,</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>Abú Málik al-Aš’arí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Očišťování je polovina víry, slova „chvála Bohu" naplní váhy, slova „sláva Bohu a chvála Bohu" naplní, co je mezi nebesy a zemí, modlitba je světlo, almužna je důkaz, trpělivost je svit, Korán je důkaz pro tebe nebo proti tobě a všichni lidé usilují o svoji duši a buď ji osvobodí, nebo zahubí."</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že vnější očista se dělá pomocí malé očisty (wudu) nebo velké očisty (ghusl) a je to jedna z podmínek modlitby. A že slova „alhamdulilláh (chvála Bohu) naplní váhy.” Tato slova znamenají velebení Boha a přiřknutí všech dokonalých vlastností Bohu. Tato slova v soudný den naplní váhy dobrými činy. A slova „subhánalláh a alhamdulilláh (sláva Bohu a chvála Bohu)" znamenají přiřknutí všech dokonalých vlastností Bohu, Jeho oproštění od všech nedostatků a velebení a lásku k Bohu. A tato slova naplní, co je mezi nebesy a zemí. A že „modlitba je světlo” pro člověka v jeho srdci, obličeji, v hrobě a v den vzkříšení. A že „almužna je důkaz” upřímné víry věřícího, kterou se odlišuje od pokrytce, který ji nemá, protože ve skutečnosti nevěří. A že „trpělivost je svit.” Slovo svit, v arabštině dajá’, znamená světlo s teplem až pálením, jako jsou sluneční paprsky. A to proto, že trpělivost vyžaduje úsilí, aby člověk vydržel to, co je mu nepříjemné. Člověk, který je trpělivý, je správně veden. Trpělivostí se myslí vydržet uctívat Boha, nehřešit a trpělivě snášet všechny věci, které se člověku v životě stanou. A že „Korán je důkaz pro tebe,” pokud ho člověk čte a řídí se jím, „nebo proti tobě,” pokud ho člověk nečte a neřídí se jím. Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že všichni lidé se ráno vzbudí a pak jdou pracovat, ať se jedná o jakýkoliv druh práce, a někteří z nich jdou správnou cestou Boží poslušnosti, a tak osvobodí své duše od ohně, a jiní nejdou správnou cestou a hřeší a zahynou, protože přijdou do ohně pekelného.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Jsou dva druhy čistoty: vnější, pomocí malé očisty (wudu) nebo velké očisty (ghusl), a vnitřní, pomocí víry v jednoho Boha a konání dobrých skutků.
 Důležitost pravidelné modlitby, která je světlem pro modlícího se na tomto i v budoucím světě.
 Almužna je důkazem upřímné víry.
 Důležitost věřit tomu, co je v Koránu, a konat podle toho, aby Korán byl důkazem pro člověka a ne proti němu.
 Pokud se duše nezaměstná poslušností k Bohu, zaměstná se hříchem.
 Každý člověk koná nějaké skutky a buď 
 svoji duši osvobodí dobrými skutky, nebo ji zahubí hříchy.
 Trpělivost vyžaduje úsilí a aby ji člověk dělal pro Boha, a jsou v ní těžkosti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>„Jednou se možná stane, že muž bude ležet opřený na pohovce a dostane se k němu můj hadíth (výrok) a on řekne: „Mezi námi a vámi je Boží kniha;</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>Al-Miqdám Ibn Ma’dí Karib (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Jednou se možná stane, že muž bude ležet opřený na pohovce a dostane se k němu můj hadíth (výrok) a on řekne: „Mezi námi a vámi je Boží kniha; co jsme v ní našli, že je povolené, to povolíme a co jsme v ní našli zakázané, to zakážeme,” ale věru, že co zakáže Posel Boží, je jakoby zakázal Bůh.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že přijde doba, kdy část lidí bude sedět a jeden z nich bude ležet na pohovce. A ten, když uslyší hadíth, řekne: Tím, co mezi námi rozhodne, je Korán a ten nám stačí a co v něm najdeme, že je povolené, to budeme dělat a co tam najdeme jako zakázané, tomu se vyhneme. A proto Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že všechny věci, které on zakázal ve své sunně, jsou zakázané úplně stejně, jako by to bylo zakázané v Koránu, protože Prorok pouze předává to, co mu řekl Bůh.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Sunna má stejně vysoké postavení a je povinné se jí řídit jako Koránem.
 Poslušnost k Prorokovi je poslušností k Bohu a neposlušnost k Prorokovi je neposlušností k Všemohoucímu Bohu.
 Potvrzení toho, že sunna je považována za důkaz stejně jako Korán. A tento hadíth je důkazem proti těm, kteří odmítají sunnu.
 Kdo odmítá sunnu a říká, že stačí pouze Korán, ten ve skutečnosti odmítá obojí a nenásleduje to, co říká Korán.
 Důkazem proroctví Proroka (ať mu Bůh žehná a dá mír) je, že oznámil, že se v budoucnu něco stane, a pak k tomu skutečně dojde.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, At-Thirmidhí a Ibn Mádžah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>Posle Boží, neexistuje nic ani malé, ani velké (hřích), aniž bych to udělal!" A Prorok třikrát řekl: „Nevyznáváš snad, že není boha kromě Boha a Muhammad je Posel Boží?</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: Jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl:„Posle Boží, neexistuje nic ani malé, ani velké (hřích), aniž bych to udělal!" A Prorok třikrát řekl: „Nevyznáváš snad, že není boha kromě Boha a Muhammad je Posel Boží?” Odpověděl:  „Ano," a on řekl: „Tak toto tamto přikryje.”</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: Posle Boží, udělal jsem všechny hříchy, které jsou, není malého ani velkého hříchu, aniž bych ho udělal, bude mi odpuštěno? A Prorok (ať mu Bůh žehná a dá mír) mu odpověděl: Nevyznáváš snad, že není boha kromě Boha a Muhammad je Posel Boží? A opakoval to třikrát. A muž mu odpověděl: Ano, vyznávám. A Prorok (ať mu Bůh žehná a dá mír) mu oznámil, jaké dobro je ve vyznání víry a že maže hříchy a že pokání smaže, co bylo před ním.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Velkolepost vyznání a že tomu, kdo je upřímně ze srdce vysloví, budou odpuštěny  hříchy.
 Islám maže vše (hříchy), co bylo před ním.
 Upřímné pokání maže vše (hříchy), co bylo před ním.
 Opakování věcí při učení je Prorokovo (ať mu Bůh žehná a dá mír) správné vedení.
 Velké dobro vyznání víry a že je příčinou záchrany před věčností v pekle.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Ja’lá, At-Tabarání a Ad-Dijá’ Al-Maqdisí]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Právo Boha vůči Jeho služebníkům je, aby Ho uctívali a nic k Němu nepřidružovali, a právo lidí vůči Bohu je, aby nepotrestal toho, kdo k Němu nic nepřidružuje</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>Mu'ádz (ať je s ním Bůh spokojen) vyprávěl: „Doprovázel jsem Proroka (ať mu Bůh žehná a dá mír) na oslu zvaném ‘Ufajr a řekl mi: „Mu'ádzi, víš, jaké je právo Boha vůči Jeho služebníkům a jaké je právo lidí vůči Bohu?” Řekl jsem: „Bůh a Jeho Posel ví lépe!" A on řekl: „Právo Boha vůči Jeho služebníkům je, aby Ho uctívali a nic k Němu nepřidružovali, a právo lidí vůči Bohu je, aby nepotrestal toho, kdo k Němu nic nepřidružuje.” Řekl jsem: „Posle Boží, nemám tuto radostnou novinu oznámit lidem?" A on odpověděl: „Neoznamuj ji, aby se na to lidé nespoléhali.”"</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětloval, jaké je právo Boha vůči Jeho služebníkům a jaké je právo lidí vůči Bohu. A vysvětlil, že Právo Boha vůči Jeho služebníkům je, aby Ho uctívali a nic k Němu nepřidružovali. A právo lidí vůči Bohu je, aby nepotrestal ty, kteří k Němu nic nepřidružují. Poté se Mu'ádz zeptal: Posle Boží, nemám tuto radostnou novinu oznámit lidem, aby měli radost z takové Boží laskavosti? Ale Prorok (ať mu Bůh žehná a dá mír) mu to zakázal, aby se na to lidé nespoléhali a nepřestali pak konat dobré skutky atd.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Vysvětlení, že právo Boha vůči Jeho služebníkům je, aby Ho uctívali a nic k Němu nepřidružovali.
 Vysvětlení, že právo lidí vůči Bohu je, že jim dá vstoupit do ráje a nepotrestá je, pokud k Němu nic nepřidružují.
 Je to velká radostná zvěst pro ty, kdo věří v jednoho Boha a nic k Němu nepřidružují, že skončí v ráji.
 Mu'ádz tento hadíth řekl ostatním těsně před svou smrtí, protože se bál, aby neměl hřích za zamlčování vědění.
 Upozornění, že ne vždy je vhodné šířit všechny hadíthy mezi všemi lidmi, protože se může stát, že je nepochopí správně. To se vztahuje pouze na hadíthy, které se netýkají trestů v islámském zákoně nebo činů.
 Těm, kteří věří v jednoho Boha, ale hřeší, může Bůh odpustit anebo je potrestá, ale nakonec skončí v ráji.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>Kdo zemřel, aniž by přidružoval k Bohu, vstoupí do ráje a kdo zemřel a přidružoval k Bohu, vstoupí do ohně.”</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>Džábir (ať je s ním Bůh spokojen) vyprávěl, že jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: „Posle Boží, co jsou dvě „způsobující”?" A on odpověděl: „Kdo zemřel, aniž by přidružoval k Bohu, vstoupí do ráje a kdo zemřel a přidružoval k Bohu, vstoupí do ohně.”</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Jeden muž se zeptal Proroka (ať mu Bůh žehná a dá mír) na dvě věci, které způsobují vstoupení do ráje a vstoupení do ohně. A Prorok (ať mu Bůh žehná a dá mír) mu odpověděl, že věc, která způsobuje vstoupení do ráje, je, když člověk zemře na tom, že uctívá jednoho Boha a nic k Němu nepřidružuje. A věc, která způsobuje vstoupení do ohně, je, když člověk zemře na tom, že přidružuje k Bohu jiné, ať už se to týká panství Boha nebo Jeho božství nebo Jeho vlastností.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Velký prospěch tawhídu a že ten, kdo zemře jako věřící v jednoho Boha a nikoho k Němu nepřidružuje, vstoupí do ráje.
 Nebezpečí přidružování a že ten, kdo zemře a přidružuje k Bohu, vstoupí do ohně.
 Těm, kteří věří v jednoho Boha, ale hřeší, může Bůh odpustit anebo je potrestá, ale nakonec skončí v ráji.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>, protože nikdy neřekl: Pane, odpusť mi v soudný den moje hříchy</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla: „Řekla jsem: „Posle Boží, Ibn Džud'án v džáhilíji (před islámem) udržoval rodinné svazky a krmil chudé, bude mu to k něčemu?" A on odpověděl: „Ne, nebude mu to k ničemu, protože nikdy neřekl: Pane, odpusť mi v soudný den moje hříchy."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) mluvil o ‘Abdulláhu Ibn Džud'ánovi, který patřil k náčelníkům kmene Qurajš před islámem. Z jeho dobrých činů bylo, že udržoval svazky s příbuznými, hezky se k nim choval, krmil chudé a dělal další dobré věci, ke kterým nabádá islám, ale Prorok řekl, že mu tyto skutky v budoucím životě k ničemu nebudou, protože nevěřil v Boha a nikdy neřekl: Pane, odpusť mi v soudný den moje hříchy.</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Velké dobro víry, která je podmínkou přijetí dobrých činů Bohem.
 Špatnost nevíry, kvůli které nebudou přijaty dobré skutky.
 Dobré skutky nebudou v soudný den nevěřícím k užitku, protože nevěřili v Boha a v soudný den.
 Dobré skutky během nevíry budou zapsány a člověk za ně dostane odměnu, pokud přestoupí na islám.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>Víte, co řekl váš Pán?” Lidé řekli: „Bůh a Jeho Posel ví lépe." A on řekl: „Z mých služebníků se stali takoví, kteří ve mě věří, a takoví, kteří ve mě nevěří</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>Zajd Ibn Chálid al-Džuhaní (ať je s ním Bůh spokojen) vyprávěl: „V Hudajbíji se s námi Posel Boží (ať mu Bůh žehná a dá mír) modlil ranní modlitbu po noci, kdy pršelo, a když se otočil k lidem řekl: „Víte, co řekl váš Pán?” Lidé řekli: „Bůh a Jeho Posel ví lépe." A on řekl: „Z mých služebníků se stali takoví, kteří ve mě věří, a takoví, kteří ve mě nevěří. Co se týče toho, kdo řekl: „Zapršelo díky Bohu a Jeho milosti," ten věří ve mne a nevěří v hvězdy, zatímco ten, kdo řekl: „Díky hvězdě té a té," ten nevěří ve mne a věří v hvězdy.”"</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) se modlil ranní modlitbu v Hudajbíji, což byla vesnice blízko Mekky, po noci, kdy pršelo, a když dokončil modlitbu, otočil se k lidem a řekl: Víte, co řekl váš Pán? A oni mu odpověděli: Bůh a Jeho posel ví lépe. A on řekl, že Všemohoucí Bůh ukázal, že když prší, lidé se rozdělí na dvě skupiny: jednu, která věří v Boha, a druhou, která v Boha nevěří. Co se týče toho, kdo řekl: Zapršelo díky Bohu a Jeho milosti a přiřknul déšť Bohu, ten věří v Boha, který vše stvořil a řídí celý svět, a tento člověk nevěří v hvězdy. A co se týče toho, kdo řekl: Pršelo kvůli hvězdě té a té, ten nevěří v Boha a věří v hvězdy. Pokud přiřknul hvězdám jen důvod deště, je to malá nevíra, protože Bůh je neučinil důvodem, ale pokud si myslí a věří tomu, že skutečnou příčinou všeho, co se děje na světě, je pohyb hvězd, jejich vycházení, zapadání atd., je to velká nevíra.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Je doporučené říci poté, co zaprší: Pršelo nám díky Bohu a Jeho milosti.
 Kdo si myslí, že hvězdy jsou příčinou a tím, co stvořilo déšť a vše ostatní, spadl do velké nevíry a kdo si myslí, že je to jen příčina (ale původní tvořitel je Bůh), spadl do malé nevíry, protože hvězdy nejsou příčinou ničeho podle islámu ani podle zkušenosti.
 Dobrá věc může být příčinou nevíry, pokud se za ni neděkuje, a může být příčinou víry, pokud se za ni děkuje.
 Zákaz říkat: Zapršelo nám díky hvězdě té a té, a to i kdyby se tím myslel jen určitý čas, aby to nevedlo k přidružování.
 Povinnost připoutat své srdce k Bohu k získání dobrých věcí a zabránění špatným.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>Věru, že občas ve svých duších najdeme něco tak hrozného, že to nikdo z nás nechce ani vyslovit." Řekl: „Skutečně jste to našli?” A oni řekli: „Ano." Řekl: „Toto je opravdová víra.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že lidé ze sahába přišli za Prorokem (ať mu Bůh žehná a dá mír) a zeptali se ho: „Věru, že občas ve svých duších najdeme něco tak hrozného, že to nikdo z nás nechce ani vyslovit." Řekl: „Skutečně jste to našli?” A oni řekli: „Ano." Řekl: „Toto je opravdová víra.”</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Skupina sahába přišla za Prorokem (ať mu Bůh žehná a dá mír) a zeptali se ho na to, co nacházejí ve svých duších a co je tak hrozné a odpudivé, že to nechtějí ani vyslovit. A Prorok (ať mu Bůh žehná a dá mír) jim řekl, že to je skutečná víra, která jim zabránila uvěřit v to, co jim do duší vnuknul satan, a učinila to až tak odporné, že to vůbec nechtějí vyslovit. Na rozdíl od těch, kterých se satan zmocnil a neměli víru, která by jim v tom zabránila.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Ukázání slabosti satana vůči věřícím, protože nedokáže nic jiného než jim našeptávat.
 Nevěřit a nepřijímat, co člověku našeptává jeho duše, protože to je od satana.
 Našeptávání satana nemůže věřícímu ublížit, ale měl by se před jeho našeptáváním utéct pod ochranu Boha a přestat o tom dále přemýšlet.
 Muslim by neměl mlčet o tom, čemu v náboženství nerozumí, a měl by se na to zeptat.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>chvála Bohu, který z jeho úkladů udělal jen našeptávání.”</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl: „Jeden muž přišel za Prorokem (ať mu Bůh žehná a dá mír) a řekl: „Posle Boží, někdo z nás najde ve své duši -objeví se mu tam něco, že byl radši žhavý uhlík než o tom promluvit." A on řekl: „Bůh je velký, Bůh je velký, chvála Bohu, který z jeho úkladů udělal jen našeptávání.”"</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Jeden muž přišel za Prorokem (ať mu Bůh žehná a dá mír) a řekl: Posle Boží, někomu z nás se v duši najde něco takového, že než by o tom promluvil, radši byl žhavý uhlík. A Posel Boží (ať mu Bůh žehná a dá mír) řekl dvakrát Alláhu akbar a pochválil Boha za to, že z úkladů satana udělal jen našeptávání.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Satan číhá na věřící a našeptává jim, aby je odvrátil od víry k nevíře.
 Ukázání slabosti satana vůči věřícím, protože nedokáže nic jiného než jim našeptávat.
 Věřící se musí odvrátit od našeptávání satana a bránit se mu.
 Podle islámu je vhodné říkat Alláhu akbar, pokud člověk vidí něco hezkého nebo něco, co se mu líbí atd.
 Podle islámu se má muslim ptát učence na vše, čemu nerozumí.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd a An-Nasáí v As-Sunan Al-Kubrá]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>„K někomu z vás přijde satan a bude říkat: „Kdo stvořil toto? A kdo stvořil toto?" Až dojde k tomu, že řekne: „Kdo stvořil Boha?" A jakmile dojde k tomuto, utečte se v ochranu Boží a přestaňte (o tom přemýšlet).”</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „K někomu z vás přijde satan a bude říkat: „Kdo stvořil toto? A kdo stvořil toto?" Až dojde k tomu, že řekne: „Kdo stvořil Boha?" A jakmile dojde k tomuto, utečte se v ochranu Boží a přestaňte (o tom přemýšlet).”</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) mluvil o léku na otázky, které satan našeptává věřícímu, kdy mu říká: Kdo stvořil toto? A kdo stvořil toto? Kdo stvořil nebesa? A kdo stvořil zemi? A věřící mu podle své víry a rozumu odpoví: Bůh, ale satan se u tohoto našeptávání nezastaví a neskončí, dokud neřekne: A kdo stvořil tvého Pána? Tehdy by měl věřící odvrátit toto našeptávání pomocí tří věcí:
 Víry v Boha.
 Utéci se před satanem pod ochranu Boží.
 A přestat o tomto našeptávání přemýšlet.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Odmítnout našeptávání satana, nepřemýšlet o něm a utéci se před ním k Všemohoucímu Bohu.
 Vše, co se člověku objeví v srdci a je v rozporu s islámem, je našeptáváním od satana.
 Zákaz přemýšlet o podstatě Boha a nabádání k přemýšlení o Božím stvoření a Jeho zázracích.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>„Je šest typů činů a čtyři typy lidí: dva způsobující, stejné za stejné, dobrý skutek za deset dobrých skutků a dobrý skutek za sedmset dobrých skutků</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>Churajm Ibn Fátik (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Je šest typů činů a čtyři typy lidí: dva způsobující, stejné za stejné, dobrý skutek za deset dobrých skutků a dobrý skutek za sedmset dobrých skutků. Dva způsobující jsou: kdo zemřel, aniž by přidružoval k Bohu, vstoupí do ráje a kdo zemřel a přidružoval k Bohu, vstoupí do ohně. Stejné za stejné je: tomu, kdo chce udělat dobrý skutek, má v srdci, že ho udělá, a Bůh o tom ví, bude zapsán dobrý skutek a tomu, kdo udělá špatný skutek, bude zapsán špatný skutek. Tomu, kdo udělá dobrý skutek, bude zapsán desetinásobně a vydávání peněz na stezce Boží je jeden skutek za sedmset dobrých skutků. A co se týče druhů lidí, jsou to: ten, komu se dostane v tomto životě, ale nedostane se mu v budoucím životě, ten, komu se nedostane v tomto životě, ale dostane se mu v budoucím životě, ten, komu se nedostane ani v tomto ani v budoucím životě a ten, komu se dostane v tomto i v budoucím životě.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -12707,893 +13518,893 @@
 Třetí typ: ten, komu se nedostane ani v tomto ani v budoucím životě. To je nevěřící, který je chudý.
 Čtvrtý typ: ten, komu se dostane v tomto i v budoucím životě. To je věřící, který je bohatý.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Velká Boží milost vůči Jeho služebníkům a to, že jim Bůh znásobuje odměnu.
 Spravedlnost a štědrost Boha, protože za jeden špatný skutek bude trest jednoho špatného skutku.
 Velký trest za přidružování k Bohu, kdy člověku bude zakázán vstup do ráje.
 Velká zásluha za vydávání majetku na cestě Boží.
 Odměna za vydávání majetku na cestě Boží se násobí sedmisetnásobně, protože je to pomáhání k tomu, aby Boží slovo mělo navrch.
 Ukázání různých typů lidí a rozdílů mezi nimi.
 V tomto životě může být dáno jak věřícímu, tak nevěřícímu, ale v životě budoucím může být dáno pouze věřícímu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>„Věru, že Bůh neukřivdí žádnému věřícímu a když udělá dobrý skutek v tomto životě, odmění ho za něj v životě budoucím,</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh neukřivdí žádnému věřícímu a když udělá dobrý skutek v tomto životě, odmění ho za něj v životě budoucím, zatímco když nevěřící udělá dobrý skutek v tomto životě, dostane se mu odměny v tomto životě a když pak vstoupí do života budoucího, nezbyde mu už žádný dobrý skutek, za který by mohl být odměněn.”</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) ukázal velkou Boží milost vůči věřícím a spravedlnost vůči nevěřícím. Co se týče věřícího, jeho dobré skutky nebudou nijak zmenšeny, ale dostane se mu za ně odměny v tomto životě i v životě budoucím anebo mu bude celá jeho odměna dána v životě budoucím. Zatímco nevěřícímu dá Bůh odměnu za jeho dobré skutky pouze v tomto životě a až pak vstoupí do života budoucího, nezbyde mu už žádný dobrý skutek, za který by mohl být odměněn, protože podmínkou odměny za dobré skutky v budoucím životě je, aby byl člověk věřícím.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Tomu, kdo zemře jako nevěřící, jeho dobré činy nebudou k ničemu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>Přijal jsi islám za dobré skutky, které jsi činil.”</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>Hakím Ibn Hizám (ať je s ním Bůh spokojen) vyprávěl: „Řekl jsem: „Posle Boží, co si myslíš o věcech, které jsem konal v době džáhilíje (před islámem), jako almužna, propuštění otroků na svobodu a udržování pokrevních svazků, budu za ně mít odměnu?" A Prorok (ať mu Bůh žehná a dá mír) řekl: „Přijal jsi islám za dobré skutky, které jsi činil.”"</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že pokud nevěřící přijme islám, dostane se mu odměny za všechny jeho dobré skutky, které dělal v džáhilíji před islámem, jako je almužna, propuštění otroků na svobodu, udržování pokrevních svazků, atd.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Pokud člověk zemře jako nevěřící, v budoucím životě se mu nedostane odměny za dobré skutky, které dělal v tomto životě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>„Bůh má rád, když se dodržují Jeho úlevy (ruchas), stejně jako má rád, když se dodržují Jeho pevně stanovené věci (‘azáim).”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bůh má rád, když se dodržují Jeho úlevy (ruchas), stejně jako má rád, když se dodržují Jeho pevně stanovené věci (‘azáim).”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh má rád, když se dodržují úlevy (ruchas), které nařídil, jako jsou různé úlevy a zjednodušení v nařízeních a při uctívání, kdy je nějaký důvod k ulehčení, například zkrácení a spojování modliteb při cestování. Stejně tak má Bůh rád, když se dodržují Jím pevně stanovené věci (‘azáim), které jsou povinné, protože Boží nařízení ohledně úlev a pevně stanovených věcí je stejné.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Milosrdenství Všemohoucího Boha vůči Jeho služebníkům, protože Bůh má rád, když se dodržují úlevy, které On nařídil.
 Dokonalost islámského zákona a to, že odstraňuje muslimům těžkosti.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[Zaznamenal ho Ibn Hibbán]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65017</t>
   </si>
   <si>
-    <t>قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ</t>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
   </si>
   <si>
     <t>řekni mi nějakou řeč v islámu, na kterou se nezeptám nikoho jiného než tebe." A on řekl: „Řekni: „Uvěřil jsem v Boha" a pak dodržuj (víru).”</t>
   </si>
   <si>
     <t>عَنْ سُفْيان بنِ عَبْدِ اللهِ الثَّقَفِيّ رضي الله عنه قال: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
   </si>
   <si>
     <t>Sufján Ibn ‘Abdulláh ath-Thaqafí (ať je s ním Bůh spokojen) vyprávěl: „Řekl jsem: „Posle Boží, řekni mi nějakou řeč v islámu, na kterou se nezeptám nikoho jiného než tebe." A on řekl: „Řekni: „Uvěřil jsem v Boha" a pak dodržuj (víru).”"</t>
   </si>
   <si>
     <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ 
 فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، 
 ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
   </si>
   <si>
     <t>Druh Proroka Sufján Ibn ‘Abdulláh (ať je s ním Bůh spokojen) se zeptal Proroka (ať mu Bůh žehná a dá mír), aby ho naučil slova, která zahrnují význam islámu, kterých se bude držet a na která se nebude muset ptát nikoho jiného. A Prorok (ať mu Bůh žehná a dá mír) mu řekl: Řekni: Uvěřil jsem v jediného Boha, že je mým Pánem a Bohem, že mě stvořil, a jen Jeho jediného, který nemá společníka, uctívám. A poté se odevzdat do poslušnosti Boží vykonáváním povinností a vyhýbáním se Božím zákazům a na tom vytrvat.</t>
   </si>
   <si>
     <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
 أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
 الإيمان شرط لقبول الأعمال .
 الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
 الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
   </si>
   <si>
     <t>Základem náboženství je víra v Boha, Jeho panství, božství, jména a vlastnosti.
 Důležitost poslušnosti a dodržování islámu po víře a vytrvání v uctívání Boha.
 Víra je podmínkou přijetí činů.
 Víra v Boha zahrnuje to, v co je povinné věřit, co se týče věrouky a jejích pravidel, a co následuje ohledně přesvědčení, poslušnosti a odevzdání se Bohu vnitřkem i vnějškem.
 Dodržováním se myslí následovaní správné cesty tím, že člověk vykonává povinnosti a vyhýbá se zákazům.</t>
   </si>
   <si>
     <t>رواه مسلم وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Muslim a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65018</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>„Pokrytec je jako nerozhodná ovce mezi dvěma stády - jednou se přidá k jednomu, podruhé k druhému.”</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Pokrytec je jako nerozhodná ovce mezi dvěma stády - jednou se přidá k jednomu, podruhé k druhému.”</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil stav pokrytce a přirovnal ho k nerozhodné ovci, která neví, které stádo má následovat, a tak se přidá jednou k jednomu a podruhé k druhému. Stejně tak pokrytci jsou nerozhodní mezi vírou a nevírou, a tak nejsou vnitřně ani navenek s věřícími ani s nevěřícími, ale navenek jsou s věřícími a vnitřně jsou nerozhodní a nejistí a jednou jsou s těmi a podruhé s druhými.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>Ze správné cesty Proroka (ať mu Bůh žehná a dá mír) je uvádět příklady, aby byla myšlenka lépe pochopena.
 Ukázání stavu pokrytců, kteří jsou nerozhodní a nejistí a v ničem nevydrží.
 Varování před stavem pokrytectví a nabádání k upřímnosti a pevné víře navenek i uvnitř.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>„Věru, že víra uvnitř každého z vás slábne, stejně jako slábne oblečení, a tak proste Boha, aby vám obnovil víru v srdci.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru Ibn al-‘Ás (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že víra uvnitř každého z vás slábne, stejně jako slábne oblečení, a tak proste Boha, aby vám obnovil víru v srdci.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že víra v srdci muslima slábne stejně jako nové oblečení, které člověk nosí tak dlouho, až se začne rozpadat. Příčina bývá v polevování v uctívání nebo v hřešení nebo v ponoření se do vlastních tuh. Proto Prorok (ať mu Bůh žehná a dá mír) doporučil, abychom prosili Boha, aby obnovil naši víru a abychom dodržovali povinnosti a stále si připomínali Boha a prosili Ho za odpuštění.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Nabádání k prošení Boha o obnovení víry v srdci a o upevnění ve víře.
 Víra zahrnuje slova, činy a přesvědčení a zvyšuje se s dobrými skutky a snižuje s hříchy.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[Zaznamenal ho Al-Hákim a At-Tabarání]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>„Mezi znamení Hodiny patří, že zmizí vědění a rozšíří se nevědomost, rozšíří se smilstvo, pití alkoholu a bude málo mužů a mnoho žen, takže na padesát žen bude jen jeden muž.”</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>Anas (ať je s ním Bůh spokojen) vyprávěl: 
 „Řeknu vám hadíth, který jsem slyšel od Posla Božího (ať mu Bůh žehná a dá mír) a který vám neřekne nikdo jiný. Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Mezi znamení Hodiny patří, že zmizí vědění a rozšíří se nevědomost, rozšíří se smilstvo, pití alkoholu a bude málo mužů a mnoho žen, takže na padesát žen bude jen jeden muž.”</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že mezi znameními blížícího se soudného dne bude, že zmizí vědění o islámu, a to tak, že zemřou muslimští učenci, a důsledkem toho bude, že se rozšíří nevědomost, a rozšíří se smilstvo, cizoložství a pití alkoholu, a zmenší se počet mužů a vzroste počet žen natolik, že na padesát žen bude jen jeden muž, který se bude starat o ně a o jejich prospěch.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Vysvětlení některých znamení blížícího se soudného dne.
 Znalost přesného času soudného dne nemá nikdo, pouze Bůh.
 Nabádání ke studiu islámu a jeho věd dříve, než zmizí.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ</t>
+    <t>لا تقوم الساعة حتى يمر الرجل بقبر الرجل فيقول: يا ليتني مكانه</t>
   </si>
   <si>
     <t>„Hodina nenastane, dokud člověk nepůjde okolo hrobu jiného člověka a neřekne: Kéž bych byl na jeho místě.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى يَمُرَّ الرَّجُلُ بِقَبْرِ الرَّجُلِ فَيَقُولُ: يَا لَيْتَنِي مَكَانَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Hodina nenastane, dokud člověk nepůjde okolo hrobu jiného člověka a neřekne: Kéž bych byl na jeho místě.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الساعةَ لن تقوم حتى يَمُرَّ الرجلُ بالقبر فيتمنى أن يكون ميتًا مكانه، والسبب هو خوفُه على نفسِه من ذهاب دينه بِغَلَبَة الباطل وأهله، وظهور الفتن والمعاصي والمنكرات.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Hodina (soudný den) nenastane, dokud člověk nepůjde okolo hrobu jiného člověka a nebude si přát, aby byl mrtvý jako on. Důvodem bude strach ze ztráty náboženství, kvůli rozšíření pokušení, hříchů, zavrženíhodných věcí a toho, že špatní lidé budou mít navrch.</t>
   </si>
   <si>
     <t>الإشارة بظهور المعاصي والفتن آخر الزمان.
 الحث على أخذ الحذر والاستعداد للموت بالإيمان والأعمال الصالحة، والبعد عن مواطن الفتن والبلاء.</t>
   </si>
   <si>
     <t>Tento hadíth ukazuje, že na konci světa bude rozšířeno pokušení a hříchy.
 Nabádání k přípravě na smrt vírou a dobrými skutky a vzdálením se ode všech pokušení a zkoušek.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65022</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>„Hodina nenastane, dokud nebudete bojovat s židy a kámen, za kterým je žid, neřekne: Muslime, za mnou je žid, zabij ho.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Hodina nenastane, dokud nebudete bojovat s židy a kámen, za kterým je žid, neřekne: Muslime, za mnou je žid, zabij ho.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že soudný den nenastane, dokud nedojde k boji mezi muslimy a židy. A žid uteče a schová se před muslimy za kámen, ale tento kámen promluví a zavolá na muslima, že je za ním žid, aby přišel a zabil ho.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vypráví o některých věcech, které se stanou v budoucnosti,  nikdo je nezná, oznámil mu je Bůh a určitě se stanou.
 Jedním ze znamení blížícího se soudného dne je, že muslimové budou bojovat s židy.
 Náboženství islámu bude trvat až do soudného dne a zvítězí nad všemi ostatními náboženstvími.
 Bůh dá zvítězit muslimům nad jejich nepřáteli a jedním ze způsobů bude, že kámen ke konci světa promluví.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65023</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ</t>
+    <t>والذي نفسي بيده، ليوشكن أن ينزل فيكم ابن مريم حكما مقسطا، فيكسر الصليب، ويقتل الخنزير، ويضع الجزية، ويفيض المال حتى لا يقبله أحد</t>
   </si>
   <si>
     <t>„Při Tom, v Jehož rukou je má duše, přiblížil se čas, kdy mezi vás sestoupí syn Marie se spravedlivou vládou a rozlomí kříž, zabije prase a zavede daň (džizja) a bude tolik peněz, že o ně nikdo nebude mít zájem.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَالَّذِي نَفْسِي بِيَدِهِ، لَيُوشِكَنَّ أَنْ يَنْزِلَ فِيكُمْ ابْنُ مَرْيَمَ حَكَمًا مُقْسِطًا، فَيَكْسِرَ الصَّلِيبَ، وَيَقْتُلَ الخِنْزِيرَ، وَيَضَعَ الجِزْيَةَ، وَيَفِيضَ المَالُ حَتَّى لاَ يَقْبَلَهُ أَحَدٌ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Při Tom, v Jehož rukou je má duše, přiblížil se čas, kdy mezi vás sestoupí syn Marie se spravedlivou vládou a rozlomí kříž, zabije prase a zavede daň (džizja) a bude tolik peněz, že o ně nikdo nebude mít zájem.”</t>
   </si>
   <si>
     <t>يُقْسِمُ النبيُّ صلى الله عليه وسلم على قُرْبِ نزول عيسى بن مريم عليه السلام لِيَحْكُمَ بين الناس بالعدل بالشريعة المحمدية، 
 وأنه سيكسر الصليب الذي تُعظِّمُه النصارى، 
 وأنَّ عيسى عليه السلام يَقْتُل الخنزير، 
 وأنه عليه السلام يضع الجزية ويحمل الناس كلهم على الدخول في الإسلام. 
 وأنَّ المالَ سيفيض فلا يقبله أحد؛ وذلك لكثرته، واستغناء كلِّ أَحدٍ بما في يديه، ونزول البركات وتوالي الخيرات.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) přísahal, že se přiblížil čas, kdy sestoupí syn Marie, aby vládl mezi lidmi spravedlivě podle šarí'y. A že zlomí kříž, který uctívají křesťané. A že Ježíš (mír s ním) zabije prase. A že určí daň (džizja) a všichni lidé přijmou islám. A že bude tolik bohatsví, že ho lidé budou odmítat, protože ho budou mít tolik, že ho nebudou potřebovat, a že bude sesláno mnoho požehnání a dobra.</t>
   </si>
   <si>
     <t>إثبات نزول عيسى عليه السلام آخر الزمان، وأنه من علامات الساعة.
 شريعة النبي صلى الله عليه وسلم لا ينسخها غيرها.
 نزول البركات في المال آخر الزمان، مع زُهد النّاس فيه.
 البشارة ببقاء الدين الإسلامي حيث يحكم به عيسى عليه السلام في آخر الزمان.</t>
   </si>
   <si>
     <t>Potvrzení, že Ježíš (mír s ním) přijde na konci světa a že to je jedno ze znamení Hodiny (soudného dne).
 Zákon Proroka (ať mu Bůh žehná a dá mír) nebude už zrušen žádným jiným.
 Na konci světa bude mnoho požehnání v majetku a lidé ho nebudou chtít.
 Radostná zvěst, že islámské náboženství bude až do soudného dne, protože Ježíš (mír s ním) bude  podle něj vládnout.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65025</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>„Hodina nenastane, dokud slunce nevyjde na západě. A jakmile vyjde, všichni lidé uvěří</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Hodina nenastane, dokud slunce nevyjde na západě. A jakmile vyjde, všichni lidé uvěří  a bude to tehdy, kdy {nepomůže duši žádné víra její, jestliže neuvěřila již dříve či nevykonala dobro žádné ve víře své.} [Dobytek: 158]. A věru, že Hodina přijde a dva muži budou mít před sebou rozprostřenou látku, aniž by došlo k nákupu nebo ji srolovali. A věru, že Hodina přijde a muž odnese nadojené mléko a nestihne ho ochutnat. A věru, že Hodina přijde a muž bude opravovat svoji nádrž a nestihne se z ní napít. A věru, že Hodina přijde a jeden z vás si přiloží jídlo k ústům a nestihne ho sníst.”</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že jedním z velkých znamení soudného dne bude, že slunce vyjde na západě, místo aby vyšlo na východě, a až to lidé uvidí, tak všichni uvěří, ale v tuto chvíli už nevěřícímu nepomůže víra, dobré skutky ani pokání. Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že soudný den přijde znenadání, takže lidé v tu chvíli budou provozovat běžné činnosti. Proto přijde soudný den a dva muži budou mít před sebou rozprostřenou látku, aniž by došlo k nákupu nebo ji srolovali. A přijde soudný den a muž odnese nadojené mléko své velbloudice a nestihne ho ochutnat. A přijde soudný den a muž bude opravovat svoji nádrž a nestihne se z ní napít. A přijde soudný den a muž si přiloží sousto k ústům a nestihne ho sníst.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Islám a pokání jsou přijaty, dokud slunce nevyjde na západě.
 Nabádání k přípravě na soudný den vírou a dobrými skutky, protože soudný den přijde znenadání.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65026</t>
   </si>
   <si>
-    <t>لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ</t>
+    <t>لا تقوم الساعة حتى يتقارب الزمان</t>
   </si>
   <si>
     <t>„Hodina nepřijde, dokud čas nebude rychle ubíhat</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تَقُومُ السَّاعَةُ حَتَّى يَتَقَارَبَ الزَّمَانُ، فَتَكُونَ السَّنَةُ كَالشَّهْرِ، وَيَكُونَ الشَّهْرُ كَالْجُمُعَةِ، وَتَكُونَ الْجُمُعَةُ كَالْيَوْمِ، وَيَكُونَ الْيَوْمُ كَالسَّاعَةِ، وَتَكُونَ السَّاعَةُ كَاحْتِرَاقِ السَّعَفَةِ الْخُوصَةُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Hodina nepřijde, dokud čas nebude rychle ubíhat. Rok bude trvat jako měsíc, měsíc jako týden, týden jako den, den jako hodina a hodina jako spálení palmového listu.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مِن علامات الساعة تَقَارُبَ الزمان، 
 فتَمُرُّ السَّنَة كما يَمُرُّ الشهر، 
 ويمر الشهر كما يمر الأسبوع، 
 وتمر الجمعة كما يمر اليوم، 
 ويمر اليوم كما تمر الساعة الواحدة، 
 وتمر الساعة بسرعة شديدة كما تُحْرَقُ السَّعَفَة وهي ورقة النخل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil, že mezi znamení soudného dne patří rychlé ubíhání času. Rok uběhne stejně rychle jako měsíc, měsíc uběhne stejně rychle jako týden, týden uběhne stejně rychle jako den, den uběhne stejně rychle jako jediná hodina a hodina uběhne tak hrozně rychle, jako trvá spálení palmového listu.</t>
   </si>
   <si>
     <t>من علامات الساعة نزع البركة من الزمان أو سرعته.</t>
   </si>
   <si>
     <t>Mezi znamení blížícího se soudného dne patří rychlé ubíhání času, ve kterém nebude požehnání.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65027</t>
   </si>
   <si>
-    <t>يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ</t>
+    <t>يقبض الله الأرض، ويطوي السموات بيمينه، ثم يقول: أنا الملك، أين ملوك الأرض</t>
   </si>
   <si>
     <t>„Bůh spojí v hrsti zemi a svine nebesa pravou rukou a poté řekne: „Já jsem Vládce, kde jsou vládci země?”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «يَقْبِضُ اللَّهُ الأَرْضَ، وَيَطْوِي السَّمَوَاتِ بِيَمِينِهِ، ثُمَّ يَقُولُ: أَنَا المَلِكُ، أَيْنَ مُلُوكُ الأَرْضِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Bůh spojí v hrsti zemi a svine nebesa pravou rukou a poté řekne: „Já jsem Vládce, kde jsou vládci země?”"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى يوم القيامة يقبض الأرضَ ويجمعُها، ويَطوي السماءَ بيمينه ويلفّ بعضَها فوق بعض ويذهب بها ويفنيها، ثم يقول: أنا المَلك، أين ملوك الأرض؟!</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) oznámil, že Všemohoucí Bůh v soudný den spojí zemi v hrsti a svine nebesa jedno po druhém pravou rukou a zničí je a poté řekne: Já jsem Vládce, kde jsou vládci země?</t>
   </si>
   <si>
     <t>التذكير بأنَّ مُلْكَ الله هو الباقي ومُلْكُ غيرِه زائل.
 جلال الله وعظمة قدرته وسلطانه وتمام ملكه.</t>
   </si>
   <si>
     <t>Připomenutí, že všechno království patří Bohu a je věčné, na rozdíl od království někoho jiného, které jednou skončí.
 Velkolepost Boží, Jeho obrovská moc a panství a dokonalé království.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65028</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>„Moje nádrž (hawd) je dlouhá jako měsíc cesty, voda v ní je bělejší než mléko, její vůně je krásnější než mošus,</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Moje nádrž (hawd) je dlouhá jako měsíc cesty, voda v ní je bělejší než mléko, její vůně je krásnější než mošus,  její třpyt je jako třpyt hvězd na nebi a kdo se z ní napije, ten již nikdy nepocítí žízeň.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že v soudný den mu bude patřit nádrž (hawd), jejíž délka i šířka bude tak velká, jako je dlouhý měsíc cesty, její voda bude bělejší než mléko, její vůně bude krásnější než vůně mošusu a třpyt jejích konvic, kterých je mnoho, bude jako třpyt hvězd na nebi. A kdo se z této nádrže těmi konvicemi napije, už nikdy nepocítí žízeň.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Hawd Proroka (ať mu Bůh žehná a dá mír) je velká nádrž plná vody, ke které budou věřící chodit v soudný den.
 Blaženost toho, kdo se napije z této nádrže, spočívá v tom, že již nikdy nepocítí žízeň.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>„Budu u nádrže (hawd), abych viděl, kdo z vás k ní přijde, některé uvidím poblíž, protože k ní byl odepřen přístup, a řeknu: „Pane, ti patří ke mně a k mé obci</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>Asmá’ Bint Abí Bakr (ať je s ní Bůh spokojen) vyprávěla, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Budu u nádrže (hawd), abych viděl, kdo z vás k ní přijde, některé uvidím poblíž, protože k ní byl odepřen přístup, a řeknu: „Pane, ti patří ke mně a k mé obci." A bude řečeno: „A tušil jsi, co dělali po tobě? Při Bohu, vraceli se nazpět."”</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že v soudný den bude stát u své nádrže (hawd), aby viděl kdo z jeho obce k ní přijde. A některým lidem bude odepřen přístup k ní a Prorok (ať mu Bůh žehná a dá mír) řekne: Pane ti patří ke mně a k mé obci. A bude řečeno: A tušil jsi, co dělali po tom, co tě opustili? Při Bohu, vrátili se nazpátek a  odpadli od náboženství, a proto nepatří ani k tobě ani k tvé obci.</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Milosrdenství Proroka (ať mu Bůh žehná a dá mír) vůči jeho obci a jeho zájem o ni.
 Nebezpečí odmítání toho, co konal Prorok (ať mu Bůh žehná a dá mír).
 Nabádání k přidržování se sunny Proroka (ať mu Bůh žehná a dá mír).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>Při Tom, v Jehož rukou je duše Muhammada, jejích nádob je více než hvězd a planet na nebi</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>Abú Dharr (ať je s ním Bůh spokojen) vyprávěl: „Řekl jsem: „Posle Boží, kolik je nádob nádrže (hawd)?" Řekl: „Při Tom, v Jehož rukou je duše Muhammada, jejích nádob je více než hvězd a planet na nebi za temné a jasné noci. Kdo se napije z nádob ráje, už nikdy nebude mít žízeň. Tryskají do ní dva přítoky z ráje a kdo se z ní napije, nebude mít žízeň. Její šířka je stejně velká jako délka, jako od Ammánu po Ajla, její voda je bělejší než mléko a sladší než med.”"</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) přísahal, že nádob jeho nádrže v soudný den je více než hvězd a planet na nebi, které jsou vidět, pokud je temná noc, kdy nesvítí měsíc, protože v noci, kdy svítí měsíc, nejsou hvězdy tak dobře vidět kvůli měsíční záři, a také pokud nejsou mraky, protože přes mraky nejsou hvězdy vidět. A že tyto nádoby pochází z ráje a kdo se z nich napije, už nikdy nebude mít žízeň. A tehdy to bylo naposledy, kdy pocítil žízeň. A že do této nádrže tryskají dva přítoky z ráje a její šířka je stejně velká jako délka. Tato nádrž je stejně dlouhá jako široká, a to jako je vzdálenost mezi Ammánem v dnešním Jordánsku a městem Ajla u Aqaby - u moře, též v dnešním Jordánsku. Voda v této nádrži je bělejší než mléko a sladší než med.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Potvrzení existence nádrže (hawd) a jaké druhy blaženosti se v ní nachází.
 Velikost této nádrže a velký počet jejích nádob.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>„Bůh vybere v soudný den jednoho muže z mé obce před ostatním stvořením</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru Ibn al-‘Ás (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bůh vybere v soudný den jednoho muže z mé obce před ostatním stvořením a rozprostře nad ním devadesát devět svitků, každý z nich tak velký, kam až oko dohlédne, a pak řekne: „Odmítáš něco z toho? Ukřivdili ti ti, kteří zapisují?" A on řekne: „Ne, Pane." Bůh řekne: „Máš nějakou omluvu?" Řekne: „Ne, Pane." A Bůh řekne: „Ale ano, máš u nás jeden dobrý skutek, a věru, že ti dnes nebude ukřivděno," a vytáhne lístek, na kterém je: Ašhadu an lá illáha ilá lláh, wa ašhadu anna Muhammadan 'abduhu wa rasúluh (Vyznávám, že není boha kromě Boha,  a vyznávám, že Muhammad je Jeho služebník a posel), a řekne: „Přines svoje váhy." A muž řekne: „Pane, co udělá tento lístek se všemi těmi svitky?" Bůh řekne: „Nebude ti ukřivděno." Dá lístek na jednu misku vah a svitky na druhou misku vah. A svitky vyletí nahoru a lístek bude těžký, protože nic není tak těžkého jako Boží jméno.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh si v soudný den vybere jednoho muže z jeho obce před ostatním stvořením a zavolá na něj, aby s ním zúčtoval, a rozprostře nad ním devadesát devět svitků, v nichž jsou zapsané jeho špatné skutky, které konal v pozemském životě, a každý z těchto svitků je tak velký, kam až oko dohlédne. A poté Všemohoucí Bůh řekne tomuto muži: Odmítáš něco z toho, co je zapsáno v těchto svitcích? Ukřivdili ti moji andělé, kteří zapisují skutky? A tento muž odpoví: Ne, Pane. A Bůh řekne: Máš nějakou omluvu pro tyto činy, které jsi dělal v pozemském životě? Například, že to byl omyl, neznalost nebo to bylo neúmyslně… A tento muž řekne: Ne, Pane, nemám žádnou omluvu. A Bůh řekne: Ale ano, máš u nás dobrý skutek a věru, že ti dnes nebude ukřivděno. A pak vytáhne lístek, na kterém je zapsané: Ašhadu an lá illáha ilá lláh, wa ašhadu anna Muhammadan 'abduhu wa rasúluh.(Vyznávám, že není boha kromě Boha,  a vyznávám, že Muhammad je Jeho služebník a posel.) A Bůh řekne tomuto muži: Přines svoje váhy. A tento muž s podivem řekne: Pane, kolik může vážit tento lístek oproti všem těm svitkům? A Bůh řekne: Nebude ti ukřivděno. A dá lístek na jednu misku vah a svitky na druhou misku vah. A tato miska bude najednou lehká, zatímco miska, kde je tento lístek, bude těžká, a tak mu Bůh odpustí.</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Velkolepost vyznání jedinosti, že není boha kromě Boha, a že toto vyznání je těžké na vahách.
 Nestačí říkat toto vyznání pouze ústně, ale je nutné vědět, co znamená, věřit tomu a konat podle toho.
 Upřímná víra v jednoho Boha je důvodem k odpuštění hříchů.
 Víra se liší v závislosti na tom, jak upřímná je v srdci každého. Někteří tedy mohou říkat toto vyznání ústy, a přesto budou potrestáni za své hříchy.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[Zaznamenal ho At-Thirmidhí a Ibn Mádžah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>„Když Bůh stvořil ráj a peklo, vyslal Gabriela (mír s ním)</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Když Bůh stvořil ráj a peklo, vyslal Gabriela (mír s ním) do ráje a řekl: „Podívej se do něj a na to, co jsem připravil pro jeho obyvatele." A tak se tam podíval, vrátil se a řekl: „Při Tvé moci, nikdo o něm neuslyší, aniž by tam vstoupil." A pak Bůh vydá nařízení, ráj obklopí nenáviděné věci a řekne: „Podívej se do něj a na to, co jsem připravil pro jeho obyvatele." A tak se tam podívá, uvidí okolo něj nenáviděné věci, a tak řekne: „Při Tvé moci, bojím se, že tam nikdo nevstoupí." A Bůh řekne: „Běž se podívat do pekla a na to, co jsem připravil pro jeho obyvatele." A tak se tam podívá, uvidí obrovské utrpení a vrátí se a řekne: „Při Tvé moci, tam nikdo nevstoupí." A Bůh vydá nařízení a obklopí peklo touhami a řekne: „Vrať se a podívej se tam." A tak se tam podívá, uvidí peklo obklopené touhami a vrátí se a řekne: „Při Tvé moci, bojím se, že se z něj nikdo nezachrání a vstoupí tam."</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že když Bůh stvořil ráj a peklo, řekl Gabrielovi (mír s ním): Běž do ráje a podívej se do něj, a tak šel, podíval se a pak se vrátil a řekl: Pane, při Tvé moci, nikdo neuslyší o něm a o tom, co je tam za dobro, blaho a užívání, aniž by si přál tam vstoupit a konal všechno, aby se tam dostal. Potom Bůh obklopil ráj těžkými a nenáviděnými věcmi, jako je dodržování příkazů a vyhýbání se zakázaným věcem, a kdo se chce do ráje dostat, musí tyto těžké a nenáviděné věci překonat. A poté, co Bůh obklopil ráj nenáviděnými věcmi, řekl: Gabrieli, běž a podívej se do ráje. A on šel, podíval se, vrátil se a řekl: Pane, při Tvé moci, bojím se, že tam nikdo nevstoupí kvůli těmto těžkostem, které mu budou stát v cestě. A když Bůh stvořil peklo, řekl: Gabrieli, běž a podívej se do něj! A on šel, podíval se a pak se vrátil se a řekl: Pane, při Tvé moci, nikdo neuslyší o něm a o tom, co je tam za utrpení, zlo a bolest, aniž by se bál tam vstoupit a vyvaroval se všeho, aby se tam nedostal. Potom Bůh obklopil peklo touhami a užíváním si a pak řekl: Gabrieli, běž a podívej se tam! A Gabriel tam šel, podíval se tam, vrátil se a řekl: Pane, při Tvé moci, bojím se, že se před ním nikdo nezachrání kvůli těmto touhám a krásným věcem, které jsou okolo něj.</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Víra v to, že ráj i peklo už existují.
 Povinnost věřit ve skryté věci a ve vše, co řekl Bůh a Jeho Prorok (ať mu Bůh žehná a dá mír).
 Důležitost vytrvat a vydržet těžké a nenáviděné věci, které vedou do ráje.
 Důležitost vyhnout se zakázaným věcem, protože jsou cestou do pekla.
 To, že ráj je obklopen těžkostmi a peklo je obklopeno touhami, je zkouška na tomto světě.
 Cesta do ráje je těžká a obtížná a vyžaduje vytrvalost, těžkosti a víru, zatímco cesta do pekla je plná touhy a užívání si v tomto světě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>„Smrt bude přivedena v podobě černobílého berana</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>Abú Sa’íd al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Smrt bude přivedena v podobě černobílého berana a bude zvoláno: „Obyvatelé ráje!" a oni natáhnou krk, podívají se a bude jim řečeno: „Víte, co to je?" Řeknou: „Ano, to je smrt," a všichni ji poznají. A bude zvoláno: „Obyvatelé ohně!" a oni natáhnou krk, podívají se a bude jim řečeno: „Víte, co to je?" A oni řeknou: „Ano, to je smrt," a všichni ji poznají. Pak bude (ten beran) podřezán a bude řečeno: „Obyvatelé ráje, bude jen věčnost a žádná smrt, obyvatelé ohně, bude jen věčnost a žádná smrt." A poté zarecitoval: „{Varuj je přede dnem nářku, kdy věc bude rozhodnuta, zatímco oni dnes lhostejni jsou} [Marie: 39], a tito jsou v nevědomosti lidí pozemského života {a nevěří!} [Marie: 39]."</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že v soudný den bude přivedena smrt v podobě černobílého berana a bude zvoláno: Obyvatelé ráje! A oni natáhnou krk, zvednou hlavu a podívají se a bude jim řečeno: Víte, co to je? A oni odpoví: Ano, to je smrt. A všichni ji už viděli a poznali. A bude zvoláno: Obyvatelé ohně! A oni natáhnou krk, zvednou hlavu a podívají se a bude jim řečeno: Víte, co to je? A oni odpoví: Ano, to je smrt. A všichni ji už viděli a poznali. Pak bude tento beran podřezán a bude zvoláno: Obyvatelé ráje, bude jen věčnost a žádná smrt a obyvatelé ohně, bude jen věčnost a žádná smrt. A to proto, aby věřící měli ještě větší blahobyt a nevěřící ještě větší trest. Poté Prorok (ať mu Bůh žehná a dá mír) zarecitoval: {Varuj je přede dnem nářku, kdy věc bude rozhodnuta, zatímco oni dnes lhostejni jsou} V soudný den bude rozsouzeno mezi obyvateli ráje a obyvateli ohně a každý z nich vstoupí tam, kam směřoval, a bude tam věčně. Proto bude smutný, kdo dělal špatné, a bude litovat, že nekonal dobré, a kdo konal málo, si bude přát, aby byl vykonal více.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>V budoucím životě bude člověk už navěky buď v ráji, nebo v ohni.
 Velké varování před hrůzami soudného dne a že to je den litování.
 Obyvatelé ráje budou věčně šťastní a obyvatelé ohně budou věčně nešťastní.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>„Váš oheň je pouze jednou ze sedmdesáti částí pekelného ohně</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Váš oheň je pouze jednou ze sedmdesáti částí pekelného ohně.” Řekli: „Posle Boží, a když to dostačuje?" A on odpověděl: „Byl zvětšen o šedesát devět částí, každá z nich je stejně horká.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pozemský oheň je pouze jednou ze sedmdesáti částí pekelného ohně. Oheň v budoucím životě pálí o šedesát devět částí více než oheň v pozemském životě a každá tato část je stejně horká 
 jako pozemský oheň. Řekli: Posle Boží, pozemský oheň byl dostačující k utrpení toho, kdo do něj vstoupil. A on řekl: Pekelný oheň je zvětšen o šedesát devět částí, z nichž každá je sejně horká jako pozemský oheň.</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Varování před ohněm, aby se lidé vyvarovali činů, které do něj vedou.
 Velikost pekelného ohně, jeho vysoká teplota a utrpení v něm.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>„Posel Boží (ať mu Bůh žehná a dá mír) a on je pravdomluvný, kterému se věří, nám vyprávěl: „Stvoření každého z vás probíhá v břiše jeho matky po čtyřicet dní nebo čtyřicet nocí,</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas’úd (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) a on je pravdomluvný, kterému se věří, nám vyprávěl: „Stvoření každého z vás probíhá v břiše jeho matky po čtyřicet dní nebo čtyřicet nocí, poté se na stejnou dobu stane kapkou přilnavou a poté se na stejnou dobu stane rozžvýkanou hmotou a poté je k němu vyslán anděl a vnukne mu čtyři slova, která jsou zapsána: jeho obživu, délku jeho života, jeho činy a zda bude šťastný, nebo nešťastný, a poté mu bude vdechnuta duše. Věru, že někdo z vás bude konat činy obyvatel ráje, až bude mezi ním a nimi pouze vzdálenost paže, ale předhoní ho, co je mu psáno, a dopustí se činů obyvatel ohně a vstoupí do ohně. A někdo z vás bude konat činy obyvatel ohně, až bude mezi ním a nimi pouze vzdálenost paže, ale předhoní ho, co je mu psáno, a vykoná činy obyvatel ráje a vstoupí do ráje.”</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Ibn Mas’úd řekl: Posel Boží (ať mu Bůh žehná a dá mír) nám vyprávěl a on je pravdomluvný, v tom, co říká, a je ten, komu se věří, protože to Bůh potvrdil. A řekl: Stvoření každého z vás, v originále „spojení stvoření," což znamená, že sperma muže se spojí s vajíčkem ženy, probíhá v břiše matky a po čtyřicet dní je to „kapka” (nutfa). Poté se z něj na čtyřicet dní stane kapka přilnavá, která vypadá jako kus krve přilepený ke stěně dělohy. Poté se z něj na dalších čtyřicet dní stane „rozžvýkaná hmota,” což je kousek masa podobný rozžvýkané žvýkačce. Po těchto čtyřiceti dnech k němu Bůh pošle anděla, aby mu vdechnul duši. A pak bude andělovi nařízeno, aby zapsal čtyři věci: jeho obživu, tj. kolik dobra se mu v životě dostane, délku jeho života v pozemském životě, jaké budou jeho skutky a zda bude šťastný (konat dobro), nebo nešťastný (konat zlo). Poté Prorok (ať mu Bůh žehná a dá mír) řekl, že jeden z lidí bude konat činy obyvatel ráje, tj. že bude navenek vypadat, že dělá dobré skutky, až bude mezi ním a nimi pouze vzdálenost paže, ale předhoní ho osud a co je mu psáno a dopustí se činů obyvatel ohně. Budou to jeho poslední skutky, a tak vstoupí do ohně, protože podmínkou přijetí skutků je, aby na nich člověk vytrval. A další člověk bude konat činy obyvatel ohně, až bude mezi ním a nimi pouze vzdálenost paže, ale předhoní ho osud a co je mu psáno a vykoná činy obyvatel ráje a vstoupí do ráje.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Všechny věci spějí na konci k tomu, co bylo předurčeno a souzeno.
 Varování před vnějším zdáním skutků, protože budou posuzovány podle svého konce.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>„Bůh zapsal osud celého stvoření padesát tisíc let před tím, než stvořil nebesa a zemi,</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru Ibn al-‘Ás (ať je s nimi Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Bůh zapsal osud celého stvoření padesát tisíc let před tím, než stvořil nebesa a zemi, a Jeho trůn byl na vodě.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh zapsal vše, co se stane každému stvoření do podrobností, jako je život, smrt, obživa a vše ostatní, do ochráněných desek (lawh mahfúz) padesát tisíc let před tím, než stvořil nebesa a zemi. A vše se vyplní tak, jak to Bůh určil. Vše, co existuje, je podle Božího určení a Jeho řízení a cokoliv je člověku předurčeno, ať špatné nebo dobré, se mu stane a cokoliv, co člověku není určeno, se mu nestane.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Povinnost věřit v osud a předurčení.
 Osud je, že Bůh zná každou věc, zapsal ji, stvořil ji, řídí ji a přeje si ji.
 Víra v to, že osud byl zapsán dříve, než byla stvořena nebesa a země, vede ke spokojenosti a odevzdání se.
 Trůn Milosrdného byl na vodě, dříve než byla stvořena nebesa a země.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>„Každá věc záleží na osudu, i nemohoucnost a píle nebo píle i nemohoucnost.”</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>Táwús vyprávěl: „Zažil jsem, že druhové Posla Božího (ať mu Bůh žehná a dá mír) říkali: „Každá věc je podle osudu." A slyšel jsem ‘Abdulláha Ibn ‘Umara (ať je s nimi Bůh spokojen) vyprávět, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Každá věc záleží na osudu, i nemohoucnost a píle nebo píle i nemohoucnost.”"</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že každá věc je podle osudu, včetně nemohoucnosti, arabsky ‘adžz, s významem zanechání povinností nebo jejich opožďování, ať se to týká věcí pozemského života nebo budoucího, a píle, arabsky kajs, což znamená aktivitu, energičnost a píli, ať se to týká věcí pozemského nebo budoucího života. A řekl, že Bůh určil každou věc včetně nemohoucnosti a píle a nic se nestane bez toho, aby to Bůh předem věděl a přál si to.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Ukázání přesvědčení sahába (ať je s nimi Bůh spokojen) týkajícího se osudu.
 Každá věc je podle osudu, včetně nemohoucnosti a píle.
 Snaha o přesnost při předávání hadíthů Posla Božího (ať mu Bůh žehná a dá mír)  u sahába (ať je s nimi Bůh spokojen).
 Víra v osud, ať je dobrý nebo špatný.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>„Pokud Bůh nějakému člověku určí, že zemře v nějaké zemi, učiní pro něj v té zemi něco potřebným.”</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>Matara Ibn ‘Ukámis (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud Bůh nějakému člověku určí, že zemře v nějaké zemi, učiní pro něj v té zemi něco potřebným.”</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pokud Bůh nějakému člověku určí, že zemře v nějaké zemi, ve které nežije, vytvoří pro něj v té zemi nějakou potřebu, aby tam přijel a zemřel.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Hadíth odpovídá slovům Božím: {a žádná duše neví, ve které zemře zemi.}</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65040</t>
   </si>
   <si>
-    <t>مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>من كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>„Tomu, kdo o mně vědomě lže, se dostane místo k sezení v ohni.”</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo o mně vědomě lže, se dostane místo k sezení v ohni.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن كَذَبَ عليه مُتعمدًا بنِسبةِ قولٍ أو فعلٍ له كَذبًا، فإنّ له في الآخرة مَجلسًا في النار؛ جزاء له على كذبه عليه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo o něm vědomě lhal, že mu lživě přiřkl nějaké činy nebo slova, se dostane místa k sezení v ohni jako trest za tuto lež.</t>
   </si>
   <si>
     <t>الكَذب على النبيِّ صلى الله عليه وسلم بالقصد والعَمْد سببٌ لدخول النار.
 الكذب على النبي عليه الصلاة والسلام ليس كالكذب على سائر الناس، لِمَا يَترتَّب على ذلك من مفاسد عظيمة في الدين والدنيا.
 التحذير من نشر الأحاديث قبل التثبُّت والتأكد من صحة نسبتها إلى النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Vědomá lež o Prorokovi (ať mu Bůh žehná a dá mír) je příčinou vstupu do ohně.
 Lež o Prorokovi (ať mu Bůh žehná a dá mír) je horší než lež o někom jiném, protože kvůli ní vznikají obrovské špatnosti v náboženství i v pozemském životě.
 Varování před rozšiřováním hadíthů, o kterých člověk nemá jistotu, zda jsou správné a zda je Prorok (ať mu Bůh žehná a dá mír) opravdu řekl.</t>
@@ -13633,520 +14444,517 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že když sahába seděli s Prorokem (ať mu Bůh žehná a dá mír) v mešitě, přijel nějaký muž na velbloudovi, nechal ho pokleknout a přivázal ho. A poté se jich zeptal: Který z vás je Muhammad? A Prorok (ať mu Bůh žehná a dá mír) seděl opřený mezi lidmi, a tak jsme řekli: Tento bílý opřený muž. A tento muž mu řekl: Synu ‘Abdu-l-Muttaliba! A Prorok (ať mu Bůh žehná a dá mír) řekl: Poslouchám, zeptej se a odpovím ti. A tento muž mu řekl: Budu se tě ptát tvrdě, tak se na mě nehněvej a doufám, že se tě to nedotkne. A on mu řekl: Zeptej se, na co chceš. Řekl: Ptám se tě při tvém Pánu a Pánu těch, co byli před tebou, to Bůh tě poslal ke všem lidem na světě? Odpověděl: Bože, ano. (Slovo Bože má význam utvrzení odpovědi.) Tento muž řekl: Ptám se tě při Bohu, to Bůh ti přikázal, abychom se modlili pětkrát za den a noc? (Tím myslel pět povinných modliteb). Odpověděl: Bože, ano. Řekl: Ptám se tě při Bohu, to Bůh ti přikázal, abychom se postili tento měsíc? (Tím myslel měsíc ramadán.) Odpověděl: Bože, ano. Řekl: Ptám se tě při Bohu, to Bůh ti přikázal, abychom brali almužnu od svých bohatých a rozdělili ji svým chudým? (Tím myslel povinnou almužnu - zakát.) A Prorok (ať mu Bůh žehná a dá mír) odpověděl: Bože, ano. A tak Damám přijal islám a řekl Prorokovi (ať mu Bůh žehná a dá mír), že bude k islámu vyzývat svůj lid. A potom mu řekl, kdo je, že je Damám Ibn Th'alaba, z Baní Sa'ad Ibn Bakr.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Pokora Proroka (ať mu Bůh žehná a dá mír), protože tento muž nedokázal rozlišit mezi ním a jeho druhy (sahába).
 Dobré mravy Proroka (ať mu Bůh žehná a dá mír) a laskavost k tázajícímu a že hezký způsob odpovědi vede k přijetí výzvy.
 Povolení popsat člověka podle barvy jako bílý nebo červený, výšky a dalších jiných vlastností, které nejsou nedostatkem, pokud to tomu člověku nevadí.
 Povolení nevěřícímu vstoupit do mešity, pokud k tomu má nějaký důvod.
 V tomto hadíthu není zmíněna pouť (hadždž), možná z toho důvodu, že v této době ještě nebyla povinná.
 Zájem sahába vyzývat lidi k islámu - tento muž hned poté, co sám přijal islám, chtěl vyzývat k islámu svůj lid.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) o něčem mluvil a pak řekl: „To bude, když bude mizet vědění,</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>Zijád Ibn Labíd (ať je s ním Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) o něčem mluvil a pak řekl: „To bude, když bude mizet vědění,” a já jsem řekl: „Posle Boží, jak může zmizet vědění, když čteme Korán a čteme ho svým dětem a naše děti ho budou číst svým dětem a tak až do soudného dne?" A on odpověděl: „Ať tvá matka o tebe přijde! Myslel jsem si, že patříš mezi nejrozumnější muže v Medíně. Copak židé a křesťané nečtou Tóru a Evangelium, a přesto neznají jejich obsah?”"</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) seděl mezi svými druhy a řekl: To bude v době, kdy zmizí vědění mezi lidmi. Zijád Ibn Labíd al-Ansárí (ať je s ním Bůh spokojen) se podivil a zeptal se Proroka (ať mu Bůh žehná a dá mír): Jak může zmizet vědění, když čteme Korán, naučili jsme se ho nazpaměť a čteme ho svým dětem a ženám a naše děti ho budou číst svým dětem atd. A Prorok (ať mu Bůh žehná a dá mír) řekl s údivem: Považoval jsem tě za jednoho z učenců Medíny! A poté Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že vědění se neztratí tím, že by zmizel Korán, ale tím, že se jím lidé nebudou řídit. jako u Tóry a Evangelia, které stále existují u židů a křesťanů, ale k ničemu jim nejsou a nepochopili jejich smysl, a to je řídit se jimi.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Existence knih a Koránu mezi lidmi není k ničemu, pokud se jimi neřídí.
 Vědění zmizí z několika důvodů: smrt Proroka (ať mu Bůh žehná a dá mír), smrt učenců a to, že se lidé nebudou tímto věděním řídit.
 Jedním z příznaků blížícího se soudného dne je, že zmizí vědění a že se jím lidé nebudou řídit.
 Nabádání k řízení se věděním, protože cílem věděním je konat podle něj.</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[Zaznamenal ho Ibn Mádžah]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>Nevěřte lidem Knihy, ale ani neprohlašujte jejich slova za lživá a říkejte: {Uvěřili jsme v Boha a v to, co seslal nám…}</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že lidé Knihy četli Tóru hebrejsky a vysvětlovali ji arabsky muslimům a Prorok (ať mu Bůh žehná a dá mír) řekl: „Nevěřte lidem Knihy, ale ani neprohlašujte jejich slova za lživá a říkejte: {Uvěřili jsme v Boha a v to, co seslal nám…}[Kráva: 136] až do konce verše.”</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval svoji obec před tím, co jim vypráví lidé Knihy o svých knihách, a to proto, že židé v době Proroka (ať mu Bůh žehná a dá mír) četli Tóru hebrejsky, ale vysvětlovali ji arabsky. A Prorok (ať mu Bůh žehná a dá mír) řekl: Nevěřte lidem Knihy, ale ani neprohlašujte jejich slova za lživá v tom, o čem se neví, zda to je pravda nebo ne. A to proto, že Bůh nám nařídil věřit tomu, co bylo sesláno v Koránu,  i v to, co bylo sesláno jim, ale na druhou stranu nemáme jak zjistit, zda to, co o svých knihách říkají, je pravda nebo lež, pokud o tom není nic v Koránu. A tak by se o tom nemělo rozhodovat vůbec a neměli bychom jim věřit, abychom neměnili svaté knihy jako oni, ale také bychom neměli prohlašovat za lež, co říkají, protože by to mohlo být pravdivé a pak bychom odmítali něco, o čem nám bylo nařízeno tomu věřit. A tak nám Prorok (ať mu Bůh žehná a dá mír) nařídil, abychom říkali: {Uvěřili jsme v Boha a v to, co seslal nám, i v to, co seslal Abrahamovi, Ismaelovi, Izákovi, Jakubovi a kmenům, i v to, co bylo dáno Mojžíšovi, Ježíšovi, a v to, co bylo dáno prorokům od Pána jejich. My nečiníme rozdíl mezi nimi a do vůle Pána svého jsme odevzdáni!} [Kráva: 136]</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>To, o čem vypráví lidé Knihy, se dělí na tři druhy: první, který je v souladu s Koránem a sunnou, to je považováno za pravdivé, druhý, který je v rozporu s Koránem a sunnou, to je považováno za lživé a třetí, o kterém v Koránu a sunně není zmínka, to se může předávat dál, ale nemůže se to pokládat za pravdu ani za lež.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>„Neučte se vědění proto, abyste jím ohromovali učence, ani proto, abyste se jeho pomocí přeli s hlupáky</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>Džábir Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Neučte se vědění proto, abyste jím ohromovali učence, ani proto, abyste se jeho pomocí přeli s hlupáky nebo abyste dostali nejlepší místa, a tomu, kdo to udělá, patří oheň, oheň.”</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před hledáním vědění proto, aby se člověk povyšoval nad jiné, aby ohromoval učence a ukazoval se, že je učenec jako oni, anebo aby se jím přel s hlupáky anebo aby se mu dostalo prvních a nejlepších míst a měl přednost před ostatními. A kdo toto dělá, si zaslouží oheň, protože nehledal vědění jen kvůli Bohu a protože se chtěl předvádět před lidmi.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Hrozba ohněm tomu, kdo se učí vědění kvůli tomu, aby ohromoval, přel se jím s hlupáky nebo chtěl mít první místa před ostatními atd.
 Důležitost upřímného úmyslu pro toho, kdo hledá vědění, učí se mu nebo ho vyučuje.
 Úmysl je základem a smyslem všech činů a podle něj bude odměna.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>„Bůh uvedl příklad: přímou stezku,</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>An-Nawwás Ibn Sam’án al-Ansárí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bůh uvedl příklad: přímou stezku, po jejíchž stranách jsou zdi, ve kterých jsou otevřené dveře, přes které jsou závěsy. U začátku cesty je vyvolávač, který říká: „Lidé, vstupte všichni na tuto stezku a jděte po ní přímo." Nad touto stezkou je další vyvolávač, který když chce někdo otevřít některé ze dveří, říká: „Pryč, neotevírej je, pokud je otevřeš, vstoupíš do nich." A tato cesta je islám, zdi jsou hranice (nařízení) Boží, vyvolávač na začátku cesty  je Korán a vyvolávač nad cestou je Boží varovatel v srdci každého muslima.”</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh přirovnal islám k přímé stezce, která je rovná, bez záhybů a po jejích stranách vedou zdi. Tyto zdi představují Boží hranice (nařízení) a v těchto zdech jsou otevřené dveře, které představují Boží zákazy, přes tyto dveře visí závěsy, přes které člověk jdoucí po této cestě nevidí dovnitř. Na začátku této cesty je vyzývatel, který říká lidem, aby na tuto stezku vstoupili a šli po ní přímo, a tento vyzývatel je Korán. Nad cestou je další vyzývatel (průvodce), který varuje člověka, který chce odhrnout nějaký ze závěsů, aby to nedělal, protože kdyby to udělal, vstoupil by tam, a tento vyzývatel je Boží varovatel v srdci každého muslima.</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Islám je pravdivé náboženství a je to přímá stezka, která nás přivede do ráje.
 Povinnost dodržovat Boží nařízení, co povolil a co zakázal, a pokud to člověk zlehčuje, spadne do záhuby.
 Velká zásluha Koránu a nabádání k řízení se jím, protože v něm je správná cesta, světlo a blaženost.
 Milosrdenství Boží vůči Jeho služebníkům, když vložil do srdcí věřících to, co je varuje a brání jim, aby spadli do záhuby.
 Bůh ve Své milosrdnosti vytvořil svým služebníkům zábrany, které jim zabraňují spadnout do hříchu.
 Jedním ze způsobů učení je uvádět příklady pro lepší pochopení věci.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>k Poslu Božímu (ať mu Bůh žehná a dá mír) přišlo vnuknutí, když mu bylo čtyřicet,</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že k Poslu Božímu (ať mu Bůh žehná a dá mír) přišlo vnuknutí, když mu bylo čtyřicet, třináct let zůstal v Mekce a pak mu byla nařízena emigrace (hidžra), a tak emigroval do Medíny, zůstal v ní deset let a poté zemřel, ať mu Bůh žehná a dá mír.</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že k Poslu Božímu (ať mu Bůh žehná a dá mír) sestoupilo vnuknutí a byl vyslán k lidem, když mu bylo čtyřicet let, poté zůstal třináct let v Mekce a pak mu byla nařízena emigrace (hidžra), a tak emigroval do Medíny, zůstal v ní deset let a poté zemřel, ať mu Bůh žehná a dá mír, ve věku šedesáti tří let.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Zájem sahába o život Proroka (ať mu Bůh žehná a dá mír).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) neuměl rozlišit mezi súrami, dokud mu nebylo sesláno {Ve jménu Boha Milosrdného, Slitovného}</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) neuměl rozlišit mezi súrami, dokud mu nebylo sesláno {Ve jménu Boha Milosrdného, Slitovného}.</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vysvětlil, že když byly sesílány súry z Koránu, Prorok (ať mu Bůh žehná a dá mír) nevěděl, kde která začíná a končí, dokud mu nebylo sesláno: „Ve jménu Boha Milosrdného, Slitovného,” a podle toho věděl, kdy končí jedna súra a začne druhá.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>Slova: „Ve jménu Boha Milosrdného, Slitovného” rozdělují súry v Koránu kromě konce súry Kořist a začátku súry Pokání, protože súra Pokání tato slova na začátku neobsahuje.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>„Byl by někdo z vás rád, kdyby se vrátil domů a našel tam tři velké a silné březí velbloudice?</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Byl by někdo z vás rád, kdyby se vrátil domů a našel tam tři velké a silné březí velbloudice?” Řekli jsme: „Ano." Řekl: „Tak tři verše, které přednesete ve své modlitbě, jsou lepší než tři velké a silné březí velbloudice.“</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že odměna za recitaci tří veršů z Koránu v modlitbě je větší než vlastnit tři velké a silné březí velbloudice.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Velká zásluha recitace Koránu v modlitbě.
 Dobré skutky jsou lepší a trvalejší než pozemské potěšení, které není věčné.
 Tato odměna se netýká pouze tří veršů, ale čím více veršů člověk v modlitbě přednese, tím větší má odměnu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>„Tomu, kdo znal Korán, bude řečeno: Čti, povznes se a přednášej tak, jako jsi přednášel v pozemském životě, protože tvé místo je u posledního verše, který předneseš.”</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Tomu, kdo znal Korán, bude řečeno: Čti, povznes se a přednášej tak, jako jsi přednášel v pozemském životě, protože tvé místo je u posledního verše, který předneseš.”</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že tomu, kdo přednášel Korán, konal podle něj, pravidelně ho četl a učil se ho zpaměti, bude řečeno, když vstoupí do ráje: Čti a vystoupej tak po stupních ráje, přednášej Korán tak, jako jsi ho přednášel v pozemském životě, protože tvé místo je u posledního verše, který předneseš.</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Odměna je podle druhu a množství skutku.
 Nabádání ke čtení a přednášení Koránu, jeho učení se nazpaměť a konání podle něj.
 V ráji je mnoho stupňů a příbytků. Ten, kdo dobře znal Korán, dosáhne nejvyššího stupně v ráji.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...1 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>„Kdo čte Korán nahlas, je jako ten, kdo dává almužnu veřejně, a kdo čte Korán potichu, je jako ten, kdo dává almužnu tajně.”</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>‘Uqba Ibn ‘Ámir al-Džuhaní (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo čte Korán nahlas, je jako ten, kdo dává almužnu veřejně, a kdo čte Korán potichu, je jako ten, kdo dává almužnu tajně.”</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že kdo čte Korán nahlas, je jako ten, kdo dává almužnu veřejně, a kdo čte Korán potichu, je jako ten, kdo dává almužnu tajně.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Číst Korán potichu je lepší, stejně jako je lepší dávat almužnu tajně, protože je to upřímnější a vzdálenější od předvádění se před lidmi. Ale v případě, že je nějaký důvod a prospěch, jako učení Koránu, je lepší číst nahlas.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65055</t>
   </si>
   <si>
-    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+    <t>عليكم بتقوى الله، والسمع والطاعة، وإن عبدا حبشيا، وسترون من بعدي اختلافا شديدا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
   </si>
   <si>
     <t>Bojte se Boha, poslouchejte a buďte poslušní (svých vládců), i kdyby to byl habešský otrok. Uvidíte po mně mnoho rozporů, a tak se držte mé sunny a sunny pravověrných, správně vedených chalífů</t>
   </si>
   <si>
     <t>عن العِرْباضِ بن ساريةَ رضي الله عنه قال: قام فينا رسول الله صلى الله عليه وسلم ذات يوم، فوَعَظَنا مَوعظةً بليغةً وَجِلتْ منها القلوبُ، وذَرَفتْ منها العيونُ، فقيل: يا رسول الله، وعظتَنَا موعظةَ مُودِّعٍ فاعهد إلينا بعهد. فقال: «عليكم بتقوى الله، والسمع والطاعة، وإن عبدًا حبشيًّا، وسترون من بعدي اختلافًا شديدًا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين، عَضُّوا عليها بالنواجِذ، وإياكم والأمور المحدثات، فإن كل بدعة ضلالة».</t>
   </si>
   <si>
     <t>Al-‘Irbád Ibn Sáríja (ať je s ním Bůh spokojen) vyprávěl: „Jednoho dne se mezi námi postavil Posel Boží (ať mu Bůh žehná a dá mír) a kázal tak, že se naše srdce třásla a naše oči se zalily slzami, a někdo řekl Prorokovi: „Posle Boží, řekni nám kázání na rozloučenou a dej nám závazek." A on řekl: „Bojte se Boha, poslouchejte a buďte poslušní (svých vládců), i kdyby to byl habešský otrok. Uvidíte po mně mnoho rozporů, a tak se držte mé sunny a sunny pravověrných, správně vedených chalífů a držte se jí zuby a střezte se novot, protože každá novota je blouděním.”</t>
   </si>
   <si>
     <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، 
 فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، 
 قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، 
 والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، 
 ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، 
 وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) kázal svým druhům a jeho kázání bylo tak působivé, že se z něj třásla srdce a slzely oči. A jeho druhové řekli: Posle Boží,  jako by to bylo kázání na rozloučenou, protože viděli, že Prorok (ať mu Bůh žehná a dá mír) kázal více než jindy. Proto ho požádali o nějaké doporučení, kterého se budou držet, až zemře. A on řekl: Radím vám bohabojnost, tzn. konat povinnosti a dodržovat zákazy. A poslušnost vůči vašim vládcům, i kdyby vám vládl otrok - tím chtěl říct ten nejníže postavený člověk - tak jím neopovrhujte a poslouchejte ho, protože neposlušnost vůči vládci vede k pokušením a rozbrojům. A ten z vás, kdo bude žít, uvidí velké rozkoly a rozepře. Způsob, jak se jim vyhnout, je držet se sunny Proroka a sunny pravověrných, správně vedených chalífů, kteří přijdou po něm, tj. Abú Bakr as-Siddíq, ‘Umar Ibn al-Chattáb, ‘Uthmán Ibn ‘Affán a ‘Alí Ibn Abí Tálib (ať je s nimi se všemi Bůh spokojen). „Držet se jí zuby,” v arabštině doslova „zuby moudrosti,” znamená ji dodržovat. A varoval je před novotami v náboženství, protože každá novota (bid'a) je blouděním.</t>
   </si>
   <si>
     <t>أهمية التَّمَسُّكِ بالسُّنّة واتباعها.
 العناية بالمواعظ وترقيق القلوب.
 الأمر باتباع الخُلَفاء الراشدين المهديين الأربعة مِن بعده، وهم أبو بكر وعمر وعثمان وعلي رضي الله عنهم.
 النهيُ عن الابتداع في الدِّين، وأنّ كل البدع ضلالة.
 السمع والطاعة لمَن تولَّى أمر المؤمنين في غير معصية.
 أهمية تقوى الله عز وجل في كل الأوقات والأحوال.
 الاختلاف واقع في هذه الأمة، وعند حدوثِهِ يلزم الرجوعُ إلى سُنّة رسول الله صلى الله عليه وسلم والخلفاء الراشدين.</t>
   </si>
   <si>
     <t>Důležitost držet se sunny a následovat ji.
 Péče o kázání a zjemnění srdcí.
 Nařízení následovat čtyři pravověrné chalífy, což je Abú Bakr, ‘Umar, ‘Uthmán a ‘Alí (ať je s nimi Bůh spokojen).
 Zákaz vymýšlet novoty v náboženství a že každá novota je blouděním.
 Poslušnost tomu, kdo vládne věřícím, pokud v tom není hřích.
 Důležitost bohabojnosti v každé době a za každého stavu.
 Že v této obci budou rozpory a když k nim dojde, je třeba vrátit se k sunně Proroka (ať mu Bůh žehná a dá mír) a pravověrných chalífů.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65057</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>, kteří nás učili Korán, nám vyprávěli, že když četli s Poslem Božím (ať mu Bůh žehná a dá mír) deset veršů, nezačali číst dalších deset, dokud se nenaučili, co je v těchto desíti za vědění a konání skutků,</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>Abú ‘Abdirrahmán as-Sulamí (ať je s nimi Bůh spokojen) vyprávěl: „Ti z druhů Proroka (ať mu Bůh žehná a dá mír), kteří nás učili Korán, nám vyprávěli, že když četli s Poslem Božím (ať mu Bůh žehná a dá mír) deset veršů, nezačali číst dalších deset, dokud se nenaučili, co je v těchto desíti za vědění a konání skutků, a říkali: Naučili jsme se vědění a konání skutků."</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Sahába (ať je s nimi Bůh spokojen) se učili od Posla Božího (ať mu Bůh žehná a dá mír) deset veršů z Koránu a nezačali číst dalších deset, dokud se nenaučili, co je v těchto prvních desíti za vědění, a neřídili se podle nich, a tak se naučili vědění a konání skutků dohromady.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Velká zásluha sahába (ať je s nimi Bůh spokojen) a jejich velký zájem o učení se Koránu.
 Znalost Koránu spočívá v jeho znalosti a konání podle něj a ne pouze v jeho čtení a učení se ho nazpaměť.
 Znalost musí být slovem a činem.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>Abú al-Mundzire, víš, který verš z Boží knihy je pro tebe nejvelkolepější?” Řekl jsem: „{Bůh - není božstva kromě Něho, živého, trvalého!}[Kráva: 255]." A on mě poplácal po hrudi a řekl: „Při Bohu, vědění tě obšťastní, Abú al-Mundzire.“</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>Ubajj Ibn Ka'b (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Abú al-Mundzire, víš, který verš z Boží knihy je pro tebe nejvelkolepější?” Řekl jsem: „Bůh a Jeho Posel ví lépe." A on řekl: „Abú al-Mundzire, víš, který verš z Boží knihy je pro tebe nejvelkolepější?” Řekl jsem: „{Bůh - není božstva kromě Něho, živého, trvalého!}[Kráva: 255]." A on mě poplácal po hrudi a řekl: „Při Bohu, vědění tě obšťastní, Abú al-Mundzire.“"</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) se zeptal Ubajje Ibn Ka'ba, který verš z Boží knihy je nejvelkolepější. On si nebyl jistý, ale pak řekl, že to je Verš trůnu: {Bůh - není božstva kromě Něho, živého, trvalého!} A Prorok (ať mu Bůh žehná a dá mír) mu to potvrdil a poplácal ho po hrudi, čímž dal najevo, že bude plný vědění, a poprosil Boha, aby mu ulehčil nabývání vědění a dal mu v tom potěšení.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Záslužné činy Ubajje Ibn Ka'ba (ať je s ním Bůh spokojen).
 Verš trůnu je nejvelkolepější verš v Koránu a člověk by se ho měl naučit zpaměti, pochopit jeho význam a konat podle něj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>„Když se Prorok (ať mu Bůh žehná a dá mír) ukládal každý večer na lože, spojil dlaně, foukl do nich a přednášel do nich: {Rci: „On Bůh je jedinečný"} a {Rci: „Utíkám se v ochranu Pána záře jitřní"} a {Rci: „Utíkám se v ochranu Pána lidí"},</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla: „Když se Prorok (ať mu Bůh žehná a dá mír) ukládal každý večer na lože, spojil dlaně, foukl do nich a přednášel do nich: {Rci: „On Bůh je jedinečný"} a {Rci: „Utíkám se v ochranu Pána záře jitřní"} a {Rci: „Utíkám se v ochranu Pána lidí"}, poté si dlaněmi přetřel, kolik jen mohl ze svého těla, počínaje hlavou a tváří přes zbytek těla na přední straně, a to dělal třikrát."</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>Jedním ze správných způsobů Proroka (ať mu Bůh žehná a dá mír) bylo, že když se večer ukládal na lože, spojil dlaně jako při dua, jemně do nich foukl a recitoval do nich tři súry: {Rci: „On Bůh je jedinečný"} a {Rci: „Utíkám se v ochranu Pána záře jitřní"} a {Rci: „Utíkám se v ochranu Pána lidí"}. Poté si dlaněmi přetřel přední část těla počínaje hlavou a tváří a toto třikrát opakoval.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Doporučení před spaním přednést tyto tři súry, fouknout do dlaní a těmi přetřít co největší část těla.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65060</t>
   </si>
   <si>
-    <t>الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ</t>
+    <t>اليهود مغضوب عليهم، والنصارى ضلال</t>
   </si>
   <si>
     <t>„Židé jsou ti, na které se hněvá, a křesťané jsou ti, kteří bloudí.”</t>
   </si>
   <si>
     <t>عَنْ ‌عَدِيِّ بْنِ حَاتِمٍ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الْيَهُودُ مَغْضُوبٌ عَلَيْهِمْ، وَالنَّصَارَى ضُلَّالٌ».</t>
   </si>
   <si>
     <t>‘Adí Ibn Hátim (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Židé jsou ti, na které se hněvá, a křesťané jsou ti, kteří bloudí.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ اليهودَ قومٌ غَضِبَ اللهُ عليهم؛ لأنهم عرفوا الحقَّ ولم يعملوا به. 
 والنصارى قومٌ ضلال؛ لأنهم عَمِلوا بغير علم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že na židy se Bůh rozhněval, protože poznali pravdu a nekonali podle ní. A křesťané bloudí, protože konají špatně, aniž by to věděli.</t>
   </si>
   <si>
     <t>الجَمْعُ بين العلم والعمل نجاةٌ من سبيل المغضوب عليهم والضالين.
 التحذير من سبيل اليهود والنصارى، ولزوم الصراط المستقيم الذي هو الإسلام.
 كل من اليهود والنصارى ضال مغضوب عليه، لكن أَخَصُّ أوصافِ اليهود الغضبُ، وأَخَصُّ أوصاف النصارى الضلال.</t>
   </si>
   <si>
     <t>Spojení vědění a konání je záchrana před (Božím) hněvem a blouděním.
 Varování před cestou židů a křesťanů. Člověk se má řídit přímou cestou, což je islám.
 Židé i křesťané bloudí a Bůh se na ně hněvá, ale židům je blíže hněv Boží a křesťanům bloudění.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65061</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>A pokud uvidíš ty, kteří následují, co je v něm víceznačné, tak to jsou ti, o kterých mluvil Bůh, varujte se jich!</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla: „Posel Boží (ať mu Bůh žehná a dá mír) přednesl tento verš: {On je ten, jenž seslal ti Písmo, v němž některé verše jsou pevně stanovené, a ty jsou podstatou Písma, zatímco jiné jsou víceznačné. Ti, v jejichž srdcích je odchýlení, následují to, co je v něm víceznačné, usilujíce tak o rozkol a snažíce se o svévolný výklad toho; však nezná výklad toho nikdo kromě Boha. Ti však, kdož pevni jsou ve vědění, hovoří: „My v ně jsme uvěřili; vše, co obsahuje, od Pána našeho je!“ A připomínají si to jedině ti, kdož rozmyslem jsou obdařeni.} [Rod ‘Imránův: 7] a poté řekl: „A pokud uvidíš ty, kteří následují, co je v něm víceznačné, tak to jsou ti, o kterých mluvil Bůh, varujte se jich!”"</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) přednesl tento verš: {On je ten, jenž seslal ti Písmo, v němž některé verše jsou pevně stanovené, a ty jsou podstatou Písma, zatímco jiné jsou víceznačné. Ti, v jejichž srdcích je odchýlení, následují to, co je v něm víceznačné, usilujíce tak o rozkol a snažíce se o svévolný výklad toho; však nezná výklad toho nikdo kromě Boha. Ti však, kdož pevni jsou ve vědění, hovoří: „My v ně jsme uvěřili; vše, co obsahuje, od Pána našeho je!“ A připomínají si to jedině ti, kdož rozmyslem jsou obdařeni.} V tomto verši Bůh řekl, že On seslal Svému Proroku Korán, jehož některé verše jsou pochopitelné a jasně ukazují na nějaké nařízení. Ty jsou základem Knihy a hlavním zdrojem při rozdílných názorech. A některé další verše jsou víceznačné, pro některé lidi nepochopitelné a někteří si myslí, že jsou v rozporu s jinými verši. Poté Bůh vysvětlil, jak někteří lidé přistupují k těmto veršům, a řekl, že ti, v jejichž srdcích je odchýlení, vyhledávají verše, které jsou víceznačné, a usilují tak o rozkol a snaží se, aby lidé zbloudili, a také si tyto verše vykládají tak, aby to bylo v souladu s jejich touhami, zatímco ti, kdo jsou pevní ve víře, ví, že to jsou víceznačné verše, a buď je dokáží vysvětlit pomocí jasných veršů, anebo věří a vědí, že tyto verše jsou od Boha, a proto nemohou být v rozporu s jinými verši. A poté Prorok (ať mu Bůh žehná a dá mír) řekl ‘Áiše, matce věřících, že pokud uvidí ty, kteří vyhledávají víceznačné verše, tak to jsou ti, o kterých Bůh řekl, že to jsou {Ti, v jejichž srdcích je odchýlení}, a že se jich má varovat a nenaslouchat jim.</t>
   </si>
@@ -14154,1559 +14962,2448 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Arabský výraz muhkam týkající se Koránu má význam jasného textu, který jasně ukazuje na určitý význam nebo nařízení. A arabský výraz mutašábih týkající se Koránu má význam víceznačného textu, který je nejasný a je třeba se nad ním zamyslet pomocí jiných textů, aby byl pochopen jeho význam.
 Varování před družením se s lidmi, v jejichž srdcích je odchýlení, těmi, kdo přinášejí novoty, a těmi, kdo vytváří rozpory, aby jimi uvedli ostatní v blud a vyvolali v nich pochybnosti.
 Na konci verše Bůh řekl: {A připomínají si to jedině ti, kdož rozmyslem jsou obdařeni}, což je chvála těch, kdo věří ve všechny verše. Znamená to, že ti, kdo si to neuvědomují a následují své touhy, nejsou nadáni rozmyslem.
 Vyhledávání víceznačného je příčinou odchýlení srdce.
 Povinnost vysvětlovat víceznačné verše podle veršů, které mají jasný význam.
 Bůh učinil některé verše jasné a jiné víceznačné zkouškou pro lidi, aby se odlišili ti, kteří upřímně věří, od těch, kteří bloudí.
 Na existenci víceznačných veršů se ukazuje potřeba a zásluha učenců a také to, že lidský rozum je omezený a podřízený svému Stvořiteli.
 Velká zásluha těch, kdo jsou pevní ve vědění.
 Ti, kdo vykládají Korán, mají dva názory na to, kde se ve verši zastavit. Zda na slově {Bůh} u {však nezná výklad toho nikdo kromě Boha. Ti však, kdož pevni jsou ve vědění…} - pak je slovo výklad skutečně v tomto významu a týká se věcí, které zná jen Bůh, jako kdy přijde soudný den, co je to duše atd. Anebo se na slově {Bůh} nezastavovat, pak má verš význam: však nezná výklad toho nikdo kromě Boha a ti, kdož pevni jsou ve vědění… a týká se to věcí, které učenci dokáží vysvětlit podle jasných veršů. Význam tedy znají učenci i Bůh.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65062</t>
   </si>
   <si>
-    <t>مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ</t>
+    <t>ما من رجل يذنب ذنبا، ثم يقوم فيتطهر، ثم يصلي، ثم يستغفر الله، إلا غفر الله له</t>
   </si>
   <si>
     <t>„Není člověka který by udělal nějaký hřích, pak vstal a očistil se, pak se pomodlil a pak poprosil Boha o odpuštění, aniž by mu Bůh odpustil.”</t>
   </si>
   <si>
     <t>‌عن عَلِيٍّ قَالَ: إِنِّي كُنْتُ رَجُلًا إِذَا سَمِعْتُ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ حَدِيثًا نَفَعَنِي اللهُ مِنْهُ بِمَا شَاءَ أَنْ يَنْفَعَنِي بِهِ، وَإِذَا حَدَّثَنِي رَجُلٌ مِنْ أَصْحَابِهِ اسْتَحْلَفْتُهُ، فَإِذَا حَلَفَ لِي صَدَّقْتُهُ، وَإِنَّهُ حَدَّثَنِي ‌أَبُو بَكْرٍ، وَصَدَقَ أَبُو بَكْرٍ، قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَا مِنْ رَجُلٍ يُذْنِبُ ذَنْبًا، ثُمَّ يَقُومُ فَيَتَطَهَّرُ، ثُمَّ يُصَلِّي، ثُمَّ يَسْتَغْفِرُ اللهَ، إِلَّا غَفَرَ اللهُ لَهُ»، ثُمَّ قَرَأَ هَذِهِ الْآيَةَ: {وَالَّذِينَ إِذَا فَعَلُوا فَاحِشَةً أَوْ ظَلَمُوا أَنْفُسَهُمْ ذَكَرُوا اللهَ فَاسْتَغْفَرُوا لِذُنُوبِهِمْ} [آل عمران: 135].</t>
   </si>
   <si>
     <t>‘Alí vyprávěl: „Byl jsem člověkem, kterému když slyšel něco od Posla Božího (ať mu Bůh žehná a dá mír), tím Bůh prospěl tolik, kolik chtěl. A když mi někdo z jeho druhů něco vyprávěl, nechal jsem ho přísahat, a když přísahal, uvěřil jsem mu. A Abú Bakr mi vyprávěl (a Abú Bakr je pravdomluvný), že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Není člověka který by udělal nějaký hřích, pak vstal a očistil se, pak se pomodlil a pak poprosil Boha o odpuštění, aniž by mu Bůh odpustil.” A pak přednesl tento verš: {a ty, kteří potom, co spáchali hanebnost či sami sobě ukřivdili, vzpomínají Boha a prosí Jej za odpuštění hříchů svých } [Rod ‘Imránúv: 135].</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ما مِن عبدٍ يُذنبُ ذنبًا، فيحسن الوضوء، ثم يقوم فيصلي ركعتين بنية التوبة عن ذنبه هذا، ثم يستغفر الله، إلا غفر الله له. 
 ثم قَرأ النبيُّ صلى الله عليه وسلم قولَه تعالى: 
 {والذين إذا فعلوا فاحشة أو ظلموا أنفسهم ذكروا الله فاستغفروا لذنوبهم ومن يغفر الذنوب إلا الله ولم يصروا على ما فعلوا وهم يعلمون} 
 [آل عمران: 135].</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že není člověka který by udělal nějaký hřích, pak vstal a udělal pořádně malou očistu, pak se pomodlil dvě raka'a s úmyslem, že se kaje Bohu za tento hřích, a pak poprosil Boha o odpuštění, aniž by mu Bůh odpustil. Poté Prorok (ať mu Bůh žehná a dá mír) přednesl tento verš: {a ty, kteří potom, co spáchali hanebnost či sami sobě ukřivdili, vzpomínají Boha a prosí Jej za odpuštění hříchů svých}. [Rod ‘Imránúv: 135]</t>
   </si>
   <si>
     <t>الحثُّ على الصلاة ثم الاستغفار بعد الذنب.
 سَعَةُ مغفرةِ الله عز وجل وقبوله للتوبة والاستغفار.</t>
   </si>
   <si>
     <t>Nabádání k modlitbě a prosbě za odpuštění, pokud člověk spáchal nějaký hřích.
 Rozlehlé odpuštění Boží a Jeho přijetí kajícnosti a prosby za odpuštění.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65063</t>
   </si>
   <si>
-    <t>يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ</t>
+    <t>يحسب ما خانوك وعصوك وكذبوك وعقابك إياهم</t>
   </si>
   <si>
     <t>Bude spočteno, kolik tě podváděli, neposlouchali a lhali, a tvůj trest jim</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ رَجُلًا قَعَدَ بَيْنَ يَدَيِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ لِي مَمْلُوكِينَ يَكْذِبُونَنِي وَيَخُونُونَنِي وَيَعْصُونَنِي، وَأَشْتُمُهُمْ وَأَضْرِبُهُمْ، فَكَيْفَ أَنَا مِنْهُمْ؟ قَالَ: «يُحْسَبُ مَا خَانُوكَ وَعَصَوْكَ وَكَذَّبُوكَ وَعِقَابُكَ إِيَّاهُمْ، فَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ بِقَدْرِ ذُنُوبِهِمْ كَانَ كَفَافًا، لَا لَكَ وَلَا عَلَيْكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ دُونَ ذُنُوبِهِمْ كَانَ فَضْلًا لَكَ، وَإِنْ كَانَ عِقَابُكَ إِيَّاهُمْ فَوْقَ ذُنُوبِهِمُ اقْتُصَّ لَهُمْ مِنْكَ الْفَضْلُ»، قَالَ: فَتَنَحَّى الرَّجُلُ فَجَعَلَ يَبْكِي وَيَهْتِفُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَمَا تَقْرَأُ كِتَابَ اللهِ: {وَنَضَعُ الْمَوَازِينَ الْقِسْطَ لِيَوْمِ الْقِيَامَةِ فَلا تُظْلَمُ نَفْسٌ شَيْئًا}، الْآيَةَ»، فَقَالَ الرَّجُلُ: وَاللهِ يَا رَسُولَ اللهِ، مَا أَجِدُ لِي وَلهُمْ شَيْئًا خَيْرًا مِنْ مُفَارَقَتِهِمْ، أُشْهِدُكَ أَنَّهُمْ أَحْرَارٌ كُلُّهُمْ.</t>
   </si>
   <si>
     <t>‘Áiša (ať je s ní Bůh spokojen) vyprávěla, že jeden muž seděl u Proroka (ať mu Bůh žehná a dá mír) a řekl: „Posle Boží, mám dva otroky, kteří mi lžou, podvádí a neposlouchají. A já jim nadávám a biju je. Jak na tom budeme (v soudný den)?" A on řekl: „Bude spočteno, kolik tě podváděli, neposlouchali a lhali, a tvůj trest jim. Pokud bude tvůj trest stejný jako jejich hříchy, vyrovná se to, pokud bude tvůj trest menší než jejich hříchy, bude to pro tebe k dobru a pokud bude tvůj trest větší než jejich hříchy, odeberou oni tobě část dobra.” A tento muž začal plakat a sténat a Posel Boží (ať mu Bůh žehná a dá mír) řekl: 
 „Copak nečteš knihu Boží: {A postavíme v den zmrtvýchvstání váhu spravedlivou a nebude duše žádná o nic ošizena…}” A tento muž řekl: „Při Bohu, Posle Boží, nenacházím pro sebe a pro ně nic lepšího, než abychom se rozdělili. Dosvědči, že jsou všichni svobodní."</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم يشكو مِن تصرّفات عبيده، وأنهم يكذبونه في الخبر، ويخونونه في الأمانة، ويغشّون في المعاملة، ويعصونه في الأمر، وهو يشتمهم ويضربهم تأديبًا لهم، فسأله عن حاله يوم القيامة معهم؟ 
 فقال عليه الصلاة والسلام: يُحسَب ما خانوك وعصوك وكذَّبوك ويحسَب عقابك لهم، فإذا تساوى مقدار العقاب مع ذنوبهم فما لك شيء، ولا عليك شيء، وإن كان مقدار عقابك لهم أقل مِن ذنوبهم، كان فضلًا وزيادةً لك في الأجر، 
 وإن كان عقابك لهم أكثر من ذنوبهم عُوقِبْتَ، وأُخِذ منك القدر الزائد وأُعطي لهم، 
 فتنحَّى الرجل وجعل يبكي ويعلو صوته، 
 فقال له رسول الله صلى الله عليه وسلم: أما تقرأ كتاب الله: 
 {ونضع الموازين القسط ليوم القيامة فلا تُظلم نفسٌ شيئًا، وإن كان مثقال حبة من خردل أتينا بها وكفى بنا حاسبين} [الأنبياء: 47]، 
 فلا يُظلم أحدٌ شيئًا يوم القيامة، وتكون الموازين بين الناس بالعدل، 
 فقال الرجل: والله يا رسول الله، لا أجِد لي ولهم شيئًا أفضل مِن مُفارَقتهم وتركِهم، أُشْهِدُك أنهم أحرار لوجه الله كلّهم؛ خشية الحساب والعذاب.</t>
   </si>
   <si>
     <t>Jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a stěžoval si na chování svých otroků, že mu lžou, podvádí ho a neposlouchají ho, a že on jim nadává a bije je, aby je vychoval, a zeptal se ho, jak na tom bude v soudný den. A Prorok (ať mu Bůh žehná a dá mír) mu odpověděl: Bude spočteno kolik tě podvedli, neposlouchali a lhali a jak jsi je trestal. Pokud bude tvůj trest stejný jako jejich hříchy, vyrovná se to a nikdo z vás nebude potrestán, pokud bude tvůj trest menší než jejich hříchy, bude to pro tebe k dobru a budeš mít větší odměnu. A pokud bude tvůj trest větší než jejich hříchy, odeberou oni tobě část dobra a tvých dobrých skutku. A tento muž začal plakat a sténat a Posel Boží (ať mu Bůh žehná a dá mír) řekl: Copak nečteš knihu Boží: {A postavíme v den zmrtvýchvstání váhu spravedlivou a nebude duše žádná o nic ošizena; a i kdyby to mělo jen váhu zrna hořčičného, My je přineseme. A my stačíme si jako účetní.} [Proroci: 47] A nikomu nebude ukřivděno. A tento muž řekl: Při Bohu, Posle Boží, nenacházím nic lepšího pro sebe a pro ně, než abychom se rozdělili, dosvědči, že jsou všichni svobodní. A osvobodil své otroky kvůli Bohu a ze strachu před trestem.</t>
   </si>
   <si>
     <t>صدق الصحابي في تحريره لعبيده خوفًا من عذاب الله.
 الاقتصاص من الظالم إن كان مساويًا لمقدار الظلم أو أقل منه فهو جائز، أما الزيادة فهي محرمة.
 الحثُّ على حسن معاملة الخدم والضعفاء.</t>
   </si>
   <si>
     <t>Upřímnost toho muže, protože propustil svoje  otroky na svobodu ze strachu před Božím trestem.
 Odplata je povolená, pokud je stejná nebo menší než křivda. Pokud je větší, je zakázaná.
 Nabádání k hezkému a dobrému chování ke sluhům a slabým.</t>
   </si>
   <si>
     <t>ضعيف</t>
   </si>
   <si>
     <t>[Slabý (D’aíf)]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65065</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Není snad Ten, který mu v pozemském životě dal chodit po nohou, mocný toho, aby mu dal v soudný den chodit po tváři?</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>Qatáda (ať se Bůh smiluje nad jeho duší) vyprávěl: „Anas Ibn Málik (ať je s ním Bůh spokojen) nám vyprávěl, že jeden muž řekl: „Proroku Boží, jak bude nevěřící v soudný den vzkříšen na tváři?" A on odpověděl: „Není snad Ten, který mu v pozemském životě dal chodit po nohou, mocný toho, aby mu dal v soudný den chodit po tváři?” A Qatáda pravil: „Ano, při moci našeho Pána."</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) byl tázán, jak může být nevěřící v soudný den vzkříšen na obličeji? A Prorok (ať mu Bůh žehná a dá mír) odpověděl: Není snad Ten, který mu dal v pozemském životě chodit po nohou, mocný toho, aby mu dal v soudný den chodit po tváři? A Bůh je každé věci mocný.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Hanba nevěřících v soudný den, protože budou chodit po tváři.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>Řekni: „Není boha kromě Boha," a já ti je (tato slova) dosvědčím v soudný den</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl svému strýci: „Řekni: „Není boha kromě Boha," a já ti je (tato slova) dosvědčím v soudný den.” A on řekl: „Kdyby mě Qurajšovci neuráželi a neříkali: „Udělal to, protože se bál," tak bych jimi svlažil tvé oči." A tehdy Bůh seslal: {Nemůžeš vést ty, které bys rád vedl, avšak Bůh, ten vede, koho chce.} [Příběh: 56]</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) žádal svého strýce Abú Táliba, když ležel na smrtelné posteli, aby vyslovil šahádu (vyznání, že není boha kromě Boha), aby se za něj díky ní přimluvil v soudný den a dosvědčil mu, že je muslim, ale on odmítnul, protože se bál, že ho Qurajšovci budou urážet a budou o něm říkat, že přijal islám, protože se bál smrti a byl slabý. A řekl Prorokovi (ať mu Bůh žehná a dá mír), že kdyby toho nebylo, tak by přijal islám a udělal by mu tím radost. A pak Bůh seslal verš, který dokazuje, že Prorok (ať mu Bůh žehná a dá mír) nemůže přivést k islámu, koho by rád, ale že jen Bůh může přivést k islámu, koho On chce, a že Prorok (ať mu Bůh žehná a dá mír) pouze poskytuje důkazy a vedení a vyzývá k islámu.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Člověk by neměl opouštět pravdu ze strachu před lidmi.
 Prorok (ať mu Bůh žehná a dá mír) pouze poskytuje důkazy a vedení a vyzývá k islámu.
 Povolení navštívit nemocného nevěřícího, aby byl pozván k islámu.
 Snaha Proroka (ať mu Bůh žehná a dá mír) vyzývat k Všemohoucímu Bohu za všech okolností.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65069</t>
   </si>
   <si>
-    <t>إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً</t>
+    <t>إن الذي تقول وتدعو إليه لحسن، لو تخبرنا أن لما عملنا كفارة</t>
   </si>
   <si>
     <t>Věru, že to, co říkáš a k čemu vyzýváš, je dobré, kdybys nám oznámil, zda by pro to, co jsme dělali, bylo nějaké vykoupení?</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا: أَنَّ نَاسًا مِنْ أَهْلِ الشِّرْكِ، كَانُوا قَدْ قَتَلُوا وَأَكْثَرُوا، وَزَنَوْا وَأَكْثَرُوا، فَأَتَوْا مُحَمَّدًا صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالُوا: إِنَّ الَّذِي تَقُولُ وَتَدْعُو إِلَيْهِ لَحَسَنٌ، لَوْ تُخْبِرُنَا أَنَّ لِمَا عَمِلْنَا كَفَّارَةً، فَنَزَلَ {وَالَّذِينَ لا يَدْعُونَ مَعَ اللهِ إِلَهًا آخَرَ وَلا يَقْتُلُونَ النَّفْسَ الَّتِي حَرَّمَ اللهُ إِلا بِالْحَقِّ وَلا يَزْنُونَ}[الفرقان: 68]، وَنَزَلَت: {قُلْ يَا عِبَادِيَ الَّذِينَ أَسْرَفُوا عَلَى أَنْفُسِهِمْ لا تَقْنَطُوا مِنْ رَحْمَةِ اللهِ} [الزمر: 53].</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že někteří lidé z polyteistů mnoho zabíjeli a mnoho cizoložili a pak přišli k Muhammadovi (ať mu Bůh žehná a dá mír) a řekli: „Věru, že to, co říkáš a k čemu vyzýváš, je dobré, kdybys nám oznámil, zda by pro to, co jsme dělali, bylo nějaké vykoupení?" A bylo sesláno: {a kdož nevzývají spolu s Bohem žádná božstva jiná a nezabíjejí duši žádnou, jejíž zabití Bůh
 zakázal - leda podle práva, a nesmilní.} [Spásné zjevení: 68]. A bylo sesláno: {Rci: „Služebníci moji, kteří jste se dopustili přestupků proti sobě samým, neztrácejte naději v milosrdenství Boží"} [Skupiny: 53].</t>
   </si>
   <si>
     <t>جاء رجالٌ مِن المشركين للنبيِّ صلى الله عليه وسلم وكانوا قد أكثروا مِن القتل والزنا، فقالوا للنبي: إنّ ما تدعو إليه مِن الإسلام وتعاليمِه شيءٌ حسنٌ، ولكن ما حالُنا وما وَقَعنا فيه مِن الشرك والكبائر، هل له كفّارة؟
 فنزلت الآيتان، حيث قَبِل الله من الناس التَّوبة مع كثرة ذنوبهم وعِظمِها، ولولا ذلك لاستمرُّوا على كفرهم وطغيانهم ولَمَا دخلوا في هذا الدِّين.</t>
   </si>
   <si>
     <t>K Prorokovi (ať mu Bůh žehná a dá mír) přišli muži z polyteistů. Tito muži mnoho zabíjeli a cizoložili a řekli Prorokovi: To, co říkáš a k čemu vyzýváš, (islám a jeho učení) je dobré, ale je pro to, co jsme dělali (polyteismus a velké hříchy), nějaké vykoupení?
 A byly seslány dva verše, kde se hovoří o tom, že Bůh přijal od lidí pokání, přestože páchali mnoho velkých hříchů. A kdyby to tak nebylo, zůstali by nevěřícími a nikdy by tuto víru nepřijali.</t>
   </si>
   <si>
     <t>فضلُ الإسلام وعظمتُه وأنه يهدِمُ ما قَبله من الذنوب.
 سعة رحمة الله بعباده ومغفرته وعفوه.
 تحريم الشرك، وتحريم قتل النفس بغير حق، وتحريم الزنا، ووعيد مَن يَقترف هذه الذنوب.
 التوبة الصادقة المقترنة بالإخلاص والعمل الصالح تكفّر جميع الكبائر بما فيها الكفر بالله تعالى.
 تحريم القُنُوْطِ واليأسِ مِن رحمةِ الله سبحانه.</t>
   </si>
   <si>
     <t>Velké dobro islámu a jeho velkolepost. Tomu, kdo ho přijme, budou odpuštěny všechny jeho hříchy.
 Velké Boží milosrdenství a odpuštění Jeho služebníkům.
 Zákaz přidružování k Bohu, bezprávného zabíjení lidí, cizoložství a smilstva. Tomu, kdo tyto hříchy dělá, hrozí velký trest.
 Upřímné pokání spojené s dobrými skutky je příčinou odpuštění všech hříchů včetně nevíry v Boha.
 Zákaz ztrácení naděje v Boží milosrdenství.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65071</t>
   </si>
   <si>
-    <t>اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ</t>
+    <t>اذهب إليه فقل له: إنك لست من أهل النار، ولكن من أهل الجنة</t>
   </si>
   <si>
     <t>Běž k němu a řekni mu: „Ty nepatříš mezi obyvatele ohně, ale mezi obyvatele ráje."”</t>
   </si>
   <si>
     <t>عَنْ ‌أَنَسِ بْنِ مَالِكٍ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ افْتَقَدَ ثَابِتَ بْنَ قَيْسٍ، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَعْلَمُ لَكَ عِلْمَهُ، فَأَتَاهُ فَوَجَدَهُ جَالِسًا فِي بَيْتِهِ، مُنَكِّسًا رَأْسَهُ، فَقَالَ: مَا شَأْنُكَ؟ فَقَالَ شَرٌّ، كَانَ يَرْفَعُ صَوْتَهُ فَوْقَ صَوْتِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَدْ حَبِطَ عَمَلُهُ، وَهُوَ مِنْ أَهْلِ النَّارِ، فَأَتَى الرَّجُلُ فَأَخْبَرَهُ أَنَّهُ قَالَ كَذَا وَكَذَا، فَرَجَعَ الْمَرَّةَ الْآخِرَةَ بِبِشَارَةٍ عَظِيمَةٍ، فَقَالَ: «اذْهَبْ إِلَيْهِ فَقُلْ لَهُ: إِنَّكَ لَسْتَ مِنْ أَهْلِ النَّارِ، وَلَكِنْ مِنْ أَهْلِ الْجَنَّةِ».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) hledal Thábita Ibn Qajse a jeden muž mu řekl: „Posle Boží, já ti to zjistím." Přišel k němu a uviděl ho sedět se sklopenou hlavou. Zeptal se ho: „Co se ti stalo?" A on odpověděl: „Zlo, zvýšil jsem hlas nad hlas Proroka (ať mu Bůh žehná a dá mír) a všechny moje skutky byly ztraceny a stal jsem se obyvatelem ohně." A muž vyprávěl Prorokovi, co (Thábit) řekl, a pak se k němu mohl vrátit s radostnou zprávou, protože  Prorok mu řekl: „Běž k němu a řekni mu: „Ty nepatříš mezi obyvatele ohně, ale mezi obyvatele ráje."”</t>
   </si>
   <si>
     <t>افتَقَدَ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ ثابتَ بن قيس رضي الله عنه وسَألَ عنه، فقال رَجلٌ: أنا أَجِدُ لك خَبرَه، وسببَ تغيُّبِه، فذهَبَ إليه فوجَدَه حَزينًا مُطرقاً رَأسَه في بَيتِه، فسَأَلَه: ما شأنُكَ؟ فأخبَرَه ثابتٌ ما به مِن الشَّرِّ؛ لأنَّه كان يَرفَعُ صَوْتَه فوقَ صَوتِ النَّبيِّ صلَّى اللهُ عليه وسلَّمَ، وقدْ تَوعَّدَ اللهُ من فعل ذلك ببطلان عمَلِه، وأنه من أهل النار!
 فرجَع الرَّجلُ إلى النَّبيِّ صلَّى اللهُ عليه وسلَّمَ وأخبَرَه بذلك، فأمَرَه النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنْ يَرجِعَ إلى ثابتٍ ويبشِّره بأنَّه ليس مِن أهلِ النَّارِ ولكن من أهلِ الجَنَّةِ، وذلك لأنَّ صَوتَه كان مُرتفِعًا خِلْقةً، ولأنَّه كان خَطيبَ رَسولِ اللهِ صلَّى اللهُ عليه وسلَّمَ، وخَطيبَ الأنْصارِ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) hledal Thábita Ibn Qajse a ptal se na něj a jeden muž mu řekl: Posle Boží, já ti zjistím, co s ním je. Šel k němu a  našel ho doma nešťastného sedět se sklopenou hlavou. Zeptal se ho: Co se ti stalo? A Thábit mu řekl o zlu, které se mu stalo, že zvýšil hlas nad hlas Proroka (ať mu Bůh žehná a dá mír), a Bůh řekl, že všechny skutky toho, kdo toto udělá, budou ztraceny a stane se obyvatelem ohně!
 Tento muž se pak vrátil k Prorokovi (ať mu Bůh žehná a dá mír) a vyprávěl mu, co se stalo. A Prorok (ať mu Bůh žehná a dá mír) mu nařídil, ať se k němu (Thábitovi) vrátí s dobrou zprávou, že nepatří mezi obyvatele ohně, ale mezi obyvatele ráje, protože jeho hlas byl vyšší pouze svou přirozeností, protože byl mluvčím Posla Božího (ať mu Bůh žehná a dá mír) a mluvčím ansárů.</t>
   </si>
   <si>
     <t>بيان فضل ثابت بن قيس رضي الله عنه وأنّه مِن أهل الجنة.
 اهتمام النبي صلى الله عليه وسلم بالصحابة وتفقُّده لهم.
 خشية الصحابة رضوان الله عليهم وخوفهم مِن أن تُحْبَطَ أعمالُهم.
 وجوب الأدب في خِطابِه صلى الله عليه وسلم في حياتِه، وخفض الأصوات عند سماع سُنّتِه بعد وفاته.</t>
   </si>
   <si>
     <t>Velká zásluha Thábita Ibn Qajse (ať je s ním Bůh spokojen) a že patří mezi obyvatele ráje.
 Starost Proroka (ať mu Bůh žehná a dá mír) o jeho druhy a že je hledal.
 Strach sahába (ať je s nimi Bůh spokojen), aby jejich skutky nebyly ztraceny.
 Povinnost slušného chování při oslovení Proroka (ať mu Bůh žehná a dá mír) za jeho života a povinnost ztichnout při poslouchání jeho sunny po jeho smrti.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65073</t>
   </si>
   <si>
-    <t>يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا</t>
+    <t>يا أيها الناس، إن الله قد أذهب عنكم عبية الجاهلية وتعاظمها بآبائها</t>
   </si>
   <si>
     <t>Lidé! Věru, že Bůh od vás odňal namyšlenost doby nevědomosti a její chvástání se vašimi otci (původem)</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عُمَرَ رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَ النَّاسَ يَوْمَ فَتْحِ مَكَّةَ، فَقَالَ: «يَا أَيُّهَا النَّاسُ، إِنَّ اللهَ قَدْ أَذْهَبَ عَنْكُمْ عُبِّيَّةَ الْجَاهِلِيَّةِ وَتَعَاظُمَهَا بِآبَائِهَا، فَالنَّاسُ رَجُلَانِ: بَرٌّ تَقِيٌّ كَرِيمٌ عَلَى اللهِ، وَفَاجِرٌ شَقِيٌّ هَيِّنٌ عَلَى اللهِ، وَالنَّاسُ بَنُو آدَمَ، وَخَلَقَ اللهُ آدَمَ مِنْ تُرَابٍ، قَالَ اللهُ: {يَا أَيُّهَا النَّاسُ إِنَّا خَلَقْنَاكُمْ مِنْ ذَكَرٍ وَأُنْثَى وَجَعَلْنَاكُمْ شُعُوبًا وَقَبَائِلَ لِتَعَارَفُوا إِنَّ أَكْرَمَكُمْ عِنْدَ اللهِ أَتْقَاكُمْ إِنَّ اللهَ عَلِيمٌ خَبِيرٌ} [الحجرات: 13]».</t>
   </si>
   <si>
     <t>Ibn ‘Umar (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) kázal lidem v den dobytí Mekky a řekl: „Lidé! Věru, že Bůh od vás odňal namyšlenost doby nevědomosti a její chvástání se vašimi otci (původem). Lidé se dělí na dva: zbožného, bohabojného, drahého Bohu a hříšného, nevěřícího, nepatrného pro Boha. Všichni lidé jsou synové Adama a Bůh stvořil Adama z prachu. Pravil Bůh: {Lidé, věru jsme vás stvořili z muže a ženy a učinili jsme z vás národy a kmeny, abyste se vzájemně poznali. Avšak nejvznešenější z vás před Bohem je ten, kdo je nejbohabojnější - a Bůh je vševědoucí a dobře zpravený.} [Komnaty: 13].</t>
   </si>
   <si>
     <t>خَطَبَ النبيُّ صلى الله عليه وسلم الناس يومَ فتحِ مكة فقال: يا أيها الناس إن الله قد رفع وأزال عنكم كِبْرَ الجاهليةِ ونَخْوَتَها، والفخرَ بالآباء، وإنما الناس على نوعين:
 إما مؤمنٌ بَرٌّ تقيٌّ طائعٌ عابدٌ لله عزوجل، فهذا كريمٌ على الله، وإنْ لم يكن ذا حَسَبٍ أو نَسَبٍ عند الناس.
 وإما كافرٌ فاجرٌ شقيٌّ، وهذا هيِّنٌ ذليل على الله، ولا يساوي شيئًا، وإنْ كان ذا حَسَبٍ وله جاه وسلطان.
 والناس كلُّهم أبناء آدم، وخلقَ اللهُ آدمَ من التراب، فلا يليق بمن أصله من تراب أن يتكبَّرَ ويُعْجَبَ بنفسه، ومصداق ذلك قول الله عز وجل: {يا أيها الناس إنا خلقناكم من ذكر وأنثى وجعلناكم شعوبا وقبائل لتعارفوا إن أكرمكم عند الله أتقاكم إن الله عليم خبير} [الحجرات: 13].</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) kázal lidem v den dobytí Mekky a řekl: Lidé! Věru, že Bůh od vás odňal namyšlenost doby nevědomosti a její chvástání se vaším původem. Jsou jen dva druhy lidí:
 Buď věřící, zbožný a bohabojný, který poslouchá a uctívá Boha, a takový je Bohu drahý, i kdyby neměl žádný vznešený původ a dobré postavení mezi lidmi.
 Nebo nevěřící, hříšný, a ten je pro Boha nicotný a nic pro Něj neznamená, i kdyby měl dobrý původ a postavení a moc mezi lidmi.
 A všichni lidé jsou synové Adama a Bůh stvořil Adama z prachu, a tak tomu, kdo pochází z prachu, nepřísluší, aby byl pyšný na sebe a svůj původ, jak to potvrzují Boží slova: {Lidé, věru jsme vás stvořili z muže a ženy a učinili jsme z vás národy a kmeny, abyste se vzájemně poznali. Avšak nejvznešenější z vás před Bohem je ten, kdo je nejbohabojnější - a Bůh je vševědoucí a dobře zpravený.} [Komnaty: 13].</t>
   </si>
   <si>
     <t>النهي عن التفاخر بالأنساب والأحساب.</t>
   </si>
   <si>
     <t>Zákaz chlubit se svým původem a postavením.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن حبان</t>
   </si>
   <si>
     <t>[Zaznamenal ho At-Thirmidhí a Ibn Hibbán]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65074</t>
   </si>
   <si>
-    <t>{ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ}</t>
+    <t>ثم لتسألن يومئذ عن النعيم</t>
   </si>
   <si>
     <t>{a posléze v ten den na blahobyt tázáni budete!}</t>
   </si>
   <si>
     <t>عَنْ ‌الزُّبَيْرِ بْنِ الْعَوَّامِ قَالَ: لَمَّا نَزَلَتْ: {ثُمَّ لَتُسْأَلُنَّ يَوْمَئِذٍ عَنِ النَّعِيمِ} [التكاثر: 8]، قَالَ الزُّبَيْرُ: يَا رَسُولَ اللهِ، وَأَيُّ النَّعِيمِ نُسْأَلُ عَنْهُ، وَإِنَّمَا هُمَا الْأَسْوَدَانِ التَّمْرُ وَالْمَاءُ؟ قَالَ: «أَمَا إِنَّهُ سَيَكُونُ».</t>
   </si>
   <si>
     <t>Zubajr Ibn al-‘Awwám vyprávěl: „Když byl seslán verš: {a posléze v ten den na blahobyt tázáni budete!} [Rozmnožování:8], řekl jsem: „Posle Boží, na jaký blahobyt budeme tázáni? Na tyto dvě černé věci, datle a vodu?" A on odpověděl: „Tak tomu bude.”"</t>
   </si>
   <si>
     <t>لما نزلت آية: 
 {ثم لتسألن يومئذ عن النعيم} أي: سوف تُسألون عن القيام بِشُكْر ما أنعم الله به عليكم من النعم، قال الزبير بن العوام رضي الله عنه: يا رسول الله، أيّ نعيمٍ سنُسأل عنه؟! إنما هما نِعْمَتان لَيْسَتا ممّا يستَدِعي السؤال وهما التَّمر والماء!
 فقال النبي صلى الله عليه وسلم: أما إنكم ستسألون عن النَّعيم مع هذه الحالة التي أنتم عليها، فإنهما نِعمتان عظيمتان مِن نِعَم الله تعالى.</t>
   </si>
   <si>
     <t>Když byl seslán verš: {a posléze v ten den na blahobyt tázáni budete!}, tzn. budete tázáni na to, zda jste děkovali Bohu za to, čím vás obdařil,  Zubajr Ibn al-‘Awwám (ať je s ním Bůh spokojen) řekl: Posle Boží, na jaký blahobyt budeme tázáni? Na tyto dvě věci, které nestojí za ptaní, datle a vodu?
 A Prorok (ať mu Bůh žehná a dá mír) řekl: Budete tázáni na blahobyt i přes stav, ve kterém jste, protože tyto dvě věci jsou velké dobro od Boha.</t>
   </si>
   <si>
     <t>التَّأكيد على شكر الله تعالى على النِّعم.
 النّعيم ممّا سيُسأل عنه العبد يوم القيامة قليلًا كان أو كثيرًا.</t>
   </si>
   <si>
     <t>Potvrzení povinnosti děkovat Bohu za vše, co nám dává.
 Blahobyt, na který bude člověk tázán v soudný den, může být malý i velký.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65075</t>
   </si>
   <si>
-    <t>سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ</t>
+    <t>سيكون في آخر أمتي أناس يحدثونكم ما لم تسمعوا أنتم ولا آباؤكم، فإياكم وإياهم</t>
   </si>
   <si>
     <t>„Na konci (času) mé obce se objeví lidé, kteří budou říkat věci, o kterých jste nikdy neslyšeli vy ani vaši otcové. Dejte si na ně pozor!”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُ قَالَ: «سَيَكُونُ فِي آخِرِ أُمَّتِي أُنَاسٌ يُحَدِّثُونَكُمْ مَا لَمْ تَسْمَعُوا أَنْتُمْ وَلَا آبَاؤُكُمْ، فَإِيَّاكُمْ وَإِيَّاهُمْ».</t>
   </si>
   <si>
     <t>Abú Hurajra vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Na konci (času) mé obce se objeví lidé, kteří budou říkat věci, o kterých jste nikdy neslyšeli vy ani vaši otcové. Dejte si na ně pozor!”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم بأنه سيَظهر أُناسٌ في آخِر أُمتِه يَفْتَرون الكذب، ويقولون ما لم يقلْه أحدٌ من قبلهم، فيُخبِرون بالأحاديث المكذوبة والمُخْتَلَقة، فأمَرَنا عليه الصلاة والسلام أنْ نَبْتَعِدَ عنهم ولا نجالسهم، ولا نسمع أحاديثهم؛ لئلا يتقرر ذلك الحديث المختلق في النفوس، فنعجز عن التخلُّص منه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že na konci času jeho obce se objeví lidé, kteří budou lhát a budou říkat věci, které nikdo před nimi neříkal, a budou si vymýšlet hadíthy o Prorokovi. A Prorok (ať mu Bůh žehná a dá mír) nám nařídil, abychom se jich vyvarovali, neseděli s nimi a neposlouchali jejich hadíthy, aby se tyto hadíthy nerozšířily mezi lidmi a nepředávaly se dál.</t>
   </si>
   <si>
     <t>فيه عَلَم من أعلام النبوة، حيث إن النبي صلى الله عليه وسلم أخبر بما سيقع في أمته، فكان كما أخبر.
 الابتعاد عمّن يَكْذِبُ على رسول الله صلى الله عليه وسلم وعلى دين الإسلام، وعدم الاستماع لكذبهم.
 التحذير من قبولِ الأحاديث أو نشرِها إلا بعد التأكُّد من صحتِها وثبوتِها.</t>
   </si>
   <si>
     <t>Toto je jeden z důkazů proroctví, protože Prorok (ať mu Bůh žehná a dá mír) řekl o budoucnosti něco, co se pak opravdu stalo.
 Vyhýbání se člověku, který lže o Prorokovi (ať mu Bůh žehná a dá mír) a islámu, a nenaslouchání těmto lžím.
 Varování před přijímáním a rozšiřováním hadíthů, pokud si člověk není jistý, že jsou správné a pravdivé.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65076</t>
   </si>
   <si>
-    <t>اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ</t>
+    <t>اكتب، فوالذي نفسي بيده، ما يخرج منه إلا حق</t>
   </si>
   <si>
     <t>Zapisuj, při Tom, v Jehož rukou je má duše, nevyjde z nich nic jiného než pravda.”</t>
   </si>
   <si>
     <t>عن عبدِ الله بن عمرو رضي الله عنهما قال: كنتُ أكتبُ كلَّ شيءٍ أسمعُه من رسولِ الله صلَّى الله عليه وسلم أُريدُ حفْظَه، فنهتْني قريشٌ، وقالوا: أتكْتبُ كلَّ شيءٍ تَسمَعُه من رسول الله صلَّى الله عليه وسلم، ورسولُ الله صلَّى الله عليه وسلم بَشَرٌ يتكلَّمُ في الغضَبِ والرِّضا؟ فأمسَكتُ عن الكتاب، فذكرتُ ذلك لرسول الله صلَّى الله عليه وسلم، فأومأ بإصبَعِه إلى فيه، فقال: «اكتُبْ، فوالذي نفسي بيدِه، ما يَخرُجُ منه إلا حقٌّ».</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl: „Zapisoval jsem vše, co jsem slyšel od Posla Božího (ať mu Bůh žehná a dá mír), aby to zůstalo navěky. Ale Qurajšovci mi to zakázali a řekli: „Chceš zapisovat vše, co řekne Posel Boží (ať mu Bůh žehná a dá mír), a Posel Boží (ať mu Bůh žehná a dá mír) je člověk, který mluví, když je spokojený i když se zlobí?" A tak jsem přestal zapisovat a řekl jsem to Poslu Božímu (ať mu Bůh žehná a dá mír) a on ukázal prstem na svoje ústa a řekl: „Zapisuj, při Tom, v Jehož rukou je má duše, nevyjde z nich nic jiného než pravda.”"</t>
   </si>
   <si>
     <t>قال عبدُ الله بن عَمْرو رضي الله عنه: كنتُ أكتبُ كلَّ شيءٍ أسمعه مِن رسول الله صلى الله عليه وسلم لكي أحفَظَه بالكتابة، فنهاني رجالٌ من قريش، وقالوا: رسولُ الله صلى الله عليه وسلم بشرٌ يتكلَّم في الرِّضا والغضب، وقد يُخطئ، فتوقَّفت عن الكتابة.
 فأخبرتُ النبيَّ صلى الله عليه وسلم بما قالوه، فأشار بإصبعه إلى فَمِهِ فقال: اكتب، فوالذي نفسي بيده ما يَخرجُ منه إلّا حقّ على كل حال، وفي الرِّضا والغضب.
 وقد قال تعالى عن نبيه صلى الله عليه وسلم:
 ﴿وَمَا یَنطِقُ عَنِ ٱلۡهَوَىٰۤ * إِنۡ هُوَ إِلَّا وَحۡیࣱ یُوحَىٰ﴾ [النجم ٣-٤].</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) řekl: Zapisoval jsem vše, co jsem slyšel od Posla Božího (ať mu Bůh žehná a dá mír), aby to zůstalo navěky. Ale Qurajšovci mi to zakázali a řekli: Posel Boží (ať mu Bůh žehná a dá mír) je člověk, který mluví, když je spokojený i když se zlobí, a tak se může splést.  A tak jsem přestal zapisovat.
 Poté jsem řekl Poslu Božímu (ať mu Bůh žehná a dá mír), co řekli, a on ukázal prstem na svoje ústa a řekl: Zapisuj, při Tom, v Jehož rukou je má duše, nevyjde z nich nic jiného než pravda, ať už to říkám v době, kdy jsem spokojený, nebo v době, kdy se zlobím.
 A věru, že Bůh pravil o Svém Prorokovi (ať mu Bůh žehná a dá mír): {ani nehovoří z vlastního popudu svého.* Je to vnuknutí pouze, jež bylo mu vnuknuto} [Hvězda: 3-4].</t>
   </si>
   <si>
     <t>النبي صلى الله عليه وسلم معصوم فيما يُبَلِّغُه عن ربه عز وجل، في الرضا والغضب.
 حرص الصحابة رضي الله عنهم على حفظِ السنة وتبليغِها.
 جواز الحلف ولو بغير تحليفٍ لمصلحة، كتوكيد أمر.
  كتابة العلم من أهم الأسباب التي تحفظ العلم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) je neomylný v tom, co říká o svém Pánu, ať už je spokojený, nebo se hněvá.
 Dychtivost sahába (ať je s nimi Bůh spokojen) předávat sunnu a ochraňovat ji.
 Povolení přísahat, pokud je v tom nějaký prospěch, například potvrzení toho, co člověk říká.
 Zapisování vědění je jednou z nejdůležitějších příčin jeho ochrany.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65077</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ</t>
+    <t>كان النبي صلى الله عليه وسلم يتوضأ عند كل صلاة</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu (wudu) před každou modlitbou</t>
   </si>
   <si>
     <t>عن عَمْرُو بْنُ عَامِرٍ عَنْ ‌أَنَس بن مالك قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ عِنْدَ كُلِّ صَلَاةٍ، قُلْتُ: كَيْفَ كُنْتُمْ تَصْنَعُونَ؟ قَالَ: يُجْزِئُ أَحَدَنَا الْوُضُوءُ مَا لَمْ يُحْدِثْ.</t>
   </si>
   <si>
     <t>‘Amrú Ibn ‘Ámir vyprávěl, že Anas Ibn Málik řekl: „Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu (wudu) před každou modlitbou. Řekl jsem: „Jak jste to dělali?" Řekl: „Malá očista (wudu) každého z nás je platná, pokud se neznečistí."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يتوضأ لكلِّ صلاةٍ مفروضةٍ وإنْ لم يَنْتَقِضْ وضوؤُه؛ وذلك لتحصيل الأجر والفضل.
 ويجوز أن يُصلِّي أكثرَ مِن صلاةٍ مفروضةٍ بوضوء واحد ما دام على وضوئه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu (wudu) před každou modlitbou, i když si očistu nezrušil, kvůli větší odměně.
 Je povolené modlit se více modliteb s jednou očistou, pokud ji člověk nezruší.</t>
   </si>
   <si>
     <t>أكثرُ فِعْلِ النبيِّ صلى الله عليه وسلم هو الوضوء لكل صلاة؛ طلبًا للأكمل.
 استحباب الوضوء عند كل صلاة.
 جواز تأدية أكثر من صلاة بوضوء واحد.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) si častěji dělal malou očistu před každou modlitbou, aby to bylo dokonalejší.
 Doporučení dělat malou očistu před každou modlitbou.
 Povolení modlit se více modliteb s jednou očistou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65080</t>
   </si>
   <si>
-    <t>تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً</t>
+    <t>توضأ النبي صلى الله عليه وسلم مرة مرة</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu jedenkrát, jedenkrát</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: تَوَضَّأَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مَرَّةً مَرَّةً.</t>
   </si>
   <si>
     <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu jedenkrát, jedenkrát."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانه إذا توضأ غَسَلَ كلَّ عُضوٍ من أعضاء الوضوء مرة واحدة، فيَغْسِلُ الوجهَ -ومنه المضمضة والاستنشاق-، واليدين والرجلين مرة واحدة، وهذا هو القَدْرُ الواجب.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) někdy dělal malou očistu tak, že si každou část těla umyl pouze jednou. Tzn. umyl obličej, vypláchnul nos, ústa, umyl ruce a nohy, a to vše pouze jedenkrát. Umytí jedenkrát je považováno za povinnost.</t>
   </si>
   <si>
     <t>الواجب في غَسْلِ الأعضاء مرة واحدة، وما زاد فهو مستحب.
  مشروعية الوضوء مَرّةً مرةً في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Je povinné umýt části těla jednou, umýt je vícekrát je doporučené.
 Povolení někdy dělat malou očistu jedenkrát.
 Hlava se u malé očisty přetírá jednou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65081</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ</t>
+    <t>أن النبي صلى الله عليه وسلم توضأ مرتين مرتين</t>
   </si>
   <si>
     <t>„Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu dvakrát, dvakrát</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ زَيْدٍ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ تَوَضَّأَ مَرَّتَيْنِ مَرَّتَيْنِ.</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Zajd (ať je s ním Bůh spokojen) vyprávěl: „Prorok (ať mu Bůh žehná a dá mír) dělal malou očistu dvakrát, dvakrát."</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أحيانِه إذا توضأ غَسَلَ كلَّ عضو من أعضاء الوضوء مرتين، فيَغْسِل الوجهَ -ومنه المضمضة والاستنشاق- واليدين والرجلين مرتين.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) někdy dělal malou očistu tak, že si každou část těla umyl dvakrát. Tzn. umyl obličej, vypláchnul nos, ústa, umyl ruce a nohy vždy dvakrát po sobě.</t>
   </si>
   <si>
     <t>الواجب في غسل الأعضاء مرة واحدة وما زاد فهو مستحب.
  مشروعية الوضوء مرتين مرتين في بعض الأحيان.
  المشروع في مسح الرأس مرة واحدة.</t>
   </si>
   <si>
     <t>Je povinné umýt části těla jednou, umýt je vícekrát je doporučené.
 Povolení někdy dělat malou očistu dvakrát.
 Hlava se u malé očisty přetírá jednou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65082</t>
   </si>
   <si>
-    <t>إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا</t>
+    <t>إذا وجد أحدكم في بطنه شيئا، فأشكل عليه أخرج منه شيء أم لا، فلا يخرجن من المسجد حتى يسمع صوتا، أو يجد ريحا</t>
   </si>
   <si>
     <t>„Pokud někdo z vás ucítí něco ve svém břiše a není si jistý, zda z něj něco uniklo nebo ne, ať neodchází z mešity, dokud neuslyší zvuk nebo neucítí zápach.”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا وَجَدَ أَحَدُكُمْ فِي بَطْنِهِ شَيْئًا، فَأَشْكَلَ عَلَيْهِ أَخَرَجَ مِنْهُ شَيْءٌ أَمْ لَا، فَلَا يَخْرُجَنَّ مِنَ الْمَسْجِدِ حَتَّى يَسْمَعَ صَوْتًا، أَوْ يَجِدَ رِيحًا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud někdo z vás ucítí něco ve svém břiše a není si jistý, zda z něj něco uniklo nebo ne, ať neodchází z mešity, dokud neuslyší zvuk nebo neucítí zápach.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّه إذا تردَّد في بطن المصلي شيءٌ، فالتَبَسَ عليه أَخَرَجَ منه شيءٌ أم لا؟ فلا ينصَرف مِن صلاته ويقطعها لإعادة الوضوء، حتى يتيقَّن وجودَ الحَدَثِ الناقِضِ لوضوئه؛ بأنْ يسمعَ صوتَ الرِّيح، أو يَشمَّ الرائحة؛ لأن المتَيقَّن لا يبطلُه الشَّك، وهو قد تيقَّن الطَّهارةَ، والحَدَثُ مشكوكٌ فيه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že pokud se člověk modlí a není si jistý, zda z něj vyšly nějaké plyny nebo ne, nemá přerušovat modlitbu, dokud si není jistý, že si zrušil očistu, a to tak, že to buď uslyší, nebo ucítí, protože pravidlo zní: ten, kdo má jistotu, nemůže ji zrušit pochybami, a on má jistotu, že udělal malou očistu, a to, jestli z něj něco vyšlo, není jisté a má o tom pochyby.</t>
   </si>
   <si>
     <t>هذا الحديث أصل من أصول الإسلام وقاعدة من قواعد الفقه، وهي: أن اليقين لا يزول بالشك، والأصل بقاء ما كان على ما كان، حتى يتيقن خلاف ذلك.
 الشك غير مؤثر في الطهارة، والمصلي باقٍ على طهارته ما لم يتيقن حَدَثًا.</t>
   </si>
   <si>
     <t>Tento hadíth je základem pro islámská pravidla týkající se fiqhu. První zní: jistotu nelze zrušit pochybami. Druhé pravidlo zní: základem je, že věci zůstávají tak, jak jsou, dokud není jistota, že jsou jinak.
 Pochyby o zrušení očisty nemají vliv a modlící se zůstává očištěný, dokud nemá jistotu o tom, že si očistu zrušil.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65083</t>
   </si>
   <si>
-    <t>حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ</t>
+    <t>حق على كل مسلم أن يغتسل في كل سبعة أيام يوما، يغسل فيه رأسه وجسده</t>
   </si>
   <si>
     <t>„Právo vůči každému muslimovi je, aby se jeden z každých sedmi dní umyl (udělal ghusl), umyl si v něm hlavu a tělo.”</t>
   </si>
   <si>
     <t>عن أبي هريرة قال: قال رسول الله صلى الله عليه وسلم: «حَقٌّ عَلَى كُلِّ مُسْلِمٍ أَنْ يَغْتَسِلَ فِي كُلِّ سَبْعَةِ أَيَّامٍ يَوْمًا، يَغْسِلُ فِيهِ رَأْسَهُ وَجَسَدَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Právo vůči každému muslimovi je, aby se jeden z každých sedmi dní umyl (udělal ghusl), umyl si v něm hlavu a tělo.”</t>
   </si>
   <si>
     <t>أَخْبَرَ رسولُ الله صلى الله عليه وسلم: أنه حقٌّ متأكد على كل مسلم بالغ عاقل أنْ يغتسلَ في كل سبعة أيام من الأسبوع يومًا، فيغسل في هذا اليوم رأسَه وجسدَه، طلبًا للطهارة والنظافة، وأَولى هذه الأيام يومُ الجمعة، كما يُفهم من بعض الروايات، والاغتسال يوم الجمعة قبل الصلاة مستحب استحبابًا مؤكدًا، ولو كان اغتسل يوم الخميس مثلًا، والصارف عن الوجوب قول عائشة رضي الله عنها: "كان الناسُ مَهَنَةَ أنفسهم، وكانوا إذا راحوا إلى الجمعة راحوا في هيئتهم: فقيل لهم: لو اغتسلتم"، رواه البخاري، وفي رواية له: "لهم أرواح" أي رائحة العَرَقِ ونحوِه، ومع ذلك قيل لهم "لو اغتسلتم"، فغيرُهم من باب أولى.</t>
   </si>
   <si>
     <t>Posel Boží (ať mu Bůh žehná a dá mír) oznámil, že právo vůči každému pohlavně dospělému, rozumnému muslimovi je, aby se umyl jeden z každých sedmi dní, aby si v tento den umyl hlavu i tělo, aby byl čistý. Největší přednost z těchto dní má pátek, jak vyplývá z některých hadíthů. Udělat velkou očistu (ghusl) v pátek před modlitbou je silně doporučené, a to i kdyby se předtím myl ve čtvrtek, ale není to povinné, jak dokazuje vyprávění ‘Á'iši (ať je s ní Bůh spokojen): „Lidé dříve sami pracovali a když chodili na páteční modlitbu, chodili tak, jak byli, a bylo jim řečeno: „Kdybyste se umyli (ghusl).”" Tak to zaznamenal Buchárí a v jiném jeho vyprávění je: „A byli cítit,” tzn. cítit potem atd., a přesto jim bylo pouze řečeno: „Kdybyste se umyli,” což dokazuje, že to není povinné. Ještě více to platí pro ty, kdo jsou úplně čistí.</t>
   </si>
   <si>
     <t>اهتمام وعناية الإسلام بالنظافة والطهارة.
 غسل الجمعة مستحب استحبابًا مُؤكدًا للصلاة.
 ذِكْر الرَّأس وإن كان ذِكْر الجسد يشمله؛ للاهتمام به.
 ﻳﺠﺐ ﺍﻟﻐﺴﻞ ﻋﻠﻰ ﻛﻞ ﻣﻦ ﻭُﺟِﺪﺕْ ﺑﻪ ﺭﺍﺋﺤﺔٌ ﻛﺮﻳﻬﺔٌ ﻳﺘﺄﺫﻯ ﺑﻬﺎ ﺍﻟﻨﺎس.
 آكَدُ يومٍ للاغتسال يوم الجمعة؛ لفضله.</t>
   </si>
   <si>
     <t>Starost a péče islámu o čistotu.
 Velká očista (ghusl) v pátek před modlitbou je silně doporučená.
 Zmínění hlavy v hadíthu (přestože slovo tělo ji zahrnuje) ukazuje na důležitost jejího umytí.
 Člověk, který je cítit tak, že to obtěžuje ostatní, by se měl umýt.
 Nejvíce je doporučeno umýt se v pátek, protože tento den má velké zásluhy.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65084</t>
   </si>
   <si>
-    <t>أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ</t>
+    <t>أتيت النبي صلى الله عليه وسلم أريد الإسلام، فأمرني أن أغتسل بماء وسدر</t>
   </si>
   <si>
     <t>„Přišel jsem k Prorokovi (ať mu Bůh žehná a dá mír), abych přijal islám, a on mi nařídil, abych udělal velkou očistu vodou s cicimkem trnem Kristovým</t>
   </si>
   <si>
     <t>عن قيس بن عاصم رضي الله عنه قال: أتيتُ النبيَّ صلى الله عليه وسلم أُريدُ الإسلامَ، فأَمَرَني أن أغتَسِلَ بماءٍ وسِدرٍ.</t>
   </si>
   <si>
     <t>Qajs Ibn ‘Ásim (ať je s ním Bůh spokojen) vyprávěl: „Přišel jsem k Prorokovi (ať mu Bůh žehná a dá mír), abych přijal islám, a on mi nařídil, abych udělal velkou očistu vodou s cicimkem trnem Kristovým."</t>
   </si>
   <si>
     <t>جاء قيسُ بن عاصم إلى النبيِّ صلى الله عليه وسلم وهو يريد أن يُسْلِم، فأمرَه النبيُّ صلى الله عليه وسلم أن يَغتسِلَ بماء وشَجَرِ السِدْر؛ لكون أوراقِهِِ تُستَعمل في التنظيف؛ ولِمَا له من رائحة طيبة.</t>
   </si>
   <si>
     <t>Qajs Ibn ‘Ásim přišel k Prorokovi (ať mu Bůh žehná a dá mír), aby přijal islám, a ten mu nařídil, aby udělal velkou očistu vodou s cicimkem trnem Kristovým, protože listy tohoto stromu se používaly k mytí a protože hezky voní.</t>
   </si>
   <si>
     <t>مشروعيَّة اغتسال الكافر عند دخوله في الإسلام.
 شرف الإسلام واهتمامه بالجسد والرُّوح معًا.
 اختلاط الماء بالأشياء الطّاهرة لا يخرِجه عن الطّهوريَّة.
 يقوم مقام السدر المنظفات الحديثة، كالصابون ونحوه.</t>
   </si>
   <si>
     <t>Pokud nevěřící přijme islám, měl by udělat velkou očistu (ghusl).
 Islám se stará jak o duši člověka, tak o jeho tělo.
 Smíchání vody s čistými věcmi z ní nedělá vodu nevhodnou pro rituální očistu.
 Dnes lze místo listů stromu cicimek trn Kristův používat jiné věci určené k mytí, například mýdlo.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65085</t>
   </si>
   <si>
-    <t>إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ</t>
+    <t>إذا قال المؤذن: الله أكبر الله أكبر، فقال أحدكم: الله أكبر الله أكبر</t>
   </si>
   <si>
     <t>„Pokud muezzin řekne: „Alláhu akbar, Alláhu akbar," a vy řeknete: „Alláhu akbar, Alláhu akbar,</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا قَالَ الْمُؤَذِّنُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، فَقَالَ أَحَدُكُمُ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، قَالَ: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ، ثُمَّ قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، قَالَ: أَشْهَدُ أَنَّ مُحَمَّدًا رَسُولُ اللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الصَّلَاةِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: حَيَّ عَلَى الْفَلَاحِ، قَالَ: لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، ثُمَّ قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، قَالَ: اللهُ أَكْبَرُ اللهُ أَكْبَرُ، ثُمَّ قَالَ: لَا إِلَهَ إِلَّا اللهُ، قَالَ: لَا إِلَهَ إِلَّا اللهُ مِنْ قَلْبِهِ دَخَلَ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>‘Umar Ibn al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud muezzin řekne: „Alláhu akbar, Alláhu akbar," a vy řeknete: „Alláhu akbar, Alláhu akbar," pak řekne: „Ašhadu an lá illáha illa-lláh," vy řeknete: „Ašhadu an lá illáha illa-lláh," pak řekne: „Ašhadu anna Muhammadan rasúlu-lláh," vy řeknete: „Ašhadu anna Muhammadan rasúlu-lláh," pak řekne: „Hajjá ‘alá-s-salá," vy řeknete: „Lá hawla wa lá quwwata illá billáh," pak řekne: „Hajjá ‘ala-l-faláh," vy řeknete: „Lá hawla wa lá quwwata illá billáh," pak řekne: „Alláhu akbar, Alláhu akbar," a vy řeknete: „Alláhu akbar, Alláhu akbar," pak řekne: „Lá illáha illa-lláh" a vy řeknete upřímně ve svém srdci: „Lá illáha illa-lláh," vstoupíte do ráje."</t>
   </si>
   <si>
     <t>الأذان هو إعلام الناس بدخول وقت الصلاة، وكلمات الأذان كلمات جامعة لعقيدة الإيمان.
 وفي هذا الحديث بَيَّنَ النبيُّ صلى الله عليه وسلم المشروعَ عند سماع الأذان، وهو أن يقول السامع مثل ما يقول المؤذن، فإذا قال المؤذن " الله أكبر" قال السامع: "الله أكبر"، وهكذا؛ إلا عند قول المؤذن "حي على الصلاة"، "حي على الفلاح"، فيقول السامع: "لا حول ولا قوة إلا بالله".
 وبَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن رَدَّد مع المؤذن خالصًا من قلبه دخل الجنة. 
 ومعاني كلمات الأذان:
 "الله أكبر": أي أنه سبحانه أعظم وأجل وأكبر من كل شيء.
 "أشهد أن لا إله إلا الله": أي لا معبود حق إلا الله.
 "أشهد أن محمّدًا رسول الله": أي أقرُّ وأشهد بلساني وقلبي، بأن محمدًا رسول الله، أرسله الله عز وجل، وتجب طاعته.
 "حيَّ على الصَّلاة"، أي تَعالَوا إلى الصَّلاة، وقول السامع: "لا حول ولا قوَّة إلّا بالله"، أي لا حِيلَة في الخَلاص مِن مَوانع الطاعة، ولا قوَّة على فِعْلِها ولا قدرة على شيءٍ مِن الأشياء إلّا بتوفيق الله تعالى.
 "حيَّ على الفلاح"، أي تعالَوا إلى سبب الفلاح، وهو الفوز بالجنة والنجاة من النار.</t>
   </si>
   <si>
     <t>Adhán je oznámení času modlitby lidem a jeho slova shrnují celé přesvědčení víry.
 Prorok (ať mu Bůh žehná a dá mír) řekl v tomto hadíthu, že když člověk slyší adhán, má opakovat vše, co slyší, kromě slov: „Hajjá ‘alá-s-salá” a „Hajjá ‘ala-l-faláh.” Místo nich se má říci: „Lá hawla wa lá quwwata illá billáh.”
 Prorok (ať mu Bůh žehná a dá mír) řekl, že kdo takto opakuje po muezzinovi upřímně ze svého srdce, vstoupí do ráje.
 Význam slov adhánu: „Alláhu akbar”(Bůh je největší) znamená: Bůh je nejvelkolepější a největší ze všeho.
 „Ašhadu an lá illáha illa lláh” (Vyznávám, že není boha kromě Boha) znamená: jediný pravý, kdo si zaslouží uctívání, je Bůh.
 „Ašhadu anna Muhammadan rasúlu-lláh” (Vyznávám, že Muhammad je posel Boží) znamená: vyznávám svým jazykem a srdcem, že Muhammad je posel Boží, kterého poslal Bůh a je povinné ho poslouchat.
 „Hajjá ‘alá-s-salá” (Vzhůru k modlitbě) znamená: pojďte k modlitbě. 
 A slova toho, kdo to slyší: „Lá hawla wa lá quwwata illá billáh" (Není moci ani síly než u Boha) znamenají: není moci odstranit to, co zabraňuje dobrým skutkům, ani síly je konat nebo konat cokoliv jiného, než s pomocí Boží.
 „Hajjá ‘alá-l-faláh” (Vzhůru k blaženosti) znamená: pojďte k blaženosti, tj. k vítězství ráje a záchrany před ohněm.</t>
   </si>
   <si>
     <t>فضل إجابة المؤذن بمثل ما يقول، إلا في الحَيْعَلَتَيْن، فيقول " لا حول ولا قوة إلا بالله".</t>
   </si>
   <si>
     <t>Velké dobro a odměna za to, že když člověk slyší adhán, opakuje vše, co slyší, kromě slov: „Hajjá ‘alá-s-salá” a „Hajjá ‘ala-l-faláh." Místo nich řekne: „Lá hawla wa lá quwwata illá billáh.”</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65086</t>
   </si>
   <si>
-    <t>إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ</t>
+    <t>إذا سمعتم المؤذن فقولوا مثل ما يقول، ثم صلوا علي</t>
   </si>
   <si>
     <t>„Pokud uslyšíte muezzina, říkejte, co říká on, a potom se za mě modlete</t>
   </si>
   <si>
     <t>عَنْ ‌عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنها أَنَّهُ سَمِعَ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِذَا سَمِعْتُمُ الْمُؤَذِّنَ فَقُولُوا مِثْلَ مَا يَقُولُ، ثُمَّ صَلُّوا عَلَيَّ، فَإِنَّهُ مَنْ صَلَّى عَلَيَّ صَلَاةً صَلَّى اللهُ عَلَيْهِ بِهَا عَشْرًا، ثُمَّ سَلُوا اللهَ لِيَ الْوَسِيلَةَ، فَإِنَّهَا مَنْزِلَةٌ فِي الْجَنَّةِ، لَا تَنْبَغِي إِلَّا لِعَبْدٍ مِنْ عِبَادِ اللهِ، وَأَرْجُو أَنْ أَكُونَ أَنَا هُوَ، فَمَنْ سَأَلَ لِيَ الْوَسِيلَةَ حَلَّتْ لَهُ الشَّفَاعَةُ».</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Amru Ibn al-‘Ás (ať je s nimi Bůh spokojen) vyprávěl, že slyšel Proroka (ať mu Bůh žehná a dá mír) říci: „Pokud uslyšíte muezzina, říkejte, co říká on, a potom se za mě modlete a věru, že za toho, kdo se za mě pomodlil jednou, se Bůh bude modlit desetkrát. A pak pro mne proste Boha o wasíla (prostředek, nástroj), to je stupeň v ráji, kterého se dostane pouze jednomu Božímu služebníku ze všech, a přeji si, abych to byl já. A tomu, kdo pro mě prosí o wasíla, se dostane přímluvy."</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم مَن سمع المؤذِّنَ للصلاة أنْ يُردِّدَ خلفه فيقول مثلَ قولِه، ما عدا الحَيْعَلَتَيْن، فإنه يقول بعدهما: لا حول ولا قوة إلا بالله، ثم يصلي على النبي صلى الله عليه وسلم عقب الانتهاء من الأذان، فإنه من صلّى عليه صلاةً واحدة صلى الله عليه بسببِها عشر صلوات، ومعنى صلاة الله على عبدِه: ثناؤه على العبد عند الملائكة.
 ثم أمر بسؤال الله الوسيلةَ له صلى الله عليه وسلم، وهي مَنْزِلَةٌ في الجنة، وهي أعلاها، لا تصلح ولا تتيسر تلك المنزلة إلا لعبد واحد من جميع عباد الله تعالى، وأرجو أن أكون هو أنا، وإنما قال صلى الله عليه وسلم ذلك تواضعًا؛ لأنه إذا كانت تلك المنزلة الرفيعة لا تكون إلا لواحد، فلا يكون ذلك الواحد إلا هو صلى الله عليه وسلم؛ لأنه أفضل الخلق.
 ثم بَيَّنَ صلى الله عليه وسلم أنَّ مَن دعا للنبيِّ صلى الله عليه وسلم بالوسيلةِ حَصَلَتْ له شفاعتُه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) doporučil tomu, kdo slyší volání k modlitbě, opakovat vše, co slyší, kromě slov: „Hajjá ‘alá-s-salá” a „Hajjá ‘ala-l-faláh." Místo nich řekne: „Lá hawla wa lá quwwata illá billáh” a po skončení adhánu se pomodlí za Proroka (ať mu Bůh žehná a dá mír), protože za toho, kdo se za něj pomodlí jednou, se Bůh bude modlit desetkrát. Modlitba Boha za člověka je, že ho chválí u andělů.
 Poté nařídil, aby pro něj lidé prosili Boha o wasíla (prostředek, nástroj), což je nejvyšší stupeň v ráji, kterého se dostane pouze jednomu Božímu služebníku ze všech. Slova Proroka (ať mu Bůh žehná a dá mír): „a přeji si, abych to byl já” jsou od něj slova pokory, protože tohoto stupně může dosáhnout jen jeden člověk a protože prorok Muhammad (ať mu Bůh žehná a dá mír) je nejlepším člověkem, je jasné, že tohoto stupně dosáhne pouze on.
 Poté Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že tomu, kdo za něj prosí Boha o wasíla, se dostane jeho přímluvy.</t>
   </si>
   <si>
     <t>الحث على إجابة المؤذن.
 فضل الصلاة على النبي صلى الله عليه وسلم بعد إجابة المؤذن.
 الحث على سؤال الوسيلة للنبي صلى الله عليه وسلم بعد الصلاة عليه.
 بيان معنى الوسيلة، وعلو شأنها، حيث لا تصلح إلا لعبد واحد.
 بيان فضل النبي صلى الله عليه وسلم حيث اختُص بتلك المنزلة الرفيعة.
 من سأل الله تعالى الوسيلة للنبي صلى الله عليه وسلم حلت له الشفاعة.
 بيان تواضعه صلى الله عليه وسلم حيث طلب من أمته الدعاء له بتلك المنزلة، مع أنها ستكون له.
 سعة فضل الله ورحمته، فالحسنة بعشر أمثالها.</t>
   </si>
   <si>
     <t>Nabádání k opakování po muezzinovi.
 Velká odměna za modlitbu za Proroka (ať mu Bůh žehná a dá mír) po opakování po muezzinovi.
 Nabádání k prošení Boha o wasíla pro Proroka (ať mu Bůh žehná a dá mír).
 Vysvětlení významu wasíla a že ji dosáhne pouze jeden z Božích služebníků.
 Vysoké postavení Proroka (ať mu Bůh žehná a dá mír), když si zaslouží tak vysoký stupeň v ráji.
 Tomu, kdo prosí Boha o wasíla pro Proroka (ať mu Bůh žehná a dá mír), se dostane jeho přímluvy.
 Pokora Proroka (ať mu Bůh žehná a dá mír), když žádal svou obec, aby pro něj prosili Boha o tento vysoký stupeň v ráji, přestože mu tento stupeň náleží.
 Velká Boží dobrota a milosrdenství, když za jeden dobrý skutek odměňuje desetinásobně.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65087</t>
   </si>
   <si>
-    <t>مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ</t>
+    <t>من نسي صلاة فليصل إذا ذكرها، لا كفارة لها إلا ذلك</t>
   </si>
   <si>
     <t>„Kdo zapomene modlitbu, ať se ji pomodlí, když si na ni vzpomene, ničím jiným ji nelze vykoupit</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ نَسِيَ صَلَاةً فَلْيُصَلِّ إِذَا ذَكَرَهَا، لَا كَفَّارَةَ لَهَا إِلَّا ذَلِكَ: {وَأَقِمِ الصَّلاةَ لِذِكْرِي} [طه: 14]».</t>
   </si>
   <si>
     <t>Anas Ibn Málik (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdo zapomene modlitbu, ať se ji pomodlí, když si na ni vzpomene, ničím jiným ji nelze vykoupit: {a modlitbu konej, na Mne
 vzpomínaje!} [Tá Há: 14]”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ مَن نَسِيَ أداءَ أيِّ صلاةٍ مفروضةٍ حتى خرج وقتُها، فعليه أن يبادرَ ويُسرع إلى قضائها حال تَذَكُّرِه لها، فلا محو وستر لذنبِ تركِها إلا أنْ يُصليَها المسلمُ عند تذكُّرِها، قال الله في كتابه الكريم: {وأقم الصلاة لذكري} [طه: 14]،  أي: أقم الصلاة المنسية إذا ذكرتَها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že kdo se zapomene pomodlit povinnou modlitbu, až vypršel její čas, měl by se ji pomodlit hned, jak si na ni vzpomene, a nic nezruší tento hřích, pouze to, že se ji pomodlí. A Všemohoucí Bůh pravil v Koránu: {a modlitbu konej, na Mne
 vzpomínaje!} [Tá Há: 14], tj. konej (zapomenutou) modlitbu, když si vzpomeneš.</t>
   </si>
   <si>
     <t>بيان أهمية الصلاة وعدم التهاون في أدائها وقضائها.
 لا يجوز تأخيرُ الصلاة عن وقتِها عَمْدًا بدون عذر.
 وجوب قضاء الصلاة على الناسي إذا ذَكَرَ والنائم إذا استيقظ.
 وجوب قضاء الصلوات على الفور ولو في أوقات النهي.</t>
   </si>
   <si>
     <t>Důležitost modlitby a její nepodceňování při jejím praktikování a nahrazování.
 Není dovoleno úmyslně a bezdůvodně opožďovat modlitbu, až vyprší její čas.
 Povinnost nahradit zameškanou modlitbu hned, jak si na ni člověk vzpomene, nebo hned, jak se probudí.
 Povinnost nahrazovat zameškané modlitby hned, i kdyby byl zrovna čas, kdy je zakázáno se modlit.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65088</t>
   </si>
   <si>
-    <t>مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ</t>
+    <t>من بنى مسجدا لله بنى الله له في الجنة مثله</t>
   </si>
   <si>
     <t>Tomu, kdo postaví mešitu pro Boha, Bůh v ráji postaví totéž</t>
   </si>
   <si>
     <t>عَنْ ‌مَحْمُودِ بْنِ لَبِيدٍ رضي الله عنه: أَنَّ ‌عُثْمَانَ بْنَ عَفَّانَ أَرَادَ بِنَاءَ الْمَسْجِدِ فَكَرِهَ النَّاسُ ذَلِكَ، وَأَحَبُّوا أَنْ يَدَعَهُ عَلَى هَيْئَتِهِ، فَقَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ بَنَى مَسْجِدًا لِلهِ بَنَى اللهُ لَهُ فِي الْجَنَّةِ مِثْلَهُ».</t>
   </si>
   <si>
     <t>Mahmúd Ibn Labíd (ať je s ním Bůh spokojen) vyprávěl, že ‘Uthmán Ibn ‘Affán chtěl postavit mešitu, ale lidem se to nelíbilo a chtěli, aby mešita zůstala stejná. Ale ‘Uthmán řekl: „Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Tomu, kdo postaví mešitu pro Boha, Bůh v ráji postaví totéž."</t>
   </si>
   <si>
     <t>أراد عثمانُ بن عفان رضي الله عنه إعادةَ بناءِ مسجدِ النبيِّ صلى الله عليه وسلم على وجهٍ أحسن من بنائه الأول، فكَرِه الناسُ ذلك؛ لِمَا فيه من تغيير بناء المسجد عن هيئةِ بُنْيانِه في عهد النبي صلى الله عليه وسلم، فكان المسجد مَبْنِيًّا باللَّبِن، وسَقْفُه كان من الجَرِيْد، ولكن عثمان أراد أن يَبنيَه بالأحجار والجَصّ، فأخبرهم عثمان رضي الله عنه، أنه سمع النبي صلى الله عليه وسلم يقول: مَن بَنى مسجدًا طلبًا لمرضاته تعالى لا رياء ولا سمعة، جزاه الله أفضلَ جزاءٍ مِن جِنسِ عملِه، وهذا الجزاء هو بناءُ الله له مثلَه في الجنة.</t>
   </si>
   <si>
     <t>‘Uthmán Ibn ‘Affán (ať je s ním Bůh spokojen) chtěl znovu postavit Prorokovu (ať mu Bůh žehná a dá mír) mešitu, aby ji vylepšil, ale lidem se to nelíbilo, protože by se změnil její vzhled, a chtěli, aby mešita zůstala stejná, z cihel se střechou z palmového listí. Ale ‘Uthmán ji chtěl postavit z kamení a sádry a oznámil jim, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Tomu, kdo postaví mešitu pro spokojenost Boží, ne aby se tím předváděl před lidmi, za to dá Bůh velkou odměnu, a to že pro něj v ráji postaví totéž."</t>
   </si>
   <si>
     <t>الحث على بناء المساجد وفضل ذلك.
 توسيع المسجد وتجديده داخِلٌ في فضل البناء.
 أهمية الإخلاص لله تعالى في جميع الأعمال.</t>
   </si>
   <si>
     <t>Nabádání ke stavění mešit a velká odměna za to.
 Rozšíření a obnova mešity patří pod stavění mešit.
 Důležitost upřímnosti vůči Bohu a dělání všeho jen pro Něj.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65089</t>
   </si>
   <si>
-    <t>صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ</t>
+    <t>صلاة في مسجدي هذا خير من ألف صلاة فيما سواه إلا المسجد الحرام</t>
   </si>
   <si>
     <t>„Modlitba v této mé mešitě je lepší než tisíc modliteb v jiné mešitě kromě Posvátné mešity</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «صَلَاةٌ فِي مَسْجِدِي هَذَا خَيْرٌ مِنْ أَلْفِ صَلَاةٍ فِيمَا سِوَاهُ إِلَّا الْمَسْجِدَ الْحَرَامَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Modlitba v této mé mešitě je lepší než tisíc modliteb v jiné mešitě kromě Posvátné mešity."</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم فضْلَ الصلاةِ في مسجده، وأنه أفضل ثوابًا من ألف صلاة فيما سواه من مساجد الأرض، إلا المسجد الحرام بمكة، فهي أفضل من الصلاة في مسجده صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, jak velkou odměnu má modlitba v jeho mešitě a že odměna za ni je větší než odměna za tisíc modliteb v jiné mešitě, kromě Posvátné mešity v Mekce - modlitba v ní je lepší než modlitba v Prorokově mešitě (ať mu Bůh žehná a dá mír).</t>
   </si>
   <si>
     <t>مُضاعَفة أجر الصلاة في المسجد الحرام، والمسجد النبوي.
 الصلاةَ في المسجد الحرام خيرٌ مِن مائة ألفِ صلاةٍ في غيره مِن المساجد.</t>
   </si>
   <si>
     <t>Větší odměna za modlitbu v Posvátné mešitě a v Prorokově mešitě.
 Modlitba v Posvátné mešitě  je lepší než sto tisíc modliteb v jiné mešitě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65090</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ</t>
+    <t>إذا دخل أحدكم المسجد فليركع ركعتين قبل أن يجلس</t>
   </si>
   <si>
     <t>„Pokud někdo z vás vstoupí do mešity, ať se pomodlí dvě raka'a před tím, než si sedne.”</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي قَتَادَةَ السَّلَمِيِّ رضي الله عنه أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَرْكَعْ رَكْعَتَيْنِ قَبْلَ أَنْ يَجْلِسَ».</t>
   </si>
   <si>
     <t>Abú Qatáda as-Salamí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud někdo z vás vstoupí do mešity, ať se pomodlí dvě raka'a před tím, než si sedne.”</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم مَن أتى المسجدَ ودَخَلَه في أيِّ وقت، ولأيِّ غَرَضٍ، أنْ يُصليَ ركعتين قبل أنْ يَجلس، وهما ركعتا تحية المسجد.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádal, aby se ten, kdo z jakékoliv příčiny a v jakýkoliv čas vstoupí do mešity, pomodlil dvě raka'a před tím, než si sedne. Tyto dvě raka'a se nazývají pozdrav mešitě (tahíjatu-l-masdžid).</t>
   </si>
   <si>
     <t>استحبابُ صلاةِ ركعتين تحيةً للمسجد قبل الجلوس.
 هذا الأمر لمن أراد الجلوس، فمن دخل المسجد وخرج قبل أن يجلس لا يتناوله الأمر.
 إذا دخل المصلي والناس في الصلاة فدخل معهم فيها أغناه عن الركعتين.</t>
   </si>
   <si>
     <t>Doporučení pomodlit se dvě raka'a (pozdrav mešitě) před tím, než si člověk v mešitě sedne.
 Toto se týká člověka, který si chce sednout. Pokud si sednout nechce, tak se ho to netýká.
 Pokud člověk přijde do mešity v době, kdy se lidé modlí, připojí se k nim, a to stačí místo pomodlení se dvou raka'a.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65091</t>
   </si>
   <si>
-    <t>إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ</t>
+    <t>إذا دخل أحدكم المسجد فليقل: اللهم افتح لي أبواب رحمتك، وإذا خرج فليقل: اللهم إني أسألك من فضلك</t>
   </si>
   <si>
     <t>„Pokud někdo z vás vstoupí do mešity, ať řekne: „Alláhumma iftah lí abwába rahmatik." (Bože, otevři mi brány Svého milosrdenství.) A když z ní odchází, ať řekne: „Alláhumma inní as’aluka min fadlika." (Bože, věru Tě prosím o Tvou přízeň.)</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي حُمَيْدٍ أَوْ عَنْ ‌أَبِي أُسَيْدٍ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِذَا دَخَلَ أَحَدُكُمُ الْمَسْجِدَ فَلْيَقُلِ: اللَّهُمَّ افْتَحْ لِي أَبْوَابَ رَحْمَتِكَ، وَإِذَا خَرَجَ فَلْيَقُلِ: اللَّهُمَّ إِنِّي أَسْأَلُكَ مِنْ فَضْلِكَ».</t>
   </si>
   <si>
     <t>Abú Humajd nebo Abú Usajd vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud někdo z vás vstoupí do mešity, ať řekne: „Alláhumma iftah lí abwába rahmatik." (Bože, otevři mi brány Svého milosrdenství.) A když z ní odchází, ať řekne: „Alláhumma inní as’aluka min fadlika." (Bože, věru Tě prosím o Tvou přízeň.)"</t>
   </si>
   <si>
     <t>أَرْشَدَ النبيُّ صلى الله عليه وسلم أمَّتَه إلى الدّعاء الذي يقال عند دخول المسجد: (اللَّهُمَّ افْتَحْ لي أَبْوابَ رَحْمَتِكَ)، فيسألُ اللهَ تعالى أن يهيئ له أسباب رحمته، وإذا أراد الخروج فليقل: (اللَّهُمَّ إني أَسْأَلُك مِن فَضْلِكَ)، فيسألُ اللهَ مِن فضلِه ومَزيدِ إحسانِه من الرِّزقِ الحلالِ.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) nabádá svoji obec, aby říkala tyto prosby: před vstupem do mešity: Alláhumma iftah lí abwába rahmatik. (Bože, otevři mi brány Svého milosrdenství.) Tzn. poprosí Boha, aby mu usnadnil cestu ke Svému milosrdenství. A když chce odejít z mešity, říci: Alláhumma inní as’aluka min fadlika. (Bože, věru Tě prosím o Tvou přízeň.) Tzn. poprosí Boha, aby mu dal více Svého dobra a přízně, z povolené obživy.</t>
   </si>
   <si>
     <t>استحباب هذا الدعاء عند دخول المسجد والخروج منه.
 تخصيص ذكر الرَّحمة بالدّخول، والفضل بالخروج: أنّ الدّاخل اشتغل بما يقرِّبه إلى الله وإلى جنته فناسَب أن يذكُر الرَّحمة، فإذا خرج سعى في الأرض ابتِغاء فضل الله مِن الرِّزق، فناسَب ذكر الفَضْل.
 هذه الأذكار تقال عند إرادة دخول المسجد، وعند إرادة الخروج منه.</t>
   </si>
   <si>
     <t>Doporučení říkat dua (prosby) před vstupem do mešity a při odchodu z ní.
 Důvodem, proč se při příchodu žádá o milosrdenství, zatímco při odchodu o přízeň, je, že kdo vstoupí do mešity, se pak věnuje tomu, co ho přibližuje k Bohu, a tak je vhodná žádost o Boží milosrdenství. Zatímco po odchodu se věnuje hledání obživy, a tak je vhodnější žádost o Boží přízeň.
 Tyto prosby se říkají, když chce člověk vstoupit do mešity a když z ní chce odejít.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65092</t>
   </si>
   <si>
-    <t>إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ</t>
+    <t>إن بين الرجل وبين الشرك والكفر ترك الصلاة</t>
   </si>
   <si>
     <t>„Věru, že mezi člověkem a přidružováním a nevírou je zanechání modlitby.”</t>
   </si>
   <si>
     <t>عن جابرٍ رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ بَيْنَ الرَّجُلِ وَبَيْنَ الشِّرْكِ وَالْكُفْرِ تَرْكَ الصَّلَاةِ».</t>
   </si>
   <si>
     <t>Džábir (ať je s ním Bůh spokojen) vyprávěl, že slyšel, Proroka (ať mu Bůh žehná a dá mír) říci: „Věru, že mezi člověkem a přidružováním a nevírou je zanechání modlitby.”</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تَرْكِ الصلاة المفروضة، وأخبر أنَّ بَين الرجلِ وبين الوقوعِ في الشرك والكفر تركَ الصلاة، فالصلاةُ الركنُ الثاني من أركان الإسلام، وشأنُها عظيمٌ في الإسلام، فمَن تَرَكَها جاحدًا لوجوبها كَفَرَ بإجماع المسلمين، وإنَّ تركها بالكلية تهاونًا وكسلًا فهو كافر، ونُقل إجماع الصحابة على ذلك، وإنَّ كان يترك أحيانًا ويُصلّي أحيانًا فهو مُعَرَّض لهذا الوعيد الشديد.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před zanecháním povinných modliteb a řekl, že že mezi člověkem a přidružováním a nevírou je zanechání modlitby. Modlitba je druhým pilířem islámu a její postavení je v islámu velice vysoké. Ten, kdo ji odmítá a říká, že není povinná, je považován za nevěřícího, na tom se shodla většina muslimů. Pokud se ji nemodlí vůbec s tím, že mu nepřipadá důležitá atd., sahába se shodli na tom, že je také považován za nevěřícího. Ale pokud se někdy modlí a někdy ne, hrozí mu tento obrovský trest.</t>
   </si>
   <si>
     <t>أهميَّة الصلاة والمحافظة عليها، فهي الفارق بين الكفر والإيمان.
  التحذير الشديد من ترك الصلاة وإضاعتها.</t>
   </si>
   <si>
     <t>Důležitost modlitby a jejího dodržování, protože ona rozlišuje mezi vírou a nevírou.
 Velké varování před zanecháním a nedodržováním modlitby.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65093</t>
   </si>
   <si>
-    <t>إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ</t>
+    <t>إن العهد الذي بيننا وبينهم الصلاة، فمن تركها فقد كفر</t>
   </si>
   <si>
     <t>„Smlouvou, která je mezi námi a nimi, je modlitba a kdo jí zanechá, se stane nevěřícím.”</t>
   </si>
   <si>
     <t>عن بريدة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْعَهْدَ الَّذِي بَيْنَنَا وَبَيْنَهُمُ الصَّلَاةُ، فَمَنْ تَرَكَهَا فَقَدْ كَفَرَ».</t>
   </si>
   <si>
     <t>Burajda (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Smlouvou, která je mezi námi a nimi, je modlitba a kdo jí zanechá, se stane nevěřícím.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العهدَ والميثاقَ بين المسلمين وبين غيرهم من الكفار والمنافقين الصلاةُ، فمَن تَرَكَها فقد كَفَر.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že smlouvou, která je mezi muslimy a nevěřícími a pokrytci, je modlitba a kdo jí zanechá, se stane nevěřícím.</t>
   </si>
   <si>
     <t>عِظَم شأن الصلاة، وأنّها الفارق بين المؤمن والكافر.
 ثبوت أحكام الإسلام بالظاهر من حال الرجل دون باطنه.</t>
   </si>
   <si>
     <t>Velké postavení modlitby v islámu a že ona rozlišuje mezi věřícím a nevěřícím.
 Pravidla islámu jsou na tomto světě posuzována podle vnějšího zdání a ne podle toho, co je uvnitř (protože to lidé nemohou poznat).</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho At-Thirmidhí, An-Nasáí, Ibn Mádžah a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65094</t>
   </si>
   <si>
-    <t>يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها</t>
+    <t>يا بلال، أقم الصلاة، أرحنا بها</t>
   </si>
   <si>
     <t>„Bilále, zavolej k modlitbě, ať se jí uklidníme.”</t>
   </si>
   <si>
     <t>عن سالم بن أبي الجَعْدِ قال: قال رجل: ليتني صَلَّيتُ فاسترحْتُ، فكأنّهم عابُوا ذلك عليه، فقال: سمعتُ رسولَ الله صلى الله عليه وسلم يقول: «يا بلالُ، أقِمِ الصَّلاةَ، أرِحْنا بها».</t>
   </si>
   <si>
     <t>Sálim Ibn Abí al-Dža'd vyprávěl, že jeden muž řekl: „Pomodlil jsem se a uklidnil jsem se," a ostatní se na to tvářili, jako by řekl něco špatného. A on řekl: „Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Bilále, zavolej k modlitbě, ať se jí uklidníme.”"</t>
   </si>
   <si>
     <t>قال رجلٌ من الصحابة: ليتني صَليتُ فاستَرحتُ، فكأنَّ مَن حَوله عابُوا ذلك عليه، فقال: سمعتُ النبيَّ صلى الله عليه وسلم يقول: يا بلال! ارفع أذانَ الصلاةِ وأقِمْها؛ لنَستريحَ بها؛ وذلك لِمَا فيها من مناجاة لله تعالى، وراحة للروح والقلب.</t>
   </si>
   <si>
     <t>Jeden muž ze sahába řekl: Pomodlil jsem se a uklidnil jsem se. Ostatní, kteří to slyšeli, se na to tvářili, jako by řekl něco špatného. A on řekl: Slyšel jsem Proroka (ať mu Bůh žehná a dá mír) říci: Bilále, udělej adhán k modlitbě a pak iqámu, abychom se díky ní uklidnili, protože v modlitbě člověk mluví s Bohem, a tak cítí klid v duši a srdci.</t>
   </si>
   <si>
     <t>راحة القلب تكون بالصلاة؛ لما فيها من مناجاة الله تعالى.
 الإنكار على مَن تَثَاقَلَ عن العبادة.
 مَن أدَّى الواجِبَ الذي عليه، وأبرأ ذِمَّتَه منه، حَصَلتْ له بذلك راحةٌ وشعورٌ بالاطمئنان.</t>
   </si>
   <si>
     <t>Klid srdce je díky modlitbě, protože při ní člověk mluví s Bohem.
 Odmítání těch, kteří jsou líní v uctívání.
 Ten, kdo vykoná povinnost, kterou měl udělat, a tak se ji splní, se díky tomu cítí klidný a bezpečný.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65095</t>
   </si>
   <si>
-    <t>أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي</t>
+    <t>أيها الناس، إنما صنعت هذا لتأتموا ولتعلموا صلاتي</t>
   </si>
   <si>
     <t>Lidé, učinil jsem to proto, abyste se mnou řídili a naučili se moji modlitbu.”</t>
   </si>
   <si>
     <t>عن أَبِي حَازِمِ بْن دِينَارٍ: أَنَّ رِجَالًا أَتَوْا سَهْلَ بْنَ سَعْدٍ السَّاعِدِيَّ، وَقَدِ امْتَرَوْا فِي الْمِنْبَرِ مِمَّ عُودُهُ، فَسَأَلُوهُ عَنْ ذَلِكَ، فَقَالَ: وَاللهِ إِنِّي لَأَعْرِفُ مِمَّا هُوَ، وَلَقَدْ رَأَيْتُهُ أَوَّلَ يَوْمٍ وُضِعَ، وَأَوَّلَ يَوْمٍ جَلَسَ عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، أَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِلَى فُلَانَةَ -امْرَأَةٍ من الأنصار قَدْ سَمَّاهَا سَهْلٌ-: «مُرِي غُلَامَكِ النَّجَّارَ أَنْ يَعْمَلَ لِي أَعْوَادًا أَجْلِسُ عَلَيْهِنَّ إِذَا كَلَّمْتُ النَّاسَ»، فَأَمَرَتْهُ فَعَمِلَهَا مِنْ طَرْفَاءِ الْغَابَةِ، ثُمَّ جَاءَ بِهَا، فَأَرْسَلَتْ إِلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَمَرَ بِهَا فَوُضِعَتْ هَاهُنَا، ثُمَّ رَأَيْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَّى عَلَيْهَا وَكَبَّرَ وَهُوَ عَلَيْهَا، ثُمَّ رَكَعَ وَهُوَ عَلَيْهَا، ثُمَّ نَزَلَ الْقَهْقَرَى، فَسَجَدَ فِي أَصْلِ الْمِنْبَرِ ثُمَّ عَادَ، فَلَمَّا فَرَغَ أَقْبَلَ عَلَى النَّاسِ فَقَالَ: «أَيُّهَا النَّاسُ، إِنَّمَا صَنَعْتُ هَذَا لِتَأْتَمُّوا وَلِتَعَلَّمُوا صَلَاتِي».</t>
   </si>
   <si>
     <t>Abú Házim Ibn Dínár vyprávěl, že nějací muži přišli za Sahlem Ibn Sa'dem as-Sá'idím a hádali se, z čeho byl vyroben minbar. Zeptali se ho na to a on řekl: „Při Bohu, že vím z čeho je, viděl jsem první den, kdy byl dán a kdy si na něj poprvé sednul Posel Boží (ať mu Bůh žehná a dá mír). Posel Boží (ať mu Bůh žehná a dá mír) poslal pro jednu ženu z Ansárů" - a Sahl řekl její jméno - „a řekl jí: „Nařiď svému chlapci truhláři, aby mi udělal prkna, abych na nich seděl, když budu mluvit k lidem.” A tak mu to nařídila a udělal je ze stromu tamaryšku a poté je přinesl. Pak vzkázala pro Posla Božího (ať mu Bůh žehná a dá mír) a ten nařídil, aby byla dána sem. Poté jsem viděl Posla Božího (ať mu Bůh žehná a dá mír) se na nich modlit, stál na nich a řekl: „Alláhu akbar," udělal rukú’, pak pozadu sešel dolů, udělal sadždu na zemi u těchto prken a pak se vrátil zpět. Když skončil, obrátil se k lidem a řekl: „Lidé, učinil jsem to proto, abyste se mnou řídili a naučili se moji modlitbu.”"</t>
   </si>
   <si>
     <t>جاء رجالٌ إلى أحدِ الصحابة يسألونه عن المنبرِ النبويِّ الذي اتخذه رسولُ الله صلى الله عليه وسلم: ممَّ صُنع؟ وقد تجادلوا وتنازعوا في ذلك، فَذَكَرَ لهم أنه صلى الله عليه وسلم بَعث إلى امرأةٍ من الأنصار كان لها خادمٌ نجَّار، فقال لها: مُرِيْ غلامَك أنْ يَصنعَ لي منبرًا أَجلِسُ عليه حين أُكَلِّمُ الناسَ، فأجابت المرأةُ، وأمَرتْ غلامَها أن يصنع للنبي صلى الله عليه وسلم منبرًا من شجر الطَّرْفاء، ولَمَّا فَرَغَ أَرسلت المرأةُ به إلى النبي صلى الله عليه وسلم، فأَمََرَ به فوُضع مكانَه من المسجد، ثم صلى النبي صلى الله عليه وسلم عليه وكَبَّرَ وهو عليه، ثم ركع وهو عليه، ثم نزل يمشي إلى خلف من غير أن يَلْفِتَ وجهَه إلى جهة الخلف فسجد في أَصْلِ المنبر ثم عاد، فلما فرغ من الصلاة أقبل على الناس، وقال: أيها الناس، إنما صنعتُ هذا لتأتموا ولِتَعَلَّموا صلاتي.</t>
   </si>
   <si>
     <t>Nějací muži přišli za jedním ze sahába a ptali se ho, z čeho byl vyroben Prorokův minbar, protože se o tom hádali. Řekl jim: Při Bohu, Posel Boží (ať mu Bůh žehná a dá mír) poslal pro jednu ženu z ansárů, která měla sluhu truhláře, a řekl jí, ať nařídí svému chlapci truhláři, aby mu udělal minbar, aby na něm seděl, když bude mluvit k lidem. A tak nařídila svému sluhovi, aby ho vyrobil ze stromu tamaryšku, a když to bylo hotové, vzkázala pro Posla Božího (ať mu Bůh žehná a dá mír) a ten nařídil, aby byl umístěn v mešitě. Poté se na něm Posel Boží (ať mu Bůh žehná a dá mír) modlil, stál na něm, když říkal Alláhu akbar, a dělal na něm rukú’. Pak pozadu sešel dolů a udělal sadždu na zemi u minbaru. Pak se vrátil zpět a když skončil, obrátil se k lidem a řekl: Lidé, učinil jsem to proto, abyste se mnou řídili a naučili se moji modlitbu.</t>
   </si>
   <si>
     <t>استحباب اتخاذ المنبر وارتقاء الخطيب عليه، وفائدته الإبلاغ والإسماع.
 جواز الصلاة على المنبر للتعليم، وجواز ارتفاع الإمام على المأموم لحاجة.
 جواز الاستعانة بأهل الصناعات في حوائج المسلمين.
 جواز الحركة اليسيرة في الصلاة للحاجة.
 جواز نظر المأموم إلى إمامه في الصلاة؛ ليتعلم منه وأن ذلك لا ينافي الخشوع.</t>
   </si>
   <si>
     <t>Doporučení používat minbar, o který se kazatel opírá; jeho smyslem je, aby lidé dobře viděli a slyšeli.
 Povolení modlit se na minbaru, aby se lidé naučili modlitbu. A povolení pro imáma modlit se trochu výše nad ostatními, pokud je pro to nějaká potřeba.
 Povolení požádat o pomoc řemeslníky, pokud jde o prospěch muslimů.
 Povolení mírně se pohybovat při modlitbě, pokud je to potřebné.
 Povolení dívat se na imáma při modlitbě, aby se ji od něj naučili, a není to v rozporu s pokorou při modlitbě.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65096</t>
   </si>
   <si>
-    <t>إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا</t>
+    <t>إذا صليتم فأقيموا صفوفكم، ثم ليؤمكم أحدكم فإذا كبر فكبروا</t>
   </si>
   <si>
     <t>„Když se modlíte,  srovnejte se do řad. Jeden z vás ať je imámem, vede vás a když řekne: „Alláhu akbar," řekněte: „Alláhu akbar</t>
   </si>
   <si>
     <t>عَنْ ‌حِطَّانَ بْنِ عَبْدِ اللهِ الرَّقَاشِيِّ قَالَ: صَلَّيْتُ مَعَ ‌أَبِي مُوسَى الْأَشْعَرِيِّ صَلَاةً، فَلَمَّا كَانَ عِنْدَ الْقَعْدَةِ قَالَ رَجُلٌ مِنَ الْقَوْمِ: أُقِرَّتِ الصَّلَاةُ بِالْبِرِّ وَالزَّكَاةِ، قَالَ: فَلَمَّا قَضَى أَبُو مُوسَى الصَّلَاةَ وَسَلَّمَ انْصَرَفَ فَقَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ قَالَ: فَأَرَمَّ الْقَوْمُ، ثُمَّ قَالَ: أَيُّكُمُ الْقَائِلُ كَلِمَةَ كَذَا وَكَذَا؟ فَأَرَمَّ الْقَوْمُ، فَقَالَ: لَعَلَّكَ يَا حِطَّانُ قُلْتَهَا؟ قَالَ: مَا قُلْتُهَا، وَلَقَدْ رَهِبْتُ أَنْ تَبْكَعَنِي بِهَا، فَقَالَ رَجُلٌ مِنَ الْقَوْمِ: أَنَا قُلْتُهَا، وَلَمْ أُرِدْ بِهَا إِلَّا الْخَيْرَ، فَقَالَ أَبُو مُوسَى: أَمَا تَعْلَمُونَ كَيْفَ تَقُولُونَ فِي صَلَاتِكُمْ؟ إِنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خَطَبَنَا فَبَيَّنَ لَنَا سُنَّتَنَا وَعَلَّمَنَا صَلَاتَنَا، فَقَالَ: «إِذَا صَلَّيْتُمْ فَأَقِيمُوا صُفُوفَكُمْ، ثُمَّ لِيَؤُمَّكُمْ أَحَدُكُمْ فَإِذَا كَبَّرَ فَكَبِّرُوا، وَإِذْ قَالَ: {غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ} [الفاتحة: 7]، فَقُولُوا: آمِينَ، يُجِبْكُمُ اللهُ، فَإِذَا كَبَّرَ وَرَكَعَ فَكَبِّرُوا وَارْكَعُوا، فَإِنَّ الْإِمَامَ يَرْكَعُ قَبْلَكُمْ، وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا قَالَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، فَقُولُوا: اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، يَسْمَعِ اللهُ لَكُمْ، فَإِنَّ اللهَ تَبَارَكَ وَتَعَالَى قَالَ عَلَى لِسَانِ نَبِيِّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، وَإِذَا كَبَّرَ وَسَجَدَ فَكَبِّرُوا وَاسْجُدُوا، فَإِنَّ الْإِمَامَ يَسْجُدُ قَبْلَكُمْ وَيَرْفَعُ قَبْلَكُمْ»، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَتِلْكَ بِتِلْكَ، وَإِذَا كَانَ عِنْدَ الْقَعْدَةِ فَلْيَكُنْ مِنْ أَوَّلِ قَوْلِ أَحَدِكُمُ: التَّحِيَّاتُ الطَّيِّبَاتُ الصَّلَوَاتُ لِلهِ، السَّلَامُ عَلَيْكَ أَيُّهَا النَّبِيُّ وَرَحْمَةُ اللهِ وَبَرَكَاتُهُ، السَّلَامُ عَلَيْنَا وَعَلَى عِبَادِ اللهِ الصَّالِحِينَ، أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>Hittán Ibn ‘Abdulláh ar-Raqáší vyprávěl: „Modlil jsem se s Abú Músou al-Aš'arím a když seděl (při tašahhudu), jeden muž řekl: „Modlitba byla spojena s dobrem a almužnou." A on řekl: „Kdo z vás to řekl?" Všichni ale mlčeli. Poté znovu řekl: „Kdo z vás to řekl?" Všichni ale mlčeli. Pak řekl: „Snad jsi to byl ty, kdo to řekl, Hittáne?" A já jsem se začal bát, že mi za to vyčiní, ale jeden muž řekl: „Já jsem to řekl, ale nechtěl jsem tím nic jiného než dobro." Abú Músá řekl: „Vy nevíte, co máte říkat v modlitbě? Věru, že Posel Boží (ať mu Bůh žehná a dá mír) nám vysvětlil naši sunnu a jak se máme modlit a řekl: „Když se modlíte,  srovnejte se do řad. Jeden z vás ať je imámem, vede vás a když řekne: „Alláhu akbar," řekněte: „Alláhu akbar." A když řekne: {ne těch, na než jsi rozhněván, ani těch, kdo v bludu
 jsou.} [Otevíratelka: 7], řekněte: „Ámín" a Bůh vám to vyplní. A když řekne: „Alláhu akbar" a udělá rukú’, tak řekněte: „Alláhu akbar" a udělejte rukú’. A imám dělá rukú’ před vámi a zvedá se z něj také před vámi." A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „A tato (chvíle) vydá za tamtu a když (imám) řekne: „Sami' Alláhu liman hamidah," řekněte: „Alláhumma rabbaná wa laka-l-hamd." A Bůh vás slyší, věru, že Požehnaný a Všemohoucí Bůh  řekl ústy svého Proroka (ať mu Bůh žehná a dá mír): „Sami' Alláhu liman hamidah." A imám dělá sudžúd před vámi a zvedá se z něj před vámi.” A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „A tato (chvíle) vydá za tamtu a když (imám) sedí, vaše první slova budiž: „At-tahijjátu at-tajjibátu as-salawátu lilláhi, as-salámu ‘alajka ajjuha-nnabí wa rahmatulláhi wa barakátuh, as-salámu ‘alajná wa ‘alá ‘ibádilláhi s-sálihín. Ašhadu an lá illáha illa-lláh, wa ašhadu anna Muhammadan ‘abduhu wa rasúluh.”"</t>
   </si>
   <si>
     <t>صلى الصحابيُّ أبو موسى الأشعري رضي الله عنه صلاةً، فلما كان عند القَعدة التي فيها التشهد، قال رجل من المصلين خلفه: قُرِنَتْ الصلاة في القرآن بالبر والزكاة، فلما انتهى أبو موسى رضي الله عنه من الصلاة توجَّه إلى المأمومين، فسألهم: أيكم القائل كلمة: قرنت الصلاة في القرآن بالبر والزكاة؟! فسكت القوم، ولم يتكلم منهم أحد، فكرر عليهم السؤال مرة أخرى، فلما لم يَرُد عليه أحد، قال أبو موسى رضي الله عنه: لعلك يا حطان قلتها! لجَسَارَتِه وقربِه منه وصِلَتِه به، مما لا يؤذيه اتهامُه، وليدفع الفاعل الحقيقي إلى الاعتراف، فنفى حِطَّانُ ذلك، وقال: لقد خفت أنْ تُوَبِّخَني ظنًا منك أني قلتها؛ وهنا قال رجل من القوم: أنا قلتُها، ولم أقصد بها إلا خيرًا، فقال أبو موسى مُعلِّمًا له: أما تعلمون كيف تقولون في صلاتكم؟! وهذا استنكار منه، ثم أخبر أبو موسى أن النبي صلى الله عليه وسلم خَطَبَهم ذات مرة، فَبَيَّنَ لهم شريْعَتَهم، وعلَّمَهم صلاتَهم، فقال صلى الله عليه وسلم:
 إذا صليتم فأقيموا صفوفكم واعتدلوا فيها، ثم يؤم الناسَ واحدٌ منهم، فإذا كَبّر الإمام تكبيرة الإحرام، فكبروا مثله، وإذا قرأ الفاتحة وبلغ: {غير المغضوب عليهم ولا الضالين} [الفاتحة: 7]، فقولوا: آمين؛ فإذا فعلتم ذلك يستجيب الله دعاءكم، فإذا كبر وركع فكبروا واركعوا؛ فإن الإمام يركع قبلكم ويرفع قبلكم فلا تسبقوه؛ لأن اللحظة التي سبقكم الإمام بها في تقدمه إلى الركوع، تنجبر لكم بتأخيركم في الركوع بعد رفعه لحظة، فتلك اللحظة بتلك اللحظة، وصار قدر ركوعكم كقدر ركوعه، وإذا قال الإمام: سمع الله لمن حمده، فقولوا: اللهم ربنا لك الحمد، فإذا قال المصلون ذلك فإن الله سبحانه يسمع دعاءهم وقولَهم، فإن الله تبارك وتعالى قال على لسان نبيه صلى الله عليه وسلم: سمع الله لمن حمده،ثم إذا كبر الإمام وسجد، فعلى المأمومين أن يكبروا ويسجدوا، فإن الإمام يسجد قبلهم، ويرفع قبلهم، فتلك اللحظة بتلك اللحظة، وصار قدر سجود المأموم كقدر سجود الإمام،وإذا كان عند القعود للتشهد فليكن أول قول المصلي: "التحيات الطيبات الصلوات لله" فالمُلْكُ والبقاءُ والعَظَمةُ كلُّها مُسْتَحَقَّة لله تعالى، وكذا الصلوات الخمس كلُّها لله، "السلام عليك أيها النبي ورحمة الله وبركاته، السلام علينا وعلى عباد الله الصالحين"، فادعوا الله السلامة من كل عيب وآفة ونقص وفساد؛ ونخص نبينا محمد صلى الله عليه وسلم بالتسليم، ثم نسلم على أنفسنا، ثم نسلم على عباد الله الصالحين القائمين بما يجب عليهم من حقوق الله تعالى وحقوق عباده، ثم نشهد أن لا إله إلا الله، ونشهد أن محمدًا عبده ورسوله.</t>
   </si>
   <si>
     <t>Druh Proroka Abú Músá al-Aš'arí (ať je s ním Bůh spokojen) se modlil a když seděl při tašahhudu, jeden muž z těch, co se modlili za ním, řekl: Modlitba byla v Koránu spojena s dobrem a almužnou. A když Abú Músá (ať je s ním Bůh spokojen) skončil modlitbu, obrátil se k modlícím a řekl: Kdo z vás to řekl? Všichni ale mlčeli. Poté znovu řekl: Kdo z vás řekl: Modlitba byla v Koránu spojena s dobrem a almužnou? Všichni ale mlčeli. Pak otázku zopakoval a když stále všichni mlčeli, Abú Músá (ať je s ním Bůh spokojen) řekl: Snad jsi to byl ty, kdo to řekl, Hittáne? Jmenoval ho, protože seděl u něj a byl mu blízký, a tak věděl, že mu takové obvinění neublíží a přiměje promluvit toho, kdo to opravdu řekl. Avšak Hittán to odmítl a začal se bát, že mu za to vyčiní, ale jeden muž řekl: Já jsem to řekl, ale nechtěl jsem tím nic jiného než dobro. A Abú Músá řekl: Vy nevíte, co máte říkat v modlitbě? A poté jim oznámil, že Prorok (ať mu Bůh žehná a dá mír) jim jednou kázal a vysvětlil jim Boží zákony a naučil je, jak se mají modlit. A  Posel Boží (ať mu Bůh žehná a dá mír) řekl:
 Když se modlíte,  uspořádejte se do řad a vyrovnejte je.  Pak ať je jeden z vás imámem a vede vás. A když na začátku modlitby řekne: Alláhu akbar, řekněte: Alláhu akbar.* A když bude číst Fátihu a dojde k: {ne těch, na než jsi rozhněván, ani těch, kdo v bludu
 jsou.} [Otevíratelka: 7], řekněte: Ámín a Bůh vám to vyplní. A když řekne Alláhu akbar a udělá rukú’, tak řekněte Alláhu akbar a udělejte rukú’. Imám dělá rukú’ před vámi a zvedá se z něj také před vámi, tak ho nepředcházejte,  protože chvilka, kdy je před vámi v rukú’, mu poskytne čas být před vámi i při zvedání se z něj, a tak tato (chvíle) vydá za tamtu. A když imám řekne: Sami' Alláhu liman hamidah, řekněte: Alláhumma rabbaná wa laka-l-hamd. A Bůh slyší, co říkáte, věru, že Požehnaný a Všemohoucí Bůh  řekl ústy svého Proroka (ať mu Bůh žehná a dá mír): Sami' Alláhu liman hamidah. A imám dělá sudžúd před vámi a zvedá se z něj před vámi. A tato (chvíle) vydá za tamtu, a tak je váš sudžúd stejně dlouhý jako sudžúd imáma. A když sedí při tašahhudu, ať jsou vaše první slova: At-tahijjátu at-tajjibátu as-salawátu lilláhi (všechno velebení, nejlepší slova a modlitby patří jedině Bohu), as-salámu ‘alajka ajjuha-nnabí wa rahmatulláhi wa barakátuh, as-salámu ‘alajná wa ‘alá ‘ibádilláhi as-sálihín (mír s tebou, ó Proroku, a Boží milosrdenství a Jeho požehnání, mír s námi a se zbožnými služebníky Božími). Ašhadu an lá illáha illa-lláh, wa ašhadu anna Muhammadan ‘abduhu wa rasúluh.</t>
   </si>
   <si>
     <t>بيان صيغة من صيغ التشهد.
 أفعال الصلاة وأقوالها لا بد أن تكون مما ثبت عن النبي صلى الله عليه وسلم، فلا يجوز لأحد أن يبتدع فيها قولًا أو فعلًا لم يثبت في السنة.
 عدم جواز مسابقة الإمام والتأخُّر عنه، والمشروع للمأموم متابعة الإمام في أفعاله.
 ذكر ما كان عليه النبي صلى الله عليه وسلم من الاهتمام في التبليغ، وتعليم أمته أحكام الدين.
 الإمام هو القدوة للمأموم، فلا يجوز له أنْ يُسابِقَه في أفعال الصلاة ولا أن يقارنَه ولا أن يتأخر عنه، بل يكون ابتداء متابعته بعد تأكده من دخوله في الفعل الذي يريد أن يفعله، وأن السنة اتباعه فيها.
 مشروعية إقامة الصفوف في الصلاة.</t>
   </si>
   <si>
     <t>Ukázání jedné z formulací tašahhudu.
 Činy a slova modlitby musí být jen takové, které máme od Proroka (ať mu Bůh žehná a dá mír). A je zakázáno, aby si někdo vymýšlel novoty v modlitbě, ať už slova nebo činy, které nejsou v sunně.
 Zákaz předcházet imáma v úkonech nebo se hodně zpožďovat, člověk by měl imáma v jeho úkonech následovat.
 Připomenutí toho, jak se Prorok (ať mu Bůh žehná a dá mír) staral o učení náboženství své obce a o oznamování Božích nařízení.
 Imám je ten, kdo vede modlící, a tak ho modlící nesmí ve svých úkonech předbíhat, ani je dělat společně s ním nebo se naopak příliš opožďovat. Měli by ho ale následovat hned, jak mají jistotu, že něco začal dělat. Měli by to hned udělat po něm, a to je sunna.
 Při modlitbě mají být modlící se ve vyrovnaných řadách.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65097</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا</t>
+    <t>والذي نفسي بيده، إني لأقربكم شبها بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه لصلاته حتى فارق الدنيا</t>
   </si>
   <si>
     <t>Při Tom, v Jehož rukou je má duše, mám z vás nejblíže k tomu, aby moje modlitba byla podobná modlitbě Posla Božího (ať mu Bůh žehná a dá mír). Taková byla jeho modlitba, dokud neopustil tento svět</t>
   </si>
   <si>
     <t>عن أَبي هُرَيْرَةَ رضي الله عنه: أنه كَانَ يُكَبِّرُ فِي كُلِّ صَلَاةٍ مِنَ الْمَكْتُوبَةِ وَغَيْرِهَا، فِي رَمَضَانَ وَغَيْرِهِ، فَيُكَبِّرُ حِينَ يَقُومُ، ثُمَّ يُكَبِّرُ حِينَ يَرْكَعُ، ثُمَّ يَقُولُ: سَمِعَ اللهُ لِمَنْ حَمِدَهُ، ثُمَّ يَقُولُ: رَبَّنَا وَلَكَ الْحَمْدُ، قَبْلَ أَنْ يَسْجُدَ، ثُمَّ يَقُولُ: اللهُ أَكْبَرُ حِينَ يَهْوِي سَاجِدًا، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَسْجُدُ، ثُمَّ يُكَبِّرُ حِينَ يَرْفَعُ رَأْسَهُ مِنَ السُّجُودِ، ثُمَّ يُكَبِّرُ حِينَ يَقُومُ مِنَ الْجُلُوسِ فِي الِاثْنَتَيْنِ، وَيَفْعَلُ ذَلِكَ فِي كُلِّ رَكْعَةٍ، حَتَّى يَفْرُغَ مِنَ الصَّلَاةِ، ثُمَّ يَقُولُ حِينَ يَنْصَرِفُ: وَالَّذِي نَفْسِي بِيَدِهِ، إِنِّي لَأَقْرَبُكُمْ شَبَهًا بِصَلَاةِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، إِنْ كَانَتْ هَذِهِ لَصَلَاتَهُ حَتَّى فَارَقَ الدُّنْيَا.</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že říkal: „Alláhu akbar" ve všech povinných i nepovinných modlitbách, v ramadánu i jiných měsících. A říkal: „Alláhu akbar," když se postavil, poté když šel do předklonu (rukú’). Poté řekl: „Sami' Alláhu liman hamidah," poté řekl: „Rabbaná wa lakal-hamd" předtím, než udělal sudžúd, poté řekl: „Alláhu akbar," když dělal sudžúd, poté řekl: „Alláhu akbar," když zvedl hlavu ze sudžúdu, poté řekl: „Alláhu akbar," když se zvedl do stoje po dvou raka'a. A tak to dělal v celé modlitbě, v každém raka'a, dokud neskončil modlitbu. A poté když odcházel, řekl: „Při Tom, v Jehož rukou je má duše, mám z vás nejblíže k tomu, aby moje modlitba byla podobná modlitbě Posla Božího (ať mu Bůh žehná a dá mír). Taková byla jeho modlitba, dokud neopustil tento svět."</t>
   </si>
   <si>
     <t>يَروي أبو هريرة رضي الله عنه جزءًا من صفة صلاة النبي صلى الله عليه وسلم، ويخبر أنه كان إذا قام إلى الصلاة يكبر حين يقوم تكبيرة الإحرام، ثم يكبر حين يَنْتَقل إلى الركوع، وحين يسجد، وحين يرفع رأسه من السجود، وحين يسجد السجدة الثانية، وحين يرفع رأسه منها، وحين يقوم من الركعتين الأوليين بعد الجلوس للتشهد الأول في الصلاة الثلاثية أو الرباعية، ثم يفعل ذلك في الصلاة كلها حتى يقضيَها، وكان يقول حين يرفع ظهره من الركوع: سمع الله لمن حمده، ثم يقول وهو قائم: ربنا لك الحمد.
 ثم يقول أبو هريرة حين ينصرف من الصلاة: والذي نفسي بيده، إني لأقربكم شَبَهًا بصلاة رسول الله صلى الله عليه وسلم، إن كانت هذه صفة صلاته حتى فارق الدنيا.</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, jak vypadala část modlitby Proroka (ať mu Bůh žehná a dá mír). Vyprávěl, že když se postavil k modlitbě, řekl: Alláhu Akbar (zasvěcující takbír), poté ho řekl znovu, když šel do předklonu (rukú’), když dělal sudžúd, když zvedl hlavu ze sudžúdu a když se zvedal do stoje po dvou raka'a. A tak to dělal v celé modlitbě, v každém raka'a, dokud neskončil modlitbu. A když se zvedl z předklonu (rukú’), řekl: „Sami' Alláhu liman hamidah.” A poté, když už stál, řekl: „Rabbaná wa laka- l-hamd.”
 A když Abú Hurajra skončil modlitbu, řekl: Při Tom, v Jehož rukou je má duše, mám z vás nejblíže k tomu, aby moje modlitba byla podobná modlitbě Posla Božího (ať mu Bůh žehná a dá mír). Taková byla jeho modlitba, dokud neopustil tento svět.</t>
   </si>
   <si>
     <t>يكون التكبير أثناء كلِّ خَفْضٍ ورَفْعٍ إلا في رفعه من الركوع فيقول سمع الله لمن حمده.
 حرص الصحابة على الاقتداء بالنبي صلى الله عليه وسلم وحفظ سُنَّتِه.</t>
   </si>
   <si>
     <t>Takbír (slova Alláhu akbar) je při každém sklonění a zvednutí, kromě zvednutí po pokloně (rukú’); tehdy se říká: Sami' Alláhu liman hamidah.
 Snaha sahába napodobovat Proroka (ať mu Bůh žehná a dá mír) a ochraňovat jeho sunnu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65098</t>
   </si>
   <si>
-    <t>قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ</t>
+    <t>قال الله تعالى: قسمت الصلاة بيني وبين عبدي نصفين، ولعبدي ما سأل</t>
   </si>
   <si>
     <t>„Pravil Všemohoucí Bůh: „Rozdělil jsem modlitbu na půl mezi sebe a svého služebníka a mému služebníkovi patří, co žádal</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللهُ عنه سَمِعْتُ رَسُولَ اللهِ صلى الله عليه وسلم يَقُولُ: «قَالَ اللهُ تَعَالَى: قَسَمْتُ الصَّلَاةَ بَيْنِي وَبَيْنَ عَبْدِي نِصْفَيْنِ، وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ الْعَبْدُ: {الْحَمْدُ لِلهِ رَبِّ الْعَالَمِينَ}، قَالَ اللهُ تَعَالَى: حَمِدَنِي عَبْدِي، وَإِذَا قَالَ: {الرَّحْمَنِ الرَّحِيمِ}، قَالَ اللهُ تَعَالَى: أَثْنَى عَلَيَّ عَبْدِي، وَإِذَا قَالَ: {مَالِكِ يَوْمِ الدِّينِ}، قَالَ: مَجَّدَنِي عَبْدِي، -وَقَالَ مَرَّةً: فَوَّضَ إِلَيَّ عَبْدِي-، فَإِذَا قَالَ: {إِيَّاكَ نَعْبُدُ وَإِيَّاكَ نَسْتَعِينُ}، قَالَ: هَذَا بَيْنِي وَبَيْنَ عَبْدِي وَلِعَبْدِي مَا سَأَلَ، فَإِذَا قَالَ: {اهْدِنَا الصِّرَاطَ الْمُسْتَقِيمَ، صِرَاطَ الَّذِينَ أَنْعَمْتَ عَلَيْهِمْ غَيْرِ الْمَغْضُوبِ عَلَيْهِمْ وَلا الضَّالِّينَ}، قَالَ: هَذَا لِعَبْدِي وَلِعَبْدِي مَا سَأَلَ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Pravil Všemohoucí Bůh: „Rozdělil jsem modlitbu na půl mezi sebe a svého služebníka a mému služebníkovi patří, co žádal." A když služebník řekne: {Chvála Bohu, Pánu všech světů}, Bůh řekne: „Můj služebník mě chválí." Když řekne: {Vládce dne soudného}, řekne: „Můj služebník mě oslavuje" - jindy řekl: „Můj služebník to nechal na mně." Když řekne: {Jen Tebe uctíváme a jen Tebe o pomoc žádáme}, řekne: „To je mezi mnou a mým služebníkem a mému služebníkovi náleží, oč žádal." A když řekne: {Veď nás stezkou přímou, stezkou těch, jež zahrnuls milostí Svou, ne těch, na něž jsi rozhněván, ani těch, kdo v bludu jsou.}, řekne: „To je pro mého služebníka a mému služebníkovi náleží, oč požádal.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله تعالى قال في الحديث القدسي: قسمت سورة الفاتحة في الصلاة بيني وبين عبدي نصفين، لي نصفُها، وله نصفُها.
 فنصفُها الأول: حمدٌ وثناءٌ وتمجيدٌ لله، أجزيه عليه خير الجزاء.
 ونصفُها الثاني: تَضَرُّعٌ ودعاء، أستجيب له وأعطيه ما سأل. 
 فإذا قال المصلي: {الحمد لله رب العالمين}، قال الله: حمدني عبدي، وإذا قال: {الرحمن الرحيم}، قال الله: أثنى عليَّ عبدي فمدحني واعتراف لي بعموم الإنعام على خَلْقي، وإذا قال: {مالك يوم الدين}، قال الله: مَجَّدني عبدي، وهو الشرف الواسع.
 فإذا قال: {إياك نعبد وإياك نستعين}، قال الله: هذا بيني وبين عبدي.
 فالنصف الأول من هذه الآية لله وهو: (إياك نعبد) وهو اعتراف بالألوهية لله، والاستجابة بالعبادة، وبه ينتهي النصف الذي لله. 
 والنصف الثاني من الآية وهو للعبد: (إياك نستعين) طلب العون من الله، ووعده بالإعانة.
 فإذا قال: {اهدنا الصراط المستقيم * صراط الذين أنعمت عليهم غير المغضوب عليهم ولا الضالين}، قال الله: هذا تضرُّع ودعاء من عبدي، ولعبدي ما سأل، وقد أجبتُ دعاءه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh pravil v hadíthu al-qudsí (svatém): Rozdělil jsem súru Otevíratelka (Fátiha) v modlitbě mezi sebe a svého služebníka napůl, polovinu pro sebe a polovinu pro něj.
 První polovina: chvála a oslavování Boha, za to ho odměním krásnou odměnou.
 Druhá polovina: pokora a prosby, které mu vyplním, a dám mu to, čeho si žádá.
 A když modlící se řekne: {Chvála Bohu, Pánu všech světů}, Bůh řekne: Můj služebník mě chválí, když řekne: {Milosrdnému, Slitovnému}, Bůh řekne: Můj služebník mě pochválil a uznal veškerou moji dobrotu vůči všemu stvoření, když řekne: {Vládci dne soudného}, řekne: Můj služebník mě oslavuje, a to je velká čest.
 A když řekne: {Jen Tebe uctíváme a jen Tebe o pomoc žádáme}, řekne Bůh: to je mezi mnou a mým služebníkem.
 A první polovina z tohoto verše (Jen Tebe uctíváme) je uznáním božství Boha a Jeho posloucháním uctíváním. A to je polovina, která patří Bohu.
 A druhá polovina tohoto verše patří služebníkovi, a to je (Jen Tebe o pomoc žádáme), tj. žádost Boha o pomoc a slib Boha, že pomůže.
 A když řekne: {Veď nás stezkou přímou,* stezkou těch, jež zahrnuls milostí Svou, ne těch, na něž jsi rozhněván, ani těch, kdo v bludu jsou}, řekne Bůh: To je pokora a prosba a mému služebníkovi náleží, oč požádal, a jeho prosbu jsem vyplnil.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 عظم شأن الفاتحة فقد سماها الله تعالى (الصلاة).
 بيان عناية الله تعالى بعبده، حيث مَدَحَه بسبب حَمْدِه وثنائِه وتمجيدِه، ووَعدَه أنْ يُعطيَه ما سأل.
 اشتملت هذه السورة الكريمة، على حمد الله، وذكر المعاد، ودعاء الله، وإخلاص العبادة له، وسؤال الهداية إلى الصراط المستقيم، والتحذير من مسالك الباطل.
 استشعار المصلي هذا الحديث -اذا قرأ الفاتحة- يَزيدُ مِن خشوعِه في الصلاة.</t>
   </si>
   <si>
     <t>Vysoké postavení súry Otevíratelka (Fátiha), kterou Bůh pojmenoval modlitbou.
 Starost Boha o Jeho služebníka, když ho pochválil za to, že ho chválí a oslavuje, a slíbil mu, že mu dá, oč si řekne.
 Tato súra zahrnuje chválení Boha, prosby k Němu, upřímné uctívání, žádost o správné vedení po přímé stezce a varování před špatnými cestami.
 Pokud bude mít modlící se při přednášení súry Fátiha na mysli tento hadíth, bude při modlitbě soustředěnější a pokornější.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65099</t>
   </si>
   <si>
-    <t>أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا</t>
+    <t>أسوأ الناس سرقة الذي يسرق صلاته قال: وكيف يسرق صلاته؟ قال: لا يتم ركوعها، ولا سجودها</t>
   </si>
   <si>
     <t>„Nejhorší zloděj je ten, který krade svou modlitbu.” Řekl: „A jak může krást svou modlitbu?" Odpověděl: „Nedokončí její rukú' a sudžúd.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «أَسْوَأُ النَّاسِ سَرَقَةً الَّذِي يَسْرِقُ صَلَاتَهُ» قَالَ: وَكَيْفَ يَسْرِقُ صَلَاتَهُ؟ قال: «لَا يُتِمُّ رُكُوعَهَا، وَلَا سُجُودَهَا».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nejhorší zloděj je ten, který krade svou modlitbu.” Řekl: „A jak může krást svou modlitbu?" Odpověděl: „Nedokončí její rukú' a sudžúd.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أشدَّ الناسِ قُبْحًا في السَّرِقَة الذي يَسْرِقُ مِن صلاتِه؛ وذلك لأنَّ أَخْذَ مالِ الغيرِ ربما ينتفع به في الدنيا، بخلاف هذا السارق، فإنه سَرَقَ حقَّ نفسِه مِن الثواب والأجر، قالوا: يا رسول الله، وكيف يسرق من صلاته؟ قال: لا يتم ركوعها ولا سجودها؛ وذلك بأنْ يستعجل في الركوع والسجود، فلا يأتي بهما على الوجه الأكمل.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že nejhorší zloděj je ten, který krade ze svých modliteb. A to proto, že když krade něčí majetek, může z toho mít prospěch na tomto světě, na rozdíl od tohoto zloděje, který si krade své právo na odměnu. Poté řekli: Posle Boží, a jak si může krást z modlitby? Řekl: Nedokončí její rukú' a sudžúd. Tzn. že v těchto pozicích spěchá a neudělá je dokonale.</t>
   </si>
   <si>
     <t>أهمية إحسان الصلاة والإتيان بأركانها بطمأنينة وخشوع.
 وصف مَن لا يتم ركوعه وسجوده بأنه سارقٌ تنفيرٌ عن ذلك، وتنبيهٌ على تحريمِه.
 وجوب إتمام الركوع والسجود في الصلاة والاعتدال منهما.</t>
   </si>
   <si>
     <t>Důležitost dobrého vykonávání modlitby a vykonávání jejích pilířů pomalu a s pokorou.
 Ten, kdo neprovádí dokonale rukú' a sudžúd, byl nazván zlodějem proto, aby to ostatní odradilo od tohoto činu a bylo upozorněno na to, že to je zakázané.
 Povinnost provádět rukú' a sudžúd dobře, beze spěchu a vydržet v těchto pozicích alespoň nějakou dobu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65100</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ</t>
+    <t>كان رسول الله صلى الله عليه وسلم إذا رفع ظهره من الركوع قال: سمع الله لمن حمده</t>
   </si>
   <si>
     <t>„Když Posel Boží (ať mu Bůh žehná a dá mír) narovnal záda z rukú' (a postavil se), řekl: „Sami' Alláhu liman hamidah,</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ أَبِي أَوْفَى رضي الله عنه قَالَ: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا رَفَعَ ظَهْرَهُ مِنَ الرُّكُوعِ قَالَ: «سَمِعَ اللهُ لِمَنْ حَمِدَهُ، اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ».</t>
   </si>
   <si>
     <t>Ibn Abí Awfá (ať je s ním Bůh spokojen) vyprávěl: „Když Posel Boží (ať mu Bůh žehná a dá mír) narovnal záda z rukú' (a postavil se), řekl: „Sami' Alláhu liman hamidah, Alláhumma rabbaná wa laka-l-hamd, mil’a s-samáwáti wa mil’a l-ardi, wa mil’a má ši’ta min šaj'in ba‘du." (Bůh slyší toho, kdo Ho chválí. Bože, náš Pane, Tobě patří všechna chvála, nechť naplní se jí nebesa i země i to, co si budeš ještě přát.)</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم إذا رفع ظهرَه مِن الركوع في الصلاة يقول: "سمع الله لِمَن حمده"، أي: أنّ مَن حَمِدَ الله تعالى استجاب الله تعالى له، وقَبِل حَمْدَه وأثابَه، ثم يحمد الله بقوله: " اللَّهُمَّ رَبَّنَا لَكَ الْحَمْدُ، مِلْءَ السَّمَاوَاتِ وَمِلْءَ الْأَرْضِ وَمِلْءَ مَا شِئْتَ مِنْ شَيْءٍ بَعْدُ "، حَمْدًا يملأُ السماوات والأرضين وما بينهما، ويملأ ما شاء الله من شيء.</t>
   </si>
   <si>
     <t>Když Prorok (ať mu Bůh žehná a dá mír) v modlitbě narovnal záda z rukú’ a postavil se, řekl: „Sami' Alláhu liman hamidah.” (tj. Bůh přijímá chválu toho, kdo Ho chválí, a dá mu za to odměnu). Alláhumma rabbaná wa laka-l-hamd, mil’a s-samáwáti wa mil’a l-ardi, wa mil’a má ši’ta min šaj'in ba‘du." (Tj. Bohu, našemu Pánu, patří všechna chvála, kterou se naplní nebesa i země i to, co si bude Bůh přát.)</t>
   </si>
   <si>
     <t>بيان ما يُستَحبُّ أن يقولَه المصلي إذا رفع رأسه من الركوع.
 مشروعية الاعتدال والطمأنينة بعد الرفع من الركوع؛ لأنه لا يمكن أن يقول هذا الذكر إلا إذا اعتدل واطمأن.
 هذا الذكر مشروع في جميع الصلوات سواء كانت فرضًا أو نفلًا.</t>
   </si>
   <si>
     <t>Doporučení říkat tato slova v modlitbě po zvednutí se z poklony (rukú').
 Po zvednutí se z poklony (rukú') v modlitbě by měl člověk chvíli v klidu stát, protože tento dhikr nelze říci, pokud člověk nestojí chvíli v klidu.
 Tato slova se říkají ve všech modlitbách, ať jsou povinné nebo doporučené.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65101</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول في دبر كل صلاة مكتوبة</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) říkal na konci každé povinné modlitby</t>
   </si>
   <si>
     <t>عَنْ ‌وَرَّادٍ كَاتِبِ الْمُغِيرَةِ بْنِ شُعْبَةَ قَالَ: أَمْلَى عَلَيَّ الْمُغِيرَةُ بْنُ شُعْبَةَ فِي كِتَابٍ إِلَى مُعَاوِيَةَ: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ مَكْتُوبَةٍ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ».</t>
   </si>
   <si>
     <t>Warrád, písař Mughíry Ibn Šu’ba, řekl: „Al-Mughíra Ibn Šu’ba mě nechal zapsat pro Mu'áwíju tato slova: Prorok (ať mu Bůh žehná a dá mír) říkal na konci každé povinné modlitby: „Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír, Alláhumma lá máni‘a limá a'tajta, wa lá mu‘tija limá mana‘ta, wa lá janfa‘u dhá-l-džaddi minka-l-džaddu." (Není boha kromě Boha, Jediného, jenž nemá společníka žádného. Jemu náleží vláda i chvála a On má moc nad každou věcí. Ó Bože, nikdo nezadrží, co Tys daroval, a nikdo nedaruje, co Tys zadržel, a nikomu neprospěje jeho bohatství proti Tobě.)</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عَقِيب كلِّ صلاةِ فريضة: " لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ، وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، اللَّهُمَّ لَا مَانِعَ لِمَا أَعْطَيْتَ، وَلَا مُعْطِيَ لِمَا مَنَعْتَ، وَلَا يَنْفَعُ ذَا الْجَدِّ مِنْكَ الْجَدُّ".
 أي: أُقِرُّ واعترفُ بكلمة التَّوحيد لا إله إلا الله، فالعبادة الحَقَّة أُثْبِتُها لله، وأَنفيها عمّا سواه، فلا معبود بحق إلا الله، ومُقِرٌّ أنَّ المُلْك الحقيقيّ التام لله، وجميع حمد أهل السموات والأرض مُستَحقٌّ لله تعالى، حيث هو قادر على كل شيء، وما قدَّره الله مِن عطاءٍ أو منعٍ لا رادَّ له، وعنده لا ينفع ذا الغنى غِناه، إنما ينفعه العمل الصالح.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) říkal na konci každé povinné modlitby*: „Lá iláha illa-l-láhu wahdahu lá šaríka lahu, lahu-l-mulku wa lahu-l-hamdu wa huwa ‘alá kulli šaj'in qadír, Alláhumma lá máni‘a limá a'tajta, wa lá mu‘tija limá mana‘ta, wa lá janfa‘u dhá-l-džaddi minka-l-džaddu." (Není boha kromě Boha, Jediného, jenž nemá společníka žádného. Jemu náleží vláda i chvála a On má moc nad každou věcí. Ó Bože, nikdo nezadrží, co Tys daroval, a nikdo nedaruje, co Tys zadržel, a nikomu neprospěje jeho bohatství proti Tobě.)
 Tzn. potvrzuji a uznávám slova jedinosti Boží, že není boha kromě Boha, protože pravé uctívání je potvrzeno Bohem. A dosvědčuji, že skutečné království patří Bohu a všechnu chválu obyvatel nebes a země si zaslouží pouze Bůh, protože jen On je každé věci mocný, a co Bůh dal nebo vzal, nemůže nikdo zrušit. A bohatému u Něj nebude k ničemu jeho bohatství, jediné, co mu prospěje, budou jeho dobré skutky.</t>
   </si>
   <si>
     <t>استحباب هذا الذكر عقيب الصلوات لما اشتمل عليه من ألفاظ التوحيد والحمد.
 المبادرة إلى امتثال السنن، وإشاعتها.</t>
   </si>
   <si>
     <t>Doporučení říkat tento dhikr na konci modliteb, protože zahrnuje slova jedinosti Boží (tawhídu) a chvály.
 Spěch vykonávat všechny sunny a šířit je.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65102</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي</t>
+    <t>أن النبي صلى الله عليه وسلم كان يقول بين السجدتين: رب اغفر لي، رب اغفر لي</t>
   </si>
   <si>
     <t>že Prorok (ať mu Bůh žehná a dá mír) říkal mezi sadždami: „Rabbi ghfir lí, Rabbi ghfir lí." (Pane, odpusť mi, Pane, odpusť mi.)</t>
   </si>
   <si>
     <t>عن حُذَيْفَةَ رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ كَانَ يَقُولُ بَيْنَ السَّجْدَتَيْنِ: «رَبِّ اغْفِرْ لِي، رَبِّ اغْفِرْ لِي».</t>
   </si>
   <si>
     <t>Hudhajfa (ať je s ním Bůh spokojen) vyprávěl, že že Prorok (ať mu Bůh žehná a dá mír) říkal mezi sadždami: „Rabbi ghfir lí, Rabbi ghfir lí." (Pane, odpusť mi, Pane, odpusť mi.)</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول عند الجلوس بين السجدتين: رب اغفر لي رب اغفر لي، ويكررها.
 ومعنى رب اغفر لي: طَلَبُ العبدِ مِن ربِّه أنْ يَمْحُوَ ذنوبَه ويَستُرَ عيوبَه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) říkal při sezení mezi sadždami: Rabbi ghfir lí, Rabbi ghfir lí. (Pane, odpusť mi, Pane, odpusť mi). A opakoval to.
 Význam slov: „Rabbi ghfir lí” je prosba člověka k jeho Pánu, aby mu smazal a skryl jeho hříchy a chyby.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء بين السجدتين في صلاة الفَرْضِ والنَّفْلِ.
 استحباب تكرار قول: رب اغفر لي، والواجب مرة واحدة.</t>
   </si>
   <si>
     <t>Toto dua by se mělo říkat mezi sadždami ve všech modlitbách, ať povinných nebo doporučených.
 Doporučení opakovat slova: „Rabbi ghfir lí.” Některé právní směry říkají, že je povinné je říci jednou.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[Zaznamenal ho Abú Dáwúd, An-Nasáí, Ibn Mádžah a Ahmad]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65104</t>
   </si>
   <si>
-    <t>ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا</t>
+    <t>ذاك شيطان يقال له خنزب، فإذا أحسسته فتعوذ بالله منه، واتفل على يسارك ثلاثا</t>
   </si>
   <si>
     <t>Toto je satan, kterému se říká Chinzab, když ho ucítíš, uteč se pod ochranu Boží a třikrát plivni vlevo</t>
   </si>
   <si>
     <t>عن عُثْمَانَ بْنَ أَبِي الْعَاصِ رضي الله عنه: أنه أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، إِنَّ الشَّيْطَانَ قَدْ حَالَ بَيْنِي وَبَيْنَ صَلَاتِي وَقِرَاءَتِي يَلْبِسُهَا عَلَيَّ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «ذَاكَ شَيْطَانٌ يُقَالُ لَهُ خِنْزَِبٌ، فَإِذَا أَحْسَسْتَهُ فَتَعَوَّذْ بِاللهِ مِنْهُ، وَاتْفُلْ عَلَى يَسَارِكَ ثَلَاثًا»، قَالَ: فَفَعَلْتُ ذَلِكَ فَأَذْهَبَهُ اللهُ عَنِّي.</t>
   </si>
   <si>
     <t>‘Uthmán Ibn Abí al-‘Ás (ať je s ním Bůh spokojen) vyprávěl, „Přišel jsem k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: „Posle Boží, věru, že satan stál mezi mnou a mou modlitbou a mým přednášením a spletl mi ho." A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Toto je satan, kterému se říká Chinzab, když ho ucítíš, uteč se pod ochranu Boží a třikrát plivni vlevo.” A od té doby, co jsem to udělal, mě ho Bůh zbavil."</t>
   </si>
   <si>
     <t>أتى عثمانُ بن أبي العاص رضي الله عنه إلى النبيِّ صلى الله عليه وسلم فقال: يا رسول الله إن الشيطان قد حَجَزَ بيني وبين صلاتي، ومَنَعني الخشوعَ فيها، وخَلَطَ عليَّ قراءتي وشَكَّكَني فيها، 
 فقال له رسول الله صلى الله عليه وسلم: ذاك هو شيطان يقال له خِنْزَبٌ، فإذا وَجَدْتَ هذا وشَعَرتَ به فاعتصم بالله، واستعذ بالله منه، وانفخ عن يسارك مع يَسِيْرٍ مِن الرِّيْق ثلاث مرات، قال عثمان: ففعلتُ ما أَمَرَني به النبيُّ صلى الله عليه وسلم فأذْهَبَه الله عني.</t>
   </si>
   <si>
     <t>‘Uthmán Ibn Abí al-‘Ás (ať je s ním Bůh spokojen) přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: Posle Boží, věru, že satan stál mezi mnou a mou modlitbou, zabránil mi být pokorný a spletl mi mé přednášení Koránu. A Posel Boží (ať mu Bůh žehná a dá mír) mu řekl: Toto je satan, kterému se říká Chinzab, a když se ti toto stane a ucítíš ho, uteč se pod ochranu Boží a třikrát plivni vlevo (tzn. lehce fouknout s troškou slin). Pak Uthmán řekl, že od té doby, co udělal to, co mu Prorok (ať mu Bůh žehná a dá mír) řekl, Bůh ho satana zbavil.</t>
   </si>
   <si>
     <t>أهمية الخشوعِ وحضورِ القلب في الصلاة، وأن الشيطان يجتهد في التَّشْوِيْشِ والتَّشْكِيْكِ فيها.
 استحباب التَّعَوُّذِ من الشيطان عند وسوسته في الصلاة، مع التَّفْل عن اليسار ثلاثًا.
 بيان ما كان عليه الصحابة رضي الله عنهم من رجوعِهم إلى النبي صلى الله عليه وسلم فيما يحصل لهم من المشكلات حتى يحلها لهم.
 حياة قلوب الصحابة، وأنّ همَّهم الآخرة.</t>
   </si>
   <si>
     <t>Důležitost pokory a soustředění se na modlitbu. A že satan se snaží člověka při modlitbě rozptylovat a vytvořit mu pochyby.
 Doporučení utéci se k Bohu před našeptáváním satana v modlitbě a při tom třikrát plivnout vlevo.
 Ukázání toho, jak se sahába (ať je s nimi Bůh spokojen) vždy obraceli ve svých problémech na Proroka (ať mu Bůh žehná a dá mír), aby jim je vyřešil.
 Srdce sahába byla čistá a měli starost jen o budoucí život.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65105</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ</t>
+    <t>إن الله لا يقبل من العمل إلا ما كان له خالصا، وابتغي به وجهه</t>
   </si>
   <si>
     <t>„Věru, že Bůh nepřijme žádný čin, leda by byl vykonaný pouze pro Něj a v touze po Jeho tváři.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي أُمَامَةَ الْبَاهِلِيِّ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ رَجُلًا غَزَا يَلْتَمِسُ الْأَجْرَ وَالذِّكْرَ، مَا لَهُ؟ فَقَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» فَأَعَادَهَا ثَلَاثَ مَرَّاتٍ، يَقُولُ لَهُ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا شَيْءَ لَهُ» ثُمَّ قَالَ: «إِنَّ اللَّهَ لَا يَقْبَلُ مِنَ الْعَمَلِ إِلَّا مَا كَانَ لَهُ خَالِصًا، وَابْتُغِيَ بِهِ وَجْهُهُ»</t>
   </si>
   <si>
     <t>Abú ‘Umáma al-Báhilí (ať je s ním Bůh spokojen) vyprávěl: „Nějaký muž přišel k Prorokovi (ať mu Bůh žehná a dá mír) a řekl: „Co si myslíš o muži, který bojuje, aby získal odměnu u Boha a slávu, čeho se mu dostane?" A Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ničeho se mu nedostane.” A tento muž to třikrát zopakoval a Posel Boží (ať mu Bůh žehná a dá mír) mu říkal: „Ničeho se mu nedostane.” A pak řekl: „Věru, že Bůh nepřijme žádný čin, leda by byl vykonaný pouze pro Něj a v touze po Jeho tváři.”"</t>
   </si>
   <si>
     <t>جَاءَ رَجُلٌ إلى النبيِّ صلى الله عليه وسلم: لِيسألَه ويَستفتيَه عن حُكْمِ الرَّجُلِ الذي يَخرُجُ للغزو والجهاد يطلب الأجرَ من الله والرغبة في المدح والثناء عند الناس، هل يتحصَّل على الأجر؟ فأجابه رسول الله صلى الله عليه وسلم: بأنه ليس له من الأجر شيء؛ لما أَشْرَكَ في نيته غيرَ الله، فأعاد الرجل سؤاله ثلاث مرات على النبي صلى الله عليه وسلم، ويجيبه عليه الصلاة والسلام ويؤكِّد له نفسَ الجواب؛ بأنه ليس له أجر، ثم أخبره النبيُّ صلى الله عليه وسلم بقاعدة قبول العمل عند الله: وأن الله لا يقبل من العمل إلا أن يكون كلُّه لله دون أن يشرك فيه أحد، ويكون لوجه الله سبحانه.</t>
   </si>
   <si>
     <t>Jeden muž přišel k Prorokovi (ať mu Bůh žehná a dá mír), aby se ho zeptal na muže, který vyjel bojovat do džihádu kvůli odměně od Boha a zároveň proto, aby ho lidé chválili a získal slávu, zda se mu dostane odměny od Boha? A Posel Boží mu odpověděl, že se mu nedostane žádné odměny, protože ke svému záměru pro Boha přidružil jiný. A muž se ještě třikrát zeptal na stejnou otázku a Prorok (ať mu Bůh žehná a dá mír) mu dával stejnou odpověď, že se mu nedostane žádné odměny, a pak mu řekl pravidlo přijetí činů u Boha: že Bůh nepřijme žádný skutek, leda by byl vykonán pouze pro Boha, aniž by k Němu byl přidružován kdokoliv jiný, a aby byl vykonán pouze v touze po Jeho tváři.</t>
   </si>
   <si>
     <t>لا يقبل الله من الأعمال إلا ما كان خالصا لله تعالى، وعلى وفق هدي نبيه صلى الله عليه وسلم.
 أنّ من حسن إجابة المفتي أن تكون فتواه وفيَّةً بغرض السائل وزيادة.
 تأكيد الأمر العظيم بتكرار السؤال عنه.
 المجاهد الحق هو من جاهد لتكون كلمة الله العليا، وطلبا للأجر والمثوبة الأخروية مع إخلاص النية، لا أن يكون جهاده لأجل الدنيا.</t>
   </si>
   <si>
     <t>Bůh nepřijme žádný skutek, leda by byl vykonán pouze pro Něj a v souladu s Prorokovým vedením.
 Do dobré odpovědi muftího patří, aby jeho fatwa byla dostačující pro to, co bylo záměrem tázajícího se, a aby v ní bylo i něco navíc.
 Potvrzení velké věci opakováním otázky na ni.
 Ten, kdo skutečně bojuje na stezce Boží, je ten, který bojuje proto, aby zvítězilo Boží slovo, a kvůli Boží odměně v budoucím životě a s úmyslem pouze pro Boha a jeho boj není kvůli ničemu z pozemského života.</t>
   </si>
   <si>
     <t>رواه النسائي</t>
   </si>
   <si>
     <t>[An-Nasaa’i]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65107</t>
   </si>
   <si>
-    <t>ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا</t>
+    <t>ذاق طعم الإيمان من رضي بالله ربا، وبالإسلام دينا، وبمحمد رسولا</t>
   </si>
   <si>
     <t>„Chuť víry okusil ten, kdo je spokojen s Bohem jako Pánem, islámem jako náboženstvím a Muhammadem jako poslem.”</t>
   </si>
   <si>
     <t>عَنِ الْعَبَّاسِ بْنِ عَبْدِ الْمُطَّلِبِ رضي الله عنه أَنَّهُ سَمِعَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُ: «ذَاقَ طَعْمَ الْإِيمَانِ مَنْ رَضِيَ بِاللهِ رَبًّا، وَبِالْإِسْلَامِ دِينًا، وَبِمُحَمَّدٍ رَسُولًا».</t>
   </si>
   <si>
     <t>‘Abbás Ibn ‘Abdu-l-Muttalib (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Chuť víry okusil ten, kdo je spokojen s Bohem jako Pánem, islámem jako náboženstvím a Muhammadem jako poslem.”</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنّ المؤمنَ الصادقَ في إيمانِه المُطمئنّ به قلبه سيجِدُ ويُدرِكُ في قلبِه من الانشراحِ والاتساعِ والفرح والحلاوة ولذة القُرْب من الله تعالى إنْ هو رَضِيَ بثلاثة أمور: 
 أولًا: رضي بالله ربًّا، وذلك بأن يَنشرحَ صدرُه بما يَرِدُ عليه من الله بمقتضى الربوبية من قسمة الأرزاق والأحوال، فلا يجد في قلبه اعتراضًا على شيء من ذلك، ولم يطلُب ربًّا غير الله تعالى.
 ثانيًا: رضي بالإسلام دينًا، وذلك بأن ينشرحَ صدرُه بما يتضمنه الإسلام من التكاليف والواجبات، ولم يَسْعَ في غير طريقِ الإسلام.
 ثالثًا: رضي بمحمد صلى الله عليه وسلم رسولًا، وذلك بأن ينشرح صدره ويفرح بجميع ما جاء به من غير تَردُّد ولا شَك، فلم يَسْلُك إلا ما يوافق هَدْيَه صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že pravému věřícímu s upřímnou vírou, ve které je jeho srdce klidné, se dostane otevření srdce, rozšíření hrudi, radosti, sladkosti a potěšení z blízkosti Všemohoucího Boha, pokud bude spokojen se třemi věcmi:
 Za prvé: bude spokojen s Bohem jako se svým Pánem, a to tak, že jeho hruď bude volná a klidná ohledně toho, co k němu přichází jako důsledek Božího panství, jako to, co se mu dostane z obživy a stavů, a nebude mít ve svém srdci žádné námitky proti ničemu z toho a nebude hledat jiného Pána než je Všemohoucí Bůh.
 Za druhé: je spokojen s islámem jako náboženstvím, a to tak, že jeho hruď je otevřená a klidná ohledně toho, co je důsledkem islámu, jako jsou různá pravidla, povinnosti atd., a nehledá žádnou jinou cestu kromě cesty islámu.
 Za třetí: je spokojen s Muhammadem(ať mu Bůh žehná a dá mír) jako poslem, a to tak, že jeho hruď je otevřená a má radost ze všeho, s čím přišel, a to bez váhání a pochybností, a nejde jinou cestou než tou, která je v souladu s vedením Proroka (ať mu Bůh žehná a dá mír).</t>
   </si>
   <si>
     <t>الإيمان له حلاوةٌ وطعْمٌ يُذاق بالقلوب، كما تُذاق حلاوة الطعام والشراب بالفم.
 الجسد لا يجد حلاوة الطعام والشراب إلا عند صحته، فكذلك القلب إذا سَلِم من مرض الأهواء المُضلَّة والشهوات المحرَّمة، وجد حلاوة الإيمان، ومتى مرض وسقم لم يجد حلاوة الإيمان، بل قد يستحلي ما فيه هلاكُه من الأهواء والمعاصي.
 الإنسان إذا رضي أمرًا واستحسنه سَهُل عليه أمره، ولم يشق عليه شيء منه، وفرح بكل ما جاء به، وخالط بشاشته قلبه، فكذلك المؤمن إذا دخل قلبه الإيمان، سهلت عليه طاعة ربه ولذَّت له نفسه، ولم يشق عليه معاناتها.
 قال ابن القيم: هذا الحديث تضمن الرضا بربوبيته سبحانه وألوهيته، والرضا برسوله والانقياد له، والرضا بدينه والتسليم له.</t>
   </si>
   <si>
     <t>Víra má sladkost a chuť, kterou lze pocítit srdcem, stejně jako lze cítit sladkost jídla a pití jazykem.
 Tělo cítí sladkost jídla a pití, pouze když je zdravé, a stejně tak srdce cítí sladkost víry, pouze když je zdravé a prosté nemoci, bludné touhy a zakázané vášně, a jakmile onemocní, přestane cítit sladkost víry a může dokonce považovat za sladké to, v čem je záhuba, jako jsou vášně a hříchy.
 Pokud je člověk s něčím spokojen a považuje to za správné, je to pro něj snadné a nic z toho není pro něj těžké a cítí radost ze všeho, co od toho přijde, a stejně tak věřící - pokud do jeho srdce vstoupí víra, stane se pro něj poslušnost Bohu jednoduchá a nalezne v ní potěšení a nic obtížného pro něj nebude těžké.
 Ibn al-Qajjim řekl: Tento hadíth zahrnuje spokojenost s panstvím Boha a s Jeho božstvím a spokojenost s Jeho Poslem a podřízení se mu a spokojenost s Božím náboženstvím a odevzdání se mu.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65116</t>
   </si>
   <si>
-    <t>أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ</t>
+    <t>أربع من كن فيه كان منافقا خالصا، ومن كانت فيه خلة منهن كانت فيه خلة من نفاق حتى يدعها: إذا حدث كذب، وإذا عاهد غدر، وإذا وعد أخلف، وإذا خاصم فجر</t>
   </si>
   <si>
     <t>„Pokud má člověk tyto čtyři vlastnosti, je úplným pokrytcem, a pokud má jednu z nich, má v sobě část pokrytectví, dokud ji nezmění: když mluví, lže, když uzavře smlouvu, zradí, když něco slíbí, nedodrží to, a když se hádá, sprostě nadává</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا خَالِصًا، وَمَنْ كَانَتْ فِيهِ خَلَّةٌ مِنْهُنَّ كَانَتْ فِيهِ خَلَّةٌ مِنْ نِفَاقٍ حَتَّى يَدَعَهَا: إِذَا حَدَّثَ كَذَبَ، وَإِذَا عَاهَدَ غَدَرَ، وَإِذَا وَعَدَ أَخْلَفَ، وَإِذَا خَاصَمَ فَجَرَ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud má člověk tyto čtyři vlastnosti, je úplným pokrytcem, a pokud má jednu z nich, má v sobě část pokrytectví, dokud ji nezmění: když mluví, lže, když uzavře smlouvu, zradí, když něco slíbí, nedodrží to, a když se hádá, sprostě nadává."</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي: 
 الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
 الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
 الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
 الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
 فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) varoval před čtyřmi vlastnosti, které když se u muslima sejdou, stane se kvůli těmto vlastnostem velmi podobným pokrytcům. A to je u toho, u koho tyto vlastnosti převažují, zatímco ten, u koho se objeví vyjímečně, do toho není zahrnutý. A tyto vlastnosti jsou:
 První: pokud mluví, záměrně lže a jeho slova nejsou pravdivá.
 Druhá: pokud uzavře nějakou smlouvu, nedodrží ji a zradí svého druha.
 Třetí: pokud dá nějaký slib, poruší ho a nedodrží ho.
 Čtvrtá: pokud se hádá a pře s někým, je jeho hádka tvrdá a odchyluje se od pravdy a klame ve svých odpovědích a popírá je a říká špatné věci a lži.
 Pokrytectví je veřejné ukazování opaku toho, co je uvnitř. A tento význam je i v tom, kdo má výše uvedené vlastnosti. A jeho pokrytectví  se týká práva toho, komu lže, komu slibuje, který mu něco svěřil a s kým se pře, a nemyslí se tím, že je pokrytec v islámu, který navenek ukazuje islám a uvnitř je nevěřícím. A kdo má pouze jednu z výše zmíněných vlastností, ten má jednu z vlastností pokrytectví, dokud jí nezanechá.</t>
   </si>
   <si>
     <t>بيان بعض علامات المنافق للتخويف والتحذير من الوقوع فيها.
 المقصود من الحديث: أن هذه الخصالَ خصالُ نفاق، وصاحبُها شبيهٌ بالمنافقين في هذه الخصال، ومتخلِّق بأخلاقهم، لا أنه منافق يظهر الإسلام وهو يبطن الكفر، وقيل هذا محمول على من غَلَبت عليه هذه الخصال وتهاونَ بها، واستخفَّ بأمرها؛ فإن من كان كذلك كان فاسد الاعتقاد غالبًا.
 قال الغزالي: أصل الديانة منحصر في ثلاث: القول، والفعل، والنية، فنبَّه على فساد القول بالكذب، وعلى فساد الفعل بالخيانة، وعلى فساد النية بالخُلْف؛ لأن خُلْفَ الوعد لا يقدح إلا إذا كان العزم عليه مقارنًا للوعد، أما لو كان عازمًا ثم عرض له مانع أو بدا له رأيٌ فهذا لم توجد منه صورة النفاق.
 النفاق نوعان: نفاق اعتقاديٌّ يُخرِجُ صاحبَه عن الإيمان، وهو إظهار الإسلام وإخفاء الكفر، ونفاق عَمَلِيٌّ، وهو التشبُّه بالمنافقين في أخلاقهم، وهذا لا يُخرِجُ صاحبَه عن الإيمان، إلا أنه كبيرة من الكبائر.
 قال ابن حجر: وقد أجمع العلماء على أن من كان مُصدِّقًا بقلبه ولسانه وفعل هذه الخصال لا يُحكَم عليه بكفر، ولا هو مُنافق يخلد في النار.
 قال النووي: وقال جماعة من العلماء: المراد به المنافقون الذين كانوا في زمن النبي صلى الله عليه وسلم فحدَّثوا بإيمانهم، وكذَّبوا، واؤتمنوا على دينهم فخانوا، ووعدوا في أمر الدين ونصره فأخلفوا، وفَجَروا في خصوماتهم.</t>
   </si>
   <si>
     <t>Ukázání některých znaků pokrytce jako postrašení a varování před upadnutím do nich.
 Smyslem hadíthu je, že tyto vlastnosti jsou vlastnostmi pokrytců a ten, kdo je má, je podobný pokrytcům v těchto vlastnostech a má jejich mravy a neznamená to to, že by byl pokrytcem, který navenek ukazuje islám a skrývá nevíru. A říká se, že je tím myšlen ten, u kterého tyto vlastnosti převažují a jemu na tom nezáleží, takový člověk obvykle mívá i špatné přesvědčení a bývá hanebníkem.
 Al-Ghazálí řekl: Základ víry je omezen na tyto tři: slovo, čin a úmysl. A upozornil na hanebnost slova lží, na hanebnost činu podvodem a na hanebnost úmyslu nedodržením slibu, protože nedodržení slibu není špatné, ledaže by při jeho uzavření zamýšlel ho porušit; pokud ho ale chtěl dodržet a pak se stalo něco, co tomu zabránilo, není v tom znak pokrytectví.
 Pokrytectví jsou dva druhy: pokrytectví v přesvědčení, kdy ten, kdo takový je, je mimo víru, to je navenek ukazování islámu a skrývání nevíry. A skutkové pokrytectví, což je připodobňování se pokrytcům v jejich mravech, a takový člověk není mimo víru, ale je to jeden z velkých hříchů.
 Ibn Hadžar řekl: Učenci se shodli na tom, že ten, kdo upřímně věří srdcem a jazykem a udělá tyto věci, se nestává nevěřícím a ani není pokrytcem, který by byl věčně v ohni.
 An-Nawawí řekl: Část učenců řekla: Pokrytci se zde myslí ti, kteří byli za doby Proroka (ať mu Bůh žehná a dá mír) a kteří mluvili o své víře, ale lhali, bylo jim dáno náboženství do ochrany, ale zklamali, dali slib ve věci náboženství, a porušili ho a sprostě mluvili ve svých hádkách.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65124</t>
   </si>
   <si>
-    <t>بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ</t>
+    <t>من حسن إسلام المرء تركه ما لا يعنيه</t>
+  </si>
+  <si>
+    <t>„K dobrému islámu člověka patří nestarat se o to, co se ho netýká</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مِنْ حُسْنِ إِسْلَامِ المَرْءِ تَرْكُهُ مَا لَا يَعْنِيهِ».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „K dobrému islámu člověka patří nestarat se o to, co se ho netýká."</t>
+  </si>
+  <si>
+    <t>بين النبي صلى الله عليه وسلم: أن من كمال محاسن إسلام المسلم وتمام إيمانه، ابتعاده عما لا يعنيه ولا يخصه ولا يهمه وما لا يفيده من الأقوال والأفعال، أو مما لا يعنيه من أمور الدين والدنيا، فالاشتغال بما ليس للإنسان ربما شغله عما يعنيه، أو أداه إلى ما يلزمه اجتنابه؛ فإن الإنسان مسؤول عن أعماله يوم القيامة.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že k dokonalosti dobrého islámu muslima a jeho víry patří vzdálení se od toho, co se ho netýká, není pro něho důležité a v ničem mu neprospívá, ať to jsou slova nebo činy nebo to patří k věcem, které se ho netýkají, ať už jsou to věci týkající se víry nebo pozemského života. A zabývání se věcmi, které se člověka netýkají, může odvést od věcí, které se ho týkají, nebo ho může přivést k tomu, čeho se měl vyvarovat, protože člověk je zodpovědný za svoje činy v soudný den.</t>
+  </si>
+  <si>
+    <t>الناس يتفاوتون في الإسلام، وأنه يزداد حسنًا ببعض الأعمال.
+ترك اللغو والفضول من الأقول والأفعال دليل على كمال إسلام المرء.
+الحث على الاشتغال فيما يعني المرءَ من شؤون دِينه ودنياه، فإذا كان مِن حُسن إسلام المرء تركه ما لا يعنيه، فمِن حُسنه إذًا اشتغالُه فيما يعنيه.
+قال ابن القيم رحمه الله : وقد جمع النبي صلى الله عليه وسلم الورع كله في كلمة واحدة، فقال: «من حسن إسلام المرء: تركُه ما لا يعنيه»، فهذا يعم الترك لما لا يعني: من الكلام، والنظر، والاستماع، والبطش، والمشي، والفكر، وسائر الحركات الظاهرة والباطنة، فهذه كلمة شافية في الورع.
+قال ابن رجب: هذا الحديث أصل من أصول الأدب.
+الحث على طلب العلم؛ لأن به بعرف الإنسان ما يعنيه مما لا يعنيه.
+الأمر بالمعروف والنهي عن المنكر والنصيحة مما تعني الإنسان؛ لأنه مأمور بها.
+يدخل في عموم معنى الحديث: الابتعاد عما لا يعني مما حرم الله عزوجل وما كرهه النبي صلى الله عليه وسلم، وكذلك ما لا يحتاج إليه من أمور أخروية كحقائق الغيب وتفاصيل الحكم في الخلق والأمر، ومنها السؤال والبحث عن مسائل مقدرة ومفترضة لم تقع، أو لا تكاد تقع، أو لا يتصور وقوعها.</t>
+  </si>
+  <si>
+    <t>Lidé se v islámu liší a islám se některými činy stává lepším.
+Zanechání zbytečných věcí a zvědavosti v činech a slovech je důkazem dokonalého islámu člověka.
+Nabádání k zabývání se tím, co se člověka týká v jeho víře a pozemském životě, a pokud k dobrému islámu člověka patří zanechání věcí, které se ho netýkají, patří k dobrému islámu zabývání se věcmi, které se ho týkají.
+Ibn Qajjim (ať se nad ním Bůh smiluje) řekl: Prorok (ať mu Bůh žehná a dá mír) shrnul všechnu zbožnost do jednoho výroku a řekl: „K dobrému islámu člověka patří nestarat se o to, co se ho netýká," a to zahrnuje nestarat se o to, co se ho netýká, ať to jsou slova, pohled, poslech, dotyk, chůze, přemýšlení a všechny ostatní zjevné i skryté věci, a tato slova jsou dostačující, co se týče zbožnosti.
+Ibn Radžab řekl: Tento hadíth je jedním ze základů etikety.
+Nabádání k hledání vědění, protože tím člověk pozná, co se ho týká a co ne.
+Přikazování vhodného a zakazování zavrženíhodného a rada jsou věci, které se člověka týkají, protože je nařízeno, aby je vykonával.
+Obecný význam tohoto hadíthu zahrnuje: vzdalování se od toho, co se člověka netýká z toho, co Bůh zakázal a co Prorok (ať mu Bůh žehná a dá mír) zavrhl, a také toho, co člověk nepotřebuje z věcí týkajících se budoucího života, jako je podstata neviditelných věcí, podrobnosti podstaty stvoření a osudu, a patří tam také otázky a hledání odpovědí týkající se předpokládaných problémů, které nenastaly, pravděpodobně nenastanou nebo si ani nelze představit, že nastanou.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/65255</t>
+  </si>
+  <si>
+    <t>بين كل أذانين صلاة، بين كل أذانين صلاة ثم قال في الثالثة: لمن شاء</t>
   </si>
   <si>
     <t>„Mezi dvěma azány je modlitba, mezi dvěma azány je modlitba." A potřetí řekl: „Pro toho, kdo chce.”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مُغَفَّلٍ رضي الله عنه قَالَ: قَالَ النَّبِيُّ صلى الله عليه وسلم: «بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ، بَيْنَ كُلِّ أَذَانَيْنِ صَلَاةٌ» ثُمَّ قَالَ فِي الثَّالِثَةِ: «لِمَنْ شَاءَ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mughaffal (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Mezi dvěma azány je modlitba, mezi dvěma azány je modlitba." A potřetí řekl: „Pro toho, kdo chce.”</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ بَيْنَ كلِّ أذانٍ وإقامةٍ صلاةُ نافلةٍ، وكرَّر ذلك ثلاثًا، وأخبر في الثالثة أن ذلك مُستحبٌّ لِمَن أراد أن يصلي.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) ukázal, že mezi každým azánem a iqámou je doporučená modlitba, a opakoval to třikrát a potřetí řekl, že je to doporučené pro toho, kdo se chce modlit.</t>
   </si>
   <si>
     <t>استحباب الصلاة بين الأذان والإقامة.
 هدي النبي صلى الله عليه وسلم في تكرار القول، وذلك إسماعًا وتأكيدًا لأهمية ما يقول.
 المراد بالأذانين: الأذان والإقامة، وأطلق عليهما (الأذانَين) تغليبًا، كالقمرين (الشمس والقمر) والعُمَرَيْن (أبي بكر وعمر).
 الأذان إعلام بدخول الوقت، والإقامة إعلام بحضور فعل الصلاة.</t>
   </si>
   <si>
     <t>Doporučení se modlit mezi azánem a iqámou.
 Prorokovo vedení v opakování slov třikrát, a to proto, aby to bylo dobře slyšet, a jako upozornění na důležitost toho, co říká.
 Dvěma azány se myslí azán a iqáma, říká se jim dva azány kvůli převládání, stejně jako se říká dva měsíce slunci a měsíci a dva ‘Umarové Abú Bakrovi a ‘Umarovi.
 Azán je oznámení, že už nastal čas modlitby, a iqáma je oznámení vykonávání modlitby.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65479</t>
   </si>
   <si>
-    <t>إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ</t>
+    <t>إذا مات الإنسان انقطع عنه عمله إلا من ثلاثة: إلا من صدقة جارية، أو علم ينتفع به، أو ولد صالح يدعو له</t>
   </si>
   <si>
     <t>„Když syn Adama zemře, jeho skutky se přeruší, kromě tří: stále trvající almužna nebo vědění, ze kterého má užitek někdo po něm, nebo zbožné dítě, které za něj prosí Boha.”</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّ رَسُولَ اللهِ صلى الله عليه وسلم قَالَ: «إِذَا مَاتَ الْإِنْسَانُ انْقَطَعَ عَنْهُ عَمَلُهُ إِلَّا مِنْ ثَلَاثَةٍ: إِلَّا مِنْ صَدَقَةٍ جَارِيَةٍ، أَوْ عِلْمٍ يُنْتَفَعُ بِهِ، أَوْ وَلَدٍ صَالِحٍ يَدْعُو لَهُ».</t>
   </si>
   <si>
     <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Když syn Adama zemře, jeho skutky se přeruší, kromě tří: stále trvající almužna nebo vědění, ze kterého má užitek někdo po něm, nebo zbožné dítě, které za něj prosí Boha.”</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ عملَ الميتِ ينقطع بموته، فلا تحصل له الحسنات بعد موته إلا في هذه الأشياء الثلاثة؛ لكونه كان سببَها: 
 الأول: الصدقة التي يَجْري ثوابُها ويدوم، غير المُنقَطِع كالوقف، وبناء المساجد، وحفر الآبار، وغير ذلك.
 الثاني: العلم الذي يَنتفِعُ به الناس، كتصنيف كتب العلم، أو كأنْ يُعَلِّمَ شخصًا، فيقوم ذلك الشخص بنشر ذلك العلم بعد موته.
 الثالث: الولد الصالح المؤمن يدعو لوالديه.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že všechny skutky se přeruší smrtí a člověk za ně nemá po své smrti odměnu, kromě těchto tří věcí, a to proto, protože byl jejich příčinou:
 První: almužna, která trvá a její odměna trvá, aniž by se přerušila jeho smrtí, jako nadace, stavění mešit, kopání studní atd.
 Druhý: vědění, ze kterého mají lidé užitek, jako napsání knih o vědění nebo když učí člověka, který po jeho smrti rozšiřuje vědění.
 Třetí: zbožný věřící potomek, který prosí Boha za své rodiče.</t>
   </si>
   <si>
     <t>أجمع أهل العلم على أنّ مما يَلْحَقُ الإنسانَ بعد موته من الثواب: الصدقة الجارية، والعلم الذي ينتفع به، والدعاء، وورد في الأحاديث الأخرى: الحج أيضًا.
 خص هذه الثلاثة بالذكر في هذا الحديث؛ لأنها أصول الخير، وأغلب ما يقصد أهل الفضل بقاءَه بعدهم.
 كل علم يُنتَفَع به فإنه يحصل له الأجر، لكن على رأسها وقمَّتِها العلمُ الشرعي والعلوم المساندة له.
 العلم أنفع هذه الثلاث؛ لأن العلم ينتفع به الإنسان الذي يتعلمه، العلم فيه حفظ الشريعة، فيه نفع الخلق عمومًا، وهو أشمل وأعم لأنه يتعلم من علمك الموجود في حياتك والموجود بعد وفاتك.
 الحث على تربية الأولاد الصالحين؛ فهم الذين ينفعون والديهم في الآخرة، ومِن نَفْعِهم أنهم يدعون لهم.
 الحث على الإحسان إلى الوالدين بعد موتهما، وهو أيضا من البر الذي يستفيد الولد منه.
 الدعاء ينفع الميت ولو كان من غير الولد، ولكن خص الولد بالذكر لأنه الذي يستمر في الدعاء للشخص غالبًا إلى أن يموت هو.</t>
   </si>
   <si>
     <t>Učenci se shodli, že mezi věci, za které bude mít člověk odměnu i po smrti, patří: stále trvající almužna nebo vědění, ze kterého je užitek, a prosby (dua). A v jiných hadíthech byla také zmíněná velká pouť (hadždž).
 Tyto tři věci byly v hadíthu zmíněny proto, protože jsou základem všeho dobra a tvoří většinu toho, co po sobě zamýšlejí zanechat dobří lidé.
 Za jakékoliv vědění, ze kterého je užitek, má člověk odměnu, ale v jejím čele a na vrcholu stojí islámské vědy a vědy, které je podporují.
 Vědění je ze všech těchto tří nejprospěšnější, protože z něj má užitek člověk, který se ho naučí, je v něm ochrana islámu a prospěch všech lidí obecně, a tak je obsáhlejší a obecnější, protože se naučí z vědění, které existuje během tvého života i po smrti.
 Nabádání k vychování zbožných dětí, protože budou prospěšné svým rodičům v budoucím životě a do jejich prospěšnosti patří to, že za ně budou prosit Boha.
 Nabádání k dobrému chování k rodičům po jejich smrti a že i toto spadá pod dobré chování k rodičům.
 Prosby k Bohu prospívají mrtvému, i kdyby nebyly od dětí, ale děti jsou zmíněny proto, protože obvykle prosí za rodiče tak dlouho, dokud samy nezemřou.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65566</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ</t>
+    <t>يا رسول الله، إن أم سعد ماتت، فأي الصدقة أفضل؟، قال: الماء، قال: فحفر بئرا، وقال: هذه لأم سعد</t>
   </si>
   <si>
     <t>„Posle Boží, Umm Sa'd zemřela, jaká almužna je nejlepší?" A on řekl: „Voda.” A vyprávěl, že vykopal studnu a řekl: „To je pro Umm S'ad</t>
   </si>
   <si>
     <t>عن سعد بن عبادة رضي الله عنه أنه قال: يَا رَسُولَ اللَّهِ، إِنَّ أُمَّ سَعْدٍ مَاتَتْ، فَأَيُّ الصَّدَقَةِ أَفْضَلُ؟، قَالَ: «الْمَاءُ»، قَالَ: فَحَفَرَ بِئْرًا، وَقَالَ: هَذِهِ لِأُمِّ سَعْدٍ.</t>
   </si>
   <si>
     <t>Saʽd Ibn ʽUbáda (ať je s ním Bůh spokojen) vyprávěl, že řekl: „Posle Boží, Umm Sa'd zemřela, jaká almužna je nejlepší?" A on řekl: „Voda.” A vyprávěl, že vykopal studnu a řekl: „To je pro Umm S'ad."</t>
   </si>
   <si>
     <t>تُوُفِّيَتْ أُمُّ سَعْدِ بن عبادة رضي الله عنه، فسألَ النبيَّ صلى الله عليه وسلم عن أفضل أنواع الصدقة لِيتصدَّقَ به عن أُمِّه؟ فأخبره صلى الله عليه وسلم: أنّ أفضلَ الصدقة هي الماء، فَحَفَرَ بئرًا وجَعَلَها صدقةً لأمِّهِ.</t>
   </si>
   <si>
     <t>Umm Sa'd Ibn ‘Ubáda (ať je s ním Bůh spokojen) zemřela a Sa'd se zeptal Proroka (ať mu Bůh žehná a dá mír) na nejlepší typ almužny, aby ji dal za svou matku. A Prorok (ať mu Bůh žehná a dá mír) mu řekl, že nejlepší almužnou je voda, a tak vykopal studnu a dal ji jako almužnu za svou matku.</t>
   </si>
   <si>
     <t>بيان أنَّ الماء من أفضل أنواع الصدقة.
 أرشد النبيُّ صلى الله عليه وسلم سعدًا إلى صدقة الماء؛ لأنه أعم نفعًا في الأمور الدينية والدنيوية، ولِشدّة الحَرّ والحاجة وقلة الماء.
 الدلالة على أنّ أجورَ الصدقات تصل إلى الأموات.
 بر سعد بن عبادة رضي الله عنه بوالدته رضي الله عنهما.</t>
   </si>
   <si>
     <t>Ukázání, že voda je nejlepší almužnou.
 Prorok (ať mu Bůh žehná a dá mír) doporučil Sa'dovi jako almužnu vodu, protože je nejprospěšnější pro náboženské a světské věci a kvůli velkému teplu, velké potřebě a nedostatku vody.
 Důkaz, že odměna za almužny se dostane k mrtvým.
 Dobré chování Saʽda Ibn 'Ubády (ať je s ním Bůh spokojen) k jeho matce (ať je s ní Bůh spokojen).</t>
   </si>
   <si>
     <t>حسن بمجموع طرقه</t>
   </si>
   <si>
+    <t>[حسن بمجموع طرقه]</t>
+  </si>
+  <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65613</t>
   </si>
   <si>
-    <t>لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ</t>
+    <t>ليس المؤمن بالطعان ولا اللعان ولا الفاحش ولا البذيء</t>
   </si>
   <si>
     <t>„Není věřícím, kdo nactiutrhá, proklíná, sprostě nadává a nehezky mluví</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ مَسْعُودٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «لَيْسَ الْمُؤْمِنُ بِالطَّعَّانِ وَلاَ اللَّعَّانِ وَلاَ الفَاحِشِ وَلاَ البَذِيءِ».</t>
   </si>
   <si>
     <t>‘Abdulláh Ibn Mas'úd (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Není věřícím, kdo nactiutrhá, proklíná, sprostě nadává a nehezky mluví."</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنه ليس مِن شَأنِ المؤمنِ الكامِلِ الإيمانِ أنْ يكونَ عيّابًا للناس في أنسابهم، ولا كثير الشتائم واللعن، ولا الفاحش بالفعل ولا بالقول الذي لا حياء له.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že věřícím s dokonalou vírou nemůže být ten, kdo pomlouvá a napadá rodiny lidí, ani ten, který proklíná a sprostě nadává a sprostě se chová a nemá stud.</t>
   </si>
   <si>
     <t>نفيُ الإيمانِ في النصوص الشرعية لا يكون إلا لِفعل مُحرّم أو ترك واجب.
 الحث على حفظِ الجوارح وصونِها عن المساوئ، خاصة اللسان.
 قال السندي: وفي صيغة المبالغة في (الطعّان، واللعّان) دلالة على أن صدور الطعن واللعن على قِلَّة فيمن يستحق ذلك لا يضر في الاتصاف بصفات أهل الإيمان.</t>
   </si>
   <si>
     <t>Odmítnutí víry v islámských textech se vždy týká konání něčeho zakázaného nebo zanechání něčeho povinného.
 Nabádání k ochraně údů, hlavně jazyka, před špatnými věcmi.
 As-Sindí řekl: Arabský tvar ve slovech nactiutrhání a proklínání, který vyjadřuje četnost, dokazuje, že výjimečné nactiutrhání a proklínání toho, kdo si to zaslouží, neubírá z vlastnosti víry věřícího.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/65869</t>
   </si>
   <si>
-    <t>وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ</t>
+    <t>ويل للأعقاب من النار أسبغوا الوضوء</t>
   </si>
   <si>
     <t>„Ať se varují (vlastníci)pat ohně a konejte pořádně (al-isbágh) malou očistu (wudu).”</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرٍو رَضيَ اللهُ عنهما قَالَ: رَجَعْنَا مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ مِنْ مَكَّةَ إِلَى الْمَدِينَةِ حَتَّى إِذَا كُنَّا بِمَاءٍ بِالطَّرِيقِ تَعَجَّلَ قَوْمٌ عِنْدَ الْعَصْرِ، فَتَوَضَّؤُوا وَهُمْ عِجَالٌ، فَانْتَهَيْنَا إِلَيْهِمْ وَأَعْقَابُهُمْ تَلُوحُ لَمْ يَمَسَّهَا الْمَاءُ فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «وَيْلٌ لِلْأَعْقَابِ مِنَ النَّارِ أَسْبِغُوا الْوُضُوءَ».</t>
   </si>
   <si>
     <t>Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl: „Vraceli jsme se s Poslem Božím (ať mu Bůh žehná a dá mír) z Mekky do Medíny, když jsme se ocitli u vody při cestě a lidé spěchali kvůli ‘asru a udělali malou očistu ve spěchu. A když jsme k nim přišli, jejich paty vypadaly, že se jich nedotkla voda, a Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Ať se varují (vlastníci)pat ohně a konejte pořádně (al-isbágh) malou očistu (wudu).”"</t>
   </si>
   <si>
     <t>سافَرَ النبيُّ صلى الله عليه وسلم من مكةَ إلى المدينةِ ومعه أصحابه، وفي طريقهم وَجَدوا ماءً، فأسرع بالوضوء لصلاة العصر بعضُ الصحابة حتى إنّ مؤخَّرَ أقدامِهم يظهر للناظِر يَبُوستُها من الماء، فقال النبي صلى الله عليه وسلم: عَذابٌ وهلاكٌ في النار للمقصِّرين في غسل مؤخَّرِ القدمِ حين الوضوء، وأمرهم أن يُبالِغوا في إكمال الوضوء.</t>
   </si>
   <si>
     <t>Prorok (ať mu Bůh žehná a dá mír) cestoval se svými druhy z Mekky do Medíny a cestou nalezli vodu a někteří jeho druhové pospíchali s malou očistou kvůli modlitbě ‘asr, až jejich paty vypadaly suché, jako by se jich vůbec nedotkla voda. A Prorok (ať mu Bůh žehná a dá mír) řekl: Trest a záhuba v ohni patří těm, kteří nedělají pořádně malou očistu a nemyjí si pořádně paty, a nařídil jim, aby přeháněli v dokonalém provedení malé očisty.</t>
   </si>
   <si>
     <t>وجوب غسل الرجلين في الوضوء؛ لأنه لو جاز المسح لما توعّد بالنار مَن ترك غسل العقب.
 وجوب تعميم الأعضاء المغسولة بالغسل، وأن من ترك جزءًا يسيرًا مما يجب تطهيره عمدًا وتساهلًا لا تصح صلاته.
 أهمية تعليم الجاهل وإرشاده.
 العالم ينكر ما يراه من تضييع الفرائض والسنن بالأسلوب المناسب.
 قال محمد إسحاق الدهلوي: الإسباغ على ثلاثة أنواع: فرض وهو استيعاب المحل مرة، وسنة وهو الغسل ثلاثًا، ومستحب وهو الإطالة مع التثليث.</t>
   </si>
   <si>
     <t>Povinnost mýt si nohy u malé očisty, protože kdyby stačilo si nohy jen přetřít, nehrozil by trest ohně pro toho, kdo si nemyje paty.
 Povinnost, aby se umyly celé části těla, které je povinné umýt, a že modlitba toho, kdo si úmyslně neumyje malou část, z toho, co je povinné, aby si to ulehčil, nebude platná.
 Důležitost učení nevědomého a jeho vedení.
 Učenec by měl vhodným způsobem napomínat a odmítat vše, co vidí ze zanedbávání povinností i doporučených věcí.
 Muhammad Isháq ad-Dahláwí řekl: Dokonalé očištění (al-isbágh) se dělí na tři druhy: povinné, to znamená umýt celou část jednou, doporučené (sunna), to je umytí třikrát, a chvályhodné (mustahab) je umytí třikrát s prodloužením.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/cs/browse/hadith/66392</t>
+  </si>
+  <si>
+    <t>إن الله فرض فرائض فلا تضيعوها، وحد حدودا فلا تعتدوها، وحرم أشياء فلا تنتهكوها، وسكت عن أشياء رحمة لكم غير نسيان فلا تبحثوا عنها</t>
+  </si>
+  <si>
+    <t>„Věru, že Bůh uložil povinnosti, a tak je nezanedbávejte, stanovil hranice, a tak je nepřekračujte, zakázal některé věci, a tak je nedělejte, a o některých věcech pomlčel z milosrdenství vůči vám, ne, že by zapomněl, a tak je nezkoumejte.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي ثَعْلَبَةَ الخُشَنِيِّ جُرْثُومِ بن نَاشِرٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَال: «إِنَّ اللَّهَ فَرَضَ فَرَائِضَ فَلَا تُضَيِّعُوهَا، وَحَدَّ حُدُودًا فَلَا تَعْتَدُوهَا، وَحَرَّمَ أَشْيَاءَ فَلَا تَنْتَهِكُوهَا، وَسَكَتَ عَنْ أَشْيَاءَ رَحْمَةً لَكُمْ غَيْرَ نِسْيَانٍ فَلَا تَبْحَثُوا عَنْهَا».</t>
+  </si>
+  <si>
+    <t>Abú Tha‘laba Al-Chušaní Džurthúm Ibn Nášir (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh uložil povinnosti, a tak je nezanedbávejte, stanovil hranice, a tak je nepřekračujte, zakázal některé věci, a tak je nedělejte, a o některých věcech pomlčel z milosrdenství vůči vám, ne, že by zapomněl, a tak je nezkoumejte.”</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم أن الله أوجب أشياء وفرض فرائض فالتزموها ولا تفرطوا فيها بالترك أو التهاون فيها، وجعل لكم حواجز وزواجر مقدرةً تحجزكم وتزجركم عما لا يرضاه، فلا تزيدوا عليها عمَّا أمر به الشرع، وحرم محرمات فلا تتناولوها ولا تقربوها، وما عدا ذلك تركها وسكت عنها رحمة بعباده، فتبقى على أصل إباحتها فلا تبحثوا عنها.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že Bůh nařídil některé věci a povinnosti, a proto je dodržujte a nezanedbávejte a nesnižujte je. A dal vám hranice, které vám zabraňují a varují vás před tím, co se Mu nelíbí, a tak nepřekračujte to, co určila šarí‘a. A zakázal některé věci, a proto je nedělejte a nepřibližujte se k nim. A co je mimo to, o tom Bůh pomlčel a nezmínil to z milosrdenství vůči Svým služebníkům, a tak to zůstává povolené, a proto to dále nezkoumejte.</t>
+  </si>
+  <si>
+    <t>الحديث دليل على أن الله هو المشرع فالأمر بيده سبحانه.
+تضمن الحديث قواعد الشرع حكمًا وإباحةً؛ إذ الحكم الشرعي إمَّا مسكوتٌ عنه أو متكلَّم به، وهو إما: مأمورٌ به وجوبًا أو ندبًا، أو منهيٌّ عنه تحريمًا أو كراهةً، أو مباحٌ.
+أن ما سكت الله عنه فلم يفرضه، ولم يحده، ولم ينه عنه فهو الحلال.
+حسن بيان النبي صلى الله عليه وسلم حيث ساق الحديث بهذا التقسيم الواضح البين .
+وجوب المحافظة على فرائض الله تعالى.
+تحريم التعدي على حدود الله تعالى.</t>
+  </si>
+  <si>
+    <t>Tento hadíth dokazuje, že Bůh je ten, kdo ustanovuje věci, a že vše je jen v Jeho rukou.
+Tento hadíth obsahuje základy islámského práva, tj. že islámské pravidlo je buď jasně řečeno, nebo je o něm pomlčeno, a to, které je jasně řečeno, je buď nařízeno povinně nebo doporučeně, nebo je zakázáno, nebo je zavrženíhodné, nebo je povolené.
+Že to, o čem Bůh pomlčel a nenařídil to, nedal tomu jasné hranice nebo to nezakázal, je povolené.
+Krásné vysvětlení Proroka (ať mu Bůh žehná a dá mír), když v tomto hadíthu udělal jasné a přehledné rozdělení.
+Povinnost dodržovat Boží povinnosti.
+Zákaz překračovat Boží hranice.</t>
+  </si>
+  <si>
+    <t>رواه الدارقطني في سننه، وغيره</t>
+  </si>
+  <si>
+    <t>[رواه الدارقطني في سننه وغيره]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66510</t>
+  </si>
+  <si>
+    <t>„Věru, že činy jsou posuzovány podle úmyslu a každému se dostane toho, co zamýšlel</t>
+  </si>
+  <si>
+    <t>عَنْ أَمِيرِ المُؤْمِنِينَ أَبِي حَفْصٍ عُمَرَ بْنِ الخَطَّابِ رضي الله عنه قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إنَّمَا الأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ فَهِجْرَتُهُ إلَى اللَّهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوْ امْرَأَةٍ يَنْكِحُهَا فَهِجْرَتُهُ إلَى مَا هَاجَرَ إلَيْهِ».</t>
+  </si>
+  <si>
+    <t>Vůdce věřících Abú Hafs ‘Umar Ibn Al-Chattáb (ať je s ním Bůh spokojen) vyprávěl: „Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Věru, že činy jsou posuzovány podle úmyslu a každému se dostane toho, co zamýšlel. Emigrace toho, kdo emigroval kvůli Bohu a Jeho Poslu, bude pro Boha a Jeho Posla, zatímco emigrace toho, kdo emigroval, kvůli pozemskému životu, aby ho získal, nebo kvůli ženě, aby se s ní oženil, bude pro to, co zamýšlel."</t>
+  </si>
+  <si>
+    <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
+الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.
+النية يفرق بها بين العبادات بعضها عن بعض وأيضًا العبادات عن العادات.</t>
+  </si>
+  <si>
+    <t>Nabádání k upřímným úmyslům, protože Bůh přijímá ze skutků pouze to, co bylo vykonáno jen pro Něj.
+Pokud člověk koná činy, kterými se přibližuje k Bohu, ale jeho úmysl není konat je pro Boha, nebude za ně mít odměnu, dokud je nebude vykonávat pouze pro Boha.
+Úmyslem se rozlišuje mezi různými druhy uctívání a také mezi tím, co je uctívání a co není.</t>
+  </si>
+  <si>
+    <t>رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري،  وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة</t>
+  </si>
+  <si>
+    <t>[رواه إماما المحدثين أبو عبد الله محمد بن إسماعيل بن إبراهيم بن المغيرة بن بردزبه البخاري وأبو الحسين مسلم بن الحجاج بن مسلم القشيري النيسابوري في صحيحيهما اللذين هما أصح الكتب المصنفة]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66511</t>
+  </si>
+  <si>
+    <t>Abú ‘Abdurrahmán  ‘Abdulláh Ibn ‘Umar Ibn Al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci:||„Islám je postaven na pěti: vyznání, že není boha kromě Boha a Muhammad je Jeho služebník a posel, dodržování modlitby, dávání almužny, pouti ke Ka'abě a půstu v měsíci ramadánu</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t>Abú ‘Abdurrahmán  ‘Abdulláh Ibn ‘Umar Ibn Al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Islám je postaven na pěti: vyznání, že není boha kromě Boha a Muhammad je Jeho služebník a posel, dodržování modlitby, dávání almužny, pouti ke Ka'abě a půstu v měsíci ramadánu."</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن أحدكم يجمع خلقه في بطن أمه أربعين يوما</t>
+  </si>
+  <si>
+    <t>„Stvoření každého z vás probíhá v břiše jeho matky po čtyřicet dní,</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «إِنَّ أَحَدَكُمْ يُجْمَعُ خَلْقُهُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا، ثُمَّ يَكُونُ عَلَقَةً مِثْلَ ذَلِكَ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَ ذَلِكَ، ثُمَّ يُرْسَلُ إلَيْهِ المَلَكُ فَيَنْفُخُ فِيهِ الرُّوحَ، وَيُؤْمَرُ بِأَرْبَعِ كَلِمَاتٍ: بِكَتْبِ رِزْقِهِ، وَأَجَلِهِ، وَعَمَلِهِ، وَشَقِيٍّ أَوْ سَعِيدٍ؛ فَوَالَّذِي لَا إلَهَ غَيْرُهُ إنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُهَا، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهُ وَبَيْنَهَا إلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ فَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
+  </si>
+  <si>
+    <t>Abú ‘Abdurahmán  ’Abdulláh Ibn Mas‘úd (ať je s ním Bůh spokojen) vyprávěl: „Posel Boží (ať mu Bůh žehná a dá mír) a on je pravdomluvný, kterému se věří, nám vyprávěl:  „Stvoření každého z vás probíhá v břiše jeho matky po čtyřicet dní, poté se na stejnou dobu stane kapkou přilnavou a poté se na stejnou dobu stane rozžvýkanou hmotou a poté je k němu vyslán anděl, vdechne mu duši a vnukne mu čtyři slova, která jsou zapsána: jeho obživu, délku jeho života, jeho činy a zda bude šťastný, nebo nešťastný. A při Tom, není boha kromě Něho, věru, že někdo z vás bude konat činy obyvatel ráje, až bude mezi ním a nimi pouze vzdálenost paže, ale předhoní ho, co je mu psáno, a dopustí se činů obyvatel ohně a vstoupí do ohně. A někdo z vás bude konat činy obyvatel ohně, až bude mezi ním a nimi pouze vzdálenost paže, ale předhoní ho, co je mu psáno, a vykoná činy obyvatel ráje a vstoupí do ráje.”</t>
+  </si>
+  <si>
+    <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، وأجله، وهو مدة بقائه في الدنيا، وعمله، ما هو؟ وشقيٌ أو سعيد. ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
+  </si>
+  <si>
+    <t>بيان مراحل خلق الإنسان.
+الإيمان بالقضاء والقدر.
+الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
+التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
+هذا الحديث في حق من لا يعمل إخلاصًا وإيمانًا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصًا وإيمانًا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى: {يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ}.</t>
+  </si>
+  <si>
+    <t>Vysvětlení fází lidského stvoření.
+Víra v osud a předurčení.
+Všechny věci spějí na konci k tomu, co bylo předurčeno a souzeno.
+Varování před vnějším zdáním skutků, protože budou posuzovány podle svého konce.
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66513</t>
+  </si>
+  <si>
+    <t>من أحدث في أمرنا هذا ما ليس منه فهو رد</t>
+  </si>
+  <si>
+    <t>„Kdo v naší věci vymyslí, co v ní není, bude to odmítnuto</t>
+  </si>
+  <si>
+    <t>عَنْ أُمِّ المُؤْمِنِينَ أُمِّ عَبْدِ اللَّهِ عَائِشَةَ رَضِيَ اللَّهُ عَنْهَا، قَالَتْ: قَالَ: رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم: «مَنْ أَحْدَثَ فِي أَمْرِنَا هَذَا مَا لَيْسَ مِنْهُ فَهُوَ رَدٌّ».
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «مَنْ عَمِلَ عَمَلًا لَيْسَ عَلَيْهِ أَمْرُنَا فَهُوَ رَدٌّ».</t>
+  </si>
+  <si>
+    <t>Matka věřících Um ‘Abdalláh ‘Á'iša (ať je s ní Bůh spokojen) vyprávěla, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Kdo v naší věci vymyslí, co v ní není, bude to odmítnuto."</t>
+  </si>
+  <si>
+    <t>العبادات مبناها على ما جاء في الكتاب والسنة، فلا نعبد الله تعالى إلا بما شَرَعَ لا بالبدع والمُحْدَثات.
+الدين ليس بالرأي والاستحسان، وإنما بالاتباع للرسول صلى الله عليه وسلم.
+هذا الحديث دليلٌ على كمال الدين.
+البدعة هي كل ما أُحْدِثَ في الدين ولم يَكنْ على عهدِ النبي صلى الله عليه وسلم وأصحابه من عقيدةٍ أو قولٍ أو عملٍ.
+هذا الحديث أصلٌ من أصول الإسلام، وهو كالميزان للأعمال، فكما أنَّ كلَّ عَمَلٍ لا يُراد به وجه الله تعالى، فليس لعامله فيه ثواب، فكذلك كلُّ عمل لا يكون وِفْقَ ما جاء به رسول الله صلى الله عليه وسلم فهو مردود على عامله.
+الحديث قاعدة في رد البدع المحدثات والمنكرات الواقعات.
+المُحْدَثات المنهي عنها ما كان من أمور الدين وليس الدنيا.</t>
+  </si>
+  <si>
+    <t>Základ veškerého uctívání je v Koránu a sunně, a tak nelze Boha uctívat ničím jiným než tím, co On sám nařídil, ne novotami nebo tím, co si někdo vymyslí.
+Náboženství není podle něčího názoru nebo toho, co si myslí, že je nejlepší, ale podle následovaní Proroka (ať mu Bůh žehná a dá mír).
+Tento hadíth je důkazem dokonalosti a úplnosti náboženství.
+Novoty jsou to, co si někdo vymyslí o náboženství, aniž by k tomu měl důkaz od Proroka (ať mu Bůh žehná a dá mír) nebo jeho druhů, ať se to týká věrouky, slov anebo činů.
+Tento hadíth je jedním ze základních pravidel islámu. Posuzují se jím všechny skutky, a tak jako každý skutek, který není vykonaný pouze pro Boha, je bez odměny, tak každý skutek, který není v souladu s tím, s čím přišel Prorok (ať mu Bůh žehná a dá mír), je odmítnut.
+Tento hadíth je pravidlem při odmítání vymyšlených novot a skutečných špatností.
+Zakázané novoty jsou ty, které se týkají náboženských věcí, ne ty, které se týkají běžného pozemského života.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66514</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>Abú ‘Abdulláh An-Nu‘mán Ibn Bašír (ať je s ním Bůh spokojen) řekl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci:||„Věru, že povolené (halál) je jasné a zakázané (harám) je jasné a mezi nimi jsou věci nejasné, které většina lidí nezná. Ten, kdo se těchto nejasných věcí vyvaruje, očistí svoji víru a čest, ale ten, kdo do nejasných věcí spadne, spadne do zakázaného (harám), stejně jako pastevec, který pase blízko hranic; tomu hrozí, že začne pást za nimi.  Věru, že každý král má svoje hranice, a hranice Boží jsou Jeho zákazy. Věru, že v těle je orgán, který když se napraví, napraví se celé tělo, ale když se zkazí, zkazí se celé tělo. Věru, že tento orgán je srdce</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t>Abú ‘Abdulláh An-Nu‘mán Ibn Bašír (ať je s ním Bůh spokojen) řekl, že slyšel Posla Božího (ať mu Bůh žehná a dá mír) říci: „Věru, že povolené (halál) je jasné a zakázané (harám) je jasné a mezi nimi jsou věci nejasné, které většina lidí nezná. Ten, kdo se těchto nejasných věcí vyvaruje, očistí svoji víru a čest, ale ten, kdo do nejasných věcí spadne, spadne do zakázaného (harám), stejně jako pastevec, který pase blízko hranic; tomu hrozí, že začne pást za nimi.  Věru, že každý král má svoje hranice, a hranice Boží jsou Jeho zákazy. Věru, že v těle je orgán, který když se napraví, napraví se celé tělo, ale když se zkazí, zkazí se celé tělo. Věru, že tento orgán je srdce."</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>Tento hadíth je pravidlem o vyhnutí se pochybným věcem.
+Nabádání k zanechání pochybných věcí, u kterých není jasné, jaké pro ně platí nařízení.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>Abú Ruqajja Tamím Ibn Aus Ad-Dárí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl:||„Náboženství je přát si a konat dobro pro druhého (nasíha).” Zeptali se: „Pro koho?" Odpověděl: „Pro Boha, Jeho knihu a Jeho posla, pro vůdce muslimů i pro obyčejné muslimy.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي رُقَيَّةَ تَمِيمِ بْنِ أَوْسٍ الدَّارِيِّ رَضِيَ اللَّهُ عَنْهُ أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
+  </si>
+  <si>
+    <t>Abú Ruqajja Tamím Ibn Aus Ad-Dárí (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Náboženství je přát si a konat dobro pro druhého (nasíha).” Zeptali se: „Pro koho?" Odpověděl: „Pro Boha, Jeho knihu a Jeho posla, pro vůdce muslimů i pro obyčejné muslimy.”</t>
+  </si>
+  <si>
+    <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
+فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال:
+أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به.
+ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، ونسلم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، وننشر علومه، وندعو إليه.
+ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه.
+رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله.
+خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) řekl, že náboženství stojí na upřímnosti a konání věcí jen pro Boha, aby bylo vykonáno tak, jak ho Bůh nařídil, dokonale bez nedostatků nebo podvodu. A Prorokovi (ať mu Bůh žehná a dá mír) bylo řečeno: Pro koho má být rada? A on řekl: Za prvé: pro Boha Všemohoucího, a to tak, že všechny činy budou konat pouze pro Něj, aniž by k Němu přidružovali, a že budou věřit v jedinost Jeho panství, božství a vlastností a velebit Ho a vyzývat k víře v Něj. Za druhé: pro Jeho knihu, což je Vznešený Korán, a to tak, že budou věřit, že je to slovo Boží a Jeho poslední kniha, která zrušila všechna předešlá seslání, a budou ho mít v úctě, správně ho recitovat, řídit se jím, uznají i to, čemu v něm nerozumí, a odmítnou výklady těch, kteří ho překrucují. A budou si z něj brát ponaučení, rozšiřovat ho a vyzývat k jeho čtení. Za třetí: pro Jeho proroka Muhammada (ať mu Bůh žehná a dá mír), a to tak, že budou věřit, že je to poslední posel, a že budou věřit tomu, s čím přišel, poslouchat jeho příkazy, vyhýbat se tomu, co zakázal, uctívat Boha jen tím, s čím přišel, respektovat ho, šířit jeho výzvu a zákon a bránit ho před pomluvami. Za čtvrté: pro vůdce muslimů, a to tak, že jim budou pomáhat šířit pravdu, neodporovat jim a poslouchat je v tom, co je v souladu s Boží poslušností. Za páté: pro všechny obyčejné muslimy, a to tak, že se k nim budou dobře chovat, budou je chránit před ubližováním, budou si pro ně přát dobro a pomáhat jim k dobru a bohabojnosti.</t>
+  </si>
+  <si>
+    <t>الأمر بالنصيحة للجميع. 
+عِظَم منزلة النصيحة من الدين. 
+اشتمال الدين على الاعتقادات والأقوال والأعمال. 
+من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له. 
+حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله. 
+البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66516</t>
+  </si>
+  <si>
+    <t>ما نهيتكم عنه فاجتنبوه، وما أمرتكم به فافعلوا منه ما استطعتم</t>
+  </si>
+  <si>
+    <t>„Pokud vám něco zakážu, vyvarujte se toho, a pokud vám něco nařídím, vykonejte z toho, kolik jste schopni</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ عَبْدِ الرَّحْمَنِ بْنِ صَخْرٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْت رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «مَا نَهَيْتُكُمْ عَنْهُ فَاجْتَنِبُوهُ، وَمَا أَمَرْتُكُمْ بِهِ فَافْعَلُوا مِنْهُ مَا اسْتَطَعْتُمْ، فَإِنَّمَا أَهْلَكَ الَّذِينَ مِنْ قَبْلِكُمْ كَثْرَةُ مَسَائِلِهِمْ، وَاخْتِلَافُهُمْ عَلَى أَنْبِيَائِهِمْ».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra ‘Abdurrahmán Ibn Sachr (ať je s ním Bůh spokojen) vyprávěl: Slyšel jsem Posla Božího (ať mu Bůh žehná a dá mír) říci: „Pokud vám něco zakážu, vyvarujte se toho, a pokud vám něco nařídím, vykonejte z toho, kolik jste schopni. A věru, že ti, kteří byli před vámi, byli zahubeni svými otázkami a odporováním svým prorokům.”</t>
+  </si>
+  <si>
+    <t>بين لنا رسول الله صلى الله عليه وسلم أنه إذا نهانا عن شيء وجب علينا اجتنابه بدون استثناء، وإذا أمرنا بشيء فعلينا أن نفعل منه ما نطيق.
+ثم حذرنا حتى لا نكون كبعض الأمم السابقة حينما أكثروا من الأسئلة على أنبيائهم مع مخالفتهم لهم فعاقبهم الله بأنواع من الهلاك والدمار، فينبغي أن لا نكون مثلهم حتى لا نهلك كما هلكوا.</t>
+  </si>
+  <si>
+    <t>Posel Boží (ať mu Bůh žehná a dá mír) nám vysvětlil, že pokud nám něco zakáže, je pro nás povinnost se tomu bez výjimky vyhnout, a pokud nám něco nařídí, tak z toho musíme dělat tolik, kolik jsme schopni. A pak nás varoval, abychom nebyli jako některé předešlé národy, které se příliš mnoho ptaly svých proroků a odporovaly jim, a tak je Bůh potrestal různými druhy zahubení a zničení, a proto bychom neměli být jako oni, abychom nebyli zahubeni stejně jako byli zahubeni oni.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في بيان الواجب في إتيان المأمور واجتناب المحظور.
+النهي لم يرخص في ارتكاب شيء منه، والأمر قيد بالاستطاعة؛ لأن الترك مقدور والفعل يحتاج إلى قدرة على إيجاد الفعل المأمور به.
+النهي عن كثرة السؤال، قد قسم العلماء السؤال إلى قسمين: أحدهما: ما كان على وجه التعليم لما يحتاج إليه من أمر الدين، فهذا مأمور به ومن هذا النوع أسئلة الصحابة. والثاني: ما كان على وجه التعنت والتكلف وهذا هو المنهي عنه.
+تحذير هذه الأمة من مخالفة نبيها، كما وقع في الأمم التي قبلها.
+المنهي عنه يشمل القليل والكثير؛ لأنه لا يتأتّى اجتنابه إلا باجتناب قليله وكثيره، فمثلًا: نهانا عن الرِّبا فيشمل قليله وكثيره.
+ترك الأسباب المفضية إلى المحرم؛ لأن ذلك من معنى الاجتناب.
+لا ينبغي للإنسان إذا سمع أمر الرسول صلى الله عليه وسلم أن يقول: هل هو واجب أم مستحبّ، بل عليه بالمبادرة إلى الفعل؛ لقوله: «فَأْتُوا مِنْهُ مَا استَطَعْتُمْ».
+كثرة المسائل سبب للهلاك ولا سيّما في الأمور التي لا يمكن الوصول إليها مثل المسائل الغيبية، وكيفية أحوال يوم القيامة، لا تكثر السؤال فيها فتهلك، وتكون متنطّعًا متعمّقًا.</t>
+  </si>
+  <si>
+    <t>Tento hadíth je jedním z pravidel o vysvětlení povinnosti vykonání nařízeného a vyhnutí se zakázanému.
+V případě zákazu neexistuje nějaká výjimka něco z něj učinit, zatímco nařízení je omezené schopností, protože zanechání něčeho je člověk schopný, zatímco něco učinit je omezené schopností tento nařízený čin vykonat.
+Zákaz mnoha otázek; učenci rozdělili otázky na dvě skupiny: První: co je z důvodu učení se toho, co je potřebné pro náboženství, tyto otázky jsou povinné a takové otázky měli druhové Proroka. Druhá skupina: otázky z důvodu ztěžování věcí a tyto otázky jsou zakázané.
+Varování této obce před odporováním prorokům, tak jak se to stalo obcím před nimi.
+Zakázané zahrnuje málo i mnoho, protože vyhnutí se něčemu nemůže být jinak než vyhnutím se mála i mnoha, například byla nám zakázána lichva, což zahrnuje mnoho lichvy i málo.
+Zanechání příčin, které vedou k zakázanému, protože je to zahrnuto ve významu vyhnutí se.
+Pokud člověk slyší nějaké nařízení Posla Božího (ať mu Bůh žehná a dá mír), neměl by říkat: Je to povinné, nebo doporučené? Ale měl by hned spěchat s tím to vykonat na základě slov Proroka: „Vykonejte z něj tolik, kolik jste schopni."
+Mnoho otázek je příčinou zahubení a zvláště ve věcech, které člověk nemůže obsáhnout, jako otázky týkající se neviditelného a jaké to bude v soudný den, na ty by se člověk neměl příliš mnoho ptát, jinak zahyne a stane se tím, který přehání.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66517</t>
+  </si>
+  <si>
+    <t>إن الله طيب لا يقبل إلا طيبا، وإن الله أمر المؤمنين بما أمر به المرسلين</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl:||„Věru, že Bůh je dobrý, a tak nepřijímá nic jiného než dobré, a věru, že Bůh nařídil věřícím to, co nařídil poslům, a Všemohoucí pravil: {Poslové, jezte z výtečných pokrmů a konejte zbožné skutky} a pravil: {Vy, kteří věříte, jezte z výtečných pokrmů, jež jsme vám uštědřili.} Pak zmínil muže na dlouhé cestě, rozcuchaného a špinavého, který zvedá ruce k nebesům (a říká): Ó Pane, Ó Pane! A jeho jídlo je zakázané, jeho pití je zakázané, jeho oblečení je zakázané a živí se zakázaným; jak by mu mohlo být odpovězeno (a jeho prosby vyplněny)?”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ طَيِّبٌ لَا يَقْبَلُ إلَّا طَيِّبًا، وَإِنَّ اللَّهَ أَمَرَ المُؤْمِنِينَ بِمَا أَمَرَ بِهِ المُرْسَلِينَ، فَقَالَ تَعَالَى: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنْ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا}، وَقَالَ تَعَالَى: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ} ثُمَّ ذَكَرَ الرَّجُلَ، يُطِيلُ السَّفَرَ، أَشْعَثَ، أَغْبَرَ، يَمُدُّ يَدَيْهِ إلَى السَّمَاءِ: يَا رَبِّ! يَا رَبِّ! وَمَطْعَمُهُ حَرَامٌ، وَمَشْرَبُهُ حَرَامٌ، وَمَلْبَسُهُ حَرَامٌ، وَغُذِيَ بِالحَرَامِ، فَأَنَّى يُسْتَجَابُ لَذلك».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Bůh je dobrý, a tak nepřijímá nic jiného než dobré, a věru, že Bůh nařídil věřícím to, co nařídil poslům, a Všemohoucí pravil: {Poslové, jezte z výtečných pokrmů a konejte zbožné skutky} a pravil: {Vy, kteří věříte, jezte z výtečných pokrmů, jež jsme vám uštědřili.} Pak zmínil muže na dlouhé cestě, rozcuchaného a špinavého, který zvedá ruce k nebesům (a říká): Ó Pane, Ó Pane! A jeho jídlo je zakázané, jeho pití je zakázané, jeho oblečení je zakázané a živí se zakázaným; jak by mu mohlo být odpovězeno (a jeho prosby vyplněny)?”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الله طيب قُدُّوس مُنَزَّهٌ عن النقائص والعيوب ومُتَّصِف بالكَمَالات، ولا يقبل من الأعمال والأقوال والاعتقادات إلا ما كان طيبًا، وهو الخالص لله، الموافق لهدي النبي صلى الله عليه وسلم، ولا ينبغي أن يتقرب إلى الله إلا بذلك، ومن أعظم ما يَحصُل به طِيْبة الأعمال للمؤمن طِيْبُ مَطعَمِه، وأن يكون من حلال، فبذلك يَزكُو عملُه، ولذا أمر الله المؤمنين بالذي أمر به المرسلين من أكل الحلال وعمل الصالحات، فقال: {يَا أَيُّهَا الرُّسُلُ كُلُوا مِنَ الطَّيِّبَاتِ وَاعْمَلُوا صَالِحًا، إِنِّي بِمَا تَعْمَلُونَ عَلِيمٌ} وقال: {يَا أَيُّهَا الَّذِينَ آمَنُوا كُلُوا مِنْ طَيِّبَاتِ مَا رَزَقْنَاكُمْ}.
+ثم حَذَّرَ صلى الله عليه وسلم من أكل الحرام الذي يُفسِد العمل ويَمنع قبولَه مهما بَذل من أسباب القبول الظاهرة؛ منها:
+أولًا: إطالة السفر في وجوه الطاعات كحج وجهاد وصلة رحم وغير ذلك.
+ثانيًا: مُتفرِّق الشعر لعدم تمشيطه، مُتغيِّر لونه ولون ثيابه من التراب، فهو مضطر.
+ثالثًا: يرفع يديه إلى السماء بالدعاء.
+رابعًا: يتوسل إلى الله بأسمائه ويُلِحُّ في ذلك: يا رب يا رب!
+ومع هذه الأسباب لإجابة الدعاء لم يسمع له؛ وذلك لأن مَطعومَه ومشروبَه وملبوسَه حرام، وغذي بالحرام، فبعيد أن يستجاب لمن هذه صفته، وكيف يستجاب له؟!</t>
+  </si>
+  <si>
+    <t>كمال الله عزّ وجل في ذاته، وصفاته، وأفعاله، وأحكامه.
+الأمر بإخلاص العمل لله عز وجل، والمتابعة للنبي صلى الله عليه وسلم.
+استعمال ما يُشجِّع على العمل، حيث قال النبي صلى الله عليه وسلم: "إِنَّ الله أَمَرَ المُؤمنينَ بِمَا أَمَرَ بِهِ المُرسَلِيْنَ"، فإذا علم المؤمن أن هذا من مأمورات المرسلين فإنه يتقوَّى ويتشجّع على الامتثال.
+من موانع استجابة الدعاء أكل الحرام.
+من أسباب إجابة الدعاء خمسة أشياء: أحدها: إطالة السفر لما فيه من الانكسار الذي هو من أعظم أسباب الإجابة، الثاني: حالة الإضطرار، الثالث: مَدُّ اليدين إلى السماء، الرابع: الإلحاح على الله بتكرير ذكر ربوبيته، وهو من أعظم ما يُطلَب به إجابة الدعاء، الخامس: إطابة المأكل والمشرب.
+أكل الحلال الطيِّب من الأسباب المُعينة للعمل الصالح.
+قال القاضي: الطيب ضد الخبيث، فإذا وصف به تعالى أريد به أنه مُنزَّه عن النقائص مُقدَّس عن الآفات، وإذا وُصِف به العبد مطلقًا أريد به أنه المُتعرِّي عن رذائل الأخلاق وقبائح الأعمال والمتحلي بأضداد ذلك، وإذا وُصف به الأموال أريد به كونه حلالًا من خيار الأموال.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66518</t>
+  </si>
+  <si>
+    <t>دع ما يريبك إلى ما لا يريبك</t>
+  </si>
+  <si>
+    <t>„Zanech toho, o čem máš pochyby, pro to, o čem pochyby nemáš.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُـحَمَّدٍ الحَسَنِ بْنِ عَلِيِّ بْنِ أَبِي طَالِبٍ - سِبْطِ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ وَرَيْحَانَتِهِ-، قَالَ: حَفِظْتُ مِنْ رَسُولِ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «دَعْ مَا يَرِيبُك إلَى مَا لَا يَرِيبُكَ».</t>
+  </si>
+  <si>
+    <t>Abú Muhammad Al-Hasan Ibn ‘Alí Ibn Abí Tálib - syn dcery Posla Božího (ať mu Bůh žehná a dá mír) a jeho radost - řekl: Zapamatoval jsem si od Posla Božího (ať mu Bůh žehná a dá mír): „Zanech toho, o čem máš pochyby, pro to, o čem pochyby nemáš.”</t>
+  </si>
+  <si>
+    <t>أَمَرَ النبيُّ صلى الله عليه وسلم بِتَرْك ما تَشُكُّ فيه مِن الأقوال والأعمال أنه مَنهيٌّ عنه أو لا، أهو حرام أو حلال، إلى ما لا شَكَّ فيه مما تَيَقَّنت حُسْنَه وحِلَّه.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) nařídil zanechat ta slova a činy, o kterých má člověk pochyby, zda jsou zakázané nebo ne, zda je to harám nebo halál, pro to, o čem pochyby nemá a má jistotu, že to je dobré a povolené.</t>
+  </si>
+  <si>
+    <t>رواه الترمذي والنسائي</t>
+  </si>
+  <si>
+    <t>[رواه الترمذي والنسائي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66519</t>
+  </si>
+  <si>
+    <t>Abú Hamza Anas Ibn Málik (ať je s ním Bůh spokojen) - sluha Posla Božího (ať mu Bůh žehná a dá mír) - vyprávěl, že Prorok(ať mu Bůh žehná a dá mír) řekl:||„Nikdo z vás nebude skutečně věřit, dokud si nebude přát pro svého bratra totéž co pro sebe</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>Abú Hamza Anas Ibn Málik (ať je s ním Bůh spokojen) - sluha Posla Božího (ať mu Bůh žehná a dá mír) - vyprávěl, že Prorok(ať mu Bůh žehná a dá mír) řekl: „Nikdo z vás nebude skutečně věřit, dokud si nebude přát pro svého bratra totéž co pro sebe."</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>„Bůh uložil se chovat dobře ke všemu,</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي يَعْلَى شَدَّادِ بْنِ أَوْسٍ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا القِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذِّبْحَةَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، وَلْيُرِحْ ذَبِيحَتَهُ».</t>
+  </si>
+  <si>
+    <t>Abú Ja‘lá Šaddád Ibn Aws (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Bůh uložil se chovat dobře ke všemu, a tak když zabíjíte, dělejte to dobře (tj. bezbolestně), a když podřezáváte, podřezávejte dobře - ať si každý z vás naostří nůž a uleví tomu, koho podřezává (tj. dobytku)."</t>
+  </si>
+  <si>
+    <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
+فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
+والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
+  </si>
+  <si>
+    <t>رحمة الله عزّ وجل ولطفه بالخلق.
+إحسان القتل والذبح بأن يكون على الوجه المشروع.
+كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
+النهي عن المُثْلة بالإنسان بعد قتله.
+تحريم كل ما فيه تعذيب للحيوان.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66521</t>
+  </si>
+  <si>
+    <t>يا غلام إني أعلمك كلمات: احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
+  </si>
+  <si>
+    <t>„Chlapče, naučím tě tato slova: Dodržuj nařízení Boha a On tě ochrání, dodržuj nařízení Boha a najdeš Ho před sebou. Pokud chceš někoho o něco žádat, žádej Boha, a pokud potřebuješ pomoc, hledej ji u Boha</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي العَبَّاسِ، عَبْدِ الله بْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: كُنْت خَلْفَ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامِ! إنِّي أُعَلِّمُك كَلِمَاتٍ: احْفَظِ اللَّهَ يَحْفَظْكَ، احْفَظِ الله تَجِدْهُ تُجَاهَكَ، إذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاَللهِ، وَاعْلَمْ أَنَّ الأُمَّةَ لَوْ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ لَمْ يَنْفَعُوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ لَكَ، وَإِنِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ لَمْ يَضُرُّوكَ إلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللَّهُ عَلَيْكَ؛ رُفِعَتِ الأَقْلَامُ، وَجَفَّتِ الصُّحُفُ».
+وَفِي رِوَايَةِ غَيْرِ التِّرْمِذِيِّ: «احْفَظِ اللهَ تَجِدْهُ أَمَامَكَ، تَعَرَّفْ إلَى اللهِ فِي الرَّخَاءِ يَعْرِفْكَ فِي الشِّدَّةِ، وَاعْلَمْ أَنَّ مَا أَخْطَأَكَ لَمْ يَكُنْ لِيُصِيبَكَ، وَمَا أَصَابَك لَمْ يَكُنْ لِيُخْطِئَكَ، وَاعْلَمْ أَنَّ النَّصْرَ مَعَ الصَّبْرِ، وَأَنْ الفَرَجَ مَعَ الكَرْبِ، وَأَنَّ مَعَ العُسْرِ يُسْرًا».</t>
+  </si>
+  <si>
+    <t>Abú Al-‘Abbás, ‘Abdulláh Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl: Jeden den jsem seděl za Poslem Božím (ať mu Bůh žehná a dá mír) a on řekl: „Chlapče, naučím tě tato slova: Dodržuj nařízení Boha a On tě ochrání, dodržuj nařízení Boha a najdeš Ho před sebou. Pokud chceš někoho o něco žádat, žádej Boha, a pokud potřebuješ pomoc, hledej ji u Boha.  A věz, že pokud se celý svět spojí, aby ti něčím prospěl, nemůže ti prospět ničím jiným, než co ti Bůh již určil. A pokud se spojí, aby ti ublížil, nemůže ti ublížit ničím jiným než tím, co ti Bůh už určil. Pera již byla zvednuta a listy již zaschly.”</t>
+  </si>
+  <si>
+    <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
+احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
+وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
+وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
+ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
+وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.
+وأن من احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه؛ فإن الله سبحانه أمام العبد يعلم ما هو عليه وينصره ويؤيده. وأن الإنسان إذا أطاع الله في الرخاء فإن الله يجعل له عند الشدة فرجًا ومخرجًا، وليرض كل عبد بما قدره الله عليه من خير وشر. ومع الشدائد والمحن يلتزم العبد الصبر، فإن الصبر مفتاح الفرج، وأن الكرب إذا اشتد جاء الفرج من الله، وأن العسر إذا حصل أعقبه الله باليسر.</t>
+  </si>
+  <si>
+    <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že jednou, když byl malý, seděl na jízdním zvířeti za Prorokem (ať mu Bůh žehná a dá mír) a ten mu řekl: Naučím tě nějaké věci, kterými ti Bůh prospěje: Chraň se Boha tím, že budeš dodržovat Jeho nařízení a zákazy tak, že tě Bůh vždy nalezne poslušného, přibližujícího se k Němu dobrými skutky a nenalezne tě hřešícího. A když to budeš dodržovat, tvá odměna bude, že tě Bůh ochrání od všeho špatného na tomto i v budoucím světě a pomůže ti ve všem, co pro tebe bude důležité. A pokud o něco žádáš, žádej pouze Boha, protože On jediný odpovídá těm, kteří žádají. A pokud potřebuješ pomoc, nepros o ni nikoho jiného než Boha. A měj jistotu v tom, že pokud se celý svět spojí, aby ti něčím prospěl, nemůže ti prospět ničím jiným, než co ti Bůh již určil. A pokud se spojí, aby ti ublížil, nemůže ti ublížit ničím jiným než tím, co ti Bůh už určil. A že toto je věc, kterou Bůh určil podle Svojí moudrosti a vědění a nelze změnit to, co Bůh určil. A že pro toho, kdo se chrání Boha tím, že dodržuje Jeho příkazy a vyhýbá se Jeho zákazům, je Bůh před Svým služebníkem a ví, co potřebuje, a pomáhá mu. A když člověk poslouchá Boha v čase dostatku, Bůh mu dá ulehčení a východisko v čase nouze, a tak by měl každý člověk být spokojený s tím, co mu Bůh určil, ať je to dobré nebo špatné. A když přijdou těžkosti a zkoušky, měl by být trpělivý, protože trpělivost je klíčem k úspěchu a když se nakupí velké těžkosti, přijde od Boha východisko a úspěch a Bůh zakončuje těžkosti ulehčením a úlevou.</t>
+  </si>
+  <si>
+    <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
+الجزاء من جنس العمل.
+الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
+الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
+من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه. 
+البشارة العظيمة أن الإنسان إذا أصابه العسر فلينتظر اليسر.
+تسلية العبد عند حصول المصيبة، وفوات المحبوب في قوله: «وَاعْلَم أن مَا أَصَابَكَ لَمْ يَكُن لِيُخطِئكَ، وَمَا أخطأَكَ لَمْ يَكُن لِيصيبَك» فالجملة الأولى تسلية في حصول المكروه، والثانية تسلية في فوات المحبوب.</t>
+  </si>
+  <si>
+    <t>Důležitost učení mladých lidí a dětí věcí z náboženství, které se týkají tawhídu, výchovy a dalších věcí.
+Odměna i trest jsou stejným způsobem, jako byl skutek.
+Nařízení spoléhat se pouze na Boha, protože On je nejlepší ochránce.
+Víra v osud a spokojenost s ním a že Bůh určil každou věc.
+Toho, kdo opustil Boha (nedodržoval Jeho příkazy), Bůh taky opustí a nebude ho ochraňovat.
+Velká radostná zpráva, že když má člověk těžkosti, může očekávat ulehčení a úlevu.
+Útěcha člověka, když se mu stane nějaké neštěstí a ztratí někoho milovaného, ve slovech Proroka: „A věz, že cokoliv je ti předurčeno, ať špatné nebo dobré, se ti stane a cokoliv, co ti není určeno, se ti nestane.” A první věta je útěchou, když dojde k neštěstí, a druhá věta je útěchou, když člověk ztratí někoho milovaného.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66522</t>
+  </si>
+  <si>
+    <t>Abú Mas‘úd ‘Uqba Ibn ‘Amru Al-Ansárí Al-Badrí (ať je s ním Bůh spokojen) vyprávěl: Posel Boží řekl:||„Věru, že to, co se dostalo k lidem ze slov prvního proroctví, je: pokud se nestydíš, učiň, co chceš.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>Abú Mas‘úd ‘Uqba Ibn ‘Amru Al-Ansárí Al-Badrí (ať je s ním Bůh spokojen) vyprávěl: Posel Boží řekl: „Věru, že to, co se dostalo k lidem ze slov prvního proroctví, je: pokud se nestydíš, učiň, co chceš.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>Abú ‘Amru - a říká se: Abú ‘Amra - Sufján Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl:||„Řekl jsem: „Posle Boží, řekni mi nějakou řeč v islámu, na kterou se nezeptám nikoho jiného než tebe." A on řekl: „Řekni: „Uvěřil jsem v Boha" a pak dodržuj (víru).”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>Abú ‘Amru - a říká se: Abú ‘Amra - Sufján Ibn ‘Abdulláh (ať je s ním Bůh spokojen) vyprávěl: „Řekl jsem: „Posle Boží, řekni mi nějakou řeč v islámu, na kterou se nezeptám nikoho jiného než tebe." A on řekl: „Řekni: „Uvěřil jsem v Boha" a pak dodržuj (víru).”"</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66524</t>
+  </si>
+  <si>
+    <t>أرأيت إذا صليت المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ جَابِرِ بْنِ عَبْدِ اللَّهِ الْأَنْصَارِيِّ رَضِيَ اللَّهُ عَنْهُمَا: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ المَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الحَلَالَ، وَحَرَّمْتُ الحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الجَنَّةَ؟ قَالَ: «نَعَمْ».</t>
+  </si>
+  <si>
+    <t>Abú ‘Abdulláh Džábir Ibn ‘Abdulláh Al-Ansárí (ať je s nimi Bůh spokojen) vyprávěl: Jeden muž se ptal Posla Božího (ať mu Bůh žehná a dá mír) a řekl: „Myslíš, že když se budu modlit povinné modlitby, postit se v ramadánu, povolovat, co je povolené, a zakazovat, co je zakázané, a nebudu dělat už nic navíc, přijdu do ráje?"  (Prorok) odpověděl: „Ano.”</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66525</t>
+  </si>
+  <si>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماء والأرض</t>
+  </si>
+  <si>
+    <t>„Očišťování je polovina víry, slova „chvála Bohu (alhamdulilláh)" naplní váhy, slova „sláva Bohu a chvála Bohu (subhánaAlláh wa-lhamdulilláh)" naplní, co je mezi nebesy a zemí,</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَالِكٍ الحَارِثِ بْنِ عَاصِمٍ الأَشْعَرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاءِ وَالأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا»</t>
+  </si>
+  <si>
+    <t>Abú Málik Al-Hárith Ibn ‘Ásim Al-Aš‘arí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Očišťování je polovina víry, slova „chvála Bohu (alhamdulilláh)" naplní váhy, slova „sláva Bohu a chvála Bohu (subhánaAlláh wa-lhamdulilláh)" naplní, co je mezi nebesy a zemí, modlitba je světlo, almužna je důkaz, trpělivost je svit, Korán je důkaz pro tebe nebo proti tobě a všichni lidé usilují o svoji duši a buď ji osvobodí, nebo zahubí."</t>
+  </si>
+  <si>
+    <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jsou dva druhy čistoty: vnější, pomocí malé očisty (wudu) nebo velké očisty (ghusl), a vnitřní, pomocí víry v jednoho Boha a konání dobrých skutků.
+Důležitost pravidelné modlitby, která je světlem pro modlícího se na tomto i v budoucím světě.
+Almužna je důkazem upřímné víry.
+Důležitost věřit tomu, co je v Koránu, a konat podle toho, aby Korán byl důkazem pro člověka a ne proti němu.
+Pokud se duše nezaměstná poslušností k Bohu, zaměstná se hříchem.
+Každý člověk koná nějaké skutky a buď 
+svoji duši osvobodí dobrými skutky, nebo ji zahubí hříchy.
+</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66526</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl:||„Za každý kloub se má dávat almužna, za každý den, kdy vyjde slunce. A když (člověk) usmíří dva, je to almužna, když pomůže člověku jízdním zvířetem, sveze ho nebo na něm veze jeho věci, je to almužna, dobré slovo je almužna, každý krok k modlitbě je almužna a odstranění škodlivých věcí z cesty je almužna.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ سُلَامَى مِنَ النَّاسِ عَلَيْهِ صَدَقَةٌ، كُلَّ يَوْمٍ تَطْلُعُ فِيهِ الشَّمْسُ تَعْدِلُ بَيْنَ الِاثْنَيْنِ صَدَقَةٌ، وَتُعِينُ الرَّجُلَ فِي دَابَّتِهِ فَتَحْمِلُهُ عَلَيْهَا أَوْ تَرْفَعُ لَهُ عَلَيْهَا مَتَاعَهُ صَدَقَةٌ، وَالكَلِمَةُ الطَّيِّبَةُ صَدَقَةٌ، وَكُلُّ خُطْوَةٍ تَمْشِيهَا إِلَى الصَّلَاةِ صَدَقَةٌ، وَتُمِيطُ الأَذَى عَنِ الطَّرِيقِ صَدَقَةٌ».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Za každý kloub se má dávat almužna, za každý den, kdy vyjde slunce. A když (člověk) usmíří dva, je to almužna, když pomůže člověku jízdním zvířetem, sveze ho nebo na něm veze jeho věci, je to almužna, dobré slovo je almužna, každý krok k modlitbě je almužna a odstranění škodlivých věcí z cesty je almužna.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ على كلِّ مسلم مُكلَّف كلّ يوم بعدد كل مفصل من مفاصل عظامه صدقة تطوع لله تعالى على سبيل الشكر له على العافية، وأن جعل عظامه مفاصل يتمكن بها من القبض والبسط، وأنّ تلك الصدقة تتأدّى بأعمال البر كلها ولا تتوقف على إعطاء مال، ومنها: عدلك وإصلاحك بيـن متخاصمين صدقةٌ، وفي إعانتك لعاجز في دابته فتحمله عليها أو ترفع له متاعه صدقةٌ، والكلمة الطيبة من ذكر ودعاء وسلام وغيرها صدقةٌ، وبكل خطوةٍ تمشيها إلى الصلاة صدقةٌ، وإزالة ما يُتَأذّى به عن الطريق صدقةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66527</t>
+  </si>
+  <si>
+    <t>أوصيكم بتقوى الله، والسمع والطاعة، وإن تأمر عليكم عبد، فإنه من يعش منكم بعدي فسيرى اختلافا كثيرا، فعليكم بسنتي وسنة الخلفاء الراشدين المهديين</t>
+  </si>
+  <si>
+    <t>„Radím vám bát se Boha, poslouchat a být poslušnými (svých vládců), i kdyby se stal vaším vládcem otrok. A ten z vás, kdo bude žít po mně, uvidí mnoho rozbrojů a rozkolů, a tak se držte mé sunny a sunny pravověrných, správně vedených chalífů</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي نَجِيحٍ العِرْبَاضِ بْنِ سَارِيَةَ رضي الله عنه قَالَ: وَعَظَنَا رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ مَوْعِظَةً وَجِلَتْ مِنْهَا القُلُوبُ، وَذَرَفَتْ مِنْهَا العُيُونُ، فَقُلْنَا: يَا رَسُولَ اللهِ! كَأَنَّهَا مَوْعِظَةُ مُوَدِّعٍ؛ فَأَوْصِنَا، قَالَ: «أُوصِيكُمْ بِتَقْوَى اللَّهِ، وَالسَّمْعِ وَالطَّاعَةِ، وَإِنْ تَأَمَّرَ عَلَيْكُمْ عَبْدٌ، فَإِنَّهُ مَنْ يَعِشْ مِنْكُمْ بَعْدِي فَسَيَرَى اخْتِلَافًا كَثِيرًا، فَعَلَيْكُمْ بِسُنَّتِي وَسُنَّةِ الخُلَفَاءِ الرَّاشِدِينَ المَهْدِيينَ، عَضُّوا عَلَيْهَا بِالنَّوَاجِذِ، وَإِيَّاكُمْ وَمُحْدَثَاتِ الأُمُورِ؛ فَإِنَّ كُلَّ بِدْعَةٍ ضَلَالَةٌ».</t>
+  </si>
+  <si>
+    <t>Abú Nadžíh Al-‘Irbád Ibn Sárija (ať je s ním Bůh spokojen) vyprávěl: Posel Boží (ať mu Bůh žehná a dá mír) nám kázal takovým kázáním, při kterém se srdce třásla a oči ronily slzy, a tak jsme řekli: Posle Boží, jako by to bylo kázání na rozloučenou, dej nám nějakou radu, a on řekl: „Radím vám bát se Boha, poslouchat a být poslušnými (svých vládců), i kdyby se stal vaším vládcem otrok. A ten z vás, kdo bude žít po mně, uvidí mnoho rozbrojů a rozkolů, a tak se držte mé sunny a sunny pravověrných, správně vedených chalífů a držte se jí zuby a střezte se novot, protože každá novota je blouděním.”</t>
+  </si>
+  <si>
+    <t>وَعَظَ النبيُّ صلى الله عليه وسلم أصحابَه مَوعظةً بَلِيْغَةً خافتْ منها القلوبُ ودَمَعتْ منها العيونُ، فقالوا: يا رسول الله كأنها مَوعظةُ مُودِّعٍ لِمَا رأوا مِن مبالغتِه صلى الله عليه وسلم في الموعظة، فطلبوا وصيةً ليتمسكوا بها مِن بعده، قال: أوصيكم بتقوى الله عز وجل، وذلك بفعل الواجبات وترك المحرمات، والسمع والطاعة، أي: للأمراء، وإنْ تَأَمَّر عليكم عَبْدٌ أو استولى عليكم، أي صار أدنى الخَلْقِ أميرًا عليكم فلا تَسْتَنْكِفُوا عن ذلك وأطيعوه، مخافةَ إثارةِ الفتن، فإنه مَن يعِش منكم فسيرى اختلافًا كثيرًا، ثم بَيَّنَ لهم المَخْرَجَ مِن هذا الاختلاف، وذلك بالتمسُّك بِسُنَّتِهِ وسُنّةِ الخلفاء الراشدين المهديين مِن بعده، أبي بكر الصديق، وعمر بن الخطاب، وعثمان بن عفان، وعلي بن أبي طالب رضي الله عنهم أجمعين، والعَضُّ عليها بالنواجذ أي –الأضراس الأخيرة-: يعني بذلك الجِدُّ في لزوم السنة والتمسك بها، وحَذَّرَهم من الأمور المُحدَثة المُبْتَدَعة في الدِّين، فإنِّ كلَّ بدعةٍ ضلالةٌ.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66529</t>
+  </si>
+  <si>
+    <t>لقد سألت عن عظيم، وإنه ليسير على من يسره الله عليه</t>
+  </si>
+  <si>
+    <t>عَنْ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللهُ عَنْهُ قَالَ: قُلْت يَا رَسُولَ اللَّهِ! أَخْبِرْنِي بِعَمَلٍ يُدْخِلُنِي الجَنَّةَ وَيُبَاعِدْنِي مِنْ النَّارِ، قَالَ: «لَقَدْ سَأَلْتَ عَنْ عَظِيمٍ، وَإِنَّهُ لَيَسِيرٌ عَلَى مَنْ يَسَّرَهُ اللَّهُ عَلَيْهِ: تَعْبُدُ اللَّهَ لَا تُشْرِكُ بِهِ شَيْئًا، وَتُقِيمُ الصَّلَاةَ، وَتُؤْتِي الزَّكَاةَ، وَتَصُومُ رَمَضَانَ، وَتَحُجُّ البَيْتَ، ثُمَّ قَالَ: أَلَا أَدُلُّكَ عَلَى أَبْوَابِ الخَيْرِ، الصَّوْمُ جُنَّةٌ، وَالصَّدَقَةُ تُطْفِئُ الْخَطِيئَةَ كَمَا يُطْفِئُ المَاءُ النَّارَ، وَصَلَاةُ الرَّجُلِ مِنْ جَوْفِ اللَّيْلِ، ثُمَّ تَلَا: {تَتَجَافَى جُنُوبُهُمْ عَنِ الْمَضَاجِعِ} حَتَّى {بَلَغَ يَعْمَلُونَ}، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِرَأْسِ الأَمْرِ وَعَمُودِهِ وَذِرْوَةِ سَنَامِهِ، فَقُلْتُ: بَلَى يَا رَسُولَ اللَّهِ، قَالَ: رَأْسُ الأَمْرِ الإِسْلَامُ، وَعَمُودُهُ الصَّلَاةُ، وَذِرْوَةُ سَنَامِهِ الجِهَادُ، ثُمَّ قَالَ: أَلَا أُخْبِرُك بِمِلَاكِ ذَلِكَ كُلِّهِ، فقُلْت: بَلَى يَا رَسُولَ اللَّه! فَأَخَذَ بِلِسَانِهِ وَقَالَ: كُفَّ عَلَيْك هَذَا، قُلْت: يَا نَبِيَّ اللَّهِ! وَإِنَّا لَمُؤَاخَذُونَ بِمَا نَتَكَلَّمُ بِهِ، فَقَالَ: ثَكِلَتْكَ أُمُّكَ وَهَلْ يَكُبُّ النَّاسَ عَلَى وُجُوهِهِمْ أَوْ قَالَ عَلَى مَنَاخِرِهِمْ إلَّا حَصَائِدُ أَلسِنَتِهِمْ»!</t>
+  </si>
+  <si>
+    <t>Mu‘ádz Ibn Džabal (ať je s ním Bůh spokojen) vyprávěl: Řekl jsem: Posle Boží, řekni mi nějaký čin, na základě, kterého vstoupím do ráje a vzdálím se od ohně. A on odpověděl: „Věru, že jsi se mne zeptal na obrovskou věc, která je lehká pro toho, pro koho ji Bůh učiní snadnou. Uctívej jediného Boha a nic k Němu nepřidružuj, dodržuj modlitbu, dávej almužnu, posti se v ramadánu a vykonej velkou pouť ke Ka‘abě.” A potom řekl: „Nemám ti ukázat brány všeho dobra? Půst je ochranou, almužna uhasí hřích, stejně jako voda uhasí oheň, a modlitba člověka uprostřed noci,” a pak recitoval: {Boky jejich se lůžkům vyhýbají} až k: {za skutky jejich}. Poté řekl: „Nemám ti říct o hlavě věci, jejím podpěrném sloupu a vrcholu jejího hrbu?” Řekl jsem: Ano, Posle Boží. Řekl: „Hlavou věci je islám, jeho podpěrným sloupem je modlitba a jeho vrcholem hrbu je džihád.” A poté řekl: „Nemám ti říct o tom, co všechno toto činí dokonalým?" Řekl jsem: Ano, Proroku Boží. A on uchopil jazyk a řekl: „Zdrž se tohoto.” Řekl jsem: Proroku Boží, budeme se zodpovídat za vše, co řekneme? A on řekl: „Aby o tebe tvá matka přišla  Mu‘ádzi! Budou snad lidé svrženi na svých obličejích - nebo řekl: nosech - do ohně za něco jiného než za to, co si vysloužily jejich jazyky?”</t>
+  </si>
+  <si>
+    <t>قال معاذٌ رضي الله عنه: كنتُ مع النبي صلى الله عليه وسلم في سَفَر، فأصبحت يومًا قريبًا منه ونحن نسير، فقلت: يا رسول الله أَخْبِرني بعمل يُدخلني الجنة ويباعدني عن النار، قال: لقد سألتني عن عمل عظيم فِعْلُه على النفوس، وإنه لَهَيِِّنٌ سَهْلٌ على مَن يَسَّرَه الله عليه؛ أَدِّ فرائض الإسلام:
+الأول: تعبد الله وحده ولا تشرك به شيئًا.
+الثاني: تُقيم الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها.
+الثالث: تُخرِج الزكاة المفروضة، وهي عبادة مالية واجبة في كل مال بلغَ قدرًا مُحددًا في الشرع، تعطى لمستحقيها.
+الرابع: تصوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بنية التعبد، من طلوع الفجر إلى غروب الشمس.
+الخامس: تحج البيت بقَصْد مكة لإقامة المناسك، تعبُّدًا لله عز وجل.
+ثم قال صلى الله عليه وسلم: أَلَا أُعَرِّفُك على الطريق المُوصِلة لأبواب الخير؟ وذلك بإتْبَاع تلك الفرائض بالنوافل:
+أولًا: صوم التطوع، وهو مانع من الوقوع في المعاصي وذلك بكسر الشهوة، وإضعاف القوة.
+ثانيًا: صدقة التطوع تطفئ الخطيئة بعد اقترافها وتُذْهِبُها وتَمحو أثرَها.
+ثالثًا: صلاة التهجد في ثلث الليل الآخر، ثم قرأ صلى الله عليه وسلم قوله تعالى: {تتجافى جنوبهم} أي: تتباعد {عن المضاجع} أي: المراقد {يدعون ربهم} بالصلاة والذكر والقراءة والدعاء، {خوفا وطمعا ومما رزقناهم ينفقون، فلا تعلم نفس ما أخفي لهم من قرة أعين} أي ما تَقَرُّ به أعينُهم يوم القيامة وفي الجنة من نعيم، {جزاء بما كانوا يعملون}.
+ثم قال صلى الله عليه وسلم: أَلَا أُخْبِرُك بأصل الدين؟ وعموده الذي يعتمد عليه؟ وذروة سنامه؟
+قال معاذ رضي الله عنه: بلى يا رسول الله.
+قال النبي صلى الله عليه وسلم: رأس الأمر: الإسلام وهو الشهادتان، وبهما يصبح مع الإنسان أصل الدين. وعموده: الصلاة، فلا إسلام بلا صلاة، كما أنه لا يكون البيت بلا عمود، فمن صلى قوي دينه وارتفع؛ وذروة سنامه وارتفاعه بالجهاد وبذل الجَهد في قتال أعداء الدين لإعلاء كلمة الله.
+ثم قال صلى الله عليه وسلم: ألا أخبرك بإحكام وإتقان ما مضى؟ فأخذ صلى الله عليه وسلم بلسانه، وقال: امنع هذا ولا تَكَلَّمَ بما لا يَعنيك. قال معاذ: هل يؤاخِذُنا ويحاسبنا ربُّنا ويعاقبنا بكل ما نتكلَّم به؟!
+قال صلى الله عليه وسلم: فَقَدَتْك أمُّك! وليس المراد به الدعاء عليه، ولكنها من كلام العرب لِتَنبيهه إلى أَمر كان ينبغي أن ينتبه له ويعرفه، ثم قال: وهل يُلقِي الناسَ ويُسقِطُهم على وجوههم في النار إلا حصائد ألسنتهم من الكفر والقذف والشتم والغيبة والنميمة والبهتان ونحوها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66530</t>
+  </si>
+  <si>
+    <t>لا ضرر ولا ضرار</t>
+  </si>
+  <si>
+    <t>„Neškoďte a neoplácejte škodu škodou.”</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي سَعِيدٍ سَعْدِ بْنِ مَالِكِ بْنِ سِنَانٍ الخُدْرِيّ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا ضَرَرَ وَلَا ضِرَارَ».</t>
+  </si>
+  <si>
+    <t>Abú Sa‘íd Sa‘d Ibn Málik Ibn Sinán Al-Chudrí (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Neškoďte a neoplácejte škodu škodou.”</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
+ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že je třeba zabránit jakýmkoliv škodám, ať se to týká člověka samotného nebo jiných lidí, a tak není dovoleno, aby člověk škodil sobě nebo komukoliv jinému. Také není povoleno, aby člověk oplácel škodu škodou, protože škoda se nesmí odstraňovat jinou škodou, pouze v případě krevní msty (qisás), která nepřesáhne spravedlivou odplatu.</t>
+  </si>
+  <si>
+    <t>النهي عن المجازاة بأكثر من المِثْل.
+لم يأمر اللهُ عبادَه بشيء يضرُّهم.
+الحديث قاعدة في تحريم الضرر، والضرار بالقول أو بالفعل أو بالترك.
+من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
+  </si>
+  <si>
+    <t>Zákaz oplácet horším.
+Bůh nikdy nenařizuje Svým služebníkům škodlivé věci.
+Tento hadíth je pravidlem o zákazu škodit sobě a ostatním slovy i činy.
+Jedno z islámských pravidel zní: „Škoda se musí odstranit,” a proto islámský zákon (šarí’a) neschvaluje žádnou škodu a odmítá škodění.</t>
+  </si>
+  <si>
+    <t>رواه ابن ماجه، والدارقطني، وغيرهما مسندًا</t>
+  </si>
+  <si>
+    <t>[رواه ابن ماجه والدارقطني وغيرهما مسندًا]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66531</t>
+  </si>
+  <si>
+    <t>لو يعطى الناس بدعواهم لادعى رجال أموال قوم ودماءهم، لكن البينة على المدعى، واليمين على من أنكر</t>
+  </si>
+  <si>
+    <t>Ibn ‘Abbás (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl:||„Kdyby bylo lidem dáno, co požadují, chtěli by majetky lidí i jejich krev (život), ale musí být důkaz pro žalobce a přísaha pro toho, kdo odmítá (žalovaného).”</t>
+  </si>
+  <si>
+    <t>عَن ابنِ عباسٍ رضي الله عنهما أنَّ رسولَ اللهِ صلي الله عليه وسلم قال: «لَو يُعطَى النّاسُ بدَعواهُم لادَّعَى رِجالٌ أموالَ قَومٍ ودِماءَهُم، لَكِنَّ البَيِّنَةَ على المُدَّعِى، واليَمينَ على مَن أنكَرَ».</t>
+  </si>
+  <si>
+    <t>رواه البيهقي، وغيره هكذا، وبعضه في الصحيحين</t>
+  </si>
+  <si>
+    <t>[رواه البيهقي وغيره هكذا وبعضه في الصحيحين]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66532</t>
+  </si>
+  <si>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك</t>
+  </si>
+  <si>
+    <t>„Věru, že Bůh určil dobré a špatné skutky a poté to vysvětlil (andělům)</t>
+  </si>
+  <si>
+    <t>عَنْ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ تَبَارَكَ وَتَعَالَى، قَالَ: «إنَّ اللهَ كَتَبَ الحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إلَى سَبْعِمِائَةِ ضِعْفٍ إلَى أَضْعَافٍ كَثِيرَةٍ، وَإِنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا؛ كَتَبَهَا اللهُ عِنْدَهُ حَسَنَةً كَامِلَةً، وَإِنْ هَمَّ بِهَا فَعَمِلَهَا؛ كَتَبَهَا اللهُ سَيِّئَةً وَاحِدَةً».</t>
+  </si>
+  <si>
+    <t>Ibn ‘Abbás (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl o tom, co vyprávěl od svého Požehnaného a Všemohoucího Pána: „Věru, že Bůh určil dobré a špatné skutky a poté to vysvětlil (andělům): Tomu, kdo se chystá udělat dobrý skutek, ale neudělá ho, Bůh zapíše celý tento dobrý skutek (jako by ho udělal), a pokud se ho chystá udělat a udělá ho, Bůh mu ho zapíše jako deset dobrých skutků až 700násobně či více. A když se chystá udělat špatný skutek, ale neudělá ho, Bůh mu zapíše jeden celý dobrý skutek, ale pokud ho bude chtít udělat a udělá ho, Bůh mu ho zapíše jako jeden špatný skutek."</t>
+  </si>
+  <si>
+    <t>Ukázání velké Boží milosti této obci, kdy jejich dobré skutky budou navýšeny, na rozdíl od špatných skutků.
+Důležitost úmyslu v konání činů a jeho plody.
+Velká Boží milost a dobro, když tomu, kdo se chystá udělat dobrý skutek, ale neudělá ho, přesto bude zapsán jeden dobrý skutek za jeho úmysl.
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم في صحيحيهما بهذه الحروف</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم في صحيحيهما بهذه الحروف]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66533</t>
+  </si>
+  <si>
+    <t>إن الله تعالى قال: من عادى لي وليا فقد آذنته بالحرب، وما تقرب إلي عبدي بشيء أحب إلي مما افترضت عليه</t>
+  </si>
+  <si>
+    <t>„Věru, že Všemohoucí Bůh pravil: Proti tomu, kdo škodí mému příteli (walí), jsem povolil válčit. Můj služebník se mi nepřiblíží ničím milovanějším než tím, co jsem mu nařídil jako povinnost</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي هُرَيْرَة رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُول اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إنَّ اللَّهَ تَعَالَى قَالَ: مَنْ عَادَى لِي وَلِيًّا فَقْد آذَنْتُهُ بِالحَرْبِ، وَمَا تَقَرَّبَ إلَيَّ عَبْدِي بِشَيْءٍ أَحَبَّ إلَيَّ مِمَّا افْتَرَضْتُ عَلَيْهِ، وما يَزَالُ عَبْدِي يَتَقَرَّبُ إلَيَّ بِالنَّوَافِلِ حَتَّى أُحِبَّهُ، فَإِذَا أَحْبَبْتُهُ كُنْتُ سَمْعَهُ الَّذِي يَسْمَعُ بِهِ، وَبَصَرَهُ الَّذِي يُبْصِرُ بِهِ، وَيَدَهُ الَّتِي يَبْطِشُ بِهَا، وَرِجْلَهُ الَّتِي يَمْشِي بِهَا، وَإِنْ سَأَلَنِي لَأُعْطِيَنَّهُ، وَلَئِنْ اسْتَعَاذَنِي لَأُعِيذَنَّهُ».</t>
+  </si>
+  <si>
+    <t>Abú Hurajra (ať je s ním Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Věru, že Všemohoucí Bůh pravil: Proti tomu, kdo škodí mému příteli (walí), jsem povolil válčit. Můj služebník se mi nepřiblíží ničím milovanějším než tím, co jsem mu nařídil jako povinnost. Můj služebník se mi nepřestane přibližovat doporučenými věcmi, dokud ho nebudu milovat. A když ho budu milovat, budu jeho sluchem, kterým slyší, zrakem, kterým vidí, rukou, kterou sahá, a nohou, kterou chodí, když mě požádá, dám mu, a když se dá pod mou ochranu, ochráním ho.”</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم في الحديثِ القُدْسِيِّ أنَّ الله عز وجل قال: مَن آذى وَليًّا من أوليائي وأغضبَه وأبغضَه فقد أَعْلمتُه وأعلنتُ له العداوة.
+والوليُّ هو: المؤمنُ التَّقي، وعلى قدر ما للعبد من الإيمان والتقوى يكون نصيبُه من ولاية الله. وما تقرَّب المسلم إلى ربِّه بشيء أحب إليه مما افترضه وأوجبه عليه من فعل الطاعات وترك المحرمات، وما يزال المسلم يتقرّب إلى ربه بالنوافل مع الفرائض؛ حتى ينال محبة الله. فإذا أحبه الله كان الله مُسددًا له في هذه الأعضاء الأربعة:
+يُسدِّدُه في سمعه، فلا يسمع إلا ما يرضي الله.
+ويُسدده في بصره، فلا ينظر إلا إلى ما يحب الله النظر إليه ويرضاه.
+ويُسدده في يده، فلا يعمل بيده إلا ما يرضي الله.
+ويُسدده في رجله، فلا يمشي إلا إلى ما يرضي الله، ولا يسعى إلا إلى ما فيه الخير.
+ومع هذا إنْ سأل اللهَ شيئًا فإنَّ الله يعطيه ما سأل، فيكون مجابَ الدعوة، ولئن استعاذ بالله ولجأ إليه طلبًا للحماية، فإن الله سبحانه يُعيذه ويحميه مما يخاف.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) oznámil ve svatém hadíthu, že velectěný Bůh řekl: Tomu, kdo uškodí jednomu z Mých přátel (awlijá), rozzlobí ho nebo ho nenávidí, otevřeně ukazuji nepřátelství. Přítel Boží (walí) je bohabojný věřící a podle míry víry a bohabojnosti člověka se posuzuje Boží přátelství (ochrana). Nejmilejší Bohu, čím se k Němu může muslim přiblížit, jsou věci, které mu nařídil, jako uctívání a konání dobrých skutků a zanechání zakázaných věcí. A když se muslim přibližuje k Bohu konáním nepovinného uctívání, dosáhne Boží lásky. A když ho Bůh miluje, chrání tyto čtyři jeho údy: Chrání jeho sluch, a tak slyší jen to, s čím je Bůh spokojen. Chrání jeho zrak, a tak vidí jen to, co má Bůh rád a s čím je spokojen. Chrání jeho ruku, a tak s ní dělá jen to, s čím je Bůh spokojen. Chrání jeho nohu, a tak jde jen tam, kde je dobro a kde je s tím Bůh spokojen. A společně s tímto, pokud Boha o něco požádá, dá mu, oč žádal, a tak bude tím, komu se vyplňují prosby. A když se dá pod ochranu Boží, Bůh ho ochrání před vším, čeho se bojí.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66534</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم حتى يكون هواه تبعا لما جئت به</t>
+  </si>
+  <si>
+    <t>„Nikdo z vás nebude skutečně věřit, dokud jeho touha nebude v souladu s tím, s čím jsem přišel</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مُحَمَّدٍ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ العَاصِ رَضِيَ اللَّهُ عَنْهُمَا، قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى يَكُونَ هَوَاهُ تَبَعًا لِمَا جِئْتُ بِهِ».</t>
+  </si>
+  <si>
+    <t>Abú Muhammad ‘Abdulláh Ibn ‘Amru Ibn Al-‘Ás (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Nikdo z vás nebude skutečně věřit, dokud jeho touha nebude v souladu s tím, s čím jsem přišel."</t>
+  </si>
+  <si>
+    <t>بين النبي صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أن الإنسان لا يكونا مؤمنًا كامل الإيمان الواجب حتى تكون محبته تابعة لما جاء به الرسول صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ من الأوامر والنواهي وغيرها، فيحب ما أمر به، ويكْرَهُ ما نَهَى عنه.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) vysvětlil, že člověk nebude věřícím s dokonalou vírou, dokud jeho touha nebude v souladu s tím, s čím přišel Prorok (ať mu Bůh žehná a dá mír) z rozkazů, zákazů atd., a nebude mít rád to, co je mu nařízeno, a nenávidět to, co je mu zakázáno.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في التسليم للشرع والانقياد له.
+تحذير الإنسان من أن من يحكم العقل أو العادة ويقدمه على ما جاء به الرسول صلى الله عليه وسلم، ففاعل ذلك قد نُفي الإيمان عنه.
+وجوب تحكيم الشريعة في كل شيء، لقوله: «لِمَا جِئتُ به».
+أن الإيمان يزيد بالطاعة وينقص بالمعصية.</t>
+  </si>
+  <si>
+    <t>Tento hadíth je pravidlem v podřízení se islámským zákonům a jejich dodržování.
+Varování člověka před tím, aby se řídil rozumem nebo zvykem a dával tomu přednost před tím, s čím přišel Prorok (ať mu Bůh žehná a dá mír), a víra toho, kdo toto činí, je vyloučena.
+Povinnost řídit se islámským zákonem v každé věci, na základě slov Proroka: „S tím, s čím jsem přišel.”
+Že víra se posiluje dobrými skutky a snižuje hříchy.</t>
+  </si>
+  <si>
+    <t>قال النووي: حديث صحيح</t>
+  </si>
+  <si>
+    <t>رويناه في كتاب الحجة بإسناد صحيح</t>
+  </si>
+  <si>
+    <t>[قال النووي: حديث صحيح]</t>
+  </si>
+  <si>
+    <t>[رويناه في كتاب الحجة بإسناد صحيح]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66535</t>
+  </si>
+  <si>
+    <t>كل مسكر حرام</t>
+  </si>
+  <si>
+    <t>Vše, co způsobuje opilost, je zakázané</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي بُرْدَةَ، عَنْ أَبِيهِ أَبِي مُوسَى الأَشْعَريِّ رَضِيَ اللَّهُ عَنْهُ: أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ بَعَثَهُ إِلَى اليَمَنِ، فَسَأَلَهُ عَنْ أَشْرِبَةٍ تُصْنَعُ بِهَا، فَقَالَ: وَمَا هِيَ؟، قَالَ: «البِتْعُ وَالمِزْرُ»، فَقِيلَ لِأَبِي بُرْدَةَ: مَا البِتْعُ؟ قَالَ: نَبِيذُ العَسَلِ، وَالمِزْرُ: نَبِيذُ الشَّعِيرِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ» خرجه البخاري.
+وَخَرَّجَهُ مُسْلِمٌ وَلَفْظُهُ: قَالَ: بَعَثَنِي رَسُولُ اَلله أَنَا وَمُعَاذٌ إِلَى اَليَمَنِ، فَقُلْتُ: يَا رَسُولُ اَللَّهِ! إِنَّ شَرَابًا يُصْنَعُ بِأَرْضِنَا يُقَال لَهُ: المِزَرُ مِنَ الشَّعِيرِ، وَشَرَابٌ يُقَالُ لَهُ: البِتْعُ مِنَ العَسَلِ، فَقَالَ: «كُلُّ مُسْكِرٍ حَرَامٌ». 
+وَفِي رِوَايَةٍ لِمُسْلِمٍ: «فَقَالَ: كُلُّ مَا أَسْكَرَ عَنِ الصَّلَاةِ فَهُوَ حَرَامٌ». 
+وَفِي رِوَايَةٍ لَهُ: «وَكَانَ رَسُولُ الله قَدْ أُعْطِيَ جَوَامِعَ الكَلِمِ بِخَوَاتِمِهِ، فَقَالَ: أَنْهَى عَنْ كُلِّ مُسْكِرٍ أَسْكَرَ عَنْ الصَّلَاةِ».</t>
+  </si>
+  <si>
+    <t>Abú Burda vyprávěl, že jeho otec Abú Músá Al-Aš‘arí (ať je s ním Bůh spokojen) vyprávěl, že ho Prorok (ať mu Bůh žehná a dá mír) vyslal do Jemenu a on se pak zeptal na nápoje, které se tam vyrábí. A (Prorok) řekl: „Které to jsou?” A on odpověděl: Al-bit‘ a al-mizr. A zeptali se Abú Burdy: Co je to al-bit‘? A on odpověděl: Je to víno z medu a al-mizr je víno z ječmene. A (Prorok) řekl: „Vše, co způsobuje opilost, je zakázané.” Zaznamenal ho Al-Buchárí.</t>
+  </si>
+  <si>
+    <t>يخبر أبو موسى الأشعري رضي الله عنه أن النبي صلى الله عليه وسلم أرسله إلى اليمن، فسأله عن أشربة تصنع بها هل هي حرام، فاستفسر النبي صلى الله عليه وسلم عنها. 
+فقال أبو موسى رضي الله عنه: هي البتع: نبيذ العسل، والمزر: نبيذ الشعير. 
+فقال النبي صلى الله عليه وسلم وكان قد أوتي جوامع الكلم: «كل مسكر حرام».</t>
+  </si>
+  <si>
+    <t>Abú Músá Al-Aš‘arí (ať je s ním Bůh spokojen) vyprávěl, že ho Prorok (ať mu Bůh žehná a dá mír) vyslal do Jemenu a on se ho zeptal na nápoje, které se tam vyrábí, zda jsou zakázané? A Prorok (ať mu Bůh žehná a dá mír) se na ně zeptal. A Abú Músá (ať je s ním Bůh spokojen) odpověděl: Je to al-bit‘, víno z medu, a al-mizr, víno z ječmene. A Prorok (ať mu Bůh žehná a dá mír), kterému byla dána jasná a stručná mluva řekl: „Vše, co způsobuje opilost, je zakázané.”</t>
+  </si>
+  <si>
+    <t>النبيذ: هو الماء الذي يلقى فيه التمر أو العسل أو الشعير ونحوها؛ فيكتسب منها طعمًا ومذاقًا حلوًا، وقد يتخمر بعد ذلك ويصبح مسكرًا.
+الحديث قاعدة في تحريم جميع أنواع المسكرات كالخمر والحشيشة وغيرها.
+أهمية السؤال عن ما يحتاج إليه المسلم.
+كان أول ما حرمت الخمر عند حضور وقت الصلاة لما صلى بعض المهاجرين وقرأ في صلاته فخلط في قراءته؛ فنزل قوله تعالى: {يَا أَيُّهَا الَّذِينَ آمَنُوا لَا تَقْرَبُوا الصَّلَاةَ وَأَنْتُمْ سُكَارَى حَتَّى تَعْلَمُوا مَا تَقُولُونَ} [النساء: 43].  وكان منادي رسول الله صلى الله عليه وسلم ينادي: لا يقرب الصلاةَ سكران. ثم إن الله حرمها على الإطلاق بقوله: {يَا أَيُّهَا الَّذِينَ آمَنُوا إِنَّمَا الْخَمْرُ وَالْمَيْسِرُ وَالْأَنْصَابُ وَالْأَزْلَامُ رِجْسٌ مِنْ عَمَلِ الشَّيْطَانِ فَاجْتَنِبُوهُ لَعَلَّكُمْ تُفْلِحُونَ 90 إِنَّمَا يُرِيدُ الشَّيْطَانُ أَنْ يُوقِعَ بَيْنَكُمُ الْعَدَاوَةَ وَالْبَغْضَاءَ فِي الْخَمْرِ وَالْمَيْسِرِ وَيَصُدَّكُمْ عَنْ ذِكْرِ اللَّهِ وَعَنِ الصَّلَاةِ فَهَلْ أَنْتُمْ مُنْتَهُونَ} [المائدة: 90، 91].
+أن الله تعالى حرَّم الخمر لما تشتمل عليه من الأضرار والمفاسد العظيمة.
+العبرة في التحريم وجود صفة الإسكار؛ فإذا اتصف النبيذ بالإسكار فهو محرم، وإذا لم يتصف بالإسكار فهو مباح.</t>
+  </si>
+  <si>
+    <t>Víno je voda, do které se dají datle, med, ječmen nebo něco jiného, z čehož pak dostane příchuť a sladkou chuť, a může poté zkvasit a stát se opojným.
+Tento hadíth je pravidlem v zákazu všech věcí, které způsobují opilost a zatemňují mysl, jako víno a jiné věci.
+Důležitost ptaní se na věci, které muslim potřebuje.
+Nejdříve bylo víno zakázané, když přišel čas modlitby, protože část al-muhádžirún (emigrantů) se modlili a spletli se v tom, co četli při modlitbě, a proto byla seslána Boží slova: {Vy, kteří věříte! Nepřibližujte se k modlitbě, jste-li opilí, dokud nebudete vědět, co říkáte} [Ženy: 43]. A Prorokův vyvolávač vyvolával: Ať se opilý nepřibližuje k modlitbě. A poté ho Bůh zakázal úplně ve Svých slovech: {Vy, kteří věříte! Víno, hra majsir, obětní kameny a vrhání losů šípy jsou věru věci hnusné z díla satanova. Vystříhejte se toho, abyste byli blažení. (91) Satan chce mezi vámi podnítit pomocí vína a hry majsiru nepřátelství a nenávist a odvést vás od vzývání Boha a od modlitby. Přestanete s tím tedy?} [Prostřený stůl: 90-91].
+Bůh zakázal víno, protože je v něm mnoho škody a obrovské zlo.
+Důvodem zákazu je působení opilosti, a tak pokud víno způsobuje opilost, je zakázané, ale pokud ji nezpůsobuje (v případě, že se jedná pouze o šťávu), je povolené.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66536</t>
+  </si>
+  <si>
+    <t>أربع من كن فيه كان منافقا، وإن كانت خصلة منهن فيه كانت فيه خصلة من النفاق حتى يدعها: من إذا حدث كذب، وإذا وعد أخلف، وإذا خاصم فجر، وإذا عاهد غدر</t>
+  </si>
+  <si>
+    <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl:||„Pokud má člověk tyto čtyři vlastnosti, je úplným pokrytcem, a pokud má jednu z nich, má v sobě část pokrytectví, dokud ji nezmění: ten, kdo když mluví, lže, když něco slíbí, nedodrží to, když se hádá, začne sprostě nadávat, a když se mu něco svěří, zradí</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قال: قال رَسولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَرْبَعٌ مَنْ كُنَّ فِيهِ كَانَ مُنَافِقًا، وَإِنْ كَانَتْ خَصْلَةٌ مِنْهُنَّ فِيهِ كَانَتْ فِيهِ خَصْلَةٌ مِنَ النِّفَاقِ حَتَّى يَدَعَهَا: مَنْ إِذَا حَدَّثَ كَذَبَ، وإِذَا وَعَدَ أَخْلَفَ، وإذَا خَاصَمَ فَجَرَ، وَإِذَا عَاهَدَ غَدَرَ».</t>
+  </si>
+  <si>
+    <t>‘Abdulláh Ibn ‘Amru (ať je s nimi Bůh spokojen) vyprávěl, že Posel Boží (ať mu Bůh žehná a dá mír) řekl: „Pokud má člověk tyto čtyři vlastnosti, je úplným pokrytcem, a pokud má jednu z nich, má v sobě část pokrytectví, dokud ji nezmění: ten, kdo když mluví, lže, když něco slíbí, nedodrží to, když se hádá, začne sprostě nadávat, a když se mu něco svěří, zradí."</t>
+  </si>
+  <si>
+    <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن أربعِ خِصال إذا اجتمعت في مسلم كان شديدَ الشَّبَهِ بالمنافقين بسبب هذه الخصال، وهذا فيمن كانت هذه الخصال غالبةً عليه، وأما من يَنْدُرُ فليس داخلًا فيه، وهي:
+الأولى: إذا حَدَّث تعمَّد الكذب وعدم الصدق في كلامه.
+الثانية: إذا عاهد عهدًا لم يُوْفِ به، وغَدَرَ بصاحبِه.
+الثالثة: إذا وَعَدَ وَعْدًا لم يَفِ به وأَخلَفَه.
+الرابعة: إذا تَخَاصَم وتَشَاجَرَ مع أحد كان خصامُه شديدًا، ومالَ عن الحق، واحتال في رده وإبطاله، وقال الباطلَ والكذبَ.
+فإنّ النفاق هو إظهار ما يُبطِنُ خلافَه، وهذا المعنى موجود في صاحب هذه الخصال، ويكون نفاقُه في حق مَن حَدَّثه، ووعدَه، وائتمنَه، وخاصمَه، وعاهدَه من الناس، لا أنه منافق في الإسلام فيظهره وهو يبطن الكفر، ومن كانت فيه خصلة من هذه الخصال؛ كان فيه صفة من النفاق حتى يَتْركَها.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66537</t>
+  </si>
+  <si>
+    <t>لو أنكم كنتم توكلون على الله حق توكله لرزقكم كما يرزق الطير تغدو خماصا وتروح بطانا</t>
+  </si>
+  <si>
+    <t>„Kdybyste se byli spolehli na Boha správným spolehnutím, uštědřil by vám obživu stejně, jako ji uštědřuje ptákům: ráno vylétají s prázdnými břichy a večer se vrací s plnými</t>
+  </si>
+  <si>
+    <t>عَنْ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَوْ أَنَّكُمْ كُنْتُمْ تَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ لَرَزَقَكُمْ كَمَا يَرْزَقُ الطَّيْرَ تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
+  </si>
+  <si>
+    <t>‘Umar Ibn Al-Chattáb (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Kdybyste se byli spolehli na Boha správným spolehnutím, uštědřil by vám obživu stejně, jako ji uštědřuje ptákům: ráno vylétají s prázdnými břichy a večer se vrací s plnými."</t>
+  </si>
+  <si>
+    <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
+  </si>
+  <si>
+    <t>رواه الإمام أحمد، والترمذي، والنسائي، وابن ماجه، وابن حبان في صحيحه، والحاكم</t>
+  </si>
+  <si>
+    <t>[رواه الإمام أحمد والترمذي والنسائي وابن ماجه وابن حبان في صحيحه والحاكم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66538</t>
+  </si>
+  <si>
+    <t>البر: حسن الخلق، والإثم ما حاك في صدرك، وكرهت أن يطلع عليه الناس</t>
+  </si>
+  <si>
+    <t>„Dobro jsou dobré mravy a hřích je to, co tíží tvoji hruď a nechceš, aby to lidé zjistili</t>
+  </si>
+  <si>
+    <t>عَنِ النَّوَّاسِ بْنِ سِمْعَانَ رَضِيَ اللهُ عَنْهُ عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «البِرُّ: حُسْنُ الخُلُقِ، وَالإِثْمُ مَا حَاكَ فِي صَدْرِكَ، وَكَرِهْتَ أَنْ يَطَّلِعَ عَلَيْهِ النَّاسُ».   
+وَعَنْ وَابِصَةَ بْنِ مَعْبَدٍ رَضِيَ اللَّهُ عَنْهُ قَالَ: أَتَيْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: «جِئْتَ تَسْأَلُ عَنِ البِرِّ وَالإِثْمِ»، قُلْتُ: نَعَمْ، قَالَ: «اسْتَفْتِ قَلْبَكَ، البِرُّ: مَا اطْمَأَنَّتْ إلَيْهِ النَّفْسُ، وَاطْمَأَنَّ إلَيْهِ القَلْبُ، وَالإِثْمُ: مَا حَاكَ فِي نَفْسِكَ وَتَرَدَّدَ فِي الصَّدْرِ، وَإِنْ أَفْتَاكَ النَّاسُ وَأَفْتَوْكَ».</t>
+  </si>
+  <si>
+    <t>An-Nawwás Ibn Sim‘án (ať je s ním Bůh spokojen) vyprávěl, že Prorok (ať mu Bůh žehná a dá mír) řekl: „Dobro jsou dobré mravy a hřích je to, co tíží tvoji hruď a nechceš, aby to lidé zjistili.”</t>
+  </si>
+  <si>
+    <t>أخبر النبي صلى الله عليه وسلم عن البر والإثم، فقال: إن أعظم خصال البر حسن الخُلُق مع الله بالتقوى، ومع الخَلْق باحتمال الأذى، وقلة الغضب، وبسط الوجه، وطيب الكلام، والصلة والطاعة واللطف والمبرة وحسن العشرة والصحبة. وأن البر ما سكن إليه القلب والنفس.
+وأما الإثم فما تحرك في النفس من المشتبهات وتردد دون أن ينشرح الصدر له، وحصل في القلب منه الشك، والخوف من كونه ذنبًا، ولم تُرد أن تظهره لكونه قبيحًا لأعيان وأماثل الناس وكُمَّلِهم، وذلك لأن النفس بطبعها تحب اطلاع الناس على خيرها، فإذا كَرِهَت الاطلاع على بعض أفعالها فهو إثم لا خير فيه؛ وإن أفتاك الناس فلا تأخذ بفتواهم ما دامت علامة الشبهة تتردد في نفسك  فإن الفتوى لا تزيل الشبهة ما دامت الشبهة صحيحة وكان المفتي يفتي بغير علم؛ أما إذا كانت الفتوى بناء على دليل شرعي فالواجب على المستفتي الرُّجوعُ إليه، وإنْ لم ينشرح له صدرُه.</t>
+  </si>
+  <si>
+    <t>Prorok (ať mu Bůh žehná a dá mír) mluvil o dobru a hříchu a řekl: Největším dobrem jsou dobré mravy. Vůči Bohu je to bohabojnost a vůči ostatním stvořením je to neškodit, nehněvat se, usmívat se, hezky mluvit, udržovat rodinná pouta, být hodný, milý, dobře se chovat a hezky se přátelit. A že dobro je to, v čem srdce a duše cítí klid. Zatímco hřích je to, co tíží duši z věcí, které jsou pochybné a není jim otevřená hruď a srdce o nich cítí pochybnost a strach, že by to mohl být hřích, a člověk si to nepřeje ukázat, protože je to pro nejlepší a dokonalé lidi ošklivé, protože člověk přirozeně chce, aby v něm ostatní viděli dobro, a pokud nechce, aby někdo znal jeho čin, znamená to, že tento čin je hřích a není v něm žádné dobro. A i kdyby ti lidé říkali něco jiného (fatwy), neřiď se tím, pokud o tom v duši cítíš pochyby, protože fatwa neodstraní pochybnost, pokud je tato pochybnost správná a ten, kdo ji dává nemá vědění. Pokud je ale fatwa založena na islámském důkazu, musí se jí ten, koho se týká, řídit, i kdyby v ní necítil klid.</t>
+  </si>
+  <si>
+    <t>الحثُّ على مكارم الأخلاق؛ لأنّ حسن الخلق من أعظم خصال البر.
+الحق والباطل لا يلتبس أمرُهما على المؤمن، بل يعرف الحق بالنور الذي في قلبه، وينفر عن الباطل فينكره.
+من علامات الإثم قلق القلب واضطرابه، وكراهة اطلاع الناس عليه.
+قال السندي: هذا في المشتبهات من الأمور التي لا يعلم الناس فيها بتعيين أحد الطرفين؛ وإلا فالمأمور به في الشرع من غير ظهور دليل فيه على خلاف ذلك من البر، والمنهي عنه كذلك من الإثم، ولا حاجة فيهما إلى استفتاء القلب وطمأنينته.
+المخاطَب في الحديث أصحاب الفطرة السليمة، لا أصحاب القلوب المنكوسة التي لا تعرف معروفًا ولا تنكر منكرًا إلا ما أُشرِبتْ من هواها.
+قال الطيبي: قيل فُسِّرَ البر في الحديث بمعان شتى، ففسَّره في موضع بما اطمأنت إليه النفس واطمأن إليه القلب، وفسره في موضع بالإيمان، وفي موضع بما يقربك إلى الله، وهنا بحسن الخلق، وفسر حسن الخلق: باحتمال الأذى وقلة الغضب وبسط الوجه وطيب الكلام، وكلها متقاربة في المعنى.</t>
+  </si>
+  <si>
+    <t>الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي.</t>
+  </si>
+  <si>
+    <t>[الحديث الأول: رواه مسلم، والحديث الثاني: رواه أحمد والدارمي]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66540</t>
+  </si>
+  <si>
+    <t>„Ať je tvůj jazyk stále vlhký od připomínání si Boha</t>
+  </si>
+  <si>
+    <t>عَنْ عَبْدِ اللَّهِ بْنِ بُسْرٍ رَضِيَ اللَّهِ عَنْهُ قَالَ: أَتَى النَّبِيَّ رَجُلٌ، فَقَالَ: يَا رَسُولَ اللَّهِ! إِنَّ شَرَائِعَ الإِسْلَامِ قَدْ كَثُرَتْ عَلَيْنَا، فَبَابٌ نَتَمَسَّكُ بِهِ جَامِعٌ؟ قَالَ: «لاَ يَزَالُ لِسَانُكَ رَطْبًا مِنْ ذِكْرِ اللَّهِ». 
+وفي رواية: مِنْ حَدِيثِ مُعَاذِ بْنِ جَبَلٍ رَضِيَ اللَّهُ عَنْهُ: آخِرُ مَا فَارَقْتُ عَلَيْهِ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ أَنْ قُلْتُ: أَيُّ الأَعْمَالِ خَيْرٌ وَأَقْرَبُ إِلَى اللَّهِ؟ قَالَ: «أَنْ تَمُوتَ وَلِسَانُكَ رَطْبٌ مِنْ ذِكْرِ اللَّهِ عَزَّ وَجَلَّ».</t>
+  </si>
+  <si>
+    <t>Abdulláh Ibn Busr (ať je s ním Bůh spokojen) vyprávěl, že jeden muž přišel k Prorokovi a řekl: Posle Boží, věru, že nařízeních islámu je na nás moc, dej nám něco, čeho bychom se mohli pevně držet. A on řekl: „Ať je tvůj jazyk stále vlhký od připomínání si Boha.”</t>
+  </si>
+  <si>
+    <t>شَكَى رجلٌ إلى النبيِّ صلى الله عليه وسلم بأن نوافل العبادات قد كَثرت عليه حتى عجز عنها لضعفه، ثم سألَ النبيَّ صلى الله عليه وسلم أنْ يَدلَّه على عملٍ يسيرٍ مُسْتجلِبٍ لثواب كثير يتعلق به ويستمسك.
+فأرشده صلى الله عليه وسلم بأن يكون لسانه طَرِيًّا متحركًا من دوام ذكر الله سبحانه وتعالى في كل وقت وحال؛ من تسبيح وتحميد واستغفار ودعاء ونحو ذلك.</t>
+  </si>
+  <si>
+    <t>رواه أحمد والترمذي وابن ماجه وابن حبان</t>
+  </si>
+  <si>
+    <t>[رواه أحمد والترمذي وابن ماجه وابن حبان]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/cs/browse/hadith/66541</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -16009,51 +17706,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O431"/>
+  <dimension ref="A1:O480"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -22745,13514 +24442,15838 @@
       </c>
       <c r="I144" t="s">
         <v>1339</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144" t="s">
         <v>25</v>
       </c>
       <c r="L144" t="s">
         <v>26</v>
       </c>
       <c r="M144" t="s">
         <v>27</v>
       </c>
       <c r="N144" t="s">
         <v>28</v>
       </c>
       <c r="O144" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="145" spans="1:15">
       <c r="A145">
-        <v>4243</v>
+        <v>4216</v>
       </c>
       <c r="B145" t="s">
         <v>1341</v>
       </c>
       <c r="C145" t="s">
         <v>1342</v>
       </c>
       <c r="D145" t="s">
         <v>1343</v>
       </c>
       <c r="E145" t="s">
         <v>1344</v>
       </c>
       <c r="F145" t="s">
         <v>1345</v>
       </c>
       <c r="G145" t="s">
         <v>1346</v>
       </c>
       <c r="H145" t="s">
         <v>1347</v>
       </c>
       <c r="I145" t="s">
         <v>1348</v>
       </c>
       <c r="J145" t="s">
-        <v>24</v>
+        <v>1349</v>
       </c>
       <c r="K145" t="s">
-        <v>25</v>
+        <v>1350</v>
       </c>
       <c r="L145" t="s">
-        <v>26</v>
+        <v>1351</v>
       </c>
       <c r="M145" t="s">
-        <v>27</v>
+        <v>1352</v>
       </c>
       <c r="N145" t="s">
         <v>28</v>
       </c>
       <c r="O145" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="146" spans="1:15">
       <c r="A146">
-        <v>4292</v>
+        <v>4243</v>
       </c>
       <c r="B146" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="C146" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="D146" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="E146" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="F146" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="G146" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="H146" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I146" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146" t="s">
-        <v>1358</v>
+        <v>25</v>
       </c>
       <c r="L146" t="s">
         <v>26</v>
       </c>
+      <c r="M146" t="s">
+        <v>27</v>
+      </c>
       <c r="N146" t="s">
         <v>28</v>
       </c>
       <c r="O146" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="147" spans="1:15">
       <c r="A147">
-        <v>4295</v>
+        <v>4292</v>
       </c>
       <c r="B147" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="C147" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="D147" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="E147" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="F147" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="G147" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="H147" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="I147" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147" t="s">
-        <v>25</v>
+        <v>1371</v>
       </c>
       <c r="L147" t="s">
         <v>26</v>
       </c>
       <c r="M147" t="s">
-        <v>27</v>
+        <v>1372</v>
       </c>
       <c r="N147" t="s">
         <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="148" spans="1:15">
       <c r="A148">
-        <v>4304</v>
+        <v>4295</v>
       </c>
       <c r="B148" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="C148" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="D148" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="E148" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="F148" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="G148" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="H148" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="I148" t="s">
-        <v>1376</v>
+        <v>1381</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148" t="s">
         <v>25</v>
       </c>
       <c r="L148" t="s">
         <v>26</v>
       </c>
       <c r="M148" t="s">
         <v>27</v>
       </c>
       <c r="N148" t="s">
         <v>28</v>
       </c>
       <c r="O148" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="149" spans="1:15">
       <c r="A149">
-        <v>4309</v>
+        <v>4302</v>
       </c>
       <c r="B149" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="C149" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="D149" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="E149" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="F149" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="G149" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="H149" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="I149" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="J149" t="s">
-        <v>24</v>
+        <v>1391</v>
       </c>
       <c r="K149" t="s">
-        <v>170</v>
+        <v>1392</v>
       </c>
       <c r="L149" t="s">
-        <v>26</v>
+        <v>1393</v>
       </c>
       <c r="M149" t="s">
-        <v>171</v>
+        <v>1394</v>
       </c>
       <c r="N149" t="s">
         <v>28</v>
       </c>
       <c r="O149" t="s">
-        <v>1386</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="150" spans="1:15">
       <c r="A150">
-        <v>4314</v>
+        <v>4303</v>
       </c>
       <c r="B150" t="s">
-        <v>1387</v>
+        <v>1396</v>
       </c>
       <c r="C150" t="s">
-        <v>1388</v>
+        <v>1397</v>
       </c>
       <c r="D150" t="s">
-        <v>1389</v>
+        <v>1398</v>
       </c>
       <c r="E150" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="F150" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="G150" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
       <c r="H150" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="I150" t="s">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="J150" t="s">
-        <v>24</v>
+        <v>739</v>
       </c>
       <c r="K150" t="s">
-        <v>25</v>
+        <v>1111</v>
       </c>
       <c r="L150" t="s">
-        <v>26</v>
+        <v>741</v>
       </c>
       <c r="M150" t="s">
-        <v>27</v>
+        <v>1112</v>
       </c>
       <c r="N150" t="s">
         <v>28</v>
       </c>
       <c r="O150" t="s">
-        <v>1395</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="151" spans="1:15">
       <c r="A151">
-        <v>4318</v>
+        <v>4304</v>
       </c>
       <c r="B151" t="s">
-        <v>1396</v>
+        <v>1405</v>
       </c>
       <c r="C151" t="s">
-        <v>1397</v>
+        <v>1406</v>
       </c>
       <c r="D151" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="E151" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="F151" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="G151" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="H151" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="I151" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L151" t="s">
         <v>26</v>
       </c>
       <c r="M151" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N151" t="s">
         <v>28</v>
       </c>
       <c r="O151" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="152" spans="1:15">
       <c r="A152">
-        <v>4319</v>
+        <v>4307</v>
       </c>
       <c r="B152" t="s">
-        <v>1405</v>
+        <v>1414</v>
       </c>
       <c r="C152" t="s">
-        <v>1406</v>
+        <v>1415</v>
       </c>
       <c r="D152" t="s">
-        <v>1407</v>
+        <v>1416</v>
       </c>
       <c r="E152" t="s">
-        <v>1408</v>
+        <v>1417</v>
       </c>
       <c r="F152" t="s">
-        <v>1409</v>
+        <v>1418</v>
       </c>
       <c r="G152" t="s">
-        <v>1410</v>
+        <v>1419</v>
       </c>
       <c r="H152" t="s">
-        <v>1411</v>
+        <v>1420</v>
       </c>
       <c r="I152" t="s">
-        <v>1412</v>
+        <v>1421</v>
       </c>
       <c r="J152" t="s">
-        <v>24</v>
+        <v>1349</v>
       </c>
       <c r="K152" t="s">
-        <v>170</v>
+        <v>1422</v>
       </c>
       <c r="L152" t="s">
-        <v>26</v>
+        <v>1351</v>
       </c>
       <c r="M152" t="s">
-        <v>171</v>
+        <v>1423</v>
       </c>
       <c r="N152" t="s">
         <v>28</v>
       </c>
       <c r="O152" t="s">
-        <v>1413</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="153" spans="1:15">
       <c r="A153">
-        <v>4322</v>
+        <v>4308</v>
       </c>
       <c r="B153" t="s">
-        <v>1414</v>
+        <v>1425</v>
       </c>
       <c r="C153" t="s">
-        <v>1415</v>
+        <v>1426</v>
       </c>
       <c r="D153" t="s">
-        <v>1416</v>
+        <v>1427</v>
       </c>
       <c r="E153" t="s">
-        <v>1417</v>
+        <v>1428</v>
       </c>
       <c r="F153" t="s">
-        <v>1418</v>
+        <v>1429</v>
       </c>
       <c r="G153" t="s">
-        <v>1419</v>
+        <v>1430</v>
       </c>
       <c r="H153" t="s">
-        <v>1420</v>
+        <v>1431</v>
       </c>
       <c r="I153" t="s">
-        <v>1421</v>
+        <v>1432</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L153" t="s">
         <v>26</v>
       </c>
       <c r="M153" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N153" t="s">
         <v>28</v>
       </c>
       <c r="O153" t="s">
-        <v>1422</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="154" spans="1:15">
       <c r="A154">
-        <v>4555</v>
+        <v>4309</v>
       </c>
       <c r="B154" t="s">
-        <v>1423</v>
+        <v>1434</v>
       </c>
       <c r="C154" t="s">
-        <v>1424</v>
+        <v>1435</v>
       </c>
       <c r="D154" t="s">
-        <v>1425</v>
+        <v>1436</v>
       </c>
       <c r="E154" t="s">
-        <v>1426</v>
+        <v>1437</v>
       </c>
       <c r="F154" t="s">
-        <v>1427</v>
+        <v>1438</v>
       </c>
       <c r="G154" t="s">
-        <v>1428</v>
+        <v>1439</v>
       </c>
       <c r="H154" t="s">
-        <v>1429</v>
+        <v>1440</v>
       </c>
       <c r="I154" t="s">
-        <v>1430</v>
+        <v>1441</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154" t="s">
         <v>170</v>
       </c>
       <c r="L154" t="s">
         <v>26</v>
       </c>
       <c r="M154" t="s">
         <v>171</v>
       </c>
       <c r="N154" t="s">
         <v>28</v>
       </c>
       <c r="O154" t="s">
-        <v>1431</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="155" spans="1:15">
       <c r="A155">
-        <v>4556</v>
+        <v>4311</v>
       </c>
       <c r="B155" t="s">
-        <v>1432</v>
+        <v>1443</v>
       </c>
       <c r="C155" t="s">
-        <v>1433</v>
+        <v>1444</v>
       </c>
       <c r="D155" t="s">
-        <v>1434</v>
+        <v>1445</v>
       </c>
       <c r="E155" t="s">
-        <v>1435</v>
+        <v>1446</v>
       </c>
       <c r="F155" t="s">
-        <v>1436</v>
+        <v>1447</v>
       </c>
       <c r="G155" t="s">
-        <v>1437</v>
+        <v>1448</v>
       </c>
       <c r="H155" t="s">
-        <v>1438</v>
+        <v>1449</v>
       </c>
       <c r="I155" t="s">
-        <v>1439</v>
+        <v>1450</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155" t="s">
         <v>25</v>
       </c>
       <c r="L155" t="s">
         <v>26</v>
       </c>
       <c r="M155" t="s">
         <v>27</v>
       </c>
       <c r="N155" t="s">
         <v>28</v>
       </c>
       <c r="O155" t="s">
-        <v>1440</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="156" spans="1:15">
       <c r="A156">
-        <v>4560</v>
+        <v>4314</v>
       </c>
       <c r="B156" t="s">
-        <v>1441</v>
+        <v>1452</v>
       </c>
       <c r="C156" t="s">
-        <v>1442</v>
+        <v>1453</v>
       </c>
       <c r="D156" t="s">
-        <v>1443</v>
+        <v>1454</v>
       </c>
       <c r="E156" t="s">
-        <v>1444</v>
+        <v>1455</v>
       </c>
       <c r="F156" t="s">
-        <v>1445</v>
+        <v>1456</v>
       </c>
       <c r="G156" t="s">
-        <v>1446</v>
+        <v>1457</v>
       </c>
       <c r="H156" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="I156" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156" t="s">
         <v>25</v>
       </c>
       <c r="L156" t="s">
         <v>26</v>
       </c>
       <c r="M156" t="s">
         <v>27</v>
       </c>
       <c r="N156" t="s">
         <v>28</v>
       </c>
       <c r="O156" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
     </row>
     <row r="157" spans="1:15">
       <c r="A157">
-        <v>4563</v>
+        <v>4316</v>
       </c>
       <c r="B157" t="s">
-        <v>1450</v>
+        <v>1461</v>
       </c>
       <c r="C157" t="s">
-        <v>1451</v>
+        <v>1462</v>
       </c>
       <c r="D157" t="s">
-        <v>1452</v>
+        <v>1463</v>
       </c>
       <c r="E157" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="F157" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="G157" t="s">
-        <v>1455</v>
+        <v>1466</v>
       </c>
       <c r="H157" t="s">
-        <v>1456</v>
+        <v>1467</v>
       </c>
       <c r="I157" t="s">
-        <v>1457</v>
+        <v>1468</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157" t="s">
         <v>170</v>
       </c>
       <c r="L157" t="s">
         <v>26</v>
       </c>
       <c r="M157" t="s">
         <v>171</v>
       </c>
       <c r="N157" t="s">
         <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>1458</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="158" spans="1:15">
       <c r="A158">
-        <v>4566</v>
+        <v>4318</v>
       </c>
       <c r="B158" t="s">
-        <v>1459</v>
+        <v>1470</v>
       </c>
       <c r="C158" t="s">
-        <v>1460</v>
+        <v>1471</v>
       </c>
       <c r="D158" t="s">
-        <v>1461</v>
+        <v>1472</v>
       </c>
       <c r="E158" t="s">
-        <v>1462</v>
+        <v>1473</v>
       </c>
       <c r="F158" t="s">
-        <v>1463</v>
+        <v>1474</v>
       </c>
       <c r="G158" t="s">
-        <v>1464</v>
+        <v>1475</v>
       </c>
       <c r="H158" t="s">
-        <v>1465</v>
+        <v>1476</v>
       </c>
       <c r="I158" t="s">
-        <v>1466</v>
+        <v>1477</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L158" t="s">
         <v>26</v>
       </c>
       <c r="M158" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N158" t="s">
         <v>28</v>
       </c>
       <c r="O158" t="s">
-        <v>1467</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="159" spans="1:15">
       <c r="A159">
-        <v>4568</v>
+        <v>4319</v>
       </c>
       <c r="B159" t="s">
-        <v>1468</v>
+        <v>1479</v>
       </c>
       <c r="C159" t="s">
-        <v>1469</v>
+        <v>1480</v>
       </c>
       <c r="D159" t="s">
-        <v>1470</v>
+        <v>1481</v>
       </c>
       <c r="E159" t="s">
-        <v>1471</v>
+        <v>1482</v>
       </c>
       <c r="F159" t="s">
-        <v>1472</v>
+        <v>1483</v>
       </c>
       <c r="G159" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="H159" t="s">
-        <v>1474</v>
+        <v>1485</v>
       </c>
       <c r="I159" t="s">
-        <v>1475</v>
+        <v>1486</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L159" t="s">
         <v>26</v>
       </c>
       <c r="M159" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N159" t="s">
         <v>28</v>
       </c>
       <c r="O159" t="s">
-        <v>1476</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="160" spans="1:15">
       <c r="A160">
-        <v>4709</v>
+        <v>4322</v>
       </c>
       <c r="B160" t="s">
-        <v>1477</v>
+        <v>1488</v>
       </c>
       <c r="C160" t="s">
-        <v>1478</v>
+        <v>1489</v>
       </c>
       <c r="D160" t="s">
-        <v>1479</v>
+        <v>1490</v>
       </c>
       <c r="E160" t="s">
-        <v>1480</v>
+        <v>1491</v>
       </c>
       <c r="F160" t="s">
-        <v>1481</v>
+        <v>1492</v>
       </c>
       <c r="G160" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="H160" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
       <c r="I160" t="s">
-        <v>1484</v>
+        <v>1495</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L160" t="s">
         <v>26</v>
       </c>
       <c r="M160" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N160" t="s">
         <v>28</v>
       </c>
       <c r="O160" t="s">
-        <v>1485</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="161" spans="1:15">
       <c r="A161">
-        <v>4711</v>
+        <v>4555</v>
       </c>
       <c r="B161" t="s">
-        <v>1486</v>
+        <v>1497</v>
       </c>
       <c r="C161" t="s">
-        <v>1487</v>
+        <v>1498</v>
       </c>
       <c r="D161" t="s">
-        <v>1488</v>
+        <v>1499</v>
       </c>
       <c r="E161" t="s">
-        <v>1489</v>
+        <v>1500</v>
       </c>
       <c r="F161" t="s">
-        <v>1490</v>
+        <v>1501</v>
       </c>
       <c r="G161" t="s">
-        <v>1491</v>
+        <v>1502</v>
       </c>
       <c r="H161" t="s">
-        <v>1492</v>
+        <v>1503</v>
       </c>
       <c r="I161" t="s">
-        <v>1493</v>
+        <v>1504</v>
       </c>
       <c r="J161" t="s">
-        <v>1494</v>
+        <v>24</v>
       </c>
       <c r="K161" t="s">
-        <v>1495</v>
+        <v>170</v>
       </c>
       <c r="L161" t="s">
-        <v>1496</v>
+        <v>26</v>
       </c>
       <c r="M161" t="s">
-        <v>1497</v>
+        <v>171</v>
       </c>
       <c r="N161" t="s">
         <v>28</v>
       </c>
       <c r="O161" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="162" spans="1:15">
       <c r="A162">
-        <v>4717</v>
+        <v>4556</v>
       </c>
       <c r="B162" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="C162" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="D162" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="E162" t="s">
-        <v>1502</v>
+        <v>1509</v>
       </c>
       <c r="F162" t="s">
-        <v>1503</v>
+        <v>1510</v>
       </c>
       <c r="G162" t="s">
-        <v>1504</v>
+        <v>1511</v>
       </c>
       <c r="H162" t="s">
-        <v>1505</v>
+        <v>1512</v>
       </c>
       <c r="I162" t="s">
-        <v>1506</v>
+        <v>1513</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162" t="s">
         <v>25</v>
       </c>
       <c r="L162" t="s">
         <v>26</v>
       </c>
       <c r="M162" t="s">
         <v>27</v>
       </c>
       <c r="N162" t="s">
         <v>28</v>
       </c>
       <c r="O162" t="s">
-        <v>1507</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="163" spans="1:15">
       <c r="A163">
-        <v>4721</v>
+        <v>4558</v>
       </c>
       <c r="B163" t="s">
-        <v>1508</v>
+        <v>1515</v>
       </c>
       <c r="C163" t="s">
-        <v>1509</v>
+        <v>1516</v>
       </c>
       <c r="D163" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="E163" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="F163" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
       <c r="G163" t="s">
-        <v>1513</v>
+        <v>1520</v>
       </c>
       <c r="H163" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="I163" t="s">
-        <v>1515</v>
+        <v>1522</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163" t="s">
-        <v>1111</v>
+        <v>170</v>
       </c>
       <c r="L163" t="s">
         <v>26</v>
       </c>
       <c r="M163" t="s">
-        <v>1112</v>
+        <v>171</v>
       </c>
       <c r="N163" t="s">
         <v>28</v>
       </c>
       <c r="O163" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="164" spans="1:15">
       <c r="A164">
-        <v>4722</v>
+        <v>4559</v>
       </c>
       <c r="B164" t="s">
-        <v>1517</v>
+        <v>1524</v>
       </c>
       <c r="C164" t="s">
-        <v>1518</v>
+        <v>1525</v>
       </c>
       <c r="D164" t="s">
-        <v>1519</v>
+        <v>1526</v>
       </c>
       <c r="E164" t="s">
-        <v>1520</v>
+        <v>1527</v>
       </c>
       <c r="F164" t="s">
-        <v>1521</v>
+        <v>1528</v>
       </c>
       <c r="G164" t="s">
-        <v>1522</v>
+        <v>1529</v>
       </c>
       <c r="H164" t="s">
-        <v>1523</v>
+        <v>1530</v>
       </c>
       <c r="I164" t="s">
-        <v>1524</v>
+        <v>1531</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164" t="s">
-        <v>1525</v>
+        <v>47</v>
       </c>
       <c r="L164" t="s">
         <v>26</v>
       </c>
       <c r="M164" t="s">
-        <v>1526</v>
+        <v>48</v>
       </c>
       <c r="N164" t="s">
         <v>28</v>
       </c>
       <c r="O164" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="165" spans="1:15">
       <c r="A165">
-        <v>4792</v>
+        <v>4560</v>
       </c>
       <c r="B165" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
       <c r="C165" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="D165" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="E165" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="F165" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="G165" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="H165" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="I165" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165" t="s">
         <v>25</v>
       </c>
       <c r="L165" t="s">
         <v>26</v>
       </c>
       <c r="M165" t="s">
         <v>27</v>
       </c>
       <c r="N165" t="s">
         <v>28</v>
       </c>
       <c r="O165" t="s">
-        <v>1536</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="166" spans="1:15">
       <c r="A166">
-        <v>4810</v>
+        <v>4563</v>
       </c>
       <c r="B166" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="C166" t="s">
-        <v>1538</v>
+        <v>1543</v>
       </c>
       <c r="D166" t="s">
-        <v>1539</v>
+        <v>1544</v>
       </c>
       <c r="E166" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="F166" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="G166" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="H166" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="I166" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166" t="s">
         <v>170</v>
       </c>
       <c r="L166" t="s">
         <v>26</v>
       </c>
       <c r="M166" t="s">
         <v>171</v>
       </c>
       <c r="N166" t="s">
         <v>28</v>
       </c>
       <c r="O166" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="167" spans="1:15">
       <c r="A167">
-        <v>4811</v>
+        <v>4564</v>
       </c>
       <c r="B167" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="C167" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="D167" t="s">
-        <v>1548</v>
+        <v>1553</v>
       </c>
       <c r="E167" t="s">
-        <v>1549</v>
+        <v>1554</v>
       </c>
       <c r="F167" t="s">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="G167" t="s">
-        <v>1551</v>
+        <v>1556</v>
       </c>
       <c r="H167" t="s">
-        <v>1552</v>
+        <v>1557</v>
       </c>
       <c r="I167" t="s">
-        <v>1553</v>
+        <v>1558</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167" t="s">
-        <v>1554</v>
+        <v>1559</v>
       </c>
       <c r="L167" t="s">
         <v>26</v>
       </c>
       <c r="M167" t="s">
-        <v>1555</v>
+        <v>1560</v>
       </c>
       <c r="N167" t="s">
         <v>28</v>
       </c>
       <c r="O167" t="s">
-        <v>1556</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="168" spans="1:15">
       <c r="A168">
-        <v>4817</v>
+        <v>4566</v>
       </c>
       <c r="B168" t="s">
-        <v>1557</v>
+        <v>1562</v>
       </c>
       <c r="C168" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="D168" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="E168" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="F168" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="G168" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="H168" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="I168" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168" t="s">
         <v>25</v>
       </c>
       <c r="L168" t="s">
         <v>26</v>
       </c>
       <c r="M168" t="s">
         <v>27</v>
       </c>
       <c r="N168" t="s">
         <v>28</v>
       </c>
       <c r="O168" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="169" spans="1:15">
       <c r="A169">
-        <v>4935</v>
+        <v>4568</v>
       </c>
       <c r="B169" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="C169" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="D169" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="E169" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="F169" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="G169" t="s">
-        <v>1571</v>
+        <v>1576</v>
       </c>
       <c r="H169" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="I169" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="J169" t="s">
         <v>24</v>
       </c>
       <c r="K169" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L169" t="s">
         <v>26</v>
       </c>
       <c r="M169" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N169" t="s">
         <v>28</v>
       </c>
       <c r="O169" t="s">
-        <v>1574</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="170" spans="1:15">
       <c r="A170">
-        <v>4939</v>
+        <v>4704</v>
       </c>
       <c r="B170" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="C170" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="D170" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
       <c r="E170" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="F170" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="G170" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="H170" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="I170" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="J170" t="s">
         <v>24</v>
       </c>
       <c r="K170" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L170" t="s">
         <v>26</v>
       </c>
       <c r="M170" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N170" t="s">
         <v>28</v>
       </c>
       <c r="O170" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="171" spans="1:15">
       <c r="A171">
-        <v>4947</v>
+        <v>4706</v>
       </c>
       <c r="B171" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="C171" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="D171" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="E171" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="F171" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="G171" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="H171" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="I171" t="s">
-        <v>1591</v>
+        <v>1596</v>
       </c>
       <c r="J171" t="s">
         <v>24</v>
       </c>
       <c r="K171" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L171" t="s">
         <v>26</v>
       </c>
       <c r="M171" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N171" t="s">
         <v>28</v>
       </c>
       <c r="O171" t="s">
-        <v>1592</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="172" spans="1:15">
       <c r="A172">
-        <v>4950</v>
+        <v>4709</v>
       </c>
       <c r="B172" t="s">
-        <v>1593</v>
+        <v>1598</v>
       </c>
       <c r="C172" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="D172" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="E172" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="F172" t="s">
-        <v>1597</v>
+        <v>1602</v>
       </c>
       <c r="G172" t="s">
-        <v>1598</v>
+        <v>1603</v>
       </c>
       <c r="H172" t="s">
-        <v>1599</v>
+        <v>1604</v>
       </c>
       <c r="I172" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="J172" t="s">
         <v>24</v>
       </c>
       <c r="K172" t="s">
-        <v>1554</v>
+        <v>47</v>
       </c>
       <c r="L172" t="s">
         <v>26</v>
       </c>
       <c r="M172" t="s">
-        <v>1555</v>
+        <v>48</v>
       </c>
       <c r="N172" t="s">
         <v>28</v>
       </c>
       <c r="O172" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="173" spans="1:15">
       <c r="A173">
-        <v>4965</v>
+        <v>4711</v>
       </c>
       <c r="B173" t="s">
-        <v>1602</v>
+        <v>1607</v>
       </c>
       <c r="C173" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="D173" t="s">
-        <v>1604</v>
+        <v>1609</v>
       </c>
       <c r="E173" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="F173" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="G173" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="H173" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="I173" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
       <c r="J173" t="s">
-        <v>24</v>
+        <v>1615</v>
       </c>
       <c r="K173" t="s">
-        <v>25</v>
+        <v>1616</v>
       </c>
       <c r="L173" t="s">
-        <v>26</v>
+        <v>1617</v>
       </c>
       <c r="M173" t="s">
-        <v>27</v>
+        <v>1618</v>
       </c>
       <c r="N173" t="s">
         <v>28</v>
       </c>
       <c r="O173" t="s">
-        <v>1610</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="174" spans="1:15">
       <c r="A174">
-        <v>4968</v>
+        <v>4714</v>
       </c>
       <c r="B174" t="s">
-        <v>1611</v>
+        <v>1620</v>
       </c>
       <c r="C174" t="s">
-        <v>1612</v>
+        <v>1621</v>
       </c>
       <c r="D174" t="s">
-        <v>1613</v>
+        <v>1622</v>
       </c>
       <c r="E174" t="s">
-        <v>1614</v>
+        <v>1623</v>
       </c>
       <c r="F174" t="s">
-        <v>1615</v>
+        <v>1624</v>
       </c>
       <c r="G174" t="s">
-        <v>1616</v>
+        <v>1625</v>
       </c>
       <c r="H174" t="s">
-        <v>1617</v>
+        <v>1626</v>
       </c>
       <c r="I174" t="s">
-        <v>1618</v>
+        <v>1627</v>
       </c>
       <c r="J174" t="s">
         <v>24</v>
       </c>
       <c r="K174" t="s">
         <v>25</v>
       </c>
       <c r="L174" t="s">
         <v>26</v>
       </c>
       <c r="M174" t="s">
         <v>27</v>
       </c>
       <c r="N174" t="s">
         <v>28</v>
       </c>
       <c r="O174" t="s">
-        <v>1619</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="175" spans="1:15">
       <c r="A175">
-        <v>4969</v>
+        <v>4716</v>
       </c>
       <c r="B175" t="s">
-        <v>1620</v>
+        <v>1629</v>
       </c>
       <c r="C175" t="s">
-        <v>1621</v>
+        <v>1630</v>
       </c>
       <c r="D175" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
       <c r="E175" t="s">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="F175" t="s">
-        <v>1624</v>
+        <v>1633</v>
       </c>
       <c r="G175" t="s">
-        <v>1625</v>
+        <v>1634</v>
       </c>
       <c r="H175" t="s">
-        <v>1626</v>
+        <v>1635</v>
       </c>
       <c r="I175" t="s">
-        <v>1627</v>
+        <v>1636</v>
       </c>
       <c r="J175" t="s">
         <v>24</v>
       </c>
       <c r="K175" t="s">
-        <v>25</v>
+        <v>1111</v>
       </c>
       <c r="L175" t="s">
         <v>26</v>
       </c>
       <c r="M175" t="s">
-        <v>27</v>
+        <v>1112</v>
       </c>
       <c r="N175" t="s">
         <v>28</v>
       </c>
       <c r="O175" t="s">
-        <v>1628</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="176" spans="1:15">
       <c r="A176">
-        <v>5272</v>
+        <v>4717</v>
       </c>
       <c r="B176" t="s">
-        <v>1629</v>
+        <v>1638</v>
       </c>
       <c r="C176" t="s">
-        <v>1630</v>
+        <v>1639</v>
       </c>
       <c r="D176" t="s">
-        <v>1631</v>
+        <v>1640</v>
       </c>
       <c r="E176" t="s">
-        <v>1632</v>
+        <v>1641</v>
       </c>
       <c r="F176" t="s">
-        <v>1633</v>
+        <v>1642</v>
       </c>
       <c r="G176" t="s">
-        <v>1634</v>
+        <v>1643</v>
       </c>
       <c r="H176" t="s">
-        <v>1635</v>
+        <v>1644</v>
       </c>
       <c r="I176" t="s">
-        <v>1636</v>
+        <v>1645</v>
       </c>
       <c r="J176" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K176" t="s">
-        <v>728</v>
+        <v>25</v>
       </c>
       <c r="L176" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M176" t="s">
-        <v>729</v>
+        <v>27</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1637</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
-        <v>5273</v>
+        <v>4721</v>
       </c>
       <c r="B177" t="s">
-        <v>1638</v>
+        <v>1647</v>
       </c>
       <c r="C177" t="s">
-        <v>1639</v>
+        <v>1648</v>
       </c>
       <c r="D177" t="s">
-        <v>1640</v>
+        <v>1649</v>
       </c>
       <c r="E177" t="s">
-        <v>1641</v>
+        <v>1650</v>
       </c>
       <c r="F177" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="G177" t="s">
-        <v>1643</v>
+        <v>1652</v>
       </c>
       <c r="H177" t="s">
-        <v>1644</v>
+        <v>1653</v>
       </c>
       <c r="I177" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
-        <v>1646</v>
+        <v>1111</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
-        <v>1647</v>
+        <v>1112</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
-        <v>5326</v>
+        <v>4722</v>
       </c>
       <c r="B178" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="C178" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
       <c r="D178" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
       <c r="E178" t="s">
-        <v>1652</v>
+        <v>1659</v>
       </c>
       <c r="F178" t="s">
-        <v>1653</v>
+        <v>1660</v>
       </c>
       <c r="G178" t="s">
-        <v>1654</v>
+        <v>1661</v>
       </c>
       <c r="H178" t="s">
-        <v>1655</v>
+        <v>1662</v>
       </c>
       <c r="I178" t="s">
-        <v>1656</v>
+        <v>1663</v>
       </c>
       <c r="J178" t="s">
         <v>24</v>
       </c>
       <c r="K178" t="s">
-        <v>170</v>
+        <v>1664</v>
       </c>
       <c r="L178" t="s">
         <v>26</v>
       </c>
       <c r="M178" t="s">
-        <v>171</v>
+        <v>1665</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
-        <v>5330</v>
+        <v>4723</v>
       </c>
       <c r="B179" t="s">
-        <v>1658</v>
+        <v>1667</v>
       </c>
       <c r="C179" t="s">
-        <v>1659</v>
+        <v>1668</v>
       </c>
       <c r="D179" t="s">
-        <v>1660</v>
+        <v>1669</v>
       </c>
       <c r="E179" t="s">
-        <v>1661</v>
+        <v>1670</v>
       </c>
       <c r="F179" t="s">
-        <v>1662</v>
+        <v>1671</v>
       </c>
       <c r="G179" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
       <c r="H179" t="s">
-        <v>1664</v>
+        <v>1673</v>
       </c>
       <c r="I179" t="s">
-        <v>1665</v>
+        <v>1674</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
-        <v>170</v>
+        <v>1675</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
-        <v>171</v>
+        <v>1676</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1666</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
-        <v>5331</v>
+        <v>4792</v>
       </c>
       <c r="B180" t="s">
-        <v>1667</v>
+        <v>1678</v>
       </c>
       <c r="C180" t="s">
-        <v>1668</v>
+        <v>1679</v>
       </c>
       <c r="D180" t="s">
-        <v>1669</v>
+        <v>1680</v>
       </c>
       <c r="E180" t="s">
-        <v>1670</v>
+        <v>1681</v>
       </c>
       <c r="F180" t="s">
-        <v>1671</v>
+        <v>1682</v>
       </c>
       <c r="G180" t="s">
-        <v>1672</v>
+        <v>1683</v>
       </c>
       <c r="H180" t="s">
-        <v>1673</v>
+        <v>1684</v>
       </c>
       <c r="I180" t="s">
-        <v>1674</v>
+        <v>1685</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1675</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
-        <v>5332</v>
+        <v>4801</v>
       </c>
       <c r="B181" t="s">
-        <v>1676</v>
+        <v>1687</v>
       </c>
       <c r="C181" t="s">
-        <v>1677</v>
+        <v>1688</v>
       </c>
       <c r="D181" t="s">
-        <v>1678</v>
+        <v>1689</v>
       </c>
       <c r="E181" t="s">
-        <v>1679</v>
+        <v>1690</v>
       </c>
       <c r="F181" t="s">
-        <v>1680</v>
+        <v>1691</v>
       </c>
       <c r="G181" t="s">
-        <v>1681</v>
+        <v>1692</v>
       </c>
       <c r="H181" t="s">
-        <v>1682</v>
+        <v>1693</v>
       </c>
       <c r="I181" t="s">
-        <v>1683</v>
+        <v>1694</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1684</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
-        <v>5335</v>
+        <v>4810</v>
       </c>
       <c r="B182" t="s">
-        <v>1685</v>
+        <v>1696</v>
       </c>
       <c r="C182" t="s">
-        <v>1686</v>
+        <v>1697</v>
       </c>
       <c r="D182" t="s">
-        <v>1687</v>
+        <v>1698</v>
       </c>
       <c r="E182" t="s">
-        <v>1688</v>
+        <v>1699</v>
       </c>
       <c r="F182" t="s">
-        <v>1689</v>
+        <v>1700</v>
       </c>
       <c r="G182" t="s">
-        <v>1690</v>
+        <v>1701</v>
       </c>
       <c r="H182" t="s">
-        <v>1691</v>
+        <v>1702</v>
       </c>
       <c r="I182" t="s">
-        <v>1692</v>
+        <v>1703</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1693</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
-        <v>5346</v>
+        <v>4811</v>
       </c>
       <c r="B183" t="s">
-        <v>1694</v>
+        <v>1705</v>
       </c>
       <c r="C183" t="s">
-        <v>1695</v>
+        <v>1706</v>
       </c>
       <c r="D183" t="s">
-        <v>1696</v>
+        <v>1707</v>
       </c>
       <c r="E183" t="s">
-        <v>1697</v>
+        <v>1708</v>
       </c>
       <c r="F183" t="s">
-        <v>1698</v>
+        <v>1709</v>
       </c>
       <c r="G183" t="s">
-        <v>1699</v>
+        <v>1710</v>
       </c>
       <c r="H183" t="s">
-        <v>1700</v>
+        <v>1711</v>
       </c>
       <c r="I183" t="s">
-        <v>1701</v>
+        <v>1712</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
-        <v>1702</v>
+        <v>1392</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
-        <v>1703</v>
+        <v>1394</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
-        <v>1704</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="184" spans="1:15">
       <c r="A184">
-        <v>5348</v>
+        <v>4817</v>
       </c>
       <c r="B184" t="s">
-        <v>1705</v>
+        <v>1714</v>
       </c>
       <c r="C184" t="s">
-        <v>1706</v>
+        <v>1715</v>
       </c>
       <c r="D184" t="s">
-        <v>1707</v>
+        <v>1716</v>
       </c>
       <c r="E184" t="s">
-        <v>1708</v>
+        <v>1717</v>
       </c>
       <c r="F184" t="s">
-        <v>1709</v>
+        <v>1718</v>
       </c>
       <c r="G184" t="s">
-        <v>1710</v>
+        <v>1719</v>
       </c>
       <c r="H184" t="s">
-        <v>1711</v>
+        <v>1720</v>
       </c>
       <c r="I184" t="s">
-        <v>1712</v>
+        <v>1721</v>
       </c>
       <c r="J184" t="s">
         <v>24</v>
       </c>
       <c r="K184" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L184" t="s">
         <v>26</v>
       </c>
       <c r="M184" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N184" t="s">
         <v>28</v>
       </c>
       <c r="O184" t="s">
-        <v>1713</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="185" spans="1:15">
       <c r="A185">
-        <v>5351</v>
+        <v>4935</v>
       </c>
       <c r="B185" t="s">
-        <v>1714</v>
+        <v>1723</v>
       </c>
       <c r="C185" t="s">
-        <v>1715</v>
+        <v>1724</v>
       </c>
       <c r="D185" t="s">
-        <v>1716</v>
+        <v>1725</v>
       </c>
       <c r="E185" t="s">
-        <v>1717</v>
+        <v>1726</v>
       </c>
       <c r="F185" t="s">
-        <v>1718</v>
+        <v>1727</v>
       </c>
       <c r="G185" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="H185" t="s">
-        <v>1720</v>
+        <v>1729</v>
       </c>
       <c r="I185" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
       <c r="J185" t="s">
         <v>24</v>
       </c>
       <c r="K185" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L185" t="s">
         <v>26</v>
       </c>
       <c r="M185" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N185" t="s">
         <v>28</v>
       </c>
       <c r="O185" t="s">
-        <v>1722</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="186" spans="1:15">
       <c r="A186">
-        <v>5353</v>
+        <v>4939</v>
       </c>
       <c r="B186" t="s">
-        <v>1723</v>
+        <v>1732</v>
       </c>
       <c r="C186" t="s">
-        <v>1724</v>
+        <v>1733</v>
       </c>
       <c r="D186" t="s">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="E186" t="s">
-        <v>1726</v>
+        <v>1735</v>
       </c>
       <c r="F186" t="s">
-        <v>1727</v>
+        <v>1736</v>
       </c>
       <c r="G186" t="s">
-        <v>1728</v>
+        <v>1737</v>
       </c>
       <c r="H186" t="s">
-        <v>1729</v>
+        <v>1738</v>
       </c>
       <c r="I186" t="s">
-        <v>1730</v>
+        <v>1739</v>
       </c>
       <c r="J186" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K186" t="s">
-        <v>860</v>
+        <v>170</v>
       </c>
       <c r="L186" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M186" t="s">
-        <v>861</v>
+        <v>171</v>
       </c>
       <c r="N186" t="s">
         <v>28</v>
       </c>
       <c r="O186" t="s">
-        <v>1731</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="187" spans="1:15">
       <c r="A187">
-        <v>5354</v>
+        <v>4947</v>
       </c>
       <c r="B187" t="s">
-        <v>1732</v>
+        <v>1741</v>
       </c>
       <c r="C187" t="s">
-        <v>1733</v>
+        <v>1742</v>
       </c>
       <c r="D187" t="s">
-        <v>1734</v>
+        <v>1743</v>
       </c>
       <c r="E187" t="s">
-        <v>1735</v>
+        <v>1744</v>
       </c>
       <c r="F187" t="s">
-        <v>1736</v>
+        <v>1745</v>
       </c>
       <c r="G187" t="s">
-        <v>1737</v>
+        <v>1746</v>
       </c>
       <c r="H187" t="s">
-        <v>1738</v>
+        <v>1747</v>
       </c>
       <c r="I187" t="s">
-        <v>1739</v>
+        <v>1748</v>
       </c>
       <c r="J187" t="s">
         <v>24</v>
       </c>
       <c r="K187" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L187" t="s">
         <v>26</v>
       </c>
       <c r="M187" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N187" t="s">
         <v>28</v>
       </c>
       <c r="O187" t="s">
-        <v>1740</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="188" spans="1:15">
       <c r="A188">
-        <v>5359</v>
+        <v>4950</v>
       </c>
       <c r="B188" t="s">
-        <v>1741</v>
+        <v>1750</v>
       </c>
       <c r="C188" t="s">
-        <v>1742</v>
+        <v>1751</v>
       </c>
       <c r="D188" t="s">
-        <v>1743</v>
+        <v>1752</v>
       </c>
       <c r="E188" t="s">
-        <v>1744</v>
+        <v>1753</v>
       </c>
       <c r="F188" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
       <c r="G188" t="s">
-        <v>1746</v>
+        <v>1755</v>
       </c>
       <c r="H188" t="s">
-        <v>1747</v>
+        <v>1756</v>
       </c>
       <c r="I188" t="s">
-        <v>1748</v>
+        <v>1757</v>
       </c>
       <c r="J188" t="s">
         <v>24</v>
       </c>
       <c r="K188" t="s">
-        <v>25</v>
+        <v>1392</v>
       </c>
       <c r="L188" t="s">
         <v>26</v>
       </c>
       <c r="M188" t="s">
-        <v>27</v>
+        <v>1394</v>
       </c>
       <c r="N188" t="s">
         <v>28</v>
       </c>
       <c r="O188" t="s">
-        <v>1749</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="189" spans="1:15">
       <c r="A189">
-        <v>5364</v>
+        <v>4965</v>
       </c>
       <c r="B189" t="s">
-        <v>1750</v>
+        <v>1759</v>
       </c>
       <c r="C189" t="s">
-        <v>1751</v>
+        <v>1760</v>
       </c>
       <c r="D189" t="s">
-        <v>1752</v>
+        <v>1761</v>
       </c>
       <c r="E189" t="s">
-        <v>1753</v>
+        <v>1762</v>
       </c>
       <c r="F189" t="s">
-        <v>1754</v>
+        <v>1763</v>
       </c>
       <c r="G189" t="s">
-        <v>1755</v>
+        <v>1764</v>
       </c>
       <c r="H189" t="s">
-        <v>1756</v>
+        <v>1765</v>
       </c>
       <c r="I189" t="s">
-        <v>1757</v>
+        <v>1766</v>
       </c>
       <c r="J189" t="s">
         <v>24</v>
       </c>
       <c r="K189" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L189" t="s">
         <v>26</v>
       </c>
       <c r="M189" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N189" t="s">
         <v>28</v>
       </c>
       <c r="O189" t="s">
-        <v>1758</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="190" spans="1:15">
       <c r="A190">
-        <v>5365</v>
+        <v>4968</v>
       </c>
       <c r="B190" t="s">
-        <v>1759</v>
+        <v>1768</v>
       </c>
       <c r="C190" t="s">
-        <v>1760</v>
+        <v>1769</v>
       </c>
       <c r="D190" t="s">
-        <v>1761</v>
+        <v>1770</v>
       </c>
       <c r="E190" t="s">
-        <v>1762</v>
+        <v>1771</v>
       </c>
       <c r="F190" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="G190" t="s">
-        <v>1764</v>
+        <v>1773</v>
       </c>
       <c r="H190" t="s">
-        <v>1765</v>
+        <v>1774</v>
       </c>
       <c r="I190" t="s">
-        <v>1766</v>
+        <v>1775</v>
       </c>
       <c r="J190" t="s">
         <v>24</v>
       </c>
       <c r="K190" t="s">
         <v>25</v>
       </c>
       <c r="L190" t="s">
         <v>26</v>
       </c>
       <c r="M190" t="s">
         <v>27</v>
       </c>
       <c r="N190" t="s">
         <v>28</v>
       </c>
       <c r="O190" t="s">
-        <v>1767</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="191" spans="1:15">
       <c r="A191">
-        <v>5367</v>
+        <v>4969</v>
       </c>
       <c r="B191" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="C191" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="D191" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="E191" t="s">
-        <v>1771</v>
+        <v>1780</v>
       </c>
       <c r="F191" t="s">
-        <v>1772</v>
+        <v>1781</v>
       </c>
       <c r="G191" t="s">
-        <v>1773</v>
+        <v>1782</v>
       </c>
       <c r="H191" t="s">
-        <v>1774</v>
+        <v>1783</v>
       </c>
       <c r="I191" t="s">
-        <v>1775</v>
+        <v>1784</v>
       </c>
       <c r="J191" t="s">
         <v>24</v>
       </c>
       <c r="K191" t="s">
         <v>25</v>
       </c>
       <c r="L191" t="s">
         <v>26</v>
       </c>
       <c r="M191" t="s">
         <v>27</v>
       </c>
       <c r="N191" t="s">
         <v>28</v>
       </c>
       <c r="O191" t="s">
-        <v>1776</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="192" spans="1:15">
       <c r="A192">
-        <v>5368</v>
+        <v>5272</v>
       </c>
       <c r="B192" t="s">
-        <v>1777</v>
+        <v>1786</v>
       </c>
       <c r="C192" t="s">
-        <v>1778</v>
+        <v>1787</v>
       </c>
       <c r="D192" t="s">
-        <v>1779</v>
+        <v>1788</v>
       </c>
       <c r="E192" t="s">
-        <v>1780</v>
+        <v>1789</v>
       </c>
       <c r="F192" t="s">
-        <v>1781</v>
+        <v>1790</v>
       </c>
       <c r="G192" t="s">
-        <v>1782</v>
+        <v>1791</v>
       </c>
       <c r="H192" t="s">
-        <v>1783</v>
+        <v>1792</v>
       </c>
       <c r="I192" t="s">
-        <v>1784</v>
+        <v>1793</v>
       </c>
       <c r="J192" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K192" t="s">
-        <v>25</v>
+        <v>728</v>
       </c>
       <c r="L192" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M192" t="s">
-        <v>27</v>
+        <v>729</v>
       </c>
       <c r="N192" t="s">
         <v>28</v>
       </c>
       <c r="O192" t="s">
-        <v>1785</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="193" spans="1:15">
       <c r="A193">
-        <v>5371</v>
+        <v>5273</v>
       </c>
       <c r="B193" t="s">
-        <v>1786</v>
+        <v>1795</v>
       </c>
       <c r="C193" t="s">
-        <v>1787</v>
+        <v>1796</v>
       </c>
       <c r="D193" t="s">
-        <v>1788</v>
+        <v>1797</v>
       </c>
       <c r="E193" t="s">
-        <v>1789</v>
+        <v>1798</v>
       </c>
       <c r="F193" t="s">
-        <v>1790</v>
+        <v>1799</v>
       </c>
       <c r="G193" t="s">
-        <v>1791</v>
+        <v>1800</v>
       </c>
       <c r="H193" t="s">
-        <v>1792</v>
+        <v>1801</v>
       </c>
       <c r="I193" t="s">
-        <v>1793</v>
+        <v>1802</v>
       </c>
       <c r="J193" t="s">
         <v>24</v>
       </c>
       <c r="K193" t="s">
-        <v>1794</v>
+        <v>1803</v>
       </c>
       <c r="L193" t="s">
         <v>26</v>
       </c>
       <c r="M193" t="s">
-        <v>1795</v>
+        <v>1804</v>
       </c>
       <c r="N193" t="s">
         <v>28</v>
       </c>
       <c r="O193" t="s">
-        <v>1796</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="194" spans="1:15">
       <c r="A194">
-        <v>5372</v>
+        <v>5326</v>
       </c>
       <c r="B194" t="s">
-        <v>1797</v>
+        <v>1806</v>
       </c>
       <c r="C194" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="D194" t="s">
-        <v>1799</v>
+        <v>1808</v>
       </c>
       <c r="E194" t="s">
-        <v>1800</v>
+        <v>1809</v>
       </c>
       <c r="F194" t="s">
-        <v>1801</v>
+        <v>1810</v>
       </c>
       <c r="G194" t="s">
-        <v>1802</v>
+        <v>1811</v>
       </c>
       <c r="H194" t="s">
-        <v>1803</v>
+        <v>1812</v>
       </c>
       <c r="I194" t="s">
-        <v>1804</v>
+        <v>1813</v>
       </c>
       <c r="J194" t="s">
         <v>24</v>
       </c>
       <c r="K194" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L194" t="s">
         <v>26</v>
       </c>
       <c r="M194" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N194" t="s">
         <v>28</v>
       </c>
       <c r="O194" t="s">
-        <v>1805</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="195" spans="1:15">
       <c r="A195">
-        <v>5375</v>
+        <v>5330</v>
       </c>
       <c r="B195" t="s">
-        <v>1806</v>
+        <v>1815</v>
       </c>
       <c r="C195" t="s">
-        <v>1807</v>
+        <v>1816</v>
       </c>
       <c r="D195" t="s">
-        <v>1808</v>
+        <v>1817</v>
       </c>
       <c r="E195" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="F195" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="G195" t="s">
-        <v>1811</v>
+        <v>1820</v>
       </c>
       <c r="H195" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
       <c r="I195" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="J195" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K195" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L195" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M195" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N195" t="s">
         <v>28</v>
       </c>
       <c r="O195" t="s">
-        <v>1814</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="196" spans="1:15">
       <c r="A196">
-        <v>5377</v>
+        <v>5331</v>
       </c>
       <c r="B196" t="s">
-        <v>1815</v>
+        <v>1824</v>
       </c>
       <c r="C196" t="s">
-        <v>1816</v>
+        <v>1825</v>
       </c>
       <c r="D196" t="s">
-        <v>1817</v>
+        <v>1826</v>
       </c>
       <c r="E196" t="s">
-        <v>1818</v>
+        <v>1827</v>
       </c>
       <c r="F196" t="s">
-        <v>1819</v>
+        <v>1828</v>
       </c>
       <c r="G196" t="s">
-        <v>1820</v>
+        <v>1829</v>
       </c>
       <c r="H196" t="s">
-        <v>1821</v>
+        <v>1830</v>
       </c>
       <c r="I196" t="s">
-        <v>1822</v>
+        <v>1831</v>
       </c>
       <c r="J196" t="s">
         <v>24</v>
       </c>
       <c r="K196" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L196" t="s">
         <v>26</v>
       </c>
       <c r="M196" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N196" t="s">
         <v>28</v>
       </c>
       <c r="O196" t="s">
-        <v>1823</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="197" spans="1:15">
       <c r="A197">
-        <v>5378</v>
+        <v>5332</v>
       </c>
       <c r="B197" t="s">
-        <v>1824</v>
+        <v>1833</v>
       </c>
       <c r="C197" t="s">
-        <v>1825</v>
+        <v>1834</v>
       </c>
       <c r="D197" t="s">
-        <v>1826</v>
+        <v>1835</v>
       </c>
       <c r="E197" t="s">
-        <v>1827</v>
+        <v>1836</v>
       </c>
       <c r="F197" t="s">
-        <v>1828</v>
+        <v>1837</v>
       </c>
       <c r="G197" t="s">
-        <v>1829</v>
+        <v>1838</v>
       </c>
       <c r="H197" t="s">
-        <v>1830</v>
+        <v>1839</v>
       </c>
       <c r="I197" t="s">
-        <v>1831</v>
+        <v>1840</v>
       </c>
       <c r="J197" t="s">
         <v>24</v>
       </c>
       <c r="K197" t="s">
         <v>25</v>
       </c>
       <c r="L197" t="s">
         <v>26</v>
       </c>
       <c r="M197" t="s">
         <v>27</v>
       </c>
       <c r="N197" t="s">
         <v>28</v>
       </c>
       <c r="O197" t="s">
-        <v>1832</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="198" spans="1:15">
       <c r="A198">
-        <v>5382</v>
+        <v>5335</v>
       </c>
       <c r="B198" t="s">
-        <v>1833</v>
+        <v>1842</v>
       </c>
       <c r="C198" t="s">
-        <v>1834</v>
+        <v>1843</v>
       </c>
       <c r="D198" t="s">
-        <v>1835</v>
+        <v>1844</v>
       </c>
       <c r="E198" t="s">
-        <v>1836</v>
+        <v>1845</v>
       </c>
       <c r="F198" t="s">
-        <v>1837</v>
+        <v>1846</v>
       </c>
       <c r="G198" t="s">
-        <v>1838</v>
+        <v>1847</v>
       </c>
       <c r="H198" t="s">
-        <v>1839</v>
+        <v>1848</v>
       </c>
       <c r="I198" t="s">
-        <v>1840</v>
+        <v>1849</v>
       </c>
       <c r="J198" t="s">
         <v>24</v>
       </c>
       <c r="K198" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L198" t="s">
         <v>26</v>
       </c>
       <c r="M198" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N198" t="s">
         <v>28</v>
       </c>
       <c r="O198" t="s">
-        <v>1841</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="199" spans="1:15">
       <c r="A199">
-        <v>5393</v>
+        <v>5346</v>
       </c>
       <c r="B199" t="s">
-        <v>1842</v>
+        <v>1851</v>
       </c>
       <c r="C199" t="s">
-        <v>1843</v>
+        <v>1852</v>
       </c>
       <c r="D199" t="s">
-        <v>1844</v>
+        <v>1853</v>
       </c>
       <c r="E199" t="s">
-        <v>1845</v>
+        <v>1854</v>
       </c>
       <c r="F199" t="s">
-        <v>1846</v>
+        <v>1855</v>
       </c>
       <c r="G199" t="s">
-        <v>1847</v>
+        <v>1856</v>
       </c>
       <c r="H199" t="s">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="I199" t="s">
-        <v>1849</v>
+        <v>1858</v>
       </c>
       <c r="J199" t="s">
         <v>24</v>
       </c>
       <c r="K199" t="s">
-        <v>25</v>
+        <v>1859</v>
       </c>
       <c r="L199" t="s">
         <v>26</v>
       </c>
       <c r="M199" t="s">
-        <v>27</v>
+        <v>1860</v>
       </c>
       <c r="N199" t="s">
         <v>28</v>
       </c>
       <c r="O199" t="s">
-        <v>1850</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="200" spans="1:15">
       <c r="A200">
-        <v>5431</v>
+        <v>5348</v>
       </c>
       <c r="B200" t="s">
-        <v>1851</v>
+        <v>1862</v>
       </c>
       <c r="C200" t="s">
-        <v>1852</v>
+        <v>1863</v>
       </c>
       <c r="D200" t="s">
-        <v>1853</v>
+        <v>1864</v>
       </c>
       <c r="E200" t="s">
-        <v>1854</v>
+        <v>1865</v>
       </c>
       <c r="F200" t="s">
-        <v>1855</v>
+        <v>1866</v>
       </c>
       <c r="G200" t="s">
-        <v>1856</v>
+        <v>1867</v>
       </c>
       <c r="H200" t="s">
-        <v>1857</v>
+        <v>1868</v>
       </c>
       <c r="I200" t="s">
-        <v>1858</v>
+        <v>1869</v>
       </c>
       <c r="J200" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K200" t="s">
-        <v>274</v>
+        <v>170</v>
       </c>
       <c r="L200" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M200" t="s">
-        <v>276</v>
+        <v>171</v>
       </c>
       <c r="N200" t="s">
         <v>28</v>
       </c>
       <c r="O200" t="s">
-        <v>1859</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="201" spans="1:15">
       <c r="A201">
-        <v>5433</v>
+        <v>5351</v>
       </c>
       <c r="B201" t="s">
-        <v>1860</v>
+        <v>1871</v>
       </c>
       <c r="C201" t="s">
-        <v>1861</v>
+        <v>1872</v>
       </c>
       <c r="D201" t="s">
-        <v>1862</v>
+        <v>1873</v>
       </c>
       <c r="E201" t="s">
-        <v>1863</v>
+        <v>1874</v>
       </c>
       <c r="F201" t="s">
-        <v>1864</v>
+        <v>1875</v>
       </c>
       <c r="G201" t="s">
-        <v>1865</v>
+        <v>1876</v>
       </c>
       <c r="H201" t="s">
-        <v>1866</v>
+        <v>1877</v>
       </c>
       <c r="I201" t="s">
-        <v>1867</v>
+        <v>1878</v>
       </c>
       <c r="J201" t="s">
         <v>24</v>
       </c>
       <c r="K201" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L201" t="s">
         <v>26</v>
       </c>
       <c r="M201" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N201" t="s">
         <v>28</v>
       </c>
       <c r="O201" t="s">
-        <v>1868</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="202" spans="1:15">
       <c r="A202">
-        <v>5435</v>
+        <v>5353</v>
       </c>
       <c r="B202" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
       <c r="C202" t="s">
-        <v>1870</v>
+        <v>1881</v>
       </c>
       <c r="D202" t="s">
-        <v>1871</v>
+        <v>1882</v>
       </c>
       <c r="E202" t="s">
-        <v>1872</v>
+        <v>1883</v>
       </c>
       <c r="F202" t="s">
-        <v>1873</v>
+        <v>1884</v>
       </c>
       <c r="G202" t="s">
-        <v>1874</v>
+        <v>1885</v>
       </c>
       <c r="H202" t="s">
-        <v>1875</v>
+        <v>1886</v>
       </c>
       <c r="I202" t="s">
-        <v>1876</v>
+        <v>1887</v>
       </c>
       <c r="J202" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K202" t="s">
-        <v>170</v>
+        <v>860</v>
       </c>
       <c r="L202" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M202" t="s">
-        <v>171</v>
+        <v>861</v>
       </c>
       <c r="N202" t="s">
         <v>28</v>
       </c>
       <c r="O202" t="s">
-        <v>1877</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="203" spans="1:15">
       <c r="A203">
-        <v>5437</v>
+        <v>5354</v>
       </c>
       <c r="B203" t="s">
-        <v>1878</v>
+        <v>1889</v>
       </c>
       <c r="C203" t="s">
-        <v>1879</v>
+        <v>1890</v>
       </c>
       <c r="D203" t="s">
-        <v>1880</v>
+        <v>1891</v>
       </c>
       <c r="E203" t="s">
-        <v>1881</v>
+        <v>1892</v>
       </c>
       <c r="F203" t="s">
-        <v>1882</v>
+        <v>1893</v>
       </c>
       <c r="G203" t="s">
-        <v>1883</v>
+        <v>1894</v>
       </c>
       <c r="H203" t="s">
-        <v>1884</v>
+        <v>1895</v>
       </c>
       <c r="I203" t="s">
-        <v>1885</v>
+        <v>1896</v>
       </c>
       <c r="J203" t="s">
         <v>24</v>
       </c>
       <c r="K203" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L203" t="s">
         <v>26</v>
       </c>
       <c r="M203" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N203" t="s">
         <v>28</v>
       </c>
       <c r="O203" t="s">
-        <v>1886</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="204" spans="1:15">
       <c r="A204">
-        <v>5439</v>
+        <v>5359</v>
       </c>
       <c r="B204" t="s">
-        <v>1887</v>
+        <v>1898</v>
       </c>
       <c r="C204" t="s">
-        <v>1888</v>
+        <v>1899</v>
       </c>
       <c r="D204" t="s">
-        <v>1889</v>
+        <v>1900</v>
       </c>
       <c r="E204" t="s">
-        <v>1890</v>
+        <v>1901</v>
       </c>
       <c r="F204" t="s">
-        <v>1891</v>
+        <v>1902</v>
       </c>
       <c r="G204" t="s">
-        <v>1892</v>
+        <v>1903</v>
       </c>
       <c r="H204" t="s">
-        <v>1893</v>
+        <v>1904</v>
       </c>
       <c r="I204" t="s">
-        <v>1894</v>
+        <v>1905</v>
       </c>
       <c r="J204" t="s">
         <v>24</v>
       </c>
       <c r="K204" t="s">
         <v>25</v>
       </c>
       <c r="L204" t="s">
         <v>26</v>
       </c>
       <c r="M204" t="s">
         <v>27</v>
       </c>
       <c r="N204" t="s">
         <v>28</v>
       </c>
       <c r="O204" t="s">
-        <v>1895</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="205" spans="1:15">
       <c r="A205">
-        <v>5456</v>
+        <v>5364</v>
       </c>
       <c r="B205" t="s">
-        <v>1896</v>
+        <v>1907</v>
       </c>
       <c r="C205" t="s">
-        <v>1897</v>
+        <v>1908</v>
       </c>
       <c r="D205" t="s">
-        <v>1898</v>
+        <v>1909</v>
       </c>
       <c r="E205" t="s">
-        <v>1899</v>
+        <v>1910</v>
       </c>
       <c r="F205" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="G205" t="s">
-        <v>1901</v>
+        <v>1912</v>
       </c>
       <c r="H205" t="s">
-        <v>1902</v>
+        <v>1913</v>
       </c>
       <c r="I205" t="s">
-        <v>1903</v>
+        <v>1914</v>
       </c>
       <c r="J205" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K205" t="s">
-        <v>1554</v>
+        <v>47</v>
       </c>
       <c r="L205" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M205" t="s">
-        <v>1555</v>
+        <v>48</v>
       </c>
       <c r="N205" t="s">
         <v>28</v>
       </c>
       <c r="O205" t="s">
-        <v>1904</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="206" spans="1:15">
       <c r="A206">
-        <v>5474</v>
+        <v>5365</v>
       </c>
       <c r="B206" t="s">
-        <v>1905</v>
+        <v>1916</v>
       </c>
       <c r="C206" t="s">
-        <v>1906</v>
+        <v>1917</v>
       </c>
       <c r="D206" t="s">
-        <v>1907</v>
+        <v>1918</v>
       </c>
       <c r="E206" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="F206" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="G206" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="H206" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="I206" t="s">
-        <v>1912</v>
+        <v>1923</v>
       </c>
       <c r="J206" t="s">
         <v>24</v>
       </c>
       <c r="K206" t="s">
         <v>25</v>
       </c>
       <c r="L206" t="s">
         <v>26</v>
       </c>
       <c r="M206" t="s">
         <v>27</v>
       </c>
       <c r="N206" t="s">
         <v>28</v>
       </c>
       <c r="O206" t="s">
-        <v>1913</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="207" spans="1:15">
       <c r="A207">
-        <v>5475</v>
+        <v>5367</v>
       </c>
       <c r="B207" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="C207" t="s">
-        <v>1915</v>
+        <v>1926</v>
       </c>
       <c r="D207" t="s">
-        <v>1916</v>
+        <v>1927</v>
       </c>
       <c r="E207" t="s">
-        <v>1917</v>
+        <v>1928</v>
       </c>
       <c r="F207" t="s">
-        <v>1918</v>
+        <v>1929</v>
       </c>
       <c r="G207" t="s">
-        <v>1919</v>
+        <v>1930</v>
       </c>
       <c r="H207" t="s">
-        <v>1920</v>
+        <v>1931</v>
       </c>
       <c r="I207" t="s">
-        <v>1921</v>
+        <v>1932</v>
       </c>
       <c r="J207" t="s">
         <v>24</v>
       </c>
       <c r="K207" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L207" t="s">
         <v>26</v>
       </c>
       <c r="M207" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N207" t="s">
         <v>28</v>
       </c>
       <c r="O207" t="s">
-        <v>1922</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="208" spans="1:15">
       <c r="A208">
-        <v>5476</v>
+        <v>5368</v>
       </c>
       <c r="B208" t="s">
-        <v>1923</v>
+        <v>1934</v>
       </c>
       <c r="C208" t="s">
-        <v>1924</v>
+        <v>1935</v>
       </c>
       <c r="D208" t="s">
-        <v>1925</v>
+        <v>1936</v>
       </c>
       <c r="E208" t="s">
-        <v>1926</v>
+        <v>1937</v>
       </c>
       <c r="F208" t="s">
-        <v>1927</v>
+        <v>1938</v>
       </c>
       <c r="G208" t="s">
-        <v>1928</v>
+        <v>1939</v>
       </c>
       <c r="H208" t="s">
-        <v>1929</v>
+        <v>1940</v>
       </c>
       <c r="I208" t="s">
-        <v>1930</v>
+        <v>1941</v>
       </c>
       <c r="J208" t="s">
-        <v>1931</v>
+        <v>24</v>
       </c>
       <c r="K208" t="s">
-        <v>1111</v>
+        <v>25</v>
       </c>
       <c r="L208" t="s">
-        <v>1932</v>
+        <v>26</v>
       </c>
       <c r="M208" t="s">
-        <v>1112</v>
+        <v>27</v>
       </c>
       <c r="N208" t="s">
         <v>28</v>
       </c>
       <c r="O208" t="s">
-        <v>1933</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="209" spans="1:15">
       <c r="A209">
-        <v>5478</v>
+        <v>5371</v>
       </c>
       <c r="B209" t="s">
-        <v>1934</v>
+        <v>1943</v>
       </c>
       <c r="C209" t="s">
-        <v>1935</v>
+        <v>1944</v>
       </c>
       <c r="D209" t="s">
-        <v>1936</v>
+        <v>1945</v>
       </c>
       <c r="E209" t="s">
-        <v>1937</v>
+        <v>1946</v>
       </c>
       <c r="F209" t="s">
-        <v>1938</v>
+        <v>1947</v>
       </c>
       <c r="G209" t="s">
-        <v>1939</v>
+        <v>1948</v>
       </c>
       <c r="H209" t="s">
-        <v>1940</v>
+        <v>1949</v>
       </c>
       <c r="I209" t="s">
-        <v>1941</v>
+        <v>1950</v>
       </c>
       <c r="J209" t="s">
         <v>24</v>
       </c>
       <c r="K209" t="s">
-        <v>25</v>
+        <v>1951</v>
       </c>
       <c r="L209" t="s">
         <v>26</v>
       </c>
       <c r="M209" t="s">
-        <v>27</v>
+        <v>1952</v>
       </c>
       <c r="N209" t="s">
         <v>28</v>
       </c>
       <c r="O209" t="s">
-        <v>1942</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="210" spans="1:15">
       <c r="A210">
-        <v>5493</v>
+        <v>5372</v>
       </c>
       <c r="B210" t="s">
-        <v>1943</v>
+        <v>1954</v>
       </c>
       <c r="C210" t="s">
-        <v>1944</v>
+        <v>1955</v>
       </c>
       <c r="D210" t="s">
-        <v>1945</v>
+        <v>1956</v>
       </c>
       <c r="E210" t="s">
-        <v>1946</v>
+        <v>1957</v>
       </c>
       <c r="F210" t="s">
-        <v>1947</v>
+        <v>1958</v>
       </c>
       <c r="G210" t="s">
-        <v>1948</v>
+        <v>1959</v>
       </c>
       <c r="H210" t="s">
-        <v>1949</v>
+        <v>1960</v>
       </c>
       <c r="I210" t="s">
-        <v>1950</v>
+        <v>1961</v>
       </c>
       <c r="J210" t="s">
         <v>24</v>
       </c>
       <c r="K210" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L210" t="s">
         <v>26</v>
       </c>
       <c r="M210" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N210" t="s">
         <v>28</v>
       </c>
       <c r="O210" t="s">
-        <v>1951</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="211" spans="1:15">
       <c r="A211">
-        <v>5496</v>
+        <v>5375</v>
       </c>
       <c r="B211" t="s">
-        <v>1952</v>
+        <v>1963</v>
       </c>
       <c r="C211" t="s">
-        <v>1953</v>
+        <v>1964</v>
       </c>
       <c r="D211" t="s">
-        <v>1954</v>
+        <v>1965</v>
       </c>
       <c r="E211" t="s">
-        <v>1955</v>
+        <v>1966</v>
       </c>
       <c r="F211" t="s">
-        <v>1956</v>
+        <v>1967</v>
       </c>
       <c r="G211" t="s">
-        <v>1957</v>
+        <v>1968</v>
       </c>
       <c r="H211" t="s">
-        <v>1958</v>
+        <v>1969</v>
       </c>
       <c r="I211" t="s">
-        <v>1959</v>
+        <v>1970</v>
       </c>
       <c r="J211" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K211" t="s">
         <v>274</v>
       </c>
       <c r="L211" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M211" t="s">
         <v>276</v>
       </c>
       <c r="N211" t="s">
         <v>28</v>
       </c>
       <c r="O211" t="s">
-        <v>1960</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="212" spans="1:15">
       <c r="A212">
-        <v>5502</v>
+        <v>5377</v>
       </c>
       <c r="B212" t="s">
-        <v>1961</v>
+        <v>1972</v>
       </c>
       <c r="C212" t="s">
-        <v>1962</v>
+        <v>1973</v>
       </c>
       <c r="D212" t="s">
-        <v>1963</v>
+        <v>1974</v>
       </c>
       <c r="E212" t="s">
-        <v>1964</v>
+        <v>1975</v>
       </c>
       <c r="F212" t="s">
-        <v>1965</v>
+        <v>1976</v>
       </c>
       <c r="G212" t="s">
-        <v>1966</v>
+        <v>1977</v>
       </c>
       <c r="H212" t="s">
-        <v>1967</v>
+        <v>1978</v>
       </c>
       <c r="I212" t="s">
-        <v>1968</v>
+        <v>1979</v>
       </c>
       <c r="J212" t="s">
         <v>24</v>
       </c>
       <c r="K212" t="s">
         <v>25</v>
       </c>
       <c r="L212" t="s">
         <v>26</v>
       </c>
       <c r="M212" t="s">
         <v>27</v>
       </c>
       <c r="N212" t="s">
         <v>28</v>
       </c>
       <c r="O212" t="s">
-        <v>1969</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="213" spans="1:15">
       <c r="A213">
-        <v>5503</v>
+        <v>5378</v>
       </c>
       <c r="B213" t="s">
-        <v>1970</v>
+        <v>1981</v>
       </c>
       <c r="C213" t="s">
-        <v>1971</v>
+        <v>1982</v>
       </c>
       <c r="D213" t="s">
-        <v>1972</v>
+        <v>1983</v>
       </c>
       <c r="E213" t="s">
-        <v>1973</v>
+        <v>1984</v>
       </c>
       <c r="F213" t="s">
-        <v>1974</v>
+        <v>1985</v>
       </c>
       <c r="G213" t="s">
-        <v>1975</v>
+        <v>1986</v>
       </c>
       <c r="H213" t="s">
-        <v>1976</v>
+        <v>1987</v>
       </c>
       <c r="I213" t="s">
-        <v>1977</v>
+        <v>1988</v>
       </c>
       <c r="J213" t="s">
         <v>24</v>
       </c>
       <c r="K213" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L213" t="s">
         <v>26</v>
       </c>
       <c r="M213" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N213" t="s">
         <v>28</v>
       </c>
       <c r="O213" t="s">
-        <v>1978</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="214" spans="1:15">
       <c r="A214">
-        <v>5504</v>
+        <v>5382</v>
       </c>
       <c r="B214" t="s">
-        <v>1979</v>
+        <v>1990</v>
       </c>
       <c r="C214" t="s">
-        <v>1980</v>
+        <v>1991</v>
       </c>
       <c r="D214" t="s">
-        <v>1981</v>
+        <v>1992</v>
       </c>
       <c r="E214" t="s">
-        <v>1982</v>
+        <v>1993</v>
       </c>
       <c r="F214" t="s">
-        <v>1983</v>
+        <v>1994</v>
       </c>
       <c r="G214" t="s">
-        <v>1984</v>
+        <v>1995</v>
       </c>
       <c r="H214" t="s">
-        <v>1985</v>
+        <v>1996</v>
       </c>
       <c r="I214" t="s">
-        <v>1986</v>
+        <v>1997</v>
       </c>
       <c r="J214" t="s">
         <v>24</v>
       </c>
       <c r="K214" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L214" t="s">
         <v>26</v>
       </c>
       <c r="M214" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N214" t="s">
         <v>28</v>
       </c>
       <c r="O214" t="s">
-        <v>1987</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="215" spans="1:15">
       <c r="A215">
-        <v>5507</v>
+        <v>5393</v>
       </c>
       <c r="B215" t="s">
-        <v>1988</v>
+        <v>1999</v>
       </c>
       <c r="C215" t="s">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="D215" t="s">
-        <v>1990</v>
+        <v>2001</v>
       </c>
       <c r="E215" t="s">
-        <v>1991</v>
+        <v>2002</v>
       </c>
       <c r="F215" t="s">
-        <v>1992</v>
+        <v>2003</v>
       </c>
       <c r="G215" t="s">
-        <v>1993</v>
+        <v>2004</v>
       </c>
       <c r="H215" t="s">
-        <v>1994</v>
+        <v>2005</v>
       </c>
       <c r="I215" t="s">
-        <v>1995</v>
+        <v>2006</v>
       </c>
       <c r="J215" t="s">
         <v>24</v>
       </c>
       <c r="K215" t="s">
         <v>25</v>
       </c>
       <c r="L215" t="s">
         <v>26</v>
       </c>
       <c r="M215" t="s">
         <v>27</v>
       </c>
       <c r="N215" t="s">
         <v>28</v>
       </c>
       <c r="O215" t="s">
-        <v>1996</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="216" spans="1:15">
       <c r="A216">
-        <v>5509</v>
+        <v>5431</v>
       </c>
       <c r="B216" t="s">
-        <v>1997</v>
+        <v>2008</v>
       </c>
       <c r="C216" t="s">
-        <v>1998</v>
+        <v>2009</v>
       </c>
       <c r="D216" t="s">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="E216" t="s">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="F216" t="s">
-        <v>2001</v>
+        <v>2012</v>
       </c>
       <c r="G216" t="s">
-        <v>2002</v>
+        <v>2013</v>
       </c>
       <c r="H216" t="s">
-        <v>2003</v>
+        <v>2014</v>
       </c>
       <c r="I216" t="s">
-        <v>2004</v>
+        <v>2015</v>
       </c>
       <c r="J216" t="s">
         <v>441</v>
       </c>
       <c r="K216" t="s">
-        <v>1111</v>
+        <v>274</v>
       </c>
       <c r="L216" t="s">
         <v>443</v>
       </c>
       <c r="M216" t="s">
-        <v>1112</v>
+        <v>276</v>
       </c>
       <c r="N216" t="s">
         <v>28</v>
       </c>
       <c r="O216" t="s">
-        <v>2005</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="217" spans="1:15">
       <c r="A217">
-        <v>5512</v>
+        <v>5433</v>
       </c>
       <c r="B217" t="s">
-        <v>2006</v>
+        <v>2017</v>
       </c>
       <c r="C217" t="s">
-        <v>2007</v>
+        <v>2018</v>
       </c>
       <c r="D217" t="s">
-        <v>2008</v>
+        <v>2019</v>
       </c>
       <c r="E217" t="s">
-        <v>2009</v>
+        <v>2020</v>
       </c>
       <c r="F217" t="s">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="G217" t="s">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="H217" t="s">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="I217" t="s">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="J217" t="s">
         <v>24</v>
       </c>
       <c r="K217" t="s">
         <v>170</v>
       </c>
       <c r="L217" t="s">
         <v>26</v>
       </c>
       <c r="M217" t="s">
         <v>171</v>
       </c>
       <c r="N217" t="s">
         <v>28</v>
       </c>
       <c r="O217" t="s">
-        <v>2014</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="218" spans="1:15">
       <c r="A218">
-        <v>5514</v>
+        <v>5435</v>
       </c>
       <c r="B218" t="s">
-        <v>2015</v>
+        <v>2026</v>
       </c>
       <c r="C218" t="s">
-        <v>2016</v>
+        <v>2027</v>
       </c>
       <c r="D218" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="E218" t="s">
-        <v>2018</v>
+        <v>2029</v>
       </c>
       <c r="F218" t="s">
-        <v>2019</v>
+        <v>2030</v>
       </c>
       <c r="G218" t="s">
-        <v>2020</v>
+        <v>2031</v>
       </c>
       <c r="H218" t="s">
-        <v>2021</v>
+        <v>2032</v>
       </c>
       <c r="I218" t="s">
-        <v>2022</v>
+        <v>2033</v>
       </c>
       <c r="J218" t="s">
         <v>24</v>
       </c>
       <c r="K218" t="s">
-        <v>59</v>
+        <v>170</v>
       </c>
       <c r="L218" t="s">
         <v>26</v>
       </c>
       <c r="M218" t="s">
-        <v>61</v>
+        <v>171</v>
       </c>
       <c r="N218" t="s">
         <v>28</v>
       </c>
       <c r="O218" t="s">
-        <v>2023</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="219" spans="1:15">
       <c r="A219">
-        <v>5516</v>
+        <v>5437</v>
       </c>
       <c r="B219" t="s">
-        <v>2024</v>
+        <v>2035</v>
       </c>
       <c r="C219" t="s">
-        <v>2025</v>
+        <v>2036</v>
       </c>
       <c r="D219" t="s">
-        <v>2026</v>
+        <v>2037</v>
       </c>
       <c r="E219" t="s">
-        <v>2027</v>
+        <v>2038</v>
       </c>
       <c r="F219" t="s">
-        <v>2028</v>
+        <v>2039</v>
       </c>
       <c r="G219" t="s">
-        <v>2029</v>
+        <v>2040</v>
       </c>
       <c r="H219" t="s">
-        <v>2030</v>
+        <v>2041</v>
       </c>
       <c r="I219" t="s">
-        <v>2031</v>
+        <v>2042</v>
       </c>
       <c r="J219" t="s">
         <v>24</v>
       </c>
       <c r="K219" t="s">
         <v>25</v>
       </c>
       <c r="L219" t="s">
         <v>26</v>
       </c>
       <c r="M219" t="s">
         <v>27</v>
       </c>
       <c r="N219" t="s">
         <v>28</v>
       </c>
       <c r="O219" t="s">
-        <v>2032</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="220" spans="1:15">
       <c r="A220">
-        <v>5517</v>
+        <v>5439</v>
       </c>
       <c r="B220" t="s">
-        <v>2033</v>
+        <v>2044</v>
       </c>
       <c r="C220" t="s">
-        <v>2034</v>
+        <v>2045</v>
       </c>
       <c r="D220" t="s">
-        <v>2035</v>
+        <v>2046</v>
       </c>
       <c r="E220" t="s">
-        <v>2036</v>
+        <v>2047</v>
       </c>
       <c r="F220" t="s">
-        <v>2037</v>
+        <v>2048</v>
       </c>
       <c r="G220" t="s">
-        <v>2038</v>
+        <v>2049</v>
       </c>
       <c r="H220" t="s">
-        <v>2039</v>
+        <v>2050</v>
       </c>
       <c r="I220" t="s">
-        <v>2040</v>
+        <v>2051</v>
       </c>
       <c r="J220" t="s">
         <v>24</v>
       </c>
       <c r="K220" t="s">
         <v>25</v>
       </c>
       <c r="L220" t="s">
         <v>26</v>
       </c>
       <c r="M220" t="s">
         <v>27</v>
       </c>
       <c r="N220" t="s">
         <v>28</v>
       </c>
       <c r="O220" t="s">
-        <v>2041</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="221" spans="1:15">
       <c r="A221">
-        <v>5518</v>
+        <v>5456</v>
       </c>
       <c r="B221" t="s">
-        <v>2042</v>
+        <v>2053</v>
       </c>
       <c r="C221" t="s">
-        <v>2043</v>
+        <v>2054</v>
       </c>
       <c r="D221" t="s">
-        <v>2044</v>
+        <v>2055</v>
       </c>
       <c r="E221" t="s">
-        <v>2045</v>
+        <v>2056</v>
       </c>
       <c r="F221" t="s">
-        <v>2046</v>
+        <v>2057</v>
       </c>
       <c r="G221" t="s">
-        <v>2047</v>
+        <v>2058</v>
       </c>
       <c r="H221" t="s">
-        <v>2048</v>
+        <v>2059</v>
       </c>
       <c r="I221" t="s">
-        <v>2049</v>
+        <v>2060</v>
       </c>
       <c r="J221" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K221" t="s">
-        <v>25</v>
+        <v>1392</v>
       </c>
       <c r="L221" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M221" t="s">
-        <v>27</v>
+        <v>1394</v>
       </c>
       <c r="N221" t="s">
         <v>28</v>
       </c>
       <c r="O221" t="s">
-        <v>2050</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="222" spans="1:15">
       <c r="A222">
-        <v>5520</v>
+        <v>5474</v>
       </c>
       <c r="B222" t="s">
-        <v>2051</v>
+        <v>2062</v>
       </c>
       <c r="C222" t="s">
-        <v>2052</v>
+        <v>2063</v>
       </c>
       <c r="D222" t="s">
-        <v>2053</v>
+        <v>2064</v>
       </c>
       <c r="E222" t="s">
-        <v>2054</v>
+        <v>2065</v>
       </c>
       <c r="F222" t="s">
-        <v>2055</v>
+        <v>2066</v>
       </c>
       <c r="G222" t="s">
-        <v>2056</v>
+        <v>2067</v>
       </c>
       <c r="H222" t="s">
-        <v>2057</v>
+        <v>2068</v>
       </c>
       <c r="I222" t="s">
-        <v>2058</v>
+        <v>2069</v>
       </c>
       <c r="J222" t="s">
         <v>24</v>
       </c>
       <c r="K222" t="s">
-        <v>1111</v>
+        <v>25</v>
       </c>
       <c r="L222" t="s">
         <v>26</v>
       </c>
       <c r="M222" t="s">
-        <v>1112</v>
+        <v>27</v>
       </c>
       <c r="N222" t="s">
         <v>28</v>
       </c>
       <c r="O222" t="s">
-        <v>2059</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="223" spans="1:15">
       <c r="A223">
-        <v>5545</v>
+        <v>5475</v>
       </c>
       <c r="B223" t="s">
-        <v>2060</v>
+        <v>2071</v>
       </c>
       <c r="C223" t="s">
-        <v>2061</v>
+        <v>2072</v>
       </c>
       <c r="D223" t="s">
-        <v>2062</v>
+        <v>2073</v>
       </c>
       <c r="E223" t="s">
-        <v>2063</v>
+        <v>2074</v>
       </c>
       <c r="F223" t="s">
-        <v>2064</v>
+        <v>2075</v>
       </c>
       <c r="G223" t="s">
-        <v>2065</v>
+        <v>2076</v>
       </c>
       <c r="H223" t="s">
-        <v>2066</v>
+        <v>2077</v>
       </c>
       <c r="I223" t="s">
-        <v>2067</v>
+        <v>2078</v>
       </c>
       <c r="J223" t="s">
         <v>24</v>
       </c>
       <c r="K223" t="s">
         <v>170</v>
       </c>
       <c r="L223" t="s">
         <v>26</v>
       </c>
       <c r="M223" t="s">
         <v>171</v>
       </c>
       <c r="N223" t="s">
         <v>28</v>
       </c>
       <c r="O223" t="s">
-        <v>2068</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="224" spans="1:15">
       <c r="A224">
-        <v>5657</v>
+        <v>5476</v>
       </c>
       <c r="B224" t="s">
-        <v>2069</v>
+        <v>2080</v>
       </c>
       <c r="C224" t="s">
-        <v>2070</v>
+        <v>2081</v>
       </c>
       <c r="D224" t="s">
-        <v>2071</v>
+        <v>2082</v>
       </c>
       <c r="E224" t="s">
-        <v>2072</v>
+        <v>2083</v>
       </c>
       <c r="F224" t="s">
-        <v>2073</v>
+        <v>2084</v>
       </c>
       <c r="G224" t="s">
-        <v>2074</v>
+        <v>2085</v>
       </c>
       <c r="H224" t="s">
-        <v>2075</v>
+        <v>2086</v>
       </c>
       <c r="I224" t="s">
-        <v>2076</v>
+        <v>2087</v>
       </c>
       <c r="J224" t="s">
-        <v>24</v>
+        <v>2088</v>
       </c>
       <c r="K224" t="s">
-        <v>25</v>
+        <v>1111</v>
       </c>
       <c r="L224" t="s">
-        <v>26</v>
+        <v>2089</v>
       </c>
       <c r="M224" t="s">
-        <v>27</v>
+        <v>1112</v>
       </c>
       <c r="N224" t="s">
         <v>28</v>
       </c>
       <c r="O224" t="s">
-        <v>2077</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="225" spans="1:15">
       <c r="A225">
-        <v>5733</v>
+        <v>5478</v>
       </c>
       <c r="B225" t="s">
-        <v>2078</v>
+        <v>2091</v>
       </c>
       <c r="C225" t="s">
-        <v>2079</v>
+        <v>2092</v>
       </c>
       <c r="D225" t="s">
-        <v>2080</v>
+        <v>2093</v>
       </c>
       <c r="E225" t="s">
-        <v>2081</v>
+        <v>2094</v>
       </c>
       <c r="F225" t="s">
-        <v>2082</v>
+        <v>2095</v>
       </c>
       <c r="G225" t="s">
-        <v>2083</v>
+        <v>2096</v>
       </c>
       <c r="H225" t="s">
-        <v>2084</v>
+        <v>2097</v>
       </c>
       <c r="I225" t="s">
-        <v>2085</v>
+        <v>2098</v>
       </c>
       <c r="J225" t="s">
         <v>24</v>
       </c>
       <c r="K225" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L225" t="s">
         <v>26</v>
       </c>
       <c r="M225" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N225" t="s">
         <v>28</v>
       </c>
       <c r="O225" t="s">
-        <v>2086</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="226" spans="1:15">
       <c r="A226">
-        <v>5787</v>
+        <v>5493</v>
       </c>
       <c r="B226" t="s">
-        <v>2087</v>
+        <v>2100</v>
       </c>
       <c r="C226" t="s">
-        <v>2088</v>
+        <v>2101</v>
       </c>
       <c r="D226" t="s">
-        <v>2089</v>
+        <v>2102</v>
       </c>
       <c r="E226" t="s">
-        <v>2090</v>
+        <v>2103</v>
       </c>
       <c r="F226" t="s">
-        <v>2091</v>
+        <v>2104</v>
       </c>
       <c r="G226" t="s">
-        <v>2092</v>
+        <v>2105</v>
       </c>
       <c r="H226" t="s">
-        <v>2093</v>
+        <v>2106</v>
       </c>
       <c r="I226" t="s">
-        <v>2094</v>
+        <v>2107</v>
       </c>
       <c r="J226" t="s">
         <v>24</v>
       </c>
       <c r="K226" t="s">
         <v>170</v>
       </c>
       <c r="L226" t="s">
         <v>26</v>
       </c>
       <c r="M226" t="s">
         <v>171</v>
       </c>
       <c r="N226" t="s">
         <v>28</v>
       </c>
       <c r="O226" t="s">
-        <v>2095</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="227" spans="1:15">
       <c r="A227">
-        <v>5792</v>
+        <v>5496</v>
       </c>
       <c r="B227" t="s">
-        <v>2096</v>
+        <v>2109</v>
       </c>
       <c r="C227" t="s">
-        <v>2097</v>
+        <v>2110</v>
       </c>
       <c r="D227" t="s">
-        <v>2098</v>
+        <v>2111</v>
       </c>
       <c r="E227" t="s">
-        <v>2099</v>
+        <v>2112</v>
       </c>
       <c r="F227" t="s">
-        <v>2100</v>
+        <v>2113</v>
       </c>
       <c r="G227" t="s">
-        <v>2101</v>
+        <v>2114</v>
       </c>
       <c r="H227" t="s">
-        <v>2102</v>
+        <v>2115</v>
       </c>
       <c r="I227" t="s">
-        <v>2103</v>
+        <v>2116</v>
       </c>
       <c r="J227" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K227" t="s">
-        <v>442</v>
+        <v>274</v>
       </c>
       <c r="L227" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M227" t="s">
-        <v>444</v>
+        <v>276</v>
       </c>
       <c r="N227" t="s">
         <v>28</v>
       </c>
       <c r="O227" t="s">
-        <v>2104</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="228" spans="1:15">
       <c r="A228">
-        <v>5794</v>
+        <v>5502</v>
       </c>
       <c r="B228" t="s">
-        <v>2105</v>
+        <v>2118</v>
       </c>
       <c r="C228" t="s">
-        <v>2106</v>
+        <v>2119</v>
       </c>
       <c r="D228" t="s">
-        <v>2107</v>
+        <v>2120</v>
       </c>
       <c r="E228" t="s">
-        <v>2108</v>
+        <v>2121</v>
       </c>
       <c r="F228" t="s">
-        <v>2109</v>
+        <v>2122</v>
       </c>
       <c r="G228" t="s">
-        <v>2110</v>
+        <v>2123</v>
       </c>
       <c r="H228" t="s">
-        <v>2111</v>
+        <v>2124</v>
       </c>
       <c r="I228" t="s">
-        <v>2112</v>
+        <v>2125</v>
       </c>
       <c r="J228" t="s">
         <v>24</v>
       </c>
       <c r="K228" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L228" t="s">
         <v>26</v>
       </c>
       <c r="M228" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N228" t="s">
         <v>28</v>
       </c>
       <c r="O228" t="s">
-        <v>2113</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="229" spans="1:15">
       <c r="A229">
-        <v>5795</v>
+        <v>5503</v>
       </c>
       <c r="B229" t="s">
-        <v>2114</v>
+        <v>2127</v>
       </c>
       <c r="C229" t="s">
-        <v>2115</v>
+        <v>2128</v>
       </c>
       <c r="D229" t="s">
-        <v>2116</v>
+        <v>2129</v>
       </c>
       <c r="E229" t="s">
-        <v>2117</v>
+        <v>2130</v>
       </c>
       <c r="F229" t="s">
-        <v>2118</v>
+        <v>2131</v>
       </c>
       <c r="G229" t="s">
-        <v>2119</v>
+        <v>2132</v>
       </c>
       <c r="H229" t="s">
-        <v>2120</v>
+        <v>2133</v>
       </c>
       <c r="I229" t="s">
-        <v>2121</v>
+        <v>2134</v>
       </c>
       <c r="J229" t="s">
         <v>24</v>
       </c>
       <c r="K229" t="s">
         <v>47</v>
       </c>
       <c r="L229" t="s">
         <v>26</v>
       </c>
       <c r="M229" t="s">
         <v>48</v>
       </c>
       <c r="N229" t="s">
         <v>28</v>
       </c>
       <c r="O229" t="s">
-        <v>2122</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="230" spans="1:15">
       <c r="A230">
-        <v>5796</v>
+        <v>5504</v>
       </c>
       <c r="B230" t="s">
-        <v>2123</v>
+        <v>2136</v>
       </c>
       <c r="C230" t="s">
-        <v>2124</v>
+        <v>2137</v>
       </c>
       <c r="D230" t="s">
-        <v>2125</v>
+        <v>2138</v>
       </c>
       <c r="E230" t="s">
-        <v>2126</v>
+        <v>2139</v>
       </c>
       <c r="F230" t="s">
-        <v>2127</v>
+        <v>2140</v>
       </c>
       <c r="G230" t="s">
-        <v>2128</v>
+        <v>2141</v>
       </c>
       <c r="H230" t="s">
-        <v>2129</v>
+        <v>2142</v>
       </c>
       <c r="I230" t="s">
-        <v>2130</v>
+        <v>2143</v>
       </c>
       <c r="J230" t="s">
         <v>24</v>
       </c>
       <c r="K230" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L230" t="s">
         <v>26</v>
       </c>
       <c r="M230" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N230" t="s">
         <v>28</v>
       </c>
       <c r="O230" t="s">
-        <v>2131</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="231" spans="1:15">
       <c r="A231">
-        <v>5798</v>
+        <v>5507</v>
       </c>
       <c r="B231" t="s">
-        <v>2132</v>
+        <v>2145</v>
       </c>
       <c r="C231" t="s">
-        <v>2133</v>
+        <v>2146</v>
       </c>
       <c r="D231" t="s">
-        <v>2134</v>
+        <v>2147</v>
       </c>
       <c r="E231" t="s">
-        <v>2135</v>
+        <v>2148</v>
       </c>
       <c r="F231" t="s">
-        <v>2136</v>
+        <v>2149</v>
       </c>
       <c r="G231" t="s">
-        <v>2137</v>
+        <v>2150</v>
       </c>
       <c r="H231" t="s">
-        <v>2138</v>
+        <v>2151</v>
       </c>
       <c r="I231" t="s">
-        <v>2139</v>
+        <v>2152</v>
       </c>
       <c r="J231" t="s">
         <v>24</v>
       </c>
       <c r="K231" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L231" t="s">
         <v>26</v>
       </c>
       <c r="M231" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N231" t="s">
         <v>28</v>
       </c>
       <c r="O231" t="s">
-        <v>2140</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="232" spans="1:15">
       <c r="A232">
-        <v>5799</v>
+        <v>5509</v>
       </c>
       <c r="B232" t="s">
-        <v>2141</v>
+        <v>2154</v>
       </c>
       <c r="C232" t="s">
-        <v>2142</v>
+        <v>2155</v>
       </c>
       <c r="D232" t="s">
-        <v>2143</v>
+        <v>2156</v>
       </c>
       <c r="E232" t="s">
-        <v>2144</v>
+        <v>2157</v>
       </c>
       <c r="F232" t="s">
-        <v>2145</v>
+        <v>2158</v>
       </c>
       <c r="G232" t="s">
-        <v>2146</v>
+        <v>2159</v>
       </c>
       <c r="H232" t="s">
-        <v>2147</v>
+        <v>2160</v>
       </c>
       <c r="I232" t="s">
-        <v>2148</v>
+        <v>2161</v>
       </c>
       <c r="J232" t="s">
-        <v>1494</v>
+        <v>441</v>
       </c>
       <c r="K232" t="s">
-        <v>860</v>
+        <v>1111</v>
       </c>
       <c r="L232" t="s">
-        <v>1496</v>
+        <v>443</v>
       </c>
       <c r="M232" t="s">
-        <v>861</v>
+        <v>1112</v>
       </c>
       <c r="N232" t="s">
         <v>28</v>
       </c>
       <c r="O232" t="s">
-        <v>2149</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="233" spans="1:15">
       <c r="A233">
-        <v>5803</v>
+        <v>5512</v>
       </c>
       <c r="B233" t="s">
-        <v>2150</v>
+        <v>2163</v>
       </c>
       <c r="C233" t="s">
-        <v>2151</v>
+        <v>2164</v>
       </c>
       <c r="D233" t="s">
-        <v>2152</v>
+        <v>2165</v>
       </c>
       <c r="E233" t="s">
-        <v>2153</v>
+        <v>2166</v>
       </c>
       <c r="F233" t="s">
-        <v>2154</v>
+        <v>2167</v>
       </c>
       <c r="G233" t="s">
-        <v>2155</v>
+        <v>2168</v>
       </c>
       <c r="H233" t="s">
-        <v>2156</v>
+        <v>2169</v>
       </c>
       <c r="I233" t="s">
-        <v>2157</v>
+        <v>2170</v>
       </c>
       <c r="J233" t="s">
         <v>24</v>
       </c>
       <c r="K233" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L233" t="s">
         <v>26</v>
       </c>
       <c r="M233" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N233" t="s">
         <v>28</v>
       </c>
       <c r="O233" t="s">
-        <v>2158</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="234" spans="1:15">
       <c r="A234">
-        <v>5805</v>
+        <v>5514</v>
       </c>
       <c r="B234" t="s">
-        <v>2159</v>
+        <v>2172</v>
       </c>
       <c r="C234" t="s">
-        <v>2160</v>
+        <v>2173</v>
       </c>
       <c r="D234" t="s">
-        <v>2161</v>
+        <v>2174</v>
       </c>
       <c r="E234" t="s">
-        <v>2162</v>
+        <v>2175</v>
       </c>
       <c r="F234" t="s">
-        <v>2163</v>
+        <v>2176</v>
       </c>
       <c r="G234" t="s">
-        <v>2164</v>
+        <v>2177</v>
       </c>
       <c r="H234" t="s">
-        <v>2165</v>
+        <v>2178</v>
       </c>
       <c r="I234" t="s">
-        <v>2166</v>
+        <v>2179</v>
       </c>
       <c r="J234" t="s">
         <v>24</v>
       </c>
       <c r="K234" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="L234" t="s">
         <v>26</v>
       </c>
       <c r="M234" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="N234" t="s">
         <v>28</v>
       </c>
       <c r="O234" t="s">
-        <v>2167</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="235" spans="1:15">
       <c r="A235">
-        <v>5808</v>
+        <v>5516</v>
       </c>
       <c r="B235" t="s">
-        <v>2168</v>
+        <v>2181</v>
       </c>
       <c r="C235" t="s">
-        <v>2169</v>
+        <v>2182</v>
       </c>
       <c r="D235" t="s">
-        <v>2170</v>
+        <v>2183</v>
       </c>
       <c r="E235" t="s">
-        <v>2171</v>
+        <v>2184</v>
       </c>
       <c r="F235" t="s">
-        <v>2172</v>
+        <v>2185</v>
       </c>
       <c r="G235" t="s">
-        <v>2173</v>
+        <v>2186</v>
       </c>
       <c r="H235" t="s">
-        <v>2174</v>
+        <v>2187</v>
       </c>
       <c r="I235" t="s">
-        <v>2175</v>
+        <v>2188</v>
       </c>
       <c r="J235" t="s">
         <v>24</v>
       </c>
       <c r="K235" t="s">
         <v>25</v>
       </c>
       <c r="L235" t="s">
         <v>26</v>
       </c>
       <c r="M235" t="s">
         <v>27</v>
       </c>
       <c r="N235" t="s">
         <v>28</v>
       </c>
       <c r="O235" t="s">
-        <v>2176</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="236" spans="1:15">
       <c r="A236">
-        <v>5811</v>
+        <v>5517</v>
       </c>
       <c r="B236" t="s">
-        <v>2177</v>
+        <v>2190</v>
       </c>
       <c r="C236" t="s">
-        <v>2178</v>
+        <v>2191</v>
       </c>
       <c r="D236" t="s">
-        <v>2179</v>
+        <v>2192</v>
       </c>
       <c r="E236" t="s">
-        <v>2180</v>
+        <v>2193</v>
       </c>
       <c r="F236" t="s">
-        <v>2181</v>
+        <v>2194</v>
       </c>
       <c r="G236" t="s">
-        <v>2182</v>
+        <v>2195</v>
       </c>
       <c r="H236" t="s">
-        <v>2183</v>
+        <v>2196</v>
       </c>
       <c r="I236" t="s">
-        <v>2184</v>
+        <v>2197</v>
       </c>
       <c r="J236" t="s">
         <v>24</v>
       </c>
       <c r="K236" t="s">
         <v>25</v>
       </c>
       <c r="L236" t="s">
         <v>26</v>
       </c>
       <c r="M236" t="s">
         <v>27</v>
       </c>
       <c r="N236" t="s">
         <v>28</v>
       </c>
       <c r="O236" t="s">
-        <v>2185</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="237" spans="1:15">
       <c r="A237">
-        <v>5819</v>
+        <v>5518</v>
       </c>
       <c r="B237" t="s">
-        <v>2186</v>
+        <v>2199</v>
       </c>
       <c r="C237" t="s">
-        <v>2187</v>
+        <v>2200</v>
       </c>
       <c r="D237" t="s">
-        <v>2188</v>
+        <v>2201</v>
       </c>
       <c r="E237" t="s">
-        <v>2189</v>
+        <v>2202</v>
       </c>
       <c r="F237" t="s">
-        <v>2190</v>
+        <v>2203</v>
       </c>
       <c r="G237" t="s">
-        <v>2191</v>
+        <v>2204</v>
       </c>
       <c r="H237" t="s">
-        <v>2192</v>
+        <v>2205</v>
       </c>
       <c r="I237" t="s">
-        <v>2193</v>
+        <v>2206</v>
       </c>
       <c r="J237" t="s">
         <v>24</v>
       </c>
       <c r="K237" t="s">
         <v>25</v>
       </c>
       <c r="L237" t="s">
         <v>26</v>
       </c>
       <c r="M237" t="s">
         <v>27</v>
       </c>
       <c r="N237" t="s">
         <v>28</v>
       </c>
       <c r="O237" t="s">
-        <v>2194</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="238" spans="1:15">
       <c r="A238">
-        <v>5830</v>
+        <v>5520</v>
       </c>
       <c r="B238" t="s">
-        <v>2195</v>
+        <v>2208</v>
       </c>
       <c r="C238" t="s">
-        <v>2196</v>
+        <v>2209</v>
       </c>
       <c r="D238" t="s">
-        <v>2197</v>
+        <v>2210</v>
       </c>
       <c r="E238" t="s">
-        <v>2198</v>
+        <v>2211</v>
       </c>
       <c r="F238" t="s">
-        <v>2199</v>
+        <v>2212</v>
       </c>
       <c r="G238" t="s">
-        <v>2200</v>
+        <v>2213</v>
       </c>
       <c r="H238" t="s">
-        <v>2201</v>
+        <v>2214</v>
       </c>
       <c r="I238" t="s">
-        <v>2202</v>
+        <v>2215</v>
       </c>
       <c r="J238" t="s">
         <v>24</v>
       </c>
       <c r="K238" t="s">
-        <v>25</v>
+        <v>1111</v>
       </c>
       <c r="L238" t="s">
         <v>26</v>
       </c>
       <c r="M238" t="s">
-        <v>27</v>
+        <v>1112</v>
       </c>
       <c r="N238" t="s">
         <v>28</v>
       </c>
       <c r="O238" t="s">
-        <v>2203</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="239" spans="1:15">
       <c r="A239">
-        <v>5863</v>
+        <v>5545</v>
       </c>
       <c r="B239" t="s">
-        <v>2204</v>
+        <v>2217</v>
       </c>
       <c r="C239" t="s">
-        <v>2205</v>
+        <v>2218</v>
       </c>
       <c r="D239" t="s">
-        <v>2206</v>
+        <v>2219</v>
       </c>
       <c r="E239" t="s">
-        <v>2207</v>
+        <v>2220</v>
       </c>
       <c r="F239" t="s">
-        <v>2208</v>
+        <v>2221</v>
       </c>
       <c r="G239" t="s">
-        <v>2209</v>
+        <v>2222</v>
       </c>
       <c r="H239" t="s">
-        <v>2210</v>
+        <v>2223</v>
       </c>
       <c r="I239" t="s">
-        <v>2211</v>
+        <v>2224</v>
       </c>
       <c r="J239" t="s">
         <v>24</v>
       </c>
       <c r="K239" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L239" t="s">
         <v>26</v>
       </c>
       <c r="M239" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N239" t="s">
         <v>28</v>
       </c>
       <c r="O239" t="s">
-        <v>2212</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="240" spans="1:15">
       <c r="A240">
-        <v>5866</v>
+        <v>5657</v>
       </c>
       <c r="B240" t="s">
-        <v>2213</v>
+        <v>2226</v>
       </c>
       <c r="C240" t="s">
-        <v>2214</v>
+        <v>2227</v>
       </c>
       <c r="D240" t="s">
-        <v>2215</v>
+        <v>2228</v>
       </c>
       <c r="E240" t="s">
-        <v>2216</v>
+        <v>2229</v>
       </c>
       <c r="F240" t="s">
-        <v>2217</v>
+        <v>2230</v>
       </c>
       <c r="G240" t="s">
-        <v>2218</v>
+        <v>2231</v>
       </c>
       <c r="H240" t="s">
-        <v>2219</v>
+        <v>2232</v>
       </c>
       <c r="I240" t="s">
-        <v>2220</v>
+        <v>2233</v>
       </c>
       <c r="J240" t="s">
         <v>24</v>
       </c>
       <c r="K240" t="s">
         <v>25</v>
       </c>
       <c r="L240" t="s">
         <v>26</v>
       </c>
       <c r="M240" t="s">
         <v>27</v>
       </c>
       <c r="N240" t="s">
         <v>28</v>
       </c>
       <c r="O240" t="s">
-        <v>2221</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="241" spans="1:15">
       <c r="A241">
-        <v>5907</v>
+        <v>5733</v>
       </c>
       <c r="B241" t="s">
-        <v>2222</v>
+        <v>2235</v>
       </c>
       <c r="C241" t="s">
-        <v>2223</v>
+        <v>2236</v>
       </c>
       <c r="D241" t="s">
-        <v>2224</v>
+        <v>2237</v>
       </c>
       <c r="E241" t="s">
-        <v>2225</v>
+        <v>2238</v>
       </c>
       <c r="F241" t="s">
-        <v>2226</v>
+        <v>2239</v>
       </c>
       <c r="G241" t="s">
-        <v>2227</v>
+        <v>2240</v>
       </c>
       <c r="H241" t="s">
-        <v>2228</v>
+        <v>2241</v>
       </c>
       <c r="I241" t="s">
-        <v>2229</v>
+        <v>2242</v>
       </c>
       <c r="J241" t="s">
         <v>24</v>
       </c>
       <c r="K241" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L241" t="s">
         <v>26</v>
       </c>
       <c r="M241" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N241" t="s">
         <v>28</v>
       </c>
       <c r="O241" t="s">
-        <v>2230</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="242" spans="1:15">
       <c r="A242">
-        <v>5913</v>
+        <v>5787</v>
       </c>
       <c r="B242" t="s">
-        <v>2231</v>
+        <v>2244</v>
       </c>
       <c r="C242" t="s">
-        <v>2232</v>
+        <v>2245</v>
       </c>
       <c r="D242" t="s">
-        <v>2233</v>
+        <v>2246</v>
       </c>
       <c r="E242" t="s">
-        <v>2234</v>
+        <v>2247</v>
       </c>
       <c r="F242" t="s">
-        <v>2235</v>
+        <v>2248</v>
       </c>
       <c r="G242" t="s">
-        <v>2236</v>
+        <v>2249</v>
       </c>
       <c r="H242" t="s">
-        <v>2237</v>
+        <v>2250</v>
       </c>
       <c r="I242" t="s">
-        <v>2238</v>
+        <v>2251</v>
       </c>
       <c r="J242" t="s">
         <v>24</v>
       </c>
       <c r="K242" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L242" t="s">
         <v>26</v>
       </c>
       <c r="M242" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N242" t="s">
         <v>28</v>
       </c>
       <c r="O242" t="s">
-        <v>2239</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="243" spans="1:15">
       <c r="A243">
-        <v>5927</v>
+        <v>5792</v>
       </c>
       <c r="B243" t="s">
-        <v>2240</v>
+        <v>2253</v>
       </c>
       <c r="C243" t="s">
-        <v>2241</v>
+        <v>2254</v>
       </c>
       <c r="D243" t="s">
-        <v>2242</v>
+        <v>2255</v>
       </c>
       <c r="E243" t="s">
-        <v>2243</v>
+        <v>2256</v>
       </c>
       <c r="F243" t="s">
-        <v>2244</v>
+        <v>2257</v>
       </c>
       <c r="G243" t="s">
-        <v>2245</v>
+        <v>2258</v>
       </c>
       <c r="H243" t="s">
-        <v>2246</v>
+        <v>2259</v>
       </c>
       <c r="I243" t="s">
-        <v>2247</v>
+        <v>2260</v>
       </c>
       <c r="J243" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K243" t="s">
-        <v>59</v>
+        <v>442</v>
       </c>
       <c r="L243" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M243" t="s">
-        <v>61</v>
+        <v>444</v>
       </c>
       <c r="N243" t="s">
         <v>28</v>
       </c>
       <c r="O243" t="s">
-        <v>2248</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="244" spans="1:15">
       <c r="A244">
-        <v>5928</v>
+        <v>5794</v>
       </c>
       <c r="B244" t="s">
-        <v>2249</v>
+        <v>2262</v>
       </c>
       <c r="C244" t="s">
-        <v>2250</v>
+        <v>2263</v>
       </c>
       <c r="D244" t="s">
-        <v>2251</v>
+        <v>2264</v>
       </c>
       <c r="E244" t="s">
-        <v>2252</v>
+        <v>2265</v>
       </c>
       <c r="F244" t="s">
-        <v>2253</v>
+        <v>2266</v>
       </c>
       <c r="G244" t="s">
-        <v>2254</v>
+        <v>2267</v>
       </c>
       <c r="H244" t="s">
-        <v>2255</v>
+        <v>2268</v>
       </c>
       <c r="I244" t="s">
-        <v>2256</v>
+        <v>2269</v>
       </c>
       <c r="J244" t="s">
-        <v>2257</v>
+        <v>24</v>
       </c>
       <c r="K244" t="s">
-        <v>2258</v>
+        <v>170</v>
       </c>
       <c r="L244" t="s">
-        <v>2259</v>
+        <v>26</v>
       </c>
       <c r="M244" t="s">
-        <v>2260</v>
+        <v>171</v>
       </c>
       <c r="N244" t="s">
         <v>28</v>
       </c>
       <c r="O244" t="s">
-        <v>2261</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="245" spans="1:15">
       <c r="A245">
-        <v>5931</v>
+        <v>5795</v>
       </c>
       <c r="B245" t="s">
-        <v>2262</v>
+        <v>2271</v>
       </c>
       <c r="C245" t="s">
-        <v>2263</v>
+        <v>2272</v>
       </c>
       <c r="D245" t="s">
-        <v>2264</v>
+        <v>2273</v>
       </c>
       <c r="E245" t="s">
-        <v>2265</v>
+        <v>2274</v>
       </c>
       <c r="F245" t="s">
-        <v>2266</v>
+        <v>2275</v>
       </c>
       <c r="G245" t="s">
-        <v>2267</v>
+        <v>2276</v>
       </c>
       <c r="H245" t="s">
-        <v>2268</v>
+        <v>2277</v>
       </c>
       <c r="I245" t="s">
-        <v>2269</v>
+        <v>2278</v>
       </c>
       <c r="J245" t="s">
         <v>24</v>
       </c>
       <c r="K245" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L245" t="s">
         <v>26</v>
       </c>
       <c r="M245" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N245" t="s">
         <v>28</v>
       </c>
       <c r="O245" t="s">
-        <v>2270</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="246" spans="1:15">
       <c r="A246">
-        <v>5932</v>
+        <v>5796</v>
       </c>
       <c r="B246" t="s">
-        <v>2271</v>
+        <v>2280</v>
       </c>
       <c r="C246" t="s">
-        <v>2272</v>
+        <v>2281</v>
       </c>
       <c r="D246" t="s">
-        <v>2273</v>
+        <v>2282</v>
       </c>
       <c r="E246" t="s">
-        <v>2274</v>
+        <v>2283</v>
       </c>
       <c r="F246" t="s">
-        <v>2275</v>
+        <v>2284</v>
       </c>
       <c r="G246" t="s">
-        <v>2276</v>
+        <v>2285</v>
       </c>
       <c r="H246" t="s">
-        <v>2277</v>
+        <v>2286</v>
       </c>
       <c r="I246" t="s">
-        <v>2278</v>
+        <v>2287</v>
       </c>
       <c r="J246" t="s">
         <v>24</v>
       </c>
       <c r="K246" t="s">
         <v>170</v>
       </c>
       <c r="L246" t="s">
         <v>26</v>
       </c>
       <c r="M246" t="s">
         <v>171</v>
       </c>
       <c r="N246" t="s">
         <v>28</v>
       </c>
       <c r="O246" t="s">
-        <v>2279</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="247" spans="1:15">
       <c r="A247">
-        <v>5934</v>
+        <v>5798</v>
       </c>
       <c r="B247" t="s">
-        <v>2280</v>
+        <v>2289</v>
       </c>
       <c r="C247" t="s">
-        <v>2281</v>
+        <v>2290</v>
       </c>
       <c r="D247" t="s">
-        <v>2282</v>
+        <v>2291</v>
       </c>
       <c r="E247" t="s">
-        <v>2283</v>
+        <v>2292</v>
       </c>
       <c r="F247" t="s">
-        <v>2284</v>
+        <v>2293</v>
       </c>
       <c r="G247" t="s">
-        <v>2285</v>
+        <v>2294</v>
       </c>
       <c r="H247" t="s">
-        <v>2286</v>
+        <v>2295</v>
       </c>
       <c r="I247" t="s">
-        <v>2287</v>
+        <v>2296</v>
       </c>
       <c r="J247" t="s">
         <v>24</v>
       </c>
       <c r="K247" t="s">
         <v>170</v>
       </c>
       <c r="L247" t="s">
         <v>26</v>
       </c>
       <c r="M247" t="s">
         <v>171</v>
       </c>
       <c r="N247" t="s">
         <v>28</v>
       </c>
       <c r="O247" t="s">
-        <v>2288</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="248" spans="1:15">
       <c r="A248">
-        <v>5953</v>
+        <v>5799</v>
       </c>
       <c r="B248" t="s">
-        <v>2289</v>
+        <v>2298</v>
       </c>
       <c r="C248" t="s">
-        <v>2290</v>
+        <v>2299</v>
       </c>
       <c r="D248" t="s">
-        <v>2291</v>
+        <v>2300</v>
       </c>
       <c r="E248" t="s">
-        <v>2292</v>
+        <v>2301</v>
       </c>
       <c r="F248" t="s">
-        <v>2293</v>
+        <v>2302</v>
       </c>
       <c r="G248" t="s">
-        <v>2294</v>
+        <v>2303</v>
       </c>
       <c r="H248" t="s">
-        <v>2295</v>
+        <v>2304</v>
       </c>
       <c r="I248" t="s">
-        <v>2296</v>
+        <v>2305</v>
       </c>
       <c r="J248" t="s">
-        <v>24</v>
+        <v>1615</v>
       </c>
       <c r="K248" t="s">
-        <v>25</v>
+        <v>860</v>
       </c>
       <c r="L248" t="s">
-        <v>26</v>
+        <v>1617</v>
       </c>
       <c r="M248" t="s">
-        <v>27</v>
+        <v>861</v>
       </c>
       <c r="N248" t="s">
         <v>28</v>
       </c>
       <c r="O248" t="s">
-        <v>2297</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="249" spans="1:15">
       <c r="A249">
-        <v>5981</v>
+        <v>5803</v>
       </c>
       <c r="B249" t="s">
-        <v>2298</v>
+        <v>2307</v>
       </c>
       <c r="C249" t="s">
-        <v>2299</v>
+        <v>2308</v>
       </c>
       <c r="D249" t="s">
-        <v>2300</v>
+        <v>2309</v>
       </c>
       <c r="E249" t="s">
-        <v>2301</v>
+        <v>2310</v>
       </c>
       <c r="F249" t="s">
-        <v>2302</v>
+        <v>2311</v>
       </c>
       <c r="G249" t="s">
-        <v>2303</v>
+        <v>2312</v>
       </c>
       <c r="H249" t="s">
-        <v>2304</v>
+        <v>2313</v>
       </c>
       <c r="I249" t="s">
-        <v>2305</v>
+        <v>2314</v>
       </c>
       <c r="J249" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K249" t="s">
-        <v>2306</v>
+        <v>25</v>
       </c>
       <c r="L249" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M249" t="s">
-        <v>2307</v>
+        <v>27</v>
       </c>
       <c r="N249" t="s">
         <v>28</v>
       </c>
       <c r="O249" t="s">
-        <v>2308</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="250" spans="1:15">
       <c r="A250">
-        <v>5986</v>
+        <v>5805</v>
       </c>
       <c r="B250" t="s">
-        <v>2309</v>
+        <v>2316</v>
       </c>
       <c r="C250" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="D250" t="s">
-        <v>2311</v>
+        <v>2318</v>
       </c>
       <c r="E250" t="s">
-        <v>2312</v>
+        <v>2319</v>
       </c>
       <c r="F250" t="s">
-        <v>2313</v>
+        <v>2320</v>
       </c>
       <c r="G250" t="s">
-        <v>2314</v>
+        <v>2321</v>
       </c>
       <c r="H250" t="s">
-        <v>2315</v>
+        <v>2322</v>
       </c>
       <c r="I250" t="s">
-        <v>2316</v>
+        <v>2323</v>
       </c>
       <c r="J250" t="s">
         <v>24</v>
       </c>
       <c r="K250" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L250" t="s">
         <v>26</v>
       </c>
       <c r="M250" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N250" t="s">
         <v>28</v>
       </c>
       <c r="O250" t="s">
-        <v>2317</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="251" spans="1:15">
       <c r="A251">
-        <v>5989</v>
+        <v>5808</v>
       </c>
       <c r="B251" t="s">
-        <v>2318</v>
+        <v>2325</v>
       </c>
       <c r="C251" t="s">
-        <v>2319</v>
+        <v>2326</v>
       </c>
       <c r="D251" t="s">
-        <v>2320</v>
+        <v>2327</v>
       </c>
       <c r="E251" t="s">
-        <v>2321</v>
+        <v>2328</v>
       </c>
       <c r="F251" t="s">
-        <v>2322</v>
+        <v>2329</v>
       </c>
       <c r="G251" t="s">
-        <v>2323</v>
+        <v>2330</v>
       </c>
       <c r="H251" t="s">
-        <v>2324</v>
+        <v>2331</v>
       </c>
       <c r="I251" t="s">
-        <v>2325</v>
+        <v>2332</v>
       </c>
       <c r="J251" t="s">
         <v>24</v>
       </c>
       <c r="K251" t="s">
-        <v>1646</v>
+        <v>25</v>
       </c>
       <c r="L251" t="s">
         <v>26</v>
       </c>
       <c r="M251" t="s">
-        <v>1647</v>
+        <v>27</v>
       </c>
       <c r="N251" t="s">
         <v>28</v>
       </c>
       <c r="O251" t="s">
-        <v>2326</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="252" spans="1:15">
       <c r="A252">
-        <v>6021</v>
+        <v>5811</v>
       </c>
       <c r="B252" t="s">
-        <v>2327</v>
+        <v>2334</v>
       </c>
       <c r="C252" t="s">
-        <v>2328</v>
+        <v>2335</v>
       </c>
       <c r="D252" t="s">
-        <v>2329</v>
+        <v>2336</v>
       </c>
       <c r="E252" t="s">
-        <v>2330</v>
+        <v>2337</v>
       </c>
       <c r="F252" t="s">
-        <v>2331</v>
+        <v>2338</v>
       </c>
       <c r="G252" t="s">
-        <v>2332</v>
+        <v>2339</v>
       </c>
       <c r="H252" t="s">
-        <v>2333</v>
+        <v>2340</v>
       </c>
       <c r="I252" t="s">
-        <v>2334</v>
+        <v>2341</v>
       </c>
       <c r="J252" t="s">
         <v>24</v>
       </c>
       <c r="K252" t="s">
         <v>25</v>
       </c>
       <c r="L252" t="s">
         <v>26</v>
       </c>
       <c r="M252" t="s">
         <v>27</v>
       </c>
       <c r="N252" t="s">
         <v>28</v>
       </c>
       <c r="O252" t="s">
-        <v>2335</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="253" spans="1:15">
       <c r="A253">
-        <v>6076</v>
+        <v>5819</v>
       </c>
       <c r="B253" t="s">
-        <v>2336</v>
+        <v>2343</v>
       </c>
       <c r="C253" t="s">
-        <v>2337</v>
+        <v>2344</v>
       </c>
       <c r="D253" t="s">
-        <v>2338</v>
+        <v>2345</v>
       </c>
       <c r="E253" t="s">
-        <v>2339</v>
+        <v>2346</v>
       </c>
       <c r="F253" t="s">
-        <v>2340</v>
+        <v>2347</v>
       </c>
       <c r="G253" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="H253" t="s">
-        <v>2342</v>
+        <v>2349</v>
       </c>
       <c r="I253" t="s">
-        <v>2343</v>
+        <v>2350</v>
       </c>
       <c r="J253" t="s">
         <v>24</v>
       </c>
       <c r="K253" t="s">
         <v>25</v>
       </c>
       <c r="L253" t="s">
         <v>26</v>
       </c>
       <c r="M253" t="s">
         <v>27</v>
       </c>
       <c r="N253" t="s">
         <v>28</v>
       </c>
       <c r="O253" t="s">
-        <v>2344</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="254" spans="1:15">
       <c r="A254">
-        <v>6082</v>
+        <v>5830</v>
       </c>
       <c r="B254" t="s">
-        <v>2345</v>
+        <v>2352</v>
       </c>
       <c r="C254" t="s">
-        <v>2346</v>
+        <v>2353</v>
       </c>
       <c r="D254" t="s">
-        <v>2347</v>
+        <v>2354</v>
       </c>
       <c r="E254" t="s">
-        <v>2348</v>
+        <v>2355</v>
       </c>
       <c r="F254" t="s">
-        <v>2349</v>
+        <v>2356</v>
       </c>
       <c r="G254" t="s">
-        <v>2350</v>
+        <v>2357</v>
       </c>
       <c r="H254" t="s">
-        <v>2351</v>
+        <v>2358</v>
       </c>
       <c r="I254" t="s">
-        <v>2352</v>
+        <v>2359</v>
       </c>
       <c r="J254" t="s">
         <v>24</v>
       </c>
       <c r="K254" t="s">
-        <v>571</v>
+        <v>25</v>
       </c>
       <c r="L254" t="s">
         <v>26</v>
       </c>
       <c r="M254" t="s">
-        <v>572</v>
+        <v>27</v>
       </c>
       <c r="N254" t="s">
         <v>28</v>
       </c>
       <c r="O254" t="s">
-        <v>2353</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="255" spans="1:15">
       <c r="A255">
-        <v>6112</v>
+        <v>5863</v>
       </c>
       <c r="B255" t="s">
-        <v>2354</v>
+        <v>2361</v>
       </c>
       <c r="C255" t="s">
-        <v>2355</v>
+        <v>2362</v>
       </c>
       <c r="D255" t="s">
-        <v>2356</v>
+        <v>2363</v>
       </c>
       <c r="E255" t="s">
-        <v>2357</v>
+        <v>2364</v>
       </c>
       <c r="F255" t="s">
-        <v>2358</v>
+        <v>2365</v>
       </c>
       <c r="G255" t="s">
-        <v>2359</v>
+        <v>2366</v>
       </c>
       <c r="H255" t="s">
-        <v>2360</v>
+        <v>2367</v>
       </c>
       <c r="I255" t="s">
-        <v>2361</v>
+        <v>2368</v>
       </c>
       <c r="J255" t="s">
         <v>24</v>
       </c>
       <c r="K255" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L255" t="s">
         <v>26</v>
       </c>
       <c r="M255" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N255" t="s">
         <v>28</v>
       </c>
       <c r="O255" t="s">
-        <v>2362</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="256" spans="1:15">
       <c r="A256">
-        <v>6179</v>
+        <v>5866</v>
       </c>
       <c r="B256" t="s">
-        <v>2363</v>
+        <v>2370</v>
       </c>
       <c r="C256" t="s">
-        <v>2364</v>
+        <v>2371</v>
       </c>
       <c r="D256" t="s">
-        <v>2365</v>
+        <v>2372</v>
       </c>
       <c r="E256" t="s">
-        <v>2366</v>
+        <v>2373</v>
       </c>
       <c r="F256" t="s">
-        <v>2367</v>
+        <v>2374</v>
       </c>
       <c r="G256" t="s">
-        <v>2368</v>
+        <v>2375</v>
       </c>
       <c r="H256" t="s">
-        <v>2369</v>
+        <v>2376</v>
       </c>
       <c r="I256" t="s">
-        <v>2370</v>
+        <v>2377</v>
       </c>
       <c r="J256" t="s">
         <v>24</v>
       </c>
       <c r="K256" t="s">
         <v>25</v>
       </c>
       <c r="L256" t="s">
         <v>26</v>
       </c>
       <c r="M256" t="s">
         <v>27</v>
       </c>
       <c r="N256" t="s">
         <v>28</v>
       </c>
       <c r="O256" t="s">
-        <v>2371</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="257" spans="1:15">
       <c r="A257">
-        <v>6180</v>
+        <v>5887</v>
       </c>
       <c r="B257" t="s">
-        <v>2372</v>
+        <v>2379</v>
       </c>
       <c r="C257" t="s">
-        <v>2373</v>
+        <v>2380</v>
       </c>
       <c r="D257" t="s">
-        <v>2374</v>
+        <v>2381</v>
       </c>
       <c r="E257" t="s">
-        <v>2375</v>
+        <v>2382</v>
       </c>
       <c r="F257" t="s">
-        <v>2376</v>
+        <v>2383</v>
       </c>
       <c r="G257" t="s">
-        <v>2377</v>
+        <v>2384</v>
       </c>
       <c r="H257" t="s">
-        <v>2378</v>
+        <v>2385</v>
       </c>
       <c r="I257" t="s">
-        <v>2379</v>
+        <v>2386</v>
       </c>
       <c r="J257" t="s">
         <v>24</v>
       </c>
       <c r="K257" t="s">
         <v>25</v>
       </c>
       <c r="L257" t="s">
         <v>26</v>
       </c>
       <c r="M257" t="s">
         <v>27</v>
       </c>
       <c r="N257" t="s">
         <v>28</v>
       </c>
       <c r="O257" t="s">
-        <v>2380</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="258" spans="1:15">
       <c r="A258">
-        <v>6203</v>
+        <v>5907</v>
       </c>
       <c r="B258" t="s">
-        <v>2381</v>
+        <v>2388</v>
       </c>
       <c r="C258" t="s">
-        <v>2382</v>
+        <v>2389</v>
       </c>
       <c r="D258" t="s">
-        <v>2383</v>
+        <v>2390</v>
       </c>
       <c r="E258" t="s">
-        <v>2384</v>
+        <v>2391</v>
       </c>
       <c r="F258" t="s">
-        <v>2385</v>
+        <v>2392</v>
       </c>
       <c r="G258" t="s">
-        <v>2386</v>
+        <v>2393</v>
       </c>
       <c r="H258" t="s">
-        <v>2387</v>
+        <v>2394</v>
       </c>
       <c r="I258" t="s">
-        <v>2388</v>
+        <v>2395</v>
       </c>
       <c r="J258" t="s">
         <v>24</v>
       </c>
       <c r="K258" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L258" t="s">
         <v>26</v>
       </c>
       <c r="M258" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N258" t="s">
         <v>28</v>
       </c>
       <c r="O258" t="s">
-        <v>2389</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="259" spans="1:15">
       <c r="A259">
-        <v>6208</v>
+        <v>5913</v>
       </c>
       <c r="B259" t="s">
-        <v>2390</v>
+        <v>2397</v>
       </c>
       <c r="C259" t="s">
-        <v>2391</v>
+        <v>2398</v>
       </c>
       <c r="D259" t="s">
-        <v>2392</v>
+        <v>2399</v>
       </c>
       <c r="E259" t="s">
-        <v>2393</v>
+        <v>2400</v>
       </c>
       <c r="F259" t="s">
-        <v>2394</v>
+        <v>2401</v>
       </c>
       <c r="G259" t="s">
-        <v>2395</v>
+        <v>2402</v>
       </c>
       <c r="H259" t="s">
-        <v>2396</v>
+        <v>2403</v>
       </c>
       <c r="I259" t="s">
-        <v>2397</v>
+        <v>2404</v>
       </c>
       <c r="J259" t="s">
         <v>24</v>
       </c>
       <c r="K259" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L259" t="s">
         <v>26</v>
       </c>
       <c r="M259" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N259" t="s">
         <v>28</v>
       </c>
       <c r="O259" t="s">
-        <v>2398</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="260" spans="1:15">
       <c r="A260">
-        <v>6211</v>
+        <v>5927</v>
       </c>
       <c r="B260" t="s">
-        <v>2399</v>
+        <v>2406</v>
       </c>
       <c r="C260" t="s">
-        <v>2400</v>
+        <v>2407</v>
       </c>
       <c r="D260" t="s">
-        <v>2401</v>
+        <v>2408</v>
       </c>
       <c r="E260" t="s">
-        <v>2402</v>
+        <v>2409</v>
       </c>
       <c r="F260" t="s">
-        <v>2403</v>
+        <v>2410</v>
       </c>
       <c r="G260" t="s">
-        <v>2404</v>
+        <v>2411</v>
       </c>
       <c r="H260" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
       <c r="I260" t="s">
-        <v>2406</v>
+        <v>2413</v>
       </c>
       <c r="J260" t="s">
         <v>24</v>
       </c>
       <c r="K260" t="s">
-        <v>170</v>
+        <v>59</v>
       </c>
       <c r="L260" t="s">
         <v>26</v>
       </c>
       <c r="M260" t="s">
-        <v>171</v>
+        <v>61</v>
       </c>
       <c r="N260" t="s">
         <v>28</v>
       </c>
       <c r="O260" t="s">
-        <v>2407</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="261" spans="1:15">
       <c r="A261">
-        <v>6254</v>
+        <v>5928</v>
       </c>
       <c r="B261" t="s">
-        <v>2408</v>
+        <v>2415</v>
       </c>
       <c r="C261" t="s">
-        <v>2409</v>
+        <v>2416</v>
       </c>
       <c r="D261" t="s">
-        <v>2410</v>
+        <v>2417</v>
       </c>
       <c r="E261" t="s">
-        <v>2411</v>
+        <v>2418</v>
       </c>
       <c r="F261" t="s">
-        <v>2412</v>
+        <v>2419</v>
       </c>
       <c r="G261" t="s">
-        <v>2413</v>
+        <v>2420</v>
       </c>
       <c r="H261" t="s">
-        <v>2414</v>
+        <v>2421</v>
       </c>
       <c r="I261" t="s">
-        <v>2415</v>
+        <v>2422</v>
       </c>
       <c r="J261" t="s">
-        <v>24</v>
+        <v>2423</v>
       </c>
       <c r="K261" t="s">
-        <v>170</v>
+        <v>2424</v>
       </c>
       <c r="L261" t="s">
-        <v>26</v>
+        <v>2425</v>
       </c>
       <c r="M261" t="s">
-        <v>171</v>
+        <v>2426</v>
       </c>
       <c r="N261" t="s">
         <v>28</v>
       </c>
       <c r="O261" t="s">
-        <v>2416</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="262" spans="1:15">
       <c r="A262">
-        <v>6255</v>
+        <v>5931</v>
       </c>
       <c r="B262" t="s">
-        <v>2417</v>
+        <v>2428</v>
       </c>
       <c r="C262" t="s">
-        <v>2418</v>
+        <v>2429</v>
       </c>
       <c r="D262" t="s">
-        <v>2419</v>
+        <v>2430</v>
       </c>
       <c r="E262" t="s">
-        <v>2420</v>
+        <v>2431</v>
       </c>
       <c r="F262" t="s">
-        <v>2421</v>
+        <v>2432</v>
       </c>
       <c r="G262" t="s">
-        <v>2422</v>
+        <v>2433</v>
       </c>
       <c r="H262" t="s">
-        <v>2423</v>
+        <v>2434</v>
       </c>
       <c r="I262" t="s">
-        <v>2424</v>
+        <v>2435</v>
       </c>
       <c r="J262" t="s">
         <v>24</v>
       </c>
       <c r="K262" t="s">
-        <v>2425</v>
+        <v>25</v>
       </c>
       <c r="L262" t="s">
         <v>26</v>
       </c>
       <c r="M262" t="s">
-        <v>2426</v>
+        <v>27</v>
       </c>
       <c r="N262" t="s">
         <v>28</v>
       </c>
       <c r="O262" t="s">
-        <v>2427</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="263" spans="1:15">
       <c r="A263">
-        <v>6258</v>
+        <v>5932</v>
       </c>
       <c r="B263" t="s">
-        <v>2428</v>
+        <v>2437</v>
       </c>
       <c r="C263" t="s">
-        <v>2429</v>
+        <v>2438</v>
       </c>
       <c r="D263" t="s">
-        <v>2430</v>
+        <v>2439</v>
       </c>
       <c r="E263" t="s">
-        <v>2431</v>
+        <v>2440</v>
       </c>
       <c r="F263" t="s">
-        <v>2432</v>
+        <v>2441</v>
       </c>
       <c r="G263" t="s">
-        <v>2433</v>
+        <v>2442</v>
       </c>
       <c r="H263" t="s">
-        <v>2434</v>
+        <v>2443</v>
       </c>
       <c r="I263" t="s">
-        <v>2435</v>
+        <v>2444</v>
       </c>
       <c r="J263" t="s">
         <v>24</v>
       </c>
       <c r="K263" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L263" t="s">
         <v>26</v>
       </c>
       <c r="M263" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N263" t="s">
         <v>28</v>
       </c>
       <c r="O263" t="s">
-        <v>2436</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="264" spans="1:15">
       <c r="A264">
-        <v>6259</v>
+        <v>5934</v>
       </c>
       <c r="B264" t="s">
-        <v>2437</v>
+        <v>2446</v>
       </c>
       <c r="C264" t="s">
-        <v>2438</v>
+        <v>2447</v>
       </c>
       <c r="D264" t="s">
-        <v>2439</v>
+        <v>2448</v>
       </c>
       <c r="E264" t="s">
-        <v>2440</v>
+        <v>2449</v>
       </c>
       <c r="F264" t="s">
-        <v>2441</v>
+        <v>2450</v>
       </c>
       <c r="G264" t="s">
-        <v>2442</v>
+        <v>2451</v>
       </c>
       <c r="H264" t="s">
-        <v>2443</v>
+        <v>2452</v>
       </c>
       <c r="I264" t="s">
-        <v>2444</v>
+        <v>2453</v>
       </c>
       <c r="J264" t="s">
         <v>24</v>
       </c>
       <c r="K264" t="s">
         <v>170</v>
       </c>
       <c r="L264" t="s">
         <v>26</v>
       </c>
       <c r="M264" t="s">
         <v>171</v>
       </c>
       <c r="N264" t="s">
         <v>28</v>
       </c>
       <c r="O264" t="s">
-        <v>2445</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="265" spans="1:15">
       <c r="A265">
-        <v>6261</v>
+        <v>5953</v>
       </c>
       <c r="B265" t="s">
-        <v>2446</v>
+        <v>2455</v>
       </c>
       <c r="C265" t="s">
-        <v>2447</v>
+        <v>2456</v>
       </c>
       <c r="D265" t="s">
-        <v>2448</v>
+        <v>2457</v>
       </c>
       <c r="E265" t="s">
-        <v>2449</v>
+        <v>2458</v>
       </c>
       <c r="F265" t="s">
-        <v>2450</v>
+        <v>2459</v>
       </c>
       <c r="G265" t="s">
-        <v>2451</v>
+        <v>2460</v>
       </c>
       <c r="H265" t="s">
-        <v>2452</v>
+        <v>2461</v>
       </c>
       <c r="I265" t="s">
-        <v>2453</v>
+        <v>2462</v>
       </c>
       <c r="J265" t="s">
         <v>24</v>
       </c>
       <c r="K265" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L265" t="s">
         <v>26</v>
       </c>
       <c r="M265" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N265" t="s">
         <v>28</v>
       </c>
       <c r="O265" t="s">
-        <v>2454</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="266" spans="1:15">
       <c r="A266">
-        <v>6263</v>
+        <v>5981</v>
       </c>
       <c r="B266" t="s">
-        <v>2455</v>
+        <v>2464</v>
       </c>
       <c r="C266" t="s">
-        <v>2456</v>
+        <v>2465</v>
       </c>
       <c r="D266" t="s">
-        <v>2457</v>
+        <v>2466</v>
       </c>
       <c r="E266" t="s">
-        <v>2458</v>
+        <v>2467</v>
       </c>
       <c r="F266" t="s">
-        <v>2459</v>
+        <v>2468</v>
       </c>
       <c r="G266" t="s">
-        <v>2460</v>
+        <v>2469</v>
       </c>
       <c r="H266" t="s">
-        <v>2461</v>
+        <v>2470</v>
       </c>
       <c r="I266" t="s">
-        <v>2462</v>
+        <v>2471</v>
       </c>
       <c r="J266" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K266" t="s">
-        <v>170</v>
+        <v>2472</v>
       </c>
       <c r="L266" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M266" t="s">
-        <v>171</v>
+        <v>2473</v>
       </c>
       <c r="N266" t="s">
         <v>28</v>
       </c>
       <c r="O266" t="s">
-        <v>2463</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="267" spans="1:15">
       <c r="A267">
-        <v>6272</v>
+        <v>5986</v>
       </c>
       <c r="B267" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
       <c r="C267" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
       <c r="D267" t="s">
-        <v>2466</v>
+        <v>2477</v>
       </c>
       <c r="E267" t="s">
-        <v>2467</v>
+        <v>2478</v>
       </c>
       <c r="F267" t="s">
-        <v>2468</v>
+        <v>2479</v>
       </c>
       <c r="G267" t="s">
-        <v>2469</v>
+        <v>2480</v>
       </c>
       <c r="H267" t="s">
-        <v>2470</v>
+        <v>2481</v>
       </c>
       <c r="I267" t="s">
-        <v>2471</v>
+        <v>2482</v>
       </c>
       <c r="J267" t="s">
         <v>24</v>
       </c>
       <c r="K267" t="s">
         <v>170</v>
       </c>
       <c r="L267" t="s">
         <v>26</v>
       </c>
       <c r="M267" t="s">
         <v>171</v>
       </c>
       <c r="N267" t="s">
         <v>28</v>
       </c>
       <c r="O267" t="s">
-        <v>2472</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="268" spans="1:15">
       <c r="A268">
-        <v>6274</v>
+        <v>5989</v>
       </c>
       <c r="B268" t="s">
-        <v>2473</v>
+        <v>2484</v>
       </c>
       <c r="C268" t="s">
-        <v>2474</v>
+        <v>2485</v>
       </c>
       <c r="D268" t="s">
-        <v>2475</v>
+        <v>2486</v>
       </c>
       <c r="E268" t="s">
-        <v>2476</v>
+        <v>2487</v>
       </c>
       <c r="F268" t="s">
-        <v>2477</v>
+        <v>2488</v>
       </c>
       <c r="G268" t="s">
-        <v>2478</v>
+        <v>2489</v>
       </c>
       <c r="H268" t="s">
-        <v>2479</v>
+        <v>2490</v>
       </c>
       <c r="I268" t="s">
-        <v>2480</v>
+        <v>2491</v>
       </c>
       <c r="J268" t="s">
         <v>24</v>
       </c>
       <c r="K268" t="s">
-        <v>25</v>
+        <v>1803</v>
       </c>
       <c r="L268" t="s">
         <v>26</v>
       </c>
       <c r="M268" t="s">
-        <v>27</v>
+        <v>1804</v>
       </c>
       <c r="N268" t="s">
         <v>28</v>
       </c>
       <c r="O268" t="s">
-        <v>2481</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="269" spans="1:15">
       <c r="A269">
-        <v>6275</v>
+        <v>6021</v>
       </c>
       <c r="B269" t="s">
-        <v>2482</v>
+        <v>2493</v>
       </c>
       <c r="C269" t="s">
-        <v>2483</v>
+        <v>2494</v>
       </c>
       <c r="D269" t="s">
-        <v>2484</v>
+        <v>2495</v>
       </c>
       <c r="E269" t="s">
-        <v>2485</v>
+        <v>2496</v>
       </c>
       <c r="F269" t="s">
-        <v>2486</v>
+        <v>2497</v>
       </c>
       <c r="G269" t="s">
-        <v>2487</v>
+        <v>2498</v>
       </c>
       <c r="H269" t="s">
-        <v>2488</v>
+        <v>2499</v>
       </c>
       <c r="I269" t="s">
-        <v>2489</v>
+        <v>2500</v>
       </c>
       <c r="J269" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K269" t="s">
-        <v>1554</v>
+        <v>25</v>
       </c>
       <c r="L269" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M269" t="s">
-        <v>1555</v>
+        <v>27</v>
       </c>
       <c r="N269" t="s">
         <v>28</v>
       </c>
       <c r="O269" t="s">
-        <v>2490</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="270" spans="1:15">
       <c r="A270">
-        <v>6327</v>
+        <v>6076</v>
       </c>
       <c r="B270" t="s">
-        <v>2491</v>
+        <v>2502</v>
       </c>
       <c r="C270" t="s">
-        <v>2492</v>
+        <v>2503</v>
       </c>
       <c r="D270" t="s">
-        <v>2493</v>
+        <v>2504</v>
       </c>
       <c r="E270" t="s">
-        <v>2494</v>
+        <v>2505</v>
       </c>
       <c r="F270" t="s">
-        <v>2495</v>
+        <v>2506</v>
       </c>
       <c r="G270" t="s">
-        <v>2496</v>
+        <v>2507</v>
       </c>
       <c r="H270" t="s">
-        <v>2497</v>
+        <v>2508</v>
       </c>
       <c r="I270" t="s">
-        <v>2498</v>
+        <v>2509</v>
       </c>
       <c r="J270" t="s">
         <v>24</v>
       </c>
       <c r="K270" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L270" t="s">
         <v>26</v>
       </c>
       <c r="M270" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N270" t="s">
         <v>28</v>
       </c>
       <c r="O270" t="s">
-        <v>2499</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="271" spans="1:15">
       <c r="A271">
-        <v>6337</v>
+        <v>6082</v>
       </c>
       <c r="B271" t="s">
-        <v>2500</v>
+        <v>2511</v>
       </c>
       <c r="C271" t="s">
-        <v>2501</v>
+        <v>2512</v>
       </c>
       <c r="D271" t="s">
-        <v>2502</v>
+        <v>2513</v>
       </c>
       <c r="E271" t="s">
-        <v>2503</v>
+        <v>2514</v>
       </c>
       <c r="F271" t="s">
-        <v>2504</v>
+        <v>2515</v>
       </c>
       <c r="G271" t="s">
-        <v>2505</v>
+        <v>2516</v>
       </c>
       <c r="H271" t="s">
-        <v>2506</v>
+        <v>2517</v>
       </c>
       <c r="I271" t="s">
-        <v>2507</v>
+        <v>2518</v>
       </c>
       <c r="J271" t="s">
         <v>24</v>
       </c>
       <c r="K271" t="s">
-        <v>47</v>
+        <v>571</v>
       </c>
       <c r="L271" t="s">
         <v>26</v>
       </c>
       <c r="M271" t="s">
-        <v>48</v>
+        <v>572</v>
       </c>
       <c r="N271" t="s">
         <v>28</v>
       </c>
       <c r="O271" t="s">
-        <v>2508</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="272" spans="1:15">
       <c r="A272">
-        <v>6379</v>
+        <v>6112</v>
       </c>
       <c r="B272" t="s">
-        <v>2509</v>
+        <v>2520</v>
       </c>
       <c r="C272" t="s">
-        <v>2510</v>
+        <v>2521</v>
       </c>
       <c r="D272" t="s">
-        <v>2511</v>
+        <v>2522</v>
       </c>
       <c r="E272" t="s">
-        <v>2512</v>
+        <v>2523</v>
       </c>
       <c r="F272" t="s">
-        <v>2513</v>
+        <v>2524</v>
       </c>
       <c r="G272" t="s">
-        <v>2514</v>
+        <v>2525</v>
       </c>
       <c r="H272" t="s">
-        <v>2515</v>
+        <v>2526</v>
       </c>
       <c r="I272" t="s">
-        <v>2516</v>
+        <v>2527</v>
       </c>
       <c r="J272" t="s">
         <v>24</v>
       </c>
       <c r="K272" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L272" t="s">
         <v>26</v>
       </c>
       <c r="M272" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N272" t="s">
         <v>28</v>
       </c>
       <c r="O272" t="s">
-        <v>2517</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="273" spans="1:15">
       <c r="A273">
-        <v>6454</v>
+        <v>6179</v>
       </c>
       <c r="B273" t="s">
-        <v>2518</v>
+        <v>2529</v>
       </c>
       <c r="C273" t="s">
-        <v>2519</v>
+        <v>2530</v>
       </c>
       <c r="D273" t="s">
-        <v>2520</v>
+        <v>2531</v>
       </c>
       <c r="E273" t="s">
-        <v>2521</v>
+        <v>2532</v>
       </c>
       <c r="F273" t="s">
-        <v>2522</v>
+        <v>2533</v>
       </c>
       <c r="G273" t="s">
-        <v>2523</v>
+        <v>2534</v>
       </c>
       <c r="H273" t="s">
-        <v>2524</v>
+        <v>2535</v>
       </c>
       <c r="I273" t="s">
-        <v>2525</v>
+        <v>2536</v>
       </c>
       <c r="J273" t="s">
         <v>24</v>
       </c>
       <c r="K273" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L273" t="s">
         <v>26</v>
       </c>
       <c r="M273" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N273" t="s">
         <v>28</v>
       </c>
       <c r="O273" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="274" spans="1:15">
       <c r="A274">
-        <v>6460</v>
+        <v>6180</v>
       </c>
       <c r="B274" t="s">
-        <v>2527</v>
+        <v>2538</v>
       </c>
       <c r="C274" t="s">
-        <v>2528</v>
+        <v>2539</v>
       </c>
       <c r="D274" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
       <c r="E274" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
       <c r="F274" t="s">
-        <v>2531</v>
+        <v>2542</v>
       </c>
       <c r="G274" t="s">
-        <v>2532</v>
+        <v>2543</v>
       </c>
       <c r="H274" t="s">
-        <v>2533</v>
+        <v>2544</v>
       </c>
       <c r="I274" t="s">
-        <v>2534</v>
+        <v>2545</v>
       </c>
       <c r="J274" t="s">
         <v>24</v>
       </c>
       <c r="K274" t="s">
         <v>25</v>
       </c>
       <c r="L274" t="s">
         <v>26</v>
       </c>
       <c r="M274" t="s">
         <v>27</v>
       </c>
       <c r="N274" t="s">
         <v>28</v>
       </c>
       <c r="O274" t="s">
-        <v>2535</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="275" spans="1:15">
       <c r="A275">
-        <v>6468</v>
+        <v>6203</v>
       </c>
       <c r="B275" t="s">
-        <v>2536</v>
+        <v>2547</v>
       </c>
       <c r="C275" t="s">
-        <v>2537</v>
+        <v>2548</v>
       </c>
       <c r="D275" t="s">
-        <v>2538</v>
+        <v>2549</v>
       </c>
       <c r="E275" t="s">
-        <v>2539</v>
+        <v>2550</v>
       </c>
       <c r="F275" t="s">
-        <v>2540</v>
+        <v>2551</v>
       </c>
       <c r="G275" t="s">
-        <v>2541</v>
+        <v>2552</v>
       </c>
       <c r="H275" t="s">
-        <v>2542</v>
+        <v>2553</v>
       </c>
       <c r="I275" t="s">
-        <v>2543</v>
+        <v>2554</v>
       </c>
       <c r="J275" t="s">
         <v>24</v>
       </c>
       <c r="K275" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L275" t="s">
         <v>26</v>
       </c>
       <c r="M275" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N275" t="s">
         <v>28</v>
       </c>
       <c r="O275" t="s">
-        <v>2544</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="276" spans="1:15">
       <c r="A276">
-        <v>6615</v>
+        <v>6208</v>
       </c>
       <c r="B276" t="s">
-        <v>2545</v>
+        <v>2556</v>
       </c>
       <c r="C276" t="s">
-        <v>2546</v>
+        <v>2557</v>
       </c>
       <c r="D276" t="s">
-        <v>2547</v>
+        <v>2558</v>
       </c>
       <c r="E276" t="s">
-        <v>2548</v>
+        <v>2559</v>
       </c>
       <c r="F276" t="s">
-        <v>2549</v>
+        <v>2560</v>
       </c>
       <c r="G276" t="s">
-        <v>2550</v>
+        <v>2561</v>
       </c>
       <c r="H276" t="s">
-        <v>2551</v>
+        <v>2562</v>
       </c>
       <c r="I276" t="s">
-        <v>2552</v>
+        <v>2563</v>
       </c>
       <c r="J276" t="s">
         <v>24</v>
       </c>
       <c r="K276" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L276" t="s">
         <v>26</v>
       </c>
       <c r="M276" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N276" t="s">
         <v>28</v>
       </c>
       <c r="O276" t="s">
-        <v>2553</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="277" spans="1:15">
       <c r="A277">
-        <v>6761</v>
+        <v>6211</v>
       </c>
       <c r="B277" t="s">
-        <v>2554</v>
+        <v>2565</v>
       </c>
       <c r="C277" t="s">
-        <v>2555</v>
+        <v>2566</v>
       </c>
       <c r="D277" t="s">
-        <v>2556</v>
+        <v>2567</v>
       </c>
       <c r="E277" t="s">
-        <v>2557</v>
+        <v>2568</v>
       </c>
       <c r="F277" t="s">
-        <v>2558</v>
+        <v>2569</v>
       </c>
       <c r="G277" t="s">
-        <v>2559</v>
+        <v>2570</v>
       </c>
       <c r="H277" t="s">
-        <v>2560</v>
+        <v>2571</v>
       </c>
       <c r="I277" t="s">
-        <v>2561</v>
+        <v>2572</v>
       </c>
       <c r="J277" t="s">
         <v>24</v>
       </c>
       <c r="K277" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L277" t="s">
         <v>26</v>
       </c>
       <c r="M277" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N277" t="s">
         <v>28</v>
       </c>
       <c r="O277" t="s">
-        <v>2562</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="278" spans="1:15">
       <c r="A278">
-        <v>6762</v>
+        <v>6254</v>
       </c>
       <c r="B278" t="s">
-        <v>2563</v>
+        <v>2574</v>
       </c>
       <c r="C278" t="s">
-        <v>2564</v>
+        <v>2575</v>
       </c>
       <c r="D278" t="s">
-        <v>2565</v>
+        <v>2576</v>
       </c>
       <c r="E278" t="s">
-        <v>2566</v>
+        <v>2577</v>
       </c>
       <c r="F278" t="s">
-        <v>2567</v>
+        <v>2578</v>
       </c>
       <c r="G278" t="s">
-        <v>2568</v>
+        <v>2579</v>
       </c>
       <c r="H278" t="s">
-        <v>2569</v>
+        <v>2580</v>
       </c>
       <c r="I278" t="s">
-        <v>2570</v>
+        <v>2581</v>
       </c>
       <c r="J278" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K278" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L278" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M278" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N278" t="s">
         <v>28</v>
       </c>
       <c r="O278" t="s">
-        <v>2571</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="279" spans="1:15">
       <c r="A279">
-        <v>6765</v>
+        <v>6255</v>
       </c>
       <c r="B279" t="s">
-        <v>2572</v>
+        <v>2583</v>
       </c>
       <c r="C279" t="s">
-        <v>2573</v>
+        <v>2584</v>
       </c>
       <c r="D279" t="s">
-        <v>2574</v>
+        <v>2585</v>
       </c>
       <c r="E279" t="s">
-        <v>2575</v>
+        <v>2586</v>
       </c>
       <c r="F279" t="s">
-        <v>2576</v>
+        <v>2587</v>
       </c>
       <c r="G279" t="s">
-        <v>2577</v>
+        <v>2588</v>
       </c>
       <c r="H279" t="s">
-        <v>2578</v>
+        <v>2589</v>
       </c>
       <c r="I279" t="s">
-        <v>2579</v>
+        <v>2590</v>
       </c>
       <c r="J279" t="s">
         <v>24</v>
       </c>
       <c r="K279" t="s">
-        <v>170</v>
+        <v>2591</v>
       </c>
       <c r="L279" t="s">
         <v>26</v>
       </c>
       <c r="M279" t="s">
-        <v>171</v>
+        <v>2592</v>
       </c>
       <c r="N279" t="s">
         <v>28</v>
       </c>
       <c r="O279" t="s">
-        <v>2580</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="280" spans="1:15">
       <c r="A280">
-        <v>6982</v>
+        <v>6258</v>
       </c>
       <c r="B280" t="s">
-        <v>2581</v>
+        <v>2594</v>
       </c>
       <c r="C280" t="s">
-        <v>2582</v>
+        <v>2595</v>
       </c>
       <c r="D280" t="s">
-        <v>2583</v>
+        <v>2596</v>
       </c>
       <c r="E280" t="s">
-        <v>2584</v>
+        <v>2597</v>
       </c>
       <c r="F280" t="s">
-        <v>2585</v>
+        <v>2598</v>
       </c>
       <c r="G280" t="s">
-        <v>2586</v>
+        <v>2599</v>
       </c>
       <c r="H280" t="s">
-        <v>2587</v>
+        <v>2600</v>
       </c>
       <c r="I280" t="s">
-        <v>2588</v>
+        <v>2601</v>
       </c>
       <c r="J280" t="s">
         <v>24</v>
       </c>
       <c r="K280" t="s">
-        <v>2589</v>
+        <v>25</v>
       </c>
       <c r="L280" t="s">
         <v>26</v>
       </c>
+      <c r="M280" t="s">
+        <v>27</v>
+      </c>
       <c r="N280" t="s">
         <v>28</v>
       </c>
       <c r="O280" t="s">
-        <v>2590</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="281" spans="1:15">
       <c r="A281">
-        <v>8265</v>
+        <v>6259</v>
       </c>
       <c r="B281" t="s">
-        <v>2591</v>
+        <v>2603</v>
       </c>
       <c r="C281" t="s">
-        <v>2592</v>
+        <v>2604</v>
       </c>
       <c r="D281" t="s">
-        <v>2593</v>
+        <v>2605</v>
       </c>
       <c r="E281" t="s">
-        <v>2594</v>
+        <v>2606</v>
       </c>
       <c r="F281" t="s">
-        <v>2595</v>
+        <v>2607</v>
       </c>
       <c r="G281" t="s">
-        <v>2596</v>
+        <v>2608</v>
       </c>
       <c r="H281" t="s">
-        <v>2597</v>
+        <v>2609</v>
       </c>
       <c r="I281" t="s">
-        <v>2598</v>
+        <v>2610</v>
       </c>
       <c r="J281" t="s">
         <v>24</v>
       </c>
       <c r="K281" t="s">
-        <v>2599</v>
+        <v>170</v>
       </c>
       <c r="L281" t="s">
         <v>26</v>
       </c>
       <c r="M281" t="s">
-        <v>2600</v>
+        <v>171</v>
       </c>
       <c r="N281" t="s">
         <v>28</v>
       </c>
       <c r="O281" t="s">
-        <v>2601</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="282" spans="1:15">
       <c r="A282">
-        <v>8289</v>
+        <v>6261</v>
       </c>
       <c r="B282" t="s">
-        <v>2602</v>
+        <v>2612</v>
       </c>
       <c r="C282" t="s">
-        <v>2603</v>
+        <v>2613</v>
       </c>
       <c r="D282" t="s">
-        <v>2604</v>
+        <v>2614</v>
       </c>
       <c r="E282" t="s">
-        <v>2605</v>
+        <v>2615</v>
       </c>
       <c r="F282" t="s">
-        <v>2606</v>
+        <v>2616</v>
       </c>
       <c r="G282" t="s">
-        <v>2607</v>
+        <v>2617</v>
       </c>
       <c r="H282" t="s">
-        <v>2608</v>
+        <v>2618</v>
       </c>
       <c r="I282" t="s">
-        <v>2609</v>
+        <v>2619</v>
       </c>
       <c r="J282" t="s">
         <v>24</v>
       </c>
       <c r="K282" t="s">
-        <v>442</v>
+        <v>47</v>
       </c>
       <c r="L282" t="s">
         <v>26</v>
       </c>
       <c r="M282" t="s">
-        <v>444</v>
+        <v>48</v>
       </c>
       <c r="N282" t="s">
         <v>28</v>
       </c>
       <c r="O282" t="s">
-        <v>2610</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="283" spans="1:15">
       <c r="A283">
-        <v>8294</v>
+        <v>6263</v>
       </c>
       <c r="B283" t="s">
-        <v>2611</v>
+        <v>2621</v>
       </c>
       <c r="C283" t="s">
-        <v>2612</v>
+        <v>2622</v>
       </c>
       <c r="D283" t="s">
-        <v>2613</v>
+        <v>2623</v>
       </c>
       <c r="E283" t="s">
-        <v>2614</v>
+        <v>2624</v>
       </c>
       <c r="F283" t="s">
-        <v>2615</v>
+        <v>2625</v>
       </c>
       <c r="G283" t="s">
-        <v>2616</v>
+        <v>2626</v>
       </c>
       <c r="H283" t="s">
-        <v>2617</v>
+        <v>2627</v>
       </c>
       <c r="I283" t="s">
-        <v>2618</v>
+        <v>2628</v>
       </c>
       <c r="J283" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K283" t="s">
-        <v>728</v>
+        <v>170</v>
       </c>
       <c r="L283" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M283" t="s">
-        <v>729</v>
+        <v>171</v>
       </c>
       <c r="N283" t="s">
         <v>28</v>
       </c>
       <c r="O283" t="s">
-        <v>2619</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="284" spans="1:15">
       <c r="A284">
-        <v>8315</v>
+        <v>6272</v>
       </c>
       <c r="B284" t="s">
-        <v>2620</v>
+        <v>2630</v>
       </c>
       <c r="C284" t="s">
-        <v>2621</v>
+        <v>2631</v>
       </c>
       <c r="D284" t="s">
-        <v>2622</v>
+        <v>2632</v>
       </c>
       <c r="E284" t="s">
-        <v>2623</v>
+        <v>2633</v>
       </c>
       <c r="F284" t="s">
-        <v>2624</v>
+        <v>2634</v>
       </c>
       <c r="G284" t="s">
-        <v>2625</v>
+        <v>2635</v>
       </c>
       <c r="H284" t="s">
-        <v>2626</v>
+        <v>2636</v>
       </c>
       <c r="I284" t="s">
-        <v>2627</v>
+        <v>2637</v>
       </c>
       <c r="J284" t="s">
         <v>24</v>
       </c>
       <c r="K284" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L284" t="s">
         <v>26</v>
       </c>
       <c r="M284" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N284" t="s">
         <v>28</v>
       </c>
       <c r="O284" t="s">
-        <v>2628</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="285" spans="1:15">
       <c r="A285">
-        <v>8343</v>
+        <v>6274</v>
       </c>
       <c r="B285" t="s">
-        <v>2629</v>
+        <v>2639</v>
       </c>
       <c r="C285" t="s">
-        <v>2630</v>
+        <v>2640</v>
       </c>
       <c r="D285" t="s">
-        <v>2631</v>
+        <v>2641</v>
       </c>
       <c r="E285" t="s">
-        <v>2632</v>
+        <v>2642</v>
       </c>
       <c r="F285" t="s">
-        <v>2633</v>
+        <v>2643</v>
       </c>
       <c r="G285" t="s">
-        <v>2634</v>
+        <v>2644</v>
       </c>
       <c r="H285" t="s">
-        <v>2635</v>
+        <v>2645</v>
       </c>
       <c r="I285" t="s">
-        <v>2636</v>
+        <v>2646</v>
       </c>
       <c r="J285" t="s">
         <v>24</v>
       </c>
       <c r="K285" t="s">
         <v>25</v>
       </c>
       <c r="L285" t="s">
         <v>26</v>
       </c>
       <c r="M285" t="s">
         <v>27</v>
       </c>
       <c r="N285" t="s">
         <v>28</v>
       </c>
       <c r="O285" t="s">
-        <v>2637</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="286" spans="1:15">
       <c r="A286">
-        <v>8386</v>
+        <v>6275</v>
       </c>
       <c r="B286" t="s">
-        <v>2638</v>
+        <v>2648</v>
       </c>
       <c r="C286" t="s">
-        <v>2639</v>
+        <v>2649</v>
       </c>
       <c r="D286" t="s">
-        <v>2640</v>
+        <v>2650</v>
       </c>
       <c r="E286" t="s">
-        <v>2641</v>
+        <v>2651</v>
       </c>
       <c r="F286" t="s">
-        <v>2642</v>
+        <v>2652</v>
       </c>
       <c r="G286" t="s">
-        <v>2643</v>
+        <v>2653</v>
       </c>
       <c r="H286" t="s">
-        <v>2644</v>
+        <v>2654</v>
       </c>
       <c r="I286" t="s">
-        <v>2645</v>
+        <v>2655</v>
       </c>
       <c r="J286" t="s">
-        <v>1494</v>
+        <v>441</v>
       </c>
       <c r="K286" t="s">
-        <v>170</v>
+        <v>1392</v>
       </c>
       <c r="L286" t="s">
-        <v>1496</v>
+        <v>443</v>
       </c>
       <c r="M286" t="s">
-        <v>171</v>
+        <v>1394</v>
       </c>
       <c r="N286" t="s">
         <v>28</v>
       </c>
       <c r="O286" t="s">
-        <v>2646</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="287" spans="1:15">
       <c r="A287">
-        <v>8387</v>
+        <v>6327</v>
       </c>
       <c r="B287" t="s">
-        <v>2647</v>
+        <v>2657</v>
       </c>
       <c r="C287" t="s">
-        <v>2648</v>
+        <v>2658</v>
       </c>
       <c r="D287" t="s">
-        <v>2649</v>
+        <v>2659</v>
       </c>
       <c r="E287" t="s">
-        <v>2650</v>
+        <v>2660</v>
       </c>
       <c r="F287" t="s">
-        <v>2651</v>
+        <v>2661</v>
       </c>
       <c r="G287" t="s">
-        <v>2652</v>
+        <v>2662</v>
       </c>
       <c r="H287" t="s">
-        <v>2653</v>
+        <v>2663</v>
       </c>
       <c r="I287" t="s">
-        <v>2654</v>
+        <v>2664</v>
       </c>
       <c r="J287" t="s">
         <v>24</v>
       </c>
       <c r="K287" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L287" t="s">
         <v>26</v>
       </c>
       <c r="M287" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N287" t="s">
         <v>28</v>
       </c>
       <c r="O287" t="s">
-        <v>2655</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="288" spans="1:15">
       <c r="A288">
-        <v>8388</v>
+        <v>6337</v>
       </c>
       <c r="B288" t="s">
-        <v>2656</v>
+        <v>2666</v>
       </c>
       <c r="C288" t="s">
-        <v>2657</v>
+        <v>2667</v>
       </c>
       <c r="D288" t="s">
-        <v>2658</v>
+        <v>2668</v>
       </c>
       <c r="E288" t="s">
-        <v>2659</v>
+        <v>2669</v>
       </c>
       <c r="F288" t="s">
-        <v>2660</v>
+        <v>2670</v>
       </c>
       <c r="G288" t="s">
-        <v>2661</v>
+        <v>2671</v>
       </c>
       <c r="H288" t="s">
-        <v>2662</v>
+        <v>2672</v>
       </c>
       <c r="I288" t="s">
-        <v>2663</v>
+        <v>2673</v>
       </c>
       <c r="J288" t="s">
         <v>24</v>
       </c>
       <c r="K288" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L288" t="s">
         <v>26</v>
       </c>
       <c r="M288" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N288" t="s">
         <v>28</v>
       </c>
       <c r="O288" t="s">
-        <v>2664</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="289" spans="1:15">
       <c r="A289">
-        <v>8402</v>
+        <v>6379</v>
       </c>
       <c r="B289" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
       <c r="C289" t="s">
-        <v>2666</v>
+        <v>2676</v>
       </c>
       <c r="D289" t="s">
-        <v>2667</v>
+        <v>2677</v>
       </c>
       <c r="E289" t="s">
-        <v>2668</v>
+        <v>2678</v>
       </c>
       <c r="F289" t="s">
-        <v>2669</v>
+        <v>2679</v>
       </c>
       <c r="G289" t="s">
-        <v>2670</v>
+        <v>2680</v>
       </c>
       <c r="H289" t="s">
-        <v>2671</v>
+        <v>2681</v>
       </c>
       <c r="I289" t="s">
-        <v>2672</v>
+        <v>2682</v>
       </c>
       <c r="J289" t="s">
         <v>24</v>
       </c>
       <c r="K289" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L289" t="s">
         <v>26</v>
       </c>
       <c r="M289" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N289" t="s">
         <v>28</v>
       </c>
       <c r="O289" t="s">
-        <v>2673</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="290" spans="1:15">
       <c r="A290">
-        <v>8902</v>
+        <v>6454</v>
       </c>
       <c r="B290" t="s">
-        <v>2674</v>
+        <v>2684</v>
       </c>
       <c r="C290" t="s">
-        <v>2675</v>
+        <v>2685</v>
       </c>
       <c r="D290" t="s">
-        <v>2676</v>
+        <v>2686</v>
       </c>
       <c r="E290" t="s">
-        <v>2677</v>
+        <v>2687</v>
       </c>
       <c r="F290" t="s">
-        <v>2678</v>
+        <v>2688</v>
       </c>
       <c r="G290" t="s">
-        <v>2679</v>
+        <v>2689</v>
       </c>
       <c r="H290" t="s">
-        <v>2680</v>
+        <v>2690</v>
       </c>
       <c r="I290" t="s">
-        <v>2681</v>
+        <v>2691</v>
       </c>
       <c r="J290" t="s">
         <v>24</v>
       </c>
       <c r="K290" t="s">
         <v>170</v>
       </c>
       <c r="L290" t="s">
         <v>26</v>
       </c>
       <c r="M290" t="s">
         <v>171</v>
       </c>
       <c r="N290" t="s">
         <v>28</v>
       </c>
       <c r="O290" t="s">
-        <v>2682</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="291" spans="1:15">
       <c r="A291">
-        <v>8903</v>
+        <v>6460</v>
       </c>
       <c r="B291" t="s">
-        <v>2683</v>
+        <v>2693</v>
       </c>
       <c r="C291" t="s">
-        <v>2684</v>
+        <v>2694</v>
       </c>
       <c r="D291" t="s">
-        <v>2685</v>
+        <v>2695</v>
       </c>
       <c r="E291" t="s">
-        <v>2686</v>
+        <v>2696</v>
       </c>
       <c r="F291" t="s">
-        <v>2687</v>
+        <v>2697</v>
       </c>
       <c r="G291" t="s">
-        <v>2688</v>
+        <v>2698</v>
       </c>
       <c r="H291" t="s">
-        <v>2689</v>
+        <v>2699</v>
       </c>
       <c r="I291" t="s">
-        <v>2690</v>
+        <v>2700</v>
       </c>
       <c r="J291" t="s">
         <v>24</v>
       </c>
       <c r="K291" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L291" t="s">
         <v>26</v>
       </c>
       <c r="M291" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N291" t="s">
         <v>28</v>
       </c>
       <c r="O291" t="s">
-        <v>2691</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="292" spans="1:15">
       <c r="A292">
-        <v>8904</v>
+        <v>6468</v>
       </c>
       <c r="B292" t="s">
-        <v>2692</v>
+        <v>2702</v>
       </c>
       <c r="C292" t="s">
-        <v>2693</v>
+        <v>2703</v>
       </c>
       <c r="D292" t="s">
-        <v>2694</v>
+        <v>2704</v>
       </c>
       <c r="E292" t="s">
-        <v>2695</v>
+        <v>2705</v>
       </c>
       <c r="F292" t="s">
-        <v>2696</v>
+        <v>2706</v>
       </c>
       <c r="G292" t="s">
-        <v>2697</v>
+        <v>2707</v>
       </c>
       <c r="H292" t="s">
-        <v>2698</v>
+        <v>2708</v>
       </c>
       <c r="I292" t="s">
-        <v>2699</v>
+        <v>2709</v>
       </c>
       <c r="J292" t="s">
         <v>24</v>
       </c>
       <c r="K292" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L292" t="s">
         <v>26</v>
       </c>
       <c r="M292" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N292" t="s">
         <v>28</v>
       </c>
       <c r="O292" t="s">
-        <v>2700</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="293" spans="1:15">
       <c r="A293">
-        <v>8914</v>
+        <v>6615</v>
       </c>
       <c r="B293" t="s">
-        <v>2701</v>
+        <v>2711</v>
       </c>
       <c r="C293" t="s">
-        <v>2702</v>
+        <v>2712</v>
       </c>
       <c r="D293" t="s">
-        <v>2703</v>
+        <v>2713</v>
       </c>
       <c r="E293" t="s">
-        <v>2704</v>
+        <v>2714</v>
       </c>
       <c r="F293" t="s">
-        <v>2705</v>
+        <v>2715</v>
       </c>
       <c r="G293" t="s">
-        <v>2706</v>
+        <v>2716</v>
       </c>
       <c r="H293" t="s">
-        <v>2707</v>
+        <v>2717</v>
       </c>
       <c r="I293" t="s">
-        <v>2708</v>
+        <v>2718</v>
       </c>
       <c r="J293" t="s">
         <v>24</v>
       </c>
       <c r="K293" t="s">
         <v>25</v>
       </c>
       <c r="L293" t="s">
         <v>26</v>
       </c>
       <c r="M293" t="s">
         <v>27</v>
       </c>
       <c r="N293" t="s">
         <v>28</v>
       </c>
       <c r="O293" t="s">
-        <v>2709</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="294" spans="1:15">
       <c r="A294">
-        <v>8918</v>
+        <v>6761</v>
       </c>
       <c r="B294" t="s">
-        <v>2710</v>
+        <v>2720</v>
       </c>
       <c r="C294" t="s">
-        <v>2711</v>
+        <v>2721</v>
       </c>
       <c r="D294" t="s">
-        <v>2712</v>
+        <v>2722</v>
       </c>
       <c r="E294" t="s">
-        <v>2713</v>
+        <v>2723</v>
       </c>
       <c r="F294" t="s">
-        <v>2714</v>
+        <v>2724</v>
       </c>
       <c r="G294" t="s">
-        <v>2715</v>
+        <v>2725</v>
       </c>
       <c r="H294" t="s">
-        <v>2716</v>
+        <v>2726</v>
       </c>
       <c r="I294" t="s">
-        <v>2717</v>
+        <v>2727</v>
       </c>
       <c r="J294" t="s">
         <v>24</v>
       </c>
       <c r="K294" t="s">
         <v>25</v>
       </c>
       <c r="L294" t="s">
         <v>26</v>
       </c>
       <c r="M294" t="s">
         <v>27</v>
       </c>
       <c r="N294" t="s">
         <v>28</v>
       </c>
       <c r="O294" t="s">
-        <v>2718</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="295" spans="1:15">
       <c r="A295">
-        <v>8945</v>
+        <v>6762</v>
       </c>
       <c r="B295" t="s">
-        <v>2719</v>
+        <v>2729</v>
       </c>
       <c r="C295" t="s">
-        <v>2720</v>
+        <v>2730</v>
       </c>
       <c r="D295" t="s">
-        <v>2721</v>
+        <v>2731</v>
       </c>
       <c r="E295" t="s">
-        <v>2722</v>
+        <v>2732</v>
       </c>
       <c r="F295" t="s">
-        <v>2723</v>
+        <v>2733</v>
       </c>
       <c r="G295" t="s">
-        <v>2724</v>
+        <v>2734</v>
       </c>
       <c r="H295" t="s">
-        <v>2725</v>
+        <v>2735</v>
       </c>
       <c r="I295" t="s">
-        <v>2726</v>
+        <v>2736</v>
       </c>
       <c r="J295" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K295" t="s">
-        <v>47</v>
+        <v>672</v>
       </c>
       <c r="L295" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M295" t="s">
-        <v>48</v>
+        <v>673</v>
       </c>
       <c r="N295" t="s">
         <v>28</v>
       </c>
       <c r="O295" t="s">
-        <v>2727</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="296" spans="1:15">
       <c r="A296">
-        <v>8950</v>
+        <v>6765</v>
       </c>
       <c r="B296" t="s">
-        <v>2728</v>
+        <v>2738</v>
       </c>
       <c r="C296" t="s">
-        <v>2729</v>
+        <v>2739</v>
       </c>
       <c r="D296" t="s">
-        <v>2730</v>
+        <v>2740</v>
       </c>
       <c r="E296" t="s">
-        <v>2731</v>
+        <v>2741</v>
       </c>
       <c r="F296" t="s">
-        <v>2732</v>
+        <v>2742</v>
       </c>
       <c r="G296" t="s">
-        <v>2733</v>
+        <v>2743</v>
       </c>
       <c r="H296" t="s">
-        <v>2734</v>
+        <v>2744</v>
       </c>
       <c r="I296" t="s">
-        <v>2735</v>
+        <v>2745</v>
       </c>
       <c r="J296" t="s">
         <v>24</v>
       </c>
       <c r="K296" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L296" t="s">
         <v>26</v>
       </c>
       <c r="M296" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N296" t="s">
         <v>28</v>
       </c>
       <c r="O296" t="s">
-        <v>2736</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="297" spans="1:15">
       <c r="A297">
-        <v>8951</v>
+        <v>6982</v>
       </c>
       <c r="B297" t="s">
-        <v>2737</v>
+        <v>2747</v>
       </c>
       <c r="C297" t="s">
-        <v>2738</v>
+        <v>2748</v>
       </c>
       <c r="D297" t="s">
-        <v>2739</v>
+        <v>2749</v>
       </c>
       <c r="E297" t="s">
-        <v>2740</v>
+        <v>2750</v>
       </c>
       <c r="F297" t="s">
-        <v>2741</v>
+        <v>2751</v>
       </c>
       <c r="G297" t="s">
-        <v>2742</v>
+        <v>2752</v>
       </c>
       <c r="H297" t="s">
-        <v>2743</v>
+        <v>2753</v>
       </c>
       <c r="I297" t="s">
-        <v>2744</v>
+        <v>2754</v>
       </c>
       <c r="J297" t="s">
         <v>24</v>
       </c>
       <c r="K297" t="s">
-        <v>170</v>
+        <v>2755</v>
       </c>
       <c r="L297" t="s">
         <v>26</v>
       </c>
       <c r="M297" t="s">
-        <v>171</v>
+        <v>2756</v>
       </c>
       <c r="N297" t="s">
         <v>28</v>
       </c>
       <c r="O297" t="s">
-        <v>2745</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="298" spans="1:15">
       <c r="A298">
-        <v>8959</v>
+        <v>8265</v>
       </c>
       <c r="B298" t="s">
-        <v>2746</v>
+        <v>2758</v>
       </c>
       <c r="C298" t="s">
-        <v>2747</v>
+        <v>2759</v>
       </c>
       <c r="D298" t="s">
-        <v>2748</v>
+        <v>2760</v>
       </c>
       <c r="E298" t="s">
-        <v>2749</v>
+        <v>2761</v>
       </c>
       <c r="F298" t="s">
-        <v>2750</v>
+        <v>2762</v>
       </c>
       <c r="G298" t="s">
-        <v>2751</v>
+        <v>2763</v>
       </c>
       <c r="H298" t="s">
-        <v>2752</v>
+        <v>2764</v>
       </c>
       <c r="I298" t="s">
-        <v>2753</v>
+        <v>2765</v>
       </c>
       <c r="J298" t="s">
         <v>24</v>
       </c>
       <c r="K298" t="s">
-        <v>170</v>
+        <v>2766</v>
       </c>
       <c r="L298" t="s">
         <v>26</v>
       </c>
       <c r="M298" t="s">
-        <v>171</v>
+        <v>2767</v>
       </c>
       <c r="N298" t="s">
         <v>28</v>
       </c>
       <c r="O298" t="s">
-        <v>2754</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="299" spans="1:15">
       <c r="A299">
-        <v>10014</v>
+        <v>8289</v>
       </c>
       <c r="B299" t="s">
-        <v>2755</v>
+        <v>2769</v>
       </c>
       <c r="C299" t="s">
-        <v>2756</v>
+        <v>2770</v>
       </c>
       <c r="D299" t="s">
-        <v>2757</v>
+        <v>2771</v>
       </c>
       <c r="E299" t="s">
-        <v>2758</v>
+        <v>2772</v>
       </c>
       <c r="F299" t="s">
-        <v>2759</v>
+        <v>2773</v>
       </c>
       <c r="G299" t="s">
-        <v>2760</v>
+        <v>2774</v>
       </c>
       <c r="H299" t="s">
-        <v>2761</v>
+        <v>2775</v>
       </c>
       <c r="I299" t="s">
-        <v>2762</v>
+        <v>2776</v>
       </c>
       <c r="J299" t="s">
         <v>24</v>
       </c>
       <c r="K299" t="s">
-        <v>2763</v>
+        <v>442</v>
       </c>
       <c r="L299" t="s">
         <v>26</v>
       </c>
       <c r="M299" t="s">
-        <v>2764</v>
+        <v>444</v>
       </c>
       <c r="N299" t="s">
         <v>28</v>
       </c>
       <c r="O299" t="s">
-        <v>2765</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="300" spans="1:15">
       <c r="A300">
-        <v>10015</v>
+        <v>8294</v>
       </c>
       <c r="B300" t="s">
-        <v>2766</v>
+        <v>2778</v>
       </c>
       <c r="C300" t="s">
-        <v>2767</v>
+        <v>2779</v>
       </c>
       <c r="D300" t="s">
-        <v>2768</v>
+        <v>2780</v>
       </c>
       <c r="E300" t="s">
-        <v>2769</v>
+        <v>2781</v>
       </c>
       <c r="F300" t="s">
-        <v>2770</v>
+        <v>2782</v>
       </c>
       <c r="G300" t="s">
-        <v>2771</v>
+        <v>2783</v>
       </c>
       <c r="H300" t="s">
-        <v>2772</v>
+        <v>2784</v>
       </c>
       <c r="I300" t="s">
-        <v>2773</v>
+        <v>2785</v>
       </c>
       <c r="J300" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K300" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L300" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M300" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N300" t="s">
         <v>28</v>
       </c>
       <c r="O300" t="s">
-        <v>2774</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="301" spans="1:15">
       <c r="A301">
-        <v>10036</v>
+        <v>8315</v>
       </c>
       <c r="B301" t="s">
-        <v>2775</v>
+        <v>2787</v>
       </c>
       <c r="C301" t="s">
-        <v>2776</v>
+        <v>2788</v>
       </c>
       <c r="D301" t="s">
-        <v>2777</v>
+        <v>2789</v>
       </c>
       <c r="E301" t="s">
-        <v>2778</v>
+        <v>2790</v>
       </c>
       <c r="F301" t="s">
-        <v>2779</v>
+        <v>2791</v>
       </c>
       <c r="G301" t="s">
-        <v>2780</v>
+        <v>2792</v>
       </c>
       <c r="H301" t="s">
-        <v>2781</v>
+        <v>2793</v>
       </c>
       <c r="I301" t="s">
-        <v>2782</v>
+        <v>2794</v>
       </c>
       <c r="J301" t="s">
         <v>24</v>
       </c>
       <c r="K301" t="s">
         <v>25</v>
       </c>
       <c r="L301" t="s">
         <v>26</v>
       </c>
       <c r="M301" t="s">
         <v>27</v>
       </c>
       <c r="N301" t="s">
         <v>28</v>
       </c>
       <c r="O301" t="s">
-        <v>2783</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="302" spans="1:15">
       <c r="A302">
-        <v>10046</v>
+        <v>8343</v>
       </c>
       <c r="B302" t="s">
-        <v>2784</v>
+        <v>2796</v>
       </c>
       <c r="C302" t="s">
-        <v>2785</v>
+        <v>2797</v>
       </c>
       <c r="D302" t="s">
-        <v>2786</v>
+        <v>2798</v>
       </c>
       <c r="E302" t="s">
-        <v>2787</v>
+        <v>2799</v>
       </c>
       <c r="F302" t="s">
-        <v>2788</v>
+        <v>2800</v>
       </c>
       <c r="G302" t="s">
-        <v>2789</v>
+        <v>2801</v>
       </c>
       <c r="H302" t="s">
-        <v>2790</v>
+        <v>2802</v>
       </c>
       <c r="I302" t="s">
-        <v>2791</v>
+        <v>2803</v>
       </c>
       <c r="J302" t="s">
         <v>24</v>
       </c>
       <c r="K302" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L302" t="s">
         <v>26</v>
       </c>
       <c r="M302" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N302" t="s">
         <v>28</v>
       </c>
       <c r="O302" t="s">
-        <v>2792</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="303" spans="1:15">
       <c r="A303">
-        <v>10098</v>
+        <v>8386</v>
       </c>
       <c r="B303" t="s">
-        <v>2793</v>
+        <v>2805</v>
       </c>
       <c r="C303" t="s">
-        <v>2794</v>
+        <v>2806</v>
       </c>
       <c r="D303" t="s">
-        <v>2795</v>
+        <v>2807</v>
       </c>
       <c r="E303" t="s">
-        <v>2796</v>
+        <v>2808</v>
       </c>
       <c r="F303" t="s">
-        <v>2797</v>
+        <v>2809</v>
       </c>
       <c r="G303" t="s">
-        <v>2798</v>
+        <v>2810</v>
       </c>
       <c r="H303" t="s">
-        <v>2799</v>
+        <v>2811</v>
       </c>
       <c r="I303" t="s">
-        <v>2800</v>
+        <v>2812</v>
       </c>
       <c r="J303" t="s">
-        <v>24</v>
+        <v>1615</v>
       </c>
       <c r="K303" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L303" t="s">
-        <v>26</v>
+        <v>1617</v>
       </c>
       <c r="M303" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N303" t="s">
         <v>28</v>
       </c>
       <c r="O303" t="s">
-        <v>2801</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="304" spans="1:15">
       <c r="A304">
-        <v>10101</v>
+        <v>8387</v>
       </c>
       <c r="B304" t="s">
-        <v>2802</v>
+        <v>2814</v>
       </c>
       <c r="C304" t="s">
-        <v>2803</v>
+        <v>2815</v>
       </c>
       <c r="D304" t="s">
-        <v>2804</v>
+        <v>2816</v>
       </c>
       <c r="E304" t="s">
-        <v>2805</v>
+        <v>2817</v>
       </c>
       <c r="F304" t="s">
-        <v>2806</v>
+        <v>2818</v>
       </c>
       <c r="G304" t="s">
-        <v>2807</v>
+        <v>2819</v>
       </c>
       <c r="H304" t="s">
-        <v>2808</v>
+        <v>2820</v>
       </c>
       <c r="I304" t="s">
-        <v>2809</v>
+        <v>2821</v>
       </c>
       <c r="J304" t="s">
         <v>24</v>
       </c>
       <c r="K304" t="s">
         <v>25</v>
       </c>
       <c r="L304" t="s">
         <v>26</v>
       </c>
       <c r="M304" t="s">
         <v>27</v>
       </c>
       <c r="N304" t="s">
         <v>28</v>
       </c>
       <c r="O304" t="s">
-        <v>2810</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="305" spans="1:15">
       <c r="A305">
-        <v>10412</v>
+        <v>8388</v>
       </c>
       <c r="B305" t="s">
-        <v>2811</v>
+        <v>2823</v>
       </c>
       <c r="C305" t="s">
-        <v>2812</v>
+        <v>2824</v>
       </c>
       <c r="D305" t="s">
-        <v>2813</v>
+        <v>2825</v>
       </c>
       <c r="E305" t="s">
-        <v>2814</v>
+        <v>2826</v>
       </c>
       <c r="F305" t="s">
-        <v>2815</v>
+        <v>2827</v>
       </c>
       <c r="G305" t="s">
-        <v>2816</v>
+        <v>2828</v>
       </c>
       <c r="H305" t="s">
-        <v>2817</v>
+        <v>2829</v>
       </c>
       <c r="I305" t="s">
-        <v>2818</v>
+        <v>2830</v>
       </c>
       <c r="J305" t="s">
         <v>24</v>
       </c>
       <c r="K305" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L305" t="s">
         <v>26</v>
       </c>
       <c r="M305" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N305" t="s">
         <v>28</v>
       </c>
       <c r="O305" t="s">
-        <v>2819</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="306" spans="1:15">
       <c r="A306">
-        <v>10603</v>
+        <v>8402</v>
       </c>
       <c r="B306" t="s">
-        <v>2820</v>
+        <v>2832</v>
       </c>
       <c r="C306" t="s">
-        <v>2821</v>
+        <v>2833</v>
       </c>
       <c r="D306" t="s">
-        <v>2822</v>
+        <v>2834</v>
       </c>
       <c r="E306" t="s">
-        <v>2823</v>
+        <v>2835</v>
       </c>
       <c r="F306" t="s">
-        <v>2824</v>
+        <v>2836</v>
       </c>
       <c r="G306" t="s">
-        <v>2825</v>
+        <v>2837</v>
       </c>
       <c r="H306" t="s">
-        <v>2826</v>
+        <v>2838</v>
       </c>
       <c r="I306" t="s">
-        <v>2827</v>
+        <v>2839</v>
       </c>
       <c r="J306" t="s">
         <v>24</v>
       </c>
       <c r="K306" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L306" t="s">
         <v>26</v>
       </c>
       <c r="M306" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N306" t="s">
         <v>28</v>
       </c>
       <c r="O306" t="s">
-        <v>2828</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="307" spans="1:15">
       <c r="A307">
-        <v>10647</v>
+        <v>8902</v>
       </c>
       <c r="B307" t="s">
-        <v>2829</v>
+        <v>2841</v>
       </c>
       <c r="C307" t="s">
-        <v>2830</v>
+        <v>2842</v>
       </c>
       <c r="D307" t="s">
-        <v>2831</v>
+        <v>2843</v>
       </c>
       <c r="E307" t="s">
-        <v>2832</v>
+        <v>2844</v>
       </c>
       <c r="F307" t="s">
-        <v>2833</v>
+        <v>2845</v>
       </c>
       <c r="G307" t="s">
-        <v>2834</v>
+        <v>2846</v>
       </c>
       <c r="H307" t="s">
-        <v>2835</v>
+        <v>2847</v>
       </c>
       <c r="I307" t="s">
-        <v>2836</v>
+        <v>2848</v>
       </c>
       <c r="J307" t="s">
         <v>24</v>
       </c>
       <c r="K307" t="s">
         <v>170</v>
       </c>
       <c r="L307" t="s">
         <v>26</v>
       </c>
       <c r="M307" t="s">
         <v>171</v>
       </c>
       <c r="N307" t="s">
         <v>28</v>
       </c>
       <c r="O307" t="s">
-        <v>2837</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="308" spans="1:15">
       <c r="A308">
-        <v>10887</v>
+        <v>8903</v>
       </c>
       <c r="B308" t="s">
-        <v>2838</v>
+        <v>2850</v>
       </c>
       <c r="C308" t="s">
-        <v>2839</v>
+        <v>2851</v>
       </c>
       <c r="D308" t="s">
-        <v>2840</v>
+        <v>2852</v>
       </c>
       <c r="E308" t="s">
-        <v>2841</v>
+        <v>2853</v>
       </c>
       <c r="F308" t="s">
-        <v>2842</v>
+        <v>2854</v>
       </c>
       <c r="G308" t="s">
-        <v>2843</v>
+        <v>2855</v>
       </c>
       <c r="H308" t="s">
-        <v>2844</v>
+        <v>2856</v>
       </c>
       <c r="I308" t="s">
-        <v>2845</v>
+        <v>2857</v>
       </c>
       <c r="J308" t="s">
         <v>24</v>
       </c>
       <c r="K308" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L308" t="s">
         <v>26</v>
       </c>
       <c r="M308" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N308" t="s">
         <v>28</v>
       </c>
       <c r="O308" t="s">
-        <v>2846</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="309" spans="1:15">
       <c r="A309">
-        <v>10925</v>
+        <v>8904</v>
       </c>
       <c r="B309" t="s">
-        <v>2847</v>
+        <v>2859</v>
       </c>
       <c r="C309" t="s">
-        <v>2848</v>
+        <v>2860</v>
       </c>
       <c r="D309" t="s">
-        <v>2849</v>
+        <v>2861</v>
       </c>
       <c r="E309" t="s">
-        <v>2850</v>
+        <v>2862</v>
       </c>
       <c r="F309" t="s">
-        <v>2851</v>
+        <v>2863</v>
       </c>
       <c r="G309" t="s">
-        <v>2852</v>
+        <v>2864</v>
       </c>
       <c r="H309" t="s">
-        <v>2853</v>
+        <v>2865</v>
       </c>
       <c r="I309" t="s">
-        <v>2854</v>
+        <v>2866</v>
       </c>
       <c r="J309" t="s">
         <v>24</v>
       </c>
       <c r="K309" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L309" t="s">
         <v>26</v>
       </c>
       <c r="M309" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N309" t="s">
         <v>28</v>
       </c>
       <c r="O309" t="s">
-        <v>2855</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="310" spans="1:15">
       <c r="A310">
-        <v>10930</v>
+        <v>8914</v>
       </c>
       <c r="B310" t="s">
-        <v>2856</v>
+        <v>2868</v>
       </c>
       <c r="C310" t="s">
-        <v>2857</v>
+        <v>2869</v>
       </c>
       <c r="D310" t="s">
-        <v>2858</v>
+        <v>2870</v>
       </c>
       <c r="E310" t="s">
-        <v>2859</v>
+        <v>2871</v>
       </c>
       <c r="F310" t="s">
-        <v>2860</v>
+        <v>2872</v>
       </c>
       <c r="G310" t="s">
-        <v>2861</v>
+        <v>2873</v>
       </c>
       <c r="H310" t="s">
-        <v>2862</v>
+        <v>2874</v>
       </c>
       <c r="I310" t="s">
-        <v>2863</v>
+        <v>2875</v>
       </c>
       <c r="J310" t="s">
-        <v>2864</v>
+        <v>24</v>
       </c>
       <c r="K310" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L310" t="s">
-        <v>2865</v>
+        <v>26</v>
       </c>
       <c r="M310" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N310" t="s">
         <v>28</v>
       </c>
       <c r="O310" t="s">
-        <v>2866</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="311" spans="1:15">
       <c r="A311">
-        <v>10947</v>
+        <v>8918</v>
       </c>
       <c r="B311" t="s">
-        <v>2867</v>
+        <v>2877</v>
       </c>
       <c r="C311" t="s">
-        <v>2868</v>
+        <v>2878</v>
       </c>
       <c r="D311" t="s">
-        <v>2869</v>
+        <v>2879</v>
       </c>
       <c r="E311" t="s">
-        <v>2870</v>
+        <v>2880</v>
       </c>
       <c r="F311" t="s">
-        <v>2871</v>
+        <v>2881</v>
       </c>
       <c r="G311" t="s">
-        <v>2872</v>
+        <v>2882</v>
       </c>
       <c r="H311" t="s">
-        <v>2873</v>
+        <v>2883</v>
       </c>
       <c r="I311" t="s">
-        <v>2874</v>
+        <v>2884</v>
       </c>
       <c r="J311" t="s">
         <v>24</v>
       </c>
       <c r="K311" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L311" t="s">
         <v>26</v>
       </c>
       <c r="M311" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N311" t="s">
         <v>28</v>
       </c>
       <c r="O311" t="s">
-        <v>2875</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="312" spans="1:15">
       <c r="A312">
-        <v>10948</v>
+        <v>8945</v>
       </c>
       <c r="B312" t="s">
-        <v>2876</v>
+        <v>2886</v>
       </c>
       <c r="C312" t="s">
-        <v>2877</v>
+        <v>2887</v>
       </c>
       <c r="D312" t="s">
-        <v>2878</v>
+        <v>2888</v>
       </c>
       <c r="E312" t="s">
-        <v>2879</v>
+        <v>2889</v>
       </c>
       <c r="F312" t="s">
-        <v>2880</v>
+        <v>2890</v>
       </c>
       <c r="G312" t="s">
-        <v>2881</v>
+        <v>2891</v>
       </c>
       <c r="H312" t="s">
-        <v>2882</v>
+        <v>2892</v>
       </c>
       <c r="I312" t="s">
-        <v>2883</v>
+        <v>2893</v>
       </c>
       <c r="J312" t="s">
         <v>24</v>
       </c>
       <c r="K312" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L312" t="s">
         <v>26</v>
       </c>
       <c r="M312" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N312" t="s">
         <v>28</v>
       </c>
       <c r="O312" t="s">
-        <v>2884</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="313" spans="1:15">
       <c r="A313">
-        <v>10950</v>
+        <v>8950</v>
       </c>
       <c r="B313" t="s">
-        <v>2885</v>
+        <v>2895</v>
       </c>
       <c r="C313" t="s">
-        <v>2886</v>
+        <v>2896</v>
       </c>
       <c r="D313" t="s">
-        <v>2887</v>
+        <v>2897</v>
       </c>
       <c r="E313" t="s">
-        <v>2888</v>
+        <v>2898</v>
       </c>
       <c r="F313" t="s">
-        <v>2889</v>
+        <v>2899</v>
       </c>
       <c r="G313" t="s">
-        <v>2890</v>
+        <v>2900</v>
       </c>
       <c r="H313" t="s">
-        <v>2891</v>
+        <v>2901</v>
       </c>
       <c r="I313" t="s">
-        <v>2892</v>
+        <v>2902</v>
       </c>
       <c r="J313" t="s">
         <v>24</v>
       </c>
       <c r="K313" t="s">
-        <v>2893</v>
+        <v>25</v>
       </c>
       <c r="L313" t="s">
         <v>26</v>
       </c>
+      <c r="M313" t="s">
+        <v>27</v>
+      </c>
       <c r="N313" t="s">
         <v>28</v>
       </c>
       <c r="O313" t="s">
-        <v>2894</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="314" spans="1:15">
       <c r="A314">
-        <v>10951</v>
+        <v>8951</v>
       </c>
       <c r="B314" t="s">
-        <v>2895</v>
+        <v>2904</v>
       </c>
       <c r="C314" t="s">
-        <v>2896</v>
+        <v>2905</v>
       </c>
       <c r="D314" t="s">
-        <v>2897</v>
+        <v>2906</v>
       </c>
       <c r="E314" t="s">
-        <v>2898</v>
+        <v>2907</v>
       </c>
       <c r="F314" t="s">
-        <v>2899</v>
+        <v>2908</v>
       </c>
       <c r="G314" t="s">
-        <v>2900</v>
+        <v>2909</v>
       </c>
       <c r="H314" t="s">
-        <v>2901</v>
+        <v>2910</v>
       </c>
       <c r="I314" t="s">
-        <v>2902</v>
+        <v>2911</v>
       </c>
       <c r="J314" t="s">
         <v>24</v>
       </c>
       <c r="K314" t="s">
-        <v>47</v>
+        <v>170</v>
       </c>
       <c r="L314" t="s">
         <v>26</v>
       </c>
       <c r="M314" t="s">
-        <v>48</v>
+        <v>171</v>
       </c>
       <c r="N314" t="s">
         <v>28</v>
       </c>
       <c r="O314" t="s">
-        <v>2903</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="315" spans="1:15">
       <c r="A315">
-        <v>11000</v>
+        <v>8959</v>
       </c>
       <c r="B315" t="s">
-        <v>2904</v>
+        <v>2913</v>
       </c>
       <c r="C315" t="s">
-        <v>2905</v>
+        <v>2914</v>
       </c>
       <c r="D315" t="s">
-        <v>2906</v>
+        <v>2915</v>
       </c>
       <c r="E315" t="s">
-        <v>2907</v>
+        <v>2916</v>
       </c>
       <c r="F315" t="s">
-        <v>2908</v>
+        <v>2917</v>
       </c>
       <c r="G315" t="s">
-        <v>2909</v>
+        <v>2918</v>
       </c>
       <c r="H315" t="s">
-        <v>2910</v>
+        <v>2919</v>
       </c>
       <c r="I315" t="s">
-        <v>2911</v>
+        <v>2920</v>
       </c>
       <c r="J315" t="s">
         <v>24</v>
       </c>
       <c r="K315" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L315" t="s">
         <v>26</v>
       </c>
       <c r="M315" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N315" t="s">
         <v>28</v>
       </c>
       <c r="O315" t="s">
-        <v>2912</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="316" spans="1:15">
       <c r="A316">
-        <v>11220</v>
+        <v>10014</v>
       </c>
       <c r="B316" t="s">
-        <v>2913</v>
+        <v>2922</v>
       </c>
       <c r="C316" t="s">
-        <v>2914</v>
+        <v>2923</v>
       </c>
       <c r="D316" t="s">
-        <v>2915</v>
+        <v>2924</v>
       </c>
       <c r="E316" t="s">
-        <v>2916</v>
+        <v>2925</v>
       </c>
       <c r="F316" t="s">
-        <v>2917</v>
+        <v>2926</v>
       </c>
       <c r="G316" t="s">
-        <v>2918</v>
+        <v>2927</v>
       </c>
       <c r="H316" t="s">
-        <v>2919</v>
+        <v>2928</v>
       </c>
       <c r="I316" t="s">
-        <v>2920</v>
+        <v>2929</v>
       </c>
       <c r="J316" t="s">
         <v>24</v>
       </c>
       <c r="K316" t="s">
-        <v>672</v>
+        <v>2930</v>
       </c>
       <c r="L316" t="s">
         <v>26</v>
       </c>
       <c r="M316" t="s">
-        <v>673</v>
+        <v>2931</v>
       </c>
       <c r="N316" t="s">
         <v>28</v>
       </c>
       <c r="O316" t="s">
-        <v>2921</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="317" spans="1:15">
       <c r="A317">
-        <v>11231</v>
+        <v>10015</v>
       </c>
       <c r="B317" t="s">
-        <v>2922</v>
+        <v>2933</v>
       </c>
       <c r="C317" t="s">
-        <v>2923</v>
+        <v>2934</v>
       </c>
       <c r="D317" t="s">
-        <v>2924</v>
+        <v>2935</v>
       </c>
       <c r="E317" t="s">
-        <v>2925</v>
+        <v>2936</v>
       </c>
       <c r="F317" t="s">
-        <v>2926</v>
+        <v>2937</v>
       </c>
       <c r="G317" t="s">
-        <v>2927</v>
+        <v>2938</v>
       </c>
       <c r="H317" t="s">
-        <v>2928</v>
+        <v>2939</v>
       </c>
       <c r="I317" t="s">
-        <v>2929</v>
+        <v>2940</v>
       </c>
       <c r="J317" t="s">
         <v>24</v>
       </c>
       <c r="K317" t="s">
         <v>170</v>
       </c>
       <c r="L317" t="s">
         <v>26</v>
       </c>
       <c r="M317" t="s">
         <v>171</v>
       </c>
       <c r="N317" t="s">
         <v>28</v>
       </c>
       <c r="O317" t="s">
-        <v>2930</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="318" spans="1:15">
       <c r="A318">
-        <v>11287</v>
+        <v>10036</v>
       </c>
       <c r="B318" t="s">
-        <v>2931</v>
+        <v>2942</v>
       </c>
       <c r="C318" t="s">
-        <v>2932</v>
+        <v>2943</v>
       </c>
       <c r="D318" t="s">
-        <v>2933</v>
+        <v>2944</v>
       </c>
       <c r="E318" t="s">
-        <v>2934</v>
+        <v>2945</v>
       </c>
       <c r="F318" t="s">
-        <v>2935</v>
+        <v>2946</v>
       </c>
       <c r="G318" t="s">
-        <v>2936</v>
+        <v>2947</v>
       </c>
       <c r="H318" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
       <c r="I318" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="J318" t="s">
         <v>24</v>
       </c>
       <c r="K318" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L318" t="s">
         <v>26</v>
       </c>
       <c r="M318" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N318" t="s">
         <v>28</v>
       </c>
       <c r="O318" t="s">
-        <v>2939</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="319" spans="1:15">
       <c r="A319">
-        <v>11299</v>
+        <v>10046</v>
       </c>
       <c r="B319" t="s">
-        <v>2940</v>
+        <v>2951</v>
       </c>
       <c r="C319" t="s">
-        <v>2941</v>
+        <v>2952</v>
       </c>
       <c r="D319" t="s">
-        <v>2942</v>
+        <v>2953</v>
       </c>
       <c r="E319" t="s">
-        <v>2943</v>
+        <v>2954</v>
       </c>
       <c r="F319" t="s">
-        <v>2944</v>
+        <v>2955</v>
       </c>
       <c r="G319" t="s">
-        <v>2945</v>
+        <v>2956</v>
       </c>
       <c r="H319" t="s">
-        <v>2946</v>
+        <v>2957</v>
       </c>
       <c r="I319" t="s">
-        <v>2947</v>
+        <v>2958</v>
       </c>
       <c r="J319" t="s">
         <v>24</v>
       </c>
       <c r="K319" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L319" t="s">
         <v>26</v>
       </c>
       <c r="M319" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N319" t="s">
         <v>28</v>
       </c>
       <c r="O319" t="s">
-        <v>2948</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="320" spans="1:15">
       <c r="A320">
-        <v>11306</v>
+        <v>10098</v>
       </c>
       <c r="B320" t="s">
-        <v>2949</v>
+        <v>2960</v>
       </c>
       <c r="C320" t="s">
-        <v>2950</v>
+        <v>2961</v>
       </c>
       <c r="D320" t="s">
-        <v>2951</v>
+        <v>2962</v>
       </c>
       <c r="E320" t="s">
-        <v>2952</v>
+        <v>2963</v>
       </c>
       <c r="F320" t="s">
-        <v>2953</v>
+        <v>2964</v>
       </c>
       <c r="G320" t="s">
-        <v>2954</v>
+        <v>2965</v>
       </c>
       <c r="H320" t="s">
-        <v>2955</v>
+        <v>2966</v>
       </c>
       <c r="I320" t="s">
-        <v>2956</v>
+        <v>2967</v>
       </c>
       <c r="J320" t="s">
         <v>24</v>
       </c>
       <c r="K320" t="s">
-        <v>2957</v>
+        <v>25</v>
       </c>
       <c r="L320" t="s">
         <v>26</v>
       </c>
+      <c r="M320" t="s">
+        <v>27</v>
+      </c>
       <c r="N320" t="s">
         <v>28</v>
       </c>
       <c r="O320" t="s">
-        <v>2958</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="321" spans="1:15">
       <c r="A321">
-        <v>58060</v>
+        <v>10101</v>
       </c>
       <c r="B321" t="s">
-        <v>2959</v>
+        <v>2969</v>
       </c>
       <c r="C321" t="s">
-        <v>2960</v>
+        <v>2970</v>
       </c>
       <c r="D321" t="s">
-        <v>2961</v>
+        <v>2971</v>
       </c>
       <c r="E321" t="s">
-        <v>2962</v>
+        <v>2972</v>
       </c>
       <c r="F321" t="s">
-        <v>2963</v>
+        <v>2973</v>
       </c>
       <c r="G321" t="s">
-        <v>2964</v>
+        <v>2974</v>
       </c>
       <c r="H321" t="s">
-        <v>2965</v>
+        <v>2975</v>
       </c>
       <c r="I321" t="s">
-        <v>2966</v>
+        <v>2976</v>
       </c>
       <c r="J321" t="s">
         <v>24</v>
       </c>
       <c r="K321" t="s">
-        <v>2967</v>
+        <v>25</v>
       </c>
       <c r="L321" t="s">
         <v>26</v>
       </c>
       <c r="M321" t="s">
-        <v>2968</v>
+        <v>27</v>
       </c>
       <c r="N321" t="s">
         <v>28</v>
       </c>
       <c r="O321" t="s">
-        <v>2969</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="322" spans="1:15">
       <c r="A322">
-        <v>58066</v>
+        <v>10412</v>
       </c>
       <c r="B322" t="s">
-        <v>2970</v>
+        <v>2978</v>
       </c>
       <c r="C322" t="s">
-        <v>2971</v>
+        <v>2979</v>
       </c>
       <c r="D322" t="s">
-        <v>2972</v>
+        <v>2980</v>
       </c>
       <c r="E322" t="s">
-        <v>2973</v>
+        <v>2981</v>
       </c>
       <c r="F322" t="s">
-        <v>2974</v>
+        <v>2982</v>
       </c>
       <c r="G322" t="s">
-        <v>2975</v>
+        <v>2983</v>
       </c>
       <c r="H322" t="s">
-        <v>2976</v>
+        <v>2984</v>
       </c>
       <c r="I322" t="s">
-        <v>2977</v>
+        <v>2985</v>
       </c>
       <c r="J322" t="s">
         <v>24</v>
       </c>
       <c r="K322" t="s">
-        <v>274</v>
+        <v>25</v>
       </c>
       <c r="L322" t="s">
         <v>26</v>
       </c>
       <c r="M322" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="N322" t="s">
         <v>28</v>
       </c>
       <c r="O322" t="s">
-        <v>2978</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="323" spans="1:15">
       <c r="A323">
-        <v>58120</v>
+        <v>10603</v>
       </c>
       <c r="B323" t="s">
-        <v>2979</v>
+        <v>2987</v>
       </c>
       <c r="C323" t="s">
-        <v>2980</v>
+        <v>2988</v>
       </c>
       <c r="D323" t="s">
-        <v>2981</v>
+        <v>2989</v>
       </c>
       <c r="E323" t="s">
-        <v>2982</v>
+        <v>2990</v>
       </c>
       <c r="F323" t="s">
-        <v>2983</v>
+        <v>2991</v>
       </c>
       <c r="G323" t="s">
-        <v>2984</v>
+        <v>2992</v>
       </c>
       <c r="H323" t="s">
-        <v>2985</v>
+        <v>2993</v>
       </c>
       <c r="I323" t="s">
-        <v>2986</v>
+        <v>2994</v>
       </c>
       <c r="J323" t="s">
         <v>24</v>
       </c>
       <c r="K323" t="s">
         <v>25</v>
       </c>
       <c r="L323" t="s">
         <v>26</v>
       </c>
       <c r="M323" t="s">
         <v>27</v>
       </c>
       <c r="N323" t="s">
         <v>28</v>
       </c>
       <c r="O323" t="s">
-        <v>2987</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="324" spans="1:15">
       <c r="A324">
-        <v>58122</v>
+        <v>10647</v>
       </c>
       <c r="B324" t="s">
-        <v>2988</v>
+        <v>2996</v>
       </c>
       <c r="C324" t="s">
-        <v>2989</v>
+        <v>2997</v>
       </c>
       <c r="D324" t="s">
-        <v>2990</v>
+        <v>2998</v>
       </c>
       <c r="E324" t="s">
-        <v>2991</v>
+        <v>2999</v>
       </c>
       <c r="F324" t="s">
-        <v>2992</v>
+        <v>3000</v>
       </c>
       <c r="G324" t="s">
-        <v>2993</v>
+        <v>3001</v>
       </c>
       <c r="H324" t="s">
-        <v>2994</v>
+        <v>3002</v>
       </c>
       <c r="I324" t="s">
-        <v>2995</v>
+        <v>3003</v>
       </c>
       <c r="J324" t="s">
         <v>24</v>
       </c>
       <c r="K324" t="s">
         <v>170</v>
       </c>
       <c r="L324" t="s">
         <v>26</v>
       </c>
       <c r="M324" t="s">
         <v>171</v>
       </c>
       <c r="N324" t="s">
         <v>28</v>
       </c>
       <c r="O324" t="s">
-        <v>2996</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="325" spans="1:15">
       <c r="A325">
-        <v>58144</v>
+        <v>10887</v>
       </c>
       <c r="B325" t="s">
-        <v>2997</v>
+        <v>3005</v>
       </c>
       <c r="C325" t="s">
-        <v>2998</v>
+        <v>3006</v>
       </c>
       <c r="D325" t="s">
-        <v>2999</v>
+        <v>3007</v>
       </c>
       <c r="E325" t="s">
-        <v>3000</v>
+        <v>3008</v>
       </c>
       <c r="F325" t="s">
-        <v>3001</v>
+        <v>3009</v>
       </c>
       <c r="G325" t="s">
-        <v>3002</v>
+        <v>3010</v>
       </c>
       <c r="H325" t="s">
-        <v>3003</v>
+        <v>3011</v>
       </c>
       <c r="I325" t="s">
-        <v>3004</v>
+        <v>3012</v>
       </c>
       <c r="J325" t="s">
         <v>24</v>
       </c>
       <c r="K325" t="s">
         <v>25</v>
       </c>
       <c r="L325" t="s">
         <v>26</v>
       </c>
       <c r="M325" t="s">
         <v>27</v>
       </c>
       <c r="N325" t="s">
         <v>28</v>
       </c>
       <c r="O325" t="s">
-        <v>3005</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="326" spans="1:15">
       <c r="A326">
-        <v>58148</v>
+        <v>10925</v>
       </c>
       <c r="B326" t="s">
-        <v>3006</v>
+        <v>3014</v>
       </c>
       <c r="C326" t="s">
-        <v>3007</v>
+        <v>3015</v>
       </c>
       <c r="D326" t="s">
-        <v>3008</v>
+        <v>3016</v>
       </c>
       <c r="E326" t="s">
-        <v>3009</v>
+        <v>3017</v>
       </c>
       <c r="F326" t="s">
-        <v>3010</v>
+        <v>3018</v>
       </c>
       <c r="G326" t="s">
-        <v>3011</v>
+        <v>3019</v>
       </c>
       <c r="H326" t="s">
-        <v>3012</v>
+        <v>3020</v>
       </c>
       <c r="I326" t="s">
-        <v>3013</v>
+        <v>3021</v>
       </c>
       <c r="J326" t="s">
         <v>24</v>
       </c>
       <c r="K326" t="s">
-        <v>1017</v>
+        <v>25</v>
       </c>
       <c r="L326" t="s">
         <v>26</v>
       </c>
       <c r="M326" t="s">
-        <v>1018</v>
+        <v>27</v>
       </c>
       <c r="N326" t="s">
         <v>28</v>
       </c>
       <c r="O326" t="s">
-        <v>3014</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="327" spans="1:15">
       <c r="A327">
-        <v>58218</v>
+        <v>10930</v>
       </c>
       <c r="B327" t="s">
-        <v>3015</v>
+        <v>3023</v>
       </c>
       <c r="C327" t="s">
-        <v>3016</v>
+        <v>3024</v>
       </c>
       <c r="D327" t="s">
-        <v>3017</v>
+        <v>3025</v>
       </c>
       <c r="E327" t="s">
-        <v>3018</v>
+        <v>3026</v>
       </c>
       <c r="F327" t="s">
-        <v>3019</v>
+        <v>3027</v>
       </c>
       <c r="G327" t="s">
-        <v>3020</v>
+        <v>3028</v>
       </c>
       <c r="H327" t="s">
-        <v>3021</v>
+        <v>3029</v>
       </c>
       <c r="I327" t="s">
-        <v>3022</v>
+        <v>3030</v>
       </c>
       <c r="J327" t="s">
-        <v>24</v>
+        <v>3031</v>
       </c>
       <c r="K327" t="s">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="L327" t="s">
-        <v>26</v>
+        <v>3032</v>
       </c>
       <c r="M327" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="N327" t="s">
         <v>28</v>
       </c>
       <c r="O327" t="s">
-        <v>3023</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="328" spans="1:15">
       <c r="A328">
-        <v>58223</v>
+        <v>10947</v>
       </c>
       <c r="B328" t="s">
-        <v>3024</v>
+        <v>3034</v>
       </c>
       <c r="C328" t="s">
-        <v>3025</v>
+        <v>3035</v>
       </c>
       <c r="D328" t="s">
-        <v>3026</v>
+        <v>3036</v>
       </c>
       <c r="E328" t="s">
-        <v>3027</v>
+        <v>3037</v>
       </c>
       <c r="F328" t="s">
-        <v>3028</v>
+        <v>3038</v>
       </c>
       <c r="G328" t="s">
-        <v>3029</v>
+        <v>3039</v>
       </c>
       <c r="H328" t="s">
-        <v>3030</v>
+        <v>3040</v>
       </c>
       <c r="I328" t="s">
-        <v>3031</v>
+        <v>3041</v>
       </c>
       <c r="J328" t="s">
         <v>24</v>
       </c>
       <c r="K328" t="s">
         <v>170</v>
       </c>
       <c r="L328" t="s">
         <v>26</v>
       </c>
       <c r="M328" t="s">
         <v>171</v>
       </c>
       <c r="N328" t="s">
         <v>28</v>
       </c>
       <c r="O328" t="s">
-        <v>3032</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="329" spans="1:15">
       <c r="A329">
-        <v>58259</v>
+        <v>10948</v>
       </c>
       <c r="B329" t="s">
-        <v>3033</v>
+        <v>3043</v>
       </c>
       <c r="C329" t="s">
-        <v>3034</v>
+        <v>3044</v>
       </c>
       <c r="D329" t="s">
-        <v>3035</v>
+        <v>3045</v>
       </c>
       <c r="E329" t="s">
-        <v>3036</v>
+        <v>3046</v>
       </c>
       <c r="F329" t="s">
-        <v>3037</v>
+        <v>3047</v>
       </c>
       <c r="G329" t="s">
-        <v>3038</v>
+        <v>3048</v>
       </c>
       <c r="H329" t="s">
-        <v>3039</v>
+        <v>3049</v>
       </c>
       <c r="I329" t="s">
-        <v>3040</v>
+        <v>3050</v>
       </c>
       <c r="J329" t="s">
         <v>24</v>
       </c>
       <c r="K329" t="s">
-        <v>3041</v>
+        <v>170</v>
       </c>
       <c r="L329" t="s">
         <v>26</v>
       </c>
+      <c r="M329" t="s">
+        <v>171</v>
+      </c>
       <c r="N329" t="s">
         <v>28</v>
       </c>
       <c r="O329" t="s">
-        <v>3042</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="330" spans="1:15">
       <c r="A330">
-        <v>64637</v>
+        <v>10950</v>
       </c>
       <c r="B330" t="s">
-        <v>3043</v>
+        <v>3052</v>
       </c>
       <c r="C330" t="s">
-        <v>3044</v>
+        <v>3053</v>
       </c>
       <c r="D330" t="s">
-        <v>3045</v>
+        <v>3054</v>
       </c>
       <c r="E330" t="s">
-        <v>3046</v>
+        <v>3055</v>
       </c>
       <c r="F330" t="s">
-        <v>3047</v>
+        <v>3056</v>
       </c>
       <c r="G330" t="s">
-        <v>3048</v>
+        <v>3057</v>
       </c>
       <c r="H330" t="s">
-        <v>3049</v>
+        <v>3058</v>
       </c>
       <c r="I330" t="s">
-        <v>3050</v>
+        <v>3059</v>
       </c>
       <c r="J330" t="s">
         <v>24</v>
       </c>
       <c r="K330" t="s">
-        <v>47</v>
+        <v>3060</v>
       </c>
       <c r="L330" t="s">
         <v>26</v>
       </c>
       <c r="M330" t="s">
-        <v>48</v>
+        <v>3061</v>
       </c>
       <c r="N330" t="s">
         <v>28</v>
       </c>
       <c r="O330" t="s">
-        <v>3051</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="331" spans="1:15">
       <c r="A331">
-        <v>64643</v>
+        <v>10951</v>
       </c>
       <c r="B331" t="s">
-        <v>3052</v>
+        <v>3063</v>
       </c>
       <c r="C331" t="s">
-        <v>3053</v>
+        <v>3064</v>
       </c>
       <c r="D331" t="s">
-        <v>3054</v>
+        <v>3065</v>
       </c>
       <c r="E331" t="s">
-        <v>3055</v>
+        <v>3066</v>
       </c>
       <c r="F331" t="s">
-        <v>3056</v>
+        <v>3067</v>
       </c>
       <c r="G331" t="s">
-        <v>3057</v>
+        <v>3068</v>
       </c>
       <c r="H331" t="s">
-        <v>3058</v>
+        <v>3069</v>
       </c>
       <c r="I331" t="s">
-        <v>3059</v>
+        <v>3070</v>
       </c>
       <c r="J331" t="s">
         <v>24</v>
       </c>
       <c r="K331" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L331" t="s">
         <v>26</v>
       </c>
       <c r="M331" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N331" t="s">
         <v>28</v>
       </c>
       <c r="O331" t="s">
-        <v>3060</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="332" spans="1:15">
       <c r="A332">
-        <v>64689</v>
+        <v>11000</v>
       </c>
       <c r="B332" t="s">
-        <v>3061</v>
+        <v>3072</v>
       </c>
       <c r="C332" t="s">
-        <v>3062</v>
+        <v>3073</v>
       </c>
       <c r="D332" t="s">
-        <v>3063</v>
+        <v>3074</v>
       </c>
       <c r="E332" t="s">
-        <v>3064</v>
+        <v>3075</v>
       </c>
       <c r="F332" t="s">
-        <v>3065</v>
+        <v>3076</v>
       </c>
       <c r="G332" t="s">
-        <v>3066</v>
+        <v>3077</v>
       </c>
       <c r="H332" t="s">
-        <v>3067</v>
+        <v>3078</v>
       </c>
       <c r="I332" t="s">
-        <v>3068</v>
+        <v>3079</v>
       </c>
       <c r="J332" t="s">
         <v>24</v>
       </c>
       <c r="K332" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="L332" t="s">
         <v>26</v>
       </c>
       <c r="M332" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="N332" t="s">
         <v>28</v>
       </c>
       <c r="O332" t="s">
-        <v>3069</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="333" spans="1:15">
       <c r="A333">
-        <v>65000</v>
+        <v>11220</v>
       </c>
       <c r="B333" t="s">
-        <v>3070</v>
+        <v>3081</v>
       </c>
       <c r="C333" t="s">
-        <v>3071</v>
+        <v>3082</v>
       </c>
       <c r="D333" t="s">
-        <v>3072</v>
+        <v>3083</v>
       </c>
       <c r="E333" t="s">
-        <v>3073</v>
+        <v>3084</v>
       </c>
       <c r="F333" t="s">
-        <v>3074</v>
+        <v>3085</v>
       </c>
       <c r="G333" t="s">
-        <v>3075</v>
+        <v>3086</v>
       </c>
       <c r="H333" t="s">
-        <v>3076</v>
+        <v>3087</v>
       </c>
       <c r="I333" t="s">
-        <v>3077</v>
+        <v>3088</v>
       </c>
       <c r="J333" t="s">
         <v>24</v>
       </c>
       <c r="K333" t="s">
-        <v>25</v>
+        <v>672</v>
       </c>
       <c r="L333" t="s">
         <v>26</v>
       </c>
       <c r="M333" t="s">
-        <v>27</v>
+        <v>673</v>
       </c>
       <c r="N333" t="s">
         <v>28</v>
       </c>
       <c r="O333" t="s">
-        <v>3078</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="334" spans="1:15">
       <c r="A334">
-        <v>65001</v>
+        <v>11231</v>
       </c>
       <c r="B334" t="s">
-        <v>3079</v>
+        <v>3090</v>
       </c>
       <c r="C334" t="s">
-        <v>3080</v>
+        <v>3091</v>
       </c>
       <c r="D334" t="s">
-        <v>3081</v>
+        <v>3092</v>
       </c>
       <c r="E334" t="s">
-        <v>3082</v>
+        <v>3093</v>
       </c>
       <c r="F334" t="s">
-        <v>3083</v>
+        <v>3094</v>
       </c>
       <c r="G334" t="s">
-        <v>3084</v>
+        <v>3095</v>
       </c>
       <c r="H334" t="s">
-        <v>3085</v>
+        <v>3096</v>
       </c>
       <c r="I334" t="s">
-        <v>3086</v>
+        <v>3097</v>
       </c>
       <c r="J334" t="s">
         <v>24</v>
       </c>
       <c r="K334" t="s">
         <v>170</v>
       </c>
       <c r="L334" t="s">
         <v>26</v>
       </c>
       <c r="M334" t="s">
         <v>171</v>
       </c>
       <c r="N334" t="s">
         <v>28</v>
       </c>
       <c r="O334" t="s">
-        <v>3087</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="335" spans="1:15">
       <c r="A335">
-        <v>65002</v>
+        <v>11287</v>
       </c>
       <c r="B335" t="s">
-        <v>3088</v>
+        <v>3099</v>
       </c>
       <c r="C335" t="s">
-        <v>3089</v>
+        <v>3100</v>
       </c>
       <c r="D335" t="s">
-        <v>3090</v>
+        <v>3101</v>
       </c>
       <c r="E335" t="s">
-        <v>3091</v>
+        <v>3102</v>
       </c>
       <c r="F335" t="s">
-        <v>3092</v>
+        <v>3103</v>
       </c>
       <c r="G335" t="s">
-        <v>3093</v>
+        <v>3104</v>
       </c>
       <c r="H335" t="s">
-        <v>3094</v>
+        <v>3105</v>
       </c>
       <c r="I335" t="s">
-        <v>3095</v>
+        <v>3106</v>
       </c>
       <c r="J335" t="s">
         <v>24</v>
       </c>
       <c r="K335" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L335" t="s">
         <v>26</v>
       </c>
       <c r="M335" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N335" t="s">
         <v>28</v>
       </c>
       <c r="O335" t="s">
-        <v>3096</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="336" spans="1:15">
       <c r="A336">
-        <v>65003</v>
+        <v>11299</v>
       </c>
       <c r="B336" t="s">
-        <v>3097</v>
+        <v>3108</v>
       </c>
       <c r="C336" t="s">
-        <v>3098</v>
+        <v>3109</v>
       </c>
       <c r="D336" t="s">
-        <v>3099</v>
+        <v>3110</v>
       </c>
       <c r="E336" t="s">
-        <v>3100</v>
+        <v>3111</v>
       </c>
       <c r="F336" t="s">
-        <v>3101</v>
+        <v>3112</v>
       </c>
       <c r="G336" t="s">
-        <v>3102</v>
+        <v>3113</v>
       </c>
       <c r="H336" t="s">
-        <v>3103</v>
+        <v>3114</v>
       </c>
       <c r="I336" t="s">
-        <v>3104</v>
+        <v>3115</v>
       </c>
       <c r="J336" t="s">
         <v>24</v>
       </c>
       <c r="K336" t="s">
         <v>170</v>
       </c>
       <c r="L336" t="s">
         <v>26</v>
       </c>
       <c r="M336" t="s">
         <v>171</v>
       </c>
       <c r="N336" t="s">
         <v>28</v>
       </c>
       <c r="O336" t="s">
-        <v>3105</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="337" spans="1:15">
       <c r="A337">
-        <v>65004</v>
+        <v>11306</v>
       </c>
       <c r="B337" t="s">
-        <v>3106</v>
+        <v>3117</v>
       </c>
       <c r="C337" t="s">
-        <v>3107</v>
+        <v>3118</v>
       </c>
       <c r="D337" t="s">
-        <v>3108</v>
+        <v>3119</v>
       </c>
       <c r="E337" t="s">
-        <v>3109</v>
+        <v>3120</v>
       </c>
       <c r="F337" t="s">
-        <v>3110</v>
+        <v>3121</v>
       </c>
       <c r="G337" t="s">
-        <v>3111</v>
+        <v>3122</v>
       </c>
       <c r="H337" t="s">
-        <v>3112</v>
+        <v>3123</v>
       </c>
       <c r="I337" t="s">
-        <v>3113</v>
+        <v>3124</v>
       </c>
       <c r="J337" t="s">
         <v>24</v>
       </c>
       <c r="K337" t="s">
-        <v>170</v>
+        <v>3125</v>
       </c>
       <c r="L337" t="s">
         <v>26</v>
       </c>
       <c r="M337" t="s">
-        <v>171</v>
+        <v>3126</v>
       </c>
       <c r="N337" t="s">
         <v>28</v>
       </c>
       <c r="O337" t="s">
-        <v>3114</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="338" spans="1:15">
       <c r="A338">
-        <v>65005</v>
+        <v>58060</v>
       </c>
       <c r="B338" t="s">
-        <v>3115</v>
+        <v>3128</v>
       </c>
       <c r="C338" t="s">
-        <v>3116</v>
+        <v>3129</v>
       </c>
       <c r="D338" t="s">
-        <v>3117</v>
+        <v>3130</v>
       </c>
       <c r="E338" t="s">
-        <v>3118</v>
+        <v>3131</v>
       </c>
       <c r="F338" t="s">
-        <v>3119</v>
+        <v>3132</v>
       </c>
       <c r="G338" t="s">
-        <v>3120</v>
+        <v>3133</v>
       </c>
       <c r="H338" t="s">
-        <v>3121</v>
+        <v>3134</v>
       </c>
       <c r="I338" t="s">
-        <v>3122</v>
+        <v>3135</v>
       </c>
       <c r="J338" t="s">
         <v>24</v>
       </c>
       <c r="K338" t="s">
-        <v>3123</v>
+        <v>3136</v>
       </c>
       <c r="L338" t="s">
         <v>26</v>
       </c>
       <c r="M338" t="s">
-        <v>3124</v>
+        <v>3137</v>
       </c>
       <c r="N338" t="s">
         <v>28</v>
       </c>
       <c r="O338" t="s">
-        <v>3125</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="339" spans="1:15">
       <c r="A339">
-        <v>65006</v>
+        <v>58066</v>
       </c>
       <c r="B339" t="s">
-        <v>3126</v>
+        <v>3139</v>
       </c>
       <c r="C339" t="s">
-        <v>3127</v>
+        <v>3140</v>
       </c>
       <c r="D339" t="s">
-        <v>3128</v>
+        <v>3141</v>
       </c>
       <c r="E339" t="s">
-        <v>3129</v>
+        <v>3142</v>
       </c>
       <c r="F339" t="s">
-        <v>3130</v>
+        <v>3143</v>
       </c>
       <c r="G339" t="s">
-        <v>3131</v>
+        <v>3144</v>
       </c>
       <c r="H339" t="s">
-        <v>3132</v>
+        <v>3145</v>
       </c>
       <c r="I339" t="s">
-        <v>3133</v>
+        <v>3146</v>
       </c>
       <c r="J339" t="s">
         <v>24</v>
       </c>
       <c r="K339" t="s">
-        <v>3134</v>
+        <v>274</v>
       </c>
       <c r="L339" t="s">
         <v>26</v>
       </c>
       <c r="M339" t="s">
-        <v>3135</v>
+        <v>276</v>
       </c>
       <c r="N339" t="s">
         <v>28</v>
       </c>
       <c r="O339" t="s">
-        <v>3136</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="340" spans="1:15">
       <c r="A340">
-        <v>65007</v>
+        <v>58120</v>
       </c>
       <c r="B340" t="s">
-        <v>3137</v>
+        <v>3148</v>
       </c>
       <c r="C340" t="s">
-        <v>3138</v>
+        <v>3149</v>
       </c>
       <c r="D340" t="s">
-        <v>3139</v>
+        <v>3150</v>
       </c>
       <c r="E340" t="s">
-        <v>3140</v>
+        <v>3151</v>
       </c>
       <c r="F340" t="s">
-        <v>3141</v>
+        <v>3152</v>
       </c>
       <c r="G340" t="s">
-        <v>3142</v>
+        <v>3153</v>
       </c>
       <c r="H340" t="s">
-        <v>3143</v>
+        <v>3154</v>
       </c>
       <c r="I340" t="s">
-        <v>3144</v>
+        <v>3155</v>
       </c>
       <c r="J340" t="s">
         <v>24</v>
       </c>
       <c r="K340" t="s">
         <v>25</v>
       </c>
       <c r="L340" t="s">
         <v>26</v>
       </c>
       <c r="M340" t="s">
         <v>27</v>
       </c>
       <c r="N340" t="s">
         <v>28</v>
       </c>
       <c r="O340" t="s">
-        <v>3145</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="341" spans="1:15">
       <c r="A341">
-        <v>65008</v>
+        <v>58122</v>
       </c>
       <c r="B341" t="s">
-        <v>3146</v>
+        <v>3157</v>
       </c>
       <c r="C341" t="s">
-        <v>3147</v>
+        <v>3158</v>
       </c>
       <c r="D341" t="s">
-        <v>3148</v>
+        <v>3159</v>
       </c>
       <c r="E341" t="s">
-        <v>3149</v>
+        <v>3160</v>
       </c>
       <c r="F341" t="s">
-        <v>3150</v>
+        <v>3161</v>
       </c>
       <c r="G341" t="s">
-        <v>3151</v>
+        <v>3162</v>
       </c>
       <c r="H341" t="s">
-        <v>3152</v>
+        <v>3163</v>
       </c>
       <c r="I341" t="s">
-        <v>3153</v>
+        <v>3164</v>
       </c>
       <c r="J341" t="s">
         <v>24</v>
       </c>
       <c r="K341" t="s">
         <v>170</v>
       </c>
       <c r="L341" t="s">
         <v>26</v>
       </c>
       <c r="M341" t="s">
         <v>171</v>
       </c>
       <c r="N341" t="s">
         <v>28</v>
       </c>
       <c r="O341" t="s">
-        <v>3154</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="342" spans="1:15">
       <c r="A342">
-        <v>65009</v>
+        <v>58144</v>
       </c>
       <c r="B342" t="s">
-        <v>3155</v>
+        <v>3166</v>
       </c>
       <c r="C342" t="s">
-        <v>3156</v>
+        <v>3167</v>
       </c>
       <c r="D342" t="s">
-        <v>3157</v>
+        <v>3168</v>
       </c>
       <c r="E342" t="s">
-        <v>3158</v>
+        <v>3169</v>
       </c>
       <c r="F342" t="s">
-        <v>3159</v>
+        <v>3170</v>
       </c>
       <c r="G342" t="s">
-        <v>3160</v>
+        <v>3171</v>
       </c>
       <c r="H342" t="s">
-        <v>3161</v>
+        <v>3172</v>
       </c>
       <c r="I342" t="s">
-        <v>3162</v>
+        <v>3173</v>
       </c>
       <c r="J342" t="s">
         <v>24</v>
       </c>
       <c r="K342" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L342" t="s">
         <v>26</v>
       </c>
       <c r="M342" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N342" t="s">
         <v>28</v>
       </c>
       <c r="O342" t="s">
-        <v>3163</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="343" spans="1:15">
       <c r="A343">
-        <v>65010</v>
+        <v>58148</v>
       </c>
       <c r="B343" t="s">
-        <v>3164</v>
+        <v>3175</v>
       </c>
       <c r="C343" t="s">
-        <v>3165</v>
+        <v>3176</v>
       </c>
       <c r="D343" t="s">
-        <v>3166</v>
+        <v>3177</v>
       </c>
       <c r="E343" t="s">
-        <v>3167</v>
+        <v>3178</v>
       </c>
       <c r="F343" t="s">
-        <v>3168</v>
+        <v>3179</v>
       </c>
       <c r="G343" t="s">
-        <v>3169</v>
+        <v>3180</v>
       </c>
       <c r="H343" t="s">
-        <v>3170</v>
+        <v>3181</v>
       </c>
       <c r="I343" t="s">
-        <v>3171</v>
+        <v>3182</v>
       </c>
       <c r="J343" t="s">
         <v>24</v>
       </c>
       <c r="K343" t="s">
-        <v>25</v>
+        <v>1017</v>
       </c>
       <c r="L343" t="s">
         <v>26</v>
       </c>
       <c r="M343" t="s">
-        <v>27</v>
+        <v>1018</v>
       </c>
       <c r="N343" t="s">
         <v>28</v>
       </c>
       <c r="O343" t="s">
-        <v>3172</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="344" spans="1:15">
       <c r="A344">
-        <v>65011</v>
+        <v>58218</v>
       </c>
       <c r="B344" t="s">
-        <v>3173</v>
+        <v>3184</v>
       </c>
       <c r="C344" t="s">
-        <v>3174</v>
+        <v>3185</v>
       </c>
       <c r="D344" t="s">
-        <v>3175</v>
+        <v>3186</v>
       </c>
       <c r="E344" t="s">
-        <v>3176</v>
+        <v>3187</v>
       </c>
       <c r="F344" t="s">
-        <v>3177</v>
+        <v>3188</v>
       </c>
       <c r="G344" t="s">
-        <v>3178</v>
+        <v>3189</v>
       </c>
       <c r="H344" t="s">
-        <v>3179</v>
+        <v>3190</v>
       </c>
       <c r="I344" t="s">
-        <v>3180</v>
+        <v>3191</v>
       </c>
       <c r="J344" t="s">
         <v>24</v>
       </c>
       <c r="K344" t="s">
         <v>170</v>
       </c>
       <c r="L344" t="s">
         <v>26</v>
       </c>
       <c r="M344" t="s">
         <v>171</v>
       </c>
       <c r="N344" t="s">
         <v>28</v>
       </c>
       <c r="O344" t="s">
-        <v>3181</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="345" spans="1:15">
       <c r="A345">
-        <v>65012</v>
+        <v>58223</v>
       </c>
       <c r="B345" t="s">
-        <v>3182</v>
+        <v>3193</v>
       </c>
       <c r="C345" t="s">
-        <v>3183</v>
+        <v>3194</v>
       </c>
       <c r="D345" t="s">
-        <v>3184</v>
+        <v>3195</v>
       </c>
       <c r="E345" t="s">
-        <v>3185</v>
+        <v>3196</v>
       </c>
       <c r="F345" t="s">
-        <v>3186</v>
+        <v>3197</v>
       </c>
       <c r="G345" t="s">
-        <v>3187</v>
+        <v>3198</v>
       </c>
       <c r="H345" t="s">
-        <v>3188</v>
+        <v>3199</v>
       </c>
       <c r="I345" t="s">
-        <v>3189</v>
+        <v>3200</v>
       </c>
       <c r="J345" t="s">
         <v>24</v>
       </c>
       <c r="K345" t="s">
-        <v>3190</v>
+        <v>170</v>
       </c>
       <c r="L345" t="s">
         <v>26</v>
       </c>
       <c r="M345" t="s">
-        <v>3191</v>
+        <v>171</v>
       </c>
       <c r="N345" t="s">
         <v>28</v>
       </c>
       <c r="O345" t="s">
-        <v>3192</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="346" spans="1:15">
       <c r="A346">
-        <v>65013</v>
+        <v>58240</v>
       </c>
       <c r="B346" t="s">
-        <v>3193</v>
+        <v>3202</v>
       </c>
       <c r="C346" t="s">
-        <v>3194</v>
+        <v>3203</v>
       </c>
       <c r="D346" t="s">
-        <v>3195</v>
+        <v>3204</v>
       </c>
       <c r="E346" t="s">
-        <v>3196</v>
+        <v>3205</v>
       </c>
       <c r="F346" t="s">
-        <v>3197</v>
+        <v>3206</v>
       </c>
       <c r="G346" t="s">
-        <v>3198</v>
+        <v>3207</v>
       </c>
       <c r="H346" t="s">
-        <v>3199</v>
+        <v>3208</v>
       </c>
       <c r="I346" t="s">
-        <v>3200</v>
+        <v>3209</v>
       </c>
       <c r="J346" t="s">
         <v>24</v>
       </c>
       <c r="K346" t="s">
-        <v>25</v>
+        <v>3210</v>
       </c>
       <c r="L346" t="s">
         <v>26</v>
       </c>
       <c r="M346" t="s">
-        <v>27</v>
+        <v>3211</v>
       </c>
       <c r="N346" t="s">
         <v>28</v>
       </c>
       <c r="O346" t="s">
-        <v>3201</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="347" spans="1:15">
       <c r="A347">
-        <v>65014</v>
+        <v>58259</v>
       </c>
       <c r="B347" t="s">
-        <v>3202</v>
+        <v>3213</v>
       </c>
       <c r="C347" t="s">
-        <v>3203</v>
+        <v>3214</v>
       </c>
       <c r="D347" t="s">
-        <v>3204</v>
+        <v>3215</v>
       </c>
       <c r="E347" t="s">
-        <v>3205</v>
+        <v>3216</v>
       </c>
       <c r="F347" t="s">
-        <v>3206</v>
+        <v>3217</v>
       </c>
       <c r="G347" t="s">
-        <v>3207</v>
+        <v>3218</v>
       </c>
       <c r="H347" t="s">
-        <v>3208</v>
+        <v>3219</v>
       </c>
       <c r="I347" t="s">
-        <v>3209</v>
+        <v>3220</v>
       </c>
       <c r="J347" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K347" t="s">
-        <v>672</v>
+        <v>3221</v>
       </c>
       <c r="L347" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M347" t="s">
-        <v>673</v>
+        <v>3222</v>
       </c>
       <c r="N347" t="s">
         <v>28</v>
       </c>
       <c r="O347" t="s">
-        <v>3210</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="348" spans="1:15">
       <c r="A348">
-        <v>65015</v>
+        <v>64637</v>
       </c>
       <c r="B348" t="s">
-        <v>3211</v>
+        <v>3224</v>
       </c>
       <c r="C348" t="s">
-        <v>3212</v>
+        <v>3225</v>
       </c>
       <c r="D348" t="s">
-        <v>3213</v>
+        <v>3226</v>
       </c>
       <c r="E348" t="s">
-        <v>3214</v>
+        <v>3227</v>
       </c>
       <c r="F348" t="s">
-        <v>3215</v>
+        <v>3228</v>
       </c>
       <c r="G348" t="s">
-        <v>3216</v>
+        <v>3229</v>
       </c>
       <c r="H348" t="s">
-        <v>3217</v>
+        <v>3230</v>
       </c>
       <c r="I348" t="s">
-        <v>3218</v>
+        <v>3231</v>
       </c>
       <c r="J348" t="s">
         <v>24</v>
       </c>
       <c r="K348" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L348" t="s">
         <v>26</v>
       </c>
       <c r="M348" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N348" t="s">
         <v>28</v>
       </c>
       <c r="O348" t="s">
-        <v>3219</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="349" spans="1:15">
       <c r="A349">
-        <v>65016</v>
+        <v>64643</v>
       </c>
       <c r="B349" t="s">
-        <v>3220</v>
+        <v>3233</v>
       </c>
       <c r="C349" t="s">
-        <v>3221</v>
+        <v>3234</v>
       </c>
       <c r="D349" t="s">
-        <v>3222</v>
+        <v>3235</v>
       </c>
       <c r="E349" t="s">
-        <v>3223</v>
+        <v>3236</v>
       </c>
       <c r="F349" t="s">
-        <v>3224</v>
+        <v>3237</v>
       </c>
       <c r="G349" t="s">
-        <v>3225</v>
+        <v>3238</v>
       </c>
       <c r="H349" t="s">
-        <v>3226</v>
+        <v>3239</v>
       </c>
       <c r="I349" t="s">
-        <v>3227</v>
+        <v>3240</v>
       </c>
       <c r="J349" t="s">
         <v>24</v>
       </c>
       <c r="K349" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L349" t="s">
         <v>26</v>
       </c>
       <c r="M349" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N349" t="s">
         <v>28</v>
       </c>
       <c r="O349" t="s">
-        <v>3228</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="350" spans="1:15">
       <c r="A350">
-        <v>65017</v>
+        <v>64689</v>
       </c>
       <c r="B350" t="s">
-        <v>3229</v>
+        <v>3242</v>
       </c>
       <c r="C350" t="s">
-        <v>3230</v>
+        <v>3243</v>
       </c>
       <c r="D350" t="s">
-        <v>3231</v>
+        <v>3244</v>
       </c>
       <c r="E350" t="s">
-        <v>3232</v>
+        <v>3245</v>
       </c>
       <c r="F350" t="s">
-        <v>3233</v>
+        <v>3246</v>
       </c>
       <c r="G350" t="s">
-        <v>3234</v>
+        <v>3247</v>
       </c>
       <c r="H350" t="s">
-        <v>3235</v>
+        <v>3248</v>
       </c>
       <c r="I350" t="s">
-        <v>3236</v>
+        <v>3249</v>
       </c>
       <c r="J350" t="s">
         <v>24</v>
       </c>
       <c r="K350" t="s">
-        <v>3237</v>
+        <v>59</v>
       </c>
       <c r="L350" t="s">
         <v>26</v>
       </c>
       <c r="M350" t="s">
-        <v>3238</v>
+        <v>61</v>
       </c>
       <c r="N350" t="s">
         <v>28</v>
       </c>
       <c r="O350" t="s">
-        <v>3239</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="351" spans="1:15">
       <c r="A351">
-        <v>65018</v>
+        <v>65000</v>
       </c>
       <c r="B351" t="s">
-        <v>3240</v>
+        <v>3251</v>
       </c>
       <c r="C351" t="s">
-        <v>3241</v>
+        <v>3252</v>
       </c>
       <c r="D351" t="s">
-        <v>3242</v>
+        <v>3253</v>
       </c>
       <c r="E351" t="s">
-        <v>3243</v>
+        <v>3254</v>
       </c>
       <c r="F351" t="s">
-        <v>3244</v>
+        <v>3255</v>
       </c>
       <c r="G351" t="s">
-        <v>3245</v>
+        <v>3256</v>
       </c>
       <c r="H351" t="s">
-        <v>3246</v>
+        <v>3257</v>
       </c>
       <c r="I351" t="s">
-        <v>3247</v>
+        <v>3258</v>
       </c>
       <c r="J351" t="s">
         <v>24</v>
       </c>
       <c r="K351" t="s">
-        <v>3248</v>
+        <v>25</v>
       </c>
       <c r="L351" t="s">
         <v>26</v>
       </c>
       <c r="M351" t="s">
-        <v>3249</v>
+        <v>27</v>
       </c>
       <c r="N351" t="s">
         <v>28</v>
       </c>
       <c r="O351" t="s">
-        <v>3250</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="352" spans="1:15">
       <c r="A352">
-        <v>65019</v>
+        <v>65001</v>
       </c>
       <c r="B352" t="s">
-        <v>3251</v>
+        <v>3260</v>
       </c>
       <c r="C352" t="s">
-        <v>3252</v>
+        <v>3261</v>
       </c>
       <c r="D352" t="s">
-        <v>3253</v>
+        <v>3262</v>
       </c>
       <c r="E352" t="s">
-        <v>3254</v>
+        <v>3263</v>
       </c>
       <c r="F352" t="s">
-        <v>3255</v>
+        <v>3264</v>
       </c>
       <c r="G352" t="s">
-        <v>3256</v>
+        <v>3265</v>
       </c>
       <c r="H352" t="s">
-        <v>3257</v>
+        <v>3266</v>
       </c>
       <c r="I352" t="s">
-        <v>3258</v>
+        <v>3267</v>
       </c>
       <c r="J352" t="s">
         <v>24</v>
       </c>
       <c r="K352" t="s">
         <v>170</v>
       </c>
       <c r="L352" t="s">
         <v>26</v>
       </c>
       <c r="M352" t="s">
         <v>171</v>
       </c>
       <c r="N352" t="s">
         <v>28</v>
       </c>
       <c r="O352" t="s">
-        <v>3259</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="353" spans="1:15">
       <c r="A353">
-        <v>65020</v>
+        <v>65002</v>
       </c>
       <c r="B353" t="s">
-        <v>3260</v>
+        <v>3269</v>
       </c>
       <c r="C353" t="s">
-        <v>3261</v>
+        <v>3270</v>
       </c>
       <c r="D353" t="s">
-        <v>3262</v>
+        <v>3271</v>
       </c>
       <c r="E353" t="s">
-        <v>3263</v>
+        <v>3272</v>
       </c>
       <c r="F353" t="s">
-        <v>3264</v>
+        <v>3273</v>
       </c>
       <c r="G353" t="s">
-        <v>3265</v>
+        <v>3274</v>
       </c>
       <c r="H353" t="s">
-        <v>3266</v>
+        <v>3275</v>
       </c>
       <c r="I353" t="s">
-        <v>3267</v>
+        <v>3276</v>
       </c>
       <c r="J353" t="s">
         <v>24</v>
       </c>
       <c r="K353" t="s">
-        <v>3268</v>
+        <v>25</v>
       </c>
       <c r="L353" t="s">
         <v>26</v>
       </c>
       <c r="M353" t="s">
-        <v>3269</v>
+        <v>27</v>
       </c>
       <c r="N353" t="s">
         <v>28</v>
       </c>
       <c r="O353" t="s">
-        <v>3270</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="354" spans="1:15">
       <c r="A354">
-        <v>65021</v>
+        <v>65003</v>
       </c>
       <c r="B354" t="s">
-        <v>3271</v>
+        <v>3278</v>
       </c>
       <c r="C354" t="s">
-        <v>3272</v>
+        <v>3279</v>
       </c>
       <c r="D354" t="s">
-        <v>3273</v>
+        <v>3280</v>
       </c>
       <c r="E354" t="s">
-        <v>3274</v>
+        <v>3281</v>
       </c>
       <c r="F354" t="s">
-        <v>3275</v>
+        <v>3282</v>
       </c>
       <c r="G354" t="s">
-        <v>3276</v>
+        <v>3283</v>
       </c>
       <c r="H354" t="s">
-        <v>3277</v>
+        <v>3284</v>
       </c>
       <c r="I354" t="s">
-        <v>3278</v>
+        <v>3285</v>
       </c>
       <c r="J354" t="s">
         <v>24</v>
       </c>
       <c r="K354" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L354" t="s">
         <v>26</v>
       </c>
       <c r="M354" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N354" t="s">
         <v>28</v>
       </c>
       <c r="O354" t="s">
-        <v>3279</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="355" spans="1:15">
       <c r="A355">
-        <v>65022</v>
+        <v>65004</v>
       </c>
       <c r="B355" t="s">
-        <v>3280</v>
+        <v>3287</v>
       </c>
       <c r="C355" t="s">
-        <v>3281</v>
+        <v>3288</v>
       </c>
       <c r="D355" t="s">
-        <v>3282</v>
+        <v>3289</v>
       </c>
       <c r="E355" t="s">
-        <v>3283</v>
+        <v>3290</v>
       </c>
       <c r="F355" t="s">
-        <v>3284</v>
+        <v>3291</v>
       </c>
       <c r="G355" t="s">
-        <v>3285</v>
+        <v>3292</v>
       </c>
       <c r="H355" t="s">
-        <v>3286</v>
+        <v>3293</v>
       </c>
       <c r="I355" t="s">
-        <v>3287</v>
+        <v>3294</v>
       </c>
       <c r="J355" t="s">
         <v>24</v>
       </c>
       <c r="K355" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L355" t="s">
         <v>26</v>
       </c>
       <c r="M355" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N355" t="s">
         <v>28</v>
       </c>
       <c r="O355" t="s">
-        <v>3288</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="356" spans="1:15">
       <c r="A356">
-        <v>65023</v>
+        <v>65005</v>
       </c>
       <c r="B356" t="s">
-        <v>3289</v>
+        <v>3296</v>
       </c>
       <c r="C356" t="s">
-        <v>3290</v>
+        <v>3297</v>
       </c>
       <c r="D356" t="s">
-        <v>3291</v>
+        <v>3298</v>
       </c>
       <c r="E356" t="s">
-        <v>3292</v>
+        <v>3299</v>
       </c>
       <c r="F356" t="s">
-        <v>3293</v>
+        <v>3300</v>
       </c>
       <c r="G356" t="s">
-        <v>3294</v>
+        <v>3301</v>
       </c>
       <c r="H356" t="s">
-        <v>3295</v>
+        <v>3302</v>
       </c>
       <c r="I356" t="s">
-        <v>3296</v>
+        <v>3303</v>
       </c>
       <c r="J356" t="s">
         <v>24</v>
       </c>
       <c r="K356" t="s">
-        <v>25</v>
+        <v>3304</v>
       </c>
       <c r="L356" t="s">
         <v>26</v>
       </c>
       <c r="M356" t="s">
-        <v>27</v>
+        <v>3305</v>
       </c>
       <c r="N356" t="s">
         <v>28</v>
       </c>
       <c r="O356" t="s">
-        <v>3297</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="357" spans="1:15">
       <c r="A357">
-        <v>65025</v>
+        <v>65006</v>
       </c>
       <c r="B357" t="s">
-        <v>3298</v>
+        <v>3307</v>
       </c>
       <c r="C357" t="s">
-        <v>3299</v>
+        <v>3308</v>
       </c>
       <c r="D357" t="s">
-        <v>3300</v>
+        <v>3309</v>
       </c>
       <c r="E357" t="s">
-        <v>3301</v>
+        <v>3310</v>
       </c>
       <c r="F357" t="s">
-        <v>3302</v>
+        <v>3311</v>
       </c>
       <c r="G357" t="s">
-        <v>3303</v>
+        <v>3312</v>
       </c>
       <c r="H357" t="s">
-        <v>3304</v>
+        <v>3313</v>
       </c>
       <c r="I357" t="s">
-        <v>3305</v>
+        <v>3314</v>
       </c>
       <c r="J357" t="s">
         <v>24</v>
       </c>
       <c r="K357" t="s">
-        <v>25</v>
+        <v>3315</v>
       </c>
       <c r="L357" t="s">
         <v>26</v>
       </c>
       <c r="M357" t="s">
-        <v>27</v>
+        <v>3316</v>
       </c>
       <c r="N357" t="s">
         <v>28</v>
       </c>
       <c r="O357" t="s">
-        <v>3306</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="358" spans="1:15">
       <c r="A358">
-        <v>65026</v>
+        <v>65007</v>
       </c>
       <c r="B358" t="s">
-        <v>3307</v>
+        <v>3318</v>
       </c>
       <c r="C358" t="s">
-        <v>3308</v>
+        <v>3319</v>
       </c>
       <c r="D358" t="s">
-        <v>3309</v>
+        <v>3320</v>
       </c>
       <c r="E358" t="s">
-        <v>3310</v>
+        <v>3321</v>
       </c>
       <c r="F358" t="s">
-        <v>3311</v>
+        <v>3322</v>
       </c>
       <c r="G358" t="s">
-        <v>3312</v>
+        <v>3323</v>
       </c>
       <c r="H358" t="s">
-        <v>3313</v>
+        <v>3324</v>
       </c>
       <c r="I358" t="s">
-        <v>3314</v>
+        <v>3325</v>
       </c>
       <c r="J358" t="s">
         <v>24</v>
       </c>
       <c r="K358" t="s">
         <v>25</v>
       </c>
       <c r="L358" t="s">
         <v>26</v>
       </c>
       <c r="M358" t="s">
         <v>27</v>
       </c>
       <c r="N358" t="s">
         <v>28</v>
       </c>
       <c r="O358" t="s">
-        <v>3315</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="359" spans="1:15">
       <c r="A359">
-        <v>65027</v>
+        <v>65008</v>
       </c>
       <c r="B359" t="s">
-        <v>3316</v>
+        <v>3327</v>
       </c>
       <c r="C359" t="s">
-        <v>3317</v>
+        <v>3328</v>
       </c>
       <c r="D359" t="s">
-        <v>3318</v>
+        <v>3329</v>
       </c>
       <c r="E359" t="s">
-        <v>3319</v>
+        <v>3330</v>
       </c>
       <c r="F359" t="s">
-        <v>3320</v>
+        <v>3331</v>
       </c>
       <c r="G359" t="s">
-        <v>3321</v>
+        <v>3332</v>
       </c>
       <c r="H359" t="s">
-        <v>3322</v>
+        <v>3333</v>
       </c>
       <c r="I359" t="s">
-        <v>3323</v>
+        <v>3334</v>
       </c>
       <c r="J359" t="s">
         <v>24</v>
       </c>
       <c r="K359" t="s">
-        <v>672</v>
+        <v>170</v>
       </c>
       <c r="L359" t="s">
         <v>26</v>
       </c>
       <c r="M359" t="s">
-        <v>673</v>
+        <v>171</v>
       </c>
       <c r="N359" t="s">
         <v>28</v>
       </c>
       <c r="O359" t="s">
-        <v>3324</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="360" spans="1:15">
       <c r="A360">
-        <v>65028</v>
+        <v>65009</v>
       </c>
       <c r="B360" t="s">
-        <v>3325</v>
+        <v>3336</v>
       </c>
       <c r="C360" t="s">
-        <v>3326</v>
+        <v>3337</v>
       </c>
       <c r="D360" t="s">
-        <v>3327</v>
+        <v>3338</v>
       </c>
       <c r="E360" t="s">
-        <v>3328</v>
+        <v>3339</v>
       </c>
       <c r="F360" t="s">
-        <v>3329</v>
+        <v>3340</v>
       </c>
       <c r="G360" t="s">
-        <v>3330</v>
+        <v>3341</v>
       </c>
       <c r="H360" t="s">
-        <v>3331</v>
+        <v>3342</v>
       </c>
       <c r="I360" t="s">
-        <v>3332</v>
+        <v>3343</v>
       </c>
       <c r="J360" t="s">
         <v>24</v>
       </c>
       <c r="K360" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L360" t="s">
         <v>26</v>
       </c>
       <c r="M360" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N360" t="s">
         <v>28</v>
       </c>
       <c r="O360" t="s">
-        <v>3333</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="361" spans="1:15">
       <c r="A361">
-        <v>65030</v>
+        <v>65010</v>
       </c>
       <c r="B361" t="s">
-        <v>3334</v>
+        <v>3345</v>
       </c>
       <c r="C361" t="s">
-        <v>3335</v>
+        <v>3346</v>
       </c>
       <c r="D361" t="s">
-        <v>3336</v>
+        <v>3347</v>
       </c>
       <c r="E361" t="s">
-        <v>3337</v>
+        <v>3348</v>
       </c>
       <c r="F361" t="s">
-        <v>3338</v>
+        <v>3349</v>
       </c>
       <c r="G361" t="s">
-        <v>3339</v>
+        <v>3350</v>
       </c>
       <c r="H361" t="s">
-        <v>3340</v>
+        <v>3351</v>
       </c>
       <c r="I361" t="s">
-        <v>3341</v>
+        <v>3352</v>
       </c>
       <c r="J361" t="s">
         <v>24</v>
       </c>
       <c r="K361" t="s">
         <v>25</v>
       </c>
       <c r="L361" t="s">
         <v>26</v>
       </c>
       <c r="M361" t="s">
         <v>27</v>
       </c>
       <c r="N361" t="s">
         <v>28</v>
       </c>
       <c r="O361" t="s">
-        <v>3342</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="362" spans="1:15">
       <c r="A362">
-        <v>65031</v>
+        <v>65011</v>
       </c>
       <c r="B362" t="s">
-        <v>3343</v>
+        <v>3354</v>
       </c>
       <c r="C362" t="s">
-        <v>3344</v>
+        <v>3355</v>
       </c>
       <c r="D362" t="s">
-        <v>3345</v>
+        <v>3356</v>
       </c>
       <c r="E362" t="s">
-        <v>3346</v>
+        <v>3357</v>
       </c>
       <c r="F362" t="s">
-        <v>3347</v>
+        <v>3358</v>
       </c>
       <c r="G362" t="s">
-        <v>3348</v>
+        <v>3359</v>
       </c>
       <c r="H362" t="s">
-        <v>3349</v>
+        <v>3360</v>
       </c>
       <c r="I362" t="s">
-        <v>3350</v>
+        <v>3361</v>
       </c>
       <c r="J362" t="s">
         <v>24</v>
       </c>
       <c r="K362" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L362" t="s">
         <v>26</v>
       </c>
       <c r="M362" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N362" t="s">
         <v>28</v>
       </c>
       <c r="O362" t="s">
-        <v>3351</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="363" spans="1:15">
       <c r="A363">
-        <v>65032</v>
+        <v>65012</v>
       </c>
       <c r="B363" t="s">
-        <v>3352</v>
+        <v>3363</v>
       </c>
       <c r="C363" t="s">
-        <v>3353</v>
+        <v>3364</v>
       </c>
       <c r="D363" t="s">
-        <v>3354</v>
+        <v>3365</v>
       </c>
       <c r="E363" t="s">
-        <v>3355</v>
+        <v>3366</v>
       </c>
       <c r="F363" t="s">
-        <v>3356</v>
+        <v>3367</v>
       </c>
       <c r="G363" t="s">
-        <v>3357</v>
+        <v>3368</v>
       </c>
       <c r="H363" t="s">
-        <v>3358</v>
+        <v>3369</v>
       </c>
       <c r="I363" t="s">
-        <v>3359</v>
+        <v>3370</v>
       </c>
       <c r="J363" t="s">
         <v>24</v>
       </c>
       <c r="K363" t="s">
-        <v>170</v>
+        <v>3371</v>
       </c>
       <c r="L363" t="s">
         <v>26</v>
       </c>
       <c r="M363" t="s">
-        <v>171</v>
+        <v>3372</v>
       </c>
       <c r="N363" t="s">
         <v>28</v>
       </c>
       <c r="O363" t="s">
-        <v>3360</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="364" spans="1:15">
       <c r="A364">
-        <v>65033</v>
+        <v>65013</v>
       </c>
       <c r="B364" t="s">
-        <v>3361</v>
+        <v>3374</v>
       </c>
       <c r="C364" t="s">
-        <v>3362</v>
+        <v>3375</v>
       </c>
       <c r="D364" t="s">
-        <v>3363</v>
+        <v>3376</v>
       </c>
       <c r="E364" t="s">
-        <v>3364</v>
+        <v>3377</v>
       </c>
       <c r="F364" t="s">
-        <v>3365</v>
+        <v>3378</v>
       </c>
       <c r="G364" t="s">
-        <v>3366</v>
+        <v>3379</v>
       </c>
       <c r="H364" t="s">
-        <v>3367</v>
+        <v>3380</v>
       </c>
       <c r="I364" t="s">
-        <v>3368</v>
+        <v>3381</v>
       </c>
       <c r="J364" t="s">
         <v>24</v>
       </c>
       <c r="K364" t="s">
-        <v>3369</v>
+        <v>25</v>
       </c>
       <c r="L364" t="s">
         <v>26</v>
       </c>
       <c r="M364" t="s">
-        <v>3370</v>
+        <v>27</v>
       </c>
       <c r="N364" t="s">
         <v>28</v>
       </c>
       <c r="O364" t="s">
-        <v>3371</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="365" spans="1:15">
       <c r="A365">
-        <v>65034</v>
+        <v>65014</v>
       </c>
       <c r="B365" t="s">
-        <v>3372</v>
+        <v>3383</v>
       </c>
       <c r="C365" t="s">
-        <v>3373</v>
+        <v>3384</v>
       </c>
       <c r="D365" t="s">
-        <v>3374</v>
+        <v>3385</v>
       </c>
       <c r="E365" t="s">
-        <v>3375</v>
+        <v>3386</v>
       </c>
       <c r="F365" t="s">
-        <v>3376</v>
+        <v>3387</v>
       </c>
       <c r="G365" t="s">
-        <v>3377</v>
+        <v>3388</v>
       </c>
       <c r="H365" t="s">
-        <v>3378</v>
+        <v>3389</v>
       </c>
       <c r="I365" t="s">
-        <v>3379</v>
+        <v>3390</v>
       </c>
       <c r="J365" t="s">
         <v>441</v>
       </c>
       <c r="K365" t="s">
-        <v>571</v>
+        <v>672</v>
       </c>
       <c r="L365" t="s">
         <v>443</v>
       </c>
       <c r="M365" t="s">
-        <v>572</v>
+        <v>673</v>
       </c>
       <c r="N365" t="s">
         <v>28</v>
       </c>
       <c r="O365" t="s">
-        <v>3380</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="366" spans="1:15">
       <c r="A366">
-        <v>65035</v>
+        <v>65015</v>
       </c>
       <c r="B366" t="s">
-        <v>3381</v>
+        <v>3392</v>
       </c>
       <c r="C366" t="s">
-        <v>3382</v>
+        <v>3393</v>
       </c>
       <c r="D366" t="s">
-        <v>3383</v>
+        <v>3394</v>
       </c>
       <c r="E366" t="s">
-        <v>3384</v>
+        <v>3395</v>
       </c>
       <c r="F366" t="s">
-        <v>3385</v>
+        <v>3396</v>
       </c>
       <c r="G366" t="s">
-        <v>3386</v>
+        <v>3397</v>
       </c>
       <c r="H366" t="s">
-        <v>3387</v>
+        <v>3398</v>
       </c>
       <c r="I366" t="s">
-        <v>3388</v>
+        <v>3399</v>
       </c>
       <c r="J366" t="s">
         <v>24</v>
       </c>
       <c r="K366" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L366" t="s">
         <v>26</v>
       </c>
       <c r="M366" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N366" t="s">
         <v>28</v>
       </c>
       <c r="O366" t="s">
-        <v>3389</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="367" spans="1:15">
       <c r="A367">
-        <v>65036</v>
+        <v>65016</v>
       </c>
       <c r="B367" t="s">
-        <v>3390</v>
+        <v>3401</v>
       </c>
       <c r="C367" t="s">
-        <v>3391</v>
+        <v>3402</v>
       </c>
       <c r="D367" t="s">
-        <v>3392</v>
+        <v>3403</v>
       </c>
       <c r="E367" t="s">
-        <v>3393</v>
+        <v>3404</v>
       </c>
       <c r="F367" t="s">
-        <v>3394</v>
+        <v>3405</v>
       </c>
       <c r="G367" t="s">
-        <v>3395</v>
+        <v>3406</v>
       </c>
       <c r="H367" t="s">
-        <v>3396</v>
+        <v>3407</v>
       </c>
       <c r="I367" t="s">
-        <v>3397</v>
+        <v>3408</v>
       </c>
       <c r="J367" t="s">
         <v>24</v>
       </c>
       <c r="K367" t="s">
         <v>25</v>
       </c>
       <c r="L367" t="s">
         <v>26</v>
       </c>
       <c r="M367" t="s">
         <v>27</v>
       </c>
       <c r="N367" t="s">
         <v>28</v>
       </c>
       <c r="O367" t="s">
-        <v>3398</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="368" spans="1:15">
       <c r="A368">
-        <v>65037</v>
+        <v>65017</v>
       </c>
       <c r="B368" t="s">
-        <v>3399</v>
+        <v>3410</v>
       </c>
       <c r="C368" t="s">
-        <v>3400</v>
+        <v>3411</v>
       </c>
       <c r="D368" t="s">
-        <v>3401</v>
+        <v>3412</v>
       </c>
       <c r="E368" t="s">
-        <v>3402</v>
+        <v>3413</v>
       </c>
       <c r="F368" t="s">
-        <v>3403</v>
+        <v>3414</v>
       </c>
       <c r="G368" t="s">
-        <v>3404</v>
+        <v>3415</v>
       </c>
       <c r="H368" t="s">
-        <v>3405</v>
+        <v>3416</v>
       </c>
       <c r="I368" t="s">
-        <v>3406</v>
+        <v>3417</v>
       </c>
       <c r="J368" t="s">
         <v>24</v>
       </c>
       <c r="K368" t="s">
-        <v>25</v>
+        <v>3418</v>
       </c>
       <c r="L368" t="s">
         <v>26</v>
       </c>
       <c r="M368" t="s">
-        <v>27</v>
+        <v>3419</v>
       </c>
       <c r="N368" t="s">
         <v>28</v>
       </c>
       <c r="O368" t="s">
-        <v>3407</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="369" spans="1:15">
       <c r="A369">
-        <v>65038</v>
+        <v>65018</v>
       </c>
       <c r="B369" t="s">
-        <v>3408</v>
+        <v>3421</v>
       </c>
       <c r="C369" t="s">
-        <v>3409</v>
+        <v>3422</v>
       </c>
       <c r="D369" t="s">
-        <v>3410</v>
+        <v>3423</v>
       </c>
       <c r="E369" t="s">
-        <v>3411</v>
+        <v>3424</v>
       </c>
       <c r="F369" t="s">
-        <v>3412</v>
+        <v>3425</v>
       </c>
       <c r="G369" t="s">
-        <v>3413</v>
+        <v>3426</v>
       </c>
       <c r="H369" t="s">
-        <v>3414</v>
+        <v>3427</v>
       </c>
       <c r="I369" t="s">
-        <v>3415</v>
+        <v>3428</v>
       </c>
       <c r="J369" t="s">
         <v>24</v>
       </c>
       <c r="K369" t="s">
-        <v>170</v>
+        <v>3429</v>
       </c>
       <c r="L369" t="s">
         <v>26</v>
       </c>
       <c r="M369" t="s">
-        <v>171</v>
+        <v>3430</v>
       </c>
       <c r="N369" t="s">
         <v>28</v>
       </c>
       <c r="O369" t="s">
-        <v>3416</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="370" spans="1:15">
       <c r="A370">
-        <v>65039</v>
+        <v>65019</v>
       </c>
       <c r="B370" t="s">
-        <v>3417</v>
+        <v>3432</v>
       </c>
       <c r="C370" t="s">
-        <v>3418</v>
+        <v>3433</v>
       </c>
       <c r="D370" t="s">
-        <v>3419</v>
+        <v>3434</v>
       </c>
       <c r="E370" t="s">
-        <v>3420</v>
+        <v>3435</v>
       </c>
       <c r="F370" t="s">
-        <v>3421</v>
+        <v>3436</v>
       </c>
       <c r="G370" t="s">
-        <v>3422</v>
+        <v>3437</v>
       </c>
       <c r="H370" t="s">
-        <v>3423</v>
+        <v>3438</v>
       </c>
       <c r="I370" t="s">
-        <v>3424</v>
+        <v>3439</v>
       </c>
       <c r="J370" t="s">
         <v>24</v>
       </c>
       <c r="K370" t="s">
         <v>170</v>
       </c>
       <c r="L370" t="s">
         <v>26</v>
       </c>
       <c r="M370" t="s">
         <v>171</v>
       </c>
       <c r="N370" t="s">
         <v>28</v>
       </c>
       <c r="O370" t="s">
-        <v>3425</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="371" spans="1:15">
       <c r="A371">
-        <v>65040</v>
+        <v>65020</v>
       </c>
       <c r="B371" t="s">
-        <v>3426</v>
+        <v>3441</v>
       </c>
       <c r="C371" t="s">
-        <v>3427</v>
+        <v>3442</v>
       </c>
       <c r="D371" t="s">
-        <v>3428</v>
+        <v>3443</v>
       </c>
       <c r="E371" t="s">
-        <v>3429</v>
+        <v>3444</v>
       </c>
       <c r="F371" t="s">
-        <v>3430</v>
+        <v>3445</v>
       </c>
       <c r="G371" t="s">
-        <v>3431</v>
+        <v>3446</v>
       </c>
       <c r="H371" t="s">
-        <v>3432</v>
+        <v>3447</v>
       </c>
       <c r="I371" t="s">
-        <v>3433</v>
+        <v>3448</v>
       </c>
       <c r="J371" t="s">
         <v>24</v>
       </c>
       <c r="K371" t="s">
-        <v>1554</v>
+        <v>3449</v>
       </c>
       <c r="L371" t="s">
         <v>26</v>
       </c>
       <c r="M371" t="s">
-        <v>1555</v>
+        <v>3450</v>
       </c>
       <c r="N371" t="s">
         <v>28</v>
       </c>
       <c r="O371" t="s">
-        <v>3434</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="372" spans="1:15">
       <c r="A372">
-        <v>65043</v>
+        <v>65021</v>
       </c>
       <c r="B372" t="s">
-        <v>3435</v>
+        <v>3452</v>
       </c>
       <c r="C372" t="s">
-        <v>3436</v>
+        <v>3453</v>
       </c>
       <c r="D372" t="s">
-        <v>3437</v>
+        <v>3454</v>
       </c>
       <c r="E372" t="s">
-        <v>3438</v>
+        <v>3455</v>
       </c>
       <c r="F372" t="s">
-        <v>3439</v>
+        <v>3456</v>
       </c>
       <c r="G372" t="s">
-        <v>3440</v>
+        <v>3457</v>
       </c>
       <c r="H372" t="s">
-        <v>3441</v>
+        <v>3458</v>
       </c>
       <c r="I372" t="s">
-        <v>3442</v>
+        <v>3459</v>
       </c>
       <c r="J372" t="s">
         <v>24</v>
       </c>
       <c r="K372" t="s">
         <v>25</v>
       </c>
       <c r="L372" t="s">
         <v>26</v>
       </c>
       <c r="M372" t="s">
         <v>27</v>
       </c>
       <c r="N372" t="s">
         <v>28</v>
       </c>
       <c r="O372" t="s">
-        <v>3443</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="373" spans="1:15">
       <c r="A373">
-        <v>65044</v>
+        <v>65022</v>
       </c>
       <c r="B373" t="s">
-        <v>3444</v>
+        <v>3461</v>
       </c>
       <c r="C373" t="s">
-        <v>3445</v>
+        <v>3462</v>
       </c>
       <c r="D373" t="s">
-        <v>3446</v>
+        <v>3463</v>
       </c>
       <c r="E373" t="s">
-        <v>3447</v>
+        <v>3464</v>
       </c>
       <c r="F373" t="s">
-        <v>3448</v>
+        <v>3465</v>
       </c>
       <c r="G373" t="s">
-        <v>3449</v>
+        <v>3466</v>
       </c>
       <c r="H373" t="s">
-        <v>3450</v>
+        <v>3467</v>
       </c>
       <c r="I373" t="s">
-        <v>3451</v>
+        <v>3468</v>
       </c>
       <c r="J373" t="s">
         <v>24</v>
       </c>
       <c r="K373" t="s">
         <v>25</v>
       </c>
       <c r="L373" t="s">
         <v>26</v>
       </c>
       <c r="M373" t="s">
         <v>27</v>
       </c>
       <c r="N373" t="s">
         <v>28</v>
       </c>
       <c r="O373" t="s">
-        <v>3452</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="374" spans="1:15">
       <c r="A374">
-        <v>65045</v>
+        <v>65023</v>
       </c>
       <c r="B374" t="s">
-        <v>3453</v>
+        <v>3470</v>
       </c>
       <c r="C374" t="s">
-        <v>3454</v>
+        <v>3471</v>
       </c>
       <c r="D374" t="s">
-        <v>3455</v>
+        <v>3472</v>
       </c>
       <c r="E374" t="s">
-        <v>3456</v>
+        <v>3473</v>
       </c>
       <c r="F374" t="s">
-        <v>3457</v>
+        <v>3474</v>
       </c>
       <c r="G374" t="s">
-        <v>3458</v>
+        <v>3475</v>
       </c>
       <c r="H374" t="s">
-        <v>3459</v>
+        <v>3476</v>
       </c>
       <c r="I374" t="s">
-        <v>3460</v>
+        <v>3477</v>
       </c>
       <c r="J374" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="K374" t="s">
-        <v>3461</v>
+        <v>25</v>
       </c>
       <c r="L374" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="M374" t="s">
-        <v>3462</v>
+        <v>27</v>
       </c>
       <c r="N374" t="s">
         <v>28</v>
       </c>
       <c r="O374" t="s">
-        <v>3463</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="375" spans="1:15">
       <c r="A375">
-        <v>65046</v>
+        <v>65025</v>
       </c>
       <c r="B375" t="s">
-        <v>3464</v>
+        <v>3479</v>
       </c>
       <c r="C375" t="s">
-        <v>3465</v>
+        <v>3480</v>
       </c>
       <c r="D375" t="s">
-        <v>3466</v>
+        <v>3481</v>
       </c>
       <c r="E375" t="s">
-        <v>3467</v>
+        <v>3482</v>
       </c>
       <c r="F375" t="s">
-        <v>3468</v>
+        <v>3483</v>
       </c>
       <c r="G375" t="s">
-        <v>3469</v>
+        <v>3484</v>
       </c>
       <c r="H375" t="s">
-        <v>3470</v>
+        <v>3485</v>
       </c>
       <c r="I375" t="s">
-        <v>3471</v>
+        <v>3486</v>
       </c>
       <c r="J375" t="s">
         <v>24</v>
       </c>
       <c r="K375" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L375" t="s">
         <v>26</v>
       </c>
       <c r="M375" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N375" t="s">
         <v>28</v>
       </c>
       <c r="O375" t="s">
-        <v>3472</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="376" spans="1:15">
       <c r="A376">
-        <v>65047</v>
+        <v>65026</v>
       </c>
       <c r="B376" t="s">
-        <v>3473</v>
+        <v>3488</v>
       </c>
       <c r="C376" t="s">
-        <v>3474</v>
+        <v>3489</v>
       </c>
       <c r="D376" t="s">
-        <v>3475</v>
+        <v>3490</v>
       </c>
       <c r="E376" t="s">
-        <v>3476</v>
+        <v>3491</v>
       </c>
       <c r="F376" t="s">
-        <v>3477</v>
+        <v>3492</v>
       </c>
       <c r="G376" t="s">
-        <v>3478</v>
+        <v>3493</v>
       </c>
       <c r="H376" t="s">
-        <v>3479</v>
+        <v>3494</v>
       </c>
       <c r="I376" t="s">
-        <v>3480</v>
+        <v>3495</v>
       </c>
       <c r="J376" t="s">
         <v>24</v>
       </c>
       <c r="K376" t="s">
-        <v>3461</v>
+        <v>25</v>
       </c>
       <c r="L376" t="s">
         <v>26</v>
       </c>
       <c r="M376" t="s">
-        <v>3462</v>
+        <v>27</v>
       </c>
       <c r="N376" t="s">
         <v>28</v>
       </c>
       <c r="O376" t="s">
-        <v>3481</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="377" spans="1:15">
       <c r="A377">
-        <v>65049</v>
+        <v>65027</v>
       </c>
       <c r="B377" t="s">
-        <v>3482</v>
+        <v>3497</v>
       </c>
       <c r="C377" t="s">
-        <v>3483</v>
+        <v>3498</v>
       </c>
       <c r="D377" t="s">
-        <v>3484</v>
+        <v>3499</v>
       </c>
       <c r="E377" t="s">
-        <v>3485</v>
+        <v>3500</v>
       </c>
       <c r="F377" t="s">
-        <v>3486</v>
+        <v>3501</v>
       </c>
       <c r="G377" t="s">
-        <v>3487</v>
+        <v>3502</v>
       </c>
       <c r="H377" t="s">
-        <v>3488</v>
+        <v>3503</v>
       </c>
       <c r="I377" t="s">
-        <v>3489</v>
+        <v>3504</v>
       </c>
       <c r="J377" t="s">
         <v>24</v>
       </c>
       <c r="K377" t="s">
-        <v>59</v>
+        <v>672</v>
       </c>
       <c r="L377" t="s">
         <v>26</v>
       </c>
       <c r="M377" t="s">
-        <v>61</v>
+        <v>673</v>
       </c>
       <c r="N377" t="s">
         <v>28</v>
       </c>
       <c r="O377" t="s">
-        <v>3490</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="378" spans="1:15">
       <c r="A378">
-        <v>65050</v>
+        <v>65028</v>
       </c>
       <c r="B378" t="s">
-        <v>3491</v>
+        <v>3506</v>
       </c>
       <c r="C378" t="s">
-        <v>3492</v>
+        <v>3507</v>
       </c>
       <c r="D378" t="s">
-        <v>3493</v>
+        <v>3508</v>
       </c>
       <c r="E378" t="s">
-        <v>3494</v>
+        <v>3509</v>
       </c>
       <c r="F378" t="s">
-        <v>3495</v>
+        <v>3510</v>
       </c>
       <c r="G378" t="s">
-        <v>3496</v>
+        <v>3511</v>
       </c>
       <c r="H378" t="s">
-        <v>3497</v>
+        <v>3512</v>
       </c>
       <c r="I378" t="s">
-        <v>3498</v>
+        <v>3513</v>
       </c>
       <c r="J378" t="s">
         <v>24</v>
       </c>
       <c r="K378" t="s">
         <v>25</v>
       </c>
       <c r="L378" t="s">
         <v>26</v>
       </c>
       <c r="M378" t="s">
         <v>27</v>
       </c>
       <c r="N378" t="s">
         <v>28</v>
       </c>
       <c r="O378" t="s">
-        <v>3499</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="379" spans="1:15">
       <c r="A379">
-        <v>65051</v>
+        <v>65030</v>
       </c>
       <c r="B379" t="s">
-        <v>3500</v>
+        <v>3515</v>
       </c>
       <c r="C379" t="s">
-        <v>3501</v>
+        <v>3516</v>
       </c>
       <c r="D379" t="s">
-        <v>3502</v>
+        <v>3517</v>
       </c>
       <c r="E379" t="s">
-        <v>3503</v>
+        <v>3518</v>
       </c>
       <c r="F379" t="s">
-        <v>3504</v>
+        <v>3519</v>
       </c>
       <c r="G379" t="s">
-        <v>3505</v>
+        <v>3520</v>
       </c>
       <c r="H379" t="s">
-        <v>3506</v>
+        <v>3521</v>
       </c>
       <c r="I379" t="s">
-        <v>3507</v>
+        <v>3522</v>
       </c>
       <c r="J379" t="s">
         <v>24</v>
       </c>
       <c r="K379" t="s">
-        <v>728</v>
+        <v>25</v>
       </c>
       <c r="L379" t="s">
         <v>26</v>
       </c>
       <c r="M379" t="s">
-        <v>729</v>
+        <v>27</v>
       </c>
       <c r="N379" t="s">
         <v>28</v>
       </c>
       <c r="O379" t="s">
-        <v>3508</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="380" spans="1:15">
       <c r="A380">
-        <v>65053</v>
+        <v>65031</v>
       </c>
       <c r="B380" t="s">
-        <v>3509</v>
+        <v>3524</v>
       </c>
       <c r="C380" t="s">
-        <v>3510</v>
+        <v>3525</v>
       </c>
       <c r="D380" t="s">
-        <v>3511</v>
+        <v>3526</v>
       </c>
       <c r="E380" t="s">
-        <v>3512</v>
+        <v>3527</v>
       </c>
       <c r="F380" t="s">
-        <v>3513</v>
+        <v>3528</v>
       </c>
       <c r="G380" t="s">
-        <v>3514</v>
+        <v>3529</v>
       </c>
       <c r="H380" t="s">
-        <v>3515</v>
+        <v>3530</v>
       </c>
       <c r="I380" t="s">
-        <v>3516</v>
+        <v>3531</v>
       </c>
       <c r="J380" t="s">
         <v>24</v>
       </c>
       <c r="K380" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L380" t="s">
         <v>26</v>
       </c>
       <c r="M380" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N380" t="s">
         <v>28</v>
       </c>
       <c r="O380" t="s">
-        <v>3517</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="381" spans="1:15">
       <c r="A381">
-        <v>65054</v>
+        <v>65032</v>
       </c>
       <c r="B381" t="s">
-        <v>3518</v>
+        <v>3533</v>
       </c>
       <c r="C381" t="s">
-        <v>3519</v>
+        <v>3534</v>
       </c>
       <c r="D381" t="s">
-        <v>3520</v>
+        <v>3535</v>
       </c>
       <c r="E381" t="s">
-        <v>3521</v>
+        <v>3536</v>
       </c>
       <c r="F381" t="s">
-        <v>3522</v>
+        <v>3537</v>
       </c>
       <c r="G381" t="s">
-        <v>3523</v>
+        <v>3538</v>
       </c>
       <c r="H381" t="s">
-        <v>3524</v>
+        <v>3539</v>
       </c>
       <c r="I381" t="s">
-        <v>3525</v>
+        <v>3540</v>
       </c>
       <c r="J381" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K381" t="s">
-        <v>3526</v>
+        <v>170</v>
       </c>
       <c r="L381" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M381" t="s">
-        <v>209</v>
+        <v>171</v>
       </c>
       <c r="N381" t="s">
         <v>28</v>
       </c>
       <c r="O381" t="s">
-        <v>3527</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="382" spans="1:15">
       <c r="A382">
-        <v>65055</v>
+        <v>65033</v>
       </c>
       <c r="B382" t="s">
-        <v>3528</v>
+        <v>3542</v>
       </c>
       <c r="C382" t="s">
-        <v>3529</v>
+        <v>3543</v>
       </c>
       <c r="D382" t="s">
-        <v>3530</v>
+        <v>3544</v>
       </c>
       <c r="E382" t="s">
-        <v>3531</v>
+        <v>3545</v>
       </c>
       <c r="F382" t="s">
-        <v>3532</v>
+        <v>3546</v>
       </c>
       <c r="G382" t="s">
-        <v>3533</v>
+        <v>3547</v>
       </c>
       <c r="H382" t="s">
-        <v>3534</v>
+        <v>3548</v>
       </c>
       <c r="I382" t="s">
-        <v>3535</v>
+        <v>3549</v>
       </c>
       <c r="J382" t="s">
         <v>24</v>
       </c>
       <c r="K382" t="s">
-        <v>571</v>
+        <v>3550</v>
       </c>
       <c r="L382" t="s">
         <v>26</v>
       </c>
       <c r="M382" t="s">
-        <v>572</v>
+        <v>3551</v>
       </c>
       <c r="N382" t="s">
         <v>28</v>
       </c>
       <c r="O382" t="s">
-        <v>3536</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="383" spans="1:15">
       <c r="A383">
-        <v>65057</v>
+        <v>65034</v>
       </c>
       <c r="B383" t="s">
-        <v>3537</v>
+        <v>3553</v>
       </c>
       <c r="C383" t="s">
-        <v>3538</v>
+        <v>3554</v>
       </c>
       <c r="D383" t="s">
-        <v>3539</v>
+        <v>3555</v>
       </c>
       <c r="E383" t="s">
-        <v>3540</v>
+        <v>3556</v>
       </c>
       <c r="F383" t="s">
-        <v>3541</v>
+        <v>3557</v>
       </c>
       <c r="G383" t="s">
-        <v>3542</v>
+        <v>3558</v>
       </c>
       <c r="H383" t="s">
-        <v>3543</v>
+        <v>3559</v>
       </c>
       <c r="I383" t="s">
-        <v>3544</v>
+        <v>3560</v>
       </c>
       <c r="J383" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K383" t="s">
-        <v>274</v>
+        <v>571</v>
       </c>
       <c r="L383" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M383" t="s">
-        <v>276</v>
+        <v>572</v>
       </c>
       <c r="N383" t="s">
         <v>28</v>
       </c>
       <c r="O383" t="s">
-        <v>3545</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="384" spans="1:15">
       <c r="A384">
-        <v>65058</v>
+        <v>65035</v>
       </c>
       <c r="B384" t="s">
-        <v>3546</v>
+        <v>3562</v>
       </c>
       <c r="C384" t="s">
-        <v>3547</v>
+        <v>3563</v>
       </c>
       <c r="D384" t="s">
-        <v>3548</v>
+        <v>3564</v>
       </c>
       <c r="E384" t="s">
-        <v>3549</v>
+        <v>3565</v>
       </c>
       <c r="F384" t="s">
-        <v>3550</v>
+        <v>3566</v>
       </c>
       <c r="G384" t="s">
-        <v>3551</v>
+        <v>3567</v>
       </c>
       <c r="H384" t="s">
-        <v>3552</v>
+        <v>3568</v>
       </c>
       <c r="I384" t="s">
-        <v>3553</v>
+        <v>3569</v>
       </c>
       <c r="J384" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K384" t="s">
-        <v>672</v>
+        <v>25</v>
       </c>
       <c r="L384" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M384" t="s">
-        <v>673</v>
+        <v>27</v>
       </c>
       <c r="N384" t="s">
         <v>28</v>
       </c>
       <c r="O384" t="s">
-        <v>3554</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="385" spans="1:15">
       <c r="A385">
-        <v>65059</v>
+        <v>65036</v>
       </c>
       <c r="B385" t="s">
-        <v>3555</v>
+        <v>3571</v>
       </c>
       <c r="C385" t="s">
-        <v>3556</v>
+        <v>3572</v>
       </c>
       <c r="D385" t="s">
-        <v>3557</v>
+        <v>3573</v>
       </c>
       <c r="E385" t="s">
-        <v>3558</v>
+        <v>3574</v>
       </c>
       <c r="F385" t="s">
-        <v>3559</v>
+        <v>3575</v>
       </c>
       <c r="G385" t="s">
-        <v>3560</v>
+        <v>3576</v>
       </c>
       <c r="H385" t="s">
-        <v>3561</v>
+        <v>3577</v>
       </c>
       <c r="I385" t="s">
-        <v>3562</v>
+        <v>3578</v>
       </c>
       <c r="J385" t="s">
         <v>24</v>
       </c>
       <c r="K385" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L385" t="s">
         <v>26</v>
       </c>
       <c r="M385" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N385" t="s">
         <v>28</v>
       </c>
       <c r="O385" t="s">
-        <v>3563</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="386" spans="1:15">
       <c r="A386">
-        <v>65060</v>
+        <v>65037</v>
       </c>
       <c r="B386" t="s">
-        <v>3564</v>
+        <v>3580</v>
       </c>
       <c r="C386" t="s">
-        <v>3565</v>
+        <v>3581</v>
       </c>
       <c r="D386" t="s">
-        <v>3566</v>
+        <v>3582</v>
       </c>
       <c r="E386" t="s">
-        <v>3567</v>
+        <v>3583</v>
       </c>
       <c r="F386" t="s">
-        <v>3568</v>
+        <v>3584</v>
       </c>
       <c r="G386" t="s">
-        <v>3569</v>
+        <v>3585</v>
       </c>
       <c r="H386" t="s">
-        <v>3570</v>
+        <v>3586</v>
       </c>
       <c r="I386" t="s">
-        <v>3571</v>
+        <v>3587</v>
       </c>
       <c r="J386" t="s">
         <v>24</v>
       </c>
       <c r="K386" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="L386" t="s">
         <v>26</v>
       </c>
       <c r="M386" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="N386" t="s">
         <v>28</v>
       </c>
       <c r="O386" t="s">
-        <v>3572</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="387" spans="1:15">
       <c r="A387">
-        <v>65061</v>
+        <v>65038</v>
       </c>
       <c r="B387" t="s">
-        <v>3573</v>
+        <v>3589</v>
       </c>
       <c r="C387" t="s">
-        <v>3574</v>
+        <v>3590</v>
       </c>
       <c r="D387" t="s">
-        <v>3575</v>
+        <v>3591</v>
       </c>
       <c r="E387" t="s">
-        <v>3576</v>
+        <v>3592</v>
       </c>
       <c r="F387" t="s">
-        <v>3577</v>
+        <v>3593</v>
       </c>
       <c r="G387" t="s">
-        <v>3578</v>
+        <v>3594</v>
       </c>
       <c r="H387" t="s">
-        <v>3579</v>
+        <v>3595</v>
       </c>
       <c r="I387" t="s">
-        <v>3580</v>
+        <v>3596</v>
       </c>
       <c r="J387" t="s">
         <v>24</v>
       </c>
       <c r="K387" t="s">
-        <v>1554</v>
+        <v>170</v>
       </c>
       <c r="L387" t="s">
         <v>26</v>
       </c>
       <c r="M387" t="s">
-        <v>1555</v>
+        <v>171</v>
       </c>
       <c r="N387" t="s">
         <v>28</v>
       </c>
       <c r="O387" t="s">
-        <v>3581</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="388" spans="1:15">
       <c r="A388">
-        <v>65062</v>
+        <v>65039</v>
       </c>
       <c r="B388" t="s">
-        <v>3582</v>
+        <v>3598</v>
       </c>
       <c r="C388" t="s">
-        <v>3583</v>
+        <v>3599</v>
       </c>
       <c r="D388" t="s">
-        <v>3584</v>
+        <v>3600</v>
       </c>
       <c r="E388" t="s">
-        <v>3585</v>
+        <v>3601</v>
       </c>
       <c r="F388" t="s">
-        <v>3586</v>
+        <v>3602</v>
       </c>
       <c r="G388" t="s">
-        <v>3587</v>
+        <v>3603</v>
       </c>
       <c r="H388" t="s">
-        <v>3588</v>
+        <v>3604</v>
       </c>
       <c r="I388" t="s">
-        <v>3589</v>
+        <v>3605</v>
       </c>
       <c r="J388" t="s">
         <v>24</v>
       </c>
       <c r="K388" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L388" t="s">
         <v>26</v>
       </c>
       <c r="M388" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N388" t="s">
         <v>28</v>
       </c>
       <c r="O388" t="s">
-        <v>3590</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="389" spans="1:15">
       <c r="A389">
-        <v>65063</v>
+        <v>65040</v>
       </c>
       <c r="B389" t="s">
-        <v>3591</v>
+        <v>3607</v>
       </c>
       <c r="C389" t="s">
-        <v>3592</v>
+        <v>3608</v>
       </c>
       <c r="D389" t="s">
-        <v>3593</v>
+        <v>3609</v>
       </c>
       <c r="E389" t="s">
-        <v>3594</v>
+        <v>3610</v>
       </c>
       <c r="F389" t="s">
-        <v>3595</v>
+        <v>3611</v>
       </c>
       <c r="G389" t="s">
-        <v>3596</v>
+        <v>3612</v>
       </c>
       <c r="H389" t="s">
-        <v>3597</v>
+        <v>3613</v>
       </c>
       <c r="I389" t="s">
-        <v>3598</v>
+        <v>3614</v>
       </c>
       <c r="J389" t="s">
         <v>24</v>
       </c>
       <c r="K389" t="s">
-        <v>1017</v>
+        <v>1392</v>
       </c>
       <c r="L389" t="s">
         <v>26</v>
       </c>
       <c r="M389" t="s">
-        <v>1018</v>
+        <v>1394</v>
       </c>
       <c r="N389" t="s">
         <v>28</v>
       </c>
       <c r="O389" t="s">
-        <v>3599</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="390" spans="1:15">
       <c r="A390">
-        <v>65065</v>
+        <v>65043</v>
       </c>
       <c r="B390" t="s">
-        <v>3600</v>
+        <v>3616</v>
       </c>
       <c r="C390" t="s">
-        <v>3601</v>
+        <v>3617</v>
       </c>
       <c r="D390" t="s">
-        <v>3602</v>
+        <v>3618</v>
       </c>
       <c r="E390" t="s">
-        <v>3603</v>
+        <v>3619</v>
       </c>
       <c r="F390" t="s">
-        <v>3604</v>
+        <v>3620</v>
       </c>
       <c r="G390" t="s">
-        <v>3605</v>
+        <v>3621</v>
       </c>
       <c r="H390" t="s">
-        <v>3606</v>
+        <v>3622</v>
       </c>
       <c r="I390" t="s">
-        <v>3607</v>
+        <v>3623</v>
       </c>
       <c r="J390" t="s">
-        <v>3608</v>
+        <v>24</v>
       </c>
       <c r="K390" t="s">
-        <v>1554</v>
+        <v>25</v>
       </c>
       <c r="L390" t="s">
-        <v>3609</v>
+        <v>26</v>
       </c>
       <c r="M390" t="s">
-        <v>1555</v>
+        <v>27</v>
       </c>
       <c r="N390" t="s">
         <v>28</v>
       </c>
       <c r="O390" t="s">
-        <v>3610</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="391" spans="1:15">
       <c r="A391">
-        <v>65068</v>
+        <v>65044</v>
       </c>
       <c r="B391" t="s">
-        <v>3611</v>
+        <v>3625</v>
       </c>
       <c r="C391" t="s">
-        <v>3612</v>
+        <v>3626</v>
       </c>
       <c r="D391" t="s">
-        <v>3613</v>
+        <v>3627</v>
       </c>
       <c r="E391" t="s">
-        <v>3614</v>
+        <v>3628</v>
       </c>
       <c r="F391" t="s">
-        <v>3615</v>
+        <v>3629</v>
       </c>
       <c r="G391" t="s">
-        <v>3616</v>
+        <v>3630</v>
       </c>
       <c r="H391" t="s">
-        <v>3617</v>
+        <v>3631</v>
       </c>
       <c r="I391" t="s">
-        <v>3618</v>
+        <v>3632</v>
       </c>
       <c r="J391" t="s">
         <v>24</v>
       </c>
       <c r="K391" t="s">
         <v>25</v>
       </c>
       <c r="L391" t="s">
         <v>26</v>
       </c>
       <c r="M391" t="s">
         <v>27</v>
       </c>
       <c r="N391" t="s">
         <v>28</v>
       </c>
       <c r="O391" t="s">
-        <v>3619</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="392" spans="1:15">
       <c r="A392">
-        <v>65069</v>
+        <v>65045</v>
       </c>
       <c r="B392" t="s">
-        <v>3620</v>
+        <v>3634</v>
       </c>
       <c r="C392" t="s">
-        <v>3621</v>
+        <v>3635</v>
       </c>
       <c r="D392" t="s">
-        <v>3622</v>
+        <v>3636</v>
       </c>
       <c r="E392" t="s">
-        <v>3623</v>
+        <v>3637</v>
       </c>
       <c r="F392" t="s">
-        <v>3624</v>
+        <v>3638</v>
       </c>
       <c r="G392" t="s">
-        <v>3625</v>
+        <v>3639</v>
       </c>
       <c r="H392" t="s">
-        <v>3626</v>
+        <v>3640</v>
       </c>
       <c r="I392" t="s">
-        <v>3627</v>
+        <v>3641</v>
       </c>
       <c r="J392" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="K392" t="s">
-        <v>170</v>
+        <v>3642</v>
       </c>
       <c r="L392" t="s">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M392" t="s">
-        <v>171</v>
+        <v>3643</v>
       </c>
       <c r="N392" t="s">
         <v>28</v>
       </c>
       <c r="O392" t="s">
-        <v>3628</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="393" spans="1:15">
       <c r="A393">
-        <v>65071</v>
+        <v>65046</v>
       </c>
       <c r="B393" t="s">
-        <v>3629</v>
+        <v>3645</v>
       </c>
       <c r="C393" t="s">
-        <v>3630</v>
+        <v>3646</v>
       </c>
       <c r="D393" t="s">
-        <v>3631</v>
+        <v>3647</v>
       </c>
       <c r="E393" t="s">
-        <v>3632</v>
+        <v>3648</v>
       </c>
       <c r="F393" t="s">
-        <v>3633</v>
+        <v>3649</v>
       </c>
       <c r="G393" t="s">
-        <v>3634</v>
+        <v>3650</v>
       </c>
       <c r="H393" t="s">
-        <v>3635</v>
+        <v>3651</v>
       </c>
       <c r="I393" t="s">
-        <v>3636</v>
+        <v>3652</v>
       </c>
       <c r="J393" t="s">
         <v>24</v>
       </c>
       <c r="K393" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L393" t="s">
         <v>26</v>
       </c>
       <c r="M393" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N393" t="s">
         <v>28</v>
       </c>
       <c r="O393" t="s">
-        <v>3637</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="394" spans="1:15">
       <c r="A394">
-        <v>65073</v>
+        <v>65047</v>
       </c>
       <c r="B394" t="s">
-        <v>3638</v>
+        <v>3654</v>
       </c>
       <c r="C394" t="s">
-        <v>3639</v>
+        <v>3655</v>
       </c>
       <c r="D394" t="s">
-        <v>3640</v>
+        <v>3656</v>
       </c>
       <c r="E394" t="s">
-        <v>3641</v>
+        <v>3657</v>
       </c>
       <c r="F394" t="s">
+        <v>3658</v>
+      </c>
+      <c r="G394" t="s">
+        <v>3659</v>
+      </c>
+      <c r="H394" t="s">
+        <v>3660</v>
+      </c>
+      <c r="I394" t="s">
+        <v>3661</v>
+      </c>
+      <c r="J394" t="s">
+        <v>24</v>
+      </c>
+      <c r="K394" t="s">
         <v>3642</v>
       </c>
-      <c r="G394" t="s">
+      <c r="L394" t="s">
+        <v>26</v>
+      </c>
+      <c r="M394" t="s">
         <v>3643</v>
       </c>
-      <c r="H394" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N394" t="s">
         <v>28</v>
       </c>
       <c r="O394" t="s">
-        <v>3646</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="395" spans="1:15">
       <c r="A395">
-        <v>65074</v>
+        <v>65049</v>
       </c>
       <c r="B395" t="s">
-        <v>3647</v>
+        <v>3663</v>
       </c>
       <c r="C395" t="s">
-        <v>3648</v>
+        <v>3664</v>
       </c>
       <c r="D395" t="s">
-        <v>3649</v>
+        <v>3665</v>
       </c>
       <c r="E395" t="s">
-        <v>3650</v>
+        <v>3666</v>
       </c>
       <c r="F395" t="s">
-        <v>3651</v>
+        <v>3667</v>
       </c>
       <c r="G395" t="s">
-        <v>3652</v>
+        <v>3668</v>
       </c>
       <c r="H395" t="s">
-        <v>3653</v>
+        <v>3669</v>
       </c>
       <c r="I395" t="s">
-        <v>3654</v>
+        <v>3670</v>
       </c>
       <c r="J395" t="s">
         <v>24</v>
       </c>
       <c r="K395" t="s">
-        <v>3655</v>
+        <v>59</v>
       </c>
       <c r="L395" t="s">
         <v>26</v>
       </c>
       <c r="M395" t="s">
-        <v>3656</v>
+        <v>61</v>
       </c>
       <c r="N395" t="s">
         <v>28</v>
       </c>
       <c r="O395" t="s">
-        <v>3657</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="396" spans="1:15">
       <c r="A396">
-        <v>65075</v>
+        <v>65050</v>
       </c>
       <c r="B396" t="s">
-        <v>3658</v>
+        <v>3672</v>
       </c>
       <c r="C396" t="s">
-        <v>3659</v>
+        <v>3673</v>
       </c>
       <c r="D396" t="s">
-        <v>3660</v>
+        <v>3674</v>
       </c>
       <c r="E396" t="s">
-        <v>3661</v>
+        <v>3675</v>
       </c>
       <c r="F396" t="s">
-        <v>3662</v>
+        <v>3676</v>
       </c>
       <c r="G396" t="s">
-        <v>3663</v>
+        <v>3677</v>
       </c>
       <c r="H396" t="s">
-        <v>3664</v>
+        <v>3678</v>
       </c>
       <c r="I396" t="s">
-        <v>3665</v>
+        <v>3679</v>
       </c>
       <c r="J396" t="s">
-        <v>441</v>
+        <v>24</v>
       </c>
       <c r="K396" t="s">
-        <v>3369</v>
+        <v>25</v>
       </c>
       <c r="L396" t="s">
-        <v>443</v>
+        <v>26</v>
       </c>
       <c r="M396" t="s">
-        <v>3370</v>
+        <v>27</v>
       </c>
       <c r="N396" t="s">
         <v>28</v>
       </c>
       <c r="O396" t="s">
-        <v>3666</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="397" spans="1:15">
       <c r="A397">
-        <v>65076</v>
+        <v>65051</v>
       </c>
       <c r="B397" t="s">
-        <v>3667</v>
+        <v>3681</v>
       </c>
       <c r="C397" t="s">
-        <v>3668</v>
+        <v>3682</v>
       </c>
       <c r="D397" t="s">
-        <v>3669</v>
+        <v>3683</v>
       </c>
       <c r="E397" t="s">
-        <v>3670</v>
+        <v>3684</v>
       </c>
       <c r="F397" t="s">
-        <v>3671</v>
+        <v>3685</v>
       </c>
       <c r="G397" t="s">
-        <v>3672</v>
+        <v>3686</v>
       </c>
       <c r="H397" t="s">
-        <v>3673</v>
+        <v>3687</v>
       </c>
       <c r="I397" t="s">
-        <v>3674</v>
+        <v>3688</v>
       </c>
       <c r="J397" t="s">
         <v>24</v>
       </c>
       <c r="K397" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L397" t="s">
         <v>26</v>
       </c>
       <c r="M397" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N397" t="s">
         <v>28</v>
       </c>
       <c r="O397" t="s">
-        <v>3675</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="398" spans="1:15">
       <c r="A398">
-        <v>65077</v>
+        <v>65053</v>
       </c>
       <c r="B398" t="s">
-        <v>3676</v>
+        <v>3690</v>
       </c>
       <c r="C398" t="s">
-        <v>3677</v>
+        <v>3691</v>
       </c>
       <c r="D398" t="s">
-        <v>3678</v>
+        <v>3692</v>
       </c>
       <c r="E398" t="s">
-        <v>3679</v>
+        <v>3693</v>
       </c>
       <c r="F398" t="s">
-        <v>3680</v>
+        <v>3694</v>
       </c>
       <c r="G398" t="s">
-        <v>3681</v>
+        <v>3695</v>
       </c>
       <c r="H398" t="s">
-        <v>3682</v>
+        <v>3696</v>
       </c>
       <c r="I398" t="s">
-        <v>3683</v>
+        <v>3697</v>
       </c>
       <c r="J398" t="s">
         <v>24</v>
       </c>
       <c r="K398" t="s">
-        <v>728</v>
+        <v>170</v>
       </c>
       <c r="L398" t="s">
         <v>26</v>
       </c>
       <c r="M398" t="s">
-        <v>729</v>
+        <v>171</v>
       </c>
       <c r="N398" t="s">
         <v>28</v>
       </c>
       <c r="O398" t="s">
-        <v>3684</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="399" spans="1:15">
       <c r="A399">
-        <v>65080</v>
+        <v>65054</v>
       </c>
       <c r="B399" t="s">
-        <v>3685</v>
+        <v>3699</v>
       </c>
       <c r="C399" t="s">
-        <v>3686</v>
+        <v>3700</v>
       </c>
       <c r="D399" t="s">
-        <v>3687</v>
+        <v>3701</v>
       </c>
       <c r="E399" t="s">
-        <v>3688</v>
+        <v>3702</v>
       </c>
       <c r="F399" t="s">
-        <v>3689</v>
+        <v>3703</v>
       </c>
       <c r="G399" t="s">
-        <v>3690</v>
+        <v>3704</v>
       </c>
       <c r="H399" t="s">
-        <v>3691</v>
+        <v>3705</v>
       </c>
       <c r="I399" t="s">
-        <v>3692</v>
+        <v>3706</v>
       </c>
       <c r="J399" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K399" t="s">
-        <v>47</v>
+        <v>208</v>
       </c>
       <c r="L399" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M399" t="s">
-        <v>48</v>
+        <v>209</v>
       </c>
       <c r="N399" t="s">
         <v>28</v>
       </c>
       <c r="O399" t="s">
-        <v>3693</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="400" spans="1:15">
       <c r="A400">
-        <v>65081</v>
+        <v>65055</v>
       </c>
       <c r="B400" t="s">
-        <v>3694</v>
+        <v>3708</v>
       </c>
       <c r="C400" t="s">
-        <v>3695</v>
+        <v>3709</v>
       </c>
       <c r="D400" t="s">
-        <v>3696</v>
+        <v>3710</v>
       </c>
       <c r="E400" t="s">
-        <v>3697</v>
+        <v>3711</v>
       </c>
       <c r="F400" t="s">
-        <v>3698</v>
+        <v>3712</v>
       </c>
       <c r="G400" t="s">
-        <v>3699</v>
+        <v>3713</v>
       </c>
       <c r="H400" t="s">
-        <v>3700</v>
+        <v>3714</v>
       </c>
       <c r="I400" t="s">
-        <v>3701</v>
+        <v>3715</v>
       </c>
       <c r="J400" t="s">
         <v>24</v>
       </c>
       <c r="K400" t="s">
-        <v>47</v>
+        <v>571</v>
       </c>
       <c r="L400" t="s">
         <v>26</v>
       </c>
       <c r="M400" t="s">
-        <v>48</v>
+        <v>572</v>
       </c>
       <c r="N400" t="s">
         <v>28</v>
       </c>
       <c r="O400" t="s">
-        <v>3702</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="401" spans="1:15">
       <c r="A401">
-        <v>65082</v>
+        <v>65057</v>
       </c>
       <c r="B401" t="s">
-        <v>3703</v>
+        <v>3717</v>
       </c>
       <c r="C401" t="s">
-        <v>3704</v>
+        <v>3718</v>
       </c>
       <c r="D401" t="s">
-        <v>3705</v>
+        <v>3719</v>
       </c>
       <c r="E401" t="s">
-        <v>3706</v>
+        <v>3720</v>
       </c>
       <c r="F401" t="s">
-        <v>3707</v>
+        <v>3721</v>
       </c>
       <c r="G401" t="s">
-        <v>3708</v>
+        <v>3722</v>
       </c>
       <c r="H401" t="s">
-        <v>3709</v>
+        <v>3723</v>
       </c>
       <c r="I401" t="s">
-        <v>3710</v>
+        <v>3724</v>
       </c>
       <c r="J401" t="s">
         <v>24</v>
       </c>
       <c r="K401" t="s">
-        <v>47</v>
+        <v>274</v>
       </c>
       <c r="L401" t="s">
         <v>26</v>
       </c>
       <c r="M401" t="s">
-        <v>48</v>
+        <v>276</v>
       </c>
       <c r="N401" t="s">
         <v>28</v>
       </c>
       <c r="O401" t="s">
-        <v>3711</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="402" spans="1:15">
       <c r="A402">
-        <v>65083</v>
+        <v>65058</v>
       </c>
       <c r="B402" t="s">
-        <v>3712</v>
+        <v>3726</v>
       </c>
       <c r="C402" t="s">
-        <v>3713</v>
+        <v>3727</v>
       </c>
       <c r="D402" t="s">
-        <v>3714</v>
+        <v>3728</v>
       </c>
       <c r="E402" t="s">
-        <v>3715</v>
+        <v>3729</v>
       </c>
       <c r="F402" t="s">
-        <v>3716</v>
+        <v>3730</v>
       </c>
       <c r="G402" t="s">
-        <v>3717</v>
+        <v>3731</v>
       </c>
       <c r="H402" t="s">
-        <v>3718</v>
+        <v>3732</v>
       </c>
       <c r="I402" t="s">
-        <v>3719</v>
+        <v>3733</v>
       </c>
       <c r="J402" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K402" t="s">
-        <v>170</v>
+        <v>672</v>
       </c>
       <c r="L402" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M402" t="s">
-        <v>171</v>
+        <v>673</v>
       </c>
       <c r="N402" t="s">
         <v>28</v>
       </c>
       <c r="O402" t="s">
-        <v>3720</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="403" spans="1:15">
       <c r="A403">
-        <v>65084</v>
+        <v>65059</v>
       </c>
       <c r="B403" t="s">
-        <v>3721</v>
+        <v>3735</v>
       </c>
       <c r="C403" t="s">
-        <v>3722</v>
+        <v>3736</v>
       </c>
       <c r="D403" t="s">
-        <v>3723</v>
+        <v>3737</v>
       </c>
       <c r="E403" t="s">
-        <v>3724</v>
+        <v>3738</v>
       </c>
       <c r="F403" t="s">
-        <v>3725</v>
+        <v>3739</v>
       </c>
       <c r="G403" t="s">
-        <v>3726</v>
+        <v>3740</v>
       </c>
       <c r="H403" t="s">
-        <v>3727</v>
+        <v>3741</v>
       </c>
       <c r="I403" t="s">
-        <v>3728</v>
+        <v>3742</v>
       </c>
       <c r="J403" t="s">
         <v>24</v>
       </c>
       <c r="K403" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L403" t="s">
         <v>26</v>
       </c>
       <c r="M403" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N403" t="s">
         <v>28</v>
       </c>
       <c r="O403" t="s">
-        <v>3729</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="404" spans="1:15">
       <c r="A404">
-        <v>65085</v>
+        <v>65060</v>
       </c>
       <c r="B404" t="s">
-        <v>3730</v>
+        <v>3744</v>
       </c>
       <c r="C404" t="s">
-        <v>3731</v>
+        <v>3745</v>
       </c>
       <c r="D404" t="s">
-        <v>3732</v>
+        <v>3746</v>
       </c>
       <c r="E404" t="s">
-        <v>3733</v>
+        <v>3747</v>
       </c>
       <c r="F404" t="s">
-        <v>3734</v>
+        <v>3748</v>
       </c>
       <c r="G404" t="s">
-        <v>3735</v>
+        <v>3749</v>
       </c>
       <c r="H404" t="s">
-        <v>3736</v>
+        <v>3750</v>
       </c>
       <c r="I404" t="s">
-        <v>3737</v>
+        <v>3751</v>
       </c>
       <c r="J404" t="s">
         <v>24</v>
       </c>
       <c r="K404" t="s">
-        <v>571</v>
+        <v>47</v>
       </c>
       <c r="L404" t="s">
         <v>26</v>
       </c>
       <c r="M404" t="s">
-        <v>572</v>
+        <v>48</v>
       </c>
       <c r="N404" t="s">
         <v>28</v>
       </c>
       <c r="O404" t="s">
-        <v>3738</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="405" spans="1:15">
       <c r="A405">
-        <v>65086</v>
+        <v>65061</v>
       </c>
       <c r="B405" t="s">
-        <v>3739</v>
+        <v>3753</v>
       </c>
       <c r="C405" t="s">
-        <v>3740</v>
+        <v>3754</v>
       </c>
       <c r="D405" t="s">
-        <v>3741</v>
+        <v>3755</v>
       </c>
       <c r="E405" t="s">
-        <v>3742</v>
+        <v>3756</v>
       </c>
       <c r="F405" t="s">
-        <v>3743</v>
+        <v>3757</v>
       </c>
       <c r="G405" t="s">
-        <v>3744</v>
+        <v>3758</v>
       </c>
       <c r="H405" t="s">
-        <v>3745</v>
+        <v>3759</v>
       </c>
       <c r="I405" t="s">
-        <v>3746</v>
+        <v>3760</v>
       </c>
       <c r="J405" t="s">
         <v>24</v>
       </c>
       <c r="K405" t="s">
-        <v>170</v>
+        <v>1392</v>
       </c>
       <c r="L405" t="s">
         <v>26</v>
       </c>
       <c r="M405" t="s">
-        <v>171</v>
+        <v>1394</v>
       </c>
       <c r="N405" t="s">
         <v>28</v>
       </c>
       <c r="O405" t="s">
-        <v>3747</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="406" spans="1:15">
       <c r="A406">
-        <v>65087</v>
+        <v>65062</v>
       </c>
       <c r="B406" t="s">
-        <v>3748</v>
+        <v>3762</v>
       </c>
       <c r="C406" t="s">
-        <v>3749</v>
+        <v>3763</v>
       </c>
       <c r="D406" t="s">
-        <v>3750</v>
+        <v>3764</v>
       </c>
       <c r="E406" t="s">
-        <v>3751</v>
+        <v>3765</v>
       </c>
       <c r="F406" t="s">
-        <v>3752</v>
+        <v>3766</v>
       </c>
       <c r="G406" t="s">
-        <v>3753</v>
+        <v>3767</v>
       </c>
       <c r="H406" t="s">
-        <v>3754</v>
+        <v>3768</v>
       </c>
       <c r="I406" t="s">
-        <v>3755</v>
+        <v>3769</v>
       </c>
       <c r="J406" t="s">
         <v>24</v>
       </c>
       <c r="K406" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L406" t="s">
         <v>26</v>
       </c>
       <c r="M406" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N406" t="s">
         <v>28</v>
       </c>
       <c r="O406" t="s">
-        <v>3756</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="407" spans="1:15">
       <c r="A407">
-        <v>65088</v>
+        <v>65063</v>
       </c>
       <c r="B407" t="s">
-        <v>3757</v>
+        <v>3771</v>
       </c>
       <c r="C407" t="s">
-        <v>3758</v>
+        <v>3772</v>
       </c>
       <c r="D407" t="s">
-        <v>3759</v>
+        <v>3773</v>
       </c>
       <c r="E407" t="s">
-        <v>3760</v>
+        <v>3774</v>
       </c>
       <c r="F407" t="s">
-        <v>3761</v>
+        <v>3775</v>
       </c>
       <c r="G407" t="s">
-        <v>3762</v>
+        <v>3776</v>
       </c>
       <c r="H407" t="s">
-        <v>3763</v>
+        <v>3777</v>
       </c>
       <c r="I407" t="s">
-        <v>3764</v>
+        <v>3778</v>
       </c>
       <c r="J407" t="s">
         <v>24</v>
       </c>
       <c r="K407" t="s">
-        <v>25</v>
+        <v>1017</v>
       </c>
       <c r="L407" t="s">
         <v>26</v>
       </c>
       <c r="M407" t="s">
-        <v>27</v>
+        <v>1018</v>
       </c>
       <c r="N407" t="s">
         <v>28</v>
       </c>
       <c r="O407" t="s">
-        <v>3765</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="408" spans="1:15">
       <c r="A408">
-        <v>65089</v>
+        <v>65065</v>
       </c>
       <c r="B408" t="s">
-        <v>3766</v>
+        <v>3780</v>
       </c>
       <c r="C408" t="s">
-        <v>3767</v>
+        <v>3781</v>
       </c>
       <c r="D408" t="s">
-        <v>3768</v>
+        <v>3782</v>
       </c>
       <c r="E408" t="s">
-        <v>3769</v>
+        <v>3783</v>
       </c>
       <c r="F408" t="s">
-        <v>3770</v>
+        <v>3784</v>
       </c>
       <c r="G408" t="s">
-        <v>3771</v>
+        <v>3785</v>
       </c>
       <c r="H408" t="s">
-        <v>3772</v>
+        <v>3786</v>
       </c>
       <c r="I408" t="s">
-        <v>3773</v>
+        <v>3787</v>
       </c>
       <c r="J408" t="s">
-        <v>24</v>
+        <v>3788</v>
       </c>
       <c r="K408" t="s">
-        <v>25</v>
+        <v>1392</v>
       </c>
       <c r="L408" t="s">
-        <v>26</v>
+        <v>3789</v>
       </c>
       <c r="M408" t="s">
-        <v>27</v>
+        <v>1394</v>
       </c>
       <c r="N408" t="s">
         <v>28</v>
       </c>
       <c r="O408" t="s">
-        <v>3774</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="409" spans="1:15">
       <c r="A409">
-        <v>65090</v>
+        <v>65068</v>
       </c>
       <c r="B409" t="s">
-        <v>3775</v>
+        <v>3791</v>
       </c>
       <c r="C409" t="s">
-        <v>3776</v>
+        <v>3792</v>
       </c>
       <c r="D409" t="s">
-        <v>3777</v>
+        <v>3793</v>
       </c>
       <c r="E409" t="s">
-        <v>3778</v>
+        <v>3794</v>
       </c>
       <c r="F409" t="s">
-        <v>3779</v>
+        <v>3795</v>
       </c>
       <c r="G409" t="s">
-        <v>3780</v>
+        <v>3796</v>
       </c>
       <c r="H409" t="s">
-        <v>3781</v>
+        <v>3797</v>
       </c>
       <c r="I409" t="s">
-        <v>3782</v>
+        <v>3798</v>
       </c>
       <c r="J409" t="s">
         <v>24</v>
       </c>
       <c r="K409" t="s">
         <v>25</v>
       </c>
       <c r="L409" t="s">
         <v>26</v>
       </c>
       <c r="M409" t="s">
         <v>27</v>
       </c>
       <c r="N409" t="s">
         <v>28</v>
       </c>
       <c r="O409" t="s">
-        <v>3783</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="410" spans="1:15">
       <c r="A410">
-        <v>65091</v>
+        <v>65069</v>
       </c>
       <c r="B410" t="s">
-        <v>3784</v>
+        <v>3800</v>
       </c>
       <c r="C410" t="s">
-        <v>3785</v>
+        <v>3801</v>
       </c>
       <c r="D410" t="s">
-        <v>3786</v>
+        <v>3802</v>
       </c>
       <c r="E410" t="s">
-        <v>3787</v>
+        <v>3803</v>
       </c>
       <c r="F410" t="s">
-        <v>3788</v>
+        <v>3804</v>
       </c>
       <c r="G410" t="s">
-        <v>3789</v>
+        <v>3805</v>
       </c>
       <c r="H410" t="s">
-        <v>3790</v>
+        <v>3806</v>
       </c>
       <c r="I410" t="s">
-        <v>3791</v>
+        <v>3807</v>
       </c>
       <c r="J410" t="s">
         <v>24</v>
       </c>
       <c r="K410" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L410" t="s">
         <v>26</v>
       </c>
       <c r="M410" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N410" t="s">
         <v>28</v>
       </c>
       <c r="O410" t="s">
-        <v>3792</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="411" spans="1:15">
       <c r="A411">
-        <v>65092</v>
+        <v>65071</v>
       </c>
       <c r="B411" t="s">
-        <v>3793</v>
+        <v>3809</v>
       </c>
       <c r="C411" t="s">
-        <v>3794</v>
+        <v>3810</v>
       </c>
       <c r="D411" t="s">
-        <v>3795</v>
+        <v>3811</v>
       </c>
       <c r="E411" t="s">
-        <v>3796</v>
+        <v>3812</v>
       </c>
       <c r="F411" t="s">
-        <v>3797</v>
+        <v>3813</v>
       </c>
       <c r="G411" t="s">
-        <v>3798</v>
+        <v>3814</v>
       </c>
       <c r="H411" t="s">
-        <v>3799</v>
+        <v>3815</v>
       </c>
       <c r="I411" t="s">
-        <v>3800</v>
+        <v>3816</v>
       </c>
       <c r="J411" t="s">
         <v>24</v>
       </c>
       <c r="K411" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L411" t="s">
         <v>26</v>
       </c>
       <c r="M411" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N411" t="s">
         <v>28</v>
       </c>
       <c r="O411" t="s">
-        <v>3801</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="412" spans="1:15">
       <c r="A412">
-        <v>65093</v>
+        <v>65073</v>
       </c>
       <c r="B412" t="s">
-        <v>3802</v>
+        <v>3818</v>
       </c>
       <c r="C412" t="s">
-        <v>3803</v>
+        <v>3819</v>
       </c>
       <c r="D412" t="s">
-        <v>3804</v>
+        <v>3820</v>
       </c>
       <c r="E412" t="s">
-        <v>3805</v>
+        <v>3821</v>
       </c>
       <c r="F412" t="s">
-        <v>3806</v>
+        <v>3822</v>
       </c>
       <c r="G412" t="s">
-        <v>3807</v>
+        <v>3823</v>
       </c>
       <c r="H412" t="s">
-        <v>3808</v>
+        <v>3824</v>
       </c>
       <c r="I412" t="s">
-        <v>3809</v>
+        <v>3825</v>
       </c>
       <c r="J412" t="s">
         <v>24</v>
       </c>
       <c r="K412" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L412" t="s">
         <v>26</v>
       </c>
       <c r="M412" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N412" t="s">
         <v>28</v>
       </c>
       <c r="O412" t="s">
-        <v>3810</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="413" spans="1:15">
       <c r="A413">
-        <v>65094</v>
+        <v>65074</v>
       </c>
       <c r="B413" t="s">
-        <v>3811</v>
+        <v>3827</v>
       </c>
       <c r="C413" t="s">
-        <v>3812</v>
+        <v>3828</v>
       </c>
       <c r="D413" t="s">
-        <v>3813</v>
+        <v>3829</v>
       </c>
       <c r="E413" t="s">
-        <v>3814</v>
+        <v>3830</v>
       </c>
       <c r="F413" t="s">
-        <v>3815</v>
+        <v>3831</v>
       </c>
       <c r="G413" t="s">
-        <v>3816</v>
+        <v>3832</v>
       </c>
       <c r="H413" t="s">
-        <v>3817</v>
+        <v>3833</v>
       </c>
       <c r="I413" t="s">
-        <v>3818</v>
+        <v>3834</v>
       </c>
       <c r="J413" t="s">
         <v>24</v>
       </c>
       <c r="K413" t="s">
-        <v>3819</v>
+        <v>3835</v>
       </c>
       <c r="L413" t="s">
         <v>26</v>
       </c>
       <c r="M413" t="s">
-        <v>3820</v>
+        <v>3836</v>
       </c>
       <c r="N413" t="s">
         <v>28</v>
       </c>
       <c r="O413" t="s">
-        <v>3821</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="414" spans="1:15">
       <c r="A414">
-        <v>65095</v>
+        <v>65075</v>
       </c>
       <c r="B414" t="s">
-        <v>3822</v>
+        <v>3838</v>
       </c>
       <c r="C414" t="s">
-        <v>3823</v>
+        <v>3839</v>
       </c>
       <c r="D414" t="s">
-        <v>3824</v>
+        <v>3840</v>
       </c>
       <c r="E414" t="s">
-        <v>3825</v>
+        <v>3841</v>
       </c>
       <c r="F414" t="s">
-        <v>3826</v>
+        <v>3842</v>
       </c>
       <c r="G414" t="s">
-        <v>3827</v>
+        <v>3843</v>
       </c>
       <c r="H414" t="s">
-        <v>3828</v>
+        <v>3844</v>
       </c>
       <c r="I414" t="s">
-        <v>3829</v>
+        <v>3845</v>
       </c>
       <c r="J414" t="s">
-        <v>24</v>
+        <v>441</v>
       </c>
       <c r="K414" t="s">
-        <v>728</v>
+        <v>3550</v>
       </c>
       <c r="L414" t="s">
-        <v>26</v>
+        <v>443</v>
       </c>
       <c r="M414" t="s">
-        <v>729</v>
+        <v>3551</v>
       </c>
       <c r="N414" t="s">
         <v>28</v>
       </c>
       <c r="O414" t="s">
-        <v>3830</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="415" spans="1:15">
       <c r="A415">
-        <v>65096</v>
+        <v>65076</v>
       </c>
       <c r="B415" t="s">
-        <v>3831</v>
+        <v>3847</v>
       </c>
       <c r="C415" t="s">
-        <v>3832</v>
+        <v>3848</v>
       </c>
       <c r="D415" t="s">
-        <v>3833</v>
+        <v>3849</v>
       </c>
       <c r="E415" t="s">
-        <v>3834</v>
+        <v>3850</v>
       </c>
       <c r="F415" t="s">
-        <v>3835</v>
+        <v>3851</v>
       </c>
       <c r="G415" t="s">
-        <v>3836</v>
+        <v>3852</v>
       </c>
       <c r="H415" t="s">
-        <v>3837</v>
+        <v>3853</v>
       </c>
       <c r="I415" t="s">
-        <v>3838</v>
+        <v>3854</v>
       </c>
       <c r="J415" t="s">
         <v>24</v>
       </c>
       <c r="K415" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="L415" t="s">
         <v>26</v>
       </c>
       <c r="M415" t="s">
-        <v>27</v>
+        <v>171</v>
       </c>
       <c r="N415" t="s">
         <v>28</v>
       </c>
       <c r="O415" t="s">
-        <v>3839</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="416" spans="1:15">
       <c r="A416">
-        <v>65097</v>
+        <v>65077</v>
       </c>
       <c r="B416" t="s">
-        <v>3840</v>
+        <v>3856</v>
       </c>
       <c r="C416" t="s">
-        <v>3841</v>
+        <v>3857</v>
       </c>
       <c r="D416" t="s">
-        <v>3842</v>
+        <v>3858</v>
       </c>
       <c r="E416" t="s">
-        <v>3843</v>
+        <v>3859</v>
       </c>
       <c r="F416" t="s">
-        <v>3844</v>
+        <v>3860</v>
       </c>
       <c r="G416" t="s">
-        <v>3845</v>
+        <v>3861</v>
       </c>
       <c r="H416" t="s">
-        <v>3846</v>
+        <v>3862</v>
       </c>
       <c r="I416" t="s">
-        <v>3847</v>
+        <v>3863</v>
       </c>
       <c r="J416" t="s">
         <v>24</v>
       </c>
       <c r="K416" t="s">
-        <v>170</v>
+        <v>728</v>
       </c>
       <c r="L416" t="s">
         <v>26</v>
       </c>
       <c r="M416" t="s">
-        <v>171</v>
+        <v>729</v>
       </c>
       <c r="N416" t="s">
         <v>28</v>
       </c>
       <c r="O416" t="s">
-        <v>3848</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="417" spans="1:15">
       <c r="A417">
-        <v>65098</v>
+        <v>65080</v>
       </c>
       <c r="B417" t="s">
-        <v>3849</v>
+        <v>3865</v>
       </c>
       <c r="C417" t="s">
-        <v>3850</v>
+        <v>3866</v>
       </c>
       <c r="D417" t="s">
-        <v>3851</v>
+        <v>3867</v>
       </c>
       <c r="E417" t="s">
-        <v>3852</v>
+        <v>3868</v>
       </c>
       <c r="F417" t="s">
-        <v>3853</v>
+        <v>3869</v>
       </c>
       <c r="G417" t="s">
-        <v>3854</v>
+        <v>3870</v>
       </c>
       <c r="H417" t="s">
-        <v>3855</v>
+        <v>3871</v>
       </c>
       <c r="I417" t="s">
-        <v>3856</v>
+        <v>3872</v>
       </c>
       <c r="J417" t="s">
         <v>24</v>
       </c>
       <c r="K417" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="L417" t="s">
         <v>26</v>
       </c>
       <c r="M417" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="N417" t="s">
         <v>28</v>
       </c>
       <c r="O417" t="s">
-        <v>3857</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="418" spans="1:15">
       <c r="A418">
-        <v>65099</v>
+        <v>65081</v>
       </c>
       <c r="B418" t="s">
-        <v>3858</v>
+        <v>3874</v>
       </c>
       <c r="C418" t="s">
-        <v>3859</v>
+        <v>3875</v>
       </c>
       <c r="D418" t="s">
-        <v>3860</v>
+        <v>3876</v>
       </c>
       <c r="E418" t="s">
-        <v>3861</v>
+        <v>3877</v>
       </c>
       <c r="F418" t="s">
-        <v>3862</v>
+        <v>3878</v>
       </c>
       <c r="G418" t="s">
-        <v>3863</v>
+        <v>3879</v>
       </c>
       <c r="H418" t="s">
-        <v>3864</v>
+        <v>3880</v>
       </c>
       <c r="I418" t="s">
-        <v>3865</v>
+        <v>3881</v>
       </c>
       <c r="J418" t="s">
         <v>24</v>
       </c>
       <c r="K418" t="s">
-        <v>170</v>
+        <v>47</v>
       </c>
       <c r="L418" t="s">
         <v>26</v>
       </c>
       <c r="M418" t="s">
-        <v>171</v>
+        <v>48</v>
       </c>
       <c r="N418" t="s">
         <v>28</v>
       </c>
       <c r="O418" t="s">
-        <v>3866</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="419" spans="1:15">
       <c r="A419">
-        <v>65100</v>
+        <v>65082</v>
       </c>
       <c r="B419" t="s">
-        <v>3867</v>
+        <v>3883</v>
       </c>
       <c r="C419" t="s">
-        <v>3868</v>
+        <v>3884</v>
       </c>
       <c r="D419" t="s">
-        <v>3869</v>
+        <v>3885</v>
       </c>
       <c r="E419" t="s">
-        <v>3870</v>
+        <v>3886</v>
       </c>
       <c r="F419" t="s">
-        <v>3871</v>
+        <v>3887</v>
       </c>
       <c r="G419" t="s">
-        <v>3872</v>
+        <v>3888</v>
       </c>
       <c r="H419" t="s">
-        <v>3873</v>
+        <v>3889</v>
       </c>
       <c r="I419" t="s">
-        <v>3874</v>
+        <v>3890</v>
       </c>
       <c r="J419" t="s">
         <v>24</v>
       </c>
       <c r="K419" t="s">
-        <v>3237</v>
+        <v>47</v>
       </c>
       <c r="L419" t="s">
         <v>26</v>
       </c>
       <c r="M419" t="s">
-        <v>3238</v>
+        <v>48</v>
       </c>
       <c r="N419" t="s">
         <v>28</v>
       </c>
       <c r="O419" t="s">
-        <v>3875</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="420" spans="1:15">
       <c r="A420">
-        <v>65101</v>
+        <v>65083</v>
       </c>
       <c r="B420" t="s">
-        <v>3876</v>
+        <v>3892</v>
       </c>
       <c r="C420" t="s">
-        <v>3877</v>
+        <v>3893</v>
       </c>
       <c r="D420" t="s">
-        <v>3878</v>
+        <v>3894</v>
       </c>
       <c r="E420" t="s">
-        <v>3879</v>
+        <v>3895</v>
       </c>
       <c r="F420" t="s">
-        <v>3880</v>
+        <v>3896</v>
       </c>
       <c r="G420" t="s">
-        <v>3881</v>
+        <v>3897</v>
       </c>
       <c r="H420" t="s">
-        <v>3882</v>
+        <v>3898</v>
       </c>
       <c r="I420" t="s">
-        <v>3883</v>
+        <v>3899</v>
       </c>
       <c r="J420" t="s">
         <v>24</v>
       </c>
       <c r="K420" t="s">
         <v>170</v>
       </c>
       <c r="L420" t="s">
         <v>26</v>
       </c>
       <c r="M420" t="s">
         <v>171</v>
       </c>
       <c r="N420" t="s">
         <v>28</v>
       </c>
       <c r="O420" t="s">
-        <v>3884</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="421" spans="1:15">
       <c r="A421">
-        <v>65102</v>
+        <v>65084</v>
       </c>
       <c r="B421" t="s">
-        <v>3885</v>
+        <v>3901</v>
       </c>
       <c r="C421" t="s">
-        <v>3886</v>
+        <v>3902</v>
       </c>
       <c r="D421" t="s">
-        <v>3887</v>
+        <v>3903</v>
       </c>
       <c r="E421" t="s">
-        <v>3888</v>
+        <v>3904</v>
       </c>
       <c r="F421" t="s">
-        <v>3889</v>
+        <v>3905</v>
       </c>
       <c r="G421" t="s">
-        <v>3890</v>
+        <v>3906</v>
       </c>
       <c r="H421" t="s">
-        <v>3891</v>
+        <v>3907</v>
       </c>
       <c r="I421" t="s">
-        <v>3892</v>
+        <v>3908</v>
       </c>
       <c r="J421" t="s">
         <v>24</v>
       </c>
       <c r="K421" t="s">
         <v>25</v>
       </c>
       <c r="L421" t="s">
         <v>26</v>
       </c>
       <c r="M421" t="s">
         <v>27</v>
       </c>
       <c r="N421" t="s">
         <v>28</v>
       </c>
       <c r="O421" t="s">
-        <v>3893</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="422" spans="1:15">
       <c r="A422">
-        <v>65104</v>
+        <v>65085</v>
       </c>
       <c r="B422" t="s">
-        <v>3894</v>
+        <v>3910</v>
       </c>
       <c r="C422" t="s">
-        <v>3895</v>
+        <v>3911</v>
       </c>
       <c r="D422" t="s">
-        <v>3896</v>
+        <v>3912</v>
       </c>
       <c r="E422" t="s">
-        <v>3897</v>
+        <v>3913</v>
       </c>
       <c r="F422" t="s">
-        <v>3898</v>
+        <v>3914</v>
       </c>
       <c r="G422" t="s">
-        <v>3899</v>
+        <v>3915</v>
       </c>
       <c r="H422" t="s">
-        <v>3900</v>
+        <v>3916</v>
       </c>
       <c r="I422" t="s">
-        <v>3901</v>
+        <v>3917</v>
       </c>
       <c r="J422" t="s">
         <v>24</v>
       </c>
       <c r="K422" t="s">
-        <v>3902</v>
+        <v>571</v>
       </c>
       <c r="L422" t="s">
         <v>26</v>
       </c>
       <c r="M422" t="s">
-        <v>3903</v>
+        <v>572</v>
       </c>
       <c r="N422" t="s">
         <v>28</v>
       </c>
       <c r="O422" t="s">
-        <v>3904</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="423" spans="1:15">
       <c r="A423">
-        <v>65105</v>
+        <v>65086</v>
       </c>
       <c r="B423" t="s">
-        <v>3905</v>
+        <v>3919</v>
       </c>
       <c r="C423" t="s">
-        <v>3906</v>
+        <v>3920</v>
       </c>
       <c r="D423" t="s">
-        <v>3907</v>
+        <v>3921</v>
       </c>
       <c r="E423" t="s">
-        <v>3908</v>
+        <v>3922</v>
       </c>
       <c r="F423" t="s">
-        <v>3909</v>
+        <v>3923</v>
       </c>
       <c r="G423" t="s">
-        <v>3910</v>
+        <v>3924</v>
       </c>
       <c r="H423" t="s">
-        <v>3911</v>
+        <v>3925</v>
       </c>
       <c r="I423" t="s">
-        <v>3912</v>
+        <v>3926</v>
       </c>
       <c r="J423" t="s">
         <v>24</v>
       </c>
       <c r="K423" t="s">
         <v>170</v>
       </c>
       <c r="L423" t="s">
         <v>26</v>
       </c>
       <c r="M423" t="s">
         <v>171</v>
       </c>
       <c r="N423" t="s">
         <v>28</v>
       </c>
       <c r="O423" t="s">
-        <v>3913</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="424" spans="1:15">
       <c r="A424">
-        <v>65107</v>
+        <v>65087</v>
       </c>
       <c r="B424" t="s">
-        <v>3914</v>
+        <v>3928</v>
       </c>
       <c r="C424" t="s">
-        <v>3915</v>
+        <v>3929</v>
       </c>
       <c r="D424" t="s">
-        <v>3916</v>
+        <v>3930</v>
       </c>
       <c r="E424" t="s">
-        <v>3917</v>
+        <v>3931</v>
       </c>
       <c r="F424" t="s">
-        <v>3918</v>
+        <v>3932</v>
       </c>
       <c r="G424" t="s">
-        <v>3919</v>
+        <v>3933</v>
       </c>
       <c r="H424" t="s">
-        <v>3920</v>
+        <v>3934</v>
       </c>
       <c r="I424" t="s">
-        <v>3921</v>
+        <v>3935</v>
       </c>
       <c r="J424" t="s">
         <v>24</v>
       </c>
       <c r="K424" t="s">
-        <v>3922</v>
+        <v>170</v>
       </c>
       <c r="L424" t="s">
         <v>26</v>
       </c>
       <c r="M424" t="s">
-        <v>3923</v>
+        <v>171</v>
       </c>
       <c r="N424" t="s">
         <v>28</v>
       </c>
       <c r="O424" t="s">
-        <v>3924</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="425" spans="1:15">
       <c r="A425">
-        <v>65116</v>
+        <v>65088</v>
       </c>
       <c r="B425" t="s">
-        <v>3925</v>
+        <v>3937</v>
       </c>
       <c r="C425" t="s">
-        <v>3926</v>
+        <v>3938</v>
       </c>
       <c r="D425" t="s">
-        <v>3927</v>
+        <v>3939</v>
       </c>
       <c r="E425" t="s">
-        <v>3928</v>
+        <v>3940</v>
       </c>
       <c r="F425" t="s">
-        <v>3929</v>
+        <v>3941</v>
       </c>
       <c r="G425" t="s">
-        <v>3930</v>
+        <v>3942</v>
       </c>
       <c r="H425" t="s">
-        <v>3931</v>
+        <v>3943</v>
       </c>
       <c r="I425" t="s">
-        <v>3932</v>
+        <v>3944</v>
       </c>
       <c r="J425" t="s">
         <v>24</v>
       </c>
       <c r="K425" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L425" t="s">
         <v>26</v>
       </c>
       <c r="M425" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N425" t="s">
         <v>28</v>
       </c>
       <c r="O425" t="s">
-        <v>3933</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="426" spans="1:15">
       <c r="A426">
-        <v>65124</v>
+        <v>65089</v>
       </c>
       <c r="B426" t="s">
-        <v>3934</v>
+        <v>3946</v>
       </c>
       <c r="C426" t="s">
-        <v>3935</v>
+        <v>3947</v>
       </c>
       <c r="D426" t="s">
-        <v>3936</v>
+        <v>3948</v>
       </c>
       <c r="E426" t="s">
-        <v>3937</v>
+        <v>3949</v>
       </c>
       <c r="F426" t="s">
-        <v>3938</v>
+        <v>3950</v>
       </c>
       <c r="G426" t="s">
-        <v>3939</v>
+        <v>3951</v>
       </c>
       <c r="H426" t="s">
-        <v>3940</v>
+        <v>3952</v>
       </c>
       <c r="I426" t="s">
-        <v>3941</v>
+        <v>3953</v>
       </c>
       <c r="J426" t="s">
         <v>24</v>
       </c>
       <c r="K426" t="s">
         <v>25</v>
       </c>
       <c r="L426" t="s">
         <v>26</v>
       </c>
       <c r="M426" t="s">
         <v>27</v>
       </c>
       <c r="N426" t="s">
         <v>28</v>
       </c>
       <c r="O426" t="s">
-        <v>3942</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="427" spans="1:15">
       <c r="A427">
-        <v>65479</v>
+        <v>65090</v>
       </c>
       <c r="B427" t="s">
-        <v>3943</v>
+        <v>3955</v>
       </c>
       <c r="C427" t="s">
-        <v>3944</v>
+        <v>3956</v>
       </c>
       <c r="D427" t="s">
-        <v>3945</v>
+        <v>3957</v>
       </c>
       <c r="E427" t="s">
-        <v>3946</v>
+        <v>3958</v>
       </c>
       <c r="F427" t="s">
-        <v>3947</v>
+        <v>3959</v>
       </c>
       <c r="G427" t="s">
-        <v>3948</v>
+        <v>3960</v>
       </c>
       <c r="H427" t="s">
-        <v>3949</v>
+        <v>3961</v>
       </c>
       <c r="I427" t="s">
-        <v>3950</v>
+        <v>3962</v>
       </c>
       <c r="J427" t="s">
         <v>24</v>
       </c>
       <c r="K427" t="s">
         <v>25</v>
       </c>
       <c r="L427" t="s">
         <v>26</v>
       </c>
       <c r="M427" t="s">
         <v>27</v>
       </c>
       <c r="N427" t="s">
         <v>28</v>
       </c>
       <c r="O427" t="s">
-        <v>3951</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="428" spans="1:15">
       <c r="A428">
-        <v>65566</v>
+        <v>65091</v>
       </c>
       <c r="B428" t="s">
-        <v>3952</v>
+        <v>3964</v>
       </c>
       <c r="C428" t="s">
-        <v>3953</v>
+        <v>3965</v>
       </c>
       <c r="D428" t="s">
-        <v>3954</v>
+        <v>3966</v>
       </c>
       <c r="E428" t="s">
-        <v>3955</v>
+        <v>3967</v>
       </c>
       <c r="F428" t="s">
-        <v>3956</v>
+        <v>3968</v>
       </c>
       <c r="G428" t="s">
-        <v>3957</v>
+        <v>3969</v>
       </c>
       <c r="H428" t="s">
-        <v>3958</v>
+        <v>3970</v>
       </c>
       <c r="I428" t="s">
-        <v>3959</v>
+        <v>3971</v>
       </c>
       <c r="J428" t="s">
         <v>24</v>
       </c>
       <c r="K428" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
       <c r="L428" t="s">
         <v>26</v>
       </c>
       <c r="M428" t="s">
-        <v>171</v>
+        <v>27</v>
       </c>
       <c r="N428" t="s">
         <v>28</v>
       </c>
       <c r="O428" t="s">
-        <v>3960</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="429" spans="1:15">
       <c r="A429">
-        <v>65613</v>
+        <v>65092</v>
       </c>
       <c r="B429" t="s">
-        <v>3961</v>
+        <v>3973</v>
       </c>
       <c r="C429" t="s">
-        <v>3962</v>
+        <v>3974</v>
       </c>
       <c r="D429" t="s">
-        <v>3963</v>
+        <v>3975</v>
       </c>
       <c r="E429" t="s">
-        <v>3964</v>
+        <v>3976</v>
       </c>
       <c r="F429" t="s">
-        <v>3965</v>
+        <v>3977</v>
       </c>
       <c r="G429" t="s">
-        <v>3966</v>
+        <v>3978</v>
       </c>
       <c r="H429" t="s">
-        <v>3967</v>
+        <v>3979</v>
       </c>
       <c r="I429" t="s">
-        <v>3968</v>
+        <v>3980</v>
       </c>
       <c r="J429" t="s">
-        <v>3969</v>
+        <v>24</v>
       </c>
       <c r="K429" t="s">
-        <v>1358</v>
+        <v>170</v>
+      </c>
+      <c r="L429" t="s">
+        <v>26</v>
+      </c>
+      <c r="M429" t="s">
+        <v>171</v>
       </c>
       <c r="N429" t="s">
         <v>28</v>
       </c>
       <c r="O429" t="s">
-        <v>3970</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="430" spans="1:15">
       <c r="A430">
-        <v>65869</v>
+        <v>65093</v>
       </c>
       <c r="B430" t="s">
-        <v>3971</v>
+        <v>3982</v>
       </c>
       <c r="C430" t="s">
-        <v>3972</v>
+        <v>3983</v>
       </c>
       <c r="D430" t="s">
-        <v>3973</v>
+        <v>3984</v>
       </c>
       <c r="E430" t="s">
-        <v>3974</v>
+        <v>3985</v>
       </c>
       <c r="F430" t="s">
-        <v>3975</v>
+        <v>3986</v>
       </c>
       <c r="G430" t="s">
-        <v>3976</v>
+        <v>3987</v>
       </c>
       <c r="H430" t="s">
-        <v>3977</v>
+        <v>3988</v>
       </c>
       <c r="I430" t="s">
-        <v>3978</v>
+        <v>3989</v>
       </c>
       <c r="J430" t="s">
         <v>24</v>
       </c>
       <c r="K430" t="s">
-        <v>1554</v>
+        <v>170</v>
       </c>
       <c r="L430" t="s">
         <v>26</v>
       </c>
       <c r="M430" t="s">
-        <v>1555</v>
+        <v>171</v>
       </c>
       <c r="N430" t="s">
         <v>28</v>
       </c>
       <c r="O430" t="s">
-        <v>3979</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="431" spans="1:15">
       <c r="A431">
+        <v>65094</v>
+      </c>
+      <c r="B431" t="s">
+        <v>3991</v>
+      </c>
+      <c r="C431" t="s">
+        <v>3992</v>
+      </c>
+      <c r="D431" t="s">
+        <v>3993</v>
+      </c>
+      <c r="E431" t="s">
+        <v>3994</v>
+      </c>
+      <c r="F431" t="s">
+        <v>3995</v>
+      </c>
+      <c r="G431" t="s">
+        <v>3996</v>
+      </c>
+      <c r="H431" t="s">
+        <v>3997</v>
+      </c>
+      <c r="I431" t="s">
+        <v>3998</v>
+      </c>
+      <c r="J431" t="s">
+        <v>24</v>
+      </c>
+      <c r="K431" t="s">
+        <v>3999</v>
+      </c>
+      <c r="L431" t="s">
+        <v>26</v>
+      </c>
+      <c r="M431" t="s">
+        <v>4000</v>
+      </c>
+      <c r="N431" t="s">
+        <v>28</v>
+      </c>
+      <c r="O431" t="s">
+        <v>4001</v>
+      </c>
+    </row>
+    <row r="432" spans="1:15">
+      <c r="A432">
+        <v>65095</v>
+      </c>
+      <c r="B432" t="s">
+        <v>4002</v>
+      </c>
+      <c r="C432" t="s">
+        <v>4003</v>
+      </c>
+      <c r="D432" t="s">
+        <v>4004</v>
+      </c>
+      <c r="E432" t="s">
+        <v>4005</v>
+      </c>
+      <c r="F432" t="s">
+        <v>4006</v>
+      </c>
+      <c r="G432" t="s">
+        <v>4007</v>
+      </c>
+      <c r="H432" t="s">
+        <v>4008</v>
+      </c>
+      <c r="I432" t="s">
+        <v>4009</v>
+      </c>
+      <c r="J432" t="s">
+        <v>24</v>
+      </c>
+      <c r="K432" t="s">
+        <v>728</v>
+      </c>
+      <c r="L432" t="s">
+        <v>26</v>
+      </c>
+      <c r="M432" t="s">
+        <v>729</v>
+      </c>
+      <c r="N432" t="s">
+        <v>28</v>
+      </c>
+      <c r="O432" t="s">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="433" spans="1:15">
+      <c r="A433">
+        <v>65096</v>
+      </c>
+      <c r="B433" t="s">
+        <v>4011</v>
+      </c>
+      <c r="C433" t="s">
+        <v>4012</v>
+      </c>
+      <c r="D433" t="s">
+        <v>4013</v>
+      </c>
+      <c r="E433" t="s">
+        <v>4014</v>
+      </c>
+      <c r="F433" t="s">
+        <v>4015</v>
+      </c>
+      <c r="G433" t="s">
+        <v>4016</v>
+      </c>
+      <c r="H433" t="s">
+        <v>4017</v>
+      </c>
+      <c r="I433" t="s">
+        <v>4018</v>
+      </c>
+      <c r="J433" t="s">
+        <v>24</v>
+      </c>
+      <c r="K433" t="s">
+        <v>25</v>
+      </c>
+      <c r="L433" t="s">
+        <v>26</v>
+      </c>
+      <c r="M433" t="s">
+        <v>27</v>
+      </c>
+      <c r="N433" t="s">
+        <v>28</v>
+      </c>
+      <c r="O433" t="s">
+        <v>4019</v>
+      </c>
+    </row>
+    <row r="434" spans="1:15">
+      <c r="A434">
+        <v>65097</v>
+      </c>
+      <c r="B434" t="s">
+        <v>4020</v>
+      </c>
+      <c r="C434" t="s">
+        <v>4021</v>
+      </c>
+      <c r="D434" t="s">
+        <v>4022</v>
+      </c>
+      <c r="E434" t="s">
+        <v>4023</v>
+      </c>
+      <c r="F434" t="s">
+        <v>4024</v>
+      </c>
+      <c r="G434" t="s">
+        <v>4025</v>
+      </c>
+      <c r="H434" t="s">
+        <v>4026</v>
+      </c>
+      <c r="I434" t="s">
+        <v>4027</v>
+      </c>
+      <c r="J434" t="s">
+        <v>24</v>
+      </c>
+      <c r="K434" t="s">
+        <v>170</v>
+      </c>
+      <c r="L434" t="s">
+        <v>26</v>
+      </c>
+      <c r="M434" t="s">
+        <v>171</v>
+      </c>
+      <c r="N434" t="s">
+        <v>28</v>
+      </c>
+      <c r="O434" t="s">
+        <v>4028</v>
+      </c>
+    </row>
+    <row r="435" spans="1:15">
+      <c r="A435">
+        <v>65098</v>
+      </c>
+      <c r="B435" t="s">
+        <v>4029</v>
+      </c>
+      <c r="C435" t="s">
+        <v>4030</v>
+      </c>
+      <c r="D435" t="s">
+        <v>4031</v>
+      </c>
+      <c r="E435" t="s">
+        <v>4032</v>
+      </c>
+      <c r="F435" t="s">
+        <v>4033</v>
+      </c>
+      <c r="G435" t="s">
+        <v>4034</v>
+      </c>
+      <c r="H435" t="s">
+        <v>4035</v>
+      </c>
+      <c r="I435" t="s">
+        <v>4036</v>
+      </c>
+      <c r="J435" t="s">
+        <v>24</v>
+      </c>
+      <c r="K435" t="s">
+        <v>25</v>
+      </c>
+      <c r="L435" t="s">
+        <v>26</v>
+      </c>
+      <c r="M435" t="s">
+        <v>27</v>
+      </c>
+      <c r="N435" t="s">
+        <v>28</v>
+      </c>
+      <c r="O435" t="s">
+        <v>4037</v>
+      </c>
+    </row>
+    <row r="436" spans="1:15">
+      <c r="A436">
+        <v>65099</v>
+      </c>
+      <c r="B436" t="s">
+        <v>4038</v>
+      </c>
+      <c r="C436" t="s">
+        <v>4039</v>
+      </c>
+      <c r="D436" t="s">
+        <v>4040</v>
+      </c>
+      <c r="E436" t="s">
+        <v>4041</v>
+      </c>
+      <c r="F436" t="s">
+        <v>4042</v>
+      </c>
+      <c r="G436" t="s">
+        <v>4043</v>
+      </c>
+      <c r="H436" t="s">
+        <v>4044</v>
+      </c>
+      <c r="I436" t="s">
+        <v>4045</v>
+      </c>
+      <c r="J436" t="s">
+        <v>24</v>
+      </c>
+      <c r="K436" t="s">
+        <v>170</v>
+      </c>
+      <c r="L436" t="s">
+        <v>26</v>
+      </c>
+      <c r="M436" t="s">
+        <v>171</v>
+      </c>
+      <c r="N436" t="s">
+        <v>28</v>
+      </c>
+      <c r="O436" t="s">
+        <v>4046</v>
+      </c>
+    </row>
+    <row r="437" spans="1:15">
+      <c r="A437">
+        <v>65100</v>
+      </c>
+      <c r="B437" t="s">
+        <v>4047</v>
+      </c>
+      <c r="C437" t="s">
+        <v>4048</v>
+      </c>
+      <c r="D437" t="s">
+        <v>4049</v>
+      </c>
+      <c r="E437" t="s">
+        <v>4050</v>
+      </c>
+      <c r="F437" t="s">
+        <v>4051</v>
+      </c>
+      <c r="G437" t="s">
+        <v>4052</v>
+      </c>
+      <c r="H437" t="s">
+        <v>4053</v>
+      </c>
+      <c r="I437" t="s">
+        <v>4054</v>
+      </c>
+      <c r="J437" t="s">
+        <v>24</v>
+      </c>
+      <c r="K437" t="s">
+        <v>3418</v>
+      </c>
+      <c r="L437" t="s">
+        <v>26</v>
+      </c>
+      <c r="M437" t="s">
+        <v>3419</v>
+      </c>
+      <c r="N437" t="s">
+        <v>28</v>
+      </c>
+      <c r="O437" t="s">
+        <v>4055</v>
+      </c>
+    </row>
+    <row r="438" spans="1:15">
+      <c r="A438">
+        <v>65101</v>
+      </c>
+      <c r="B438" t="s">
+        <v>4056</v>
+      </c>
+      <c r="C438" t="s">
+        <v>4057</v>
+      </c>
+      <c r="D438" t="s">
+        <v>4058</v>
+      </c>
+      <c r="E438" t="s">
+        <v>4059</v>
+      </c>
+      <c r="F438" t="s">
+        <v>4060</v>
+      </c>
+      <c r="G438" t="s">
+        <v>4061</v>
+      </c>
+      <c r="H438" t="s">
+        <v>4062</v>
+      </c>
+      <c r="I438" t="s">
+        <v>4063</v>
+      </c>
+      <c r="J438" t="s">
+        <v>24</v>
+      </c>
+      <c r="K438" t="s">
+        <v>170</v>
+      </c>
+      <c r="L438" t="s">
+        <v>26</v>
+      </c>
+      <c r="M438" t="s">
+        <v>171</v>
+      </c>
+      <c r="N438" t="s">
+        <v>28</v>
+      </c>
+      <c r="O438" t="s">
+        <v>4064</v>
+      </c>
+    </row>
+    <row r="439" spans="1:15">
+      <c r="A439">
+        <v>65102</v>
+      </c>
+      <c r="B439" t="s">
+        <v>4065</v>
+      </c>
+      <c r="C439" t="s">
+        <v>4066</v>
+      </c>
+      <c r="D439" t="s">
+        <v>4067</v>
+      </c>
+      <c r="E439" t="s">
+        <v>4068</v>
+      </c>
+      <c r="F439" t="s">
+        <v>4069</v>
+      </c>
+      <c r="G439" t="s">
+        <v>4070</v>
+      </c>
+      <c r="H439" t="s">
+        <v>4071</v>
+      </c>
+      <c r="I439" t="s">
+        <v>4072</v>
+      </c>
+      <c r="J439" t="s">
+        <v>24</v>
+      </c>
+      <c r="K439" t="s">
+        <v>25</v>
+      </c>
+      <c r="L439" t="s">
+        <v>26</v>
+      </c>
+      <c r="M439" t="s">
+        <v>27</v>
+      </c>
+      <c r="N439" t="s">
+        <v>28</v>
+      </c>
+      <c r="O439" t="s">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="440" spans="1:15">
+      <c r="A440">
+        <v>65104</v>
+      </c>
+      <c r="B440" t="s">
+        <v>4074</v>
+      </c>
+      <c r="C440" t="s">
+        <v>4075</v>
+      </c>
+      <c r="D440" t="s">
+        <v>4076</v>
+      </c>
+      <c r="E440" t="s">
+        <v>4077</v>
+      </c>
+      <c r="F440" t="s">
+        <v>4078</v>
+      </c>
+      <c r="G440" t="s">
+        <v>4079</v>
+      </c>
+      <c r="H440" t="s">
+        <v>4080</v>
+      </c>
+      <c r="I440" t="s">
+        <v>4081</v>
+      </c>
+      <c r="J440" t="s">
+        <v>24</v>
+      </c>
+      <c r="K440" t="s">
+        <v>4082</v>
+      </c>
+      <c r="L440" t="s">
+        <v>26</v>
+      </c>
+      <c r="M440" t="s">
+        <v>4083</v>
+      </c>
+      <c r="N440" t="s">
+        <v>28</v>
+      </c>
+      <c r="O440" t="s">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="441" spans="1:15">
+      <c r="A441">
+        <v>65105</v>
+      </c>
+      <c r="B441" t="s">
+        <v>4085</v>
+      </c>
+      <c r="C441" t="s">
+        <v>4086</v>
+      </c>
+      <c r="D441" t="s">
+        <v>4087</v>
+      </c>
+      <c r="E441" t="s">
+        <v>4088</v>
+      </c>
+      <c r="F441" t="s">
+        <v>4089</v>
+      </c>
+      <c r="G441" t="s">
+        <v>4090</v>
+      </c>
+      <c r="H441" t="s">
+        <v>4091</v>
+      </c>
+      <c r="I441" t="s">
+        <v>4092</v>
+      </c>
+      <c r="J441" t="s">
+        <v>24</v>
+      </c>
+      <c r="K441" t="s">
+        <v>170</v>
+      </c>
+      <c r="L441" t="s">
+        <v>26</v>
+      </c>
+      <c r="M441" t="s">
+        <v>171</v>
+      </c>
+      <c r="N441" t="s">
+        <v>28</v>
+      </c>
+      <c r="O441" t="s">
+        <v>4093</v>
+      </c>
+    </row>
+    <row r="442" spans="1:15">
+      <c r="A442">
+        <v>65107</v>
+      </c>
+      <c r="B442" t="s">
+        <v>4094</v>
+      </c>
+      <c r="C442" t="s">
+        <v>4095</v>
+      </c>
+      <c r="D442" t="s">
+        <v>4096</v>
+      </c>
+      <c r="E442" t="s">
+        <v>4097</v>
+      </c>
+      <c r="F442" t="s">
+        <v>4098</v>
+      </c>
+      <c r="G442" t="s">
+        <v>4099</v>
+      </c>
+      <c r="H442" t="s">
+        <v>4100</v>
+      </c>
+      <c r="I442" t="s">
+        <v>4101</v>
+      </c>
+      <c r="J442" t="s">
+        <v>24</v>
+      </c>
+      <c r="K442" t="s">
+        <v>4102</v>
+      </c>
+      <c r="L442" t="s">
+        <v>26</v>
+      </c>
+      <c r="M442" t="s">
+        <v>4103</v>
+      </c>
+      <c r="N442" t="s">
+        <v>28</v>
+      </c>
+      <c r="O442" t="s">
+        <v>4104</v>
+      </c>
+    </row>
+    <row r="443" spans="1:15">
+      <c r="A443">
+        <v>65116</v>
+      </c>
+      <c r="B443" t="s">
+        <v>4105</v>
+      </c>
+      <c r="C443" t="s">
+        <v>4106</v>
+      </c>
+      <c r="D443" t="s">
+        <v>4107</v>
+      </c>
+      <c r="E443" t="s">
+        <v>4108</v>
+      </c>
+      <c r="F443" t="s">
+        <v>4109</v>
+      </c>
+      <c r="G443" t="s">
+        <v>4110</v>
+      </c>
+      <c r="H443" t="s">
+        <v>4111</v>
+      </c>
+      <c r="I443" t="s">
+        <v>4112</v>
+      </c>
+      <c r="J443" t="s">
+        <v>24</v>
+      </c>
+      <c r="K443" t="s">
+        <v>170</v>
+      </c>
+      <c r="L443" t="s">
+        <v>26</v>
+      </c>
+      <c r="M443" t="s">
+        <v>171</v>
+      </c>
+      <c r="N443" t="s">
+        <v>28</v>
+      </c>
+      <c r="O443" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="444" spans="1:15">
+      <c r="A444">
+        <v>65124</v>
+      </c>
+      <c r="B444" t="s">
+        <v>4114</v>
+      </c>
+      <c r="C444" t="s">
+        <v>4115</v>
+      </c>
+      <c r="D444" t="s">
+        <v>4116</v>
+      </c>
+      <c r="E444" t="s">
+        <v>4117</v>
+      </c>
+      <c r="F444" t="s">
+        <v>4118</v>
+      </c>
+      <c r="G444" t="s">
+        <v>4119</v>
+      </c>
+      <c r="H444" t="s">
+        <v>4120</v>
+      </c>
+      <c r="I444" t="s">
+        <v>4121</v>
+      </c>
+      <c r="J444" t="s">
+        <v>24</v>
+      </c>
+      <c r="K444" t="s">
+        <v>25</v>
+      </c>
+      <c r="L444" t="s">
+        <v>26</v>
+      </c>
+      <c r="M444" t="s">
+        <v>27</v>
+      </c>
+      <c r="N444" t="s">
+        <v>28</v>
+      </c>
+      <c r="O444" t="s">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="445" spans="1:15">
+      <c r="A445">
+        <v>65255</v>
+      </c>
+      <c r="B445" t="s">
+        <v>4123</v>
+      </c>
+      <c r="C445" t="s">
+        <v>4124</v>
+      </c>
+      <c r="D445" t="s">
+        <v>4125</v>
+      </c>
+      <c r="E445" t="s">
+        <v>4126</v>
+      </c>
+      <c r="F445" t="s">
+        <v>4127</v>
+      </c>
+      <c r="G445" t="s">
+        <v>4128</v>
+      </c>
+      <c r="H445" t="s">
+        <v>4129</v>
+      </c>
+      <c r="I445" t="s">
+        <v>4130</v>
+      </c>
+      <c r="J445" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K445" t="s">
+        <v>4131</v>
+      </c>
+      <c r="L445" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M445" t="s">
+        <v>4132</v>
+      </c>
+      <c r="N445" t="s">
+        <v>28</v>
+      </c>
+      <c r="O445" t="s">
+        <v>4133</v>
+      </c>
+    </row>
+    <row r="446" spans="1:15">
+      <c r="A446">
+        <v>65479</v>
+      </c>
+      <c r="B446" t="s">
+        <v>4134</v>
+      </c>
+      <c r="C446" t="s">
+        <v>4135</v>
+      </c>
+      <c r="D446" t="s">
+        <v>4136</v>
+      </c>
+      <c r="E446" t="s">
+        <v>4137</v>
+      </c>
+      <c r="F446" t="s">
+        <v>4138</v>
+      </c>
+      <c r="G446" t="s">
+        <v>4139</v>
+      </c>
+      <c r="H446" t="s">
+        <v>4140</v>
+      </c>
+      <c r="I446" t="s">
+        <v>4141</v>
+      </c>
+      <c r="J446" t="s">
+        <v>24</v>
+      </c>
+      <c r="K446" t="s">
+        <v>25</v>
+      </c>
+      <c r="L446" t="s">
+        <v>26</v>
+      </c>
+      <c r="M446" t="s">
+        <v>27</v>
+      </c>
+      <c r="N446" t="s">
+        <v>28</v>
+      </c>
+      <c r="O446" t="s">
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="447" spans="1:15">
+      <c r="A447">
+        <v>65566</v>
+      </c>
+      <c r="B447" t="s">
+        <v>4143</v>
+      </c>
+      <c r="C447" t="s">
+        <v>4144</v>
+      </c>
+      <c r="D447" t="s">
+        <v>4145</v>
+      </c>
+      <c r="E447" t="s">
+        <v>4146</v>
+      </c>
+      <c r="F447" t="s">
+        <v>4147</v>
+      </c>
+      <c r="G447" t="s">
+        <v>4148</v>
+      </c>
+      <c r="H447" t="s">
+        <v>4149</v>
+      </c>
+      <c r="I447" t="s">
+        <v>4150</v>
+      </c>
+      <c r="J447" t="s">
+        <v>24</v>
+      </c>
+      <c r="K447" t="s">
+        <v>170</v>
+      </c>
+      <c r="L447" t="s">
+        <v>26</v>
+      </c>
+      <c r="M447" t="s">
+        <v>171</v>
+      </c>
+      <c r="N447" t="s">
+        <v>28</v>
+      </c>
+      <c r="O447" t="s">
+        <v>4151</v>
+      </c>
+    </row>
+    <row r="448" spans="1:15">
+      <c r="A448">
+        <v>65613</v>
+      </c>
+      <c r="B448" t="s">
+        <v>4152</v>
+      </c>
+      <c r="C448" t="s">
+        <v>4153</v>
+      </c>
+      <c r="D448" t="s">
+        <v>4154</v>
+      </c>
+      <c r="E448" t="s">
+        <v>4155</v>
+      </c>
+      <c r="F448" t="s">
+        <v>4156</v>
+      </c>
+      <c r="G448" t="s">
+        <v>4157</v>
+      </c>
+      <c r="H448" t="s">
+        <v>4158</v>
+      </c>
+      <c r="I448" t="s">
+        <v>4159</v>
+      </c>
+      <c r="J448" t="s">
+        <v>4160</v>
+      </c>
+      <c r="K448" t="s">
+        <v>1371</v>
+      </c>
+      <c r="L448" t="s">
+        <v>4161</v>
+      </c>
+      <c r="M448" t="s">
+        <v>1372</v>
+      </c>
+      <c r="N448" t="s">
+        <v>28</v>
+      </c>
+      <c r="O448" t="s">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="449" spans="1:15">
+      <c r="A449">
+        <v>65869</v>
+      </c>
+      <c r="B449" t="s">
+        <v>4163</v>
+      </c>
+      <c r="C449" t="s">
+        <v>4164</v>
+      </c>
+      <c r="D449" t="s">
+        <v>4165</v>
+      </c>
+      <c r="E449" t="s">
+        <v>4166</v>
+      </c>
+      <c r="F449" t="s">
+        <v>4167</v>
+      </c>
+      <c r="G449" t="s">
+        <v>4168</v>
+      </c>
+      <c r="H449" t="s">
+        <v>4169</v>
+      </c>
+      <c r="I449" t="s">
+        <v>4170</v>
+      </c>
+      <c r="J449" t="s">
+        <v>24</v>
+      </c>
+      <c r="K449" t="s">
+        <v>1392</v>
+      </c>
+      <c r="L449" t="s">
+        <v>26</v>
+      </c>
+      <c r="M449" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N449" t="s">
+        <v>28</v>
+      </c>
+      <c r="O449" t="s">
+        <v>4171</v>
+      </c>
+    </row>
+    <row r="450" spans="1:15">
+      <c r="A450">
         <v>66392</v>
       </c>
-      <c r="B431" t="s">
-[...26 lines deleted...]
-      <c r="K431" t="s">
+      <c r="B450" t="s">
+        <v>4172</v>
+      </c>
+      <c r="C450" t="s">
+        <v>4173</v>
+      </c>
+      <c r="D450" t="s">
+        <v>4174</v>
+      </c>
+      <c r="E450" t="s">
+        <v>4175</v>
+      </c>
+      <c r="F450" t="s">
+        <v>4176</v>
+      </c>
+      <c r="G450" t="s">
+        <v>4177</v>
+      </c>
+      <c r="H450" t="s">
+        <v>4178</v>
+      </c>
+      <c r="I450" t="s">
+        <v>4179</v>
+      </c>
+      <c r="J450" t="s">
+        <v>24</v>
+      </c>
+      <c r="K450" t="s">
         <v>25</v>
       </c>
-      <c r="L431" t="s">
-[...2 lines deleted...]
-      <c r="M431" t="s">
+      <c r="L450" t="s">
+        <v>26</v>
+      </c>
+      <c r="M450" t="s">
         <v>27</v>
       </c>
-      <c r="N431" t="s">
-[...3 lines deleted...]
-        <v>3988</v>
+      <c r="N450" t="s">
+        <v>28</v>
+      </c>
+      <c r="O450" t="s">
+        <v>4180</v>
+      </c>
+    </row>
+    <row r="451" spans="1:15">
+      <c r="A451">
+        <v>66510</v>
+      </c>
+      <c r="B451" t="s">
+        <v>4181</v>
+      </c>
+      <c r="C451" t="s">
+        <v>4182</v>
+      </c>
+      <c r="D451" t="s">
+        <v>4183</v>
+      </c>
+      <c r="E451" t="s">
+        <v>4184</v>
+      </c>
+      <c r="F451" t="s">
+        <v>4185</v>
+      </c>
+      <c r="G451" t="s">
+        <v>4186</v>
+      </c>
+      <c r="H451" t="s">
+        <v>4187</v>
+      </c>
+      <c r="I451" t="s">
+        <v>4188</v>
+      </c>
+      <c r="J451" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K451" t="s">
+        <v>4189</v>
+      </c>
+      <c r="L451" t="s">
+        <v>1351</v>
+      </c>
+      <c r="M451" t="s">
+        <v>4190</v>
+      </c>
+      <c r="N451" t="s">
+        <v>28</v>
+      </c>
+      <c r="O451" t="s">
+        <v>4191</v>
+      </c>
+    </row>
+    <row r="452" spans="1:15">
+      <c r="A452">
+        <v>66511</v>
+      </c>
+      <c r="B452" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C452" t="s">
+        <v>4192</v>
+      </c>
+      <c r="D452" t="s">
+        <v>4193</v>
+      </c>
+      <c r="E452" t="s">
+        <v>4194</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1537</v>
+      </c>
+      <c r="G452" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H452" t="s">
+        <v>4195</v>
+      </c>
+      <c r="I452" t="s">
+        <v>4196</v>
+      </c>
+      <c r="J452" t="s">
+        <v>24</v>
+      </c>
+      <c r="K452" t="s">
+        <v>4197</v>
+      </c>
+      <c r="L452" t="s">
+        <v>26</v>
+      </c>
+      <c r="M452" t="s">
+        <v>4198</v>
+      </c>
+      <c r="N452" t="s">
+        <v>28</v>
+      </c>
+      <c r="O452" t="s">
+        <v>4199</v>
+      </c>
+    </row>
+    <row r="453" spans="1:15">
+      <c r="A453">
+        <v>66512</v>
+      </c>
+      <c r="B453" t="s">
+        <v>3251</v>
+      </c>
+      <c r="C453" t="s">
+        <v>4200</v>
+      </c>
+      <c r="D453" t="s">
+        <v>4201</v>
+      </c>
+      <c r="E453" t="s">
+        <v>4202</v>
+      </c>
+      <c r="F453" t="s">
+        <v>4203</v>
+      </c>
+      <c r="G453" t="s">
+        <v>3256</v>
+      </c>
+      <c r="H453" t="s">
+        <v>3257</v>
+      </c>
+      <c r="I453" t="s">
+        <v>3258</v>
+      </c>
+      <c r="J453" t="s">
+        <v>24</v>
+      </c>
+      <c r="K453" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L453" t="s">
+        <v>26</v>
+      </c>
+      <c r="M453" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N453" t="s">
+        <v>28</v>
+      </c>
+      <c r="O453" t="s">
+        <v>4206</v>
+      </c>
+    </row>
+    <row r="454" spans="1:15">
+      <c r="A454">
+        <v>66513</v>
+      </c>
+      <c r="B454" t="s">
+        <v>4207</v>
+      </c>
+      <c r="C454" t="s">
+        <v>4208</v>
+      </c>
+      <c r="D454" t="s">
+        <v>4209</v>
+      </c>
+      <c r="E454" t="s">
+        <v>4210</v>
+      </c>
+      <c r="F454" t="s">
+        <v>4211</v>
+      </c>
+      <c r="G454" t="s">
+        <v>3585</v>
+      </c>
+      <c r="H454" t="s">
+        <v>4212</v>
+      </c>
+      <c r="I454" t="s">
+        <v>4213</v>
+      </c>
+      <c r="J454" t="s">
+        <v>24</v>
+      </c>
+      <c r="K454" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L454" t="s">
+        <v>26</v>
+      </c>
+      <c r="M454" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N454" t="s">
+        <v>28</v>
+      </c>
+      <c r="O454" t="s">
+        <v>4214</v>
+      </c>
+    </row>
+    <row r="455" spans="1:15">
+      <c r="A455">
+        <v>66514</v>
+      </c>
+      <c r="B455" t="s">
+        <v>4215</v>
+      </c>
+      <c r="C455" t="s">
+        <v>4216</v>
+      </c>
+      <c r="D455" t="s">
+        <v>4217</v>
+      </c>
+      <c r="E455" t="s">
+        <v>4218</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1682</v>
+      </c>
+      <c r="G455" t="s">
+        <v>1683</v>
+      </c>
+      <c r="H455" t="s">
+        <v>4219</v>
+      </c>
+      <c r="I455" t="s">
+        <v>4220</v>
+      </c>
+      <c r="J455" t="s">
+        <v>24</v>
+      </c>
+      <c r="K455" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L455" t="s">
+        <v>26</v>
+      </c>
+      <c r="M455" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N455" t="s">
+        <v>28</v>
+      </c>
+      <c r="O455" t="s">
+        <v>4221</v>
+      </c>
+    </row>
+    <row r="456" spans="1:15">
+      <c r="A456">
+        <v>66515</v>
+      </c>
+      <c r="B456" t="s">
+        <v>4222</v>
+      </c>
+      <c r="C456" t="s">
+        <v>4223</v>
+      </c>
+      <c r="D456" t="s">
+        <v>4224</v>
+      </c>
+      <c r="E456" t="s">
+        <v>4225</v>
+      </c>
+      <c r="F456" t="s">
+        <v>4226</v>
+      </c>
+      <c r="G456" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H456" t="s">
+        <v>4227</v>
+      </c>
+      <c r="I456" t="s">
+        <v>4228</v>
+      </c>
+      <c r="J456" t="s">
+        <v>24</v>
+      </c>
+      <c r="K456" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L456" t="s">
+        <v>26</v>
+      </c>
+      <c r="M456" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N456" t="s">
+        <v>28</v>
+      </c>
+      <c r="O456" t="s">
+        <v>4229</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15">
+      <c r="A457">
+        <v>66516</v>
+      </c>
+      <c r="B457" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C457" t="s">
+        <v>4230</v>
+      </c>
+      <c r="D457" t="s">
+        <v>4231</v>
+      </c>
+      <c r="E457" t="s">
+        <v>4232</v>
+      </c>
+      <c r="F457" t="s">
+        <v>4233</v>
+      </c>
+      <c r="G457" t="s">
+        <v>4234</v>
+      </c>
+      <c r="H457" t="s">
+        <v>4235</v>
+      </c>
+      <c r="I457" t="s">
+        <v>1441</v>
+      </c>
+      <c r="J457" t="s">
+        <v>24</v>
+      </c>
+      <c r="K457" t="s">
+        <v>170</v>
+      </c>
+      <c r="L457" t="s">
+        <v>26</v>
+      </c>
+      <c r="M457" t="s">
+        <v>171</v>
+      </c>
+      <c r="N457" t="s">
+        <v>28</v>
+      </c>
+      <c r="O457" t="s">
+        <v>4236</v>
+      </c>
+    </row>
+    <row r="458" spans="1:15">
+      <c r="A458">
+        <v>66517</v>
+      </c>
+      <c r="B458" t="s">
+        <v>4237</v>
+      </c>
+      <c r="C458" t="s">
+        <v>4238</v>
+      </c>
+      <c r="D458" t="s">
+        <v>4239</v>
+      </c>
+      <c r="E458" t="s">
+        <v>4240</v>
+      </c>
+      <c r="F458" t="s">
+        <v>4241</v>
+      </c>
+      <c r="G458" t="s">
+        <v>4242</v>
+      </c>
+      <c r="H458" t="s">
+        <v>4243</v>
+      </c>
+      <c r="I458" t="s">
+        <v>4244</v>
+      </c>
+      <c r="J458" t="s">
+        <v>24</v>
+      </c>
+      <c r="K458" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L458" t="s">
+        <v>26</v>
+      </c>
+      <c r="M458" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N458" t="s">
+        <v>28</v>
+      </c>
+      <c r="O458" t="s">
+        <v>4245</v>
+      </c>
+    </row>
+    <row r="459" spans="1:15">
+      <c r="A459">
+        <v>66518</v>
+      </c>
+      <c r="B459" t="s">
+        <v>4246</v>
+      </c>
+      <c r="C459" t="s">
+        <v>4247</v>
+      </c>
+      <c r="D459" t="s">
+        <v>4248</v>
+      </c>
+      <c r="E459" t="s">
+        <v>4249</v>
+      </c>
+      <c r="F459" t="s">
+        <v>4250</v>
+      </c>
+      <c r="G459" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H459" t="s">
+        <v>4251</v>
+      </c>
+      <c r="I459" t="s">
+        <v>1468</v>
+      </c>
+      <c r="J459" t="s">
+        <v>24</v>
+      </c>
+      <c r="K459" t="s">
+        <v>170</v>
+      </c>
+      <c r="L459" t="s">
+        <v>26</v>
+      </c>
+      <c r="M459" t="s">
+        <v>171</v>
+      </c>
+      <c r="N459" t="s">
+        <v>28</v>
+      </c>
+      <c r="O459" t="s">
+        <v>4252</v>
+      </c>
+    </row>
+    <row r="460" spans="1:15">
+      <c r="A460">
+        <v>66519</v>
+      </c>
+      <c r="B460" t="s">
+        <v>4253</v>
+      </c>
+      <c r="C460" t="s">
+        <v>4254</v>
+      </c>
+      <c r="D460" t="s">
+        <v>4255</v>
+      </c>
+      <c r="E460" t="s">
+        <v>4256</v>
+      </c>
+      <c r="F460" t="s">
+        <v>4257</v>
+      </c>
+      <c r="G460" t="s">
+        <v>4258</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1557</v>
+      </c>
+      <c r="I460" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J460" t="s">
+        <v>24</v>
+      </c>
+      <c r="K460" t="s">
+        <v>4259</v>
+      </c>
+      <c r="L460" t="s">
+        <v>26</v>
+      </c>
+      <c r="M460" t="s">
+        <v>4260</v>
+      </c>
+      <c r="N460" t="s">
+        <v>28</v>
+      </c>
+      <c r="O460" t="s">
+        <v>4261</v>
+      </c>
+    </row>
+    <row r="461" spans="1:15">
+      <c r="A461">
+        <v>66520</v>
+      </c>
+      <c r="B461" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C461" t="s">
+        <v>4262</v>
+      </c>
+      <c r="D461" t="s">
+        <v>4263</v>
+      </c>
+      <c r="E461" t="s">
+        <v>4264</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1642</v>
+      </c>
+      <c r="G461" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1644</v>
+      </c>
+      <c r="I461" t="s">
+        <v>1645</v>
+      </c>
+      <c r="J461" t="s">
+        <v>24</v>
+      </c>
+      <c r="K461" t="s">
+        <v>25</v>
+      </c>
+      <c r="L461" t="s">
+        <v>26</v>
+      </c>
+      <c r="M461" t="s">
+        <v>27</v>
+      </c>
+      <c r="N461" t="s">
+        <v>28</v>
+      </c>
+      <c r="O461" t="s">
+        <v>4265</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15">
+      <c r="A462">
+        <v>66521</v>
+      </c>
+      <c r="B462" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C462" t="s">
+        <v>4266</v>
+      </c>
+      <c r="D462" t="s">
+        <v>4267</v>
+      </c>
+      <c r="E462" t="s">
+        <v>4268</v>
+      </c>
+      <c r="F462" t="s">
+        <v>4269</v>
+      </c>
+      <c r="G462" t="s">
+        <v>1484</v>
+      </c>
+      <c r="H462" t="s">
+        <v>4270</v>
+      </c>
+      <c r="I462" t="s">
+        <v>1486</v>
+      </c>
+      <c r="J462" t="s">
+        <v>24</v>
+      </c>
+      <c r="K462" t="s">
+        <v>170</v>
+      </c>
+      <c r="L462" t="s">
+        <v>26</v>
+      </c>
+      <c r="M462" t="s">
+        <v>171</v>
+      </c>
+      <c r="N462" t="s">
+        <v>28</v>
+      </c>
+      <c r="O462" t="s">
+        <v>4271</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15">
+      <c r="A463">
+        <v>66522</v>
+      </c>
+      <c r="B463" t="s">
+        <v>4272</v>
+      </c>
+      <c r="C463" t="s">
+        <v>4273</v>
+      </c>
+      <c r="D463" t="s">
+        <v>4274</v>
+      </c>
+      <c r="E463" t="s">
+        <v>4275</v>
+      </c>
+      <c r="F463" t="s">
+        <v>4276</v>
+      </c>
+      <c r="G463" t="s">
+        <v>4277</v>
+      </c>
+      <c r="H463" t="s">
+        <v>4278</v>
+      </c>
+      <c r="I463" t="s">
+        <v>4279</v>
+      </c>
+      <c r="J463" t="s">
+        <v>24</v>
+      </c>
+      <c r="K463" t="s">
+        <v>4131</v>
+      </c>
+      <c r="L463" t="s">
+        <v>26</v>
+      </c>
+      <c r="M463" t="s">
+        <v>4132</v>
+      </c>
+      <c r="N463" t="s">
+        <v>28</v>
+      </c>
+      <c r="O463" t="s">
+        <v>4280</v>
+      </c>
+    </row>
+    <row r="464" spans="1:15">
+      <c r="A464">
+        <v>66523</v>
+      </c>
+      <c r="B464" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C464" t="s">
+        <v>4281</v>
+      </c>
+      <c r="D464" t="s">
+        <v>4282</v>
+      </c>
+      <c r="E464" t="s">
+        <v>4283</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1528</v>
+      </c>
+      <c r="G464" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I464" t="s">
+        <v>1531</v>
+      </c>
+      <c r="J464" t="s">
+        <v>24</v>
+      </c>
+      <c r="K464" t="s">
+        <v>47</v>
+      </c>
+      <c r="L464" t="s">
+        <v>26</v>
+      </c>
+      <c r="M464" t="s">
+        <v>48</v>
+      </c>
+      <c r="N464" t="s">
+        <v>28</v>
+      </c>
+      <c r="O464" t="s">
+        <v>4284</v>
+      </c>
+    </row>
+    <row r="465" spans="1:15">
+      <c r="A465">
+        <v>66524</v>
+      </c>
+      <c r="B465" t="s">
+        <v>3421</v>
+      </c>
+      <c r="C465" t="s">
+        <v>4285</v>
+      </c>
+      <c r="D465" t="s">
+        <v>4286</v>
+      </c>
+      <c r="E465" t="s">
+        <v>4287</v>
+      </c>
+      <c r="F465" t="s">
+        <v>4288</v>
+      </c>
+      <c r="G465" t="s">
+        <v>3426</v>
+      </c>
+      <c r="H465" t="s">
+        <v>3427</v>
+      </c>
+      <c r="I465" t="s">
+        <v>3428</v>
+      </c>
+      <c r="J465" t="s">
+        <v>24</v>
+      </c>
+      <c r="K465" t="s">
+        <v>170</v>
+      </c>
+      <c r="L465" t="s">
+        <v>26</v>
+      </c>
+      <c r="M465" t="s">
+        <v>171</v>
+      </c>
+      <c r="N465" t="s">
+        <v>28</v>
+      </c>
+      <c r="O465" t="s">
+        <v>4289</v>
+      </c>
+    </row>
+    <row r="466" spans="1:15">
+      <c r="A466">
+        <v>66525</v>
+      </c>
+      <c r="B466" t="s">
+        <v>4290</v>
+      </c>
+      <c r="C466" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D466" t="s">
+        <v>4291</v>
+      </c>
+      <c r="E466" t="s">
+        <v>4292</v>
+      </c>
+      <c r="F466" t="s">
+        <v>3282</v>
+      </c>
+      <c r="G466" t="s">
+        <v>3283</v>
+      </c>
+      <c r="H466" t="s">
+        <v>3284</v>
+      </c>
+      <c r="I466" t="s">
+        <v>3285</v>
+      </c>
+      <c r="J466" t="s">
+        <v>24</v>
+      </c>
+      <c r="K466" t="s">
+        <v>170</v>
+      </c>
+      <c r="L466" t="s">
+        <v>26</v>
+      </c>
+      <c r="M466" t="s">
+        <v>171</v>
+      </c>
+      <c r="N466" t="s">
+        <v>28</v>
+      </c>
+      <c r="O466" t="s">
+        <v>4293</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15">
+      <c r="A467">
+        <v>66526</v>
+      </c>
+      <c r="B467" t="s">
+        <v>4294</v>
+      </c>
+      <c r="C467" t="s">
+        <v>4295</v>
+      </c>
+      <c r="D467" t="s">
+        <v>4296</v>
+      </c>
+      <c r="E467" t="s">
+        <v>4297</v>
+      </c>
+      <c r="F467" t="s">
+        <v>4298</v>
+      </c>
+      <c r="G467" t="s">
+        <v>3292</v>
+      </c>
+      <c r="H467" t="s">
+        <v>3293</v>
+      </c>
+      <c r="I467" t="s">
+        <v>4299</v>
+      </c>
+      <c r="J467" t="s">
+        <v>24</v>
+      </c>
+      <c r="K467" t="s">
+        <v>170</v>
+      </c>
+      <c r="L467" t="s">
+        <v>26</v>
+      </c>
+      <c r="M467" t="s">
+        <v>171</v>
+      </c>
+      <c r="N467" t="s">
+        <v>28</v>
+      </c>
+      <c r="O467" t="s">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15">
+      <c r="A468">
+        <v>66527</v>
+      </c>
+      <c r="B468" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C468" t="s">
+        <v>4301</v>
+      </c>
+      <c r="D468" t="s">
+        <v>4302</v>
+      </c>
+      <c r="E468" t="s">
+        <v>4303</v>
+      </c>
+      <c r="F468" t="s">
+        <v>4304</v>
+      </c>
+      <c r="G468" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1577</v>
+      </c>
+      <c r="I468" t="s">
+        <v>1578</v>
+      </c>
+      <c r="J468" t="s">
+        <v>24</v>
+      </c>
+      <c r="K468" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L468" t="s">
+        <v>26</v>
+      </c>
+      <c r="M468" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N468" t="s">
+        <v>28</v>
+      </c>
+      <c r="O468" t="s">
+        <v>4305</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15">
+      <c r="A469">
+        <v>66529</v>
+      </c>
+      <c r="B469" t="s">
+        <v>4306</v>
+      </c>
+      <c r="C469" t="s">
+        <v>4307</v>
+      </c>
+      <c r="D469" t="s">
+        <v>4308</v>
+      </c>
+      <c r="E469" t="s">
+        <v>4309</v>
+      </c>
+      <c r="F469" t="s">
+        <v>4310</v>
+      </c>
+      <c r="G469" t="s">
+        <v>3722</v>
+      </c>
+      <c r="H469" t="s">
+        <v>3723</v>
+      </c>
+      <c r="I469" t="s">
+        <v>3724</v>
+      </c>
+      <c r="J469" t="s">
+        <v>24</v>
+      </c>
+      <c r="K469" t="s">
+        <v>1951</v>
+      </c>
+      <c r="L469" t="s">
+        <v>26</v>
+      </c>
+      <c r="M469" t="s">
+        <v>1952</v>
+      </c>
+      <c r="N469" t="s">
+        <v>28</v>
+      </c>
+      <c r="O469" t="s">
+        <v>4311</v>
+      </c>
+    </row>
+    <row r="470" spans="1:15">
+      <c r="A470">
+        <v>66530</v>
+      </c>
+      <c r="B470" t="s">
+        <v>4312</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D470" t="s">
+        <v>4313</v>
+      </c>
+      <c r="E470" t="s">
+        <v>4314</v>
+      </c>
+      <c r="F470" t="s">
+        <v>4315</v>
+      </c>
+      <c r="G470" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1402</v>
+      </c>
+      <c r="I470" t="s">
+        <v>1403</v>
+      </c>
+      <c r="J470" t="s">
+        <v>24</v>
+      </c>
+      <c r="K470" t="s">
+        <v>1392</v>
+      </c>
+      <c r="L470" t="s">
+        <v>26</v>
+      </c>
+      <c r="M470" t="s">
+        <v>1394</v>
+      </c>
+      <c r="N470" t="s">
+        <v>28</v>
+      </c>
+      <c r="O470" t="s">
+        <v>4316</v>
+      </c>
+    </row>
+    <row r="471" spans="1:15">
+      <c r="A471">
+        <v>66531</v>
+      </c>
+      <c r="B471" t="s">
+        <v>4317</v>
+      </c>
+      <c r="C471" t="s">
+        <v>4318</v>
+      </c>
+      <c r="D471" t="s">
+        <v>4319</v>
+      </c>
+      <c r="E471" t="s">
+        <v>4320</v>
+      </c>
+      <c r="F471" t="s">
+        <v>4321</v>
+      </c>
+      <c r="G471" t="s">
+        <v>4322</v>
+      </c>
+      <c r="H471" t="s">
+        <v>4323</v>
+      </c>
+      <c r="I471" t="s">
+        <v>4324</v>
+      </c>
+      <c r="J471" t="s">
+        <v>441</v>
+      </c>
+      <c r="K471" t="s">
+        <v>4325</v>
+      </c>
+      <c r="L471" t="s">
+        <v>443</v>
+      </c>
+      <c r="M471" t="s">
+        <v>4326</v>
+      </c>
+      <c r="N471" t="s">
+        <v>28</v>
+      </c>
+      <c r="O471" t="s">
+        <v>4327</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15">
+      <c r="A472">
+        <v>66532</v>
+      </c>
+      <c r="B472" t="s">
+        <v>4328</v>
+      </c>
+      <c r="C472" t="s">
+        <v>4329</v>
+      </c>
+      <c r="D472" t="s">
+        <v>4330</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G472" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1662</v>
+      </c>
+      <c r="I472" t="s">
+        <v>1663</v>
+      </c>
+      <c r="J472" t="s">
+        <v>441</v>
+      </c>
+      <c r="K472" t="s">
+        <v>4331</v>
+      </c>
+      <c r="L472" t="s">
+        <v>443</v>
+      </c>
+      <c r="M472" t="s">
+        <v>4332</v>
+      </c>
+      <c r="N472" t="s">
+        <v>28</v>
+      </c>
+      <c r="O472" t="s">
+        <v>4333</v>
+      </c>
+    </row>
+    <row r="473" spans="1:15">
+      <c r="A473">
+        <v>66533</v>
+      </c>
+      <c r="B473" t="s">
+        <v>4334</v>
+      </c>
+      <c r="C473" t="s">
+        <v>4335</v>
+      </c>
+      <c r="D473" t="s">
+        <v>4336</v>
+      </c>
+      <c r="E473" t="s">
+        <v>4337</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G473" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I473" t="s">
+        <v>4338</v>
+      </c>
+      <c r="J473" t="s">
+        <v>24</v>
+      </c>
+      <c r="K473" t="s">
+        <v>4339</v>
+      </c>
+      <c r="L473" t="s">
+        <v>26</v>
+      </c>
+      <c r="M473" t="s">
+        <v>4340</v>
+      </c>
+      <c r="N473" t="s">
+        <v>28</v>
+      </c>
+      <c r="O473" t="s">
+        <v>4341</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15">
+      <c r="A474">
+        <v>66534</v>
+      </c>
+      <c r="B474" t="s">
+        <v>4342</v>
+      </c>
+      <c r="C474" t="s">
+        <v>4343</v>
+      </c>
+      <c r="D474" t="s">
+        <v>4344</v>
+      </c>
+      <c r="E474" t="s">
+        <v>4345</v>
+      </c>
+      <c r="F474" t="s">
+        <v>4346</v>
+      </c>
+      <c r="G474" t="s">
+        <v>4347</v>
+      </c>
+      <c r="H474" t="s">
+        <v>2672</v>
+      </c>
+      <c r="I474" t="s">
+        <v>2673</v>
+      </c>
+      <c r="J474" t="s">
+        <v>24</v>
+      </c>
+      <c r="K474" t="s">
+        <v>47</v>
+      </c>
+      <c r="L474" t="s">
+        <v>26</v>
+      </c>
+      <c r="M474" t="s">
+        <v>48</v>
+      </c>
+      <c r="N474" t="s">
+        <v>28</v>
+      </c>
+      <c r="O474" t="s">
+        <v>4348</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15">
+      <c r="A475">
+        <v>66535</v>
+      </c>
+      <c r="B475" t="s">
+        <v>4349</v>
+      </c>
+      <c r="C475" t="s">
+        <v>4350</v>
+      </c>
+      <c r="D475" t="s">
+        <v>4351</v>
+      </c>
+      <c r="E475" t="s">
+        <v>4352</v>
+      </c>
+      <c r="F475" t="s">
+        <v>4353</v>
+      </c>
+      <c r="G475" t="s">
+        <v>4354</v>
+      </c>
+      <c r="H475" t="s">
+        <v>4355</v>
+      </c>
+      <c r="I475" t="s">
+        <v>4356</v>
+      </c>
+      <c r="J475" t="s">
+        <v>4357</v>
+      </c>
+      <c r="K475" t="s">
+        <v>4358</v>
+      </c>
+      <c r="L475" t="s">
+        <v>4359</v>
+      </c>
+      <c r="M475" t="s">
+        <v>4360</v>
+      </c>
+      <c r="N475" t="s">
+        <v>28</v>
+      </c>
+      <c r="O475" t="s">
+        <v>4361</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15">
+      <c r="A476">
+        <v>66536</v>
+      </c>
+      <c r="B476" t="s">
+        <v>4362</v>
+      </c>
+      <c r="C476" t="s">
+        <v>4363</v>
+      </c>
+      <c r="D476" t="s">
+        <v>4364</v>
+      </c>
+      <c r="E476" t="s">
+        <v>4365</v>
+      </c>
+      <c r="F476" t="s">
+        <v>4366</v>
+      </c>
+      <c r="G476" t="s">
+        <v>4367</v>
+      </c>
+      <c r="H476" t="s">
+        <v>4368</v>
+      </c>
+      <c r="I476" t="s">
+        <v>4369</v>
+      </c>
+      <c r="J476" t="s">
+        <v>24</v>
+      </c>
+      <c r="K476" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L476" t="s">
+        <v>26</v>
+      </c>
+      <c r="M476" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N476" t="s">
+        <v>28</v>
+      </c>
+      <c r="O476" t="s">
+        <v>4370</v>
+      </c>
+    </row>
+    <row r="477" spans="1:15">
+      <c r="A477">
+        <v>66537</v>
+      </c>
+      <c r="B477" t="s">
+        <v>4371</v>
+      </c>
+      <c r="C477" t="s">
+        <v>4372</v>
+      </c>
+      <c r="D477" t="s">
+        <v>4373</v>
+      </c>
+      <c r="E477" t="s">
+        <v>4374</v>
+      </c>
+      <c r="F477" t="s">
+        <v>4375</v>
+      </c>
+      <c r="G477" t="s">
+        <v>4119</v>
+      </c>
+      <c r="H477" t="s">
+        <v>4120</v>
+      </c>
+      <c r="I477" t="s">
+        <v>4121</v>
+      </c>
+      <c r="J477" t="s">
+        <v>24</v>
+      </c>
+      <c r="K477" t="s">
+        <v>4204</v>
+      </c>
+      <c r="L477" t="s">
+        <v>26</v>
+      </c>
+      <c r="M477" t="s">
+        <v>4205</v>
+      </c>
+      <c r="N477" t="s">
+        <v>28</v>
+      </c>
+      <c r="O477" t="s">
+        <v>4376</v>
+      </c>
+    </row>
+    <row r="478" spans="1:15">
+      <c r="A478">
+        <v>66538</v>
+      </c>
+      <c r="B478" t="s">
+        <v>4377</v>
+      </c>
+      <c r="C478" t="s">
+        <v>4378</v>
+      </c>
+      <c r="D478" t="s">
+        <v>4379</v>
+      </c>
+      <c r="E478" t="s">
+        <v>4380</v>
+      </c>
+      <c r="F478" t="s">
+        <v>4381</v>
+      </c>
+      <c r="G478" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1653</v>
+      </c>
+      <c r="I478" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J478" t="s">
+        <v>24</v>
+      </c>
+      <c r="K478" t="s">
+        <v>4382</v>
+      </c>
+      <c r="L478" t="s">
+        <v>26</v>
+      </c>
+      <c r="M478" t="s">
+        <v>4383</v>
+      </c>
+      <c r="N478" t="s">
+        <v>28</v>
+      </c>
+      <c r="O478" t="s">
+        <v>4384</v>
+      </c>
+    </row>
+    <row r="479" spans="1:15">
+      <c r="A479">
+        <v>66540</v>
+      </c>
+      <c r="B479" t="s">
+        <v>4385</v>
+      </c>
+      <c r="C479" t="s">
+        <v>4386</v>
+      </c>
+      <c r="D479" t="s">
+        <v>4387</v>
+      </c>
+      <c r="E479" t="s">
+        <v>4388</v>
+      </c>
+      <c r="F479" t="s">
+        <v>4389</v>
+      </c>
+      <c r="G479" t="s">
+        <v>4390</v>
+      </c>
+      <c r="H479" t="s">
+        <v>4391</v>
+      </c>
+      <c r="I479" t="s">
+        <v>1432</v>
+      </c>
+      <c r="J479" t="s">
+        <v>24</v>
+      </c>
+      <c r="K479" t="s">
+        <v>4392</v>
+      </c>
+      <c r="L479" t="s">
+        <v>26</v>
+      </c>
+      <c r="M479" t="s">
+        <v>4393</v>
+      </c>
+      <c r="N479" t="s">
+        <v>28</v>
+      </c>
+      <c r="O479" t="s">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15">
+      <c r="A480">
+        <v>66541</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C480" t="s">
+        <v>4395</v>
+      </c>
+      <c r="D480" t="s">
+        <v>4396</v>
+      </c>
+      <c r="E480" t="s">
+        <v>4397</v>
+      </c>
+      <c r="F480" t="s">
+        <v>4398</v>
+      </c>
+      <c r="G480" t="s">
+        <v>1634</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I480" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J480" t="s">
+        <v>24</v>
+      </c>
+      <c r="K480" t="s">
+        <v>4399</v>
+      </c>
+      <c r="L480" t="s">
+        <v>26</v>
+      </c>
+      <c r="M480" t="s">
+        <v>4400</v>
+      </c>
+      <c r="N480" t="s">
+        <v>28</v>
+      </c>
+      <c r="O480" t="s">
+        <v>4401</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">