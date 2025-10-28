--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
   <si>
-    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-05-18 11:03:33 (v1.0.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.0.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ</t>
+    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-10-24 02:07:41 (v1.1.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.1.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>