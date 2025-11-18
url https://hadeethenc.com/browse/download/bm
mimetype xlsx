--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
   <si>
-    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-10-24 02:07:41 (v1.1.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.1.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ</t>
+    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-11-12 00:02:11 (v1.4.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.4.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>