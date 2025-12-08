--- v2 (2025-11-18)
+++ v3 (2025-12-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
   <si>
-    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-11-12 00:02:11 (v1.4.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.4.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَ</t>
+    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-11-22 17:47:17 (v1.6.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.6.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>