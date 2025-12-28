--- v3 (2025-12-08)
+++ v4 (2025-12-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1">
   <si>
-    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-11-22 17:47:17 (v1.6.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.6.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَ</t>
+    <t>"#--------------------------- # Translated Prophetic Hadiths # Language: Bambara # Source: https://hadeethenc.com/bm # Last update: 2025-12-11 02:42:26 (v1.7.0) # Check for updates: https://hadeethenc.com/en/check/bm/v1.7.0 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION! #---------------------------",,,,,,,,,,,,,, id,title_ar,title,hadith_text_ar,hadith_text,explanation_ar,explanation,benefits_ar,benefits,grade_ar,takhrij_ar,grade,takhrij,lang,link 2758,"من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه","ni mɔgɔ min hijira Ala ye a ma kafoɲɔgɔnya kɛ a ma kojugu kɛ, a bɛ segin i n'a fɔ a wolobá y'a bange don min","عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko : n y'a mɛ kira da nɛɛma ni kisi b'a ye a b'a fɔ : &gt;","يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.","Kira b'a bange an ye k'a fɔ ni mɔgɔ min hijira Ala ye k'a sɔrɔ a ma kafoɲɔgɔnya kɛ,rafasu arabu kan na o ye kafoɲɔgɔnya n'a ɲɛbilaw de ye,k'a bɔ dasunsunli ni magaɲɔgɔnyali la, a b'ɛ fɔ kumajuguw fana ma, wa a tigilamɔgɔ ma kojugu kɛ ni Alasɔsɔw ni baarajuguw ye, Alasɔsɔ do ye naamu fini ka ko bàlilenw kɛli ye, n'o kɛra a tigilamɔgɔ bɛ segin ka bɔ a ka hiji la Ala yaafalen a ma, i n'a fɔ den bɛ bange cogomin a jurumu tan.","الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج. الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.","Hali n'a ya sɔrɔ Alasɔsɔ balilen do waati bɛɛ, a bàlili bɛ lagɛlɛya hiji la hiji waati bonya kaman. Mɔgɔ bɛ bange a jùrùmutan a ma fɛn kɛ; a tɛ mɔgɔwɛrɛ jùrùmu tà.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2758 2941,"ألا أنبئكم بأكبر الكبائر؟","yali n tɛ aw ladɔnniya jùrumu kunbabaw la belebele la wa?","عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.","A minɛna bakarata fà la Ala diɲɛna a ma a ko: kira ko nɛɛma ni kisi b'a ye: &gt; siyɛn sàbà u ko: an ladɔnniya yaa Ala ka ciden, a ko: &gt; a tu nɔnkɔnmasanlen do a y'a sìgì ka ŋɛ a ko: &gt;, bakarata fà ko: kira segin seginna a kan fo anw ko: hali n'a ya to ten.","يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث: 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك. وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.","Kira b'a ka sahabaw kibaruya nɛɛma ni kisi b'a ye jùrùmu kunbabaw la belebele la, a ye kumakan sàbà n fɔ: 1- fɛn fàrali Ala kan: o ye bàto dɔ de keli ye Ala tànà ye a kɛra a nɔɔniya fɛn wo fɛn ye, ani ka Ala sanga fɛn wɛrɛ ma a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. 2- bangebaa sɔsɔ: o ye tɔɔrɔ dɔ seli de ye bangebaa ma, a kɛra kuma ye wali wale, ani ka ban ɲuman kɛli ma u ye. 3- nkalon jugu tigɛ, seerejuguya bɔ la: o ye nkalonkuma gilannen de ye a kɛra a fɛn wo fɛn ye min dabɔra ka dɔ ka hakɛ nàgasi, n'a ka nàfolo minɛli ye wali dantɛmɛli a ka dànbe la wali o n'a ɲɔgɔnnaw. Kira ye nkalon kuma bagabaali taa ni ka segin nɛɛma ni kisi b'a ye lasɔmini de kama a cɛjuguyali la a n'a nɔ juguya sigida kan, fo sahabaw ko: hali a k'a mankun ten; a hinɛ minɛli bolo ma, ani min b'a tɔɔrɔ o kɔnni.","أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}. عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Jùrumuw la kunbaba ye filaninkafɔya de ye; k'a d'a kan a y'o de k'a fɔlɔ ye a n'u la kunbaba, o bɛ Alakɔrɔtalen ka kuma sɔn ji la{ Ala tɛ yàfà fɛn ka fàrà a kan, a bɛ yàfà fɛn ma min tɛ o ye, mɔgɔ ye min y'a diya}. Bangebaa fila ka hakɛ bonyali, n'u ka hakɛ sumara Ala ta la. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrumu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrumu fitini ye min tɛ kunbaba ye.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2941 2997,"من حمل علينا السلاح فليس منا","ni min ye kɛlɛkɛminɛn tà an kama o tɛ an do ye","عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ حَمَلَ عَلَيْنَا السِّلَاحَ فَلَيْسَ مِنَّا».","A minɛna Musa fà la asiari ka do Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt;.","نهى النبي صلى الله عليه وسلم وحذر من حمل السلاح على المسلمين بغير حق لإخافتهم أو نهبهم، وأن من فعل ذلك فليس منا.","Kira bɛ bagabaali kɛ nɛɛma ni kisi b'a ye kɛlɛkɛminɛ tàli la silamɛw kama, u lasirannin wali u gɛnni kama, ni min y'o kɛ k'a sɔrɔ a ma kɛ ni tuɲa ye, o binna jùrùmu belebele kɔnɔ ka bɔ jùrùmu kunbabaw la, wa ani nìn lajaba gɛlɛn n ka kan.","هذا الوعيد في الحديث يدل على أن هذا العمل من كبائر الذنوب. التحذير الشديد من قتال المسلم لإخوانه المسلمين. من أعظم المنكرات والفساد العظيم في الأرض إِشْهَارُ السلاحِ على المسلمين، والإفسادِ بالقتل. الوعيد المذكور لا يتناول القتال بحقٍّ، كقتال البُغَاة والمفسدين وغيرِهم. تحريم إِخَافَةِ المسلمين بالسلاح أو غيره -ولو على وجه المزاح-.","Silamɛ k'a balima silamɛ kɛlɛ bagabaali gɛlɛn o wale la. Kokɔnnenw ni cɛnnikow la belebele dɔ ye kɛlɛkɛminɛ tàli ye silamɛw kama dùgukolo kan, ani cɛnni ni fàgàli ye. Lahidu n tɛ tali kɛ kɛlɛla min kɛra tuɲa kan, i n'a fɔ silamɛmurutilenw ni cɛnnikɛlaw kɛlɛli o n'a ɲɔgɔnnaw. Silamɛw la siranni ni kɛlɛkɛminɛ ye o n'a ɲɔgɔnnaw haramuyali - hali tolon sira fɛ-.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/2997 3017,"إذا أحب الرجل أخاه فليخبره أنه يحبه","ni mɔgɔ y'a balima kanu,a k'a ladɔnniya k'a y'a kanu","عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».","A minɛna maidikarbi den mikidami la Ala diɲɛna a ma, a ya minɛ kira la kisi b'a ye a ko: &gt;","يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.","Sababu dɔlakelen minnu bɛ ɲɔgɔnminɛ ni kanun jɛnsɛn limaniyajɔnw ni ɲɔgɔncɛ kira bɛ ka o de bange an ye nɛɛma ni kisi b'a ye, o de ye ni mɔgɔ dɔ y'a balima kanu a k'a kibaruya k'a y'a kànu.","فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية. استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة. إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.","Kànu kàlasiyalen Ala jaati kaman o nàfa, duniya nàta kotɛ. Mɔgɔkanulen Ala kaman kibaruyali a ka kanu na o fusamanciya,yaasa kànu ni deliɲɔgɔna ka jiidi. Kànu carili Silamew ni ɲɔgɔncɛ o bɛ limaniya balimaya kologirin ya ka sigida kisi farafarali ni fɔɲɔgɔnkɔya ma.",صحيح,"رواه أبو داود والترمذي والنسائي في الكبرى وأحمد",[صحيح],"[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3017 3044,"الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس","jùrumu kunbaba ye: dɔ fàràli Ala kan, ani bangebaa sɔsɔ, ani nin fagali, ani kalenni nkalon kan","عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».","A minɛna Asi den amuru den abudala la Ala diɲɛna u ma a ko : a minɛna kira la nɛɛma ni kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. فأوَّلُها ""الإِشرَاكُ بِالله"": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. وثانيها ""عُقُوقُ الوَالِدَينِ"": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. وثالثها ""قَتْل النَّفْس"": بغير حق، كالقتل ظلمًا وعدوانًا. ورابعها ""اليَمِين الغَمُوسُ"": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.","Kira bɛ jùrùmu kunbabaw bange nɛɛma ni kisi b'a ye, o de ye bagabaali gɛlɛn tàrà min kɛ baga ye duniya ni lahara. A fɔlɔ: "" fɛn fàràli Ala kan"" : o ye bàto nɔɔniya dɔ kɛli ye fɛn wɛrɛ ye min tɛ Ala ye, ani ka fɛn wɛrɛ dàmàkɛɲɛ Ala la min ye Ala kelen ka ko ye, a ka Alaya n'a ka tìgiya n'a tɔgɔ n'a mankutu la. A filana: bangebaa sɔsɔ"": o ye fɛn wo fɛn bɛ tɔɔrɔ se bangebaa fila ma k'a bɔ kumakan ni kɛwale la, ani ɲumanya kɛbaliya u fila ye. A sabanan: ""fàgàli"": k'a sɔrɔ a ma kɛ ni hakɛ ye, i n'a fɔ fàgàli tɔɲɔni ani juguya sira fɛ. A naaninan: "" kalenni nkalon kan"" o ye kalenni de ye nkalon kan k'a sɔrɔ a yɛrɛ b'a dɔn ko nkalon do, a weelela ko cogobali nkalon ; k'a d'a kan a b'a tìgi cogoba jùrumu na wali tasuma.","اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة. الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها. الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.","Kalenni nkalon kan yaafawale tɛ o la; k'a d'a kɔlɔlɔ n'a cɛnni kan, n ka tuubi de b'a le la. Dan kɛra jùrumu kunbaba naani n dɔrɔn fɔli ma nìn hadisa n kɔnɔ k'a da jùrumu olu bonya de kan, n ka ni t'a bee ye. Jùrumu bɛ tilan ka taa kunbaba ni fitini na, kunbaba o ye: duniya ɲankata bɛ jùrumu fɛn wo fɛn na, i n'a fɔ hadu(ɲakili) ni dangali, wali lahara ɲankata, i n'a fɔ tasuma donni lahidu, ani k'a fɔ jùrùmu kunbabaw ye hakɛw de ye u dɔ haramuyali ka girin ka tɛmɛ dɔ kan, jùrùmu fitinin ye min tɛ kunbaba ye.",صحيح,"رواه البخاري",[صحيح],"[رواه البخاري]",bm,https://hadeethenc.com/bm/browse/hadith/3044 3061,"بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا","Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan","عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.","A minɛna sɔɔmiti den ubadata la Ala diɲɛna a ma a ko: Anw ye an kan di kira ma nɛɛma ni kisi b'a ye lamɛnni n'a kumakan bàtoli la nɔgɔya ni gɛlɛya tuma la, ani fàrifoni ni kɔnni, ani a fusayali la an kan, ani k'an tɛ ɲɛmɔgɔ kɛlɛ, ani an bɛ tuɲa fɔ an bɛ yɔrɔ wo yɔrɔ, an tɛ an jà gɛlɛya Ala la jalakilibaa ka jalakili ɲɛ.","أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.","Kira ye bɛnkan ni kolonni lahidu minɛ sahabaw la nɛɛma ni kisi b'a ye kolonni na ɲɛmɔgɔw ye ani kiiritigɛlaw, nɔgɔya ni gɛlɛya la ani faamaya ni fàntanya, o yamaruyakan kɛra hadamaden ni bɛ min fɛ wali a tɛ min fɛ, hali ni ɲɛɛmaw bilala màradenw kan ni fòrobanafolo ye wali jɔyɔrɔ o n'a ɲɔgɔnnaw, lamɛnni ni bàto bɛ waajibiya u kan ni ɲumanya ye, wa u ka na muruti ka bɔ a kama k'a da kan o kɛlɛli balawu n'a cɛnni o ka bon ka tɛmɛ u ka tɔɲɔni ni cɛnni nɔ kan, u ye min fana lahidu ta o ye k'a fɔ u bɛ tuɲa fɔ u ma na kɛ yɔrɔ wo yɔrɔ u dusukun jɛlen Ala ye, u tɛ siran u jalakibaa ɲɛ.","ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة. وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها. وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.","Ɲɛɛma lamɛnni n'a kumakan bàtoli nàfa ye silamɛw kumakan faraɲɔgɔnkanyali ye ani farafarali gɛnni. Ɲɛɛma lamɛnni n'a kumakan bàtoli diyagoyali n'a ma kɛ ni Alasɔsɔ ye nɔgɔya ni gɛlɛya la, ani fàrìfoni ni kɔnni tuma, ani u bilali min bɛ kɛ u ɲɛ o kan. Tuɲa fɔli jakoyali an bɛ fan wo fan, k'a sɔrɔ an ma siran mɔgɔ ka jalakili ɲɛ Ala ko la.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3061 3088,"لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان","seli kana kɛ dumuni sìgìlen kɔ, ani mɔgɔ min bɛ ka nɔgɔfila minɛ a yɛrɛ kɔnɔ","عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».","A minɛna ayisata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به. وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.","Kira ye bàlili kɛ seli kɛli la nɛɛma ni kisi b'a ye ni dumuni sìgìra min dunin lɔgɔ bɛ seli kɛla minɛ, wa a dusukun fana bɛ gulon a la. A ye bàlili kɛ seli la o cogoya kelen na k'a sɔrɔ i be ka nɔgɔfila minɛ -olu ye jàlàminɛ ni banakɔtaa de ye-, olu màrali b'a tɔɔrɔli min kɛ.","ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.","Fɛn wo fɛn bɛ selibaa sogola a ka seli la a ka kan k'a yɔrɔmanjanya ka b'o la yani a ka don seli la.",صحيح,"رواه مسلم",[صحيح],"[رواه مسلم]",bm,https://hadeethenc.com/bm/browse/hadith/3088 3107,"إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت","n'i ko i diɲɛɲɔgɔn ma: i da de, juma don, k'a sɔrɔ alimami bɛ jumakutuba la, i ye tulon kɛ","عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».","A minɛna abi hureyirata la Ala diɲɛna a ma ko kira ko kisi b'a ye: &gt;.","يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: ""اسكت"" و""استمع""، فقد فاته فَضْلُ صلاةِ الجمعة.","Kira b'a bange an ye nɛɛma ni kisi b'a ye k'a fɔ ladabu waajibiyalen dɔ ye ni min taara jumalàseeli lamɛ: a k'a da den ka alimami lamɛ; yaasa ka taasi waajuli la, ani k'a fɔ ni mɔgɔ min kumana- hali dɔɔni dɔrɔn- k'a sɔrɔ alimami bɛ jumakutuba la, a k'o mɔgɔ dɔ ma: ""i da den"" i ka "" lamɛnni kɛ"", jumaseli fusamanciya taara k'o tìgi dan.","تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس. يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ. جواز الكلام بين الخطبتين عند الحاجة. إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.","Kuma haramuyali jumakutuba lamɛ waati, hali n'a kɛra fatanili de ye ka bɔ ko kɔnnen ma wali salamu laseginni ani tìsobaatɔ laminɛni. Mɔgɔ min bɛ ka imamu kumaɲɔgɔnya o sen t'a la wali imamu bɛ ka kuma sàrà min na. Kuma dàgali jumakutuba fila furancɛ kɔnɔ màgo tuma la. Ni kira tɔgɔ fɔra nɛɛma ni kisi b'a ye k'a sɔrɔ alimami bɛ ka jumakutuba kɛ i bɛ seli kira kan gundo la, o cogoyakelen na duwawu amina fɔ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3107 3144,"الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط","hadamaden bɛrɛ ye duuru ye: nɛgɛkɔrɔsigi ni bàrakɔrɔsi dili ni nunkɔrɔsi tigɛli ni sɔni tigɛli ani kamankɔrɔsi bɔgɔtili","عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».","A minɛna abi hureyirata la Ala diɲɛna a ma a ko: ne y'a mɛ kira da nɛɛma ni kisi b'a ye a ko: &gt;.","بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين: أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. ورابعها: قص الأظفار. وخامسها: نتف الإبط.","Kira ye cidenw ka sunna ni silamɛya fɛn duuru bange an ye nɛɛma ni kisi b'a ye: A fɔlɔ: nɛgɛkɔrɔsigi, o ye golo de ye min fàràlen do cɛya kan cɛya kunkolo sanfɛ yɔrɔ la dani tuma o tigɛli, ani muso mùsoya kunkolo golo tigɛli musoya wo sanfɛla la. A filanan: bàrakɔrɔsi di li, o ye gɛnɛsi dili de ye ɲɛfɛ la la. A sabanan: nunkɔrɔsi tigɛli, si min bɛ falen cɛ dawolo sanfɛla kan o tigɛli. A naaninan: sɔni tigɛli. A duurunan: kàmànkɔrɔsi bɔkɔtili wali a dili.","سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال. مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها. لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله. ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.","Cidenw ka sunna min kadi Ala ye a bɛ dìɲɛ a ma wa a bɛ yamaruya kɛ n'a ye, o bɛ dafalenya ni sanuya ni cɛɲa de yiran. Nìn ko fɔlen ninnu kɛli dàgali, ani Ɲinɛ bàliya a kɔ. Nàfa dɔw bɛ nìn fɛn duuru n na diinɛ ni duniya kɔnɔ, o dɔ ye: kɛcogo ɲali, ani fàrìkolo sanuyali, ani sanuya matarafali, ani kafiriw fɔnkɔɲɔgɔyali, ani Ala ka yamaruya waleyali. Hadamaden tàbiya wɛrɛw la kalenna hadisa wɛrɛw la min te nìn duuru n ye, misali: bɔnbɔnsi bìlali, ani gɛsɛ ɲiminin, o n'a ɲɔgɔnnaw.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3144 3279,"أحفوا الشوارب وأعفوا اللحى","aw ye nunkɔrɔsi di ka bɔnbɔsi bila","عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».","A minɛna Umaru den na Ala diɲɛna u ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye : &gt;.","يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك. وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.","Kira bɛ yamaruyali kɛ kisi b'a ye nunkɔrɔsi ka ko la, a ka na màra wa a ka di , wa a dili ka caya. A bɛ yamaruya kɛ tuguni bɔnbɔsi caman bìlali la.","تحريم حَلْقِ اللحية.","Bɔnbɔsi dili haramuyali.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3279 3313,"من توضأ نحو وضوئي هذا ثم صلى ركعتين لا يحدث فيهما نفسه غفر الله له ما تقدم من ذنبه","ni mɔgɔ min ye seliji tà ne ka nìn tàli cogo n na, o kɔfɛ ka jɔ ko fila seli, a m'a yɛrɛ kumaɲɔgɔnya, Ala bɛ yàfa a ka jùrùmu tɛmɛnen ma","عَنْ ‌حُمْرَانَ مَوْلَى عُثْمَانَ بْنِ عَفَّانَ رضي الله عنه: أَنَّهُ رَأَى عُثْمَانَ بْنَ عَفَّانَ دَعَا بِوَضُوءٍ، فَأَفْرَغَ عَلَى يَدَيْهِ مِنْ إِنَائِهِ، فَغَسَلَهُمَا ثَلَاثَ مَرَّاتٍ، ثُمَّ أَدْخَلَ يَمِينَهُ فِي الْوَضُوءِ، ثُمَّ تَمَضْمَضَ وَاسْتَنْشَقَ وَاسْتَنْثَرَ، ثُمَّ غَسَلَ وَجْهَهُ ثَلَاثًا، وَيَدَيْهِ إِلَى الْمِرْفَقَيْنِ ثَلَاثًا، ثُمَّ مَسَحَ بِرَأْسِهِ، ثُمَّ غَسَلَ كُلَّ رِجْلٍ ثَلَاثًا، ثُمَّ قَالَ: رَأَيْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَتَوَضَّأُ نَحْوَ وُضُوئِي هَذَا، وَقَالَ: «مَنْ تَوَضَّأَ نَحْوَ وُضُوئِي هَذَا ثُمَّ صَلَّى رَكْعَتَيْنِ لَا يُحَدِّثُ فِيهِمَا نَفْسَهُ غَفَرَ اللهُ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ».","A minɛna humurana la usumana ka jɔn kanhɔrɔnyalen, k'a ye usumana ye ka weeleli kɛ ko ka na ni seliji, a ye minɛ jɛngɛ ka ji bɔn a tɛgɛ fila kan, a y'a ko siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, o kɔfɛ a y'a da muguri ka ji foron ka don a nun kɔnɔ k'a la segin, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, a n'a tɛgɛ ka see a nɔngɔn kuru la siyɛn saba, o kɔfɛ a y'a kùnsigi sòsa, o kɔfɛ a y'a sen fila ko siyɛn sàba, o kɔfɛ a ko: ne ye kira ye nɛɛma ni kisi b'a ye a bɛ seliji tà ne ka nìn talicogo n na, wa kira ko: &gt;.","عَلَّمَ عثمانُ رضي الله عنه صفةَ وضوءِ النبيِّ صلى الله عليه وسلم بطريقة عَمَليّة؛ ليكون أبلغ إيضاحًا، فطلب ماءً في إناء، فَصَبَّ على يديه ثلاثَ مرات، وبعد ذلك أدخل يدَه اليمنى في الإناء، وأخذ بها ماءً فأدَارَه في فَمِه وأخرجه، ثم سحب الماء بِنَفَسِهِ إلى باطن أَنفِهِ، ثم أخرجه ونثره، ثم غَسَلَ وجهَه ثلاث مرات، ثم غسل يديه مع المِرْفقين ثلاثًا، ثم أَمَرَّ يده على رأسه مَبلولةً بالماء مرة واحدة، ثم غسل رجليه مع الكعبين ثلاثًا. فلما فرغ رضي الله عنه أخبرهم أنه رأى النبيَّ صلى الله عليه وسلم توضأ مثل هذا الوضوء، وبشَّرهم صلى الله عليه وسلم أنه مَن توضأ مثل وضوئه، وصلى ركعتين، خاشعًا مُحْضرًا قلبَه بين يدي ربه عز وجل فيهما، فإن الله يجازيه على هذا الوضوء الكامل وهذه الصلاة الخالصة بغفران ما سبق من ذنوبه.","Usumana ye ladɔnniyali kɛ kira ka seliji tà cogo la nɛɛma ni kisi b'a ye lawaleyali sira fɛ; yaasa a ka walawala kɔsɛbɛ, a ye minɛn dɔ ɲini ji bɛ min na, a y'a bɔn a tɛgɛkan fila kan siyɛn sàba, o kɔfɛ a y'a kinintɛgɛ don minɛn kɔnɔ, ka ji sòli k'a da muguri n'a ye k'a bɔ, o kɔfɛ a ye ji fɔrɔ n'a nun ye ka taa a nún kɔnɔ, o kɔfɛ k'a fiyɛ, o kɔfɛ a y'a ɲɛda ko siyɛn sàba, o kɔfɛ a y'a tɛgɛ fila ko ka see nɔngɔnkuru ma siyɛn sàba, o kɔfɛ a y'a tɛgɛ ɲigin k'a cɛɛnɛ a kunkolo kan siyɛn kelen, o kɔfɛ ka sen ko ka see alikabakuru ma siyɛn sàba. Tuma min a tilala a y'u ladɔnniya k'a fɔ a ye kira ye nɛɛma ni kisi b'a ye , a ye seliji ta nìn tàli cogo n na, a y'u lanisɔndiya nɛɛma ni kisi b'a ye k'a fɔ ni mɔgɔ min y'a ka seliji ɲɔgɔn ta, ka jɔ fila seli, k'a sɔrɔ a dusukun sirilen seli la Ala ɲɛkɔrɔ ni a bonya ni a ɲɛsiran ŋɛ ye sé bɛɛ tìgi, Ala b'a sàrà o seliji dafalen n ni o seli kalasiyalen n na n'a jùrùmuw yàfàli ye.","استحباب غسل اليدين قبل إدخالهما في الإناء في ابتداء الوضوء، وإن لم يكن قائمًا من النوم، فإن كان مستيقظًا من نوم الليل فيجب غسلهما. ينبغي للمعلم أنْ يَسلك أقرب الطرق إلى الفهم ورسوخ العلم لدى المتعلم، ومن ذلك التعليم بالفعل. ينبغي للمصلي دفع الخواطر المتعلِّقة بأشغال الدنيا، فتمام الصلاة وكمالها في حضور القلب فيها، وإلا فالأفكار يتعذر السلامة منها، فعليه أن يجاهد نفسه ولا يسترسل في ذلك. استحباب التيامن في الوضوء. مشروعية الترتيب بين التمضمض والاستنشاق والاستنثار. استحباب غسل الوجه واليدين والرجلين ثلاثًا، والواجب مرة. مغفرة الله ما سبق من الذنوب يترتب على مجموع الأمرين: الوضوء، وصلاة ركعتين، على الصفة المذكورة في الحديث. لكل عضو من أعضاء الوضوء حد: فحد الوجه: من منابت شعر الرأس المعتاد، إلى ما نزل من اللحية والذقن طولًا، ومن الأذن إلى الأذن عرضًا. وحد اليد: من أطراف الأصابع إلى المرفق وهو المفصل بين الساعد والعَضُد. وحد الرأس: من منابت الشعر المعتاد من جوانب الوجه إلى أعلى الرقبة، ومسح الأذنين من الرأس. وحد الرِّجْل: القدم كاملة مع المفصل بينها وبين الساق.","Tɛgɛfila kòli kanunni ka kɔn u donni ɲɛ minɛn kɔnɔ seliji tà waati, hali n'a ma bɔ sunɔgɔ la, n'a y'a sɔrɔ a wilila ka bɔ sufɛsunɔgɔ de la, u koli bɛ waajibiya a kan. A ka kan karamɔgɔ ye a ka faamuyali sira surun tà ani dɔnni sàbatili sira kalanden ye, o dɔ ye kalankɛli ye ni fɔta waleyali ye. A ka kan selibaa ka fàràtiw ɲɔnti min bɛ tàli kɛ duniya sogolakow la, seli dafali n'a tiimɛli b'a dusukun sàbatili de la seli waati, n'o tɛ miiriw bɛ caya, a kan k'a cɛsiri a ka na ɲinɛ a yɛrɛ kɔ. Seliji daminɛni ni kininfɛla ye o kanunni. Damuguri ni ji fooroli ka don nun kɔnɔ an'a bɔli o kanunni. Ɲɛda ni tɛgɛfila ni senfila koli siyɛn sàbà o kanunni, kelen de ye waajibi ye. Jùrùmu tɛmɛnen yàfali Ala fɛ o bɛ tàli kɛ fɛn fila dafalen na: selijimine, ani jɔ fila, cogoya kofɔlen n na hadisa kɔnɔ. Dancɛ bɛ seliji yɔrɔ n bɛɛ la: ɲɛda hakɛ: o ye kunsigi falenyɔrɔ ye làda la, ka taa see bɔnbɔn ni bɔnbɔnsi dan na, ka bɔ tulo la ka taa tulo la, pɛnpɛrɛn na. Tɛgɛ hakɛ: tɛgɛ dengɔninw daminɛ ka taa see nɔngɔn ma, o ye tɛgɛkala ni tɛgɛ tùguyɔrɔ ye ɲɔgɔn na. Kunkolo hakɛ: kunkolosi bɔyɔrɔ làda la ɲɛda fan fɛ ka taa kan sanfɛ yɔrɔ la, ani tulo fila dòsili ka bɔ kunkolo la. Sen hakɛ ye: sen dafalen ye k'a fàra sen tonton ni sen ni gɛnɛkala tùguyɔrɔ kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3313 3330,"لعنة الله على اليهود والنصارى، اتخذوا قبور أنبيائهم مساجد","Ala ka danga bɛ yahudiyaw ni nànsaraw kan, u y'u ka Nabiɲumanw kaburu kɛ bàtoyɔrɔ ye","عن عائشة أم المؤمنين وعبد الله بن عباس رضي الله عنهما قالا: لَمَّا نَزَلَ بِرَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ طَفِقَ يَطْرَحُ خَمِيصَةً لَهُ عَلَى وَجْهِهِ، فَإِذَا اغْتَمَّ بِهَا كَشَفَهَا عَنْ وَجْهِهِ، فَقَالَ وَهُوَ كَذَلِكَ: «لَعْنَةُ اللَّهِ عَلَى اليَهُودِ وَالنَّصَارَى، اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ» يُحَذِّرُ مَا صَنَعُوا.","A minɛna ayisa ni abudala abasi den la Ala diɲɛna u ma u ko: Tuma min bàna gɛlɛyara kira kan nɛɛma ni kisi b'a ye, a kɛra a bɛ finin biri a ɲɛda la, n'a degunna a b'a wili ka bɔ a ɲɛda la, a b'a fɔ k'a t'o lahalaya la: &gt; kira tun bɛ ka Làdili kɛ ka bɔ o ma.","تُخبِرُنا عائشةُ أم المؤمنين وابنُ عباس رضي الله عنهما أنه حينما حَضرتْ النبيَّ صلى الله عليه وسلم الوفاةُ جعل يضع قطعةَ قماشٍ على وجهه، فإذا صعُب عليه التَّنفُّس بسبب سكرات الموت أزالها عن وجهه، فقال في تلك الحال الشديدة: لَعَنَ اللهُ اليهود والنصارى، وطَرَدَهم من رحمته؛ وذلك لأنهم اتخذوا قبور أنبيائهم مساجد؛ وذلك بالبناء عليها أو الصلاة عندها أو إليها. ولولا خطورة الأمر لَمَا ذكره في مثل هذا المقام، لذا نهى النبيُّ صلى الله عليه وسلم أمتَه عن مشابهة ذلك الفعل؛ لأنه من فعل اليهود والنصارى، ولأنه ذريعة موصلة للشرك بالله عز وجل.","Ayisa ni abasi den b'an kunnafoni Ala diɲɛna u bɛɛ ma k'a fɔ tuma min kira bɛ surunya ka fatu nɛɛma ni kisi b'a ye, a tun bɛ finin fan dɔ biri a ɲɛda la, ni ninakili gɛlɛyara sàya sikara y'a sababu ye, a b'a kɔrɔta, a b'a fɔ k'a to o lahalaya gɛlɛn n na: Ala ka danga bɛ yahudiyaw ni nànsaraw kan, wa a y'u gɛn k'u bɔ a ka hinɛ la; k'a d'a kan u ye bàtoyɔrɔ jɔ u ka Nabiɲumanw kaburu kan, ni nin ko n tun tɛ fàrati belebele ye kira tun t'a fɔ nin jɔyɔrɔ n na, o de la kira ye bàlili kɛ ka bɔ nin walen n ladegeli ma; k'a d'a kan yahudiyaw ni nansaraw ka kɛwale don, fɛn wɛrɛ fàrali sira fana don Ala kan, fànga ni bonya tìgi.","أن هذا من وصاياه الأخيرة مما يدل على أهميتها والعناية بها. النهي الأكيد، والتحريم الشديد من اتخاذ القبور مساجد، وقصد الصلاة عندها غير صلاة الجنازة؛ فذلك ذريعة إلى تعظيم الميت والطواف بقبره والتمسح بأركانه والنداء باسمه، وكل ذلك من الشرك ووسائله. شدة اهتمام رسول الله صلى الله عليه وسلم واعتنائه بالتوحيد وخوفِه مِن تعظيم القبور؛ لأن ذلك يفضي إلى الشرك. أن الله -تعالى- صان نبيه -عليه الصلاة والسلام- عن أن يُعْمَلَ الشرك عند قبره، فألهم أصحابه ومن بعدهم، أن يصونوا قبره من أن يبرز. النهي عن التشبه باليهود والنصارى، وأن البناء على القبور من سننهم. من اتخاذ القبور مساجد الصلاة عندها وإليها، ولو لم يُبْنَ مسجدٌ.","Nabiɲumanw ni mɔgɔɲumanw kaburu kɛli seliyɔrɔ ye seli ka k'a kɔnɔ Ala ye o bàlili; k'a d'a kan o ye filaninkafɔya sɔrɔ sira ye. Kira màgogɛlɛn donni n'a hamini Alakelenya la a n'a ka siran kaburuw bonyali la; k'a d'a kan o bɛ sàmàli kɛ ka taa filaninkafɔya ma. Yahudiyaw ni nansaraw dangali dàgali, ani minnu b'u ka wale ɲɔgɔn kɛ, ka bɔ so jɔlila kaburu kan k'a kɛ misiri ye. So jɔli kaburu kan o ye yahudiyaw ni nansaraw ka kɛwale de ye, o degeli bàlili bɛ hadisa n na. Kaburu kɛli seliyɔrɔ ye o dɔ ye seli kɛli ye ka taa a ma wali a yɔrɔ la, hali ni fɛn ma jɔ a kan.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3330 3331,"اجتنبوا السبع الموبقات","aw y'aw yɔrɔmajayan halaki fen wolonwula la","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».","A minɛna abi hureyirata la Ala diɲɛna a ma, a y'a minɛ kira la nɛɛma ni kisi b'a ye a ko: &gt; u ko: yaa Ala ka ciden olu ye mun ye? A ko:&gt;.","يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها: أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب. ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب. ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم. رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع. خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ. سادسًا: الفرار من المعركة مع الكفار. سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.","Kira b'a màntonw yamaruya nɛɛma ni kisi b'a ye yɔrɔmanjanya la ka bɔ kojugu wolonwula la ani Alasɔsɔhalakikow, tuman min a ɲininka la u la? A y'a bange k'a fɔ: A fɔlɔ: filaninkafɔya, ɲɔgɔnna ni misali kɛli Ala la sanuya b'a ye a kɛra a fasɔn wo fasɔn ye, ani bàto dɔ keli Alakɔrɔtalen tàna ye, A y'a daminɛ filaninkafɔya la k'a da a kan o de ye jurumuw la belebele ye. A filana : kɔrɔtɛ- o bɛ tàli kɛ sirili ni kirisi la ani furaw ni sìsìmafɛnw- min bɛ nɔ bila mɔgɔkɔrɔtelen farìkolo la fàgàli wali bàna la, wali a bɛ furuɲɔgɔnma fila fara, o ye sitanɛbaara de ye, wa a caman tɛ kɛ fo n'a kɛra filaninkafɔya baaraw sira ye ani jinɛ juguw gɛrɛɲɔgɔnna ye ni fɛn ye u bɛ min fɛ. A sabanan: nin bɔli Ala ye min bɔli bàli fo n'a kɛra sariya sira ye kiiritigɛla bɛ min bɔ a sira fɛ. A naaninan: gɔrɔkɔnafolo labaarali n'a dunni, o n'a ɲɔgɔnnaw yɛrɛnafa sira fɛ. A duurunan: ka dan tɛmɛ denmisɛn ka nàfolo kan o min wolofa saara k'a sɔrɔ a ma balikuya. A wɔɔrɔnan: ka boli kafiriw ɲɛ kɛlɛkɛnɛ kan. A wolonwulanan: hɔrɔn taafetangalaw bisikiya ni jɛnɛya ye, o cogoya kelen na k'a cɛmanw bisikiya.","الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها. جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.","K'a fɔ jùrùmukumbabaw tɛ dan wolonwula dɔrɔn ma, ni wolonwula n kɛrɛnkɛrɛn na a bonya n'a fàrati de kama. Nin bɔli dàgali n'a kɛra ni tuɲa ye, i n'a fɔ fagali tajurusara, murutili ka bɔ diinɛ la ani jɛnɛya furu kɔfɛ, silamɛ kiritigɛla de b'a bɔ a sira fɛ.",صحيح,"متفق عليه",[صحيح],"[متفق عليه]",bm,https://hadeethenc.com/bm/browse/hadith/3331 3336,"اللهم لا تجعل قبري وثنا","yaa ne má ka na ne kaburu kɛ boli ye","عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».","A minɛna abi hureyirata la Ala diɲɛna a ma, kira ko nɛɛma ni kisi bɛ a ye : &gt;.","دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.","Kira ye Ala weele a ka n'a kaburu kɛ i n'a fɔ boli mɔgɔw bɛ min bàto n'a bonya ye, ani tenturu ka ɲɛsin a ma, o kɔfɛ a ye ladɔnniyali kɛ nɛɛma ni kisi b'a ye k'a fɔ Ala ye mɔgɔw gɛn k'u yɔrɔmanjanya ka bɔ a ka hinɛ la minnu ye Nabiɲumaw kaburu kɛ bàtoyɔrɔ ye; ka d'a kan, a minɛli k'a kɛ bàtoyɔrɔ ye o ye sira de ye k'u bàto ani dusukunnasiri u ka kow la.","مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك. لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى. تحريم بناء المساجد على القبور. تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.","Dàn tɛmɛli Nabiɲumanw ni mɔgɔɲumanw la sariya ye min bila o b'u kɛ bàtofɛn de ye min tɛ Ala ye, cogodonni bɛ waajibiya filaninkafɔya siraw la. Kaburu dɔ sugantili tɛ bɛn a lahɔrɔma kaman ani bàto a yɔrɔ la a tìgi ma na kɛ Alajɔnɲuman ye cogo wo cogo Ala kɔrɔtalen yɔrɔ. Misiri jɔli haramuyali kaburu kan. Seli haramuyali kaburu fan fɛ hali ni misiri ma jɔ, fo n'a kɛra sùkanseli ye seli ma kɛ min kan.",صحيح,"رواه أحمد",[صحيح],"[رواه أحمد]",bm,https://hadeethenc.com/bm/browse/hadith/3336 3342,"أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه","ne de ye diɲɛɲɔgɔnmanw la kaarilenbá ye ka bɔ filaninkafɔya ma, ni mɔgɔ min ye baaradɔ kɛ ka dɔwɛrɛ fàra ne Ala kan o la , n b'o ni a ka filaninkafɔya to","عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>