--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,1627 +12,1627 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1718">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1750">
   <si>
     <t>#---------------------------
 # Translated Prophetic Hadiths
 # Language: Български
 # Source: https://hadeethenc.com/bg
-# Last update: 2025-05-20 08:54:09 (v1.5.0)
-# Check for updates: https://hadeethenc.com/en/check/bg/v1.5.0
+# Last update: 2025-11-12 00:01:58 (v1.7.0)
+# Check for updates: https://hadeethenc.com/en/check/bg/v1.7.0
 # PLEASE DON'T REMOVE THIS IMPORTANT INFORMATION!
 #---------------------------</t>
   </si>
   <si>
     <t>id</t>
   </si>
   <si>
     <t>title_ar</t>
   </si>
   <si>
     <t>title</t>
   </si>
   <si>
     <t>hadith_text_ar</t>
   </si>
   <si>
     <t>hadith_text</t>
   </si>
   <si>
     <t>explanation_ar</t>
   </si>
   <si>
     <t>explanation</t>
   </si>
   <si>
     <t>benefits_ar</t>
   </si>
   <si>
     <t>benefits</t>
   </si>
   <si>
     <t>grade_ar</t>
   </si>
   <si>
     <t>takhrij_ar</t>
   </si>
   <si>
     <t>grade</t>
   </si>
   <si>
     <t>takhrij</t>
   </si>
   <si>
     <t>lang</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
-    <t>مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ</t>
+    <t>من حج لله فلم يرفث ولم يفسق رجع كيوم ولدته أمه</t>
   </si>
   <si>
     <t>Който извърши Хадж за Аллах, без да извършва съвкупление и без да безпътства, се връща както в деня, в който майка му го е родила</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ حَجَّ لِلهِ فَلَمْ يَرْفُثْ وَلَمْ يَفْسُقْ رَجَعَ كَيَوْمِ وَلَدَتْهُ أُمُّهُ».</t>
   </si>
   <si>
     <t>Предава се от Ебу Хурейра /радийеллаху анху/, който казва: Чух Пророка /саллеллаху алейхи уе селлем/ да казва: "Който извърши Хадж за Аллах, без да извършва съвкупление и без да безпътства, се връща както в деня, в който майка му го е родила."</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أنَّ مَنْ حَجَّ لله تعالى ولم يرفث، والرَّفَث الجماع ومقدماته من التقبيل والمباشرة، ويطلق أيضًا على القول الفاحش، ولم يفسق، بفعل المعاصي والسيئات، 
 ومن الفسوق فعل محظورات الإحرام، رَجع من حَجِّهِ مغفورًا له، كما يولد الصّبِي سالمًا من الذنوب.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ пояснява, че онзи който извършва хадж за Всевишния Аллах, не трябва да прави съвкупление по време на обредите за хаджа. Съвкуплението е извършването на полов акт и предпоставките му: като целувки и ласки. Арабската дума ,,Ер-Рафес" (съвкупление) се използва също и за непристойни думи.
 ,,Без да безпътства", т. е. без да извършва грехове и неподчинение. От безпътството също така е и извършването на забранените неща по време на ихрам.
 Човекът, който спази тези заръки, се връща опростен, без грехове, както се ражда бебето.</t>
   </si>
   <si>
     <t>الفُسُوق وإن كان ممنوعًا في جميع الأحوال، فيتأكد النهيُ عنه في الحج تعظيمًا لمناسك الحج.
 الإنسان يولد بدون خطايا مُبرَّءًا من الذنوب؛ فهو لا يحمل خطيئة غيره.</t>
   </si>
   <si>
     <t>Въпреки че безпътството е забранено във всяко едно положение, забраната за него се препотвърждава по време на хадж, възвеличавайки обредите на хаджа!
 Човекът се ражда без грехове, необременен с тях. Той не носи греха на друг!</t>
   </si>
   <si>
     <t>صحيح</t>
   </si>
   <si>
     <t>متفق عليه</t>
   </si>
   <si>
     <t>[صحيح]</t>
   </si>
   <si>
     <t>[متفق عليه]</t>
   </si>
   <si>
     <t>bg</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/2758</t>
   </si>
   <si>
-    <t>‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟</t>
+    <t>ألا أنبئكم بأكبر الكبائر؟</t>
   </si>
   <si>
     <t>,,Да ви известя ли за най-големите грехове?</t>
   </si>
   <si>
     <t>عن أبي بكرة رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «‌أَلَا ‌أُنَبِّئُكُمْ بِأَكْبَرِ الْكَبَائِرِ؟» ثَلَاثًا، قَالُوا: بَلَى يَا رَسُولَ اللهِ، قَالَ: «الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ» وَجَلَسَ وَكَانَ مُتَّكِئًا، فَقَالَ: «أَلَا وَقَوْلُ الزُّورِ»، قَالَ: فَمَا زَالَ يُكَرِّرُهَا حَتَّى قُلْنَا: لَيْتَهُ سَكَتَ.</t>
   </si>
   <si>
     <t>От Ебу Бекра /радийеллаху анху/ се предава: ,,Пророка ﷺ каза: ,,Да ви известя ли за най-големите грехове?" - попита три пъти. Рекоха: ,,Разбира се, о, Пратенико на Аллах". Рече: ,,Съдружаването с Аллах - ширк, и непослушанието пред родителите". Беше се подпрял, изправи се и каза: ,,И лъжливото говорене и лъжесвидетелстване". Рече: ,,Не спря да го повтаря, докато си казахме: ,,Дано да замълчи".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أصحابَه عن أعظم الكبائر، فذَكرَ هذه الثلاث:
 1. الإشراك بالله: وهو صَرْفُ أيِّ نوعٍ من أنواع العبادة لغير الله، وتسويةُ غيرِ الله بالله في ألوهيته وربوبيته وأسمائه وصفاته. 
 2. عقوق الوالدين: وهو كلُّ أذى للأبوين، قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 3. قول الزور ومنه شهادة الزور: وهو كل قول مُزوَّر ومكذوب يراد به انتقاص مَن وقع عليه بأخذ ماله أو الاعتداء على عرضه أو نحو ذلك.
 وقد كَرَّر النبيُّ صلى الله عليه وسلم التحذيرَ من قول الزور تنبيهًا على استقباحِه وآثارِه السيئة على المجتمع، حتى قال الصحابة: ليته سكت؛ شَفقةً عليه، وكراهية لِما يُزعجه.</t>
   </si>
   <si>
     <t>Пророка ﷺ известява сподвижниците си за най-големите грехове, като споменава тези три:
 1. Съдружаването с Аллах - ширк: то представлява отклоняване, на който и да било вид ибадет за друг освен Аллах, и приравняването на нещо друго с Аллах в божествеността Му, господството Му и имената и качествата Му.
 2. Непослушанието пред родителите: представлява всяка вреда към тях било то с думи или действия, както и с изоставянето на добротворството към тях.
 3. Лошите думи, а от него е и лъжесвидетелстването: то представлява всяка разкрасена и лъжлива дума, чрез която се цели омаловажаване на онзи, към когото е насочена, чрез отнемане на богатството му, враждебност към честта му и т. н.
 Пророка ﷺ повтаря предупреждението от лъжливото говорене и лъжесвидетелстване, за да привлече вниманието, че това е грозно дело и има лоши последици за обществото. До такава степен го повтарял, че сподвижниците си казали: ,,Дано да замълчи" - от милост към него и от неудобство в онова, което го притеснява.</t>
   </si>
   <si>
     <t>أعظم الذنوب الشركُ بالله؛ لأنه جعلَه صَدْرَ الكبائر وأكبرَها، ويؤكد هذا قوله تعالى {إن الله لا يَغْفِرُ أن يشرَكَ به وَيَغْفِرُ مَا دونَ ذلِكَ لِمَنْ يشَاء}.
 عظم حقوق الوالدين، إذ قَرَنَ حقَّهما بحق الله تعالى.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>Най-големият грях е съдружаването с Аллах - ширк, защото го определя като основен и най-голям грях. Това се потвърждава от думите на Всевишния: ,,Аллах не прощава да се съдружава с него, но освен това прощава, комуто пожелае".
 Големите права на родителите, като ги съпоставя с правото на Всевишния Аллах.
 Греховете се делят на малки и големи. Големите са: всеки грях, който крие наказание в земния живот, като законите, проклятието, или други предупреждения, като предупреждението за влизане в Огъня. Големите грехове са на степени, едни са по-тежки от други в забраната. Малки грехове са останалите, които не са споменати като големи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/2941</t>
   </si>
   <si>
-    <t>إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ</t>
+    <t>إذا أحب الرجل أخاه فليخبره أنه يحبه</t>
   </si>
   <si>
     <t>,,Когато някой заобича своя брат, нека му каже, че го обича</t>
   </si>
   <si>
     <t>عن المِقدام بن معدي كرب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَحَبَّ الرَّجُلُ أَخَاهُ فَلْيُخْبِرْهُ أَنَّهُ يُحِبُّهُ».</t>
   </si>
   <si>
     <t>Предава се от ел-Микдам ибн Меади Кериб, от пророка /саллеллаху алейхи уе селлем/, че е казал: ,,Когато някой заобича своя брат, нека му каже, че го обича".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أحد الأسباب التي تُقوِّي العلاقة بين المؤمنين وتنشر المحبة بينهم، وهو أنه إذا أحبَّ أحدٌ أخاه فليخبره بأنه يحبه.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ пояснява една от причините, която засилва връзката между вярващите и разпространява обичта между тях,  а именно: когато някой заобича своя брат/сестра - да го/я извести затова.</t>
   </si>
   <si>
     <t>فضل المحبة الخالصة لله تعالى، لا لمصلحة دنيوية.
 استحباب إخبار المحبوب في الله بحبِّه، لتزداد المحبة والألفة.
 إشاعة المحبة بين المؤمنين يقوّي الأخوة الإيمانية، ويحافظ على المجتمع من التفكُّك والفُرْقة.</t>
   </si>
   <si>
     <t>Превъзходството на чистата обич заради Аллах, а не за земна полза.
 Препоръката да се извести обичаният заради Аллах, за да се увеличи обичта и сплотяването.
 Разгласяването на обичта между мюсюлманите засилва братството на вярата и предпазва общността от разцепление и разделение.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي والنسائي في السنن الكبرى وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي في الكبرى وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3017</t>
   </si>
   <si>
-    <t>الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ</t>
+    <t>الكبائر: الإشراك بالله، وعقوق الوالدين، وقتل النفس، واليمين الغموس</t>
   </si>
   <si>
     <t>,,Големите грехове са: съдружаването с Аллах - ширк, непокорството към родителите, убийството и потапящата, лъжлива клетва</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو بن العاص رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «الْكَبَائِرُ: الْإِشْرَاكُ بِاللهِ، وَعُقُوقُ الْوَالِدَيْنِ، وَقَتْلُ النَّفْسِ، وَالْيَمِينُ الْغَمُوسُ».</t>
   </si>
   <si>
     <t>Предава се от Абдуллах ибн Амр ибн ел-Ас /радийеллаху анхума/, от Пророка ﷺ, че е казал: ,,Големите грехове са: съдружаването с Аллах - ширк, непокорството към родителите, убийството и потапящата, лъжлива клетва".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم كبائر الذنوب، وهي التي تُوُعِّدَ فاعلُها بوعيد شديد في الدنيا أو الآخرة. 
 فأوَّلُها "الإِشرَاكُ بِالله": وهو صَرْفُ أيِّ نوع من أنواع العبادة لغير الله، وتسوية غير الله بالله فيما هو من خصائص الله في ألوهيته وربوبيته وأسمائه وصفاته. 
 وثانيها "عُقُوقُ الوَالِدَينِ": وهو كلُّ ما يوجب الأذى للأبوين قولًا كان أو فعلًا، وترك الإحسان إليهما. 
 وثالثها "قَتْل النَّفْس": بغير حق، كالقتل ظلمًا وعدوانًا. 
 ورابعها "اليَمِين الغَمُوسُ": وهي الحلف كاذبًا على علم منه بكذبه، سميت بذلك؛ لأنَّها تَغْمِسُ صاحبَها في الإِثم أو في النار.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява големите грехове, които сериозно предупреждават в този и отвъдния свят онези, които ги извършват.
 Първият от тях е: съдружаването с Аллах - ширк. То представлява отклоняването, на който и да било вид ибадет за друг, освен за Аллах. Представлява приравняването на друг заедно с Аллах в това, което е от спецификите на Аллах, като божествеността Му, господството Му и имената и качествата Му.
 Вторият е: непокорството към родителите. То представлява всяко нещо, което причинява вреда на двамата родители, като думи, дела и изоставяне на добротворството към тях.
 Третият е: убийството. Като убийството без право, враждебно и злонамерено.
 Четвъртият е: потапящата, лъжлива клетва. Тя представлява лъжливата клетва, знаейки, че лъже. Нарича се по този начин, защото потапя вършителя ѝ в греха или в огъня.</t>
   </si>
   <si>
     <t>اليمين الغموس لا كفارة لها؛ لشدة خطرها وجرمها، وإنما فيها التوبة.
 الاقتصار على ذكر هذه الكبائر الأربع في الحديث لعظيم إثمها، وليس لحصرها.
 الذنوب تنقسم إلى كبائر وصغائر، والكبيرة هي: كلُّ ذنب فيه عقوبة دنيوية، كالحدود واللعن، أو وعيد أُخروي، كالوعيد بدخول النار، وأن الكبائر دركات بعضها أغلظ من بعض في التحريم، وصغائر الذنوب هي ما سوى الكبائر.</t>
   </si>
   <si>
     <t>За потапящата, лъжлива клетва няма изкупление, а само покаяние (теубе) заради опасността и вредата от нея.
 Споменаването на тези четири големи гряха в този хадис е, за да се подчертае огромността на греха им. Това не означава, че са само толкова.
 Греховете се делят на големи и малки. Големите са: всеки грях, за който се налага наказание в земния живот, като възмездие или проклинане. Също така, който съдържа предупреждение в отвъдния живот, като предупреждение за влизане в огъня. Големите грехове са на степени. Някои от тях са по-тежки от други. Малките грехове са всички, които не попадат в категорията на големите.</t>
   </si>
   <si>
     <t>رواه البخاري</t>
   </si>
   <si>
     <t>[رواه البخاري]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3044</t>
   </si>
   <si>
-    <t>بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا</t>
+    <t>بايعنا رسول الله صلى الله عليه وسلم على السمع والطاعة في العسر واليسر، والمنشط والمكره، وعلى أثرة علينا</t>
   </si>
   <si>
     <t>,,Дадохме обет на Пратеника на Аллах ﷺ за послушание и покорство в трудност и леснина, в добро и зло, дори при проява на себелюбие и его от страна на управника срещу нас</t>
   </si>
   <si>
     <t>عن عُبَادَةَ بن الصَّامتِ رضي الله عنه قال: بَايَعْنَا رسولَ اللهِ صلى الله عليه وسلم على السَّمْعِ وَالطَّاعَةِ فِي الْعُسْرِ وَالْيُسْرِ، وَالْمَنْشَطِ وَالْمَكْرَهِ، وعلى أَثَرَةٍ علينا، وعلى أَلَّا نُنَازِعَ الْأَمْرَ أهلَه، وعلى أَنْ نَقُولَ بِالْحَقِّ أينما كُنَّا، لا نَخَافُ في الله لَوْمَةَ لَائِمٍ.</t>
   </si>
   <si>
     <t>Предава се Удаде Ибн ес-Самит /радийеллаху анху/, че казва: ,,Дадохме обет на Пратеника на Аллах ﷺ за послушание и покорство в трудност и леснина, в добро и зло, дори при проява на себелюбие и его от страна на управника срещу нас. Да не предявяваме желание към властта на управниците и да говорим истината, където и да се намираме без да се страхуваме от ничий укор заради Аллах.</t>
   </si>
   <si>
     <t>أَخَذَ النبيُّ صلى الله عليه وسلم العهدَ والميثاقَ من الصحابة في الانقياد لأولي الأمر والحُكَّام في السهل والصعب وحالة الغنى والفقر، وسواء كانت أوامرهم مما تهواه النفس أو تكرهه، حتى ولو استأثر الولاةُ على الرعية بالمال العام أو المناصب أو غير ذلك، فإنه يجب لهم السمع والطاعة بالمعروف، وأن لا يخرجوا عليهم لأن الفتنة والفساد في قتالهم أعظم وأشد من الفساد الحاصل بظلمهم، ومما عاهدوا عليه أن يقولوا الحقَّ في أيِّ مكانٍ مُخلِصين في ذلك لله لا يخافون مَن يَلُوْمُهم.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава обета, който са дали сподвижниците му в покорството към владетеля и управниците. Покорство в трудност и леснина, в богатство и в бедност, независимо дали заповедите към тях им харесват, или не. Дори управниците да взимат от обществените пари за себе си или пък да се облагодетелстват с постове или друго нещо. Задължение за тях е да им се подчиняват в одобряваното и да не излизат срещу тях, защото раздорът и развалата във въстанието е по-голям и по-силен от развалата, която причинява гнета на управниците. От обещанията, които също са дали, е, да говорят истината във всяко място, искрени към Аллах, без страх от онзи, който ги укорява.</t>
   </si>
   <si>
     <t>ثمرة السمع والطاعة لولاة الأمر اجتماعُ كلمةِ المسلمين ونَبْذُ الفُرْقة.
 وجوب السمع والطاعة لولاة الأمور في غير معصية الله في اليُسْر والعُسْر، والمنشط والمكره والأَثَرَةِ التي يستأثرون بها.
 وجوب قول الحق أينما كُنَّا، من غير أن نخاف في الله لومة لائم.</t>
   </si>
   <si>
     <t>Плодът от покорството към управника е обединението на мюсюлманите и отхвърлянето на разделението.
 Задължителността на послушанието и покорството към управника във всичко освен в греха към Аллах. В трудност и в леснина, в добро и в зло, дори в себелюбието и егото, което управниците проявяват.
 Задължителността да се говори истината, където и да се намираме, без да се страхуваме от ничий укор, заради Аллах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3061</t>
   </si>
   <si>
-    <t>لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ</t>
+    <t>لا صلاة بحضرة الطعام، ولا هو يدافعه الأخبثان</t>
   </si>
   <si>
     <t>,,Няма намаз, когато храната е сервирана, нито пък, когато му се ходи по нужда</t>
   </si>
   <si>
     <t>عن عَائِشَةَ رضيَ الله عنها قالت: إِنِّي سمعْتُ رسولَ الله صلى الله عليه وسلم يقول: «لَا صَلَاةَ بِحَضْرَةِ الطَّعَامِ، وَلَا هُوَ يُدَافِعُهُ الْأَخْبَثَانِ».</t>
   </si>
   <si>
     <t>Предава се от Аиша /радийеллаху анха/, която казва: ,,Наистина чух Пратеника на Аллах ﷺ да казва: ,,Няма намаз, когато храната е сервирана, нито пък, когато му се ходи по нужда".</t>
   </si>
   <si>
     <t>نَهى رسولُ الله صلى الله عليه وسلم عن الصلاة بحضور الطعام الذي تَتُوْقُ نَفسُ المُصلي إليه، ويَتعلق قلبُه به.
 وكذلك نهى عن الصلاة مع مدافعة الأخبثين -وهما البول والغائط--، لانشغاله بمدافعة الأذى.</t>
   </si>
   <si>
     <t>Пратеника на Аллах ﷺ забранява да се кланя намаз, когато храната е сервирана и изкушава и разсейва кланящия се.
 Също така забранява намаза, когато му се ходи по малка или голяма нужда, защото вниманието му е насочено към облекчаването.</t>
   </si>
   <si>
     <t>ينبغي للمصلي إبعاد كلِّ ما يَشْغَلُه في صلاته قبل الدخول فيها.</t>
   </si>
   <si>
     <t>На извършващия молитвата подобава да се освободи от всичко, което го разсейва, преди да пристъпи към намаза.</t>
   </si>
   <si>
     <t>رواه مسلم</t>
   </si>
   <si>
     <t>[رواه مسلم]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3088</t>
   </si>
   <si>
-    <t>إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ</t>
+    <t>إذا قلت لصاحبك: أنصت، يوم الجمعة، والإمام يخطب، فقد لغوت</t>
   </si>
   <si>
     <t>,,Когато кажеш на приятеля си: ,,Млъкни!" по време на джума намаз и имамът прави хутбе, то ти си сгрешил</t>
   </si>
   <si>
     <t>عن أبِي هُرَيرةَ رضي الله عنه أنَّ رسول الله صلى الله عليه وسلمَ قال: «إذا قُلْتَ لِصَاحِبِكَ: أَنْصِتْ، يومَ الجمعةِ، والْإِمامُ يَخْطُبُ، فَقَدْ لَغَوْتَ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Когато кажеш на приятеля си: ,,Млъкни!" по време на джума намаз и имамът прави хутбе, то ти си сгрешил".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مِن الآداب الواجبة لِمَن حَضَرَ خطبةَ الجمعة: الإنصاتَ للخطيب؛ ليتدبَّر المواعظ، وأنَّ مَن تَكَلَّمَ -ولو بأقلِّ شيء- والإمام يخطب، فقال لغيره: "اسكت" و"استمع"، فقد فاته فَضْلُ صلاةِ الجمعة.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че от задължителния етикет за онзи, който присъства на хутбето на джума намаз, е мълчането пред хатиба, за да осмисли наставлението. А този, който говори дори и минимално по време на хутбето и каже на другиго: ,,Мълчи!" и ,,Слушай!", той е изпуснал наградата от джума намаз.</t>
   </si>
   <si>
     <t>تحريم الكلام حال سماع الخطبة، ولو بالنهي عن المنكر أو ردِّ السلام وتشميت العاطس.
 يُستثنى مِن هذا مَن يخاطِبُ الإمامَ أو يُخاطِبُهُ الإمامُ.
 جواز الكلام بين الخطبتين عند الحاجة.
 إذا ذُكِرَ النبيُّ صلى الله عليه وسلم والإمامُ يَخطب فإنك تُصلي عليه وتُسلِّم سِرًّا، وكذلك التأمين على الدعاء.</t>
   </si>
   <si>
     <t>Забраната за говорене, когато се слуша хутбето, дори причината да е порицаване на нещо забранено, отвръщане на поздрава - селям, или отговарянето на някого, когото е кихнал.
 Изключение от това правило е човек, който говори с имама или имамът говори с него.
 Позволяване на говоренето между двете хутбета при нужда.
 Когато се спомене Пророка ﷺ по време на хутбето, то се отправя поздрав и благослов (салеват) тихо. По същия начин се процедира и когато се каза ,,Амин" на дуата.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3107</t>
   </si>
   <si>
-    <t>الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ</t>
+    <t>الفطرة خمس: الختان والاستحداد وقص الشارب وتقليم الأظفار ونتف الآباط</t>
   </si>
   <si>
     <t>,,Пет неща са от природата на човек: обрязването, обезкосмяването на интимната област, намалянето на мустака, подрязването на ноктите и обезкосмяването под мишниците</t>
   </si>
   <si>
     <t>عن أبِي هريرة رضي اللَّه عنه: سمعتُ النبِيّ صلى الله عليه وسلم يقول: «الفِطْرَةُ خمسٌ: الخِتَانُ والاستحدادُ وقصُّ الشَّارِبِ وتقليمُ الأظفارِ وَنَتْفُ الآبَاطِ».</t>
   </si>
   <si>
     <t>Предава се от Ебу Хурейра /радийеллаху анху/, че казва: ,,Чух Пророка ﷺ да казва: ,,Пет неща са от природата на човек: обрязването, обезкосмяването на интимната област, намалянето на мустака, подрязването на ноктите и обезкосмяването под мишниците".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم خمسَ خصالٍ من دينِ الإسلام وسنن المرسلين:
 أولها: الختان، وهو قطع جِلْدَةٍ زائدةٍ على الذَّكَرِ فوق الحَشَفَة، وقطعُ رأسِ جِلدةٍ في فرج الأنثى فوق مَحَلِّ الإيلاج. 
 وثانيها: الاستحداد، وهو حَلْقُ شَعَرِ العَانَة الذي حول القُبُل. 
 وثالثها: قص الشارب، وهو قصُّ ما نبت على شفة الرجل العليا بحيث تظهر الشفة. 
 ورابعها: قص الأظفار. 
 وخامسها: نتف الإبط.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява пет качества от ислямската религия и от практиката на пратениците:
 Първото е: обрязването. То представлява отрязването на излишната кожа, която обгръща мъжкия полов орган.
 Второто е: премахването на космите от интимната област.
 Третото е: скъсяването на мустака така, че да се вижда горната устна на мъжа.
 Четвъртото е: подрязването на ноктите.
 Петото е: премахването на космите от подмишниците.</t>
   </si>
   <si>
     <t>سُنَنُ المرسلين التي يُحِبُّها الله ويرتضيها ويأمر بها تدعو إلى الكمال والنزاهة والجمال.
 مشروعية تَعَاهُدِ هذه الأشياء، وعدم الغفلة عنها.
 لهذه الخصال فوائد دينية ودنيوية، منها: تحسين الهيئة، وتنظيف البدن، والاحتياط للطهارة، ومخالفة الكفار، وامتثال أمر الله.
 ذُكِرَ في أحاديث أخرى زيادةُ خصالٍ للفطرةِ غيرِ هذه الخمس، مثل: إعفاء اللحية، والسواك، وغيرها.</t>
   </si>
   <si>
     <t>Практиката на пратениците, която Аллах обича и одобрява, призовава към съвършенство, почтеност и красота.
 Предписанието е да се спазват тези неща и да не се пренебрегват.
 Тези качества носят духовни и физически ползи като: подобрен външен вид, чисто тяло, поддържане на чистотата, разграничаване от неверниците и спазване повелята на Аллах.
 В други хадиси се споменават допълнителни качества освен тези пет като: пускането на брада, мисвакът и други.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3144</t>
   </si>
   <si>
-    <t>أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى</t>
+    <t>أحفوا الشوارب وأعفوا اللحى</t>
   </si>
   <si>
     <t>,,Намалявайте мустаците и пускайте брадите!</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «أحْفُوا الشَّوَارِبَ وأَعْفُوا اللِّحَى».</t>
   </si>
   <si>
     <t>Предава се от Ибн Омар /радийеллаху анху/ от Пророка ﷺ, че е казал: ,,Намалявайте мустаците и пускайте брадите!".</t>
   </si>
   <si>
     <t>يَأْمُرُ النبيُّ صلى الله عليه وسلم بِالأخْذِ مِن الشَّارِبِ وألَّا يُتْرَكَ بل يُقَصّ منه، ويُبالَغ في ذلك.
 وفي المقابل يَأمر بإِعفاءِ اللحية وتركِها مَوْفُوْرة.</t>
   </si>
   <si>
     <t>Пророка ﷺ заповядва доста да се скъсяват мустаците, а не да се оставят.
 Реципрочно на това - той заповядва да се пуска голяма брада.</t>
   </si>
   <si>
     <t>تحريم حَلْقِ اللحية.</t>
   </si>
   <si>
     <t>Забрана за бръсненето на брадата.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3279</t>
   </si>
   <si>
-    <t>اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ</t>
+    <t>اجتنبوا السبع الموبقات</t>
   </si>
   <si>
     <t>Странете от седем погубващи гряха! Рекоха</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «اجْتَنِبُوا السَّبْعَ الْمُوبِقَاتِ»، قَالُوا: يَا رَسُولَ اللهِ وَمَا هُنَّ؟ قَالَ: «الشِّرْكُ بِاللهِ، وَالسِّحْرُ، وَقَتْلُ النَّفْسِ الَّتِي حَرَّمَ اللهُ إِلَّا بِالْحَقِّ، وَأَكْلُ الرِّبَا، وَأَكْلُ مَالِ الْيَتِيمِ، وَالتَّوَلِّي يَوْمَ الزَّحْفِ، وَقَذْفُ الْمُحْصَنَاتِ الْمُؤْمِنَاتِ الْغَافِلَاتِ».</t>
   </si>
   <si>
     <t>Предава се от Ебу Хурейра /радийеллаху анху/, от Пророка /саллеллаху алейхи уе селлем/, че е казал: Странете от седем погубващи гряха! Рекоха: "О, Пратенико на Аллах, кои са те?" Рече: ,,Съдружаванeто с Аллах - ширк, магията, убийството на душа, която Аллах е възбранил - освен с право, консумацията на лихва, изяждането богатството на сирака, бягството от битка на бойното поле и набеждаването в прелюбодеяние на свободните, целомъдрени, нехайни жени."</t>
   </si>
   <si>
     <t>يأمرُ رسولُ الله صلى الله عليه وسلم أمَّتَه بالابتعاد عن سبع جرائم ومَعاصٍ مهلكاتٍ، ولما سُئل عنها: ما هي؟ بيّنها بأنها:
  أولًا: الشرك بالله، باتخاذ النظير والمثيل له سبحانه من أي شكل كان، وصَرْف أي عبادة من العبادات لغير الله تعالى، وبدأ بالشرك؛ لأنه أعظم الذنوب.
 ثانيًا: السحر -وهو عبارة عن عُقََد ورُقَى وأدوية وتدخينات-، يؤثِّر في بَدَن المسحور بالقتل أو بالمرض، أو يفرِّق بين الزوجين، وهو عمل شيطاني، وكثير منه لا يُتَوَصَّل إليه إلا بالشرك والتقرّب إلى الأرواح الخبيثة بشيء مما تحب.
 ثالثًا: قتل النفس التي منع الله من قتلها إلا بمسوِّغٍ شرعي يُنفِّذُه الحاكم.
 رابعًا: تناول الربا بأكلٍ أو بغيره من وجوه الانتفاع.
 خامسًا: التعدِّي على مال الصغير الذي مات أبوه وهو دون البلوغ.
 سادسًا: الفرار من المعركة مع الكفار.
 سابعًا: اتهام الحرائر العفيفات بالزنا، وكذلك اتهام الرجال.</t>
   </si>
   <si>
     <t>Пратеника /саллеллаху алейхи уе селлем/ заповядва на своята общност да страни от седем престъпления, седем погубващи гряха. След като бил попитан за тях пояснил, че те са:
 Първо: съдружаването с Аллах - ширк, чрез равнопоставяне или уподобяване на нещо или някого с Него - Пречистия, по какъвто и да е начин.
 Второ: магията, а тя представлява направата на възли, заклинания, отвари и пушеци. Тя влияе върху тялото на омагьосания, като може да му причини болест или смърт. Може също да раздели съпрузите. Това е от делото на шейтана. Много от магьосниците се свързват с него чрез ширк, сближаване с лоши духове, или с неща, които шейтанът обича.
 Трето: убийството на душа, която Аллах е възбранил да се убива, освен законосъобразно, шериатски обосновано и изпълнено от управника.
 Четвърто: консумацията на лихва, директно или индиректно.
 Пето: възползване от парите на малолетния, чийто баща е починал.
 Шесто: бягството от битката с неверниците.
 Седмо: обвиняването на свободните и целомъдрени жени в прелюбодеяние. Същото се отнася и за набеждаването на мъжете.</t>
   </si>
   <si>
     <t>الكبائر ليست محصورة في سبع، وتخصيص هذه السبع لِعِظَمِها وخطرِها.
 جواز قتل النفس إذا كان بحقٍّ، كالقصاص والردة والزنا بعد إحصان، وينفِّذه الحاكم الشرعي.</t>
   </si>
   <si>
     <t>Големите грехове не са ограничени само в тези седем. Те са конкретизирани, за да се подчертае опасността и тежестта им.
 Позволението за изпълнение на смъртно наказани по право като убийство, вероотстъпничество или прелюбодеяние след женитба, което се изпълнява от (и ако има) шериатски управник.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3331</t>
   </si>
   <si>
-    <t>اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا</t>
+    <t>اللهم لا تجعل قبري وثنا</t>
   </si>
   <si>
     <t>,,О, Аллах, не прави гроба ми идол!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم: «اللهُمَّ لَا تَجْعَلْ قَبْرِي وَثَنًا، لَعَنَ اللهُ قَوْمًا اتَّخَذُوا قُبُورَ أَنْبِيَائِهِمْ مَسَاجِدَ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, от Пророка /саллеллаху алйхи уе селлем/: ,,О, Аллах, не прави гроба ми идол!". Аллах проклина народ, който превръща гробовете на своите пророци в места за поклонение".</t>
   </si>
   <si>
     <t>دعا النبيُّ صلى الله عليه وسلم ربَّه أن لا يجعَلْ قَبْره مثلَ الصَّنمِ الذي يَعبُدُه النَّاسُ بتَعظيمِه واستِقبالِه في السُّجودِ، ثم أخبر صلى الله عليه وسلم بأنَّ اللهَ أَبْعَدَ وطَرَدَ من رحمتِه مَن اتخذَ  قبورَ الأنبياءِ مساجد؛ لأنَّ اتخاذَها مساجدَ ذريعةٌ إلى عِبادَتِها والاعتِقادِ فيها.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ отправя дуа към Аллах, да не позволява гробът му да се превръща в идол, който да бъде обожаван от хората, чрез възвеличаването му или отравянето на поклонение към него. След това Мухаммед /саллеллаху алейхи уе селлем/ съобщава, че Аллах е отдалечил и прогонил от милостта Си онези, които превръщат гробищата на своите пратеници в място за поклонение, защото превръщането им в такива е предпоставка за обожествяването и вярването в тях.</t>
   </si>
   <si>
     <t>مجاوزة الحد الشرعي في قبور الأنبياء والصالحين يجعلُها تُعبد من دون الله، فيَجِبُ الحَذرُ من وسائل الشرك.
 لا يجوز قَصْدُ القبور لتعظيمِها والعبادةِ عندها مهما كان قُرْبُ صاحبِها من الله تعالى.
 تحريم بناء المساجد على القبور.
 تحريم الصلاة عند القبور ولو لم يُبْنَ مسجدٌ إلا صلاة الجنازة التي لم يُصلّ عليها.</t>
   </si>
   <si>
     <t>Прекрачването на шериатската граница относно гробовете на пророците и праведните хора ги превръща в обожествявани вместо Аллах. Затова е необходимо да се предупреждава от предпоставките, водещи до ширк.
 Не е позволено целенасоченото отиване към гробища, за да бъдат възвеличавани, или за да се извършва ибадет (богослужение) до тях, колкото и праведни към Всевишния Аллах да са били хората, погребани в тях!
 Забраната да се строи (място за поклонение) тюрбе или джамия върху тях.
 Забраната да се прави намаз (молитва) при гробищата, дори да няма построена джамия, освен дженазе намаз, който не се кланя вътре в тях.</t>
   </si>
   <si>
     <t>رواه أحمد</t>
   </si>
   <si>
     <t>[رواه أحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3336</t>
   </si>
   <si>
-    <t>أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ</t>
+    <t>أنا أغنى الشركاء عن الشرك، من عمل عملا أشرك فيه معي غيري تركته وشركه</t>
   </si>
   <si>
     <t>,,Аз съм този, който абсолютно не се нуждае от съдружник! Който извърши дело, в което да Ме съдружи с някого, го изоставям с онова, с което ме е съдружил</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «قَالَ اللهُ تَبَارَكَ وَتَعَالَى: أَنَا أَغْنَى الشُّرَكَاءِ عَنِ الشِّرْكِ، مَنْ عَمِلَ عَمَلًا أَشْرَكَ فِيهِ مَعِي غَيْرِي تَرَكْتُهُ وَشِرْكَهُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: Пратеника на Аллах /саллеллаху алейхи уе селлем/ каза: ,,Благословеният и Всевишен Аллах каза:  ,,Аз съм този, който абсолютно не се нуждае от съдружник! Който извърши дело, в което да Ме съдружи с някого, го изоставям с онова, с което ме е съдружил".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال بأنه أغنى الشركاء عن الشرك، فهو الغني عن كل شيء، وأنَّ الإنسانَ إذا عَمِل عملًا من الطاعات وجَعَلَه لله ولغير الله؛ تَركَه اللهُ ولم يقبلْه منه، وردَّه على صاحبِه؛ 
 فيجبُ إخلاصُ العمل لله تعالى؛ لأنه سبحانه لا يَقبل إلا ما كان خالصًا لوجهِه الكريم.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че Благословеният и Всевишен Аллах казал,  че по никакъв начин не се нуждае от съдружник и че ако човекът извърши покорно дело за Аллах и съдружи в него друг заедно с Аллах, Той - Всевишният, го изоставя, не приема делото му и го поверява на онзи, с когото е съдружил. Искреността в делата за Всевишния Аллах е задължителна, защото Той - Пречистият, приема единствено онова, което е извършено искрено, заради Неговия свещен Лик!</t>
   </si>
   <si>
     <t>التحذير من الشرك بجميع أشكاله، وأنه مانعٌ من قبول العمل.
 استشعار غنى الله وعظمته مما يعين على الإخلاص في العمل.</t>
   </si>
   <si>
     <t>Предупреждението относно съдружаването - ширк, и че то е пречка за приемането на делата.
 Осъзнаване на величието и богатството на Аллах, което допринася за искреността в делата.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3342</t>
   </si>
   <si>
-    <t>إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا</t>
+    <t>إني أبرأ إلى الله أن يكون لي منكم خليل فإن الله تعالى قد اتخذني خليلا كما اتخذ إبراهيم خليلا</t>
   </si>
   <si>
     <t>,,Заявявам пред Аллах, че никой от вас не съм приел за любимец! Всевишният Аллах ме прие за любимец така, както прие Ибрахим любимец! Ако трябваше да избера някого от моята общност за любимец, то непременно щях да избера Ебу Бекр за такъв! Онези, които бяха преди вас, превръщаха гробовете на своите пророци и праведници в места за поклонение. Но не! Не превръщайте гробовете в места за поклонение, наистина ви забранявам това!</t>
   </si>
   <si>
     <t>عن جندب رضي الله عنه قال: سَمِعْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَبْلَ أَنْ يَمُوتَ بِخَمْسٍ وَهُوَ يَقُولُ «إِنِّي أَبْرَأُ إِلَى اللهِ أَنْ يَكُونَ لِي مِنْكُمْ خَلِيلٌ فَإِنَّ اللهَ تَعَالَى قَدِ اتَّخَذَنِي خَلِيلًا كَمَا اتَّخَذَ إِبْرَاهِيمَ خَلِيلًا، وَلَوْ كُنْتُ مُتَّخِذًا مِنْ أُمَّتِي خَلِيلًا لَاتَّخَذْتُ أَبَا بَكْرٍ خَلِيلًا! أَلَا وَإِنَّ مَنْ كَانَ قَبْلَكُمْ كَانُوا يَتَّخِذُونَ قُبُورَ أَنْبِيَائِهِمْ وَصَالِحِيهِمْ مَسَاجِدَ، أَلَا فَلَا تَتَّخِذُوا الْقُبُورَ مَسَاجِدَ! إِنِّي أَنْهَاكُمْ عَنْ ذَلِكَ».</t>
   </si>
   <si>
     <t>Предава се от Джундуб /радийеллаху анху/, който казва: Чух Пророка /саллеллаху алейхи уе селлем/ пет (нощи) преди да почине да казва:  ,,Заявявам пред Аллах, че никой от вас не съм приел за любимец! Всевишният Аллах ме прие за любимец така, както прие Ибрахим любимец! Ако трябваше да избера някого от моята общност за любимец, то непременно щях да избера Ебу Бекр за такъв! Онези, които бяха преди вас, превръщаха гробовете на своите пророци и праведници в места за поклонение. Но не! Не превръщайте гробовете в места за поклонение, наистина ви забранявам това!".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن مكانتِه عند الله تعالى، وأنها بَلَغتْ أعلى درجات المحبة، كما نالها إبراهيم عليه السلام، ولذلك نفى أن يكون له خليلٌ غيرُ الله؛ لأنَّ قلبه امتلأ من محبة الله تعالى وتعظيمه ومعرفته، فلا يَتَّسع لأحد غير الله، ولو كان له خليلٌ من الخلق لكان أبا بكر الصديق رضي الله عنه.
 ثم حَذَّر من مجاوزة الحد الجائز في المحبة كما فعلت اليهود والنصارى في قبور أنبيائهم وصالحيهم حتى صيّروها آلهة شركية تُعبَد من دون الله، وشَيَّدوا على قبورهم مساجد ومعابد، ونهى صلى الله عليه وسلم أمته أن يفعلوا مثل فعلهم.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава за мястото си, което е при Всевишния Аллах, и че то е достигнало най-високите степени на обичта. Положение, което също и Ибрахим /алейхисселям/ е достигнал. Затова отрича да има за любимец друг освен Аллах, защото сърцето му е препълнено с любов към Всевишния Аллах. Препълнено е с възвеличаване и познание към създателя и в него няма място за друг, освен за Аллах. Ако имаше за него любимец от създанията, той щеше да бъде Ебу Бекр /радийеллаху анху/. След това предупреждава от прекрачването на позволената граница в обичта, така, както я прекрачват евреите и християните с гробовете на своите пратеници и праведници. До такава степен, че ги превръщат в средства за сдружаване - ширк, и започват да ги обожават вместо Аллах. Построяват върху гробовете им места за поклонение и храмове. Пратеника /саллеллаху алейхи уе селлем/ забранява да се извършват подобни действия!</t>
   </si>
   <si>
     <t>فضل أبي بكر الصديق رضي الله عنه، وأنه أفضل الصحابة وأولى الناس بخلافة رسول الله صلى الله عليه وسلم بعد موته.
 بناء المساجد على القبور من منكرات الأمم السابقة.
 النهي عن اتخاذ القبور أمكنة للعبادة يُصلى عندها أو إليها ويُبنى عليها مساجد أو قبابٌ، حذرًا من الوقوع في الشرك بسبب ذلك.
 التحذير من الغلو في الصالحين لإفضائه إلى الشرك.
 خطورة ما حذَّر منه النبي صلى الله عليه وسلم حيث أكَّد عليه قبل موته بخمس ليال.</t>
   </si>
   <si>
     <t>Превъзходството на Ебу Бекр /радийеллаху анху/ и това, че той е най-достойният сподвижник и с най-голямо право да бъде халиф, като наследи Пратеника /саллеллаху алейхи уе селлем/ след смъртта му.
 Построяването на храмове над гробовете е от порицаните неща, които предишните народи са вършели.
 Забраната гробовете да се приемат като място за извършване на ибадет, като там или срещу самия гроб се извършва молитвата намаз. Забранено е да се строи върху тях джамия или тюрбе, за да се предотврати попадането в ширк поради това.
 Предупреждението да не се превъзнасят праведниците, за да не доведе това до съдружаване - ширк.
 Опасността от това, за което предупреждава Пророка /саллеллаху алейхи уе селлем/, потвърждавайки за него пет нощи преди да почине.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3347</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ</t>
+    <t>لا تجعلوا بيوتكم قبورا، ولا تجعلوا قبري عيدا، وصلوا علي؛ فإن صلاتكم تبلغني حيث كنتم</t>
   </si>
   <si>
     <t>,,Не превръщайте домовете си в гробове и не превръщайте гроба ми в място за празненства! Отправяйте салеуат (благослов) към мен, защото вашият салеуат достига до мен, където и да се намирате</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْعَلُوا بُيُوتَكُمْ قُبُورًا، وَلَا تَجْعَلُوا قَبْرِي عِيدًا، وَصَلُّوا عَلَيَّ؛ فَإِنَّ صَلَاتَكُمْ تَبْلُغُنِي حَيْثُ كُنْتُمْ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: Пратеника на Аллах /саллеллаху алейхи уе селлем/ каза: ,,Не превръщайте домовете си в гробове и не превръщайте гроба ми в място за празненства! Отправяйте салеуат (благослов) към мен, защото вашият салеуат достига до мен, където и да се намирате".</t>
   </si>
   <si>
     <t>يَنهى النبيُّ صلى الله عليه وسلم عن تعطيل البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ونهى عن تَكرار زيارة قبره والاجتماع عنده على وجهٍ معتاد؛ لأن ذلك وسيلةٌ إلى الشرك.
 وأمر بالصلاة والسلام عليه في أي مكان من الأرض؛ لأن ذلك يبلغه من القريب والبعيد على حدٍّ سواء، فلا حاجة إلى التردد إلى قبره.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ забранява домовете да остават без молитва - намаз, за да не заприличат на гробища, в които не се кланя такъв. Също така забранява честото посещение на гроба му и събирането там, защото това е предпоставка за ширк. Заповядва отправянето на салеуат (благослов) към него от всяко място на света, защото той достига до него по еднакъв начин, както от онзи, който е близо, така и от онзи, който е далеч. Затова няма нужда от честото посещение на гроба му.</t>
   </si>
   <si>
     <t>النهي عن تعطيل البيوت من عبادة الله تعالى.
 المنع من السفر لزيارة قبر النبي عليه الصلاة والسلام؛ لأنه أمر بالصلاة عليه وأخبر أنها تبلغه، وإنما تُشَدُّ الرحال لقصد المسجد والصلاة فيه.
 تحريم جعل زيارة قبر النبي صلى الله عليه وسلم عيدًا، بتكرير زيارته على وجه مخصوص في زمن مخصوص، وكذلك زيارة كل قبر.
 كرامة النبي صلى الله عليه وسلم على ربه، بمشروعية الصلاة والسلام عليه في كل زمان ومكان.
 حيث أن النهي عن الصلاة عند القبور قد تقرر عند الصحابة؛ لذا نهى النبي صلى الله عليه وسلم أن تجعل البيوت مثل المقابر لا يُصلى فيها.</t>
   </si>
   <si>
     <t>Забраната за прекъсване на ибадета към Всевишния Аллах вкъщи.
 Забраната за предприемане на пътуване заради посещението на гроба на Пророка /салллеллаху алейхи уе селлем/, защото заповядва да му се отправя салеуат и съобщава, че той достига до него. Пътуване се предприема заради джамията Небеуи и намазът там.
 Забраната посещението на гроба на Пророка /саллеллаху алейхи уе селлем/ да се превръща в празненство чрез честото му и конкретизирано посещение - в определено време и по определен модел. По същия начин е забранена подобна практика към всеки гроб.
 Почитта на Аллах към Пророка /саллеллаху алейхи уе селлем/ чрез повелята за салеуат във всяко време и място.
 Забраната за молитва - намаз, при гробищата е била широко разпространена сред сподвижниците - сахаба, затова Пророка /саллеллаху алейхи уе селлем/ забранява домовете да бъдат оприличавани на гробове, в които не се кланя намаз.</t>
   </si>
   <si>
     <t>حسن</t>
   </si>
   <si>
     <t>رواه أبو داود</t>
   </si>
   <si>
     <t>[حسن]</t>
   </si>
   <si>
     <t>[رواه أبو داود]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3350</t>
   </si>
   <si>
-    <t>مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ</t>
+    <t>من حلف بغير الله فقد كفر أو أشرك</t>
   </si>
   <si>
     <t>,,Който се закълне в друго освен в Аллах, той е проявил неверие или е съдружил</t>
   </si>
   <si>
     <t>عن ابْنِ عُمَرَ رضي الله عنهما أنه سَمِعَ رَجُلًا يَقُولُ: لَا وَالْكَعْبَةِ، فَقَالَ ابْنُ عُمَرَ: لَا يُحْلَفُ بِغَيْرِ اللَّهِ، فَإِنِّي سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ حَلَفَ بِغَيْرِ اللهِ فَقَدْ كَفَرَ أَوْ أَشْرَكَ».</t>
   </si>
   <si>
     <t>От Ибн Омар /радийеллаху анхума/, че чул един мъж да казва: ,,Не, кълна се в Кяабе!". Ибн Омар му казал: ,,Не се кълни в друго освен в Аллах", защото чух Пратеника /саллеллаху алейхи уе селлем/ да казва: ,,Който се закълне в друго освен в Аллах, той е проявил неверие или е съдружил".</t>
   </si>
   <si>
     <t>يُخبر النبيُّ صلى الله عليه وسلم أنَّ مَن حَلَف بغير الله وأسمائه وصفاته فقد كَفرَ بالله أو أشرك؛ لأن الحَلِفَ يقتضي تَعظيمَ المحلوفِ به، والعظمةُ إنَّما هي للهِ وحْدَه؛ فلا يُحلَفُ إلَّا باللهِ وأسمائِه وصِفاتِه سُبحانَه، وهذا الحلف من الشرك الأصغر؛ لكن لو أنَّ الحالِفَ عظَّم ما حَلَف به كتَعظيمِ اللهِ تعالى أو أشدَّ؛ فحينئذٍ يكونُ مِن الشِّركِ الأكبرِ.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че който се закълне в друго, освен в Аллах или в Неговите имена и качества, то той проявява неверие към Аллах или съдружава. Това е така, защото клетвата означава възвеличаване на нещото, в което човекът се кълне, а величието принадлежи единствено на Аллах. Затова не е позволено да се отправя клетва, освен в Пречистия Аллах, в имената и качествата Му! Този вид клетва представлява малък ширк. Но ако заклеващият се възвеличи нещото, в което се кълне така, както възвеличава Всевишния Аллах, или по-силно, то в това положение ширкът се превръща в голям (който изкарва от исляма).</t>
   </si>
   <si>
     <t>التعظيم بالحلف حقّ لله سبحانه وتعالى فلا يُحلَف إلا بالله وأسمائه وصفاته.
 حرص الصحابة على الأمر بالمعروف والنهي عن المنكر، وخصوصًا إذا كان المنكر مما يتعلق بالشرك أو الكفر.</t>
   </si>
   <si>
     <t>Възвеличаването чрез клетва е право единствено на Всевишния и Пречист Аллах, затова клетвата е забранена освен в Аллах, в Неговите имена и качества!
 Загрижеността на сподвижниците относно повелята на одобряваното и възбраната на порицаваното, особено що се отнася до съдружаването или неверието.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3359</t>
   </si>
   <si>
-    <t>إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ</t>
+    <t>إنك ستأتي قوما أهل كتاب، فإذا جئتهم فادعهم إلى أن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله</t>
   </si>
   <si>
     <t>,,Наистина отиваш при хора на писанието. Когато отидеш при тях, ги призови към свидетелството, че няма друг истински бог, достоен за обожание, освен Аллах, и че Мухаммед е Негов пратеник</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رَضِيَ اللَّهُ عَنْهُمَا قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِمُعَاذِ بْنِ جَبَلٍ، حِينَ بَعَثَهُ إِلَى الْيَمَنِ: «إِنَّكَ سَتَأْتِي قَوْمًا أَهْلَ كِتَابٍ، فَإِذَا جِئْتَهُمْ فَادْعُهُمْ إِلَى أَنْ يَشْهَدُوا أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ خَمْسَ صَلَوَاتٍ فِي كُلِّ يَوْمٍ وَلَيْلَةٍ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَأَخْبِرْهُمْ أَنَّ اللهَ قَدْ فَرَضَ عَلَيْهِمْ صَدَقَةً تُؤْخَذُ مِنْ أَغْنِيَائِهِمْ فَتُرَدُّ عَلَى فُقَرَائِهِمْ، فَإِنْ هُمْ أَطَاعُوا لَكَ بِذَلِكَ، فَإِيَّاكَ وَكَرَائِمَ أَمْوَالِهِمْ، وَاتَّقِ دَعْوَةَ الْمَظْلُومِ، فَإِنَّهُ لَيْسَ بَيْنَهُ وَبَيْنَ اللهِ حِجَابٌ».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ казва: Пратеника на Аллах /саллеллаху алейхи уе селлем/ каза на Муаз ибн Джебел, когато го изпращаше към Йемен:  ,,Наистина отиваш при хора на писанието. Когато отидеш при тях, ги призови към свидетелството, че няма друг истински бог, достоен за обожание, освен Аллах, и че Мухаммед е Негов пратеник. Ако ти се подчинят в това, тогава им съобщи, че Аллах им е заповядал пет молитви (намаз) в денонощието. Ако ти се подчинят в това, съобщи им, че Аллах им е заповядал милостиня, която се взима от богатите от тях и се връща при бедните. Ако ти се подчинят в това, внимавай с най-ценните им богатства и се бой от дуата на угнетения, защото между нея и Аллах няма преграда!".</t>
   </si>
   <si>
     <t>لما أَرسلَ النبيُّ صلى الله عليه وسلم معاذَ بن جبل رضي الله عنه إلى بلاد اليمن داعيًا إلى الله ومُعلِّمًا، بَيَّنَ له أنه سيواجه قومًا من النصارى؛ ليكون على استعداد لهم، ثم ليبدأ في دعوتهم بالأهم فالأهم، فيدعوهم إلى إصلاح العقيدة أولًا؛ بأن يشهدوا أن لا إله إلا الله، وأن محمدا رسول الله؛ لأنهم بها يدخلون الإسلام، فإذا انقادوا لذلك أمرهم بإقام الصلاة؛ لأنها أعظم الواجبات بعد التوحيد، فإذا أقاموها أمر أغنياءهم بدفع زكاة أموالهم إلى فقرائهم.
 ثم حذّره من أخذ أفضل المال؛ لأن الواجب الوسط.
 ثم أوصاه باجتناب الظلم؛ لئلا يدعو عليه المظلوم، فإن دعوته مستجابة.</t>
   </si>
   <si>
     <t>Когато Пророка /саллеллаху алейхи уе селлем/ изпраща Муаз ибн Джебел /радийеллаху анху/ към Йемен като призоваващ и обучаващ, му разяснява, че ще срещне християни. Казва му го, за да може да се подготви за тях, а след това да започне в призива си към тях, степенувайки от най-важните неща. Първо да ги призове към поправяне на убеждението (акида), чрез свидетелството ,,Ля иляхе иллеллах мухаммеден расулюллах". Защото чрез свидетелството влизат в исляма. А когато се покорят на това им заповядва да отслужват молитвата - намаз, защото е най-голямото задължение след единството - теухид. А когато започнат да я отслужват, заповядва на богатите хора сред тях да дават милостинята - зекят, от парите си на бедните хора сред тях. След това го предупреждава да не взима от най-ценните им богатства, защото задължителното е да се взима от средните такива. След това му завещава да страни от гнета и потисничеството, за да не отправят угнетените хора дуа срещу него, а на такава дуа се дава отговор и се приема.</t>
   </si>
   <si>
     <t>معنى شهادة أن لا إله إلا الله هو إفراد الله بالعبادة، وترك عبادة ما سواه.
 معنى شهادة أن محمدًا رسول الله هو الإيمان به وبما جاء به وتصديقه وأنه آخر رسل الله إلى البشرية.
 مخاطبة العالِم ومَن لديه شُبهات ليست كمخاطبة الجاهل؛ لذا نَبَّه معاذًا بقوله: "إنك تأتي قومًا أهل كتاب".
 أهمية أن يكون المسلم على بصيرة من دينه؛ ليَتَخلَّص من شُبهات المشبِّهين، وذلك بطلب العلم.
 بطلان دين اليهود والنصارى بعد بعثة الرسول صلى الله عليه وسلم، وأنهم ليسوا من أهل النجاة يوم القيامة حتى يدخلوا في دين الإسلام، ويؤمنوا بالنبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Значението на свидетелството ,,Ля иляхе иллеллах" е конкретизирането единствено на Аллах в извършването на богослужения - ибадет, и изоставянето на ибадета към всичко различно от Него.
 Значението на свидетелството ,,Мухаммеден расулюллах" - ,,Мухаммед е пратеникът на Аллах" е да се вярва в него и в онова, с което е дошъл. Също така вярата в това, че е последният пратеник към човечеството.
 Говоренето с някой, който има знание, не е като говоренето с невеж човек. Затова предупреждава Муаз с думите: ,,Наистина отиваш при хора на писанието".
 Важността на това, мюсюлманинът да познава религията си, за да премахне съмненията и да се предпази от онези, които ги разпространяват,  а това се случва чрез търсене на знание.
 Анулирането на юдейството и християнството като религии след изпращането на Пратеника Мухаммед /саллеллаху алейхи уе селлем/ и това, че няма да са от групата на спасилите се в Съдия ден, докато не приемат исляма и не повярват в пророка Мухаммед /саллеллаху алейхи уе селлем/.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3390</t>
   </si>
   <si>
-    <t>لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ</t>
+    <t>لا تطروني كما أطرت النصارى ابن مريم؛ فإنما أنا عبده، فقولوا: عبد الله ورسوله</t>
   </si>
   <si>
     <t>,,Не ме превъзнасяйте така, както християните направиха със сина на Мерйем. Аз съм само раб на Аллах, затова казвайте: раб на Аллах и Негов пратеник</t>
   </si>
   <si>
     <t>عَن عُمَرَ بنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قال: سَمِعْتُ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «لَا تُطْرُونِي كَمَا أَطْرَتِ النَّصَارَى ابْنَ مَرْيَمَ؛ فَإِنَّمَا أَنَا عَبْدُهُ، فَقُولُوا: عَبْدُ اللهِ وَرَسُولُهُ».</t>
   </si>
   <si>
     <t>От Омар ибн ел-Хаттаб /радийеллаху анху/ казва: ,,Чух Пророка /саллеллаху алейхи уе селлем/ да казва: ,,Не ме превъзнасяйте така, както християните направиха със сина на Мерйем. Аз съм само раб на Аллах, затова казвайте: раб на Аллах и Негов пратеник".</t>
   </si>
   <si>
     <t>ينهى النبي صلى الله عليه وسلم عن الإفراط ومجاوزة الحد الشرعي في مدحه ووصفه بأوصاف الله تعالى وأفعاله الخاصة به، أو أنه يعلم الغيب، أو يدعا مع الله، كما فعلت النصارى مع عيسى ابن مريم عليه السلام. 
 ثم بين أنه عبد من عباد لله، وأمر بأن نقول عنه: عبد الله ورسوله.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ забранява небрежността и прекрачването на шериатските граници по отношение на хвалебствията и предаването му на божествени качества, присъщи само на Всевишния Аллах, които са Негови имена и качества. Забранява да се твърди, че знае неведомото и забранява да бъде зован заедно с Аллах така, както християните са направили с Иса - синът на Мерйем /алейхисселям/. След това пояснява, че е раб от рабите на Аллах и заповядва да казваме за него: раб на Аллах и Негов пратеник.</t>
   </si>
   <si>
     <t>التحذير من مُجاوزةِ الحد الشرعي في التعظيم والمدح؛ لأن ذلك يُفضي إلى الشرك.
 ما حذَّر منه النبي صلى الله عليه وسلم قد وقع في هذه الأمة، فغَلَتْ طائفة بالرسول الله صلى الله عليه وسلم، وطائفة في أهل البيت، وطائفة في الأولياء، فوقعوا في الشرك.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسَه بأنه عبدُ الله؛ ليبيِّن أنه عبدٌ مَربوبٌ لله لا يجوز أن يُصرفَ له شيءٌ من خصائص الرب.
 وَصَفَ رسولُ الله صلى الله عليه وسلم نفسه بأنه رسولُ الله؛  ليبين أنه رسولٌ مُرسلٌ من عند الله فيجبُ تصديقُه ومتابعتُه.</t>
   </si>
   <si>
     <t>Предупреждението да не се прекрачва шериатската границата във възвеличаването и хвалебствията, защото това води до съдружаване - ширк.
 Онова, за което е предупреждавал Пророка /саллеллаху алейхи уе селлем/ вече се е случило в тази общност. Една група превъзнесла Пратеника /саллеллаху алейхи уе селлем/, друга - неговото семейство, трета - приближените раби на Аллах (еулия) и така попаднали в ширк.
 Пратеника /саллеллаху алейхи уе селлем/ описва себе си като раб на Аллах, за да поясни, че е покорен раб на Аллах и че не е позволено да се отклонява нищо от онова, което е специфично единствено за Господаря.
 Описанието на Пратеника /саллеллаху алейхи уе селлем/, че е пратеникът на Аллах. Той пояснява, че е изпратен от Аллах и следователно вярата в него и следването му са задължителни.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3406</t>
   </si>
   <si>
-    <t>أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ</t>
+    <t>أسعد الناس بشفاعتي يوم القيامة، من قال لا إله إلا الله خالصا من قلبه أو نفسه</t>
   </si>
   <si>
     <t>Най-щастливият човек с моето застъпничество в Съдния ден ще бъде онзи, който е казал ,,Ля иляхе иллеллах" - искрено, от сърце или душа</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه أَنَّهُ قَالَ: قِيلَ: يَا رَسُولَ اللهِ، مَنْ أَسْعَدُ النَّاسِ بِشَفَاعَتِكَ يَوْمَ الْقِيَامَةِ؟ قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَقَدْ ظَنَنْتُ يَا أَبَا هُرَيْرَةَ أَنْ لَا يَسْأَلَنِي عَنْ هَذَا الْحَدِيثِ أَحَدٌ أَوَّلُ مِنْكَ؛ لِمَا رَأَيْتُ مِنْ حِرْصِكَ عَلَى الْحَدِيثِ، أَسْعَدُ النَّاسِ بِشَفَاعَتِي يَوْمَ الْقِيَامَةِ، مَنْ قَالَ لَا إِلَهَ إِلَّا اللهُ خَالِصًا مِنْ قَلْبِهِ أَوْ نَفْسِهِ»».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: ,,Рекоха: ,,О, пратенико на Аллах, кой ще бъде най-щастливият с твоето застъпничество в Съдния ден?". Пратеника /саллеллаху алейхи уе селлем/ каза: ,,Предполагах, ей Ебу Хурейра, че никой преди теб няма да ме попита за този хадис, поради усърдието ти, което виждам в теб относно хадисите! Най-щастливият човек с моето застъпничество в Съдния ден ще бъде онзи, който е казал ,,Ля иляхе иллеллах" - искрено, от сърце или душа".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ أسعد الناس بشفاعتِه يوم القيامة هو من قال: "لا إله إلا الله" خالصًا من قبله، أي لا معبود بحق إلا الله، وأن يكون سالمًا من الشرك ومن الرياء.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че най-щастливият човек с неговото застъпничество в Съдния ден ще е онзи, който каже ,,Ля иляхе иллеллах" - искрено от сърце". Тоест - никой няма право да бъде обожаван освен Аллах, като едновременно се предпазва от съдружаване и показност.</t>
   </si>
   <si>
     <t>إثبات الشفاعة للنبي صلى الله عليه وسلم في الآخرة وأنها لا تكون إلا للموحِّدين.
 شفاعته صلى الله عليه وسلم هي تَوَسُّلُه إلى الله تعالى لِمَن استحقَّ النارَ مِن الموحّدين أنْ لا يَدخلَها، ومَن دخلَها أن يَخرج منها.
 فضل كلمة التوحيد الخالصة لله تعالى وعظيم أثرها.
 تحقيق كلمة التوحيد يكون بالعلم بمعناها، والعمل بمقتضاها.
 فضل أبي هريرة رضي الله عنه، وحِرصُه على العِلم.</t>
   </si>
   <si>
     <t>Потвърждаване на застъпничеството на Пророка /саллеллаху алейхи уе селлем/ в Сетния ден и че то ще бъде единствено за единобожните.
 Застъпничеството му /саллеллаху алейхи уе селлем/ пред Всевишния Аллах е за онзи, който е заслужил огъня от единобожните - да не попадне в него, или онзи, който попадне там - да излезе от него.
 Превъзходството на думите на единобожието, изречени искрено за Всевишния Аллах, и дълбоката следа, която оставят.
 Осъществяването на думите на единобожието се случва, когато знаем значението им и прилагаме тяхното съдържание на практика.
 Превъзходството на Ебу Хурейра /радийеллаху анху/ и усърдието му в знанието.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3414</t>
   </si>
   <si>
-    <t>مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ</t>
+    <t>من لقي الله لا يشرك به شيئا دخل الجنة، ومن لقيه يشرك به دخل النار</t>
   </si>
   <si>
     <t>,,Който срещне Аллах без да е съдружавал нищо с него, ще влезе в Дженнета, а който Го срещне, съдружавайки с Него, ще влезе в Огъня</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ لَقِيَ اللهَ لَا يُشْرِكُ بِهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ لَقِيَهُ يُشْرِكُ بِهِ دَخَلَ النَّارَ».</t>
   </si>
   <si>
     <t>От Джабир ибн Абдуллах /радийеллаху анхума/ казва: ,,Чух Пратеника на Аллах /саллеллаху алейхи уе селлем/ да казва: ,,Който срещне Аллах без да е съдружавал нищо с него, ще влезе в Дженнета, а който Го срещне, съдружавайки с Него, ще влезе в Огъня".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ مَن مات لا يشرك بالله شيئًا فمصيرُه إلى الجنة وإنْ عُذِّبَ على بعضِ ذنوبِه، وأنَّ مَن مات وهو يشرك بالله شيئًا خُلِّد في النار.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че онзи, който умре без да съдружава нищо с Аллах, то неговото място ще бъде към Дженнета, дори да бъде наказан за някои грехове. Но онзи, който умре, съдружавайки, той ще бъде вечно в Огъня".</t>
   </si>
   <si>
     <t>فضل التوحيد، وأنه سبب للنجاة من الخلود في النار.
 قُرْب الجنة والنار من العبد، وأنه ليس بينه وبينهما إلا الموت.
 التحذير من الشرك قليله وكثيرة؛ لأن النجاة من النار بتَجَنُّبِه.
 العِبرة في الأعمال بخواتِيمِها.</t>
   </si>
   <si>
     <t>Превъзходството на единството - ет-теухид, и че то е причина за спасение от вечния огън.
 Близостта на Дженнета и Огъня до раба и че между тях стои единствено смъртта.
 Предупреждението относно ширка, независимо малък или голям, защото спасението от огъня е свързано със страненото от него.
 Важното е какви ще бъдат последните дела преди смъртта.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3418</t>
   </si>
   <si>
-    <t>هَلَكَ الْمُتَنَطِّعُون</t>
-[...2 lines deleted...]
-    <t>,,Прекомерните хора са погубени"</t>
+    <t>هلك المتنطعون</t>
+  </si>
+  <si>
+    <t>,,Прекомерните хора са погубени</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود قال: قال رسول الله صلى الله عليه وسلم: «هَلَكَ الْمُتَنَطِّعُون» قالها ثلاثًا.</t>
   </si>
   <si>
     <t>От Абдуллах ибн Мес'уд, казва: ,,Пратеника на Аллах /саллеллаху алейхи уе селлем/ каза: ,,Прекомерните хора са погубени"  каза го три пъти".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم عن خَيْبَةِ وخَسارة المُتَشَدِّدين -على غير هدى وعلم- في دينِهم ودنياهم، وفي أقوالهم وأفعالهم، المتجاوزين بها الحدَّ الشرعيَّ الذي جاء به النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава за разочарованието и загубата на крайните, прекомерни хора - които не притежават напътствие и знание, в думите и действията им, в земния и отвъдния им живот. Онези, които прекрачват шериатската граница, която е донесъл и начертал Пророка /саллеллаху алейхи уе селлем/.</t>
   </si>
   <si>
     <t>تحريم التشدُّد والتكلُّف في الأمور كلِّها، والحث على اجتنابه في كل شيء؛ لا سيَّما في العبادات وتعظيم الصالحين.
 طلب الأكمل في العبادة وغيرها أمر محمود؛ ويكون بمتابعة الشرع.
 استحباب تأكيد الأمر الهام؛ لأن النبي صلى الله عليه وسلم كرَّر هذه الجملة ثلاثًا.
 سماحة الإسلام ويُسْره.</t>
   </si>
   <si>
     <t>Забраната за крайност и строгост във всички дела. Насърчаване на избягването им във всяко нещо, още повече в ибадетите и превъзнасянето на праведните хора.
 Търсенето на най-съвършеното в ибадета и в другите неща е похвално нещо. То се осъществява със следването на шериата.
 Препоръката важните неща да се повтарят по три пъти, защото Пророка /саллеллаху алейхи уе селлем/ повтаря това изречение три пъти.
 Толерантността и улеснението в исляма.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3420</t>
   </si>
   <si>
-    <t>مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ</t>
+    <t>من يضمن لي ما بين لحييه وما بين رجليه أضمن له الجنة</t>
   </si>
   <si>
     <t>,,Който ми гарантира онова, което е между челюстите му, и онова, което е между краката му, аз ще му гарантирам Дженнета</t>
   </si>
   <si>
     <t>عن سهل بن سعد رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ يَضْمَنْ لِي مَا بَيْنَ لَحْيَيْهِ وَمَا بَيْنَ رِجْلَيْهِ أَضْمَنْ لَهُ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>От Сехл ибн Сеад /радийеллаху анху/ от Пратеника на Аллах /саллеллаху алейни уе селлем/ казва: ,,Който ми гарантира онова, което е между челюстите му, и онова, което е между краката му, аз ще му гарантирам Дженнета".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن أمرين إذا التزَمَ المسلمُ بهما فإنه يدخل الجنة:
 الأول: حفظ اللسان من التكلم بما يغضب الله تعالى.
 والثاني: حفظ الفرج من الوقوع في الفاحشة.
 لأن هذين العضوين يكثر وقوع المعاصي بهما.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава за две неща, които ако мюсюлманинът ги спазва, ще влезе в Дженнета.
 Първото: опазване на езика от говорене за неща, които разгневяват Всевишния Аллах.
 Второто: опазване на половите органи от попадане в разврат,
 защото с тези два органа се извършват най-много грехове.</t>
   </si>
   <si>
     <t>حفظ اللسان والفرج سبيلٌ لدخول الجنة.
 خُصَّ اللسان والفرج؛ لأنهما أعظم مَصدَر للبلاء على الإنسان في الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Опазването на езика и половите органи е път за влизане в Дженнета.
 Конкретизирането на езика и половите органи, защото те са най-големият източник на неволи за човека в този и отвъдния свят.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3475</t>
   </si>
   <si>
-    <t>إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا</t>
+    <t>إذا مرض العبد أو سافر كتب له مثل ما كان يعمل مقيما صحيحا</t>
   </si>
   <si>
     <t>,,Когато рабът се разболее или пътува, му се записва същото, което е вършел, когато е бил здрав и непътуващ</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِذَا مَرِضَ الْعَبْدُ أَوْ سَافَرَ كُتِبَ لَهُ مِثْلُ مَا كَانَ يَعْمَلُ مُقِيمًا صَحِيحًا».</t>
   </si>
   <si>
     <t>От Ебу Муса ел-Ешарий /радийеллаху анху/ казва: ,,Пратеника на Аллах /саллеллаху алейхи уе селлем/ каза: ,,Когато рабът се разболее или пътува, му се записва същото, което е вършел, когато е бил здрав и непътуващ".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل الله ورحمته، وأنَّ المسلمَ إذا كان من عادته أن يعمل عملًا صالحًا حال صحته وإقامته ثم حَصَلَ له عذر فمرض فلم يَقدرْ على الإتيان به، أو انشغل بالسَّفر عنه، أو أي عذر؛ فإنه يكتب له الأجر كاملًا، كما لو عَمِلَه في حال الصحة والإقامة.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава за благородството и милостта на Аллах. Когато мюсюлманинът има навик да извършва праведно дело в здраве и не на път, а след това му се случи извинителна причина като болест, пътуване или нещо друго, което го възпрепятства от вършенето на това дело, на него му се дава пълната награда за това все едно го е вършел в положение на здраве и престой.</t>
   </si>
   <si>
     <t>سعة فضل الله على عباده.
 الحث على الاجتهاد في الطاعات واستغلال الأوقات في حال الصحة والفراغ.</t>
   </si>
   <si>
     <t>Всеобхватността на благородството на Аллах към Своите раби.
 Подтикването към усърдие в добрите дела и възползването от времето в положение на здраве и престой.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3553</t>
   </si>
   <si>
-    <t>أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ</t>
+    <t>أفضل الذكر: لا إله إلا الله، وأفضل الدعاء: الحمد لله</t>
   </si>
   <si>
     <t>,,Най-доброто споменаване (зикр) е ,,Ля иляхе иллеллах", а на най-добрата дуа е ,,Елхамдулиллях</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «أَفْضَلُ الذِّكْرِ: لَا إِلَهَ إِلَّا اللهُ، وَأَفْضَلُ الدُّعَاءِ: الْحَمْدُ لِلهِ».</t>
   </si>
   <si>
     <t>От Джабир /радийеллаху анху/ казва: ,,Чух Пратеника на Аллах /саллеллаху алейхи уе селлем/ да казва: ,,Най-доброто споменаване (зикр) е ,,Ля иляхе иллеллах", а на най-добрата дуа е ,,Елхамдулиллях".".</t>
   </si>
   <si>
     <t>يُخبرُنا النبيُّ صلى الله عليه وسلم أن أفضل الذكر: "لا إله إلا الله" ومعناها لا معبود بحق إلا الله، وأن أفضل الدعاء: "الحمد لله" وهي الاعتراف بأن المُنعم هو الله سبحانه، المُستحِق للوصف الكامل الجميل.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ казва, че най-доброто споменаване е ,,Ля иляхе иллеллах", което означава, че никой няма право да бъде обожествяван освен Аллах. Съобщава също, че най-добрата дуа е ,,Елхамдулиллях", а тя представлява признание, че даряващият благодат е Пречистият Аллах, който заслужава да бъде представян със съвършеното и прекрасно описание.</t>
   </si>
   <si>
     <t>الحث على الإكثار من ذكر الله بكلمة التوحيد، والدعاء بالحمد.</t>
   </si>
   <si>
     <t>Подтикването към честото споменаване на Аллах чрез думите на единобожието и отправянето на дуа чрез възхвала (ел-хамд).</t>
   </si>
   <si>
     <t>رواه الترمذي والنسائي في الكبرى وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي والنسائي في الكبرى وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3567</t>
   </si>
   <si>
-    <t>الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ</t>
+    <t>الجنة أقرب إلى أحدكم من شراك نعله، والنار مثل ذلك</t>
   </si>
   <si>
     <t>,,Дженнетът е по-близо до вас от връзките на налъмите ви и Огънят е по същия начин!</t>
   </si>
   <si>
     <t>عن ابن مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «الْجَنَّةُ أَقْرَبُ إِلَى أَحَدِكُمْ مِنْ شِرَاكِ نَعْلِهِ، وَالنَّارُ مِثْلُ ذَلِكَ».</t>
   </si>
   <si>
     <t>От Ибн Мес'уд /радийеллаху анху/ казва: ,,Пророка /саллеллаху алейхи уе селлем/ казва: ,,Дженнетът е по-близо до вас от връзките на налъмите ви и Огънят е по същия начин!".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم أنَّ الجنة والنار قريبتان من الإنسان كقُربِ سَيْرِ الحِذاء الذي يكون على ظَهر القَدَم؛ لأنه قد يفعل طاعةً من رضوان الله عز وجل يدخل بها الجنة، أو معصيةً تكون سببًا لدخول النار.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че Дженнетът и Огънят са толкова близо до човек така, както връзките на обувките му, които са на крака му. Това е така, защото е възможно той да извърши добро дело от доволството на Аллах, с което да влезе в Дженнета, или грях, който да е причина за влизане в Огъня.</t>
   </si>
   <si>
     <t>الترغيب في الخير وإن قلَّ، والترهيب عن الشر وإن قلَّ.
 لا بد للمسلم في حياته من الجمع بين الرجاء والخوف، وسؤال الله سبحانه دومًا الثبات على الحق حتى يَسْلَمَ ولا يَغْتَرَّ بحالِه.</t>
   </si>
   <si>
     <t>Насърчаването към доброто и сплашването от злото, колкото и да са малки те.
 Задължително е мюсюлманинът в своя живот да комбинира страха и надеждата и винаги да моли за устойчивост в истината, за да се спаси и да не бъде подведен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3581</t>
   </si>
   <si>
-    <t>السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ</t>
+    <t>السواك مطهرة للفم، مرضاة للرب</t>
   </si>
   <si>
     <t>,,Мисвакът почиства устата и удовлетворява Господаря</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال رسول الله صلى الله عليه وسلم: «السِّوَاكُ مَطْهَرَةٌ لِلْفَمِ، مَرْضَاةٌ لِلرَّبِّ».</t>
   </si>
   <si>
     <t>От Айша /радийеллаху анха/ казва: ,,Пратеника на Аллах /саллеллаху алейхи уе селлем/ каза: ,,Мисвакът почиства устата и удовлетворява Господаря".</t>
   </si>
   <si>
     <t>يُخبرنا النبيُّ صلى الله عليه وسلم أنَّ تنظيفَ الأسنانِ بِعُوْدِ شجرةِ الأَرَاك ونحوِه يُطَهِّر الفَمَ من الأوساخ والروائح الكريهة، 
 وأنه مِن أسباب رضا الله عن العبد؛ لأن فيه طاعة لله واستجابة لأمره، ولما فيه من النظافة التي يحبها الله تعالى.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че почистването на зъбите с пръчица от специално дърво, наречена мисвак - почиства устата кухина и освежава дъха. Също така е от предпоставките Аллах да бъде доволен от раба, защото в това се съдържа покорство и откликване на заповедта на Аллах, изпълнявайки чистотата, която Всевишният Аллах обича.</t>
   </si>
   <si>
     <t>فضيلة التَّسَوُّك، وترغيب النبي صلى الله عليه وسلم أمَّته الإكثار منه.
 الأفضل في التسوُّك استعمال عُوْد شجر الأراك، واستعمل الفرشاة والمعجون يقومُ مقامَه.</t>
   </si>
   <si>
     <t>Ползата от мисвака и насърчаването от страна на Пророка /саллеллаху алейхи уе селлем/ към своята общност да постоянства в използването му.
 Най-доброто е да се използва пръчица от дървото ,,ел-Ерак". Използването на четка и паста за зъби се явява като заместител.</t>
   </si>
   <si>
     <t>رواه النسائي وأحمد</t>
   </si>
   <si>
     <t>[رواه النسائي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3588</t>
   </si>
   <si>
-    <t>الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ</t>
+    <t>الصلوات الخمس، والجمعة إلى الجمعة، ورمضان إلى رمضان، مكفرات ما بينهن إذا اجتنب الكبائر</t>
   </si>
   <si>
     <t>,,Петте намаза, и от джума до джума, и от Рамадан до Рамадан, са опрощение за онова, което е между тях, когато се избягват големите грехове</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم كان يقول: «الصَّلَوَاتُ الْخَمْسُ، وَالْجُمُعَةُ إِلَى الْجُمُعَةِ، وَرَمَضَانُ إِلَى رَمَضَانَ، مُكَفِّرَاتٌ مَا بَيْنَهُنَّ إِذَا اجْتَنَبَ الْكَبَائِرَ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, че Пратеника на Аллах /саллеллаху алейхи уе селлем/ казваше: ,,Петте намаза, и от джума до джума, и от Рамадан до Рамадан, са опрощение за онова, което е между тях, когато се избягват големите грехове".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الصلوات الخمس المفروضة في اليوم والليلة، وصلاة الجمعة كل أسبوع، وصوم شهر رمضان كل عام، مكفرات لما بينها من صغائر الذنوب بشرط اجتناب الكبائر، 
 أما الكبائر كالزنا وشرب الخمر فلا تُكفر إلا بالتوبة.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че петте задължителни намаза в денонощието, джума намаз, който е всяка седмица, и говеенето по време на месец Рамадан, което е веднъж годишно, са опрощение за малките грехове при условие, че се избягват големите. Що се отнася до големите грехове като прелюбодеянието или употребата на алкохол, те не се опрощават освен чрез покаяние - теубе.</t>
   </si>
   <si>
     <t>الذنوب منها صغائر ومنها كبائر.
 تكفير الصغائر مشروط باجتناب الكبائر.
 الكبائر هي الذنوب التي ورد فِيهِا حد فِي الدُّنْيَا، أَو جَاءَ فِيهِا وَعِيد فِي الْآخِرَة؛ بالعَذَاب، أَو الغضب، أَو كان فيها تهديدٌ، أَو لعنٌ لفَاعلِها، كالزنى وشرب الخمر.</t>
   </si>
   <si>
     <t>От греховете има такива, които са малки и големи.
 Условието за опрощение на малките грехове е да се избягват големите.
 Големите грехове са тези, за които има наказателно постановление тук, в земния живот, или заплаха за наказание в отвъдното чрез мъчение, разгневяване, заплаха или проклятие за извършителя. Както например е за прелюбодеянието и консумацията на алкохол.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3591</t>
   </si>
   <si>
-    <t>بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ</t>
+    <t>بلغوا عني ولو آية، وحدثوا عن بني إسرائيل ولا حرج، ومن كذب علي متعمدا فليتبوأ مقعده من النار</t>
   </si>
   <si>
     <t>,,Известете от мен дори един айет и разказвайте от синовете на Исраил без да се притеснявате. А онзи, който умишлено излъже за мен, нека заеме мястото си в Огъня!</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن النبي صلى الله عليه وسلم قال: «بَلِّغُوا عَنِّي وَلَوْ آيَةً، وَحَدِّثُوا عَنْ بَنِي إِسْرَائِيلَ وَلَا حَرَجَ، وَمَنْ كَذَبَ عَلَيَّ مُتَعَمِّدًا فَلْيَتَبَوَّأْ مَقْعَدَهُ مِنَ النَّارِ».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Амр/ радийеллаху анхума/, че Пророка /саллеллаху алейхи уе селлем/ е казал: ,,Известете от мен дори един айет и разказвайте от синовете на Исраил без да се притеснявате. А онзи, който умишлено излъже за мен, нека заеме мястото си в Огъня!".</t>
   </si>
   <si>
     <t>يأمرُ النبيُّ صلى الله عليه وسلم بتبليغ العلم عنه من كتاب أو سنة، ولو كان الشيء قليلًا كآية من القرآن أو حديث، بشرط أن يكون عالمًا بما يبلِّغُ به ويدعو إليه. 
 ثم بيَّن صلى الله عليه وسلم أنه لا بأس بالتحديث عن بني إسرائيل بما وقع لهم من وقائع بما لا يتعارض مع شرعنا. 
 ثم حذَّر من الكذب عليه، وأنَّ من كذَب عليه متعمِّدًا فليتخذْ لنفسه مَنزلًا في النار.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ заповядва да известяваме знанието от него, което се съдържа в Корана и Сунната, дори да е нещо малко, като един айет от Корана или един хадис. Условието е да сме наясно с онова, което говорим, и призоваваме към него. След това /саллеллаху алейхи уе селлем/ пояснява, че няма проблем да разказваме онова, което се е случило на синовете на Исраил, да разказваме техните предания, при условие че не противоречат на нашия шериат (исляма). После предупреждава да не се лъже за него и че онзи, който излъже умишлено, ще заеме мястото си в Огъня.</t>
   </si>
   <si>
     <t>الترغيب في تبليغ شريعة الله، وأن المرء عليه أنْ يؤديَ ما حفِظَ وفَهِمَ ولو كان يسيرًا.
 وجوب طلب العلم الشرعي؛ ليتمكَّن من عبادة الله وتبليغ شريعته بصورة صحيحة.
 وجوب التأكد من صحة أي حديث قبل تبليغه أو نشره حذرًا من الدخول في هذا الوعيد الشديد.
 الحث على الصدق في الكلام والحيطة في الحديث، حتى لا يقع في الكذب، وخاصة في شرع الله عز وجل.</t>
   </si>
   <si>
     <t>Насърчаването за оповестяване на шериата на Аллах и че човек е длъжен да предаде онова, което е запомнил, дори да е малко.
 Задължението да се изучава ислямско знание, за да може да се извършва ибадет на Аллах и да се оповестява шериатът Му по правилен начин.
 Задължението да се увери в достоверността на всеки хадис преди да го разкаже или разпространи, пазейки се да не попадне под ударите на това строго предупреждение.
 Подтикването към праведност в думите и внимание в разговора, за да не попадне в лъжа, особено що се отнася до религията на Аллах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3686</t>
   </si>
   <si>
-    <t>حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ</t>
+    <t>حجبت النار بالشهوات، وحجبت الجنة بالمكاره</t>
   </si>
   <si>
     <t>,,Огънят е обграден със сладострастия, а Дженнетът - с несгоди</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «حُجِبَتِ النَّارُ بِالشَّهَوَاتِ، وَحُجِبَتِ الْجَنَّةُ بِالْمَكَارِهِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, че Пратеника на Аллах /саллеллаху алейхи уе селлем/ казва: ,,Огънят е обграден със сладострастия, а Дженнетът - с несгоди".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ النارَ مَحفوفةٌ مُحاطةٌ بالأمور التي تَشتَهيها النفس مِن فِعْل المحرّمات أو التقصير في الواجبات، فمن أَتْبعَ نفسَه هواها في ذلك استحقَّ النار.
 وأنَّ الجنةَ محفوفةٌ محاطةٌ بالأمور التي تَكرهها النفس؛ كالمُواظَبةِ على المأمورات وترك المحرمات والصبر على ذلك، فإذا صبر وجاهد نفسه على فعل الطاعة وترك المعصية؛ دخل الجنة.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ пояснява, че Огънят е заобиколен с неща, които душата желае - като извършване на забранени неща или пренебрегвания на задълженията. Онзи, който последва желанията си в това, заслужава Огъня. И че Дженнета е обграден и заобиколен с неприятни неща за човешката душа - като постоянството в заповедите и изоставянето на забраните, проявявайки търпение и постоянство в тях. Когато прояви решителност и се бори с душата си за тези неща, ще заслужи влизането в Дженнета.</t>
   </si>
   <si>
     <t>من أسباب الوقوع في الشهوات تزيينُ الشيطانِ المنكرَ والقبيحَ، حتى تراه النفس حسنًا فتَميلُ إليه.
 الأمر بالابتعاد عن الشهوات المحرمة؛ لأنها الطريق إلى النار، والصبر على المكاره؛ لأنها الطريق إلى الجنة.
 فضل مجاهدة النفس والاجتهاد في العبادة والصبر على المكاره والمشاق التي تحيط بالطاعات.</t>
   </si>
   <si>
     <t>От причините за попадане в сладострастия са украсата на шейтана на грозните и порицани неща, докато човекът ги сметне за хубави и склони към тях.
 Заповедта за отдалечаване от забранените сладострастия, защото са път към Огъня. Търпението на несгодите, защото са път към Дженнета.
 Ползата от борбата с душата, от усърдието и търпението в трудностите и неприятностите, които заобикалят подчиненията към Аллах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3702</t>
   </si>
   <si>
-    <t>حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ</t>
+    <t>حق المسلم على المسلم خمس: رد السلام، وعيادة المريض، واتباع الجنائز، وإجابة الدعوة، وتشميت العاطس</t>
   </si>
   <si>
     <t>,,Правата на мюсюлманина над мюсюлманина са пет: отвръщането на поздрава (ес-селям), посещението на болния, участването в погребението (дженазе), откликването на поканата и казването на ,,Йерхамукеллах", когато кихне</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «حَقُّ الْمُسْلِمِ عَلَى الْمُسْلِمِ خَمْسٌ: رَدُّ السَّلَامِ، وَعِيَادَةُ الْمَرِيضِ، وَاتِّبَاعُ الْجَنَائِزِ، وَإِجَابَةُ الدَّعْوَةِ، وَتَشْمِيتُ الْعَاطِسِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: ,,Чух Пратеника на Аллах /саллеллаху алейхи уе селлем/ да казва: ,,Правата на мюсюлманина над мюсюлманина са пет: отвръщането на поздрава (ес-селям), посещението на болния, участването в погребението (дженазе), откликването на поканата и казването на ,,Йерхамукеллах", когато кихне".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم بعضَ حقوق المسلم على أخيه المسلم:
 أول هذه الحقوق: ردُّ السلام لمن ألقى عليك السلام.
 الحق الثاني: عيادة المريض وزيارته.
  الحق الثالث: اتباع الجنازة من بيته إلى المصلَّى إلى المقبرة حتى تُدفن.
  الحق الرابع: إجابة الدعوة إذا دعاه إلى وليمة عرس وغير ذلك.
  الحق الخامس: تَشميت العاطس، وهو أن يقول له إذا حَمِدَ الله: يرحمُك الله، ثم يقول العاطسُ: يهديكم الله ويُصلح بالَكم.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ пояснява някои права на мюсюлманина към своя брат мюсюлманин. Първото от тези права е отвръщането на поздрава на онзи, който те поздрави със селям.
 Второто право: посещението на болния.
 Третото право: следването на дженазето (погребалната колона) от дома му до гробищата, докато свърши погребението.
 Четвъртото право: откликването на поканата, когато бъде поканен на гощавка - като сватба или нещо друго.
 Петото право: казването на ,,Йерхамукеллах" на кихащия. Това се случва, когато човек кихне и каже ,,Елхамдулиллях". На него му се казва ,,Йерхамукеллах", а след това той трябва да каже: ,,Йехдикумуллаху уе юслиху балекум".</t>
   </si>
   <si>
     <t>عظمة الإسلام في تأكيد الحقوق بين المسلمين وتوثيق الأُخوَّة والمحبة بينهم.</t>
   </si>
   <si>
     <t>Величието на исляма, потвърждавайки правата между мюсюлманите и затвърждавайки братството и обичта между тях.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3706</t>
   </si>
   <si>
-    <t>رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى</t>
+    <t>رحم الله رجلا سمحا إذا باع، وإذا اشترى، وإذا اقتضى</t>
   </si>
   <si>
     <t>,,Аллах да се смили над човек, който е снизходителен, и когато продава, и когато купува, и  когато иска парите си обратно</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «رَحِمَ اللهُ رَجُلًا سَمْحًا إِذَا بَاعَ، وَإِذَا اشْتَرَى، وَإِذَا اقْتَضَى».</t>
   </si>
   <si>
     <t>От Джабир /радийеллаху анху/, че Пратеника на Аллах /саллеллаху алейни уе селлем/ казва: ,,Аллах да се смили над човек, който е снизходителен, и когато продава, и когато купува, и  когато иска парите си обратно".</t>
   </si>
   <si>
     <t>دعا النبي صلى الله عليه وسلم بالرحمة لكل من كان:
 سهلًا جَوَادًا سَخِيًّا في بيعِه، فلا يُشدِّد على المشتري في سعرها ويعامله بخُلُقٍ حَسَن.
 سهلًا جوادًا سَخِيًّا إذا اشترى، فلا يَبْخَس ويُقَلِّل من قيمة البِضَاعَة.
 سهلًا جوادًا سخيًا إذا طَالَبَ بقضاءِ الدُّيون التي له، فلا يُشدِّد على الفقير والمُحتاج، بل يُطالِبه برفق ولُطف، ويُنْظِر المُعسر.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейни уе селлем/ отправя дуа за милост към всеки, който е отстъпчив, щедър и великодушен, когато продава. Без да е суров към купувача относно цената и да се отнася към него с добър нрав. Отстъпчив, щедър и великодушен, когато купува, без да е стиснат и да сваля от цената на стоката. Отстъпчив, щедър и великодушен, когато си иска заемите обратно. Без да бъде суров към бедния и нуждаещия се. Да си търси парите любезно и вежливо, отсрочвайки човека в затруднение.</t>
   </si>
   <si>
     <t>مِن مَقاصد الشريعة الحِفاظ على ما يُصلِحُ العلاقاتِ بين الناس.
 الترغيب في استعمال معالي الأخلاق في المعاملات بين الناس من البيع والشراء ونحو ذلك.</t>
   </si>
   <si>
     <t>От целите на шериата е да се спазва онова, което подобрява отношенията между хората.
 Насърчаването за използване на възвишен нрав във взаимоотношенията между хората, като покупко-продажбите и други.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3716</t>
   </si>
   <si>
-    <t>كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا</t>
+    <t>كان رجل يداين الناس، فكان يقول لفتاه: إذا أتيت معسرا فتجاوز عنه، لعل الله يتجاوز عنا</t>
   </si>
   <si>
     <t>,,Един човек давал заеми на хората и казвал на слугата си: когато отидеш при човек в затруднение - опрости му, дано Аллах да опрости и на нас</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كان رجلٌ يُدَايِنُ الناسَ، فكان يقول لفتاه: إذا أتيتَ مُعسِرًا فتجاوز عنه، لعل اللهَ يَتجاوزُ عنا، فلقي اللهَ فتجاوز عنه».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, че Пратеника на Аллах /саллеллаху алейхи уе селлем/ казва: ,,Един човек давал заеми на хората и казвал на слугата си: когато отидеш при човек в затруднение - опрости му, дано Аллах да опрости и на нас. И срещнал Аллах и Той му опростил".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن رجُلٍ كان يتعامل مع الناس بالقَرْض، أو يَبِيعُهم بالآجِل، وكان يقول لغلامه الذي يَتَقاضى الدُّيون التي عند الناس: 
 إذا أتيتَ مَدِيْنًا ولم يكن عنده ما يقضي به الدَّين الذي عليه لعجزه "فَتَجَاوَزْ عنه"؛ إما بإمهالِه وعدم الإلحاح في المطالبة، أو بقبول ما عنده ولو مع ما فيه مِن نَقْص، وذلك رَغْبةٌ منه وطَمَعٌ في أنْ يتجاوزَ اللهُ عنه ويعفوَ عنه.
 فلما ماتَ عفا اللهُ عنه وتجاوزَ عن سيئاتِه.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейни уе селлем/ съобщава за мъж, който давал заеми на хората или им продавал на лизинг. И казвал на момчето, което събирало заемите от хората: ,,Когато отидеш при длъжник и той не може да се издължи поради някаква неспособност - опрости му". Или чрез отсрочване на заема, като не го притиска, или приемайки онова, което има, дори да е по-малко от дължимото.
 Всичко това с едничката цел, Аллах да му опрости и да го извини (на собственика на парите). След като починал, Аллах го извинил и му опростил греховете.</t>
   </si>
   <si>
     <t>الإحسان في معاملة الناس والعفو عنهم والتجاوز عن معسرهم من أعظم أسباب نجاة العبد يوم القيامة.
 الإحسان إلى الخلق والإخلاص لله والرجاء في رحمته من أسباب مغفرة الذنوب.</t>
   </si>
   <si>
     <t>Добротворството в отношението с хората, извиняването им и опрощаването на някого в затруднение, е от най-големите причини за спасението на раба в Съдия ден.
 Добротворството към творенията, искреността към Аллах и надеждата за милостта Му са от предпоставките за опрощение на греховете.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3753</t>
   </si>
   <si>
-    <t>لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا</t>
+    <t>ليس الواصل بالمكافئ، ولكن الواصل الذي إذا قطعت رحمه وصلها</t>
   </si>
   <si>
     <t>,,Поддържащият родствените връзки не е този, който се реваншира за доброто, направено му от неговите роднини; по-скоро той е този, който ги поддържа, когато родствените връзките биват прекъсвани</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «لَيْسَ الْوَاصِلُ بِالْمُكَافِئِ، وَلَكِنِ الْوَاصِلُ الَّذِي إِذَا قُطِعَتْ رَحِمُهُ وَصَلَهَا».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Амр /радийеллаху анхума/, от Пророка /саллеллаху алейхи уе селлем/ казва: ,,Поддържащият родствените връзки не е този, който се реваншира за доброто, направено му от неговите роднини; по-скоро той е този, който ги поддържа, когато родствените връзките биват прекъсвани".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ الإنسانَ الكامِلَ في صِلَةِ الرَّحِم والإحسانِ إلى الأقاربِ ليس هو الشخصُ الذي يُقابِلُ الإحسانَ بالإحسان، بل الواصِلُ حقيقةً الكامِلُ في صلة الرحم هو الذي إذا قُطِعَتْ رَحِمُه وَصَلَها، وإن أساؤوا إليه فإنه يُقابِلُهم بالإحسان إليهم.</t>
   </si>
   <si>
     <t>Порока /саллеллаху алейни уе селлем/ съобщава, че съвършеният човек в поддържането на родствените връзки и добротворството към роднините не е онзи, който отвръща на добротворството с такова. Истинският поддръжник на родствените връзки е онзи, който при тяхното прекъсване ги съединява. Ако роднините му се отнасят лошо към него, той им отвръща с добро.</t>
   </si>
   <si>
     <t>صِلَةُ الرَّحِم الكاملة شَرْعًا أنْ تَصِلَ مَن قَطَعَك منهم، وتَعفوَ عمَّن ظَلمك، وتعطي من حرمك، وليست صِلَة المقابلة والمجازاة.
 صلة الرَّحم تكون بالزيارة واللقاء والتواصل، وإيصال ما أمكن من الخير من المال والدعاء والأمر بالعروف والنهي عن المنكر ونحوِها، ودفع ما أمكن من الشر عنهم.</t>
   </si>
   <si>
     <t>Поддържанетона родствените връзки според исляма е да поддържаш отношения с онзи, който ги прекъсва с теб, да прощаваш на онзи, който те е угнетил, и да даваш на онзи, който не ти дава. Роднинската поддръжка не е да се реваншираш за направеното добро.
 Поддържането на родствената връзка се осъществява проявявайки добротворство чрез финансова помощ, дуа, повеляване на одобряваното и забраняване на порицаваното и подобни. Също така чрез премахването на трудности и проблеми, доколкото е възможно.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/3854</t>
   </si>
   <si>
-    <t>مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ</t>
+    <t>من أنظر معسرا، أو وضع له، أظله الله يوم القيامة تحت ظل عرشه يوم لا ظل إلا ظله</t>
   </si>
   <si>
     <t>,,Който отсрочи човек, който има задължения или му ги опрости, в Съдия ден Аллах ще го приюти под сянката на Трона Си, в Деня когато не ще има друга сянка</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ أَنْظَرَ مُعْسِرًا، أَوْ وَضَعَ لَهُ، أَظَلَّهُ اللهُ يَوْمَ الْقِيَامَةِ تَحْتَ ظِلِّ عَرْشِهِ يَوْمَ لَا ظِلَّ إِلَّا ظِلُّهُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава: ,,Пратеника на Аллах ﷺ каза: ,,Който отсрочи човек, който има задължения или му ги опрости, в Съдия ден Аллах ще го приюти под сянката на Трона Си, в Деня когато не ще има друга сянка".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ عليه الصلاة والسلام أنّ مَن أمهل مديونًا أو حطَّ عنه من دَينه، فجزاؤه: أنّ الله يُظلُّه تحت عرشه يوم القيامة الذي تدنو فيه الشمس من رؤوس العباد ويشتدُّ عليهم حرُّها، 
 فلا يجد أحدٌ ظِلًّا إلا مَن أَظله الله.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който отсрочи някой, който е взел заем или му го опрости, то неговата награда ще бъде: Аллах да го приюти под сянката на Трона Си в Съдия ден, в който слънцето ще се приближи към главите на хората и горещината му за тях ще се увеличи. И никой няма да намери сянка, освен онзи, когото Аллах приюти под сянката Си.</t>
   </si>
   <si>
     <t>فضل التيسير على عباد الله تعالى، وأنه من الأسباب المُنجِيَة من أهوال يوم القيامة.
 الجزاء من جنس العمل.</t>
   </si>
   <si>
     <t>Превъзходството на улеснението към рабите на Всевишния Аллах и че това е от предпоставките за спасение от ужасите в Съдия ден.
 Наградата е реципрочна на делата.</t>
   </si>
   <si>
     <t>رواه الترمذي وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4186</t>
   </si>
   <si>
-    <t>مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من صام رمضان إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>,,Който говее месец Рамадан с вяра и надежда за награда му се опрощават изминалите грехове</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَامَ رَمَضَانَ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>Ебу Хурейра /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ каза: ,,Който говее месец Рамадан с вяра и надежда за награда му се опрощават изминалите грехове".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صام شهر رمضان إيمانًا بالله، وتصديقًا بفَرْضِيَّةِ الصيام وما أعدَّ الله تعالى للصائمين مِن جَزيل الأجور والثواب، قاصدًا به وجهَ الله تعالى لا رياء ولا سُمْعَة، غُفرتْ له ذنوبُه الماضية.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който говее месец Рамадан с вяра в Аллах, потвърждавайки задължителността на говеенето и това, което Всевишният Аллах е приготвил за говеещите като огромна награда, целящ Ликът на Аллах Всевишния, без показност или търсене на слава, на него му се опрощават миналите греховете.</t>
   </si>
   <si>
     <t>فضل الإخلاص وأهميته في صيام رمضان وغيره من الأعمال الصالحة.</t>
   </si>
   <si>
     <t>Превъзходството на искреността и важността ѝ в говеенето през месец Рамадан и в другите праведни дела.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4196</t>
   </si>
   <si>
-    <t>مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ</t>
+    <t>من يقم ليلة القدر إيمانا واحتسابا غفر له ما تقدم من ذنبه</t>
   </si>
   <si>
     <t>,,Който се кланя през нощта Кадр с вяра и надежда, за награда му се опрощават изминалите грехове</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يَقُمْ لَيْلَةَ الْقَدْرِ إِيمَانًا وَاحْتِسَابًا غُفِرَ لَهُ مَا تَقَدَّمَ مِنْ ذَنْبِهِ»</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/: ,,Пратеника на Аллах ﷺ каза: ,,Който се кланя през нощта Кадр с вяра и надежда, за награда му се опрощават изминалите грехове".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم عن فضل قيام ليلة القدر التي تكون في العشر الأواخر من رمضان، وأنَّ مَن اجتهد فيها بالصلاة والدعاء وقراءة القرآن والذكر، مؤمنًا بها وبما جاء في فضلها، راجيًا بعمله ثوابَ الله تعالى، لا رياء ولا سُمعة، فإنه يُغفر له ما سَبَقَ مِن ذنوبِه.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава за превъзходството на отслужването на молитвата намаз (кланянето на намаз) през нощта Кадр, която се намира в последната десетдневка на месец Рамадан. И че онзи, който прояви усърдие в тази нощ чрез намаз, дуа, четене на Коран, споменаване на Аллах, вярвайки в превъзходството на нощта Кадр и в съобщеното за нея, надявайки се на награда от Всевишния Аллах, без показност и сстремеж да го споменават с това, на него му се опрощават изминалите грехове.</t>
   </si>
   <si>
     <t>فضل ليلة القَدْر والحَث على  قيامها.
 الأعمال الصالحة لا تُقبل إلا مع صِدْقِ النيَّات.
 فضل الله ورحمته، فإنّ مَن قام ليلة القدر إيمانًا واحتسابًا غُفر له ما تقدم من ذنبه.</t>
   </si>
   <si>
     <t>Превъзходството на нощта Кадр и подтикването към кланянето на намаз през нея.
 Праведните дела не се приемат освен чрез правилни намерения.
 Превъзходството на Аллах и Неговата милост. Онзи, който кланя в нощта Кадр с вяра и надежда, за награда му се опрощават изминалите грехове.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4202</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ</t>
+    <t>من يرد الله به خيرا يصب منه</t>
   </si>
   <si>
     <t>,,За когото Аллах желае добро, го подлага на изпитания</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُصِبْ مِنْهُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава: ,,Пратеника на Аллах ﷺ каза: ,,За когото Аллах желае добро, го подлага на изпитания".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله إذا أراد بأحدٍ من عباده المؤمنين خيرًا ابتلاهم في أنفسهم وأموالهم وأهلهم، لِمَا يحصل فيه للمؤمن من اللجوء إلى الله تعالى بالدعاء، وتكفير السيئات، ورِفْعَة الدرجات.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че когато Аллах пожелае за някого от вярващите Си раби добро, ги изпитва в тях самите, в богатствата и в семействата им. Това става причина за обръщане на вярващия към Всевишния Аллах чрез дуа, за опрощение на греховете и въздигане на степените.</t>
   </si>
   <si>
     <t>أن المؤمن مُعرَّض لأنواع من البلاء.
 الابتلاء قد يكون أمارة حُبِّ الله لعبده، حتى يرفع درجته، ويُعْلِي مَرتبته، ويكفِّر خطيئته.
  الحث على الصبر عند المصائب وعدم الجزع.</t>
   </si>
   <si>
     <t>Вярващият е изложен на различни видове изпитания.
 Изпитанието може да бъде знак за обичта на Аллах към раба, да издигне степените и положението му и да заличи греховете му.
 Подтикването към търпение и спокойствие по време на изпитанията.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4204</t>
   </si>
   <si>
-    <t>إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ</t>
+    <t>إذا التقى المسلمان بسيفيهما فالقاتل والمقتول في النار</t>
   </si>
   <si>
     <t>,,Когато двама мюсюлмани се сражават с мечовете си и убиецът, и убитият са в огъня</t>
   </si>
   <si>
     <t>عن أبي بَكرة رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِذَا الْتَقَى الْمُسْلِمَانِ بِسَيْفَيْهِمَا فَالْقَاتِلُ وَالْمَقْتُولُ فِي النَّارِ»، فَقُلْتُ: يَا رَسُولَ اللهِ هَذَا الْقَاتِلُ، فَمَا بَالُ الْمَقْتُولِ؟ قَالَ: «إِنَّهُ كَانَ حَرِيصًا عَلَى قَتْلِ صَاحِبِهِ».</t>
   </si>
   <si>
     <t>Ебу Бекр /радийеллаху анху/ казва: ,,Чух Пратеника на Аллах ﷺ да казва: ,,Когато двама мюсюлмани се сражават с мечовете си и убиецът, и убитият са в огъня!". Рекох: ,,О, Пратенико на Аллах, това е убиецът, но каква е вината на убития?". Рече: ,,Той се е стремял да убие своя другар".</t>
   </si>
   <si>
     <t>يُخبر النبي صلى الله عليه وسلم أنه إذا التقى المسلمان بسيفيهما، قاصدًا كلٌّ منهما إتلافَ صاحبِه؛ فالقاتل في النار بسبب مباشرته قتلَ صاحبه،
 واستشكل الصحابةُ المقتولَ: كيف يكون في النار؟ فأخبر النبيُّ صلى الله عليه وسلم أنه أيضًا في النار لحرصِه على قتلِ صاحبه، ولم يَمنعه من القتلِ إلا مبادرةُ القاتل وسبقِه له.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че когато двама мюсюлмани се срещнат с мечовете си и всеки един от тях цели да погуби другаря си, убиецът ще е в огъня поради убийството на другаря си. Сподвижниците не могли да разберат вината на убития и как така той ще бъде в огъня?Пророка ﷺ им съобщава че той също ще бъде в огъня, заради усърдието му в това да убие другаря си. И че нищо друго не му е попречило в това да го убие, освен че убиецът го е изпреварил и го е убил първи.</t>
   </si>
   <si>
     <t>استحقاق العقاب على مَن عَزَمَ على المعصية بقلبه وباشَرَ أسبابَها.
 التحذير الشديد من اقتتال المسلمين والوعيد عليه بالنار.
 القتال بين المسلمين بحق لا يَدخل في الوعيد، مثل قتال البُغَاة والمُفسدين.
 مُرتكب الكبيرة لا يَكْفُرُ بمجرَّد فعلها؛ لأن النبي صلى الله عليه وسلم سمَّى المُتقاتلَينِ مُسلِمَينِ.
  إذا التقى المسلمان بأيِّ وسيلة يكون بها القتل، فقَتَلَ أحدُهما الآخرَ فالقاتل والمقتول في النار، وذِكْرُ السيفِ في الحديث على سبيل التمثيل.</t>
   </si>
   <si>
     <t>Заслугата на наказание за онзи, който е решил със сърцето си да извърши грях и е направил предпоставките за това.
 Силното предупреждение мюсюлманите да не се сражават помежду си и заплахата с Огъня за това.
 Сражаването между мюсюлманите с право не попада под тази заплаха, като например сражаването със сеещите развала и потисниците.
 Извършителят на голям грях не става неверник с извършването на греха, защото Пророка ﷺ нарича сражаващите се мюсюлмани.
 Когато двама мюсюлмани се срещнат, с каквото и да е средство за причиняване на смърт, и единият убие другия, то убиецът и убитият са в Огъня. Споменаването на меча в хадиса е като пример.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4304</t>
   </si>
   <si>
-    <t>الدِّينُ النَّصِيحَةُ</t>
+    <t>الدين النصيحة</t>
   </si>
   <si>
     <t>,,Религията е искрено наставление</t>
   </si>
   <si>
     <t>عن تميم الداري رضي الله عنه أن النبي صلى الله عليه وسلم قال: «الدِّينُ النَّصِيحَةُ» قُلْنَا: لِمَنْ؟ قَالَ: «لِلهِ وَلِكِتَابِهِ وَلِرَسُولِهِ وَلِأَئِمَّةِ الْمُسْلِمِينَ وَعَامَّتِهِمْ».</t>
   </si>
   <si>
     <t>От Темим Ед-Дарий /радийеллаху анху/ се предава от Пророка ﷺ, който казва: ,,Религията е искрено наставление". Рекохме: ,,За кого?". Рече: ,,За Аллах, за Неговата книга, за Пратеника Му, за водачите на мюсюлманите и за обикновените мюсюлмани
 ".</t>
   </si>
   <si>
     <t>أَخبَرَ النبيُّ صلى الله عليه وسلم بأنَّ الدين قائمٌ على الإخلاص والصدق، حتى يؤدَّى كما أوجب الله، كاملًا دون تقصير أو غش.
 فقيل للنبي صلى الله عليه وسلم: لمن تكون النصيحة؟ فقال: 
 أولًا: النصيحة لله سبحانه وتعالى: بإخلاص العمل له، وعدم الإشراك به، وأن نؤمن بربوبيته وألوهيته وأسمائه وصفاته، وتعظيم أمره، والدعوة إلى الإيمان به. 
 ثانيًا: النصيحة لكتابه وهو القرآن الكريم: بأن نعتقد أنه كلامُه، وآخِرُ كتبِه، وأنه ناسخ لجميع الشرائع قبله، ونعظِّمه، ونتلوه حق تلاوته، ونعمل بمُحْكَمِه، والتسليم بمتشابهه، ونَذُبُّ عن تأويل المُحرِّفين له، ونعتبر بمواعظه، ونشر علومه، والدعوة إليه. 
 ثالثًا: النصيحة لرسوله محمد صلى الله عليه وسلم: بأن نعتقدَ أنه آخِرُ الرسل، ونصدِّقَه فيما جاء به، ونَمتَثِلَ أمرَه، ونجتنبَ نهيَه، وأن لا نتعبدَ لله إلا بما جاء به، ونُعظِّمَ حقَّه، ونوقرَه، ونَبُثَّ دعوته، ونَنشُرَ شريعتَه، ونَنفيَ التُّهَمَ عنه. 
 رابعًا: النصيحة لأئمة المسلمين: بمعاونتهم على الحق، وعدم منازعتهم الأمر، والسمع والطاعة لهم في طاعة الله. 
 خامسًا: النصيحة للمسلمين: بالإحسان إليهم ودعوتهم، وكَفِّ الأذى عنهم، ومحبة الخير لهم، والتعاون معهم على البر والتقوى.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че религията е изградена върху искреност и правдивост, за да се изпълни както Аллах е заповядал - изцяло, без недостатъци или измама.
 Рекли на Пророка ﷺ: ,,За кого е искреното наставление?". Отговорил:
 ,,Първо: искреното наставление за Аллах, Всевишния и Пречистия - това се осъществява чрез искрените дела за Него и несъдружаването Му с нищо. Да вярваме в господството Му, божествеността Му, имената и качествата Му, да възвеличаваме Неговите заповеди и да призоваваме към вярата в Него.
 Второ: искреното наставление за книгата Му, а това е Свещеният Коран. То се осъществява, като вярваме, че това са думите Му, че е последната Му книга и че отменя всички предишни законодателства - шериат. Възвеличаваме го, четем го както подобава, работим с отсъждащите айети и приемаме неясните му айети. Отхвърляме интерпретацията на изопачаващите значенията му, взимаме си поука от поученията му, разпространяваме науката му и призоваваме към него.
 Трето: искреното наставление за Пратеника Му ﷺ. То се осъществява, когато вярваме, че той е последният пратеник. Когато вярваме в онова, с което е дошъл, подчиняваме се на заповедите му, страним от забраните му, и когато служим на Аллах само така, както е повелил и показал. Когато възвеличаваме правото му, почитаме го, разпространяваме посланието и законодателството му (шериат), и когато отблъскваме обвиненията към него.
 Четвърто: искреното наставление за водачите на мюсюлманите. То се осъществява чрез подкрепата им за истината, да не се оспорват заповедите им и да има послушание и покорство към тях в подчинението на Аллах.
 Пето: искреното наставление към обикновените мюсюлмани. То се осъществява чрез добротворството и призоваването им. Чрез възпирането на вредата към тях, чрез обичането на доброто за тях и чрез взаимопомощта в покорството и богобоязливостта.</t>
   </si>
   <si>
     <t>الأمر بالنصيحة للجميع.
 عِظَم منزلة النصيحة من الدين.
 اشتمال الدين على الاعتقادات والأقوال والأعمال.
 من النصيحة تصفية النفس من الغش للمنصوح له وإرادة الخير له.
 حسن تعليم الرسول صلى الله عليه وسلم حيث يذكر الشيء مُجملًا ثم يُفصّله.
 البداءة بالأهم فالأهم، حيث بدأ النبي صلى الله عليه وسلم بالنصيحة لله، ثم لكتابه، ثم لرسوله صلى الله عليه وسلم ثم لأئمة المسلمين، ثم عامتهم.</t>
   </si>
   <si>
     <t>Заповедта в искреното наставление за всички.
 Великото положение на искреното наставление в религията.
 Съвкупността в религията на убеждения, думи и дела.
 От наставлението е изчистването на душата от измама към наставлявания и желанието на добро за него.
 Добрият метод на обучение на Пратеника ﷺ, съобщавайки нещо обобщено, а след това, разяснявайки го.
 Степенуването на нещата, започвайки от най-важното. Пророка ﷺ започва с наставление за Аллах, след това за книгата Му, след това за Пратеника Му ﷺ, след това за водачите на мюсюлманите и след това за обикновените мюсюлмани.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4309</t>
   </si>
   <si>
-    <t>إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ</t>
+    <t>إن الحلال بين وإن الحرام بين</t>
   </si>
   <si>
     <t>,,Наистина позволеното (халал) е ясно и забраненото (харам) е ясно</t>
   </si>
   <si>
     <t>عن النُّعمان بن بَشير رضي الله عنه قال: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ -وَأَهْوَى النُّعْمَانُ بِإِصْبَعَيْهِ إِلَى أُذُنَيْهِ-: «إِنَّ الْحَلَالَ بَيِّنٌ وَإِنَّ الْحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنِ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الْحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الْحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَا وَإِنَّ حِمَى اللهِ مَحَارِمُهُ، أَلَا وَإِنَّ فِي الْجَسَدِ مُضْغَةً، إِذَا صَلَحَتْ صَلَحَ الْجَسَدُ كُلُّهُ، وَإِذَا فَسَدَتْ فَسَدَ الْجَسَدُ كُلُّهُ، أَلَا وَهِيَ الْقَلْبُ».</t>
   </si>
   <si>
     <t>Ен-Ну'аман ибн Бешир /радийеллаху анхума/ казва: ,,Чух Пратеника на Аллах ﷺ да казва - и (Ну'аман) посочи ушите си с пръстите: ,,Наистина позволеното (халал) е ясно и забраненото (харам) е ясно. Между тях има неясни неща, които много хора не ги знаят. Който се предпази от съмнителните неща, запазва религията и честта си. А който попадне в съмнителните неща, попада в забраненото като пастира, който пасе стадото си около забранената зона и едва не попада в нея. Всеки владетел има своя забранена зона. Забранената зона на Аллах са границите Му. В тялото има едно парче месо, ако то е здраво - цялото тяло е здраво, а когато се развали - цялото тяло се разваля. Да, това е сърцето!".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
 فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. 
 ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. 
 وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. 
 وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява общо правило за нещата и че те в шериата се делят на три: халал, който е ясен; харам, който е ясен; съмнителни неща, които не са ясно постановени от гледна точка на позволеното и забраненото, като много хора не знаят становището им.
 Онзи, който изостави нещата, които са съмнителни за него, той запазва религията си, отдалечавайки се от попадането в забраненото - харам. Запазва честта си от говоренето на хората, които ще го порицават заради извършеното съмнително дело. А онзи, който не страни от съмнителните неща, той излага себе си или на попадане в забраненото, или на оронване на репутацията си от хората. Пратеника ﷺ дава пример, за да поясни положението на онзи, който попада в съмнителните неща. Той го оприличава на пастир, който пасе стадото си около забранена зона, която е охранявана от собственика си и има вероятност стадото му да попадне в тази зона заради близостта до нея. По същия начин е положението на онзи, който върши съмнителни неща. По този начин той се приближава до забраненото и има опасност да попадне в него. След това Пророка ﷺ съобщава, че в тялото има парче месо (и това е сърцето), което ако е здраво и праведно, цялото тяло е здраво и праведно, а чрез развалата си - цялото тяло се разваля.</t>
   </si>
   <si>
     <t>الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
   </si>
   <si>
     <t>Насърчаването в изоставянето на съмнителните неща, чието становище не е известно.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4314</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ</t>
+    <t>إن الله كتب الإحسان على كل شيء</t>
   </si>
   <si>
     <t>,,Аллах предписа добротворството във всяко нещо</t>
   </si>
   <si>
     <t>عن شداد بن أوس رضي الله عنه قال: ثِنْتَانِ حَفِظْتُهُمَا عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «إِنَّ اللهَ كَتَبَ الْإِحْسَانَ عَلَى كُلِّ شَيْءٍ، فَإِذَا قَتَلْتُمْ فَأَحْسِنُوا الْقِتْلَةَ، وَإِذَا ذَبَحْتُمْ فَأَحْسِنُوا الذَّبْحَ، وَلْيُحِدَّ أَحَدُكُمْ شَفْرَتَهُ، فَلْيُرِحْ ذَبِيحَتَهُ».</t>
   </si>
   <si>
     <t>От Шеддад Ибн Еус /радийеллаху анху/ казва: ,,Две неща запомних от Пратеника ﷺ: ,,Аллах предписа добротворството във всяко нещо. Когато убивате, го правете по най-добрия начин и когато заколвате (животното), го правете по-най-добрия начин. Всеки един да наостри ножа си добре, за да не мъчи животното, което ще коли".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أن الله تعالى أوجبَ علينا الإحسانَ في كل الأشياء، والإحسان: هو مراقبة الله على الدوام، في عبادته وفي بذل الخير وكف الأذى عن المخلوقين، ومن ذلك الإحسان في القتل والذبح.
 فالإحسان في القتل عند القصاص: بأن يختار أسهلَ الطُّرُق وأخَفَّها وأسرعَها زهوقًا للمقتول.
 والإحسان في الذبح عند الذكاة: بأن يرفق بالبهيمة بإحداد الآلة، وألّا تُحَدَّ أمام الذبيحة وهي تنظر إليها، وألَّا تُذبح وهناك من الماشية ما ينظر إليها.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че Всевишният Аллах ни е задължил да се стремим към добротворството във всичко. Добротворство е: постоянното подсещане за Аллах, в ибадета към Него, във вършенето на доброто, в възспирането на злото към творенията. В тази категория попада и добротворството в убиването и заколването.
 Добротворството в убиването по време на смъртното наказание е: чрез избирането на най-лесния, безболезнен и бърз начин за смъртта на виновника.
 Добротворството в заколването на животното е: като се смили над добичето, наостряйки ножа предварително, а не пред него. Също така да не се заколва, когато има други животни, които гледат.</t>
   </si>
   <si>
     <t>رحمة الله عزّ وجل ولطفه بالخلق.
  إحسان القتل والذبح بأن يكون على الوجه المشروع.
 كمال الشريعة واشتمالها على كل خير، ومن ذلك رحمة الحيوان والرفق به.
 النهي عن المُثْلة بالإنسان بعد قتله.
 تحريم كل ما فيه تعذيب للحيوان.</t>
   </si>
   <si>
     <t>Милостта и добротата на Всевишния Аллах към творенията.
 Добротворството в убиването и заколването е да се извърши по предписания начин.
 Съвършенството на законодателството - шериат, и всеобхватността му във всяко добро. В това попада милостта и добротата към животните.
 Забраната за оскверняването и гаврата с човек след убийството му.
 Забраната за всякакъв вид мъчение към животните.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4319</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً</t>
+    <t>إن الله كتب الحسنات والسيئات، ثم بين ذلك، فمن هم بحسنة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له عنده عشر حسنات إلى سبعمائة ضعف، إلى أضعاف كثيرة، ومن هم بسيئة فلم يعملها كتبها الله له عنده حسنة كاملة، فإن هو هم بها فعملها كتبها الله له سيئة واحدة</t>
   </si>
   <si>
     <t>,,Рече: ,,Аллах предписа добрините и греховете, а след това ги поясни. Онзи, който пожелае да извърши добрина и не я извърши, Аллах му го записва при Себе Си пълна добрина. А ако той пожелае да я извърши и я извърши, Аллах му го записва при Себе Си от десет до седемстотин или до много повече награди. А който пожелае да извърши грях и не го извърши, Аллах му го записва при Себе Си като една пълна награда. А ако го извърши, Аллах му го записва само като един грях</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا يَرْوِي عَنْ رَبِّهِ عَزَّ وَجَلَّ قَالَ: قَالَ: «إِنَّ اللهَ كَتَبَ الْحَسَنَاتِ وَالسَّيِّئَاتِ، ثُمَّ بَيَّنَ ذَلِكَ، فَمَنْ هَمَّ بِحَسَنَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ عَشْرَ حَسَنَاتٍ إِلَى سَبْعِمِائَةِ ضِعْفٍ، إِلَى أَضْعَافٍ كَثِيرَةٍ، وَمَنْ هَمَّ بِسَيِّئَةٍ فَلَمْ يَعْمَلْهَا كَتَبَهَا اللهُ لَهُ عِنْدَهُ حَسَنَةً كَامِلَةً، فَإِنْ هُوَ هَمَّ بِهَا فَعَمِلَهَا كَتَبَهَا اللهُ لَهُ سَيِّئَةً وَاحِدَةً».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/: От Пророка ﷺ в онова, което предава от своя Господ - Превеликия, казва: ,,Рече: ,,Аллах предписа добрините и греховете, а след това ги поясни. Онзи, който пожелае да извърши добрина и не я извърши, Аллах му го записва при Себе Си пълна добрина. А ако той пожелае да я извърши и я извърши, Аллах му го записва при Себе Си от десет до седемстотин или до много повече награди. А който пожелае да извърши грях и не го извърши, Аллах му го записва при Себе Си като една пълна награда. А ако го извърши, Аллах му го записва само като един грях".</t>
   </si>
   <si>
     <t>يُبَيِّنُ الرسولُ صلى الله عليه وسلم أنَّ الله قَدَّر الحسناتِ والسيئاتِ ثم بَيَّنَ للمَلَكين كيف يكتبانها: فمَن أراد وقصد وعَزَم على فعل الحسنة كُتبتْ له حسنة واحدة وإن لم يعملْها، فإن عَمِلها فإنها تُضاعف بعشر أمثالها إلى سبعمائة ضِعفٍ إلى أضعاف كثيرة، والزيادة بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك. ومَن أراد وقصد وعزم على فعل السيئة ثم تَرَكها لله كُتبت له حسنة، وإن تركها تشاغلًا عنها مع عدم فعل أسبابها لم تُكتب شيئًا، وإن تركها عَجزًا عنها كُتبتْ عليه نِيَّتُه، وإن عملها كُتبت له سيئة واحدة.</t>
   </si>
   <si>
     <t>Пратеника ﷺ пояснява, че Аллах е предписал добрините и греховете, а след това е обяснил на меляикетата как да ги записват:
 Онзи, който е пожелал и решил да извърши добрина му се записва една добрина, дори да не я е извършил. А ако я извърши, тя му се умножава от десет до седемстотин или по много повече от това. Умножаването зависи от искреността в сърцето му, каква полза е донесла и т. н.
 А който е пожелал и решил да извърши грях и не го е извършил заради Аллах, на него му се записва една добрина. Ако го изостави поради друга причина, не му се записва нищо. Ако го изостави поради възпрепятстване, се записва намерението му. А ако го извърши, му се записва един грях.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 إثبات كتابة الله تعالى الحسنات والسيئات، ثم بيانه ذلك لعباده حتى يعلموا ذلك، ويكونوا على بصيرة من أمرهم، فيمتثلوا أمره ويجتنبوا نهيه على هدى من ربّهم.
 بيانُ فضل الله تعالى العظيم على هذه الأمة في كتابة الحسنات ومضاعفتها، وعدم كتابة السيئات إلا بعد فعلها وكتابتها سيئة واحدة.
 الزيادة في مضاعفة الحسنات بحسب ما في القلب من الإخلاص وتَعَدِّي النَّفْع ونحو ذلك، فيضاعفها الله برحمته وفضله.
 بيان الفضل الذي يترتب للعبد على ترك السيئة وهِجران لذته، وترك شهوته من أجل ربه عز وجل رغبةً في ثوابه، ورهبةً من عقابه.
 من لطف الله تعالى بالأمة أن ضاعف لها حسناتها ولم يضاعف سيئاتها.
 كتابة الملائكة لجميع الأعمال من أعمال القلوب والجوارح.</t>
   </si>
   <si>
     <t>Пояснение за великото превъзходството на Аллах към тази общност в умножението и записването на добрините при Него и неумножението на греховете.
 Важността на възнамерението - нийет, в делата и последствията от него.
 Превъзходството на Великия Аллах, състрадателността и добротворството Му в това, че който възнамери да извърши добрина и не я извърши, Аллах му я записва като добрина.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4322</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ</t>
+    <t>إن الله لا ينظر إلى صوركم وأموالكم، ولكن ينظر إلى قلوبكم وأعمالكم</t>
   </si>
   <si>
     <t>,,Наистина Аллах не гледа към вашите лица и богатства, но гледа към сърцата и делата ви</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَا يَنْظُرُ إِلَى صُوَرِكُمْ وَأَمْوَالِكُمْ، وَلَكِنْ يَنْظُرُ إِلَى قُلُوبِكُمْ وَأَعْمَالِكُمْ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се казва: ,,Пратеника на Аллах ﷺ каза: ,,Наистина Аллах не гледа към вашите лица и богатства, но гледа към сърцата и делата ви".</t>
   </si>
   <si>
     <t>يُبَِّنُ النبيُّ صلى الله عليه وسلم أنَّ اللهَ سبحانه وتعالى لا يَنظُرُ إلى صور العبادِ وأجسامِهم، هل هي جميلةٌ أو ذَميمةٌ؟ هلْ هي كَبيرةٌ أو صَغيرةٌ؟ أو صَحيحةٌ أو سَقيمةٌ؟ 
 ولا يَنظُرُ إلى أموالهم، هل هي كثيرة أو قليلة؟ فالله عزَّ وجلَّ لا يُؤاخِذُ عبادَه ولا يُحاسبُهم على هذه الأمورِ وتَفاوُتِهم فيها، ولكنْ يَنظُرُ إلى قُلوبِهم وما فيها من التَّقْوى واليقينِ، والصدقِ والإخلاصِ، أو قصدِ الرياءِ والسُّمعةِ، وينظُرُ إلى أعمالِهم من حيثُ صلاحُها وفسادُها؛ فيثيبُ ويُجازي عليها.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че Всевишният и Пречист Аллах не гледа към лицата и телата на рабите - дали са красиви, или грозни, малки, или големи, здрави, или болни? Не гледа към парите им, дали са много или малко. Великият Аллах не държи сметка на рабите Си за това и за разликата помежду им в тези неща. Но Той гледа към сърцата им и към богобоязънта, убедеността, искреността и правдивостта в тях. Или пък към желанието за показност и слава. Той гледа към делата им от гледна точка на това дали са правилни, или грешни и въздава спрямо тях.</t>
   </si>
   <si>
     <t>الاعتناء بإصلاح القلب، وتطهيره عن كل وصف مذموم.
 صلاح القلب بالإخلاص، وصلاح العمل بمتابعة النبي عليه الصلاة والسلام، وهما محل النظر والاعتبار عند الله تعالى.
 لا يغتر الإنسان بماله ولا بجماله ولا ببدنه ولا بشيء من مظاهر هذه الدنيا.
 التحذير من الركون إلى الظاهر دون إصلاح الباطن.</t>
   </si>
   <si>
     <t>Грижата за почистването и поправянето на сърцето от всяко порицано качество.
 Поправянето на сърцето се осъществява чрез искреност, а поправяне на делата се осъществява чрез следването на Пророка ﷺ. Тези две неща са съществените, които Всевишният Аллах гледа при раба.
 Човекът да не се подмамва с парите, красотата или тялото си, нито пък с нещата от този свят.
 Предупреждението да не се осланяме на явното, ако не е поправено скритото.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4555</t>
   </si>
   <si>
-    <t>إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى</t>
+    <t>إنما الأعمال بالنيات، وإنما لكل امرئ ما نوى</t>
   </si>
   <si>
     <t>Делата са единствено според намеренията и за всеки човек е онова, което е възнамерил</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّةِ، وَإِنَّمَا لِامْرِئٍ مَا نَوَى، فَمَنْ كَانَتْ هِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، فَهِجْرَتُهُ إِلَى اللهِ وَرَسُولِهِ، وَمَنْ كَانَتْ هِجْرَتُهُ لِدُنْيَا يُصِيبُهَا أَوِ امْرَأَةٍ يَتَزَوَّجُهَا، فَهِجْرَتُهُ إِلَى مَا هَاجَرَ إِلَيْهِ».
 وفي لفظ للبخاري: «إِنَّمَا الْأَعْمَالُ بِالنِّيَّاتِ، وَإِنَّمَا لِكُلِّ امْرِئٍ مَا نَوَى».</t>
   </si>
   <si>
     <t>От Омар Ибн Ел-Хаттаб /радийеллаху анху/ се предава: ,,Пратеника на Аллах ﷺ каза: ,,Делата са единствено според намерението и за човек е онова, което е възнамерил. Онзи, чието преселение е към Аллах и Неговия Пратеник, то неговото преселение е към Аллах и Неговия Пратеник. А онзи, чието преселение е заради облага от земния живот или заради жена, за която да се ожени, то неговото преселение е към онова, към което се е преселил".
 А във варианта в сборника на Бухари: ,,Делата са единствено според намеренията и за всеки човек е онова, което е възнамерил...".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ كل الأعمال معتبرة بالنية، وهذا الحكم عام في جميع الأعمال من العبادات والمعاملات، فمن قصد بعمله منفعةً لم يَنَلْ إلا تلك المنفعة ولا ثواب له، ومن قصد بعمله التقرب إلى الله تعالى نال من عمله المثوبة والأجر ولو كان عملًا عاديًّا، كالأكل والشرب.
 ثم ضرب صلى الله عليه وسلم مثلًا لبيان تأثير النية في الأعمال مع تساويهما في الصورة الظاهرة، فبَيَّن أنَّ من قصد بهجرته وترك وطنه ابتغاء مرضات ربه، فهجرته هجرة شرعية مقبولة يثاب عليها لصدق نيته، ومن قصد بهجرته منفعةً دنيوية، من مال، أو جاه، أو تجارة، أو زوجة، فلا ينال من هجرته إلا تلك المنفعة التي نواها، ولا نصيب له من الأجر والثواب.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че всяко едно дело е валидно единствено чрез възнамерение. Това становище е общо във всички видове дела и взаимоотношения. Който чрез делото си цели изгода, той ще получи само нея, без да има награда от това. А който чрез делото си цели приближаването към Всевишния Аллах, печели награда от делото си, дори то да е нещо обикновено, като яденето и пиенето.
 След това ﷺ дава пример, пояснявайки как възнамерението влияе върху делата, въпреки че явно изглеждат равнопоставени. Пояснява, че който с преселението и изоставянето на родината си, цели задоволството на своя Господ, то неговото преселение е съобразно шериата, прието е и получава награда поради правдивостта на намерението си. А онзи, който чрез преселението си цели земна полза като пари, слава, търговия или съпруга, той получава от преселението си само тази полза, която е възнамерил и няма дял от наградата и възнаграждението.</t>
   </si>
   <si>
     <t>الحث على الإخلاص، فإن الله لا يقبل من العمل إلا ما ابتُغي به وجهه.
 الأعمال التي يُتَقَرَّبُ بها إلى الله عز وجل إذا فعلها المكلف على سبيل العادة ليس له ثواب عليها، حتى يقصِدَ بها التقرب إلى الله.</t>
   </si>
   <si>
     <t>Подтикването към искреността, защото Аллах приема единствено делата, чрез които се цели Неговият Лик.
 Когато делата, чрез които се осъществява приближаването към Великия Аллах биват извършвани от натоварения с тях (мукеллеф), просто като обикновени действия, той няма награда за тях, докато не възнамери да се приближи към Аллах чрез тях.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4560</t>
   </si>
   <si>
-    <t>الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا</t>
+    <t>الإسلام أن تشهد أن لا إله إلا الله، وأن محمدا رسول الله، وتقيم الصلاة، وتؤتي الزكاة، وتصوم رمضان، وتحج البيت إن استطعت إليه سبيلا</t>
   </si>
   <si>
     <t>Ислямът е да свидетелстваш, че няма друго божество освен Аллах и че Мухаммед е Пратеника на Аллах; да изпълняваш намаз; да раздаваш зекят; да говееш през месец Рамадан и да извършиш поклонение Хадж в Дома [на Аллах], ако имаш възможност да го сториш</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: بَيْنَمَا نَحْنُ عِنْدَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ ذَاتَ يَوْمٍ إِذْ طَلَعَ عَلَيْنَا رَجُلٌ شَدِيدُ بَيَاضِ الثِّيَابِ، شَدِيدُ سَوَادِ الشَّعَرِ، لَا يُرَى عَلَيْهِ أَثَرُ السَّفَرِ، وَلَا يَعْرِفُهُ مِنَّا أَحَدٌ، حَتَّى جَلَسَ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَأَسْنَدَ رُكْبَتَيْهِ إِلَى رُكْبَتَيْهِ، وَوَضَعَ كَفَّيْهِ عَلَى فَخِذَيْهِ، وَقَالَ: يَا مُحَمَّدُ، أَخْبِرْنِي عَنِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْإِسْلَامُ أَنْ تَشْهَدَ أَنْ لَا إِلَهَ إِلَّا اللهُ، وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ، وَتُقِيمَ الصَّلَاةَ، وَتُؤْتِيَ الزَّكَاةَ، وَتَصُومَ رَمَضَانَ، وَتَحُجَّ الْبَيْتَ إِنِ اسْتَطَعْتَ إِلَيْهِ سَبِيلًا» قَالَ: صَدَقْتَ، قَالَ: فَعَجِبْنَا لَهُ، يَسْأَلُهُ وَيُصَدِّقُهُ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِيمَانِ، قَالَ: «أَنْ تُؤْمِنَ بِاللهِ، وَمَلَائِكَتِهِ، وَكُتُبِهِ، وَرُسُلِهِ، وَالْيَوْمِ الْآخِرِ، وَتُؤْمِنَ بِالْقَدَرِ خَيْرِهِ وَشَرِّهِ» قَالَ: صَدَقْتَ، قَالَ: فَأَخْبِرْنِي عَنِ الْإِحْسَانِ، قَالَ: «أَنْ تَعْبُدَ اللهَ كَأَنَّكَ تَرَاهُ، فَإِنْ لَمْ تَكُنْ تَرَاهُ فَإِنَّهُ يَرَاكَ» قَالَ: فَأَخْبِرْنِي عَنِ السَّاعَةِ، قَالَ: «مَا الْمَسْؤُولُ عَنْهَا بِأَعْلَمَ مِنَ السَّائِلِ» قَالَ: فَأَخْبِرْنِي عَنْ أَمَارَتِهَا، قَالَ: «أَنْ تَلِدَ الْأَمَةُ رَبَّتَهَا، وَأَنْ تَرَى الْحُفَاةَ الْعُرَاةَ الْعَالَةَ رِعَاءَ الشَّاءِ يَتَطَاوَلُونَ فِي الْبُنْيَانِ» قَالَ: ثُمَّ انْطَلَقَ، فَلَبِثْتُ مَلِيًّا ثُمَّ قَالَ لِي: «يَا عُمَرُ، أَتَدْرِي مَنِ السَّائِلُ؟» قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّهُ جِبْرِيلُ، أَتَاكُمْ يُعَلِّمُكُمْ دِينَكُمْ».</t>
   </si>
   <si>
     <t>Омар ибн ел-Хаттаб /радийеллаху анху/ казва: ,,Един ден, докато седяхме при Пратеника на Аллах ﷺ, пред нас се появи човек с много светли бели дрехи и много тъмна черна коса, по него нямаше следи от пътуване и никой от нас не го познаваше. Той седна пред Пророка ﷺ, опря коленете си до неговите колене и постави ръцете си върху своите бедра. Той каза: ,,Ей, Мухаммед, разкажи ми за исляма". Пратеника на Аллах ﷺ каза: ,,Ислямът е да свидетелстваш, че няма друго божество освен Аллах и че Мухаммед е Пратеника на Аллах; да изпълняваш намаз; да раздаваш зекят; да говееш през месец Рамадан и да извършиш поклонение Хадж в Дома [на Аллах], ако имаш възможност да го сториш". [Странникът] рече: ,,Ти каза истината". Ние му се зачудихме, първо го попита, а след това отвърна, че е казал истината. След това каза: ,,Разкажи ми за вярата?". [Пророка ﷺ] каза: ,,Да вярваш в Аллах, в ангелите Му, в книгите Му, в пратениците Му, в Съдния ден и в съдбата с доброто и лошото в нея". [Странникът] рече: ,,Ти каза истината". [И отново] попита: ,,Разкажи ми за добротворството - ихсан?". [Пророка ﷺ ] каза: ,,Да служиш на Аллах, сякаш Го виждаш, [защото], ако ти не Го виждаш, то Той те вижда". [Странникът] рече: ,,Разкажи ми за Сетния час". [Пророка, ﷺ] каза: ,,Питаният за него не знае повече от питащия". [Странникът] рече: ,,Разкажи ми за знаците му". [Пророка ﷺ] каза: ,,Робинята да ражда господарката си, да виждаш как босите, голи и бедни овчари издигат все по-високи сгради". След това той си тръгна, а аз останах дълго. После [Пророка, ﷺ] каза: ,,Ей, Омар, знаеш ли кой беше питащият?". Казах: ,,Аллах и Неговият Пратеник знаят най-добре". [Пророка ﷺ] каза: ,,Това беше Джибрил, който дойде при вас, за да ви научи на вашата религия".</t>
   </si>
   <si>
     <t>يُخبِرُ عمر بن الخطاب رضي الله عنه أنّ جبريل عليه السلام خرج على الصحابة رضي الله عنهم بصورةِ رجلٍ لا يُعرف، ومن صفاته أنّ ثيابَه شديدة البياض، وشعرَه شديد السواد، لا يُرى عليه أَثَرُ السَّفَر من ظهور التعب، والغبار، وتفرُّق الشَّعَر، واتساخ الثياب، ولا يَعرفه أحدٌ من الحاضرين، وهم جلوس عند النبي صلى الله عليه وسلم، فَجَلسَ بين يدي النبي صلى الله عليه وسلم جِلْسَة المُتَعلِّم، فسأله عن الإسلام، فأجابه بهذه الأركان التي تتضمن الإقرار بالشهادتين، والمحافظة على الصلوات الخمس، وأداء الزكاة لمستحقيها، وصيام شهر رمضان، وأداء فريضة الحج على المستطيع.
 فقال السائل: صدقت، فاستغرب الصحابةُ من سؤالِه الدَّالِّ على عَدَمِ معرفتِه فيما يَظهر ثم تصديقِه.
 ثم سأله عن الإيمان، فأجابه بهذه الأركان الستة المتضمنة الإيمان بوجود الله تعالى وصفاته، وإفراده بأفعاله كالخلق، وإفراده بالعبادة، وأن الملائكة التي خلقها الله من نور عباد مُكْرَمون لا يعصون الله تعالى وبأمره يعملون، والإيمان بالكتب المنزلة على الرُّسُل من عند الله تعالى، كالقرآن والتوراة والإنجيل وغيرها، وبالرسل المبلِّغين عن الله دينَه، ومنهم نوح وإبراهيم وموسى وعيسى وآخرهم محمد صلى الله عليهم وسلم، وغيرهم من الأنبياء والرسل، والإيمان باليوم الآخر، ويدخل فيه ما بعد الموت من القبر والحياة البرزخية، وأن الإنسان يُبعث بعد الموت ويُحاسب، ويكون مصيره إما إلى الجنة أو النار، والإيمان بأنَّ الله قدَّرَ الأشياء حسبما سَبَق به علمُه واقتضته حكمتُه وكتابته لذلك، ومشيئته له، ووقوعها على حسب ما قدَّرها، وخلقَه لها.
 ثم سأله عن الإحسان، فأخبره أن الإحسان أن يَعبُدَ اللهَ كأنه يراه، فإن لم يَتَحقَّق له الوصولُ إلى هذه المنزلة فلْيَعبُدِ اللهَ تعالى كأنَّ اللهَ يُشاهدُه، فالأولى منزلة المشاهدة، وهي أعلى، والثانية منزلة المراقبة.
 ثم سأله متى الساعة؟ فبيَّن النبيُّ صلى الله عليه وسلم أنَّ عِلْمَ الساعة ممّا استأثر الله بعلمه، فلا يعلمه أحد من الخلق، لا المسؤول عنها ولا السائل.
 ثم سأله عن علامات الساعة؟ فبين أنَّ مِن علاماتِها كثرةَ السراري وأولادِها، أو كثرةَ عقوقِ الأولاد لأمهاتِهم يعاملونهن معاملة الإماء، وأن رعاةَ الغنم والفقراء تُبسط لهم الدنيا في آخر الزمان، فيتفاخرون في زخرفة المباني وتشييدِها.
 ثم أخبر النبيُّ صلى الله عليه وسلم أنَّ السائل هو جبريل جاء لتعليم الصحابة هذا الدين الحنيف.</t>
   </si>
   <si>
     <t>Омар ибн ел-Хаттаб /радийеллаху анху/ съобщава, че Джибрил /алейхисселям/ дошъл при сподвижниците /радийеллаху анхум/ във вид на непознат човек. От описанието му е, че дрехите му били много бели, а косата му много черна. По него не се виждали следи от път като умора, прах, разрошване на косата, замърсяване на дрехите и никой от присъстващите не го познавал. Те били седнали при Пророка ﷺ, той също седнал пред Пророка ﷺ в стойка на учащ се и го попитал за исляма. Отговорил му чрез тези основи, които включват потвърждението за двете свидетелства, спазването на петкратната молитва - намаз, даването на зекят на онези, които имат право на него, говеенето в месец Рамадан и изпълнението на задължението Хадж за онзи, който има възможност.
 Питащият отговорил: ,,Ти каза истината". Сподвижниците се учудили на въпроса му, който говорел за незнанието му на пръв поглед, а след това се учудили и на потвърждението му.
 След това попитал за вярата - иман, и той му отговорил чрез тези шест основи, съдържащи вярата в съществуването на Всевишния Аллах и Неговите качества и в единството на Неговите дела като сътворението и единството в обожествяването му - ибадет. И че меляикетата, които Аллах е сътворил от светлина, са почетени раби, които не се противят на Всевишния Аллах, а се покоряват на заповедта Му. И вярата в низпосланите книги към пратениците и че те са от Всевишния Аллах, като Корана, Теурата (Тората), Инджила (Евангелието) и другите. И вярата в пратениците - известители, за религията на Аллах. От тях са: Нух, Ибрахим, Муса, Иса и последният от тях е Мухаммед ﷺ, както и в останалите пророци и пратеници. И вярата в Съдия ден, като в него влиза и вярата в онова, което е след смъртта, като гроба, задгробния живот и че човек бива съживяван след смъртта си и ще му се търси равносметка, а неговият път ще бъде или към Дженнета, или към Огъня. И вярата, че Аллах е предопределил нещата спрямо онова, което е предписал отпреди, чрез знанието и желанието Си, според мъдростта Си и според записването Си и че те се случват точно, както ги е предписал и сътворил. След това го попитал за добротворството - ихсан. Той му съобщил, че ихсан е да обожествява Аллах все едно Го вижда, но макар и да не е достигнал до това положение, то да обожествява Всевишния Аллах така, сякаш Той го гледа. Първият вид, който е по-превъзходен е степента на наблюдението, а вторият вид е степента на самоконтрола.
 След това го попитал кога е Часът? Пророка ﷺ му пояснил, че знанието за Часа е от нещата, които Всевишният Аллах е запазил за Себе си и никой от творенията не го знае. Нито питаният, нито питащият.
 След това го попитал за признаците на Часа. Той му обяснил, че от признаците му е увеличаването на робините и техните деца или увеличението на непослушанието към майката и третирането ѝ като робиня. И че към края на света на овчарите и бедняците ще бъдат улеснени богатствата на земния живот и те ще се надпреварват в строителството и украсата на сградите.
@@ -1644,177 +1644,177 @@
 الأدب مع المعلِّم كما فعل جبريل عليه السلام، حيث جلس أمام النبي صلى الله عليه وسلم جِلْسَة المتأدِّب ليأخذ منه.
 أركان الإسلام خمسة، وأصولَ الإيمان ستة.
 عند اجتماع الإسلام والإيمان يُفسَّر الإسلام بالأمور الظاهرة، والإيمان بالأمور الباطنة.
 بيان أن الدين درجات متفاوتة، فالدرجة الأولى :الإسلام، والثانية :الإيمان، والثالثة: الإحسان، وهو أعلاها.
 الأصل في السائل عدم العلم، والجهل هو الباعث على السؤال، لذلك عَجِب الصحابةُ من سؤالِه وتصديقِه.
 البدء بالأهمِّ فالأهمِّ؛ لأنَّه بُدىء بالشهادَتين في تفسير الإسلام، وبُدىء بالإيمان بالله في تفسير الإيمان.
 سؤال أهل العلم ما لا يجهله السائل، ليعلم غيره.
 علم الساعة مِمَّا استأثر الله بعلمه.</t>
   </si>
   <si>
     <t>Добрият нрав на Пророка ﷺ, който седял със сподвижниците си и те седели с него.
 Постановлението за любезност към питащия и приближаването му, за да може спокойно да зададе въпроса си.
 Етикетът към учителя по начина, който се е държал Джибрил /алейхисселям/. Той седнал пред Пророка ﷺ възпитано, за да се възползва от него.
 Основите на исляма са пет, а основите на вярата - шест.
 Когато термините ,,ислям" и ,,иман" се споменат заедно, ислямът се характеризира с явните неща, а иманът - със скритите.
 Пояснение за това, че религията е на различни степени. Първата степен: ислям, втората: иман, а третата: ихсан, която е най-високата.
 Основата при питащия е незнанието, като невежеството е причината за питането. Затова сподвижниците се учудили на питащия, който задавал въпроси, а след това потвърждавал отговора.
 Започването с най-важното към следващото по важност. Той започва с двете свидетелства, разяснявайки исляма и с вярата в Аллах, разяснявайки имана.
 Задаването на въпроси към учените, които са ни ясни, за да се поучат другите.
 Знанието за Часа е от скритите неща при Аллах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4563</t>
   </si>
   <si>
-    <t>لَا تَغْضَبْ</t>
+    <t>لا تغضب</t>
   </si>
   <si>
     <t>Не се ядосвай</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أَنَّ رَجُلًا قَالَ لِلنَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: أَوْصِنِي، قَالَ: «لَا تَغْضَبْ» فَرَدَّدَ مِرَارًا قَالَ: «لَا تَغْضَبْ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че: Един човек рекъл на Пророка ﷺ: ,,Поучи ме!". Отвърнал: ,,Не се ядосвай". Той повторил искането си няколко пъти, а той отвръщал: ,,Не се ядосвай".</t>
   </si>
   <si>
     <t>طَلبَ أحدُ الصحابة رضوان الله عليهم من النبي صلى الله عليه وسلم أن يَدُلَّه على شيء ينفعه، فأمره ألّا يغضب، ومعنى ذلك أن يَجتنبَ الأسبابَ التي تحمله على الغضب، وأن يَضبطَ نفسَه إذا حَصَل له الغضب، فلا يَتَمادى مع غضبه بالقتل أوالضرب أوالسب ونحو ذلك. 
 وردَّدَ الرجلُ طَلَبَ الوصيةِ مَرَّات، فلم يَزِدْه صلى الله عليه وسلم في الوصية على "لا تغضب".</t>
   </si>
   <si>
     <t>Един от сподвижниците /Аллах да е доволен от тях/ поискал от Пророка ﷺ да му посочи нещо, което ще му е от полза, и той му повелил да не се ядосва. Това означава, да страни от причините, водещи до гнева. Също така да контролира себе си, когато се ядоса, и да не допуска гнева да го отведе до ругатни, бой или убийство и т.н.
 Мъжът повторил няколко пъти молбата си за поучение, а Пратеника ﷺ не му казал нищо повече от това, да не се ядосва.</t>
   </si>
   <si>
     <t>التحذير من الغضب وأسبابه، فإنه جِماعُ الشر، والتحرُّزُ منه جماعُ الخير.
 الغضب لله كالغضب عند انتهاك محارم الله من الغضب المحمود.
 تَكرار الكلام عند الحاجة حتى يَعِيَه السامعُ ويُدرك أهميتَه.
 فضيلة طلب الوصية من العالِم.</t>
   </si>
   <si>
     <t>Предупреждението за гнева и неговите причини, защото е инкубатор на злото, а освобождаването от него е инкубатор на доброто.
 Ядосването заради Аллах, като например гнева при нарушаване границите на Аллах, е похвален.
 Повтарянето на думите при нужда, докато слушателят ги разбере и схване важността им.
 Превъзходството да се търси наставление от учения.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4709</t>
   </si>
   <si>
-    <t>لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ</t>
+    <t>لا ضرر ولا ضرار، من ضار ضره الله، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>,,Не трябва да се върши зло и не трябва да се отвръща със зло. Който навреди - Аллах ще му навреди, а който затрудни - Аллах ще го затрудни</t>
   </si>
   <si>
     <t>عن أبي سعيد الخدري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا ضَرَرَ وَلَا ضِرَارَ، مَنْ ضَارَّ ضَرَّهُ اللَّهُ، وَمَنْ شَاقَّ شَقَّ اللَّهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>От Ебу Сеид ел-Худрий /радийеллаху анху/, че Пратеника на Аллах ﷺ казва: ,,Не трябва да се върши зло и не трябва да се отвръща със зло. Който навреди - Аллах ще му навреди, а който затрудни - Аллах ще го затрудни".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه يَجِبُ دفعُ الضررِ بمختلف أنواعه ومظاهره عن النفس وعن الآخرين، فلا يَحِلُّ لأحدٍ أن يُؤذيَ نفسَه أو غيرَه على حد سواء.
 ولا يَحلُّ له أن يقابِلَ الضررَ بالضرر؛ لأن الضررَ لا يُزال بالضرر إلا على سبيل القصاص دون تعدٍّ.
 ثم بيَّنَ النبيُّ صلى الله عليه وسلم الوعيدَ بحصول الضرر لمن يَضرُّ بالناس، وبحصول المشقة لمن يَشقُّ على الناس.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че отблъскването на вредата във всичките ѝ форми и нейното проявление към себе си или към другите е задължително. На никого не е позволено да вреди нито на себе си, нито на другите.
 Не му е позволено да отвръща на вредата с вреда, защото вредата не се премахва с вреда, освен в случаите на справедливо възмездие (кисас), без да се преувеличава.
 След това Пророка ﷺ пояснява, заплахата за понасяне на вреда, ако някой вреди на хората и с понасянето на затруднение за онзи, който затруднява хората.</t>
   </si>
   <si>
     <t>النهي عن المجازاة بأكثر من المِثْل.
 لم يأمر اللهُ عبادَه بشيء يضرُّهم.
 تحريم الضرر والضرار بالقول أو بالفعل أو بالترك.
 الجزاء من جنس العمل، فمن ضارَّ ضارَّه الله، ومن شاقَّ شاقَّه الله.
 من قواعد الشريعة: أن "الضرر يُزال"، فالشريعة لا تُقِرُّ الضرر، وتنكر الإضرار.</t>
   </si>
   <si>
     <t>Забраната за възмездие повече от реципрочното.
 Аллах не е заповядал на рабите си нищо, което да им навреди.
 Забраната за вършенето и отвръщането със зло чрез думи, действия или изоставяне.
 Отплатата е според извършеното. Онзи, който навреди - Аллах ще му навреди, а онзи, който затрудни - Аллах ще го затрудни.
 От шериатските правила е: ,,Вредата се премахва". Шериатът не толерира вредата и отхвърля отвръщането с вреда.</t>
   </si>
   <si>
     <t>صحيح بشواهده</t>
   </si>
   <si>
     <t>رواه الدارقطني</t>
   </si>
   <si>
     <t>[صحيح بشواهده]</t>
   </si>
   <si>
     <t>[رواه الدارقطني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4711</t>
   </si>
   <si>
-    <t>لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا</t>
+    <t>لو أنكم تتوكلون على الله حق توكله، لرزقكم كما يرزق الطير، تغدو خماصا وتروح بطانا</t>
   </si>
   <si>
     <t>,,Ако се уповавате на Аллах с истинско упование, щеше да ви дарява с препитание така, както дарява с препитание птиците. Сутрин излизат гладни, а вечер се връщат сити</t>
   </si>
   <si>
     <t>عن عمر بن الخطاب رضي الله عنه قال: إنه سمع نبي الله صلى الله عليه وسلم يقول: «لَو أَنَّكُمْ تَتَوَكَّلُونَ عَلَى اللهِ حَقَّ تَوَكُّلِهِ، لَرَزَقَكُمْ كَمَا يَرْزُقُ الطَّيْرَ، تَغْدُو خِمَاصًا وَتَرُوحُ بِطَانًا».</t>
   </si>
   <si>
     <t>От Омар ибн ел-Хаттаб /радийеллаху анху/ се казва: ,,Наистина чул Пророка ﷺ да казва: ,,Ако се уповавате на Аллах с истинско упование, щеше да ви дарява с препитание така, както дарява с препитание птиците. Сутрин излизат гладни, а вечер се връщат сити".</t>
   </si>
   <si>
     <t>يَحُثُّنا النبيُّ صلى الله عليه وسلم أن نَعتَمِد على الله عز وجل في استجلاب المنافع ودفع المضار في أمور الدنيا والدين، فإنه لا يُعطي ولا يَمنع ولا يَضر ولا يَنفع إلا هو سبحانه وتعالى، 
 وأن نفعل الأسباب التي تَجْلُب المنافع وتدفع المضار مع صدق الاعتماد على الله، فمتى فعلنا ذلك رزَقَنا اللهُ كما يرزق الطير التي تخرج صباحًا وهي جياع، ثم تعود مساءً وهي ممتلئة البطون، وهذا الفعلُ من الطير نوعٌ من الأسباب في السعي لطلب الرزق، دون التواكل والتكاسل.</t>
   </si>
   <si>
     <t>Пророка ﷺ ни подтиква да разчитаме на Великия Аллах в придобиването на ползите и в отблъскването на вредите в земните и религиозните дела. Защото никой освен Пречистия и Всевишен Аллах не може да даде, отнеме, навреди или допринесе полза. И да извършим предпоставките, които донасят ползи и премахват вреди, заедно с искреното разчитане на Аллах. Когато направим това, Аллах ще ни дари с препитание така, както дарява птиците, които излизат гладни сутрин, а вечер се връщат с пълни стомаси. Тези действия на птиците са вид правене на предпоставки в търсене на препитанието, без мързел и бездействие.</t>
   </si>
   <si>
     <t>فضيلة التوكل، وأنه من أعظم الأسباب التي يُسْتَجْلَبُ بها الرزق.
 التوكل لا ينافي فعل الأسباب، فإنه أخبر أن التوكل الحقيقي لا يضادُّه الغدوُّ والرَّوَاحُ في طلب الرزق.
 اهتمام الشريعة بأعمال القلوب؛ لأن التوكل عمل قلبيٌّ.
 التعلق بالأسباب فقط نقصٌ في الدين، وترك الأسباب نقصٌ في العقل.</t>
   </si>
   <si>
     <t>Превъзходството на упованието е, че то е от най-големите предпоставки, чрез които се придобива препитанието.
 Упованието не противоречи на извършването на предпоставки. Той съобщава, че истинското упование не противоречи на отиването сутрин на работа и връщането вечер в търсене на препитание.
 Грижата на шериата за делата на сърцата, защото упованието е дело, извършвано от  сърцето.
 Привързването единствено към предпоставките е недостатък в религията, а изоставянето на предпоставките е недостатък в разума.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4721</t>
   </si>
   <si>
-    <t>يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا</t>
+    <t>يا عبادي إني حرمت الظلم على نفسي، وجعلته بينكم محرما، فلا تظالموا</t>
   </si>
   <si>
     <t>О, раби Мои, Аз забраних гнета за себе си и го забраних между вас, така че, не се угнетявайте</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه: عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِيمَا رَوَى عَنِ اللهِ تَبَارَكَ وَتَعَالَى أَنَّهُ قَالَ: «يَا عِبَادِي إِنِّي حَرَّمْتُ الظُّلْمَ عَلَى نَفْسِي، وَجَعَلْتُهُ بَيْنَكُمْ مُحَرَّمًا، فَلَا تَظَالَمُوا، يَا عِبَادِي كُلُّكُمْ ضَالٌّ إِلَّا مَنْ هَدَيْتُهُ، فَاسْتَهْدُونِي أَهْدِكُمْ، يَا عِبَادِي كُلُّكُمْ جَائِعٌ إِلَّا مَنْ أَطْعَمْتُهُ، فَاسْتَطْعِمُونِي أُطْعِمْكُمْ، يَا عِبَادِي كُلُّكُمْ عَارٍ إِلَّا مَنْ كَسَوْتُهُ، فَاسْتَكْسُونِي أَكْسُكُمْ، يَا عِبَادِي إِنَّكُمْ تُخْطِئُونَ بِاللَّيْلِ وَالنَّهَارِ وَأَنَا أَغْفِرُ الذُّنُوبَ جَمِيعًا فَاسْتَغْفِرُونِي أَغْفِرْ لَكُمْ، يَا عِبَادِي إِنَّكُمْ لَنْ تَبْلُغُوا ضَرِّي فَتَضُرُّونِي، وَلَنْ تَبْلُغُوا نَفْعِي فَتَنْفَعُونِي، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَتْقَى قَلْبِ رَجُلٍ وَاحِدٍ مِنْكُمْ مَا زَادَ ذَلِكَ فِي مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ كَانُوا عَلَى أَفْجَرِ قَلْبِ رَجُلٍ وَاحِدٍ مَا نَقَصَ ذَلِكَ مِنْ مُلْكِي شَيْئًا، يَا عِبَادِي لَوْ أَنَّ أَوَّلَكُمْ وَآخِرَكُمْ وَإِنْسَكُمْ وَجِنَّكُمْ قَامُوا فِي صَعِيدٍ وَاحِدٍ فَسَأَلُونِي فَأَعْطَيْتُ كُلَّ إِنْسَانٍ مَسْأَلَتَهُ مَا نَقَصَ ذَلِكَ مِمَّا عِنْدِي إِلَّا كَمَا يَنْقُصُ الْمِخْيَطُ إِذَا أُدْخِلَ الْبَحْرَ، يَا عِبَادِي إِنَّمَا هِيَ أَعْمَالُكُمْ أُحْصِيهَا لَكُمْ ثُمَّ أُوَفِّيكُمْ إِيَّاهَا، فَمَنْ وَجَدَ خَيْرًا فَلْيَحْمَدِ اللهَ، وَمَنْ وَجَدَ غَيْرَ ذَلِكَ فَلَا يَلُومَنَّ إِلَّا نَفْسَهُ».</t>
   </si>
   <si>
     <t>От Ебу Зер /радийеллаху анху/: ,,Пророка ﷺ е казал в онова, което предава от своя Пречист и Всевишен Господ, че Той казва:
 ,,О, раби Мои, Аз забраних гнета за себе си и го забраних между вас, така че, не се угнетявайте.
 О, раби Мои, вие всички сте заблудени освен онези, които Аз напътих, затова Ме молете за напътствие и Аз ще ви напътя.
 О, раби Мои, вие всички сте гладни освен онези, които Аз нахраних, затова Ме молете за храна и Аз ще ви нахраня.
 О, раби Мои, вие всички сте голи освен онези, които Аз облякох, затова Ме молете за облекло и Аз ще ви облека.
 О, раби Мои, всички вие вършите грях и денем, и нощем, а Аз опрощавам всички грехове, затова Ме молете за прошка и Аз ще ви простя.
 О, раби Мои, вие не ще достигнете до вредата Ми, та да Ми навредите, и вие не ще достигнете до Моята полза, та да Ми помагате.
 О, раби Мои, дори първият и последният от вас, и хората, и джиновете да са толкова богобоязливи, колкото най-богобоязливото сърце на човек, всичко това не ще прибави нищо към Моето владение.
 О, раби Мои, дори първият и последният от вас, и хората, и джиновете да са толкова покварени, колкото най-поквареното сърце на човек, всичко това не ще намали нищо от Моето владение.
 О, раби Мои, дори първият и последният от вас, и хората, и джиновете да застанат на едно място и да поискат от Мен, Аз ще дам на всеки според молбата му и това не ще намали с нищо онова, което е у Мен, освен както, ако една игла бъде вкарана в морето.
 О, раби Мои, именно това са вашите дела, които Аз записвам за вас, а след това ви въздавам според тях. Който намери добро, нека възхвалява Аллах, а който намери друго, да не обвинява никой друг освен себе си".</t>
   </si>
   <si>
     <t>يُبيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الله سبحانه وتعالى قال بأنه حَرَّم الظلم على نفسه، وجعل الظلم محرّمًا بين خلقِه فلا يَظلم أحد أحدًا، 
 وأن الخلقَ كلَّهم ضالون عن طريق الحق إلا بهداية الله وتوفيقه، ومن سَألَها اللهَ وفقَه وهداه، 
 وأن الخلق فقراء إلى الله محتاجون إليه في جميع حوائجهم، ومن سأل الله قضى حاجته وكفاه، 
 وأنهم يذنبون بالليل والنهار، والله تعالى يستر ويتجاوز عند سؤال العبد المغفرة، 
@@ -1822,243 +1822,243 @@
 وأنهم لو كانوا على أتقى قلب رجل واحد ما زادت تقواهم في ملك الله، 
 ولو كانوا على أفجر قلب رجل واحد ما نقص فجورهم من ملكه شيئًا؛ لأنهم ضعفاء فقراء إلى الله، محتاجون إليه في كل حال وزمان ومكان، وهو الغني سبحانه، 
 وأنهم لو قاموا في مقام واحد إنسُهم وجنُّهم، أولُهم وآخِرُهم يسألون اللهَ فأعطى كلَّ واحد منهم ما سأل، ما نقص ذلك مما عند الله شيئًا، كالإبرة لو أُدْخِلت البحرَ ثم أُخْرِجت لم يَنقص البحر بذلك شيء، وهذا لكمال غناه سبحانه.
 وأن الله سبحانه يحفظ أعمالَ العبادِ ويُحصيها عليهم، ثم يُوفِّيهم إياها يوم القيامة، فمن وجد جزاء عمله خيرًا فليحمد الله على توفيقه لطاعته، ومن وجد جزاء عمله شيئًا غير ذلك فلا يلومَنَّ إلا نفسَه الأمارةَ بالسوءِ التي قادتْه إلى الخُسران.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че Всевишният и Пречист Аллах казва, че е забранил гнета за себе си и го е забранил за творенията си. Затова никой да не угнетява никого. Всички творения са заблудени за правия път, освен чрез напътствието и сполуката на Аллах. Който я поиска от Него, той ще го дари със сполука и ще го напъти. Творенията са бедни и нуждаещи се от Аллах за всяко нещо. Който поиска от Аллах, той ще облекчи нуждата му и ще го задоволи. Всички вършат грехове денонощно, а Всевишният Аллах ги прикрива и им опрощава, когато Го помолят за прошка. Те не могат да навредят или да помогнат на Аллах с нищо. И ако са богобоязливи, колкото най-богобоязливото сърце, тяхната богобоязън няма да увеличи владението на Аллах. Ако са покварени дотолкова, колкото най-поквареното сърце, това няма да намали с нищо владението на Аллах. Защото са слаби и нуждаещи се от Аллах във всяко положение, във всяко време и място, а Той - Пречистият, е Пребогат. Ако застанат на едно място, и джиновете и хората, от първия до последния от тях, поискат от Аллах и той даде на всеки от тях онова, което желае, това няма да намали с нищо онова, което е при Аллах. Така, както, ако потопим игла в морето и след това я извадим, тя с нищо не намаля от морето. Това е заради неизчерпаемото богатство на Пречистия Аллах.
 Пречистият Аллах записва делата на рабите, а след това им въздава според тях в Съдия ден. Който намери добра отплата за делата си, нека да възхвалява Аллах за това, че го е дарил със сполука, да Му се покорява. А ако намери отплата различна от това, то нека не обвинява никого другиго освен душата си, повеляваща зло, която го е повела към загубата.</t>
   </si>
   <si>
     <t>هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.
 ما يحصل للعباد من علم أو اهتداء، فبهداية الله وتعليمه.
 ما أصاب العبد من خير فمن فضل الله تعالى، وما أصابه من شر فمن نفسه وهواه.
 من أحسن فبتوفيق الله، وجزاؤه فضل من الله فله الحمد، ومن أساء فلا يلومن إلا نفسه.</t>
   </si>
   <si>
     <t>Това е от хадисите, които Пророка ﷺ предава от Господа си и се нарича свещен хадис (хадис кудси), или божествен хадис (хадис иляхи). На тези хадиси думите и значенията са от Аллах с разликата, че нямат характеристиките на корана. Коранът се различава от всичко останало поради служенето (ибадет) чрез четенето му, нуждата от физическо пречистване преди четене, чудесата в него, предизвикателствата и т. н.
 Онова, което рабът получава като знание или напътствие, е от напътствието и обучението на Аллах.
 Каквото и добро да застигне човек, то е от превъзходството на Аллах, а злото, което го застига, е от душата и егото му.
 Който прояви добротворство, то е поради сполуката на Аллах, а наградата му е от превъзходство от Аллах - за Него е възхвалата. А който върши зло, да не обвинява друг освен себе си.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4810</t>
   </si>
   <si>
-    <t>يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ</t>
+    <t>يا غلام، إني أعلمك كلمات، احفظ الله يحفظك، احفظ الله تجده تجاهك، إذا سألت فاسأل الله، وإذا استعنت فاستعن بالله</t>
   </si>
   <si>
     <t>Хей, момче, ще те науча няколко думи: ,,Помни Аллах и Той ще те помни. Помни Аллах и ще го намериш пред себе си. Ако искаш, искай от Аллах. И ако зовеш за помощ, призови за помощ Аллах</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: كُنْتُ خَلْفَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَوْمًا، فَقَالَ: «يَا غُلَامُ، إِنِّي أُعَلِّمُكَ كَلِمَاتٍ، احْفَظِ اللهَ يَحْفَظْكَ، احْفَظِ اللهَ تَجِدْهُ تُجَاهَكَ، إِذَا سَأَلْتَ فَاسْأَلِ اللهَ، وَإِذَا اسْتَعَنْتَ فَاسْتَعِنْ بِاللهِ، وَاعْلَمْ أَنَّ الْأُمَّةَ لَوِ اجْتَمَعَتْ عَلَى أَنْ يَنْفَعُوكَ بِشَيْءٍ، لَمْ يَنْفَعُوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ لَكَ، وَلَوِ اجْتَمَعُوا عَلَى أَنْ يَضُرُّوكَ بِشَيْءٍ، لَمْ يَضُرُّوكَ إِلَّا بِشَيْءٍ قَدْ كَتَبَهُ اللهُ عَلَيْكَ، رُفِعَتِ الْأَقْلَامُ وَجَفَّتِ الصُّحُفُ».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ се предава: ,,Един ден бях зад Пророка ﷺ [яхнал зад него животното, което яздеше] и той каза: ,,Хей, момче, ще те науча няколко думи: ,,Помни Аллах и Той ще те помни. Помни Аллах и ще го намериш пред себе си. Ако искаш, искай от Аллах. И ако зовеш за помощ, призови за помощ Аллах. И знай, че ако общността се събере, за да ти бъде полезна с нещо, тя ще ти бъде полезна само с това, което Аллах ти е предписал, и ако се събере, за да ти навреди с нещо, тя ще ти навреди само с това, което Аллах ти е предписал. Перата са вдигнати и страниците са сухи".</t>
   </si>
   <si>
     <t>يُخبرُ ابنُ عباس رضي الله عنه أنه كان صغيرًا راكبًا مع النبي صلى الله عليه وسلم، فقال له عليه الصلاة والسلام: إني أُعلِّمك أمورًا وأشياءَ ينفعك الله بها:
 احفظ الله بِحفظِ أوامرِه واجتنابِ نواهيه، بحيث يَجِدُكَ في الطاعات والقربات، ولا يجدُكَ في المعاصي والآثام، فإن فعلتَ ذلك كان جزاؤك أن يحفظَك الله من مكاره الدنيا والآخرة، وينصرَك في مُهماتِك أينما توجَّهتَ.
 وإذا أردتَ أن تسأل شيئًا، فلا تسألْ إلا الله فإنه وحده الذي يُجيب السائلين.
 وإذا أردتَ العونَ فلا تستعنْ إلا بالله.
 ولْيكُن عندك يقينٌ أنه لن تحصل لك منفعة ولو اجتمع على منفعتِك أهلُ الأرض جميعًا إلا ما كتبه الله لك، ولن يحصُلَ عليك ضرر ولو اجتمع على ضرك أهلُ الأرض جميعًا إلا ما قدَّره الله عليك.
 وأن هذا الأمر قد كَتَبه الله عز وجل وقدّره وِفْقَ ما اقتضته حكمته وعلمه، ولا تبديل لما كتبه الله.</t>
   </si>
   <si>
     <t>Ибн Аббас /радийеллаху анху/ съобщава, че когато бил малък се качил на животно заедно с Пророка ﷺ и той ﷺ му казал: ,,Ще те науча на неща, чрез които Аллах ще ти бъде полезен с тях:
 пази Аллах, спазвайки заповедите му и странейки от забраните му. Да те намира там, където ти е заповядал да спазваш ибадета и добрините, и да не те намира в греховете и прегрешенията. Ако направиш това, твоята награда ще бъде Аллах да те пази от земните и отвъдните несгоди и да те подкрепя във важните неща, на където и да се отправиш.
 Ако решиш да искаш нещо, не искай от никого другиго освен от Аллах, защото Той е Единственият, който отговаря на молителите.
 Ако търсиш подкрепа, не я търси от друг, освен от Аллах.
 Бъдеи убеден, че не може да имаш полза от нещо, дори жителите на земята да се съберат, за да ти помогнат, освен онова, което Аллах ти е предписал. И няма да понесеш вреда, дори всички обитатели на земята да поискат да ти навредят освен онова, което Аллах ти е предписал.
 Това нещо е записано и предопределено от Великия Аллах чрез неговата мъдрост и знание. Нищо не може да промени онова, което Аллах е предписал.</t>
   </si>
   <si>
     <t>أهمية تعليم الصغار والأطفال أمورَ الدين من التوحيد والآداب وغير ذلك.
 الجزاء من جنس العمل.
 الأمر بالاعتماد على الله، والتوكل عليه دون غيره، وهو نعم الوكيل.
 الإيمان بالقضاء والقدر والرضا به، وأن الله قدر كل شيء.
 من أضاع أمر الله فإن الله يُضَيِّعُه ولا يَحفظُه.</t>
   </si>
   <si>
     <t>Важността от това децата да се обучават на нещата от религията като единство (теухид), морал и др.
 Наградата е спрямо делото.
 Заповедта да се разчита на Аллах и упованието в Него и в никой друг, като Той е най-добрият покровител.
 Вярата в съдбата и предопределеното и удовлетвореността от тях, и че Аллах е предопределил всяко нещо.
 Който изостави заповедта на Аллах, Аллах го изоставя и не го пази.</t>
   </si>
   <si>
     <t>رواه الترمذي</t>
   </si>
   <si>
     <t>[رواه الترمذي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4811</t>
   </si>
   <si>
-    <t>أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي</t>
+    <t>أذنب عبد ذنبا، فقال: اللهم اغفر لي ذنبي</t>
   </si>
   <si>
     <t>Моят раб извърши грях и рече: ,,О, Аллах, опрости греха ми!</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فِيمَا يَحْكِي عَنْ رَبِّهِ عَزَّ وَجَلَّ، قَالَ: «أَذْنَبَ عَبْدٌ ذَنْبًا، فَقَالَ: اللَّهُمَّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: عَبْدِي أَذْنَبَ ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، ثُمَّ عَادَ فَأَذْنَبَ، فَقَالَ: أَيْ رَبِّ اغْفِرْ لِي ذَنْبِي، فَقَالَ تَبَارَكَ وَتَعَالَى: أَذْنَبَ عَبْدِي ذَنْبًا، فَعَلِمَ أَنَّ لَهُ رَبًّا يَغْفِرُ الذَّنْبَ، وَيَأْخُذُ بِالذَّنْبِ، اعْمَلْ مَا شِئْتَ فَقَدْ غَفَرْتُ لَكَ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/: от Пророка ﷺ в онова, което разказва от своя Превелик Господ, който казва: ,,Моят раб извърши грях и рече: ,,О, Аллах, опрости греха ми!". Всевишният и Благословен Аллах казва: ,,Моят раб извърши грях и узна, че си има Господ, който опрощава греха и наказва за него". След това (рабът) отново извършил грях и казал: ,,Господи, опрости греха ми!". Всевишният и Благословен Аллах казва: ,,Моят раб извърши грях и узна, че си има Господ, който опрощава греха и наказва за него". След това (рабът) отново извършил грях и казал: ,,Господи, опрости греха ми!". Всевишният и Благословен Аллах казва: ,,Моят раб извърши грях и узна, че си има Господ, който опрощава греха и наказва за него. Върши каквото искаш, аз вече ти опростих!".</t>
   </si>
   <si>
     <t>يروي النبي صلى الله عليه وسلم عن ربه أن العبد إذا فعل ذنبًا ثم قال: اللهم اغفر لي ذنبي، قال الله تعالى: فَعَلَ عبدي ذنبًا، فعَلِمَ أنَّ له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت له. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي. 
 ثم عاد العبد فأذنب، فقال: رب اغفر لي ذنبي، فقال الله: فعل عبدي ذنبًا، فعلم أن له ربًّا يغفر الذنب، فيستره ويتجاوز عنه، أو يعاقب عليه، قد غفرت لعبدي، فليفعل ما شاء ما دام أنه كلّما أذنب ترك الذنب وندم وعزم على عدم العودة فيه لكن تغلبه نفسه فيقع في الذنب مرة أخرى، فما دام يفعل هكذا يذنب ويتوب فسأغفر له، فإن التوبة تهدم ما قبلها.</t>
   </si>
   <si>
     <t>Пророка ﷺ предава от своя Господ, че когато рабът извърши грях и след това каже: ,,О, Аллах, опрости греха ми!", Всевишният Аллах казва: ,,Моят раб извърши грях и узна, че си има Господ, който опрощава греха и го прикрива, или наказва за него. Аз вече му опростих!". След това рабът отново извършва грях и казва: ,,Господи, опрости греха ми!". Аллах казва: ,,Моят раб извърши грях и узна, че си има Господ, който опрощава греха и го прикрива, или наказва за него. Аз вече опростих на Моя раб!". След това рабът отново извършва грях и казва: ,,Господи, опрости греха ми! Аллах казва: ,,Моят раб извърши грях и узна, че си има Господ, който опрощава греха и го пририва, или наказва за него. Аз вече опростих на Моя раб! Да върши какво иска, ако винаги, след като извърши грях, го изоставя, съжалява за него и е решен повече да не го извършва, но душата му го побеждава и той отново попада в грях. Докато постъпва по този начин, върши грехове и се покайва, Аз ще му опрощавам, защото покаянието разрушава онова, което е него.</t>
   </si>
   <si>
     <t>سعة رحمة الله بعباده وأنَّ الإنسان مهما أذنب ومهما فعل إذا تاب إليه وأناب إليه تاب اللهُ عليه.
 المؤمن بالله تعالى يأمل عفوَ ربِّه، ويخاف عقوبتَه، فيبادر إلى التوبة ولا يستمر على المعصية.
 شروط التوبة الصحيحة: الإقلاع عن الذنب، والندم عليه، والعزم على عدم العودة إلى الذنب، وإذا كانت التوبة من مظالم العباد في مال أو عرض أو نفس، فتزيد شرطًا رابعًا، وهو: التَّحَلُّل من صاحب الحق، أو إعطاؤه حقَّه. 
 أهمية العلم بالله الذي يجعل العبد عالمًا بأمور دينه فيتوب كلّما أخطأ، فلا ييأس ولا يتمادى.</t>
   </si>
   <si>
     <t>Обширността на милостта на Аллах към рабите Си и че човекът колкото и да греши, каквото и да прави, когато се покае и се завърне при Него, Той му опрощава.
 Вярващият във Всевишния Аллах се надява на опрощението на Аллах и се страхува от Неговото наказание. Затова бърза да направи покаяние и не постоянства в греха.
 Условията на правилното покаяние (тебе) са: спирането с греха, съжалението за него и решението повече да не се завръща към него. Когато покаянието се отнася до угнетяването на хората в парите, честта или личността им, тогава има и четвърто условие, а то е: да потърси прошка (халал) от угнетения или да му възстанови дължимото.
 Важността на знанието за Аллах, който прави раба знаещ в религиозните дела и му опрощава винаги, щом сгреши. Затова той не губи надежда и не прекалява.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4817</t>
   </si>
   <si>
-    <t>إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ</t>
+    <t>إن المقسطين عند الله على منابر من نور، عن يمين الرحمن عز وجل، وكلتا يديه يمين</t>
   </si>
   <si>
     <t>,,Справедливите ще са на трибуни от светлина, отдясно на Всемилостивия и Велик Аллах, като и двете Му Ръце са десни!</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ الْمُقْسِطِينَ عِنْدَ اللهِ عَلَى مَنَابِرَ مِنْ نُورٍ، عَنْ يَمِينِ الرَّحْمَنِ عَزَّ وَجَلَّ، وَكِلْتَا يَدَيْهِ يَمِينٌ، الَّذِينَ يَعْدِلُونَ فِي حُكْمِهِمْ وَأَهْلِيهِمْ وَمَا وَلُوا».</t>
   </si>
   <si>
     <t>От Aбдуллах ибн Амр /радийеллаху анхума/ се казва: ,,Пратеника на Аллах ﷺ казва: ,,Справедливите ще са на трибуни от светлина, отдясно на Всемилостивия и Велик Аллах, като и двете Му Ръце са десни! [Те са] онези, които са справедливи в отсъждането си, към семействата си и към онова, за което са отговорни".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنّ الذين يَحكُمُون بالعدل والحق بين الناس الذين تحت إِمْرَتِهم وحكمِهم وأهلهم، أنهم يجلسون على مقاعدَ عاليةٍ رفيعةٍ قد خُلقتْ من نور، إكرامًا لهم يوم القيامة. 
 وهذه المنابر عن يمين الرحمن تعالى، وكلتا يديه سبحانه يمينٌ.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че отсъждащите справедливо между хората, които са им подчинени, за които са отговорни и за семействата си ще стоят на високи трибуни, които ще бъдат сътворени от светлина, като почит към тях в Съдия ден. Тези трибуни ще са отдясно на Всевишния и Всемилостив Аллах, като и двете Му Ръце, Пречист е Той, са десни.</t>
   </si>
   <si>
     <t>فضل العدل والحث عليه.
 العدل عامٌّ يشمل جميع الولايات والحكم بين الناس حتى العدل بين الزوجات والأولاد وغير ذلك.
 بيان منزلة العادلين يوم القيامة.
 تفاوت منازل أهل الإيمان يوم القيامة كل حسب عمله.
 أسلوب الترغيب من أساليب الدعوة التي ترغِّب المدعو في الطاعة.</t>
   </si>
   <si>
     <t>Превъзходството на справедливостта и подтикването към нея.
 Справедливостта е обща. Тя обхваща всички аспекти на живота като отсъждането между хората, справедливостта към съпругите и децата и т. н.
 Пояснение за положението на справедливите в Съдния ден.
 Разликата в степените на вярващите в Съдния ден, всеки според делата си.
 Средството за насърчаване е от средствата за призив, чрез които бива насърчаван призоваваният към покорството.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4935</t>
   </si>
   <si>
-    <t>كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى</t>
+    <t>كل أمتي يدخلون الجنة إلا من أبى</t>
   </si>
   <si>
     <t>,,Всички от моята общност ще влязат в Дженнета освен онези, които откажат". Рекоха: ,,О, Пратенико на Аллах, та кой би отказал</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «كُلُّ أُمَّتِي يَدْخُلُونَ الْجَنَّةَ إِلَّا مَنْ أَبَى»، قَالُوا: يَا رَسُولَ اللهِ، وَمَنْ يَأْبَى؟ قَالَ: «مَنْ أَطَاعَنِي دَخَلَ الْجَنَّةَ، وَمَنْ عَصَانِي فَقَدْ أَبَى».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Всички от моята общност ще влязат в Дженнета освен онези, които откажат". Рекоха: ,,О, Пратенико на Аллах, та кой би отказал?". Рече: ,,Който ми се подчини, ще влезе в Дженнета, а който не ми се подчини, той е отказал".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أُمَّتِه يدخلون الجنة إلا مَن امتنع!
 فقال الصحابة رضي الله عنهم: ومَن يمتنع يا رسول الله؟!
 فأجابهم عليه الصلاة والسلام: أنَّ مَن انقاد واتَّبع وأطاعَ الرسولَ صلى الله عليه وسلم دَخَلَ الجنة، وأما مَن عصى ولم يَنْقَدْ للشرع فقد امتنع من دخول الجنة بأعمالِه السيئة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че всички от общността му ще влязат в Дженнета освен онези, които не искат.
 Сподвижниците /Аллах да е доволен от тях/ рекли: ,,Кой не би искал, о, Пратенико на Аллах?".
 Той ﷺ им отговорил, че който се покори и последва Пратеника ﷺ ще влезе в Дженнета, а онзи, който не се покори на шериата, той отказва да влезе в Дженнета поради лошите си дела.</t>
   </si>
   <si>
     <t>أن طاعة الرسول صلى الله عليه وسلم من طاعة الله، ومعصيته من معصية الله.
 طاعة النبي صلى الله عليه وسلم توجب الجنة، ومعصيته توجب النار.
 بشارة للطائعين من هذه الأمة، وأنهم كلَّهم يدخلون الجنة إلا من عصى الله ورسوله.
 شفقته صلى الله عليه وسلم على أُمته، وحرصه على هدايتهم.</t>
   </si>
   <si>
     <t>Покорството към Пратеника на Аллах ﷺ е от покорството към Аллах, а непослушанието към него е от непослушанието към Аллах.
 Покорството към Пророка ﷺ заслужава Дженнета, а непокорството към него заслужава Огъня.
 Радостната вест за покорните от тази общност е че те всички ще влязат в Дженнета, освен онези, които се противят на Аллах и Неговия Пратеник.
 Състраданието на Пророка ﷺ към общността му и стремежът му към тяхното напътствие.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4947</t>
   </si>
   <si>
-    <t>مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ</t>
+    <t>ما زال يوصيني جبريل بالجار، حتى ظننت أنه سيورثه</t>
   </si>
   <si>
     <t>,,Джибрил не спря да ме наставлява за съседа, докато си помислих, че той ще има право на наследство</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «مَا زَالَ يُوصِينِي جِبْرِيلُ بِالْجَارِ، حَتَّى ظَنَنْتُ أَنَّهُ سَيُوَرِّثُهُ».</t>
   </si>
   <si>
     <t>От Ибн Омар /радийеллаху анхума/ се казва: ,,Пратеника на Аллах ﷺ казва: ,,Джибрил не спря да ме наставлява за съседа, докато си помислих, че той ще има право на наследство".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم بأنَّ جبريل ما زال يُكرِّر عليه ويأمُرُه بالاعتناء بالجار، الذي هو قريب الدار، مسلمًا أو كافرًا، قريبًا أو غير قريب، بحفظ حقِّه وعدم أذيَّتِه، والإحسان إليه والصبر على أذاه، حتى ظنَّ صلى الله عليه وسلم مِن تعظيم حق الجار وتَكرار جبريل لذلك أنه سينزلُ الوحيُ بإعطائه من مال جاره الذي يَخلُفُه بعد وفاتِه.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че Джибрил не е спрял да му повтаря и да му заповядва да се грижи за съседа, който е близък по местоживеене, било то мюсюлманин или неверник, близък или не, да спазва правото му и да не му вреди. Да се отнася добре с него и да търпи на несгодите му, докато той ﷺ предположил заради въздигането на положението на съседа от Джибрил /алейхисселям/ и честото повтаряне на това, че съседът ще има право на наследство след смъртта му.</t>
   </si>
   <si>
     <t>عِظَم حق الجار ووجوب مراعاة ذلك.
 التأكيد على حق الجار بالوصية يقتضي ضرورة إكرامه والتودُّد والإحسان إليه، ودفع الضر عنه، وعيادته عند المرض، وتهنئته عند المسرة، وتعزيته عند المصيبة.
 كلما كان بابُ الجار أقرب كان حقُّه آكد.
  كمال الشريعة فيما جاءت به مما فيه صلاح المجتمع من الإحسان إلى الجيران ودفع الضرر عنهم.</t>
   </si>
   <si>
     <t>Големите права на съседа и задължението за спазването им.
 Потвърждението за правото на съседа чрез завещание означава, че е задължително да бъде почитан, уважаван и да се отнасяме с добротворство към него. Да се отблъсква вредата от него, да се посещава, когато е болен, да се поздравява в радостните поводи и да му се поднасят съболезнования по време на беда.
 Колкото къщата на съседа е по-близо, толкова правото му е по-голямо.
 Съвършенството на шериата в онова, с което е дошъл, поправяйки обществото, като доброто отношение към съседите и отблъскването на вредата от тях.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/4965</t>
   </si>
   <si>
-    <t>إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ</t>
+    <t>إن الرقى والتمائم والتولة شرك</t>
   </si>
   <si>
     <t>,,Заклинанията (баенето), амулетите и магията за любов са съдружаване - ширк</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ الرُّقَى والتَمائِمَ والتِّوَلَةَ شِرْكٌ».</t>
   </si>
   <si>
     <t>От Ибн Мес'уд /радийеллаху анху/ се предава: ,,Чух Пратеника на Аллах ﷺ да казва: ,,Заклинанията (баенето), амулетите и магията за любов са съдружаване - ширк".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أشياءَ فِعلُها مِن الشرك؛ ومنها: 
 أولاً: الرقى: الكلام الذي يَسْتَشْفِي به أهلُ الجاهلية المُحتوي على الشرك.
 ثانياً: التمائم من الخَرَز ونحوه: التي تُعَلَّق على الأطفال والبهائم وغيرهم لدفع العَين. 
 ثالثاً: التِّوَلة: التي تُصنع لتُحبِّب أحد الزوجين إلى الآخر.
 فهذه الأمور من الشرك؛ لأنها مِن جَعْل الشيء سببًا، وهو ليس بسببٍ شرعيٍّ ثَبَتَ بالدليل، ولا بسببٍ حسيٍّ ثبت بالتجربة. 
 أما الأسباب الشرعية كقراءة القرآن، أو الحسية كالأدوية التي ثبتت بالتجربة، فهي جائزة مع اعتقاد أنها أسباب، وأن النفع والضر بيد الله.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че извършването на някои неща се явява сдружаване - ширк. От тези неща са:
 Първо: заклинанията. Това са слова, съдържащи ширк чрез които хората преди исляма са търсели лечение.
 Второ: амулетите от мъниста или друго нещо, които се поставят на децата или върху животните, за да ги предпазват от уроки.
 Трето: магията (тиуеле), която се прави, за да заобича единият от съпрузите другия.
 Тези неща са от съдружаването - ширк, защото са взети за предпоставки, които реално не са шериатски такива, не са потвърдени с доказателство, нито пък са научно обосновани. Що се отнася до шериатските предпоставки, като четенето на Коран, или научно доказаните, като лекарствата, които са тествани, то те са позволени при условие, че се приемат за предпоставка, но че ползата и вредата са в ръцете на Аллах.</t>
   </si>
@@ -2068,1820 +2068,1820 @@
 اعتقاد الإنسان في هذه الثلاث أنها أسباب: هو شرك أصغر؛ لأنه جعل ما ليس بسببٍ سببًا، أما إن اعتقد أنها تنفع وتضر بذاتها فهو شرك أكبر.
 التحذير من فعل الأسباب الشركية والمحرمة.
 تحريم الرقى وأنها من الشرك إلا ما كان منها مشروعًا.
 ينبغي تعلُّق القلب بالله وحده، فمنه الضر والنفع وحده لا شريك له، فلا يأتي بالخير إلا الله ولا يدفع الشر إلا الله تعالى.
 الرقى الجائزة هي المتضمنة لثلاثة شروط: 1- أن يعتقد أنها سبب ولا تنفع إلا بإذن الله. 2- أن تكون بالقرآن وأسماء الله وصفاته والأدعية النبوية والأدعية المشروعة. 3- أن تكون بلغة مفهومة ولا تحتوي على طَلَاسِمَ وشَعْوَذةٍ.</t>
   </si>
   <si>
     <t>Предпазването на единството - ет-теухид и убеждението от онова, което ги нарушава.
 Забраната за използването на заклинания, в които се съдържа ширк, амулетите и магията за любов.
 Ако човек е убеден, че тези три неща са причина за нещо, това се явява малък ширк, защото нещо, което не е предпоставка, бива приемано за такава. Но ако вярва, че помагат или вредят сами по себе си, това се явява голям ширк.
 Предупреждението да не се приемат за предпоставки неща, които са ширк или са забранени - харам.
 Забраната за заклинанията (баенето) и че те са от съдружаването - ширк, освен онова, което е постановено.
 Сърцето трябва да бъде привързано единствено към Аллах, защото единствено Той, който няма съдружници, донася ползата и вредата. Никой не може да даде доброто освен Аллах, и никой не може да премахне злото освен Всевишният Аллах.
 За позволеното баене има три условия: 1 - да вярва, че е предпоставка и не помага освен с позволението на Аллах; 2 - да бъде чрез Корана, чрез имената и качествата на Аллах, чрез пророческите молитви (дуи) и постановените молитви; 3 - трябва да бъде на разбираем език и да не съдържа талисмани и магьосничество.</t>
   </si>
   <si>
     <t>رواه أبو داود وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5273</t>
   </si>
   <si>
-    <t>أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ</t>
+    <t>أتدرون ما الغيبة؟، قالوا: الله ورسوله أعلم، قال: ذكرك أخاك بما يكره</t>
   </si>
   <si>
     <t>,,Знаете ли какво е одумването (гиябет)?". Отвърнали: ,,Аллах и Неговия Пратеник знаят най-добре". Рече: ,,Да споменеш своя брат с онова, което не харесва". Рекоха: ,,Ами, ако това, което споменавам, е истина?". Рече: ,,Ако това, което споменаваш, е истина, то ти си го одумал, а ако не е истина - си го наклеветил</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَتَدْرُونَ مَا الْغِيبَةُ؟»، قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «ذِكْرُكَ أَخَاكَ بِمَا يَكْرَهُ»، قِيلَ: أَفَرَأَيْتَ إِنْ كَانَ فِي أَخِي مَا أَقُولُ؟ قَالَ: «إِنْ كَانَ فِيهِ مَا تَقُولُ فَقَدِ اغْتَبْتَهُ، وَإِنْ لَمْ يَكُنْ فِيهِ فَقَدْ بَهَتَّهُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Знаете ли какво е одумването (гиябет)?". Отвърнали: ,,Аллах и Неговия Пратеник знаят най-добре". Рече: ,,Да споменеш своя брат с онова, което не харесва". Рекоха: ,,Ами, ако това, което споменавам, е истина?". Рече: ,,Ако това, което споменаваш, е истина, то ти си го одумал, а ако не е истина - си го наклеветил".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حقيقة الغيبة المُحرَّمة، وهي: ذِكْرُ المسلم الغائب بما يَكره، سواء كان من صفاته الخَلْقية أو الخُلُقية، مثل: الأعور الغشاش الكذاب، ونحو ذلك من صفات الذم، ولو كانت تلك الصفة موجودة فيه.
 وأما إذا لم تكنْ فيه الصفةُ فهذا أشدُّ من الغيبة، وهو البُهْتَان، أي: الافتراء على الإنسان بما ليس فيه.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява същността на забраненото одумването, а то е: споменаването на мюсюлманина, който отсъства, с нещо, което не би харесал, независимо дали се отнася за телесните или нравствените му качества. Например: слепият, лъжлив, измамник; или подобните на тези порицани качества, дори някои от тях да са налични при него.
 Що се отнася до това, ако съответното качество не е налично, то положението е много по-сериозно от одумване, а именно клевета. Тоест, набеждаването на човек с нещо, което не е при него.</t>
   </si>
   <si>
     <t>حُسْن تعليم النبي صلى الله عليه وسلم، حيث يُلقي المسائل على طريقة السؤال.
 حُسْن أدب الصحابة مع النبي صلى الله عليه وسلم، حين قالوا: الله ورسوله أعلم.
 قول المسؤول عن ما لا يعلمه: الله أعلم.
 صيانة الشريعة للمجتمع بحفظ الحقوق والأخوة بينهم.
 الغيبة محرمة إلا في بعض الأحوال للمصلحة؛ ومن ذلك: دفع الظلم، بحيث يَذكرُ المظلومُ مَن ظَلَمَه عند من يستطيع الأخذ بحقه، فيقول: ظلمني فلان، أو فعل بي كذا، ومنها: المشاورة في أمر الزواج أو المشاركة أو المجاورة، ونحو ذلك.</t>
   </si>
   <si>
     <t>Доброто обучение на Пророка ﷺ, който представя казусите във вид на въпроси.
 Доброто възпитание на сподвижниците към Пророка ﷺ, когато казали: ,,Аллах и Неговия Пратеник знаят най-добре".
 Отговорът на запитания, когато не знае, (да бъде): ,,Аллах знае най-добре".
 Шериатът изгражда братско общество, което спазва правата помежду си.
 Одумването е забранено освен в някои случаи, с които се цели поправяне, като например: отблъскването на гнета, като угнетеният спомене угнетителя пред онзи, който може да възстанови правото му, казвайки: еди-кой си ме угнети, или направи това и това. Друг пример е: консултирането и обсъждането относно женитбата, бизнеса, съседството или подобните на тези неща.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5326</t>
   </si>
   <si>
-    <t>اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ</t>
+    <t>اللهم من ولي من أمر أمتي شيئا فشق عليهم فاشقق عليه، ومن ولي من أمر أمتي شيئا فرفق بهم فارفق به</t>
   </si>
   <si>
     <t>,,О, Аллах, който бъде натоварен с отговорност в нещо към моята общност и ги затрудни - затрудни го и Ти! А който бъде натоварен с отговорност в нещо към моята общност и прояви снизходителност - прояви снизходителност към него и Ти!</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعتُ من رسول الله صلى الله عليه وسلم يقول في بيتي هذا: «اللَّهُمَّ مَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَشَقَّ عَلَيْهِمْ فَاشْقُقْ عَلَيْهِ، وَمَنْ وَلِيَ مِنْ أَمْرِ أُمَّتِي شَيْئًا فَرَفَقَ بِهِمْ فَارْفُقْ بِهِ».</t>
   </si>
   <si>
     <t>От Аиша /радийеллаху аха/ се казва: ,,Чух Пратеника на Аллах ﷺ да казва в този мой дом: ,,О, Аллах, който бъде натоварен с отговорност в нещо към моята общност и ги затрудни - затрудни го и Ти! А който бъде натоварен с отговорност в нещо към моята общност и прояви снизходителност - прояви снизходителност към него и Ти!".</t>
   </si>
   <si>
     <t>دعا رسولُ الله صلى الله عليه وسلم على كلِّ مَن ولي أمرًا من أمور المسلمين صغيرًا كان أم كبيرًا، وسواء كانت هذه الولاية ولاية عامة، أو كانت ولاية جزئية خاصة، وأَدْخَلَ عليهم المشقة ولم يرفق بهم، أنّ الله تعالى يُجازيه مِن جِنْس عمله بأن يشقَّ عليه.
 وأنَّ مَن رَفَقَ بهم ويَسَّرَ أمورَهم أن الله يرفِقُ به ويُيَسِّر أمورَه.</t>
   </si>
   <si>
     <t>Дуата на Пратеника на Аллах ﷺ срещу всеки, който е натоварен с отговорност в някое дело на мюсюлманите. Независимо дали е малко, или голямо, общо, или конкретно, и ги затрудни по някакъв начин без да прояви снизходителност, Аллах да му въздаде от същото, което е извършил, като го затрудни.
 А който е снизходителен към тях и улеснява делата им, Аллах да бъде снизходителен към него и да улесни делата му.</t>
   </si>
   <si>
     <t>يجب على من تولّى شيئًا من أمور المسلمين أن يرفق بهم ما استطاع.
 الجزاء من جنس العمل.
 ميزانُ ما يُعْتَبَرُ من الرفق أو الشدة هو ما لم يخالف الكتاب والسنة.</t>
   </si>
   <si>
     <t>Задължение е на онзи, който бъде натоварен с отговорност в нещо, от делата на мюсюлманите, да проявява снизходителност, колкото може.
 Въздеянието е според делото.
 Мерилото за снизходителност или затруднение е онова, което не противоречи на Корана и Сунната.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5330</t>
   </si>
   <si>
-    <t>إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن رجالا يتخوضون في مال الله بغير حق، فلهم النار يوم القيامة</t>
   </si>
   <si>
     <t>,,Някои хора злоупотребяват с богатството на Аллах без право. За тях е Огънят в Съдия ден!</t>
   </si>
   <si>
     <t>عن خَولة الأنصاريةِ رضي الله عنها قالت: سمعت النبي صلى الله عليه وسلم يقول: «إِنَّ رِجَالًا يَتَخَوَّضُونَ فِي مَالِ اللهِ بِغَيْرِ حَقٍّ، فَلَهُمُ النَّارُ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>От Хауле ел-Енсарийе /радийеллаху анха/ се казва: ,,Чух Пророка ﷺ да казва: ,,Някои хора злоупотребяват с богатството на Аллах без право. За тях е Огънят в Съдия ден!".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم عن أناسٍ يَتَصَرَّفُون في أموال المسلمين بالباطل، ويأخذونها بغير حق، وهذا معنى عامٌّ في المال من حيث جَمْعِهِ وكسبِهِ من غير حِلِّه، وإنفاقه في غير مواضعه الصحيحة، ويدخل في ذلك أكل أموال اليتامى وأموال الوَقْف وجَحْد الأمانات والأخذ بغير استحقاق من الأموال العامة.
 ثم أخبر صلى الله عليه وسلم أن جزاءهم النار يوم القيامة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава за хора, които се разпореждат с парите на мюсюлманите чрез злоупотреба и ги присвояват без право. Това е общото значение в парите от гледна точка на спечелването и събирането им по непозволен начин, или похарчването им в неправилните места. В тази категория попада и изяждането на парите на сираците, на вакъфите, отричането на повереното и взимането от обществените пари без право.
 След това той ﷺ съобщава, че възмездието за тях ще бъде Огънят в Съдия ден.</t>
   </si>
   <si>
     <t>المال الذي بأيدي الناس هو مال الله، استَخْلَفَهم عليه لينفقوه بالطرق المشروعة، ويجتنبوا التصرف فيه بالباطل، وهذا عامٌّ في الولاة وغيرهم من سائر الناس.
 تشديد الشرع في المال العام،  وأنه من ولي منه شيئًا فإنه سيحاسب يوم القيامة على جِبَايَتِه وإنفاقه.
 يدخل في هذا الوعيد مَن يتصرَّفُ تصرُّفًا غير شرعي في المال سواء كان ماله أو مال غيره.</t>
   </si>
   <si>
     <t>Парите, които са в ръцете на хората са парите на Аллах. Той им ги поверява, за да ги разходват по позволени от исляма начини и да избягват разходването им по непозволен такъв. Това е общо правило, както за управниците, така и за обикновените хора.
 Строгостта на шериата в обществените пари и че този, на когото бъдат поверени част от тях, ще бъде държан отговорен в Съдия ден за това как ги е харчил и разходвал.
 В тази категория попада и предупреждението за онзи, който разходва парите по непозволен и съобразен с шериата начин, независимо дали това са личните му средства, или средствата на някой друг.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5331</t>
   </si>
   <si>
-    <t>مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ</t>
+    <t>ما من عبد يسترعيه الله رعية، يموت يوم يموت وهو غاش لرعيته، إلا حرم الله عليه الجنة</t>
   </si>
   <si>
     <t>,,Няма човек, когото Аллах да е поставил на власт, и той да умре в деня, в който умира, измамвайки онези, които са под негова власт, освен Аллах да не забрани за него Дженнета</t>
   </si>
   <si>
     <t>عن مَعقِلِ بن يَسار المُزَنِيّ رضي الله عنه قال: إني سمعت رسول الله صلى الله عليه وسلم يقول: «مَا مِنْ عَبْدٍ يَسْتَرْعِيهِ اللهُ رَعِيَّةً، يَمُوتُ يَوْمَ يَمُوتُ وَهُوَ غَاشٌّ لِرَعِيَّتِهِ، إِلَّا حَرَّمَ اللهُ عَلَيْهِ الْجَنَّةَ».</t>
   </si>
   <si>
     <t>От Меакил ибн Ясер ел-Музений /радийеллаху анху/ се казва: ,,Наистина чух Пратеника на Аллах ﷺ да казва: ,,Няма човек, когото Аллах да е поставил на власт, и той да умре в деня, в който умира, измамвайки онези, които са под негова власт, освен Аллах да не забрани за него Дженнета".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ أحدٍ جَعَلَه الله تعالى واليًا ومسؤولًا على الناس، سواء كانت ولاية عامّة كالأمير، أو ولاية خاصة كالرجل في بيته والمرأة في بيتها، فقَصَّرَ في حق رعيته، وغَشَّها ولم ينصحْ لها، فَضَيَّعَ حقوقَها الدينية والدنيوية، فقد استحقَّ هذه العقوبة الشديدة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че всеки един, когото Всевишният Аллах дари с власт и го стори отговорник сред хората, независимо дали властта му е обществена, като президент, или конкретна, както мъжът и жената в семейството, и прояви безхаберие по отношение на властта си, измени, не прояви наставление спрямо нея и погуби земното и ахиретското право, той заслужава това сурово наказание.</t>
   </si>
   <si>
     <t>هذا الوعيد ليس خاصًّا بالإمام الأعظم ونُوَّابِه، بل هو عامٌّ في كل مَن استرعاه الله رعية.
 الواجب على كل مَن وَلي شيئًا من أمر المسلمين أن يَنصحَ لهم، وأن يجتهد في أداء الأمانة، وأن يَحذَرَ الخيانة.
 عِظَم مسؤولية كلِّ مَن ولي رعية عامّة أو خاصّة، كبيرة أو صغيرة.</t>
   </si>
   <si>
     <t>Това предупреждение не е специално за главния управляващ и неговите заместници, а е общо към всеки, когото Аллах е дарил с някаква власт.
 Задължението на всеки, който е дарен с някаква власт сред мюсюлманите, е, да проявява наставление към тях, да полага усърдие в отдаването на правата и да внимава за измяна.
 Голямата отговорност на всеки, който е дарен с някаква власт, независимо дали е обща, или конкретна, голяма, или малка.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5335</t>
   </si>
   <si>
-    <t>كُلُّ مَعْرُوفٍ صَدَقَةٌ</t>
+    <t>كل معروف صدقة</t>
   </si>
   <si>
     <t>,,Всяко добро дело е милостиня - садака</t>
   </si>
   <si>
     <t>عن جابر بن عبد الله رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «كُلُّ مَعْرُوفٍ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>От Джабир ибн Абдуллах /радийеллаху анхума/, от Пророка ﷺ се казва: ,,Всяко добро дело е милостиня - садака".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ كلَّ إحسانٍ ونَفْعِ للآخرين مِن قول أو عمل يكون صدقةً، وفيه الأجر والثواب.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че всяко добро дело и полза за другите чрез думи или дела, е милостиня - садака и за него има въздеяние и награда.</t>
   </si>
   <si>
     <t>أن الصَّدَقة لا تنحصر فيما يخرجه الإنسان من ماله، بل تشمل كلَّ خير يفعله الإنسان أو يقوله ويوصله إلى الآخرين.
 فيه الترغيب في بذل المعروف وكل ما فيه نفع للآخرين.
 عدم احتقار شيءٍ من المعروف، ولو كان يسيرًا.</t>
   </si>
   <si>
     <t>Милостинята - садака, не се ограничава само до това, което човек дава от парите си. Тя обхваща всяко добро дело, което човек извършва или изрича и то достигне до хората.
 В това има насърчаване за извършването на добро и за всяко нещо, което носи полза за другите.
 Да не се подценява нищо от доброто, дори да е малко.</t>
   </si>
   <si>
     <t>رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة</t>
   </si>
   <si>
     <t>[رواه البخاري من حديث جابر، ورواه مسلم من حديث حذيفة]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5346</t>
   </si>
   <si>
-    <t>لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ</t>
+    <t>لا تحقرن من المعروف شيئا، ولو أن تلقى أخاك بوجه طلق</t>
   </si>
   <si>
     <t>,,Не пренебрегвай нищо от добрините, та дори и това, да посрещнеш своя брат с приветливо лице</t>
   </si>
   <si>
     <t>عن أبي ذر رضي الله عنه قال: قال لي النبي صلى الله عليه وسلم: «لَا تَحْقِرَنَّ مِنَ الْمَعْرُوفِ شَيْئًا، وَلَوْ أَنْ تَلْقَى أَخَاكَ بِوَجْهٍ طَلْقٍ».</t>
   </si>
   <si>
     <t>Ебу Зер /радийеллаху анху/ казва: ,,Пророка ﷺ ми каза: ,,Не пренебрегвай нищо от добрините, та дори и това, да посрещнеш своя брат с приветливо лице".</t>
   </si>
   <si>
     <t>حَثَّ النبيُّ صلى الله عليه وسلم على فعل المعروف، وأن لا يحتقره ولو كان قليلًا، ومن ذلك طلاقة الوجه بالابتسامة عند اللقاء، فينبغي للمسلم أن يحرص عليه؛ لما فيه من إِيْنَاس الأخ المسلم وإدخال السرور عليه.</t>
   </si>
   <si>
     <t>Пророка ﷺ подтиква към извършването на добрини и да не се пренебрегва значението им, колкото и да са малки. От тях е усмихнатото, приветливото лице при среща. Затова подобава на мюсюлманина да се стреми към това. В него има любезност и радост за мюсюлманина.</t>
   </si>
   <si>
     <t>فضل التَّحابِّ بين المؤمنين، والابتسامة والبِشْر عند اللقاء.
 كمال هذه الشريعة وشمولها، وأنها جاءت بكل ما فيه صلاح المسلمين وتوحيد كلمتهم.
 الحث على فعل المعروف وإن قَلَّ.
 استحباب إدخال السرور على  المسلمين؛ لما في ذلك من تحقيق الأُلْفَة بينهم.</t>
   </si>
   <si>
     <t>Превъзходството на обичта между мюсюлманите, на усмивката и приветливостта при среща.
 Съвършенството и всеобхватността на този шериат и че е дошъл с всичко, което има полза и единство за мюсюлманите.
 Подтикването към извършването на добро, дори да е малко.
 Препоръката да бъдат радвани мюсюлманите, защото така се осъществява обединението помежду им.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5348</t>
   </si>
   <si>
-    <t>لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ</t>
+    <t>ليس الشديد بالصرعة، إنما الشديد الذي يملك نفسه عند الغضب</t>
   </si>
   <si>
     <t>,,Силният човек не е този, който може да победи другите. Силният човек е този, който се владее, когато е ядосан</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَيْسَ الشَّدِيدُ بِالصُّرَعَةِ، إِنَّمَا الشَّدِيدُ الَّذِي يَمْلِكُ نَفْسَهُ عِنْدَ الْغَضَبِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се казва, че Пратеника на Аллах ﷺ казва: ,,Силният човек не е този, който може да победи другите. Силният човек е този, който се владее, когато е ядосан".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ القوةَ الحقيقيةَ ليست قوةَ الجَسَد، أو الذي يَصْرَعُ غيرَه من الأقوياء، وإنما القويُّ الشديدُ هو الذي جاهَدَ نفسَه وقَهَرَها حينما يَشتدُّ به الغضبُ؛ لأنَّ هذا يدل على قوّة تَمَكُّنِهِ من نفسه وتَغَلُّبِه على الشيطان.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че истинската сила не е физическата, като силния, който побеждава другите. Истински силният е онзи, който се преборва с душата си и я побеждава, когато много се ядоса, защото това говори за силния му самоконтрол и победата му над шейтана.</t>
   </si>
   <si>
     <t>فضيلة الحِلْم وضَبْط النفس عند الغضب، وأنه من الأعمال الصالحة التي حَثَّ عليها الإسلام.
 مجاهدة النفس عند الغضب أشدُّ من مجاهدة العدو.
 تغيير الإسلام لمفهوم القوة الجاهلي إلى أخلاق كريمة، فأشد الناس قوّة هو مَن مَلَكَ زِمَام نفسِه.
 الابتعاد عن الغضب؛ لما يسبِّبُه من الأضرار على الأفراد والمجتمع.</t>
   </si>
   <si>
     <t>Превъзходството на сдържаността и самоконтрола при гняв и че това е от добрите дела, към които ислямът подтиква.
 Борбата със себе си по време на гняв е по-силна от борбата с врага.
 Ислямът променя разбирането за сила от периода на невежеството към възвишен нрав. И най-силният човек е онзи, който контролира себе си.
 Отдалечаването от гнева поради вредата, която нанася на личността и на обществото.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5351</t>
   </si>
   <si>
-    <t>مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ</t>
+    <t>من تشبه بقوم فهو منهم</t>
   </si>
   <si>
     <t>,,Който се оприличи с един народ - той е от него</t>
   </si>
   <si>
     <t>عن ابنِ عُمَرَ رضي الله عنهما قال: قال رسولُ الله صلَّى الله عليه وسلم: «مَن تَشَبَّهَ بِقَوْمٍ فَهُوَ مِنْهُمْ».</t>
   </si>
   <si>
     <t>От Ибн Омар /радийеллаху анхума/ се казва: ,,Пратеника на Аллах ﷺ казва: ,,Който се оприличи с един народ - той е от него".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَشَبَّهَ بقومٍ من الكفارِ أو الفُسَّاق أو الصالحين -وذلك بأنْ يَفعَلَ شيئًا من خصائصِهم من العقائد أو العبادات أو العادات- فهو منهم؛ لأنَّ التَّشَبُّهَ بهم في الظاهر يؤدِّي إلى التشبه بهم في الباطن، ولا شك أنَّ التشبهَ بالقوم ناتجٌ عن إعجاب، وقد يؤدِّي إلى محبتهم وتعظيمهم والركون إليهم، وهذا قد يَجرُّ المرءَ إلى أنْ يتشبه بهم حتى في الباطن والعبادة -والعياذ بالله-.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който се оприличи с народ, от неверниците, разпътниците или праведниците, извършвайки неща от характерните за тях, като убеждения, богослужения (ибадет) или пък традиции - той е от него. Това е така, защото външното оприличаване с тях води до вътрешно такова. Няма съмнение, че оприличаването с даден народ е породено от това, че са впечатлени от тях, което води до обичта, величаенето и клоненото към тях. Това може да докара човек до там, да се оприличи с тях дори вътрешно и в богослуженията (ибадет) - Аллах да пази!</t>
   </si>
   <si>
     <t>التحذير من التشبُّه بالكفار والفساق.
 الحث على التشبه بالصالحين والاقتداء بهم.
 التشبه في الظاهر يورث المحبة في الباطن.
 يَنالُ الإنسان من الوعيد والإثم بحسب التشبه ونوعه.
 النهي عن التشبه بالكفار في دينهم وفي عاداتهم المختصة بهم، أما ما لم يكن كذلك كتعلُّم الصناعات ونحوها فلا يدخل في النهي.</t>
   </si>
   <si>
     <t>Предупреждението от оприличаване с неверниците и разпътниците.
 Подтикването към оприличаване с праведниците и следването им.
 Външното оприличаване води до вътрешна обич.
 Човек получава предупреждение и грях в зависимост от оприличаването и вида му.
 Забраната е за оприличаване с неверниците в религията им и в личните им традиции. Що се отнася до оприличаването извън тази рамка, като оприличаването в производството и изобретенията, това не попада в забраненото.</t>
   </si>
   <si>
     <t>رواه أبو داود وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5353</t>
   </si>
   <si>
-    <t>مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ</t>
+    <t>من دل على خير فله مثل أجر فاعله</t>
   </si>
   <si>
     <t>Който напъти към извършването на добро, има същата награда като човека, който го извършва</t>
   </si>
   <si>
     <t>عن أبي مسعود الأنصاري رضي الله عنه قال: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: إِنِّي أُبْدِعَ بِي فَاحْمِلْنِي، فَقَالَ: «مَا عِنْدِي»، فَقَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنَا أَدُلُّهُ عَلَى مَنْ يَحْمِلُهُ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «مَنْ دَلَّ عَلَى خَيْرٍ فَلَهُ مِثْلُ أَجْرِ فَاعِلِهِ».</t>
   </si>
   <si>
     <t>От Ебу Мес'уд ел-Енсари /радийеллаху анху/ се казва: ,,Един човек дойде при Пророка ﷺ и каза: ,,Животното, което яздех, загина, затова ми дай друго животно, което да ме вози!". Рече ﷺ: ,,Нямам". Един човек рече: ,,О, Пратенико на Аллах, аз ще му посоча някой, който ще му даде животно". Пратеника ﷺ каза: ,,Който напъти към извършването на добро, има същата награда като човека, който го извършва".</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: إني هَلَكَتْ راحلتي، فاحملني على دابةٍ، وأعطني مركوبًا يوصلني، فاعتذر له النبي صلى الله عليه وسلم أنه ليس عنده شيء يحمله عليه، فقال رجلٌ وكان حاضرًا: يا رسول الله، أنا أَدُلُّه على مَن يَحمله، فأخبرَ رسولُ الله صلى الله عليه وسلم أنه شريكٌ للمتصدِّق في الأجر، لأنه دلَّ المحتاجَ عليه.</t>
   </si>
   <si>
     <t>Един човек отишъл при Пророка ﷺ и рекъл: ,,Животното, което яздех, загина, затова ми дай друго животно, с което да се придвижа!". Пророка ﷺ се извинил, че не може да му даде животно, с което да се придвижва, а един мъж, който присъствал там, рекъл: ,,О, Пратенико на Аллах, аз ще му посоча някой, който ще му даде". Пратеника ﷺ съобщил, че той е съдружник в наградата на онзи, който ще даде милостинята (садака), защото е насочил нуждаещия се към него.</t>
   </si>
   <si>
     <t>الحث على الدلالة على الخير.
 الحضُّ على فعل الخير من أسباب تَكَافُل المجتمع المسلم وتكامله.
 سَعَة فضل الله تعالى.
 الحديث قاعدة عامة فيدخل فيه كلُّ أعمال الخير.
 الإنسان إذا لم يتمكَّن مِن تحقيق رغبة السائل، فإنه يَدُلُّه على غيره.</t>
   </si>
   <si>
     <t>Подтикването за посредничене в доброто.
 Убеждаването за вършенето на добро е от причините за подпомагане и изграждане на мюсюлманската общност.
 Обширността на превъзходството на Всевишния Аллах.
 Хадисът се явява общо правило и в него попада извършването на всички добри дела.
 Ако един човек не може да изпълни молбата на молителя, го насочва към друг.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5354</t>
   </si>
   <si>
-    <t>لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا</t>
+    <t>لا تسبوا الأموات، فإنهم قد أفضوا إلى ما قدموا</t>
   </si>
   <si>
     <t>,,Не ругайте мъртвите, защото те вече са отишли при онова, което са направили отнапред</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: قال النبي صلى الله عليه وسلم: «لَا تَسُبُّوا الْأَمْوَاتَ، فَإِنَّهُمْ قَدْ أَفْضَوْا إِلَى مَا قَدَّمُوا».</t>
   </si>
   <si>
     <t>От Аиша /радийеллаху анха/ се предава: ,,Пророка ﷺ казва: ,,Не ругайте мъртвите, защото те вече са отишли при онова, което са направили отнапред".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم حُرْمةَ سبِّ الأموات والوقوع في أعراضهم، وأنَّ هذا من مَسَاوِئ الأخلاق، فإنهم وَصَلُوا إلى ما قدَّموه من أعمال صالحة أو طالحة، وكما أنّ هذا السبَّ لا يبلغهم فإنّه إنما يؤذي الأحياء.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява забраната за ругаенето на мъртвите и уронването на честта им и че това е от лошия характер, защото те са отишли при онова, което са извършили отнапред от добри или лоши дела. Също така това ругаене няма да достигне до тях, но ще навреди на живите.</t>
   </si>
   <si>
     <t>الحديث دليل على تحريم سب الأموات.
 ترك سب الأموات فيه مراعاة لمصلحة الأحياء، والحفاظ على سلامة المجتمع من التشاحن والتباغض.
 الحكمة من النهي عن سبهم أنهم وصلوا إلى ما قدموا فلا ينفع سبهم، وفيه إيذاء لأقاربه الأحياء.
 أنه لا ينبغي للإنسان أن يقول ما لا مصلحة فيه.</t>
   </si>
   <si>
     <t>Хадисът е доказателство за забраната за ругаене на мъртвите.
 В изоставянето на ругатните по адрес на мъртвите има съблюдаване на полза за живите и запазване на обществения мир от омраза и ненавист.
 Мъдростта от забраната за ругаенето им е, че са отишли при онова, което са извършили, и от ругаенето няма полза, но има вреда за близките на мъртвеца, които са живи.
 Не подобава на човек да изрича онова, в което няма полза.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5364</t>
   </si>
   <si>
-    <t>لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ</t>
+    <t>لا يحل لرجل أن يهجر أخاه فوق ثلاث ليال، يلتقيان، فيعرض هذا ويعرض هذا، وخيرهما الذي يبدأ بالسلام</t>
   </si>
   <si>
     <t>,,Не е позволено на човек да изоставя своя брат (мюсюлманин) повече от три дни, срещайки го, да се извръщат един от друг. Най-добрият от двамата е онзи, който пръв започне с поздрава - ес-селям</t>
   </si>
   <si>
     <t>عن أبي أيوب الأنصاري رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «لَا يَحِلُّ لِرَجُلٍ أَنْ يَهْجُرَ أَخَاهُ فَوْقَ ثَلَاثِ لَيَالٍ، يَلْتَقِيَانِ، فَيُعْرِضُ هَذَا وَيُعْرِضُ هَذَا، وَخَيْرُهُمَا الَّذِي يَبْدَأُ بِالسَّلَامِ».</t>
   </si>
   <si>
     <t>От Ебу Ейюб ел-Енсари /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Не е позволено на човек да изоставя своя брат (мюсюлманин) повече от три дни, срещайки го, да се извръщат един от друг. Най-добрият от двамата е онзи, който пръв започне с поздрава - ес-селям".</t>
   </si>
   <si>
     <t>نهى النبيُّ صلى الله عليه وسلم عن هَجْر المسلم أخاه المسلمَ أكثر من ثلاث ليال، يلتقي كلٌّ منهما بالآخر ولا يسلم عليه ولا يكلمه.
 وأفضل هذين المتخاصمين مَن يُحاوِل إزالةَ الهجر، ويبدأ بالسلام، والمراد بالهجر هنا الهجر لحظ النفس، أما الهجر لحق الله تعالى كهجر العصاة والمبتدعة وقرناء السوء، فهذا لا يُؤقَّت بوقت، وإنما هو معلق بالمصلحة في الهجر، ويزول بزوالها.</t>
   </si>
   <si>
     <t>Пророка ﷺ забранява един мюсюлманин да се сърди на своя брат по религия повече от три дни, като се срещат и нито се поздравяват, нито си говорят.
 По-добрият от двамата скарани е онзи, който пръв опита да премахне игнорирането и започне със селям. Изоставянето, което се има предвид тук, е, ако е поради лична вражда. Но ако е заради право на Аллах, като изоставянето на грешниците, бидатчиите и лошите хора, то това не е ограничено с време, а е свързано с поправяне. И когато е налице поправянето, се прекратява игнорирането.</t>
   </si>
   <si>
     <t>إباحة الهجر في الثلاثة أيام فما دونها، مراعاة للطباع البشرية، فعُفي عن الهجر في الثلاث ليذهب ذلك العارض.
 فضل السلام، وأنه يُزيل ما في النفوس، وأنه علامة على المحبة.
 حرص الإسلام على الأخوة والألفة بين أهله.</t>
   </si>
   <si>
     <t>Позволението за изоставяне от три дни и по-малко е заради съблюдаването на човешката природа и за да изчезне тази пречка.
 Превъзходството на поздрава ,,ес-селям" и това, че премахва лошото в душите и е признак за обич.
 Усърдието на исляма в братството и обединението между мюсюлманите.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5365</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ</t>
+    <t>لا يدخل الجنة قاطع رحم</t>
   </si>
   <si>
     <t>,,Няма да влезе в Дженнета онзи, който прекъсва родствените връзки</t>
   </si>
   <si>
     <t>عن جُبَير بن مُطْعِم رضي الله عنه أنه سمع النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَاطِعُ رَحِمٍ».</t>
   </si>
   <si>
     <t>От Джабир ибн Мут'им /радийеллаху анху/ се предава, че чул Пророка ﷺ да казва: ,,Няма да влезе в Дженнета онзи, който прекъсва родствените връзки".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قَطَع عن أقاربه ما يَجِب لهم من الحقوق، أو آذاهم وأساء إليهم، فهو مُستحق ألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който прекъсне правата към роднините си или им навреди, той заслужава да не влезе в Дженнета.</t>
   </si>
   <si>
     <t>قطيعة الرحم كبيرة من كبائر الذنوب.
 صلة الرحم تكون حسب المتعارف عليه، فتختلف باختلاف الأمكنة والأزمنة والأشخاص.
 صلة الرحم تكون بالزيارة، والصدقة، والإحسان إليهم، وعيادة المرضى، وأمرهم بالمعروف، ونهيهم عن المنكر، وغير ذلك.
 كلما كانت قطيعة الرحم في الأقرب كانت أشدَّ إثمًا.</t>
   </si>
   <si>
     <t>Прекъсването на родствените връзки е грях от големите грехове.
 Поддържането на родствените връзки е спрямо обичая. Те се различават според времето, мястото и личностите.
 Поддържането на родствените връзки се осъществява чрез посещение, садака, проявяване на добротворство, посещението, когато са болни, повеляване на одобреното, порицание на забраненото и т. н.
 Колкото по-близък роднина е онзи, чиято връзка е прекъсната, толкова грехът е по-голям.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5367</t>
   </si>
   <si>
-    <t>لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ</t>
+    <t>لا يدخل الجنة قتات</t>
   </si>
   <si>
     <t>,,Клеветник няма да влезе в Дженнета</t>
   </si>
   <si>
     <t>عن حذيفة رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «لَا يَدْخُلُ الْجَنَّةَ قَتَّاتٌ».</t>
   </si>
   <si>
     <t>От Хузейфе /радийеллаху анху/ се казва: ,,Чух Пророка ﷺ да казва: ,,Клеветник няма да влезе в Дженнета".</t>
   </si>
   <si>
     <t>يُخبِرُ صلى الله عليه وسلم أنَّ النَّمَّامَ الذي ينقل الكلام بين الناس بقصد الإفساد بينهم بأنه مُستحِقٌّ للعقاب بألَّا يدخلَ الجنة.</t>
   </si>
   <si>
     <t>Пратеника ﷺ съобщава, че клеветник, който разпространява сплетни между хората с цел развала между тях, заслужава наказанието да не влезе в Дженнета.</t>
   </si>
   <si>
     <t>النميمة من كبائر الذنوب.
 النهي عن النميمة؛ لما فيها من الإفساد والضرر بين الأفراد والجماعات.</t>
   </si>
   <si>
     <t>Клеветата е от големите грехове.
 Забраната за клеветенето поради вредата и развалата, която нанася на личността и обществото.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5368</t>
   </si>
   <si>
-    <t>مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ</t>
+    <t>من أحب أن يبسط له في رزقه، وينسأ له في أثره، فليصل رحمه</t>
   </si>
   <si>
     <t>,,Който иска да му се увеличи препитанието и да му се удължи живота, нека да поддържа родствените си връзки</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ أَحَبَّ أَنْ يُبْسَطَ لَهُ فِي رِزْقِهِ، وَيُنْسَأَ لَهُ فِي أَثَرِهِ، فَلْيَصِلْ رَحِمَهُ».</t>
   </si>
   <si>
     <t>От Енес ибн Малик /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Който иска да му се увеличи препитанието и да му се удължи живота, нека да поддържа родствените си връзки".</t>
   </si>
   <si>
     <t>يَحُثُّ النبيُّ صلى الله عليه وسلم على صِلة الأقاربِ بالزيارة والإكرام البدني والمالي وغير ذلك، وأنها سببٌ في سَعة الرزق وطول العمر.</t>
   </si>
   <si>
     <t>Пророка ﷺ подтиква към поддържане на родствените връзки чрез посещение, физическа и материална подкрепа и т. н., и съобщава, че това е причина за увеличаването на препитанието и удължаването на живота.</t>
   </si>
   <si>
     <t>الرَّحِم هم الأقارب من جهة الأب والأم، وكلما كان أقرب كان أولى بالصلة.
 الجزاء من جنس العمل، فمَن وَصَل رَحِمَه بالبر والإحسان، وَصَله الله في عُمْره ورزقه.
 صلة الرحم سببٌ لِبَسْطِ الرِّزق وتوسيعه، وسببٌ لطول العمر، وإن كان الأجلُ والرزقُ محددًا إلا أنه قد يكون بركة في الرزق والعمر، فيفعل في عمره أكثر وأنفع مما يفعله غيرُه، وقيل زيادة الرزق والعمر زيادة حقيقية. والله أعلم.</t>
   </si>
   <si>
     <t>Родствениците са близките от страна на майката и бащата. Колкото са по-близки, толкова по-голямо право имат да бъдат поддържани роднинските връзки.
 Наградата е спрямо делата. Който поддържа родствените си връзки чрез покорство и добротворство, Аллах ще го поддържа чрез препитание и живот.
 Поддържането на родствените връзки е причина за увеличаване на препитанието и за удължаване на живота. Дори препитанието и животът да са предопределени, това може да означава спускане на благодат в тях. По този начин в живота си, даден човек може да направи повече и по-полезни неща от друг. Друго мнение е, че увеличаването на препитанието и живота е буквално. И Аллах знае най-добре.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5372</t>
   </si>
   <si>
-    <t>مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ</t>
+    <t>من ضار ضار الله به، ومن شاق شق الله عليه</t>
   </si>
   <si>
     <t>,,Който навреди, Аллах ще му навреди, а който затрудни, Аллах ще го затрудни</t>
   </si>
   <si>
     <t>عن أبي صِرْمة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ ضَارَّ ضَارَّ اللهُ بِهِ، وَمَنْ شَاقَّ شَقَّ اللهُ عَلَيْهِ».</t>
   </si>
   <si>
     <t>От Ебу Сирме /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Който навреди, Аллах ще му навреди, а който затрудни, Аллах ще го затрудни".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن إدخالِ المَضَرَّة على المسلم، أو إلحاق المَشَقَّة به في أي أمر من أموره؛ في نفسه أو ماله أو أهله، وأنَّ من فعل ذلك فإن الله يُجازيه ويعاقبُه من جِنْسِ عملِه.</t>
   </si>
   <si>
     <t>Пророка ﷺ предупреждава да не се вреди на мюсюлманина и да не се затруднява в никое дело, независимо дали към него самия, в парите му, или в семейството му. И че онзи, който направи това, Аллах ще му даде възмездие и ще го накаже според делото, което е извършил.</t>
   </si>
   <si>
     <t>تحريم الإضرار بالمسلم وإلحاق المشقة به.
 انتقام الله لعباده.</t>
   </si>
   <si>
     <t>Забраната за вреда и затрудняване на мюсюлманина.
 Отмъщението на Аллах за Своите раби.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه وأحمد</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5375</t>
   </si>
   <si>
-    <t>أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ</t>
+    <t>أقرب ما يكون العبد من ربه وهو ساجد، فأكثروا الدعاء</t>
   </si>
   <si>
     <t>,,Рабът се намира най-близо до своя Господ, когато е на седжде, затова правете много дуа тогава</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «أَقْرَبُ مَا يَكُونُ الْعَبْدُ مِنْ رَبِّهِ وَهُوَ سَاجِدٌ، فَأَكْثِرُوا الدُّعَاءَ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Рабът се намира най-близо до своя Господ, когато е на седжде, затова правете много дуа тогава".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أقربَ ما يكون العبد من ربه وهو ساجد؛ وذلك أنّ المصليَ يَضعُ أعلى وأشرف ما في جسده على الأرض خضوعًا وتَذَلُّلًا وتواضعًا لله عز وجل وهو ساجد.
 وقد أمر صلى الله عليه وسلم بالإكثار من الدعاء في السجود، فيجتمع في ذلك التَذَلُّلُ لله بالقول والفعل.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че рабът се намира най-близо до Аллах, когато е на седжде. Това е така, защото кланящият се поставя най-високата и достойна част от тялото си на земята, смирявайки и покорявайки се пред Великия Аллах, правейки седжде.
 Пророка ﷺ заповядва да се прави много дуа на седжде, като по този начин се комбинира смирението пред Аллах чрез думи и действия.</t>
   </si>
   <si>
     <t>الطاعة تزيدُ العبدَ قُرْبًا مِن الله سبحانه وتعالى.
 استحبابِ كثرةِ الدعاء في السجود؛ لأنه من مواطن الإجابة.</t>
   </si>
   <si>
     <t>Покорството на раба му надбавя близост до Всевишния и Пречист Аллах.
 Препоръката за правене на много дуа по време на седжде, защото това е положение в което тя се приема.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5382</t>
   </si>
   <si>
-    <t>مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ</t>
+    <t>من صلى صلاة الصبح فهو في ذمة الله</t>
   </si>
   <si>
     <t>,,Който кланя сутрешната молитва - феджр, той е под закрилата на Аллах!</t>
   </si>
   <si>
     <t>عن جُندب بن عبد الله القَسْرِِي رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ صَلَّى صَلَاةَ الصُّبْحِ فَهُوَ فِي ذِمَّةِ اللهِ، فَلَا يَطْلُبَنَّكُمُ اللهُ مِنْ ذِمَّتِهِ بِشَيْءٍ، فَإِنَّهُ مَنْ يَطْلُبْهُ مِنْ ذِمَّتِهِ بِشَيْءٍ يُدْرِكْهُ، ثُمَّ يَكُبَّهُ عَلَى وَجْهِهِ فِي نَارِ جَهَنَّمَ».</t>
   </si>
   <si>
     <t>Джундуб ибн Абдуллах ел-Касри /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ казва: ,,Който кланя сутрешната молитва - феджр, той е под закрилата на Аллах! И да не ви придиря Аллах по никакъв начин за Своята закрила, защото когото Той придири за закрилата Си, ще го застигне и ще го хвърли по лице в огъня на Джехеннем".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن صلى الفجر فهو في حِفْظ الله وحراستِه وحمايته، يدافع عنه، وينتصر له.
 ثم حَذَّرَ عليه الصلاة والسلام مِن نَقْضِ هذا العهدِ وإبطاله، إما بترك صلاة الفجر، أو بالتعرُّض لمصليها والاعتداء عليه، فإنَّ مَن فَعَلَ ذلك فقد خَرَِقَ هذا الجِوار، واستحق الوعيد الشديد بأن يَطلُبَه الله بما فَرَّطَ في حقه، ومَن يطلبه الله يُدركه، ثم يلقيه على وجهه في النار.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който извърши сутрешната молитва - феджр, групово (с джемаат), той попада под закрилата, подкрепата и помощта на Аллах.
 След това той ﷺ предупреждава да не се нарушава или анулира този договор, било то чрез изоставяне на сутрешната молитва - феджр, или чрез враждебност и противопоставяне към изпълняващия я. Онзи, който наруши това, заслужава силното предупреждение, Аллах да му търси отговорност за онова, което е пренебрегнал от правото Му. А онзи, когото Аллах придири, ще го застигне и ще го хвърли по лице в Огъня.</t>
   </si>
   <si>
     <t>بيان أهمية صلاة الفجر وفضيلتها.
 التحذير الشديد من التعرض بسوء لمن صلى الفجر.
 انتقام الله تعالى ممن يتعرض لعباده الصالحين.</t>
   </si>
   <si>
     <t>Пояснение за важността и превъзходството на сутрешната молитва - ел-феджр.
 Силното предупреждение към онзи, който иска да навреди на извършващия сутрешната молитва - ел-феджр.
 Отмъщението на Всевишния Аллах към онзи, който застрашава праведните Му раби.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5435</t>
   </si>
   <si>
-    <t>مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ</t>
+    <t>من كان يؤمن بالله واليوم الآخر فليقل خيرا أو ليصمت</t>
   </si>
   <si>
     <t>,,Който вярва в Аллах и в Сетния Ден, да говори добро или да мълчи</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيَقُلْ خَيْرًا أَوْ لِيَصْمُتْ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ جَارَهُ، وَمَنْ كَانَ يُؤْمِنُ بِاللهِ وَالْيَوْمِ الْآخِرِ فَلْيُكْرِمْ ضَيْفَهُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава от Пратеника на Аллах ﷺ, че е казал: ,,Който вярва в Аллах и в Сетния Ден, да говори добро или да мълчи! Който вярва в Аллах и в Сетния Ден, да почита съседа си! И който вярва в Аллах и в Сетния Ден, да почита госта си!".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ العبدَ المؤمن بالله واليوم الآخر الذي إليه معاده وفيه مجازاته بعمله، يَحُثُّه إيمانُه على فعل هذه الخصال: 
 الأولى: القول الحسن: من التسبيح والتهليل، والأمر بالمعروف، والنهي عن المنكر، والإصلاح بين الناس، فإنْ لم يفعل فلْيلزم السكوت ويَكُف أذاه ويحفظ لسانه. 
 الثاني: إكرام الجار: بالإحسان إليه وعدم إيذائه.
 الثالث: إكرام الضيف القادم لزيارتك: بطِيْبِ الكلام وإطعام الطعام ونحو ذلك.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че рабът, който вярва в Аллах и в Сетния ден, денят, в който ще се завърне и ще дава равносметка за делата си, вярата му трябва да го подтиква към следните качества:
 Първо: добрите думи като възхвала и благослов към Аллах, заповядване на доброто, забраняване на порицаното, поправянето между хората... И ако не го прави, да замълчи, да не нанася вреда и да пази езика си.
 Второ: почитането на съседа чрез добротворство и без да му се вреди.
 Трето: почитането на госта, който идва да те посети, чрез добри думи, нагощаване с храна и подобни неща.</t>
   </si>
   <si>
     <t>الإيمان بالله واليوم الآخر أَصْلٌ لكلِّ خير، ويَبعث على فعل الخير.
 التحذير من آفات اللسان.
 دين الإسلام دين الأُلفة والكرم.
 هذه الخصال من شُعَب الإيمان ومن الآداب المحمودة.
 كثرة الكلام قد تَجُرُّ إلى المكروه أو المحرَّم، والسلامة في عدم الكلام إلا في الخير.</t>
   </si>
   <si>
     <t>Вярата в Аллах и в Сетния ден е основата на всяко добро и подтиква към извършването на доброто.
 Предупреждението от вредите на езика.
 Религията ислям е религия на помирението и щедростта.
 Тези качества са от частите на вярата и от похвалния нрав.
 Многото думи може да подтикнат към нежелателното или забраненото. Спасението е в малкото думи, освен когато е за добро.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5437</t>
   </si>
   <si>
-    <t>مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ</t>
+    <t>من لا يرحم الناس لا يرحمه الله عز وجل</t>
   </si>
   <si>
     <t>,,Който не проявява милост към хората, Аллах няма да прояви милост към него</t>
   </si>
   <si>
     <t>عن جرير بن عبد الله رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ لَا يَرْحَمِ النَّاسَ لَا يَرْحَمْهُ اللهُ عَزَّ وَجَلَّ».</t>
   </si>
   <si>
     <t>От Джабир ибн Абдуллах /радийеллаху анху/ се казва: ,,Пратеника на Аллах ﷺ казва: ,,Който не проявява милост към хората, Аллах няма да прояви милост към него".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الذي لا يرحمُ الناسَ لا يرحمُه اللهُ عز وجل، فرحمةُ العبد للخَلق من أكبر الأسباب التي تُنالُ بها رحمةُ الله تعالى.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че който не проявява милост към хората, Аллах няма да прояви милост към него. Милостта на раба към творенията е от най-големите предпоставки, чрез които може да спечели милостта на Всевишния Аллах.</t>
   </si>
   <si>
     <t>الرحمة مطلوبة لسائر المخلوقات، لكن خص الناس بالذكر اهتمامًا بهم.
 الله هو الرحيم ويرحم عبادَه الرُّحَماء، فالجزاء من جنس العمل.
 الرحمة بالناس تشمل إيصال الخير لهم ودفع الشر عنهم ومعاملتهم بالحسنى.</t>
   </si>
   <si>
     <t>Милостта е изискване към всички творения, но тук се конкретизират хората, за да се подчертае важността им.
 Аллах е Милосърдният и се смилява над милостивите Си раби. Наградата е според вида на деянието.
 Милостта към хората обхваща добрината, доброто отношение и премахването на злото от тях.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5439</t>
   </si>
   <si>
-    <t>إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ</t>
+    <t>إن أبغض الرجال إلى الله الألد الخصم</t>
   </si>
   <si>
     <t>,,Най-омразният човек за Аллах е най-свирепия в разпрата</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها عن النبي صلى الله عليه وسلم قال: «إِنَّ أَبْغَضَ الرِّجَالِ إِلَى اللهِ الْأَلَدُّ الْخَصِمُ».</t>
   </si>
   <si>
     <t>От Айша /радийеллаха/ се предава, че Пророка ﷺ казва: ,,Най-омразният човек за Аллах е най-свирепия в разпрата".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى يُبغِض مِن الناس شديدَ الخُصُومةِ وكثيرِها، الذي لا يَقبلُ الانقيادَ للحق، ويُحاولُ دفعَه بجَدَلِه، أو يخاصم بحق لكنَّه يُبالِغُ في الخصومة ويخرج عن حدِّ الاعتدال، ويجادل بغير علم.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че Всевишният и Пречист Аллах ненавижда онзи от хората, който често влиза в разпри и е свиреп в тях. Онзи, който не приема да се съгласи с истината и опитва да я обори, спорейки. Или пък защитавайки истината, но прекалява в разпрата, излиза от нормалната рамка и спори без знание.</t>
   </si>
   <si>
     <t>لا يدخلُ في بابِ الخصومات المذمومةِ مطالبةُ المظلوم بحقٍّ له بطريق المرافعات الشرعية.
 الجدل والخصومة من آفات اللسان التي تُسبب الفرقة والتدابر بين المسلمين.
 المجادلة محمودة إذا كانت في الحق وأسلوبها حسن، وتكون مذمومة إذا كانت لرد الحق وتثبيت الباطل، أو كانت بغير حجة ولا برهان.</t>
   </si>
   <si>
     <t>Под знаменателя на порицаните разпри не попада, когато угнетеният си търси правата чрез съда.
 Спорът и разприте са от вредите на езика, които причиняват разделение и конфликти между мюсюлманите.
 Позволената разпра е тази, която е с право и се спазва добрия етикет. Разпрата бива порицана, когато с нея се цели оборване на истината и затвърждаване на заблудата, и също така няма довод в нея.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5474</t>
   </si>
   <si>
-    <t>أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ</t>
+    <t>أحب الكلام إلى الله أربع: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، لا يضرك بأيهن بدأت</t>
   </si>
   <si>
     <t>,,Най-обичаните думи за Аллах са четири: ,,субханеллах", ,,елхамдулиллях", ,,ля иляхе иллеллах", ,,Аллаху екбер". Няма да ти навреди, с която от тях да започнеш</t>
   </si>
   <si>
     <t>عن سَمُرَة بن جندبٍ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَبُّ الْكَلَامِ إِلَى اللهِ أَرْبَعٌ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، لَا يَضُرُّكَ بِأَيِّهِنَّ بَدَأْتَ».</t>
   </si>
   <si>
     <t>От Семура ибн Джундуб /радийеллаху анху/ се казва: ,,Пратеника ﷺ казва: ,,Най-обичаните думи за Аллах са четири: ,,субханеллах", ,,елхамдулиллях", ,,ля иляхе иллеллах", ,,Аллаху екбер". Няма да ти навреди, с която от тях да започнеш".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أحبَّ الكلام إلى الله تعالى أربع: 
 سبحان الله: وتعني تنزيه الله تعالى عن كل نَقْصٍ. 
 والحمد لله: وهي وصف الله بالكمال التام مع محبته وتعظيمه. 
 ولا إله إلا الله: أي: لا معبود حق إلا الله. 
 والله أكبر: أي: أَجَلُّ وأعظم وأعزُّ من كل شيء. 
 وأن فضلها وحصول ثوابها لا يقتضي ترتيبَها عند النطق بها.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че най-обичаните думи за Аллах са четири:
 ,,Субханеллах": ,,пречист е Аллах". Означава очистване на Аллах от всеки недостатък.
 ,,Елхамдулиллях": ,,хвала на Аллах". Това е описание на Аллах с пълно съвършенство, заедно с обичта и възвеличаването Му.
 Ля иляхе иллеллах: ,,няма друг бог освен Аллах". Означава, че никой няма право да бъде обожествяван освен Аллах.
 ,,Аллаху екбер": ,,Аллах е най-голям". Означава, че е най-велик от всичко.
 Превъзходството и спечелването на награда от тях не зависи от подредбата им по време на изричането им.</t>
   </si>
   <si>
     <t>يُسْرُ الشريعة، حيث لا يَضُرُّ بأي هذه الكلمات بدأت.</t>
   </si>
   <si>
     <t>Улеснението на шериата, като няма да ни навреди, с която от тези думи да започнем.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5475</t>
   </si>
   <si>
-    <t>سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ</t>
+    <t>سئل رسول الله صلى الله عليه وسلم عن أكثر ما يدخل الناس الجنة، فقال: تقوى الله وحسن الخلق</t>
   </si>
   <si>
     <t>,,Пратеника ﷺ бил попитан за нещата, които ще вкарат най-много хора в Дженнета и той казал: ,,Богобоязънта и добрият характер</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: سُئِلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ الْجَنَّةَ، فَقَالَ: «تَقْوَى اللهِ وَحُسْنُ الْخُلُقِ»، وَسُئِلَ عَنْ أَكْثَرِ مَا يُدْخِلُ النَّاسَ النَّارَ فَقَالَ: «الْفَمُ وَالْفَرْجُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се казва: ,,Пратеника ﷺ бил попитан за нещата, които ще вкарат най-много хора в Дженнета и той казал: ,,Богобоязънта и добрият характер". И бил попитан за нещата, които ще вкарат най-много хора в Огъня, и рекъл: ,,Устата и половия орган".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ أعظم الأسباب التي تُدخل الجنة سببان، هما: 
 تقوى الله وحسن الخلق. 
 فتقوى الله: هي أن تجعل بينك وبين عذاب الله وقاية، وذلك بفعل أوامره واجتناب نواهيه.
 وحسن الخلق: يكون ببسط الوجه وبذل المعروف وكف الأذى.
 وأن أعظم الأسباب التي تدخل النار سببان، هما:
 اللسان والفرج.
 فاللسان من معاصيه: الكذب والغيبة والنميمة وغيرها.
 والفَرْج من معاصيه: الزنى واللواط وغيرها.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че най-голямата предпоставка за влизане в Дженнета са две неща:
 Богобоязливостта и добрият характер.
 Богобоязливостта към Аллах представлява: да сториш между себе си и наказанието на Аллах преграда, а преградата се изгражда, спазвайки заповедите и странейки от забраните Му.
 Добрият характер представлява: приветливо лице, вършене на добро и въздържане от зло.
 Най-големите предпоставки за влизане в Огъня са две и те са:
 Езикът и половия орган.
 От греховете на езика са: лъжата, одумването, сплетните и т. н.
 От греховете на половия орган са: прелюбодеянието, хомосексуализмът и т. н.</t>
   </si>
   <si>
     <t>دخول الجنة له أسباب متعلقة بالله تعالى، ومنها: تقواه، وأسباب متعلقة بالناس، ومنها: حسن الخُلق.
 خطر اللسان على صاحبه، وأنه من أسباب دخول النار.
 خطر الشهوات والفواحش على الإنسان، وأنها من أكثر أسباب دخول النار.</t>
   </si>
   <si>
     <t>Влизането в Дженнета има предпоставки, свързани с Всевишния Аллах, и от тях е: богобоязливостта към Него. Има и предпоставки, свързани с хората, и от тях е: добрият характер.
 Опасността на езика за неговия собственик и че той е от причините за влизане в Огъня.
 Опасността от страстите и разврата за хората и че те са от най-големите причини за влизане в Огъня.</t>
   </si>
   <si>
     <t>حسن صحيح</t>
   </si>
   <si>
     <t>[حسن صحيح]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5476</t>
   </si>
   <si>
-    <t>الْحَيَاءُ مِنَ الْإِيمَانِ</t>
+    <t>الحياء من الإيمان</t>
   </si>
   <si>
     <t>Срамът е от вярата</t>
   </si>
   <si>
     <t>عن عبد الله بن عمر رضي الله عنهما قال: سَمِعَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلًا يَعِظُ أَخَاهُ فِي الْحَيَاءِ، فَقَالَ: «الْحَيَاءُ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Омар /радийеллаху анхума/ се казва: ,,Пророка ﷺ чул един човек да наставлява своя брат относно срама и казал: ,,Срамът е от вярата".</t>
   </si>
   <si>
     <t>سَمِعَ النبيُّ صلى الله عليه وسلم رجلًا ينصح أخاه أن يترك كثرةَ الحياء! فبَيَّن له أن الحياء من الإيمان، وأنه لا يأتي إلا بخير.
 والحياء خُلقٌ يَحْمِلُ على فِعْل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Пророка ﷺ чул един човек да наставлява брат си, казвайки му да не се срамува толкова много и му пояснил, че срамът е от вярата и носи само добро.
 Срамът е от нравствените качества, които подтикват към красивото и изоставяне на грозното.</t>
   </si>
   <si>
     <t>ما يَمنعُك من الخير لا يُسمَّى حياءً، بل يُسمى خَجَلًا وعَجْزًا وخَوَرًا وجُبْنًا.
 الحياء من الله عز وجل يكون بفعل المأمورات، وترك المحظورات.
 الحياء مِن الخَلق يكون باحترامهم، وإنزالهم منازلهم، واجتناب ما يقبح عادةً.</t>
   </si>
   <si>
     <t>Онова, което те възпира от доброто, не се нарича срам, а по-скоро се нарича свитост, безпомощност, плахост и страхливост.
 Срамът от Великия Аллах се проявява в спазване на заповедите на Аллах и изоставяне на забраните Му.
 Срамът от творенията бива чрез уважението им, чрез отдаване на значението им и странене от общоприетото порицано.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5478</t>
   </si>
   <si>
-    <t>الدُّعَاءُ هُوَ الْعِبَادَةُ</t>
+    <t>الدعاء هو العبادة</t>
   </si>
   <si>
     <t>,,Дуата е ибадет</t>
   </si>
   <si>
     <t>عن النعمان بن بَشِير رضي الله عنه قال: سمعت النبيَّ صلى الله عليه وسلم يقول: «الدُّعَاءُ هُوَ الْعِبَادَةُ»، ثُمَّ قَرَأَ: «{وَقَالَ رَبُّكُمُ ادْعُونِي أَسْتَجِبْ لَكُمْ إِنَّ الَّذِينَ يَسْتَكْبِرُونَ عَنْ عِبَادَتِي سَيَدْخُلُونَ جَهَنَّمَ دَاخِرِينَ} [غافر: 60]».</t>
   </si>
   <si>
     <t>От ен-Нуаман ибн Бешир /радийеллаху анху/ се казва: ,,Чух Пророка ﷺ да казва: ,,Дуата е ибадет". След това прочете: ,,И рече вашият Господ: ,,Зовете Ме, и Аз ще ви откликна! Онези, които от високомерие не Ми служат ще влязат в Джехеннема унизени!".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم أن الدعاء هو العبادة، فالواجب أن يكون كلُّه خالصًا لله، سواء كان دعاء مسألة وطلب، بأن يسأل الله تعالى ما ينفعه، ودفع ما يضره في الدنيا والآخرة، أو كان دعاء عبادة، وهي كلُّ ما يحبه الله ويرضاه من الأقوال والأعمال الظاهرةِ والباطنة، العبادات القلبية أو البدنية أو المالية.
 ثم استدلَّ النبي صلى الله عليه وسلم على ذلك حيث قال: قال الله: 
 {ادعوني أستجب لكم إن الذين يستكبرون عن عبادتي سيدخلون جهنم داخرين}.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че дуата е ибадет. Затова е задължително всичко да бъде искрено заради Аллах, без значение дали е дуа със значение - молба и търсене, искайки от Всевишния Аллах онова, което ще му е от полза и ще го спаси от вредата в този и отвъдния свят. Или ще бъде дуа със значение - молитва и ибадет,  а то е всичко онова, което Аллах обича и е доволен от него, като думи и дела, явни и скрити, ибадети на сърцето и тялото, или ибадети, свързани с финансите.
 След това Пророка ﷺ прилага като доказателство думите на Аллах, казвайки: ,,Зовете Ме, и Аз ще ви откликна! Онези, които от високомерие не Ми служат ще влязат в Джехеннема унизени!".</t>
   </si>
   <si>
     <t>الدعاء أصل العبادة ولا يجوز صرفه لغير الله.
 الدعاء يتضمَّن حقيقة العبودية والاعتراف بغنى الرب وقدرته تعالى، وافتقار العبد إليه.
 الوعيد الشديد جزاء الاستكبار عن عبادة الله وترك دعائه، وأن الذين يستكبرون عن دعاء الله سيدخلون جهنم صاغرين حقيرين.</t>
   </si>
   <si>
     <t>Дуата е основата на ибадета и не е позволено да се отклонява за друг освен за Аллах.
 Дуата съдържа в себе си ядрото на обожествяването и признаването на способността и богатството на Всевишния Господ, както и изявяването на нуждата на раба към Него.
 Силното предупреждение за възмездие към онези, които от високомерие не правят ибадет и дуа на Аллах. И онези, които проявяват високомерие относно дуата към Аллах, ще влязат в Джехеннема унизени и презрени.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5496</t>
   </si>
   <si>
-    <t>كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ</t>
+    <t>كلمتان خفيفتان على اللسان، ثقيلتان في الميزان، حبيبتان إلى الرحمن</t>
   </si>
   <si>
     <t>,,Две думи - леки за езика, тежки на везната, обичани за Всемилостивия</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «كَلِمَتَانِ خَفِيفَتَانِ عَلَى اللِّسَانِ، ثَقِيلَتَانِ فِي الْمِيزَانِ، حَبِيبَتَانِ إِلَى الرَّحْمَنِ: سُبْحَانَ اللهِ الْعَظِيمِ، سُبْحَانَ اللهِ وَبِحَمْدِهِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава от Пророка ﷺ, че е казал: ,,Две думи - леки за езика, тежки на везната, обичани за Всемилостивия: ,,Субханеллах 
 ел-Азим субханеллахи уе бихамдих".</t>
   </si>
   <si>
     <t>أَخبرَ النبيُّ صلى الله عليه وسلم عن كلمتين يَنطِقُهما الإنسان بلا مَشقَّة وعلى كل حال، وأنهما عظيم أجرهما في الميزان، وأنَّ ربَّنا الرحمن تبارك وتعالى يُحبُّهما: 
 سبحان الله العظيم، سبحان الله وبحمده؛ لما تَضَمَّنتاه من وصف الله بالعظمة والكمال، وتنزيهه عن النقائص تبارك وتعالى.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава за две споменавания на Аллах, които човекът изрича без усилия и във всяко положение. Наградата за тези думи върху везната е велика и нашият Всемилостив, Благословен и Всевишен Господ ги обича:
 ,,Субханеллахил азим", ,,субханеллахи уе бихамдих", заради това, което съдържат като описание за величието и съвършенството на Аллах, както и очистването Му от недостатъци, Благословен и Всевишен е Той.</t>
   </si>
   <si>
     <t>أعظم الذكر أن يُجْمَعَ فيه بين تنزيهِ الله والثناءِ عليه.
 بيان سعة رحمة الله بعباده، فهو يجزي على العمل القليل بالثواب الجزيل.</t>
   </si>
   <si>
     <t>Най-великото споменаване е това, което комбинира очистване и прославяне на Аллах.
 Пояснение за широтата на Аллаховата милост към рабите Си, като за малко дела дава огромна награда.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5507</t>
   </si>
   <si>
-    <t>لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ</t>
+    <t>ليس شيء أكرم على الله تعالى من الدعاء</t>
   </si>
   <si>
     <t>,,Няма нищо по-достойно за Всевишния Аллах от дуата</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن النبي صلى الله عليه وسلم قال: «لَيْسَ شَيْءٌ أَكْرَمَ عَلَى اللهِ تَعَالَى مِنَ الدُّعَاءِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава от Пророка ﷺ, че казва: ,,Няма нищо по-достойно за Всевишния Аллах от дуата".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنه لا شيء في العبادات أفضل عند الله تعالى من الدعاء؛ لأن فيه الاعترافَ بغنى الله سبحانه وتعالى، والاعتراف بعَجْز العبد وافتقاره إليه.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че няма нищо по-достойно от ибадетите при Всевишния Аллах от дуата, защото в нея се съдържа признание за това, че Всевишният и Пречист Аллах е Пребогатият, а рабът е безпомощен и нуждаещ се от Него.</t>
   </si>
   <si>
     <t>فضل الدعاء وأن من دعا الله فهو مُعظِّم له، ومقر له بأنه غني سبحانه فالفقير لا يُدعا، وأنه سميع فالأَصمُّ لا يُدعا، وأنه كريم فالبخيل لا يدعا، وأنه رحيم فالقاسي لا يدعا، وأنه قادر فالعاجز لا يدعا، وأنه قريب فالبعيد لا يَسمع، وغير ذلك من صفات الجلال والجمال لله سبحانه وتعالى.</t>
   </si>
   <si>
     <t>Превъзходството на дуата. Който зове Аллах, той е човек възвеличаващ Аллах, потвърждаващ, че Аллах е Пребогатият - Пречист е Той, защото бедният не се умолява, и че е Всечуващ, защото глухият не се умолява, и че е Прещедър, защото стиснатият не се умолява, и че е Милосърден, защото закоравелият не се умолява, и че е Преспособен, защото безпомощният не се умолява, и че е Близък, защото далечният не се умолява. По същия начин са и другите велики и красиви качества на Пречистия и Всевишен Аллах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5509</t>
   </si>
   <si>
-    <t>مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ</t>
+    <t>ما نقصت صدقة من مال، وما زاد الله عبدا بعفو إلا عزا، وما تواضع أحد لله إلا رفعه الله</t>
   </si>
   <si>
     <t>,,Милостинята [садака] не намалява от богатството. И когато рабът прости [на някого], Аллах му набавя величие чрез това дело. И няма човек, който да се е смирил пред Аллах, без Той да го е издигнал заради това</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه عن رسول الله صلى الله عليه وسلم قال: «مَا نَقَصَتْ صَدَقَةٌ مِنْ مَالٍ، وَمَا زَادَ اللهُ عَبْدًا بِعَفْوٍ إِلَّا عِزًّا، وَمَا تَوَاضَعَ أَحَدٌ لِلهِ إِلَّا رَفَعَهُ اللهُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Милостинята [садака] не намалява от богатството. И когато рабът прости [на някого], Аллах му набавя величие чрез това дело. И няма човек, който да се е смирил пред Аллах, без Той да го е издигнал заради това".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الصدقةَ لا تُنقِصُ المالَ، بل تَدْفَعُ عنه الآفات، ويُعَوِّض اللهُ صاحبَها الخيرَ العظيم، فتكون زيادةً لا نقصًا.
 وما زاد العفوُ مع القدرة على الانتقام أو المؤاخذة صاحبَه إلا قوةً وعزةً.
 وما تواضع وتَذَلَّل أحدٌ لوجه الله، لا خوفًا من أحد، ولا مداراة له، ولا طلبًا لمنفعة منه، إلا كان جزاؤه العُلُوَّ والشرفَ.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че садаката не е причина да намалее богатството, а напротив - премахва вредите от него. Аллах компенсира собственика на богатството с много добро, което се явява увеличение, а не намаляване.
 Прошката, когато има възможност да отмъсти, носи на човек сила и величие.
 Винаги, когато някой се смири и постъпи със снизхождение заради Лика на Аллах, а не поради страх, нагаждане или търсене на полза от някой друг, наградата за него е въздигане и почит.</t>
   </si>
   <si>
     <t>الخير والفلاح في امتثال الشريعة وفعل الخير وإن ظن بعض الناس أنه بخلاف ذلك.</t>
   </si>
   <si>
     <t>Доброто и сполуката се крият в подчинението към шериата и вършенето на добро, дори някои хора да предполагат обратното.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5512</t>
   </si>
   <si>
-    <t>مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ</t>
+    <t>من رد عن عرض أخيه رد الله عن وجهه النار يوم القيامة</t>
   </si>
   <si>
     <t>,,Който защити честта на своя брат, Аллах ще защити лицето му от Огъня в Съдния ден</t>
   </si>
   <si>
     <t>عن أبي الدرداء رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ رَدَّ عَنْ عِرْضِ أَخِيهِ رَدَّ اللهُ عَنْ وَجْهِهِ النَّارَ يَوْمَ الْقِيَامَةِ».</t>
   </si>
   <si>
     <t>От Ебу ед-Дерда /радийеллаху анху/ се предава,че Пророка ﷺ казва: ,,Който защити честта на своя брат, Аллах ще защити лицето му от Огъня в Съдния ден".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن دافَعَ عن عِرْضِ أخيه المسلم في غَيْبته بمنع ذَمِّهِ أو الإساءة إليه، فإنَّ اللهَ يَرُدُّ عنه العذابَ يومَ القيامة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който защити честта на своя брат мюсюлманин, когато той отсъства,възпрепятствайки той да бъде унизен или обиден, то Аллах ще го защити от наказание в Съдия ден.</t>
   </si>
   <si>
     <t>النهي عن الكلام في أعراض المسلمين.
 الجزاء من جنس العمل، فمن رَدَّ عن عِرض أخيه ردَّ الله عنه النار.
 الإسلام دين التآخي والتناصُر بين أهله.</t>
   </si>
   <si>
     <t>Забраната за говорене, уронвайки достойнството на мюсюлманите.
 Възмездието е според делата. Който защити честта на брат си, Аллах ще го защити от Огъня.
 Ислямът е религия на побратимяването и взаимопомощта между последователите си.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5514</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ</t>
+    <t>من قال: سبحان الله وبحمده، في يوم مائة مرة، حطت خطاياه وإن كانت مثل زبد البحر</t>
   </si>
   <si>
     <t>,,Който каже: ,,субханеллахи уе бихамдих" - сто пъти на ден, му се опрощават греховете дори да са колкото морската пяна</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «مَنْ قَالَ: سُبْحَانَ اللهِ وَبِحَمْدِهِ، فِي يَوْمٍ مِائَةَ مَرَّةٍ، حُطَّتْ خَطَايَاهُ وَإِنْ كَانَتْ مِثْلَ زَبَدِ الْبَحْرِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Който каже: ,,субханеллахи уе бихамдих" - сто пъти на ден, му се опрощават греховете дори да са колкото морската пяна".</t>
   </si>
   <si>
     <t>يُخبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن قال في يوم مائة مرة: «سبحان الله وبحمده»؛ مُحيتْ خطاياه وغُفِرت، ولو كانت كثيرة مثل الرَّغْوَة البيضاء التي تعلو البحر عند تَمَوُّجِه وهَيَجَانِه.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който каже сто пъти на ден: ,,субханеллахи уе бихамдих" му се изтриват и опрощават греховете дори да са многобройни, както е морската пяна, която се образува при удара на морските вълни.</t>
   </si>
   <si>
     <t>هذا الأجر يحصل لمن قالها في اليوم مُتَوالِيَة أو مُتَفَرِّقة.
 التسبيح: هو تنزيه الله عن النقص، والحمد:  وصفه بالكمال مع المحبة والتعظيم.
 المراد في الحديث تَكْفير صغائر الذنوب، وأمَّا الكبائر فلا بدَّ لها من توبة.</t>
   </si>
   <si>
     <t>Тази награда се печели от онзи, който изрече това в денонощието, независимо дали е последователно на един път, или периодично чрез прекъсване.
 Тесбихът (субханеллах) е: очистване на Аллах от недостатъци.
 Техмидът (елхамдулиллях) е: описанието Му чрез съвършенство, обич и възвеличаване.
 Значението в хадиса е опрощението на малките грехове. Що се отнася до големите такива, за тях е задължително да се направи покаяние (теубе).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5516</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ</t>
+    <t>من قال: لا إله إلا الله وحده لا شريك له، له الملك وله الحمد وهو على كل شيء قدير، عشر مرار</t>
   </si>
   <si>
     <t>,,Който каже: ,,Ля иляхе иллеллаху уахдеху ля шерике лех, лехул мулку уе лехул хамду уе ху'уе аля кулли шей ин кадир" - десет пъти</t>
   </si>
   <si>
     <t>عن أبي أيوب رضي الله عنه عن النبي صلى الله عليه وسلم قال: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، عَشْرَ مِرَارٍ كَانَ كَمَنْ أَعْتَقَ أَرْبَعَةَ أَنْفُسٍ مِنْ وَلَدِ إِسْمَاعِيلَ».</t>
   </si>
   <si>
     <t>От Ебу Ейюб /радийеллаху анху/ се предава, че Пророка ﷺ казва: ,,Който каже: ,,Ля иляхе иллеллаху уахдеху ля шерике лех, лехул мулку уе лехул хамду уе ху'уе аля кулли шей ин кадир" - десет пъти, все едно е освободил десет души от децата на Исмаил"</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قال: «لا إله إلا الله وحده لا شريك له، له الملك، وله الحمد، وهو على كل شيء قدير»، ومعناها: لا معبود بحق إلا الله وحده لا شريك له، وأنه سبحانه المُخْتَصُّ بالمُلْكِ التامّ، والمُستحق للثناء والمدح مع المحبة والتعظيم دون من سواه، وأنه قادر لا يُعجزه شيء. 
 فمَن كَرَّر هذا الذِّكْرَ العظيم في يوم عشر مرَّات؛ صار له من الأجر مثل أجر من أزال الرِّقِّ عن أربعة مماليك من ذُرِّيَّة إسماعيل بن إبراهيم عليهما الصلاة والسلام، وخَصَّ ذُريةَ إسماعيل عليه السلام؛ لأنهم أشرفُ من غيرهم.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който каже: ,,Ля иляхе иллеллаху уахдеху ля шерике лех, лехул мулку уе лехул хамду уе ху'уе аля кулли шей ин кадир", а значението му е: ,,Никой няма право да бъде обожествяван освен Аллах - Единствения, нямащ Той съдружници, и че Той - Пречистият, е единствения с абсолютната власт, който заслужава да бъде хвален и възхваляван, чрез обич и възвеличаване, че той е Способният и нищо не Му е непосилно". Който каже този велик зикр десет пъти на ден, получава награда като наградата на онзи, който е освободил от робство четири човека от потомството на Исмаил, син на Ибрахим /Алейхимас-саляту уес-селям/. Конкретизира потомството на Исмаил /алейхис-селям/, защото то е по-достойно от другите.</t>
   </si>
   <si>
     <t>فضيلة هذا الذكر المتضمن إفراد الله تعالى بالألوهية، والملك، والحمد، والقدرة التامة.
 ينال ثواب هذا الذكر من قاله متواليا أو متفرقا.</t>
   </si>
   <si>
     <t>Превъзходството на този зикр, който съдържа единството на Всевишния Аллах, чрез божественост /улюхийе/, владение, възхвала и абсолютна способност.
 Спечелва наградата от този зикр онзи, който го каже последователно или периодично.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5517</t>
   </si>
   <si>
-    <t>مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ</t>
+    <t>من يرد الله به خيرا يفقهه في الدين</t>
   </si>
   <si>
     <t>,,За когото Аллах пожелае добро, го прави разбиращ в религията</t>
   </si>
   <si>
     <t>عن معاوية رضي الله عنه قال: سمعت النبي صلى الله عليه وسلم يقول: «مَنْ يُرِدِ اللهُ بِهِ خَيْرًا يُفَقِّهْهُ فِي الدِّينِ، وَإِنَّمَا أَنَا قَاسِمٌ، وَاللهُ يُعْطِي، وَلَنْ تَزَالَ هَذِهِ الْأُمَّةُ قَائِمَةً عَلَى أَمْرِ اللهِ، لَا يَضُرُّهُمْ مَنْ خَالَفَهُمْ، حَتَّى يَأْتِيَ أَمْرُ اللهِ».</t>
   </si>
   <si>
     <t>От Муауия /радийеллаху анху/ се казва: ,,Чух Пророка ﷺ да казва: ,,За когото Аллах пожелае добро, го прави разбиращ в религията. Аз единствено разпределям, а Аллах дава! Тази общност няма да престане да изпълнява повелята на Аллах, не ще им навреди онзи, който им се противопоставя докато дойде заповедта на Аллах".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن أراد اللهُ به خيرًا فإنه يرزقه فَهمًا في دينه سبحانه، وأنه عليه الصلاة والسلام قاسِمٌ يَقْسِمُ ويُوَزِّعُ ما آتاه الله تعالى من الرزق والعلم وغيرِه، وأنَّ المُعطِي حقيقةً هو الله، وأما غيرُه فهم أسبابٌ لا تَنْفَعُ إلا بإذن الله، وأنه لن تزال هذه الأمةُ قائمةً على أمر الله، لا يضرهم مَن خالفهم، حتى تقوم الساعة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че за онзи, за когото Аллах пожелае добро, му дарява разбиране в религията на Пречистия Аллах, и че той ﷺ е Разпределящият, който раздава и поделя онова, което Всевишният Аллах му е дал като препитание, знание и друго. Но онзи, който наистина дарява, е Аллах, а другите са просто предпоставки, които не носят полза освен с позволението на Аллах. Тази общност няма да престане да изпълнява повелята на Аллах, като не ще им навреди онзи, който им се противопоставя, докато настъпи Часът.</t>
   </si>
   <si>
     <t>عَظَمة وفَضْل العلم الشرعي وتَعَلُّمُه والحثُّ عليه.
 القيام بالحق لا بد من وجودِه في هذه الأمة، فإذا تخلَّت عنه طائفة قام به غيرُها. 
 التَّفَقُّهُ في الدين مِن إرادةِ اللهِ تعالى الخيرَ لعبدِه. 
 النبي صلى الله عليه وسلم إنما يُعْطِي بأمر الله ومشيئته، وأنه لا يملك شيئًا.</t>
   </si>
   <si>
     <t>Величието и превъзходството на шериатското ислямско знание, научаването му и подтикването към него.
 Изпълнението на истината непременно ще съществува в тази общност. И когато една група го изостави, друга ще го продължи.
 Ученето и разбирането на религията по волята на Всевишния Аллах е благодат към раба Му.
 Пророка ﷺ не владее нищо, а дава по заповед и желание на Аллах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5518</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ</t>
+    <t>إن الله يحب العبد التقي الغني الخفي</t>
   </si>
   <si>
     <t>,,Наистина Аллах обича раба, който е богобоязлив, богат и скрит</t>
   </si>
   <si>
     <t>عن سعد بن أبي وقاص رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «إِنَّ اللهَ يُحِبُّ الْعَبْدَ التَّقِيَّ الْغَنِيَّ الْخَفِيَّ».</t>
   </si>
   <si>
     <t>От Сеад ибн ебу Уеккас /радийеллаху анху/ се казва: ,,Чух Пратеника на Аллах ﷺ да казва: ,,Наистина Аллах обича раба, който е богобоязлив, богат и скрит".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الله عزَّ وجلَّ يُحِبُّ بعضَ عباده، 
 ومنهم التقي: المُمْتَثِل لأوامر الله، المجتنب لنواهِيهِ.
 ويُحِبُّ الغنيَّ: الذي استغنى عن الناسِ بالله عز وجل لا يَلْتَفِتُ إلى غيره.
 ويُحبُّ الخفيَّ: المُتَواضِع، المُتَعَبِّد لربِّه، المُشتغل بما ينفعه، الذي لا يَهْتَمُّ أنْ يَعْرِفَه أحدٌ أو يَتَحَدَّث عنه بمدحٍ وثَنَاءٍ.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че Великият Аллах обича някои от рабите Си,
 като от тях е богобоязливият: който спазва заповедите на Аллах и страни от забраните Му.
 Също така обича и богатия: който няма нужда от хората, а се обръща само към Аллах и към никого другиго.
 Обича и скрития: скромния, обожествяващ Господа си, ангажиращ се с онова, което му носи полза. Онзи, който се стреми да не го узнае никой и да не го хвалят и превъзнасят.</t>
   </si>
   <si>
     <t>بيان بعض الصفات المُقْتَضِيَة لمحبةِ الله لعباده، وهي التقوى والتواضع والرضى بما قَسَمَ الله.</t>
   </si>
   <si>
     <t>Пояснение за някои качества, които спечелват обичта на Аллах към рабите Му, а те са: богобоязън, смирение и задоволство от онова, което Аллах е определил.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5545</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ</t>
+    <t>أن النبي صلى الله عليه وسلم كان لا يرد الطيب</t>
   </si>
   <si>
     <t>че Пророка ﷺ не е отказвал парфюм</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ لَا يَرُدُّ الطِّيبَ.</t>
   </si>
   <si>
     <t>От Енес ибн Малик /радийеллаху анху/ се предава, че Пророка ﷺ не е отказвал парфюм.</t>
   </si>
   <si>
     <t>كان مِن هَديِ النبيِّ صلى الله عليه وسلم أنه لا يَرُدُّ الطِّيْبَ ويَقْبَلَه؛ لأنه خفيفُ المَحمل وطَيِّبُ الرَّائحة.</t>
   </si>
   <si>
     <t>От напътствието на Пророка ﷺ е, че той не е отказвал парфюм, защото е лек като тежест и приятен на миризма.</t>
   </si>
   <si>
     <t>استحباب قبول عَطِيَّةِ الطِّيْبِ؛ لأنه لا مُؤْنَة لحملِه ولا مِنَّةَ في قبوله.
 كمال وحسن خلق النبي صلى الله عليه وسلم في عدم رد الطيب، وقبول هدية من يهدي إليه.
  الترغيب في استعمال الطيب.</t>
   </si>
   <si>
     <t>Желателно е да се приема парфюмът като подарък, защото няма трудност в пренасянето му или натоварване в приемането му.
 Съвършенството в добрия нрав на Пророка ﷺ в това да не отказва парфюма като подарък от подаряващия го.
 Подтикване към използването на парфюм.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5733</t>
   </si>
   <si>
-    <t>أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ</t>
+    <t>أكمل المؤمنين إيمانا أحسنهم خلقا، وخيركم خيركم لنسائهم</t>
   </si>
   <si>
     <t>,,Хората с най-пълна вяра са тези, които са с най-добър нрав, а с най-добрия от вас е онзи, който е най-добър към жените си</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَكْمَلُ الْمُؤْمِنِينَ إِيمَانًا أَحْسَنُهُمْ خُلُقًا، وَخَيْرُكُمْ خَيْرُكُمْ لِنِسَائِهِمْ».</t>
   </si>
   <si>
     <t>Ебу Хурейра /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ каза: ,,Хората с най-пълна вяра са тези, които са с най-добър нрав, а с най-добрия от вас е онзи, който е най-добър към жените си".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أَكْمَلَ الناس إيمانًا مَن حَسُنَ خُلُقُه، وذلك بطَلَاقَةِ الوجه، وبذل المعروف، وحسن الكلام، وكف الأذى.
 وخَيْرَ المؤمنين خيرُهم لنسائِهِ، كزَوجتِه وبَناتِه وأخواتِه وقَريباتِه؛ لأنهن مِن أحقِّ الناس بحُسْنِ الخُلُق.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че хората с най-пълна вяра са онези с добрия характер, като: приветливото лице, вършенето на добро, добрите думи и въздържането от вреда.
 И най-добрите вярващи са онези, които са най-добри към жените си, като: съпругата, дъщерите, сестрите и близките, защото те са с най-голямо право да се отнасят с тях с добър нрав.</t>
   </si>
   <si>
     <t>فضيلة الأخلاق الحسنة وأنها من الإيمان.
  العمل من الإيمان، والإيمان يزيد وينقص.
 إكرام الإسلام للمرأة والترغيب في الإحسان إليها.</t>
   </si>
   <si>
     <t>Превъзходството на добрия нрав и че той е от вярата.
 Делата са от вярата, а вярата се увеличава и намалява.
 Почитта на исляма към жената и подтикването към добро отношение спрямо нея.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5792</t>
   </si>
   <si>
-    <t>الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ</t>
+    <t>الدنيا متاع، وخير متاع الدنيا المرأة الصالحة</t>
   </si>
   <si>
     <t>,,Земният живот е наслада, а най-добрата наслада в земния живот е праведната съпруга</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما أن رسول الله صلى الله عليه وسلم قال: «الدُّنْيَا مَتَاعٌ، وَخَيْرُ مَتَاعِ الدُّنْيَا الْمَرْأَةُ الصَّالِحَةُ».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Амр /радийеллаху анхума/ се предава, че Пратеника на Аллах ﷺ казва: ,,Земният живот е наслада, а най-добрата наслада в земния живот е праведната съпруга".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الدنيا بما فيها إنما هي شيءٌ يُتَمَتَّعُ به حينًا من الوقت ثم يزول، وأنَّ أفضلَ متاعِها الزوجةُ الصالحةُ، التي إذا نَظَرَ إليها سَرَّتْه، وإذا أَمَرَها أطاعتْه، وإذا غاب عنها حَفِظَتْه في نفسِها ومالِهِ.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че земният живот с всичко в него е една временна наслада, след което изчезва. И че най-добрата наслада от живота е праведната съпруга, която когато погледне към нея, го радва, когато ѝ заповяда нещо, му се подчинява, а когато отсъства от нея, го пази, опазвайки себе си и богатството му.</t>
   </si>
   <si>
     <t>جواز التَّمَتُّعِ بطَيِّبَاتِ الدنيا التي أحلَّها الله لعباده دون سَرَفٍ أو مَخِيْلَة.
 الترغيب في اختيار الزوجة الصالحة؛ لأنها عَوْنٌ للزوج على طاعة ربه.
 خير متاع الدنيا ما كان في طاعة الله أو أعان عليها.</t>
   </si>
   <si>
     <t>Позволението за наслада от хубавите неща в земния живот, които Аллах е позволил за Своите раби без разхищение или високомерие.
 Подтикването към избора на праведна съпруга, защото тя е подкрепа за съпруга си в покорството му към Аллах.
 Най-добрата наслада от земния живот е тази, която е в покорство към Аллах или в негова подкрепа.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5794</t>
   </si>
   <si>
-    <t>إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ</t>
+    <t>إن الرفق لا يكون في شيء إلا زانه، ولا ينزع من شيء إلا شانه</t>
   </si>
   <si>
     <t>,,Наистина снизходителността, когато присъства в нещо, го разкрасява, а когато отсъства, го опорочава</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها زوج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «إِنَّ الرِّفْقَ لَا يَكُونُ فِي شَيْءٍ إِلَّا زَانَهُ، وَلَا يُنْزَعُ مِنْ شَيْءٍ إِلَّا شَانَهُ».</t>
   </si>
   <si>
     <t>От Аиша /радийеллаху анха/, съпругата на Пророка ﷺ, че Пророка ﷺ казва : ,,Наистина снизходителността, когато присъства в нещо, го разкрасява, а когато отсъства, го опорочава".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ الرِّفْقَ واللينَ والتَّمَهُّلَ بالقَول والفِعل يَزيدُ الأمور جمالًا وكمالًا وحُسْنًا، وأحْرى أنْ يُدْركَ صاحبُها حاجتَه.
 وعدم الرفق يَعِيْبُ الأمورَ ويُقَبِّحُها ويَمنعُ صاحبَها مِن إِدراكِ حاجتِه، وإنْ أدرَكها فبِمَشَقَّة.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че снизходителността, нежността и внимателните думи и действия придават красота, доброта и пълнота на нещата. По този начин, човек има по-голям шанс да постигне целта си.
 Отсъствието на снизходителност опорочава нещата и пречи на човек да постигне целта си, а ако успее, то ще бъде с трудност.</t>
   </si>
   <si>
     <t>الحثُّ على التَّخَلُّقِ بالرِّفق. 
 الرِّفقُ يَزينُ المرءَ، وهو سببٌ لكل خير في أمور الدِّين والدنيا.</t>
   </si>
   <si>
     <t>Подтикването към усвояването на снизходителността.
 Снизходителността краси човека и е причина за всички добри неща, както в религията, така и в земните дела.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5796</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا</t>
+    <t>إن الله ليرضى عن العبد أن يأكل الأكلة فيحمده عليها، أو يشرب الشربة فيحمده عليها</t>
   </si>
   <si>
     <t>,,Наистина Аллах е доволен от раба, когато хапне залък или пийне глътка вода, да го възхвали, казвайки - ,,елхамдулиллях</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيَرْضَى عَنِ الْعَبْدِ أَنْ يَأْكُلَ الْأَكْلَةَ فَيَحْمَدَهُ عَلَيْهَا، أَوْ يَشْرَبَ الشَّرْبَةَ فَيَحْمَدَهُ عَلَيْهَا».</t>
   </si>
   <si>
     <t>От Енес ибн Малик /радийеллаху анху/ се казва: Пратеника на Аллах ﷺ казва: ,,Наистина Аллах е доволен от раба, когато хапне залък или пийне глътка вода, да го възхвали, казвайки - ,,елхамдулиллях".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ حَمْدَ العبدِ ربَّه على فَضْلِهِ ونِعَمِهِ مِن الأمور التي يَحْصُل بها رضا الله؛ فيَطْعَمُ الطعامَ ويقول: الحمد لله، ويَشرَبُ الشَّرَابَ ويقول: الحمد لله.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че възхвалата към Аллах за Неговото превъзходство и благодат е от нещата, които печелят задоволството на Аллах. Консумирайки храна, той изрича ,,елхамдулиллях" и отпивайки от напитката, той казва ,,елхамдулиллях".</t>
   </si>
   <si>
     <t>كرم الله عز وجل، فقد تَفَضَّلَ بالرزق ورَضِيَ بالحَمْد.
 رضا الله يُنالُ بأيسر سبب، كالحمد بعد الأكل والشرب.
 من آداب الطعام والشراب: حمد الله تعالى عَقِب الأكل والشرب.</t>
   </si>
   <si>
     <t>Щедростта на Великия Аллах, който дарява препитанието и е доволен от възхвалата.
 Задоволството на Аллах се постига по най-лесния начин, както е чрез изричането на ,,елхамдулиллях" след ядене и пиене.
 От етикета на яденето и пиенето е: възхваляването на Аллах, когато приключи.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5798</t>
   </si>
   <si>
-    <t>إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ</t>
+    <t>إن المؤمن ليدرك بحسن خلقه درجة الصائم القائم</t>
   </si>
   <si>
     <t>,,Наистина вярващият с добрия си нрав достига степента на говеещия и кланящия се [допълнително - нафиле]</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سمعت رسول الله صلى الله عليه وسلم يقول: «إنَّ المُؤْمِنَ ليُدرِكُ بِحُسْنِ خُلُقِهِ دَرَجَةَ الصَّائِمِ القَائِمِ».</t>
   </si>
   <si>
     <t>От Аиша /радийеллаху анха/ се казва: ,,Чух Пратеника на Аллах ﷺ да казва: ,,Наистина вярващият с добрия си нрав достига степента на говеещия и кланящия се [допълнително - нафиле]".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ حُسْنَ الخُلُقِ يَبْلُغُ بصاحبِهِ مَنزلةَ المُداومِ على صيامِ النهارِ وقيامِ الليل، وجِمَاعُ حُسْنِ الخلق: بذْلُ المعروف، وحُسْن الكلام، وطلاقة الوجه، وكف الأذى واحتماله من الناس.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че добрият нрав носи на притежателя си степента на онзи, който постоянства в говеенето през деня и в кланянето през нощта. Обобщението на добрия нрав е: вършенето на добро, добрата дума, приветливото лице, неизвършването на зло и търпението към хората.</t>
   </si>
   <si>
     <t>عِظَمُ عناية الإسلام بتهذيب الأخلاق وكمالها.
 فضل حسن الخلق، حتى يبلغ العبدُ به درجةَ الصائم الذي لا يُفطر والقائم الذي لا يَتعب. 
 صيام النهار وقيام الليل عملان عظيمان فيهما مشقة على النفوس، بَلَغَ درجتَهما صاحبُ حُسْنِ الخُلُق لمجاهدتِه نفسَه بحُسْن المعاملة.</t>
   </si>
   <si>
     <t>Сериозното отношение на исляма към усъвършенстването на характера.
 Превъзходството на добрия нрав до степен, че рабът достига чрез него нивото на постоянно говеещия и постоянно кланящия се.
 Говеенето през деня и кланянето през нощта са две велики дела, които съдържат трудност за душите. Носителят на добрия нрав достига тяхната степен поради борбата с душата си надвивайки я с добрите взаимоотношения.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5799</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا</t>
+    <t>إن من خياركم أحسنكم أخلاقا</t>
   </si>
   <si>
     <t>Сред най-добрите от вас са онези с най-добър нрав</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: لَمْ يَكُنِ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَاحِشًا وَلَا مُتَفَحِّشًا، وَكَانَ يَقُولُ: «إِنَّ مِنْ خِيَارِكُمْ أَحْسَنَكُمْ أَخْلَاقًا».</t>
   </si>
   <si>
     <t>От Абдулах ибн Амр /радийеллахума анху/ се казва: ,,Пророка ﷺ не беше нито вулгарен, нито неприличен и казваше: ,,Сред най-добрите от вас са онези с най-добър нрав".</t>
   </si>
   <si>
     <t>لم يَكنْ مِن أخلاقِ النبيِّ صلى الله عليه وسلم الكلامُ القبيح، أو الفعلُ القبيح، ولم يكن يَقصدُه ولا يتعمدُه، فهو صلى الله عليه وسلم ذو خلق عظيم.
 وكان صلى الله عليه وسلم يقول: إنَّ أفضلَكم عند الله أحسنُكم خُلُقًا، بِبَذْلِ المعروف، وطلاقةِ الوجه، وكَفِّ الأذى واحتماله، ومخالطة الناس بالجميل.</t>
   </si>
   <si>
     <t>От нрава на Пророка ﷺ не са били лошите думи или действия, нито пък е целил подобно нещо. Той ﷺ е бил притежател на велик нрав.
 Той ﷺ е казвал: ,,Най-добрият от вас при Аллах е онзи с най-добър нрав, чрез вършенето на добро, приветливото лице, неизвършването на зло и понасянето на такова, и доброто отношение към хората".</t>
   </si>
   <si>
     <t>على المؤمن أن يبتعد عن الفُحْش من الكلام السيِّئ والفعل القبيح.
 كمال خُلُق رسول الله صلى الله عليه وسلم، فلا يَصْدُرُ عنه إلا العمل الصالح والقول الطيب.
 حسن الخلق مَيْدانٌ للتنافس، فمَن سَبَقَ كان من خيار المؤمنين وأكملِهم إيمانًا.</t>
   </si>
   <si>
     <t>Вярващият трябва да страни от вулгарните, лоши думи и грозни действия.
 Съвършенството на нрава на Пратеника на Аллах ﷺ, като от него не произлиза друго освен праведно дело и добра дума.
 Добрият нрав е арена на съревнование. Онзи, който изпревари, е от най-добрите вярващи и от хората с най-пълна вяра.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5803</t>
   </si>
   <si>
-    <t>قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ</t>
+    <t>قال الله: أنفق يا ابن آدم أنفق عليك</t>
   </si>
   <si>
     <t>,,Аллах казва: ,,Раздавай, ей сине на Адем, за да ти се дава</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه أن رسول الله صلى الله عليه وسلم قال: «قَالَ اللهُ: أَنْفِقْ يَا ابْنَ آدَمَ أُنْفِقْ عَلَيْكَ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се предава, че Пратеника на Аллах ﷺ казва: ,,Аллах казва: ,,Раздавай, ей сине на Адем, за да ти се дава".</t>
   </si>
   <si>
     <t>يَخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ الله تبارك وتعالى قال: أنفق يا ابن آدم -من النفقات الواجبة والمستحبة- أُوَسِّعْ عليك وآتِك عِوَضًا عن ذلك وأباركْ لك فيه.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че Благословеният и Всевишен Аллах казва: ,,Раздавай, ей сине на Адем, от задължителната и желателна милостиня (садака), за да ти се разшири препитанието, да дойде при теб като компенсация за това и да имаш благодат в него".</t>
   </si>
   <si>
     <t>الحث على الصدقة والإنفاق في سبيل الله.
 الإنفاق في وجوه الخير من أعظم أسباب البركة في الرزق ومضاعفته، وإخلاف الله على العبد ما أنفقه.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Подтикването към милостинята (садака) и раздаването по пътя на Аллах.
 Раздаването за добри начинания е от най-големите предпоставки за берекет, увеличаване в препитанието и възвръщането от Аллах към раба на онова, което е раздал.
 Този хадис е от онези, които Пророка ﷺ предава от своя Господ и той се нарича свещен хадис - кудси, или божествен - иляхи. На такъв вид хадиси, думите и значението му са от Аллах с разликата, че не притежава спецификите на Корана. Коранът се различава от всичко останало чрез четенето му като ибадет, необходимостта от чистота при докосването му, предизвикателството към противниците му, чудесата му и т. н.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5805</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ</t>
+    <t>إن الله ليملي للظالم، حتى إذا أخذه لم يفلته</t>
   </si>
   <si>
     <t>,,Аллах отсрочва угнетителя, но когато го сграбчи, не го пуска</t>
   </si>
   <si>
     <t>عن أبي موسى رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «إِنَّ اللهَ لَيُمْلِي لِلظَّالِمِ، حَتَّى إِذَا أَخَذَهُ لَمْ يُفْلِتْهُ» قَالَ: ثُمَّ قَرَأَ: «{وَكَذَلِكَ أَخْذُ رَبِّكَ إِذَا أَخَذَ الْقُرَى وَهِيَ ظَالِمَةٌ إِنَّ أَخْذَهُ أَلِيمٌ شَدِيدٌ}[هود: 102]»</t>
   </si>
   <si>
     <t>От Ебу Муса /радийеллаху анху/ се казва: ,,Пратеника на Аллах ﷺ казва: ,,Аллах отсрочва угнетителя, но когато го сграбчи, не го пуска". Рече: ,,След това прочете: ,,Така сграбчва твоят Господ, щом сграбчи селищата, когато угнетяват. Той сграбчва болезнено, силно" (Худ: 102).</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من التَّمادِي في الظلم بالمعاصي والشرك وظلم الناس في حقوقهم، فإن الله تعالى يُمْهِلُ الظالمَ ويؤخِّرُه ويُطيل له في عُمُرِه ومالِه فلا يُعاجِلُه العقوبةَ؛ فإنْ لم يتب أَخَذَه ولم يُطْلِقْه ولم يَتْرُكْه لكثرة ظلمه.
 ثم قرأ صلى الله عليه وسلم: {وكذلك أخذ ربك إذا أخذ القرى وهي ظالمة إن أخذه أليم شديد} [هود: 102].</t>
   </si>
   <si>
     <t>Пророка ﷺ предупреждава за прекаляването в гнета чрез грехове, съдружаване и гнета към хората в правата им. Всевишният Аллах отсрочва и изчаква угнетителя, увеличава богатството и удължава живота му, като не избързва да го наказва. Ако не се покае, го сграбчва и не го оставя, заради множеството гнет, който е извършил.
 След това той ﷺ прочита айета: ,,Така сграбчва твоят Господ, щом сграбчи селищата, когато угнетяват. Той сграбчва болезнено, силно" (Худ: 102).</t>
   </si>
   <si>
     <t>على العاقل المبادرة إلى التوبة، وأن لا يَأمَنْ من مَكْرِ الله إذا كان مُقيمًا على الظلم.
 إمهال الله عز وجل للظالمين وعدم مُعاجَلتِهم بالعقوبة استدراجًا لهم ومضاعفة للعذاب إن لم يتوبوا.
 الظلم من أسباب عقوبة الله للأمم.
 إذا أهلك الله قرية فقد يكون فيها صالحون، فهؤلاء يُبعثون يوم القيامة على ما ماتوا عليه من الصلاح، ولا يضرهم أنْ شَمِلَتْهم العقوبةُ.</t>
   </si>
   <si>
     <t>Разумният трябва да избързва с покаянието си (теубето) и да не е в сигурност от замисъла на Аллах, когато извършва гнет.
 Отсрочването на Великия Аллах спрямо угнетителите и забавянето на наказанието към тях, за да ги въвлече в гибел и да увеличи тяхното наказание, ако не се покаят.
 Гнетът е причина за наказанието на Аллах към обществата.
 Когато Аллах унищожи селище, там може да се намират и праведни хора. Те ще бъдат съживени в Съдния ден спрямо праведното си положение, в което са умрели, и няма да им навреди това, че са попаднали под общото наказание на земята.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5811</t>
   </si>
   <si>
-    <t>مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ</t>
+    <t>ما تركت بعدي فتنة أضر على الرجال من النساء</t>
   </si>
   <si>
     <t>,,Не оставям след себе си по-голямо изкушение, което да навреди на мъжете, от жените</t>
   </si>
   <si>
     <t>عن أسامة بن زيد رضي الله عنهما عن النبي صلى الله عليه وسلم قال: «مَا تَرَكْتُ بَعْدِي فِتْنَةً أَضَرَّ عَلَى الرِّجَالِ مِنَ النِّسَاءِ».</t>
   </si>
   <si>
     <t>От Усама ибн Зейд /радийеллаху анхума/ предава от Пророка ﷺ, че казва: ,,Не оставям след себе си по-голямо изкушение, което да навреди на мъжете, от жените".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّه ما تَرَكَ بعدَه ابتلاءً واختبارًا أضرَّ على الرجال من النساء؛ فإن كانتْ مِن أهلِه فقد يَحصُلُ منه متابعةً لها في مُخالفةِ الشرع، وإن كانت أجنبيةً عنه فباختلاطِه وخَلوتِه بها وما ينتج عن ذلك من مفاسد.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че не оставя след себе си по-голямо изпитание, което да навреди на мъжете, от жените. Ако те са от семейството му, той може да ги последва в отклонението им от религията. Ако не са от семейството му, изпитанието му е в смесването и усамотяването с тях и всичко, което произлиза като развала от това.</t>
   </si>
   <si>
     <t>على المسلم الحذر من فتنة النساء، وسدُّ كلِّ طريق يوجب الفتنة بها.
 ينبغي للمؤمن الاعتصام بالله، والرغبة إليه في السلامة من الفتن.</t>
   </si>
   <si>
     <t>Мюсюлманинът трябва да внимава за изпитанието от жените и да блокира всяка пътека, която води до това.
 На мюсюлманина подобава да се привърже към Аллах и да разчита на Него в спасението от изпитанията.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5830</t>
   </si>
   <si>
-    <t>يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا</t>
+    <t>يسروا ولا تعسروا، وبشروا ولا تنفروا</t>
   </si>
   <si>
     <t>,,Улеснявайте и не затруднявайте, благовестявайте и не отблъсквайте</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه عن النبي صلى الله عليه وسلم قال: «يَسِّرُوا وَلَا تُعَسِّرُوا، وَبَشِّرُوا وَلَا تُنَفِّرُوا».</t>
   </si>
   <si>
     <t>От Енес ибн Малик /радийеллаху анху/ се предава от Пророка ﷺ, че казва: ,,Улеснявайте и не затруднявайте, благовестявайте и не отблъсквайте".</t>
   </si>
   <si>
     <t>يَأمُرُ النبيُّ صلى الله عليه وسلم بالتخفيف والتيسير على الناس وعدم التَّعْسِيْر عليهم في جميع أمور الدين والدنيا، وذلك في حدود ما أباح الله وشرع.
 ويَحُثُّ على تَبْشِيرِهم بالخير، وعدم تَنْفِيرِهم منه.</t>
   </si>
   <si>
     <t>Пророка ﷺ заповядва улеснение и олекотяване за хората, а не затрудняване. И това е във всички неща, както в религията, така и в земните дела. Това се осъществява в границите, които Аллах е позволил в исляма.
 Подтиква към благовестяването им в доброто, а не в отблъскването от него.</t>
   </si>
   <si>
     <t>واجب المؤمن أن يحبب الناس بالله ويُرغِّبهم في الخير.
 ينبغي على الداعي إلى الله أن ينظر بحكمة إلى كيفية تبليغ دعوة الإسلام إلى الناس.
 التبشير يُولِّدُ السرورَ والإقبالَ والاطمئنانَ للداعي ولِمَا يَعرِضه على الناس.
 التعسير يولِّدُ النفورَ والإدبارَ والتشكيكَ في كلام الداعي.
 سعة رحمة الله بعباده وأنه رضي لهم دينًا سمحًا وشريعة ميسرة.
 التيسير المأمور به هو ما جاءت به الشريعة.</t>
   </si>
   <si>
     <t>Задължение на вярващия е да накара хората да заобичат Аллах и да ги подтиква към доброто.
 На призоваващия към Аллах подобава да гледа с мъдрост, към начина на оповестяване на ислямския призив към хората.
 Благовестяването поражда радост, приемане и спокойствие към призоваващия и към това, което представя на хората.
 Затрудняването поражда отблъскване и съмнение към думите на призоваващия.
 Обширността на Аллаховата милост към рабите Му и че е избрал за тях религия, която е снизходителна и улеснена.
 Повеленото улеснение е това, което ислямските норми (шериат) съдържат.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5866</t>
   </si>
   <si>
-    <t>تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا</t>
+    <t>تعاهدوا هذا القرآن، فوالذي نفس محمد بيده لهو أشد تفلتا من الإبل في عقلها</t>
   </si>
   <si>
     <t>,,Преговаряйте този коран, защото кълна се в Онзи, в чиято Ръка е душата на Мухаммед, той бяга по-бързо, отколкото отвързана камила!</t>
   </si>
   <si>
     <t>عن أبي موسى الأشعري رضي الله عنه عن النبي صلى الله عليه وسلم قال: «تَعَاهَدُوا هَذَا الْقُرْآنَ، فَوَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَهُوَ أَشَدُّ تَفَلُّتًا مِنَ الْإِبِلِ فِي عُقُلِهَا».</t>
   </si>
   <si>
     <t>От Ебу Муса ел-Ешари /радийеллаху анху/ предава от Пророка ﷺ, че казва: ,,Преговаряйте този коран, защото кълна се в Онзи, в чиято Ръка е душата на Мухаммед, той бяга по-бързо, отколкото отвързана камила!".</t>
   </si>
   <si>
     <t>أَمَرَ النبيُّ صلى الله عليه وسلم بمُعاهَدةِ القرآنِ والمواظبةِ على تلاوتِهِ كي لا ينساه بعد أن كان حافظًا له في صدرِهِ، وأَكَّدَ ذلك بِحَلِفِهِ صلى الله عليه وسلم على أنَّ القرآنَ أشدُّ تَخَلُّصًا وذهابًا من الصدور مِن الإبل المَعقولة وهي المشدودة بحبلٍ في وسط الذراع، إنْ تَعاهدَها الإنسانُ أَمْسَكَها وإنْ أَطْلَقَها ذهبتْ وضاعتْ.</t>
   </si>
   <si>
     <t>Пророка ﷺ заповядва да преговаряме корана и да постоянстваме в четенето му, за да не го забрави онзи, който го е наизустил. Той ﷺ потвърждава това чрез клетвата си, казвайки, че коранът си отива по-бързо от паметта, отколкото отвързана камила в средата на една градина. Ако човек избърза, ще я хване, ако ли не, ще замине и ще изчезне.</t>
   </si>
   <si>
     <t>إنْ واظَبَ حافظُ القرآنِ على تلاوتِه مرَّة بعد مرَّة بقي محفوظًا في قلبه، وإلا ذهبَ عنه ونسيَه.
 من فوائد تعاهُدِ القرآن: الأجر والثواب، ورفعة الدرجات يوم القيامة.</t>
   </si>
   <si>
     <t>Ако наизустилият корана постоянства в четенето му, едно след друго, наизустеното ще остане в паметта му, ако ли не, ще изчезне и ще го забрави.
 От ползите на честото четене на корана: наградата и повишаването на степените в Съдния ден.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5907</t>
   </si>
   <si>
-    <t>خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ</t>
+    <t>خيركم من تعلم القرآن وعلمه</t>
   </si>
   <si>
     <t>,,Най-добрият от вас е онзи, който учи корана и го преподава</t>
   </si>
   <si>
     <t>عن عثمان رضي الله عنه عن النبي صلى الله عليه وسلم قال: «خَيْرُكُمْ مَنْ تَعَلَّمَ الْقُرْآنَ وَعَلَّمَهُ».</t>
   </si>
   <si>
     <t>От Осман /радийеллаху анху/ се предава от Пророка ﷺ, че казва: ,,Най-добрият от вас е онзи, който учи корана и го преподава".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ أفضلَ المسلمين وأعلاهم عند الله درجة: مَن تَعَلَّم القرآنَ، تلاوةً وحفظًا وترتيلًا وفقهًا وتفسيرًا، وعَلَّمَ غيرَه ما عنده من علوم القرآن مع عَمَلِهِ به.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че най-добрият сред мюсюлманите и най-издигнатият при Аллах по степен е онзи; който учи корана, четейки го с разбиране, отмерено с теджуид, с тълкуване, наизустявайки го, и преподава на другите онова, което има като знание за него, като същевременно го прилага.</t>
   </si>
   <si>
     <t>بيان شرف القرآن، وأنه خير الكلام؛ لأنه كلام الله.
 خير المُتعلمين مَن يُعَلِّمُ غيرَه لا مَن يَقتصِرُ على نفسِه.
 تَعَلُّمُ القرآنِ وتَعْلِيْمُه يشمل التلاوةَ والمعاني والأحكام.</t>
   </si>
   <si>
     <t>Пояснение за достойнството на корана и че това са най-добрите слова, защото са словата на Аллах.
 Най-добрият учащ се е онзи, който учи другите, а не който се ограничава само със себе си.
 Ученето и преподаването на корана обхваща четенето, значенията и становищата му.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5913</t>
   </si>
   <si>
-    <t>مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ</t>
+    <t>من نزل منزلا ثم قال: أعوذ بكلمات الله التامات من شر ما خلق، لم يضره شيء حتى يرتحل من منزله ذلك</t>
   </si>
   <si>
     <t>,,Който отиде на дадено място и след това каже: ,,Чрез съвършените слова на Аллах търся убежище от злото, което е сътворил" - нищо няма да му навреди, докато не си тръгне от това място</t>
   </si>
   <si>
     <t>عن خَوْلَةَ بِنْتَ حَكِيمٍ السُّلَمِيَّةَ قَالتْ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «مَنْ نَزَلَ مَنْزِلًا ثُمَّ قَالَ: أَعُوذُ بِكَلِمَاتِ اللهِ التَّامَّاتِ مِنْ شَرِّ مَا خَلَقَ، لَمْ يَضُرَّهُ شَيْءٌ حَتَّى يَرْتَحِلَ مِنْ مَنْزِلِهِ ذَلِكَ».</t>
   </si>
   <si>
     <t>Хауле бинт Хаким ес-Сулеми казва: ,,Чух Пратеника на Аллах ﷺ да казва: ,,Който отиде на дадено място и след това каже: ,,Чрез съвършените слова на Аллах търся убежище от злото, което е сътворил" - нищо няма да му навреди, докато не си тръгне от това място".</t>
   </si>
   <si>
     <t>يُرْشِدُ النبيُّ صلى الله عليه وسلم أُمَّتَه إلى الاعتصام والالتجاء النافع الذي يَندفِعُ به كلُّ محذورٍ يخافُه الإنسان عندما يَنزِل مكانًا من الأرض، سواء كان في سفر أو نزهة أو غير ذلك: بأنْ يعتصمَ ويلتجئَ بكلمات الله الكاملة في فضلها وبركتها ونفعها، السالمة من كل عيب ونقص، من شر كل مخلوق فيه شر، فيَأْمَنَ في منزلِه ذلك ما دام مُقيمًا فيه مِن كلِّ ما يؤذي.</t>
   </si>
   <si>
     <t>Пророка ﷺ напътства своята общност в това, да се придържат и отправят към нещо, което отблъсква всяко зло, от което човекът се страхува. Когато отиде на дадено място, пътувайки, на разходка или нещо друго, да се привърже и насочи към съвършените слова на Аллах, които нямат недостатък, да разчита на превъзходството, благодатта и ползата им. Да потърси закрила чрез тях от всяко зло на творенията, като по този начин е в сигурност на мястото, в което се намира от всяко зло, докато си тръгне.</t>
   </si>
   <si>
     <t>الاستعاذة عبادة، وهي ما كانت بالله تعالى أو بأسمائه وصفاته.
 جواز الاستعاذة بكلام الله، لأنه صفة من صفاته سبحانه، بخلاف الاستعاذة بأي مخلوق فهي شرك.
 فضيلة هذا الدعاء وبركته.
 التَّحَصُّن بالأذكار سببٌ لحماية العبد من الشرور.
 إبطال الاستعاذة بغير الله من الجن والسَّحَرة والدجَّالين وغيرهم.
 مشروعية هذا الدعاء لمَن نزل مكانًا في الحضر أو السَّفر.</t>
   </si>
   <si>
     <t>Търсенето на убежище при Аллах (ел-истиазе) е ибадет. То се осъществява чрез Всевишния Аллах, или чрез имената и качествата Му.
 Разрешението за търсене на убежище чрез думите на Аллах, защото са от Неговите качества - Пречист е Той. Обратно стои въпросът с търсенето на убежище чрез творенията, защото това е съдружаване - ширк.
 Превъзходството и берекета на тази дуа.
 Укрепването чрез дуи (езкяр) е причина за закрилата на раба от зло.
 Анулиране на търсенето на убежище чрез друг освен Аллах, като джинове, магьосници, шарлатани и т. н.
 Постановяването на тази дуа за онзи, който се настани в дадено място, независимо дали е пътник, или не.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5932</t>
   </si>
   <si>
-    <t>أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ</t>
+    <t>ألا أبعثك على ما بعثني عليه رسول الله صلى الله عليه وسلم؟ أن لا تدع تمثالا إلا طمسته، ولا قبرا مشرفا إلا سويته</t>
   </si>
   <si>
     <t>Да те изпратя ли с това, с което ме изпрати Пратеника на Аллах ﷺ? Да не оставяш статуя без да я заличиш, нито гроб, който е издигнат, без да го разрушиш</t>
   </si>
   <si>
     <t>عن أبي الهيَّاج الأسدي قال: قَالَ لِي ‌عَلِيُّ بْنُ أَبِي طَالِبٍ: أَلَا أَبْعَثُكَ عَلَى مَا بَعَثَنِي عَلَيْهِ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ؟ أَنْ لَا تَدَعَ تِمْثَالًا إِلَّا طَمَسْتَهُ، وَلَا قَبْرًا مُشْرِفًا إِلَّا سَوَّيْتَهُ.</t>
   </si>
   <si>
     <t>От Ебу ел- Хейядж ел-Еседи се казва: Али ибн Ебу Талиб ми каза: ,,Да те изпратя ли с това, с което ме изпрати Пратеника на Аллах ﷺ? Да не оставяш статуя без да я заличиш, нито гроб, който е издигнат, без да го разрушиш".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى عليه وسلم يُرسِلُ أصحابَه بألَّا يَتركوا «تمثالًا» -وهو صورة ما كان ذا روح مُجَسَّمة أو غير مجسمة- إلا أزالوه أو محوه.
 وألَّا يتركوا قبرًا مُرتفعًا إلا سَوَّوه بالأرض، وهَدَموا ما عليه من البناء، أو جَعَلوه مُسَطَّحًا لا يُرفَعُ عن الأرض رَفعًا كثيرًا، بل يُرفَع نحو شِبْر.</t>
   </si>
   <si>
     <t>Пророка ﷺ изпращал своите сподвижници със задачата да не оставят статуя - което е образ на нещо одушевено, без да я заличат или премахнат.
 И да не оставят гроб, който е издигнат (като тюрбетата) без да го изравнят със земята. Така те разрушили постройките над гробищата или направили така, че гробът да се извисява над земята само около една педя.</t>
   </si>
   <si>
     <t>تحريم التصوير لذوات الأرواح؛ لأنها من وسائل الشرك.
 مشروعية إزالة المنكر باليد لمن له سلطة أو قدرة على ذلك.
 حرص النبي صلى الله عليه على إزالة كل ما يدل على آثار الجاهلية، من التصاوير والتماثيل والأبنية على القبور.</t>
   </si>
   <si>
     <t>Забраната за рисуване на одушевени неща, защото са от предпоставките за съдружаване - ширк.
 Постановяването за премахване на порицаното чрез ръката за онзи, който има власт или способност за това.
 Стремежът на Пророка ﷺ да заличи всичко, което напомня на периода преди исляма (джахилийе), като скулптури, статуи и постройки над гробищата (тюрбета).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5934</t>
   </si>
   <si>
-    <t>لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ</t>
+    <t>لا يؤمن أحدكم حتى أكون أحب إليه من والده وولده والناس أجمعين</t>
   </si>
   <si>
     <t>,,Никой от вас не е повярвал, докато не бъда по-обичан за него от баща му, детето му и всички хора</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «لَا يُؤْمِنُ أَحَدُكُمْ حَتَّى أَكُونَ أَحَبَّ إِلَيْهِ مِنْ وَالِدِهِ وَوَلَدِهِ وَالنَّاسِ أَجْمَعِينَ».</t>
   </si>
   <si>
     <t>От Енес /радийеллаху анху/ се предава: ,,Пророка ﷺ каза: ,,Никой от вас не е повярвал, докато не бъда по-обичан за него от баща му, детето му и всички хора".</t>
   </si>
   <si>
     <t>يُخْبِرُنا رسولُ الله صلى الله عليه وسلم أنَّ المسلم لا يكون كاملَ الإيمان حتى يُقَدِّمَ محبةَ رسولِ الله صلى الله عليه وسلم على محبة أمه وأبيه وابنه وابنته والناس أجمعين، وهذه المحبة تقتضي طاعتَه ونصرتَه، وتركَ معصيتِه.</t>
   </si>
   <si>
     <t>Пратеника на Аллах ﷺ ни съобщава, че мюсюлманинът не е с пълна вяра, докато не заобича Пратеника на Аллах ﷺ повече от обичта към майка си, баща си, сина си, дъщеря си и всички хора.Тази обич изисква покорство, подкрепа и изоставяне на неподчинението към него.</t>
   </si>
   <si>
     <t>وجوب محبة الرسول صلى الله عليه وسلم، وتقديمها على محبَّة كل مخلوق.
  من علامة كمال المحبة: نَصرُ سنة رسول الله، وبذل النفس والمال في ذلك.
  محبة الرسول صلى الله عليه وسلم تقتضي طاعتَه فيما أمر وتصديقَه فيما أخبر واجتناب ما نهى عنه وزجر، واتباعَه وترك البدع.
 حق النبي صلى الله عليه وسلم أعظم وآكَدُ من كل الناس؛ لأنه كان سببًا في هدايتِنا من الضلالة واستنقاذِنا من النار والفوز بالجنة.</t>
   </si>
   <si>
     <t>Задължителността на обичта към Пратеника ﷺ и приоритизирането ѝ над всички творения.
 От признаците на пълната обич е: подкрепата за Сунната на Пратеника ﷺ и жертването на себе си и богатството за това.
 Обичта към Пратеника на Аллах ﷺ съдържа подчинението в онова, което е заповядал, вярата в онова, което е съобщил, избягването на онова, което е забранил, и порицал, следването му и изоставянето на нововъведенията - бидат.
 Правото на Пророка ﷺ е по-велико и по-потвърдено от което и да било друго право към хората. То е причина за напътствието ни от заблудата, за спасението ни от огъня и сполуката ни с Дженнета.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5953</t>
   </si>
   <si>
-    <t>‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ</t>
+    <t>ليس منا من تطير أو تطير له، أو تكهن أو تكهن له، أو سحر أو سحر له</t>
   </si>
   <si>
     <t>,,Не е от нас онзи, който суеверничи или става причина за суеверие, който гадае или отиде да му гадаят, който прави магии или отиде да му се направи магия</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «‌لَيْسَ ‌مِنَّا ‌مَنْ ‌تَطَيَّرَ أَوْ تُطُيِّرَ لَهُ، أَوْ تَكَهَّنَ أَوْ تُكُهِّنَ لَهُ، أَوْ سَحَرَ أَوْ سُحِرَ لَهُ، وَمَنْ عَقَدَ عُقْدَةً، وَمَنْ أَتَى كَاهِنًا فَصَدَّقَهُ بِمَا يَقُولُ فَقَدْ كَفَرَ بِمَا أُنْزِلَ عَلَى مُحَمَّدٍ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ».</t>
   </si>
   <si>
     <t>От Имран ибн Хусайн /радийеллаху анху/ се предава: ,,Пратеника на Аллах ﷺ казва: ,,Не е от нас онзи, който суеверничи или става причина за суеверие, който гадае или отиде да му гадаят, който прави магии или отиде да му се направи магия, или който върже възел (с цел магия). Който отиде при гадател и повярва на онова, което му каже, той не вярва в низпосланото на Мухаммед ﷺ".</t>
   </si>
   <si>
     <t>تَوَعَّدَ النبيُّ صلى الله عليه وسلم مَن فَعَلَ مِن أمته بعضَ الأفعال بقوله: "ليس منّا" ومنها: 
 الأول: "من تَطَيَّرَ أو تُطُيِّرَ له" وأصله: إطلاق الطير عند الشروع في عَمَلٍ مِن سَفَر أو تجارة أو غير ذلك، فإنْ طَارَ جِهةَ اليمين تَفاءَلَ ومَضى لِمَا يريد، وإنْ طار جهة الشمال تشاءم وكَفَّ عما يريد، فلا يجوز فِعْلُ هذا بِنفسِهِ أو تَكليف مَن يَفعله له، ويدخل في ذلك التشاؤم مِن أي شيء، مسموعًا كان أو مرئيًّا، من الطيور أو الحيوانات أو أصحاب العاهات أو الأرقام أو الأيام أو غير ذلك. 
 والثاني: "من تَكَهَّنَ أو تُكُهِّنَ له" فمَن ادَّعى عِلْمَ الغيب باستخدام النجوم وغيرها، أو جاء إلى مَن يَدَّعي علمَ الغيب كالكاهن ونحوه، فَصَدَّقه بما يقول بادعائه علم الغيب، فقد كَفَرَ بما أُنزل على محمد صلى الله عليه وسلم. 
 والثالث: "من سحر أو سحر له" وهو مَن عَمِلَ السحر بنفسه، أو كَلَّف مَن يَعمل له سحرًا؛ لينفع به أحدًا أو يضرَّه، أو عَقَدَ عُقدةً بربط الخيط والسحر عليه بقراءة التعويذات المحرمة عليه والنفث فيه.</t>
   </si>
   <si>
     <t>Пророка ﷺ предупреждава онези от общността му, които правят определени дела, с думите: ,,Не е от нас онзи...". От тях са:
 Първо: ,,който суеверничи или става причина за суеверие". Основата на думата е ,,ет-тияра" и означава пускането на птица, която да отлети преди да се започне някаква дейност, като работа, пътуване, търговия и т. н. Ако отлети надясно, се приема за добра поличба и човек започва начинанието си, а ако отлети наляво, става песимистичен и прекратява онова, което желае. Това действие не е позволено да го извършва за себе си, или пък да търси друг да го извърши за него. В тази категория  попада и суеверието към каквото и да било независимо дали става въпрос за дело, което се вижда или пък е само с думи, като например изпадне в суеверие, виждайки: определени птици или други животни, хора с увреждания, числа, дни, зодии, хороскопи и т. н.
 Второ: ,,който гадае или отиде да му гадаят". Който твърди, че знае неведомото, използвайки звездите или нещо друго, или отиде при онзи, който твърди, че знае неведомото като гадател и подобните на него и повярва на онова, което му каже в твърдението си, че знае неведомото, той става неверник към онова, което е низпослано на Мухаммед ﷺ.
 Трето: ,,който прави магии или отиде да му направят магия". Това е от делата, които сам извършва, или натовари някой друг с извършването да направи магия за него, за да помогне или навреди чрез нея на някого. Или пък направи възел, връзвайки конец и четейки забранени заклинания, поплювайки върху възлите.</t>
   </si>
   <si>
     <t>وجوب التوكل على الله والإيمان بقضاء الله وقدره، وتحريم الطيرة والتشاؤم والسحر والكهانة، أو سؤال أصحابها ذلك.
 ادعاء علم الغيب من الشرك الذي ينافي التوحيد.
 تحريم تصديق الكهان والذهاب إليهم، ويلحق بذلك قراءة ما يُسمى بالكَفِّ والفِنْجَان والبروج والنظر فيها ولو على سبيل الاطلاع.</t>
   </si>
   <si>
     <t>Задължителността на упованието в Аллах и на вярата в съдбата и предопределеното. Забраната за суеверията, песимизма, магията, гадателството или търсенето на тези неща от някого.
 Твърдението за знание в неведомото е от съдружаването - ширк, което противоречи на единството - теухид.
 Забраната да се вярва на гадателите и да се отива при тях. В това влиза и гледането на ръка, на кафе, четенето на хороскопа и зодиите, дори да е чисто информативно.</t>
   </si>
   <si>
     <t>رواه البزار</t>
   </si>
   <si>
     <t>[رواه البزار]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5981</t>
   </si>
   <si>
-    <t>مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً</t>
+    <t>من أتى عرافا فسأله عن شيء لم تقبل له صلاة أربعين ليلة</t>
   </si>
   <si>
     <t>,,Който отиде при гадател и го попита за нещо, неговата молитва - намаз, не се приема четиридесет нощи</t>
   </si>
   <si>
     <t>عن بعض أزواج النبي صلى الله عليه وسلم عن النبي صلى الله عليه وسلم قال: «مَنْ أَتَى عَرَّافًا فَسَأَلَهُ عَنْ شَيْءٍ لَمْ تُقْبَلْ لَهُ صَلَاةٌ أَرْبَعِينَ لَيْلَةً».</t>
   </si>
   <si>
     <t>Предава се от някои съпруги на Пророка ﷺ от Пророка ﷺ, че е казал: ,,Който отиде при гадател и го попита за нещо, неговата молитва - намаз, не се приема четиридесет нощи".</t>
   </si>
   <si>
     <t>يُحَذِّرُ النبيُّ صلى الله عليه وسلم من إتيان العرّاف -هو اسم عام للكاهن والمُنِّجم والرَّمَّال ونحوهم، ممن يَسْتَدِلُّ على معرفة الغيب بمقدمات يستعملها -، وأنَّ مُجَرَّدَ سؤالِهِ عن شيء من أمور الغيب سيَحْرِمُه الله به ثوابَ صلاته أربعين يومًا؛ وذلك عقوبة له على هذا الإثم والذنب الكبير.</t>
   </si>
   <si>
     <t>Пророка ﷺ предупреждава да не се посещават гадатели, което е събирателно наименование за всички видове шарлатани, който твърдят, че знаят неведомото, използвайки различни видове предмети за заблуда. Онзи, който само ги попита за нещо от неведомото знание, Аллах ще го лиши от наградата за намаза му за четиридесет дни, като наказание за този голям грях.</t>
   </si>
   <si>
     <t>تحريم الكَهَانة، والذهاب إلى الكُهان وسؤالهم عن المغيبات.
 قد يُحْرَمُ الإنسانُ مِن ثواب الطاعة عقوبة له على فعل المعصية.
 يَدْخُلُ في الحديث ما يُسمّى بالأبراج والنظر فيها، وقراءة الكَفِّ والفنجان -ولو على سبيل الاطلاع فقط-؛ لأن ذلك كلَّه من الكهانة ومن دعوى علم الغيب.
 إذا كان هذا جزاءَ مَن أتى العَرّاف، فكيف بجزاء العراف نفسه؟
 صلاة أربعين يومًا تَقَعُ مُجزئة لا يَجِبُ قضاؤها، ولكن لا ثواب فيها.</t>
   </si>
   <si>
     <t>Забраната за гадателството, за отиването при гадател и за питането му относно неведомото.
 Човек може да бъде лишен от награда за доброто свое дело, като наказание за извършен грях.
 Хадисът включва хороскопите и четенето им, гледането на ръка и на кафе, дори да е само от любопитсво, защото всичко това е от гадателството и е твърдение за неведомото знание.
 След като това е възмездието за отиване при гадател, то самият гадател какво ли възмездие го чака?
 Изпълненият намаз през тези четиридесет дни е достатъчен за кланящия го (като отдаване на отговорността за него), като не е необходимо да се отслужва като пропуснат (каза), но не получава награда за него.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5986</t>
   </si>
   <si>
-    <t>من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ</t>
+    <t>من اقتبس علما من النجوم اقتبس شعبة من السحر، زاد ما زاد</t>
   </si>
   <si>
     <t>,,Който се занимава с астрология придобива клон от магията, а той се увеличава със задълбочаването му в астрологията</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «من اقتبَسَ علْمًا مِنَ النُّجُومِ اقْتبَسَ شُعبَة مِن السِّحرِ، زادَ ما زادَ».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ се предава: ,,Пратеника на Аллах ﷺ казва: ,,Който се занимава с астрология придобива клон от магията, а той се увеличава със задълбочаването му в астрологията".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ مَن تَعَلَّم وأَخَذَ من علم النجوم والأبراج والاستدلال بحركاتها ودخولها وخروجها على الحوادث الأرضية من موت فلان أو حياته أو مرضه، ونحو ذلك مما سيقع في المستقبل، فقد تَعَلَّمَ جزءًا من السحر، وأنه كلَّما أكثر الإنسان هذا العلم فقد أكثر من السحر.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че онзи, който изучава и се занимава с астрология и хороскопи, твърдейки че движението на небесните тела има връзка със случващото се при хората, като раждането на някого, смъртта му, болестта му и т. н., твърдейки, че подобни неща ще се случат в бъдеще, той е научил част от магьосничеството. Всеки път, когато се задълбочи в тази наука, се увеличава и дялът му от магьосничеството.</t>
   </si>
   <si>
     <t>تحريم التنجيم الذي هو الإخبار عن المستقبل اعتمادًا على أحوال النجوم؛ لأنه من ادعاء علم الغيب.
 أن التنجيم المُحَرَّم من أنواع السحر المنافي للتوحيد، بخلاف النظر في النجوم لمعرفة الاتجاهات أو القِبْلة أو دخول المواسم والشهور فهو مباح.
 كلما زاد في تَعَلُّمِه للتنجيم فهو يزيد من تَعَلُّمِ شُعَبِ السحر.
 للنجوم ثلاث فوائد ذكرها الله في كتابه: زينة للسماء، وعلامات يهتدى بها، ورجوم للشياطين.</t>
   </si>
   <si>
     <t>Забраната за астрологията, което представлява ,,познаване на бъдещето" на база положението на звездите, защото това е твърдение за неведомото знание.
 Забранената астрологията е вид магия, което противоречи на единството - ет-теухид, за разлика от навигацията по звездите и определянето на посоките, на кибле, на сезоните, на месеците, което е позволено.
 Винаги, когато човек се задълбочи в изучаването на астрологията, той се задълбочава в изучаването на вид магия.
 Звездите имат три ползи и Аллах ги споменава в Корана: украса за небето, знаци за напътствие и средство за захвърляне по шейтаните.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/5989</t>
   </si>
   <si>
-    <t>أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ</t>
+    <t>أحق الشروط أن توفوا به ما استحللتم به الفروج</t>
   </si>
   <si>
     <t>,,Условията, които най-много трябва да спазвате, са онези, които стават причина половите органи да станат позволени - халал</t>
   </si>
   <si>
     <t>عن عقبة بن عامر رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَحَقُّ الشُّرُوطِ أَنْ تُوفُوا بِهِ مَا اسْتَحْلَلْتُمْ بِهِ الْفُرُوجَ».</t>
   </si>
   <si>
     <t>От Укбе ибн Амир /радийеллаху анху/ се предава: ,,Пратеника на Аллах ﷺ казва: ,,Условията, които най-много трябва да спазвате, са онези, които стават причина половите органи да станат позволени - халал".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ أولى الشروط بالوفاء هو ما كان سببًا في حِلِّ التَّمَتُّعِ بالمرأة، وهي الشروط المباحة التي تطلبها الزوجة في عقد النكاح.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че условията, които най-много трябва да се спазват са онези, които позволяват насладата с жената и това са позволените условия, които жената поставя по време на свидетелството за никях.</t>
   </si>
   <si>
     <t>وجوب الوفاء بالشروط التي التزم بها أحد الزوجين للآخر، إلا شرطًا حَرَّمَ حلالًا أو أَحَلَّ حرامًا.
 الوفاء بشروط النكاح آكَدُ من غيرها؛ لأنها في مُقابل استحلال الفروج.
 عظم مكانة الزواج في الإسلام، حيث أَكَّدَ على الوفاء بشروطه.</t>
   </si>
   <si>
     <t>Задължителността на спазването на условията, които са поставени към един от двамата съпрузи по време на никяха освен условие, което забранява нещо позволено - халал, или позволява нещо забранено - харам.
 Изпълнението на условията, поставени по време на никяха, са с по-голяма тежест от другите условия, защото залогът е позволяването на половите органи.
 Великото положение на никяха в исляма, който задължава спазването на условията поставени тогава.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6021</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا</t>
+    <t>كان رسول الله صلى الله عليه وسلم أحسن الناس خلقا</t>
   </si>
   <si>
     <t>,,Пратеника на Аллах ﷺ беше с най-добрия нрав сред хората</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَحْسَنَ النَّاسِ خُلُقًا.</t>
   </si>
   <si>
     <t>Енес ибн Малик /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ беше с най-добрия нрав сред хората".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم أكملَ الناس خُلُقًا، وله السَّبْقُ في جميع الأخلاق والمحاسن، من طِيْبِ الكلام، وبذلِ الخير، وطَلَاقة الوجه، وكَفِّ الأذى واحتمالِهِ من الآخرين.</t>
   </si>
   <si>
     <t>Пророка ﷺ бил с най-съвършения нрав, бидейки пръв във всички характери и добродетели, като добрата дума, разпространението на доброто, приветливото лице, неизвършването на зло и понасянето на злото, причинено от другите.</t>
   </si>
   <si>
     <t>كمال خُلق النبي صلى الله عليه وسلم.
 النبي صلى الله عليه وسلم هو القدوة الكاملة في حسن الخُلُق.
 الحث على التأسي بالنبي صلى الله عليه وسلم في حسن خُلُقه.</t>
   </si>
   <si>
     <t>Съвършенството на характера на Пророка ﷺ.
 Пророка ﷺ е идеалният пример за добрия нрав.
 Насърчаването към следване на Пророка ﷺ в добрия му нрав.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6180</t>
   </si>
   <si>
-    <t>كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ</t>
+    <t>كان رسول الله صلى الله عليه وسلم يهلل بهن دبر كل صلاة</t>
   </si>
   <si>
     <t>Пратеника на Аллах ﷺ изричаше това в края на всеки намаз</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي الزُّبَيْرِ قَالَ: كَانَ ‌ابْنُ الزُّبَيْرِ يَقُولُ فِي دُبُرِ كُلِّ صَلَاةٍ حِينَ يُسَلِّمُ: «لَا إِلَهَ إِلَّا اللهُ وَحْدَهُ لَا شَرِيكَ لَهُ، لَهُ الْمُلْكُ وَلَهُ الْحَمْدُ وَهُوَ عَلَى كُلِّ شَيْءٍ قَدِيرٌ، لَا حَوْلَ وَلَا قُوَّةَ إِلَّا بِاللهِ، لَا إِلَهَ إِلَّا اللهُ، ‌وَلَا ‌نَعْبُدُ ‌إِلَّا إِيَّاهُ، لَهُ النِّعْمَةُ وَلَهُ الْفَضْلُ وَلَهُ الثَّنَاءُ الْحَسَنُ، لَا إِلَهَ إِلَّا اللهُ مُخْلِصِينَ لَهُ الدِّينَ وَلَوْ كَرِهَ الْكَافِرُونَ» وَقَالَ: «كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يُهَلِّلُ بِهِنَّ دُبُرَ كُلِّ صَلَاةٍ».</t>
   </si>
   <si>
     <t>От Ебу ез-Зубейр се казва: ,,Ибн ез-Зубейр в края на всеки намаз, когато дадеше селям, казваше: ,,Няма друг бог освен Аллах - единствен, няма Той съдружници. Негово е владението, за Него е възхвалата и Той на всяко нещо е способен. Няма промяна и няма сила освен чрез Аллах. Няма друг бог освен Аллах и не обожествяваме друг освен Него, Негова е благодатта, Негово е превъзходството и за Него е доброто възвеличаване. Няма друг бог освен Аллах, предани Нему в религията дори неверниците да възненавиждат това".
 И рече: ,,Пратеника на Аллах ﷺ изричаше това в края на всеки намаз".</t>
   </si>
   <si>
     <t>كان رسولُ الله صلى الله عليه وسلم يُهلِّلُ بعد تسليمِه من كلِّ صلاةٍ مكتوبةٍ بهذا الذكر العظيم، ومعناه: 
 "لا إله إلا الله": يعني لا معبود بحق إلا الله. 
 "وحده لا شريك له" أي: إنه لا مشارك له في ألوهيته وربوبيته وأسمائه وصفاته. 
 "له الملك" أي: له الملك المُطْلَق العام الشامل الواسع، ملك السموات والأرض وما بينهما. 
 "وله الحمد" أي: هو المُتصف بالكمال المطلق، المحمود بالكمال محبةً وتعظيمًا على كل حال، في السراء، وفي الضراء. 
 "وهو على كل شيء قدير": فقُدرته كاملة وتامَّة من كل وجهٍ، لا يُعجزه شيءٌ، ولا يمتنع عليه أمرٌ من الأمور. 
 "لا حول ولا قوة إلا بالله" أي: لا تَحَوُّل من حالٍ إلى حال، ومن معصية الله إلى طاعته، ولا قوة إلا بالله فهو المعين وعليه التُّكْلان. 
 "لا إله إلا الله، ولا نعبد إلا إياه": تأكيد على معنى الألوهية ونفي الشرك، وأنه لا يستحق العبادة سواه. 
 "له النعمة وله الفضل": فهو الذي يخلق النِّعَم ويملكها، ويتفضَّل بها على من يشاء من عباده.
 "وله الثناء الحسن": على ذاته وصفاته وأفعاله ونعمه، وعلى كل حال.
 "لا إله إلا الله، مخلصين له الدين": أي موحِّدين لا رياء ولا سمعة في طاعة الله. 
 "ولو كره الكافرون"، أي: ثابتين على توحيد الله وعبادته ولو كره الكافرون.</t>
   </si>
@@ -3892,1388 +3892,1388 @@
 ,,Лехул мулк" / ,,Негово е владението": негово е абсолютно цялото всеобхватно и просторно владение, владението на небесата и земята и на всичко между тях.
 ,,Уе лехул хамд" / ,,за Него е възхвалата": Той се описва с пълното съвършенство, възхвалява се със съвършенство чрез обич и възвеличаване във всяко положение, както скрито така и явно.
 ,,уе хуве аля кулли шей ин кадир" / ,,Той на всяко нещо е способен": способността му е пълна и съвършена от всеки ъгъл, нищо не е непосилно за Него, и нито едно дело не е неизпълнимо за Него.
 ,,Ля хауле уе ля куввете илля биллях" / ,,Няма промяна и няма сила освен чрез Аллах":
 няма промяна от положение към положение, от грях към покорство към Аллах, и няма сила освен чрез Аллах, защото Той е помагащият и упованието е насочено към Него.
 ,,Ля иляхе иллеллах уе ля неабуду илля ийях" / ,,Няма друг бог освен Аллах и не обожествяваме друг освен Него": потвърждение за значението на божествеността (улюхийе), отхвърляне на съдружаването - ширк, и че никой не заслужава обожествяването освен Него.
 ,,Лехун-ниамету уе лехул федл" / ,,Негова е благодатта и Негово е превъзходството": Той е, който сътворява благодатта, притежава я и я дарява, на когото пожелае от Своите раби.
 ,,Уе лехус-сенаул хасен" / ,,Негово е доброто възвеличаване": за същността Му, за качествата Му, за действията Му, за благодатите Му и за всяко положение.
 ,,Ля иляхе иллеллаху мухлисине лехуд-дин" / ,,Няма друг бог освен Аллах предани Нему в религията": единобожни без показност и без търсене на слава в покорството Му.
 ,,Уе леу керихел кяфирун" / ,,Дори неверниците да възненавиждат това": устойчиви в единството към Аллах и ибадета му дори неверниците да възненавиждат това.</t>
   </si>
   <si>
     <t>استحباب المحافظة على هذا الذكر بعد كل صلاة مكتوبة.
 المسلم يَعْتَزُّ بدينِهِ ويُظْهِرُ شعائرَه، ولو كره الكافرون.
 إذا وَرَدَتْ في الحديث كلمةُ: "دُبر الصلاة"، فإن كان ما في الحديث ذِكْرًا فالأصل أن يكون بعد السلام، وإن كان دعاءً فيكون قبل السلام من الصلاة.</t>
   </si>
   <si>
     <t>Препоръчително е постоянстването в това споменаване - зикр, след всеки задължителен намаз.
 Мюсюлманинът е горд с религията си и явно изпълнява ритуалите ѝ, дори неверниците да възненавиждат това.
 Когато в даден хадис се съдържат думите: ,,в края на всеки намаз", ако в Хадиса се говори за споменаване на Аллах - зикр, то основното е да бъде след селяма. А ако се говори за дуа, то тя се прави преди да се даде селям и да се излезе от намаза.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6203</t>
   </si>
   <si>
-    <t>لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ</t>
+    <t>لا تجعلوا بيوتكم مقابر، إن الشيطان ينفر من البيت الذي تقرأ فيه سورة البقرة</t>
   </si>
   <si>
     <t>,,Не превръщайте домовете си в гробища! Шейтанът бяга от къща, в която се чете сура ел-Бакара</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «لَا تَجْعَلُوا بُيُوتَكُمْ مَقَابِرَ، إِنَّ الشَّيْطَانَ يَنْفِرُ مِنَ الْبَيْتِ الَّذِي تُقْرَأُ فِيهِ سُورَةُ الْبَقَرَةِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/се предава, че Пратеника на Аллах ﷺ казва: ,,Не превръщайте домовете си в гробища! Шейтанът бяга от къща, в която се чете сура ел-Бакара".</t>
   </si>
   <si>
     <t>يَنْهَى النبيُّ صلى الله عليه وسلم عن تعطيلِ البيوت من الصلاة فتكون كالمقابر التي لا يصلى فيها.
 ثم أخبر صلى الله عليه وسلم أنَّ الشيطانَ يَنْفِرُ من البيت الذي تُقرأُ فيه سورةُ البقرة.</t>
   </si>
   <si>
     <t>Пророка ﷺ забранява къщите да остават без намаз и да заприличат на гробища, в които не се кланя намаз.
 След това той ﷺ съобщава, че шейтанът бяга от дом, в който се чете сура ел-Бакара.</t>
   </si>
   <si>
     <t>استحباب الإكثار من العبادات وصلاة النافلة في البيوت.
 لا يجوز الصلاة في المقابر؛ لأنها وسيلة من وسائل الشرك والغلو في أصحابها، ما عدا صلاة الجنازة.
 النهي عن الصلاة عند القبور قد تَقَرَّر عند الصحابة، ولذلك نهى النبي صلى الله عليه وسلم أن تُجعل البيوت مثل المقابر لا يُصلّى فيها.</t>
   </si>
   <si>
     <t>Препоръката за повече ибадет и допълнителен намаз - нафиле, вкъщи.
 Не е позволено да се извършва молитва - намаз, в гробища, защото е предпоставка за съдружаване - ширк и превъзнасяне на праведниците. Изключение прави само дженазе намаз.
 Забраната за извършване на намаз в гробища е многократно повтаряна при сподвижниците, затова Пророка ﷺ забранява домовете да се оприличават с гробища, като не се кланя намаз в тях.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6208</t>
   </si>
   <si>
-    <t>لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ</t>
+    <t>لأن أقول: سبحان الله، والحمد لله، ولا إله إلا الله، والله أكبر، أحب إلي مما طلعت عليه الشمس</t>
   </si>
   <si>
     <t>,,Да кажа: ,,Субханеллах, Елхамдулиллях, Ля иляхе иллеллах и Аллаху Екбер", е по-обичано за мен от всичко онова, върху което изгрява слънцето</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَأَنْ أَقُولَ: سُبْحَانَ اللهِ، وَالْحَمْدُ لِلهِ، وَلَا إِلَهَ إِلَّا اللهُ، وَاللهُ أَكْبَرُ، أَحَبُّ إِلَيَّ مِمَّا طَلَعَتْ عَلَيْهِ الشَّمْسُ».</t>
   </si>
   <si>
     <t>Ебу Хурейра /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ каза: ,,Да кажа: ,,Субханеллах, Елхамдулиллях, Ля иляхе иллеллах и Аллаху Екбер", е по-обичано за мен от всичко онова, върху което изгрява слънцето".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ ذِكْرَ اللهِ تعالى بهذه الكلمات العظيمات خيرٌ من الدنيا وما فيها، وهي: 
 "سبحان الله": تنزيه لله عن النقائص.
 "الحمد لله": ثناء عليه بصفات الكمال مع محبته وتعظيمه.
 "لا إله إلا الله": لا معبود بحق إلا الله.
 "الله أكبر": أعظم وأجل من كلِّ شيء.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че споменаването на Всевишния Аллах с тези велики думи е по-добро от земята и онова, което е на нея. Те са:
 ,,Субханеллах / Пречист е Аллах": очистване на Аллах от недостатъци.
 ,,Елхамдулиллях / Слава на Аллах": ,,Възхвала към Него чрез съвършените качества заедно с обич и възвеличаване".
 ,,Ля иляхе илеллах / Няма друг Бог освен Аллах": никой няма правото да бъде обожествяван освен Аллах.
 ,,Аллаху Екбер / Аллах е най-велик": Превелик и най- голям от всяко нещо.</t>
   </si>
   <si>
     <t>الحث على ذكر الله، وأنه أحب مما طلعت عليه الشمس.
 الحض على الإكثار من الذكر؛ لما فيه من الأجر والفضل.
 متاع الدنيا قليل وشهواتها زائلة.</t>
   </si>
   <si>
     <t>Подтикването към споменаването на Аллах и че то е по-велико от всичко онова, върху което изгрява слънцето.
 Подбуждане към честото споменаване на Аллах заради това, което носи като награда и превъзходство.
 Насладата на земния живот е кратка, а сладостите ѝ - преходни.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6211</t>
   </si>
   <si>
-    <t>ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر</t>
+    <t>ما من أيام العمل الصالح فيها أحب إلى الله من هذه الأيام يعني أيام العشر</t>
   </si>
   <si>
     <t>,,Няма дни, в които добрите дела да са по-обичани за Аллах от тези дни" - тоест първите десет дни от месец Зулхиджа</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «ما مِنْ أيَّامٍ العمَلُ الصَّالِحُ فيها أحبُّ إلى اللهِ مِن هذه الأيام» يعني أيامَ العشر، قالوا: يا رسُولَ الله، ولا الجهادُ في سبيلِ الله؟ قال: «ولا الجهادُ في سبيلِ الله، إلا رجلٌ خَرَجَ بنفسِه ومالِه فلم يَرْجِعْ من ذلك بشيءٍ».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ се предава: ,,Пратеника на Аллах ﷺ казва: ,,Няма дни, в които добрите дела да са по-обичани за Аллах от тези дни" - тоест първите десет дни от месец Зулхиджа. Рекоха: ,,О, Пратенико на Аллах, дори и от джихада по пътя на Аллах ли?". Рече: ,,Дори и от джихада по пътя на Аллах освен човек, който е излязъл с живота и богатството си и не се е върнал с нито едно от двете".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم أنَّ العملَ الصالح في العشر أيام الأولى من شهر ذي الحجة أفضل من سائر أيام السنة.
 وسَألَ الصحابةُ رضي الله عنهم النبيَّ صلى الله عليه وسلم عن الجهاد في غير هذه الأيام العشر هل هو أفضل أم الأعمال الصالحة في هذه الأيام؟ لِمَا تَقَرَّرَ عندهم أن الجهاد من أفضل الأعمال.
 فأجاب صلى الله عليه وسلم: بأنَّ العمل الصالح في هذه الأيام أفضل من الجهاد في غيرها، إلا رجل خرج مجاهدًا ومخاطرًا بنفسِهِ ومالِهِ في سبيل الله، فَفَقَدَ مالَه وفاضت روحُه في سبيل الله، 
 فهذا هو الذي يَفْضُل على العمل الصالح في هذه الأيام الفاضلة.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че добрите дела през първите десет дни на месец Зулхидже са по-превъзходни от делата в останалото време от годината.
 Сподвижниците /Аллах да е доволен от тях/ попитали Пророка ﷺ за джихада в дните извън тези десет дни на месец Зулхидже, дали той е по-превъзходен, или праведните дела в тези дни са по-превъзходни. Тяхното разбиране е било, че джихадът е от най-превъзходните дела.
 Той ﷺ отговорил, че праведните дела в тези дни са по-превъзходни от джихада в останалите дни от годината. Изключение прави човек, който е излязъл да се бори и да рискува живота и парите си и ги е загубил по пътя на Аллах. Това е наградата, която се получава за праведните дела в тези превъзходни дни.</t>
   </si>
   <si>
     <t>فضل العمل الصالح في عشر ذي الحجة، فعلى المسلم أن يغتنم هذه الأيام ويكثر فيها الطاعات، من ذكر الله عز وجل، وقراءة القرآن، والتكبير والتهليل والتحميد، والصلاة والصدقة والصيام، وجميع أعمال البِرّ.</t>
   </si>
   <si>
     <t>Превъзходството на праведните дела в десетте дни на месец Зулхидже. Мюсюлманинът трябва да се възползва от тях и да върши повече добри дела като: споменаване на Великия Аллах - зикр, четене на Коран, текбир, техлил, техмид, намаз, садака, говеене и всички дела на покорството към Аллах.</t>
   </si>
   <si>
     <t>رواه البخاري وأبو داود، واللفظ له</t>
   </si>
   <si>
     <t>[رواه البخاري وأبو داود، واللفظ له]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6255</t>
   </si>
   <si>
-    <t>مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ</t>
+    <t>من ترك صلاة العصر فقد حبط عمله</t>
   </si>
   <si>
     <t>Който изостави следобедната молитва - аср, то делото му е провалено</t>
   </si>
   <si>
     <t>عن بريدة بن الحصيب رضي الله عنه أنه قال: بَكِّرُوا بِصَلَاةِ الْعَصْرِ، فَإِنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «مَنْ تَرَكَ صَلَاةَ الْعَصْرِ فَقَدْ حَبِطَ عَمَلُهُ».</t>
   </si>
   <si>
     <t>От Бурайде ибн ел-Хусайб /радийеллаху анху/ се предава, че е казал: ,,Избързвайте със следобедната молитва - аср, защото Пророка ﷺ каза: ,,Който изостави следобедната молитва - аср, то делото му е провалено".</t>
   </si>
   <si>
     <t>حَذَّرَ النبيُّ صلى الله عليه وسلم مِن تأخيرِ صلاةِ العصر عن وقتها مُتَعمِّدًا، وأنَّ من فعل ذلك بَطَل وفَسَدَ عملُه وذهب سُدًى.</t>
   </si>
   <si>
     <t>Пророка ﷺ предупреждава да не се забавя следобедната молитва - аср целенасочено до изтичане на времето ѝ . Който направи това, делото му се разваля, проваля и отива напразно.</t>
   </si>
   <si>
     <t>الحث على المحافظة على صلاة العصر في أول وقتها والمبادرة إلى ذلك.
 الوعيد الشديد لمن ترك صلاة العصر، وتفويتها عن وقتها أعظم من تفويت غيرها، فإنها الصلاة الوسطى المخصوصة بالأمر في قوله تعالى: (حَافِظُواْ عَلَى الصَّلَوَاتِ والصَّلاَةِ الْوُسْطَى) [البقرة: 238].</t>
   </si>
   <si>
     <t>Подтикван към изпълнение на следобедната молитва - аср, в първото време и избързване в това.
 Силното предупреждение за онзи, който изостави следобедната молитва - аср. Просрочването на времето за изпълнението ѝ е по-тежко от просрочването на времето за другите намази, защото тя е средната молитва, за която Всевишният Аллах говори в словата си: ,,Спазвайте молитвите наред със средната молитва..." (Бакара: 238).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6261</t>
   </si>
   <si>
-    <t>مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ</t>
+    <t>من توضأ فأحسن الوضوء خرجت خطاياه من جسده حتى تخرج من تحت أظفاره</t>
   </si>
   <si>
     <t>,,Който вземе старателно абдест, греховете му излизат от тялото му, докато излязат изпод ноктите му</t>
   </si>
   <si>
     <t>عن عثمان بن عفان رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ تَوَضَّأَ فَأَحْسَنَ الْوُضُوءَ خَرَجَتْ خَطَايَاهُ مِنْ جَسَدِهِ حَتَّى تَخْرُجَ مِنْ تَحْتِ أَظْفَارِهِ».</t>
   </si>
   <si>
     <t>От Осман ибн Аффан /радийеллаху анху/ се предава: ,,Пратеника на Аллах ﷺ каза: ,,Който вземе старателно абдест, греховете му излизат от тялото му, докато излязат изпод ноктите му".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنَّ مَن توضَّأ مع مُراعاةِ سُننِ الوضوء وآدابِه، كان ذلك من أسبابِ تكفيرِ السيئات وحَطِّ الخطايا، «حتى تخرج» ذنوبُه من تحت أظفار يديه ورجليه.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който вземе абдест, спазвайки суннетите и етикета му, това е от причините за опрощение на греховете и премахване на грешките, ,,докато излязат" греховете му изпод ноктите на ръцете и краката му.</t>
   </si>
   <si>
     <t>الحث على الاعتناء بتعلُّم الوضوء وسننه وآدابه، والعمل بذلك.
 فضل الوضوء، وأنه كفارة للذنوب الصغائر، أما الكبائر فلا بد من التوبة.
 شرط خروج الخطايا هو إكمال الوضوء والإتيان به بدون إخلال كما بينه النبي -صلى الله عليه وسلم-.
 تكفير الذنوب في هذا الحديث مُقيَّدٌ باجتناب الكبائر والتوبة منها، قال تعالى: (إِنْ تَجْتَنِبُوا كَبَائِرَ مَا تُنْهَوْنَ عَنْهُ نُكَفِّرْ عَنْكُمْ سَيِّئَاتِكُمْ) [النساء:31].</t>
   </si>
   <si>
     <t>Подтикването към научаване на правилното извършване на абдест, суннетите и етикета му, и прилагането им след това.
 Превъзходството на абдеста и че той е опрощение за малките грехове. Що се отнася до големите грехове, за тях е необходимо покаяние - теубе.
 Условието за излизането на греховете е старателното взимане на абдест и изпълнението му без пропуски, както е пояснил Пророка ﷺ.
 Опрощението на греховете в този хадис е свързано с избягването на големите грехове и покаянието от тях. Всевишният казва: ,,Ако избягвате големите грехове, които са ви забранени, ще отмахнем от вас лошите ви постъпки..." (Ниса: 31).</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6263</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ</t>
+    <t>من قرأ بالآيتين من آخر سورة البقرة في ليلة كفتاه</t>
   </si>
   <si>
     <t>,,Който прочете последните два айета от сура ел-Бакара през нощта, те му са достатъчни</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه قال: قال النبي صلى الله عليه وسلم: «مَنْ قَرَأَ بِالْآيَتَيْنِ مِنْ آخِرِ سُورَةِ الْبَقَرَةِ فِي لَيْلَةٍ كَفَتَاهُ».</t>
   </si>
   <si>
     <t>Ебу Мес'уд /радийеллаху анху/ казва: ,,Пророка ﷺ каза: ,,Който прочете последните два айета от сура ел-Бакара през нощта, те му са достатъчни".</t>
   </si>
   <si>
     <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مَن قَرأ الآيتين الأخيرتين من سورة البقرة في الليل فإنَّ الله يكفيه الشر والمكروه، وقيل: تكفيه عن قيام الليل، وقيل: تكفيه عن سائر الأوراد، وقيل: إنهما أقلُّ ما يجزىء من قراءة القرآن في قيام الليل، وقيل غير ذلك، ولعل كلَّ ما ذُكِرَ صحيح يَشملُه اللفظ.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който прочете последните два райета от сура ел-Бакара през нощта, Аллах ще го предпази от лошото и нежеланото. Казано е също: ,,Ще му бъдат достатъчни вместо допълнителния нощен намаз - техеджуд". Казано е още: ,,Достатъчни му са за останалите дуи". Казано е още: ,,Двата айета са най-малкото необходимо количество за прочитане в допълнителния нощен намаз - техеджуд". Има и други мнения. ИншаАллах, всичко споменато е вярно и текстът от хадиса го обхваща.</t>
   </si>
   <si>
     <t>بيان فضل أواخر سورة البقرة، وهي من قوله تعالى : (آمن الرسول ...)  إلى آخر السورة.
 أواخر سورة البقرة تدفع عن صاحبها السوءَ والشرَّ والشيطانَ إذا قرأها من الليل.
 الليلة تبدأ بغروب الشمس، وتنتهي بطلوع الفجر.</t>
   </si>
   <si>
     <t>Пояснение за превъзходството на края на сура ел-Бакара, започвайки от думите на Всевишния: ,,Аменеррасулю..." до края на сурата.
 Краят на сура ел-Бакара отблъсква от четящия го лошото, нежеланото и шейтана, когато се рецитира през нощта.
 Нощта започва със залеза на слънцето и приключва с появата на зората.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6274</t>
   </si>
   <si>
-    <t>مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا</t>
+    <t>من قرأ حرفا من كتاب الله فله به حسنة، والحسنة بعشر أمثالها</t>
   </si>
   <si>
     <t>,,Който прочете една буква от книгата на Аллах има награда, а наградата се умножава по десет</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «مَنْ قَرَأَ حَرْفًا مِنْ كِتَابِ اللهِ فَلَهُ بِهِ حَسَنَةٌ، وَالْحَسَنَةُ بِعَشْرِ أَمْثَالِهَا، لَا أَقُولُ {الم} حَرْفٌ، وَلَكِنْ {أَلِفٌ} حَرْفٌ، وَ{لَامٌ} حَرْفٌ، وَ{مِيمٌ} حَرْفٌ».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Мес'уд /радйеллаху анху/ се предава: ,,Пратеника на Аллах ﷺ каза: ,,Който прочете една буква от книгата на Аллах има награда, а наградата се умножава по десет. Не казвам, че (Елиф Лям Мим) е една буква, а казвам че: (Елиф) е буква, (Лям) е буква и (Мим) е буква".</t>
   </si>
   <si>
     <t>أَخْبرَ النبيُّ صلى الله عليه وسلم أنَّ كلَّ مسلمٍ يقرأ حرفًا من كتاب اللّه فله به حسنة، ويُضاعَفُ له الأجرُ إلى عشَرةِ أمثالِه.
 ثم بَيَّنَ ذلك بقوله: (لا أقول "ألم" حرف، ولكن ألف حرف، ولام حرف، وميم حرف): فتكون ثلاثة فيها ثلاثون حسنة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че всеки мюсюлманин, който прочете една буква от книгата на Аллах, той има една добрина, която се увеличава по десет награди.
 След това пояснява това, казвайки: (,,Не казвам, че ,,Елиф Лям Мим" е една буква, а казвам, че Елиф е буква, Лям е буква и Мим е буква ): И така за три букви се печелят тридесет награди.</t>
   </si>
   <si>
     <t>الحث على الإكثار من تلاوة القرآن.
 للقارئ بكل حرف من كل كلمة يتلوها حسنة مضاعفة بعشر أمثالها.
 سعة رحمة الله وكرمه حيث ضاعف للعباد الأجر فضلًا منه وكرمًا.
 فضل القرآن على غيره من الكلام، والتعبد بتلاوته؛ وذلك بأنه كلام الله تعالى.</t>
   </si>
   <si>
     <t>Подтикването към многото четене на Корана.
 За четящия има награда от всяка прочетена буква, съдържаща се във всяка дума, умножена по десет.
 Ширината на Аллаховата милост и щедрост, който умножава чрез превъзходството и щедростта си наградата на раба.
 Превъзходството на Корана над останалите слова и ибадетът в четенето му, защото той е Словото на Всевишния Аллах.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6275</t>
   </si>
   <si>
-    <t>إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ</t>
+    <t>إذا أنفق الرجل على أهله يحتسبها فهو له صدقة</t>
   </si>
   <si>
     <t>,,Когато мъжът изразходва средства за семейството си с намерение и очакване за награда от Аллах, това за него е милостиня - садака</t>
   </si>
   <si>
     <t>عن أبي مسعود رضي الله عنه عن النبي صلى الله عليه وسلم قال: «إِذَا أَنْفَقَ الرَّجُلُ عَلَى أَهْلِهِ يَحْتَسِبُهَا فَهُوَ لَهُ صَدَقَةٌ».</t>
   </si>
   <si>
     <t>От Ебу Мес'уд /радийеллаху анху/ се предава от Пророка ﷺ как казва: ,,Когато мъжът изразходва средства за семейството си с намерение и очакване за награда от Аллах, това за него е милостиня - садака".</t>
   </si>
   <si>
     <t>يُخْبِرُ النبيُّ صلى الله عليه وسلم أنه إذا أَنْفَقَ الرجلُ على أهلِهِ الذين تَلْزَمُهُ نفقتُهم كزوجِهِ ووالديه وولدِهِ وغيرهم وهو يَتقرَّب بذلك إلى الله تعالى ويحتسب عنده أجرَ ما يُنفِق فإنّ له أجرَ الصدقة.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че когато мъжът изразходва средства за семейството си, за което е длъжен да се грижи, като съпругата, родителите, детето си или някой друг, той се приближава чрез това към Всевишния Аллах. Така очаквайки наградата си при Него за онова, което е изразходил, той получава награда за милостиня - садака.</t>
   </si>
   <si>
     <t>حصول الأجر والثواب بالإنفاق على الأهل.
 المؤمن يبتغي في عملِه وجهَ الله وما عنده من الأجر والثواب.
 ينبغي استحضار النية الصالحة في كل عمل، ومن ذلك حال الإنفاق على الأهل.</t>
   </si>
   <si>
     <t>Получаването на награда и добрини чрез изразходването на средства за семейството.
 Вярващият желае чрез делото си Лицето на Аллах, Неговата награда и благодеяние.
 Присъствието на праведно намерение подобава да присъства във всяко дело. От тези дела е и изразходването на средства за семейството.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6460</t>
   </si>
   <si>
-    <t>الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ</t>
+    <t>الإيمان بضع وسبعون أو بضع وستون شعبة، فأفضلها قول لا إله إلا الله، وأدناها إماطة الأذى عن الطريق</t>
   </si>
   <si>
     <t>,,Вярата е седемдесет и няколко, или шейсет и няколко степени. Най-превъзходната от тях са думите ,,Ля иляхе иллелла", а най-малката е премахване на пречка от пътя</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الْإِيمَانُ بِضْعٌ وَسَبْعُونَ -أَوْ بِضْعٌ وَسِتُّونَ- شُعْبَةً، فَأَفْضَلُهَا قَوْلُ لَا إِلَهَ إِلَّا اللهُ، وَأَدْنَاهَا إِمَاطَةُ الْأَذَى عَنِ الطَّرِيقِ، وَالْحَيَاءُ شُعْبَةٌ مِنَ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>Ебу Хурейра /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ рече: ,,Вярата е седемдесет и няколко, или шейсет и няколко степени. Най-превъзходната от тях са думите ,,Ля иляхе иллелла", а най-малката е премахване на пречка от пътя, и срамът е част от вярата".</t>
   </si>
   <si>
     <t>يُخبرُ النبيُّ صلى الله عليه وسلم أنَّ الإيمانَ شُعَبٌ وخِصَالٌ كثيرة، تشتمل على أعمالٍ واعتقاداتٍ وأقوالٍ.
 وأنَّ أعلى خِصال الإيمان وأفضلَها قول: «لا إله إلا الله»، عالمًا بمعناها، عاملًا بمقتضاها، مِن أنّ الله هو الإله الواحد الأحد المستحق للعبادة وحده دون ما سواه.
 وأن أقلَّ أعمال الإيمان هو تَنْحِيَةُ كلِّ ما يؤذي الناسَ في طرقاتِهم.
 ثم أخبر صلى الله عليه وسلم أنَّ الحياءَ مِن خِصال الإيمان، وهو خُلُقٌ يبعث على فعل الجميل وترك القبيح.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че вярата е много части и качества, които обхващат дела, убеждения и думи.
 И че най-висшето качество на вярата - иман, са думите ,,Ля иляхе иллелах", когато се знае значението им и се прилага съдържанието им, което е: че Аллах е единственият Бог, който има право да бъде обожествяван, без никой друг.
 И че най-дребното дело от вярата е премахването на препятствията, които пречат на хората по пътищата.
 След това той ﷺ съобщава, че срамът е от качествата на вярата. Той е нрав, който подтиква към извършване на красивото и изоставяне на грозното.</t>
   </si>
   <si>
     <t>الإيمان مراتب بعضها أفضل من بعض.
 الإيمان قول وعمل واعتقاد.
 الحياء من الله تعالى يقتضي: ألّا يراكَ حيث نهاك، وألّا يَفْقِدَكَ حيث أمرك.
 ذِكْرُ العدد لا يعني الاقتصار عليه، بل يدلُّ على كثرة أعمال الإيمان، فإن العرب قد تذكر للشيء عددًا ولا تريد نفي ما سواه.</t>
   </si>
   <si>
     <t>Вярата е на степени, едни от тях са по-превъзходни от други.
 Вярата са думи, дела и убеждения.
 Срамът от Всевишния Аллах съдържа: да не те вижда там, където ти е забранил, и да не те губи там, където ти е заповядал.
 Споменаването на брой не означава ограничаване и фиксиране само в този брой. Броят описва многото дела на вярата. Арабите могат да споменат определен брой за нещо, без да целят ограничаване само до този брой.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6468</t>
   </si>
   <si>
-    <t>لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ</t>
+    <t>لا يبقين في رقبة بعير قلادة من وتر أو قلادة إلا قطعت</t>
   </si>
   <si>
     <t>да не остави по вратовете на камилите никакви амулети, нито от тетива на лък, нито други, а да бъдат отрязани</t>
   </si>
   <si>
     <t>عن أبي بَشير الأنصاري رضي الله عنه: أَنَّهُ كَانَ مَعَ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فِي بَعْضِ أَسْفَارِهِ، قَالَ: فَأَرْسَلَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَسُولًا -وَالنَّاسُ فِي مَبِيتِهِمْ-: «لَا يَبْقَيَنَّ فِي رَقَبَةِ بَعِيرٍ قِلَادَةٌ مِنْ وَتَرٍ أَوْ قِلَادَةٌ إِلَّا قُطِعَتْ».</t>
   </si>
   <si>
     <t>От Ебу Бешир ел-Енсари /радийеллаху анху/: Той бил с Пратеника на Аллах ﷺ в някои от пътуванията му и казва: ,,Пратеника на Аллах ﷺ изпрати пратеник, докато хората бяха на мястото, където нощуваха [заповядвайки] -  да не остави по вратовете на камилите никакви амулети, нито от тетива на лък, нито други, а да бъдат отрязани".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم في بعض أسفاره، والناسُ في مكان نومِهم الذي يَبِيْتُون فيه في رِحالِهم وخيامِهم، فأَرْسَلَ شخصًا إلى الناس يأمرهم بِقَطْع القَلَائد التي تُعَلَّق على البعير سواء كانت من الوَتَر -وَتَر القَوْس- أو من غيره كالجَرَس أو النعل، وذلك لأنهم كانوا يُقَلِّدونها حذرًا من العين، فأُمِرُوا بقطعها؛ لأنها لا تَرُدُّ عنهم شيئًا، وأنَّ النفعَ والضرَّ بيد الله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Пророка ﷺ бил в някои от своите пътувания, а хората били по местата, където нощували, и по палатките си. Той ﷺ изпратил човек при хората да им заповяда да отрежат амулетите, които били вързали на камилите, независимо дали са били от тетива, или от нещо друго, като звънци, или налъми. Причината била, че те ги връзвали, за да се предпазват от лошо око, затова им било заповядано да ги отрежат. Те не ги предпазвали от нищо, а ползата и вредата са единствено в Ръката на Аллах, няма Той съдружници.</t>
   </si>
   <si>
     <t>تحريم تعليق الأوتار والقلائد لجلب النفع أو دفع الضر؛ لأن ذلك من الشرك.
 ربط القلادة من غير الوتر إذا كان للزينة أو لقيادة الدابة أو لربطها به فلا بأس به.
 وجوب إنكار المنكر بحسب الاستطاعة.
 وجوب تعلق القلب بالله وحده لا شريك له.</t>
   </si>
   <si>
     <t>Забраната за поставяне на тетиви и амулети за привличане на добро или отблъскване на зло, защото това е от съдружаването - ширк.
 Завързването на нещо, което не е тетива [или друг амулет], а е за украса, за да се управлява животното, или просто за връзване, е позволено.
 Задължителността да се укори порицаното според възможността.
 Задължителността сърцето да се привърже към Аллах - Единствения, няма Той съдружник.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6761</t>
   </si>
   <si>
-    <t>مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ</t>
+    <t>من قال: لا إله إلا الله، وكفر بما يعبد من دون الله حرم ماله ودمه، وحسابه على الله</t>
   </si>
   <si>
     <t>,,Който каже: ,,Ля иляхе иллеллах" и отхвърли онова, което се обожествява освен Аллах, кръвта и богатството му стават нерикосновени, а равносметката му е при Аллах</t>
   </si>
   <si>
     <t>عن طارق بن أشيم الأشجعي رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «مَنْ قَالَ: لَا إِلَهَ إِلَّا اللهُ، وَكَفَرَ بِمَا يُعْبَدُ مِنْ دُونِ اللهِ حَرُمَ مَالُهُ وَدَمُهُ، وَحِسَابُهُ عَلَى اللهِ».</t>
   </si>
   <si>
     <t>От Тарик ибн Еш'йем ел-Ешджеий /радийеллаху анху/ се казва: ,,Чух Пратеника на Аллах ﷺ да казва: ,,Който каже: ,,Ля иляхе иллеллах" и отхвърли онова, което се обожествява освен Аллах, кръвта и богатството му стават нерикосновени, а равносметката му е при Аллах".</t>
   </si>
   <si>
     <t>يُخبِرُ النَّبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ مَن قالَ وشَهِدَ بلِسانِه أنَّه «لا إلهَ إلَّا اللهُ»، أي: لا مَعبودَ بِحَقٍّ إلا اللهُ، وكفَرَ بما يُعبَدُ من دُونِ اللهِ، وتَبرَّأ من كلِّ الأديانِ سِوى الإسلامِ، فقد حَرُمَ مالُه ودمُه على المُسلِمينَ، فليس لنا إلا الظاهر من عمله، فلا يُسلَبُ مالُه ولا يُسفَكُ دمُه، إلَّا إذا ارتكَبَ جَريمةً أو جِنايةً توجب ذلك بمُوجِبِ أحكامِ الإسلامِ.
 والله يتولَّى حسابَهُ يوم القيامة، فإن كان صادقًا أثابه، وإن كان منافقًا عَذَّبه.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че който каже и засвидетелства с езика си, че ,,ля иляхе иллеллах/няма друг бог освен Аллах", т. е. : никой няма право да бъде обожествяван освен Аллах и отхвърли онова, което се обожествява освен Аллах, и се разграничи от всички религии освен исляма, то богатството и кръвта му са забранени за мюсюлманите. Ние се ръководим от онова, което виждаме от делата му, и не се отнема богатството му, нито се пролива кръвта му, освен когато извърши углавно престъпление или престъпление, заслужаващо смъртно наказание според законите на исляма.
 Аллах ще му търси равносметка в Съдния ден и ако е искрен, ще му даде награда, а ако е двуличник, ще го накаже.</t>
   </si>
   <si>
     <t>النُّطْقُ بلا إله إلا الله، والكفر بكلِّ ما يُعبد من دون الله، شرطٌ في دخول الإسلام.
 معنى (لا إله إلا الله) هو الكفر بكل ما يُعبد من دون الله من الأصنام والقبور وغيرها، وإفراده سبحانه بالعبادة.
 من أتى بالتوحيد والتَزمَ شرائعه ظاهرًا وَجَبَ الكَفُّ عنه حتى يَتَبَيَّنَ منه ما يخالف ذلك.
 حُرْمةُ مالِ المسلم ودمِه وعرضِه إلا بحق.
 الحُكْم في الدنيا على الظاهر، وفي الآخرة على النيات والمقاصد.</t>
   </si>
   <si>
     <t>Изричането на ,,Ля иляхе иллеллах" и отхвърлянето на всичко останало, което се обожествява освен Аллах, е условие за влизане в исляма.
 Значението на ,,Ля иляхе иллеллах" е неверие спрямо всичко, което се обожествява освен Аллах, като идоли, гробове и т. н., и обожествяването единствено на Аллах.
 Дълг е да не бъде притесняван онзи, който изпълни единството - теухид, и явно се придържа към постановленията му, докато не прояви нещо, което противоречи на това.
 Неприкосновеността на богатството, кръвта и честта на мюсюлманина освен с право.
 Отсъждането в земния живот е спрямо явното действие, а в Съдия ден е спрямо възнамеренията и целите.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/6765</t>
   </si>
   <si>
-    <t>فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ</t>
+    <t>فإن خلق نبي الله صلى الله عليه وسلم كان القرآن</t>
   </si>
   <si>
     <t>Нравът на Пророка на Аллах ﷺ бе Коранът</t>
   </si>
   <si>
     <t>قال سعد بن هشام بن عامر -عندما دخل على عائشة رضي الله عنها-: يَا أُمَّ الْمُؤْمِنِينَ، أَنْبِئِينِي عَنْ خُلُقِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَتْ: أَلَسْتَ تَقْرَأُ الْقُرْآنَ؟ قُلْتُ: بَلَى، قَالَتْ: فَإِنَّ خُلُقَ نَبِيِّ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ الْقُرْآنَ.</t>
   </si>
   <si>
     <t>Сеад ибн Хишам ибн Амир влязъл при Аиша /радийеллаху анха/ и казал: ,,О, майко на вярващите, извести ме за нрава на Пратеника на Аллах ﷺ!". Тя каза: ,,Не четеш ли Корана?". Отвърнах: ,,Разбира се". Тя рече: ,,Нравът на Пророка на Аллах ﷺ бе Коранът".</t>
   </si>
   <si>
     <t>سُئِلتْ أمُّ المؤمنين عائشة رضي الله عنها عن خُلُقِ النبيِّ صلى الله عليه وسلم، فأجابتْ بكلمةٍ جامعةٍ، وأحالتْ السائلَ على القرآنِ الكريم الجامع لكلِّ صفات الكمال، فقالت كان صلى الله عليه وسلم يَتَخَلَّقُ بأخلاق القرآن، ما أَمَرَ به القرآنُ قام به، وما نهى عنه القرآن اجتَنَبَه، فكان خُلُقُه العملَ به، والوقوفَ عند حدودِه، والتأدُّب بآدابِه، والاعتبارَ بأمثاله وقصصه.</t>
   </si>
   <si>
     <t>Майката на вярващите Аиша /радийеллаху анха/ била попитана за нрава на Пророка ﷺ и тя отговорила обобщително, като насочила питащия към Свещения Коран, който е събирателен за всички възвишени качества. Отговорила, че той ﷺ е копирал нрава си от Корана. Онова, което Коранът заповядва,  го изпълнявал, а 
 от онова, което забранява - странял от него. Нравът му бил прилагане на Корана, спиране до границите очертани от него, възпитание чрез етикета му и извличане на поука от примерите и разказите му.</t>
   </si>
   <si>
     <t>الحثُّ على التأسّي بالنبي صلى الله عليه وسلم في تَخَلُّقِهِ بأخلاق القرآن.
 مدح أخلاق رسول الله صلى الله عليه وسلم، وأنها كانت من مِشْكَاة الوحي.
 القرآن مَصدرٌ لكل الأخلاق الكريمة.
 الأخلاق في الإسلام تشمل الدينَ كلَّه بفعل الأوامر واجتناب النواهي.</t>
   </si>
   <si>
     <t>Подтикването към следването на Пророка ﷺ в копирането му на нрава от Корана.
 Възхваляването на нрава на Пратеника ﷺ и че той произлиза от нишата на откровението.
 Коранът е източник на всеки достоен нрав.
 Нравът в исляма обхваща цялата религия, чрез изпълнение на заповедите и избягване на забраните.</t>
   </si>
   <si>
     <t>رواه مسلم في جملة حديثٍ طويلٍ</t>
   </si>
   <si>
     <t>[رواه مسلم في جملة حديثٍ طويلٍ]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/8265</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ</t>
+    <t>كان النبي صلى الله عليه وسلم يذكر الله على كل أحيانه</t>
   </si>
   <si>
     <t>,,Пророка ﷺ споменаваше Аллах във всяко положение</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: كَانَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَذْكُرُ اللهَ عَلَى كُلِّ أَحْيَانِهِ.</t>
   </si>
   <si>
     <t>От Аиша /радийеллаху анха/, която казва: ,,Пророка ﷺ споменаваше Аллах във всяко положение".</t>
   </si>
   <si>
     <t>تُخْبِرُ عائشةُ أمُّ المؤمنين رضي الله عنها أنَّ النبيَّ صلى الله عليه وسلم كان شديدَ الحِرْصِ على ذِكْرِ الله تعالى، وأنَّه كان يَذكرُ اللهَ تعالى في كلِّ زمانٍ ومكانٍ وحالٍ.</t>
   </si>
   <si>
     <t>Майката на вярващите Аиша /радийеллаху анха/ съобщава, че Пророка ﷺ много силно спазвал споменаването на Всевишния Аллах - зикр. Споменавал Аллах Всевишния по всяко време, във всяко място и положение.</t>
   </si>
   <si>
     <t>لا تُشترط الطهارةُ من الحَدَثِ الأصغر والأكبر لذِكْر الله تعالى.
 مداومة النبي صلى الله عليه وسلم لذِكْر الله تعالى.
 الحث على الإكثار من ذكر الله تعالى في كل الأحيان اقتداء بالنبي صلى الله عليه وسلم، إلا في الحالات التي يمتنع فيها عن الذكر، كقضاء الحاجة.</t>
   </si>
   <si>
     <t>Почистването от малкото или голямото омърсяване не е условие за споменаването на Аллах Всевишния.
 Постоянството на Пророка ﷺ в споменаването на Всевишния Аллах.
 Подтикването към споменаването на Аллах във всяко положение, взимайки пример от Пророка ﷺ, освен в положенията, където това е забранено, като по време на облекчаването по нужда.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/8402</t>
   </si>
   <si>
-    <t>أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ</t>
+    <t>أن رسول الله صلى الله عليه وسلم نهى عن القزع</t>
   </si>
   <si>
     <t>,,Пратеника на Аллах ﷺ забрани [подстригването] ел-казеа</t>
   </si>
   <si>
     <t>عن ابن عمر رضي الله عنهما: أَنَّ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ نَهَى عَنِ الْقَزَعِ.</t>
   </si>
   <si>
     <t>От Ибн Омар /радийеллаху анхума/: ,,Пратеника на Аллах ﷺ забрани [подстригването] ел-казеа".</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن حَلْقِ بَعض شَعر الرأس وتركِ بعضه.
 والنهيُ عامٌّ للذكور الصغار والكبار، أما المرأةُ فليس لها أن تَحلِقَ شعرَ رأسِها.</t>
   </si>
   <si>
     <t>Пророка ﷺ забранява да се обръсва една част от главата и да се оставя друга.
 Забраната е обща към мъжкия пол, за малки и големи. Що се отнася до жената, на нея ѝ е забранено да бръсне главата си.</t>
   </si>
   <si>
     <t>اهتمام الشريعة الإسلامية بِمَظْهَرِ الإنسان.</t>
   </si>
   <si>
     <t>Грижата на ислямското законодателство - шериат, за външния вид на човека.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/8914</t>
   </si>
   <si>
-    <t>تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ</t>
+    <t>تلك الكلمة من الحق يخطفها الجني فيقرها في أذن وليه قر الدجاجة، فيخلطون فيها أكثر من مائة كذبة</t>
   </si>
   <si>
     <t>Онази част, която излиза истина, джинът я грабва и я съобщава в ухото на ближния до себе си (гадател), както кълве кокошката и след това гадателят я смесва с повече от сто лъжи</t>
   </si>
   <si>
     <t>عن عائشة رضي الله عنها قالت: سَأَلَ أُنَاسٌ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الْكُهَّانِ، فَقَالَ لَهُمْ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَيْسُوا بِشَيْءٍ» قَالُوا: يَا رَسُولَ اللهِ، فَإِنَّهُمْ يُحَدِّثُونَ أَحْيَانًا بِالشَّيْءِ يَكُونُ حَقًّا، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «تِلْكَ الْكَلِمَةُ مِنَ الْحَقِّ يَخْطَفُهَا الْجِنِّيُّ فَيَقُرُّهَا فِي أُذُنِ وَلِيِّهِ قَرَّ الدَّجَاجَةِ، فَيَخْلِطُونَ فِيهَا أَكْثَرَ مِنْ مِائَةِ كَذْبَةٍ».</t>
   </si>
   <si>
     <t>Предава се от Аиша /радийеллаху анха/, която казва: Едни хора попитаха Пратеника на Аллах ﷺ относно гадателите и Пратеника на Аллах ﷺ им каза: ,,Те не са нищо". Рекоха: ,,О, Пратенико на Аллах, понякога говорят неща, които излизат истина". Пратеника на Аллах ﷺ им рече: ,,Онази част, която излиза истина, джинът я грабва и я съобщава в ухото на ближния до себе си (гадател), както кълве кокошката и след това гадателят я смесва с повече от сто лъжи".</t>
   </si>
   <si>
     <t>سُئِلَ النبيُّ صلى الله عليه وسلم عن الذين يُخبِرون عن المُغيبات في المستقبل، فقال: لا تَعْبَؤُوا بهم، ولا تأخذوا بكلامهم، ولا يَهُمّكم أمرُهم. 
 فقالوا: إنَّ قولَهم يوافِقُ الواقع في بعض الأحيان، كما لو أخبروا عن وقوعِ أمرٍ غيبيٍّ في شهر كذا في يوم كذا، فإنه يقع على وفق قولهم.
 فقال صلى الله عليه وسلم: إنَّ الجنَّ يَخْطَفُون ما يَسمعونه من خبر السماء، فيَنزلون إلى أوليائهم من الكهان فيخبرونهم بما سمعوا، ثم يُضيفُ الكاهِنُ إلى هذا الذي سمعه من السماء مائةَ كذبة.</t>
   </si>
   <si>
     <t>Пророка ﷺ бил попитан за онези, които съобщават неведомото в бъдещето и казал: ,,Не ги слушайте и не се занимавайте с тях".
 Отвърнали: ,,Понякога думите им съвпадат с реалността, както, ако съобщят, че ще се случи неизвестно нещо в конкретен месец или ден и то се случи съобразно думите им".
 Той ﷺ казал: ,,Джиновете грабват онова, което чуят от небесните вести, слизат при приближените си гадатели и им съобщават онова, което са чули. След това гадателят прибавя към това, което е чул от небето, сто лъжи".</t>
   </si>
   <si>
     <t>النهي عن تصديق الكُهَّان، وأن ما يقولونه كذب واختلاق ،وإنْ صَدق في بعض الأحيان.
  حُفظت السماء من الشياطين ببعثة النبي صلى الله عليه وسلم أن تسمع شيئًا من الوحي أو غيره إلا من استرق السمع وسَلِمَ من الشهب.
 الجِن يَتَّخذون لهم أولياء من الإنس.</t>
   </si>
   <si>
     <t>Забраната за вярването на гадатели и че това, което казват е лъжа и измислица, дори да излизат прави понякога.
 Небето било защитено от шейтаните, когато Пророка ﷺ бил изпратен, за да не чуят нещо от откровението - уахий или нещо друго, с изключение на някои джинове, които слушат скришно, и се спасяват от изгарящия пламък [след смъртта на Пратеника ﷺ].
 Джиновете взимат за приближени някои от хората.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/8918</t>
   </si>
   <si>
-    <t>كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ</t>
+    <t>كنا عند عمر فقال: نهينا عن التكلف</t>
   </si>
   <si>
     <t>,,Бяхме при Омар и той каза: ,,Бе ни забранено да се натоварваме излишно</t>
   </si>
   <si>
     <t>عن أنس رضي الله عنه قال: كُنَّا عِنْدَ عُمَرَ فَقَالَ: «نُهِينَا عَنِ التَّكَلُّفِ».</t>
   </si>
   <si>
     <t>От Енес /радийеллаху анху/, казва: ,,Бяхме при Омар и той каза: ,,Бе ни забранено да се натоварваме излишно".</t>
   </si>
   <si>
     <t>يُخبِرُ عمرُ رضي الله عنه أنَّ رسولَ الله صلى الله عليه وسلم نهاهم عن تعاطي ما فيه مَشَقّة من دون حاجة إلى ذلك، سواء كان قولًا أو فعلًا.</t>
   </si>
   <si>
     <t>Омар /радийеллаху анху/ съобщава, че Пратеника на Аллах ﷺ им забранява да извършват онова, в което има трудност, без да има нужда от него, независимо дали са думи, или дела.</t>
   </si>
   <si>
     <t>من التكلف المنهي عنه: كثرة السؤال، أو أن يتكلّف ما لا علم له به، أو يُشدِّد في أمر جعل الله فيه سعة.
 ينبغي للمسلم أن يُعَوّد نفسَه السماحةَ وعدم التكلف في القول والعمل: في طعامه، وشرابه، وأقواله، وسائر أحواله.
 الإسلام دين يسر.</t>
   </si>
   <si>
     <t>От забраненото натоварване е: задаването на много въпроси, натоварването с онова, за което няма знание, или  ограничаването в неща, за които Аллах е сторил обширни граници.
 Мюсюлманинът трябва да тренира великодушието си и да не се натоварва с думите и действията си: в храненето, пиенето, думите и в останалите си дела.
 Ислямът е религия на улеснението.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/8945</t>
   </si>
   <si>
-    <t>مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ</t>
+    <t>ما من أحد يشهد أن لا إله إلا الله وأن محمدا رسول الله صدقا من قلبه إلا حرمه الله على النار</t>
   </si>
   <si>
     <t>Няма човек, който да засвидетелства че няма друг Бог освен Аллах и че Мухаммед е Пратеника на Аллах, искрено от сърце, освен Аллах да не възбрани Огъня за него</t>
   </si>
   <si>
     <t>عن أنس بن مالك رضي الله عنه: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَمُعَاذٌ رَدِيفُهُ عَلَى الرَّحْلِ قَالَ: «يَا مُعَاذُ بْنَ جَبَلٍ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، قَالَ: «يَا مُعَاذُ»، قَالَ: لَبَّيْكَ يَا رَسُولَ اللهِ وَسَعْدَيْكَ، ثَلَاثًا، قَالَ: «مَا مِنْ أَحَدٍ يَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ صِدْقًا مِنْ قَلْبِهِ إِلَّا حَرَّمَهُ اللهُ عَلَى النَّارِ»، قَالَ: يَا رَسُولَ اللهِ، أَفَلَا أُخْبِرُ بِهِ النَّاسَ فَيَسْتَبْشِرُوا؟ قَالَ: «إِذًا يَتَّكِلُوا». وَأَخْبَرَ بِهَا مُعَاذٌ عِنْدَ مَوْتِهِ تَأَثُّمًا.</t>
   </si>
   <si>
     <t>Предава се от Енес ибн Малик /радийеллаху анху/: че Пророка ﷺ (яздел животно) и Муаз бил спътникът му на животното. Той каза: ,,Ей, Муаз ибн Джебел!". Рече: ,,Отзовах ти се о, Пратенико на Аллах, и се зарадвах!". Рече: ,,Ей, Муаз!". Отвърна: ,,Отзовах ти се о, Пратенико на Аллах, и се зарадвах!", и така три пъти. Рече: ,,Няма човек, който да засвидетелства че няма друг Бог освен Аллах и че Мухаммед е Пратеника на Аллах, искрено от сърце, освен Аллах да не възбрани Огъня за него". Рече: ,,О, Пратенико на Аллах, да известя ли хората за това и да се зарадват?". Рече: ,,Тогава ще разчитат на това". Муаз разказва това преди смъртта си, страхувайки се да не попадне в грях, ако не го съобщи.</t>
   </si>
   <si>
     <t>كان معاذ بن جبل رضي الله عنه راكبًا خَلْفَ النبيِّ صلى الله عليه وسلم على دابته، فناداه: يا معاذ؟ وكرر النداء له ثلاث مرات؛ تأكيدًا لأهمية ما سيقوله له.
 وكل ذلك يجيبه معاذ رضي الله عنه بقوله: «لبيك يا رسول الله وسعديك»، أي: أُجِيبُك يا رسول الله إجابةً لك بعد إجابة، وطلبتُ السعادةَ لإجابتِك.
 فأخبره صلى الله عليه وسلم أنه ما من أحد يشهد أن لا إله إلا الله، أي: لا معبود بحق إلا الله، وأن محمدًا رسول الله، صِدْقًا من قلبه غير كاذب، فإنْ مات على هذه الحال حَرَّمه الله على النار.
 فسَألَ معاذٌ رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُخبِر الناسَ ليَفرَحوا ويستبشروا خيرًا؟
 فخشي النبي صلى الله عليه وسلم أن يَتَّكلوا عليها، ويَقِلَّ عَمَلُهُم.
 فلم يُحَدِّثْ بها معاذٌ أحدًا إلا قبل موتِهِ؛ مَخافةَ الوقوع في إثمِ كِتْمَانِ العِلْم.</t>
   </si>
   <si>
     <t>Муаз ибн Джебел яздел зад Пратеника ﷺ на едно и също животно заедно с него и той го повикал: ,,Ей, Муаз!". Повторил призива си към него три пъти, за да подчертае важността на това, което ще му каже.
 Всеки път Муаз му отговарял по следния начин: ,,Отзовах ти се о, Пратенико на Аллах, и се зарадвах!". Т. е.: Отзовавам ти се, о, Пратенико на Аллах, отговор след отговор и търся щастие заради това, че ти се отзовавам".
 Той ﷺ му съобщил, че Аллах ще възбрани огъня за всеки човек, който засвидетелства че няма друг Бог освен Аллах, тоест; че само Аллах се обожествява с право, и че Мухаммед е Пратеника на Аллах - искрено, от сърцето си, без лъжа, и умре в това положение.
 Муаз /радийеллаху анху/ попитал Пророка ﷺ да съобщи ли на хората, за да се зарадват и да очакват добро?
 Пророка ﷺ се страхувал да не разчитат само на това и да намалеят делата им.
 И така Муаз не е съобщил на никого за това до преди смъртта си, страхувайки се да не попадне в грях, скривайки знанието.</t>
   </si>
   <si>
     <t>تواضع النبي صلى الله عليه وسلم في إردافه معاذًا خلفه على دابته.
 طريقة تعليم النبي صلى الله عليه وسلم، حيث كرر المناداة لمعاذ ليَشُدَّ انتباهَه لِمَا سيقول.
 من شروط شهادة: أن لا إله إلا الله وأن محمدًا رسول الله أنْ يكون قائلها صادقًا متيقنًا غير كاذب أو شاك.
 أهل التوحيد لا يُخلَّدون في نار جهنم، وإن دخلوها بسبب ذنوبهم؛ أخرجوا منها بعد أن يطهروا .
 فضل الشهادتين لمن قالها صادقًا.
 جواز ترك التحديث بحديثٍ في بعض الأحوال إذا ترتب عليه مفسدة.</t>
   </si>
   <si>
     <t>Смирението на Пророка ﷺ, слагайки Муаз да язди зад него на животното му.
 Методът на обучение на Пророка ﷺ, повтаряйки призива си към Муаз, за да засили вниманието му към онова, което ще каже.
 От условията на свидетелството ,,Ля иляхе иллеллах Мухаммед расулюллах" е, изричащият го да бъде сигурен и убеден в това, а не съмняващ се или лъжещ.
 Хората на единството - теухид, няма да пребивават вечно в Огъня дори и да попаднат там заради греховете си. Те ще бъдат извадени от там, след като се пречистят.
 Превъзходството на двете свидетелства за онзи, който ги каже искрено.
 Позволението за избягване на определена тема понякога, ако тя ще предизвика развала.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/10098</t>
   </si>
   <si>
-    <t>يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ</t>
+    <t>ينزل ربنا تبارك وتعالى كل ليلة إلى السماء الدنيا حين يبقى ثلث الليل الآخر</t>
   </si>
   <si>
     <t>,,Нашият Господ, Благословен и Всевишен е Той, слиза на земното небе всяка последна третина от нощта</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه: أن رسول الله صلى الله عليه وسلم قال: «يَنْزِلُ رَبُّنَا تَبَارَكَ وَتَعَالَى كُلَّ لَيْلَةٍ إِلَى السَّمَاءِ الدُّنْيَا حِينَ يَبْقَى ثُلُثُ اللَّيْلِ الْآخِرُ، يَقُولُ: «مَنْ يَدْعُونِي فَأَسْتَجِيبَ لَهُ؟ مَنْ يَسْأَلُنِي فَأُعْطِيَهُ؟ مَنْ يَسْتَغْفِرُنِي فَأَغْفِرَ لَهُ؟».</t>
   </si>
   <si>
     <t>Предава се от Ебу Хурейра /радийеллаху анху/, че Пратеника на Аллах ﷺ казва: ,,Нашият Господ, Благословен и Всевишен е Той, слиза на земното небе всяка последна третина от нощта и казва: ,,Кой ще Ме моли, за да му отговоря? Кой ще иска от Мен, за да му дам? Кой ще Ме моли за опрощение, за да му опростя?".</t>
   </si>
   <si>
     <t>بيَّن النبيُّ صلَّى اللهُ عليه وسلَّمَ أنَّ اللهَ تَبارَك وتعالَى يَنزِلُ كلَّ لَيلةٍ إلى السماء الدنيا حِينَ يَبْقى الثُّلثُ الأخيرُ مِن اللَّيل، ويُرَغِّبُ عبادَه أن يَدْعُوْهُ، فهو يَستجيب لمَن دَعاه، ويَحُثُّهم أن يَسألوه ما يُريدون، فهو يُعطي مَن سأله، ويَنْدُبُهم أنْ يَستغفروه مِن ذنوبِهم فهو يَغفِرُ لعبادِه المؤمنين.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че Аллах - Благословен и Всевишен е Той, всяка последна третина от нощта слиза на земното небе. Той подтиква рабите Си да го молят, а той отговаря на онези, които му правят дуа. Подтиква ги да искат от Него онова, от което имат нужда, защото Той дава на онзи, който иска от Него. Подтиква ги да молят опрощение за греховете си, защото Той опрощава на вярващите Свои раби.</t>
   </si>
   <si>
     <t>فضل الثلث الأخير من الليل والصلاة والدعاء والاستغفار فيه.
 ينبغي للإنسان عند سماع هذا الحديث أن يكون شديد الحرص على اغتنام أوقات الإجابة للدعاء.</t>
   </si>
   <si>
     <t>Превъзходството на последната третина от нощта, и на намаза, дуата и истигфара в това време.
 Подобава на човек, когато чуе този хадис, да бъде много усърден в използването на времето, когато се откликва на дуата.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/10412</t>
   </si>
   <si>
-    <t>لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا</t>
+    <t>لا تجلسوا على القبور، ولا تصلوا إليها</t>
   </si>
   <si>
     <t>,,Не сядайте върху гробовете и не се кланяйте срещу тях</t>
   </si>
   <si>
     <t>عن أبي مَرْثَدٍ الغَنَوِيّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «لَا تَجْلِسُوا عَلَى الْقُبُورِ، وَلَا تُصَلُّوا إِلَيْهَا».</t>
   </si>
   <si>
     <t>Предава се от Ебу Мерсед ел-Ганеуи /радийеллаху анху/, че казва: ,,Пратеника на Аллах ﷺ рече: ,,Не сядайте върху гробовете и не се кланяйте срещу тях".</t>
   </si>
   <si>
     <t>نَهى النبيُّ صلى الله عليه وسلم عن الجُلوسِ على القبور.
 كما نهى عن الصلاةِ إلى القبور، بأن يكون القبر في جهة قِبْلة المُصلي؛ لأن ذلك من وسائل الشرك.</t>
   </si>
   <si>
     <t>Пророка ﷺ забранява да се сяда върху гробовете.
 Също така забранява да се кланяме към гробовете, когато попаднат в посока към Къбле за кланящия се, защото това е от предпоставките за съдружаването - ширк.</t>
   </si>
   <si>
     <t>النهي عن الصلاة في المقابر أو بينها أو إليها إلا صلاة الجنازة كما ثبت بالسنة.
 النهي عن الصلاة إلى القبور سَدًّا لذريعة الشرك.
 نهى الإسلام عن الغُلوِّ في القبور وعن امْتِهانها، فلا إفْرَاط ولا تَفْريط.
 حُرمة المُسلم باقية بعد موته، لقوله صلى الله عليه وسلم: (كَسْرُ عَظْمِ المَيّت كَكَسْرِه حيًّا).</t>
   </si>
   <si>
     <t>Забраната за извършване на намаз в гробищата, между тях или към тях, освен дженазе намаз, както е потвърдено в Сунната.
 Забраната за намаза към гробища, като превенция срещу съдружаването - ширк.
 Ислямът забранява преувеличаването на нещата, свързани с гробовете, както и с тяхното занемаряване. Не трябва да има нито прекомерност, нито нехайство.
 Неприкосновенността на мюсюлманина остава и след смъртта му заради думите на Пратеника ﷺ: ,,Счупването на кост на мъртвеца е като счупването ѝ, докато той е жив".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/10647</t>
   </si>
   <si>
-    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي</t>
+    <t>كان النبي صلى الله عليه وسلم يقول بين السجدتين: اللهم اغفر لي، وارحمني، وعافني، واهدني، وارزقني</t>
   </si>
   <si>
     <t>,,Пророка ﷺ казваше между двете седждета: ,,Аллахуммег-фир ли, уер-хамни, уе афини, уехдини, уерзукни" (,,О, Аллах, опрости ме, смили се над мен, дари ме със сполука, напъти ме и ми дари препитание")</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما: كان النبي صلى الله عليه وسلم يقول بين السجدتين: «اللَّهمَّ اغْفِرْ لي، وارْحَمْنِي، وعافِني، واهْدِني، وارزقْنِي».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/: ,,Пророка ﷺ казваше между двете седждета: ,,Аллахуммег-фир ли, уер-хамни, уе афини, уехдини, уерзукни" (,,О, Аллах, опрости ме, смили се над мен, дари ме със сполука, напъти ме и ми дари препитание").</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يدعو بين السَّجدتَين في صلاتِه بهذه الدعوات الخمس التي يحتاج المسلم إليها حاجة عظيمة، واشتملت على خَيرَي الدنيا والآخرة، مِنْ طَلَبِ المغفرة وستر الذنوب والتجاوز عنها، وإسباغ الرحمة، والعافية من الشبهات والشهوات والأمراض والأسقام، وسؤال الله الهداية للحق والثبات عليه، والرزق من الإيمان والعلم والعمل الصالح، ومن المال الحلال الطيب.</t>
   </si>
   <si>
     <t>Пророка ﷺ правел дуа между двете седждета в намаза си за тези пет неща, от които мюсюлманинът има огромна нужда. Те събират в себе си доброто от този и отвъдния свят, като търсене на опрощение, прикриване на греховете, опрощаването им, разпростиране на милостта, спасение от съмненията, страстите и болестите. Търсенето на напътствие от Аллах за истината и утвърждаването в нея, препитанието от вяра, знание, праведни дела и от чисти - халал, пари.</t>
   </si>
   <si>
     <t>مشروعية هذا الدعاء في الجلسة التي بين السَّجدتين.
 فضل هذه الأدعية لِمَا اشتملتْ عليه من خيري الدنيا والآخرة.</t>
   </si>
   <si>
     <t>Постановяването на тази дуа в посядането между двете седждета.
 Превъзходството на тези дуи заради всеобхватността им в доброто от този и отвъдния свят.</t>
   </si>
   <si>
     <t>حسن بشواهده</t>
   </si>
   <si>
     <t>[حسن بشواهده]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/10930</t>
   </si>
   <si>
-    <t>اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ</t>
+    <t>اللهم أنت السلام، ومنك السلام، تباركت ذا الجلال والإكرام</t>
   </si>
   <si>
     <t>Аллахумме ентес-селяму уе минкес-селям тебаракте я зел дежляли уел икрам</t>
   </si>
   <si>
     <t>عن ثَوْبَانَ رضي الله عنه قال: كَانَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ إِذَا انْصَرَفَ مِنْ صَلَاتِهِ اسْتَغْفَرَ ثَلَاثًا، وَقَالَ: «اللَّهُمَّ أَنْتَ السَّلَامُ، وَمِنْكَ السَّلَامُ، تَبَارَكْتَ ذَا الْجَلَالِ وَالْإِكْرَامِ»، قَالَ الْوَلِيدُ: فَقُلْتُ لِلْأَوْزَاعِيِّ: كَيْفَ الْاسْتِغْفَارُ؟ قَالَ: تَقُولُ: أَسْتَغْفِرُ اللهَ، أَسْتَغْفِرُ اللهَ.</t>
   </si>
   <si>
     <t>От Сеубан /радийеллаху анху/ се предава: ,,Когато Пратеника на Аллах ﷺ приключеше с намаза си, правеше истигфар три пъти и след това казваше: ,,Аллахумме ентес-селяму уе минкес-селям тебаракте я зел дежляли уел икрам". Уелид каза: ,,Рекох на Еузаи: ,,Как правеше истигфар?". Рече: ,,Казвай: ,,Естегфируллах, Естегфируллах".</t>
   </si>
   <si>
     <t>كان النبيُّ صلى الله عليه وسلم يقول إذا انتهى من صلاته: أستغفر الله، أستغفر الله، أستغفر الله.
 ثم يُعَظِّم ربَّه بقوله: "اللَّهمَّ أنتَ السَّلامُ، ومنْكَ السَّلامُ، تباركْتَ ذا الجَلالِ والإكرامِ " فالله السالم الكامل في صفاته، المنزَّهُ عنَ كل عيب ونَقصٍ، وتَطْلُبُ منه سبحانه السَّلامةَ منْ شُرورِ الدُّنيا والآخرةِ لا مِنْ غَيره، وهو سبحانه قد تَكاثَرَ خَيْرُه في الدارين، صاحب العظَمةِ والإحسانِ.</t>
   </si>
   <si>
     <t>Пророка ﷺ изричал след края на намаза си: ,,Естегфируллах, Естегфируллах, Естегфируллах".
 След това възвеличавал своя Господ с думите: ,,О, Аллах, Ти Си Съвършеният, от Теб е Съвършенството, благословен си Ти, о, притежателю на величието и почитта!". Аллах притежава съвършенството в качествата си и е пречистен  от всякакви недостатъци. Търсиш от Него и от никой друг - Пречист е Той, спасението и сигурността от злото на този и отвъдния свят. Доброто му е многобройно - Пречист е Той и в двата свята, Той е притежателят на величието и добротворството.</t>
   </si>
   <si>
     <t>استحباب الاستغفار عَقِبَ الصلاةِ والمداومة عليه.
 استحباب الاستغفار لاستكمال النقص في العبادة وجَبْرًا للطاعة والتقصير فيها.</t>
   </si>
   <si>
     <t>Препоръката да се прави истигфар в края на намаза и да се постоянства в това.
 Препоръката да се прави истигфар, за да се премахнат недостатъците от ибадета и да се компенсира небрежността.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/10947</t>
   </si>
   <si>
-    <t>صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ</t>
+    <t>صل قائما، فإن لم تستطع فقاعدا، فإن لم تستطع فعلى جنب</t>
   </si>
   <si>
     <t>,,Кланяй се прав, ако не можеш, тогава седнал, а ако и така не можеш, тогава легнал на страни</t>
   </si>
   <si>
     <t>عن عمران بن حصين رضي الله عنه قال: كَانَتْ بِي بَوَاسِيرُ، فَسَأَلْتُ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَنِ الصَّلَاةِ، فَقَالَ: «صَلِّ قَائِمًا، فَإِنْ لَمْ تَسْتَطِعْ فَقَاعِدًا، فَإِنْ لَمْ تَسْتَطِعْ فَعَلَى جَنْبٍ».</t>
   </si>
   <si>
     <t>От Имран ибн Хусайн /радийеллаху анху/ се предава: ,,Имах хемороиди и попитах Пророка ﷺ как да се кланям и той каза: ,,Кланяй се прав, ако не можеш, тогава седнал, а ако и така не можеш, тогава легнал на страни".</t>
   </si>
   <si>
     <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنَّ الأصلَ في الصلاةِ القيامُ، إلّا في حال عدم الاستطاعة فيُصلِّي جالسًا، وإنْ لم يستطع الصلاةَ جالسًا فله أن يُصلِّي على جَنْبِه.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че основното в молитвата - намаз, е тя да се изпълнява прав, освен в състояние на затруднение. Тогава се изпълнява седнал, а ако и така не може, му е позволено да кланя легнал на страни.</t>
   </si>
   <si>
     <t>الصلاة لا تسقط ما دام العقلُ ثابتًا، فيكون الانتقال من حال إلى حال حسب  الاستطاعة.
 سماحة ويُسْر الإسلام في أنَّ العبدَ يفعل من العبادة ما يستطيع.</t>
   </si>
   <si>
     <t>Намазът не отпада, щом човек е с разума си. Преминаването в изпълнението от един начин към друг е според възможностите му.
 Снизходителността и улеснението на исляма е в това, че рабът извършва от ибадета колкото може.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/10951</t>
   </si>
   <si>
-    <t>هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ</t>
+    <t>هل تسمع النداء بالصلاة؟ فقال: نعم، قال: فأجب</t>
   </si>
   <si>
     <t>Чуваш ли езана за намаз?". Отвърна: ,,Да". Рече: ,,Тогава се отзови</t>
   </si>
   <si>
     <t>عن أبي هريرة رضي الله عنه قال: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ أَعْمَى، فَقَالَ: يَا رَسُولَ اللهِ، إِنَّهُ لَيْسَ لِي قَائِدٌ يَقُودُنِي إِلَى الْمَسْجِدِ، فَسَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنْ يُرَخِّصَ لَهُ فَيُصَلِّيَ فِي بَيْتِهِ، فَرَخَّصَ لَهُ، فَلَمَّا وَلَّى دَعَاهُ، فَقَالَ: «هَلْ تَسْمَعُ النِّدَاءَ بِالصَّلَاةِ؟» فَقَالَ: نَعَمْ، قَالَ: «فَأَجِبْ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ се казва: ,,При Пророка ﷺ дойде сляп мъж и му каза: ,,О, Пратенико на Аллах, нямам водач, който да ме води към джамията!". Помоли Пратеника на Аллах ﷺ да му разреши да кланя вкъщи и той му разреши. След като се обърна, той ﷺ го повика обратно и му рече: ,,Чуваш ли езана за намаз?". Отвърна: ,,Да". Рече: ,,Тогава се отзови".</t>
   </si>
   <si>
     <t>أتَى رجُلٌ أعْمَى إلى النبيِّ صلى الله عليه وسلم، فقال: يا رسول الله ليس عندي مَن يُساعدني ويأخذ بيدي إلى المسجد، في الصلوات الخمس، يريد أنْ يُرخِّصَ له النبيُّ صلى الله عليه وسلم في ترك الجماعة، فَرَخَّصَ له، فلمَّا أَدْبَرَ ناداه وقال: هل تسمع الأذان بالصلاة؟ قال: نعم، قال: فأجب المُنادي بالصلاة.</t>
   </si>
   <si>
     <t>Сляп човек отива при Пророка ﷺ и му казва: ,,О, Пратенико на Аллах, няма кой да ми помага и да ме води за ръка до джамията за петкратната молитва", искайки Пророка ﷺ да му разреши да изостави груповата молитва - намаз, с джемаат и той му позволил. След като се обърнал, го повикал и го попитал: ,,Чуваш ли езана за намаз?". Отговорил: ,,Да". Рекъл му: ,,Тогава се отзови на зовящия за молитва - намаз".</t>
   </si>
   <si>
     <t>وجوب صلاة الجماعة؛ لأن الرُّخصة لا تكون إلا من شيء لازم وواجب.
 قوله: «فأجب» لمن يسمع النداء يدل على وجوب صلاة الجماعة؛ لأن الأصل بالأمر للوجوب.</t>
   </si>
   <si>
     <t>Задължителността на груповата молитва - намаз, с джемаат, защото търсенето на разрешение е само за нещо, което се изисква и е задължение.
 Думите му: ,,Тогава се отзови" за онзи, който чува езана, са доказателство за задължителността на намаза с джемаат, защото основното в заповедта е, че е задължителен.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/11287</t>
   </si>
   <si>
-    <t>عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ</t>
+    <t>علمنا رسول الله صلى الله عليه وسلم خطبة الحاجة</t>
   </si>
   <si>
     <t>,,Пратеника на Аллах ﷺ ни научи на проповедта при нужда</t>
   </si>
   <si>
     <t>عن عبد الله بن مسعود رضي الله عنه قال: عَلَّمَنَا رَسُوْلُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ خُطْبَةَ الحَاجَةِ: إِنَّ الحَمْدَ للهِ، نَسْتَعِيْنُهُ وَنَسْتَغْفِرُهُ، وَنَعُوْذُ بِهِ مِنْ شُرُوْرِ أَنْفُسِنَا، مَنْ يَهْدِ اللهُ فَلَا مُضِلَّ لَهُ، وَمَنْ يُضْلِلْ فَلَا هَادِيَ لَهُ، وَأَشْهَدُ أَنْ لَا إِلَهَ إِلَّا الله، وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُوْلُهُ، {يَا أَيُّهَا النَّاسُ اتَّقُوا رَبَّكُمُ الَّذِي خَلَقَكُمْ مِنْ نَفْسٍ وَاحِدَةٍ وَخَلَقَ مِنْهَا زَوْجَهَا وَبَثَّ مِنْهُمَا رِجَالًا كَثِيرًا وَنِسَاءً وَاتَّقُوا اللَّهَ الَّذِي تَسَاءَلُونَ بِهِ والأرحام إن الله كان عليكم رقيبا} [النساء: 1]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ حَقَّ تُقَاتِهِ وَلَا تَمُوتُنَّ إِلَّا وَأَنْتُمْ مُسْلِمُونَ} [آل عمران: 102]، {يَا أَيُّهَا الَّذِينَ آمَنُوا اتَّقُوا اللَّهَ وَقُولُوا قَوْلًا سَدِيدًا (70) يُصْلِحْ لَكُمْ أَعْمَالَكُمْ وَيَغْفِرْ لَكُمْ ذُنُوبَكُمْ وَمَنْ يُطِعِ اللَّهَ وَرَسُولَهُ فَقَدْ فَازَ فَوْزًا عَظِيمًا} [الأحزاب:70 - 71].</t>
   </si>
   <si>
     <t>От Абдуллах ибн Мес'уд /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ ни научи на проповедта при нужда: ,,Възхвалата е за Аллах, молим го за подкрепа и за опрощение. При Него се осланяме от лошото на душите ни. Когото Аллах напъти, него никой не може да го заблуди, а когото остави в заблуда - него никой не може да го напъти. Свидетелствам, че няма друг бог освен Аллах и свидетелствам, че Мухаммед е Негов раб и пратеник". ,,О, хора, бойте се от своя Господ, който ви сътвори от един човек и сътвори от него съпругата му, и от двамата намножи мъже и жени. И бойте се от Аллах, с Чието име се умолявате един друг, и от [прекъсване на] кръвните родства! Наистина Аллах ви наблюдава"(Ниса: 1). ,,О, вярващи, бойте се от Аллах с истинска боязън пред Него и умирайте само отдадени!" (Ал Имран: 102). ,,О, вярващи, бойте се от Аллах и изричайте правдиви слова! Тогава Той ще поправи делата ви и ще опрости греховете ви. Който се покорява на Аллах и на Неговия Пратеник, той постига велико избавление" (Ел-Ехзаб: 70 - 71).</t>
   </si>
   <si>
     <t>يُخْبِرُ ابنُ مَسْعُودٍ رضي الله عنه أنَّ النبيَّ صلى الله عليه وسلم عَلَّمَهم خُطبةَ الحاجَة، وهي التي تُقال عند افتتاح الكلام في الخُطَبِ وبَينَ يَدَيْ حاجَتِهم، كخطبة النكاح وخطبة الجمعة وغيرها، 
 وهذه الخطبةُ اشتملتْ على معانٍ عظيمة من بيان استحقاق الله لجميع أنواع الحَمْد، وطلب الاستعانة منه وحده لا شريك له، وستر الذنوب والتجاوز عنها، والالتجاء إليه من كل الشرور، شرور النفس وغيرها.
 ثم أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ الهدايةَ بيدِ الله، فمَنْ هداه فلا مُضِلَّ له، ومَن أَضَلَّه فلا هادي له.
 ثم ذَكَرَ شهادةَ التوحيد وأنه لا معبود بحق إلا الله، وشهادة الرسالة بأنَّ محمدًا عبدُ الله ورسولُه.
 وختم هذه الخطبة بهذه الآيات الثلاث المشتملة على الأمر بتقوى الله جل وعلا بفعل أوامره واجتناب نواهيه ابتغاء وجه الله، وأنَّ جزاءَ مَن فَعََلَ ذلك صلاحُ الأعمالِ والأقوالِ وتكفيِر السيئات ومغفرة الذنوب والحياة الطيبة في الدنيا والفوز بالجَنَّةَ يومَ القيامةِ.</t>
   </si>
   <si>
     <t>Ибн Мес'уд /радийеллаху анху/ съобщава, че Пророка ﷺ ги научил на проповедта - хутбето при нужда. Това се казва в началото на проповедта или преди това, от което имат нужда като женитба - никях, петъчната проповед - хутбе и т. н. Тази проповед съдържа велики значения в пояснение на това, че Аллах заслужава всички видове възхвала, търсене на подкрепа единствено от Него - нямащ Той съдружници, прикриването на греховете и тяхното опрощение, усланянето на Него от всяко зло, от злото на душата и не само.
 След това Пророка ﷺ съобщава, че напътствието е в ръцете на Аллах и онзи, когото Той напъти, никой не ще го заблуди, а онзи, когото Той остави в заблуда, никой не ще го напъти.
 След това споменава свидетелството на единството - теухид, че никой не е за обожествяване с право освен Аллах. Споменава и свидетелството на пророчеството, че Мухаммед е раб на Аллах и Негов пратеник.
 Завършва тази проповед с тези три знамения от Корана, които обхващат богобоязънта към Всевишния и Велик Аллах - такуа, чрез спазване на заповедите и изоставяне на забраните Му, желаейки Ликът на Аллах. Наградата за онзи, който стори това, е поправянето на делата  и думите, опрощение на греховете, скриване на грешките, прелестен живот на земята и спечелване на Дженента в Съдия ден.</t>
   </si>
   <si>
     <t>استحباب افتتاح خطب النكاح والجمعة وغيرها بهذه الخطبة.
 الخطبة ينبغي أن تكونَ مشتملةً على الحَمْد والشهادتين وبعض الآيات القرآنية.
 تعليم النبي صلى الله عليه وسلم لأصحابه ما يحتاجونه في دينهم.</t>
   </si>
   <si>
     <t>Препоръчителното започване на проповедта за женитба, джума и други с това хутбе.
 Проповедта - хутбе, трябва да съдържа възхвала, двете свидетелства и някои айети от Корана.
 Обучението на Пророка ﷺ към сподвижниците си на онова, от което се нуждаят в религията си.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد</t>
-[...2 lines deleted...]
-    <t>[رواه أبو داود والترمذي وابن ماجه والنسائي وأحمد]</t>
+    <t>رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد</t>
+  </si>
+  <si>
+    <t>[رواه أبو داود والترمذي والنسائي وابن ماجه وأحمد]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/58060</t>
   </si>
   <si>
-    <t>‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ</t>
+    <t>من رأى منكم منكرا فليغيره بيده، فإن لم يستطع فبلسانه، فإن لم يستطع فبقلبه، وذلك أضعف الإيمان</t>
   </si>
   <si>
     <t>,,Който от вас види нещо порицано, да го промени с ръката си. Ако не може - с езика си, ако не може - със сърцето си и това е най-слабата вяра</t>
   </si>
   <si>
     <t>عن أبي سعيد الخُدْريِّ رضي الله عنه قال: سمعت رسول الله صلى الله عليه وسلم يقول: «‌مَنْ ‌رَأَى ‌مِنْكُمْ ‌مُنْكَرًا فَلْيُغَيِّرْهُ بِيَدِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِلِسَانِهِ، فَإِنْ لَمْ يَسْتَطِعْ فَبِقَلْبِهِ، وَذَلِكَ أَضْعَفُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>От Ебу Сеид ел-Худрий /радийеллаху анху/, казва: ,,Чух Пратеника на Аллах /саллеллаху алейни уе селлем/ да казва: ,,Който от вас види нещо порицано, да го промени с ръката си. Ако не може - с езика си, ако не може - със сърцето си и това е най-слабата вяра".</t>
   </si>
   <si>
     <t>يأمر النبي صلى الله عليه وسلم بتغيير المنكر -وهو كل ما نهى الله عنه ورسوله- حسب الاستطاعة، 
 فإذا رأى منكرًا فيجب عليه تغييره باليد إن كان له قدرة، 
 فإن عجز عن ذلك فليغيره بلسانه بأن ينهى مرتكبه ويُبيِّن له ضرره ويرشده إلى الخير بدل هذا الشر، 
 فإن عجز عن هذه المرتبة فليغيره بقلبه بأن يَكرَه هذا المنكر ويَعزِم أنه لو قدر على تغييره لفعل، 
 والتغيير بالقلب أضعف مراتب الإيمان في تغيير المنكر.</t>
   </si>
   <si>
     <t>Пророка ﷺ заповядва да се променя порицаното, доколкото е възможно. А порицаното е всяко нещо, което Аллах и Неговият Пратеник са забранили. И когато види нещо порицано, негов дълг е да го промени с ръка, ако има тази способност. А ако е неспособен за това - да го промени с езика си, като възпре извършващия го. Да му поясни вредата от него и да го упъти към доброто вместо [да го остави да тъне в] злото. Ако не е способен да изпълни и тази степен - да го промени със сърцето си, като намрази порицаваното нещо и си каже, че ако има възможност да го промени - ще го направи. Промяната със сърцето е най-слабата степен на вярата в променянето на порицаното.</t>
   </si>
   <si>
     <t>الحديث أصل في بيان مراتب تغيير المنكر.
 الأمر بالتَّدَرُّج في النهي عن المنكر، كلٌّ بحسب استطاعته وقدراته.
 النهي عن المنكر باب عظيم في الدين ولا يسقط عن أحد، ويُكَلَّف به كل مسلم بحسب استطاعته.
 الأمر بالمعروف والنهي عن المنكر من خصال الإيمان، والإيمان يزيد وينقص.
 يشترط في النهي عن المنكر: العلم بكون ذلك الفعل منكرًا.
 يشترط في تغيير المنكر: أن لا يترتب عليه منكر أعظم منه.
 للنهي عن المنكر آداب وشروط ينبغي على المسلم أن يتعلمها.
 إنكار المنكر يحتاج إلى سياسة شرعية، وإلى علم وبصيرة.
 عدم الإنكار بالقلب يدل على ضعف الإيمان.</t>
   </si>
   <si>
     <t>Хадисът е основен в пояснението относно степените на промяната на порицаното.
 Заповедта за степенуване в забраната на порицаното, в зависимост от възможността и способността.
 Забраната за порицаваното е голям раздел в религията и отговорността за това не отпада от никого. Всеки мюсюлманин е натоварен с нея според възможностите си.
 Повеляването на одобряваното и забраняването на порицаното е от качествата на вярата, а вярата се увеличава и намалява.
 Условие за забрана на порицаваното е: знанието относно конкретното нещо, че е порицано.
 Условие за промяна на порицаваното е: да не предизвика по-голяма вреда след забраната.
 Относно забраната на порицаното има етикет и условия, които всеки мюсюлманин трябва да научи.
 Осъждането на порицаното се нуждае от шериатска политика и от знание и прозорливост.
 Неизвършването на порицание със сърцето е доказателство за слаба вяра.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65001</t>
   </si>
   <si>
-    <t>مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ</t>
+    <t>من أحسن في الإسلام لم يؤاخذ بما عمل في الجاهلية، ومن أساء في الإسلام أخذ بالأول والآخر</t>
   </si>
   <si>
     <t>,,Който върши добро в исляма, няма да бъде наказван за онова, което е вършил преди него, а онзи, който върши зло в исляма, ще бъде наказан и за предишните, и за следващите грехове</t>
   </si>
   <si>
     <t>عَنِ ابْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قَالَ رَجُلٌ: يَا رَسُولَ اللهِ، أَنُؤَاخَذُ بِمَا عَمِلْنَا فِي الْجَاهِلِيَّةِ؟ قَالَ: «مَنْ أَحْسَنَ فِي الْإِسْلَامِ لَمْ يُؤَاخَذْ بِمَا عَمِلَ فِي الْجَاهِلِيَّةِ، وَمَنْ أَسَاءَ فِي الْإِسْلَامِ أُخِذَ بِالْأَوَّلِ وَالْآخِرِ».</t>
   </si>
   <si>
     <t>От Ибн Мес'уд /радийеллаху анху/ казва: Един човек каза: ,,О, пратенико на Аллах! Ще бъдем ли наказвани за онова, което сме извършили преди исляма? Рече:  ,,Който върши добро в исляма, няма да бъде наказван за онова, което е вършил преди него, а онзи, който върши зло в исляма, ще бъде наказан и за предишните, и за следващите грехове".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم فضل الدخول في الإسلام، 
 وأن من أسلم وحسن إسلامه وكان مخلصًا صادقًا؛ فلا يحاسب بما عمل في الجاهلية من معاصي، 
 ومن أساء في الإسلام بأن كان منافقًا أو ارتد عن دينه؛ حوسب بما عمل في الكفر وبما عمل في الإسلام.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява предимството от приемането на исляма. А то е, че който приеме исляма искрен и отдаден и се старае да върши добро, няма да му се прави равносметка за онова, което е вършел преди исляма. А който върши зло в исляма; ако е двуличник или се отвърне от религията си, ще му бъде търсена равносметка за онова, което е вършел по време на неверието си и по време на исляма си.</t>
   </si>
   <si>
     <t>اهتمام الصحابة رضوان الله عليهم وخوفهم مما كان منهم من الأعمال في الجاهلية.
 الحث على الثبات على الإسلام.
 فضل الدخول في الإسلام وأنه يكفر الأعمال السابقة.
 المرتد والمنافق يُحاسَبُ بكلِّ عملٍ له سَبَقَ في الجاهلية، وبكل ذنب فَعله في الإسلام.</t>
   </si>
   <si>
     <t>Интересът и страхът на сподвижниците /Аллах да е доволен от тях/ за онова, което са извършили преди исляма.
 Подтикването към устойчивост в исляма.
 Предимството на приемането на исляма и че това опрощава предишните дела.
 Вероотстъпникът и двуличникът ще бъдат подложени на равносметка за всяко дело, което са извършили преди исляма, и за всеки грях, който са направили в исляма.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65002</t>
   </si>
   <si>
-    <t>أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ</t>
+    <t>أرأيت إذا صليت الصلوات المكتوبات، وصمت رمضان، وأحللت الحلال، وحرمت الحرام</t>
   </si>
   <si>
     <t>,,Кажи ми! Когато кланям задължителните молитви, говея Рамадан, разрешавам позволеното и не допускам забраненото и не правя нищо повече от това, ще вляза ли в Дженнета? Пратеника ﷺ каза: ,,Да".Човекът рече: ,,Кълна се в Аллах, няма да върша нищо повече от това</t>
   </si>
   <si>
     <t>عن جابر رضي الله عنه: أَنَّ رَجُلًا سَأَلَ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَقَالَ: أَرَأَيْتَ إِذَا صَلَّيْتُ الصَّلَوَاتِ الْمَكْتُوبَاتِ، وَصُمْتُ رَمَضَانَ، وَأَحْلَلْتُ الْحَلَالَ، وَحَرَّمْتُ الْحَرَامَ، وَلَمْ أَزِدْ عَلَى ذَلِكَ شَيْئًا، أَأَدْخُلُ الْجَنَّةَ؟ قَالَ: «نَعَمْ»، قَالَ: وَاللهِ لَا أَزِيدُ عَلَى ذَلِكَ شَيْئًا.</t>
   </si>
   <si>
     <t>От Джабир /радийеллаху анху/: той разказва за един човек, който попитал Пратеника ﷺ, казвайки:  ,,Кажи ми! Когато кланям задължителните молитви, говея Рамадан, разрешавам позволеното и не допускам забраненото и не правя нищо повече от това, ще вляза ли в Дженнета? Пратеника ﷺ каза: ,,Да".Човекът рече: ,,Кълна се в Аллах, няма да върша нищо повече от това".</t>
   </si>
   <si>
     <t>يُبَيِّنُ النبي صلى الله عليه وسلم أن من صلى الصلوات الخمس المفروضات ولم يزد عليها شيئًا من النوافل، وصام رمضان ولم يتطوع، واعتقد حِلَّ الحلال وفَعَله، واعتقد حُرمة الحرام واجتنبه، أنه يدخل الجنة.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява,  че онзи, който кланя задължителните пет молитви (намаз), без да добавя нищо към тях от допълнителните (нафиле), говее месец Рамадан без да говее допълнително, убеден е в позволеното от Аллах (халал), че е халал и го извършва, убеден е в забраненото (харам), че е харам и страни от него - ще влезе в Дженнета.</t>
   </si>
   <si>
     <t>حرص المسلم على فعل الفرائض وترك المحرمات، وأن تكون غايته دخول الجنة.
 أهمية فعل الحلال واعتقاد حِلَّه، وتحريم الحرام واعتقاد حرمته.
 فعل الواجبات وترك المحرمات سبب لدخول الجنة.</t>
   </si>
   <si>
     <t>Стремежът на мюсюлманина за вършене на задълженията и изоставяне на забраните и че основната му цел трябва да бъде влизането в Дженнета.
 Важността от вършенето на позволеното (халал) и убедеността, че е позволено и възбраната за забраненото (харам) и убедеността, че е забранено.
 Вършенето на задълженията и изоставянето на забраните е причина за влизането в Дженнета.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65003</t>
   </si>
   <si>
-    <t>الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ</t>
+    <t>الطهور شطر الإيمان، والحمد لله تملأ الميزان، وسبحان الله والحمد لله تملآن أو تملأ ما بين السماوات والأرض</t>
   </si>
   <si>
     <t>* ,,Чистотата е половината от вярата. [Думите] ,,Слава на Аллах!“ (,,Елхамдулиллах") изпълват везната, а „Пречист е Аллах“ (,,Субханеллах") и ,,Слава на на Аллах"(,,Елхамдулиллах") изпълват [разстоянието] между небесата и земята. Молитвата ,,намаз" е светлина, милостинята е доказателство, търпението е сияние, а Коранът е довод в твоя полза или против теб. Всички хора тръгват сутрин и всеки продава душата си, но един я избавя, а друг я погубва".</t>
   </si>
   <si>
     <t>عن أبي مالكٍ الأشعريِّ رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «الطُّهُورُ شَطْرُ الْإِيمَانِ، وَالْحَمْدُ لِلهِ تَمْلَأُ الْمِيزَانَ، وَسُبْحَانَ اللهِ وَالْحَمْدُ لِلهِ تَمْلَآنِ -أَوْ تَمْلَأُ- مَا بَيْنَ السَّمَاوَاتِ وَالْأَرْضِ، وَالصَّلَاةُ نُورٌ، وَالصَّدَقَةُ بُرْهَانٌ، وَالصَّبْرُ ضِيَاءٌ، وَالْقُرْآنُ حُجَّةٌ لَكَ أَوْ عَلَيْكَ، كُلُّ النَّاسِ يَغْدُو، فَبَايِعٌ نَفْسَهُ فَمُعْتِقُهَا أَوْ مُوبِقُهَا».</t>
   </si>
   <si>
     <t>От Ебу Малик ел-Еш'арий /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ казва:  ,,Чистотата е половината от вярата. [Думите] ,,Слава на Аллах!“ (,,Елхамдулиллах") изпълват везната, а „Пречист е Аллах“ (,,Субханеллах") и ,,Слава на на Аллах"(,,Елхамдулиллах") изпълват [разстоянието] между небесата и земята. Молитвата ,,намаз" е светлина, милостинята е доказателство, търпението е сияние, а Коранът е довод в твоя полза или против теб. Всички хора тръгват сутрин и всеки продава душата си, но един я избавя, а друг я погубва".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن طهارة الظاهر تكون بالوضوء والغسل وهي شرط في الصلاة. 
 وأن قول: " الحمد لله تملا الميزان" وهو الثناء عليه سبحانه، ووصفه بصفات الكمال توزن يوم القيامة فتملأ ميزان الأعمال. 
 وأن قول: "سبحان الله والحمد لله" وهو تنزيهه عن كل نَقْصٍ ووصفه بالكمال التام الذي يليق بجلاله مع محبته وتعظيمه تملأ ما بين السموات والأرض. 
 وأن "الصلاة نور" للعبد في قلبه، وفي وجهه، وفي قبره، وفي حشره. 
 وأن "الصدقة برهان" ودليل على صدق إيمان المؤمن، واختلافه عن المنافق الذي يمتنع منها لكونه لا يصدق بموعودها. 
 وأن "الصبر ضياء" -وهو حبس النفس عن الجَزَع والتَّسَخُّط - نور يحصل معه حرارة وإحراق، كضياء الشمس؛ لأنه شاق ويحتاج إلى مجاهدة النفس وحبسها عما تهواه؛ فلا يزال صاحبه مستضيئًا مهتديًا مستمرًّا على الصواب. وهو صبر على طاعة الله، وعن معصيته، وصبر على المصائب وأنواع المكاره في الدنيا. 
 وأن "القرآن حجة لك" بتلاوته والعمل به، أو "حجة عليك" بتركه دون عمل أو تلاوة. 
 ثم أخبر صلى الله عليه وسلم أن كل الناس يسعون وينتشرون ويقومون من نومهم ويخرجون من بيوتهم لأعمالهم المختلفة، 
 فمنهم من يستقيم على طاعة الله فيُعْتِق نفسَه من النار، ومنهم من ينحرف عن ذلك ويقع في المعاصي فيهلكها بدخولها النار.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че външната чистота, която е условие за молитвата намаз, се постига чрез абдест и гусул. И че думите ,,Елхамдулиллях", които са възхвала към Пречистия Аллах - изпълват везната. Описанието Му чрез съвършените качества ще се претегля в Съдия ден и ще изпълва везните на делата. И че думите: ,,Субханеллах" и ,,Елхамдулиллях", които представляват очистване от всякакви недостатъци и описание с пълно съвършенство, които подобават на величието Му, заедно с обичта и възвеличаването към Него, изпълват разстоянието между небесата и земята. И че молитвата - намаз е светлина за раба в сърцето, лицето, гроба и повторното му съживяване. И че садаката е довод и доказателство за истинността на вярата при мюсюлманина. Довод за разликата между него и двуличника, който се скъпи да дава садака, защото не вярва в обещаното за нея. И че търпението е сияние, а то представлява въздържане на душата от нервиране, тревога и раздразнение. Светлина, чрез която се постига горещина и изгаряне, както е сиянието на слънцето, защото е трудно и изисква борба с душата и въздържане от онова, към което тя подтиква. Затова търпеливият е озарен, напътен и придържащ се към истината. Търпение се изисква в покорството пред Аллах, в избягването на греховете и в трудностите и бедите от различно естество в живота. И че Коранът е довод за теб - четейки и прилагайки го, или довод срещу теб - изоставяйки го без четене и приложение. След това Пророка ﷺ съобщава, че всеки човек се събужда от сън, става, излиза от вкъщи  и тръгва за работа от различно естество. От тях има такива, които се придържат към правия път в покорство към Аллах и така освобождават душите си от огъня. Има и такива, които се отклоняват от това и попадат в грехове, които ги погубват чрез влизането им в огъня.</t>
   </si>
   <si>
     <t>الطهارة طهارتان: طهارة الظاهر تكون بالوضوء والغسل، وطهارة الباطن تكون بالتوحيد والإيمان والعمل الصالح.
 أهمية المحافظة على الصلاة فهي نور للعبد في الدنيا ويوم القيامة.
 الصدقة دليل على صدق الإيمان.
 أهمية العمل بالقرآن وتصديقه ليكون حجة لك لا عليك.
 النفس إن لم تشغلها بالطاعة شغلتك بالمعصية.
 كل إنسان لا بد أن يعمل؛ فإما أن يعتق نفسه بالطاعة، أو يوبقها بالمعصية.
 الصبر يحتاج إلى تَحَمُّلٍ واحتسابٍ وفيه مشقة.</t>
   </si>
   <si>
     <t>Чистотата е два вида: явна чистота, която се постига чрез измиване, вземайки абдест и гусул. И скрита чистота, която се постига чрез единство - теухид, вяра и праведни дела.
 Важността от постоянстването в намаза, защото той е светлина за раба в този и отвъдния свят.
 Милостинята - садака е доказателството за истинността на вярата.
 Важността на прилагането на Корана и неговото потвърждаване, за да бъде доказателство за теб, а не против теб.
 Ако душата не бъде ангажирана с покорство, тя ще те ангажира с грехове.
 Всеки човек непременно трябва да работи и или ще освободи душата си чрез подчинение, или ще я погуби с грехове.
 Търпението се нуждае от понасяне и устояване, в което има трудност.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65004</t>
   </si>
   <si>
-    <t>أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ</t>
+    <t>ألا هل عسى رجل يبلغه الحديث عني وهو متكئ على أريكته فيقول: بيننا وبينكم كتاب الله</t>
   </si>
   <si>
     <t>* ,,Наближава време, когато до човек ще достигне мой хадис, а той ще стои подпрян удобно на постелята си и ще казва: ,,Между нас и вас е книгата на Аллах! Онова, което намерим в нея като позволено - халал, ще го позволяваме, а онова, което намерим като забранено - харам, ще го забраняваме. Но наистина онова, което е забранил Пратеника на Аллах ﷺ е като онова, което е забранил Аллах!".</t>
   </si>
   <si>
     <t>عن المقدام بن معدِيْكَرِب رضي الله عنه قال: قال رسول الله صلى الله عليه وسلم: «أَلَا هَلْ عَسَى رَجُلٌ يَبْلُغُهُ الْحَدِيثُ عَنِّي وَهُوَ مُتَّكِئٌ عَلَى أَرِيكَتِهِ فَيَقُولُ: بَيْنَنَا وَبَيْنَكُمْ كِتَابُ اللهِ، فَمَا وَجَدْنَا فِيهِ حَلَالًا اسْتَحْلَلْنَاهُ، وَمَا وَجَدْنَا فِيهِ حَرَامًا حَرَّمْنَاهُ، وَإِنَّ مَا حَرَّمَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَمَا حَرَّمَ اللهُ».</t>
   </si>
   <si>
     <t>От ел-Микдам ибн Меадикериб /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ каза:  ,,Наближава време, когато до човек ще достигне мой хадис, а той ще стои подпрян удобно на постелята си и ще казва: ,,Между нас и вас е книгата на Аллах! Онова, което намерим в нея като позволено - халал, ще го позволяваме, а онова, което намерим като забранено - харам, ще го забраняваме. Но наистина онова, което е забранил Пратеника на Аллах ﷺ е като онова, което е забранил Аллах!".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه قد اقترب زمان يكون فيه صنف من الناس جالس، أحدهم متكئ على فراشه، يبلغه الحديث عن النبي صلى الله عليه وسلم، فيقول: الذي يَفْصِلُ بيننا وبينكم في الأمور هو القرآن الكريم فهو يكفينا، فما وجدنا فيه من حلال عملنا به، وما وجدنا فيه من حرام ابتعدنا عنه. 
 ثم بَيَّن النبي صلى الله عليه وسلم أن كل شيء حرّمه أو نهى عنه في سنته فهو في الحكم مثل ما حرّمه الله في كتابه؛ لأنه المبلغ عن ربه.</t>
   </si>
   <si>
     <t>Пророка /Аллах да го благослови и приветства/ съобщава, че е наближило време, в което ще се появят определен вид хора, които ще бъдат облегнати на постелите си и до тях ще достига хадис от пророка /Аллах да го благослови и приветства/ и те ще казват: ,,Онова, което ще отсъжда между нас и вас е Свещеният Коран и той ни е достатъчен. Каквото намерим в него като позволено ще го изпълняваме, и каквото намерим в него като забранено ще го избягваме. След това Пророка /Аллах да го благослови и приветства/ пояснява, че всяко нещо, което е забранил или порицал в своята Сунна, неговото становище е като становището на онова, което Аллах е забранил в Своята книга. Това е така, защото Пратеника /Аллах да го благослови и приветства/ е вестител от Своя Господ.</t>
   </si>
   <si>
     <t>تعظيم السنة كما يُعَظَّم القرآن ويؤخذ بها.
 طاعة الرسول هي طاعة لله ومعصيته هي معصية لله تعالى.
 ثبوت حُجِيّة السنة والرد على من يَرُدُّ السُّننَ أو ينكرها.
 مَن أعرض عن السُّنَّة وادعى الاقتصار على القرآن فهو مُعرِضٌ عنهما جميعًا كاذبٌ في دعوى اتباع القرآن.
 من دلائل نبوته صلى الله عليه وسلم إخباره عن شيء بأنه سيقع في المستقبل، ووقع كما أخبر.</t>
   </si>
   <si>
     <t>Възвеличаването и следването на Сунната така, както Корана.
 Покорството към Пратеника е покорство към Аллах, а неподчинението към него е неподчинение към Всевишния Аллах.
 Утвърждаване автентичността и меродавността на Сунната и порицанието към онзи, който я отхвърля и отрича.
 Който се отвърне от Сунната и призовава към ограничаването само с Корана, той се отвръща и от двете и е лъжец в твърдението си, че следва Корана.
 От пророческите му доказателства /Аллах да го благослови и приветства/ е съобщението му за нещо, че ще се случи в бъдеще и то се случва точно така, както е известил.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65005</t>
   </si>
   <si>
-    <t>يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟</t>
+    <t>يا رسول الله، ما تركت حاجة ولا داجة إلا قد أتيت، قال: أليس تشهد أن لا إله إلا الله وأن محمدا رسول الله؟</t>
   </si>
   <si>
     <t>,,Един човек дошъл при Пророка /Аллах да го благослови и с мир да го дари/ и казал: „О, Пратенико на Аллах, не съм оставил нито малък, нито голям грях, без да съм го извършил". Той /саллеллаху алейни уе селлем/ каза: „Не свидетелстваш ли, че няма друг бог освен Аллах и че Мухаммед е пратеникът на Аллах?“ - повтори въпроса три пъти. Човекът отговори: „Да“. Пророка /Аллах да го благослови и с мир да го дари/ каза: „Това надделява над онова"*@.</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رضي الله عنه قَالَ: جَاءَ رَجُلٌ إِلَى النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ فَقَالَ: يَا رَسُولَ اللهِ، مَا تَرَكْتُ حَاجَّةً وَلَا دَاجَّةً إِلَّا قَدْ أَتَيْتُ، قَالَ: «أَلَيْسَ تَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَنَّ مُحَمَّدًا رَسُولُ اللهِ؟» ثَلَاثَ مَرَّاتٍ. قَالَ: نَعَمْ، قَالَ: «فَإِنَّ ذَلِكَ يَأْتِي عَلَى ذَلِكَ».</t>
   </si>
   <si>
     <t>От Енес /радийеллаху анху/ казва: ,,Един човек дошъл при Пророка /Аллах да го благослови и с мир да го дари/ и казал: „О, Пратенико на Аллах, не съм оставил нито малък, нито голям грях, без да съм го извършил". Той /саллеллаху алейни уе селлем/ каза: „Не свидетелстваш ли, че няма друг бог освен Аллах и че Мухаммед е пратеникът на Аллах?“ - повтори въпроса три пъти. Човекът отговори: „Да“. Пророка /Аллах да го благослови и с мир да го дари/ каза: „Това надделява над онова".</t>
   </si>
   <si>
     <t>جاء رجلٌ إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إني قد فعلت من كل الذنوب والمعاصي، ولم أترك صغيرة ولا كبيرة إلا فعلتها، فهل يُغفَر لي؟ 
 فقال له النبي صلى الله عليه وسلم: ألست تشهد أن لا إله إلا الله وأن محمدًا رسول الله؟ 
 كررها له ثلاث مرات، 
 فأجابه: نعم أشهد، 
 فأخبره النبي صلى الله عليه وسلم بفضل الشهادتين وتكفيرها للسيئات، وأن التوبة تجب ما قبلها.</t>
   </si>
   <si>
     <t>Един човек дошъл при Пророка /Аллах да го благослови и с мир да го дари/ и казал:
 „О, Пратенико на Аллах, не съм оставил нито малък, нито голям грях, без да съм го извършил. Ще ми бъде ли опростено?". Пророка /саллеллаху алейхи уе селлем/ казал:„Не свидетелстваш ли, че няма друг бог освен Аллах и че Мухаммед е пратеникът на Аллах?“. Повторил въпроса три пъти. Отговорил: ,,Да, свидетелствам". Тогава Пророка /саллеллаху алейни уе селлем/ го известил за превъзходството на двете свидетелства и това, че те премахват греховете, и че покаянието - теубе, изтрива онова, което е преди него.</t>
   </si>
   <si>
     <t>عِظم الشَّهادتين ورُجحانها على الذّنوب لمن قالها صادقًا من قلبه.
 الإسلام يجُبُّ ما قبله. 
 التّوبة الصّادقة تمحو ما قبلها.
 التّكرار في التّعليم مِن هدي النبي صلى الله عليه وسلم.
 فضل الشهادتين، وأنهما سبب للنجاة من الخلود في النار.</t>
   </si>
   <si>
     <t>Величието на двете свидетелства и превесът им над греховете за онзи, който ги изрече искрено, от сърце.
 Ислямът премахва онова, което е било преди него.
 Искреното покаяние - теубе, изтрива онова, което е било преди него.
 Повторението като метод на обучение е от напътствието на Пророка /саллеллаху алейхи уе селлем/.
 Превъзходството на двете свидетелства и че те са причина за спасение от вечното пребиваване в Огъня.</t>
   </si>
   <si>
     <t>رواه أبو يعلى والطبراني والضياء المقدسي</t>
   </si>
   <si>
     <t>[رواه أبو يعلى والطبراني والضياء المقدسي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65006</t>
   </si>
   <si>
-    <t>فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا</t>
+    <t>فإن حق الله على العباد أن يعبدوه ولا يشركوا به شيئا، وحق العباد على الله أن لا يعذب من لا يشرك به شيئا</t>
   </si>
   <si>
     <t>Бях зад Пророка ﷺ върху магаре, което се наричаше Уфейр, и той [Пратеника] каза: ,,Ей, Муаз! Знаеш ли какво е правото на Аллах над неговите раби, какво е правото на рабите над Аллах?". Рекох: ,,Аллах и Неговият пратеник знаят най-добре. Рече: ,,Наистина правото на Аллах над неговите раби е да го обожествяват без да съдружават нищо с Него, а правото на рабите над Аллах е да не измъчва онзи, който не съдружава нищо с Него". Рекох: ,,О, пратенико на Аллах, да известя ли хората?". Рече: ,,Не ги известявай, за да не разчитат само на това"*@.</t>
   </si>
   <si>
     <t>عَنْ مُعَاذٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: كُنْتُ رِدْفَ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَلَى حِمَارٍ يُقَالُ لَهُ عُفَيْرٌ، فَقَالَ: «يَا مُعَاذُ، هَلْ تَدْرِي حَقَّ اللَّهِ عَلَى عِبَادِهِ، وَمَا حَقُّ العِبَادِ عَلَى اللَّهِ؟»، قُلْتُ: اللَّهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «فَإِنَّ حَقَّ اللَّهِ عَلَى العِبَادِ أَنْ يَعْبُدُوهُ وَلا يُشْرِكُوا بِهِ شَيْئًا، وَحَقَّ العِبَادِ عَلَى اللَّهِ أَنْ لا يُعَذِّبَ مَنْ لا يُشْرِكُ بِهِ شَيْئًا»، فَقُلْتُ: يَا رَسُولَ اللَّهِ أَفَلاَ أُبَشِّرُ بِهِ النَّاسَ؟ قَالَ: «لا تُبَشِّرْهُمْ، فَيَتَّكِلُوا».</t>
   </si>
   <si>
     <t>От Муаз  /радийеллаху анху/, който казва: Бях зад Пророка ﷺ върху магаре, което се наричаше Уфейр, и той [Пратеника] каза: ,,Ей, Муаз! Знаеш ли какво е правото на Аллах над неговите раби, какво е правото на рабите над Аллах?". Рекох: ,,Аллах и Неговият пратеник знаят най-добре. Рече: ,,Наистина правото на Аллах над неговите раби е да го обожествяват без да съдружават нищо с Него, а правото на рабите над Аллах е да не измъчва онзи, който не съдружава нищо с Него". Рекох: ,,О, пратенико на Аллах, да известя ли хората?". Рече: ,,Не ги известявай, за да не разчитат само на това".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم حق الله على العباد، وحق العباد على الله، وأن حق الله على العباد أن يعبدوه وحده ولا يشركوا به شيئًا، 
 وأن حق العباد على الله هو أن لا يُعذب الموحدين الذين لا يشركون به شيئًا. 
 ثم إن معاذا قال: يا رسول الله، ألا أبشر الناس ليفرحوا ويستبشروا بهذا الفضل؟ 
 فنهاه النبي صلى الله عليه وسلم خشية أن يعتمدوا عليها.</t>
   </si>
   <si>
     <t>Пророка /Аллах да го благослови и приветства/ пояснява правото на Аллах над рабите Си и правото на рабите над Аллах, и че правото на Аллах над рабите е да служат единствено Нему без да съдружават нищо с Него. И че правото на рабите над Аллах е да не наказва единобожните, които не съдружават нищо с Него. След това Муаз казва: ,,О, пратенико на Аллах, да известя ли хората, за да се радват и благовестяват с тази новина?". Но пророка /Аллах да го благослови и приветства/ му забранява, страхувайки се да не разчитат само на това нещо.</t>
   </si>
   <si>
     <t>بيان حقّ الله تعالى الذي أوجبه على عباده، وهو أن يعبدوه، ولا يشركوا به شيئًا.
 بيان حقّ العباد على الله تعالى الذي أوجبه على نفسه فضلًا منه ونعمةً، وهو أن يدخلهم الجَنَّة، ولا يعذبهم.
 فيه بشارة عظيمة للموحّدين الذين لا يشركون بالله تعالى شيئاً بأن مصيرهم دخول الجَنَّة.
 حَدَّثَ معاذ بهذا الحديث قبل موته؛ مخافة الوقوع في إثم كتمان العلم.
 التنبيه على عدم نشر بعض الأحاديث عند بعض الناس خوفًا على من لم يدرك معناها؛ وذلك فيما ليس تحته عمل ولا فيه حد من حدود الشريعة.
 عصاة الموحدين تحت مشيئة الله إن شاء عذّبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Пояснението на правото на Всевишния Аллах, което е сторил задължително за рабите Си, а то е да го обожествяват без да съдружават с Него нищо.
 Посочването на правото на рабите над Всевишния Аллах, което Той е сторил задължително за Себе Си чрез Своята щедрост и благодат, а то е да ги въведе в Дженнета и да не ги наказва.
 В този хадис се съдържа огромно благовестяване с въвеждането в Дженнета за единобожните, които не съдружават нищо с Всевишния Аллах.
 Муаз разказва този хадис преди смъртта си, страхувайки се от грях, поради скриване на знанието.
 Предупреждението да не се споделят някои хадиси на определени хора от страх, че няма да разберат значението им. Това се отнася за хадиси, които са съобщителни, а не такива, които изискват извършването на дела или съдържат закони от законите на ислямското законодателство - шериат.
 Грешниците от единобожните са под волята на Аллах. Ако пожелае - ще им опрости, а след това пътят им е към Дженнета.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65007</t>
   </si>
   <si>
-    <t>مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ</t>
+    <t>من مات لا يشرك بالله شيئا دخل الجنة، ومن مات يشرك بالله شيئا دخل النار</t>
   </si>
   <si>
     <t>,,Един човек дойде при Пророка ﷺ и каза: ,,О, пратенико на Аллах, какви са двете характерности?". Рече: ,,Който умре без да съдружава нищо с Аллах, ще влезе в Дженнета, а който умре, съдружавайки нещо с Аллах, ще влезе в Огъня"@.</t>
   </si>
   <si>
     <t>عَنْ جَابِرٍ رضي الله عنه قَالَ: أَتَى النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ رَجُلٌ فَقَالَ: يَا رَسُولَ اللهِ، مَا الْمُوجِبَتَانِ؟ فَقَالَ: «مَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ»</t>
   </si>
   <si>
     <t>От Джабир /радийеллаху анху/, който казва: ,,Един човек дойде при Пророка ﷺ и каза: ,,О, пратенико на Аллах, какви са двете характерности?". Рече: ,,Който умре без да съдружава нищо с Аллах, ще влезе в Дженнета, а който умре, съдружавайки нещо с Аллах, ще влезе в Огъня".</t>
   </si>
   <si>
     <t>سأل رجل النبي صلى الله عليه وسلم عن الخصلتين: التي توجب دخول الجنة، والتي توجب دخول النار؟ 
 فأجابه صلى الله عليه وسلم: أن الخصلة التي توجب الجنة أن يموت الإنسان وهو يعبد الله وحده ولا يشرك به شيئًا، 
 وأن الخصلة التي توجب النار أن يموت الإنسان وهو يشرك بالله شيئًا فيجعل لله ندًا ومثيلًا في ألوهيته أو ربوبيته أو أسمائه وصفاته.</t>
   </si>
   <si>
     <t>Мъжът попитал Пророка ﷺ за двата отличителни признака, които задължават влизането в Дженнета или в Огъня. И той ﷺ му отговорил, че първият признак, който задължава влизането в Дженнета, е да обожествява Аллах без да съдружава нищо с Него. А признакът, който задължава влизането в Огъня е, човек да умре, съдружавайки нещо с Аллах. Да приравни или оприличи нещо с Него в божествеността Му, господството Му или имената и качествата Му.</t>
   </si>
   <si>
     <t>فضل التوحيد وأن من مات مؤمنًا لا يشرك بالله شيئًا دخل الجنة. 
 خطر الشرك، وأن من مات يشرك بالله شيئا دخل النار.
 عصاة الموحدين تحت مشيئة الله إن شاء عذبهم وإن شاء غفر لهم، ثم مصيرهم إلى الجنة.</t>
   </si>
   <si>
     <t>Превъзходството на единството - теухид, и че който умре вярващ, без да съдружава нищо с Аллах, ще влезе в Дженнета.
 Опасността от съдружаването - ширк, и че който умре, съдружавайки нещо с Аллах, ще влезе в Огъня.
 Грешниците от единобожните зависят от желанието на Аллах. Ако пожелае, ще ги накаже, а ако пожелае, ще им опрости. След това техният път е към Дженнета.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65008</t>
   </si>
   <si>
-    <t>إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ</t>
+    <t>إنه لم يقل يوما: رب اغفر لي خطيئتي يوم الدين</t>
   </si>
   <si>
     <t>,,Рекох: ,,О, пратенико на Аллах, Ибн Джуд'ан в периода на невежеството поддържаше роднинските си връзки и нагостяваше бедняка. Това ще му помогне ли?". Рече: ,,Няма да му помогне. Нито един път в живота си не е казал: ,,О, Господи, опрости ми греховете в деня на равносметката".@</t>
   </si>
   <si>
     <t>عَنْ عَائِشَةَ رضي الله عنها قَالَتْ: قُلْتُ: يَا رَسُولَ اللهِ، ابْنُ جُدْعَانَ كَانَ فِي الْجَاهِلِيَّةِ يَصِلُ الرَّحِمَ، وَيُطْعِمُ الْمِسْكِينَ، فَهَلْ ذَاكَ نَافِعُهُ؟ قَالَ: «لَا يَنْفَعُهُ، إِنَّهُ لَمْ يَقُلْ يَوْمًا: رَبِّ اغْفِرْ لِي خَطِيئَتِي يَوْمَ الدِّينِ».</t>
   </si>
   <si>
     <t>От Айша /радийеллаху анха/ казва: ,,Рекох: ,,О, пратенико на Аллах, Ибн Джуд'ан в периода на невежеството поддържаше роднинските си връзки и нагостяваше бедняка. Това ще му помогне ли?". Рече: ,,Няма да му помогне. Нито един път в живота си не е казал: ,,О, Господи, опрости ми греховете в деня на равносметката".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم عن عبد الله بن جدعان، وكان من رؤساء قريش قبل الإسلام، 
 ومن أفعاله الحسنة أنه: يصل أقاربه ويحسن إليهم، ويطعم المسكين، وغيرها من الفضائل التي حث الإسلام على فعلها، بأن هذه الأعمال لن تنفعه في آخرته؛ وذلك بسبب كفره بالله، وأنه لم يقل يومًا: رب اغفر لي خطيئتي يوم الدين.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, за Абдуллах Ибн Джуд'ан, който бил от знатните на племето Курайш преди исляма. От добрите му дела е било, че поддържал родствените си връзки и се отнасял добре с тях. Нагощавал бедняка и правел други добрини, към които подтиква ислямът. Но тези дела няма да му помогнат в Съдния ден, поради неверието му в Аллах и че нито един път в живота си не е казал: ,,О, Господи, опрости греховете ми в деня на равносметката".</t>
   </si>
   <si>
     <t>بيان فضل الإيمان، وأنه شرط لقبول الأعمال.
 بيان شؤم الكفر، وأنه من مُحبطات الأعمال الصالحات.
 الكفار لا تنفعهم أعمالهم في الآخرة لعدم إيمانهم بالله واليوم الآخر.
 أعمال الإنسان في حال كفره تكتب له إذا أسلم، ويُجازى عليها.</t>
   </si>
   <si>
     <t>Пояснение за превъзходството на делата и че те са условие за приемането на делата.
 Пояснение за злото на неверието и че то проваля добрите дела.
 Делата на неверниците няма да им бъдат от полза в отвъдното заради неверието им в Аллах.
 Делата на човек, които е вършил по време на неверието си, му се записват, когато приеме исляма и получава награда за тях.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65009</t>
   </si>
   <si>
-    <t>هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ</t>
+    <t>هل تدرون ماذا قال ربكم؟ قالوا: الله ورسوله أعلم، قال: أصبح من عبادي مؤمن بي وكافر</t>
   </si>
   <si>
     <t>,,Пратеника на Аллах ﷺ откланя сутрешната молитва - Феджр, в местността Худеийбийе заедно с нас, след като през нощта бе валяло дъжд. След като приключи, той се обърна към хората и каза: ,,Знаете ли какво каза вашият Господ?". Рекоха: ,,Аллах и неговият пратеник знаят най-добре". Рече: ,,От моите раби осъмна такъв, който вярва в Мен и такъв, който не вярва. Онзи, който каже: ,,Дъждът се спусна при нас чрез превъзходството и милостта на Аллах, той е вярващ в Мен и неверник към звездите. А онзи, който каже, [че дъждът се е спуснал] поради някоя звезда, той е неверник спрямо Мен и вярващ в звездите".*@</t>
   </si>
   <si>
     <t>عَنْ زَيْدِ بْنِ خَالِدٍ الجُهَنِيِّ رضي الله عنه أَنَّهُ قَالَ: صَلَّى لَنَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ صَلَاةَ الصُّبْحِ بِالْحُدَيْبِيَةِ عَلَى إِثْرِ سَمَاءٍ كَانَتْ مِنَ اللَّيْلَةِ، فَلَمَّا انْصَرَفَ أَقْبَلَ عَلَى النَّاسِ، فَقَالَ: «هَلْ تَدْرُونَ مَاذَا قَالَ رَبُّكُمْ؟» قَالُوا: اللهُ وَرَسُولُهُ أَعْلَمُ، قَالَ: «أَصْبَحَ مِنْ عِبَادِي مُؤْمِنٌ بِي وَكَافِرٌ، فَأَمَّا مَنْ قَالَ: مُطِرْنَا بِفَضْلِ اللهِ وَرَحْمَتِهِ، فَذَلِكَ مُؤْمِنٌ بِي وَكَافِرٌ بِالْكَوْكَبِ، وَأَمَّا مَنْ قَالَ: بِنَوْءِ كَذَا وَكَذَا، فَذَلِكَ كَافِرٌ بِي وَمُؤْمِنٌ بِالْكَوْكَبِ».</t>
   </si>
   <si>
     <t>От Зейд ибн Халид ел-Джуханий /радийеллаху анху/, че е казал: ,,Пратеника на Аллах ﷺ откланя сутрешната молитва - Феджр, в местността Худеийбийе заедно с нас, след като през нощта бе валяло дъжд. След като приключи, той се обърна към хората и каза: ,,Знаете ли какво каза вашият Господ?". Рекоха: ,,Аллах и неговият пратеник знаят най-добре". Рече: ,,От моите раби осъмна такъв, който вярва в Мен и такъв, който не вярва. Онзи, който каже: ,,Дъждът се спусна при нас чрез превъзходството и милостта на Аллах, той е вярващ в Мен и неверник към звездите. А онзи, който каже, [че дъждът се е спуснал] поради някоя звезда, той е неверник спрямо Мен и вярващ в звездите".</t>
   </si>
   <si>
     <t>صلى النبي صلى الله عليه وسلم صلاة الصبح بالحديبية -وهي قرية قريبة من مكةـ بعد مطر نزل في تلك الليلة، 
 فلما سلم وانتهى من صلاته أقبل على الناس بوجهه، فسألهم: هل تدرون ماذا قال ربكم عز وجل؟ 
 فأجابوه: الله ورسوله أعلم، 
 فقال: إن الله تعالى بَيًّن أن الناس ينقسمون عند نزول المطر إلى قسمين: قسم مؤمن بالله تعالى، وقسم كافر بالله تعالى؛ 
 فأما من قال: مطرنا بفضل الله ورحمته، ونَسَب إنزال المطر إلى الله تعالى؛ فذلك مؤمن بالله الخالق المتصرف في الكون، وكافر بالكوكب. 
 وأما من قال: مطرنا بنجم كذا وكذا؛ فذلك كافر بالله، مؤمن بالكوكب، وهو كفر أصغر حيث نسب إنزال المطر إلى الكوكب؛ والله لم يجعله سببًا شرعيًا ولا قدريًّا، 
 وأما من نسب نزول المطر وغيره من الحوادث الأرضية إلى تحرُّكات الكواكب في طلوعها وسقوطها معتقدًا أنها الفاعل الحقيقي، فهو كافر كفرًا أكبر.</t>
   </si>
   <si>
     <t>Пророка ﷺ откланял сутрешната молитва - феджр, в местността Худейбийе, която е едно близко село до Мекка, след като валял дъжд през нощта. След като дал селям и приключил с намаза си се обърнал към хората с лицето си и ги попитал: ,,Знаете ли какво е казал вашият Всемогъщ Господ?". Отговорили: ,,Аллах и Пратеникът му знаят най-добре". И казал: ,,Наистина Аллах пояснява, че хората се делят на две групи, след като видят дъжда. Група, която вярва във Всевишния Аллах и друга, която не вярва в Него". Онзи, който каже: ,,Дъждът заваля с благодатта и милостта на Всевишния Аллах", признае, че Всевишният е спуснал дъжда, той е вярващ в Аллах - Творецът, Онзи, Който се разпорежда във вселената -, и е неверник спрямо звездите". А онзи, който каже: ,,Дъждът се спусна при нас заради еди-коя си звезда", той е неверник спрямо Аллах, вярващ в звездите. Това представлява малко неверие, защото приписва валежите от дъжд на звездата, а Аллах не ги е сторил да са причина за това. Нито шериатска, нито вселенска причина. Онзи, който приписва дъжда и другите природни явления на звездите заради тяхното изгряване или падане, вярвайки, че те действително имат силата да се разпореждат с природните явления, то този човек е извършил голямо неверие, което изкарва от исляма.</t>
   </si>
   <si>
     <t>استحباب القول بعد نزول المطر: مُطرنا بفضل الله ورحمته.
 من نسب نعمة إنزال المطر وغيرها إلى الكوكب خَلْقًا وإيجادًا فهو كافرٌ كفرًا أكبر، وإن نسبه على أنه سببٌ فهو كافرٌ كفرًا أصغر لأنه ليس بسبب شرعي ولا حسي.
 أن النعمة تكون سببًا للكفر إذا كُفِرت، وتكون سببًا للإيمان إذا شُكرت. 
 النهي عن قول: "مطرنا بنوء كذا"، ولو قُصِد بها الوقت؛ سدًّا لذريعة الشرك.
  وجوب تعلُّق القلب بالله تعالى في جَلْب النعم ودفع النقم.
 هذا الحديث مما يرويه النبي صلى الله عليه وسلم عن ربه، ويسمى بالحديث القدسي أو الإلهي، وهو الذي لفظه ومعناه من الله، غير أنه ليست فيه خصائص القرآن التي امتاز بها عما سواه ، من التعبد بتلاوته والطهارة له والتحدي والإعجاز وغير ذلك.</t>
   </si>
   <si>
     <t>Желателно е след дъжда да се казва: ,,Дъждът се спусна при нас с благодатта и милостта на Аллах".
 Който твърди, че дъждът или останалите благодати са дело на звездите, че те са творецът и причинителят, той е извършил голямо неверие. А ако твърди, че те са само причина, той е проявил малко неверие, защото това не е причина, посочена от шериата, нито природна такава.
 Благодатта може да е причина за неверие, когато се отрича и причина за вяра, когато се благодари за нея.
 Забраната да се казва: ,,Дъждът заваля заради еди-коя си звезда", дори с тези думи да се цели времевият период, за да се избегнат пътищата, водещи до ширк.
 Задължителността сърцето да се привърже към Всевишния Аллах за постигането на благодат и отблъскването на беда.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65010</t>
   </si>
   <si>
-    <t>إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ</t>
+    <t>إنا نجد في أنفسنا ما يتعاظم أحدنا أن يتكلم به، قال: وقد وجدتموه؟ قالوا: نعم، قال: ذاك صريح الإيمان</t>
   </si>
   <si>
     <t>,,Дойде група от сподвижниците на Пророка ﷺ и го попитаха: ,,В душите си намираме неща, които са толкова тежки, че не искаме да говорим за тях!". Рече: ,,Нима са се появили?". Рекоха: ,,Да". Рече: ,,Това е явната вяра"@.</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه قال: جَاءَ نَاسٌ مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، فَسَأَلُوهُ: إِنَّا نَجِدُ فِي أَنْفُسِنَا مَا يَتَعَاظَمُ أَحَدُنَا أَنْ يَتَكَلَّمَ بِهِ، قَالَ: «وَقَدْ وَجَدْتُمُوهُ؟» قَالُوا: نَعَمْ، قَالَ: «ذَاكَ صَرِيحُ الْإِيمَانِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: ,,Дойде група от сподвижниците на Пророка ﷺ и го попитаха: ,,В душите си намираме неща, които са толкова тежки, че не искаме да говорим за тях!". Рече: ,,Нима са се появили?". Рекоха: ,,Да". Рече: ,,Това е явната вяра".</t>
   </si>
   <si>
     <t>جاء جماعة مِن أصحاب النبي صلى الله عليه وسلم فسألوه عن ما يجدونه في أنفسهم من الأمور الكبيرة التي يعظم عليهم النطق بها لقبحها ونفورهم عنها، 
 فقال عليه الصلاة والسلام: إن هذا الذي وجدتموه هو صريح الإيمان واليقين الذي يدفعكم لمنع ما يلقيه الشيطان في القلب واستنكاركم النطق وتعاظم ذلك في أنفسكم، وإن الشيطان لم يتمكن من قلوبكم، بخلاف من تمكَّن الشيطان من قلبه ولم يجد معه مدافعة.</t>
   </si>
   <si>
     <t>Една група от сподвижниците на Пророка ﷺ дошли при него и го попитали за онова, което откриват в душите си от много тежки неща, които е трудно да се изговорят поради лошото в тях и това, че те ги избягват. Пророка /Аллах да го благослови и с мир да го дари/ казал: ,,Това, което намирате в душите си, е явната вяра и убеденост, която ви подтиква да се борите с онова, което шейтанът всява в сърцата ви, да ненавиждате да го изречете и то да е тежко в душите ви. Защото шейтанът не е успял да се справи със сърцата ви за разлика от онези, с които е успял и те нямат защита срещу него.</t>
   </si>
   <si>
     <t>بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 عدم التصديق والقبول بما يراود النَّفس مِن وساوس، فإنها مِن الشيطان.
 وسوسة الشيطان لا تضر المؤمن، ولكن ليستعذ بالله من وسوسته، ولينته عن الاسترسال في ذلك.
 لا ينبغي للمسلم السكوت عما يُشْكِل عليه في أمر دينه، وينبغي له السؤال عنه.</t>
   </si>
   <si>
     <t>Пояснението за слабостта на шейтана срещу вярващите, защото не може да им направи друго освен да им нашепва.
 Неприемането и невярването на онова, което нашепва душата, защото е от шейтана.
 Нашепванията на шейтана не вредят на вярващия, но нека да моли Аллах да го предпази от шейтана и да спре да им обръща внимание.
 Не подобава на вярващия да мълчи и да таи онова, което го измъчва и го кара да се съмнява в религията си, а трябва да пита, за да му се разясни.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65011</t>
   </si>
   <si>
-    <t>الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ</t>
+    <t>الحمد لله الذي رد كيده إلى الوسوسة</t>
   </si>
   <si>
     <t>Един човек дошъл при Пророка ﷺ и казал: ,,О, Пратенико на Аллах, някой от нас го връхлитат такива мисли, че да се превърне в пепел е по-добре, отколкото да ги изрази словесно". Рече: ,,Аллаху Екбер, Аллаху Екбер! Слава на Аллах, който отблъсна лукавството му, правейки го нашепване!"@.</t>
   </si>
   <si>
     <t>عن ابن عباس رضي الله عنهما قال: جاءَ رجُلُ إلى النبي صلى الله عليه وسلم فقال: يا رسولَ اللهِ، إن أحدنا يجدُ في نفسِهِ -يُعرِّضُ بالشَّيءِ- لأَن يكونَ حُمَمَةً أحَبُّ إليه من أن يتكلَّم بِهِ، فقال: «اللهُ أكبرُ، اللهُ أكبرُ، الحمدُ لله الذي ردَّ كيدَه إلى الوسوسَةِ».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ казва: Един човек дошъл при Пророка ﷺ и казал: ,,О, Пратенико на Аллах, някой от нас го връхлитат такива мисли, че да се превърне в пепел е по-добре, отколкото да ги изрази словесно". Рече: ,,Аллаху Екбер, Аллаху Екбер! Слава на Аллах, който отблъсна лукавството му, правейки го нашепване!".</t>
   </si>
   <si>
     <t>جاء رجل إلى النبي صلى الله عليه وسلم فقال: يا رسول الله، إن أحدَنا يجد في نفسه أمرًا يَعْرِض في النَّفس ولكنَّ الكلامَ فيه عظيم، لِدَرجة أن يكون رَمادًا أحبّ إليه مِن أن يتكلَّم به، 
 فكبَّر الرسول صلى الله عليه وسلم مرتين وحمِد الله أن ردَّ كيد الشَّيطان إلى مجرَّد الوسوسة.</t>
   </si>
   <si>
     <t>Един човек дошъл при Пророка ﷺ и казал: ,,О, Пратенико на Аллах, някой от нас го връхлитат мисли, но да ги подели е нещо много тежко. До такава степен, че да се превърне в пепел е по обичано за него от това да говори за тях. Пратеника ﷺ възвеличил Аллах два пъти и го възхвалил, че е отблъснал лукавостта на шейтана, правейки я само нашепване.</t>
   </si>
   <si>
     <t>بيان أن الشيطان يتربَّص للمؤمنين بالوسوسة؛ ليردَّهم من الإيمان إلى الكفر.
 بيان ضعف الشيطان مع أهل الإيمان حيث لم يقدر إلا على الوسوسة.
 المؤمن ينبغي عليه الإعراض عن وساوس الشيطان ودفعها.
 مشروعية التكبير عند الشيء المستحسن أو العجب منه أو ما شابهه من الأمور.
 مشروعية سؤال المسلم للعالم عن كل ما يُشكِل عليه.</t>
   </si>
   <si>
     <t>Пояснение, че шейтанът дебне вярващите чрез съмнение, за да ги отвърне от вярата към неверието.
 Пояснение за слабостта на шейтана срещу вярващите, защото не може да им направи друго освен да им нашепва.
 Подобава на мюсюлманина да страни от нашепванията на шейтана и да ги отблъсква.
 Легитимността на възвеличаването на Аллах - текбир, когато види нещо хубаво или възхитително.
 Законността на това мюсюлманинът да пита учения за онова, което го тревожи.</t>
   </si>
   <si>
     <t>رواه أبو داود والنسائي في الكبرى</t>
   </si>
   <si>
     <t>[رواه أبو داود والنسائي في الكبرى]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65012</t>
   </si>
   <si>
-    <t>يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ</t>
+    <t>يأتي الشيطان أحدكم فيقول: من خلق كذا؟ من خلق كذا؟ حتى يقول: من خلق ربك؟ فإذا بلغه فليستعذ بالله ولينته</t>
   </si>
   <si>
     <t>,,Шейтанът идва при някого от вас и казва: ,,Кой е сътворил това? Кой е сътворил онова?". Докато каже: ,,Кой е сътворил твоя Господ?". Когато това се случи, да потърси убежище при Аллах и да спре</t>
   </si>
   <si>
     <t>عَن أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَأْتِي الشَّيْطَانُ أَحَدَكُمْ فَيَقُولُ: مَنْ خَلَقَ كَذَا؟ مَنْ خَلَقَ كَذَا؟ حَتَّى يَقُولَ: مَنْ خَلَقَ رَبَّكَ؟ فَإِذَا بَلَغَهُ فَلْيَسْتَعِذْ بِاللهِ وَلْيَنْتَهِ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/: ,,Пратеника на Аллах /саллеллаху алейхи уе селлем/ каза: ,,Шейтанът идва при някого от вас и казва: ,,Кой е сътворил това? Кой е сътворил онова?". Докато каже: ,,Кой е сътворил твоя Господ?". Когато това се случи, да потърси убежище при Аллах и да спре".</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه عن العلاج الناجع للتساؤلات التي يوسوس بها الشيطان على المؤمن، 
 فيقول الشيطان: من خلق كذا؟ من خلق كذا؟ من خلق السماء؟ ومن خلق الأرض؟ 
 فيجيبه المؤمن دِينًا وفطرة وعقلًا بقوله: الله، 
 ولكن الشيطان لا يقف عند هذا الحد من الوساوس، بل ينتقل حتى يقول: من خلق ربك؟
 فعند ذلك يدفع المؤمن هذه الوسواس بأمور ثلاثة: 
 بالإيمان بالله. 
 والتعوذ بالله من الشيطان. 
 والتوقف عن الاسترسال مع الوساوس.</t>
   </si>
   <si>
     <t>Пратеника ﷺ съобщава за ефективното лечение срещу питанките и нашепванията на шейтана към вярващия. Шейтанът казва: ,,Кой е сътворил това? Кой е сътворил онова? Кой е сътворил небето? Кой е сътворил земята?". И вярващият отговаря от религиозната, разумната и природната си гледна точка, казвайки: ,,Аллах". Но шейтанът не спира до там с нашепванията си, а продължава, докато каже: ,,А кой е сътворил Аллах?". При това положение вярващият отблъсква тези нашепвания чрез три неща:
 чрез вярата в Аллах.
 чрез търсенето на убежище при Аллах от шейтана
 и със спирането на размишленията върху нашепванията на шейтана.</t>
   </si>
   <si>
     <t>الإعراض عن وسواس الشيطان وخطراته وعدم التفكير فيها، والالتجاء إلى الله تعالى في إذهابها.
 كل ما يقع في قلب الإنسان من الوساوس المخالفة للشرع فهي من الشيطان. 
 النهي عن التفكر في ذات الله، والحث على التفكر في مخلوقاته وآياته.</t>
   </si>
   <si>
     <t>Отвръщането от нашепванията и мислите на шейтана, като не се вглъбява и не размишлява върху тях. И търсенето на убежище при Аллах - Всевишния, за премахването им.
 Всяко нещо, което попада в сърцето от нашепванията, които противоречат на шериата, са от шейтана.
 Забраната за размишление относно същността на Аллах и подтикването за размишление върху творенията и знаменията Му.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65013</t>
   </si>
   <si>
-    <t>الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ</t>
+    <t>الأعمال ستة، والناس أربعة، فموجبتان، ومثل بمثل، وحسنة بعشر أمثالها، وحسنة بسبع مائة</t>
   </si>
   <si>
     <t>,,Делата са шест вида. Хората са четири групи. Две са задължителните неща. Едно нещо е с една награда, едно нещо е с десет награди и едно нещо е със седемстотин награди. Що се отнася до двете задължителни неща, те са: който умре без да съдружава нищо с Аллах, ще влезе в Дженнета, а който умре, съдружавайки нещо с Аллах - ще влезе в Огъня. Що се отнася до нещото с една награда, то е: който (само) пожелае да извърши добро дело (без да го извърши), докато сърцето му го почувства и Аллах узнае това у него, му се записва една награда, а който извърши злина, му се записва една злина. Който извърши едно добро дело, му се записват десет награди. Който раздаде нещо по пътя на Аллах, за една добрина получава седемстотин. Що се отнася до видовете хора, те са: богат в земния живот - беден в отвъдния. Беден в земния живот - богат в отвъдния. Беден в земния и в отвъдния живот. Богат в земния и в отвъдния живот</t>
   </si>
   <si>
     <t>عَنْ خُرَيْمِ بْنِ فَاتِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «الْأَعْمَالُ سِتَّةٌ، وَالنَّاسُ أَرْبَعَةٌ، فَمُوجِبَتَانِ، وَمِثْلٌ بِمِثْلٍ، وَحَسَنَةٌ بِعَشْرِ أَمْثَالِهَا، وَحَسَنَةٌ بِسَبْعِ مِائَةٍ، فَأَمَّا الْمُوجِبَتَانِ: فَمَنْ مَاتَ لَا يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ الْجَنَّةَ، وَمَنْ مَاتَ يُشْرِكُ بِاللهِ شَيْئًا دَخَلَ النَّارَ، وَأَمَّا مِثْلٌ بِمِثْلٍ: فَمَنْ هَمَّ بِحَسَنَةٍ حَتَّى يَشْعُرَهَا قَلْبُهُ، وَيَعْلَمَهَا اللهُ مِنْهُ كُتِبَتْ لَهُ حَسَنَةً، وَمَنْ عَمِلَ سَيِّئَةً، كُتِبَتْ عَلَيْهِ سَيِّئَةً، وَمَنْ عَمِلَ حَسَنَةً فَبِعَشْرِ أَمْثَالِهَا، وَمَنْ أَنْفَقَ نَفَقَةً فِي سَبِيلِ اللهِ فَحَسَنَةٌ بِسَبْعِ مِائَةٍ، وَأَمَّا النَّاسُ، فَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا مَقْتُورٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا مُوَسَّعٌ عَلَيْهِ فِي الْآخِرَةِ، وَمَقْتُورٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ، وَمُوَسَّعٌ عَلَيْهِ فِي الدُّنْيَا وَالْآخِرَةِ».</t>
   </si>
   <si>
     <t>От Хурайм Ибн Фатик /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ каза: ,,Делата са шест вида. Хората са четири групи. Две са задължителните неща. Едно нещо е с една награда, едно нещо е с десет награди и едно нещо е със седемстотин награди. Що се отнася до двете задължителни неща, те са: който умре без да съдружава нищо с Аллах, ще влезе в Дженнета, а който умре, съдружавайки нещо с Аллах - ще влезе в Огъня. Що се отнася до нещото с една награда, то е: който (само) пожелае да извърши добро дело (без да го извърши), докато сърцето му го почувства и Аллах узнае това у него, му се записва една награда, а който извърши злина, му се записва една злина. Който извърши едно добро дело, му се записват десет награди. Който раздаде нещо по пътя на Аллах, за една добрина получава седемстотин. Що се отнася до видовете хора, те са: богат в земния живот - беден в отвъдния. Беден в земния живот - богат в отвъдния. Беден в земния и в отвъдния живот. Богат в земния и в отвъдния живот".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الأعمال ستة أنواع، وأن الناس أربعة أصناف. فالأعمال الستة هي: 
 أولًا: من مات وهو لا يشرك بالله شيئًا وجبت له الجنة.
 وثانيًا: من مات وهو يشرك بالله شيئًا وجبت عليه النار خالدًا فيها. 
 وهما الموجبتان. 
 وثالثًا: الحسنة المَنْوِيَّة، فمن نوى أن يعمل حسنة وكان صادقًا في نيته حتى يَشعر بها بقلبه ويَعلم اللهُ منه هذه النية، ثم يعرض له أمر فلا يستطيع أن يعمل هذه الحسنة فتكتب له حسنة كاملة. 
 ورابعًا: السيئة المفعولة، من عمل سيئة تكتب له سيئة واحدة.
 وهما: مثلٌ بمثلٍ من غير تضعيف. 
 وخامسًا: حسنة تكون بعشر حسنات مثلها، وهو من نوى حسنة وعملها؛ تكتب له عشر حسنات. 
 وسادسًا: حسنة تكون بسبعمائة حسنة، وهي من أنفق نفقة واحدة في سبيل الله فتكتب له هذه الحسنة بسبعمائة حسنة، وهذا من فضله تبارك وتعالى وكرمه على عباده. 
 وأما أصناف الناس الأربعة فهم: 
 الأول: من هو مُوسَّع عليه في الدنيا من الرزق، منعّم فيها يجد فيها ما يشاء، ولكنه مضيّق عليه في الآخرة ومصيره إلى النار، وهو الكافر الغني. 
 والثاني: من هو مضيّق عليه في الدنيا من الرزق، ولكنه موسع عليه في الآخرة، ومصيره إلى الجنة، وهو المؤمن الفقير. 
 والثالث: من هو مضيّق عليه في الدنيا والآخرة، وهو الكافر الفقير. 
 والرابع: من هو موسع عليه في الدنيا والآخرة، وهو المؤمن الغني.</t>
@@ -5294,700 +5294,700 @@
 Трето: който е беден и в земното, и в отвъдното - и това е бедният неверник.
 Четвърто: който е богат и в земното, и в отвъдното - и това е богатият мюсюлманин.</t>
   </si>
   <si>
     <t>عظيم فضل الله تعالى على العباد وتضعيفه للحسنات.
 عدل الله وكرمه، إذ عاملنا في السيئة بالعدل فجزاءُ السيئة بواحدة.
 عِظم الشرك بالله، ففيه الحرمان من الجنة.
 بيان فضل النفقة في سبيل الله.
 مضاعفة ثواب النفقة في سبيل الله يبدأ من سبعمائة ضعف؛ لأنها تُعين على إعلاء كلمة الله.
 بيان أصناف الناس واختلافهم.
 يوسَّع في الدنيا للمؤمن ولغير المؤمن ولا يوسع في الآخرة إلا للمؤمن.</t>
   </si>
   <si>
     <t>Великото превъзходство на Всевишния Аллах над рабите си и умножаването на добрините.
 Справедливостта и щедростта на Аллах, Който се отнася справедливо с нас, въздавайки за злина само колкото за нея.
 Пагубността на ширка - съдружаването с Аллах, който е причина за лишаване от Дженнета.
 Пояснение за превъзходството на раздаването по пътя на Аллах.
 Умножаването на наградата за раздаване по пътя на Аллах, която започва от седемстотин, защото това спомага за извисяването на Словото на Аллах.
 Пояснение за групите хора и тяхното разнообразие.
 В земния живот богат може да бъде както вярващият, така и неверникът, но в отвъдното богатството е единствено за вярващия.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65014</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ</t>
+    <t>إن الله لا يظلم مؤمنا حسنة، يعطى بها في الدنيا ويجزى بها في الآخرة</t>
   </si>
   <si>
     <t>,,Наистина Аллах няма да угнети вярващ дори с една добрина. Ще му бъде дадено в земния живот и ще му се въздаде награда в отвъдния заради нея. А що се отнася до неверника - на него ще му бъде издължено в земния живот за добрините, които е вършил в името на Аллах. И когато отиде в отвъдното, няма да има и една добрина, за която да получи награда</t>
   </si>
   <si>
     <t>عَنْ أَنَسِ بْنِ مَالِكٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ لَا يَظْلِمُ مُؤْمِنًا حَسَنَةً، يُعْطَى بِهَا فِي الدُّنْيَا وَيُجْزَى بِهَا فِي الْآخِرَةِ، وَأَمَّا الْكَافِرُ فَيُطْعَمُ بِحَسَنَاتِ مَا عَمِلَ بِهَا لِلَّهِ فِي الدُّنْيَا، حَتَّى إِذَا أَفْضَى إِلَى الْآخِرَةِ، لَمْ تَكُنْ لَهُ حَسَنَةٌ يُجْزَى بِهَا».</t>
   </si>
   <si>
     <t>От Енес Ибн Малик /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ казва: ,,Наистина Аллах няма да угнети вярващ дори с една добрина. Ще му бъде дадено в земния живот и ще му се въздаде награда в отвъдния заради нея. А що се отнася до неверника - на него ще му бъде издължено в земния живот за добрините, които е вършил в името на Аллах. И когато отиде в отвъдното, няма да има и една добрина, за която да получи награда".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم عظيم فضل الله على المؤمنين، وعدله مع الكافرين. 
 فأما المؤمن فلا ينقص ثواب حسنة عملها؛ بل يعطى بها في الدنيا حسنة على طاعته، مع ما يُدَّخر له من الجزاء في الآخرة؛ وقد يحفظ الجزاء كله له في الآخرة. 
 وأما الكافر فيعطيه الله جزاء ما عمل من الحسنات بحسنات الدنيا، حتى إذا أفضى إلى الآخرة لم يكن له فيها ثواب يجزى بها؛ لأن العمل الصالح الذي ينفع في الدارين لا بد أن يكون صاحبه مؤمنًا.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява великата щедрост на Аллах спрямо вярващите и справедливостта към неверниците. Що се отнася до вярващия - той няма да бъде ощетен в наградата си за добрината, която е извършил. Нещо повече - в земния живот получава добрина за покорството си, като заедно с това се запазва и наградата му в отвъдното. А понякога може цялата награда да му се запази за отвъдното. Що се отнася до неверника - Аллах ще му въздаде награда още тук на земята за добрините, които е вършил, и когато отиде в отвъдното, за него няма да има награда, която да получи. Условието за наградата, която дава полза и в двата свята е деятелят да е вярващ - мюсюлманин.</t>
   </si>
   <si>
     <t>أنَّ مَن ماتَ على الكُفرِ لا يَنفَعُه عَملٌ.</t>
   </si>
   <si>
     <t>Онзи, който умре върху неверие, делата няма да са му от полза.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65015</t>
   </si>
   <si>
-    <t>أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ</t>
+    <t>أسلمت على ما سلف من خير</t>
   </si>
   <si>
     <t>,,Рекох: ,,О, Пратенико на Аллах, кажи ми за богослуженията - ибадет, които вършех по време на невежеството - джахилийе, като милостиня, освобождаване от робство, поддържане на родствените връзки..., ще имам ли награда за тях?". Пророка /Аллах да го благослови и приветства/ рече: ,,Ти си приел исляма с предишните си добрини"@.</t>
   </si>
   <si>
     <t>عَنْ حَكِيمِ بْنِ حِزَامٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: قُلْتُ: يَا رَسُولَ اللَّهِ، أَرَأَيْتَ أَشْيَاءَ كُنْتُ أَتَحَنَّثُ بِهَا فِي الجَاهِلِيَّةِ مِنْ صَدَقَةٍ أَوْ عَتَاقَةٍ، وَصِلَةِ رَحِمٍ، فَهَلْ فِيهَا مِنْ أَجْرٍ؟ فَقَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَسْلَمْتَ عَلَى مَا سَلَفَ مِنْ خَيْرٍ».</t>
   </si>
   <si>
     <t>От Хаким Ибн Хизам /радийеллаху анху/ казва: ,,Рекох: ,,О, Пратенико на Аллах, кажи ми за богослуженията - ибадет, които вършех по време на невежеството - джахилийе, като милостиня, освобождаване от робство, поддържане на родствените връзки..., ще имам ли награда за тях?". Пророка /Аллах да го благослови и приветства/ рече: ,,Ти си приел исляма с предишните си добрини".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن الكافر إذا أسلم فإنه يثاب على ما كان يعمل في الجاهلية قبل إسلامه من الأعمال الصالحة من صدقة أو عتاقة عبيد أو صلة رحم.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че когато неверникът приеме исляма, той получава наградата за добрините си, които е извършил преди исляма, като милостиня - садака, освобождаване от робство или поддържане на родствените връзки.</t>
   </si>
   <si>
     <t>أن حسنات الكافر في الدنيا لا يثاب عليها في الآخرة إذا مات على كفره.</t>
   </si>
   <si>
     <t>Неверникът не получава награда за добрините си в отвъдното, ако умре като такъв.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65016</t>
   </si>
   <si>
-    <t>إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ</t>
+    <t>إن الله يحب أن تؤتى رخصه، كما يحب أن تؤتى عزائمه</t>
   </si>
   <si>
     <t>,,Наистина Аллах обича [хората] да се възползват от улесненията Му така, както обича да се спазват заповедите Му</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عَبَّاسٍ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللَّهَ يُحِبُّ أَنْ تُؤْتَى رُخَصُهُ، كَمَا يُحِبُّ أَنْ تُؤْتَى عَزَائِمُهُ».</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ казва: ,,Пратеника на Аллах ﷺ казва: ,,Наистина Аллах обича [хората] да се възползват от улесненията Му така, както обича да се спазват заповедите Му".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله يـحب أن تؤتى رخصه التي شرعها، من التخفيفات في الأحكام والعبادات، والتسهيل فيها على الـمكلف لعذر -كقصر الصلاة وجمعها في حال السفرـ، 
 كما أنه يحب أن تؤتى عزائمه، من الأمور الواجبة؛ لأن أمر الله في الرخص والعزائم واحد.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че Аллах обича да се използват неговите улеснения, които е постановил, като олекотяването на някои постановления и ибадети. Улеснения за натоварения с тяхното изпълнение - мукеллеф, поради причина, като съкращаването и събирането на молитвата - намаз по време на път. По същия начин Аллах обича да се спазват заповедите му от задължителните неща, защото заповедта на Аллах в улесненията и задълженията е еднаква.</t>
   </si>
   <si>
     <t>رحمة الله تعالى بعباده، وأنّه سبحانه يحبّ إتيان ما شرعه مِن الرّخص.
 كمال هذه الشريعة، ورفعها الحرج عن المسلم.</t>
   </si>
   <si>
     <t>Милостта на Всевишния Аллах към рабите Си и че обича - Пречист е Той - да се възползват от улесненията, които е постановил.
 Съвършенството на този шериат и премахването на трудността от мюсюлманина.</t>
   </si>
   <si>
     <t>رواه ابن حبان</t>
   </si>
   <si>
     <t>[رواه ابن حبان]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65017</t>
   </si>
   <si>
-    <t>مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً</t>
+    <t>مثل المنافق، كمثل الشاة العائرة بين الغنمين تعير إلى هذه مرة وإلى هذه مرة</t>
   </si>
   <si>
     <t>,,Примерът с лицемера е като примера с колебаещата се овца, която се лута насам-натам между две стада. Веднъж отива при едното стадо, веднъж при другото</t>
   </si>
   <si>
     <t>عَنِ ابْنِ عُمَرَ رضي الله عنهما عَنِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، قَالَ: «مَثَلُ الْمُنَافِقِ، كَمَثَلِ الشَّاةِ الْعَائِرَةِ بَيْنَ الْغَنَمَيْنِ تَعِيرُ إِلَى هَذِهِ مَرَّةً وَإِلَى هَذِهِ مَرَّةً».</t>
   </si>
   <si>
     <t>От Ибн Омар /радийеллаху анхума/ от Пророка ﷺ казва: ,,Примерът с лицемера е като примера с колебаещата се овца, която се лута насам-натам между две стада. Веднъж отива при едното стадо, веднъж при другото".</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم حال المنافق وأنه كالشاة المُترددة لا تدري تتبع أي القطيعين من الغنم، 
 تذهب إلى هذا القطيع تارةً وإلى الآخر تارةً أخرى، 
 فهم متحيرون بين الإيمان والكفر، فلا هم مع المؤمنين ظاهرًا وباطنًا، ولاهم مع الكفار ظاهرًا وباطنًا، بل ظواهرهم مع المؤمنين، وبواطنهم في شك وتردد، فتارة يميل إلى هؤلاء، وتارة يميل إلى هؤلاء.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява състоянието на двуличника и го оприличава с колебаеща се овца, която не знае кое стадо да последва. Веднъж отива към едното стадо, веднъж към другото. Те са лутащи се между вярата и неверието. Нито са явно и скрито с вярващите, нито пък са явно и скрито с неверниците. По-скоро явно са с вярващите, а скрито са колебливи. Понякога клонят към тези, а понякога към онези.</t>
   </si>
   <si>
     <t>من هدي النبي صلى الله عليه وسلم ضرب المثل لتقريب المعاني.
 بيان حال المنافقين من التردد والشك وعدم الاستقرار.
 التحذير من حال المنافقين والحث على الصدق والعزم في الإيمان ظاهرًا وباطنًا.</t>
   </si>
   <si>
     <t>От напътствието на Пророка ﷺ е да дава примери, за да поясни значението.
 Пояснение за състоянието на двуличника, който се колебае, съмнява и не е устойчив.
 Предупреждение за състоянието на двуличниците и подтикването към правдивост и решителност във вярата - иман, както явно, така и скрито.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65019</t>
   </si>
   <si>
-    <t>إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ</t>
+    <t>إن الإيمان ليخلق في جوف أحدكم كما يخلق الثوب الخلق، فاسألوا الله أن يجدد الإيمان في قلوبكم</t>
   </si>
   <si>
     <t>,,Наистина вярата в сърцето на всеки от вас се изхабява така, както се изхабява износената дреха. Затова молете Аллах да обнови вярата в сърцата ви</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ الْإِيمَانَ لَيَخْلَقُ فِي جَوْفِ أَحَدِكُمْ كَمَا يَخْلَقُ الثَّوْبُ الْخَلِقُ، فَاسْأَلُوا اللَّهَ أَنْ يُجَدِّدَ الْإِيمَانَ فِي قُلُوبِكُمْ».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Амр ибн ел-Ас /радийеллаху анхума/ казва: ,,Пратеника на Аллах ﷺ каза: ,,Наистина вярата в сърцето на всеки от вас се изхабява така, както се изхабява износената дреха. Затова молете Аллах да обнови вярата в сърцата ви".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن الإيمان يَبْلى في قلب المسلم ويَضْعف مثل الثوب الجديد الذي يبلى بطول استخدامه؛ 
 وذلك بسبب الفتور في العبادة، أو ارتكاب المعاصي والانغماس في الشهوات. 
 فأرشد النبي صلى الله عليه وسلم أن ندعوَ الله تعالى أن يجدِّد إيماننا، بالقيام بالفرائض وكثرة الذكر والاستغفار.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че вярата в сърцето на мюсюлманина се изхабява и отслабва така, както новата дреха се изхабява след дълго носене. Това се случва поради отслабването на ибадета, извършването на грехове или отдаването на сладострастия. Затова Пророка ﷺ ни напътства да молим Всевишния Аллах да обнови вярата ни чрез изпълнение на задълженията, често споменаване на Аллах и молене за опрощение - истигфар.</t>
   </si>
   <si>
     <t>الحث على سؤال الله الثبات وتجديد الإيمان في القلب.
 الإيمان قول وعمل واعتقاد، يزيد بالطاعة، وينقص بالمعصية.</t>
   </si>
   <si>
     <t>Подтикването за молитва - дуа, към Аллах за устойчивост и обновяване на вярата в сърцето.
 Вярата представлява: думи, дела и убеждение, които се увеличават чрез покорство и намаляват чрез непокорство.</t>
   </si>
   <si>
     <t>رواه الحاكم والطبراني</t>
   </si>
   <si>
     <t>[رواه الحاكم والطبراني]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65020</t>
   </si>
   <si>
-    <t>إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ</t>
+    <t>إن من أشراط الساعة أن يرفع العلم، ويكثر الجهل، ويكثر الزنا، ويكثر شرب الخمر، ويقل الرجال، ويكثر النساء حتى يكون لخمسين امرأة القيم الواحد</t>
   </si>
   <si>
     <t>,,Наистина от признаците на Часа е вдигането на знанието, увеличаването на невежеството, увеличаването на прелюбодеянието, увеличаването на употребата на алкохол, намаляването на мъжете и увеличаването на жените. До такава степен, че на петдесет жени ще има само един мъж, който да се грижи за тях</t>
   </si>
   <si>
     <t>عَنْ أَنَسٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: لَأُحَدِّثَنَّكُمْ حَدِيثًا سَمِعْتُهُ مِنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لاَ يُحَدِّثُكُمْ بِهِ أَحَدٌ غَيْرِي: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «إِنَّ مِنْ أَشْرَاطِ السَّاعَةِ أَنْ يُرْفَعَ العِلْمُ، وَيَكْثُرَ الجَهْلُ، وَيَكْثُرَ الزِّنَا، وَيَكْثُرَ شُرْبُ الخَمْرِ، وَيَقِلَّ الرِّجَالُ، وَيَكْثُرَ النِّسَاءُ حَتَّى يَكُونَ لِخَمْسِينَ امْرَأَةً القَيِّمُ الوَاحِدُ».</t>
   </si>
   <si>
     <t>От Енес /радийеллаху анху/ казва: ,,Непременно ще ви разкажа хадис, който чух от Пратеника на Аллах ﷺ, никой друг освен мен няма да ви го разкаже. Чух Пратеника на Аллах ﷺ да казва: ,,Наистина от признаците на Часа е вдигането на знанието, увеличаването на невежеството, увеличаването на прелюбодеянието, увеличаването на употребата на алкохол, намаляването на мъжете и увеличаването на жените. До такава степен, че на петдесет жени ще има само един мъж, който да се грижи за тях".</t>
   </si>
   <si>
     <t>بيّن النبي صلى الله عليه وسلم أن من علامات قرب قيام الساعة أن يرفع العلم بالشريعة وذلك بموت العلماء، 
 ونتيجة ذلك يكثر وينتشر الجهل، وينتشر الزنا والفاحشة، ويكثر شرب الخمر، ويقل عدد الرجال ويزيد عدد النساء؛ حتى إنه يكون لخمسين امرأة رجلٌ واحد يقوم بأمورهن ويتولى مصالحهن.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че от признаците за приближаването на Часа ще бъде вдигането на знанието, а това ще се случи с умирането на учените. Резултатът от това ще бъде увеличаването на невежеството, разпространението на прелюбодеянието и скверността. Ще се увеличи употребата на алкохол, ще намалее броят на мъжете и ще се увеличи броят на жените. До такава степен, че на петдесет жени ще се пада един мъж, който да се грижи за тях и да им помага.</t>
   </si>
   <si>
     <t>بيان بعض علامات الساعة.
 علم وقت الساعة من الأمور الغيبية التي استأثر الله بها.
 الحث على تعلم العلم الشرعي قبل فقده.</t>
   </si>
   <si>
     <t>Пояснение на някои признаци за Часа.
 Знанието за настъпването на Часа е от неведомите неща, които Аллах е запазил за Себе си.
 Подтикването за изучаване на шериатското знание преди да изчезне.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65021</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ</t>
+    <t>لا تقوم الساعة حتى تقاتلوا اليهود، حتى يقول الحجر وراءه اليهودي: يا مسلم، هذا يهودي ورائي فاقتله</t>
   </si>
   <si>
     <t>,,Няма да настъпи Часът, докато не воювате с евреите и докато камъкът, зад който се крие евреин, не каже: ,,Ей, мюсюлманино, това зад мен е евреин, убий го!</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تُقَاتِلُوا اليَهُودَ، حَتَّى يَقُولَ الحَجَرُ وَرَاءَهُ اليَهُودِيُّ: يَا مُسْلِمُ، هَذَا يَهُودِيٌّ وَرَائِي فَاقْتُلْهُ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, от Пратеника на Аллах ﷺ че е казал: ,,Няма да настъпи Часът, докато не воювате с евреите и докато камъкът, зад който се крие евреин, не каже: ,,Ей, мюсюлманино, това зад мен е евреин, убий го!".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الساعة لن تقوم حتى يتقاتل المسلمون واليهود، 
 حتى إذا هرب اليهوديُّ وراء الحجر ليستتر به عن المسلمين؛ أنطق اللهُ الحجَرَ ونادى المسلمَ: بأنَّ يهوديًّا وراءه حتَّى يأتي لِقتله.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че Часът няма да настъпи, докато мюсюлманите и евреите не воюват помежду си. И когато евреинът избяга и се скрие от мюсюлманите зад камък, Аллах ще стори камъкът да проговори и да призове мюсюлманина, казвайки, че зад него се крие евреин, за да дойде и да го убие.</t>
   </si>
   <si>
     <t>إخبار النبي صلى الله عليه وسلم ببعض الغيب والمستقبل، حسبما أطلعه الله تعالى، وهو سيقع لا محالة.
 محاربة المسلمين لليهود في آخر الزمان، وأن ذلك من علامات الساعة.
 بقاء دين الإسلام إلى يوم القيامة، وظهوره على الدين كله.
 نصر الله للمسلمين على عدوهم، ومن ذلك جعل الحجر ينطق في أخر الزمان.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава за част от неведомото и бъдещето дотолкова, доколкото Всевишният Аллах му е показал и то неизбежно ще се случи.
 Воюването на мюсюлманите с евреите към края на света и че това е от признаците на Часа.
 Съхранението на ислямската религия до Съдния ден и проявлението ѝ над останалите религии.
 Помощта на Аллах към мюсюлманите срещу враговете им, като към това спада и накарването на камъните да говорят в края на света.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65023</t>
   </si>
   <si>
-    <t>لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ</t>
+    <t>لا تقوم الساعة حتى تطلع الشمس من مغربها، فإذا طلعت فرآها الناس آمنوا أجمعون</t>
   </si>
   <si>
     <t>,,Часът няма да настъпи, докато слънцето не изгрее от запад, а когато изгрее и хората го видят, всички ще повярват. А това ще се случи когато: ,,... не ще помогне вярата на душа, която преди не е вярвала или не е придобила добро в своята вяра. (Ел-Ен'ам 158)". Часът непременно ще настъпи (толкова бързо), че двама души ще са разгънали дреха (за продан) и нито ще успеят да завършат продажбата, нито да я сгънат. Часът непременно ще настъпи, когато човек е издоил камилата си, носейки млякото, но няма да може да го изпие. Часът непременно ще настъпи, когато човек подготвя резервоара си за водопой, но няма да може да го използва. И Часът непременно ще настъпи, когато човек е вдигнал залъка към устата си, но няма да може да го изяде</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ: أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ تَقُومُ السَّاعَةُ حَتَّى تَطْلُعَ الشَّمْسُ مِنْ مَغْرِبِهَا، فَإِذَا طَلَعَتْ فَرَآهَا النَّاسُ آمَنُوا أَجْمَعُونَ، فَذَلِكَ حِينَ: {لاَ يَنْفَعُ نَفْسًا إِيمَانُهَا لَمْ تَكُنْ آمَنَتْ مِنْ قَبْلُ، أَوْ كَسَبَتْ فِي إِيمَانِهَا خَيْرًا} [الأنعام: 158] وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ نَشَرَ الرَّجُلاَنِ ثَوْبَهُمَا بَيْنَهُمَا فَلاَ يَتَبَايَعَانِهِ، وَلاَ يَطْوِيَانِهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدِ انْصَرَفَ الرَّجُلُ بِلَبَنِ لِقْحَتِهِ فَلاَ يَطْعَمُهُ، وَلَتَقُومَنَّ السَّاعَةُ وَهُوَ يَلِيطُ حَوْضَهُ فَلاَ يَسْقِي فِيهِ، وَلَتَقُومَنَّ السَّاعَةُ وَقَدْ رَفَعَ أَحَدُكُمْ أُكْلَتَهُ إِلَى فِيهِ فَلاَ يَطْعَمُهَا».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, че Пратеника на Аллах ﷺ казва: ,,Часът няма да настъпи, докато слънцето не изгрее от запад, а когато изгрее и хората го видят, всички ще повярват. А това ще се случи когато: ,,... не ще помогне вярата на душа, която преди не е вярвала или не е придобила добро в своята вяра. (Ел-Ен'ам 158)". Часът непременно ще настъпи (толкова бързо), че двама души ще са разгънали дреха (за продан) и нито ще успеят да завършат продажбата, нито да я сгънат. Часът непременно ще настъпи, когато човек е издоил камилата си, носейки млякото, но няма да може да го изпие. Часът непременно ще настъпи, когато човек подготвя резервоара си за водопой, но няма да може да го използва. И Часът непременно ще настъпи, когато човек е вдигнал залъка към устата си, но няма да може да го изяде".</t>
   </si>
   <si>
     <t>يخبر رسول الله صلى الله عليه وسلم أن من علامات الساعة الكبرى أن تطلع الشمس من المغرب بدلًا من المشرق، وعندما يراها الناس يؤمنون جميعًا، 
 فعند ذلك لا ينفع الكافرَ إيمانُه، ولا ينفع العمل الصالح ولا التوبة. 
 ثم أخبر صلى الله عليه وسلم أن الساعة تأتي بغتة؛ حتى إنها تقوم والناس في أحوالهم وشؤون حياتهم؛ 
 فتقوم الساعة والبائع والمشتري قد نشرا ثوبهما بينهما فلا يتبايعانه، ولا يطويانه، 
 وتقوم الساعة والرجل قد أخذ لبن ناقته الحلوب فلا يشربه، 
 وتقوم الساعة والرجل يصلح حوضه ويُطيِّنُه فلا يسقي فيه، 
 وتقوم الساعة والرجل قد رفع لقمته إلى فمه ليأكل فلا يأكلها.</t>
   </si>
   <si>
     <t>Пратеника на Аллах ﷺ съобщава, че от големите признаци на Часа е изгряването на слънцето от запад вместо от изток. И когато това се случи, всички хора ще повярват. Тогава няма да е от полза за неверника вярата му, добрите дела нито разкаянието - теубе. След това Пророка ﷺ съобщава, че Часът ще настъпи внезапно, когато хората са заети с ежедневните си ангажименти от живота. Ще настъпи, когато продавачът и купувачът са разпрострели дреха между тях, и нито ще успеят да осъществят продажбата, нито ще успеят да я сгънат. Часът ще настъпи, когато човек е издоил млякото от камилата си и няма да успее да го изпие. Часът ще настъпи, когато човек поправя коритото си за водопой, но няма да може да напои от него. И Часът ще настъпи, когато човек е вдигнал залъка към устата си, но няма да може да го хапне.</t>
   </si>
   <si>
     <t>الإسلام والتوبة مقبولة ما لم تطلع الشمس من مغربها.
 الحث على الاستعداد للساعة بالإيمان والعمل الصالح؛ لأن الساعة تأتي بغتة.</t>
   </si>
   <si>
     <t>Ислямът и покаянието се приемат, докато слънцето изгрее от запад.
 Подтикването към подготовка за Часа, чрез вяра и праведни дела, защото той ще настъпи светкавично.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65026</t>
   </si>
   <si>
-    <t>حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ</t>
+    <t>حوضي مسيرة شهر، ماؤه أبيض من اللبن، وريحه أطيب من المسك</t>
   </si>
   <si>
     <t>,,Моят водоем е с дължина един месец. Водата му е по-бяла от мляко, а ароматът му е по-приятен от мускус. Съдовете при него са колкото броя на звездите. Който отпие от там, никога след това няма да ожаднее</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ عَمْرٍو رضي الله عنهما قَالَ: قالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «حَوْضِي مَسِيرَةُ شَهْرٍ، مَاؤُهُ أَبْيَضُ مِنَ اللَّبَنِ، وَرِيحُهُ أَطْيَبُ مِنَ المِسْكِ، وَكِيزَانُهُ كَنُجُومِ السَّمَاءِ، مَنْ شَرِبَ مِنْهَا فَلاَ يَظْمَأُ أَبَدًا».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Амр /радийеллаху анхума/ казва: ,,Пророка ﷺ каза: ,,Моят водоем е с дължина един месец. Водата му е по-бяла от мляко, а ароматът му е по-приятен от мускус. Съдовете при него са колкото броя на звездите. Който отпие от там, никога след това няма да ожаднее".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنّ له حوضًا يوم القيامة، طوله مسيرة شهر وعرضه كذلك، 
 وأنّ ماءَه أشدّ بياضًا مِن اللَّبن، 
 وأنّ رائِحتَه زكيَّة أطيب من ريح المسك، 
 وأباريقه مثل نجوم السماء في كثرتها، 
 مَن شرب مِن الحوض بتلك الأباريق لا يعطش أبدًا.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че той притежава водоем с дължина и ширина един месец път. И че водата му е по-бяла от мляко, а ароматът му е чист и по-приятен от мускус. Че съдовете са толкова много, колкото са звездите на небето. Който отпие от този водоем с тези съдове, никога след това няма да изпита жажда.</t>
   </si>
   <si>
     <t>حوض النبي صلى الله عليه وسلم مجمع ماء عظيم يرده المؤمنون من أمته يوم القيامة.
 حصول النعيم لمن يشرب من الحوض فلا يظمأ أبدا.</t>
   </si>
   <si>
     <t>Водоемът на Пророка ﷺ е огромен. Там ще се съберат вярващите от общността му в Съдия ден.
 Получаването на благодат за онзи, който пие от водоема, и той никога повече няма да ожаднее.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65030</t>
   </si>
   <si>
-    <t>إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي</t>
+    <t>إني على الحوض حتى أنظر من يرد علي منكم، وسيؤخذ ناس دوني، فأقول: يا رب مني ومن أمتي</t>
   </si>
   <si>
     <t>,,Ще бъда при водоема си - Ел-Хауд, и ще гледам онези от вас, които ще идват при мен. Някои хора ще бъдат отведени от мен и аз ще кажа: ,,О, Господи, те са от мен и от моята общност! Ще ми бъде казано: ,,Знаеш ли какво направиха след теб? Кълна се в Аллах, те не спряха да се отвръщат</t>
   </si>
   <si>
     <t>عَنْ أَسْمَاءَ بِنْتِ أَبِي بَكْرٍ رَضِيَ اللَّهُ عَنْهُمَا، قَالَتْ: قَالَ النَّبِيُّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «إِنِّي عَلَى الحَوْضِ حَتَّى أَنْظُرَ مَنْ يَرِدُ عَلَيَّ مِنْكُمْ، وَسَيُؤْخَذُ نَاسٌ دُونِي، فَأَقُولُ: يَا رَبِّ مِنِّي وَمِنْ أُمَّتِي، فَيُقَالُ: هَلْ شَعَرْتَ مَا عَمِلُوا بَعْدَكَ، وَاللَّهِ مَا بَرِحُوا يَرْجِعُونَ عَلَى أَعْقَابِهِمْ».</t>
   </si>
   <si>
     <t>От Есма бинт Ебу Бекр /Аллах да е доволен от двамата/ казва: ,,Пророка ﷺ  каза: ,,Ще бъда при водоема си - Ел-Хауд, и ще гледам онези от вас, които ще идват при мен. Някои хора ще бъдат отведени от мен и аз ще кажа: ,,О, Господи, те са от мен и от моята общност! Ще ми бъде казано: ,,Знаеш ли какво направиха след теб? Кълна се в Аллах, те не спряха да се отвръщат".</t>
   </si>
   <si>
     <t>يُبيِّن النبي صلى الله عليه وسلم بأنَّه سيكون يوم القيامة على حوضه لينظُرَ مَن يأتي مِن أمَّته إلى الحوض، 
 وسَيُؤخَذ ناسٌ بالقرب منه عليه الصَّلاة والسلام فيقول: يا رب منّي ومِن أُمَّتي، 
 فيُقال: هل عَلِمْت ما عملوا بعد مفارقتهم إيّاك، والله ما زالوا يرجعون على أدبارِهم ويرتَدُّون عن دينِهم، فلا هم مِنك، ولا مِن أمَّتِك.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че в Съдия ден ще бъде при водоема си, за да гледа кой ще пристигне там от общността му. Някои хора, които ще са близо до него ﷺ, ще бъдат отведени и той ще каже: ,,О, Господи, те са от мен и от общността ми!". И ще му бъде казано: ,,Знаеш ли какво направиха, след като се разделиха с теб? Кълна се в Аллах, те не престанаха да се извръщат и отвръщат от религията си. Те нито са от теб, нито от общността ти".</t>
   </si>
   <si>
     <t>رحمة النبي صلى الله عليه وسلم بأمته وحرصه عليهم.
 خطورة مخالفة ما كان عليه النبي صلى الله عليه وسلم.
 الحث على التمسك بسنة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Милостта и грижата на Пророка ﷺ към своята общност.
 Опасността от противопоставянето на онова, с което е дошъл Пророка ﷺ.
 Насърчаването за придържането към сунната на Пророка ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65031</t>
   </si>
   <si>
-    <t>وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا</t>
+    <t>والذي نفس محمد بيده لآنيته أكثر من عدد نجوم السماء وكواكبها</t>
   </si>
   <si>
     <t>,,Рекох: ,,О, Пратенико на Аллах, какви са съдовете при водоема - Ел-Хауд?". Рече: ,,Кълна се в Онзи, в чиято ръка е душата на Мухаммед! Съдовете му са повече от броя на звездите и планетите на небето в тъмната ясна нощ. Това са съдове от Дженнета - който пие от тях, не ще ожаднее след това. В него текат два улея от Дженнета, който отпие от него няма да изпита жажда. Ширината му е колкото дължината му, колкото разстоянието между Амман и Айла. Водата му е по-бяла от мляко и по-сладка от мед"@*.</t>
   </si>
   <si>
     <t>عَنْ أَبِي ذَرٍّ رضي الله عنه قَالَ: قُلْتُ: يَا رَسُولَ اللهِ مَا آنِيَةُ الْحَوْضِ؟ قَالَ: «وَالَّذِي نَفْسُ مُحَمَّدٍ بِيَدِهِ لَآنِيَتُهُ أَكْثَرُ مِنْ عَدَدِ نُجُومِ السَّمَاءِ وَكَوَاكِبِهَا، أَلَا فِي اللَّيْلَةِ الْمُظْلِمَةِ الْمُصْحِيَةِ، آنِيَةُ الْجَنَّةِ مَنْ شَرِبَ مِنْهَا لَمْ يَظْمَأْ آخِرَ مَا عَلَيْهِ، يَشْخَبُ فِيهِ مِيزَابَانِ مِنَ الْجَنَّةِ، مَنْ شَرِبَ مِنْهُ لَمْ يَظْمَأْ، عَرْضُهُ مِثْلُ طُولِهِ، مَا بَيْنَ عَمَّانَ إِلَى أَيْلَةَ، مَاؤُهُ أَشَدُّ بَيَاضًا مِنَ اللَّبَنِ، وَأَحْلَى مِنَ الْعَسَلِ».</t>
   </si>
   <si>
     <t>От Ебу Зерр /радийеллаху анху/ казва: ,,Рекох: ,,О, Пратенико на Аллах, какви са съдовете при водоема - Ел-Хауд?". Рече: ,,Кълна се в Онзи, в чиято ръка е душата на Мухаммед! Съдовете му са повече от броя на звездите и планетите на небето в тъмната ясна нощ. Това са съдове от Дженнета - който пие от тях, не ще ожаднее след това. В него текат два улея от Дженнета, който отпие от него няма да изпита жажда. Ширината му е колкото дължината му, колкото разстоянието между Амман и Айла. Водата му е по-бяла от мляко и по-сладка от мед".</t>
   </si>
   <si>
     <t>أقسم النبي صلى الله عليه وسلم بأن آنية حوضه يوم القيامة أكثر من عدد نجوم وكواكب السماء، 
 وذلك يظهر في الليلة المظلمة التي لا قمر فيها؛ لأن الليلة المقمرة لا تكون فيها النجوم واضحة لاستتارها بضوء القمر، والتي لا غيم فيها؛ لأن وجود الغيم يمنع من رؤية النجوم، 
 وأن آنية الجنة، مَن شرب من الشراب الذي فيها لا يعطش أبدًا، ويكون ذلك آخر ما يصيب الشارب من العطش، 
 وأن حوضه يسيل فيه ميزابان من الجنة، وعرضه مثل طوله؛ 
 فالحوض متساوي الأركان، طوله يكون بمقدار المسافة التي بين عَمّان وهي بلدة بالبلقاء من الشام، إلى أَيْلَةَ وهي مدينة معروفة في طرف الشام، 
 وماء الحوض أكثر بياضًا من اللبن، وطعمه أحلى من طعم العسل.</t>
   </si>
   <si>
     <t>Пророка ﷺ се кълне, че броят на съдовете при водоема му - Ел- Хауд е по-голям, отколкото броя на звездите и планетите на небето. А това става ясно в тъмната нощ, в която няма луна. Защото в нощ, в която има луна, звездите не са толкова ясни поради това, че са закривани от лунната светлина. Също така в ясна нощ, в която няма облаци, защото наличието на облаци възпрепятства виждането на звездите. И че съдовете от Дженнета: който отпие от питието в тях, никога няма да ожаднее и това ще бъде последната жажда, която отпиващият ще почувства. И че във водоемът му - ел-Хауд, ще текат два улея от Дженнета. Ширината на водоема ще бъде колкото дължината му. Водоемът ще бъде с равни пропорции. Дължината му ще бъде, колкото разстоянието между Амман - селище, разположено в Белка - Леванта, и Айла - град разположен в покрайнините на Леванта. Водата на водоема ел-Хауд ще е по-бяла от мляко, а вкусът му по-сладък от вкуса на мед.</t>
   </si>
   <si>
     <t>إثبات الحوض وما فيه من أنواع النعيم.
 عِظم الحوض وطوله وعرضه وكثرة آنيته.</t>
   </si>
   <si>
     <t>Потвърждение за съществуването на водоема ел-Хауд и за различните видове благодат.
 Величието на водоема ел-Хауд: ширината му, дължината му и броят на съдовете му.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65032</t>
   </si>
   <si>
-    <t>إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ</t>
+    <t>إن الله سيخلص رجلا من أمتي على رءوس الخلائق يوم القيامة</t>
   </si>
   <si>
     <t>*,,Наистина в Съдия ден Аллах ще избере един човек измежду всички от моята общност и ще разпростре деветдесет и девет свитъка, всеки свитък ще е колкото му стига погледът и след това ще каже: ,,Отричаш ли нещо от това? Угнетили ли са те Моите писари - пазители?". Ще каже: ,,Не, Господи мой". Ще му каже: ,,Имаш ли извинение?". Ще отвърне: ,,Не, Господи мой". Аллах ще му каже: ,,Напротив, при Нас имаш една добрина и днес не ще бъдеш угнетен". И ще бъде извадена една карта на която пише: ,,Ешхеду ен ля иляхе иллеллах уе ешхеду енне Мухаммеден абдуху уе расулюх".(,,Свидетелствам, че няма друг истински Бог освен Аллах и свидетелствам, че Мухаммед е Негов раб и пратеник") Ще каже: ,,Донеси везната си". Човекът ще каже: ,,О, Господи мой, какво представлява тази карта в сравнение с тези свитъци?". Ще отвърне: ,,Наистина няма да бъдеш угнетен". Рече: ,,И ще бъдат поставени свитъците в едното блюдо на везната, а картата в другото. И блюдото със свитъците ще олекне, а блюдото с картата ще натежи, и нищо не е по-тежко от името на Аллах".</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ العَاصِ رضي الله عنهما قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِنَّ اللهَ سَيُخَلِّصُ رَجُلًا مِنْ أُمَّتِي عَلَى رُءُوسِ الْخَلَائِقِ يَوْمَ الْقِيَامَةِ، فَيَنْشُرُ عَلَيْهِ تِسْعَةً وَتِسْعِينَ سِجِلًّا، كُلُّ سِجِلٍّ مِثْلُ مَدِّ الْبَصَرِ، ثُمَّ يَقُولُ: أَتُنْكِرُ مِنْ هَذَا شَيْئًا؟ أَظَلَمَكَ كَتَبَتِي الْحَافِظُونَ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: أَفَلَكَ عُذْرٌ؟ فَيَقُولُ: لَا يَا رَبِّ، فَيَقُولُ: بَلَى إِنَّ لَكَ عِنْدَنَا حَسَنَةً، فَإِنَّهُ لَا ظُلْمَ عَلَيْكَ الْيَوْمَ، فَتُخْرَجُ بِطَاقَةٌ فِيهَا: أَشْهَدُ أَنْ لَا إِلَهَ إِلَّا اللهُ وَأَشْهَدُ أَنَّ مُحَمَّدًا عَبْدُهُ وَرَسُولُهُ، فَيَقُولُ: احْضُرْ وَزْنَكَ، فَيَقُولُ: يَا رَبِّ مَا هَذِهِ الْبِطَاقَةُ مَعَ هَذِهِ السِّجِلَّاتِ؟ فَقَالَ: إِنَّكَ لَا تُظْلَمُ، قَالَ: فَتُوضَعُ السِّجِلَّاتُ فِي كِفَّةٍ، وَالْبِطَاقَةُ فِي كِفَّةٍ، فَطَاشَتِ السِّجِلَّاتُ، وَثَقُلَتِ الْبِطَاقَةُ، فَلَا يَثْقُلُ مَعَ اسْمِ اللهِ شَيْءٌ».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Амр ибн ел-Ас /радийеллаху анхума/ казва: ,,Пратеника на Аллах ﷺ каза: ,,Наистина в Съдия ден Аллах ще избере един човек измежду всички от моята общност и ще разпростре деветдесет и девет свитъка, всеки свитък ще е колкото му стига погледът и след това ще каже: ,,Отричаш ли нещо от това? Угнетили ли са те Моите писари - пазители?". Ще каже: ,,Не, Господи мой". Ще му каже: ,,Имаш ли извинение?". Ще отвърне: ,,Не, Господи мой". Аллах ще му каже: ,,Напротив, при Нас имаш една добрина и днес не ще бъдеш угнетен". И ще бъде извадена една карта на която пише: ,,Ешхеду ен ля иляхе иллеллах уе ешхеду енне Мухаммеден абдуху уе расулюх".(,,Свидетелствам, че няма друг истински Бог освен Аллах и свидетелствам, че Мухаммед е Негов раб и пратеник") Ще каже: ,,Донеси везната си". Човекът ще каже: ,,О, Господи мой, какво представлява тази карта в сравнение с тези свитъци?". Ще отвърне: ,,Наистина няма да бъдеш угнетен". Рече: ,,И ще бъдат поставени свитъците в едното блюдо на везната, а картата в другото. И блюдото със свитъците ще олекне, а блюдото с картата ще натежи, и нищо не е по-тежко от името на Аллах".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم إن الله يختار رجلًا من أمته على رؤوس الخلائق يوم القيامة يُنادَى به ليُحاسَب، فيَعرِضُ عليه تسعةً وتسعين سِجِلًّا وهي صحائف أعماله السيئة التي كان يعمل بها في الدنيا، وطول كل سجل مثل مد البصر، 
 ثم يقول الله عز وجل لهذا الرجل: أتنكر شيئًا من المكتوب في هذه السِّجِلّات؟ 
 أظلمك ملائكتي الحفظة الكتبة؟ 
 فيقول الرجل: لا يا رب. 
 فيقول الله عز وجل: ألك عُذرٌ تُعذَر به مما قدمت من أعمال في الدنيا؟ من كونه سهوًا أو خطأً أو جهلًا، 
 فيقول الرجل: لا يا رب ليس لي عذر. 
 فيقول الله عز وجل: بلى، إن لك عندنا حسنة، وإنه لا ظلم عليك اليوم. 
 قال: فيخرج بطاقة مكتوب فيها: أشهد أن لا إله إلا الله، وأشهد أن محمدًا عبده ورسوله. 
 فيقول الله عز وجل: لهذا الرجل، أحضر ميزانك. 
 فيقول الرجل متعجِّبًا: يا رب! ما وزن هذه البطاقة مع هذه السجلات؟! 
 فقال الله عز وجل: لن يقع عليك ظلم. 
 قال: فتوضع السجلات في كفة، والبطاقة في كفة؛ فخَفَّت الكفة التي بها السجلات، ورَجَحَت وثَقُلت الكفة التي بها البطاقة، فغفر الله له.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че Аллах ще избере един човек от общността му в Съдия ден и ще го повика за равносметка. Ще му бъдат показани деветдесет и девет свитъка, които ще бъдат страниците с лошите му дела, които е вършил на земята. Дължината на всеки свитък ще е докъдето му стига погледа. След това Великият Аллах ще каже на този човек: ,,Отричаш ли нещо от това, което е записано в тези списъци?". ,,Угнетиха ли те доверените, записващи меляикета (ангели)?". Човекът ще каже: ,,Не, Господи мой". Великият Аллах ще го попита: ,,Имаш ли извинение за това, което си вършил в земния живот? От рода на небрежност, грешка или незнание...". Човекът ще каже: ,,Не, Господи мой, нямам извинение". Великият Аллах ще каже: ,,Напротив, при Нас имаш една добрина и днес не ще бъдеш угнетен". Рече: ,,И ще бъде извадена една карта, на която пише: ,,Ешхеду ен ля иляхе иллеллах уе ешхеду енне Мухаммеден абдуху уе расулюх".(,,Свидетелствам, че няма друг истински Бог освен Аллах и свидетелствам, че Мухаммед е Негов раб и пратеник"). Великият Аллах ще каже на този човек: ,,Донеси везната си". Човекът, учуден, ще рече: ,,Господи мой, какво представлява тежестта на тази карта в сравнение с тези свитъци!?". Великият Аллах ще му каже: ,,Не ще бъдеш угнетен". Рече: ,,И ще бъдат поставени свитъците в едното блюдо на везната, а картата в другото. И блюдото със свитъците ще олекне, а блюдото с картата ще натежи, и Аллах ще му опрости".</t>
   </si>
   <si>
     <t>عِظم كلمة التوحيد: شهادة ألا إله إلا الله،  وثقلها في الميزان.
 لا يكفي قول: لا إله إلا الله، باللسان فقط، بل لا بد من العلم بمعناها والعمل بمقتضاها.
 الإخلاص وقوة التوحيد سبب لتكفير الذنوب. 
 الإيمان يتفاضل بتفاضل ما في القلوب من الإخلاص، فبعض الناس قد يقول هذه الكلمة لكن يُعذَّب بقدر ذنوبه.</t>
   </si>
   <si>
     <t>Величието на думите на единобожието: свидетелството ,,Ля иляхе иллеллах" и тежестта му на везната.
 Не е достатъчно да се изрече само: ,,Ля иляхе иллелах". Необходимо е да се знае значението му и да се изпълнят изискванията му.
 Искреността и силата на единството - теухид, е причина за опрощението на греховете.
 Вярата при хората превъзхожда с превъзходството на искреността в сърцето. Някои хора може да изрекат свидетелството, но да бъдат наказани според греховете си.</t>
   </si>
   <si>
     <t>رواه الترمذي وابن ماجه</t>
   </si>
   <si>
     <t>[رواه الترمذي وابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65033</t>
   </si>
   <si>
-    <t>لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ</t>
+    <t>لما خلق الله الجنة والنار أرسل جبريل عليه السلام</t>
   </si>
   <si>
     <t>,,Когато Аллах създал Дженнета (Рая) и Джехеннема (Ада), изпратил Джибрил /алейхисселям/ към Дженнета и му казал: ,,Погледни към него и към това, което съм приготвил за неговите обитатели!". Погледнал, върнал се и казал: ,,Кълна се в Твоето величие, никой не би чул за него и да не влезе в него". Тогава Аллах заповядал и той бил заобиколен с неприятни неща и след това казал: ,,Отиди до него и погледни какво съм приготвил за обитателите му!". Погледнал, видял, че бил обграден с неприятни неща и казал: ,,Кълна се във величието Ти, страхувам се, че никой няма да влезе в него". Казал: ,,Отиди до Огъня и погледни какво съм приготвил в него за обитателите му!". Погледнал към него и огньовете му се катерели един връз друг. Върнал се и казал: ,,Кълна се във величието Ти, никой няма да влезе в него". Аллах заповядал и той бил разкрасен със сладострастия, а след това рекъл: ,,Върни се и го виж отново". Погледнал към него и той бил обграден със сладострастия. Върнал се и рекъл: ,,Кълна се във величието Ти, страхувам се, че никой няма да се спаси от него без да попадне там</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رضي الله عنه عَنْ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَمَّا خَلَقَ اللَّهُ الْجَنَّةَ وَالنَّارَ أَرْسَلَ جِبْرِيلَ عَلَيْهِ السَّلَامُ إِلَى الْجَنَّةِ، فَقَالَ: انْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَرَجَعَ، فَقَالَ: وَعِزَّتِكَ لَا يَسْمَعُ بِهَا أَحَدٌ إِلَّا دَخَلَهَا. فَأَمَرَ بِهَا فَحُفَّتْ بِالْمَكَارِهِ، فَقَالَ: اذْهَبْ إِلَيْهَا فَانْظُرْ إِلَيْهَا وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا، فَإِذَا هِيَ قَدْ حُفَّتْ بِالْمَكَارِهِ، فَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَدْخُلَهَا أَحَدٌ. قَالَ: اذْهَبْ فَانْظُرْ إِلَى النَّارِ وَإِلَى مَا أَعْدَدْتُ لِأَهْلِهَا فِيهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ يَرْكَبُ بَعْضُهَا بَعْضًا، فَرَجَعَ فَقَالَ: وَعِزَّتِكَ لَا يَدْخُلُهَا أَحَدٌ. فَأَمَرَ بِهَا فَحُفَّتْ بِالشَّهَوَاتِ، فَقَالَ: ارْجِعْ فَانْظُرْ إِلَيْهَا. فَنَظَرَ إِلَيْهَا فَإِذَا هِيَ قَدْ حُفَّتْ بِالشَّهَوَاتِ، فَرَجَعَ وَقَالَ: وَعِزَّتِكَ لَقَدْ خَشِيتُ أَنْ لَا يَنْجُوَ مِنْهَا أَحَدٌ إِلَّا دَخَلَهَا».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, че Пратеника на Аллах ﷺ казва: ,,Когато Аллах създал Дженнета (Рая) и Джехеннема (Ада), изпратил Джибрил /алейхисселям/ към Дженнета и му казал: ,,Погледни към него и към това, което съм приготвил за неговите обитатели!". Погледнал, върнал се и казал: ,,Кълна се в Твоето величие, никой не би чул за него и да не влезе в него". Тогава Аллах заповядал и той бил заобиколен с неприятни неща и след това казал: ,,Отиди до него и погледни какво съм приготвил за обитателите му!". Погледнал, видял, че бил обграден с неприятни неща и казал: ,,Кълна се във величието Ти, страхувам се, че никой няма да влезе в него". Казал: ,,Отиди до Огъня и погледни какво съм приготвил в него за обитателите му!". Погледнал към него и огньовете му се катерели един връз друг. Върнал се и казал: ,,Кълна се във величието Ти, никой няма да влезе в него". Аллах заповядал и той бил разкрасен със сладострастия, а след това рекъл: ,,Върни се и го виж отново". Погледнал към него и той бил обграден със сладострастия. Върнал се и рекъл: ,,Кълна се във величието Ти, страхувам се, че никой няма да се спаси от него без да попадне там".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أن الله لما خلق الجنة والنار، قال لجبريل عليه السلام: اذهب إلى الجنة فانظر إليها، فذهب فنظر إليها ثم رجع، 
 فقال جبريل: أي رب، وعزتك لا يسمع بها أحد وبما فيها من النعيم والمكارم والخيرات إلا أحب أن يدخلها، وعمل من أجلها. 
 ثم حَفَّ اللهُ الجنة وأحاطها بالمكاره والصعوبات مِن فِعْلِ الأوامر واجتناب النواهي؛ فعلى مَن أراد دخولها أن يَجْتاز تلك المكاره. 
 ثم قال الله عز وجل: يا جبريل! اذهب فانظر إلى الجنة، بعد ما أحاطها بالمكاره، 
 فذهب فنظر إليها، ثم جاء فقال: أي رب، وعزتك أخاف ألا يدخلها أحد بسبب الصعوبات والشدائد التي في طريقها. 
 ولما خلق الله النار، قال: يا جبريل! اذهب فانظر إليها، فذهب فنظر إليها، 
 ثم جاء فقال جبريل: أي رب، وعزتك لا يسمع أحد بما فيها من العذاب والكروب والتنكيل إلا كره أن يدخلها وابتعد عن أسبابها. 
 ثم حَفَّ الله عز وجل النار وجعل السبيل إليها بالشهوات والملذات، ثم قال: يا جبريل، اذهب فانظر إليها، 
 فذهب جبريل فنظر إليها، ثم جاء فقال: أي رب، وعزتك لقد خشيت وخفت وأشفقت ألا ينجو منها أحد؛ لما حولها من الشهوات والملذات.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че когато Аллах сътворява Дженнета и Джехеннема, каза на Джибрил а. с.: ,,Отиди до Дженнета и го погледни!". Той отива, вижда го и се връща. Казва Джибрил: ,,О, Господи, кълна се във величието Ти, всеки който чуе за него и за онова, което е в него като благодат, блаженство и облаги, ще поиска да влезе в него и ще се труди за това". След това Аллах го обградил с неприятни неща и трудности, като изпълнението на заповедите и страненото от забраните. И който желае да влезе в него, трябва да преодолее тези трудности. След това Великият Аллах казал на Джибрил да отиде и да погледне Дженнета, след като го заобиколил с трудности. Той отишъл, погледнал, върнал се и казал, че се страхува, че никой няма да успее да влезе поради трудностите и пречките по пътя му. А когато сътворил Огъня, казал на Джибрил да отиде и да го види. Той отишъл, видял го, върнал се и казал: ,,О, Господи, кълна се във величието Ти! Никой няма да чуе за онова, което е в него като мъчения, мъки и страдания, освен да намрази влизането там и да се отдалечи от причините за това". След това Аллах обградил Огъня и сторил пътя му, осеян със сладострастия и наслади, а след това казал на Джибрил: ,,Отиди и го погледни!". Джибрил отишъл, погледнал го, върнал се и казал: ,,О, Господи, кълна се във величието Ти! Страхувам се, че никой няма да се спаси от него поради онова, с което е обграден от сладострастия и наслади".</t>
   </si>
   <si>
     <t>الإيمان بأن الجنة والنار موجودتان الآن.
 وجوب الإيمان بالغيب وبكل ما جاء عن الله ورسوله صلى الله عليه وسلم.
 أهمية الصبر على المكاره لأنها السبيل المُوْصِل إلى الجنة.
 أهمية اجتناب المحرمات؛ لأنها السبيل الموصل إلى النار.
 جعل الجنة محفوفة بالمكاره، والنار بالشهوات، هو مقتضى الابتلاء والامتحان في الحياة الدنيا.
 طريق الجنة صعب وشاق، ويحتاج إلى الصبر والمعاناة مع الإيمان، وطريق النار مملوء بالملذات والشهوات في الدنيا.</t>
   </si>
   <si>
     <t>Вярата, че Дженнетът и Огънят в момента съществуват.
 Задължителността на вярата в неведомото с всичко, което са известили Аллах и Пратеника Му ﷺ.
 Важността на търпението към трудностите, защото е път, водещ към Дженнета.
 Важността на страненото от забраните - харам, защото те са път, който води към Огъня.
 Обгръщането на Дженнета с неприятни неща, а Огънят със сладострастия представлява изпитание и тест в земния живот.
 Пътят към Дженнета е труден и сложен, който изисква търпение и подкрепа чрез вяра. А пътят към Огъня е изпълнен с наслади и сладострастия в земния живот.</t>
   </si>
   <si>
     <t>رواه أبو داود والترمذي والنسائي</t>
   </si>
   <si>
     <t>[رواه أبو داود والترمذي والنسائي]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65034</t>
   </si>
   <si>
-    <t>يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ</t>
+    <t>يؤتى بالموت كهيئة كبش أملح</t>
   </si>
   <si>
     <t>,,Смъртта ще бъде докарана във вид на черно-бял коч и един глашатай ще се провикне: ,,Ей, обитатели на Дженнета!". Тогава те ще вдигнат глави, ще изпънат вратовете си, ще погледнат и ще им се каже: ,,Познавате ли това?". Ще отговорят: ,,Да, това е смъртта". Всички те вече са я виждали. След това глашатаят ще се провикне: ,,Ей, обитатели на Огъня!". Те ще вдигнат глави, ще изпънат вратовете си, ще погледнат и ще им се каже: ,,Познавате ли това?". Ще отговорят: ,,Да, това е смъртта". Всички те вече са я виждали. След това [кочът] ще бъде заклан и ще им се каже: ,,Ей, обитатели на Дженнета, за вас има вечно пребиваване без смърт! Ей, обитатели на Огъня, за вас има вечно пребиваване без смърт!". След това прочете: ,,И предупреди ги ти за Деня на горестта, когато ще бъде отсъдено делото, но те нехаят и не вярват!" (Мерйем 39). Онези са били нехайните обитатели в земния живот</t>
   </si>
   <si>
     <t>عَنْ أَبِي سَعِيدٍ الخُدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يُؤْتَى بِالْمَوْتِ كَهَيْئَةِ كَبْشٍ أَمْلَحَ، فَيُنَادِي مُنَادٍ: يَا أَهْلَ الجَنَّةِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: هَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، ثُمَّ يُنَادِي: يَا أَهْلَ النَّارِ، فَيَشْرَئِبُّونَ وَيَنْظُرُونَ، فَيَقُولُ: وهَلْ تَعْرِفُونَ هَذَا؟ فَيَقُولُونَ: نَعَمْ، هَذَا المَوْتُ، وَكُلُّهُمْ قَدْ رَآهُ، فَيُذْبَحُ ثُمَّ يَقُولُ: يَا أَهْلَ الجَنَّةِ خُلُودٌ فَلاَ مَوْتَ، وَيَا أَهْلَ النَّارِ خُلُودٌ فَلاَ مَوْتَ، ثُمَّ قَرَأَ: {وَأَنْذِرْهُمْ يَوْمَ الحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ} [مريم: 39]، وَهَؤُلاَءِ فِي غَفْلَةٍ أَهْلُ الدُّنْيَا {وَهُمْ لاَ يُؤْمِنُونَ} [مريم: 39]».</t>
   </si>
   <si>
     <t>От Ебу Сеид ел-Худрий /радийеллаху анху/, казва: ,,Пратеника на Аллах ﷺ каза: ,,Смъртта ще бъде докарана във вид на черно-бял коч и един глашатай ще се провикне: ,,Ей, обитатели на Дженнета!". Тогава те ще вдигнат глави, ще изпънат вратовете си, ще погледнат и ще им се каже: ,,Познавате ли това?". Ще отговорят: ,,Да, това е смъртта". Всички те вече са я виждали. След това глашатаят ще се провикне: ,,Ей, обитатели на Огъня!". Те ще вдигнат глави, ще изпънат вратовете си, ще погледнат и ще им се каже: ,,Познавате ли това?". Ще отговорят: ,,Да, това е смъртта". Всички те вече са я виждали. След това [кочът] ще бъде заклан и ще им се каже: ,,Ей, обитатели на Дженнета, за вас има вечно пребиваване без смърт! Ей, обитатели на Огъня, за вас има вечно пребиваване без смърт!". След това прочете: ,,И предупреди ги ти за Деня на горестта, когато ще бъде отсъдено делото, но те нехаят и не вярват!" (Мерйем 39). Онези са били нехайните обитатели в земния живот".</t>
   </si>
   <si>
     <t>يبين النبي صلى الله عليه وسلم أن الموت يؤتى به يوم القيامة، كهيئة ذَكَر الضأن وفيه بياض وسواد، 
 فيٌنَادى: يا أهل الجنة! فيمدُّون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول لهم: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه وعرفه، 
 ثم ينادي المنادي: يا أهل النار، فيمدون أعناقهم ورقابهم ويرفعون رؤوسهم وينظرون، 
 فيقول: هل تعرفون هذا؟ 
 فيقولون: نعم، هذا الموت، وكلهم قد رآه؛ 
 فيُذبَح، ثم يقول المنادي: يا أهل الجنة بقاء أبد الآبدين فلا موت، ويا أهل النار بقاء أبد الآبدين فلا موت. 
 وذلك ليكون زيادة في نعيم المؤمنين، ونكاية في عذاب الكافرين.
 ثم قرأ النبي صلى الله عليه وسلم: 
 {وَأَنْذِرْهُمْ يَوْمَ الْحَسْرَةِ إِذْ قُضِيَ الأَمْرُ وَهُمْ فِي غَفْلَةٍ وَهُمْ لا يُؤْمِنُونَ} 
 فيوم القيامة يفصل بين أهل الجنة والنار، ودخل كل إلى ما صار إليه مخلدًا فيه، 
 فيتحسر المسيء ويندم إذ لم يحسن، والمقصر إذ لم يزدد من الخير.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че смъртта ще бъде доведена в Съдния ден във формата на черно-бял коч. Някой ще се провикне: ,,Ей, обитатели на Дженнета!". Тогава те ще вдигнат глави, ще изпънат вратовете си и ще погледнат. Ще им се каже: ,,Познавате ли това?". Ще отговорят: ,,Да, това е смъртта". Всички те вече са я виждали и я познават. След това глашатаят ще се провикне: ,,Ей, обитатели на огъня!". Те ще вдигнат глави, ще изпънат вратовете си и ще погледнат. Ще им се каже: ,,Познавате ли това?". Ще отговорят: ,,Да, това е смъртта". Всички те вече са я виждали. След това [кочът] ще бъде заклан и ще им се каже: ,,Ей, обитатели на Дженнета, за вас има вечно пребиваване без смърт! Ей, обитатели на Огъня, за вас има вечно пребиваване без смърт!". За да бъде това допълнителна благодат за вярващите и отмъщение и допълнително наказание за неверниците. След това Пророка ﷺ прочел: ,,И предупреди ги ти за Деня на горестта, когато ще бъде отсъдено делото, но те нехаят и не вярват!". Съдият ден разграничава между обитателите на Дженнета и обитателите на Огъня. Всеки от тях ще влезе в обиталището, което е заслужил, и ще пребивава там вечно. Грешникът ще съжалява, че не е правил добро, а небрежният ще съжалява, че не е бил усърден в доброто.</t>
   </si>
   <si>
     <t>مصير الإنسان في الآخرة هو الخلود في الجنة أو النار.
 التحذير الشديد من هول يوم القيامة وأنه يوم الحسرة والندم.
 بيان دوام سرور أهل الجنة، ودوام حزن أهل النّار.</t>
   </si>
   <si>
     <t>Пътят на човека в отвъдното ще бъде вечно пребиваване в Дженнета или в Огъня.
 Силното предупреждение за страха в Съдния ден и че той е ден на пагубност и съжаление.
 Пояснение за вечната радост на обитателите на Дженнета и за вечната мъка на обитателите на Огъня.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65035</t>
   </si>
   <si>
-    <t>نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ</t>
+    <t>ناركم جزء من سبعين جزءا من نار جهنم</t>
   </si>
   <si>
     <t>,,Вашият огън е една седемдесета част от огъня на Джехеннем". Някой каза: ,,О, Пратенико на Аллах, дори и той [земният огън] е достатъчен". Рече: ,,Той превъзхожда земния огън шейсет и девет пъти, като всеки от тях е равен по сила на земния</t>
   </si>
   <si>
     <t>عَنْ أَبِي هُرَيْرَةَ رَضِيَ اللَّهُ عَنْهُ أَنَّ رَسُولَ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «نَارُكُمْ جُزْءٌ مِنْ سَبْعِينَ جُزْءًا مِنْ نَارِ جَهَنَّمَ»، قِيلَ: يَا رَسُولَ اللَّهِ، إِنْ كَانَتْ لَكَافِيَةً. قَالَ: «فُضِّلَتْ عَلَيْهِنَّ بِتِسْعَةٍ وَسِتِّينَ جُزْءًا كُلُّهُنَّ مِثْلُ حَرِّهَا».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/, че Пратеника на Аллах ﷺ казва: ,,Вашият огън е една седемдесета част от огъня на Джехеннем". Някой каза: ,,О, Пратенико на Аллах, дори и той [земният огън] е достатъчен". Рече: ,,Той превъзхожда земния огън шейсет и девет пъти, като всеки от тях е равен по сила на земния".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أن نار الدنيا جزء من سبعين جزءًا من نار جهنم، 
 فنار الآخرة تزيد قوة حرارتها على حرارة نار الدنيا بتسعة وستين جزءًا، كل جزء منها يعادل حرارة نار الدنيا. 
 فقيل: يا رسول الله إن نار الدنيا كانت كافية لتعذيب داخليها، 
 فقال: فضلت نار جهنم على نار الدنيا بتسعةٍ وستين جزءًا وكلها مثلها في شدة الحر.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че земният огън е една седемдесета част от огъня на Джехеннем. И огънят в отвъдното превъзхожда по сила земния огън шейсет и девет пъти, като всяка част от него е равна по сила на земния огън. Някой от присъстващите казал: ,,О, Пратенико на Аллах, огънят тук на земята е достатъчен като наказание за онези в него". Рекъл: ,,Той превъзхожда земния огън шейсет и девет пъти, като всеки от тях е равен по сила на земния".</t>
   </si>
   <si>
     <t>التحذير من النار ليبعد الناس عن الأعمال الموصلة إليها.
 عِظم نار جهنم وعذابها، وشدة حرارتها.</t>
   </si>
   <si>
     <t>Предупреждението относно Огъня, за да се отдалечат хората от делата, водещи към него.
 Величието на джехеннемския огън, силната му топлина и мъчението му.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65036</t>
   </si>
   <si>
-    <t>حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً</t>
+    <t>حدثنا رسول الله صلى الله عليه وسلم وهو الصادق المصدوق: أن خلق أحدكم يجمع في بطن أمه أربعين يوما وأربعين ليلة</t>
   </si>
   <si>
     <t>Разказа ни Пратеника ﷺ, а той е правдивият с гарантирана правдивост: ,,Сътворението на всеки един от вас се събира в корема на майка му четиридесет дни и четиридесет нощи. След това се превръща в съсирек за същия период, а след още един такъв период се превръща в сдъвкано месо. След това при него се изпраща меляике и му се заповядва да запише четири неща. Записва: препитанието му, продължителността на живота му, делата му, и дали ще е щастлив или нещастен. След това в него се вдъхва душа. Наистина някой от вас върши от делата на обитателите на Дженнета, докато между него и Дженнета остане една ръка разстояние, но предписаното го изпреварва, той извършва от делата на обитателите на Огъня и така влиза в него. И някой от вас върши от делата на обитателите на Огъня, докато между него и Огъня остане една ръка разстояние, но предписаното го изпреварва, той извършва от делата на обитателите на Дженнета и така влиза в него</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللَّهِ بْنِ مَسْعُودٍ رَضِيَ اللَّهُ عَنْهُ: حَدَّثَنَا رَسُولُ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ الصَّادِقُ المَصْدُوقُ: «أَنَّ خَلْقَ أَحَدِكُمْ يُجْمَعُ فِي بَطْنِ أُمِّهِ أَرْبَعِينَ يَوْمًا وَأَرْبَعِينَ لَيْلَةً، ثُمَّ يَكُونُ عَلَقَةً مِثْلَهُ، ثُمَّ يَكُونُ مُضْغَةً مِثْلَهُ، ثُمَّ يُبْعَثُ إِلَيْهِ المَلَكُ، فَيُؤْذَنُ بِأَرْبَعِ كَلِمَاتٍ، فَيَكْتُبُ: رِزْقَهُ وَأَجَلَهُ وَعَمَلَهُ وَشَقِيٌّ أَمْ سَعِيدٌ، ثُمَّ يَنْفُخُ فِيهِ الرُّوحَ، فَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ الجَنَّةِ حَتَّى لاَ يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ فَيَدْخُلُ النَّارَ، وَإِنَّ أَحَدَكُمْ لَيَعْمَلُ بِعَمَلِ أَهْلِ النَّارِ حَتَّى مَا يَكُونُ بَيْنَهَا وَبَيْنَهُ إِلَّا ذِرَاعٌ، فَيَسْبِقُ عَلَيْهِ الكِتَابُ، فَيَعْمَلُ عَمَلَ أَهْلِ الجَنَّةِ فَيَدْخُلُهَا».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Мес'уд /радийеллаху анху/: Разказа ни Пратеника ﷺ, а той е правдивият с гарантирана правдивост: ,,Сътворението на всеки един от вас се събира в корема на майка му четиридесет дни и четиридесет нощи. След това се превръща в съсирек за същия период, а след още един такъв период се превръща в сдъвкано месо. След това при него се изпраща меляике и му се заповядва да запише четири неща. Записва: препитанието му, продължителността на живота му, делата му, и дали ще е щастлив или нещастен. След това в него се вдъхва душа. Наистина някой от вас върши от делата на обитателите на Дженнета, докато между него и Дженнета остане една ръка разстояние, но предписаното го изпреварва, той извършва от делата на обитателите на Огъня и така влиза в него. И някой от вас върши от делата на обитателите на Огъня, докато между него и Огъня остане една ръка разстояние, но предписаното го изпреварва, той извършва от делата на обитателите на Дженнета и така влиза в него".</t>
   </si>
   <si>
     <t>قال ابن مسعود: حدثنا رسول الله صلى الله عليه وسلم وهو الصادق في قوله، والمصدوق حيث صَدَقَه الله تعالى، 
 قال: إن أحدكم يُجمع خلقه، وذلك أن الرجل إذا أتى أهله فمَنِيُّه المتفرِّق يُجمع في بطن المرأة أربعين يومًا نطفة، 
 ثم يكون علقة وهي الدم الغليظ الجامد، وهذا في الأربعين الثانية، 
 ثم يكون مضغة وهي قطعة من اللحم قدر ما يُمضَغ، وهذا في الأربعين الثالثة، 
 ثم يرسِل الله إليه الملك، فينفخ فيه الروح بعد انتهاء الأربعين الثالثة، 
 ويُؤمر الملك أن يكتب أربع كلمات وهي: رزقه، وهو ما مقدار ما سيحصل عليه من النعم في عمره، 
 وأجله، وهو مدة بقائه في الدنيا، 
 وعمله، ما هو؟ وشقيٌ أو سعيد. 
 ثم أقسم النبي صلى الله عليه وسلم أن الواحد ليعمل بعمل أهل الجنة ويكون عمله صالحًا، أي فيما يظهر للناس، ويظل كذلك حتى ما يكون بينه وبين الجنة إلا ذراع، أي: ما يبقى بينه وبين أن يصلها إلا كمن بقي بينه وبين موضع من الأرض ذراع، فيغلب عليه الكتاب وما قُدِّر عليه فعند ذلك يعمل بعمل أهل النار فيُختم له به فيدخل النار؛ 
 لأن شرط قبول عمله أن يثبت عليه ولا يُبدِّل، وآخر من الناس يعمل أعمال أهل النار حتى يقترب من أن يدخلها، وكأن بينه وبين النار مقدار ذراع من الأرض، فيغلب عليه الكتاب وما قُدِّر عليه فيعمل بعمل أهل الجنة فيختم له بذلك فيدخل الجنة.</t>
   </si>
   <si>
     <t>Казва Ибн Месуд: ,,Разказа ни Пратеника ﷺ а той е правдивият в думите, с гарантирана правдивост, защото Всевишният Аллах я потвърждава. Казва: ,,Сътворението на всеки един от вас се събира. Това се случва, когато мъжът бъде с жена си и неговата сперма, която е разпръсната, се събира в корема на жена му четиридесет дни във вид на съсирек. След това се превръща в ,,алека", което е съсирена кръв и това се случва във втори четиридесетдневен период. След това се превръща в ,,мудга", а това представлява нещо, което прилича на парче сдъвкано месо, като това се случва в трети четиридесетдневен период. След това Аллах изпраща при него меляике, което му вдъхва душа и това се случва след сто и двадесетия ден. На меляикето му се заповядва да запише четири неща и те са: препитанието му, а то е всичко, което ще получи като благодат в живота си. Животът му, а това е продължителността на престоя му в земния живот. Делата му, какви ще са те. И дали ще бъде щастлив или нещастен. След това Пророка ﷺ се кълне, че даден човек ще извършва от делата на обитателите на Дженнета, делата му ще бъдат праведни, тоест в онова, което хората виждат. Ще продължи по този начин, докато между него и Дженнета остане ръка разстояние. Тоест между него и влизането му в Дженнета ще остане ръка разстояние, но предписаното и онова, което е предопределено за него, ще го надвие, ще извърши от делата на обитателите на Огъня, ще го заслужи и така ще влезе в него. Защото условие за приемането на делата му е да постоянства в тях и да не изменя. Друг човек от хората ще извършва от делата на обитателите на Огъня, докато се приближи за влизане в него и сякаш между него и Огъня ще има ръка разстояние. Но предписаното и предопределеното му го надвиват, той извършва от делата на обитателите на Дженнета и така влиза в него.</t>
   </si>
   <si>
     <t>الخوف من سوء العاقبة، والحث على سؤال الله الثبات إلى الممات.
 التحذير من الاغترار بصور الأعمال؛ فإنما الأعمال بالخواتيم.
 هذا الحديث في حق من لا يعمل إخلاصا وإيمانا، بل يعمل بعمل أهل الجنة فيما يبدو للناس فقط، أما من يعمل بعمل أهل الجنة حقيقة، إخلاصا وإيمانا، فالله تعالى أعدل وأكرم وأرحم من أن يخذله في نهاية عمره، قال تعالى : ( يُثَبِّتُ اللَّهُ الَّذِينَ آمَنُوا بِالْقَوْلِ الثَّابِتِ فِي الْحَيَاةِ الدُّنْيَا وَفِي الْآخِرَةِ وَيُضِلُّ اللَّهُ الظَّالِمِينَ وَيَفْعَلُ اللَّهُ مَا يَشَاءُ ).</t>
   </si>
   <si>
     <t>Протичането на делата и техният изход са обвързани с предопределеното и предписаното.
 Предупреждението да не се подмамваме по явността на делата, защото делата са единствено според завършека им.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65037</t>
   </si>
   <si>
-    <t>كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ</t>
+    <t>كتب الله مقادير الخلائق قبل أن يخلق السماوات والأرض بخمسين ألف سنة</t>
   </si>
   <si>
     <t>,,Аллах записва съдбите на творенията петдесет хиляди години преди да сътвори небесата и земята. Рече: ,,И Тронът Му бе върху вода</t>
   </si>
   <si>
     <t>عَنْ عَبْدِ اللهِ بْنِ عَمْرِو بْنِ الْعَاصِ رضي الله عنهما قَالَ: سَمِعْتُ رَسُولَ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «كَتَبَ اللهُ مَقَادِيرَ الْخَلَائِقِ قَبْلَ أَنْ يَخْلُقَ السَّمَاوَاتِ وَالْأَرْضَ بِخَمْسِينَ أَلْفَ سَنَةٍ، قَالَ: وَعَرْشُهُ عَلَى الْمَاءِ».</t>
   </si>
   <si>
     <t>От Абдуллах ибн Амр ибн ел-Ас /радийеллаху анхума/ казва: чух Пратеника на Аллах ﷺ да казва: ,,Аллах записва съдбите на творенията петдесет хиляди години преди да сътвори небесата и земята. Рече: ,,И Тронът Му бе върху вода".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم أنّ اللهَ كتب ما سيقع من أقدار الخلائق بالتفصيل من حياة وموت ورزق وغير ذلك في اللوح المحفوظ قبل أن يخلق السَّموات والأرض بخمسين ألف سنة، وهي واقعة وفق ما قضى الله عز وجل، 
 فكل شيء كائن فهو بقضاء الله وقدره، 
 فما أصاب العبد لم يكن ليخطئه، وما أخطأه لم يكن ليصيبه.</t>
   </si>
   <si>
     <t>Пророка /саллеллаху алейхи уе селлем/ съобщава, че Аллах е записал онова, което ще се случи от съдбите на творенията, с подробности. Записал е животът, смъртта, препитанието и другите неща в съхранявания скрижал (леух ел-мехфуз) петдесет хиляди години преди да сътвори небесата и земята. Всичко това се случва точно, както е предписал Всемогъщият Аллах. Всяко нещо, което се случва, е чрез предопределеното от Аллах. И онова, което се случва на раба е нямало как да го подмине, а онова, което го подмине, е нямало как да му се случи.</t>
   </si>
   <si>
     <t>وجوب الإيمان بالقضاء والقدر.
 القدر هو: علم الله بالأشياء وكتابته ومشيئته وخلقه لها.
 الإيمان بأن الأقدار مكتوبة قبل خلق السماوات والأرض يُثمِر الرضا والتسليم.
  أنّ عرش الرحمن كان على الماء قبل خلق السموات والأرض.</t>
   </si>
   <si>
     <t>Задължителността на вярата в съдбата и предопределеното (када и кадер).
 Съдбата представлява: знанието на Аллах за нещата, тяхното записване, желанието Му и сътворяването им.
 Вярата, че съдбата е записана преди сътворяването на небесата и земята поражда задоволство и отдаване.
 Тронът на Всемилостивия е бил върху вода преди сътворяването на небесата и земята.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65038</t>
   </si>
   <si>
-    <t>كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ</t>
+    <t>كل شيء بقدر، حتى العجز والكيس، أو الكيس والعجز</t>
   </si>
   <si>
     <t>,,Всяко нещо е предписано, дори неспособността и способността, или способността и неспособността</t>
   </si>
   <si>
     <t>عَنْ طَاوُسٍ أَنَّهُ قَالَ: أَدْرَكْتُ نَاسًا مِنْ أَصْحَابِ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ، يَقُولُونَ كُلُّ شَيْءٍ بِقَدَرٍ، قَالَ: وَسَمِعْتُ عَبْدَ اللهِ بْنَ عُمَرَ رضي الله عنهما يَقُولُ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «كُلُّ شَيْءٍ بِقَدَرٍ، حَتَّى الْعَجْزِ وَالْكَيْسِ، أَوِ الْكَيْسِ وَالْعَجْزِ».</t>
   </si>
   <si>
     <t>От Тавус, че е казал: "Заварих хора от сподвижниците на Пратеника ﷺ да казват, че всяко нещо е предписано. Рече: чух Абдуллах Ибн Омар /радийеллаху анхума/ да казва:  Пратеника ﷺ рече: ,,Всяко нещо е предписано, дори неспособността и способността, или способността и неспособността".</t>
   </si>
   <si>
     <t>بيَّن النبي صلى الله عليه وسلم أن كل شيء بقدر؛ 
 حتى العجز وهو: ترك ما يجب فعله والتسويف به وتأخيره عن وقته، بأمور الدنيا والآخرة. 
 وحتى الْكَيْسُ وهو: النشاط والحِذْق بأمور الدنيا والآخرة. 
 وإن الله عز وجل قد قدَّر العجز والكيس وكل شيء، لا يقع في الوجود إلا وقد سبق به علم الله ومشيئته.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че всяко нещо е предписано. Дори и неспособността, а тя е: изоставянето на онова, което е задължително да се извърши, отлагането и забавянето извън времето му, от земните и отвъдните дела. Дори и способността, а тя е: активността, ловкостта и майсторството в земните и отвъдните дела. И наистина Аллах е предписал неспособността, способността и всяко нещо. Нищо не се случва освен Аллах предварително да го знае и да го е пожелал.</t>
   </si>
   <si>
     <t>بيان اعتقاد الصحابة رضوان الله عليهم في القدر.
 كل شيء يحصل بقدر الله حتى العجز والنشاط.
 تثبت وحذر الصحابة رضوان الله عليهم في نقل حديث رسول الله صلى الله عليه وسلم.
 الإيمان بالقدر كله خيره وشره.</t>
   </si>
   <si>
     <t>Пояснение за убеждението на сподвижниците /Аллах да е доволен от тях/ относно съдбата.
 Всяко нещо се случва чрез предопределеното от Аллах, дори способността и неспособността.
 Уверяването и внимаването от страна на сподвижниците /Аллах да е доволен от тях/ в предаването на хадисите от Пратеника ﷺ.
 Вярата в цялата съдба, с доброто и лошото в нея.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65039</t>
   </si>
   <si>
-    <t>إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً</t>
+    <t>إذا قضى الله لعبد أن يموت بأرض جعل له إليها حاجة</t>
   </si>
   <si>
     <t>,,Когато Аллах предпише на един раб да умре на някое място, Той прави така, че човекът да има ангажимент там</t>
   </si>
   <si>
     <t>عَنْ مَطَرِ بْنِ عُكَامِسٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ: «إِذَا قَضَى اللَّهُ لِعَبْدٍ أَنْ يَمُوتَ بِأَرْضٍ جَعَلَ لَهُ إِلَيْهَا حَاجَةً».</t>
   </si>
   <si>
     <t>От Метар ибн Укямис /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ казва: ,,Когато Аллах предпише на един раб да умре на някое място, Той прави така, че човекът да има ангажимент там".</t>
   </si>
   <si>
     <t>يخبر النبي صلى الله عليه وسلم: أن الله إذا قضى وقدَّر لعبد أن يموت بأرض وهو غير موجود فيها؛ جعل له إليها حاجة فيأتي إليها، فتقبض روحه فيها.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че когато Аллах предпише смъртта за някой раб на дадено място и той не се намира там, Той прави така, че човекът да има някаква нужда да отиде там и тогава душата му се отнема на това място.</t>
   </si>
   <si>
     <t>الحديث مصداق لقول الله عز وجل: {وما تدري نفس بأي أرض تموت}.</t>
   </si>
   <si>
     <t>Хадисът потвърждава Словата на Великия Аллах: ,,Никоя душа не знае на кое място (на коя земя) ще умре".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65040</t>
   </si>
@@ -6023,453 +6023,447 @@
 فأسلم ضمام، وأخبر النبي صلى الله عليه وسلم أنه سيدعو قومه للإسلام. ثم عرف نفسه وأنه ضمام بن ثعلبة من بني سعد بن بكر.</t>
   </si>
   <si>
     <t>Енес Ибн Малик съобщава: ,,Докато седяхме с Пророка ﷺ в джамията, при нас влезе един мъж на камила, накара я да коленичи (слезе от нея) и я завърза. След това ги попитал: Кой от вас е Мухаммед? А Пророка ﷺ бе облегнат между тях и казахме: ,,Ето този бял мъж, който се е облегнал". Мъжът му рекъл: ,,Ей, сине на Абдулмутталиб!". Пророка ﷺ му казал: ,,Чух те, затова питай и ще ти отговоря". Мъжът рече на Пророка ﷺ: ,,Ще те питам и ще бъда строг в питането си, затова не ми се ядосвай!". Тоест: не ми се ядосвай и не се притеснявай от това. Рекъл: ,,Питай за каквото искаш". Мъжът рекъл: ,,Питам те в името на твоя Господ и на онези преди теб, Аллах ли те изпрати до всички хора?". Отговорил: ,,В името на Аллах - да!". Като потвърждение за правдивостта си. Мъжът рекъл: ,,Питам те в името на Аллах, Аллах ли ти заповяда да кланяме пет намаза (молитви) в денонощието?". А това са задължителните молитви. Отговорил: ,,В името на Аллах - да!". Мъжът рекъл: ,,Питам те в името на Аллах, Аллах ли ти заповяда да говеем този месец от годината?". Тоест месец Рамадан. Отговорил: ,,В името на Аллах - да!". Мъжът рекъл: ,,Питам те в името на Аллах, Аллах ли ти заповяда да взимаш тази садака от богатите измежду нас и да я разпределяш между бедните сред нас?". А това е зекятът. Пророка ﷺ отговорил: ,,В името на Аллах - да!". Тогава Димам приел исляма и съобщил на Пророка ﷺ, че ще призовава своя народ към исляма. След това се представил, казвайки, че е Димам ибн Сеалебе от рода Бени Сеад ибн Бекр.</t>
   </si>
   <si>
     <t>تواضع النبي عليه الصَّلاة والسّلام؛ إذ لم يستطع الرَّجل أن يُفرِّق بينه وبين أصحابه.
 حسن خلق النبي عليه السلام، وتلطفه في الرد على السائل، وأن حسن الرد من أسباب قبول الدعوة.
 جواز تعريف الرجل بصفة من البياض والحمرة، والطول والقصر، ونحو ذلك مما لا يقصد به العيب، إن لم يَكره ذلك.
 جواز دخول الكافر المسجد للحاجة.
 لم يذكر الحج في الحديث لأنه قد يكون لم يفرض وقت مجيئه.
 حرص الصحابة على دعوة الناس؛ فبمجرد إسلامه حرص على دعوة قومه.</t>
   </si>
   <si>
     <t>Скромността на Пророка ﷺ, когато мъжът не успял да го различи от сподвижниците му.
 Добрият нрав на Пророка ﷺ и приятният отговор към питащия, и че добрият отговор е от предпоставките за приемането на призива.
 Позволеността в описанието на човека с бял или румен, висок или нисък и подобните му, като не се цели изтъкване на недостатъците и няма против това.
 Разрешението неверник да влиза в джамията при нужда.
 Хаджът не се споменава в хадиса, защото може да не е бил предписан все още по това време.
 Усърдието на сподвижниците за призива към исляма. Със самото встъпване в исляма на Димам, той проявил усърдие да призове народа си.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65044</t>
   </si>
   <si>
-    <t>ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ</t>
+    <t>ذكر النبي صلى الله عليه وسلم شيئا، فقال: ذاك عند أوان ذهاب العلم</t>
   </si>
   <si>
     <t>,,Пророка ﷺ спомена нещо казвайки: ,,Това ще се случи във времето, когато изчезне знанието". Рекох: ,,О, Пратенико на Аллах, как ще изчезне знанието, след като ние четем Корана, учим децата си на него, децата ни учат своите деца на него и така чак до Съдия ден?". Рече: ,,Майка ти да се лиши от теб, ей Зияд! Наистина те мислех за един от най-разбиращите религията в Медина! Нима евреите и християните не четат Тората и Евангелието, а не разбират нищо от онова, което четат !?</t>
   </si>
   <si>
     <t>عَنْ زِيَادِ بْنِ لَبِيدٍ رضي الله عنه قَالَ: ذَكَرَ النَّبِيُّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ شَيْئًا، فَقَالَ: «ذَاكَ عِنْدَ أَوَانِ ذَهَابِ الْعِلْمِ» قُلْتُ: يَا رَسُولَ اللَّهِ، وَكَيْفَ يَذْهَبُ الْعِلْمُ، وَنَحْنُ نَقْرَأُ الْقُرْآنَ وَنُقْرِئُهُ أَبْنَاءَنَا وَيُقْرِئُهُ أَبْنَاؤُنَا أَبْنَاءَهُمْ إِلَى يَوْمِ الْقِيَامَةِ؟ قَالَ: «ثَكِلَتْكَ أُمُّكَ زِيَادُ، إِنْ كُنْتُ لَأُرَاكَ مِنْ أَفْقَهِ رَجُلٍ بِالْمَدِينَةِ، أَوَلَيْسَ هَذِهِ الْيَهُودُ وَالنَّصَارَى يَقْرَؤونَ التَّوْرَاةَ وَالْإِنْجِيلَ، لَا يَعْمَلُونَ بِشَيْءٍ مِمَّا فِيهِمَا؟!».</t>
   </si>
   <si>
     <t>От Зейд Ибн Лебид /радийеллаху анху/ казва: ,,Пророка ﷺ спомена нещо казвайки: ,,Това ще се случи във времето, когато изчезне знанието". Рекох: ,,О, Пратенико на Аллах, как ще изчезне знанието, след като ние четем Корана, учим децата си на него, децата ни учат своите деца на него и така чак до Съдия ден?". Рече: ,,Майка ти да се лиши от теб, ей Зияд! Наистина те мислех за един от най-разбиращите религията в Медина! Нима евреите и християните не четат Тората и Евангелието, а не разбират нищо от онова, което четат !?".</t>
   </si>
   <si>
     <t>كان النبي صلى الله عليه وسلم جالسًا بين أصحابه، فقال: هذا الوقت الذي يُرفَع ويُسلَب فيه العلم من الناس، 
 فتعجب زياد بن لبيد الأنصاري رضي الله عنه وسأل النبي صلى الله عليه وسلم، 
 فقال: كيف يرفع العلم ويضيع منا؟! وقد قرأنا القرآن وحفظناه؛ فوالله لنَقرأنَّه، ولنُقرِئنَّه نساءنا وأبناءنا، وأبناء أبنائنا، 
 فقال النبي صلى الله عليه وسلم متعجبًا: فقدتْك أمك يا زياد! إن كنت لأعدك من علماء أهل المدينة! 
 ثم بين له صلى الله عليه وسلم: أنَّ فقد العلم ليس بفقد القرآن؛ ولكن فقد العلم بفقد العمل به،
 فهذه التوراة والإنجيل عند اليهود والنصارى؛ ومع ذلك ما نفعتهم، وما استفادوا من مقصودهما؛ وهو العمل بما علموا.</t>
   </si>
   <si>
     <t>Пророка ﷺ бил седнал между сподвижниците си и рекъл: ,,Това е времето, когато ще бъде вдигнато и отнето знанието от хората...". Зияд ибн Лебид ел-Енсари /радийеллаху анху/ се учудил и попитал Пророка ﷺ. Рекъл: ,,Как ще изчезне знанието и ще го изгубим!? Нали четем Корана и го наизустяваме? Кълна се в Аллах, непременно ще го четем и ще учим на него жените, децата и внуците си!". Пророка ﷺ, учуден,  рекъл: ,,Майка ти да те изгуби, ей Зияд! Смятах те за един от учените на Медина!". След това Пророка ﷺ пояснява, че изгубването на знанието не е чрез изгубването на Корана, а чрез изоставяне прилагането на Корана. Тората и Евангелието са налични при евреите и християните, но наред с това не им са от полза. Те не се възползват от онова, за което са изпратени, а именно прилагането в делата на онова, което са научили.</t>
   </si>
   <si>
     <t>وجود المصاحف والكتب بأيدي النّاس لا تنفع بدون العمل بها.
 رفع العلم يكون بأمور، منها: موت النبي صلى الله عليه وسلم، وموت العلماء، وترك العمل بالعلم.
 من علامات الساعة ذهاب العلم وترك العمل به.
 الحث على العمل بالعلم فإنه هو المقصود.</t>
   </si>
   <si>
     <t>Наличието на мусхафи и книги сред хората не е от полза, ако не се прилагат.
 Изчезването на знанието се случва по няколко начина. От тях са смъртта на Пророка ﷺ, смъртта на учените и изоставяне на прилагането на знанието.
 От признаците на Часа са изчезването на знанието и изоставянето на неговото прилагане.
 Подтикването към прилагане на знанието, защото това е целта от него.</t>
   </si>
   <si>
     <t>صحيح لغيره</t>
   </si>
   <si>
     <t>رواه ابن ماجه</t>
   </si>
   <si>
     <t>[صحيح لغيره]</t>
   </si>
   <si>
     <t>[رواه ابن ماجه]</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65045</t>
   </si>
   <si>
-    <t>لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا}</t>
+    <t>لا تصدقوا أهل الكتاب ولا تكذبوهم، وقولوا: آمنا بالله وما أنزل إلينا</t>
   </si>
   <si>
     <t>,,Хората на писанието четяха Тората на иврит и я разясняваха на мюсюлманите на арабски и Пратеника на Аллах ﷺ каза: ,,Нито вярвайте на хората на писанието, нито отхвърляйте това, което ви кажат, а казвайте: ,,Повярвахме в Аллах и в онова, което ни е низпослано" (Бакара: 136 знамение) @*.</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رَضِيَ اللهُ عَنْهُ قَالَ: كَانَ أَهْلُ الْكِتَابِ يَقْرَؤُونَ التَّوْرَاةَ بِالْعِبْرَانِيَّةِ، وَيُفَسِّرُونَهَا بِالْعَرَبِيَّةِ لِأَهْلِ الْإِسْلَامِ، فَقَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «لَا تُصَدِّقُوا أَهْلَ الْكِتَابِ وَلَا تُكَذِّبُوهُمْ، وَقُولُوا: {آمَنَّا بِاللهِ وَمَا أُنْزِلَ إِلَيْنَا} [البقرة: 136] الْآيَةَ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: ,,Хората на писанието четяха Тората на иврит и я разясняваха на мюсюлманите на арабски и Пратеника на Аллах ﷺ каза: ,,Нито вярвайте на хората на писанието, нито отхвърляйте това, което ви кажат, а казвайте: ,,Повярвахме в Аллах и в онова, което ни е низпослано" (Бакара: 136 знамение) .</t>
   </si>
   <si>
     <t>حذًّر النبي صلى الله عليه وسلم أمته من الاغترار بما يرويه أهل الكتاب من كتبهم، 
 حيث كان اليهود على عهد النبي صلى الله عليه وسلم يقرؤون التوراة باللغة العبرية؛ وهي لغة اليهود، ويفسرونها بالعربية، 
 فقال صلى الله عليه وسلم: لا تصدِّقوا أهل الكتاب ولا تكذِّبوهم، وهذا فيما لا يُعرف صدقُه من كذِبِه؛ 
 وذلك لأن الله تعالى أمرنا أن نؤمن بما أنزل إلينا من القرآن، وما أنزل إليهم من الكتاب، إلا أنه لا سبيل لنا إلى أن نعلم صحيح ما يحكونه عن تلك الكتب من سقيمه إذا لم يَرِد في شريعتنا ما يوضِّح صدقَه من كذبه، 
 فنتوقف، فلا نصدقهم؛ لئلا نكون شركاء معهم فيما حرَّفوه منه، ولا نكذبهم؛ فلعله يكون صحيحًا، فنكون منكرين لما أمرنا أن نؤمن به، 
 وأمر النبي صلى الله عليه وسلم أن نقول: 
 {آمنا بالله وما أنزل إلينا وما أنزل إلى إبراهيم وإسماعيل وإسحاق ويعقوب والأسباط وما أوتي موسى وعيسى وما أوتي النبيون من ربهم لا نفرق بين أحد منهم ونحن له مسلمون} 
 [البقرة: 136].</t>
   </si>
   <si>
     <t>Пророка ﷺ предупреждава своята общност за опасността от онова, което предават хората на писанието от книгите си. Понеже евреите по времето на Пророка ﷺ четели Тората на иврит, а това е еврейският език, и я разяснявали на арабски. Пророка ﷺ казал: ,,Не вярвайте на хората на писанието, нито ги обвинявайте в лъжа!". Това се прави, когато не може да се разграничи истината от лъжата. Това е така, защото Всевишният Аллах ни заповядва да вярваме в онова, което ни е низпослано от Корана, и в онова, което им е низпослано на тях от книги. Но няма начин да разберем онова, което ни казват от техните книги дали е истина, или измислица, защото не е налично в нашето законодателство - шериат, за да поясни истината от лъжата. Затова се спираме и не им вярваме, за да не станем техни съучастници в изопачаването на книгите им. Но също така не ги обвиняваме в лъжа, защото може да се окаже истина и ние да отхвърлим онова, което ни е заповядано да вярваме в него. Пророка ﷺ ни заповядва да казваме: ,,Вярваме в Аллах и в низпосланото на нас, и в низпосланото на Ибрахим и Исмаил, и Исхак, и Якуб, и родовете [му], и в дареното на Муса и на Иса, и в дареното на пророците от техния Господ. Разлика не правим между никого от тях и на Него сме отдадени" (Ел-Бакара: 136).</t>
   </si>
   <si>
     <t>ما أخبر به أهل الكتاب ثلاثة أقسام: قسم يوافق القرآن والسنة فيُصدَّق، وقسم يخالف القرآن والسنة فهذا باطل ويكذَّب، وقسم ثالث ليس في القرآن والسنة ما يدل على صدقه ولا كذبه؛ فهذا يُروى، ولا يُصدَّق ولا يُكذَّب.</t>
   </si>
   <si>
     <t>Онова, което са известили хората на писанието, е три вида: първият вид е, който съвпада с Корана и Сунната и ги потвърждава. Вторият вид е, който противоречи на Корана и Сунната. Това се отхвърля и се обявява за лъжа. Третият вид е този, в който не намираме нищо в Корана и Сунната, което да го потвърждава нито да го отхвърля. Този вид може да се предава, без обаче да му се вярва, нито пък да се отхвърля и обявява за лъжа.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65046</t>
   </si>
   <si>
-    <t>لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ</t>
+    <t>لا تعلموا العلم لتباهوا به العلماء، ولا لتماروا به السفهاء</t>
   </si>
   <si>
     <t>Не учете знанието, за да се перчите пред учените, нито за да спорите с невежите, и не привличайте вниманието към себе си! А който стори това - Огънят, Огънят!</t>
   </si>
   <si>
     <t>عَنْ جَابِرِ بْنِ عَبْدِ اللَّهِ رضي الله عنهما أَنَّ النَّبِيَّ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لَا تَعَلَّمُوا الْعِلْمَ لِتُبَاهُوا بِهِ الْعُلَمَاءَ، وَلَا لِتُمَارُوا بِهِ السُّفَهَاءَ، وَلَا تَخَيَّرُوا بِهِ الْمَجَالِسَ، فَمَنْ فَعَلَ ذَلِكَ، فَالنَّارُ النَّارُ».</t>
   </si>
   <si>
     <t>От Джабир ибн Абдуллах /радийеллаху анхума/, че Пророка ﷺ казва: Не учете знанието, за да се перчите пред учените, нито за да спорите с невежите, и не привличайте вниманието към себе си! А който стори това - Огънят, Огънят!".</t>
   </si>
   <si>
     <t>حذَّّر النبي صلى الله عليه وسلم من طلب العلم لمفاخرة ومباهاة العلماء، وإظهار أني عالم مثلكم، أو لتخاطبوا وتجادلوا به السفهاء وخِفاف العقول، أو يتعلم لأن يتصدَّر في المجالس، ويُقدَّم على غيره فيها. 
 فمن فعل ذلك؛ فإنه يستحقّ النار بريائه وعدم الإخلاص في طلب العلم لله.</t>
   </si>
   <si>
     <t>Пророка ﷺ предупреждава онзи, който търси знанието, за да се гордее и перчи пред учените и да демонстрира, че е учен като тях. Или пък, за да спори с невежите и слабоумните, или за да привлича вниманието към себе си, когато има сбирки, за да бъде избран пред другите. Който направи това, той заслужава огъня заради показността си и липсата на искреност в търсенето на знание за Аллах.</t>
   </si>
   <si>
     <t>الوعيد بالنار لمن تعلَّم العلم ليفاخر به أو يجادل به أو يتصدَّر به المجالس، ونحو ذلك.
 أهمية إخلاص النية لمن تعلَّم العلم وعلَّمه.
 النية أساس الأعمال وعليها يكون الجزاء.</t>
   </si>
   <si>
     <t>Предупреждението с Огъня за онзи, който научава знанието, за да се гордее с него, да спори, да привлича вниманието към себе си, или подобни неща.
 Важността на искреното намерение за онзи, който учи и преподава знанието.
 Възнамерението е основа на делата и спрямо него ще бъде възмездието.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65047</t>
   </si>
   <si>
-    <t>ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا</t>
+    <t>ضرب الله مثلا صراطا مستقيما</t>
   </si>
   <si>
     <t>,,Аллах дава пример: прав път, а от двете му страни - стени с отворени врати. На вратите има спуснати завеси. При вратата на пътя има регулировчик, който казва: ,,Ей хора, влезте всички в пътя и не се отклонявайте!". Друг регулировчик напътства от високо място върху пътя и когато някой понечи да отвори някоя врата, му казва: ,,Горко ти, не я отваряй! Ако я отвориш, ще влезеш вътре". Пътят олицетворява исляма. Двете стени олицетворяват границите на Аллах. Отворените врати олицетворяват забраните на Аллах. Регулировчикът на пътя олицетворява книгата на Аллах - Корана. Регулировчикът отгоре над пътя олицетворява наставлението на Аллах в сърцето на всеки мюсюлманин</t>
   </si>
   <si>
     <t>عَنْ النَّوَّاسِ بْنِ سَمْعَانَ الْأَنْصَارِيِّ رضي الله عنه عَنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «ضَرَبَ اللهُ مَثَلًا صِرَاطًا مُسْتَقِيمًا، وَعَلَى جَنْبَتَيْ الصِّرَاطِ سُورَانِ، فِيهِمَا أَبْوَابٌ مُفَتَّحَةٌ، وَعَلَى الْأَبْوَابِ سُتُورٌ مُرْخَاةٌ، وَعَلَى بَابِ الصِّرَاطِ دَاعٍ يَقُولُ: أَيُّهَا النَّاسُ، ادْخُلُوا الصِّرَاطَ جَمِيعًا، وَلَا تَتَعَرَّجُوا، وَدَاعٍ يَدْعُو مِنْ فَوْقِ الصِّرَاطِ، فَإِذَا أَرَادَ يَفْتَحُ شَيْئًا مِنْ تِلْكَ الْأَبْوَابِ، قَالَ: وَيْحَكَ لَا تَفْتَحْهُ، فَإِنَّكَ إِنْ تَفْتَحْهُ تَلِجْهُ، وَالصِّرَاطُ الْإِسْلَامُ، وَالسُّورَانِ: حُدُودُ اللهِ، وَالْأَبْوَابُ الْمُفَتَّحَةُ: مَحَارِمُ اللهِ، وَذَلِكَ الدَّاعِي عَلَى رَأْسِ الصِّرَاطِ: كِتَابُ اللهِ، وَالدَّاعِي مِنِ فَوْقَ الصِّرَاطِ: وَاعِظُ اللهِ فِي قَلْبِ كُلِّ مُسْلِمٍ».</t>
   </si>
   <si>
     <t>От Неууас Ибн Сем'ан ел-Енсарий /радийеллаху анху/ от Пратеника на Аллах ﷺ казва: ,,Аллах дава пример: прав път, а от двете му страни - стени с отворени врати. На вратите има спуснати завеси. При вратата на пътя има регулировчик, който казва: ,,Ей хора, влезте всички в пътя и не се отклонявайте!". Друг регулировчик напътства от високо място върху пътя и когато някой понечи да отвори някоя врата, му казва: ,,Горко ти, не я отваряй! Ако я отвориш, ще влезеш вътре". Пътят олицетворява исляма. Двете стени олицетворяват границите на Аллах. Отворените врати олицетворяват забраните на Аллах. Регулировчикът на пътя олицетворява книгата на Аллах - Корана. Регулировчикът отгоре над пътя олицетворява наставлението на Аллах в сърцето на всеки мюсюлманин".</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم: أن الله ضرب مثلًا للإسلام بالطريق المستقيم المُمتد لا اعوجاج فيه، وعلى جانبي هذا الطريق، سوران أو جداران يحيطان به من جهتيه وهما حدود الله، يتخلل هذين الجدارين أبواب مفتَّحة هي محارم الله، 
 وعلى تلك الأبواب ستائر لا تُظهِر للمارِّ على الطريق مَن بداخلها، 
 وفي أول الطريق داعٍ يوجِّه الناسَ ويرشدهم ويقول لهم: سيروا عليه دون أن تميلوا إلى الأطراف والجوانب، وهذا الداعي هو كتاب الله، 
 وهناك داع آخر من فوق الطريق؛ وهذا الداعي كلما همّ الماشي على الصراط أن يفتح قدرًا يسيرًا من ستور تلك الأبواب زجره وقال له: ويلك لا تفتحْه! فإنك إن تفتحْه تَلِجْه ولن تستطيع أن تمسك نفسك عن الدخول، وهذا الداعي هو واعظ الله في قلب كل مسلم.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че Аллах дава пример за исляма чрез прав път, който няма завои. От двете страни на този път има две стени, който го обгръщат и това са границите на Аллах. Тези две стени имат отворени врати, които представляват забраните на Аллах. На тези врати има спуснати завеси, които не позволяват на човека, който върви по този път да види какво се крие зад тях. В началото на пътя има регулировчик, който насочва и напътства хората, казвайки им: ,,Вървете по него без да се отклонявате в страни". Този регулировчик е книгата на Аллах - Корана. Там има и друг регулировчик, който се намира над пътя. Всеки път, когато вървящият по пътя понечи леко да открехне завесите на вратите, този регулировчик го порицава, казвайки му: ,,Горко ти, не ги открехвай! Ако ги открехнеш, ще влезеш вътре. Няма да успееш да се сдържиш без да влезеш!". Този регулировчик е напомнянето на Аллах в сърцето на всеки мюсюлманин".</t>
   </si>
   <si>
     <t>الإسلام هو الدين الحق، وأنه الصراط المستقيم الذي يوصلنا إلى الجنة.
 وجوب الالتزام بحدود الله وبما أحلَّ وحرَّم، وأنّ التَّساهل فيها يُورِث الهلاك.
 فضل القرآن العظيم والحث على العمل به، ففيه الهدى والنور والفلاح.
 رحمة الله بعباده وبما أودعه في قلوب المؤمنين ما يمنعهم ويعظهم عن الوقوع في المهالك.
 الله برحمته جعل للعباد حواجز تمنعهم من الوقوع في المعاصي.
 من وسائل التعليم ضرب المثل للتقريب والتوضيح.</t>
   </si>
   <si>
     <t>Ислямът е истинската религия и той е правият път, който ни води към Дженнета.
 Задължителността да спазваме границите на Аллах и онова, което е позволил и забранил, и че небрежността в тях води до пагубност.
 Превъзходството на великия Коран и подтика за прилагането му, защото в него има напътствие, светлина и сполука.
 Милостта на Аллах към Своите раби и онова, което прави достояние в сърцата на вярващите, което ги възпира и наставлява, за да не попаднат в гибелни неща.
 Аллах чрез Своята милост прави прегради за рабите Си, които ги пазят от попадане в греховете.
 От похватите на обучението е даването на примери за обяснение и придобиване на яснота.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65049</t>
   </si>
   <si>
-    <t>أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ</t>
+    <t>أنزل على رسول الله صلى الله عليه وسلم وهو ابن أربعين</t>
   </si>
   <si>
     <t>,,Бе низполсано (посланието) на Пратеника ﷺ, когато бе на четиридесет години. В Мекка прекара тринадесет години, след което му бе заповядано да се пресели. Пресели се към Медина и там прекара десет години, след което почина ﷺ</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: أُنْزِلَ عَلَى رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ وَهُوَ ابْنُ أَرْبَعِينَ، فَمَكَثَ بِمَكَّةَ ثَلَاثَ عَشْرَةَ سَنَةً، ثُمَّ أُمِرَ بِالْهِجْرَةِ، فَهَاجَرَ إِلَى الْمَدِينَةِ، فَمَكَثَ بِهَا عَشْرَ سِنِينَ، ثُمَّ تُوُفِّيَ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ.</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ казва: ,,Бе низполсано (посланието) на Пратеника ﷺ, когато бе на четиридесет години. В Мекка прекара тринадесет години, след което му бе заповядано да се пресели. Пресели се към Медина и там прекара десет години, след което почина ﷺ".</t>
   </si>
   <si>
     <t>يخبر ابن عباس رضي الله عنهما: أن الوحي أنزل على رسول الله صلى الله عليه وسلم وبُعث وعمره أربعون سنة، 
 فأقام بمكة ثلاث عشرة سنة بعد الوحي، 
 ثم أُمِرَ بالهجرة إلى المدينة وأقام بها عشر سنين، 
 ثم توفي صلى الله عليه وسلم وعمره ثلاثٌ وستون سنة.</t>
   </si>
   <si>
     <t>Ибн Аббас /радийеллаху анхума/ съобщава, че откровението и пророчеството били низпослани на Пратеника на Аллах ﷺ, когато бил на четиридесет години. Останал в Мекка тринадесет години след (началото на) откровението. След това му било заповядано да се пресели към Медина и там останал десет години. След това починал, когато бил на шейсет и три години /Аллах да го благослови и с мир да го дари/.</t>
   </si>
   <si>
     <t>اهتمام الصحابة بسيرة النبي صلى الله عليه وسلم.</t>
   </si>
   <si>
     <t>Загрижеността на сподвижниците за биографията на Пророка ﷺ.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65050</t>
   </si>
   <si>
-    <t>كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}</t>
+    <t>كان النبي صلى الله عليه وسلم لا يعرف فصل السورة حتى تنزل عليه بسم الله الرحمن الرحيم</t>
   </si>
   <si>
     <t>,,Пророка ﷺ не знаеше отделянето на сурите в Корана, докато не му биваше низпослано ,,Бисмилляхир-рахманир-рахим</t>
   </si>
   <si>
     <t>عَنِ ‌ابْنِ عَبَّاسٍ رَضِيَ اللهُ عَنْهُمَا قَالَ: كَانَ النَّبِيُّ صَلَّى اللهُ عَليهِ وَسَلَّمَ لا يَعْرِفُ فَصْلَ السُّورةِ حَتَّى تَنْزِلَ عَليْهِ {بِسْمِ اللَّهِ الرَّحْمَنِ الرَّحِيمِ}.</t>
   </si>
   <si>
     <t>От Ибн Аббас /радийеллаху анхума/ казва: ,,Пророка ﷺ не знаеше отделянето на сурите в Корана, докато не му биваше низпослано ,,Бисмилляхир-рахманир-рахим".</t>
   </si>
   <si>
     <t>يُبَيِّن ابن عباس رضي الله عنهما أن سور القرآن الكريم كانت تنزل على النبي صلى الله عليه وسلم ولا يَعرف انفصالَها وانتهاءها، حتى تنزل عليه: "بسم الله الرحمن الرحيم"، فيَعلم أن السورة السابقة قد خُتمت، وأنها بداية لسورة جديدة.</t>
   </si>
   <si>
     <t>Ибн Аббас /радийеллаху анхума/ пояснява, че сурите в Свещения Коран били низпославани на Пророка ﷺ и той не знаел техния край и разделянето им една от друга, докато не му се низпославало ,,Бисмилляхир-рахманир-рахим". По този начин разбирал, че предишната сура е завършена и че започва нова сура.</t>
   </si>
   <si>
     <t>البسملة يُفصَل بها بين السُّور، إلا بين سورة الأنفال وسورة التوبة.</t>
   </si>
   <si>
     <t>,,Бисмилляхир-рахманир-рахим" служи като разделение между сурите, освен за сура ,,Ел-Енфал" и сура ,,Ет-Теубе".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65051</t>
   </si>
   <si>
-    <t>أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟</t>
+    <t>أيحب أحدكم إذا رجع إلى أهله أن يجد فيه ثلاث خلفات عظام سمان؟</t>
   </si>
   <si>
     <t>,,Обичате ли, когато се върнете при семействата си, да намерите три големи, угоени, бременни камили?". Отговорихме: ,,Да". Рече: ,,Някой от вас да прочете три айета в намаза си е по-добро за него от три големи, угоени, бременни камили</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «أَيُحِبُّ أَحَدُكُمْ إِذَا رَجَعَ إِلَى أَهْلِهِ أَنْ يَجِدَ فِيهِ ثَلَاثَ خَلِفَاتٍ عِظَامٍ سِمَانٍ؟» قُلْنَا: نَعَمْ. قَالَ: «فَثَلَاثُ آيَاتٍ يَقْرَأُ بِهِنَّ أَحَدُكُمْ فِي صَلَاتِهِ خَيْرٌ لَهُ مِنْ ثَلَاثِ خَلِفَاتٍ عِظَامٍ سِمَانٍ».</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ каза: ,,Обичате ли, когато се върнете при семействата си, да намерите три големи, угоени, бременни камили?". Отговорихме: ,,Да". Рече: ,,Някой от вас да прочете три айета в намаза си е по-добро за него от три големи, угоени, бременни камили".</t>
   </si>
   <si>
     <t>يُبَيِّن النبي صلى الله عليه وسلم أن أجر قراءة ثلاثة آيات في الصلاة؛ خير من أن يجد الإنسان في بيته ثلاث نُوْقٍ حوامل عظام سمان.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че наградата от четенето на три айета в намаза, е по-добро за човек, отколкото да намери три големи, угоени, бременни камили вкъщи.</t>
   </si>
   <si>
     <t>بيان فضل قراءة القرآن في الصلاة.
 الأعمال الصالحة خير وأبقى من متاع الدنيا الفاني.
 هذا الفضل ليس مُقيَّدًا بقراءة ثلاث آيات فقط؛ فكلما زاد المصلي من قراءة الآيات في صلاته كان ثوابها خيرًا له من عددهن من الخَلِفات.</t>
   </si>
   <si>
     <t>Пояснение за превъзходството от четенето на Коран в намаза.
 Праведните дела са по-добри и по-дълготрайни от насладата на преходния земен живот.
 Това превъзходство не е обвързано единствено с прочитането на три айета. Винаги, когато кланящият се увеличи броя на айетите, които чете в намаза си, наградата му също се увеличава спрямо примера с камилите.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65053</t>
   </si>
   <si>
-    <t>يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها</t>
+    <t>يقال لصاحب القرآن: اقرأ وارتق، ورتل كما كنت ترتل في الدنيا، فإن منزلك عند آخر آية تقرؤها</t>
   </si>
   <si>
     <t>,,Ще бъде речено на онзи, който е бил обвързан с Корана: ,,Чети и се въздигай! Чети го отмерено така, както го четеше в земния живот, защото мястото ти е там, където прочетеш последния айет</t>
   </si>
   <si>
     <t>عن عبد الله بن عمرو رضي الله عنهما قال: قال رسول الله صلى الله عليه وسلم: «يقالُ لصاحبِ القرآن: اقرَأ وارتَقِ، ورتِّل كما كُنْتَ ترتِّل في الدُنيا، فإن منزِلَكَ عندَ آخرِ آية تقرؤها».</t>
   </si>
   <si>
     <t>От Aбдуллах ибн Амр /радийеллаху анхума/ казва: ,,Пратеника на Аллах ﷺ казва: ,,Ще бъде речено на онзи, който е бил обвързан с Корана: ,,Чети и се въздигай! Чети го отмерено така, както го четеше в земния живот, защото мястото ти е там, където прочетеш последния айет".</t>
   </si>
   <si>
     <t>أخبر النبي صلى الله عليه وسلم أنه يقال لقارئ القرآن، العامل بما فيه، الملازم له تلاوةً وحفظًا إذا دخل الجنة: 
 اقرأ القرآن، وارتق بذلك في درجات الجنة، ورتل كما كنت ترتل في الدنيا بقراءته بتأنٍّ وطمأنينة؛ فإن منزلك عند آخر آية تقرؤها.</t>
   </si>
   <si>
     <t>Пророка ﷺ съобщава, че когато влезе в Дженнета  онзи, който е обвързан с Корана, който го е прилагал, който е постоянствал в четенето и наизустяването му, ще му бъде казано: ,,Чети Корана и чрез това се издигай в степените на Дженнета. Чети го отмерено, спазвайки правилата (теджуид), с хубав глас и спокойствие, защото мястото ти е там, където прочетеш последния айет".</t>
   </si>
   <si>
     <t>الجزاء على وفق الأعمال كميَّةً وكيفيَّة.
 الحث على تلاوة القرآن وإتقانه وحفظه وتدبره والعمل به.
 الجنة منازل ودرجات كثيرة، ينال أصحاب القرآن فيها أعلى الدرجات.</t>
   </si>
   <si>
     <t>Наградата е спрямо делата, според количеството и качеството им.
 Подтикването към четенето, наизустяването, усвояването, размишляването и прилагането на Корана.
 Дженнетът се състои от много степени. Обвързаният с Корана ще достигне до най-високите му степени.</t>
   </si>
   <si>
-    <t>رواه أبو داود والترمذي والنسائي في الكبرى وأحمد</t>
-[...4 lines deleted...]
-  <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65054</t>
   </si>
   <si>
-    <t>الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة</t>
+    <t>الجاهر بالقرآن كالجاهر بالصدقة، والمسر بالقرآن كالمسر بالصدقة</t>
   </si>
   <si>
     <t>,,Четящият Корана явно е като онзи, който дава явна садака, а четящият Корана скрито, е като онзи, който дава скрита садака</t>
   </si>
   <si>
     <t>عن عُقبة بن عامر الجُهني رضي الله عنه قال: قال رسولُ الله صلَّى الله عليه وسلم: «الجاهِرُ بالقرآن كالجاهِرِ بالصَّدَقَةِ، والمُسِرُّ بالقرآن كالمُسِرِّ بالصَّدَقَة».</t>
   </si>
   <si>
     <t>От Укбе ибн Амир ел-Джухани /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ казва: ,,Четящият Корана явно е като онзи, който дава явна садака, а четящият Корана скрито, е като онзи, който дава скрита садака".</t>
   </si>
   <si>
     <t>بَيَّن النبي صلى الله عليه وسلم أن المُعلن بقراءة القرآن كالمعلن بإعطاء الصدقة، والمُخفي بقراءة القرآن كالمخفي بإعطاء الصدقة.</t>
   </si>
   <si>
     <t>Пророка ﷺ пояснява, че онзи, който чете Корана открито, е като онзи, който дава садака открито. А онзи, който чете Корана скрито, е като онзи, който дава скрита садака.</t>
   </si>
   <si>
     <t>إخفاء قراءة القرآن أفضل، كما إن إخفاء الصدقة أفضل، لما فيه من الإخلاص والبعد عن الرياء والعجب، إلا إذا دعت الحاجة والمصلحة إلى الجهر مثل تعليم القرآن.</t>
   </si>
   <si>
     <t>Четенето на Коран - скрито, е по превъзходно така, както скритата садака (милостиня) е по-добра, заради наличието на искреност и отдалечването от показността и впечатляването. Изключение се прави, ако има нужда и полза в четенето му открито, както е в обучението на Корана.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65055</t>
   </si>
   <si>
-    <t>كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ</t>
+    <t>كانوا يقترئون من رسول الله صلى الله عليه وسلم عشر آيات، فلا يأخذون في العشر الأخرى حتى يعلموا ما في هذه من العلم والعمل</t>
   </si>
   <si>
     <t>взимали десет айета от Пратеника ﷺ и не преминавали към нови десет, докато не научели какво се крие в тях като знание и приложение</t>
   </si>
   <si>
     <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ السُّلَمي رحمه الله قَالَ: حَدَّثَنَا مَنْ كَانَ يُقْرِئُنَا مِنْ أَصْحَابِ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ أَنَّهُمْ كَانُوا يَقْتَرِئُونَ مِنْ رَسُولِ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ عَشْرَ آيَاتٍ، فَلَا يَأْخُذُونَ فِي الْعَشْرِ الْأُخْرَى حَتَّى يَعْلَمُوا مَا فِي هَذِهِ مِنَ الْعِلْمِ وَالْعَمَلِ، قَالُوا: فَعَلِمْنَا الْعِلْمَ وَالْعَمَلَ.</t>
   </si>
   <si>
     <t>От Ебу Абдуррахман ес-Сулеми /радийеллаху анху/ казва: ,,Разказа ни онзи, от сподвижниците на Пророка ﷺ, който ни четеше и учеше на Корана, че те  взимали десет айета от Пратеника ﷺ и не преминавали към нови десет, докато не научели какво се крие в тях като знание и приложение. Рекоха: ,,И така научихме знанието и прилагането".</t>
   </si>
   <si>
     <t>كان الصحابة رضي الله عنهم يَتَلَقَّون مِن رسول الله صلى الله عليه وسلم عشر آيات مِن القرآن، ولا ينتقلون إلى غيرها حتَّى يتعلَّموا ما في هذه العشر من العلم ويعملون به، فعلموا العلم والعمل معًا.</t>
   </si>
   <si>
     <t>Сподвижниците /радийеллаху анхум/ научавали от Пратеника ﷺ десет знамения от Корана. Те не преминавали към други айети, докато не научели какво се крие като знание в тези десет и не ги приложели в делата си. Така научавали знанието и приложението им заедно.</t>
   </si>
   <si>
     <t>فضل الصحابة رضي الله عنهم وحرصهم على تعلم القرآن.
 تعلم القرآن يكون بالعلم والعمل بما فيه، وليس بقراءته وحفظه فقط.
 العلم يكون قبل القول والعمل.</t>
   </si>
   <si>
     <t>Превъзходството и усърдието на сподвижниците /радийеллаху анхум/ в научаването на Корана.
 Научаването на Корана се осъществява чрез ученето и прилагането му, а не само чрез четенето и наизустяването му.
 Знанието е преди думите и делата.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65058</t>
   </si>
   <si>
-    <t>يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ</t>
+    <t>يا أبا المنذر، أتدري أي آية من كتاب الله معك أعظم؟ قال: قلت: الله لا إله إلا هو الحي القيوم البقرة: . قال: فضرب في صدري، وقال: والله ليهنك العلم، أبا المنذر</t>
   </si>
   <si>
     <t>,,Ей, Ебу ел-Мунзир, знаеш ли кой айет от книгата на Аллах при теб е най-велик?". Рече: ,,Казах: ,,Аллах, няма друг бог освен Него, Вечноживият, Неизменният"(Бакара: 255)". ,,Рече: Удари ме по гърдите и каза: ,,Кълна се в Аллах, ще станеш море от знание, ей, Ебу ел-Мунзир</t>
   </si>
   <si>
     <t>عَنْ ‌أُبَيِّ بْنِ كَعْبٍ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: اللهُ وَرَسُولُهُ أَعْلَمُ. قَالَ: «يَا أَبَا الْمُنْذِرِ، أَتَدْرِي أَيُّ آيَةٍ مِنْ كِتَابِ اللهِ مَعَكَ أَعْظَمُ؟» قَالَ: قُلْتُ: {اللهُ لا إِلَهَ إِلا هُوَ الْحَيُّ الْقَيُّومُ} [البقرة: 255]. قَالَ: فَضَرَبَ فِي صَدْرِي، وَقَالَ: «وَاللهِ لِيَهْنِكَ الْعِلْمُ، أَبَا الْمُنْذِرِ».</t>
   </si>
   <si>
     <t>От Убей Ибн Кя'аб /радийеллах анху/ казва: ,,Пратеника на Аллах ﷺ казва: ,,Ей, Ебу ел-Мунзир, знаеш ли кой айет от книгата на Аллах при теб е най-велик?". Рекох: ,,Аллах и неговият Пратеник знаят най-добре". Рече:  ,,Ей, Ебу ел-Мунзир, знаеш ли кой айет от книгата на Аллах при теб е най-велик?". Рече: ,,Казах: ,,Аллах, няма друг бог освен Него, Вечноживият, Неизменният"(Бакара: 255)". ,,Рече: Удари ме по гърдите и каза: ,,Кълна се в Аллах, ще станеш море от знание, ей, Ебу ел-Мунзир".</t>
   </si>
   <si>
     <t>سأل النبيُّ صلى الله عليه وسلم أبيَّ بن كعب عن أعظم آية في كتاب الله، 
 فتردد في الإجابة، ثم قال: هي آية الكرسي: {الله لا إله إلا هو الحي القيوم}، 
 فأيَّده النبي صلى الله عليه وسلم، وضرب النبي على صدره إشارة إلى امتلائه علمًا وحكمة، ودعا له بأن يَسعدَ بهذا العلم وأن يُيَسَّر له.</t>
   </si>
   <si>
     <t>Пророка ﷺ попитал Убей ибн Кя'аб за най-великия айет в книгата на Аллах. Той се поколебал в отговора, а след това казал: ,,Айетул Курси" (знамението за Престола), ,,Аллаху ля иляхе илля хувел хайюл кайюм...". Тогава Пророка ﷺ го подкрепил и го потупал по гърдите, намеквайки, че е пълен със знание и мъдрост. След това отправил дуа за него да бъде щастлив с това знание и да му бъде улеснено.</t>
   </si>
   <si>
     <t>منقبة عظيمة لأبي بن كعب رضي الله عنه.
 آية الكرسي أعظم آية في كتاب الله تعالى، فينبغي حفظها وتدبر معانيها والعمل بها.</t>
   </si>
   <si>
     <t>Огромно признание за Убей ибн ел-Кя'аб /радийеллаху анху/.
 ,,Айетул Курси" (знамението за престола) е най-великият айет в книгата на Всевишния Аллах. Подобава да бъде научен, да се разсъждава върху значенията му и да се прилага.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65059</t>
   </si>
   <si>
-    <t>أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}</t>
+    <t>أن النبي صلى الله عليه وسلم كان إذا أوى إلى فراشه كل ليلة جمع كفيه، ثم نفث فيهما فقرأ فيهما: قل هو الله أحد، وقل أعوذ برب الفلق، وقل أعوذ برب الناس</t>
   </si>
   <si>
     <t>,,Пророка ﷺ, когато се отправяше към постелята си всяка вечер, събираше дланите си, поплюваше в тях и прочиташе (,,Кул хувеллаху ехад "- сура ел-Ихляс, ,,Кул еузу бирабил фелек" - сура ел-Фелек, и ,,Кул еузу бираббин-нас" - сура ен-Нас). След това обтриваше тялото си с дланите, доколкото можеше, започвайки с главата, лицето и предната част на тялото. Правеше това три пъти</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رضي الله عنها: أَنَّ النَّبِيَّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ كَانَ إِذَا أَوَى إِلَى فِرَاشِهِ كُلَّ لَيْلَةٍ جَمَعَ كَفَّيْهِ، ثُمَّ نَفَثَ فِيهِمَا فَقَرَأَ فِيهِمَا: {قُلْ هُوَ اللهُ أَحَدٌ}، وَ{قُلْ أَعُوذُ بِرَبِّ الْفَلَقِ}، وَ{قُلْ أَعُوذُ بِرَبِّ النَّاسِ}، ثُمَّ يَمْسَحُ بِهِمَا مَا اسْتَطَاعَ مِنْ جَسَدِهِ، يَبْدَأُ بِهِمَا عَلَى رَأْسِهِ وَوَجْهِهِ وَمَا أَقْبَلَ مِنْ جَسَدِهِ، يَفْعَلُ ذَلِكَ ثَلَاثَ مَرَّاتٍ.</t>
   </si>
   <si>
     <t>От Айша /радийеллаху аха/: ,,Пророка ﷺ, когато се отправяше към постелята си всяка вечер, събираше дланите си, поплюваше в тях и прочиташе (,,Кул хувеллаху ехад "- сура ел-Ихляс, ,,Кул еузу бирабил фелек" - сура ел-Фелек, и ,,Кул еузу бираббин-нас" - сура ен-Нас). След това обтриваше тялото си с дланите, доколкото можеше, започвайки с главата, лицето и предната част на тялото. Правеше това три пъти".</t>
   </si>
   <si>
     <t>كان من هديه صلى الله عليه وسلم إذا أوى إلى فراشه لينام جَمَعَ كفـيه ورفعهما -كما يفعل الداعي- ونَفَخَ فيهما من فمِه نفخًا لطيفًا مع رِيْق يسير ويقرأ السور الثلاث: 
 {قل هو الله أحد} 
 و{قل أعوذ برب الفلق} 
 و{قل أعوذ برب الناس}، 
 ثم يمسح بكفيه ما استطاع من جسده؛ بادئًا برأسه ووجهه وبالجزء الأمامي من بدنه، يكرر هذا الفعل ثلاث مرات.</t>
   </si>
   <si>
     <t>От напътствието му ﷺ е било, че когато отивал към постелята да си легне, събирал дланите си и ги вдигал - така, както прави онзи, който вдига дуа - поплювал в тях леко, като попадала малко слюнка, и прочитал трите сури: (,,Кул хувеллаху ехад", ,,Кул еузу бираббил фелек" и ,,Кул еузу бираббин-нас"). След това обтривал тялото си с длани, доколкото можел, започвайки от главата, лицето и предната част на тялото. Повтарял това три пъти.</t>
   </si>
   <si>
     <t>استحباب قراءة سورة الإخلاص والمعوذتين قبل النوم والنفث بهنَّ، ومسح ما استطاع من جسده.</t>
   </si>
   <si>
     <t>Желателно е да се прочетат сурите: ел-Ихляс, ел-Феляк и ен-Нас преди сън, да се поплюе в дланите и да се обтрие, колкото се може от тялото.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65060</t>
   </si>
   <si>
-    <t>فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ</t>
+    <t>فإذا رأيت الذين يتبعون ما تشابه منه فأولئك الذين سمى الله، فاحذروهم</t>
   </si>
   <si>
     <t>,,Пратеника на Аллах ﷺ прочел този айет: ,,Той е, който низпосла на теб Книгата. В нея има понятни знамения, те са основата на Книгата, и други - неясни. А онези, в чиито сърца има изкривяване, следват неясното в нея, стремейки се към смут и стремейки се към тълкуването му. Ала никой освен Аллах не знае тълкуването му. И утвърдените в знанието казват: ,,Повярвахме в нея. Всичко е от нашия Господ". Но само разумните се поучават" (Аали Имран: 7). Рече: ,,Пратеника на Аллах ﷺ каза: ,,Когато видиш онези, които следват неясните знамения, те са, които Аллах посочва, затова внимавайте с тях"@*.</t>
   </si>
   <si>
     <t>عَنْ ‌عَائِشَةَ رَضِيَ اللهُ عَنْهَا قَالَتْ: تَلَا رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ هَذِهِ الْآيَةَ: {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ، وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ، وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ} [آل عمران: 7]. قَالَتْ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ: «فَإِذَا رَأَيْتِ الَّذِينَ يَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ فَأُولَئِكَ الَّذِينَ سَمَّى اللهُ، فَاحْذَرُوهُمْ».</t>
   </si>
   <si>
     <t>От Айша /радийеллаху анха/ казва: ,,Пратеника на Аллах ﷺ прочел този айет: ,,Той е, който низпосла на теб Книгата. В нея има понятни знамения, те са основата на Книгата, и други - неясни. А онези, в чиито сърца има изкривяване, следват неясното в нея, стремейки се към смут и стремейки се към тълкуването му. Ала никой освен Аллах не знае тълкуването му. И утвърдените в знанието казват: ,,Повярвахме в нея. Всичко е от нашия Господ". Но само разумните се поучават" (Аали Имран: 7). Рече: ,,Пратеника на Аллах ﷺ каза: ,,Когато видиш онези, които следват неясните знамения, те са, които Аллах посочва, затова внимавайте с тях".</t>
   </si>
   <si>
     <t>قرأ رسول الله صلى الله عليه وسلم هذه الآية: 
 {هُوَ الَّذِي أَنْزَلَ عَلَيْكَ الْكِتَابَ مِنْهُ آيَاتٌ مُحْكَمَاتٌ هُنَّ أُمُّ الْكِتَابِ وَأُخَرُ مُتَشَابِهَاتٌ فَأَمَّا الَّذِينَ فِي قُلُوبِهِمْ زَيْغٌ فَيَتَّبِعُونَ مَا تَشَابَهَ مِنْهُ ابْتِغَاءَ الْفِتْنَةِ وَابْتِغَاءَ تَأْوِيلِهِ وَمَا يَعْلَمُ تَأْوِيلَهُ إِلَّا اللَّهُ وَالرَّاسِخُونَ فِي الْعِلْمِ يَقُولُونَ آمَنَّا بِهِ كُلٌّ مِنْ عِنْدِ رَبِّنَا وَمَا يَذَّكَّرُ إِلَّا أُولُو الْأَلْبَابِ}، 
 وفيها أخبر الله سبحانه أنه هو الذي أنزل على نبيه القرآن، الذي منه آيات واضحة الدلالة، معلومة الأحكام لا لبس فيها، هي أصل الكتاب ومرجعه، وهي المرجع عند الاختلاف، 
 ومنه آيات أُخر محتملة لأكثر من معنى، يلتبس معناها على بعض الناس، أو يظن أن بينها وبين الآية الأخرى تعارض، 
 ثم بين الله تعامل الناس مع هذا الآيات، 
 فالذين في قلوبهم مَيْلٌ عن الحق فيتركون المُحْكم، ويأخذون بالمتشابه المُحْتمل، يبتغون بذلك إثارة الشبهة وإضلال الناس، ويبتغون بذلك تأويلها على ما يوافق أهواءهم، 
 وأما الثابتون في العلم فإنهم يعلمون هذا المتشابه، ويردُّونه للمحكم، ويؤمنون به وأنه من عند الله سبحانه وتعالى، ولا يمكن أن يلتبس أو يتعارض، ولكن ما يتذكر بذلك ولا يتعظ إلا أصحاب العقول السليمة. 
 ثم قال النبي صلى الله عليه وسلم لأم المؤمنين عائشة رضي الله عنها أنها إذا رأت الذين يتبعون المتشابه فإنهم هم الذين سمَّى الله في قوله: 
 {فأما الذين في قلوبهم زيغ} 
 فاحذروهم ولا تصغوا إليهم.</t>
   </si>
   <si>
     <t>Пратеника на Аллах ﷺ прочел този айет: ,,Той е, който низпосла на теб Книгата. В нея има понятни знамения, те са основата на Книгата, и други - неясни. А онези, в чиито сърца има изкривяване, следват неясното в нея, стремейки се към смут и стремейки се към тълкуването му. Ала никой освен Аллах не знае тълкуването му. И утвърдените в знанието казват: ,,Повярвахме в нея. Всичко е от нашия Господ". Но само разумните се поучават" (Аали Имран: 7). В него Пречистият Аллах съобщава, че той е онзи, който низпослава Корана на своя Пратеник. В него има ясни знамения (айети), с ясни доказателства в постановленията без двусмислие. Те се явяват основата на Книгата и нейн източник. Те са източникът при разногласие. В Корана също така има и друг вид айети, които съдържат повече от едно значение, което обърква някои хора. Те си мислят, че между тези и други знамения има противопоставяне. След това Всевишният Аллах пояснява положението на хората спрямо тези знамения. Онези, в чиито сърца има изкривяване за истината, изоставят ясните, отсъждащи айети и се обръщат към неясните, които имат повече от едно значение. Чрез това действие те желаят да посеят съмнение и да заблудят хората. Те искат да тълкуват айетите спрямо собствените си желания и прищевки. Що се отнася до утвърдените в знанието, те знаят тези неясни айети и ги отнасят към ясните. Те вярват в тях и в това, че са от Пречистия и Всевишен Аллах, и че не е възможно знаменията да се объркат или противопоставят помежду си. Но в това не се поучават освен хората, притежаващи здрав разум. След това Пророка ﷺ казва на майката на вярващите - Айша /радийеллаху анха/, че когато види последователите на неясното, да знае, че те са онези, които посочва Аллах с думите Си:
 ,,А онези, в чиито сърца има изкривяване...", затова се пазете от тях и не ги слушайте.</t>
@@ -6478,113 +6472,237 @@
     <t>المحكم من آيات القرآن: ما اتضحت دلالته وظهر معناه، والمتشابه: ما احتمل أكثر من معنى واحتاج إلى نظر وفهم.
 التحذير مِن مخالطة أهل الزيغ وأصحاب البدع ومَن يطرح المشكلات لإضلال الناس وتشكيكهم. 
 في ختم الآية بقوله تعالى: {وما يذكر إلا أولو الألباب} تعريض بالزائغين، ومدح للراسخين، يعني: مَن لم يتذكَّر ويتَّعظ، واتَّبع هواه ليس مِن أولي الألباب.
 اتباع المتشابه سبب لزيغ القلب.
 وجوب رد الآيات المتشابهة التي قد لا يُفهم معناها إلى الآيات المحكمة.
 جعل الله سبحانه بعضَ القرآن محكمًا وبعضَه متشابهًا؛ ابتلاءً للناس ليتميز أهل الإيمان من أهل الضلال.
 في وقوع المتشابه في القرآن: إظهار فضل العلماء على غيرهم، وإعلام للعقول بقصورها؛ لتستسلم لبارئها وتعترف بعجزها.
 فضيلة الرسوخ في العلم وضرورة الثبات فيه.
 للمفسرين في الوقوف على {الله} من قوله: { وما يعلم تأويله إلا الله والراسخون في العلم } قولان، فمن وقف على {الله}، فيكون المراد بالتأويل علم حقيقة الشيء وكنهه وما لا سبيل إلى إدراكه كأمر الروح والساعة مما استأثر الله بعلمه، والراسخون في العلم يؤمنون به ويكلون حقائقه إلى الله فيسلمون ويسلمون، ومن وصل ولم يقف على {الله} ، فيكون المراد بالتأويل التفسير والكشف والإيضاح، فيكون الله يعلمه والراسخون في العلم يعلمونه أيضا، فيؤمنون بها ويردونها للمحكم.</t>
   </si>
   <si>
     <t>Ясните знамения от Корана са: онези, които са с ясни постановления и явни значения. А неясните са: онези, които имат повече от едно значение и се нуждаят от проучване и разбиране.
 Предупреждението да не се събираме с хора, които имат изкривяване и нововъведения. С такива, които постоянно посочват проблеми, за да заблуждават и вкарват хората в съмнения.
 В завършека на айета с думите на Всевишния: ,,Но само разумните се поучават" - има порицание за онези с изкривените сърца и похвала за утвърдените в знанието. Тоест онзи, който не се поучава, не се опомня и следва прищевките си, не е от разумните.
 Следването на неясното е причина за отклоняване на сърцето.
 Задължителността на това, неясните айети, чиито значения може да не бъдат разбрани, да бъдат налагани към отсъждащите.
 Пречистият Аллах прави една част от Корана да е ясна, а друга - неясна, за да изпита хората и да отдели вярващите от заблудените.
 С наличието на неясни айети в Корана се изявява превъзходството на учените над другите. Също така се посочва ограничеността и безпомощността на разума, за да се отдаде на Изкусния.
 Превъзходството на утвърждаването в знанието и нуждата от устойчивост в него.
 Относно думите на Аллах: ,,Ала никой освен Аллах не знае тълкуването му" - тълкувателите имат две мнения. Ако се прекъсне изречението тук, то значението му е, че никой освен Аллах не знае и не може да достигне до същността, естеството и действителността на неща като: душата, Часа и онова, което Аллах е запазил в знанието Си. Утвърдените в знанието вярват, потвърждават и приемат това, а знанието за естеството им остава при Аллах. А ако изречението се прочете по този начин: ,,Ала никой освен Аллах и утвърдените в знанието не знае тълкуването му" - то значението му е: ,,Разтълкуването и пояснението (тефсир) на айетите, защото Аллах ги знае, и утвърдените в знанието също ги знаят. Те вярват в тях и ги отнасят към отсъждащите айети".</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65062</t>
   </si>
   <si>
-    <t>أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟</t>
+    <t>أليس الذي أمشاه على الرجلين في الدنيا قادرا على أن يمشيه على وجهه يوم القيامة؟</t>
   </si>
   <si>
     <t>Разказа ни Енес ибн Малик, че един човек рекъл: "Ей, Пророко на Аллах, как неверникът , когато бъде съживен повторно ще върви върху лицето си?". Рече: ,,Онзи, който го е сторил да върви чрез двата си крака в земния живот, не е ли способен да го стори да върви върху лицето си в Съдия ден?". Катаде рече: ,,Разбира се, кълна се във Величието на Господа ни!"*@.</t>
   </si>
   <si>
     <t>عَنْ ‌قَتَادَةَ رحمه الله قال: حَدَّثَنَا ‌أَنَسُ بْنُ مَالِكٍ رَضِيَ اللهُ عَنْهُ أَنَّ رَجُلًا قَالَ: يَا نَبِيَّ اللهِ كَيْفَ يُحْشَرُ الْكَافِرُ عَلَى وَجْهِهِ؟ قَالَ: «أَلَيْسَ الَّذِي أَمْشَاهُ عَلَى الرِّجْلَيْنِ فِي الدُّنْيَا قَادِرًا عَلَى أَنْ يُمْشِيَهُ عَلَى وَجْهِهِ يَوْمَ الْقِيَامَةِ؟» قَالَ قَتَادَةُ: بَلَى وَعِزَّةِ رَبِّنَا.</t>
   </si>
   <si>
     <t>От Катаде /рахимехуллах/ казва: Разказа ни Енес ибн Малик, че един човек рекъл: "Ей, Пророко на Аллах, как неверникът , когато бъде съживен повторно ще върви върху лицето си?". Рече: ,,Онзи, който го е сторил да върви чрез двата си крака в земния живот, не е ли способен да го стори да върви върху лицето си в Съдия ден?". Катаде рече: ,,Разбира се, кълна се във Величието на Господа ни!".</t>
   </si>
   <si>
     <t>سُئل النبي صلى الله عليه وسلم: كيف يُحشر الكافر على وجهه يوم القيامة؟! 
 فقال النبي صلى الله عليه وسلم: أليس الله الذي أمشاه على الرجلين في الدنيا قادرًا على أن يُمشيَه على وجهه يوم القيامة؟! فالله على كل شيء قدير.</t>
   </si>
   <si>
     <t>Пророка ﷺ бил попитан: ,,Как неверникът, когато бъде съживен повторно, ще върви върху лицето си?". Пророка ﷺ казал: ,,Онзи, който го е сторил да върви чрез двата си крака в земния живот не е ли способен да го стори да върви върху лицето си в Съдия ден?!". И Аллах на всяко нещо е способен.</t>
   </si>
   <si>
     <t>هوان الكافر يوم القيامة وأنه يمشي على وجهه.</t>
   </si>
   <si>
     <t>Унижението на неверника в Съдия ден и това, че ще върви върху лицето си.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65068</t>
   </si>
   <si>
-    <t>قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ</t>
+    <t>قل: لا إله إلا الله، أشهد لك بها يوم القيامة</t>
   </si>
   <si>
     <t>,,Пратеника на Аллах ﷺ каза на чичо си: ,,Кажи ,,Ля иляхе иллеллах", за да се застъпя за теб чрез това в Съдия ден". Рече: ,,Ако не се страхувах, че Курайш ще ме укорят и ще кажат ,,Страхът го подтикна към това", щях да ги кажа и да те зарадвам чрез тях. И Аллах низпосла: ,,Не ти напътстваш, когото обичаш, а Аллах напътства, когото пожелае..." (ел-Касас 56)*@.</t>
   </si>
   <si>
     <t>عَنْ ‌أَبِي هُرَيْرَةَ رضي الله عنه قَالَ: قَالَ رَسُولُ اللهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ لِعَمِّهِ: «قُلْ: لَا إِلَهَ إِلَّا اللهُ، أَشْهَدُ لَكَ بِهَا يَوْمَ الْقِيَامَةِ»، قَالَ: لَوْلَا أَنْ تُعَيِّرَنِي قُرَيْشٌ، يَقُولُونَ: إِنَّمَا حَمَلَهُ عَلَى ذَلِكَ الْجَزَعُ لَأَقْرَرْتُ بِهَا عَيْنَكَ. فَأَنْزَلَ اللهُ: {إِنَّكَ لا تَهْدِي مَنْ أَحْبَبْتَ وَلَكِنَّ اللهَ يَهْدِي مَنْ يَشَاءُ } [القصص: 56].</t>
   </si>
   <si>
     <t>От Ебу Хурейра /радийеллаху анху/ казва: ,,Пратеника на Аллах ﷺ каза на чичо си: ,,Кажи ,,Ля иляхе иллеллах", за да се застъпя за теб чрез това в Съдия ден". Рече: ,,Ако не се страхувах, че Курайш ще ме укорят и ще кажат ,,Страхът го подтикна към това", щях да ги кажа и да те зарадвам чрез тях. И Аллах низпосла: ,,Не ти напътстваш, когото обичаш, а Аллах напътства, когото пожелае..." (ел-Касас 56).</t>
   </si>
   <si>
     <t>طَلَبَ النبيُّ صلى الله عليه وسلم مِن عمِّه أبي طالب وهو في سكرات الموت أن ينطق بلا إله إلا الله ليشْفَع له بها يوم القيامة، ويشهد له بالإسلام، 
 فأبى أن ينطق بالشَّهادة خوفًا مِن أن تَسُبَّه قريش وتقول عنه: إنَّه أسلَم بسبب الخوف مِن الموت والضَّعْف! 
 فقال للنبي صلى الله عليه وسلم: لولا ذلك لَأدخلت السّرور على قلبك بقول الشَّهادة، وأبلغتك أُمنيتك حتى ترضى! 
 فأنزل الله تعالى الآية التي تدل على أن النبي صلى الله عليه وسلم لا يملك هداية التوفيق للإسلام، بل الله عز وجل وحده يُوفِّق من يشاء. 
 وأن النبي عليه الصلاة والسلام يهدي الخلق بالدلالة والبيان والإرشاد والدعوة إلى الصراط المستقيم.</t>
   </si>
   <si>
     <t>Пророка ﷺ поискал от чичо си Ебу Талиб, когато бил на смъртния си одър, да произнесе думите ,,Ля иляхе иллеллах", за да се застъпи за него чрез тях в Съдния ден и да бъде свидетел за исляма му. Но той отказал да изрече свидетелството от страх племето Курайш да не го ругаят и да кажат: ,,Той прие исляма, защото се уплаши от смъртта и защото е слаб." Казал на Пророка ﷺ: ,,Ако не беше това, щях да зарадвам сърцето ти, изричайки свидетелството и да изпълня желанието ти, за да си доволен. Тогава Аллах низпослава айета, който доказва, че Пророка ﷺ не притежава напътствието на сполуката към исляма, а единствено Великият Аллах дава сполуката, комуто пожелае. Пророка ﷺ напътства творенията чрез доказателства, пояснения, наставления и призив към правия път.</t>
   </si>
   <si>
     <t>الحق لا يُترك خوفًا من كلام الناس.
 النبي صلى الله عليه وسلم إنما يملك هداية الدلالة والإرشاد لا هداية التوفيق.
 مشروعية زيارة الكافر المريض لدعوته إلى الإسلام.
 حرص النبي صلى الله عليه وسلم على الدعوة إلى الله تعالى في كل الأحوال.</t>
   </si>
   <si>
     <t>Истината не се изоставя от страх какво ще кажат хората.
 Пророка ﷺ притежава напътствието на довода и насоката, а не напътствието на сполуката.
 Позволението за посещението на неверник, който е болен, за да бъде призован към исляма.
 Усърдието на Пророка ﷺ в призива му към Всевишния Аллах във всяко положение.</t>
   </si>
   <si>
     <t>https://hadeethenc.com/bg/browse/hadith/65069</t>
+  </si>
+  <si>
+    <t>بني الإسلام على خمس</t>
+  </si>
+  <si>
+    <t>____</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ الرَّحْمَنِ عَبْدِ اللَّهِ بْنِ عُمَرَ بْنِ الخَطَّابِ رَضِيَ اللَّهُ عَنْهُ قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّمَ يَقُولُ: «بُنِيَ الإِسْلَامُ عَلَى خَمْسٍ: شَهَادَةِ أَنْ لَا إلَهَ إلَّا اللَّهُ وَأَنَّ مُحَمَّدًا ‌عَبْدُهُ ‌وَرَسُولُهُ، وَإِقَامِ الصَّلَاةِ، وَإِيتَاءِ الزَّكَاةِ، وَحَجِّ الْبَيْتِ، وَصَوْمِ رَمَضَانَ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ____</t>
+  </si>
+  <si>
+    <t>شَبَّهَ النبيُّ صلى الله عليه وسلم الإسلامَ بِبِناءٍ مُحْكَمٍ بأركانه الخمسة الحاملة لذلك البُنيان، وبقية خصال الإسلام كتتمة البنيان، وأولُ هذه الأركان: الشهادتان؛ شهادة أن لا إله إلا الله وأنَّ محمدًا رسول الله، وهما ركن واحد؛ لا تنفك إحداهما عن الأخرى، ينطق العبد بهما معترفًا بوحدانية الله واستحقاقه للعبادة وحده دون ما سواه، وعاملًا بمقتضاها، ومؤمنًا برسالة محمد صلى الله عليه وسلم مُتَّبِعًا له. والركن الثاني: إقامة الصلاة، وهي الصلوات الخمس المفروضات في اليوم والليلة: الفجر، والظهر، والعصر، والمغرب، والعشاء، بشروطها وأركانها وواجباتها. والركن الثالث: إخراج الزكاة المفروضة، وهي عبادة ماليَّة واجبة في كل مال بَلَغَ قَدْرًا مُحَدّدًا في الشرع، تُعطى لمستحقيها. والركن الرابع: الحج، وهو قَصْدُ مكة لإقامة المَناسك، تَعبُّدًا لله عز وجل. والركن الخامس: صوم رمضان، وهو الإمساك عن الأكل والشرب وغيرهما من المفطرات بِنِيَّةِ التعبُّد لله، من طلوع الفجر إلى غروب الشمس.</t>
+  </si>
+  <si>
+    <t>تلازم الشهادتين، فلا تصح أحدهما إلا بالأخرى؛ لذا جعلهما ركنًا واحدًا.
+الشهادتان هما أساس الدين، فلا يُقبل قولٌ ولا عملٌ إلا بهما.</t>
+  </si>
+  <si>
+    <t>____
+____</t>
+  </si>
+  <si>
+    <t>رواه البخاري ومسلم</t>
+  </si>
+  <si>
+    <t>[رواه البخاري ومسلم]</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/bg/browse/hadith/66512</t>
+  </si>
+  <si>
+    <t>إن الحلال بين، وإن الحرام بين</t>
+  </si>
+  <si>
+    <t>||,,Наистина позволеното (халал) е ясно и забраненото (харам) е ясно. Между тях има неясни неща, които много хора не ги знаят. Който се предпази от съмнителните неща, запазва религията и честта си. А който попадне в съмнителните неща, попада в забраненото като пастира, който пасе стадото си около забранената зона и едва не попада в нея. Всеки владетел има своя забранена зона. Забранената зона на Аллах са границите Му. В тялото има едно парче месо, ако то е здраво - цялото тяло е здраво, а когато се развали - цялото тяло се разваля. Да, това е сърцето!</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَبْدِ اللَّهِ النُّعْمَانِ بْنِ بَشِيرٍ رَضِيَ اللَّهُ عَنْهُ، قَالَ: سَمِعْتُ رَسُولَ اللَّهِ صَلَّى اللَّهُ عَلَيْهِ وَسَلَّم يَقُولُ: «إنَّ الحَلَالَ بَيِّنٌ، وَإِنَّ الحَرَامَ بَيِّنٌ، وَبَيْنَهُمَا مُشْتَبِهَاتٌ لَا يَعْلَمُهُنَّ كَثِيرٌ مِنَ النَّاسِ، فَمَنْ اتَّقَى الشُّبُهَاتِ اسْتَبْرَأَ لِدِينِهِ وَعِرْضِهِ، وَمَنْ وَقَعَ فِي الشُّبُهَاتِ وَقَعَ فِي الحَرَامِ، كَالرَّاعِي يَرْعَى حَوْلَ الحِمَى يُوشِكُ أَنْ يَرْتَعَ فِيهِ، أَلَا وَإِنَّ لِكُلِّ مَلِكٍ حِمًى، أَلَّا وَإِنَّ حِمَى اللَّهِ مَحَارِمُهُ، أَلَّا وَإِنَّ فِي الجَسَدِ مُضْغَةً إذَا صَلَحَتْ صَلَحَ الجَسَدُ كُلُّهُ، وَإذَا فَسَدَتْ فَسَدَ الجَسَدُ كُلُّهُ، أَلَا وَهِيَ القَلْبُ».</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ,,Наистина позволеното (халал) е ясно и забраненото (харам) е ясно. Между тях има неясни неща, които много хора не ги знаят. Който се предпази от съмнителните неща, запазва религията и честта си. А който попадне в съмнителните неща, попада в забраненото като пастира, който пасе стадото си около забранената зона и едва не попада в нея. Всеки владетел има своя забранена зона. Забранената зона на Аллах са границите Му. В тялото има едно парче месо, ако то е здраво - цялото тяло е здраво, а когато се развали - цялото тяло се разваля. Да, това е сърцето!".</t>
+  </si>
+  <si>
+    <t>يُبَيِّنُ النبيُّ صلى الله عليه وسلم قاعدةً عامةً في الأشياء، وأنها تنقسم في الشريعة إلى ثلاثة أقسام: حَلال بَيِّن، وحرام بَيِّن، وأمور مشتبهات غير واضحة الحكم من حيث الحِلِّ والحُرْمة، لا يعلم حُكمَها كثير من الناس.
+فمَن ترك تلك الأشياء المشتبهة عليه سَلِم دينُه بالبُعد عن الوقوع في الحرام، وسَلِم له عِرضُه من كلام الناس بما يَعيبون عليه بسبب ارتكابه هذا المشتبه. ومَن لم يجتنب المشتبهات فقد عَرَّض نفسَه إما بالوقوع في الحرام، أو نيل الناس من عرضه. وضرب الرسول صلى الله عليه وسلم مثلًا ليُبيِّن حال من يرتكب الشبهات وأنه كالراعي يرعى ماشيتَه قُرْبَ أرضٍ قد حماها صاحبها، فتوشك ماشيةُ الراعي أن ترعى في هذا الحمى لقربها منه، فكذلك من يفعل ما فيه شبهة، فإنه بذلك يقترب من الحرام فيوشك أن يقع فيه. وبعدها أخبر النبي صلى الله عليه وسلم أن في الجسد مضغة (وهي القلب) يصلح الجسد بصلاحها، ويفسد بفسادها.</t>
+  </si>
+  <si>
+    <t>الحديث قاعدة في اتقاء الشبهات.
+الترغيب في ترك المشتبِه، الذي لم يَتبيّن حكمُه.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/bg/browse/hadith/66515</t>
+  </si>
+  <si>
+    <t>لا يؤمن أحدكم، حتى يحب لأخيه ما يحب لنفسه</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي حَمْزَةَ أَنَسِ بْنِ مَالِكٍ رَضِيَ اللَّهُ عَنْهُ -خَادِمِ رَسُولِ اللَّهِ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ- عَنْ النَّبِيِّ صَلَّى اللهُ عَلَيْهِ وَسَلَّمَ قَالَ: «لاَ يُؤْمِنُ أَحَدُكُمْ، حَتَّى يُحِبَّ لِأَخِيهِ مَا يُحِبُّ لِنَفْسِهِ»</t>
+  </si>
+  <si>
+    <t>بَيَّنَ النبيُّ صلى الله عليه وسلم أنّه لا يَتَحقّق الإيمانُ الكامل لأحدٍ من المسلمين حتى يُحبَّ لأخيه ما يحب لنفسه من الطاعات وأنواع الخيرات في الدين والدنيا، ويكره له ما يكره لنفسه، فإن رأى في أخيه المسلم نقصًا في دينه، اجتهد في إصلاحه، وإنْ رأى فيه خيرًا سدَّده وأعانه، ونصحَه في أمر دينِه أو دنياه.</t>
+  </si>
+  <si>
+    <t>وجوب محبة المرء لأخيه ما يحبُّ لنفسه؛ لأن نفي الإيمان عمن لا يحب لأخيه ما يحب لنفسه يدل على وجوب ذلك.
+الأُخوّة في الله فوق أخوّة النسب، فحقُّها أوجب.
+تحريم كل ما ينافي هذه المحبة من الأقوال والأفعال كالغش والغيبة والحسد والعدوان على نفس المسلم أو ماله أو عرضه.
+استخدام بعض الألفاظ المحفِّزة على الفعل؛ لقوله "لأخيه".
+قال الكِرْماني رحمه الله: ومن الإيمان أيضًا أنْ يُبغِضَ لأخيه ما يبغض لنفسه من الشر، ولم يذكره؛ لأنَّ حب الشيء مستلزم لبغض نقيضه، فترك التنصيص عليه اكتفاء.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/bg/browse/hadith/66520</t>
+  </si>
+  <si>
+    <t>إن مما أدرك الناس من كلام النبوة الأولى: إذا لم تستحي فاصنع ما شئت</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي مَسْعُودٍ عُقْبَةَ بْنِ عَمْرٍو الأَنْصَارِيِّ البَدْرِيِّ رَضِيَ اللَّهُ عَنْهُ قَالَ: قَالَ رَسُولُ اللَّهِ: «إِنَّ مِمَّا أَدْرَكَ النَّاسُ مِنْ كَلاَمِ النُّبُوَّةِ الأُولَى: إِذَا لَمْ تَسْتَحْيِ فَاصْنَعْ مَا شِئْتَ».</t>
+  </si>
+  <si>
+    <t>أَخْبَرَ النبيُّ صلى الله عليه وسلم أنَّ مما جاء فيه الوصية عن الأنبياء المتقدِّمين، وتَدَاوَلَه الناس بينهم وتوارثوه عنهم قرنًا بعد قرن، حتى وصل إلى أوّل هذه الأمة، انظر إلى ما تريد أنْ تَفعلَه، فإنْ كان ممّا لا يُستَحى منه فافعله، وإنْ كان ممّا يُستَحى منه فَدَعْه؛ فإنَّ المانع مِن فِعْل القبائح هو الحياء، فمَن لم يكن له حياءٌ، انْهَمَك في كلّ فَحْشاء ومُنكر.</t>
+  </si>
+  <si>
+    <t>الحياء أصل الأخلاق الكريمة.
+الحياء صفة من صفات الأنبياء عليهم السلام، وهو من المأثور عنهم.
+الحياء هو الذي يجعل المرء المسلم يفعل ما يُجَمِّلُ ويَزِيْن، ويَترك ما يُدّنِّس ويَشَيْن.
+قال النووي: الأمر فيه للإباحة، أي: إذا أردت فعل شيء فإن كان مما لا تستحي إذا فعلتَه من الله ولا من الناس فافعله، وإلا فلا، وعلى هذا مدار الإسلام، وتوجيه ذلك أنَّ المأمورَ به الواجب والمندوب يُستحيَى مِن تَرْكِه، والمنهي عنه الحرام والمكروه يُستحيى من فعله، وأما المباح فالحياء من فعله جائز، وكذا مِن تركه، فتضمن الحديث الأحكام الخمسة، وقيل: هو أمرُ تهديد، ومعناه: إذا نُزِع مِنك الحياء فافعل ما شئت؛ فإنّ الله مجازيك عليه، وقيل: هو أمرٌ بمعنى الخبر، أي: مَن لا يَستحيي يَصنع ما أراد.</t>
+  </si>
+  <si>
+    <t>____
+____
+____
+____</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/bg/browse/hadith/66523</t>
+  </si>
+  <si>
+    <t>قل لي في الإسلام قولا لا أسأل عنه أحدا غيرك، قال: قل: آمنت بالله، ثم استقم</t>
+  </si>
+  <si>
+    <t>عَنْ أَبِي عَمْرٍو- وَقِيلَ: أَبِي عَمْرَةَ-، سُفْيَانَ بْنِ عَبْدِ اللَّهِ رَضِيَ اللَّهُ عَنْهُ قَالَ: قُلْتُ: يَا رَسُولَ اللهِ، قُلْ لِي فِي الْإِسْلَامِ قَوْلًا لَا أَسْأَلُ عَنْهُ أَحَدًا غَيْرَكَ، قَالَ: «قُلْ: آمَنْتُ بِاللهِ، ثُمَّ اسْتَقِمْ».</t>
+  </si>
+  <si>
+    <t>سَأَلَ الصحابيُّ سفيانُ بنِ عبدِ الله رضي الله عنه النبيَّ صلى الله عليه وسلم أنْ يُعَلِّمَه قولًا جامِعًا لمعاني الإسلام يَتَمَسَّكُ به ولا يَسأل عنه غيرَه؟ فقال له صلى الله عليه وسلم: قل: وَحَّدْتُ اللهَ، وآمنتُ أنه ربي وإلهي وخالقي ومعبودي الحق لا شريك له، ثم ينقاد لطاعة الله بأداء فرائض الله وترك محارم الله ويستمر عليها.</t>
+  </si>
+  <si>
+    <t>أصلُ الدين هو الإيمان بالله بروبيته وألوهيته وأسمائه وصفاته.
+أهمية الاستقامة بعد الإيمان، والاستمرار في العبادة، والثبات على ذلك.
+الإيمان شرط لقبول الأعمال .
+الإيمان بالله، يشمل ما يجب اعتقادُه من عقائد الإيمان وأصوله، وما يتبع ذلك من أعمال القلوب، والانقياد والاستسلام لله باطنًا وظاهرًا.
+الاستقامةُ مُلازَمَةُ الطريق، بفعل الواجبات وترك المنهيات.</t>
+  </si>
+  <si>
+    <t>https://hadeethenc.com/bg/browse/hadith/66524</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -6887,51 +7005,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O183"/>
+  <dimension ref="A1:O188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
@@ -15110,392 +15228,627 @@
       <c r="C176" t="s">
         <v>1645</v>
       </c>
       <c r="D176" t="s">
         <v>1646</v>
       </c>
       <c r="E176" t="s">
         <v>1647</v>
       </c>
       <c r="F176" t="s">
         <v>1648</v>
       </c>
       <c r="G176" t="s">
         <v>1649</v>
       </c>
       <c r="H176" t="s">
         <v>1650</v>
       </c>
       <c r="I176" t="s">
         <v>1651</v>
       </c>
       <c r="J176" t="s">
         <v>154</v>
       </c>
       <c r="K176" t="s">
-        <v>1652</v>
+        <v>47</v>
       </c>
       <c r="L176" t="s">
         <v>156</v>
       </c>
       <c r="M176" t="s">
-        <v>1653</v>
+        <v>48</v>
       </c>
       <c r="N176" t="s">
         <v>28</v>
       </c>
       <c r="O176" t="s">
-        <v>1654</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="177" spans="1:15">
       <c r="A177">
         <v>65055</v>
       </c>
       <c r="B177" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D177" t="s">
         <v>1655</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1656</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1657</v>
       </c>
-      <c r="E177" t="s">
+      <c r="G177" t="s">
         <v>1658</v>
       </c>
-      <c r="F177" t="s">
+      <c r="H177" t="s">
         <v>1659</v>
       </c>
-      <c r="G177" t="s">
+      <c r="I177" t="s">
         <v>1660</v>
-      </c>
-[...4 lines deleted...]
-        <v>1662</v>
       </c>
       <c r="J177" t="s">
         <v>24</v>
       </c>
       <c r="K177" t="s">
         <v>1511</v>
       </c>
       <c r="L177" t="s">
         <v>26</v>
       </c>
       <c r="M177" t="s">
         <v>1512</v>
       </c>
       <c r="N177" t="s">
         <v>28</v>
       </c>
       <c r="O177" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="178" spans="1:15">
       <c r="A178">
         <v>65058</v>
       </c>
       <c r="B178" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D178" t="s">
         <v>1664</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>1665</v>
       </c>
-      <c r="D178" t="s">
+      <c r="F178" t="s">
         <v>1666</v>
       </c>
-      <c r="E178" t="s">
+      <c r="G178" t="s">
         <v>1667</v>
       </c>
-      <c r="F178" t="s">
+      <c r="H178" t="s">
         <v>1668</v>
       </c>
-      <c r="G178" t="s">
+      <c r="I178" t="s">
         <v>1669</v>
-      </c>
-[...4 lines deleted...]
-        <v>1671</v>
       </c>
       <c r="J178" t="s">
         <v>154</v>
       </c>
       <c r="K178" t="s">
         <v>125</v>
       </c>
       <c r="L178" t="s">
         <v>156</v>
       </c>
       <c r="M178" t="s">
         <v>126</v>
       </c>
       <c r="N178" t="s">
         <v>28</v>
       </c>
       <c r="O178" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="179" spans="1:15">
       <c r="A179">
         <v>65059</v>
       </c>
       <c r="B179" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D179" t="s">
         <v>1673</v>
       </c>
-      <c r="C179" t="s">
+      <c r="E179" t="s">
         <v>1674</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179" t="s">
         <v>1675</v>
       </c>
-      <c r="E179" t="s">
+      <c r="G179" t="s">
         <v>1676</v>
       </c>
-      <c r="F179" t="s">
+      <c r="H179" t="s">
         <v>1677</v>
       </c>
-      <c r="G179" t="s">
+      <c r="I179" t="s">
         <v>1678</v>
-      </c>
-[...4 lines deleted...]
-        <v>1680</v>
       </c>
       <c r="J179" t="s">
         <v>24</v>
       </c>
       <c r="K179" t="s">
         <v>78</v>
       </c>
       <c r="L179" t="s">
         <v>26</v>
       </c>
       <c r="M179" t="s">
         <v>79</v>
       </c>
       <c r="N179" t="s">
         <v>28</v>
       </c>
       <c r="O179" t="s">
-        <v>1681</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="180" spans="1:15">
       <c r="A180">
         <v>65060</v>
       </c>
       <c r="B180" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D180" t="s">
         <v>1682</v>
       </c>
-      <c r="C180" t="s">
+      <c r="E180" t="s">
         <v>1683</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180" t="s">
         <v>1684</v>
       </c>
-      <c r="E180" t="s">
+      <c r="G180" t="s">
         <v>1685</v>
       </c>
-      <c r="F180" t="s">
+      <c r="H180" t="s">
         <v>1686</v>
       </c>
-      <c r="G180" t="s">
+      <c r="I180" t="s">
         <v>1687</v>
-      </c>
-[...4 lines deleted...]
-        <v>1689</v>
       </c>
       <c r="J180" t="s">
         <v>24</v>
       </c>
       <c r="K180" t="s">
         <v>58</v>
       </c>
       <c r="L180" t="s">
         <v>26</v>
       </c>
       <c r="M180" t="s">
         <v>59</v>
       </c>
       <c r="N180" t="s">
         <v>28</v>
       </c>
       <c r="O180" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="181" spans="1:15">
       <c r="A181">
         <v>65062</v>
       </c>
       <c r="B181" t="s">
+        <v>1689</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D181" t="s">
         <v>1691</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" t="s">
         <v>1692</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181" t="s">
         <v>1693</v>
       </c>
-      <c r="E181" t="s">
+      <c r="G181" t="s">
         <v>1694</v>
       </c>
-      <c r="F181" t="s">
+      <c r="H181" t="s">
         <v>1695</v>
       </c>
-      <c r="G181" t="s">
+      <c r="I181" t="s">
         <v>1696</v>
-      </c>
-[...4 lines deleted...]
-        <v>1698</v>
       </c>
       <c r="J181" t="s">
         <v>24</v>
       </c>
       <c r="K181" t="s">
         <v>25</v>
       </c>
       <c r="L181" t="s">
         <v>26</v>
       </c>
       <c r="M181" t="s">
         <v>27</v>
       </c>
       <c r="N181" t="s">
         <v>28</v>
       </c>
       <c r="O181" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="182" spans="1:15">
       <c r="A182">
         <v>65068</v>
       </c>
       <c r="B182" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D182" t="s">
         <v>1700</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" t="s">
         <v>1701</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182" t="s">
         <v>1702</v>
       </c>
-      <c r="E182" t="s">
+      <c r="G182" t="s">
         <v>1703</v>
       </c>
-      <c r="F182" t="s">
+      <c r="H182" t="s">
         <v>1704</v>
       </c>
-      <c r="G182" t="s">
+      <c r="I182" t="s">
         <v>1705</v>
-      </c>
-[...4 lines deleted...]
-        <v>1707</v>
       </c>
       <c r="J182" t="s">
         <v>24</v>
       </c>
       <c r="K182" t="s">
         <v>25</v>
       </c>
       <c r="L182" t="s">
         <v>26</v>
       </c>
       <c r="M182" t="s">
         <v>27</v>
       </c>
       <c r="N182" t="s">
         <v>28</v>
       </c>
       <c r="O182" t="s">
-        <v>1708</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="183" spans="1:15">
       <c r="A183">
         <v>65069</v>
       </c>
       <c r="B183" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D183" t="s">
         <v>1709</v>
       </c>
-      <c r="C183" t="s">
+      <c r="E183" t="s">
         <v>1710</v>
       </c>
-      <c r="D183" t="s">
+      <c r="F183" t="s">
         <v>1711</v>
       </c>
-      <c r="E183" t="s">
+      <c r="G183" t="s">
         <v>1712</v>
       </c>
-      <c r="F183" t="s">
+      <c r="H183" t="s">
         <v>1713</v>
       </c>
-      <c r="G183" t="s">
+      <c r="I183" t="s">
         <v>1714</v>
-      </c>
-[...4 lines deleted...]
-        <v>1716</v>
       </c>
       <c r="J183" t="s">
         <v>24</v>
       </c>
       <c r="K183" t="s">
         <v>78</v>
       </c>
       <c r="L183" t="s">
         <v>26</v>
       </c>
       <c r="M183" t="s">
         <v>79</v>
       </c>
       <c r="N183" t="s">
         <v>28</v>
       </c>
       <c r="O183" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="184" spans="1:15">
+      <c r="A184">
+        <v>66512</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C184" t="s">
         <v>1717</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E184" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F184" t="s">
+        <v>1720</v>
+      </c>
+      <c r="G184" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H184" t="s">
+        <v>1721</v>
+      </c>
+      <c r="I184" t="s">
+        <v>1722</v>
+      </c>
+      <c r="J184" t="s">
+        <v>24</v>
+      </c>
+      <c r="K184" t="s">
+        <v>1723</v>
+      </c>
+      <c r="L184" t="s">
+        <v>26</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1724</v>
+      </c>
+      <c r="N184" t="s">
+        <v>28</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="185" spans="1:15">
+      <c r="A185">
+        <v>66515</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1727</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1728</v>
+      </c>
+      <c r="E185" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F185" t="s">
+        <v>1730</v>
+      </c>
+      <c r="G185" t="s">
+        <v>388</v>
+      </c>
+      <c r="H185" t="s">
+        <v>1731</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1717</v>
+      </c>
+      <c r="J185" t="s">
+        <v>24</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1723</v>
+      </c>
+      <c r="L185" t="s">
+        <v>26</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1724</v>
+      </c>
+      <c r="N185" t="s">
+        <v>28</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="186" spans="1:15">
+      <c r="A186">
+        <v>66520</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1733</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F186" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G186" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H186" t="s">
+        <v>1736</v>
+      </c>
+      <c r="I186" t="s">
+        <v>1737</v>
+      </c>
+      <c r="J186" t="s">
+        <v>24</v>
+      </c>
+      <c r="K186" t="s">
+        <v>25</v>
+      </c>
+      <c r="L186" t="s">
+        <v>26</v>
+      </c>
+      <c r="M186" t="s">
+        <v>27</v>
+      </c>
+      <c r="N186" t="s">
+        <v>28</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="187" spans="1:15">
+      <c r="A187">
+        <v>66523</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F187" t="s">
+        <v>1741</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1742</v>
+      </c>
+      <c r="I187" t="s">
+        <v>1743</v>
+      </c>
+      <c r="J187" t="s">
+        <v>24</v>
+      </c>
+      <c r="K187" t="s">
+        <v>58</v>
+      </c>
+      <c r="L187" t="s">
+        <v>26</v>
+      </c>
+      <c r="M187" t="s">
+        <v>59</v>
+      </c>
+      <c r="N187" t="s">
+        <v>28</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="188" spans="1:15">
+      <c r="A188">
+        <v>66524</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1717</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F188" t="s">
+        <v>1747</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1748</v>
+      </c>
+      <c r="I188" t="s">
+        <v>1737</v>
+      </c>
+      <c r="J188" t="s">
+        <v>24</v>
+      </c>
+      <c r="K188" t="s">
+        <v>78</v>
+      </c>
+      <c r="L188" t="s">
+        <v>26</v>
+      </c>
+      <c r="M188" t="s">
+        <v>79</v>
+      </c>
+      <c r="N188" t="s">
+        <v>28</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1749</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">